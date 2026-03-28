--- v0 (2025-10-13)
+++ v1 (2026-03-28)
@@ -83,51 +83,51 @@
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1622056384" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559400" cy="10684800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                        <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                        <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00A92D5B" w:rsidRPr="006D75DD">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="57150" distB="57150" distL="57150" distR="57150" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59B71B57" wp14:editId="59CB2377">
                 <wp:simplePos x="0" y="0"/>
@@ -155,131 +155,143 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat">
                           <a:noFill/>
                           <a:miter lim="400000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1F305428" w14:textId="6CD6D146" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A92D5B">
                             <w:pPr>
                               <w:pStyle w:val="Title"/>
                               <w:rPr>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US" w:bidi="en-US"/>
                               </w:rPr>
                               <w:t>Application Document Development Projects</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1C19369C" w14:textId="6AC08BD9" w:rsidR="00F61D5F" w:rsidRPr="00E64EF1" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
+                          <w:p w14:paraId="1C19369C" w14:textId="5C0145E2" w:rsidR="00F61D5F" w:rsidRPr="00E64EF1" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
                             <w:pPr>
                               <w:pStyle w:val="Subtitle"/>
                               <w:rPr>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US" w:bidi="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Version </w:t>
                             </w:r>
                             <w:r w:rsidR="00C81796">
                               <w:rPr>
                                 <w:lang w:val="en-US" w:bidi="en-US"/>
                               </w:rPr>
-                              <w:t>January 2025</w:t>
+                              <w:t>January 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="009976BB">
+                              <w:rPr>
+                                <w:lang w:val="en-US" w:bidi="en-US"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0E50BB5E" w14:textId="77777777" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A2256E" w:rsidP="00F61D5F">
                             <w:pPr>
                               <w:pStyle w:val="Subtitle"/>
                               <w:rPr>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" anchor="t">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="59B71B57" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="officeArt object" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Titel van het document&#10;&#10;Titel van het document" style="position:absolute;left:0;text-align:left;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:4.5pt;mso-wrap-distance-top:4.5pt;mso-wrap-distance-right:4.5pt;mso-wrap-distance-bottom:4.5pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7dV+cwQEAAHsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu2yAUfa+0f0C8L7aTtOmsOFXXqtOk&#10;qZvU9QMIhhgJuAxI7Pz9LsRNrPZtmh8wF67Pvefc4/XdYDQ5CB8U2IZWs5ISYTm0yu4a+vr76fMt&#10;JSEy2zINVjT0KAK923y6WveuFnPoQLfCEwSxoe5dQ7sYXV0UgXfCsDADJyxeSvCGRQz9rmg96xHd&#10;6GJeljdFD751HrgIAU8fT5d0k/GlFDz+lDKISHRDsbeYV5/XbVqLzZrVO89cp/jYBvuHLgxTFoue&#10;oR5ZZGTv1Qcoo7iHADLOOJgCpFRcZA7IpirfsXnpmBOZC4oT3Fmm8P9g+fPhxf3yJA5fYcABJkF6&#10;F+qAh4nPIL1Jb+yU4D1KeDzLJoZIOB7eVKs5zoISjneL6+VigQHiFJfPnQ/xmwBD0qahHueS5WKH&#10;HyGeUt9SUjULT0rrPBttSY99zVe5AEOLSM1OH0+yjIpoI61MQ5dlesb62iY4kY0wVrqwS7s4bIeR&#10;8hbaIyrRoxkaGv7smReU6O8W1V5er6ov6J5p4KfBdhrYvXkA9FtFCbO8A7TbW8P3+whSZcap+qkk&#10;KpUCnHDWbHRjstA0zlmXf2bzFwAA//8DAFBLAwQUAAYACAAAACEAkqh2H98AAAANAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fi6MlpUmk4INIkDHDZAcPSakFQ0TtVka/n3eCe4&#10;vWc/PX+u17PvxdGMsQukYLnIQBhqg+7IKnh73VzdgogJSWMfyCj4MRHWzflZjZUOE23NcZes4BKK&#10;FSpwKQ2VlLF1xmNchMEQ777C6DGxHa3UI05c7nuZZ1khPXbEFxwO5sGZ9nt38Aoe7dJ/Eq6m6Um6&#10;D5u/J/+8eVHq8mK+vwORzJz+wnDCZ3RomGkfDqSj6Nlnq4KjCsqbvARxSmRlwaM9q2vWIJta/v+i&#10;+QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7dV+cwQEAAHsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCSqHYf3wAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAABsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" filled="f" stroked="f" strokeweight="1pt">
                 <v:stroke miterlimit="4"/>
                 <v:textbox inset="1.27mm,1.27mm,1.27mm,1.27mm">
                   <w:txbxContent>
                     <w:p w14:paraId="1F305428" w14:textId="6CD6D146" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A92D5B">
                       <w:pPr>
                         <w:pStyle w:val="Title"/>
                         <w:rPr>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-US" w:bidi="en-US"/>
                         </w:rPr>
                         <w:t>Application Document Development Projects</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1C19369C" w14:textId="6AC08BD9" w:rsidR="00F61D5F" w:rsidRPr="00E64EF1" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
+                    <w:p w14:paraId="1C19369C" w14:textId="5C0145E2" w:rsidR="00F61D5F" w:rsidRPr="00E64EF1" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                         <w:rPr>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-US" w:bidi="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Version </w:t>
                       </w:r>
                       <w:r w:rsidR="00C81796">
                         <w:rPr>
                           <w:lang w:val="en-US" w:bidi="en-US"/>
                         </w:rPr>
-                        <w:t>January 2025</w:t>
+                        <w:t>January 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="009976BB">
+                        <w:rPr>
+                          <w:lang w:val="en-US" w:bidi="en-US"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0E50BB5E" w14:textId="77777777" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A2256E" w:rsidP="00F61D5F">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                         <w:rPr>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="467E72F2" w14:textId="6F6376B1" w:rsidR="00651858" w:rsidRPr="00E64EF1" w:rsidRDefault="000B297E" w:rsidP="4E3AEFE9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
@@ -3220,107 +3232,121 @@
       <w:r w:rsidRPr="00412852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00412852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> tota</w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A44">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>l added value for Flanders in the valorization period of the project should be at least 10 times the support amount (which by default is calculated on a valorization period of 5 years and starts at the end of the project).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CBAD57" w14:textId="468E8DE2" w:rsidR="00EB1486" w:rsidRPr="00E64EF1" w:rsidRDefault="00412852" w:rsidP="06F48B5A">
+    <w:p w14:paraId="00CBAD57" w14:textId="4AD3DBF3" w:rsidR="00EB1486" w:rsidRPr="00E64EF1" w:rsidRDefault="00412852" w:rsidP="06F48B5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412852">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>If the impact is based on an increase in labor productivity, a minimum of 50% in labor productivity growth is expected 5 years after project completion.</w:t>
+        <w:t xml:space="preserve">If the impact is based on an increase in labor productivity, a minimum of </w:t>
+      </w:r>
+      <w:r w:rsidR="0054040F">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00412852">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>0% in labor productivity growth is expected 5 years after project completion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AAA7DB" w14:textId="3AA6E4D5" w:rsidR="00824645" w:rsidRPr="00E64EF1" w:rsidRDefault="00967EDE" w:rsidP="06F48B5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>If your project creates social value, briefly indicate this here.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ACF6026" w14:textId="027F4E51" w:rsidR="08ACF456" w:rsidRPr="00E64EF1" w:rsidRDefault="005A5404">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4AFA">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>If multiple business partners are involved, describe the impact for each partner.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpY="375"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9622"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00041FC4" w:rsidRPr="0090794A" w14:paraId="5DE17761" w14:textId="77777777" w:rsidTr="00316BF1">
+      <w:tr w:rsidR="00041FC4" w:rsidRPr="005D7FA1" w14:paraId="5DE17761" w14:textId="77777777" w:rsidTr="00316BF1">
         <w:trPr>
           <w:trHeight w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AAE4FC7" w14:textId="57F30997" w:rsidR="00041FC4" w:rsidRPr="00E64EF1" w:rsidRDefault="00041FC4" w:rsidP="4E3AEFE9">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4E3AEFE9">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Fill in the tables below if you have received innovation support from VLAIO in the last 5 years. This will give us insight into the impact that previously funded projects have had on your business. Also provide a general appreciation of the projects that have been implemented. This should be limited to 1 page.</w:t>
             </w:r>
           </w:p>
@@ -3358,51 +3384,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77CD32E6" w14:textId="200ADCA4" w:rsidR="00DE0E92" w:rsidRDefault="006F7D7F" w:rsidP="00B16F5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="4E3AEFE9">
         <w:rPr>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Track record (max. 1 page)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="7229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE0E92" w:rsidRPr="0090794A" w14:paraId="70B09634" w14:textId="77777777" w:rsidTr="7C17A9C7">
+      <w:tr w:rsidR="00DE0E92" w:rsidRPr="005D7FA1" w14:paraId="70B09634" w14:textId="77777777" w:rsidTr="7C17A9C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B707EC7" w14:textId="531F2E6F" w:rsidR="00DE0E92" w:rsidRPr="000E2FBB" w:rsidRDefault="3B285E15" w:rsidP="3B1779CF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C17A9C7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Project number </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
@@ -5484,84 +5510,98 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>A quantified substantiation of the total intended valorization in Flanders is requested here (such as the economic value creation realized in Flanders during the valorization period, based on either (i) employment and/or investments or (ii) a growth in labor productivity following the project). These two options cannot be combined.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D51D68" w14:textId="5E4905C1" w:rsidR="4672060A" w:rsidRPr="00E64EF1" w:rsidRDefault="4672060A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>When the added value for Flanders is based on employment and/or investment, it is required that the total quantified valorization in Flanders during the valorization period is at least 10 times the support (achieving a leverage of 10). The standard valorization period is 5 years. After substantial motivation, a valorization period of up to 10 years may be observed. Demonstrating a leverage of 10 for a shorter valorization period (e.g. 3 years) is also a possibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="063E1900" w14:textId="6B96BFE7" w:rsidR="4672060A" w:rsidRPr="00E64EF1" w:rsidRDefault="4672060A">
+    <w:p w14:paraId="063E1900" w14:textId="0AE8691D" w:rsidR="4672060A" w:rsidRPr="00E64EF1" w:rsidRDefault="4672060A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>When the added value for Flanders is based on growth in labor productivity, it must first be justified why the tightness of the labor market does not allow the company to realize the impact through employment and/or investment. It is required that labor productivity is at least 50% higher 5 years after the end of the project than the labor productivity at the time of application. If the support needed is more than €250,000, the cumulative additional Gross Value Added (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">When the added value for Flanders is based on growth in labor productivity, it must first be justified why the tightness of the labor market does not allow the company to realize the impact through employment and/or investment. It is required that labor productivity is at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CBF">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>BrTW</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>0% higher 5 years after the end of the project than the labor productivity at the time of application</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14CBF">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in Dutch) must be at least 10 times the support. If the support is less than or equal to €250,000, the cumulative additional Gross Value Added may be less than ten times the support. The valorization period for projects committed to labor productivity is fixed at 5 years and cannot be extended.</w:t>
+        <w:t xml:space="preserve"> The valorization period for projects committed to labor productivity is fixed at 5 years and cannot be extended.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDA796E" w14:textId="3BD65D2A" w:rsidR="4672060A" w:rsidRPr="00E64EF1" w:rsidRDefault="4672060A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If applicable, this section must also include the social value creation resulting from your project (environmental benefits, etc.). This can be qualitative or quantitative. Social value creation is not included in the leverage calculation but can be a plus in the evaluation of your project. Projects with a negative social impact are not eligible for support. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314CCE66" w14:textId="04D19767" w:rsidR="06F48B5A" w:rsidRPr="00E64EF1" w:rsidRDefault="4672060A" w:rsidP="06F48B5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -5841,51 +5881,50 @@
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="262B4300" w14:textId="439B2096" w:rsidR="06F48B5A" w:rsidRPr="00CE7EF2" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Revenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AC1CA22" w14:textId="54AFE2BA" w:rsidR="06F48B5A" w:rsidRPr="00CE7EF2" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
@@ -6048,78 +6087,79 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0CD08BBD" w14:textId="36433AC6" w:rsidR="06F48B5A" w:rsidRPr="00CE7EF2" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="06F48B5A" w:rsidRPr="0090794A" w14:paraId="18A36A0A" w14:textId="77777777" w:rsidTr="00FE0D21">
+      <w:tr w:rsidR="06F48B5A" w:rsidRPr="005D7FA1" w14:paraId="18A36A0A" w14:textId="77777777" w:rsidTr="00FE0D21">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A722005" w14:textId="7FFDCEF9" w:rsidR="06F48B5A" w:rsidRPr="00E64EF1" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Revenues from product/service X based on the business drivers (add additional columns or rows according to need and if relevant, split according to the situation with and without a project)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C8D49E3" w14:textId="36E8FD72" w:rsidR="06F48B5A" w:rsidRPr="00E64EF1" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
@@ -6249,51 +6289,51 @@
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3EC91FF4" w14:textId="7251D262" w:rsidR="06F48B5A" w:rsidRPr="00E64EF1" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="06F48B5A" w:rsidRPr="0090794A" w14:paraId="6DA2A832" w14:textId="77777777" w:rsidTr="00FE0D21">
+      <w:tr w:rsidR="06F48B5A" w:rsidRPr="005D7FA1" w14:paraId="6DA2A832" w14:textId="77777777" w:rsidTr="00FE0D21">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CBD5771" w14:textId="283E9AC3" w:rsidR="06F48B5A" w:rsidRPr="00E64EF1" w:rsidRDefault="06F48B5A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8207,51 +8247,51 @@
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="85"/>
         <w:tblW w:w="9840" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B442C" w:rsidRPr="0090794A" w14:paraId="6CF0B3CB" w14:textId="77777777" w:rsidTr="00F36233">
+      <w:tr w:rsidR="000B442C" w:rsidRPr="005D7FA1" w14:paraId="6CF0B3CB" w14:textId="77777777" w:rsidTr="00F36233">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E4F6B00" w14:textId="3BD8C5AD" w:rsidR="000B442C" w:rsidRPr="006D75DD" w:rsidRDefault="00AF51D9" w:rsidP="00F36233">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
@@ -8474,51 +8514,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8002" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EE46BF" w14:textId="77777777" w:rsidR="000B442C" w:rsidRPr="006D75DD" w:rsidRDefault="000B442C" w:rsidP="00F36233">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B442C" w:rsidRPr="0090794A" w14:paraId="5133342D" w14:textId="77777777" w:rsidTr="00F36233">
+      <w:tr w:rsidR="000B442C" w:rsidRPr="005D7FA1" w14:paraId="5133342D" w14:textId="77777777" w:rsidTr="00F36233">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C3B951E" w14:textId="77777777" w:rsidR="000B442C" w:rsidRPr="00E64EF1" w:rsidRDefault="000B442C" w:rsidP="00F36233">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007103B7">
@@ -9544,83 +9584,81 @@
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3797"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="1457"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A647A" w14:paraId="5DB84C96" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="791D8479" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Impact calculation based on employment and/or investment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C700213" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>XXXX</w:t>
             </w:r>
@@ -9628,211 +9666,205 @@
           <w:p w14:paraId="700C974C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>(year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E153D51" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7FDE05E4" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0395083F" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="076A1BA7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0CB38314" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="12E3D785" w14:textId="77777777" w:rsidTr="00664537">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="12E3D785" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="025F0AC9" w14:textId="5F12573A" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Extra employment</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE7EF2">
@@ -9846,1235 +9878,1194 @@
             </w:r>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>(break down per profile such as employees, vendors, R&amp;D, etc.)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> - to be expressed in FTEs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="132D70E7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51510405" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C1403D7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16E428A6" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49F81E1A" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EA7B552" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="6BC30ECC" w14:textId="77777777" w:rsidTr="00664537">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="6BC30ECC" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49CFBCCB" w14:textId="414D7D35" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Sustained employment</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> because of the project - to be expressed in FTEs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="418A896B" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AC6A742" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="320B8391" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EC31D6D" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E4CD0F1" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03F86839" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="05104AE4" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="351B9BE0" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="nil"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Payroll costs - new hires</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F37AC46" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="15D8F9B6" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FF06D65" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05A190F7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2242FBF8" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EC92152" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="076FD466" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D15C94B" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Payroll costs - staff retention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27D8327E" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C15C2FF" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59E68574" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B9AA4A7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76ABA1FC" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3172428C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="369203A2" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6833F0DE" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>Project-related investments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BAC6E1C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1108EC82" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E6603E1" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AAFA19C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4ED7B377" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="440CB53F" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="4F8E7270" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1AA23E36" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00900F64" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900F64">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t>....</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D3967B8" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E4CF055" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68ACDBB2" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A752E61" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C811C9A" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5032FFDC" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -11413,51 +11404,51 @@
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3529"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="7762BF36" w14:textId="77777777" w:rsidTr="00900F64">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="7762BF36" w14:textId="77777777" w:rsidTr="00900F64">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7ACAA13E" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11928,51 +11919,51 @@
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60066468" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="0D5B9CAF" w14:textId="77777777" w:rsidTr="00900F64">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="0D5B9CAF" w14:textId="77777777" w:rsidTr="00900F64">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68C25A4A" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
@@ -12197,51 +12188,51 @@
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64042065" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="34BFA16C" w14:textId="77777777" w:rsidTr="00900F64">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="34BFA16C" w14:textId="77777777" w:rsidTr="00900F64">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E969ED3" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
@@ -12709,51 +12700,51 @@
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44250FCB" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="53BDD2F9" w14:textId="77777777" w:rsidTr="00900F64">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="53BDD2F9" w14:textId="77777777" w:rsidTr="00900F64">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="730052C6" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
@@ -12978,51 +12969,51 @@
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="784D9799" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="1B1A6444" w14:textId="77777777" w:rsidTr="00900F64">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="1B1A6444" w14:textId="77777777" w:rsidTr="00900F64">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3453872E" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
@@ -13247,51 +13238,51 @@
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A604A97" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A647A" w:rsidRPr="0090794A" w14:paraId="5ACEE662" w14:textId="77777777" w:rsidTr="00900F64">
+      <w:tr w:rsidR="009A647A" w:rsidRPr="005D7FA1" w14:paraId="5ACEE662" w14:textId="77777777" w:rsidTr="00900F64">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E853D46" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00E64EF1" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
@@ -14713,102 +14704,102 @@
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="879834914" name="Afbeelding 5" descr="A green and white grid"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7556400" cy="10680558"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                        <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                        <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A2256E" w:rsidRPr="006D75DD">
       <w:footerReference w:type="even" r:id="rId30"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12868D71" w14:textId="77777777" w:rsidR="00C03BA7" w:rsidRDefault="00C03BA7">
+    <w:p w14:paraId="6255B0DC" w14:textId="77777777" w:rsidR="0013780A" w:rsidRDefault="0013780A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="734C3212" w14:textId="77777777" w:rsidR="00C03BA7" w:rsidRDefault="00C03BA7">
+    <w:p w14:paraId="13FD1A1F" w14:textId="77777777" w:rsidR="0013780A" w:rsidRDefault="0013780A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5690DE9A" w14:textId="77777777" w:rsidR="00C03BA7" w:rsidRDefault="00C03BA7">
+    <w:p w14:paraId="79125394" w14:textId="77777777" w:rsidR="0013780A" w:rsidRDefault="0013780A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14847,51 +14838,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -15027,51 +15018,51 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3210" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6CB9FB97" w14:textId="30DE0DD3" w:rsidR="0865B030" w:rsidRDefault="0865B030" w:rsidP="00D92399">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6DC9A345" w14:textId="54BD868E" w:rsidR="0865B030" w:rsidRDefault="0865B030" w:rsidP="00D92399">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67F8E813" w14:textId="0A4EE04F" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A92D5B" w:rsidP="00DC1E41">
+  <w:p w14:paraId="67F8E813" w14:textId="7632743F" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A92D5B" w:rsidP="00DC1E41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="center" w:pos="7797"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
@@ -15111,91 +15102,99 @@
       </w:rPr>
       <w:t xml:space="preserve"> VLAIO Application Document Development Projects </w:t>
     </w:r>
     <w:r w:rsidR="00C81796">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidR="00DC1E41">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Version</w:t>
     </w:r>
     <w:r w:rsidR="00C81796">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> January 2025</w:t>
+      <w:t xml:space="preserve"> January </w:t>
     </w:r>
-    <w:r w:rsidR="00DC1E41">
+    <w:r w:rsidR="002D41F9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> - C</w:t>
+      <w:t xml:space="preserve">2026 </w:t>
+    </w:r>
+    <w:r w:rsidR="00DC1E41">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:bidi="en-US"/>
+      </w:rPr>
+      <w:t>- C</w:t>
     </w:r>
     <w:r w:rsidR="00C81796">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:bidi="en-US"/>
       </w:rPr>
       <w:t>ONFIDENTIAL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1862015625"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="60E62257" w14:textId="03EF88BB" w:rsidR="00DC1E41" w:rsidRPr="00E64EF1" w:rsidRDefault="00DC1E41" w:rsidP="00DC1E41">
+      <w:p w14:paraId="60E62257" w14:textId="08A278CF" w:rsidR="00DC1E41" w:rsidRPr="00E64EF1" w:rsidRDefault="00DC1E41" w:rsidP="00DC1E41">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00DC1E41">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00DC1E41">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -15242,51 +15241,59 @@
           </w:rPr>
           <w:t xml:space="preserve">VLAIO Application Document Development Projects </w:t>
         </w:r>
         <w:r w:rsidR="00C81796">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> Version</w:t>
         </w:r>
         <w:r w:rsidR="00C81796">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
-          <w:t xml:space="preserve"> January 2025</w:t>
+          <w:t xml:space="preserve"> January 202</w:t>
+        </w:r>
+        <w:r w:rsidR="002D41F9">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US" w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> - C</w:t>
         </w:r>
         <w:r w:rsidR="00C81796">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:bidi="en-US"/>
           </w:rPr>
           <w:t>ONFIDENTIAL</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="46FB6346" w14:textId="7930D19B" w:rsidR="00A2256E" w:rsidRPr="00E64EF1" w:rsidRDefault="00A2256E" w:rsidP="00DC1E41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:jc w:val="left"/>
@@ -15295,65 +15302,65 @@
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D24364D" w14:textId="0E0F6CCB" w:rsidR="00DD6CB9" w:rsidRDefault="00DD6CB9" w:rsidP="00DC1E41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="center" w:pos="7797"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3439F1A8" w14:textId="77777777" w:rsidR="00C03BA7" w:rsidRDefault="00C03BA7">
+    <w:p w14:paraId="7606C861" w14:textId="77777777" w:rsidR="0013780A" w:rsidRDefault="0013780A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32C0F588" w14:textId="77777777" w:rsidR="00C03BA7" w:rsidRDefault="00C03BA7">
+    <w:p w14:paraId="6FD70924" w14:textId="77777777" w:rsidR="0013780A" w:rsidRDefault="0013780A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D381AF8" w14:textId="77777777" w:rsidR="00C03BA7" w:rsidRDefault="00C03BA7"/>
+    <w:p w14:paraId="70400BF1" w14:textId="77777777" w:rsidR="0013780A" w:rsidRDefault="0013780A"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="69D6D4D5" w14:textId="77777777" w:rsidR="006B4F4D" w:rsidRPr="00E64EF1" w:rsidRDefault="006B4F4D" w:rsidP="006B4F4D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B061A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007B061A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
@@ -25770,50 +25777,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="81" w16cid:durableId="604846348">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="82" w16cid:durableId="1996838974">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="83" w16cid:durableId="989286813">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="84" w16cid:durableId="455953502">
     <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="85" w16cid:durableId="1892496149">
     <w:abstractNumId w:val="68"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="84"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -25842,84 +25850,86 @@
     <w:rsid w:val="000601F5"/>
     <w:rsid w:val="0006097B"/>
     <w:rsid w:val="000615FB"/>
     <w:rsid w:val="00061621"/>
     <w:rsid w:val="000628D5"/>
     <w:rsid w:val="00062F9B"/>
     <w:rsid w:val="0006594B"/>
     <w:rsid w:val="000665F8"/>
     <w:rsid w:val="00067BEF"/>
     <w:rsid w:val="00080411"/>
     <w:rsid w:val="000830C2"/>
     <w:rsid w:val="00083C4E"/>
     <w:rsid w:val="000848BC"/>
     <w:rsid w:val="0009089B"/>
     <w:rsid w:val="00094375"/>
     <w:rsid w:val="0009666F"/>
     <w:rsid w:val="00097E05"/>
     <w:rsid w:val="00097F97"/>
     <w:rsid w:val="0009F200"/>
     <w:rsid w:val="000A7D04"/>
     <w:rsid w:val="000B0404"/>
     <w:rsid w:val="000B1E4A"/>
     <w:rsid w:val="000B297E"/>
     <w:rsid w:val="000B2D18"/>
     <w:rsid w:val="000B442C"/>
+    <w:rsid w:val="000C034B"/>
     <w:rsid w:val="000C042F"/>
     <w:rsid w:val="000C2291"/>
     <w:rsid w:val="000C4643"/>
     <w:rsid w:val="000D04FD"/>
     <w:rsid w:val="000D0CF9"/>
     <w:rsid w:val="000D0F56"/>
     <w:rsid w:val="000D1C47"/>
     <w:rsid w:val="000D3181"/>
     <w:rsid w:val="000D4214"/>
     <w:rsid w:val="000D5E3F"/>
     <w:rsid w:val="000D67CB"/>
     <w:rsid w:val="000D6BB9"/>
     <w:rsid w:val="000E2DAF"/>
     <w:rsid w:val="000E2FBB"/>
     <w:rsid w:val="000E3B67"/>
     <w:rsid w:val="000E656B"/>
     <w:rsid w:val="000F1EED"/>
     <w:rsid w:val="000F5485"/>
     <w:rsid w:val="001006C6"/>
     <w:rsid w:val="00100ABE"/>
     <w:rsid w:val="00100ACA"/>
     <w:rsid w:val="001029A6"/>
     <w:rsid w:val="001067D8"/>
     <w:rsid w:val="00107F92"/>
     <w:rsid w:val="00111A87"/>
     <w:rsid w:val="00113441"/>
     <w:rsid w:val="0011397B"/>
     <w:rsid w:val="00117FBA"/>
     <w:rsid w:val="0012000C"/>
     <w:rsid w:val="00125219"/>
     <w:rsid w:val="00126068"/>
     <w:rsid w:val="00131D9C"/>
     <w:rsid w:val="001331C4"/>
     <w:rsid w:val="00136820"/>
+    <w:rsid w:val="0013780A"/>
     <w:rsid w:val="00142564"/>
     <w:rsid w:val="00144DBC"/>
     <w:rsid w:val="001543F0"/>
     <w:rsid w:val="0015609C"/>
     <w:rsid w:val="00156EED"/>
     <w:rsid w:val="00171DC8"/>
     <w:rsid w:val="00171F57"/>
     <w:rsid w:val="00174CC4"/>
     <w:rsid w:val="0017603A"/>
     <w:rsid w:val="00181EC8"/>
     <w:rsid w:val="00186FE2"/>
     <w:rsid w:val="001873F0"/>
     <w:rsid w:val="00194D4B"/>
     <w:rsid w:val="00194D6D"/>
     <w:rsid w:val="001950E9"/>
     <w:rsid w:val="00195A75"/>
     <w:rsid w:val="001A072A"/>
     <w:rsid w:val="001A4B30"/>
     <w:rsid w:val="001A6241"/>
     <w:rsid w:val="001B3250"/>
     <w:rsid w:val="001C00F0"/>
     <w:rsid w:val="001C165F"/>
     <w:rsid w:val="001C1CF7"/>
     <w:rsid w:val="001C2560"/>
     <w:rsid w:val="001C3962"/>
@@ -25961,50 +25971,51 @@
     <w:rsid w:val="00265626"/>
     <w:rsid w:val="00265973"/>
     <w:rsid w:val="002671FE"/>
     <w:rsid w:val="0027171A"/>
     <w:rsid w:val="002748E9"/>
     <w:rsid w:val="002764CE"/>
     <w:rsid w:val="0028255A"/>
     <w:rsid w:val="00285207"/>
     <w:rsid w:val="0028564D"/>
     <w:rsid w:val="00287CE2"/>
     <w:rsid w:val="002A02EE"/>
     <w:rsid w:val="002A223F"/>
     <w:rsid w:val="002A3FD1"/>
     <w:rsid w:val="002A5079"/>
     <w:rsid w:val="002A5BF6"/>
     <w:rsid w:val="002B70E8"/>
     <w:rsid w:val="002C1118"/>
     <w:rsid w:val="002C15C3"/>
     <w:rsid w:val="002C37C3"/>
     <w:rsid w:val="002C633F"/>
     <w:rsid w:val="002C78DD"/>
     <w:rsid w:val="002C7DD6"/>
     <w:rsid w:val="002D19F7"/>
     <w:rsid w:val="002D21BC"/>
     <w:rsid w:val="002D3C18"/>
+    <w:rsid w:val="002D41F9"/>
     <w:rsid w:val="002D4456"/>
     <w:rsid w:val="002D55B1"/>
     <w:rsid w:val="002D5F17"/>
     <w:rsid w:val="002E1E59"/>
     <w:rsid w:val="002E4198"/>
     <w:rsid w:val="002E46FA"/>
     <w:rsid w:val="002E54A2"/>
     <w:rsid w:val="002E6DD0"/>
     <w:rsid w:val="002E6EC6"/>
     <w:rsid w:val="002F11D8"/>
     <w:rsid w:val="002F2FFD"/>
     <w:rsid w:val="002F30C9"/>
     <w:rsid w:val="002F5629"/>
     <w:rsid w:val="002F69A8"/>
     <w:rsid w:val="0030025F"/>
     <w:rsid w:val="00302232"/>
     <w:rsid w:val="003044F1"/>
     <w:rsid w:val="00306523"/>
     <w:rsid w:val="00316BF1"/>
     <w:rsid w:val="00323ECB"/>
     <w:rsid w:val="003331A5"/>
     <w:rsid w:val="00333BB3"/>
     <w:rsid w:val="00335605"/>
     <w:rsid w:val="00336DF2"/>
     <w:rsid w:val="003432F3"/>
@@ -26037,179 +26048,184 @@
     <w:rsid w:val="003A43FB"/>
     <w:rsid w:val="003A7BD1"/>
     <w:rsid w:val="003B11B2"/>
     <w:rsid w:val="003B5BEA"/>
     <w:rsid w:val="003B5E2C"/>
     <w:rsid w:val="003B66B1"/>
     <w:rsid w:val="003C2C5E"/>
     <w:rsid w:val="003C3A29"/>
     <w:rsid w:val="003C3D72"/>
     <w:rsid w:val="003C3D99"/>
     <w:rsid w:val="003C4439"/>
     <w:rsid w:val="003C47B9"/>
     <w:rsid w:val="003C683A"/>
     <w:rsid w:val="003D05EA"/>
     <w:rsid w:val="003D08EF"/>
     <w:rsid w:val="003D14B8"/>
     <w:rsid w:val="003D6130"/>
     <w:rsid w:val="003D7080"/>
     <w:rsid w:val="003E16F6"/>
     <w:rsid w:val="003E293D"/>
     <w:rsid w:val="003E2C23"/>
     <w:rsid w:val="003F21A7"/>
     <w:rsid w:val="003F2990"/>
     <w:rsid w:val="003F426F"/>
     <w:rsid w:val="003F5DBB"/>
+    <w:rsid w:val="004019FC"/>
     <w:rsid w:val="0040206F"/>
     <w:rsid w:val="00402B71"/>
     <w:rsid w:val="00403BC0"/>
     <w:rsid w:val="00403ED2"/>
     <w:rsid w:val="0040657E"/>
     <w:rsid w:val="00407534"/>
     <w:rsid w:val="004075B4"/>
     <w:rsid w:val="00412852"/>
     <w:rsid w:val="00413575"/>
     <w:rsid w:val="004139F1"/>
     <w:rsid w:val="00414BEA"/>
     <w:rsid w:val="004157BB"/>
     <w:rsid w:val="0041651B"/>
     <w:rsid w:val="004168B1"/>
     <w:rsid w:val="00417A33"/>
     <w:rsid w:val="004220F5"/>
     <w:rsid w:val="004242B3"/>
     <w:rsid w:val="0042601A"/>
     <w:rsid w:val="00434A8A"/>
     <w:rsid w:val="00436E43"/>
     <w:rsid w:val="004415B1"/>
     <w:rsid w:val="00443CC6"/>
     <w:rsid w:val="00443DEB"/>
     <w:rsid w:val="0044623E"/>
     <w:rsid w:val="00451CAF"/>
     <w:rsid w:val="004614A7"/>
     <w:rsid w:val="00461712"/>
     <w:rsid w:val="00462CA5"/>
     <w:rsid w:val="004635C9"/>
     <w:rsid w:val="004707DF"/>
     <w:rsid w:val="00470D8D"/>
     <w:rsid w:val="00472927"/>
     <w:rsid w:val="00474D47"/>
     <w:rsid w:val="00477A7E"/>
     <w:rsid w:val="00482AA0"/>
     <w:rsid w:val="004857C8"/>
     <w:rsid w:val="00485B7C"/>
     <w:rsid w:val="00487973"/>
     <w:rsid w:val="00492B6E"/>
     <w:rsid w:val="00495475"/>
     <w:rsid w:val="00495C5A"/>
     <w:rsid w:val="004963DE"/>
     <w:rsid w:val="00497A2C"/>
     <w:rsid w:val="004A0525"/>
     <w:rsid w:val="004A53B8"/>
     <w:rsid w:val="004B0178"/>
     <w:rsid w:val="004B2AC6"/>
     <w:rsid w:val="004B3F60"/>
     <w:rsid w:val="004B5694"/>
+    <w:rsid w:val="004C1D6F"/>
     <w:rsid w:val="004C3DEE"/>
     <w:rsid w:val="004C6F58"/>
     <w:rsid w:val="004C7F6B"/>
     <w:rsid w:val="004D65F6"/>
     <w:rsid w:val="004D78A4"/>
     <w:rsid w:val="004D7CF5"/>
     <w:rsid w:val="004E18C1"/>
     <w:rsid w:val="004E464F"/>
     <w:rsid w:val="004E5E1B"/>
     <w:rsid w:val="004E7B4D"/>
     <w:rsid w:val="004F0EF3"/>
     <w:rsid w:val="004F1863"/>
     <w:rsid w:val="004F1DFE"/>
+    <w:rsid w:val="004F2270"/>
     <w:rsid w:val="004F3DE7"/>
     <w:rsid w:val="004F5693"/>
     <w:rsid w:val="004F5A27"/>
     <w:rsid w:val="004F697D"/>
     <w:rsid w:val="004F7296"/>
     <w:rsid w:val="005007E0"/>
     <w:rsid w:val="00502084"/>
     <w:rsid w:val="00503244"/>
     <w:rsid w:val="00504A09"/>
     <w:rsid w:val="00506038"/>
     <w:rsid w:val="005105AF"/>
     <w:rsid w:val="00511310"/>
     <w:rsid w:val="00511EB7"/>
     <w:rsid w:val="00514281"/>
     <w:rsid w:val="00514ED7"/>
     <w:rsid w:val="0051635A"/>
     <w:rsid w:val="00517A29"/>
     <w:rsid w:val="0052060F"/>
     <w:rsid w:val="00521C3D"/>
     <w:rsid w:val="0052325C"/>
     <w:rsid w:val="005268EB"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="005316E1"/>
     <w:rsid w:val="005347BD"/>
+    <w:rsid w:val="0054040F"/>
     <w:rsid w:val="00541E48"/>
     <w:rsid w:val="00542DBA"/>
     <w:rsid w:val="0054660F"/>
     <w:rsid w:val="00546A38"/>
     <w:rsid w:val="005545A8"/>
     <w:rsid w:val="00556FE7"/>
     <w:rsid w:val="0056293E"/>
     <w:rsid w:val="005630FE"/>
     <w:rsid w:val="00565224"/>
     <w:rsid w:val="005653AA"/>
     <w:rsid w:val="00572D3E"/>
     <w:rsid w:val="00574111"/>
     <w:rsid w:val="00575BA2"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="00577144"/>
     <w:rsid w:val="00580573"/>
     <w:rsid w:val="005823D6"/>
     <w:rsid w:val="0058472C"/>
     <w:rsid w:val="00585292"/>
     <w:rsid w:val="00586AA6"/>
     <w:rsid w:val="00587B4E"/>
     <w:rsid w:val="00590526"/>
     <w:rsid w:val="005917F9"/>
     <w:rsid w:val="00592294"/>
     <w:rsid w:val="005945F3"/>
     <w:rsid w:val="00595D18"/>
     <w:rsid w:val="00596825"/>
     <w:rsid w:val="005972B8"/>
     <w:rsid w:val="00597605"/>
     <w:rsid w:val="005A0C24"/>
     <w:rsid w:val="005A1EEC"/>
     <w:rsid w:val="005A5404"/>
     <w:rsid w:val="005A69BA"/>
     <w:rsid w:val="005A7087"/>
     <w:rsid w:val="005A7309"/>
     <w:rsid w:val="005B56E0"/>
     <w:rsid w:val="005C0599"/>
     <w:rsid w:val="005C32EF"/>
     <w:rsid w:val="005C3D3B"/>
     <w:rsid w:val="005C5924"/>
     <w:rsid w:val="005D2806"/>
     <w:rsid w:val="005D4F0F"/>
     <w:rsid w:val="005D5BF6"/>
+    <w:rsid w:val="005D7FA1"/>
     <w:rsid w:val="005E518D"/>
     <w:rsid w:val="005E7054"/>
     <w:rsid w:val="005E7273"/>
     <w:rsid w:val="005E7DE4"/>
     <w:rsid w:val="005E7EBA"/>
     <w:rsid w:val="005F2E54"/>
     <w:rsid w:val="005F7D3A"/>
     <w:rsid w:val="006014C6"/>
     <w:rsid w:val="00603165"/>
     <w:rsid w:val="00603DB8"/>
     <w:rsid w:val="00605668"/>
     <w:rsid w:val="006066BD"/>
     <w:rsid w:val="006118AA"/>
     <w:rsid w:val="006141C4"/>
     <w:rsid w:val="0061540F"/>
     <w:rsid w:val="00616302"/>
     <w:rsid w:val="00617956"/>
     <w:rsid w:val="006217CA"/>
     <w:rsid w:val="0062183C"/>
     <w:rsid w:val="00622766"/>
     <w:rsid w:val="00622DAE"/>
     <w:rsid w:val="00624617"/>
     <w:rsid w:val="00624BE6"/>
     <w:rsid w:val="006300E8"/>
     <w:rsid w:val="006302CA"/>
@@ -26394,152 +26410,156 @@
     <w:rsid w:val="008D4FF2"/>
     <w:rsid w:val="008D5A12"/>
     <w:rsid w:val="008E7AD3"/>
     <w:rsid w:val="008F632D"/>
     <w:rsid w:val="008F72FF"/>
     <w:rsid w:val="00900F64"/>
     <w:rsid w:val="009018AD"/>
     <w:rsid w:val="00903E8B"/>
     <w:rsid w:val="0090794A"/>
     <w:rsid w:val="0091126A"/>
     <w:rsid w:val="0091214B"/>
     <w:rsid w:val="00913A0F"/>
     <w:rsid w:val="0091608F"/>
     <w:rsid w:val="009161AC"/>
     <w:rsid w:val="00921663"/>
     <w:rsid w:val="00926874"/>
     <w:rsid w:val="0093006D"/>
     <w:rsid w:val="009309A4"/>
     <w:rsid w:val="0093151A"/>
     <w:rsid w:val="009323C0"/>
     <w:rsid w:val="009364E0"/>
     <w:rsid w:val="0093694A"/>
     <w:rsid w:val="009404EE"/>
     <w:rsid w:val="0094062C"/>
     <w:rsid w:val="00942A54"/>
+    <w:rsid w:val="00945A85"/>
     <w:rsid w:val="00946943"/>
     <w:rsid w:val="009553AC"/>
     <w:rsid w:val="00957774"/>
     <w:rsid w:val="00960185"/>
     <w:rsid w:val="009668AE"/>
     <w:rsid w:val="00967EDE"/>
     <w:rsid w:val="0097164D"/>
     <w:rsid w:val="009756CB"/>
     <w:rsid w:val="009809C5"/>
     <w:rsid w:val="00982602"/>
     <w:rsid w:val="00984E16"/>
     <w:rsid w:val="00987C32"/>
     <w:rsid w:val="009902A8"/>
     <w:rsid w:val="009946B0"/>
+    <w:rsid w:val="009976BB"/>
     <w:rsid w:val="009A00AE"/>
     <w:rsid w:val="009A23AC"/>
     <w:rsid w:val="009A3840"/>
     <w:rsid w:val="009A51D8"/>
     <w:rsid w:val="009A537F"/>
     <w:rsid w:val="009A6204"/>
     <w:rsid w:val="009A647A"/>
     <w:rsid w:val="009B03E2"/>
     <w:rsid w:val="009B0B19"/>
     <w:rsid w:val="009B1FCC"/>
     <w:rsid w:val="009B23BE"/>
     <w:rsid w:val="009B52C3"/>
     <w:rsid w:val="009B6211"/>
     <w:rsid w:val="009C35D6"/>
     <w:rsid w:val="009C50F6"/>
     <w:rsid w:val="009C5E75"/>
     <w:rsid w:val="009C6288"/>
     <w:rsid w:val="009C72FE"/>
     <w:rsid w:val="009C7C86"/>
     <w:rsid w:val="009D6D7F"/>
     <w:rsid w:val="009D79DC"/>
     <w:rsid w:val="009E59F4"/>
     <w:rsid w:val="009E7589"/>
     <w:rsid w:val="009E7889"/>
     <w:rsid w:val="009E7D22"/>
     <w:rsid w:val="009F068C"/>
     <w:rsid w:val="009F3E68"/>
     <w:rsid w:val="009F7564"/>
     <w:rsid w:val="00A00D89"/>
     <w:rsid w:val="00A03893"/>
     <w:rsid w:val="00A0657B"/>
     <w:rsid w:val="00A10163"/>
     <w:rsid w:val="00A2202B"/>
     <w:rsid w:val="00A2256E"/>
     <w:rsid w:val="00A22819"/>
     <w:rsid w:val="00A233CD"/>
     <w:rsid w:val="00A24195"/>
     <w:rsid w:val="00A31EAE"/>
     <w:rsid w:val="00A32F47"/>
     <w:rsid w:val="00A3637E"/>
     <w:rsid w:val="00A42967"/>
     <w:rsid w:val="00A44709"/>
     <w:rsid w:val="00A5092F"/>
     <w:rsid w:val="00A5157A"/>
     <w:rsid w:val="00A521F2"/>
     <w:rsid w:val="00A54210"/>
     <w:rsid w:val="00A54B2C"/>
     <w:rsid w:val="00A552F1"/>
     <w:rsid w:val="00A577A4"/>
+    <w:rsid w:val="00A57902"/>
     <w:rsid w:val="00A60553"/>
     <w:rsid w:val="00A61B04"/>
     <w:rsid w:val="00A622BC"/>
     <w:rsid w:val="00A646A0"/>
     <w:rsid w:val="00A64768"/>
     <w:rsid w:val="00A64AB1"/>
     <w:rsid w:val="00A65495"/>
     <w:rsid w:val="00A71BAC"/>
     <w:rsid w:val="00A820AB"/>
     <w:rsid w:val="00A82A44"/>
     <w:rsid w:val="00A834FD"/>
     <w:rsid w:val="00A85219"/>
     <w:rsid w:val="00A91A73"/>
     <w:rsid w:val="00A92D5B"/>
     <w:rsid w:val="00A939B3"/>
     <w:rsid w:val="00A96FD0"/>
     <w:rsid w:val="00AA007B"/>
     <w:rsid w:val="00AA0637"/>
     <w:rsid w:val="00AA118C"/>
     <w:rsid w:val="00AA1A05"/>
     <w:rsid w:val="00AA2FB1"/>
     <w:rsid w:val="00AA302E"/>
     <w:rsid w:val="00AA5C7E"/>
     <w:rsid w:val="00AA5CB0"/>
     <w:rsid w:val="00AA656F"/>
     <w:rsid w:val="00AB26D9"/>
     <w:rsid w:val="00AB4590"/>
     <w:rsid w:val="00AB4B38"/>
     <w:rsid w:val="00AC4332"/>
     <w:rsid w:val="00AC6207"/>
     <w:rsid w:val="00AC6B9E"/>
     <w:rsid w:val="00AC7BC7"/>
     <w:rsid w:val="00AD32C1"/>
     <w:rsid w:val="00AD4F03"/>
     <w:rsid w:val="00AE46DB"/>
     <w:rsid w:val="00AF004C"/>
     <w:rsid w:val="00AF1DCF"/>
     <w:rsid w:val="00AF4C05"/>
     <w:rsid w:val="00AF51D9"/>
+    <w:rsid w:val="00AF5E16"/>
     <w:rsid w:val="00AF7F0A"/>
     <w:rsid w:val="00AF7FE2"/>
     <w:rsid w:val="00B010F9"/>
     <w:rsid w:val="00B0267C"/>
     <w:rsid w:val="00B02859"/>
     <w:rsid w:val="00B14219"/>
     <w:rsid w:val="00B16F5C"/>
     <w:rsid w:val="00B21B2C"/>
     <w:rsid w:val="00B22D45"/>
     <w:rsid w:val="00B23BD2"/>
     <w:rsid w:val="00B25AE7"/>
     <w:rsid w:val="00B3489A"/>
     <w:rsid w:val="00B411AF"/>
     <w:rsid w:val="00B418C2"/>
     <w:rsid w:val="00B443D6"/>
     <w:rsid w:val="00B50186"/>
     <w:rsid w:val="00B51F58"/>
     <w:rsid w:val="00B538CD"/>
     <w:rsid w:val="00B56202"/>
     <w:rsid w:val="00B5757F"/>
     <w:rsid w:val="00B61986"/>
     <w:rsid w:val="00B61AAB"/>
     <w:rsid w:val="00B64FD9"/>
     <w:rsid w:val="00B659F5"/>
     <w:rsid w:val="00B66A30"/>
@@ -26598,50 +26618,51 @@
     <w:rsid w:val="00C0738D"/>
     <w:rsid w:val="00C0799A"/>
     <w:rsid w:val="00C11CE9"/>
     <w:rsid w:val="00C17EB7"/>
     <w:rsid w:val="00C2196A"/>
     <w:rsid w:val="00C228B8"/>
     <w:rsid w:val="00C25CD2"/>
     <w:rsid w:val="00C30618"/>
     <w:rsid w:val="00C313EB"/>
     <w:rsid w:val="00C337D2"/>
     <w:rsid w:val="00C343AD"/>
     <w:rsid w:val="00C36BE3"/>
     <w:rsid w:val="00C402C7"/>
     <w:rsid w:val="00C4265C"/>
     <w:rsid w:val="00C42A5C"/>
     <w:rsid w:val="00C461C5"/>
     <w:rsid w:val="00C51997"/>
     <w:rsid w:val="00C52EBC"/>
     <w:rsid w:val="00C55414"/>
     <w:rsid w:val="00C574D7"/>
     <w:rsid w:val="00C63DC6"/>
     <w:rsid w:val="00C65AAF"/>
     <w:rsid w:val="00C7120B"/>
     <w:rsid w:val="00C75489"/>
     <w:rsid w:val="00C75BB7"/>
+    <w:rsid w:val="00C80AAF"/>
     <w:rsid w:val="00C81796"/>
     <w:rsid w:val="00C81CA7"/>
     <w:rsid w:val="00C85914"/>
     <w:rsid w:val="00C87B26"/>
     <w:rsid w:val="00C93D72"/>
     <w:rsid w:val="00C94984"/>
     <w:rsid w:val="00CA50F8"/>
     <w:rsid w:val="00CA7943"/>
     <w:rsid w:val="00CB3BEE"/>
     <w:rsid w:val="00CB48A6"/>
     <w:rsid w:val="00CB7BC8"/>
     <w:rsid w:val="00CC1B47"/>
     <w:rsid w:val="00CD0C13"/>
     <w:rsid w:val="00CD47D5"/>
     <w:rsid w:val="00CD49C8"/>
     <w:rsid w:val="00CD515F"/>
     <w:rsid w:val="00CDF47D"/>
     <w:rsid w:val="00CE24EC"/>
     <w:rsid w:val="00CE79A5"/>
     <w:rsid w:val="00CE7EF2"/>
     <w:rsid w:val="00CF21F4"/>
     <w:rsid w:val="00CF2ED7"/>
     <w:rsid w:val="00CF3CDD"/>
     <w:rsid w:val="00CF4757"/>
     <w:rsid w:val="00CF48BB"/>
@@ -26685,78 +26706,80 @@
     <w:rsid w:val="00DA65A8"/>
     <w:rsid w:val="00DB03F8"/>
     <w:rsid w:val="00DB47D8"/>
     <w:rsid w:val="00DB66F7"/>
     <w:rsid w:val="00DC1E41"/>
     <w:rsid w:val="00DC306F"/>
     <w:rsid w:val="00DC6F7D"/>
     <w:rsid w:val="00DC70EA"/>
     <w:rsid w:val="00DC7B70"/>
     <w:rsid w:val="00DD249E"/>
     <w:rsid w:val="00DD5976"/>
     <w:rsid w:val="00DD6333"/>
     <w:rsid w:val="00DD6CB9"/>
     <w:rsid w:val="00DE0E92"/>
     <w:rsid w:val="00DF1C6C"/>
     <w:rsid w:val="00DF2543"/>
     <w:rsid w:val="00DF3494"/>
     <w:rsid w:val="00DF3D1E"/>
     <w:rsid w:val="00DF4515"/>
     <w:rsid w:val="00DF4AFA"/>
     <w:rsid w:val="00E01131"/>
     <w:rsid w:val="00E0321E"/>
     <w:rsid w:val="00E03D8F"/>
     <w:rsid w:val="00E10C13"/>
     <w:rsid w:val="00E12447"/>
+    <w:rsid w:val="00E14CBF"/>
     <w:rsid w:val="00E14DBA"/>
     <w:rsid w:val="00E1540B"/>
     <w:rsid w:val="00E16614"/>
     <w:rsid w:val="00E16777"/>
     <w:rsid w:val="00E2028A"/>
     <w:rsid w:val="00E20845"/>
     <w:rsid w:val="00E22857"/>
     <w:rsid w:val="00E24445"/>
     <w:rsid w:val="00E254DE"/>
     <w:rsid w:val="00E337D2"/>
     <w:rsid w:val="00E33C00"/>
     <w:rsid w:val="00E45232"/>
     <w:rsid w:val="00E51746"/>
     <w:rsid w:val="00E5344B"/>
     <w:rsid w:val="00E54D2F"/>
     <w:rsid w:val="00E554E3"/>
     <w:rsid w:val="00E55D6F"/>
     <w:rsid w:val="00E64EF1"/>
     <w:rsid w:val="00E701F3"/>
     <w:rsid w:val="00E73259"/>
     <w:rsid w:val="00E73502"/>
     <w:rsid w:val="00E7365D"/>
     <w:rsid w:val="00E74311"/>
     <w:rsid w:val="00E80AE7"/>
     <w:rsid w:val="00E82711"/>
     <w:rsid w:val="00E82F63"/>
     <w:rsid w:val="00E83394"/>
     <w:rsid w:val="00E97810"/>
+    <w:rsid w:val="00EA0075"/>
     <w:rsid w:val="00EA00E4"/>
     <w:rsid w:val="00EA2382"/>
     <w:rsid w:val="00EA7FA1"/>
     <w:rsid w:val="00EB1486"/>
     <w:rsid w:val="00EB163B"/>
     <w:rsid w:val="00EB28B6"/>
     <w:rsid w:val="00EB2F8A"/>
     <w:rsid w:val="00EB37DE"/>
     <w:rsid w:val="00EC038B"/>
     <w:rsid w:val="00EC385F"/>
     <w:rsid w:val="00EC52BC"/>
     <w:rsid w:val="00EC79B3"/>
     <w:rsid w:val="00ED102F"/>
     <w:rsid w:val="00ED1109"/>
     <w:rsid w:val="00ED207E"/>
     <w:rsid w:val="00EE1B6C"/>
     <w:rsid w:val="00EE3B20"/>
     <w:rsid w:val="00EE3E68"/>
     <w:rsid w:val="00EF65AF"/>
     <w:rsid w:val="00F012A2"/>
     <w:rsid w:val="00F02217"/>
     <w:rsid w:val="00F04A07"/>
     <w:rsid w:val="00F077C0"/>
     <w:rsid w:val="00F07D0C"/>
     <w:rsid w:val="00F155BA"/>
@@ -26781,50 +26804,51 @@
     <w:rsid w:val="00F60A0D"/>
     <w:rsid w:val="00F61D5F"/>
     <w:rsid w:val="00F65E65"/>
     <w:rsid w:val="00F67E69"/>
     <w:rsid w:val="00F8062D"/>
     <w:rsid w:val="00F8111A"/>
     <w:rsid w:val="00F82A39"/>
     <w:rsid w:val="00F848D2"/>
     <w:rsid w:val="00F86976"/>
     <w:rsid w:val="00F87FC3"/>
     <w:rsid w:val="00F90A0D"/>
     <w:rsid w:val="00F9133C"/>
     <w:rsid w:val="00F9348D"/>
     <w:rsid w:val="00FA0709"/>
     <w:rsid w:val="00FA1534"/>
     <w:rsid w:val="00FA24BC"/>
     <w:rsid w:val="00FA43E5"/>
     <w:rsid w:val="00FA4E5C"/>
     <w:rsid w:val="00FA78D9"/>
     <w:rsid w:val="00FB022E"/>
     <w:rsid w:val="00FB0CA7"/>
     <w:rsid w:val="00FB1512"/>
     <w:rsid w:val="00FB29CF"/>
     <w:rsid w:val="00FC1CD2"/>
     <w:rsid w:val="00FC531C"/>
+    <w:rsid w:val="00FC71A7"/>
     <w:rsid w:val="00FD11D0"/>
     <w:rsid w:val="00FD1D21"/>
     <w:rsid w:val="00FD3D07"/>
     <w:rsid w:val="00FD5E50"/>
     <w:rsid w:val="00FD64E0"/>
     <w:rsid w:val="00FD6791"/>
     <w:rsid w:val="00FD7E10"/>
     <w:rsid w:val="00FE0D21"/>
     <w:rsid w:val="00FE1EDE"/>
     <w:rsid w:val="00FE43EC"/>
     <w:rsid w:val="00FE64F7"/>
     <w:rsid w:val="00FE7693"/>
     <w:rsid w:val="00FE79C9"/>
     <w:rsid w:val="00FE7AAE"/>
     <w:rsid w:val="00FF391B"/>
     <w:rsid w:val="00FF66F6"/>
     <w:rsid w:val="01812BCF"/>
     <w:rsid w:val="019A75AF"/>
     <w:rsid w:val="028213BD"/>
     <w:rsid w:val="03173588"/>
     <w:rsid w:val="032AF07E"/>
     <w:rsid w:val="03A61A99"/>
     <w:rsid w:val="0453169C"/>
     <w:rsid w:val="0465CEEF"/>
     <w:rsid w:val="04A0F234"/>
@@ -29746,52 +29770,65 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="dc7576f134f5edc9c9877f87eb8e2e35">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c553584e1d6bdb3cc123926d269e1c79" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="141addf47b5066a6ca047194f996f5e6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2905c737a2e6bdd9504bcd2b2b82b54" ns2:_="" ns3:_="">
     <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -29952,172 +29989,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C32849F-140E-48D1-98E6-627BB214BF97}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
-    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA9B0B07-65A9-4689-AFA3-0CAACE635A34}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{032E2138-3AC7-4E62-8E9D-8610DE4ED59F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79F9C014-DC97-44DD-83A8-A1C4AD31227F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68B1E4A8-BBE5-4B30-B759-A519C5985E1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>4717</Words>
-  <Characters>25948</Characters>
+  <Words>4674</Words>
+  <Characters>25713</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>216</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>214</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>//</vt:lpstr>
       <vt:lpstr>        Beschrijf in 1 à 2 zinnen de essentie van de beoogde innovatie op het niveau van</vt:lpstr>
       <vt:lpstr>Business case: van innovatief idee tot boost voor je onderneming </vt:lpstr>
       <vt:lpstr>    Je bedrijf en innovatief idee </vt:lpstr>
       <vt:lpstr>    Wat bied je momenteel aan? Op welke markten ?</vt:lpstr>
       <vt:lpstr>    Hoe past je idee in de markt?</vt:lpstr>
       <vt:lpstr>    Het traject van project tot de markt</vt:lpstr>
       <vt:lpstr>    Business model </vt:lpstr>
       <vt:lpstr>    Impact </vt:lpstr>
       <vt:lpstr>        Economische impact</vt:lpstr>
       <vt:lpstr>        Maatschappelijke impact </vt:lpstr>
       <vt:lpstr>Je ontwikkelingsproject en aanpak</vt:lpstr>
       <vt:lpstr>    Nieuwe kennis &amp; uitdagingen</vt:lpstr>
       <vt:lpstr>    Aanpak</vt:lpstr>
       <vt:lpstr>    Expertise en middelen</vt:lpstr>
       <vt:lpstr>Toegevoegde waarde van de steun</vt:lpstr>
       <vt:lpstr>Project met mogelijke militaire affiniteit (indien van toepassing)</vt:lpstr>
       <vt:lpstr>Bijkomende informatie</vt:lpstr>
       <vt:lpstr>Bijlage tabel toegevoegde economische waarde voor Vlaanderen</vt:lpstr>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>thewritething</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30604</CharactersWithSpaces>
+  <CharactersWithSpaces>30327</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="90" baseType="variant">
       <vt:variant>
         <vt:i4>5374023</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.vlaio.be/nl/media/668</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7340151</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -30375,27 +30405,33 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Corteel, Cedric</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_docset_NoMedatataSyncRequired">
+    <vt:lpwstr>True</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>