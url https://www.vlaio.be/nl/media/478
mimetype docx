--- v0 (2025-10-06)
+++ v1 (2026-03-31)
@@ -1,114 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E8A103A" w14:textId="48B73BC0" w:rsidR="00A2256E" w:rsidRPr="006D75DD" w:rsidRDefault="00DD3211">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:sectPr w:rsidR="00A2256E" w:rsidRPr="006D75DD" w:rsidSect="00C87B26">
           <w:headerReference w:type="even" r:id="rId11"/>
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662338" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387C19FB" wp14:editId="55EB577A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7559400" cy="10684800"/>
             <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
             <wp:wrapNone/>
             <wp:docPr id="1622056384" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1622056384" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559400" cy="10684800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                         <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -148,110 +152,116 @@
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6172200" cy="3543300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat">
                           <a:noFill/>
                           <a:miter lim="400000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1F305428" w14:textId="6CD6D146" w:rsidR="00A2256E" w:rsidRDefault="00A92D5B">
                             <w:pPr>
                               <w:pStyle w:val="Title"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Aanvraagdocument Ontwikkelingsproject</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1C19369C" w14:textId="0AB7E022" w:rsidR="00F61D5F" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
+                          <w:p w14:paraId="1C19369C" w14:textId="0A130DF3" w:rsidR="00F61D5F" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
                             <w:pPr>
                               <w:pStyle w:val="Subtitle"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Versie</w:t>
                             </w:r>
                             <w:r w:rsidR="00F61D5F">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="004E45C6">
-                              <w:t>januari 2025</w:t>
+                              <w:t xml:space="preserve">januari </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A50805">
+                              <w:t>2026</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0E50BB5E" w14:textId="77777777" w:rsidR="00A2256E" w:rsidRDefault="00A2256E" w:rsidP="00F61D5F">
                             <w:pPr>
                               <w:pStyle w:val="Subtitle"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" anchor="t">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="59B71B57" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="officeArt object" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Titel van het document&#10;&#10;Titel van het document" style="position:absolute;left:0;text-align:left;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:4.5pt;mso-wrap-distance-top:4.5pt;mso-wrap-distance-right:4.5pt;mso-wrap-distance-bottom:4.5pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7dV+cwQEAAHsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu2yAUfa+0f0C8L7aTtOmsOFXXqtOk&#10;qZvU9QMIhhgJuAxI7Pz9LsRNrPZtmh8wF67Pvefc4/XdYDQ5CB8U2IZWs5ISYTm0yu4a+vr76fMt&#10;JSEy2zINVjT0KAK923y6WveuFnPoQLfCEwSxoe5dQ7sYXV0UgXfCsDADJyxeSvCGRQz9rmg96xHd&#10;6GJeljdFD751HrgIAU8fT5d0k/GlFDz+lDKISHRDsbeYV5/XbVqLzZrVO89cp/jYBvuHLgxTFoue&#10;oR5ZZGTv1Qcoo7iHADLOOJgCpFRcZA7IpirfsXnpmBOZC4oT3Fmm8P9g+fPhxf3yJA5fYcABJkF6&#10;F+qAh4nPIL1Jb+yU4D1KeDzLJoZIOB7eVKs5zoISjneL6+VigQHiFJfPnQ/xmwBD0qahHueS5WKH&#10;HyGeUt9SUjULT0rrPBttSY99zVe5AEOLSM1OH0+yjIpoI61MQ5dlesb62iY4kY0wVrqwS7s4bIeR&#10;8hbaIyrRoxkaGv7smReU6O8W1V5er6ov6J5p4KfBdhrYvXkA9FtFCbO8A7TbW8P3+whSZcap+qkk&#10;KpUCnHDWbHRjstA0zlmXf2bzFwAA//8DAFBLAwQUAAYACAAAACEAkqh2H98AAAANAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fi6MlpUmk4INIkDHDZAcPSakFQ0TtVka/n3eCe4&#10;vWc/PX+u17PvxdGMsQukYLnIQBhqg+7IKnh73VzdgogJSWMfyCj4MRHWzflZjZUOE23NcZes4BKK&#10;FSpwKQ2VlLF1xmNchMEQ777C6DGxHa3UI05c7nuZZ1khPXbEFxwO5sGZ9nt38Aoe7dJ/Eq6m6Um6&#10;D5u/J/+8eVHq8mK+vwORzJz+wnDCZ3RomGkfDqSj6Nlnq4KjCsqbvARxSmRlwaM9q2vWIJta/v+i&#10;+QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7dV+cwQEAAHsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCSqHYf3wAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAABsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" filled="f" stroked="f" strokeweight="1pt">
                 <v:stroke miterlimit="4"/>
                 <v:textbox inset="1.27mm,1.27mm,1.27mm,1.27mm">
                   <w:txbxContent>
                     <w:p w14:paraId="1F305428" w14:textId="6CD6D146" w:rsidR="00A2256E" w:rsidRDefault="00A92D5B">
                       <w:pPr>
                         <w:pStyle w:val="Title"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Aanvraagdocument Ontwikkelingsproject</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1C19369C" w14:textId="0AB7E022" w:rsidR="00F61D5F" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
+                    <w:p w14:paraId="1C19369C" w14:textId="0A130DF3" w:rsidR="00F61D5F" w:rsidRDefault="00AF7FE2" w:rsidP="00F61D5F">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Versie</w:t>
                       </w:r>
                       <w:r w:rsidR="00F61D5F">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="004E45C6">
-                        <w:t>januari 2025</w:t>
+                        <w:t xml:space="preserve">januari </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A50805">
+                        <w:t>2026</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0E50BB5E" w14:textId="77777777" w:rsidR="00A2256E" w:rsidRDefault="00A2256E" w:rsidP="00F61D5F">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="467E72F2" w14:textId="73101D8D" w:rsidR="00651858" w:rsidRPr="00654992" w:rsidRDefault="000B297E" w:rsidP="4E3AEFE9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
@@ -528,93 +538,93 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>(zie</w:t>
       </w:r>
       <w:r w:rsidR="007B061A" w:rsidRPr="4E3AEFE9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> het</w:t>
       </w:r>
       <w:r w:rsidR="009A3840" w:rsidRPr="4E3AEFE9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidR="007B3606" w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve">toelichtingsdocument </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="007B3606" w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>bedrijfsinnovatiesteun</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="009A3840" w:rsidRPr="00586AA6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:color="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C52EBC" w:rsidRPr="00586AA6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:color="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">en het </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00FD11D0" w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>kostenmodel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD11D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00651858" w:rsidRPr="4E3AEFE9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
@@ -4335,64 +4345,78 @@
       <w:r w:rsidR="189544AE" w:rsidRPr="00412852">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t>l toegevoegde waarde</w:t>
       </w:r>
       <w:r w:rsidR="002A5BF6" w:rsidRPr="00412852">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> voor Vlaanderen</w:t>
       </w:r>
       <w:r w:rsidR="189544AE" w:rsidRPr="00412852">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> in de valorisatieperiode van het project dient minimaal 10 keer het subsidiebedrag te bedragen (die standaard berekend wordt op een valorisatieperiode van 5 jaar en start bij het einde van het project).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CBAD57" w14:textId="468E8DE2" w:rsidR="00EB1486" w:rsidRDefault="00412852" w:rsidP="06F48B5A">
+    <w:p w14:paraId="00CBAD57" w14:textId="7DCAC426" w:rsidR="00EB1486" w:rsidRDefault="00412852" w:rsidP="06F48B5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412852">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Indien de impact gebaseerd is op een toename in arbeidsproductiviteit, wordt minimaal een groei van 50% in arbeidsproductiviteit verwacht 5 jaar na afloop van het project.</w:t>
+        <w:t xml:space="preserve">Indien de impact gebaseerd is op een toename in arbeidsproductiviteit, wordt minimaal een groei van </w:t>
+      </w:r>
+      <w:r w:rsidR="00726735">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00412852">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>0% in arbeidsproductiviteit verwacht 5 jaar na afloop van het project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AAA7DB" w14:textId="3AA6E4D5" w:rsidR="00824645" w:rsidRPr="00967EDE" w:rsidRDefault="00967EDE" w:rsidP="06F48B5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Indien je project een maatschappelijke meerwaarde creëert, gelieve dit dan ook hier kort aan te geven.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ACF6026" w14:textId="027F4E51" w:rsidR="08ACF456" w:rsidRDefault="005A5404">
       <w:r w:rsidRPr="00DF4AFA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Indien verschillende bedrijfspartners betrokken zijn, beschrijf dan de impact per partner.</w:t>
       </w:r>
@@ -6590,51 +6614,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Om je innovatief idee concreet vorm te geven, heb je nog een heel traject af te leggen, waarvan niet alle stappen door VLAIO gesteund kunnen worden (</w:t>
       </w:r>
       <w:r w:rsidR="00D90BAD" w:rsidRPr="0865B030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">klassieke engineering activiteiten of </w:t>
       </w:r>
       <w:r w:rsidRPr="0865B030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">eenvoudigere, minder risicovolle stappen ter voorbereiding van vermarkting komen bijvoorbeeld niet in aanmerking voor steun). In deel 2 van deze aanvraag kan je de door VLAIO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>steunbare activiteiten</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0865B030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> concreet vormgeven in je ontwikkelingsproject.</w:t>
       </w:r>
       <w:r w:rsidR="007464B7" w:rsidRPr="0865B030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
@@ -7108,51 +7132,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> je rekening te houden met de nieuwe situatie van het </w:t>
       </w:r>
       <w:r w:rsidR="43AFE77A" w:rsidRPr="4C655BE2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>unitair octrooi</w:t>
       </w:r>
       <w:r w:rsidR="61A9AD62" w:rsidRPr="4C655BE2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00EE3B20" w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>Meer</w:t>
         </w:r>
         <w:r w:rsidR="61A9AD62" w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve"> informatie </w:t>
         </w:r>
         <w:r w:rsidR="00EE3B20" w:rsidRPr="00586AA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
@@ -7452,67 +7476,85 @@
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>gebaseerd op ofwel (i) tewerkstelling en/of /investeringen ofwel op (ii) groei in arbeidsproductiviteit volgend op het project). Deze twee opties kunnen niet gecombineerd worden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D51D68" w14:textId="5E4905C1" w:rsidR="4672060A" w:rsidRDefault="4672060A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t>Wanneer de toegevoegde waarde voor Vlaanderen gebaseerd is op tewerkstelling en/of investeringen wordt vereist dat de totaal gekwantificeerde valorisatie in Vlaanderen tijdens de valorisatieperiode minstens 10 maal de subsidie bedraagt (i.e. het behalen van een hefboom 10). De valorisatieperiode bedraagt standaard 5 jaar. Mits grondige motivatie kan een valorisatieperiode tot 10 jaar in acht genomen worden. Het aantonen van de hefboom 10 op een kortere valorisatieperiode (bv. 3 jaar) is ook een mogelijkheid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="063E1900" w14:textId="6B96BFE7" w:rsidR="4672060A" w:rsidRDefault="4672060A">
+    <w:p w14:paraId="063E1900" w14:textId="7929C61E" w:rsidR="4672060A" w:rsidRDefault="4672060A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
-        <w:t>Wanneer de toegevoegde waarde voor Vlaanderen gebaseerd is op groei in arbeidsproductiviteit moet vooreerst gemotiveerd worden waarom de krapte op de arbeidsmarkt het bedrijf niet toelaat om de impact te realiseren door tewerkstelling en/of investeringen. Er wordt vereist dat de arbeidsproductiviteit 5 jaar na het einde van het project minstens 50% hoger is dan de arbeidsproductiviteit bij aanvraag van het project. Indien de aangevraagde subsidie groter is dan € 250.000, dient bovendien de cumulatieve extra Bruto Toegevoegde Waarde (BrTW) minstens 10 maal de subsidie te bedragen. Indien de subsidie kleiner is of gelijk aan € 250.000 kan de cumulatieve extra Bruto Toegevoegde Waarde kleiner zijn dan het tienvoud van de subsidie. De valorisatieperiode voor projecten die inzetten op arbeidsproductiviteit ligt vast op 5 jaar en kan niet verlengd worden.</w:t>
+        <w:t xml:space="preserve">Wanneer de toegevoegde waarde voor Vlaanderen gebaseerd is op groei in arbeidsproductiviteit moet vooreerst gemotiveerd worden waarom de krapte op de arbeidsmarkt het bedrijf niet toelaat om de impact te realiseren door tewerkstelling en/of investeringen. Er wordt vereist dat de arbeidsproductiviteit 5 jaar na het einde van het project minstens </w:t>
+      </w:r>
+      <w:r w:rsidR="001C166B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="06F48B5A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl"/>
+        </w:rPr>
+        <w:t>0% hoger is dan de arbeidsproductiviteit bij aanvraag van het project.. De valorisatieperiode voor projecten die inzetten op arbeidsproductiviteit ligt vast op 5 jaar en kan niet verlengd worden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDA796E" w14:textId="3BD65D2A" w:rsidR="4672060A" w:rsidRDefault="4672060A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve">Indien van toepassing, dient in deze sectie ook de maatschappelijke waardecreatie t.g.v. je project opgenomen te worden (bijv. milieubaten, enz.). Dit kan kwalitatief of kwantitatief. De maatschappelijke waardecreatie wordt niet meegenomen in de berekening van de hefboom, maar kan wel een pluspunt opleveren in de evaluatie van je project. Projecten met een negatieve maatschappelijke impact, komen niet voor steun in aanmerking. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314CCE66" w14:textId="04D19767" w:rsidR="06F48B5A" w:rsidRDefault="4672060A" w:rsidP="06F48B5A">
       <w:pPr>
         <w:rPr>
           <w:i/>
@@ -7749,61 +7791,61 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve">Verwerk de cijfers uit voorgaande rubrieken samen in een overzichtelijke tabel die de opbouw van de business case weergeeft, startend bij het moment waarop je project afloopt (eerste kolom), </w:t>
       </w:r>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve">tot 5 jaar na het einde van het project </w:t>
       </w:r>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
-        <w:t xml:space="preserve">(voorlaatste kolom). Onderbouw op welke assumpties je cijfers </w:t>
+        <w:t xml:space="preserve">(voorlaatste kolom). Onderbouw op welke assumpties je cijfers gebaseerd zijn. Beschrijf het verschil tussen de situaties met en zonder project. Een conceptueel voorbeeld van hoe een tabel er kan uitzien wordt hieronder gegeven. Deze tabel dient het verwachte </w:t>
       </w:r>
       <w:r w:rsidRPr="06F48B5A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>gebaseerd zijn. Beschrijf het verschil tussen de situaties met en zonder project. Een conceptueel voorbeeld van hoe een tabel er kan uitzien wordt hieronder gegeven. Deze tabel dient het verwachte groeiverhaal van je project weer te geven. Vergeet niet de assumpties helder te beschrijven en te motiveren waarom deze realistisch zijn.</w:t>
+        <w:t>groeiverhaal van je project weer te geven. Vergeet niet de assumpties helder te beschrijven en te motiveren waarom deze realistisch zijn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="731087E0" w14:textId="59991D35" w:rsidR="2E6442E0" w:rsidRDefault="2E6442E0" w:rsidP="00CE7EF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="12"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -9532,60 +9574,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F5B4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Dit </w:t>
       </w:r>
       <w:r w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">kunnen winsten of besparingen zijn op vlak van </w:t>
       </w:r>
       <w:r w:rsidR="00F07D0C" w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">één of meerdere van de </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">domeinen </w:t>
+        <w:t xml:space="preserve">één of meerdere van de domeinen </w:t>
       </w:r>
       <w:r w:rsidR="008B57D6" w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">(zoals </w:t>
       </w:r>
       <w:r w:rsidR="00F07D0C" w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>hierboven beschreven</w:t>
       </w:r>
       <w:r w:rsidR="008B57D6" w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -9663,50 +9696,51 @@
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C363B3F" w14:textId="50245833" w:rsidR="001C1CF7" w:rsidRPr="00C04269" w:rsidRDefault="00FE7693" w:rsidP="00C04269">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D78A4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indien je project geen specifieke maatschappelijke </w:t>
       </w:r>
       <w:r w:rsidR="00D36A37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>impact</w:t>
       </w:r>
       <w:r w:rsidRPr="004D78A4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> heeft, dien je hier niets in te vullen.</w:t>
       </w:r>
       <w:r w:rsidR="00B7493B" w:rsidRPr="00B7493B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B7493B" w:rsidRPr="00B7493B">
@@ -10326,51 +10360,51 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009A3840" w:rsidRPr="4B116A41">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> van het</w:t>
       </w:r>
       <w:r w:rsidR="009A3840" w:rsidRPr="4B116A41">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidR="007B3606" w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve">toelichtingsdocument </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="007B3606" w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>bedrijfsinnovatiesteun</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="009A3840" w:rsidRPr="00D92028">
         <w:rPr>
@@ -10634,51 +10668,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> een pilootinstallatie of demons</w:t>
       </w:r>
       <w:r w:rsidR="00FB0CA7" w:rsidRPr="5910D0E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">trator ontwikkeld wordt, kunnen in aanmerking komen. </w:t>
       </w:r>
       <w:r w:rsidR="00045B6F" w:rsidRPr="5910D0E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Een overzicht van </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidR="00045B6F" w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>st</w:t>
         </w:r>
         <w:r w:rsidR="00067BEF" w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>eunbare activiteiten</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00067BEF" w:rsidRPr="00D92028">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -10870,51 +10904,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> aan te geven welke kennis je specifiek zal opdoen, alsook welke specifieke uitdagingen gepaard gaan met de activiteiten beschreven in het werkpakket</w:t>
       </w:r>
       <w:r w:rsidR="009B03E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4519E7B2" w14:textId="77777777" w:rsidR="0093151A" w:rsidRPr="0093151A" w:rsidRDefault="0093151A" w:rsidP="008225C1">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0093151A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">In deze sectie, vragen we je om de belangrijkste kenniswerving en uitdagingen samen te vatten. Meer toelichting over wat we precies verstaan onder ‘nieuwe kennis‘ en ‘uitdagingen’ voor ontwikkelingsprojecten kan je terugvinden in het </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve">toelichtingsdocument </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>bedrijfsinnovatiesteun</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00D92028">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -12501,51 +12535,51 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Je projectplan vormt de basis voor de opmaak van je projectbudget waarop de subsidie bij steuntoekenning wordt berekend. Maak je projectbudget op aan de hand van de </w:t>
       </w:r>
       <w:r w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">aparte </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00477A7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>excel</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00477A7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>-template</w:t>
         </w:r>
         <w:r w:rsidRPr="00477A7E">
@@ -13447,82 +13481,80 @@
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3797"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="1457"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A647A" w14:paraId="5DB84C96" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="791D8479" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Impactberekening op basis van tewerkstelling en/of investeringen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C700213" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>XXXX</w:t>
             </w:r>
@@ -13530,211 +13562,205 @@
           <w:p w14:paraId="700C974C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(jaar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E153D51" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7FDE05E4" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0395083F" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="076A1BA7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0CB38314" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00CE7EF2" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Totaal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="12E3D785" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="025F0AC9" w14:textId="5F12573A" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Extra tewerkstelling</w:t>
             </w:r>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
@@ -13745,1191 +13771,1150 @@
               <w:t xml:space="preserve"> door het project </w:t>
             </w:r>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Opsplitsen per profiel zoals bv. Arbeiders, verkopers, R&amp;D, ...)</w:t>
             </w:r>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – uit te drukken in VTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="132D70E7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51510405" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C1403D7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16E428A6" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49F81E1A" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EA7B552" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="6BC30ECC" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49CFBCCB" w14:textId="414D7D35" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7EF2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Behoud van tewerkstelling</w:t>
             </w:r>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> door het project – uit te drukken in VTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="418A896B" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AC6A742" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="320B8391" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EC31D6D" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E4CD0F1" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03F86839" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="05104AE4" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="351B9BE0" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="nil"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Loonkosten – nieuwe aanwervingen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F37AC46" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="15D8F9B6" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FF06D65" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05A190F7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2242FBF8" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EC92152" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="076FD466" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D15C94B" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Loonkosten – behoud personeel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27D8327E" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C15C2FF" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59E68574" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B9AA4A7" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76ABA1FC" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3172428C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="369203A2" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6833F0DE" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Projectgerelateerde</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> investeringen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BAC6E1C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1108EC82" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E6603E1" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AAFA19C" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4ED7B377" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="440CB53F" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A647A" w14:paraId="4F8E7270" w14:textId="77777777" w:rsidTr="00664537">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1AA23E36" w14:textId="77777777" w:rsidR="009A647A" w:rsidRPr="00900F64" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00900F64">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D3967B8" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E4CF055" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68ACDBB2" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A752E61" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C811C9A" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5032FFDC" w14:textId="77777777" w:rsidR="009A647A" w:rsidRDefault="009A647A" w:rsidP="00900F64">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06F48B5A">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -18265,51 +18250,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">criteria die je in bijlage </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> van het </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00B856CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve">toelichtingsdocument </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00B856CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>bedrijfsinnovatiesteun</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00B856CA">
         <w:rPr>
@@ -18356,164 +18341,164 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2FBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Bij de behandeling van je aanvraag is er altijd een gesprek met een VLAIO-projectadviseur, al dan niet in het bijzijn van een expert. Tijdens dit gesprek wordt ingegaan op de informatie in de aanvraag. Verder kunnen ook specifiekere vragen aan bod komen (bv. gerelateerd aan de businesscase, onderbouwing van kosten/inkomsten, projectuitvoering, aanpak, …). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E0D9CA" w14:textId="5F76348A" w:rsidR="009A647A" w:rsidRPr="00EE1B6C" w:rsidRDefault="009A647A" w:rsidP="009A647A">
       <w:pPr>
         <w:pStyle w:val="Head1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:sectPr w:rsidR="009A647A" w:rsidRPr="00EE1B6C" w:rsidSect="00C87B26">
-          <w:headerReference w:type="even" r:id="rId25"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId28"/>
+          <w:headerReference w:type="even" r:id="rId27"/>
+          <w:headerReference w:type="default" r:id="rId28"/>
+          <w:footerReference w:type="even" r:id="rId29"/>
+          <w:footerReference w:type="default" r:id="rId30"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2127" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="567" w:gutter="0"/>
           <w:pgNumType w:start="2"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D0FDF34" w14:textId="27D651D1" w:rsidR="00A2256E" w:rsidRPr="006D75DD" w:rsidRDefault="00C07FCD">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664386" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="640D98C3" wp14:editId="232FCACF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>5715</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7556400" cy="10680558"/>
             <wp:effectExtent l="0" t="0" r="6985" b="6985"/>
             <wp:wrapNone/>
             <wp:docPr id="879834914" name="Afbeelding 5" descr="A green and white grid"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="879834914" name="Afbeelding 5" descr="A green and white grid"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29"/>
+                    <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7556400" cy="10680558"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                         <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A2256E" w:rsidRPr="006D75DD">
-      <w:footerReference w:type="even" r:id="rId30"/>
+      <w:footerReference w:type="even" r:id="rId32"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07E4153D" w14:textId="77777777" w:rsidR="00234445" w:rsidRDefault="00234445">
+    <w:p w14:paraId="4DA96B0F" w14:textId="77777777" w:rsidR="00973A0C" w:rsidRDefault="00973A0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F6EA413" w14:textId="77777777" w:rsidR="00234445" w:rsidRDefault="00234445">
+    <w:p w14:paraId="115C3467" w14:textId="77777777" w:rsidR="00973A0C" w:rsidRDefault="00973A0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52AAFA2D" w14:textId="77777777" w:rsidR="00234445" w:rsidRDefault="00234445">
+    <w:p w14:paraId="209B581C" w14:textId="77777777" w:rsidR="00973A0C" w:rsidRDefault="00973A0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -18552,51 +18537,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -18724,51 +18709,61 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3210" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6CB9FB97" w14:textId="30DE0DD3" w:rsidR="0865B030" w:rsidRDefault="0865B030" w:rsidP="00D92399">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6DC9A345" w14:textId="54BD868E" w:rsidR="0865B030" w:rsidRDefault="0865B030" w:rsidP="00D92399">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67F8E813" w14:textId="5D167EB4" w:rsidR="00A2256E" w:rsidRDefault="00A92D5B" w:rsidP="00DC1E41">
+  <w:p w14:paraId="56E626D3" w14:textId="77777777" w:rsidR="00A50805" w:rsidRDefault="00A50805">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67F8E813" w14:textId="52A276D7" w:rsidR="00A2256E" w:rsidRDefault="00A92D5B" w:rsidP="00DC1E41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="center" w:pos="7797"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
@@ -18817,89 +18812,96 @@
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Ontwikkelingsprojecten</w:t>
     </w:r>
     <w:r w:rsidR="00DC1E41">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> - versie </w:t>
     </w:r>
     <w:r w:rsidR="00D34095">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>januari 2025</w:t>
+      <w:t>januari 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00A50805">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00585292">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> - </w:t>
     </w:r>
     <w:r w:rsidR="00D34095">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>VERTROUWELIJK</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1862015625"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="46FB6346" w14:textId="773D6E28" w:rsidR="00A2256E" w:rsidRDefault="00DC1E41" w:rsidP="00103419">
+      <w:p w14:paraId="46FB6346" w14:textId="3DB5FF61" w:rsidR="00A2256E" w:rsidRDefault="00DC1E41" w:rsidP="00103419">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00DC1E41">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00DC1E41">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00DC1E41">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
@@ -18931,106 +18933,113 @@
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">VLAIO Aanvraagdocument Ontwikkelingsprojecten </w:t>
         </w:r>
         <w:r w:rsidR="00D34095">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> versie</w:t>
         </w:r>
         <w:r w:rsidR="00D34095">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve"> januari 2024</w:t>
+          <w:t xml:space="preserve"> januari 202</w:t>
+        </w:r>
+        <w:r w:rsidR="00A50805">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> - </w:t>
         </w:r>
         <w:r w:rsidR="00D34095">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>VERTROUWELIJK</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D24364D" w14:textId="0E0F6CCB" w:rsidR="00DD6CB9" w:rsidRDefault="00DD6CB9" w:rsidP="00DC1E41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="center" w:pos="7797"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="433F4C92" w14:textId="77777777" w:rsidR="00234445" w:rsidRDefault="00234445">
+    <w:p w14:paraId="159CF8D3" w14:textId="77777777" w:rsidR="00973A0C" w:rsidRDefault="00973A0C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A9B62E2" w14:textId="77777777" w:rsidR="00234445" w:rsidRDefault="00234445">
+    <w:p w14:paraId="74014AE3" w14:textId="77777777" w:rsidR="00973A0C" w:rsidRDefault="00973A0C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="65008CF6" w14:textId="77777777" w:rsidR="00234445" w:rsidRDefault="00234445"/>
+    <w:p w14:paraId="330AF038" w14:textId="77777777" w:rsidR="00973A0C" w:rsidRDefault="00973A0C"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="69D6D4D5" w14:textId="77777777" w:rsidR="006B4F4D" w:rsidRPr="007B061A" w:rsidRDefault="006B4F4D" w:rsidP="006B4F4D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B061A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007B061A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Indien je een starter bent en alles nog uitgerold moet worden, beschrijf dan welke activiteiten je beoogt en op welke markt je zal mikken, en vanuit welke achtergrond als oprichter(s) je hieraan begint.</w:t>
       </w:r>
@@ -19261,59 +19270,69 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3210" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4EB7BF73" w14:textId="72B2580D" w:rsidR="0865B030" w:rsidRDefault="0865B030" w:rsidP="00D92399">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0393BFB8" w14:textId="47959DDD" w:rsidR="0865B030" w:rsidRDefault="0865B030" w:rsidP="00D92399">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14A3BD6C" w14:textId="77777777" w:rsidR="00A50805" w:rsidRDefault="00A50805">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0EE74E9F" w14:textId="77777777" w:rsidR="00A2256E" w:rsidRDefault="00A2256E">
     <w:pPr>
       <w:pStyle w:val="Kop-envoettekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10601EC3" w14:textId="77777777" w:rsidR="00A2256E" w:rsidRDefault="00A2256E">
     <w:pPr>
       <w:pStyle w:val="Kop-envoettekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00290E2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24426C22"/>
     <w:lvl w:ilvl="0" w:tplc="D312FAEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -29415,50 +29434,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="81" w16cid:durableId="90322952">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="82" w16cid:durableId="651756653">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="83" w16cid:durableId="703678362">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="84" w16cid:durableId="1364213161">
     <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="85" w16cid:durableId="2147120462">
     <w:abstractNumId w:val="68"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="84"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -29519,71 +29539,74 @@
     <w:rsid w:val="000D67CB"/>
     <w:rsid w:val="000D6BB9"/>
     <w:rsid w:val="000E2DAF"/>
     <w:rsid w:val="000E2FBB"/>
     <w:rsid w:val="000E3B67"/>
     <w:rsid w:val="000E656B"/>
     <w:rsid w:val="000F1EED"/>
     <w:rsid w:val="000F5485"/>
     <w:rsid w:val="001006C6"/>
     <w:rsid w:val="00100ABE"/>
     <w:rsid w:val="00100ACA"/>
     <w:rsid w:val="001029A6"/>
     <w:rsid w:val="00103419"/>
     <w:rsid w:val="001067D8"/>
     <w:rsid w:val="00107F92"/>
     <w:rsid w:val="00111A87"/>
     <w:rsid w:val="00113441"/>
     <w:rsid w:val="0011397B"/>
     <w:rsid w:val="00117FBA"/>
     <w:rsid w:val="0012000C"/>
     <w:rsid w:val="00125219"/>
     <w:rsid w:val="00126068"/>
     <w:rsid w:val="00131D9C"/>
     <w:rsid w:val="001331C4"/>
     <w:rsid w:val="00136820"/>
+    <w:rsid w:val="00137302"/>
     <w:rsid w:val="00142564"/>
     <w:rsid w:val="00144DBC"/>
+    <w:rsid w:val="001523E4"/>
     <w:rsid w:val="001543F0"/>
     <w:rsid w:val="0015609C"/>
     <w:rsid w:val="00156EED"/>
     <w:rsid w:val="00171DC8"/>
     <w:rsid w:val="00171F57"/>
     <w:rsid w:val="0017603A"/>
     <w:rsid w:val="00181EC8"/>
     <w:rsid w:val="00186FE2"/>
     <w:rsid w:val="001873F0"/>
     <w:rsid w:val="00194D4B"/>
     <w:rsid w:val="00194D6D"/>
     <w:rsid w:val="001950E9"/>
     <w:rsid w:val="00195A75"/>
     <w:rsid w:val="001A072A"/>
     <w:rsid w:val="001A4B30"/>
     <w:rsid w:val="001A6241"/>
     <w:rsid w:val="001B3250"/>
     <w:rsid w:val="001C00F0"/>
     <w:rsid w:val="001C165F"/>
+    <w:rsid w:val="001C166B"/>
     <w:rsid w:val="001C1CF7"/>
     <w:rsid w:val="001C2560"/>
     <w:rsid w:val="001C4B96"/>
     <w:rsid w:val="001D0735"/>
     <w:rsid w:val="001D0B87"/>
     <w:rsid w:val="001D1A31"/>
     <w:rsid w:val="001D6D7D"/>
     <w:rsid w:val="001E0E8A"/>
     <w:rsid w:val="001E2129"/>
     <w:rsid w:val="001E3BF1"/>
     <w:rsid w:val="001E3C5D"/>
     <w:rsid w:val="001E5F32"/>
     <w:rsid w:val="001F3BA0"/>
     <w:rsid w:val="001F3BAF"/>
     <w:rsid w:val="001F3E70"/>
     <w:rsid w:val="001F5A8E"/>
     <w:rsid w:val="001F5E38"/>
     <w:rsid w:val="001F7A09"/>
     <w:rsid w:val="002051F7"/>
     <w:rsid w:val="0020E4B6"/>
     <w:rsid w:val="00210DC5"/>
     <w:rsid w:val="00221638"/>
     <w:rsid w:val="00225000"/>
     <w:rsid w:val="00226D4C"/>
     <w:rsid w:val="00227F56"/>
@@ -29636,137 +29659,140 @@
     <w:rsid w:val="002E6EC6"/>
     <w:rsid w:val="002F11D8"/>
     <w:rsid w:val="002F2FFD"/>
     <w:rsid w:val="002F30C9"/>
     <w:rsid w:val="002F5629"/>
     <w:rsid w:val="002F69A8"/>
     <w:rsid w:val="0030025F"/>
     <w:rsid w:val="00302232"/>
     <w:rsid w:val="003044F1"/>
     <w:rsid w:val="00306523"/>
     <w:rsid w:val="00323ECB"/>
     <w:rsid w:val="003331A5"/>
     <w:rsid w:val="00333BB3"/>
     <w:rsid w:val="00335605"/>
     <w:rsid w:val="00336DF2"/>
     <w:rsid w:val="003432F3"/>
     <w:rsid w:val="00343A3F"/>
     <w:rsid w:val="00346867"/>
     <w:rsid w:val="0035034B"/>
     <w:rsid w:val="00356474"/>
     <w:rsid w:val="003569CB"/>
     <w:rsid w:val="0035745F"/>
     <w:rsid w:val="00360E04"/>
     <w:rsid w:val="00361DCB"/>
     <w:rsid w:val="00367015"/>
+    <w:rsid w:val="003676AF"/>
     <w:rsid w:val="003710A7"/>
     <w:rsid w:val="0037298C"/>
     <w:rsid w:val="00375A61"/>
     <w:rsid w:val="00376334"/>
     <w:rsid w:val="0037640F"/>
     <w:rsid w:val="00376C03"/>
     <w:rsid w:val="0038006D"/>
     <w:rsid w:val="00380618"/>
     <w:rsid w:val="00383EE4"/>
     <w:rsid w:val="003907CB"/>
     <w:rsid w:val="00393863"/>
     <w:rsid w:val="003940F8"/>
     <w:rsid w:val="00395389"/>
     <w:rsid w:val="00396935"/>
     <w:rsid w:val="003975F8"/>
     <w:rsid w:val="00397BCF"/>
     <w:rsid w:val="003A14E9"/>
     <w:rsid w:val="003A43FB"/>
     <w:rsid w:val="003A7BD1"/>
     <w:rsid w:val="003B11B2"/>
     <w:rsid w:val="003B5BEA"/>
     <w:rsid w:val="003B5E2C"/>
     <w:rsid w:val="003B66B1"/>
     <w:rsid w:val="003C2C5E"/>
     <w:rsid w:val="003C3A29"/>
     <w:rsid w:val="003C3D72"/>
     <w:rsid w:val="003C3D99"/>
     <w:rsid w:val="003C4439"/>
     <w:rsid w:val="003C47B9"/>
     <w:rsid w:val="003D05EA"/>
     <w:rsid w:val="003D08EF"/>
     <w:rsid w:val="003D14B8"/>
     <w:rsid w:val="003D6130"/>
     <w:rsid w:val="003D7080"/>
     <w:rsid w:val="003E16F6"/>
     <w:rsid w:val="003E2C23"/>
     <w:rsid w:val="003F21A7"/>
     <w:rsid w:val="003F2990"/>
     <w:rsid w:val="003F426F"/>
     <w:rsid w:val="003F5DBB"/>
+    <w:rsid w:val="004019FC"/>
     <w:rsid w:val="0040206F"/>
     <w:rsid w:val="00402B71"/>
     <w:rsid w:val="00403BC0"/>
     <w:rsid w:val="00403ED2"/>
     <w:rsid w:val="0040657E"/>
     <w:rsid w:val="00407534"/>
     <w:rsid w:val="004075B4"/>
     <w:rsid w:val="00412852"/>
     <w:rsid w:val="004139F1"/>
     <w:rsid w:val="00414BEA"/>
     <w:rsid w:val="004157BB"/>
     <w:rsid w:val="0041651B"/>
     <w:rsid w:val="004168B1"/>
     <w:rsid w:val="00417A33"/>
     <w:rsid w:val="004220F5"/>
     <w:rsid w:val="004242B3"/>
     <w:rsid w:val="0042601A"/>
     <w:rsid w:val="00434A8A"/>
     <w:rsid w:val="00436E43"/>
     <w:rsid w:val="004415B1"/>
     <w:rsid w:val="00443CC6"/>
     <w:rsid w:val="00443DEB"/>
     <w:rsid w:val="00451CAF"/>
     <w:rsid w:val="004614A7"/>
     <w:rsid w:val="00461712"/>
     <w:rsid w:val="00462CA5"/>
     <w:rsid w:val="004635C9"/>
     <w:rsid w:val="004707DF"/>
     <w:rsid w:val="00472927"/>
     <w:rsid w:val="00474D47"/>
     <w:rsid w:val="00477A7E"/>
     <w:rsid w:val="00482AA0"/>
     <w:rsid w:val="004857C8"/>
     <w:rsid w:val="00485B7C"/>
     <w:rsid w:val="00487973"/>
     <w:rsid w:val="00492B6E"/>
     <w:rsid w:val="00495475"/>
     <w:rsid w:val="00495C5A"/>
     <w:rsid w:val="004963DE"/>
     <w:rsid w:val="00497A2C"/>
     <w:rsid w:val="004A0525"/>
     <w:rsid w:val="004A53B8"/>
     <w:rsid w:val="004B0178"/>
     <w:rsid w:val="004B2AC6"/>
     <w:rsid w:val="004B3F60"/>
     <w:rsid w:val="004B50F2"/>
     <w:rsid w:val="004B5694"/>
+    <w:rsid w:val="004C1D6F"/>
     <w:rsid w:val="004C3DEE"/>
     <w:rsid w:val="004C6F58"/>
     <w:rsid w:val="004C7F6B"/>
     <w:rsid w:val="004D65F6"/>
     <w:rsid w:val="004D78A4"/>
     <w:rsid w:val="004D7CF5"/>
     <w:rsid w:val="004E18C1"/>
     <w:rsid w:val="004E45C6"/>
     <w:rsid w:val="004E464F"/>
     <w:rsid w:val="004E5E1B"/>
     <w:rsid w:val="004E7606"/>
     <w:rsid w:val="004E7B4D"/>
     <w:rsid w:val="004F0EF3"/>
     <w:rsid w:val="004F1863"/>
     <w:rsid w:val="004F1DFE"/>
     <w:rsid w:val="004F3DE7"/>
     <w:rsid w:val="004F5693"/>
     <w:rsid w:val="004F5A27"/>
     <w:rsid w:val="004F697D"/>
     <w:rsid w:val="004F7296"/>
     <w:rsid w:val="005007E0"/>
     <w:rsid w:val="00502084"/>
     <w:rsid w:val="00503244"/>
     <w:rsid w:val="00506038"/>
     <w:rsid w:val="005105AF"/>
@@ -29897,50 +29923,51 @@
     <w:rsid w:val="006E3106"/>
     <w:rsid w:val="006E41DB"/>
     <w:rsid w:val="006E525F"/>
     <w:rsid w:val="006E6C99"/>
     <w:rsid w:val="006F26B9"/>
     <w:rsid w:val="006F337B"/>
     <w:rsid w:val="006F502E"/>
     <w:rsid w:val="006F5758"/>
     <w:rsid w:val="006F60AF"/>
     <w:rsid w:val="006F7510"/>
     <w:rsid w:val="006F7D7F"/>
     <w:rsid w:val="00702F74"/>
     <w:rsid w:val="00703FB5"/>
     <w:rsid w:val="00705E11"/>
     <w:rsid w:val="007101C0"/>
     <w:rsid w:val="007103B7"/>
     <w:rsid w:val="0071227A"/>
     <w:rsid w:val="00712CEE"/>
     <w:rsid w:val="00713664"/>
     <w:rsid w:val="0071477E"/>
     <w:rsid w:val="00715635"/>
     <w:rsid w:val="00720169"/>
     <w:rsid w:val="00720A29"/>
     <w:rsid w:val="00722241"/>
     <w:rsid w:val="00725C28"/>
+    <w:rsid w:val="00726735"/>
     <w:rsid w:val="0073020B"/>
     <w:rsid w:val="00732206"/>
     <w:rsid w:val="007354D6"/>
     <w:rsid w:val="007365AA"/>
     <w:rsid w:val="00737192"/>
     <w:rsid w:val="007379A4"/>
     <w:rsid w:val="00740A55"/>
     <w:rsid w:val="007444C6"/>
     <w:rsid w:val="007464B7"/>
     <w:rsid w:val="007554D9"/>
     <w:rsid w:val="007561AE"/>
     <w:rsid w:val="00757517"/>
     <w:rsid w:val="00761167"/>
     <w:rsid w:val="007616C4"/>
     <w:rsid w:val="00766753"/>
     <w:rsid w:val="00771672"/>
     <w:rsid w:val="00771DC2"/>
     <w:rsid w:val="00772E59"/>
     <w:rsid w:val="00773001"/>
     <w:rsid w:val="00774BA0"/>
     <w:rsid w:val="00774FC3"/>
     <w:rsid w:val="00777BC4"/>
     <w:rsid w:val="00783C66"/>
     <w:rsid w:val="00784E08"/>
     <w:rsid w:val="00785EA7"/>
@@ -29979,192 +30006,197 @@
     <w:rsid w:val="007F58CF"/>
     <w:rsid w:val="007F5B4D"/>
     <w:rsid w:val="00801F4C"/>
     <w:rsid w:val="0080262D"/>
     <w:rsid w:val="00802A11"/>
     <w:rsid w:val="00803CA9"/>
     <w:rsid w:val="00805D2D"/>
     <w:rsid w:val="008071B7"/>
     <w:rsid w:val="00811D35"/>
     <w:rsid w:val="008161E1"/>
     <w:rsid w:val="0081681F"/>
     <w:rsid w:val="00820304"/>
     <w:rsid w:val="00822573"/>
     <w:rsid w:val="008225C1"/>
     <w:rsid w:val="00824645"/>
     <w:rsid w:val="00832DE2"/>
     <w:rsid w:val="008472CE"/>
     <w:rsid w:val="008504C9"/>
     <w:rsid w:val="00853AF2"/>
     <w:rsid w:val="0085748F"/>
     <w:rsid w:val="008615E3"/>
     <w:rsid w:val="00862846"/>
     <w:rsid w:val="00862900"/>
     <w:rsid w:val="00876278"/>
     <w:rsid w:val="00876B7F"/>
+    <w:rsid w:val="00877ABB"/>
     <w:rsid w:val="008856D8"/>
     <w:rsid w:val="008878CA"/>
     <w:rsid w:val="008902A5"/>
     <w:rsid w:val="00892BF3"/>
     <w:rsid w:val="008936C2"/>
     <w:rsid w:val="00896131"/>
     <w:rsid w:val="008A5154"/>
     <w:rsid w:val="008A61D5"/>
     <w:rsid w:val="008A709B"/>
     <w:rsid w:val="008A736A"/>
     <w:rsid w:val="008A7891"/>
     <w:rsid w:val="008B1000"/>
     <w:rsid w:val="008B3300"/>
     <w:rsid w:val="008B57D6"/>
     <w:rsid w:val="008B72FB"/>
     <w:rsid w:val="008C0959"/>
     <w:rsid w:val="008C3671"/>
     <w:rsid w:val="008C42F3"/>
     <w:rsid w:val="008D0C35"/>
     <w:rsid w:val="008D137D"/>
     <w:rsid w:val="008D4FF2"/>
     <w:rsid w:val="008D5A12"/>
     <w:rsid w:val="008E7AD3"/>
     <w:rsid w:val="008F632D"/>
     <w:rsid w:val="008F72FF"/>
     <w:rsid w:val="00900F64"/>
     <w:rsid w:val="009018AD"/>
     <w:rsid w:val="00903E8B"/>
     <w:rsid w:val="0091126A"/>
     <w:rsid w:val="0091214B"/>
     <w:rsid w:val="00913A0F"/>
     <w:rsid w:val="0091608F"/>
     <w:rsid w:val="009161AC"/>
     <w:rsid w:val="00921663"/>
     <w:rsid w:val="00926874"/>
     <w:rsid w:val="0093006D"/>
     <w:rsid w:val="009309A4"/>
     <w:rsid w:val="0093151A"/>
     <w:rsid w:val="009323C0"/>
     <w:rsid w:val="009364E0"/>
     <w:rsid w:val="009404EE"/>
     <w:rsid w:val="0094062C"/>
     <w:rsid w:val="00942A54"/>
+    <w:rsid w:val="00945A85"/>
     <w:rsid w:val="00946943"/>
     <w:rsid w:val="009553AC"/>
     <w:rsid w:val="00957774"/>
     <w:rsid w:val="00960185"/>
     <w:rsid w:val="009668AE"/>
     <w:rsid w:val="00967EDE"/>
     <w:rsid w:val="0097164D"/>
+    <w:rsid w:val="00973A0C"/>
     <w:rsid w:val="009756CB"/>
     <w:rsid w:val="009809C5"/>
     <w:rsid w:val="00982602"/>
     <w:rsid w:val="00984E16"/>
     <w:rsid w:val="00987C32"/>
     <w:rsid w:val="009902A8"/>
     <w:rsid w:val="009946B0"/>
     <w:rsid w:val="009A23AC"/>
     <w:rsid w:val="009A3840"/>
     <w:rsid w:val="009A51D8"/>
     <w:rsid w:val="009A6204"/>
     <w:rsid w:val="009A647A"/>
     <w:rsid w:val="009B03E2"/>
     <w:rsid w:val="009B0B19"/>
     <w:rsid w:val="009B1FCC"/>
     <w:rsid w:val="009B23BE"/>
     <w:rsid w:val="009B52C3"/>
     <w:rsid w:val="009B6211"/>
     <w:rsid w:val="009C35D6"/>
     <w:rsid w:val="009C50F6"/>
     <w:rsid w:val="009C5E75"/>
     <w:rsid w:val="009C6288"/>
     <w:rsid w:val="009C72FE"/>
     <w:rsid w:val="009C7C86"/>
     <w:rsid w:val="009D6D7F"/>
     <w:rsid w:val="009D79DC"/>
     <w:rsid w:val="009E59F4"/>
     <w:rsid w:val="009E7589"/>
     <w:rsid w:val="009E7889"/>
     <w:rsid w:val="009E7D22"/>
     <w:rsid w:val="009F068C"/>
     <w:rsid w:val="009F7564"/>
     <w:rsid w:val="00A00D89"/>
     <w:rsid w:val="00A03893"/>
     <w:rsid w:val="00A0657B"/>
     <w:rsid w:val="00A10163"/>
     <w:rsid w:val="00A2202B"/>
     <w:rsid w:val="00A2256E"/>
     <w:rsid w:val="00A22819"/>
     <w:rsid w:val="00A233CD"/>
     <w:rsid w:val="00A24195"/>
     <w:rsid w:val="00A31EAE"/>
     <w:rsid w:val="00A32F47"/>
     <w:rsid w:val="00A3637E"/>
     <w:rsid w:val="00A42967"/>
     <w:rsid w:val="00A44709"/>
+    <w:rsid w:val="00A50805"/>
     <w:rsid w:val="00A5092F"/>
     <w:rsid w:val="00A5157A"/>
     <w:rsid w:val="00A521F2"/>
     <w:rsid w:val="00A54210"/>
     <w:rsid w:val="00A54B2C"/>
     <w:rsid w:val="00A552F1"/>
     <w:rsid w:val="00A577A4"/>
     <w:rsid w:val="00A60553"/>
     <w:rsid w:val="00A61B04"/>
     <w:rsid w:val="00A622BC"/>
     <w:rsid w:val="00A646A0"/>
     <w:rsid w:val="00A64768"/>
     <w:rsid w:val="00A64AB1"/>
     <w:rsid w:val="00A65495"/>
     <w:rsid w:val="00A71BAC"/>
     <w:rsid w:val="00A71DFE"/>
     <w:rsid w:val="00A820AB"/>
     <w:rsid w:val="00A8248C"/>
     <w:rsid w:val="00A82A44"/>
     <w:rsid w:val="00A834FD"/>
     <w:rsid w:val="00A85219"/>
     <w:rsid w:val="00A91A73"/>
     <w:rsid w:val="00A92D5B"/>
     <w:rsid w:val="00A939B3"/>
     <w:rsid w:val="00A96FD0"/>
     <w:rsid w:val="00AA007B"/>
     <w:rsid w:val="00AA0637"/>
     <w:rsid w:val="00AA118C"/>
     <w:rsid w:val="00AA1A05"/>
     <w:rsid w:val="00AA2FB1"/>
     <w:rsid w:val="00AA302E"/>
     <w:rsid w:val="00AA5C7E"/>
     <w:rsid w:val="00AA5CB0"/>
     <w:rsid w:val="00AA656F"/>
     <w:rsid w:val="00AB26D9"/>
     <w:rsid w:val="00AB4590"/>
     <w:rsid w:val="00AB4B38"/>
     <w:rsid w:val="00AC6207"/>
     <w:rsid w:val="00AC7BC7"/>
     <w:rsid w:val="00AD32C1"/>
     <w:rsid w:val="00AD4F03"/>
     <w:rsid w:val="00AE46DB"/>
     <w:rsid w:val="00AF004C"/>
     <w:rsid w:val="00AF1DCF"/>
     <w:rsid w:val="00AF4C05"/>
     <w:rsid w:val="00AF51D9"/>
+    <w:rsid w:val="00AF5E16"/>
     <w:rsid w:val="00AF7F0A"/>
     <w:rsid w:val="00AF7FE2"/>
     <w:rsid w:val="00B010F9"/>
     <w:rsid w:val="00B0267C"/>
     <w:rsid w:val="00B02859"/>
     <w:rsid w:val="00B14219"/>
     <w:rsid w:val="00B16F5C"/>
     <w:rsid w:val="00B21B2C"/>
     <w:rsid w:val="00B22D45"/>
     <w:rsid w:val="00B23BD2"/>
     <w:rsid w:val="00B25AE7"/>
     <w:rsid w:val="00B3489A"/>
     <w:rsid w:val="00B411AF"/>
     <w:rsid w:val="00B418C2"/>
     <w:rsid w:val="00B443D6"/>
     <w:rsid w:val="00B51F58"/>
     <w:rsid w:val="00B538CD"/>
     <w:rsid w:val="00B56202"/>
     <w:rsid w:val="00B5757F"/>
     <w:rsid w:val="00B61986"/>
     <w:rsid w:val="00B61AAB"/>
     <w:rsid w:val="00B64FD9"/>
     <w:rsid w:val="00B66A30"/>
     <w:rsid w:val="00B72DFB"/>
     <w:rsid w:val="00B7493B"/>
@@ -30216,50 +30248,51 @@
     <w:rsid w:val="00C0603D"/>
     <w:rsid w:val="00C0799A"/>
     <w:rsid w:val="00C07FCD"/>
     <w:rsid w:val="00C11CE9"/>
     <w:rsid w:val="00C17EB7"/>
     <w:rsid w:val="00C2196A"/>
     <w:rsid w:val="00C228B8"/>
     <w:rsid w:val="00C25CD2"/>
     <w:rsid w:val="00C30618"/>
     <w:rsid w:val="00C313EB"/>
     <w:rsid w:val="00C337D2"/>
     <w:rsid w:val="00C343AD"/>
     <w:rsid w:val="00C352BC"/>
     <w:rsid w:val="00C36BE3"/>
     <w:rsid w:val="00C402C7"/>
     <w:rsid w:val="00C41AAF"/>
     <w:rsid w:val="00C4265C"/>
     <w:rsid w:val="00C42A5C"/>
     <w:rsid w:val="00C461C5"/>
     <w:rsid w:val="00C51997"/>
     <w:rsid w:val="00C52EBC"/>
     <w:rsid w:val="00C55414"/>
     <w:rsid w:val="00C6334C"/>
     <w:rsid w:val="00C63DC6"/>
     <w:rsid w:val="00C65AAF"/>
+    <w:rsid w:val="00C67144"/>
     <w:rsid w:val="00C7120B"/>
     <w:rsid w:val="00C75489"/>
     <w:rsid w:val="00C75BB7"/>
     <w:rsid w:val="00C81CA7"/>
     <w:rsid w:val="00C85914"/>
     <w:rsid w:val="00C87B26"/>
     <w:rsid w:val="00C93D72"/>
     <w:rsid w:val="00C94984"/>
     <w:rsid w:val="00CA50F8"/>
     <w:rsid w:val="00CB3BEE"/>
     <w:rsid w:val="00CB48A6"/>
     <w:rsid w:val="00CB7BC8"/>
     <w:rsid w:val="00CC1B47"/>
     <w:rsid w:val="00CD0C13"/>
     <w:rsid w:val="00CD47D5"/>
     <w:rsid w:val="00CD49C8"/>
     <w:rsid w:val="00CD515F"/>
     <w:rsid w:val="00CDF47D"/>
     <w:rsid w:val="00CE24EC"/>
     <w:rsid w:val="00CE79A5"/>
     <w:rsid w:val="00CE7EF2"/>
     <w:rsid w:val="00CF21F4"/>
     <w:rsid w:val="00CF2ED7"/>
     <w:rsid w:val="00CF3CDD"/>
     <w:rsid w:val="00CF4757"/>
@@ -30341,50 +30374,51 @@
     <w:rsid w:val="00E45232"/>
     <w:rsid w:val="00E5344B"/>
     <w:rsid w:val="00E54D2F"/>
     <w:rsid w:val="00E554E3"/>
     <w:rsid w:val="00E55D6F"/>
     <w:rsid w:val="00E701F3"/>
     <w:rsid w:val="00E73259"/>
     <w:rsid w:val="00E73502"/>
     <w:rsid w:val="00E7365D"/>
     <w:rsid w:val="00E74311"/>
     <w:rsid w:val="00E772F1"/>
     <w:rsid w:val="00E80AE7"/>
     <w:rsid w:val="00E82711"/>
     <w:rsid w:val="00E82887"/>
     <w:rsid w:val="00E846BF"/>
     <w:rsid w:val="00E97810"/>
     <w:rsid w:val="00EA2382"/>
     <w:rsid w:val="00EA7FA1"/>
     <w:rsid w:val="00EB1486"/>
     <w:rsid w:val="00EB163B"/>
     <w:rsid w:val="00EB28B6"/>
     <w:rsid w:val="00EB2F8A"/>
     <w:rsid w:val="00EB37DE"/>
     <w:rsid w:val="00EC038B"/>
     <w:rsid w:val="00EC385F"/>
+    <w:rsid w:val="00EC525E"/>
     <w:rsid w:val="00EC52BC"/>
     <w:rsid w:val="00EC79B3"/>
     <w:rsid w:val="00ED102F"/>
     <w:rsid w:val="00ED1109"/>
     <w:rsid w:val="00ED207E"/>
     <w:rsid w:val="00EE1B6C"/>
     <w:rsid w:val="00EE3B20"/>
     <w:rsid w:val="00EE3E68"/>
     <w:rsid w:val="00EF65AF"/>
     <w:rsid w:val="00F012A2"/>
     <w:rsid w:val="00F02217"/>
     <w:rsid w:val="00F04A07"/>
     <w:rsid w:val="00F077C0"/>
     <w:rsid w:val="00F07D0C"/>
     <w:rsid w:val="00F155BA"/>
     <w:rsid w:val="00F16B03"/>
     <w:rsid w:val="00F20311"/>
     <w:rsid w:val="00F21268"/>
     <w:rsid w:val="00F21B40"/>
     <w:rsid w:val="00F309C6"/>
     <w:rsid w:val="00F32A49"/>
     <w:rsid w:val="00F35F68"/>
     <w:rsid w:val="00F36233"/>
     <w:rsid w:val="00F3764F"/>
     <w:rsid w:val="00F43AE7"/>
@@ -32244,51 +32278,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1708404738">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/media/668" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/media/668" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/2844" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/2848" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/begeleiding-advies/groei-innovatie/intellectuele-eigendom/welke-beschermingsopties-zijn-er-0-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/begeleiding-advies/groei-innovatie/intellectuele-eigendom/welke-beschermingsopties-zijn-er-0-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/2848" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/media/668" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/media/668" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/2844" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaio.be/nl/media/668" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-thema">
   <a:themeElements>
     <a:clrScheme name="Office-thema">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="535353"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -33367,76 +33401,61 @@
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c553584e1d6bdb3cc123926d269e1c79" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="141addf47b5066a6ca047194f996f5e6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2905c737a2e6bdd9504bcd2b2b82b54" ns2:_="" ns3:_="">
     <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -33597,165 +33616,174 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79F9C014-DC97-44DD-83A8-A1C4AD31227F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6A89F94-E69D-401B-BCB1-16449C09DE89}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DDEC196-BC2F-4B15-B35E-8679F5BCAD86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C32849F-140E-48D1-98E6-627BB214BF97}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{032E2138-3AC7-4E62-8E9D-8610DE4ED59F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5073</Words>
-  <Characters>27904</Characters>
+  <Words>5024</Words>
+  <Characters>27635</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>232</Lines>
+  <Lines>230</Lines>
   <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>//</vt:lpstr>
       <vt:lpstr>        Beschrijf in 1 à 2 zinnen de essentie van de beoogde innovatie op het niveau van</vt:lpstr>
       <vt:lpstr>Business case: van innovatief idee tot boost voor je onderneming </vt:lpstr>
       <vt:lpstr>    Je bedrijf en innovatief idee </vt:lpstr>
       <vt:lpstr>    Wat bied je momenteel aan? Op welke markten ?</vt:lpstr>
       <vt:lpstr>    Hoe past je idee in de markt?</vt:lpstr>
       <vt:lpstr>    Het traject van project tot de markt</vt:lpstr>
       <vt:lpstr>    Business model </vt:lpstr>
       <vt:lpstr>    Impact </vt:lpstr>
       <vt:lpstr>        Economische impact</vt:lpstr>
       <vt:lpstr>        Maatschappelijke impact </vt:lpstr>
       <vt:lpstr>Je ontwikkelingsproject en aanpak</vt:lpstr>
       <vt:lpstr>    Nieuwe kennis &amp; uitdagingen</vt:lpstr>
       <vt:lpstr>    Aanpak</vt:lpstr>
       <vt:lpstr>    Expertise en middelen</vt:lpstr>
       <vt:lpstr>Toegevoegde waarde van de steun</vt:lpstr>
       <vt:lpstr>Project met mogelijke militaire affiniteit (indien van toepassing)</vt:lpstr>
       <vt:lpstr>Bijkomende informatie</vt:lpstr>
       <vt:lpstr>Bijlage tabel toegevoegde economische waarde voor Vlaanderen</vt:lpstr>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>thewritething</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32912</CharactersWithSpaces>
+  <CharactersWithSpaces>32594</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="90" baseType="variant">
       <vt:variant>
         <vt:i4>5374023</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.vlaio.be/nl/media/668</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7340151</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -34013,27 +34041,33 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Corteel, Cedric</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_docset_NoMedatataSyncRequired">
+    <vt:lpwstr>True</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>nl</vt:lpwstr>
+  </property>
 </Properties>
 </file>