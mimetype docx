--- v0 (2025-10-17)
+++ v1 (2026-03-24)
@@ -4,110 +4,111 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7E2857F2" w14:textId="06664C2A" w:rsidR="007918E4" w:rsidRPr="00F83240" w:rsidRDefault="00EA0B52" w:rsidP="00BB40E2">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660290" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D84980A" wp14:editId="527A593B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D84980A" wp14:editId="527A593B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7559400" cy="10684800"/>
             <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559400" cy="10684800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                        <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
+                        <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="59152FB3" w14:textId="77777777" w:rsidR="007918E4" w:rsidRPr="00F83240" w:rsidRDefault="00C764C5" w:rsidP="00BB40E2">
       <w:pPr>
         <w:sectPr w:rsidR="007918E4" w:rsidRPr="00F83240" w:rsidSect="00D6615F">
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="284"/>
@@ -132,99 +133,99 @@
                 </wp:positionV>
                 <wp:extent cx="6172200" cy="3543300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="4" name="Tekstvak 4" descr="Titel van het document" title="Titel van het document"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6172200" cy="3543300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-                            <ma14:wrappingTextBoxFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                            <ma14:wrappingTextBoxFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="64F27B27" w14:textId="1C24F321" w:rsidR="002E2ECA" w:rsidRPr="00203574" w:rsidRDefault="0063141D" w:rsidP="00BB40E2">
                             <w:pPr>
                               <w:pStyle w:val="Title"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Aanvraagdocument </w:t>
                             </w:r>
                             <w:r w:rsidR="002E2ECA">
                               <w:t>Onderzoeksproject</w:t>
                             </w:r>
                             <w:r w:rsidR="007E5F55">
                               <w:t xml:space="preserve">, gedeelte </w:t>
                             </w:r>
                             <w:r w:rsidR="0013421B">
                               <w:t>impact</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="558D355C" w14:textId="65BE306C" w:rsidR="0022461D" w:rsidRDefault="00FE28DC" w:rsidP="004C59B1">
+                          <w:p w14:paraId="558D355C" w14:textId="3016D687" w:rsidR="0022461D" w:rsidRDefault="00FE28DC" w:rsidP="004C59B1">
                             <w:pPr>
                               <w:pStyle w:val="Subtitle"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Versie</w:t>
                             </w:r>
                             <w:r w:rsidR="0022461D">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="004C59B1">
-                              <w:t>MEI 2024</w:t>
+                            <w:r w:rsidR="00416AE9">
+                              <w:t>JANUARI 2026</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="002E2ECA" w:rsidRDefault="002E2ECA" w:rsidP="004C59B1">
                             <w:pPr>
                               <w:pStyle w:val="Subtitle"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
@@ -234,62 +235,62 @@
             <w:pict>
               <v:shapetype w14:anchorId="7D500B60" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Title: Titel van het document - Description: Titel van het document" style="position:absolute;left:0;text-align:left;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp560/YQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xX282oU2QtMgwo&#10;2mLp0LMiS4kxWdQkJnb260vJTpp1u3TYxab4Evnxoy6v2tqwnfKhAlvw0WDImbISysquC/79cfHh&#10;I2cBhS2FAasKvleBX83ev7tsXK7GsAFTKs8oiQ154wq+QXR5lgW5UbUIA3DKklGDrwXS0a+z0ouG&#10;stcmGw+H51kDvnQepAqBtDedkc9Sfq2VxHutg0JmCk61Yfr69F3Fbza7FPnaC7epZF+G+IcqalFZ&#10;uvSY6kagYFtf/ZGqrqSHABoHEuoMtK6kSj1QN6Phq26WG+FU6oXACe4IU/h/aeXdbukePMP2M7Q0&#10;wAhI40IeSBn7abWv458qZWQnCPdH2FSLTJLyfHQxpllwJsk2OZtOJnSgPNlLuPMBvyioWRQK7mku&#10;CS6xuw3YuR5c4m0WFpUxaTbG/qagnJ1GpeH20S8VJwn3RsUoY78pzaoyFR4ViVbq2ni2E0QIIaWy&#10;mHpOeck7emm6+y2BvX8M7ap6S/AxIt0MFo/BdWXBJ5RelV3+OJSsO3+C+qTvKGK7avtJrqDc04A9&#10;dNwPTi4qGsKtCPggPJGdBkcLjPf00QaagkMvcbYB/+tv+uhPHCQrZw0tT8HDz63wijPz1RI7P42m&#10;07ht6TA9uxjTwZ9aVqcWu62vgcYxoqfCySRGfzQHUXuon2jP5/FWMgkr6e6C40G8xm6l6Z2Qaj5P&#10;TrRfTuCtXToZU0d4I8Ue2yfhXc9DJArfwWHNRP6Kjp1vjLQw3yLoKnE1Atyh2gNPu5nY3r8jcflP&#10;z8nr5bWbPQMAAP//AwBQSwMEFAAGAAgAAAAhALvx7GnfAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYwtjarTSdEIgraBtM2i1rvLaicaomW8u/xzux23v20/PnfDW6Vpyx&#10;D40nDY8TBQKp9LahSsPX9v1hASJEQ9a0nlDDLwZYFbc3ucmsH2iN502sBJdQyIyGOsYukzKUNToT&#10;Jr5D4t3R985Etn0lbW8GLnetnCqVSGca4gu16fC1xvJnc3Iavj+O+91MfVZvbt4NflSS3FJqfX83&#10;vjyDiDjG/zBc8BkdCmY6+BPZIFr2apZwVEM6n6YgLgmVJjw6sHpiDbLI5fUXxR8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAKeetP2ECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu/Hsad8AAAANAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="64F27B27" w14:textId="1C24F321" w:rsidR="002E2ECA" w:rsidRPr="00203574" w:rsidRDefault="0063141D" w:rsidP="00BB40E2">
                       <w:pPr>
                         <w:pStyle w:val="Title"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Aanvraagdocument </w:t>
                       </w:r>
                       <w:r w:rsidR="002E2ECA">
                         <w:t>Onderzoeksproject</w:t>
                       </w:r>
                       <w:r w:rsidR="007E5F55">
                         <w:t xml:space="preserve">, gedeelte </w:t>
                       </w:r>
                       <w:r w:rsidR="0013421B">
                         <w:t>impact</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="558D355C" w14:textId="65BE306C" w:rsidR="0022461D" w:rsidRDefault="00FE28DC" w:rsidP="004C59B1">
+                    <w:p w14:paraId="558D355C" w14:textId="3016D687" w:rsidR="0022461D" w:rsidRDefault="00FE28DC" w:rsidP="004C59B1">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Versie</w:t>
                       </w:r>
                       <w:r w:rsidR="0022461D">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="004C59B1">
-                        <w:t>MEI 2024</w:t>
+                      <w:r w:rsidR="00416AE9">
+                        <w:t>JANUARI 2026</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="002E2ECA" w:rsidRDefault="002E2ECA" w:rsidP="004C59B1">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D6CCB5" w14:textId="77777777" w:rsidR="009D76FC" w:rsidRPr="00BB5B1E" w:rsidRDefault="00AE7CB7" w:rsidP="00834AD9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5B1E">
         <w:rPr>
@@ -2340,56 +2341,58 @@
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> wil zetten op vlak van duurzaamheid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ADCD89E" w14:textId="7EBF6B79" w:rsidR="7A9BA7CB" w:rsidRDefault="7A9BA7CB" w:rsidP="005063B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2950AB70" w14:textId="56B8101F" w:rsidR="36D72576" w:rsidRPr="0067458A" w:rsidRDefault="36D72576" w:rsidP="00834AD9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067458A">
         <w:rPr>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">1.3 </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="334BF5C8" w:rsidRPr="0067458A">
         <w:rPr>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>Natraject</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6B456AC0" w14:textId="77C35387" w:rsidR="009213A1" w:rsidRDefault="2C73389D" w:rsidP="009213A1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00966442">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Bespreek de inspanningen (verdere </w:t>
       </w:r>
       <w:r w:rsidR="00907C83">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>R&amp;D, implementatie-activiteiten</w:t>
       </w:r>
@@ -2645,66 +2648,82 @@
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="032433C9" w14:textId="3B1C82A0" w:rsidR="3A683A70" w:rsidRDefault="00FF16C9" w:rsidP="00E408A2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Opt</w:t>
       </w:r>
       <w:r w:rsidR="009C1E53">
         <w:t xml:space="preserve">ie 2 - </w:t>
       </w:r>
       <w:r w:rsidR="00BC229C" w:rsidRPr="000D649B">
         <w:t>Toegevoegde waarde voor Vlaanderen op basis van</w:t>
       </w:r>
       <w:r w:rsidR="00BC229C">
         <w:t xml:space="preserve"> groei in arbeidsproductiviteit</w:t>
       </w:r>
       <w:r w:rsidR="3A683A70" w:rsidRPr="0F7A9C1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4159C51F" w14:textId="4A162D75" w:rsidR="3A683A70" w:rsidRPr="006B271F" w:rsidRDefault="3A683A70" w:rsidP="00E920C2">
+    <w:p w14:paraId="4159C51F" w14:textId="6BB255E6" w:rsidR="3A683A70" w:rsidRPr="006B271F" w:rsidRDefault="3A683A70" w:rsidP="00E920C2">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B271F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
-        <w:t>Wanneer de toegevoegde waarde voor Vlaanderen gebaseerd is op groei in arbeidsproductiviteit moet vooreerst gemotiveerd worden waarom de krapte op de arbeidsmarkt het bedrijf niet toelaat om de impact te realiseren door tewerkstelling en/of investeringen. Er wordt vereist dat de arbeidsproductiviteit 5 jaar na het einde van het project minstens 50% hoger is dan de arbeidsproductiviteit bij aanvraag van het project. Indien de aangevraagde subsidie groter is dan €250.000, dient bovendien de cumulatieve extra Bruto Toegevoegde Waarde (BrTW) minstens 10 maal de subsidie te bedragen. Indien de subsidie kleiner is of gelijk aan €250.000 kan de cumulatieve extra Bruto Toegevoegde Waarde kleiner zijn dan het tienvoud van de subsidie. De valorisatieperiode voor projecten die inzetten op arbeidsproductiviteit ligt vast op 5 jaar en kan niet verlengd worden.</w:t>
+        <w:t xml:space="preserve">Wanneer de toegevoegde waarde voor Vlaanderen gebaseerd is op groei in arbeidsproductiviteit moet vooreerst gemotiveerd worden waarom de krapte op de arbeidsmarkt het bedrijf niet toelaat om de impact te realiseren door tewerkstelling en/of investeringen. Er wordt vereist dat de arbeidsproductiviteit 5 jaar na het einde van het project minstens </w:t>
+      </w:r>
+      <w:r w:rsidR="006143F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B271F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="nl"/>
+        </w:rPr>
+        <w:t>0% hoger is dan de arbeidsproductiviteit bij aanvraag van het project. De valorisatieperiode voor projecten die inzetten op arbeidsproductiviteit ligt vast op 5 jaar en kan niet verlengd worden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0546E279" w14:textId="49083017" w:rsidR="3A683A70" w:rsidRPr="006B271F" w:rsidRDefault="3A683A70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B271F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DC5CD5" w14:textId="6686EA28" w:rsidR="3A683A70" w:rsidRDefault="3A683A70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B271F">
@@ -2728,60 +2747,70 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D649B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t>De impact voor Vlaanderen</w:t>
       </w:r>
       <w:r w:rsidRPr="000D649B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan het best aangetoond worden in tabelvorm, waarvan </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Impact_voor_Vlaanderen" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK \l "_Impact_voor_Vlaanderen"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000D649B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="nl"/>
+        </w:rPr>
+        <w:t>achteraan in dit aanvraagdocument voor elke optie een mogelijke tabelopbouw</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="000D649B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> gegeven wordt.</w:t>
       </w:r>
       <w:r w:rsidRPr="0F7A9C1E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C94254" w14:textId="5B0916F3" w:rsidR="3A683A70" w:rsidRDefault="3A683A70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E7EA9C8" w14:textId="77777777" w:rsidR="005E0155" w:rsidRDefault="3A683A70">
       <w:pPr>
@@ -3071,51 +3100,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl"/>
         </w:rPr>
         <w:t xml:space="preserve"> je deze hier verduidelijken.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B57677" w14:textId="5FFCFE36" w:rsidR="003E1F04" w:rsidRPr="00C256D7" w:rsidRDefault="7D7CD1AF" w:rsidP="00C256D7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="220"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C256D7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Een project kan op verschillende domeinen een maatschappelijke impact bereiken. In het toelichtingsdocument vind je een niet-ex</w:t>
       </w:r>
       <w:r w:rsidR="002F4050">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>haustieve</w:t>
       </w:r>
       <w:r w:rsidRPr="00C256D7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> lijst van domeinen waar een potentiële maatschappelijke baat kan behaald worden</w:t>
       </w:r>
       <w:r w:rsidR="00FD4032">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>. Geef aan in welk domein jou</w:t>
       </w:r>
       <w:r w:rsidR="002F4050">
         <w:rPr>
@@ -3128,50 +3156,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> project zich situeert, en onderbouw waarom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2E32B0" w14:textId="237B9A42" w:rsidR="003E1F04" w:rsidRDefault="7D7CD1AF" w:rsidP="00C256D7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="220" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD4032">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Maak </w:t>
       </w:r>
       <w:r w:rsidR="00A723D5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">facultatief </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD4032">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">een inschatting/raming van de </w:t>
       </w:r>
       <w:r w:rsidRPr="0037235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">potentiële </w:t>
@@ -3368,65 +3397,51 @@
       </w:r>
       <w:r w:rsidR="00A0710C">
         <w:t>Wat is je strategie op vlak</w:t>
       </w:r>
       <w:r w:rsidR="002F4050">
         <w:t xml:space="preserve"> van</w:t>
       </w:r>
       <w:r w:rsidR="00A0710C">
         <w:t xml:space="preserve"> intellectuele eigendom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:r w:rsidR="0CC6F5E8" w:rsidRPr="0024509A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Hou hierbij rekening met de mogelijke impact van het Europees octrooi met eenheidswerking - kortweg </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00EB78EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           </w:rPr>
-          <w:t>uni</w:t>
-[...13 lines deleted...]
-          <w:t>air octrooi of eenheidsoctrooi genoemd – dat vanaf 1 juni 2023 in werking</w:t>
+          <w:t>unitair octrooi of eenheidsoctrooi genoemd – dat vanaf 1 juni 2023 in werking</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0CC6F5E8" w:rsidRPr="0024509A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> trad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C5A959" w14:textId="77777777" w:rsidR="00E67700" w:rsidRDefault="00E67700" w:rsidP="4E38CB09"/>
     <w:p w14:paraId="41C8F396" w14:textId="08145395" w:rsidR="003E1F04" w:rsidRDefault="00EE5CEB" w:rsidP="003E1F04">
       <w:r>
         <w:t>In geval van samenwerking (met bedrijfspartners, onderzoeksinstellingen, onderaannemers): wat zijn de basisprincipes voor onderlinge afspraken? Geef hierbij toelichting bij onder meer eigendomsrechten op projectresultaten, gebruiksrechten op projectresultaten</w:t>
       </w:r>
       <w:r w:rsidR="00A60F35">
         <w:t xml:space="preserve"> en/of nodige achtergrondkennis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3142A299" w14:textId="77777777" w:rsidR="00015C92" w:rsidRPr="00E67700" w:rsidRDefault="00015C92" w:rsidP="003E1F04"/>
     <w:p w14:paraId="4B1F74B0" w14:textId="76C92E83" w:rsidR="003E1F04" w:rsidRPr="00834AD9" w:rsidRDefault="005D0D37" w:rsidP="49C22F94">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
@@ -3473,52 +3488,60 @@
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00451633" w:rsidRPr="49C22F94">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E1F04" w:rsidRPr="49C22F94">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00451633" w:rsidRPr="49C22F94">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E1F04" w:rsidRPr="49C22F94">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de valorisatie</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E1F04" w:rsidRPr="49C22F94">
+        <w:rPr>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>valorisatie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3D49F5EF" w14:textId="2AF21065" w:rsidR="009D79B3" w:rsidRDefault="003E1F04" w:rsidP="009D79B3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E38CB09">
         <w:rPr>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>Bespreek de sterke en zwakke punten</w:t>
       </w:r>
       <w:r w:rsidR="00F82117" w:rsidRPr="4E38CB09">
         <w:rPr>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> van de aanvragende onderneming(en)</w:t>
       </w:r>
       <w:r w:rsidRPr="4E38CB09">
         <w:rPr>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -3725,51 +3748,50 @@
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="0027593F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F146B4">
         <w:t xml:space="preserve">Onderbouw waarom </w:t>
       </w:r>
       <w:r>
         <w:t>dit onderzoeksproject</w:t>
       </w:r>
       <w:r w:rsidRPr="00F146B4">
         <w:t xml:space="preserve"> bedrijfsmatig moeilijk, niet of in mindere mate realiseerbaar is zonder financiële ondersteuning van VLAIO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F684E86" w14:textId="77777777" w:rsidR="009D79B3" w:rsidRDefault="009D79B3" w:rsidP="0027593F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="589B0D46" w14:textId="3FCEF084" w:rsidR="00A67E56" w:rsidRDefault="00A67E56" w:rsidP="004E6575">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Project met</w:t>
       </w:r>
       <w:r w:rsidR="00D65F91">
         <w:t xml:space="preserve"> mogelijke militaire affiniteit (</w:t>
       </w:r>
       <w:r w:rsidR="002F4050">
         <w:t>indien</w:t>
       </w:r>
       <w:r w:rsidR="00D65F91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>van toepassing)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A9B0B6" w14:textId="47E02641" w:rsidR="00A67E56" w:rsidRDefault="00596DA3" w:rsidP="00F879DB">
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00F737CD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Meer info</w:t>
         </w:r>
         <w:r w:rsidR="002F4050" w:rsidRPr="00F737CD">
@@ -3785,50 +3807,51 @@
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00A67E56" w:rsidRPr="00F737CD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>over de indiening van projecten met mogelijke militaire affiniteit</w:t>
         </w:r>
         <w:r w:rsidRPr="00F737CD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>, vind je hier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F627F8" w14:textId="77777777" w:rsidR="00D65F91" w:rsidRDefault="00D65F91">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Als deze paragraaf voor uw project niet van toepassing is, mag deze gewist worden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549F30C4" w14:textId="77777777" w:rsidR="00025C7F" w:rsidRPr="00D65F91" w:rsidRDefault="00D65F91" w:rsidP="00DF2388">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">Betreft het wel een project met </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F91">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4280,90 +4303,88 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3807"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="1462"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="0C8D6013" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A14CB6A" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Impactberekening op basis van tewerkstelling en/of investeringen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7ACC702E" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4381,1690 +4402,1643 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(jaar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4CDD791E" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="677C5DFF" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="292EE145" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0684E18C" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32CD644B" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Totaal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="7AEA22DE" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="26AB6FAD" w14:textId="2B71FE86" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Extra tewerkstelling door het project (Opsplitsen per profiel zoals bv. Arbeiders, verkopers, R&amp;D, ...) – uit te drukken in VTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19E81139" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76E97538" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7542EA6A" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2327D521" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A2806C3" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C985462" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="70F367EB" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="034894D0" w14:textId="68E3BB78" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Behoud van tewerkstelling door het project – uit te drukken in VTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1281B446" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14EDAA91" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CB52B94" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D55C1BA" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6DF5EB3D" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E4E67DE" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="36420EEC" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44E68C05" w14:textId="09F65E63" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Loonkosten – nieuwe aanwervingen</w:t>
             </w:r>
             <w:r w:rsidR="00E45BAC" w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B967A26" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36D8F7F2" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CACC738" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B63940C" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46336EFE" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E35EFEC" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="52E848E2" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F433393" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Loonkosten – behoud personeel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="701E5EF3" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="582D743B" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="62D0E142" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="025E9B6A" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="027CDD58" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B44366A" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="6E3083E8" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3440EA27" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Projectgerelateerde</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> investeringen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39639895" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CE171BB" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FD4F876" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="184CA56E" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F732947" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10036B1A" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D55E8" w:rsidRPr="000D55E8" w14:paraId="14FA6FD0" w14:textId="77777777" w:rsidTr="009D73F8">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="564155B7" w14:textId="35774F1C" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="00DE4605">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23821FD4" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="520BD365" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2AB99931" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2D36BBED" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27D445BF" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="15847147" w14:textId="77777777" w:rsidR="008D6F31" w:rsidRPr="00E920C2" w:rsidRDefault="008D6F31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E920C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -10806,154 +10780,154 @@
         <w:t>adviseur. Tijdens dit gesprek zal ingegaan worden op de informatie die je in de aanvraag hebt verstrekt, zoals bijvoorbeeld de onderbouwing van je valorisatievooruitzichten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B349AEE" w14:textId="1C28558F" w:rsidR="00335B82" w:rsidRDefault="00335B82">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52671229" w14:textId="2A685CA7" w:rsidR="00335B82" w:rsidRDefault="004C1F36" w:rsidP="00975014">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004C1F36">
         <w:rPr>
           <w:rFonts w:ascii="FlandersArtSans-Light" w:eastAsia="MS Mincho" w:hAnsi="FlandersArtSans-Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662338" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="054022A7" wp14:editId="00B74099">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="054022A7" wp14:editId="00B74099">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7556400" cy="10680558"/>
             <wp:effectExtent l="0" t="0" r="6985" b="6985"/>
             <wp:wrapNone/>
             <wp:docPr id="879834914" name="Afbeelding 5" descr="A green and white grid&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="879834914" name="Afbeelding 5" descr="A green and white grid&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7556400" cy="10680558"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                        <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
+                        <ma14:placeholderFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3669C30D" w14:textId="7034B94B" w:rsidR="000D55E8" w:rsidRDefault="000D55E8" w:rsidP="000D55E8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B4A6D93" w14:textId="1A1C4520" w:rsidR="000D55E8" w:rsidRPr="007C0D3C" w:rsidRDefault="000D55E8" w:rsidP="000D55E8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62486C05" w14:textId="285F03A3" w:rsidR="00975014" w:rsidRDefault="00975014" w:rsidP="00975014">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14B5651D" w14:textId="3D20B263" w:rsidR="000107F1" w:rsidRPr="00F83240" w:rsidRDefault="000107F1" w:rsidP="00BB40E2"/>
     <w:sectPr w:rsidR="000107F1" w:rsidRPr="00F83240" w:rsidSect="00D6615F">
       <w:headerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C943298" w14:textId="77777777" w:rsidR="00CF47CD" w:rsidRDefault="00CF47CD" w:rsidP="00BB40E2">
+    <w:p w14:paraId="7938355C" w14:textId="77777777" w:rsidR="00A3391D" w:rsidRDefault="00A3391D" w:rsidP="00BB40E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66D2DFA3" w14:textId="77777777" w:rsidR="00CF47CD" w:rsidRDefault="00CF47CD" w:rsidP="00BB40E2">
+    <w:p w14:paraId="23045B4E" w14:textId="77777777" w:rsidR="00A3391D" w:rsidRDefault="00A3391D" w:rsidP="00BB40E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="506B124D" w14:textId="77777777" w:rsidR="00CF47CD" w:rsidRDefault="00CF47CD">
+    <w:p w14:paraId="2EE3C9C0" w14:textId="77777777" w:rsidR="00A3391D" w:rsidRDefault="00A3391D">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11175,51 +11149,51 @@
     </w:r>
     <w:r w:rsidRPr="00F6742A">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="009636F1">
       <w:t>Titel document</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009636F1">
       <w:t>AGENTSCHAPONDERNEMEN.be</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4527A56C" w14:textId="47DECB90" w:rsidR="00D569F4" w:rsidRPr="00D569F4" w:rsidRDefault="00D569F4" w:rsidP="00385674">
+  <w:p w14:paraId="4527A56C" w14:textId="2FEC4B43" w:rsidR="00D569F4" w:rsidRPr="00D569F4" w:rsidRDefault="00D569F4" w:rsidP="00385674">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D569F4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00D569F4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00D569F4">
       <w:rPr>
         <w:sz w:val="18"/>
@@ -11275,75 +11249,67 @@
       </w:rPr>
       <w:t>document</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Onderzoeksprojecten impact </w:t>
     </w:r>
     <w:r w:rsidR="00385674">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">– </w:t>
     </w:r>
     <w:r w:rsidR="006A375B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">versie </w:t>
+      <w:t>versie</w:t>
     </w:r>
-    <w:r w:rsidR="004C59B1">
+    <w:r w:rsidR="00416AE9">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>mei</w:t>
+      <w:t xml:space="preserve"> januari</w:t>
     </w:r>
-    <w:r w:rsidR="00095E5E">
+    <w:r w:rsidR="00E703B3">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 202</w:t>
-[...7 lines deleted...]
-      <w:t>4</w:t>
+      <w:t xml:space="preserve"> 2026</w:t>
     </w:r>
     <w:r w:rsidR="00385674">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r w:rsidR="00313256">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>VERTROUWELIJK</w:t>
     </w:r>
@@ -11352,159 +11318,143 @@
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1461001408"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="22F34179" w14:textId="5AB77ABA" w:rsidR="00095E5E" w:rsidRPr="00313256" w:rsidRDefault="00095E5E" w:rsidP="00313256">
+      <w:p w14:paraId="22F34179" w14:textId="43F52EF2" w:rsidR="00095E5E" w:rsidRPr="00313256" w:rsidRDefault="00095E5E" w:rsidP="00313256">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00D569F4">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00D569F4">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00D569F4">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00D569F4">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">    VLAIO Aanvraagdocument Onderzoeksprojecten impact – versie </w:t>
+          <w:t xml:space="preserve">    VLAIO Aanvraagdocument Onderzoeksprojecten impact – versie</w:t>
         </w:r>
-        <w:r w:rsidR="004C59B1">
+        <w:r w:rsidR="008D2C60">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>mei</w:t>
-[...15 lines deleted...]
-          <w:t>4</w:t>
+          <w:t xml:space="preserve"> januari 2026</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> - VERTROUWELIJK</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54FB54D7" w14:textId="77777777" w:rsidR="00CF47CD" w:rsidRDefault="00CF47CD" w:rsidP="00BB40E2">
+    <w:p w14:paraId="4427E79C" w14:textId="77777777" w:rsidR="00A3391D" w:rsidRDefault="00A3391D" w:rsidP="00BB40E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CA5FFA4" w14:textId="77777777" w:rsidR="00CF47CD" w:rsidRDefault="00CF47CD" w:rsidP="00BB40E2">
+    <w:p w14:paraId="271E82C9" w14:textId="77777777" w:rsidR="00A3391D" w:rsidRDefault="00A3391D" w:rsidP="00BB40E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4FA74B22" w14:textId="77777777" w:rsidR="00CF47CD" w:rsidRDefault="00CF47CD">
+    <w:p w14:paraId="11BC5F4F" w14:textId="77777777" w:rsidR="00A3391D" w:rsidRDefault="00A3391D">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4B8FAF07" w14:textId="10BDE0B8" w:rsidR="00E45BAC" w:rsidRDefault="00E45BAC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A06862" w:rsidRPr="00A06862">
         <w:rPr>
           <w:lang w:val="nl-BE"/>
@@ -15136,81 +15086,83 @@
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="177546934">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="610237918">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2140147063">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="861044086">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="141507592">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000107F1"/>
     <w:rsid w:val="000025E0"/>
     <w:rsid w:val="0000463E"/>
     <w:rsid w:val="00005410"/>
+    <w:rsid w:val="000063A1"/>
     <w:rsid w:val="000100D3"/>
     <w:rsid w:val="000107F1"/>
     <w:rsid w:val="00010CF7"/>
     <w:rsid w:val="00012888"/>
     <w:rsid w:val="000147FB"/>
     <w:rsid w:val="00015C92"/>
     <w:rsid w:val="000169E9"/>
     <w:rsid w:val="000219FD"/>
     <w:rsid w:val="00023ADE"/>
     <w:rsid w:val="00025C7F"/>
     <w:rsid w:val="00026DA2"/>
     <w:rsid w:val="0002799F"/>
     <w:rsid w:val="00034AB3"/>
     <w:rsid w:val="00035B67"/>
     <w:rsid w:val="000441A9"/>
     <w:rsid w:val="000454F5"/>
     <w:rsid w:val="00051396"/>
     <w:rsid w:val="0005192E"/>
     <w:rsid w:val="0006115E"/>
     <w:rsid w:val="00062966"/>
     <w:rsid w:val="00062CB6"/>
     <w:rsid w:val="00095E5E"/>
     <w:rsid w:val="000A250A"/>
     <w:rsid w:val="000A7090"/>
     <w:rsid w:val="000B2474"/>
@@ -15307,62 +15259,65 @@
     <w:rsid w:val="002D14AB"/>
     <w:rsid w:val="002D16DD"/>
     <w:rsid w:val="002D3A91"/>
     <w:rsid w:val="002D6904"/>
     <w:rsid w:val="002D7A80"/>
     <w:rsid w:val="002E2ECA"/>
     <w:rsid w:val="002E3AE8"/>
     <w:rsid w:val="002F4050"/>
     <w:rsid w:val="00302A44"/>
     <w:rsid w:val="00313256"/>
     <w:rsid w:val="00334CB2"/>
     <w:rsid w:val="00335B82"/>
     <w:rsid w:val="003402BB"/>
     <w:rsid w:val="003428E3"/>
     <w:rsid w:val="00351266"/>
     <w:rsid w:val="00361EE9"/>
     <w:rsid w:val="00370CF3"/>
     <w:rsid w:val="00371C38"/>
     <w:rsid w:val="0037235B"/>
     <w:rsid w:val="003775B0"/>
     <w:rsid w:val="003854BC"/>
     <w:rsid w:val="00385674"/>
     <w:rsid w:val="00387792"/>
     <w:rsid w:val="00393EDD"/>
     <w:rsid w:val="003A03F6"/>
+    <w:rsid w:val="003A688A"/>
     <w:rsid w:val="003B13EF"/>
     <w:rsid w:val="003B1853"/>
     <w:rsid w:val="003C44E3"/>
     <w:rsid w:val="003D38A1"/>
     <w:rsid w:val="003D42C3"/>
     <w:rsid w:val="003E1F04"/>
     <w:rsid w:val="003E69D3"/>
     <w:rsid w:val="003F6511"/>
     <w:rsid w:val="00400C3D"/>
+    <w:rsid w:val="004019FC"/>
     <w:rsid w:val="004076B0"/>
     <w:rsid w:val="004155A2"/>
     <w:rsid w:val="00415821"/>
+    <w:rsid w:val="00416AE9"/>
     <w:rsid w:val="004178AD"/>
     <w:rsid w:val="00425658"/>
     <w:rsid w:val="00425E58"/>
     <w:rsid w:val="004316C8"/>
     <w:rsid w:val="004320CA"/>
     <w:rsid w:val="00434FC6"/>
     <w:rsid w:val="0043524E"/>
     <w:rsid w:val="004365CD"/>
     <w:rsid w:val="00436C23"/>
     <w:rsid w:val="00444276"/>
     <w:rsid w:val="00446A17"/>
     <w:rsid w:val="00451633"/>
     <w:rsid w:val="00454A92"/>
     <w:rsid w:val="00455201"/>
     <w:rsid w:val="00463BB8"/>
     <w:rsid w:val="00466454"/>
     <w:rsid w:val="00471E70"/>
     <w:rsid w:val="0047591A"/>
     <w:rsid w:val="004858E2"/>
     <w:rsid w:val="00486017"/>
     <w:rsid w:val="004959E7"/>
     <w:rsid w:val="004A7C46"/>
     <w:rsid w:val="004B140F"/>
     <w:rsid w:val="004C1F36"/>
     <w:rsid w:val="004C21BD"/>
@@ -15393,87 +15348,90 @@
     <w:rsid w:val="00526068"/>
     <w:rsid w:val="0053547C"/>
     <w:rsid w:val="00537915"/>
     <w:rsid w:val="005379CB"/>
     <w:rsid w:val="005407D7"/>
     <w:rsid w:val="00541E8A"/>
     <w:rsid w:val="005443CD"/>
     <w:rsid w:val="005539AF"/>
     <w:rsid w:val="00553D40"/>
     <w:rsid w:val="00555E54"/>
     <w:rsid w:val="00572379"/>
     <w:rsid w:val="0057513D"/>
     <w:rsid w:val="005924C2"/>
     <w:rsid w:val="005926B0"/>
     <w:rsid w:val="00596DA3"/>
     <w:rsid w:val="005A6401"/>
     <w:rsid w:val="005A79F9"/>
     <w:rsid w:val="005D0D37"/>
     <w:rsid w:val="005D2C77"/>
     <w:rsid w:val="005D75C2"/>
     <w:rsid w:val="005E0155"/>
     <w:rsid w:val="005F3873"/>
     <w:rsid w:val="005F4E1C"/>
     <w:rsid w:val="00602B8F"/>
     <w:rsid w:val="00602C20"/>
+    <w:rsid w:val="006143F9"/>
     <w:rsid w:val="00614F61"/>
     <w:rsid w:val="0062610C"/>
     <w:rsid w:val="00627313"/>
     <w:rsid w:val="0063141D"/>
     <w:rsid w:val="00631A88"/>
     <w:rsid w:val="00634A69"/>
     <w:rsid w:val="00636A8B"/>
     <w:rsid w:val="006535F8"/>
     <w:rsid w:val="00654B64"/>
     <w:rsid w:val="00664954"/>
     <w:rsid w:val="0067289A"/>
     <w:rsid w:val="00674409"/>
     <w:rsid w:val="0067458A"/>
     <w:rsid w:val="00674682"/>
     <w:rsid w:val="00676108"/>
     <w:rsid w:val="00680B23"/>
     <w:rsid w:val="0069023F"/>
     <w:rsid w:val="006926A2"/>
     <w:rsid w:val="0069484C"/>
     <w:rsid w:val="00695ACD"/>
     <w:rsid w:val="00695EE1"/>
     <w:rsid w:val="006971E4"/>
     <w:rsid w:val="006A1D86"/>
     <w:rsid w:val="006A375B"/>
     <w:rsid w:val="006A5100"/>
     <w:rsid w:val="006A708A"/>
     <w:rsid w:val="006B271F"/>
     <w:rsid w:val="006C079D"/>
     <w:rsid w:val="006C4411"/>
     <w:rsid w:val="006C55B1"/>
     <w:rsid w:val="006C6CF6"/>
+    <w:rsid w:val="006D1F82"/>
     <w:rsid w:val="006E4CD5"/>
     <w:rsid w:val="006F0C1E"/>
     <w:rsid w:val="006F0C9B"/>
     <w:rsid w:val="006F10B8"/>
     <w:rsid w:val="006F1830"/>
     <w:rsid w:val="006F20EE"/>
+    <w:rsid w:val="006F493B"/>
     <w:rsid w:val="007010D6"/>
     <w:rsid w:val="00705253"/>
     <w:rsid w:val="007165A0"/>
     <w:rsid w:val="00722ACD"/>
     <w:rsid w:val="007251E7"/>
     <w:rsid w:val="00726283"/>
     <w:rsid w:val="00734431"/>
     <w:rsid w:val="00740178"/>
     <w:rsid w:val="00740AF7"/>
     <w:rsid w:val="00742B9C"/>
     <w:rsid w:val="007453FC"/>
     <w:rsid w:val="00745D51"/>
     <w:rsid w:val="00750DC7"/>
     <w:rsid w:val="0075753F"/>
     <w:rsid w:val="00770326"/>
     <w:rsid w:val="0077576A"/>
     <w:rsid w:val="00781EDE"/>
     <w:rsid w:val="00784B96"/>
     <w:rsid w:val="00790B65"/>
     <w:rsid w:val="007918E4"/>
     <w:rsid w:val="007A3385"/>
     <w:rsid w:val="007A6BAD"/>
     <w:rsid w:val="007C0D3C"/>
     <w:rsid w:val="007D39D0"/>
     <w:rsid w:val="007D3AB1"/>
@@ -15494,110 +15452,114 @@
     <w:rsid w:val="008526D8"/>
     <w:rsid w:val="0085384F"/>
     <w:rsid w:val="00857589"/>
     <w:rsid w:val="00860288"/>
     <w:rsid w:val="0086347E"/>
     <w:rsid w:val="00867E4D"/>
     <w:rsid w:val="00871CAB"/>
     <w:rsid w:val="008766BE"/>
     <w:rsid w:val="008871CD"/>
     <w:rsid w:val="00892C67"/>
     <w:rsid w:val="0089547F"/>
     <w:rsid w:val="008954E7"/>
     <w:rsid w:val="0089770E"/>
     <w:rsid w:val="008A0656"/>
     <w:rsid w:val="008A088F"/>
     <w:rsid w:val="008A1A8F"/>
     <w:rsid w:val="008A6321"/>
     <w:rsid w:val="008A71C8"/>
     <w:rsid w:val="008A7ACD"/>
     <w:rsid w:val="008C029E"/>
     <w:rsid w:val="008C0D30"/>
     <w:rsid w:val="008C57B6"/>
     <w:rsid w:val="008C73B5"/>
     <w:rsid w:val="008C7EFF"/>
     <w:rsid w:val="008D1F65"/>
+    <w:rsid w:val="008D2C60"/>
     <w:rsid w:val="008D2E69"/>
     <w:rsid w:val="008D6F31"/>
     <w:rsid w:val="008E412D"/>
     <w:rsid w:val="008F3AB1"/>
     <w:rsid w:val="008F61C1"/>
     <w:rsid w:val="008F7401"/>
     <w:rsid w:val="00903976"/>
     <w:rsid w:val="0090768B"/>
     <w:rsid w:val="00907C1F"/>
     <w:rsid w:val="00907C83"/>
     <w:rsid w:val="009213A1"/>
     <w:rsid w:val="009219C0"/>
     <w:rsid w:val="00923BAC"/>
     <w:rsid w:val="00934E7A"/>
     <w:rsid w:val="00936FFF"/>
     <w:rsid w:val="009407C5"/>
     <w:rsid w:val="009454DB"/>
+    <w:rsid w:val="00945A85"/>
     <w:rsid w:val="00945F73"/>
     <w:rsid w:val="0094679E"/>
     <w:rsid w:val="00946AE4"/>
     <w:rsid w:val="009503F2"/>
     <w:rsid w:val="009538D2"/>
     <w:rsid w:val="0096155B"/>
     <w:rsid w:val="0096215D"/>
     <w:rsid w:val="00962678"/>
     <w:rsid w:val="009636F1"/>
     <w:rsid w:val="00966442"/>
     <w:rsid w:val="00967F89"/>
     <w:rsid w:val="009722AC"/>
     <w:rsid w:val="00975014"/>
     <w:rsid w:val="009753E4"/>
     <w:rsid w:val="00977555"/>
     <w:rsid w:val="009829F3"/>
     <w:rsid w:val="00993E2B"/>
     <w:rsid w:val="009A1151"/>
     <w:rsid w:val="009B2AF5"/>
     <w:rsid w:val="009C1E53"/>
     <w:rsid w:val="009D0070"/>
     <w:rsid w:val="009D73F8"/>
     <w:rsid w:val="009D76FC"/>
     <w:rsid w:val="009D79B3"/>
     <w:rsid w:val="009E5D26"/>
     <w:rsid w:val="009F1305"/>
     <w:rsid w:val="009F4054"/>
     <w:rsid w:val="009F6C0D"/>
     <w:rsid w:val="009F6EDA"/>
     <w:rsid w:val="009F769E"/>
     <w:rsid w:val="009F7A56"/>
     <w:rsid w:val="00A00F3A"/>
     <w:rsid w:val="00A06862"/>
     <w:rsid w:val="00A06C16"/>
     <w:rsid w:val="00A0710C"/>
     <w:rsid w:val="00A1285D"/>
     <w:rsid w:val="00A1358B"/>
     <w:rsid w:val="00A1434D"/>
     <w:rsid w:val="00A144B0"/>
     <w:rsid w:val="00A17DD6"/>
     <w:rsid w:val="00A21216"/>
     <w:rsid w:val="00A22290"/>
+    <w:rsid w:val="00A22ECA"/>
     <w:rsid w:val="00A336AB"/>
+    <w:rsid w:val="00A3391D"/>
     <w:rsid w:val="00A4357C"/>
     <w:rsid w:val="00A45AE3"/>
     <w:rsid w:val="00A5129A"/>
     <w:rsid w:val="00A52284"/>
     <w:rsid w:val="00A5342E"/>
     <w:rsid w:val="00A60E18"/>
     <w:rsid w:val="00A60F35"/>
     <w:rsid w:val="00A67E56"/>
     <w:rsid w:val="00A723D5"/>
     <w:rsid w:val="00A73DEB"/>
     <w:rsid w:val="00A83DF5"/>
     <w:rsid w:val="00A8569E"/>
     <w:rsid w:val="00AA048F"/>
     <w:rsid w:val="00AA3DE1"/>
     <w:rsid w:val="00AA6638"/>
     <w:rsid w:val="00AB23B0"/>
     <w:rsid w:val="00AC4756"/>
     <w:rsid w:val="00AC7B64"/>
     <w:rsid w:val="00AC7C54"/>
     <w:rsid w:val="00AD037A"/>
     <w:rsid w:val="00AD13A4"/>
     <w:rsid w:val="00AD2B59"/>
     <w:rsid w:val="00AD5776"/>
     <w:rsid w:val="00AE4DC4"/>
     <w:rsid w:val="00AE7CB7"/>
@@ -15624,77 +15586,79 @@
     <w:rsid w:val="00B5779A"/>
     <w:rsid w:val="00B6050E"/>
     <w:rsid w:val="00B63679"/>
     <w:rsid w:val="00B6407E"/>
     <w:rsid w:val="00B6493D"/>
     <w:rsid w:val="00B64DDD"/>
     <w:rsid w:val="00B6615D"/>
     <w:rsid w:val="00B66CFF"/>
     <w:rsid w:val="00B703A0"/>
     <w:rsid w:val="00B729F1"/>
     <w:rsid w:val="00B7433E"/>
     <w:rsid w:val="00B75BDD"/>
     <w:rsid w:val="00B82AFD"/>
     <w:rsid w:val="00B94CA0"/>
     <w:rsid w:val="00BA4A35"/>
     <w:rsid w:val="00BA5476"/>
     <w:rsid w:val="00BB40E2"/>
     <w:rsid w:val="00BB4C36"/>
     <w:rsid w:val="00BB5B1E"/>
     <w:rsid w:val="00BB5B85"/>
     <w:rsid w:val="00BC175D"/>
     <w:rsid w:val="00BC229C"/>
     <w:rsid w:val="00BD09F5"/>
     <w:rsid w:val="00BD4CDC"/>
     <w:rsid w:val="00BD508A"/>
+    <w:rsid w:val="00BE08ED"/>
     <w:rsid w:val="00BE38E8"/>
     <w:rsid w:val="00BF30BE"/>
     <w:rsid w:val="00BF6FFC"/>
     <w:rsid w:val="00BF7082"/>
     <w:rsid w:val="00BF7D7B"/>
     <w:rsid w:val="00C01012"/>
     <w:rsid w:val="00C115A9"/>
     <w:rsid w:val="00C1726E"/>
     <w:rsid w:val="00C2438C"/>
     <w:rsid w:val="00C256D7"/>
     <w:rsid w:val="00C2571D"/>
     <w:rsid w:val="00C266E7"/>
     <w:rsid w:val="00C36DCA"/>
     <w:rsid w:val="00C477A2"/>
     <w:rsid w:val="00C60821"/>
     <w:rsid w:val="00C61FBA"/>
     <w:rsid w:val="00C66B48"/>
     <w:rsid w:val="00C71253"/>
     <w:rsid w:val="00C73C20"/>
     <w:rsid w:val="00C74550"/>
     <w:rsid w:val="00C757EE"/>
     <w:rsid w:val="00C764C5"/>
     <w:rsid w:val="00C83050"/>
     <w:rsid w:val="00C84AC5"/>
     <w:rsid w:val="00C85042"/>
     <w:rsid w:val="00C91D58"/>
     <w:rsid w:val="00CA0DD4"/>
+    <w:rsid w:val="00CA3DB3"/>
     <w:rsid w:val="00CC1F31"/>
     <w:rsid w:val="00CC2274"/>
     <w:rsid w:val="00CC3D04"/>
     <w:rsid w:val="00CC4529"/>
     <w:rsid w:val="00CD0551"/>
     <w:rsid w:val="00CD7B48"/>
     <w:rsid w:val="00CE0373"/>
     <w:rsid w:val="00CE1E8F"/>
     <w:rsid w:val="00CF03D7"/>
     <w:rsid w:val="00CF47CD"/>
     <w:rsid w:val="00D04DA8"/>
     <w:rsid w:val="00D04F37"/>
     <w:rsid w:val="00D05037"/>
     <w:rsid w:val="00D05A8E"/>
     <w:rsid w:val="00D12249"/>
     <w:rsid w:val="00D1661D"/>
     <w:rsid w:val="00D206E1"/>
     <w:rsid w:val="00D21724"/>
     <w:rsid w:val="00D22BEF"/>
     <w:rsid w:val="00D237C3"/>
     <w:rsid w:val="00D2620D"/>
     <w:rsid w:val="00D32EAA"/>
     <w:rsid w:val="00D341A1"/>
     <w:rsid w:val="00D36B01"/>
     <w:rsid w:val="00D37D8B"/>
@@ -15713,50 +15677,51 @@
     <w:rsid w:val="00DC4CEE"/>
     <w:rsid w:val="00DD542D"/>
     <w:rsid w:val="00DE02E2"/>
     <w:rsid w:val="00DE2C99"/>
     <w:rsid w:val="00DE4605"/>
     <w:rsid w:val="00DF2388"/>
     <w:rsid w:val="00E02E53"/>
     <w:rsid w:val="00E06F22"/>
     <w:rsid w:val="00E109C9"/>
     <w:rsid w:val="00E127DE"/>
     <w:rsid w:val="00E1540B"/>
     <w:rsid w:val="00E17192"/>
     <w:rsid w:val="00E21231"/>
     <w:rsid w:val="00E24807"/>
     <w:rsid w:val="00E307EB"/>
     <w:rsid w:val="00E32F46"/>
     <w:rsid w:val="00E356FF"/>
     <w:rsid w:val="00E408A2"/>
     <w:rsid w:val="00E45BAC"/>
     <w:rsid w:val="00E470C2"/>
     <w:rsid w:val="00E6209A"/>
     <w:rsid w:val="00E6308E"/>
     <w:rsid w:val="00E63989"/>
     <w:rsid w:val="00E67700"/>
     <w:rsid w:val="00E7000A"/>
+    <w:rsid w:val="00E703B3"/>
     <w:rsid w:val="00E72211"/>
     <w:rsid w:val="00E7688A"/>
     <w:rsid w:val="00E834BB"/>
     <w:rsid w:val="00E844EA"/>
     <w:rsid w:val="00E920C2"/>
     <w:rsid w:val="00E96AB2"/>
     <w:rsid w:val="00E974EB"/>
     <w:rsid w:val="00EA0B52"/>
     <w:rsid w:val="00EA2BA2"/>
     <w:rsid w:val="00EA2ED0"/>
     <w:rsid w:val="00EA38F2"/>
     <w:rsid w:val="00EB648A"/>
     <w:rsid w:val="00EB78EB"/>
     <w:rsid w:val="00EC33AD"/>
     <w:rsid w:val="00EC6328"/>
     <w:rsid w:val="00EC7633"/>
     <w:rsid w:val="00ED0933"/>
     <w:rsid w:val="00ED2932"/>
     <w:rsid w:val="00EE5CEB"/>
     <w:rsid w:val="00EF25E8"/>
     <w:rsid w:val="00EF4F48"/>
     <w:rsid w:val="00F02012"/>
     <w:rsid w:val="00F11688"/>
     <w:rsid w:val="00F14211"/>
     <w:rsid w:val="00F14359"/>
@@ -17425,61 +17390,67 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="dc7576f134f5edc9c9877f87eb8e2e35">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c553584e1d6bdb3cc123926d269e1c79" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="141addf47b5066a6ca047194f996f5e6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2905c737a2e6bdd9504bcd2b2b82b54" ns2:_="" ns3:_="">
     <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -17640,132 +17611,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4FDF512-96D5-407A-96C2-58E0E5297B79}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04387B63-E803-403A-9B55-E8DAB8489141}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0FDFDA7-EFF5-4676-B2EA-83E418F0E8EB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27F14F90-9BAD-455B-A67B-6957C2DD83F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1317AEA-371C-4FD0-BA42-AD0031BD512D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27F14F90-9BAD-455B-A67B-6957C2DD83F2}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4FDF512-96D5-407A-96C2-58E0E5297B79}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2619</Words>
-  <Characters>14407</Characters>
+  <Words>2570</Words>
+  <Characters>14139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
+  <Lines>117</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16993</CharactersWithSpaces>
+  <CharactersWithSpaces>16676</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Sjabloon brochure</dc:title>
   <dc:subject/>
   <dc:creator>Roex, Michele</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>nl</vt:lpwstr>
+  </property>
 </Properties>
 </file>