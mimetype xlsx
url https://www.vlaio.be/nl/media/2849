--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,138 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/jolien_boumkwo_vlaio_be/Documents/Documenten/Verificatie/INNOVATIESTEUN/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/tom_bruggeman_vlaio_be/Documents/Bureaublad/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9E214DD3-A6C6-4352-9CE7-80206A16B3E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="43" documentId="8_{192D1BFC-B8A5-4075-9EB7-0DCFF5214D6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{29E0FED1-2313-4E97-9686-0937855DA7CE}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LEES DIT EERST" sheetId="8" r:id="rId1"/>
     <sheet name="Financieel eindverslag " sheetId="11" r:id="rId2"/>
     <sheet name="Borderel werkingskosten" sheetId="10" r:id="rId3"/>
     <sheet name="Borderel externe prestaties" sheetId="9" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="AfgetopteUrenOpJaarbasis" localSheetId="1">'Financieel eindverslag '!$F$17</definedName>
     <definedName name="AfgetopteUrenOpJaarbasis">#REF!</definedName>
     <definedName name="mmJaar1" localSheetId="1">'Financieel eindverslag '!$N$22:$N$267</definedName>
     <definedName name="mmJaar1">#REF!</definedName>
     <definedName name="mmJaar2" localSheetId="1">'Financieel eindverslag '!$O$22:$O$267</definedName>
     <definedName name="mmJaar2">#REF!</definedName>
     <definedName name="mmJaar3" localSheetId="1">'Financieel eindverslag '!$P$22:$P$267</definedName>
     <definedName name="mmJaar3">#REF!</definedName>
     <definedName name="mmJaar4" localSheetId="1">'Financieel eindverslag '!$S$22:$S$267</definedName>
     <definedName name="mmJaar4">#REF!</definedName>
     <definedName name="mmJaar5" localSheetId="1">'Financieel eindverslag '!$T$22:$T$267</definedName>
     <definedName name="mmJaar5">#REF!</definedName>
     <definedName name="mmJaar6" localSheetId="1">'Financieel eindverslag '!$U$22:$U$267</definedName>
     <definedName name="mmJaar6">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A1" i="11" l="1"/>
+  <c r="B426" i="11" l="1"/>
+  <c r="A1" i="11"/>
   <c r="F20" i="11"/>
   <c r="F21" i="11"/>
   <c r="B451" i="11"/>
   <c r="V30" i="11"/>
   <c r="W30" i="11"/>
   <c r="X30" i="11"/>
   <c r="V31" i="11"/>
   <c r="W31" i="11"/>
   <c r="X31" i="11"/>
   <c r="V32" i="11"/>
   <c r="W32" i="11"/>
   <c r="X32" i="11"/>
   <c r="V33" i="11"/>
   <c r="W33" i="11"/>
   <c r="X33" i="11"/>
   <c r="V34" i="11"/>
   <c r="W34" i="11"/>
   <c r="X34" i="11"/>
   <c r="E447" i="11"/>
   <c r="B440" i="11"/>
   <c r="B448" i="11" s="1"/>
   <c r="B454" i="11" s="1"/>
-  <c r="B426" i="11"/>
-  <c r="E444" i="11" s="1"/>
+  <c r="E444" i="11"/>
   <c r="F444" i="11" s="1"/>
   <c r="G414" i="11"/>
   <c r="G413" i="11"/>
   <c r="G412" i="11"/>
   <c r="G411" i="11"/>
   <c r="G410" i="11"/>
   <c r="G409" i="11"/>
   <c r="G408" i="11"/>
   <c r="G407" i="11"/>
   <c r="G406" i="11"/>
   <c r="G405" i="11"/>
   <c r="G404" i="11"/>
   <c r="G403" i="11"/>
   <c r="G402" i="11"/>
   <c r="G397" i="11"/>
   <c r="B427" i="11" s="1"/>
   <c r="E445" i="11" s="1"/>
   <c r="F445" i="11" s="1"/>
   <c r="U278" i="11"/>
   <c r="T278" i="11"/>
   <c r="S278" i="11"/>
   <c r="R278" i="11"/>
   <c r="Q278" i="11"/>
   <c r="P278" i="11"/>
   <c r="O278" i="11"/>
@@ -885,75 +886,75 @@
   <c r="W24" i="11"/>
   <c r="V24" i="11"/>
   <c r="X23" i="11"/>
   <c r="W23" i="11"/>
   <c r="V23" i="11"/>
   <c r="X22" i="11"/>
   <c r="W22" i="11"/>
   <c r="V22" i="11"/>
   <c r="M21" i="11"/>
   <c r="L21" i="11"/>
   <c r="K21" i="11"/>
   <c r="J21" i="11"/>
   <c r="I21" i="11"/>
   <c r="H21" i="11"/>
   <c r="G21" i="11"/>
   <c r="M18" i="11"/>
   <c r="L18" i="11"/>
   <c r="K18" i="11"/>
   <c r="H18" i="11"/>
   <c r="G18" i="11"/>
   <c r="F18" i="11"/>
   <c r="B456" i="11" l="1"/>
   <c r="X278" i="11"/>
   <c r="C294" i="11" s="1"/>
   <c r="D294" i="11" s="1"/>
-  <c r="F294" i="11" s="1"/>
-  <c r="B425" i="11" s="1"/>
   <c r="V278" i="11"/>
   <c r="C299" i="11" s="1"/>
   <c r="D299" i="11" s="1"/>
   <c r="E299" i="11" s="1"/>
   <c r="G415" i="11"/>
   <c r="B428" i="11" s="1"/>
   <c r="E446" i="11" s="1"/>
   <c r="F446" i="11" s="1"/>
   <c r="W278" i="11"/>
   <c r="B424" i="11" s="1"/>
   <c r="C440" i="11"/>
-  <c r="E443" i="11" l="1"/>
-[...2 lines deleted...]
-  <c r="E440" i="11" s="1"/>
+  <c r="F294" i="11" l="1"/>
+  <c r="B425" i="11" s="1"/>
   <c r="B422" i="11"/>
   <c r="E441" i="11" s="1"/>
   <c r="F441" i="11" s="1"/>
   <c r="E442" i="11"/>
   <c r="F442" i="11" s="1"/>
+  <c r="E443" i="11" l="1"/>
+  <c r="F443" i="11" s="1"/>
+  <c r="B429" i="11"/>
+  <c r="E440" i="11" s="1"/>
+  <c r="F440" i="11" s="1"/>
   <c r="B430" i="11" l="1"/>
-  <c r="F440" i="11"/>
-  <c r="E448" i="11" l="1"/>
+  <c r="E448" i="11"/>
   <c r="F448" i="11" s="1"/>
   <c r="B450" i="11"/>
   <c r="B452" i="11" l="1"/>
   <c r="B458" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="108">
   <si>
     <t xml:space="preserve">Opgelet: Deze template is enkel geldig voor projecten die zijn ingediend vanaf 1 juli 2021. Voor oudere templates kan u terecht op www.vlaio.be. Navigeer naar het desbetreffende steuninstrument en ga naar het tabblad "vervolgstappen". </t>
   </si>
   <si>
     <t>Projectgegevens</t>
   </si>
   <si>
     <t>Projecttitel:</t>
   </si>
   <si>
     <t>VLAIO-projectnummer (HBC.xxxx.xxxx)</t>
   </si>
   <si>
     <t>Projectperiode (van xx/xx/20xx tot xx/xx/20xx)</t>
   </si>
   <si>
@@ -1360,103 +1361,108 @@
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Motivatie van de geclaimde werkingskosten in onderstaande tabel</t>
   </si>
   <si>
     <r>
       <t>(*)deze rubriek is voorzien voor derden (bedrijven, zelfstandigen, freelancers, kenniscentra en onderzoeksinstellingen) die in opdracht van een project- of onderzoekspartner een dienst leveren als onderaannemer alsook managementvennootschappen. Zaakvoerders en meewerkende vennoten die zichzelf niet of slechts gedeeltelijk uitbetalen alsook zelfstandigen en freelancers met een langdurig formeel engagement met het steunaanvragende bedrijf kunnen daarnaast hun gepresteerde mensmaanden onder de rubriek Personeelskosten rapporteren door gebruik te maken van de code "o". Onder een langdurig formeel engagement wordt verstaan minstens (de intentie tot) 12 opeenvolgende maanden of minstens (de intentie tot) de helft van de duur van het project. Wanneer er wordt geopteerd voor aantal mensmaanden als kostendriver wordt ook hier standaard uitgegaan van 1.596 uur of 210 werkdagen op jaarbasis.
 Gunstmaatregel voor startende bedrijven die op moment van indiening van het project minder dan 6 jaar geleden werden opgericht - zaakvoerders en meewerkende vennoten die in het aandelenregister van de onderneming zijn opgenomen kunnen werken via R/C-financiering (met een maximum van 8.500 EUR/maand).</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Ook intercommunales kunnen voor de verrekening van hun prestaties werken met rekening-courant. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>Als hiervan gebruik werd gemaakt moet dit traceerbaar zijn in de boekhouding en worden aangetoond aan de verificatiedienst.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Vul 'Borderel externe prestaties' in als je meer dan één factuur indient per leverancier/aanbieder.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">(**) Onder de rubriek Externe prestaties komen enerzijds geleverde diensten (die eventueel geactiveerd kunnen worden) en anderzijds goederen op maat die niet geactiveerd worden in aanmerking. </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>De bijhorende facturen met de overeenkomstige betalingsbewijzen en andere bewijsstukken worden opgeladen bij de digitale indieningsflow.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(*)enkel de afschrijvingen met betrekking tot investeringen die specifiek noodzakelijk zijn voor de uitvoering van het project of de gesubsidieerde activiteiten en die niet tot de standaarduitrusting van de onderneming of de onderzoeksinstelling behoren komen in aanmerking. 
 Standaard wordt een afschrijvingsritme van 5 jaar gehanteerd. Hiervan kan enkel in uitzonderlijke gevallen worden afgeweken maar zonder dat het afschrijvingsritme daarbij onder de 3 jaar valt. 
 Afschrijvingen van aangekochte goederen uit het verleden zijn aanvaardbaar als ze in de projectbegroting nominatief vermeld worden als te gebruiken voor het project en als ze tijdens het project nog als afschrijvend bestanddeel voorkomen. De toewijzing gebeurt pro rata volgens de gebruiks-, benuttings- of bezettingsgraad en de gebruiksperiode van het investeringsgoed binnen de projectperiode.
 De afschrijvingstabellen en het overzicht van de balansrekeningen (klasse 2) worden opgeladen bij de digitale indieningsflow. </t>
@@ -1625,51 +1631,51 @@
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>nnen de projectperiode uitgedrukt in maanden</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#,##0\ &quot;€&quot;;\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="168" formatCode="#,##0.0"/>
     <numFmt numFmtId="169" formatCode="\+0;\-0;0"/>
     <numFmt numFmtId="170" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="52" x14ac:knownFonts="1">
+  <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8.5"/>
@@ -1901,111 +1907,90 @@
       <color rgb="FF00B050"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8.5"/>
-[...17 lines deleted...]
-    <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-    </font>
-[...3 lines deleted...]
-      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
@@ -2016,52 +2001,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="85">
+  <borders count="84">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -3058,79 +3049,64 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="383">
+  <cellXfs count="386">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -3244,53 +3220,50 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="4" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -3549,391 +3522,402 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="24" fillId="7" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="40" fillId="9" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="9" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="9" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="9" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="9" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="9" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="68" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="69" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="82" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="14" fillId="9" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="7" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="6" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="47" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="14" fillId="9" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="10" fillId="3" borderId="7" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="3" borderId="6" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="3" borderId="47" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="3" borderId="28" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="3" borderId="30" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="3" borderId="39" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="28" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="30" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="39" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="14" fillId="9" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...100 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="168" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="13" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="5" borderId="7" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="10" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="13" fillId="2" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="14" fillId="10" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="14" fillId="10" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="10" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="14" fillId="10" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="14" fillId="10" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="10" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="10" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="10" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="10" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="2" fillId="10" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="10" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="10" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="2" fillId="10" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="10" borderId="12" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="10" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="10" borderId="29" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="47" fillId="10" borderId="48" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="10" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
@@ -3953,135 +3937,135 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="9" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="9" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
@@ -4157,54 +4141,54 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
@@ -4234,127 +4218,126 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="9" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="9" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Comma 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Komma 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Percent 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Procent" xfId="8" builtinId="5"/>
     <cellStyle name="Procent 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Valuta 2 2" xfId="9" xr:uid="{C181412D-C0F3-4E81-9EB1-994E734F8B60}"/>
   </cellStyles>
   <dxfs count="26">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -4692,51 +4675,55 @@
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A5B40D74-809D-47A8-ADE8-855B9080ADBC}" name="Tabel4" displayName="Tabel4" ref="A1:H101" totalsRowShown="0" headerRowDxfId="25">
   <autoFilter ref="A1:H101" xr:uid="{A5B40D74-809D-47A8-ADE8-855B9080ADBC}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{269F0130-AC56-4D76-9325-F475CEC62406}" name="Datum" dataDxfId="24"/>
     <tableColumn id="2" xr3:uid="{4818ABA8-B3D5-42A6-9CCF-5473AB2E709C}" name="Factuurnummer" dataDxfId="23"/>
     <tableColumn id="3" xr3:uid="{CA9E3DE3-D8B7-46BB-B902-6EA2960C3347}" name="Leverancier/ Aanbieder" dataDxfId="22"/>
     <tableColumn id="10" xr3:uid="{7C70599D-70BD-460A-951C-728399D5286D}" name="Ondernemingsnummer "/>
     <tableColumn id="4" xr3:uid="{AB90823D-2404-4702-8B68-A3AA1FFC81C0}" name="Omschrijving" dataDxfId="21"/>
     <tableColumn id="5" xr3:uid="{63F6AA83-AEA2-4FAE-912C-EB5C3F5FFA83}" name="Bedrag excl. Btw" dataDxfId="20"/>
     <tableColumn id="9" xr3:uid="{FC9C881C-4E80-412D-B2D3-7CC9E8761A0A}" name="Bedrag incl. Btw" dataDxfId="19"/>
     <tableColumn id="11" xr3:uid="{02A7B8E9-0601-439F-93FC-8F6F6C913478}" name="(Gestructureerde) mededeling" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight20" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{0175466B-E98A-4C35-8369-ACC402EBCF2D}" name="Tabel46" displayName="Tabel46" ref="A1:H101" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16">
   <autoFilter ref="A1:H101" xr:uid="{0175466B-E98A-4C35-8369-ACC402EBCF2D}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{F59B0AD8-64DF-41B9-855C-025DB050EB5F}" name="Datum" dataDxfId="15"/>
     <tableColumn id="2" xr3:uid="{26B8B942-8DBE-459B-8888-ACA9B6AE140B}" name="Factuurnummer" dataDxfId="14"/>
@@ -5015,26645 +5002,26645 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{706DBAF5-D8DE-459E-9DDD-21B7497B1FE6}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="15" max="15" width="16.21875" customWidth="1"/>
+    <col min="15" max="15" width="16.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A1" s="235" t="s">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A1" s="238" t="s">
         <v>105</v>
       </c>
-      <c r="B1" s="236"/>
-[...488 lines deleted...]
-      <c r="O29" s="236"/>
+      <c r="B1" s="239"/>
+      <c r="C1" s="239"/>
+      <c r="D1" s="239"/>
+      <c r="E1" s="239"/>
+      <c r="F1" s="239"/>
+      <c r="G1" s="239"/>
+      <c r="H1" s="239"/>
+      <c r="I1" s="239"/>
+      <c r="J1" s="239"/>
+      <c r="K1" s="239"/>
+      <c r="L1" s="239"/>
+      <c r="M1" s="239"/>
+      <c r="N1" s="239"/>
+      <c r="O1" s="239"/>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A2" s="239"/>
+      <c r="B2" s="239"/>
+      <c r="C2" s="239"/>
+      <c r="D2" s="239"/>
+      <c r="E2" s="239"/>
+      <c r="F2" s="239"/>
+      <c r="G2" s="239"/>
+      <c r="H2" s="239"/>
+      <c r="I2" s="239"/>
+      <c r="J2" s="239"/>
+      <c r="K2" s="239"/>
+      <c r="L2" s="239"/>
+      <c r="M2" s="239"/>
+      <c r="N2" s="239"/>
+      <c r="O2" s="239"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A3" s="239"/>
+      <c r="B3" s="239"/>
+      <c r="C3" s="239"/>
+      <c r="D3" s="239"/>
+      <c r="E3" s="239"/>
+      <c r="F3" s="239"/>
+      <c r="G3" s="239"/>
+      <c r="H3" s="239"/>
+      <c r="I3" s="239"/>
+      <c r="J3" s="239"/>
+      <c r="K3" s="239"/>
+      <c r="L3" s="239"/>
+      <c r="M3" s="239"/>
+      <c r="N3" s="239"/>
+      <c r="O3" s="239"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A4" s="239"/>
+      <c r="B4" s="239"/>
+      <c r="C4" s="239"/>
+      <c r="D4" s="239"/>
+      <c r="E4" s="239"/>
+      <c r="F4" s="239"/>
+      <c r="G4" s="239"/>
+      <c r="H4" s="239"/>
+      <c r="I4" s="239"/>
+      <c r="J4" s="239"/>
+      <c r="K4" s="239"/>
+      <c r="L4" s="239"/>
+      <c r="M4" s="239"/>
+      <c r="N4" s="239"/>
+      <c r="O4" s="239"/>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A5" s="239"/>
+      <c r="B5" s="239"/>
+      <c r="C5" s="239"/>
+      <c r="D5" s="239"/>
+      <c r="E5" s="239"/>
+      <c r="F5" s="239"/>
+      <c r="G5" s="239"/>
+      <c r="H5" s="239"/>
+      <c r="I5" s="239"/>
+      <c r="J5" s="239"/>
+      <c r="K5" s="239"/>
+      <c r="L5" s="239"/>
+      <c r="M5" s="239"/>
+      <c r="N5" s="239"/>
+      <c r="O5" s="239"/>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A6" s="239"/>
+      <c r="B6" s="239"/>
+      <c r="C6" s="239"/>
+      <c r="D6" s="239"/>
+      <c r="E6" s="239"/>
+      <c r="F6" s="239"/>
+      <c r="G6" s="239"/>
+      <c r="H6" s="239"/>
+      <c r="I6" s="239"/>
+      <c r="J6" s="239"/>
+      <c r="K6" s="239"/>
+      <c r="L6" s="239"/>
+      <c r="M6" s="239"/>
+      <c r="N6" s="239"/>
+      <c r="O6" s="239"/>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A7" s="239"/>
+      <c r="B7" s="239"/>
+      <c r="C7" s="239"/>
+      <c r="D7" s="239"/>
+      <c r="E7" s="239"/>
+      <c r="F7" s="239"/>
+      <c r="G7" s="239"/>
+      <c r="H7" s="239"/>
+      <c r="I7" s="239"/>
+      <c r="J7" s="239"/>
+      <c r="K7" s="239"/>
+      <c r="L7" s="239"/>
+      <c r="M7" s="239"/>
+      <c r="N7" s="239"/>
+      <c r="O7" s="239"/>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A8" s="239"/>
+      <c r="B8" s="239"/>
+      <c r="C8" s="239"/>
+      <c r="D8" s="239"/>
+      <c r="E8" s="239"/>
+      <c r="F8" s="239"/>
+      <c r="G8" s="239"/>
+      <c r="H8" s="239"/>
+      <c r="I8" s="239"/>
+      <c r="J8" s="239"/>
+      <c r="K8" s="239"/>
+      <c r="L8" s="239"/>
+      <c r="M8" s="239"/>
+      <c r="N8" s="239"/>
+      <c r="O8" s="239"/>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A9" s="239"/>
+      <c r="B9" s="239"/>
+      <c r="C9" s="239"/>
+      <c r="D9" s="239"/>
+      <c r="E9" s="239"/>
+      <c r="F9" s="239"/>
+      <c r="G9" s="239"/>
+      <c r="H9" s="239"/>
+      <c r="I9" s="239"/>
+      <c r="J9" s="239"/>
+      <c r="K9" s="239"/>
+      <c r="L9" s="239"/>
+      <c r="M9" s="239"/>
+      <c r="N9" s="239"/>
+      <c r="O9" s="239"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A10" s="239"/>
+      <c r="B10" s="239"/>
+      <c r="C10" s="239"/>
+      <c r="D10" s="239"/>
+      <c r="E10" s="239"/>
+      <c r="F10" s="239"/>
+      <c r="G10" s="239"/>
+      <c r="H10" s="239"/>
+      <c r="I10" s="239"/>
+      <c r="J10" s="239"/>
+      <c r="K10" s="239"/>
+      <c r="L10" s="239"/>
+      <c r="M10" s="239"/>
+      <c r="N10" s="239"/>
+      <c r="O10" s="239"/>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A11" s="239"/>
+      <c r="B11" s="239"/>
+      <c r="C11" s="239"/>
+      <c r="D11" s="239"/>
+      <c r="E11" s="239"/>
+      <c r="F11" s="239"/>
+      <c r="G11" s="239"/>
+      <c r="H11" s="239"/>
+      <c r="I11" s="239"/>
+      <c r="J11" s="239"/>
+      <c r="K11" s="239"/>
+      <c r="L11" s="239"/>
+      <c r="M11" s="239"/>
+      <c r="N11" s="239"/>
+      <c r="O11" s="239"/>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A12" s="239"/>
+      <c r="B12" s="239"/>
+      <c r="C12" s="239"/>
+      <c r="D12" s="239"/>
+      <c r="E12" s="239"/>
+      <c r="F12" s="239"/>
+      <c r="G12" s="239"/>
+      <c r="H12" s="239"/>
+      <c r="I12" s="239"/>
+      <c r="J12" s="239"/>
+      <c r="K12" s="239"/>
+      <c r="L12" s="239"/>
+      <c r="M12" s="239"/>
+      <c r="N12" s="239"/>
+      <c r="O12" s="239"/>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A13" s="239"/>
+      <c r="B13" s="239"/>
+      <c r="C13" s="239"/>
+      <c r="D13" s="239"/>
+      <c r="E13" s="239"/>
+      <c r="F13" s="239"/>
+      <c r="G13" s="239"/>
+      <c r="H13" s="239"/>
+      <c r="I13" s="239"/>
+      <c r="J13" s="239"/>
+      <c r="K13" s="239"/>
+      <c r="L13" s="239"/>
+      <c r="M13" s="239"/>
+      <c r="N13" s="239"/>
+      <c r="O13" s="239"/>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A14" s="239"/>
+      <c r="B14" s="239"/>
+      <c r="C14" s="239"/>
+      <c r="D14" s="239"/>
+      <c r="E14" s="239"/>
+      <c r="F14" s="239"/>
+      <c r="G14" s="239"/>
+      <c r="H14" s="239"/>
+      <c r="I14" s="239"/>
+      <c r="J14" s="239"/>
+      <c r="K14" s="239"/>
+      <c r="L14" s="239"/>
+      <c r="M14" s="239"/>
+      <c r="N14" s="239"/>
+      <c r="O14" s="239"/>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A15" s="239"/>
+      <c r="B15" s="239"/>
+      <c r="C15" s="239"/>
+      <c r="D15" s="239"/>
+      <c r="E15" s="239"/>
+      <c r="F15" s="239"/>
+      <c r="G15" s="239"/>
+      <c r="H15" s="239"/>
+      <c r="I15" s="239"/>
+      <c r="J15" s="239"/>
+      <c r="K15" s="239"/>
+      <c r="L15" s="239"/>
+      <c r="M15" s="239"/>
+      <c r="N15" s="239"/>
+      <c r="O15" s="239"/>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A16" s="239"/>
+      <c r="B16" s="239"/>
+      <c r="C16" s="239"/>
+      <c r="D16" s="239"/>
+      <c r="E16" s="239"/>
+      <c r="F16" s="239"/>
+      <c r="G16" s="239"/>
+      <c r="H16" s="239"/>
+      <c r="I16" s="239"/>
+      <c r="J16" s="239"/>
+      <c r="K16" s="239"/>
+      <c r="L16" s="239"/>
+      <c r="M16" s="239"/>
+      <c r="N16" s="239"/>
+      <c r="O16" s="239"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="239"/>
+      <c r="B17" s="239"/>
+      <c r="C17" s="239"/>
+      <c r="D17" s="239"/>
+      <c r="E17" s="239"/>
+      <c r="F17" s="239"/>
+      <c r="G17" s="239"/>
+      <c r="H17" s="239"/>
+      <c r="I17" s="239"/>
+      <c r="J17" s="239"/>
+      <c r="K17" s="239"/>
+      <c r="L17" s="239"/>
+      <c r="M17" s="239"/>
+      <c r="N17" s="239"/>
+      <c r="O17" s="239"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="239"/>
+      <c r="B18" s="239"/>
+      <c r="C18" s="239"/>
+      <c r="D18" s="239"/>
+      <c r="E18" s="239"/>
+      <c r="F18" s="239"/>
+      <c r="G18" s="239"/>
+      <c r="H18" s="239"/>
+      <c r="I18" s="239"/>
+      <c r="J18" s="239"/>
+      <c r="K18" s="239"/>
+      <c r="L18" s="239"/>
+      <c r="M18" s="239"/>
+      <c r="N18" s="239"/>
+      <c r="O18" s="239"/>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A19" s="239"/>
+      <c r="B19" s="239"/>
+      <c r="C19" s="239"/>
+      <c r="D19" s="239"/>
+      <c r="E19" s="239"/>
+      <c r="F19" s="239"/>
+      <c r="G19" s="239"/>
+      <c r="H19" s="239"/>
+      <c r="I19" s="239"/>
+      <c r="J19" s="239"/>
+      <c r="K19" s="239"/>
+      <c r="L19" s="239"/>
+      <c r="M19" s="239"/>
+      <c r="N19" s="239"/>
+      <c r="O19" s="239"/>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="239"/>
+      <c r="B20" s="239"/>
+      <c r="C20" s="239"/>
+      <c r="D20" s="239"/>
+      <c r="E20" s="239"/>
+      <c r="F20" s="239"/>
+      <c r="G20" s="239"/>
+      <c r="H20" s="239"/>
+      <c r="I20" s="239"/>
+      <c r="J20" s="239"/>
+      <c r="K20" s="239"/>
+      <c r="L20" s="239"/>
+      <c r="M20" s="239"/>
+      <c r="N20" s="239"/>
+      <c r="O20" s="239"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A21" s="239"/>
+      <c r="B21" s="239"/>
+      <c r="C21" s="239"/>
+      <c r="D21" s="239"/>
+      <c r="E21" s="239"/>
+      <c r="F21" s="239"/>
+      <c r="G21" s="239"/>
+      <c r="H21" s="239"/>
+      <c r="I21" s="239"/>
+      <c r="J21" s="239"/>
+      <c r="K21" s="239"/>
+      <c r="L21" s="239"/>
+      <c r="M21" s="239"/>
+      <c r="N21" s="239"/>
+      <c r="O21" s="239"/>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A22" s="239"/>
+      <c r="B22" s="239"/>
+      <c r="C22" s="239"/>
+      <c r="D22" s="239"/>
+      <c r="E22" s="239"/>
+      <c r="F22" s="239"/>
+      <c r="G22" s="239"/>
+      <c r="H22" s="239"/>
+      <c r="I22" s="239"/>
+      <c r="J22" s="239"/>
+      <c r="K22" s="239"/>
+      <c r="L22" s="239"/>
+      <c r="M22" s="239"/>
+      <c r="N22" s="239"/>
+      <c r="O22" s="239"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="239"/>
+      <c r="B23" s="239"/>
+      <c r="C23" s="239"/>
+      <c r="D23" s="239"/>
+      <c r="E23" s="239"/>
+      <c r="F23" s="239"/>
+      <c r="G23" s="239"/>
+      <c r="H23" s="239"/>
+      <c r="I23" s="239"/>
+      <c r="J23" s="239"/>
+      <c r="K23" s="239"/>
+      <c r="L23" s="239"/>
+      <c r="M23" s="239"/>
+      <c r="N23" s="239"/>
+      <c r="O23" s="239"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="239"/>
+      <c r="B24" s="239"/>
+      <c r="C24" s="239"/>
+      <c r="D24" s="239"/>
+      <c r="E24" s="239"/>
+      <c r="F24" s="239"/>
+      <c r="G24" s="239"/>
+      <c r="H24" s="239"/>
+      <c r="I24" s="239"/>
+      <c r="J24" s="239"/>
+      <c r="K24" s="239"/>
+      <c r="L24" s="239"/>
+      <c r="M24" s="239"/>
+      <c r="N24" s="239"/>
+      <c r="O24" s="239"/>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A25" s="239"/>
+      <c r="B25" s="239"/>
+      <c r="C25" s="239"/>
+      <c r="D25" s="239"/>
+      <c r="E25" s="239"/>
+      <c r="F25" s="239"/>
+      <c r="G25" s="239"/>
+      <c r="H25" s="239"/>
+      <c r="I25" s="239"/>
+      <c r="J25" s="239"/>
+      <c r="K25" s="239"/>
+      <c r="L25" s="239"/>
+      <c r="M25" s="239"/>
+      <c r="N25" s="239"/>
+      <c r="O25" s="239"/>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A26" s="239"/>
+      <c r="B26" s="239"/>
+      <c r="C26" s="239"/>
+      <c r="D26" s="239"/>
+      <c r="E26" s="239"/>
+      <c r="F26" s="239"/>
+      <c r="G26" s="239"/>
+      <c r="H26" s="239"/>
+      <c r="I26" s="239"/>
+      <c r="J26" s="239"/>
+      <c r="K26" s="239"/>
+      <c r="L26" s="239"/>
+      <c r="M26" s="239"/>
+      <c r="N26" s="239"/>
+      <c r="O26" s="239"/>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A27" s="239"/>
+      <c r="B27" s="239"/>
+      <c r="C27" s="239"/>
+      <c r="D27" s="239"/>
+      <c r="E27" s="239"/>
+      <c r="F27" s="239"/>
+      <c r="G27" s="239"/>
+      <c r="H27" s="239"/>
+      <c r="I27" s="239"/>
+      <c r="J27" s="239"/>
+      <c r="K27" s="239"/>
+      <c r="L27" s="239"/>
+      <c r="M27" s="239"/>
+      <c r="N27" s="239"/>
+      <c r="O27" s="239"/>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A28" s="239"/>
+      <c r="B28" s="239"/>
+      <c r="C28" s="239"/>
+      <c r="D28" s="239"/>
+      <c r="E28" s="239"/>
+      <c r="F28" s="239"/>
+      <c r="G28" s="239"/>
+      <c r="H28" s="239"/>
+      <c r="I28" s="239"/>
+      <c r="J28" s="239"/>
+      <c r="K28" s="239"/>
+      <c r="L28" s="239"/>
+      <c r="M28" s="239"/>
+      <c r="N28" s="239"/>
+      <c r="O28" s="239"/>
+    </row>
+    <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="239"/>
+      <c r="B29" s="239"/>
+      <c r="C29" s="239"/>
+      <c r="D29" s="239"/>
+      <c r="E29" s="239"/>
+      <c r="F29" s="239"/>
+      <c r="G29" s="239"/>
+      <c r="H29" s="239"/>
+      <c r="I29" s="239"/>
+      <c r="J29" s="239"/>
+      <c r="K29" s="239"/>
+      <c r="L29" s="239"/>
+      <c r="M29" s="239"/>
+      <c r="N29" s="239"/>
+      <c r="O29" s="239"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="2N9YDobXMV0SzBcWVwotJ6zcb8Na8NkZDowGnudn/NeO21dbhDjb+qyjGCbDTK62uZi7J0qveDCsNEkw+SVcWA==" saltValue="Z1XiGaav0RCA8jg85ylF6g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:O29"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ABF527-260C-4B48-8127-47D9ADAFA50D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR1115"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D423" sqref="D423"/>
+    <sheetView tabSelected="1" topLeftCell="A11" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="Z64" sqref="Z64"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.77734375" defaultRowHeight="10.8" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="39.21875" style="2" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="25" max="250" width="10.77734375" style="2"/>
+    <col min="1" max="1" width="39.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="13.140625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="12.5703125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="15.5703125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="15.85546875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="15.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.42578125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="15.42578125" style="3" customWidth="1"/>
+    <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.42578125" style="3" hidden="1" customWidth="1"/>
+    <col min="11" max="13" width="11.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="14" max="17" width="8.42578125" style="2" customWidth="1"/>
+    <col min="18" max="18" width="8.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="19" max="21" width="8.42578125" style="3" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="5.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="21.140625" style="2" customWidth="1"/>
+    <col min="24" max="24" width="2.140625" style="2" hidden="1" customWidth="1"/>
+    <col min="25" max="250" width="10.85546875" style="2"/>
     <col min="251" max="251" width="35" style="2" customWidth="1"/>
-    <col min="252" max="252" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="274" max="274" width="6.44140625" style="2" customWidth="1"/>
+    <col min="252" max="252" width="23.5703125" style="2" customWidth="1"/>
+    <col min="253" max="253" width="15.5703125" style="2" customWidth="1"/>
+    <col min="254" max="254" width="13.140625" style="2" customWidth="1"/>
+    <col min="255" max="255" width="15.42578125" style="2" customWidth="1"/>
+    <col min="256" max="256" width="13.140625" style="2" customWidth="1"/>
+    <col min="257" max="261" width="10.85546875" style="2" customWidth="1"/>
+    <col min="262" max="266" width="6.140625" style="2" customWidth="1"/>
+    <col min="267" max="267" width="8.42578125" style="2" customWidth="1"/>
+    <col min="268" max="268" width="6.42578125" style="2" customWidth="1"/>
+    <col min="269" max="269" width="6.85546875" style="2" customWidth="1"/>
+    <col min="270" max="270" width="6.42578125" style="2" customWidth="1"/>
+    <col min="271" max="273" width="10.85546875" style="2" customWidth="1"/>
+    <col min="274" max="274" width="6.42578125" style="2" customWidth="1"/>
     <col min="275" max="275" width="16" style="2" customWidth="1"/>
     <col min="276" max="276" width="12" style="2" customWidth="1"/>
-    <col min="277" max="277" width="9.77734375" style="2" customWidth="1"/>
-    <col min="278" max="506" width="10.77734375" style="2"/>
+    <col min="277" max="277" width="9.85546875" style="2" customWidth="1"/>
+    <col min="278" max="506" width="10.85546875" style="2"/>
     <col min="507" max="507" width="35" style="2" customWidth="1"/>
-    <col min="508" max="508" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="530" max="530" width="6.44140625" style="2" customWidth="1"/>
+    <col min="508" max="508" width="23.5703125" style="2" customWidth="1"/>
+    <col min="509" max="509" width="15.5703125" style="2" customWidth="1"/>
+    <col min="510" max="510" width="13.140625" style="2" customWidth="1"/>
+    <col min="511" max="511" width="15.42578125" style="2" customWidth="1"/>
+    <col min="512" max="512" width="13.140625" style="2" customWidth="1"/>
+    <col min="513" max="517" width="10.85546875" style="2" customWidth="1"/>
+    <col min="518" max="522" width="6.140625" style="2" customWidth="1"/>
+    <col min="523" max="523" width="8.42578125" style="2" customWidth="1"/>
+    <col min="524" max="524" width="6.42578125" style="2" customWidth="1"/>
+    <col min="525" max="525" width="6.85546875" style="2" customWidth="1"/>
+    <col min="526" max="526" width="6.42578125" style="2" customWidth="1"/>
+    <col min="527" max="529" width="10.85546875" style="2" customWidth="1"/>
+    <col min="530" max="530" width="6.42578125" style="2" customWidth="1"/>
     <col min="531" max="531" width="16" style="2" customWidth="1"/>
     <col min="532" max="532" width="12" style="2" customWidth="1"/>
-    <col min="533" max="533" width="9.77734375" style="2" customWidth="1"/>
-    <col min="534" max="762" width="10.77734375" style="2"/>
+    <col min="533" max="533" width="9.85546875" style="2" customWidth="1"/>
+    <col min="534" max="762" width="10.85546875" style="2"/>
     <col min="763" max="763" width="35" style="2" customWidth="1"/>
-    <col min="764" max="764" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="786" max="786" width="6.44140625" style="2" customWidth="1"/>
+    <col min="764" max="764" width="23.5703125" style="2" customWidth="1"/>
+    <col min="765" max="765" width="15.5703125" style="2" customWidth="1"/>
+    <col min="766" max="766" width="13.140625" style="2" customWidth="1"/>
+    <col min="767" max="767" width="15.42578125" style="2" customWidth="1"/>
+    <col min="768" max="768" width="13.140625" style="2" customWidth="1"/>
+    <col min="769" max="773" width="10.85546875" style="2" customWidth="1"/>
+    <col min="774" max="778" width="6.140625" style="2" customWidth="1"/>
+    <col min="779" max="779" width="8.42578125" style="2" customWidth="1"/>
+    <col min="780" max="780" width="6.42578125" style="2" customWidth="1"/>
+    <col min="781" max="781" width="6.85546875" style="2" customWidth="1"/>
+    <col min="782" max="782" width="6.42578125" style="2" customWidth="1"/>
+    <col min="783" max="785" width="10.85546875" style="2" customWidth="1"/>
+    <col min="786" max="786" width="6.42578125" style="2" customWidth="1"/>
     <col min="787" max="787" width="16" style="2" customWidth="1"/>
     <col min="788" max="788" width="12" style="2" customWidth="1"/>
-    <col min="789" max="789" width="9.77734375" style="2" customWidth="1"/>
-    <col min="790" max="1018" width="10.77734375" style="2"/>
+    <col min="789" max="789" width="9.85546875" style="2" customWidth="1"/>
+    <col min="790" max="1018" width="10.85546875" style="2"/>
     <col min="1019" max="1019" width="35" style="2" customWidth="1"/>
-    <col min="1020" max="1020" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1042" max="1042" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1020" max="1020" width="23.5703125" style="2" customWidth="1"/>
+    <col min="1021" max="1021" width="15.5703125" style="2" customWidth="1"/>
+    <col min="1022" max="1022" width="13.140625" style="2" customWidth="1"/>
+    <col min="1023" max="1023" width="15.42578125" style="2" customWidth="1"/>
+    <col min="1024" max="1024" width="13.140625" style="2" customWidth="1"/>
+    <col min="1025" max="1029" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1030" max="1034" width="6.140625" style="2" customWidth="1"/>
+    <col min="1035" max="1035" width="8.42578125" style="2" customWidth="1"/>
+    <col min="1036" max="1036" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1037" max="1037" width="6.85546875" style="2" customWidth="1"/>
+    <col min="1038" max="1038" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1039" max="1041" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1042" max="1042" width="6.42578125" style="2" customWidth="1"/>
     <col min="1043" max="1043" width="16" style="2" customWidth="1"/>
     <col min="1044" max="1044" width="12" style="2" customWidth="1"/>
-    <col min="1045" max="1045" width="9.77734375" style="2" customWidth="1"/>
-    <col min="1046" max="1274" width="10.77734375" style="2"/>
+    <col min="1045" max="1045" width="9.85546875" style="2" customWidth="1"/>
+    <col min="1046" max="1274" width="10.85546875" style="2"/>
     <col min="1275" max="1275" width="35" style="2" customWidth="1"/>
-    <col min="1276" max="1276" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1298" max="1298" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1276" max="1276" width="23.5703125" style="2" customWidth="1"/>
+    <col min="1277" max="1277" width="15.5703125" style="2" customWidth="1"/>
+    <col min="1278" max="1278" width="13.140625" style="2" customWidth="1"/>
+    <col min="1279" max="1279" width="15.42578125" style="2" customWidth="1"/>
+    <col min="1280" max="1280" width="13.140625" style="2" customWidth="1"/>
+    <col min="1281" max="1285" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1286" max="1290" width="6.140625" style="2" customWidth="1"/>
+    <col min="1291" max="1291" width="8.42578125" style="2" customWidth="1"/>
+    <col min="1292" max="1292" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1293" max="1293" width="6.85546875" style="2" customWidth="1"/>
+    <col min="1294" max="1294" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1295" max="1297" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1298" max="1298" width="6.42578125" style="2" customWidth="1"/>
     <col min="1299" max="1299" width="16" style="2" customWidth="1"/>
     <col min="1300" max="1300" width="12" style="2" customWidth="1"/>
-    <col min="1301" max="1301" width="9.77734375" style="2" customWidth="1"/>
-    <col min="1302" max="1530" width="10.77734375" style="2"/>
+    <col min="1301" max="1301" width="9.85546875" style="2" customWidth="1"/>
+    <col min="1302" max="1530" width="10.85546875" style="2"/>
     <col min="1531" max="1531" width="35" style="2" customWidth="1"/>
-    <col min="1532" max="1532" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1554" max="1554" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1532" max="1532" width="23.5703125" style="2" customWidth="1"/>
+    <col min="1533" max="1533" width="15.5703125" style="2" customWidth="1"/>
+    <col min="1534" max="1534" width="13.140625" style="2" customWidth="1"/>
+    <col min="1535" max="1535" width="15.42578125" style="2" customWidth="1"/>
+    <col min="1536" max="1536" width="13.140625" style="2" customWidth="1"/>
+    <col min="1537" max="1541" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1542" max="1546" width="6.140625" style="2" customWidth="1"/>
+    <col min="1547" max="1547" width="8.42578125" style="2" customWidth="1"/>
+    <col min="1548" max="1548" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1549" max="1549" width="6.85546875" style="2" customWidth="1"/>
+    <col min="1550" max="1550" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1551" max="1553" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1554" max="1554" width="6.42578125" style="2" customWidth="1"/>
     <col min="1555" max="1555" width="16" style="2" customWidth="1"/>
     <col min="1556" max="1556" width="12" style="2" customWidth="1"/>
-    <col min="1557" max="1557" width="9.77734375" style="2" customWidth="1"/>
-    <col min="1558" max="1786" width="10.77734375" style="2"/>
+    <col min="1557" max="1557" width="9.85546875" style="2" customWidth="1"/>
+    <col min="1558" max="1786" width="10.85546875" style="2"/>
     <col min="1787" max="1787" width="35" style="2" customWidth="1"/>
-    <col min="1788" max="1788" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1810" max="1810" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1788" max="1788" width="23.5703125" style="2" customWidth="1"/>
+    <col min="1789" max="1789" width="15.5703125" style="2" customWidth="1"/>
+    <col min="1790" max="1790" width="13.140625" style="2" customWidth="1"/>
+    <col min="1791" max="1791" width="15.42578125" style="2" customWidth="1"/>
+    <col min="1792" max="1792" width="13.140625" style="2" customWidth="1"/>
+    <col min="1793" max="1797" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1798" max="1802" width="6.140625" style="2" customWidth="1"/>
+    <col min="1803" max="1803" width="8.42578125" style="2" customWidth="1"/>
+    <col min="1804" max="1804" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1805" max="1805" width="6.85546875" style="2" customWidth="1"/>
+    <col min="1806" max="1806" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1807" max="1809" width="10.85546875" style="2" customWidth="1"/>
+    <col min="1810" max="1810" width="6.42578125" style="2" customWidth="1"/>
     <col min="1811" max="1811" width="16" style="2" customWidth="1"/>
     <col min="1812" max="1812" width="12" style="2" customWidth="1"/>
-    <col min="1813" max="1813" width="9.77734375" style="2" customWidth="1"/>
-    <col min="1814" max="2042" width="10.77734375" style="2"/>
+    <col min="1813" max="1813" width="9.85546875" style="2" customWidth="1"/>
+    <col min="1814" max="2042" width="10.85546875" style="2"/>
     <col min="2043" max="2043" width="35" style="2" customWidth="1"/>
-    <col min="2044" max="2044" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2066" max="2066" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2044" max="2044" width="23.5703125" style="2" customWidth="1"/>
+    <col min="2045" max="2045" width="15.5703125" style="2" customWidth="1"/>
+    <col min="2046" max="2046" width="13.140625" style="2" customWidth="1"/>
+    <col min="2047" max="2047" width="15.42578125" style="2" customWidth="1"/>
+    <col min="2048" max="2048" width="13.140625" style="2" customWidth="1"/>
+    <col min="2049" max="2053" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2054" max="2058" width="6.140625" style="2" customWidth="1"/>
+    <col min="2059" max="2059" width="8.42578125" style="2" customWidth="1"/>
+    <col min="2060" max="2060" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2061" max="2061" width="6.85546875" style="2" customWidth="1"/>
+    <col min="2062" max="2062" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2063" max="2065" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2066" max="2066" width="6.42578125" style="2" customWidth="1"/>
     <col min="2067" max="2067" width="16" style="2" customWidth="1"/>
     <col min="2068" max="2068" width="12" style="2" customWidth="1"/>
-    <col min="2069" max="2069" width="9.77734375" style="2" customWidth="1"/>
-    <col min="2070" max="2298" width="10.77734375" style="2"/>
+    <col min="2069" max="2069" width="9.85546875" style="2" customWidth="1"/>
+    <col min="2070" max="2298" width="10.85546875" style="2"/>
     <col min="2299" max="2299" width="35" style="2" customWidth="1"/>
-    <col min="2300" max="2300" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2322" max="2322" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2300" max="2300" width="23.5703125" style="2" customWidth="1"/>
+    <col min="2301" max="2301" width="15.5703125" style="2" customWidth="1"/>
+    <col min="2302" max="2302" width="13.140625" style="2" customWidth="1"/>
+    <col min="2303" max="2303" width="15.42578125" style="2" customWidth="1"/>
+    <col min="2304" max="2304" width="13.140625" style="2" customWidth="1"/>
+    <col min="2305" max="2309" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2310" max="2314" width="6.140625" style="2" customWidth="1"/>
+    <col min="2315" max="2315" width="8.42578125" style="2" customWidth="1"/>
+    <col min="2316" max="2316" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2317" max="2317" width="6.85546875" style="2" customWidth="1"/>
+    <col min="2318" max="2318" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2319" max="2321" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2322" max="2322" width="6.42578125" style="2" customWidth="1"/>
     <col min="2323" max="2323" width="16" style="2" customWidth="1"/>
     <col min="2324" max="2324" width="12" style="2" customWidth="1"/>
-    <col min="2325" max="2325" width="9.77734375" style="2" customWidth="1"/>
-    <col min="2326" max="2554" width="10.77734375" style="2"/>
+    <col min="2325" max="2325" width="9.85546875" style="2" customWidth="1"/>
+    <col min="2326" max="2554" width="10.85546875" style="2"/>
     <col min="2555" max="2555" width="35" style="2" customWidth="1"/>
-    <col min="2556" max="2556" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2578" max="2578" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2556" max="2556" width="23.5703125" style="2" customWidth="1"/>
+    <col min="2557" max="2557" width="15.5703125" style="2" customWidth="1"/>
+    <col min="2558" max="2558" width="13.140625" style="2" customWidth="1"/>
+    <col min="2559" max="2559" width="15.42578125" style="2" customWidth="1"/>
+    <col min="2560" max="2560" width="13.140625" style="2" customWidth="1"/>
+    <col min="2561" max="2565" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2566" max="2570" width="6.140625" style="2" customWidth="1"/>
+    <col min="2571" max="2571" width="8.42578125" style="2" customWidth="1"/>
+    <col min="2572" max="2572" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2573" max="2573" width="6.85546875" style="2" customWidth="1"/>
+    <col min="2574" max="2574" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2575" max="2577" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2578" max="2578" width="6.42578125" style="2" customWidth="1"/>
     <col min="2579" max="2579" width="16" style="2" customWidth="1"/>
     <col min="2580" max="2580" width="12" style="2" customWidth="1"/>
-    <col min="2581" max="2581" width="9.77734375" style="2" customWidth="1"/>
-    <col min="2582" max="2810" width="10.77734375" style="2"/>
+    <col min="2581" max="2581" width="9.85546875" style="2" customWidth="1"/>
+    <col min="2582" max="2810" width="10.85546875" style="2"/>
     <col min="2811" max="2811" width="35" style="2" customWidth="1"/>
-    <col min="2812" max="2812" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2834" max="2834" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2812" max="2812" width="23.5703125" style="2" customWidth="1"/>
+    <col min="2813" max="2813" width="15.5703125" style="2" customWidth="1"/>
+    <col min="2814" max="2814" width="13.140625" style="2" customWidth="1"/>
+    <col min="2815" max="2815" width="15.42578125" style="2" customWidth="1"/>
+    <col min="2816" max="2816" width="13.140625" style="2" customWidth="1"/>
+    <col min="2817" max="2821" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2822" max="2826" width="6.140625" style="2" customWidth="1"/>
+    <col min="2827" max="2827" width="8.42578125" style="2" customWidth="1"/>
+    <col min="2828" max="2828" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2829" max="2829" width="6.85546875" style="2" customWidth="1"/>
+    <col min="2830" max="2830" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2831" max="2833" width="10.85546875" style="2" customWidth="1"/>
+    <col min="2834" max="2834" width="6.42578125" style="2" customWidth="1"/>
     <col min="2835" max="2835" width="16" style="2" customWidth="1"/>
     <col min="2836" max="2836" width="12" style="2" customWidth="1"/>
-    <col min="2837" max="2837" width="9.77734375" style="2" customWidth="1"/>
-    <col min="2838" max="3066" width="10.77734375" style="2"/>
+    <col min="2837" max="2837" width="9.85546875" style="2" customWidth="1"/>
+    <col min="2838" max="3066" width="10.85546875" style="2"/>
     <col min="3067" max="3067" width="35" style="2" customWidth="1"/>
-    <col min="3068" max="3068" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3090" max="3090" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3068" max="3068" width="23.5703125" style="2" customWidth="1"/>
+    <col min="3069" max="3069" width="15.5703125" style="2" customWidth="1"/>
+    <col min="3070" max="3070" width="13.140625" style="2" customWidth="1"/>
+    <col min="3071" max="3071" width="15.42578125" style="2" customWidth="1"/>
+    <col min="3072" max="3072" width="13.140625" style="2" customWidth="1"/>
+    <col min="3073" max="3077" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3078" max="3082" width="6.140625" style="2" customWidth="1"/>
+    <col min="3083" max="3083" width="8.42578125" style="2" customWidth="1"/>
+    <col min="3084" max="3084" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3085" max="3085" width="6.85546875" style="2" customWidth="1"/>
+    <col min="3086" max="3086" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3087" max="3089" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3090" max="3090" width="6.42578125" style="2" customWidth="1"/>
     <col min="3091" max="3091" width="16" style="2" customWidth="1"/>
     <col min="3092" max="3092" width="12" style="2" customWidth="1"/>
-    <col min="3093" max="3093" width="9.77734375" style="2" customWidth="1"/>
-    <col min="3094" max="3322" width="10.77734375" style="2"/>
+    <col min="3093" max="3093" width="9.85546875" style="2" customWidth="1"/>
+    <col min="3094" max="3322" width="10.85546875" style="2"/>
     <col min="3323" max="3323" width="35" style="2" customWidth="1"/>
-    <col min="3324" max="3324" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3346" max="3346" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3324" max="3324" width="23.5703125" style="2" customWidth="1"/>
+    <col min="3325" max="3325" width="15.5703125" style="2" customWidth="1"/>
+    <col min="3326" max="3326" width="13.140625" style="2" customWidth="1"/>
+    <col min="3327" max="3327" width="15.42578125" style="2" customWidth="1"/>
+    <col min="3328" max="3328" width="13.140625" style="2" customWidth="1"/>
+    <col min="3329" max="3333" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3334" max="3338" width="6.140625" style="2" customWidth="1"/>
+    <col min="3339" max="3339" width="8.42578125" style="2" customWidth="1"/>
+    <col min="3340" max="3340" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3341" max="3341" width="6.85546875" style="2" customWidth="1"/>
+    <col min="3342" max="3342" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3343" max="3345" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3346" max="3346" width="6.42578125" style="2" customWidth="1"/>
     <col min="3347" max="3347" width="16" style="2" customWidth="1"/>
     <col min="3348" max="3348" width="12" style="2" customWidth="1"/>
-    <col min="3349" max="3349" width="9.77734375" style="2" customWidth="1"/>
-    <col min="3350" max="3578" width="10.77734375" style="2"/>
+    <col min="3349" max="3349" width="9.85546875" style="2" customWidth="1"/>
+    <col min="3350" max="3578" width="10.85546875" style="2"/>
     <col min="3579" max="3579" width="35" style="2" customWidth="1"/>
-    <col min="3580" max="3580" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3602" max="3602" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3580" max="3580" width="23.5703125" style="2" customWidth="1"/>
+    <col min="3581" max="3581" width="15.5703125" style="2" customWidth="1"/>
+    <col min="3582" max="3582" width="13.140625" style="2" customWidth="1"/>
+    <col min="3583" max="3583" width="15.42578125" style="2" customWidth="1"/>
+    <col min="3584" max="3584" width="13.140625" style="2" customWidth="1"/>
+    <col min="3585" max="3589" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3590" max="3594" width="6.140625" style="2" customWidth="1"/>
+    <col min="3595" max="3595" width="8.42578125" style="2" customWidth="1"/>
+    <col min="3596" max="3596" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3597" max="3597" width="6.85546875" style="2" customWidth="1"/>
+    <col min="3598" max="3598" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3599" max="3601" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3602" max="3602" width="6.42578125" style="2" customWidth="1"/>
     <col min="3603" max="3603" width="16" style="2" customWidth="1"/>
     <col min="3604" max="3604" width="12" style="2" customWidth="1"/>
-    <col min="3605" max="3605" width="9.77734375" style="2" customWidth="1"/>
-    <col min="3606" max="3834" width="10.77734375" style="2"/>
+    <col min="3605" max="3605" width="9.85546875" style="2" customWidth="1"/>
+    <col min="3606" max="3834" width="10.85546875" style="2"/>
     <col min="3835" max="3835" width="35" style="2" customWidth="1"/>
-    <col min="3836" max="3836" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3858" max="3858" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3836" max="3836" width="23.5703125" style="2" customWidth="1"/>
+    <col min="3837" max="3837" width="15.5703125" style="2" customWidth="1"/>
+    <col min="3838" max="3838" width="13.140625" style="2" customWidth="1"/>
+    <col min="3839" max="3839" width="15.42578125" style="2" customWidth="1"/>
+    <col min="3840" max="3840" width="13.140625" style="2" customWidth="1"/>
+    <col min="3841" max="3845" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3846" max="3850" width="6.140625" style="2" customWidth="1"/>
+    <col min="3851" max="3851" width="8.42578125" style="2" customWidth="1"/>
+    <col min="3852" max="3852" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3853" max="3853" width="6.85546875" style="2" customWidth="1"/>
+    <col min="3854" max="3854" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3855" max="3857" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3858" max="3858" width="6.42578125" style="2" customWidth="1"/>
     <col min="3859" max="3859" width="16" style="2" customWidth="1"/>
     <col min="3860" max="3860" width="12" style="2" customWidth="1"/>
-    <col min="3861" max="3861" width="9.77734375" style="2" customWidth="1"/>
-    <col min="3862" max="4090" width="10.77734375" style="2"/>
+    <col min="3861" max="3861" width="9.85546875" style="2" customWidth="1"/>
+    <col min="3862" max="4090" width="10.85546875" style="2"/>
     <col min="4091" max="4091" width="35" style="2" customWidth="1"/>
-    <col min="4092" max="4092" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4114" max="4114" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4092" max="4092" width="23.5703125" style="2" customWidth="1"/>
+    <col min="4093" max="4093" width="15.5703125" style="2" customWidth="1"/>
+    <col min="4094" max="4094" width="13.140625" style="2" customWidth="1"/>
+    <col min="4095" max="4095" width="15.42578125" style="2" customWidth="1"/>
+    <col min="4096" max="4096" width="13.140625" style="2" customWidth="1"/>
+    <col min="4097" max="4101" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4102" max="4106" width="6.140625" style="2" customWidth="1"/>
+    <col min="4107" max="4107" width="8.42578125" style="2" customWidth="1"/>
+    <col min="4108" max="4108" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4109" max="4109" width="6.85546875" style="2" customWidth="1"/>
+    <col min="4110" max="4110" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4111" max="4113" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4114" max="4114" width="6.42578125" style="2" customWidth="1"/>
     <col min="4115" max="4115" width="16" style="2" customWidth="1"/>
     <col min="4116" max="4116" width="12" style="2" customWidth="1"/>
-    <col min="4117" max="4117" width="9.77734375" style="2" customWidth="1"/>
-    <col min="4118" max="4346" width="10.77734375" style="2"/>
+    <col min="4117" max="4117" width="9.85546875" style="2" customWidth="1"/>
+    <col min="4118" max="4346" width="10.85546875" style="2"/>
     <col min="4347" max="4347" width="35" style="2" customWidth="1"/>
-    <col min="4348" max="4348" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4370" max="4370" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4348" max="4348" width="23.5703125" style="2" customWidth="1"/>
+    <col min="4349" max="4349" width="15.5703125" style="2" customWidth="1"/>
+    <col min="4350" max="4350" width="13.140625" style="2" customWidth="1"/>
+    <col min="4351" max="4351" width="15.42578125" style="2" customWidth="1"/>
+    <col min="4352" max="4352" width="13.140625" style="2" customWidth="1"/>
+    <col min="4353" max="4357" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4358" max="4362" width="6.140625" style="2" customWidth="1"/>
+    <col min="4363" max="4363" width="8.42578125" style="2" customWidth="1"/>
+    <col min="4364" max="4364" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4365" max="4365" width="6.85546875" style="2" customWidth="1"/>
+    <col min="4366" max="4366" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4367" max="4369" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4370" max="4370" width="6.42578125" style="2" customWidth="1"/>
     <col min="4371" max="4371" width="16" style="2" customWidth="1"/>
     <col min="4372" max="4372" width="12" style="2" customWidth="1"/>
-    <col min="4373" max="4373" width="9.77734375" style="2" customWidth="1"/>
-    <col min="4374" max="4602" width="10.77734375" style="2"/>
+    <col min="4373" max="4373" width="9.85546875" style="2" customWidth="1"/>
+    <col min="4374" max="4602" width="10.85546875" style="2"/>
     <col min="4603" max="4603" width="35" style="2" customWidth="1"/>
-    <col min="4604" max="4604" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4626" max="4626" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4604" max="4604" width="23.5703125" style="2" customWidth="1"/>
+    <col min="4605" max="4605" width="15.5703125" style="2" customWidth="1"/>
+    <col min="4606" max="4606" width="13.140625" style="2" customWidth="1"/>
+    <col min="4607" max="4607" width="15.42578125" style="2" customWidth="1"/>
+    <col min="4608" max="4608" width="13.140625" style="2" customWidth="1"/>
+    <col min="4609" max="4613" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4614" max="4618" width="6.140625" style="2" customWidth="1"/>
+    <col min="4619" max="4619" width="8.42578125" style="2" customWidth="1"/>
+    <col min="4620" max="4620" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4621" max="4621" width="6.85546875" style="2" customWidth="1"/>
+    <col min="4622" max="4622" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4623" max="4625" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4626" max="4626" width="6.42578125" style="2" customWidth="1"/>
     <col min="4627" max="4627" width="16" style="2" customWidth="1"/>
     <col min="4628" max="4628" width="12" style="2" customWidth="1"/>
-    <col min="4629" max="4629" width="9.77734375" style="2" customWidth="1"/>
-    <col min="4630" max="4858" width="10.77734375" style="2"/>
+    <col min="4629" max="4629" width="9.85546875" style="2" customWidth="1"/>
+    <col min="4630" max="4858" width="10.85546875" style="2"/>
     <col min="4859" max="4859" width="35" style="2" customWidth="1"/>
-    <col min="4860" max="4860" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4882" max="4882" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4860" max="4860" width="23.5703125" style="2" customWidth="1"/>
+    <col min="4861" max="4861" width="15.5703125" style="2" customWidth="1"/>
+    <col min="4862" max="4862" width="13.140625" style="2" customWidth="1"/>
+    <col min="4863" max="4863" width="15.42578125" style="2" customWidth="1"/>
+    <col min="4864" max="4864" width="13.140625" style="2" customWidth="1"/>
+    <col min="4865" max="4869" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4870" max="4874" width="6.140625" style="2" customWidth="1"/>
+    <col min="4875" max="4875" width="8.42578125" style="2" customWidth="1"/>
+    <col min="4876" max="4876" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4877" max="4877" width="6.85546875" style="2" customWidth="1"/>
+    <col min="4878" max="4878" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4879" max="4881" width="10.85546875" style="2" customWidth="1"/>
+    <col min="4882" max="4882" width="6.42578125" style="2" customWidth="1"/>
     <col min="4883" max="4883" width="16" style="2" customWidth="1"/>
     <col min="4884" max="4884" width="12" style="2" customWidth="1"/>
-    <col min="4885" max="4885" width="9.77734375" style="2" customWidth="1"/>
-    <col min="4886" max="5114" width="10.77734375" style="2"/>
+    <col min="4885" max="4885" width="9.85546875" style="2" customWidth="1"/>
+    <col min="4886" max="5114" width="10.85546875" style="2"/>
     <col min="5115" max="5115" width="35" style="2" customWidth="1"/>
-    <col min="5116" max="5116" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5138" max="5138" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5116" max="5116" width="23.5703125" style="2" customWidth="1"/>
+    <col min="5117" max="5117" width="15.5703125" style="2" customWidth="1"/>
+    <col min="5118" max="5118" width="13.140625" style="2" customWidth="1"/>
+    <col min="5119" max="5119" width="15.42578125" style="2" customWidth="1"/>
+    <col min="5120" max="5120" width="13.140625" style="2" customWidth="1"/>
+    <col min="5121" max="5125" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5126" max="5130" width="6.140625" style="2" customWidth="1"/>
+    <col min="5131" max="5131" width="8.42578125" style="2" customWidth="1"/>
+    <col min="5132" max="5132" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5133" max="5133" width="6.85546875" style="2" customWidth="1"/>
+    <col min="5134" max="5134" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5135" max="5137" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5138" max="5138" width="6.42578125" style="2" customWidth="1"/>
     <col min="5139" max="5139" width="16" style="2" customWidth="1"/>
     <col min="5140" max="5140" width="12" style="2" customWidth="1"/>
-    <col min="5141" max="5141" width="9.77734375" style="2" customWidth="1"/>
-    <col min="5142" max="5370" width="10.77734375" style="2"/>
+    <col min="5141" max="5141" width="9.85546875" style="2" customWidth="1"/>
+    <col min="5142" max="5370" width="10.85546875" style="2"/>
     <col min="5371" max="5371" width="35" style="2" customWidth="1"/>
-    <col min="5372" max="5372" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5394" max="5394" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5372" max="5372" width="23.5703125" style="2" customWidth="1"/>
+    <col min="5373" max="5373" width="15.5703125" style="2" customWidth="1"/>
+    <col min="5374" max="5374" width="13.140625" style="2" customWidth="1"/>
+    <col min="5375" max="5375" width="15.42578125" style="2" customWidth="1"/>
+    <col min="5376" max="5376" width="13.140625" style="2" customWidth="1"/>
+    <col min="5377" max="5381" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5382" max="5386" width="6.140625" style="2" customWidth="1"/>
+    <col min="5387" max="5387" width="8.42578125" style="2" customWidth="1"/>
+    <col min="5388" max="5388" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5389" max="5389" width="6.85546875" style="2" customWidth="1"/>
+    <col min="5390" max="5390" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5391" max="5393" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5394" max="5394" width="6.42578125" style="2" customWidth="1"/>
     <col min="5395" max="5395" width="16" style="2" customWidth="1"/>
     <col min="5396" max="5396" width="12" style="2" customWidth="1"/>
-    <col min="5397" max="5397" width="9.77734375" style="2" customWidth="1"/>
-    <col min="5398" max="5626" width="10.77734375" style="2"/>
+    <col min="5397" max="5397" width="9.85546875" style="2" customWidth="1"/>
+    <col min="5398" max="5626" width="10.85546875" style="2"/>
     <col min="5627" max="5627" width="35" style="2" customWidth="1"/>
-    <col min="5628" max="5628" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5650" max="5650" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5628" max="5628" width="23.5703125" style="2" customWidth="1"/>
+    <col min="5629" max="5629" width="15.5703125" style="2" customWidth="1"/>
+    <col min="5630" max="5630" width="13.140625" style="2" customWidth="1"/>
+    <col min="5631" max="5631" width="15.42578125" style="2" customWidth="1"/>
+    <col min="5632" max="5632" width="13.140625" style="2" customWidth="1"/>
+    <col min="5633" max="5637" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5638" max="5642" width="6.140625" style="2" customWidth="1"/>
+    <col min="5643" max="5643" width="8.42578125" style="2" customWidth="1"/>
+    <col min="5644" max="5644" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5645" max="5645" width="6.85546875" style="2" customWidth="1"/>
+    <col min="5646" max="5646" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5647" max="5649" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5650" max="5650" width="6.42578125" style="2" customWidth="1"/>
     <col min="5651" max="5651" width="16" style="2" customWidth="1"/>
     <col min="5652" max="5652" width="12" style="2" customWidth="1"/>
-    <col min="5653" max="5653" width="9.77734375" style="2" customWidth="1"/>
-    <col min="5654" max="5882" width="10.77734375" style="2"/>
+    <col min="5653" max="5653" width="9.85546875" style="2" customWidth="1"/>
+    <col min="5654" max="5882" width="10.85546875" style="2"/>
     <col min="5883" max="5883" width="35" style="2" customWidth="1"/>
-    <col min="5884" max="5884" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5906" max="5906" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5884" max="5884" width="23.5703125" style="2" customWidth="1"/>
+    <col min="5885" max="5885" width="15.5703125" style="2" customWidth="1"/>
+    <col min="5886" max="5886" width="13.140625" style="2" customWidth="1"/>
+    <col min="5887" max="5887" width="15.42578125" style="2" customWidth="1"/>
+    <col min="5888" max="5888" width="13.140625" style="2" customWidth="1"/>
+    <col min="5889" max="5893" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5894" max="5898" width="6.140625" style="2" customWidth="1"/>
+    <col min="5899" max="5899" width="8.42578125" style="2" customWidth="1"/>
+    <col min="5900" max="5900" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5901" max="5901" width="6.85546875" style="2" customWidth="1"/>
+    <col min="5902" max="5902" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5903" max="5905" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5906" max="5906" width="6.42578125" style="2" customWidth="1"/>
     <col min="5907" max="5907" width="16" style="2" customWidth="1"/>
     <col min="5908" max="5908" width="12" style="2" customWidth="1"/>
-    <col min="5909" max="5909" width="9.77734375" style="2" customWidth="1"/>
-    <col min="5910" max="6138" width="10.77734375" style="2"/>
+    <col min="5909" max="5909" width="9.85546875" style="2" customWidth="1"/>
+    <col min="5910" max="6138" width="10.85546875" style="2"/>
     <col min="6139" max="6139" width="35" style="2" customWidth="1"/>
-    <col min="6140" max="6140" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6162" max="6162" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6140" max="6140" width="23.5703125" style="2" customWidth="1"/>
+    <col min="6141" max="6141" width="15.5703125" style="2" customWidth="1"/>
+    <col min="6142" max="6142" width="13.140625" style="2" customWidth="1"/>
+    <col min="6143" max="6143" width="15.42578125" style="2" customWidth="1"/>
+    <col min="6144" max="6144" width="13.140625" style="2" customWidth="1"/>
+    <col min="6145" max="6149" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6150" max="6154" width="6.140625" style="2" customWidth="1"/>
+    <col min="6155" max="6155" width="8.42578125" style="2" customWidth="1"/>
+    <col min="6156" max="6156" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6157" max="6157" width="6.85546875" style="2" customWidth="1"/>
+    <col min="6158" max="6158" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6159" max="6161" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6162" max="6162" width="6.42578125" style="2" customWidth="1"/>
     <col min="6163" max="6163" width="16" style="2" customWidth="1"/>
     <col min="6164" max="6164" width="12" style="2" customWidth="1"/>
-    <col min="6165" max="6165" width="9.77734375" style="2" customWidth="1"/>
-    <col min="6166" max="6394" width="10.77734375" style="2"/>
+    <col min="6165" max="6165" width="9.85546875" style="2" customWidth="1"/>
+    <col min="6166" max="6394" width="10.85546875" style="2"/>
     <col min="6395" max="6395" width="35" style="2" customWidth="1"/>
-    <col min="6396" max="6396" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6418" max="6418" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6396" max="6396" width="23.5703125" style="2" customWidth="1"/>
+    <col min="6397" max="6397" width="15.5703125" style="2" customWidth="1"/>
+    <col min="6398" max="6398" width="13.140625" style="2" customWidth="1"/>
+    <col min="6399" max="6399" width="15.42578125" style="2" customWidth="1"/>
+    <col min="6400" max="6400" width="13.140625" style="2" customWidth="1"/>
+    <col min="6401" max="6405" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6406" max="6410" width="6.140625" style="2" customWidth="1"/>
+    <col min="6411" max="6411" width="8.42578125" style="2" customWidth="1"/>
+    <col min="6412" max="6412" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6413" max="6413" width="6.85546875" style="2" customWidth="1"/>
+    <col min="6414" max="6414" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6415" max="6417" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6418" max="6418" width="6.42578125" style="2" customWidth="1"/>
     <col min="6419" max="6419" width="16" style="2" customWidth="1"/>
     <col min="6420" max="6420" width="12" style="2" customWidth="1"/>
-    <col min="6421" max="6421" width="9.77734375" style="2" customWidth="1"/>
-    <col min="6422" max="6650" width="10.77734375" style="2"/>
+    <col min="6421" max="6421" width="9.85546875" style="2" customWidth="1"/>
+    <col min="6422" max="6650" width="10.85546875" style="2"/>
     <col min="6651" max="6651" width="35" style="2" customWidth="1"/>
-    <col min="6652" max="6652" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6674" max="6674" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6652" max="6652" width="23.5703125" style="2" customWidth="1"/>
+    <col min="6653" max="6653" width="15.5703125" style="2" customWidth="1"/>
+    <col min="6654" max="6654" width="13.140625" style="2" customWidth="1"/>
+    <col min="6655" max="6655" width="15.42578125" style="2" customWidth="1"/>
+    <col min="6656" max="6656" width="13.140625" style="2" customWidth="1"/>
+    <col min="6657" max="6661" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6662" max="6666" width="6.140625" style="2" customWidth="1"/>
+    <col min="6667" max="6667" width="8.42578125" style="2" customWidth="1"/>
+    <col min="6668" max="6668" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6669" max="6669" width="6.85546875" style="2" customWidth="1"/>
+    <col min="6670" max="6670" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6671" max="6673" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6674" max="6674" width="6.42578125" style="2" customWidth="1"/>
     <col min="6675" max="6675" width="16" style="2" customWidth="1"/>
     <col min="6676" max="6676" width="12" style="2" customWidth="1"/>
-    <col min="6677" max="6677" width="9.77734375" style="2" customWidth="1"/>
-    <col min="6678" max="6906" width="10.77734375" style="2"/>
+    <col min="6677" max="6677" width="9.85546875" style="2" customWidth="1"/>
+    <col min="6678" max="6906" width="10.85546875" style="2"/>
     <col min="6907" max="6907" width="35" style="2" customWidth="1"/>
-    <col min="6908" max="6908" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6930" max="6930" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6908" max="6908" width="23.5703125" style="2" customWidth="1"/>
+    <col min="6909" max="6909" width="15.5703125" style="2" customWidth="1"/>
+    <col min="6910" max="6910" width="13.140625" style="2" customWidth="1"/>
+    <col min="6911" max="6911" width="15.42578125" style="2" customWidth="1"/>
+    <col min="6912" max="6912" width="13.140625" style="2" customWidth="1"/>
+    <col min="6913" max="6917" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6918" max="6922" width="6.140625" style="2" customWidth="1"/>
+    <col min="6923" max="6923" width="8.42578125" style="2" customWidth="1"/>
+    <col min="6924" max="6924" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6925" max="6925" width="6.85546875" style="2" customWidth="1"/>
+    <col min="6926" max="6926" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6927" max="6929" width="10.85546875" style="2" customWidth="1"/>
+    <col min="6930" max="6930" width="6.42578125" style="2" customWidth="1"/>
     <col min="6931" max="6931" width="16" style="2" customWidth="1"/>
     <col min="6932" max="6932" width="12" style="2" customWidth="1"/>
-    <col min="6933" max="6933" width="9.77734375" style="2" customWidth="1"/>
-    <col min="6934" max="7162" width="10.77734375" style="2"/>
+    <col min="6933" max="6933" width="9.85546875" style="2" customWidth="1"/>
+    <col min="6934" max="7162" width="10.85546875" style="2"/>
     <col min="7163" max="7163" width="35" style="2" customWidth="1"/>
-    <col min="7164" max="7164" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7186" max="7186" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7164" max="7164" width="23.5703125" style="2" customWidth="1"/>
+    <col min="7165" max="7165" width="15.5703125" style="2" customWidth="1"/>
+    <col min="7166" max="7166" width="13.140625" style="2" customWidth="1"/>
+    <col min="7167" max="7167" width="15.42578125" style="2" customWidth="1"/>
+    <col min="7168" max="7168" width="13.140625" style="2" customWidth="1"/>
+    <col min="7169" max="7173" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7174" max="7178" width="6.140625" style="2" customWidth="1"/>
+    <col min="7179" max="7179" width="8.42578125" style="2" customWidth="1"/>
+    <col min="7180" max="7180" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7181" max="7181" width="6.85546875" style="2" customWidth="1"/>
+    <col min="7182" max="7182" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7183" max="7185" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7186" max="7186" width="6.42578125" style="2" customWidth="1"/>
     <col min="7187" max="7187" width="16" style="2" customWidth="1"/>
     <col min="7188" max="7188" width="12" style="2" customWidth="1"/>
-    <col min="7189" max="7189" width="9.77734375" style="2" customWidth="1"/>
-    <col min="7190" max="7418" width="10.77734375" style="2"/>
+    <col min="7189" max="7189" width="9.85546875" style="2" customWidth="1"/>
+    <col min="7190" max="7418" width="10.85546875" style="2"/>
     <col min="7419" max="7419" width="35" style="2" customWidth="1"/>
-    <col min="7420" max="7420" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7442" max="7442" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7420" max="7420" width="23.5703125" style="2" customWidth="1"/>
+    <col min="7421" max="7421" width="15.5703125" style="2" customWidth="1"/>
+    <col min="7422" max="7422" width="13.140625" style="2" customWidth="1"/>
+    <col min="7423" max="7423" width="15.42578125" style="2" customWidth="1"/>
+    <col min="7424" max="7424" width="13.140625" style="2" customWidth="1"/>
+    <col min="7425" max="7429" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7430" max="7434" width="6.140625" style="2" customWidth="1"/>
+    <col min="7435" max="7435" width="8.42578125" style="2" customWidth="1"/>
+    <col min="7436" max="7436" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7437" max="7437" width="6.85546875" style="2" customWidth="1"/>
+    <col min="7438" max="7438" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7439" max="7441" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7442" max="7442" width="6.42578125" style="2" customWidth="1"/>
     <col min="7443" max="7443" width="16" style="2" customWidth="1"/>
     <col min="7444" max="7444" width="12" style="2" customWidth="1"/>
-    <col min="7445" max="7445" width="9.77734375" style="2" customWidth="1"/>
-    <col min="7446" max="7674" width="10.77734375" style="2"/>
+    <col min="7445" max="7445" width="9.85546875" style="2" customWidth="1"/>
+    <col min="7446" max="7674" width="10.85546875" style="2"/>
     <col min="7675" max="7675" width="35" style="2" customWidth="1"/>
-    <col min="7676" max="7676" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7698" max="7698" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7676" max="7676" width="23.5703125" style="2" customWidth="1"/>
+    <col min="7677" max="7677" width="15.5703125" style="2" customWidth="1"/>
+    <col min="7678" max="7678" width="13.140625" style="2" customWidth="1"/>
+    <col min="7679" max="7679" width="15.42578125" style="2" customWidth="1"/>
+    <col min="7680" max="7680" width="13.140625" style="2" customWidth="1"/>
+    <col min="7681" max="7685" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7686" max="7690" width="6.140625" style="2" customWidth="1"/>
+    <col min="7691" max="7691" width="8.42578125" style="2" customWidth="1"/>
+    <col min="7692" max="7692" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7693" max="7693" width="6.85546875" style="2" customWidth="1"/>
+    <col min="7694" max="7694" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7695" max="7697" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7698" max="7698" width="6.42578125" style="2" customWidth="1"/>
     <col min="7699" max="7699" width="16" style="2" customWidth="1"/>
     <col min="7700" max="7700" width="12" style="2" customWidth="1"/>
-    <col min="7701" max="7701" width="9.77734375" style="2" customWidth="1"/>
-    <col min="7702" max="7930" width="10.77734375" style="2"/>
+    <col min="7701" max="7701" width="9.85546875" style="2" customWidth="1"/>
+    <col min="7702" max="7930" width="10.85546875" style="2"/>
     <col min="7931" max="7931" width="35" style="2" customWidth="1"/>
-    <col min="7932" max="7932" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7954" max="7954" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7932" max="7932" width="23.5703125" style="2" customWidth="1"/>
+    <col min="7933" max="7933" width="15.5703125" style="2" customWidth="1"/>
+    <col min="7934" max="7934" width="13.140625" style="2" customWidth="1"/>
+    <col min="7935" max="7935" width="15.42578125" style="2" customWidth="1"/>
+    <col min="7936" max="7936" width="13.140625" style="2" customWidth="1"/>
+    <col min="7937" max="7941" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7942" max="7946" width="6.140625" style="2" customWidth="1"/>
+    <col min="7947" max="7947" width="8.42578125" style="2" customWidth="1"/>
+    <col min="7948" max="7948" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7949" max="7949" width="6.85546875" style="2" customWidth="1"/>
+    <col min="7950" max="7950" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7951" max="7953" width="10.85546875" style="2" customWidth="1"/>
+    <col min="7954" max="7954" width="6.42578125" style="2" customWidth="1"/>
     <col min="7955" max="7955" width="16" style="2" customWidth="1"/>
     <col min="7956" max="7956" width="12" style="2" customWidth="1"/>
-    <col min="7957" max="7957" width="9.77734375" style="2" customWidth="1"/>
-    <col min="7958" max="8186" width="10.77734375" style="2"/>
+    <col min="7957" max="7957" width="9.85546875" style="2" customWidth="1"/>
+    <col min="7958" max="8186" width="10.85546875" style="2"/>
     <col min="8187" max="8187" width="35" style="2" customWidth="1"/>
-    <col min="8188" max="8188" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8210" max="8210" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8188" max="8188" width="23.5703125" style="2" customWidth="1"/>
+    <col min="8189" max="8189" width="15.5703125" style="2" customWidth="1"/>
+    <col min="8190" max="8190" width="13.140625" style="2" customWidth="1"/>
+    <col min="8191" max="8191" width="15.42578125" style="2" customWidth="1"/>
+    <col min="8192" max="8192" width="13.140625" style="2" customWidth="1"/>
+    <col min="8193" max="8197" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8198" max="8202" width="6.140625" style="2" customWidth="1"/>
+    <col min="8203" max="8203" width="8.42578125" style="2" customWidth="1"/>
+    <col min="8204" max="8204" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8205" max="8205" width="6.85546875" style="2" customWidth="1"/>
+    <col min="8206" max="8206" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8207" max="8209" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8210" max="8210" width="6.42578125" style="2" customWidth="1"/>
     <col min="8211" max="8211" width="16" style="2" customWidth="1"/>
     <col min="8212" max="8212" width="12" style="2" customWidth="1"/>
-    <col min="8213" max="8213" width="9.77734375" style="2" customWidth="1"/>
-    <col min="8214" max="8442" width="10.77734375" style="2"/>
+    <col min="8213" max="8213" width="9.85546875" style="2" customWidth="1"/>
+    <col min="8214" max="8442" width="10.85546875" style="2"/>
     <col min="8443" max="8443" width="35" style="2" customWidth="1"/>
-    <col min="8444" max="8444" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8466" max="8466" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8444" max="8444" width="23.5703125" style="2" customWidth="1"/>
+    <col min="8445" max="8445" width="15.5703125" style="2" customWidth="1"/>
+    <col min="8446" max="8446" width="13.140625" style="2" customWidth="1"/>
+    <col min="8447" max="8447" width="15.42578125" style="2" customWidth="1"/>
+    <col min="8448" max="8448" width="13.140625" style="2" customWidth="1"/>
+    <col min="8449" max="8453" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8454" max="8458" width="6.140625" style="2" customWidth="1"/>
+    <col min="8459" max="8459" width="8.42578125" style="2" customWidth="1"/>
+    <col min="8460" max="8460" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8461" max="8461" width="6.85546875" style="2" customWidth="1"/>
+    <col min="8462" max="8462" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8463" max="8465" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8466" max="8466" width="6.42578125" style="2" customWidth="1"/>
     <col min="8467" max="8467" width="16" style="2" customWidth="1"/>
     <col min="8468" max="8468" width="12" style="2" customWidth="1"/>
-    <col min="8469" max="8469" width="9.77734375" style="2" customWidth="1"/>
-    <col min="8470" max="8698" width="10.77734375" style="2"/>
+    <col min="8469" max="8469" width="9.85546875" style="2" customWidth="1"/>
+    <col min="8470" max="8698" width="10.85546875" style="2"/>
     <col min="8699" max="8699" width="35" style="2" customWidth="1"/>
-    <col min="8700" max="8700" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8722" max="8722" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8700" max="8700" width="23.5703125" style="2" customWidth="1"/>
+    <col min="8701" max="8701" width="15.5703125" style="2" customWidth="1"/>
+    <col min="8702" max="8702" width="13.140625" style="2" customWidth="1"/>
+    <col min="8703" max="8703" width="15.42578125" style="2" customWidth="1"/>
+    <col min="8704" max="8704" width="13.140625" style="2" customWidth="1"/>
+    <col min="8705" max="8709" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8710" max="8714" width="6.140625" style="2" customWidth="1"/>
+    <col min="8715" max="8715" width="8.42578125" style="2" customWidth="1"/>
+    <col min="8716" max="8716" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8717" max="8717" width="6.85546875" style="2" customWidth="1"/>
+    <col min="8718" max="8718" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8719" max="8721" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8722" max="8722" width="6.42578125" style="2" customWidth="1"/>
     <col min="8723" max="8723" width="16" style="2" customWidth="1"/>
     <col min="8724" max="8724" width="12" style="2" customWidth="1"/>
-    <col min="8725" max="8725" width="9.77734375" style="2" customWidth="1"/>
-    <col min="8726" max="8954" width="10.77734375" style="2"/>
+    <col min="8725" max="8725" width="9.85546875" style="2" customWidth="1"/>
+    <col min="8726" max="8954" width="10.85546875" style="2"/>
     <col min="8955" max="8955" width="35" style="2" customWidth="1"/>
-    <col min="8956" max="8956" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8978" max="8978" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8956" max="8956" width="23.5703125" style="2" customWidth="1"/>
+    <col min="8957" max="8957" width="15.5703125" style="2" customWidth="1"/>
+    <col min="8958" max="8958" width="13.140625" style="2" customWidth="1"/>
+    <col min="8959" max="8959" width="15.42578125" style="2" customWidth="1"/>
+    <col min="8960" max="8960" width="13.140625" style="2" customWidth="1"/>
+    <col min="8961" max="8965" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8966" max="8970" width="6.140625" style="2" customWidth="1"/>
+    <col min="8971" max="8971" width="8.42578125" style="2" customWidth="1"/>
+    <col min="8972" max="8972" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8973" max="8973" width="6.85546875" style="2" customWidth="1"/>
+    <col min="8974" max="8974" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8975" max="8977" width="10.85546875" style="2" customWidth="1"/>
+    <col min="8978" max="8978" width="6.42578125" style="2" customWidth="1"/>
     <col min="8979" max="8979" width="16" style="2" customWidth="1"/>
     <col min="8980" max="8980" width="12" style="2" customWidth="1"/>
-    <col min="8981" max="8981" width="9.77734375" style="2" customWidth="1"/>
-    <col min="8982" max="9210" width="10.77734375" style="2"/>
+    <col min="8981" max="8981" width="9.85546875" style="2" customWidth="1"/>
+    <col min="8982" max="9210" width="10.85546875" style="2"/>
     <col min="9211" max="9211" width="35" style="2" customWidth="1"/>
-    <col min="9212" max="9212" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9234" max="9234" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9212" max="9212" width="23.5703125" style="2" customWidth="1"/>
+    <col min="9213" max="9213" width="15.5703125" style="2" customWidth="1"/>
+    <col min="9214" max="9214" width="13.140625" style="2" customWidth="1"/>
+    <col min="9215" max="9215" width="15.42578125" style="2" customWidth="1"/>
+    <col min="9216" max="9216" width="13.140625" style="2" customWidth="1"/>
+    <col min="9217" max="9221" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9222" max="9226" width="6.140625" style="2" customWidth="1"/>
+    <col min="9227" max="9227" width="8.42578125" style="2" customWidth="1"/>
+    <col min="9228" max="9228" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9229" max="9229" width="6.85546875" style="2" customWidth="1"/>
+    <col min="9230" max="9230" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9231" max="9233" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9234" max="9234" width="6.42578125" style="2" customWidth="1"/>
     <col min="9235" max="9235" width="16" style="2" customWidth="1"/>
     <col min="9236" max="9236" width="12" style="2" customWidth="1"/>
-    <col min="9237" max="9237" width="9.77734375" style="2" customWidth="1"/>
-    <col min="9238" max="9466" width="10.77734375" style="2"/>
+    <col min="9237" max="9237" width="9.85546875" style="2" customWidth="1"/>
+    <col min="9238" max="9466" width="10.85546875" style="2"/>
     <col min="9467" max="9467" width="35" style="2" customWidth="1"/>
-    <col min="9468" max="9468" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9490" max="9490" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9468" max="9468" width="23.5703125" style="2" customWidth="1"/>
+    <col min="9469" max="9469" width="15.5703125" style="2" customWidth="1"/>
+    <col min="9470" max="9470" width="13.140625" style="2" customWidth="1"/>
+    <col min="9471" max="9471" width="15.42578125" style="2" customWidth="1"/>
+    <col min="9472" max="9472" width="13.140625" style="2" customWidth="1"/>
+    <col min="9473" max="9477" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9478" max="9482" width="6.140625" style="2" customWidth="1"/>
+    <col min="9483" max="9483" width="8.42578125" style="2" customWidth="1"/>
+    <col min="9484" max="9484" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9485" max="9485" width="6.85546875" style="2" customWidth="1"/>
+    <col min="9486" max="9486" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9487" max="9489" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9490" max="9490" width="6.42578125" style="2" customWidth="1"/>
     <col min="9491" max="9491" width="16" style="2" customWidth="1"/>
     <col min="9492" max="9492" width="12" style="2" customWidth="1"/>
-    <col min="9493" max="9493" width="9.77734375" style="2" customWidth="1"/>
-    <col min="9494" max="9722" width="10.77734375" style="2"/>
+    <col min="9493" max="9493" width="9.85546875" style="2" customWidth="1"/>
+    <col min="9494" max="9722" width="10.85546875" style="2"/>
     <col min="9723" max="9723" width="35" style="2" customWidth="1"/>
-    <col min="9724" max="9724" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9746" max="9746" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9724" max="9724" width="23.5703125" style="2" customWidth="1"/>
+    <col min="9725" max="9725" width="15.5703125" style="2" customWidth="1"/>
+    <col min="9726" max="9726" width="13.140625" style="2" customWidth="1"/>
+    <col min="9727" max="9727" width="15.42578125" style="2" customWidth="1"/>
+    <col min="9728" max="9728" width="13.140625" style="2" customWidth="1"/>
+    <col min="9729" max="9733" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9734" max="9738" width="6.140625" style="2" customWidth="1"/>
+    <col min="9739" max="9739" width="8.42578125" style="2" customWidth="1"/>
+    <col min="9740" max="9740" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9741" max="9741" width="6.85546875" style="2" customWidth="1"/>
+    <col min="9742" max="9742" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9743" max="9745" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9746" max="9746" width="6.42578125" style="2" customWidth="1"/>
     <col min="9747" max="9747" width="16" style="2" customWidth="1"/>
     <col min="9748" max="9748" width="12" style="2" customWidth="1"/>
-    <col min="9749" max="9749" width="9.77734375" style="2" customWidth="1"/>
-    <col min="9750" max="9978" width="10.77734375" style="2"/>
+    <col min="9749" max="9749" width="9.85546875" style="2" customWidth="1"/>
+    <col min="9750" max="9978" width="10.85546875" style="2"/>
     <col min="9979" max="9979" width="35" style="2" customWidth="1"/>
-    <col min="9980" max="9980" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10002" max="10002" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9980" max="9980" width="23.5703125" style="2" customWidth="1"/>
+    <col min="9981" max="9981" width="15.5703125" style="2" customWidth="1"/>
+    <col min="9982" max="9982" width="13.140625" style="2" customWidth="1"/>
+    <col min="9983" max="9983" width="15.42578125" style="2" customWidth="1"/>
+    <col min="9984" max="9984" width="13.140625" style="2" customWidth="1"/>
+    <col min="9985" max="9989" width="10.85546875" style="2" customWidth="1"/>
+    <col min="9990" max="9994" width="6.140625" style="2" customWidth="1"/>
+    <col min="9995" max="9995" width="8.42578125" style="2" customWidth="1"/>
+    <col min="9996" max="9996" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9997" max="9997" width="6.85546875" style="2" customWidth="1"/>
+    <col min="9998" max="9998" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9999" max="10001" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10002" max="10002" width="6.42578125" style="2" customWidth="1"/>
     <col min="10003" max="10003" width="16" style="2" customWidth="1"/>
     <col min="10004" max="10004" width="12" style="2" customWidth="1"/>
-    <col min="10005" max="10005" width="9.77734375" style="2" customWidth="1"/>
-    <col min="10006" max="10234" width="10.77734375" style="2"/>
+    <col min="10005" max="10005" width="9.85546875" style="2" customWidth="1"/>
+    <col min="10006" max="10234" width="10.85546875" style="2"/>
     <col min="10235" max="10235" width="35" style="2" customWidth="1"/>
-    <col min="10236" max="10236" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10258" max="10258" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10236" max="10236" width="23.5703125" style="2" customWidth="1"/>
+    <col min="10237" max="10237" width="15.5703125" style="2" customWidth="1"/>
+    <col min="10238" max="10238" width="13.140625" style="2" customWidth="1"/>
+    <col min="10239" max="10239" width="15.42578125" style="2" customWidth="1"/>
+    <col min="10240" max="10240" width="13.140625" style="2" customWidth="1"/>
+    <col min="10241" max="10245" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10246" max="10250" width="6.140625" style="2" customWidth="1"/>
+    <col min="10251" max="10251" width="8.42578125" style="2" customWidth="1"/>
+    <col min="10252" max="10252" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10253" max="10253" width="6.85546875" style="2" customWidth="1"/>
+    <col min="10254" max="10254" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10255" max="10257" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10258" max="10258" width="6.42578125" style="2" customWidth="1"/>
     <col min="10259" max="10259" width="16" style="2" customWidth="1"/>
     <col min="10260" max="10260" width="12" style="2" customWidth="1"/>
-    <col min="10261" max="10261" width="9.77734375" style="2" customWidth="1"/>
-    <col min="10262" max="10490" width="10.77734375" style="2"/>
+    <col min="10261" max="10261" width="9.85546875" style="2" customWidth="1"/>
+    <col min="10262" max="10490" width="10.85546875" style="2"/>
     <col min="10491" max="10491" width="35" style="2" customWidth="1"/>
-    <col min="10492" max="10492" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10514" max="10514" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10492" max="10492" width="23.5703125" style="2" customWidth="1"/>
+    <col min="10493" max="10493" width="15.5703125" style="2" customWidth="1"/>
+    <col min="10494" max="10494" width="13.140625" style="2" customWidth="1"/>
+    <col min="10495" max="10495" width="15.42578125" style="2" customWidth="1"/>
+    <col min="10496" max="10496" width="13.140625" style="2" customWidth="1"/>
+    <col min="10497" max="10501" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10502" max="10506" width="6.140625" style="2" customWidth="1"/>
+    <col min="10507" max="10507" width="8.42578125" style="2" customWidth="1"/>
+    <col min="10508" max="10508" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10509" max="10509" width="6.85546875" style="2" customWidth="1"/>
+    <col min="10510" max="10510" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10511" max="10513" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10514" max="10514" width="6.42578125" style="2" customWidth="1"/>
     <col min="10515" max="10515" width="16" style="2" customWidth="1"/>
     <col min="10516" max="10516" width="12" style="2" customWidth="1"/>
-    <col min="10517" max="10517" width="9.77734375" style="2" customWidth="1"/>
-    <col min="10518" max="10746" width="10.77734375" style="2"/>
+    <col min="10517" max="10517" width="9.85546875" style="2" customWidth="1"/>
+    <col min="10518" max="10746" width="10.85546875" style="2"/>
     <col min="10747" max="10747" width="35" style="2" customWidth="1"/>
-    <col min="10748" max="10748" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10770" max="10770" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10748" max="10748" width="23.5703125" style="2" customWidth="1"/>
+    <col min="10749" max="10749" width="15.5703125" style="2" customWidth="1"/>
+    <col min="10750" max="10750" width="13.140625" style="2" customWidth="1"/>
+    <col min="10751" max="10751" width="15.42578125" style="2" customWidth="1"/>
+    <col min="10752" max="10752" width="13.140625" style="2" customWidth="1"/>
+    <col min="10753" max="10757" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10758" max="10762" width="6.140625" style="2" customWidth="1"/>
+    <col min="10763" max="10763" width="8.42578125" style="2" customWidth="1"/>
+    <col min="10764" max="10764" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10765" max="10765" width="6.85546875" style="2" customWidth="1"/>
+    <col min="10766" max="10766" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10767" max="10769" width="10.85546875" style="2" customWidth="1"/>
+    <col min="10770" max="10770" width="6.42578125" style="2" customWidth="1"/>
     <col min="10771" max="10771" width="16" style="2" customWidth="1"/>
     <col min="10772" max="10772" width="12" style="2" customWidth="1"/>
-    <col min="10773" max="10773" width="9.77734375" style="2" customWidth="1"/>
-    <col min="10774" max="11002" width="10.77734375" style="2"/>
+    <col min="10773" max="10773" width="9.85546875" style="2" customWidth="1"/>
+    <col min="10774" max="11002" width="10.85546875" style="2"/>
     <col min="11003" max="11003" width="35" style="2" customWidth="1"/>
-    <col min="11004" max="11004" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11026" max="11026" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11004" max="11004" width="23.5703125" style="2" customWidth="1"/>
+    <col min="11005" max="11005" width="15.5703125" style="2" customWidth="1"/>
+    <col min="11006" max="11006" width="13.140625" style="2" customWidth="1"/>
+    <col min="11007" max="11007" width="15.42578125" style="2" customWidth="1"/>
+    <col min="11008" max="11008" width="13.140625" style="2" customWidth="1"/>
+    <col min="11009" max="11013" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11014" max="11018" width="6.140625" style="2" customWidth="1"/>
+    <col min="11019" max="11019" width="8.42578125" style="2" customWidth="1"/>
+    <col min="11020" max="11020" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11021" max="11021" width="6.85546875" style="2" customWidth="1"/>
+    <col min="11022" max="11022" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11023" max="11025" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11026" max="11026" width="6.42578125" style="2" customWidth="1"/>
     <col min="11027" max="11027" width="16" style="2" customWidth="1"/>
     <col min="11028" max="11028" width="12" style="2" customWidth="1"/>
-    <col min="11029" max="11029" width="9.77734375" style="2" customWidth="1"/>
-    <col min="11030" max="11258" width="10.77734375" style="2"/>
+    <col min="11029" max="11029" width="9.85546875" style="2" customWidth="1"/>
+    <col min="11030" max="11258" width="10.85546875" style="2"/>
     <col min="11259" max="11259" width="35" style="2" customWidth="1"/>
-    <col min="11260" max="11260" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11282" max="11282" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11260" max="11260" width="23.5703125" style="2" customWidth="1"/>
+    <col min="11261" max="11261" width="15.5703125" style="2" customWidth="1"/>
+    <col min="11262" max="11262" width="13.140625" style="2" customWidth="1"/>
+    <col min="11263" max="11263" width="15.42578125" style="2" customWidth="1"/>
+    <col min="11264" max="11264" width="13.140625" style="2" customWidth="1"/>
+    <col min="11265" max="11269" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11270" max="11274" width="6.140625" style="2" customWidth="1"/>
+    <col min="11275" max="11275" width="8.42578125" style="2" customWidth="1"/>
+    <col min="11276" max="11276" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11277" max="11277" width="6.85546875" style="2" customWidth="1"/>
+    <col min="11278" max="11278" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11279" max="11281" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11282" max="11282" width="6.42578125" style="2" customWidth="1"/>
     <col min="11283" max="11283" width="16" style="2" customWidth="1"/>
     <col min="11284" max="11284" width="12" style="2" customWidth="1"/>
-    <col min="11285" max="11285" width="9.77734375" style="2" customWidth="1"/>
-    <col min="11286" max="11514" width="10.77734375" style="2"/>
+    <col min="11285" max="11285" width="9.85546875" style="2" customWidth="1"/>
+    <col min="11286" max="11514" width="10.85546875" style="2"/>
     <col min="11515" max="11515" width="35" style="2" customWidth="1"/>
-    <col min="11516" max="11516" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11538" max="11538" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11516" max="11516" width="23.5703125" style="2" customWidth="1"/>
+    <col min="11517" max="11517" width="15.5703125" style="2" customWidth="1"/>
+    <col min="11518" max="11518" width="13.140625" style="2" customWidth="1"/>
+    <col min="11519" max="11519" width="15.42578125" style="2" customWidth="1"/>
+    <col min="11520" max="11520" width="13.140625" style="2" customWidth="1"/>
+    <col min="11521" max="11525" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11526" max="11530" width="6.140625" style="2" customWidth="1"/>
+    <col min="11531" max="11531" width="8.42578125" style="2" customWidth="1"/>
+    <col min="11532" max="11532" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11533" max="11533" width="6.85546875" style="2" customWidth="1"/>
+    <col min="11534" max="11534" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11535" max="11537" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11538" max="11538" width="6.42578125" style="2" customWidth="1"/>
     <col min="11539" max="11539" width="16" style="2" customWidth="1"/>
     <col min="11540" max="11540" width="12" style="2" customWidth="1"/>
-    <col min="11541" max="11541" width="9.77734375" style="2" customWidth="1"/>
-    <col min="11542" max="11770" width="10.77734375" style="2"/>
+    <col min="11541" max="11541" width="9.85546875" style="2" customWidth="1"/>
+    <col min="11542" max="11770" width="10.85546875" style="2"/>
     <col min="11771" max="11771" width="35" style="2" customWidth="1"/>
-    <col min="11772" max="11772" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11794" max="11794" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11772" max="11772" width="23.5703125" style="2" customWidth="1"/>
+    <col min="11773" max="11773" width="15.5703125" style="2" customWidth="1"/>
+    <col min="11774" max="11774" width="13.140625" style="2" customWidth="1"/>
+    <col min="11775" max="11775" width="15.42578125" style="2" customWidth="1"/>
+    <col min="11776" max="11776" width="13.140625" style="2" customWidth="1"/>
+    <col min="11777" max="11781" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11782" max="11786" width="6.140625" style="2" customWidth="1"/>
+    <col min="11787" max="11787" width="8.42578125" style="2" customWidth="1"/>
+    <col min="11788" max="11788" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11789" max="11789" width="6.85546875" style="2" customWidth="1"/>
+    <col min="11790" max="11790" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11791" max="11793" width="10.85546875" style="2" customWidth="1"/>
+    <col min="11794" max="11794" width="6.42578125" style="2" customWidth="1"/>
     <col min="11795" max="11795" width="16" style="2" customWidth="1"/>
     <col min="11796" max="11796" width="12" style="2" customWidth="1"/>
-    <col min="11797" max="11797" width="9.77734375" style="2" customWidth="1"/>
-    <col min="11798" max="12026" width="10.77734375" style="2"/>
+    <col min="11797" max="11797" width="9.85546875" style="2" customWidth="1"/>
+    <col min="11798" max="12026" width="10.85546875" style="2"/>
     <col min="12027" max="12027" width="35" style="2" customWidth="1"/>
-    <col min="12028" max="12028" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12050" max="12050" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12028" max="12028" width="23.5703125" style="2" customWidth="1"/>
+    <col min="12029" max="12029" width="15.5703125" style="2" customWidth="1"/>
+    <col min="12030" max="12030" width="13.140625" style="2" customWidth="1"/>
+    <col min="12031" max="12031" width="15.42578125" style="2" customWidth="1"/>
+    <col min="12032" max="12032" width="13.140625" style="2" customWidth="1"/>
+    <col min="12033" max="12037" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12038" max="12042" width="6.140625" style="2" customWidth="1"/>
+    <col min="12043" max="12043" width="8.42578125" style="2" customWidth="1"/>
+    <col min="12044" max="12044" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12045" max="12045" width="6.85546875" style="2" customWidth="1"/>
+    <col min="12046" max="12046" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12047" max="12049" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12050" max="12050" width="6.42578125" style="2" customWidth="1"/>
     <col min="12051" max="12051" width="16" style="2" customWidth="1"/>
     <col min="12052" max="12052" width="12" style="2" customWidth="1"/>
-    <col min="12053" max="12053" width="9.77734375" style="2" customWidth="1"/>
-    <col min="12054" max="12282" width="10.77734375" style="2"/>
+    <col min="12053" max="12053" width="9.85546875" style="2" customWidth="1"/>
+    <col min="12054" max="12282" width="10.85546875" style="2"/>
     <col min="12283" max="12283" width="35" style="2" customWidth="1"/>
-    <col min="12284" max="12284" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12306" max="12306" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12284" max="12284" width="23.5703125" style="2" customWidth="1"/>
+    <col min="12285" max="12285" width="15.5703125" style="2" customWidth="1"/>
+    <col min="12286" max="12286" width="13.140625" style="2" customWidth="1"/>
+    <col min="12287" max="12287" width="15.42578125" style="2" customWidth="1"/>
+    <col min="12288" max="12288" width="13.140625" style="2" customWidth="1"/>
+    <col min="12289" max="12293" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12294" max="12298" width="6.140625" style="2" customWidth="1"/>
+    <col min="12299" max="12299" width="8.42578125" style="2" customWidth="1"/>
+    <col min="12300" max="12300" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12301" max="12301" width="6.85546875" style="2" customWidth="1"/>
+    <col min="12302" max="12302" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12303" max="12305" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12306" max="12306" width="6.42578125" style="2" customWidth="1"/>
     <col min="12307" max="12307" width="16" style="2" customWidth="1"/>
     <col min="12308" max="12308" width="12" style="2" customWidth="1"/>
-    <col min="12309" max="12309" width="9.77734375" style="2" customWidth="1"/>
-    <col min="12310" max="12538" width="10.77734375" style="2"/>
+    <col min="12309" max="12309" width="9.85546875" style="2" customWidth="1"/>
+    <col min="12310" max="12538" width="10.85546875" style="2"/>
     <col min="12539" max="12539" width="35" style="2" customWidth="1"/>
-    <col min="12540" max="12540" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12562" max="12562" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12540" max="12540" width="23.5703125" style="2" customWidth="1"/>
+    <col min="12541" max="12541" width="15.5703125" style="2" customWidth="1"/>
+    <col min="12542" max="12542" width="13.140625" style="2" customWidth="1"/>
+    <col min="12543" max="12543" width="15.42578125" style="2" customWidth="1"/>
+    <col min="12544" max="12544" width="13.140625" style="2" customWidth="1"/>
+    <col min="12545" max="12549" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12550" max="12554" width="6.140625" style="2" customWidth="1"/>
+    <col min="12555" max="12555" width="8.42578125" style="2" customWidth="1"/>
+    <col min="12556" max="12556" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12557" max="12557" width="6.85546875" style="2" customWidth="1"/>
+    <col min="12558" max="12558" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12559" max="12561" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12562" max="12562" width="6.42578125" style="2" customWidth="1"/>
     <col min="12563" max="12563" width="16" style="2" customWidth="1"/>
     <col min="12564" max="12564" width="12" style="2" customWidth="1"/>
-    <col min="12565" max="12565" width="9.77734375" style="2" customWidth="1"/>
-    <col min="12566" max="12794" width="10.77734375" style="2"/>
+    <col min="12565" max="12565" width="9.85546875" style="2" customWidth="1"/>
+    <col min="12566" max="12794" width="10.85546875" style="2"/>
     <col min="12795" max="12795" width="35" style="2" customWidth="1"/>
-    <col min="12796" max="12796" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12818" max="12818" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12796" max="12796" width="23.5703125" style="2" customWidth="1"/>
+    <col min="12797" max="12797" width="15.5703125" style="2" customWidth="1"/>
+    <col min="12798" max="12798" width="13.140625" style="2" customWidth="1"/>
+    <col min="12799" max="12799" width="15.42578125" style="2" customWidth="1"/>
+    <col min="12800" max="12800" width="13.140625" style="2" customWidth="1"/>
+    <col min="12801" max="12805" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12806" max="12810" width="6.140625" style="2" customWidth="1"/>
+    <col min="12811" max="12811" width="8.42578125" style="2" customWidth="1"/>
+    <col min="12812" max="12812" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12813" max="12813" width="6.85546875" style="2" customWidth="1"/>
+    <col min="12814" max="12814" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12815" max="12817" width="10.85546875" style="2" customWidth="1"/>
+    <col min="12818" max="12818" width="6.42578125" style="2" customWidth="1"/>
     <col min="12819" max="12819" width="16" style="2" customWidth="1"/>
     <col min="12820" max="12820" width="12" style="2" customWidth="1"/>
-    <col min="12821" max="12821" width="9.77734375" style="2" customWidth="1"/>
-    <col min="12822" max="13050" width="10.77734375" style="2"/>
+    <col min="12821" max="12821" width="9.85546875" style="2" customWidth="1"/>
+    <col min="12822" max="13050" width="10.85546875" style="2"/>
     <col min="13051" max="13051" width="35" style="2" customWidth="1"/>
-    <col min="13052" max="13052" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13074" max="13074" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13052" max="13052" width="23.5703125" style="2" customWidth="1"/>
+    <col min="13053" max="13053" width="15.5703125" style="2" customWidth="1"/>
+    <col min="13054" max="13054" width="13.140625" style="2" customWidth="1"/>
+    <col min="13055" max="13055" width="15.42578125" style="2" customWidth="1"/>
+    <col min="13056" max="13056" width="13.140625" style="2" customWidth="1"/>
+    <col min="13057" max="13061" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13062" max="13066" width="6.140625" style="2" customWidth="1"/>
+    <col min="13067" max="13067" width="8.42578125" style="2" customWidth="1"/>
+    <col min="13068" max="13068" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13069" max="13069" width="6.85546875" style="2" customWidth="1"/>
+    <col min="13070" max="13070" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13071" max="13073" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13074" max="13074" width="6.42578125" style="2" customWidth="1"/>
     <col min="13075" max="13075" width="16" style="2" customWidth="1"/>
     <col min="13076" max="13076" width="12" style="2" customWidth="1"/>
-    <col min="13077" max="13077" width="9.77734375" style="2" customWidth="1"/>
-    <col min="13078" max="13306" width="10.77734375" style="2"/>
+    <col min="13077" max="13077" width="9.85546875" style="2" customWidth="1"/>
+    <col min="13078" max="13306" width="10.85546875" style="2"/>
     <col min="13307" max="13307" width="35" style="2" customWidth="1"/>
-    <col min="13308" max="13308" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13330" max="13330" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13308" max="13308" width="23.5703125" style="2" customWidth="1"/>
+    <col min="13309" max="13309" width="15.5703125" style="2" customWidth="1"/>
+    <col min="13310" max="13310" width="13.140625" style="2" customWidth="1"/>
+    <col min="13311" max="13311" width="15.42578125" style="2" customWidth="1"/>
+    <col min="13312" max="13312" width="13.140625" style="2" customWidth="1"/>
+    <col min="13313" max="13317" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13318" max="13322" width="6.140625" style="2" customWidth="1"/>
+    <col min="13323" max="13323" width="8.42578125" style="2" customWidth="1"/>
+    <col min="13324" max="13324" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13325" max="13325" width="6.85546875" style="2" customWidth="1"/>
+    <col min="13326" max="13326" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13327" max="13329" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13330" max="13330" width="6.42578125" style="2" customWidth="1"/>
     <col min="13331" max="13331" width="16" style="2" customWidth="1"/>
     <col min="13332" max="13332" width="12" style="2" customWidth="1"/>
-    <col min="13333" max="13333" width="9.77734375" style="2" customWidth="1"/>
-    <col min="13334" max="13562" width="10.77734375" style="2"/>
+    <col min="13333" max="13333" width="9.85546875" style="2" customWidth="1"/>
+    <col min="13334" max="13562" width="10.85546875" style="2"/>
     <col min="13563" max="13563" width="35" style="2" customWidth="1"/>
-    <col min="13564" max="13564" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13586" max="13586" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13564" max="13564" width="23.5703125" style="2" customWidth="1"/>
+    <col min="13565" max="13565" width="15.5703125" style="2" customWidth="1"/>
+    <col min="13566" max="13566" width="13.140625" style="2" customWidth="1"/>
+    <col min="13567" max="13567" width="15.42578125" style="2" customWidth="1"/>
+    <col min="13568" max="13568" width="13.140625" style="2" customWidth="1"/>
+    <col min="13569" max="13573" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13574" max="13578" width="6.140625" style="2" customWidth="1"/>
+    <col min="13579" max="13579" width="8.42578125" style="2" customWidth="1"/>
+    <col min="13580" max="13580" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13581" max="13581" width="6.85546875" style="2" customWidth="1"/>
+    <col min="13582" max="13582" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13583" max="13585" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13586" max="13586" width="6.42578125" style="2" customWidth="1"/>
     <col min="13587" max="13587" width="16" style="2" customWidth="1"/>
     <col min="13588" max="13588" width="12" style="2" customWidth="1"/>
-    <col min="13589" max="13589" width="9.77734375" style="2" customWidth="1"/>
-    <col min="13590" max="13818" width="10.77734375" style="2"/>
+    <col min="13589" max="13589" width="9.85546875" style="2" customWidth="1"/>
+    <col min="13590" max="13818" width="10.85546875" style="2"/>
     <col min="13819" max="13819" width="35" style="2" customWidth="1"/>
-    <col min="13820" max="13820" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13842" max="13842" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13820" max="13820" width="23.5703125" style="2" customWidth="1"/>
+    <col min="13821" max="13821" width="15.5703125" style="2" customWidth="1"/>
+    <col min="13822" max="13822" width="13.140625" style="2" customWidth="1"/>
+    <col min="13823" max="13823" width="15.42578125" style="2" customWidth="1"/>
+    <col min="13824" max="13824" width="13.140625" style="2" customWidth="1"/>
+    <col min="13825" max="13829" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13830" max="13834" width="6.140625" style="2" customWidth="1"/>
+    <col min="13835" max="13835" width="8.42578125" style="2" customWidth="1"/>
+    <col min="13836" max="13836" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13837" max="13837" width="6.85546875" style="2" customWidth="1"/>
+    <col min="13838" max="13838" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13839" max="13841" width="10.85546875" style="2" customWidth="1"/>
+    <col min="13842" max="13842" width="6.42578125" style="2" customWidth="1"/>
     <col min="13843" max="13843" width="16" style="2" customWidth="1"/>
     <col min="13844" max="13844" width="12" style="2" customWidth="1"/>
-    <col min="13845" max="13845" width="9.77734375" style="2" customWidth="1"/>
-    <col min="13846" max="14074" width="10.77734375" style="2"/>
+    <col min="13845" max="13845" width="9.85546875" style="2" customWidth="1"/>
+    <col min="13846" max="14074" width="10.85546875" style="2"/>
     <col min="14075" max="14075" width="35" style="2" customWidth="1"/>
-    <col min="14076" max="14076" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14098" max="14098" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14076" max="14076" width="23.5703125" style="2" customWidth="1"/>
+    <col min="14077" max="14077" width="15.5703125" style="2" customWidth="1"/>
+    <col min="14078" max="14078" width="13.140625" style="2" customWidth="1"/>
+    <col min="14079" max="14079" width="15.42578125" style="2" customWidth="1"/>
+    <col min="14080" max="14080" width="13.140625" style="2" customWidth="1"/>
+    <col min="14081" max="14085" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14086" max="14090" width="6.140625" style="2" customWidth="1"/>
+    <col min="14091" max="14091" width="8.42578125" style="2" customWidth="1"/>
+    <col min="14092" max="14092" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14093" max="14093" width="6.85546875" style="2" customWidth="1"/>
+    <col min="14094" max="14094" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14095" max="14097" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14098" max="14098" width="6.42578125" style="2" customWidth="1"/>
     <col min="14099" max="14099" width="16" style="2" customWidth="1"/>
     <col min="14100" max="14100" width="12" style="2" customWidth="1"/>
-    <col min="14101" max="14101" width="9.77734375" style="2" customWidth="1"/>
-    <col min="14102" max="14330" width="10.77734375" style="2"/>
+    <col min="14101" max="14101" width="9.85546875" style="2" customWidth="1"/>
+    <col min="14102" max="14330" width="10.85546875" style="2"/>
     <col min="14331" max="14331" width="35" style="2" customWidth="1"/>
-    <col min="14332" max="14332" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14354" max="14354" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14332" max="14332" width="23.5703125" style="2" customWidth="1"/>
+    <col min="14333" max="14333" width="15.5703125" style="2" customWidth="1"/>
+    <col min="14334" max="14334" width="13.140625" style="2" customWidth="1"/>
+    <col min="14335" max="14335" width="15.42578125" style="2" customWidth="1"/>
+    <col min="14336" max="14336" width="13.140625" style="2" customWidth="1"/>
+    <col min="14337" max="14341" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14342" max="14346" width="6.140625" style="2" customWidth="1"/>
+    <col min="14347" max="14347" width="8.42578125" style="2" customWidth="1"/>
+    <col min="14348" max="14348" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14349" max="14349" width="6.85546875" style="2" customWidth="1"/>
+    <col min="14350" max="14350" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14351" max="14353" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14354" max="14354" width="6.42578125" style="2" customWidth="1"/>
     <col min="14355" max="14355" width="16" style="2" customWidth="1"/>
     <col min="14356" max="14356" width="12" style="2" customWidth="1"/>
-    <col min="14357" max="14357" width="9.77734375" style="2" customWidth="1"/>
-    <col min="14358" max="14586" width="10.77734375" style="2"/>
+    <col min="14357" max="14357" width="9.85546875" style="2" customWidth="1"/>
+    <col min="14358" max="14586" width="10.85546875" style="2"/>
     <col min="14587" max="14587" width="35" style="2" customWidth="1"/>
-    <col min="14588" max="14588" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14610" max="14610" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14588" max="14588" width="23.5703125" style="2" customWidth="1"/>
+    <col min="14589" max="14589" width="15.5703125" style="2" customWidth="1"/>
+    <col min="14590" max="14590" width="13.140625" style="2" customWidth="1"/>
+    <col min="14591" max="14591" width="15.42578125" style="2" customWidth="1"/>
+    <col min="14592" max="14592" width="13.140625" style="2" customWidth="1"/>
+    <col min="14593" max="14597" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14598" max="14602" width="6.140625" style="2" customWidth="1"/>
+    <col min="14603" max="14603" width="8.42578125" style="2" customWidth="1"/>
+    <col min="14604" max="14604" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14605" max="14605" width="6.85546875" style="2" customWidth="1"/>
+    <col min="14606" max="14606" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14607" max="14609" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14610" max="14610" width="6.42578125" style="2" customWidth="1"/>
     <col min="14611" max="14611" width="16" style="2" customWidth="1"/>
     <col min="14612" max="14612" width="12" style="2" customWidth="1"/>
-    <col min="14613" max="14613" width="9.77734375" style="2" customWidth="1"/>
-    <col min="14614" max="14842" width="10.77734375" style="2"/>
+    <col min="14613" max="14613" width="9.85546875" style="2" customWidth="1"/>
+    <col min="14614" max="14842" width="10.85546875" style="2"/>
     <col min="14843" max="14843" width="35" style="2" customWidth="1"/>
-    <col min="14844" max="14844" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14866" max="14866" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14844" max="14844" width="23.5703125" style="2" customWidth="1"/>
+    <col min="14845" max="14845" width="15.5703125" style="2" customWidth="1"/>
+    <col min="14846" max="14846" width="13.140625" style="2" customWidth="1"/>
+    <col min="14847" max="14847" width="15.42578125" style="2" customWidth="1"/>
+    <col min="14848" max="14848" width="13.140625" style="2" customWidth="1"/>
+    <col min="14849" max="14853" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14854" max="14858" width="6.140625" style="2" customWidth="1"/>
+    <col min="14859" max="14859" width="8.42578125" style="2" customWidth="1"/>
+    <col min="14860" max="14860" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14861" max="14861" width="6.85546875" style="2" customWidth="1"/>
+    <col min="14862" max="14862" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14863" max="14865" width="10.85546875" style="2" customWidth="1"/>
+    <col min="14866" max="14866" width="6.42578125" style="2" customWidth="1"/>
     <col min="14867" max="14867" width="16" style="2" customWidth="1"/>
     <col min="14868" max="14868" width="12" style="2" customWidth="1"/>
-    <col min="14869" max="14869" width="9.77734375" style="2" customWidth="1"/>
-    <col min="14870" max="15098" width="10.77734375" style="2"/>
+    <col min="14869" max="14869" width="9.85546875" style="2" customWidth="1"/>
+    <col min="14870" max="15098" width="10.85546875" style="2"/>
     <col min="15099" max="15099" width="35" style="2" customWidth="1"/>
-    <col min="15100" max="15100" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15122" max="15122" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15100" max="15100" width="23.5703125" style="2" customWidth="1"/>
+    <col min="15101" max="15101" width="15.5703125" style="2" customWidth="1"/>
+    <col min="15102" max="15102" width="13.140625" style="2" customWidth="1"/>
+    <col min="15103" max="15103" width="15.42578125" style="2" customWidth="1"/>
+    <col min="15104" max="15104" width="13.140625" style="2" customWidth="1"/>
+    <col min="15105" max="15109" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15110" max="15114" width="6.140625" style="2" customWidth="1"/>
+    <col min="15115" max="15115" width="8.42578125" style="2" customWidth="1"/>
+    <col min="15116" max="15116" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15117" max="15117" width="6.85546875" style="2" customWidth="1"/>
+    <col min="15118" max="15118" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15119" max="15121" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15122" max="15122" width="6.42578125" style="2" customWidth="1"/>
     <col min="15123" max="15123" width="16" style="2" customWidth="1"/>
     <col min="15124" max="15124" width="12" style="2" customWidth="1"/>
-    <col min="15125" max="15125" width="9.77734375" style="2" customWidth="1"/>
-    <col min="15126" max="15354" width="10.77734375" style="2"/>
+    <col min="15125" max="15125" width="9.85546875" style="2" customWidth="1"/>
+    <col min="15126" max="15354" width="10.85546875" style="2"/>
     <col min="15355" max="15355" width="35" style="2" customWidth="1"/>
-    <col min="15356" max="15356" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15378" max="15378" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15356" max="15356" width="23.5703125" style="2" customWidth="1"/>
+    <col min="15357" max="15357" width="15.5703125" style="2" customWidth="1"/>
+    <col min="15358" max="15358" width="13.140625" style="2" customWidth="1"/>
+    <col min="15359" max="15359" width="15.42578125" style="2" customWidth="1"/>
+    <col min="15360" max="15360" width="13.140625" style="2" customWidth="1"/>
+    <col min="15361" max="15365" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15366" max="15370" width="6.140625" style="2" customWidth="1"/>
+    <col min="15371" max="15371" width="8.42578125" style="2" customWidth="1"/>
+    <col min="15372" max="15372" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15373" max="15373" width="6.85546875" style="2" customWidth="1"/>
+    <col min="15374" max="15374" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15375" max="15377" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15378" max="15378" width="6.42578125" style="2" customWidth="1"/>
     <col min="15379" max="15379" width="16" style="2" customWidth="1"/>
     <col min="15380" max="15380" width="12" style="2" customWidth="1"/>
-    <col min="15381" max="15381" width="9.77734375" style="2" customWidth="1"/>
-    <col min="15382" max="15610" width="10.77734375" style="2"/>
+    <col min="15381" max="15381" width="9.85546875" style="2" customWidth="1"/>
+    <col min="15382" max="15610" width="10.85546875" style="2"/>
     <col min="15611" max="15611" width="35" style="2" customWidth="1"/>
-    <col min="15612" max="15612" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15634" max="15634" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15612" max="15612" width="23.5703125" style="2" customWidth="1"/>
+    <col min="15613" max="15613" width="15.5703125" style="2" customWidth="1"/>
+    <col min="15614" max="15614" width="13.140625" style="2" customWidth="1"/>
+    <col min="15615" max="15615" width="15.42578125" style="2" customWidth="1"/>
+    <col min="15616" max="15616" width="13.140625" style="2" customWidth="1"/>
+    <col min="15617" max="15621" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15622" max="15626" width="6.140625" style="2" customWidth="1"/>
+    <col min="15627" max="15627" width="8.42578125" style="2" customWidth="1"/>
+    <col min="15628" max="15628" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15629" max="15629" width="6.85546875" style="2" customWidth="1"/>
+    <col min="15630" max="15630" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15631" max="15633" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15634" max="15634" width="6.42578125" style="2" customWidth="1"/>
     <col min="15635" max="15635" width="16" style="2" customWidth="1"/>
     <col min="15636" max="15636" width="12" style="2" customWidth="1"/>
-    <col min="15637" max="15637" width="9.77734375" style="2" customWidth="1"/>
-    <col min="15638" max="15866" width="10.77734375" style="2"/>
+    <col min="15637" max="15637" width="9.85546875" style="2" customWidth="1"/>
+    <col min="15638" max="15866" width="10.85546875" style="2"/>
     <col min="15867" max="15867" width="35" style="2" customWidth="1"/>
-    <col min="15868" max="15868" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15890" max="15890" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15868" max="15868" width="23.5703125" style="2" customWidth="1"/>
+    <col min="15869" max="15869" width="15.5703125" style="2" customWidth="1"/>
+    <col min="15870" max="15870" width="13.140625" style="2" customWidth="1"/>
+    <col min="15871" max="15871" width="15.42578125" style="2" customWidth="1"/>
+    <col min="15872" max="15872" width="13.140625" style="2" customWidth="1"/>
+    <col min="15873" max="15877" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15878" max="15882" width="6.140625" style="2" customWidth="1"/>
+    <col min="15883" max="15883" width="8.42578125" style="2" customWidth="1"/>
+    <col min="15884" max="15884" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15885" max="15885" width="6.85546875" style="2" customWidth="1"/>
+    <col min="15886" max="15886" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15887" max="15889" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15890" max="15890" width="6.42578125" style="2" customWidth="1"/>
     <col min="15891" max="15891" width="16" style="2" customWidth="1"/>
     <col min="15892" max="15892" width="12" style="2" customWidth="1"/>
-    <col min="15893" max="15893" width="9.77734375" style="2" customWidth="1"/>
-    <col min="15894" max="16122" width="10.77734375" style="2"/>
+    <col min="15893" max="15893" width="9.85546875" style="2" customWidth="1"/>
+    <col min="15894" max="16122" width="10.85546875" style="2"/>
     <col min="16123" max="16123" width="35" style="2" customWidth="1"/>
-    <col min="16124" max="16124" width="23.5546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="16146" max="16146" width="6.44140625" style="2" customWidth="1"/>
+    <col min="16124" max="16124" width="23.5703125" style="2" customWidth="1"/>
+    <col min="16125" max="16125" width="15.5703125" style="2" customWidth="1"/>
+    <col min="16126" max="16126" width="13.140625" style="2" customWidth="1"/>
+    <col min="16127" max="16127" width="15.42578125" style="2" customWidth="1"/>
+    <col min="16128" max="16128" width="13.140625" style="2" customWidth="1"/>
+    <col min="16129" max="16133" width="10.85546875" style="2" customWidth="1"/>
+    <col min="16134" max="16138" width="6.140625" style="2" customWidth="1"/>
+    <col min="16139" max="16139" width="8.42578125" style="2" customWidth="1"/>
+    <col min="16140" max="16140" width="6.42578125" style="2" customWidth="1"/>
+    <col min="16141" max="16141" width="6.85546875" style="2" customWidth="1"/>
+    <col min="16142" max="16142" width="6.42578125" style="2" customWidth="1"/>
+    <col min="16143" max="16145" width="10.85546875" style="2" customWidth="1"/>
+    <col min="16146" max="16146" width="6.42578125" style="2" customWidth="1"/>
     <col min="16147" max="16147" width="16" style="2" customWidth="1"/>
     <col min="16148" max="16148" width="12" style="2" customWidth="1"/>
-    <col min="16149" max="16149" width="9.77734375" style="2" customWidth="1"/>
-    <col min="16150" max="16384" width="10.77734375" style="2"/>
+    <col min="16149" max="16149" width="9.85546875" style="2" customWidth="1"/>
+    <col min="16150" max="16384" width="10.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="4" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="266" t="str">
+      <c r="A1" s="269" t="str">
         <f>"Vertrouwelijk - Financieel eindverslag: " &amp; C7</f>
         <v xml:space="preserve">Vertrouwelijk - Financieel eindverslag: </v>
       </c>
-      <c r="B1" s="267"/>
-[...40 lines deleted...]
-      <c r="AR1" s="62"/>
+      <c r="B1" s="270"/>
+      <c r="C1" s="270"/>
+      <c r="D1" s="270"/>
+      <c r="E1" s="270"/>
+      <c r="F1" s="270"/>
+      <c r="G1" s="270"/>
+      <c r="H1" s="270"/>
+      <c r="I1" s="270"/>
+      <c r="J1" s="270"/>
+      <c r="K1" s="270"/>
+      <c r="L1" s="270"/>
+      <c r="M1" s="270"/>
+      <c r="N1" s="270"/>
+      <c r="O1" s="270"/>
+      <c r="P1" s="270"/>
+      <c r="Q1" s="270"/>
+      <c r="R1" s="270"/>
+      <c r="S1" s="270"/>
+      <c r="T1" s="270"/>
+      <c r="U1" s="270"/>
+      <c r="V1" s="270"/>
+      <c r="W1" s="271"/>
+      <c r="Y1" s="61"/>
+      <c r="Z1" s="61"/>
+      <c r="AA1" s="61"/>
+      <c r="AB1" s="61"/>
+      <c r="AC1" s="61"/>
+      <c r="AD1" s="61"/>
+      <c r="AE1" s="61"/>
+      <c r="AF1" s="61"/>
+      <c r="AG1" s="61"/>
+      <c r="AH1" s="61"/>
+      <c r="AI1" s="61"/>
+      <c r="AJ1" s="61"/>
+      <c r="AK1" s="61"/>
+      <c r="AL1" s="61"/>
+      <c r="AM1" s="61"/>
+      <c r="AN1" s="61"/>
+      <c r="AO1" s="61"/>
+      <c r="AP1" s="61"/>
+      <c r="AQ1" s="61"/>
+      <c r="AR1" s="61"/>
     </row>
     <row r="2" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="69" t="s">
-[...21 lines deleted...]
-      <c r="AR2" s="63"/>
+      <c r="A2" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="Y2" s="62"/>
+      <c r="Z2" s="62"/>
+      <c r="AA2" s="62"/>
+      <c r="AB2" s="62"/>
+      <c r="AC2" s="62"/>
+      <c r="AD2" s="62"/>
+      <c r="AE2" s="62"/>
+      <c r="AF2" s="62"/>
+      <c r="AG2" s="62"/>
+      <c r="AH2" s="62"/>
+      <c r="AI2" s="62"/>
+      <c r="AJ2" s="62"/>
+      <c r="AK2" s="62"/>
+      <c r="AL2" s="62"/>
+      <c r="AM2" s="62"/>
+      <c r="AN2" s="62"/>
+      <c r="AO2" s="62"/>
+      <c r="AP2" s="62"/>
+      <c r="AQ2" s="62"/>
+      <c r="AR2" s="62"/>
     </row>
     <row r="3" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="269" t="s">
+      <c r="A3" s="272" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="270"/>
-[...40 lines deleted...]
-      <c r="AR3" s="63"/>
+      <c r="B3" s="273"/>
+      <c r="C3" s="274"/>
+      <c r="D3" s="274"/>
+      <c r="E3" s="274"/>
+      <c r="F3" s="274"/>
+      <c r="G3" s="274"/>
+      <c r="H3" s="274"/>
+      <c r="I3" s="274"/>
+      <c r="J3" s="274"/>
+      <c r="K3" s="274"/>
+      <c r="L3" s="274"/>
+      <c r="M3" s="274"/>
+      <c r="N3" s="274"/>
+      <c r="O3" s="274"/>
+      <c r="P3" s="274"/>
+      <c r="Q3" s="274"/>
+      <c r="R3" s="274"/>
+      <c r="S3" s="274"/>
+      <c r="T3" s="274"/>
+      <c r="U3" s="274"/>
+      <c r="V3" s="274"/>
+      <c r="W3" s="275"/>
+      <c r="Y3" s="62"/>
+      <c r="Z3" s="62"/>
+      <c r="AA3" s="62"/>
+      <c r="AB3" s="62"/>
+      <c r="AC3" s="62"/>
+      <c r="AD3" s="62"/>
+      <c r="AE3" s="62"/>
+      <c r="AF3" s="62"/>
+      <c r="AG3" s="62"/>
+      <c r="AH3" s="62"/>
+      <c r="AI3" s="62"/>
+      <c r="AJ3" s="62"/>
+      <c r="AK3" s="62"/>
+      <c r="AL3" s="62"/>
+      <c r="AM3" s="62"/>
+      <c r="AN3" s="62"/>
+      <c r="AO3" s="62"/>
+      <c r="AP3" s="62"/>
+      <c r="AQ3" s="62"/>
+      <c r="AR3" s="62"/>
     </row>
     <row r="4" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="243" t="s">
+      <c r="A4" s="246" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="244"/>
-[...40 lines deleted...]
-      <c r="AR4" s="63"/>
+      <c r="B4" s="247"/>
+      <c r="C4" s="243"/>
+      <c r="D4" s="244"/>
+      <c r="E4" s="244"/>
+      <c r="F4" s="244"/>
+      <c r="G4" s="244"/>
+      <c r="H4" s="244"/>
+      <c r="I4" s="244"/>
+      <c r="J4" s="244"/>
+      <c r="K4" s="244"/>
+      <c r="L4" s="244"/>
+      <c r="M4" s="244"/>
+      <c r="N4" s="244"/>
+      <c r="O4" s="244"/>
+      <c r="P4" s="244"/>
+      <c r="Q4" s="244"/>
+      <c r="R4" s="244"/>
+      <c r="S4" s="244"/>
+      <c r="T4" s="244"/>
+      <c r="U4" s="244"/>
+      <c r="V4" s="244"/>
+      <c r="W4" s="245"/>
+      <c r="Y4" s="62"/>
+      <c r="Z4" s="62"/>
+      <c r="AA4" s="62"/>
+      <c r="AB4" s="62"/>
+      <c r="AC4" s="62"/>
+      <c r="AD4" s="62"/>
+      <c r="AE4" s="62"/>
+      <c r="AF4" s="62"/>
+      <c r="AG4" s="62"/>
+      <c r="AH4" s="62"/>
+      <c r="AI4" s="62"/>
+      <c r="AJ4" s="62"/>
+      <c r="AK4" s="62"/>
+      <c r="AL4" s="62"/>
+      <c r="AM4" s="62"/>
+      <c r="AN4" s="62"/>
+      <c r="AO4" s="62"/>
+      <c r="AP4" s="62"/>
+      <c r="AQ4" s="62"/>
+      <c r="AR4" s="62"/>
     </row>
     <row r="5" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="243" t="s">
+      <c r="A5" s="246" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="244"/>
-[...40 lines deleted...]
-      <c r="AR5" s="63"/>
+      <c r="B5" s="247"/>
+      <c r="C5" s="243"/>
+      <c r="D5" s="244"/>
+      <c r="E5" s="244"/>
+      <c r="F5" s="244"/>
+      <c r="G5" s="244"/>
+      <c r="H5" s="244"/>
+      <c r="I5" s="244"/>
+      <c r="J5" s="244"/>
+      <c r="K5" s="244"/>
+      <c r="L5" s="244"/>
+      <c r="M5" s="244"/>
+      <c r="N5" s="244"/>
+      <c r="O5" s="244"/>
+      <c r="P5" s="244"/>
+      <c r="Q5" s="244"/>
+      <c r="R5" s="244"/>
+      <c r="S5" s="244"/>
+      <c r="T5" s="244"/>
+      <c r="U5" s="244"/>
+      <c r="V5" s="244"/>
+      <c r="W5" s="245"/>
+      <c r="Y5" s="62"/>
+      <c r="Z5" s="62"/>
+      <c r="AA5" s="62"/>
+      <c r="AB5" s="62"/>
+      <c r="AC5" s="62"/>
+      <c r="AD5" s="62"/>
+      <c r="AE5" s="62"/>
+      <c r="AF5" s="62"/>
+      <c r="AG5" s="62"/>
+      <c r="AH5" s="62"/>
+      <c r="AI5" s="62"/>
+      <c r="AJ5" s="62"/>
+      <c r="AK5" s="62"/>
+      <c r="AL5" s="62"/>
+      <c r="AM5" s="62"/>
+      <c r="AN5" s="62"/>
+      <c r="AO5" s="62"/>
+      <c r="AP5" s="62"/>
+      <c r="AQ5" s="62"/>
+      <c r="AR5" s="62"/>
     </row>
     <row r="6" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="151" t="s">
+      <c r="A6" s="181" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="152"/>
-[...40 lines deleted...]
-      <c r="AR6" s="63"/>
+      <c r="B6" s="182"/>
+      <c r="C6" s="243"/>
+      <c r="D6" s="244"/>
+      <c r="E6" s="244"/>
+      <c r="F6" s="244"/>
+      <c r="G6" s="244"/>
+      <c r="H6" s="244"/>
+      <c r="I6" s="244"/>
+      <c r="J6" s="244"/>
+      <c r="K6" s="244"/>
+      <c r="L6" s="244"/>
+      <c r="M6" s="244"/>
+      <c r="N6" s="244"/>
+      <c r="O6" s="244"/>
+      <c r="P6" s="244"/>
+      <c r="Q6" s="244"/>
+      <c r="R6" s="244"/>
+      <c r="S6" s="244"/>
+      <c r="T6" s="244"/>
+      <c r="U6" s="244"/>
+      <c r="V6" s="244"/>
+      <c r="W6" s="245"/>
+      <c r="Y6" s="62"/>
+      <c r="Z6" s="62"/>
+      <c r="AA6" s="62"/>
+      <c r="AB6" s="62"/>
+      <c r="AC6" s="62"/>
+      <c r="AD6" s="62"/>
+      <c r="AE6" s="62"/>
+      <c r="AF6" s="62"/>
+      <c r="AG6" s="62"/>
+      <c r="AH6" s="62"/>
+      <c r="AI6" s="62"/>
+      <c r="AJ6" s="62"/>
+      <c r="AK6" s="62"/>
+      <c r="AL6" s="62"/>
+      <c r="AM6" s="62"/>
+      <c r="AN6" s="62"/>
+      <c r="AO6" s="62"/>
+      <c r="AP6" s="62"/>
+      <c r="AQ6" s="62"/>
+      <c r="AR6" s="62"/>
     </row>
     <row r="7" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="243" t="s">
+      <c r="A7" s="246" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="244"/>
-[...43 lines deleted...]
-      <c r="A8" s="245" t="s">
+      <c r="B7" s="247"/>
+      <c r="C7" s="243"/>
+      <c r="D7" s="244"/>
+      <c r="E7" s="244"/>
+      <c r="F7" s="244"/>
+      <c r="G7" s="244"/>
+      <c r="H7" s="244"/>
+      <c r="I7" s="244"/>
+      <c r="J7" s="244"/>
+      <c r="K7" s="244"/>
+      <c r="L7" s="244"/>
+      <c r="M7" s="244"/>
+      <c r="N7" s="244"/>
+      <c r="O7" s="244"/>
+      <c r="P7" s="244"/>
+      <c r="Q7" s="244"/>
+      <c r="R7" s="244"/>
+      <c r="S7" s="244"/>
+      <c r="T7" s="244"/>
+      <c r="U7" s="244"/>
+      <c r="V7" s="244"/>
+      <c r="W7" s="245"/>
+      <c r="Y7" s="62"/>
+      <c r="Z7" s="62"/>
+      <c r="AA7" s="62"/>
+      <c r="AB7" s="62"/>
+      <c r="AC7" s="62"/>
+      <c r="AD7" s="62"/>
+      <c r="AE7" s="62"/>
+      <c r="AF7" s="62"/>
+      <c r="AG7" s="62"/>
+      <c r="AH7" s="62"/>
+      <c r="AI7" s="62"/>
+      <c r="AJ7" s="62"/>
+      <c r="AK7" s="62"/>
+      <c r="AL7" s="62"/>
+      <c r="AM7" s="62"/>
+      <c r="AN7" s="62"/>
+      <c r="AO7" s="62"/>
+      <c r="AP7" s="62"/>
+      <c r="AQ7" s="62"/>
+      <c r="AR7" s="62"/>
+    </row>
+    <row r="8" spans="1:44" ht="34.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="248" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="246"/>
-[...40 lines deleted...]
-      <c r="AR8" s="63"/>
+      <c r="B8" s="249"/>
+      <c r="C8" s="250"/>
+      <c r="D8" s="251"/>
+      <c r="E8" s="251"/>
+      <c r="F8" s="251"/>
+      <c r="G8" s="251"/>
+      <c r="H8" s="251"/>
+      <c r="I8" s="251"/>
+      <c r="J8" s="251"/>
+      <c r="K8" s="251"/>
+      <c r="L8" s="251"/>
+      <c r="M8" s="251"/>
+      <c r="N8" s="251"/>
+      <c r="O8" s="251"/>
+      <c r="P8" s="251"/>
+      <c r="Q8" s="251"/>
+      <c r="R8" s="251"/>
+      <c r="S8" s="251"/>
+      <c r="T8" s="251"/>
+      <c r="U8" s="251"/>
+      <c r="V8" s="251"/>
+      <c r="W8" s="252"/>
+      <c r="Y8" s="62"/>
+      <c r="Z8" s="62"/>
+      <c r="AA8" s="62"/>
+      <c r="AB8" s="62"/>
+      <c r="AC8" s="62"/>
+      <c r="AD8" s="62"/>
+      <c r="AE8" s="62"/>
+      <c r="AF8" s="62"/>
+      <c r="AG8" s="62"/>
+      <c r="AH8" s="62"/>
+      <c r="AI8" s="62"/>
+      <c r="AJ8" s="62"/>
+      <c r="AK8" s="62"/>
+      <c r="AL8" s="62"/>
+      <c r="AM8" s="62"/>
+      <c r="AN8" s="62"/>
+      <c r="AO8" s="62"/>
+      <c r="AP8" s="62"/>
+      <c r="AQ8" s="62"/>
+      <c r="AR8" s="62"/>
     </row>
     <row r="9" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="Y9" s="63"/>
-[...18 lines deleted...]
-      <c r="AR9" s="63"/>
+      <c r="Y9" s="62"/>
+      <c r="Z9" s="62"/>
+      <c r="AA9" s="62"/>
+      <c r="AB9" s="62"/>
+      <c r="AC9" s="62"/>
+      <c r="AD9" s="62"/>
+      <c r="AE9" s="62"/>
+      <c r="AF9" s="62"/>
+      <c r="AG9" s="62"/>
+      <c r="AH9" s="62"/>
+      <c r="AI9" s="62"/>
+      <c r="AJ9" s="62"/>
+      <c r="AK9" s="62"/>
+      <c r="AL9" s="62"/>
+      <c r="AM9" s="62"/>
+      <c r="AN9" s="62"/>
+      <c r="AO9" s="62"/>
+      <c r="AP9" s="62"/>
+      <c r="AQ9" s="62"/>
+      <c r="AR9" s="62"/>
     </row>
     <row r="10" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="279" t="s">
+      <c r="A10" s="282" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="280"/>
-[...40 lines deleted...]
-      <c r="AR10" s="63"/>
+      <c r="B10" s="283"/>
+      <c r="C10" s="283"/>
+      <c r="D10" s="283"/>
+      <c r="E10" s="283"/>
+      <c r="F10" s="283"/>
+      <c r="G10" s="283"/>
+      <c r="H10" s="283"/>
+      <c r="I10" s="283"/>
+      <c r="J10" s="283"/>
+      <c r="K10" s="283"/>
+      <c r="L10" s="283"/>
+      <c r="M10" s="283"/>
+      <c r="N10" s="283"/>
+      <c r="O10" s="283"/>
+      <c r="P10" s="283"/>
+      <c r="Q10" s="283"/>
+      <c r="R10" s="283"/>
+      <c r="S10" s="283"/>
+      <c r="T10" s="283"/>
+      <c r="U10" s="283"/>
+      <c r="V10" s="283"/>
+      <c r="W10" s="284"/>
+      <c r="Y10" s="62"/>
+      <c r="Z10" s="62"/>
+      <c r="AA10" s="62"/>
+      <c r="AB10" s="62"/>
+      <c r="AC10" s="62"/>
+      <c r="AD10" s="62"/>
+      <c r="AE10" s="62"/>
+      <c r="AF10" s="62"/>
+      <c r="AG10" s="62"/>
+      <c r="AH10" s="62"/>
+      <c r="AI10" s="62"/>
+      <c r="AJ10" s="62"/>
+      <c r="AK10" s="62"/>
+      <c r="AL10" s="62"/>
+      <c r="AM10" s="62"/>
+      <c r="AN10" s="62"/>
+      <c r="AO10" s="62"/>
+      <c r="AP10" s="62"/>
+      <c r="AQ10" s="62"/>
+      <c r="AR10" s="62"/>
     </row>
     <row r="11" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="282" t="s">
+      <c r="A11" s="285" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="283"/>
-[...6 lines deleted...]
-      <c r="G11" s="288" t="s">
+      <c r="B11" s="286"/>
+      <c r="C11" s="287"/>
+      <c r="D11" s="288"/>
+      <c r="E11" s="289">
+        <v>0</v>
+      </c>
+      <c r="F11" s="290"/>
+      <c r="G11" s="291" t="s">
         <v>9</v>
       </c>
-      <c r="H11" s="289"/>
-[...34 lines deleted...]
-      <c r="AR11" s="63"/>
+      <c r="H11" s="292"/>
+      <c r="I11" s="292"/>
+      <c r="J11" s="292"/>
+      <c r="K11" s="292"/>
+      <c r="L11" s="292"/>
+      <c r="M11" s="292"/>
+      <c r="N11" s="292"/>
+      <c r="O11" s="292"/>
+      <c r="P11" s="292"/>
+      <c r="Q11" s="292"/>
+      <c r="R11" s="292"/>
+      <c r="S11" s="292"/>
+      <c r="T11" s="292"/>
+      <c r="U11" s="292"/>
+      <c r="V11" s="292"/>
+      <c r="W11" s="293"/>
+      <c r="Y11" s="62"/>
+      <c r="Z11" s="62"/>
+      <c r="AA11" s="62"/>
+      <c r="AB11" s="63"/>
+      <c r="AC11" s="62"/>
+      <c r="AD11" s="62"/>
+      <c r="AE11" s="62"/>
+      <c r="AF11" s="62"/>
+      <c r="AG11" s="62"/>
+      <c r="AH11" s="62"/>
+      <c r="AI11" s="62"/>
+      <c r="AJ11" s="62"/>
+      <c r="AK11" s="62"/>
+      <c r="AL11" s="62"/>
+      <c r="AM11" s="62"/>
+      <c r="AN11" s="62"/>
+      <c r="AO11" s="62"/>
+      <c r="AP11" s="62"/>
+      <c r="AQ11" s="62"/>
+      <c r="AR11" s="62"/>
     </row>
     <row r="12" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="297" t="s">
+      <c r="A12" s="300" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="298"/>
-[...42 lines deleted...]
-      <c r="AR12" s="63"/>
+      <c r="B12" s="301"/>
+      <c r="C12" s="302"/>
+      <c r="D12" s="246"/>
+      <c r="E12" s="303">
+        <v>0</v>
+      </c>
+      <c r="F12" s="303"/>
+      <c r="G12" s="294"/>
+      <c r="H12" s="295"/>
+      <c r="I12" s="295"/>
+      <c r="J12" s="295"/>
+      <c r="K12" s="295"/>
+      <c r="L12" s="295"/>
+      <c r="M12" s="295"/>
+      <c r="N12" s="295"/>
+      <c r="O12" s="295"/>
+      <c r="P12" s="295"/>
+      <c r="Q12" s="295"/>
+      <c r="R12" s="295"/>
+      <c r="S12" s="295"/>
+      <c r="T12" s="295"/>
+      <c r="U12" s="295"/>
+      <c r="V12" s="295"/>
+      <c r="W12" s="296"/>
+      <c r="Y12" s="62"/>
+      <c r="Z12" s="62"/>
+      <c r="AA12" s="62"/>
+      <c r="AB12" s="62"/>
+      <c r="AC12" s="62"/>
+      <c r="AD12" s="62"/>
+      <c r="AE12" s="62"/>
+      <c r="AF12" s="62"/>
+      <c r="AG12" s="62"/>
+      <c r="AH12" s="62"/>
+      <c r="AI12" s="62"/>
+      <c r="AJ12" s="62"/>
+      <c r="AK12" s="62"/>
+      <c r="AL12" s="62"/>
+      <c r="AM12" s="62"/>
+      <c r="AN12" s="62"/>
+      <c r="AO12" s="62"/>
+      <c r="AP12" s="62"/>
+      <c r="AQ12" s="62"/>
+      <c r="AR12" s="62"/>
     </row>
     <row r="13" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="301" t="s">
+      <c r="A13" s="304" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="302"/>
-[...42 lines deleted...]
-      <c r="AR13" s="63"/>
+      <c r="B13" s="305"/>
+      <c r="C13" s="306"/>
+      <c r="D13" s="307"/>
+      <c r="E13" s="308">
+        <v>0</v>
+      </c>
+      <c r="F13" s="308"/>
+      <c r="G13" s="297"/>
+      <c r="H13" s="298"/>
+      <c r="I13" s="298"/>
+      <c r="J13" s="298"/>
+      <c r="K13" s="298"/>
+      <c r="L13" s="298"/>
+      <c r="M13" s="298"/>
+      <c r="N13" s="298"/>
+      <c r="O13" s="298"/>
+      <c r="P13" s="298"/>
+      <c r="Q13" s="298"/>
+      <c r="R13" s="298"/>
+      <c r="S13" s="298"/>
+      <c r="T13" s="298"/>
+      <c r="U13" s="298"/>
+      <c r="V13" s="298"/>
+      <c r="W13" s="299"/>
+      <c r="Y13" s="62"/>
+      <c r="Z13" s="62"/>
+      <c r="AA13" s="62"/>
+      <c r="AB13" s="62"/>
+      <c r="AC13" s="62"/>
+      <c r="AD13" s="62"/>
+      <c r="AE13" s="62"/>
+      <c r="AF13" s="62"/>
+      <c r="AG13" s="62"/>
+      <c r="AH13" s="62"/>
+      <c r="AI13" s="62"/>
+      <c r="AJ13" s="62"/>
+      <c r="AK13" s="62"/>
+      <c r="AL13" s="62"/>
+      <c r="AM13" s="62"/>
+      <c r="AN13" s="62"/>
+      <c r="AO13" s="62"/>
+      <c r="AP13" s="62"/>
+      <c r="AQ13" s="62"/>
+      <c r="AR13" s="62"/>
     </row>
     <row r="14" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="Y14" s="63"/>
-[...21 lines deleted...]
-      <c r="A15" s="273" t="s">
+      <c r="Y14" s="62"/>
+      <c r="Z14" s="62"/>
+      <c r="AA14" s="62"/>
+      <c r="AB14" s="62"/>
+      <c r="AC14" s="62"/>
+      <c r="AD14" s="62"/>
+      <c r="AE14" s="62"/>
+      <c r="AF14" s="62"/>
+      <c r="AG14" s="62"/>
+      <c r="AH14" s="62"/>
+      <c r="AI14" s="62"/>
+      <c r="AJ14" s="62"/>
+      <c r="AK14" s="62"/>
+      <c r="AL14" s="62"/>
+      <c r="AM14" s="62"/>
+      <c r="AN14" s="62"/>
+      <c r="AO14" s="62"/>
+      <c r="AP14" s="62"/>
+      <c r="AQ14" s="62"/>
+      <c r="AR14" s="62"/>
+    </row>
+    <row r="15" spans="1:44" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="276" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="271"/>
-[...48 lines deleted...]
-      <c r="F16" s="156" t="s">
+      <c r="B15" s="274"/>
+      <c r="C15" s="274"/>
+      <c r="D15" s="274"/>
+      <c r="E15" s="274"/>
+      <c r="F15" s="274"/>
+      <c r="G15" s="274"/>
+      <c r="H15" s="274"/>
+      <c r="I15" s="274"/>
+      <c r="J15" s="274"/>
+      <c r="K15" s="274"/>
+      <c r="L15" s="274"/>
+      <c r="M15" s="274"/>
+      <c r="N15" s="274"/>
+      <c r="O15" s="274"/>
+      <c r="P15" s="274"/>
+      <c r="Q15" s="274"/>
+      <c r="R15" s="274"/>
+      <c r="S15" s="274"/>
+      <c r="T15" s="274"/>
+      <c r="U15" s="274"/>
+      <c r="V15" s="274"/>
+      <c r="W15" s="275"/>
+      <c r="Y15" s="64"/>
+      <c r="Z15" s="62"/>
+      <c r="AA15" s="62"/>
+      <c r="AB15" s="62"/>
+      <c r="AC15" s="62"/>
+      <c r="AD15" s="62"/>
+      <c r="AE15" s="62"/>
+      <c r="AF15" s="62"/>
+      <c r="AG15" s="62"/>
+      <c r="AH15" s="62"/>
+      <c r="AI15" s="62"/>
+      <c r="AJ15" s="62"/>
+      <c r="AK15" s="62"/>
+      <c r="AL15" s="62"/>
+      <c r="AM15" s="62"/>
+      <c r="AN15" s="62"/>
+      <c r="AO15" s="62"/>
+      <c r="AP15" s="62"/>
+      <c r="AQ15" s="62"/>
+      <c r="AR15" s="62"/>
+    </row>
+    <row r="16" spans="1:44" ht="24.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="150"/>
+      <c r="B16" s="151"/>
+      <c r="C16" s="151"/>
+      <c r="D16" s="151"/>
+      <c r="E16" s="151"/>
+      <c r="F16" s="152" t="s">
         <v>13</v>
       </c>
-      <c r="G16" s="156" t="s">
+      <c r="G16" s="152" t="s">
         <v>14</v>
       </c>
-      <c r="H16" s="156" t="s">
+      <c r="H16" s="152" t="s">
         <v>15</v>
       </c>
-      <c r="I16" s="156" t="s">
+      <c r="I16" s="152" t="s">
         <v>16</v>
       </c>
-      <c r="J16" s="156" t="s">
+      <c r="J16" s="152" t="s">
         <v>17</v>
       </c>
-      <c r="K16" s="156" t="s">
+      <c r="K16" s="152" t="s">
         <v>18</v>
       </c>
-      <c r="L16" s="156" t="s">
+      <c r="L16" s="152" t="s">
         <v>19</v>
       </c>
-      <c r="M16" s="156" t="s">
+      <c r="M16" s="152" t="s">
         <v>20</v>
       </c>
-      <c r="N16" s="157"/>
-[...31 lines deleted...]
-      <c r="A17" s="274" t="s">
+      <c r="N16" s="153"/>
+      <c r="O16" s="153"/>
+      <c r="P16" s="153"/>
+      <c r="Q16" s="153"/>
+      <c r="R16" s="153"/>
+      <c r="S16" s="153"/>
+      <c r="T16" s="153"/>
+      <c r="U16" s="153"/>
+      <c r="V16" s="153"/>
+      <c r="W16" s="154"/>
+      <c r="Y16" s="62"/>
+      <c r="Z16" s="62"/>
+      <c r="AA16" s="62"/>
+      <c r="AB16" s="62"/>
+      <c r="AC16" s="62"/>
+      <c r="AD16" s="62"/>
+      <c r="AE16" s="62"/>
+      <c r="AF16" s="62"/>
+      <c r="AG16" s="62"/>
+      <c r="AH16" s="62"/>
+      <c r="AI16" s="62"/>
+      <c r="AJ16" s="62"/>
+      <c r="AK16" s="62"/>
+      <c r="AL16" s="62"/>
+      <c r="AM16" s="62"/>
+      <c r="AN16" s="62"/>
+      <c r="AO16" s="62"/>
+      <c r="AP16" s="62"/>
+      <c r="AQ16" s="62"/>
+      <c r="AR16" s="62"/>
+    </row>
+    <row r="17" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="277" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="275"/>
-[...3 lines deleted...]
-      <c r="F17" s="159">
+      <c r="B17" s="278"/>
+      <c r="C17" s="278"/>
+      <c r="D17" s="278"/>
+      <c r="E17" s="279"/>
+      <c r="F17" s="155">
         <v>1596</v>
       </c>
-      <c r="G17" s="159">
+      <c r="G17" s="155">
         <v>1596</v>
       </c>
-      <c r="H17" s="159">
+      <c r="H17" s="155">
         <v>1596</v>
       </c>
-      <c r="I17" s="159">
+      <c r="I17" s="155">
         <v>1596</v>
       </c>
-      <c r="J17" s="159">
+      <c r="J17" s="155">
         <v>1596</v>
       </c>
-      <c r="K17" s="160">
+      <c r="K17" s="156">
         <v>1596</v>
       </c>
-      <c r="L17" s="160">
+      <c r="L17" s="156">
         <v>1596</v>
       </c>
-      <c r="M17" s="160">
+      <c r="M17" s="156">
         <v>1596</v>
       </c>
-      <c r="N17" s="161"/>
-[...30 lines deleted...]
-    <row r="18" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="N17" s="157"/>
+      <c r="O17" s="157"/>
+      <c r="P17" s="157"/>
+      <c r="Q17" s="157"/>
+      <c r="R17" s="157"/>
+      <c r="S17" s="157"/>
+      <c r="T17" s="157"/>
+      <c r="U17" s="157"/>
+      <c r="V17" s="157"/>
+      <c r="W17" s="158"/>
+      <c r="Y17" s="62"/>
+      <c r="Z17" s="62"/>
+      <c r="AA17" s="62"/>
+      <c r="AB17" s="62"/>
+      <c r="AC17" s="62"/>
+      <c r="AD17" s="62"/>
+      <c r="AE17" s="62"/>
+      <c r="AF17" s="62"/>
+      <c r="AG17" s="62"/>
+      <c r="AH17" s="62"/>
+      <c r="AI17" s="62"/>
+      <c r="AJ17" s="62"/>
+      <c r="AK17" s="62"/>
+      <c r="AL17" s="62"/>
+      <c r="AM17" s="62"/>
+      <c r="AN17" s="62"/>
+      <c r="AO17" s="62"/>
+      <c r="AP17" s="62"/>
+      <c r="AQ17" s="62"/>
+      <c r="AR17" s="62"/>
+    </row>
+    <row r="18" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
       <c r="B18" s="22"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="23"/>
       <c r="F18" s="24">
         <f>IF(F17&gt;1720,1720,F17)</f>
         <v>1596</v>
       </c>
       <c r="G18" s="24">
         <f t="shared" ref="G18:M18" si="0">IF(G17&gt;1720,1720,G17)</f>
         <v>1596</v>
       </c>
       <c r="H18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="I18" s="24"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="L18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="M18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="N18" s="25"/>
       <c r="O18" s="25"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="25"/>
       <c r="R18" s="25"/>
       <c r="S18" s="25"/>
       <c r="T18" s="25"/>
       <c r="U18" s="25"/>
       <c r="V18" s="25"/>
       <c r="W18" s="26"/>
-      <c r="Y18" s="63"/>
-[...21 lines deleted...]
-      <c r="A19" s="277" t="s">
+      <c r="Y18" s="62"/>
+      <c r="Z18" s="62"/>
+      <c r="AA18" s="62"/>
+      <c r="AB18" s="62"/>
+      <c r="AC18" s="62"/>
+      <c r="AD18" s="62"/>
+      <c r="AE18" s="62"/>
+      <c r="AF18" s="62"/>
+      <c r="AG18" s="62"/>
+      <c r="AH18" s="62"/>
+      <c r="AI18" s="62"/>
+      <c r="AJ18" s="62"/>
+      <c r="AK18" s="62"/>
+      <c r="AL18" s="62"/>
+      <c r="AM18" s="62"/>
+      <c r="AN18" s="62"/>
+      <c r="AO18" s="62"/>
+      <c r="AP18" s="62"/>
+      <c r="AQ18" s="62"/>
+      <c r="AR18" s="62"/>
+    </row>
+    <row r="19" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="280" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="278"/>
-[...40 lines deleted...]
-      <c r="AR19" s="63"/>
+      <c r="B19" s="281"/>
+      <c r="C19" s="281"/>
+      <c r="D19" s="281"/>
+      <c r="E19" s="281"/>
+      <c r="F19" s="184"/>
+      <c r="G19" s="184"/>
+      <c r="H19" s="184"/>
+      <c r="I19" s="184"/>
+      <c r="J19" s="184"/>
+      <c r="K19" s="184"/>
+      <c r="L19" s="184"/>
+      <c r="M19" s="184"/>
+      <c r="N19" s="184"/>
+      <c r="O19" s="184"/>
+      <c r="P19" s="184"/>
+      <c r="Q19" s="184"/>
+      <c r="R19" s="184"/>
+      <c r="S19" s="184"/>
+      <c r="T19" s="184"/>
+      <c r="U19" s="184"/>
+      <c r="V19" s="184"/>
+      <c r="W19" s="185"/>
+      <c r="Y19" s="62"/>
+      <c r="Z19" s="62"/>
+      <c r="AA19" s="62"/>
+      <c r="AB19" s="62"/>
+      <c r="AC19" s="62"/>
+      <c r="AD19" s="62"/>
+      <c r="AE19" s="62"/>
+      <c r="AF19" s="62"/>
+      <c r="AG19" s="62"/>
+      <c r="AH19" s="62"/>
+      <c r="AI19" s="62"/>
+      <c r="AJ19" s="62"/>
+      <c r="AK19" s="62"/>
+      <c r="AL19" s="62"/>
+      <c r="AM19" s="62"/>
+      <c r="AN19" s="62"/>
+      <c r="AO19" s="62"/>
+      <c r="AP19" s="62"/>
+      <c r="AQ19" s="62"/>
+      <c r="AR19" s="62"/>
     </row>
     <row r="20" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="250" t="s">
+      <c r="A20" s="253" t="s">
         <v>23</v>
       </c>
-      <c r="B20" s="251"/>
-[...3 lines deleted...]
-      <c r="F20" s="253" t="str">
+      <c r="B20" s="254"/>
+      <c r="C20" s="254"/>
+      <c r="D20" s="254"/>
+      <c r="E20" s="255"/>
+      <c r="F20" s="256" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost","Bruto maandloon (2)")</f>
         <v>Bruto maandloon (2)</v>
       </c>
-      <c r="G20" s="253"/>
-[...6 lines deleted...]
-      <c r="N20" s="255" t="s">
+      <c r="G20" s="256"/>
+      <c r="H20" s="256"/>
+      <c r="I20" s="256"/>
+      <c r="J20" s="256"/>
+      <c r="K20" s="256"/>
+      <c r="L20" s="256"/>
+      <c r="M20" s="257"/>
+      <c r="N20" s="258" t="s">
         <v>24</v>
       </c>
-      <c r="O20" s="253"/>
-[...27 lines deleted...]
-      <c r="AR20" s="63"/>
+      <c r="O20" s="256"/>
+      <c r="P20" s="256"/>
+      <c r="Q20" s="256"/>
+      <c r="R20" s="256"/>
+      <c r="S20" s="256"/>
+      <c r="T20" s="256"/>
+      <c r="U20" s="256"/>
+      <c r="V20" s="257"/>
+      <c r="W20" s="186"/>
+      <c r="Y20" s="62"/>
+      <c r="Z20" s="62"/>
+      <c r="AA20" s="62"/>
+      <c r="AB20" s="62"/>
+      <c r="AC20" s="62"/>
+      <c r="AD20" s="62"/>
+      <c r="AE20" s="62"/>
+      <c r="AF20" s="62"/>
+      <c r="AG20" s="62"/>
+      <c r="AH20" s="62"/>
+      <c r="AI20" s="62"/>
+      <c r="AJ20" s="62"/>
+      <c r="AK20" s="62"/>
+      <c r="AL20" s="62"/>
+      <c r="AM20" s="62"/>
+      <c r="AN20" s="62"/>
+      <c r="AO20" s="62"/>
+      <c r="AP20" s="62"/>
+      <c r="AQ20" s="62"/>
+      <c r="AR20" s="62"/>
     </row>
     <row r="21" spans="1:44" ht="127.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="256" t="s">
+      <c r="A21" s="259" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="257"/>
-[...2 lines deleted...]
-      <c r="E21" s="166" t="s">
+      <c r="B21" s="260"/>
+      <c r="C21" s="260"/>
+      <c r="D21" s="260"/>
+      <c r="E21" s="187" t="s">
         <v>26</v>
       </c>
-      <c r="F21" s="234" t="str">
+      <c r="F21" s="188" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 1","Vast maandloon jaar 1")</f>
         <v>Vast maandloon jaar 1</v>
       </c>
-      <c r="G21" s="167" t="str">
+      <c r="G21" s="189" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 2","Vast maandloon jaar 2")</f>
         <v>Vast maandloon jaar 2</v>
       </c>
-      <c r="H21" s="167" t="str">
+      <c r="H21" s="189" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 3","Vast maandloon jaar 3")</f>
         <v>Vast maandloon jaar 3</v>
       </c>
-      <c r="I21" s="167" t="str">
+      <c r="I21" s="189" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 4","Vast maandloon jaar 4")</f>
         <v>Vast maandloon jaar 4</v>
       </c>
-      <c r="J21" s="167" t="str">
+      <c r="J21" s="189" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 5","Vast maandloon jaar 5")</f>
         <v>Vast maandloon jaar 5</v>
       </c>
-      <c r="K21" s="167" t="str">
+      <c r="K21" s="189" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 6","Vast maandloon jaar 6")</f>
         <v>Vast maandloon jaar 6</v>
       </c>
-      <c r="L21" s="167" t="str">
+      <c r="L21" s="189" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 7","Vast maandloon jaar 7")</f>
         <v>Vast maandloon jaar 7</v>
       </c>
-      <c r="M21" s="168" t="str">
+      <c r="M21" s="190" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 8","Vast maandloon jaar 8")</f>
         <v>Vast maandloon jaar 8</v>
       </c>
-      <c r="N21" s="169" t="s">
+      <c r="N21" s="191" t="s">
         <v>27</v>
       </c>
-      <c r="O21" s="170" t="s">
+      <c r="O21" s="192" t="s">
         <v>28</v>
       </c>
-      <c r="P21" s="170" t="s">
+      <c r="P21" s="192" t="s">
         <v>29</v>
       </c>
-      <c r="Q21" s="171" t="s">
+      <c r="Q21" s="193" t="s">
         <v>30</v>
       </c>
-      <c r="R21" s="171" t="s">
+      <c r="R21" s="193" t="s">
         <v>31</v>
       </c>
-      <c r="S21" s="171" t="s">
+      <c r="S21" s="193" t="s">
         <v>32</v>
       </c>
-      <c r="T21" s="171" t="s">
+      <c r="T21" s="193" t="s">
         <v>33</v>
       </c>
-      <c r="U21" s="171" t="s">
+      <c r="U21" s="193" t="s">
         <v>34</v>
       </c>
-      <c r="V21" s="172" t="s">
+      <c r="V21" s="194" t="s">
         <v>35</v>
       </c>
-      <c r="W21" s="173" t="s">
+      <c r="W21" s="195" t="s">
         <v>36</v>
       </c>
-      <c r="Y21" s="63"/>
-[...18 lines deleted...]
-      <c r="AR21" s="63"/>
+      <c r="Y21" s="62"/>
+      <c r="Z21" s="62"/>
+      <c r="AA21" s="62"/>
+      <c r="AB21" s="62"/>
+      <c r="AC21" s="62"/>
+      <c r="AD21" s="62"/>
+      <c r="AE21" s="62"/>
+      <c r="AF21" s="62"/>
+      <c r="AG21" s="62"/>
+      <c r="AH21" s="62"/>
+      <c r="AI21" s="62"/>
+      <c r="AJ21" s="62"/>
+      <c r="AK21" s="62"/>
+      <c r="AL21" s="62"/>
+      <c r="AM21" s="62"/>
+      <c r="AN21" s="62"/>
+      <c r="AO21" s="62"/>
+      <c r="AP21" s="62"/>
+      <c r="AQ21" s="62"/>
+      <c r="AR21" s="62"/>
     </row>
     <row r="22" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="258"/>
-[...16 lines deleted...]
-      <c r="R22" s="116"/>
+      <c r="A22" s="261"/>
+      <c r="B22" s="262"/>
+      <c r="C22" s="263"/>
+      <c r="D22" s="264"/>
+      <c r="E22" s="138"/>
+      <c r="F22" s="119"/>
+      <c r="G22" s="114"/>
+      <c r="H22" s="114"/>
+      <c r="I22" s="114"/>
+      <c r="J22" s="114"/>
+      <c r="K22" s="159"/>
+      <c r="L22" s="160"/>
+      <c r="M22" s="161"/>
+      <c r="N22" s="130"/>
+      <c r="O22" s="131"/>
+      <c r="P22" s="131"/>
+      <c r="Q22" s="131"/>
+      <c r="R22" s="115"/>
       <c r="S22" s="27"/>
-      <c r="T22" s="54"/>
-[...1 lines deleted...]
-      <c r="V22" s="177">
+      <c r="T22" s="53"/>
+      <c r="U22" s="54"/>
+      <c r="V22" s="196">
         <f>SUM(N22:U22)</f>
         <v>0</v>
       </c>
-      <c r="W22" s="178">
+      <c r="W22" s="197">
         <f t="shared" ref="W22:W29" si="1">IF(E22="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E22="b",(F22/12*N22)+(G22/12*O22)+(H22/12*P22)+(I22/12*Q22)+(J22/12*R22)+(K22/12*S22)+(L22/12*T22)+(M22/12*U22),0),(F22*1.2%*$F$17/12*N22)+(G22*1.2%*$G$17/12*O22)+(H22*1.2%*$H$17/12*P22)+(I22*1.2%*$I$17/12*Q22)+(J22*1.2%*$J$17/12*R22)+(K22*1.2%*$K$17/12*S22)+(L22*1.2%*$L$17/12*T22)+(M22*1.2%*$M$17/12*U22)))</f>
         <v>0</v>
       </c>
       <c r="X22" s="2">
         <f>IF(E22="o",0,SUM(N22:U22))</f>
         <v>0</v>
       </c>
-      <c r="Y22" s="63"/>
-[...18 lines deleted...]
-      <c r="AR22" s="63"/>
+      <c r="Y22" s="62"/>
+      <c r="Z22" s="62"/>
+      <c r="AA22" s="62"/>
+      <c r="AB22" s="62"/>
+      <c r="AC22" s="62"/>
+      <c r="AD22" s="62"/>
+      <c r="AE22" s="62"/>
+      <c r="AF22" s="62"/>
+      <c r="AG22" s="62"/>
+      <c r="AH22" s="62"/>
+      <c r="AI22" s="62"/>
+      <c r="AJ22" s="62"/>
+      <c r="AK22" s="62"/>
+      <c r="AL22" s="62"/>
+      <c r="AM22" s="62"/>
+      <c r="AN22" s="62"/>
+      <c r="AO22" s="62"/>
+      <c r="AP22" s="62"/>
+      <c r="AQ22" s="62"/>
+      <c r="AR22" s="62"/>
     </row>
     <row r="23" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="262"/>
-[...12 lines deleted...]
-      <c r="N23" s="133"/>
+      <c r="A23" s="265"/>
+      <c r="B23" s="266"/>
+      <c r="C23" s="267"/>
+      <c r="D23" s="268"/>
+      <c r="E23" s="139"/>
+      <c r="F23" s="120"/>
+      <c r="G23" s="49"/>
+      <c r="H23" s="49"/>
+      <c r="I23" s="49"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="162"/>
+      <c r="L23" s="163"/>
+      <c r="M23" s="164"/>
+      <c r="N23" s="132"/>
       <c r="O23" s="28"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="28"/>
-      <c r="R23" s="117"/>
+      <c r="R23" s="116"/>
       <c r="S23" s="28"/>
-      <c r="T23" s="56"/>
-[...1 lines deleted...]
-      <c r="V23" s="182">
+      <c r="T23" s="55"/>
+      <c r="U23" s="56"/>
+      <c r="V23" s="198">
         <f t="shared" ref="V23:V275" si="2">SUM(N23:U23)</f>
         <v>0</v>
       </c>
-      <c r="W23" s="178">
+      <c r="W23" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X23" s="2">
         <f t="shared" ref="X23:X275" si="3">IF(E23="o",0,SUM(N23:U23))</f>
         <v>0</v>
       </c>
-      <c r="Y23" s="63"/>
-[...18 lines deleted...]
-      <c r="AR23" s="63"/>
+      <c r="Y23" s="62"/>
+      <c r="Z23" s="62"/>
+      <c r="AA23" s="62"/>
+      <c r="AB23" s="62"/>
+      <c r="AC23" s="62"/>
+      <c r="AD23" s="62"/>
+      <c r="AE23" s="62"/>
+      <c r="AF23" s="62"/>
+      <c r="AG23" s="62"/>
+      <c r="AH23" s="62"/>
+      <c r="AI23" s="62"/>
+      <c r="AJ23" s="62"/>
+      <c r="AK23" s="62"/>
+      <c r="AL23" s="62"/>
+      <c r="AM23" s="62"/>
+      <c r="AN23" s="62"/>
+      <c r="AO23" s="62"/>
+      <c r="AP23" s="62"/>
+      <c r="AQ23" s="62"/>
+      <c r="AR23" s="62"/>
     </row>
     <row r="24" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="262"/>
-[...12 lines deleted...]
-      <c r="N24" s="134"/>
+      <c r="A24" s="265"/>
+      <c r="B24" s="266"/>
+      <c r="C24" s="267"/>
+      <c r="D24" s="268"/>
+      <c r="E24" s="139"/>
+      <c r="F24" s="121"/>
+      <c r="G24" s="50"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="50"/>
+      <c r="J24" s="50"/>
+      <c r="K24" s="165"/>
+      <c r="L24" s="166"/>
+      <c r="M24" s="167"/>
+      <c r="N24" s="133"/>
       <c r="O24" s="29"/>
       <c r="P24" s="29"/>
       <c r="Q24" s="29"/>
-      <c r="R24" s="118"/>
+      <c r="R24" s="117"/>
       <c r="S24" s="28"/>
-      <c r="T24" s="56"/>
-[...1 lines deleted...]
-      <c r="V24" s="182">
+      <c r="T24" s="55"/>
+      <c r="U24" s="56"/>
+      <c r="V24" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W24" s="178">
+      <c r="W24" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X24" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y24" s="63"/>
-[...18 lines deleted...]
-      <c r="AR24" s="63"/>
+      <c r="Y24" s="62"/>
+      <c r="Z24" s="62"/>
+      <c r="AA24" s="62"/>
+      <c r="AB24" s="62"/>
+      <c r="AC24" s="62"/>
+      <c r="AD24" s="62"/>
+      <c r="AE24" s="62"/>
+      <c r="AF24" s="62"/>
+      <c r="AG24" s="62"/>
+      <c r="AH24" s="62"/>
+      <c r="AI24" s="62"/>
+      <c r="AJ24" s="62"/>
+      <c r="AK24" s="62"/>
+      <c r="AL24" s="62"/>
+      <c r="AM24" s="62"/>
+      <c r="AN24" s="62"/>
+      <c r="AO24" s="62"/>
+      <c r="AP24" s="62"/>
+      <c r="AQ24" s="62"/>
+      <c r="AR24" s="62"/>
     </row>
     <row r="25" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="237"/>
-[...11 lines deleted...]
-      <c r="M25" s="188"/>
+      <c r="A25" s="240"/>
+      <c r="B25" s="241"/>
+      <c r="C25" s="241"/>
+      <c r="D25" s="241"/>
+      <c r="E25" s="139"/>
+      <c r="F25" s="122"/>
+      <c r="G25" s="51"/>
+      <c r="H25" s="51"/>
+      <c r="I25" s="51"/>
+      <c r="J25" s="51"/>
+      <c r="K25" s="168"/>
+      <c r="L25" s="169"/>
+      <c r="M25" s="170"/>
       <c r="N25" s="31"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
       <c r="Q25" s="32"/>
-      <c r="R25" s="119"/>
+      <c r="R25" s="118"/>
       <c r="S25" s="33"/>
-      <c r="T25" s="58"/>
-[...1 lines deleted...]
-      <c r="V25" s="182">
+      <c r="T25" s="57"/>
+      <c r="U25" s="58"/>
+      <c r="V25" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W25" s="178">
+      <c r="W25" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X25" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y25" s="63"/>
-[...18 lines deleted...]
-      <c r="AR25" s="63"/>
+      <c r="Y25" s="62"/>
+      <c r="Z25" s="62"/>
+      <c r="AA25" s="62"/>
+      <c r="AB25" s="62"/>
+      <c r="AC25" s="62"/>
+      <c r="AD25" s="62"/>
+      <c r="AE25" s="62"/>
+      <c r="AF25" s="62"/>
+      <c r="AG25" s="62"/>
+      <c r="AH25" s="62"/>
+      <c r="AI25" s="62"/>
+      <c r="AJ25" s="62"/>
+      <c r="AK25" s="62"/>
+      <c r="AL25" s="62"/>
+      <c r="AM25" s="62"/>
+      <c r="AN25" s="62"/>
+      <c r="AO25" s="62"/>
+      <c r="AP25" s="62"/>
+      <c r="AQ25" s="62"/>
+      <c r="AR25" s="62"/>
     </row>
     <row r="26" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="237"/>
-[...11 lines deleted...]
-      <c r="M26" s="188"/>
+      <c r="A26" s="240"/>
+      <c r="B26" s="241"/>
+      <c r="C26" s="241"/>
+      <c r="D26" s="241"/>
+      <c r="E26" s="139"/>
+      <c r="F26" s="122"/>
+      <c r="G26" s="51"/>
+      <c r="H26" s="51"/>
+      <c r="I26" s="51"/>
+      <c r="J26" s="51"/>
+      <c r="K26" s="168"/>
+      <c r="L26" s="169"/>
+      <c r="M26" s="170"/>
       <c r="N26" s="31"/>
       <c r="O26" s="32"/>
       <c r="P26" s="32"/>
       <c r="Q26" s="32"/>
-      <c r="R26" s="119"/>
+      <c r="R26" s="118"/>
       <c r="S26" s="33"/>
-      <c r="T26" s="58"/>
-[...1 lines deleted...]
-      <c r="V26" s="182">
+      <c r="T26" s="57"/>
+      <c r="U26" s="58"/>
+      <c r="V26" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W26" s="178">
+      <c r="W26" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X26" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y26" s="63"/>
-[...18 lines deleted...]
-      <c r="AR26" s="63"/>
+      <c r="Y26" s="62"/>
+      <c r="Z26" s="62"/>
+      <c r="AA26" s="62"/>
+      <c r="AB26" s="62"/>
+      <c r="AC26" s="62"/>
+      <c r="AD26" s="62"/>
+      <c r="AE26" s="62"/>
+      <c r="AF26" s="62"/>
+      <c r="AG26" s="62"/>
+      <c r="AH26" s="62"/>
+      <c r="AI26" s="62"/>
+      <c r="AJ26" s="62"/>
+      <c r="AK26" s="62"/>
+      <c r="AL26" s="62"/>
+      <c r="AM26" s="62"/>
+      <c r="AN26" s="62"/>
+      <c r="AO26" s="62"/>
+      <c r="AP26" s="62"/>
+      <c r="AQ26" s="62"/>
+      <c r="AR26" s="62"/>
     </row>
     <row r="27" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="237"/>
-[...11 lines deleted...]
-      <c r="M27" s="188"/>
+      <c r="A27" s="240"/>
+      <c r="B27" s="241"/>
+      <c r="C27" s="241"/>
+      <c r="D27" s="241"/>
+      <c r="E27" s="139"/>
+      <c r="F27" s="122"/>
+      <c r="G27" s="51"/>
+      <c r="H27" s="51"/>
+      <c r="I27" s="51"/>
+      <c r="J27" s="51"/>
+      <c r="K27" s="168"/>
+      <c r="L27" s="169"/>
+      <c r="M27" s="170"/>
       <c r="N27" s="31"/>
       <c r="O27" s="32"/>
       <c r="P27" s="32"/>
       <c r="Q27" s="32"/>
-      <c r="R27" s="119"/>
+      <c r="R27" s="118"/>
       <c r="S27" s="33"/>
-      <c r="T27" s="58"/>
-[...1 lines deleted...]
-      <c r="V27" s="182">
+      <c r="T27" s="57"/>
+      <c r="U27" s="58"/>
+      <c r="V27" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W27" s="178">
+      <c r="W27" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X27" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y27" s="63"/>
-[...18 lines deleted...]
-      <c r="AR27" s="63"/>
+      <c r="Y27" s="62"/>
+      <c r="Z27" s="62"/>
+      <c r="AA27" s="62"/>
+      <c r="AB27" s="62"/>
+      <c r="AC27" s="62"/>
+      <c r="AD27" s="62"/>
+      <c r="AE27" s="62"/>
+      <c r="AF27" s="62"/>
+      <c r="AG27" s="62"/>
+      <c r="AH27" s="62"/>
+      <c r="AI27" s="62"/>
+      <c r="AJ27" s="62"/>
+      <c r="AK27" s="62"/>
+      <c r="AL27" s="62"/>
+      <c r="AM27" s="62"/>
+      <c r="AN27" s="62"/>
+      <c r="AO27" s="62"/>
+      <c r="AP27" s="62"/>
+      <c r="AQ27" s="62"/>
+      <c r="AR27" s="62"/>
     </row>
     <row r="28" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="237"/>
-[...11 lines deleted...]
-      <c r="M28" s="188"/>
+      <c r="A28" s="240"/>
+      <c r="B28" s="241"/>
+      <c r="C28" s="241"/>
+      <c r="D28" s="241"/>
+      <c r="E28" s="139"/>
+      <c r="F28" s="122"/>
+      <c r="G28" s="51"/>
+      <c r="H28" s="51"/>
+      <c r="I28" s="51"/>
+      <c r="J28" s="51"/>
+      <c r="K28" s="168"/>
+      <c r="L28" s="169"/>
+      <c r="M28" s="170"/>
       <c r="N28" s="31"/>
       <c r="O28" s="32"/>
       <c r="P28" s="32"/>
       <c r="Q28" s="32"/>
-      <c r="R28" s="119"/>
+      <c r="R28" s="118"/>
       <c r="S28" s="33"/>
-      <c r="T28" s="58"/>
-[...1 lines deleted...]
-      <c r="V28" s="182">
+      <c r="T28" s="57"/>
+      <c r="U28" s="58"/>
+      <c r="V28" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W28" s="178">
+      <c r="W28" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X28" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y28" s="63"/>
-[...18 lines deleted...]
-      <c r="AR28" s="63"/>
+      <c r="Y28" s="62"/>
+      <c r="Z28" s="62"/>
+      <c r="AA28" s="62"/>
+      <c r="AB28" s="62"/>
+      <c r="AC28" s="62"/>
+      <c r="AD28" s="62"/>
+      <c r="AE28" s="62"/>
+      <c r="AF28" s="62"/>
+      <c r="AG28" s="62"/>
+      <c r="AH28" s="62"/>
+      <c r="AI28" s="62"/>
+      <c r="AJ28" s="62"/>
+      <c r="AK28" s="62"/>
+      <c r="AL28" s="62"/>
+      <c r="AM28" s="62"/>
+      <c r="AN28" s="62"/>
+      <c r="AO28" s="62"/>
+      <c r="AP28" s="62"/>
+      <c r="AQ28" s="62"/>
+      <c r="AR28" s="62"/>
     </row>
     <row r="29" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="237"/>
-[...11 lines deleted...]
-      <c r="M29" s="188"/>
+      <c r="A29" s="240"/>
+      <c r="B29" s="241"/>
+      <c r="C29" s="241"/>
+      <c r="D29" s="241"/>
+      <c r="E29" s="139"/>
+      <c r="F29" s="122"/>
+      <c r="G29" s="51"/>
+      <c r="H29" s="51"/>
+      <c r="I29" s="51"/>
+      <c r="J29" s="51"/>
+      <c r="K29" s="168"/>
+      <c r="L29" s="169"/>
+      <c r="M29" s="170"/>
       <c r="N29" s="31"/>
       <c r="O29" s="32"/>
       <c r="P29" s="32"/>
       <c r="Q29" s="32"/>
-      <c r="R29" s="119"/>
+      <c r="R29" s="118"/>
       <c r="S29" s="33"/>
-      <c r="T29" s="58"/>
-[...1 lines deleted...]
-      <c r="V29" s="182">
+      <c r="T29" s="57"/>
+      <c r="U29" s="58"/>
+      <c r="V29" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W29" s="178">
+      <c r="W29" s="197">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X29" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y29" s="63"/>
-[...18 lines deleted...]
-      <c r="AR29" s="63"/>
+      <c r="Y29" s="62"/>
+      <c r="Z29" s="62"/>
+      <c r="AA29" s="62"/>
+      <c r="AB29" s="62"/>
+      <c r="AC29" s="62"/>
+      <c r="AD29" s="62"/>
+      <c r="AE29" s="62"/>
+      <c r="AF29" s="62"/>
+      <c r="AG29" s="62"/>
+      <c r="AH29" s="62"/>
+      <c r="AI29" s="62"/>
+      <c r="AJ29" s="62"/>
+      <c r="AK29" s="62"/>
+      <c r="AL29" s="62"/>
+      <c r="AM29" s="62"/>
+      <c r="AN29" s="62"/>
+      <c r="AO29" s="62"/>
+      <c r="AP29" s="62"/>
+      <c r="AQ29" s="62"/>
+      <c r="AR29" s="62"/>
     </row>
     <row r="30" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="237"/>
-[...11 lines deleted...]
-      <c r="M30" s="188"/>
+      <c r="A30" s="240"/>
+      <c r="B30" s="241"/>
+      <c r="C30" s="241"/>
+      <c r="D30" s="242"/>
+      <c r="E30" s="139"/>
+      <c r="F30" s="122"/>
+      <c r="G30" s="51"/>
+      <c r="H30" s="51"/>
+      <c r="I30" s="51"/>
+      <c r="J30" s="51"/>
+      <c r="K30" s="168"/>
+      <c r="L30" s="169"/>
+      <c r="M30" s="170"/>
       <c r="N30" s="31"/>
       <c r="O30" s="32"/>
       <c r="P30" s="32"/>
       <c r="Q30" s="32"/>
-      <c r="R30" s="119"/>
+      <c r="R30" s="118"/>
       <c r="S30" s="33"/>
-      <c r="T30" s="58"/>
-[...1 lines deleted...]
-      <c r="V30" s="182">
+      <c r="T30" s="57"/>
+      <c r="U30" s="58"/>
+      <c r="V30" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W30" s="178">
+      <c r="W30" s="197">
         <f t="shared" ref="W30:W34" si="4">IF(E30="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E30="b",(F30/12*N30)+(G30/12*O30)+(H30/12*P30)+(I30/12*Q30)+(J30/12*R30)+(K30/12*S30)+(L30/12*T30)+(M30/12*U30),0),(F30*1.2%*$F$17/12*N30)+(G30*1.2%*$G$17/12*O30)+(H30*1.2%*$H$17/12*P30)+(I30*1.2%*$I$17/12*Q30)+(J30*1.2%*$J$17/12*R30)+(K30*1.2%*$K$17/12*S30)+(L30*1.2%*$L$17/12*T30)+(M30*1.2%*$M$17/12*U30)))</f>
         <v>0</v>
       </c>
       <c r="X30" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y30" s="63"/>
-[...18 lines deleted...]
-      <c r="AR30" s="63"/>
+      <c r="Y30" s="62"/>
+      <c r="Z30" s="62"/>
+      <c r="AA30" s="62"/>
+      <c r="AB30" s="62"/>
+      <c r="AC30" s="62"/>
+      <c r="AD30" s="62"/>
+      <c r="AE30" s="62"/>
+      <c r="AF30" s="62"/>
+      <c r="AG30" s="62"/>
+      <c r="AH30" s="62"/>
+      <c r="AI30" s="62"/>
+      <c r="AJ30" s="62"/>
+      <c r="AK30" s="62"/>
+      <c r="AL30" s="62"/>
+      <c r="AM30" s="62"/>
+      <c r="AN30" s="62"/>
+      <c r="AO30" s="62"/>
+      <c r="AP30" s="62"/>
+      <c r="AQ30" s="62"/>
+      <c r="AR30" s="62"/>
     </row>
     <row r="31" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="237"/>
-[...11 lines deleted...]
-      <c r="M31" s="188"/>
+      <c r="A31" s="240"/>
+      <c r="B31" s="241"/>
+      <c r="C31" s="241"/>
+      <c r="D31" s="242"/>
+      <c r="E31" s="139"/>
+      <c r="F31" s="122"/>
+      <c r="G31" s="51"/>
+      <c r="H31" s="51"/>
+      <c r="I31" s="51"/>
+      <c r="J31" s="51"/>
+      <c r="K31" s="168"/>
+      <c r="L31" s="169"/>
+      <c r="M31" s="170"/>
       <c r="N31" s="31"/>
       <c r="O31" s="32"/>
       <c r="P31" s="32"/>
       <c r="Q31" s="32"/>
-      <c r="R31" s="119"/>
+      <c r="R31" s="118"/>
       <c r="S31" s="33"/>
-      <c r="T31" s="58"/>
-[...1 lines deleted...]
-      <c r="V31" s="182">
+      <c r="T31" s="57"/>
+      <c r="U31" s="58"/>
+      <c r="V31" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W31" s="178">
+      <c r="W31" s="197">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X31" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y31" s="63"/>
-[...18 lines deleted...]
-      <c r="AR31" s="63"/>
+      <c r="Y31" s="62"/>
+      <c r="Z31" s="62"/>
+      <c r="AA31" s="62"/>
+      <c r="AB31" s="62"/>
+      <c r="AC31" s="62"/>
+      <c r="AD31" s="62"/>
+      <c r="AE31" s="62"/>
+      <c r="AF31" s="62"/>
+      <c r="AG31" s="62"/>
+      <c r="AH31" s="62"/>
+      <c r="AI31" s="62"/>
+      <c r="AJ31" s="62"/>
+      <c r="AK31" s="62"/>
+      <c r="AL31" s="62"/>
+      <c r="AM31" s="62"/>
+      <c r="AN31" s="62"/>
+      <c r="AO31" s="62"/>
+      <c r="AP31" s="62"/>
+      <c r="AQ31" s="62"/>
+      <c r="AR31" s="62"/>
     </row>
     <row r="32" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="237"/>
-[...11 lines deleted...]
-      <c r="M32" s="188"/>
+      <c r="A32" s="240"/>
+      <c r="B32" s="241"/>
+      <c r="C32" s="241"/>
+      <c r="D32" s="242"/>
+      <c r="E32" s="139"/>
+      <c r="F32" s="122"/>
+      <c r="G32" s="51"/>
+      <c r="H32" s="51"/>
+      <c r="I32" s="51"/>
+      <c r="J32" s="51"/>
+      <c r="K32" s="168"/>
+      <c r="L32" s="169"/>
+      <c r="M32" s="170"/>
       <c r="N32" s="31"/>
       <c r="O32" s="32"/>
       <c r="P32" s="32"/>
       <c r="Q32" s="32"/>
-      <c r="R32" s="119"/>
+      <c r="R32" s="118"/>
       <c r="S32" s="33"/>
-      <c r="T32" s="58"/>
-[...1 lines deleted...]
-      <c r="V32" s="182">
+      <c r="T32" s="57"/>
+      <c r="U32" s="58"/>
+      <c r="V32" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W32" s="178">
+      <c r="W32" s="197">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X32" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y32" s="63"/>
-[...18 lines deleted...]
-      <c r="AR32" s="63"/>
+      <c r="Y32" s="62"/>
+      <c r="Z32" s="62"/>
+      <c r="AA32" s="62"/>
+      <c r="AB32" s="62"/>
+      <c r="AC32" s="62"/>
+      <c r="AD32" s="62"/>
+      <c r="AE32" s="62"/>
+      <c r="AF32" s="62"/>
+      <c r="AG32" s="62"/>
+      <c r="AH32" s="62"/>
+      <c r="AI32" s="62"/>
+      <c r="AJ32" s="62"/>
+      <c r="AK32" s="62"/>
+      <c r="AL32" s="62"/>
+      <c r="AM32" s="62"/>
+      <c r="AN32" s="62"/>
+      <c r="AO32" s="62"/>
+      <c r="AP32" s="62"/>
+      <c r="AQ32" s="62"/>
+      <c r="AR32" s="62"/>
     </row>
     <row r="33" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A33" s="237"/>
-[...11 lines deleted...]
-      <c r="M33" s="188"/>
+      <c r="A33" s="240"/>
+      <c r="B33" s="241"/>
+      <c r="C33" s="241"/>
+      <c r="D33" s="242"/>
+      <c r="E33" s="139"/>
+      <c r="F33" s="122"/>
+      <c r="G33" s="51"/>
+      <c r="H33" s="51"/>
+      <c r="I33" s="51"/>
+      <c r="J33" s="51"/>
+      <c r="K33" s="168"/>
+      <c r="L33" s="169"/>
+      <c r="M33" s="170"/>
       <c r="N33" s="31"/>
       <c r="O33" s="32"/>
       <c r="P33" s="32"/>
       <c r="Q33" s="32"/>
-      <c r="R33" s="119"/>
+      <c r="R33" s="118"/>
       <c r="S33" s="33"/>
-      <c r="T33" s="58"/>
-[...1 lines deleted...]
-      <c r="V33" s="182">
+      <c r="T33" s="57"/>
+      <c r="U33" s="58"/>
+      <c r="V33" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W33" s="178">
+      <c r="W33" s="197">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X33" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y33" s="63"/>
-[...18 lines deleted...]
-      <c r="AR33" s="63"/>
+      <c r="Y33" s="62"/>
+      <c r="Z33" s="62"/>
+      <c r="AA33" s="62"/>
+      <c r="AB33" s="62"/>
+      <c r="AC33" s="62"/>
+      <c r="AD33" s="62"/>
+      <c r="AE33" s="62"/>
+      <c r="AF33" s="62"/>
+      <c r="AG33" s="62"/>
+      <c r="AH33" s="62"/>
+      <c r="AI33" s="62"/>
+      <c r="AJ33" s="62"/>
+      <c r="AK33" s="62"/>
+      <c r="AL33" s="62"/>
+      <c r="AM33" s="62"/>
+      <c r="AN33" s="62"/>
+      <c r="AO33" s="62"/>
+      <c r="AP33" s="62"/>
+      <c r="AQ33" s="62"/>
+      <c r="AR33" s="62"/>
     </row>
     <row r="34" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A34" s="237"/>
-[...11 lines deleted...]
-      <c r="M34" s="188"/>
+      <c r="A34" s="240"/>
+      <c r="B34" s="241"/>
+      <c r="C34" s="241"/>
+      <c r="D34" s="242"/>
+      <c r="E34" s="139"/>
+      <c r="F34" s="122"/>
+      <c r="G34" s="51"/>
+      <c r="H34" s="51"/>
+      <c r="I34" s="51"/>
+      <c r="J34" s="51"/>
+      <c r="K34" s="168"/>
+      <c r="L34" s="169"/>
+      <c r="M34" s="170"/>
       <c r="N34" s="31"/>
       <c r="O34" s="32"/>
       <c r="P34" s="32"/>
-      <c r="Q34" s="135"/>
-      <c r="R34" s="119"/>
+      <c r="Q34" s="134"/>
+      <c r="R34" s="118"/>
       <c r="S34" s="33"/>
-      <c r="T34" s="58"/>
-[...1 lines deleted...]
-      <c r="V34" s="182">
+      <c r="T34" s="57"/>
+      <c r="U34" s="58"/>
+      <c r="V34" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W34" s="178">
+      <c r="W34" s="197">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X34" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y34" s="63"/>
-[...18 lines deleted...]
-      <c r="AR34" s="63"/>
+      <c r="Y34" s="62"/>
+      <c r="Z34" s="62"/>
+      <c r="AA34" s="62"/>
+      <c r="AB34" s="62"/>
+      <c r="AC34" s="62"/>
+      <c r="AD34" s="62"/>
+      <c r="AE34" s="62"/>
+      <c r="AF34" s="62"/>
+      <c r="AG34" s="62"/>
+      <c r="AH34" s="62"/>
+      <c r="AI34" s="62"/>
+      <c r="AJ34" s="62"/>
+      <c r="AK34" s="62"/>
+      <c r="AL34" s="62"/>
+      <c r="AM34" s="62"/>
+      <c r="AN34" s="62"/>
+      <c r="AO34" s="62"/>
+      <c r="AP34" s="62"/>
+      <c r="AQ34" s="62"/>
+      <c r="AR34" s="62"/>
     </row>
     <row r="35" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A35" s="237"/>
-[...11 lines deleted...]
-      <c r="M35" s="188"/>
+      <c r="A35" s="240"/>
+      <c r="B35" s="241"/>
+      <c r="C35" s="241"/>
+      <c r="D35" s="241"/>
+      <c r="E35" s="139"/>
+      <c r="F35" s="122"/>
+      <c r="G35" s="51"/>
+      <c r="H35" s="51"/>
+      <c r="I35" s="51"/>
+      <c r="J35" s="51"/>
+      <c r="K35" s="168"/>
+      <c r="L35" s="169"/>
+      <c r="M35" s="170"/>
       <c r="N35" s="31"/>
       <c r="O35" s="32"/>
       <c r="P35" s="32"/>
-      <c r="Q35" s="135"/>
-      <c r="R35" s="119"/>
+      <c r="Q35" s="134"/>
+      <c r="R35" s="118"/>
       <c r="S35" s="33"/>
-      <c r="T35" s="58"/>
-[...1 lines deleted...]
-      <c r="V35" s="182">
+      <c r="T35" s="57"/>
+      <c r="U35" s="58"/>
+      <c r="V35" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W35" s="178">
+      <c r="W35" s="197">
         <f t="shared" ref="W35:W98" si="5">IF(E35="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E35="b",(F35/12*N35)+(G35/12*O35)+(H35/12*P35)+(I35/12*Q35)+(J35/12*R35)+(K35/12*S35)+(L35/12*T35)+(M35/12*U35),0),(F35*1.2%*$F$17/12*N35)+(G35*1.2%*$G$17/12*O35)+(H35*1.2%*$H$17/12*P35)+(I35*1.2%*$I$17/12*Q35)+(J35*1.2%*$J$17/12*R35)+(K35*1.2%*$K$17/12*S35)+(L35*1.2%*$L$17/12*T35)+(M35*1.2%*$M$17/12*U35)))</f>
         <v>0</v>
       </c>
       <c r="X35" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y35" s="63"/>
-[...18 lines deleted...]
-      <c r="AR35" s="63"/>
+      <c r="Y35" s="62"/>
+      <c r="Z35" s="62"/>
+      <c r="AA35" s="62"/>
+      <c r="AB35" s="62"/>
+      <c r="AC35" s="62"/>
+      <c r="AD35" s="62"/>
+      <c r="AE35" s="62"/>
+      <c r="AF35" s="62"/>
+      <c r="AG35" s="62"/>
+      <c r="AH35" s="62"/>
+      <c r="AI35" s="62"/>
+      <c r="AJ35" s="62"/>
+      <c r="AK35" s="62"/>
+      <c r="AL35" s="62"/>
+      <c r="AM35" s="62"/>
+      <c r="AN35" s="62"/>
+      <c r="AO35" s="62"/>
+      <c r="AP35" s="62"/>
+      <c r="AQ35" s="62"/>
+      <c r="AR35" s="62"/>
     </row>
     <row r="36" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A36" s="237"/>
-[...11 lines deleted...]
-      <c r="M36" s="188"/>
+      <c r="A36" s="240"/>
+      <c r="B36" s="241"/>
+      <c r="C36" s="241"/>
+      <c r="D36" s="241"/>
+      <c r="E36" s="139"/>
+      <c r="F36" s="122"/>
+      <c r="G36" s="51"/>
+      <c r="H36" s="51"/>
+      <c r="I36" s="51"/>
+      <c r="J36" s="51"/>
+      <c r="K36" s="168"/>
+      <c r="L36" s="169"/>
+      <c r="M36" s="170"/>
       <c r="N36" s="31"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
-      <c r="Q36" s="135"/>
-      <c r="R36" s="119"/>
+      <c r="Q36" s="134"/>
+      <c r="R36" s="118"/>
       <c r="S36" s="33"/>
-      <c r="T36" s="58"/>
-[...1 lines deleted...]
-      <c r="V36" s="182">
+      <c r="T36" s="57"/>
+      <c r="U36" s="58"/>
+      <c r="V36" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W36" s="178">
+      <c r="W36" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X36" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y36" s="63"/>
-[...18 lines deleted...]
-      <c r="AR36" s="63"/>
+      <c r="Y36" s="62"/>
+      <c r="Z36" s="62"/>
+      <c r="AA36" s="62"/>
+      <c r="AB36" s="62"/>
+      <c r="AC36" s="62"/>
+      <c r="AD36" s="62"/>
+      <c r="AE36" s="62"/>
+      <c r="AF36" s="62"/>
+      <c r="AG36" s="62"/>
+      <c r="AH36" s="62"/>
+      <c r="AI36" s="62"/>
+      <c r="AJ36" s="62"/>
+      <c r="AK36" s="62"/>
+      <c r="AL36" s="62"/>
+      <c r="AM36" s="62"/>
+      <c r="AN36" s="62"/>
+      <c r="AO36" s="62"/>
+      <c r="AP36" s="62"/>
+      <c r="AQ36" s="62"/>
+      <c r="AR36" s="62"/>
     </row>
     <row r="37" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A37" s="237"/>
-[...11 lines deleted...]
-      <c r="M37" s="188"/>
+      <c r="A37" s="240"/>
+      <c r="B37" s="241"/>
+      <c r="C37" s="241"/>
+      <c r="D37" s="241"/>
+      <c r="E37" s="139"/>
+      <c r="F37" s="122"/>
+      <c r="G37" s="51"/>
+      <c r="H37" s="51"/>
+      <c r="I37" s="51"/>
+      <c r="J37" s="51"/>
+      <c r="K37" s="168"/>
+      <c r="L37" s="169"/>
+      <c r="M37" s="170"/>
       <c r="N37" s="31"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
-      <c r="Q37" s="135"/>
-      <c r="R37" s="119"/>
+      <c r="Q37" s="134"/>
+      <c r="R37" s="118"/>
       <c r="S37" s="33"/>
-      <c r="T37" s="58"/>
-[...1 lines deleted...]
-      <c r="V37" s="182">
+      <c r="T37" s="57"/>
+      <c r="U37" s="58"/>
+      <c r="V37" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W37" s="178">
+      <c r="W37" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X37" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y37" s="63"/>
-[...18 lines deleted...]
-      <c r="AR37" s="63"/>
+      <c r="Y37" s="62"/>
+      <c r="Z37" s="62"/>
+      <c r="AA37" s="62"/>
+      <c r="AB37" s="62"/>
+      <c r="AC37" s="62"/>
+      <c r="AD37" s="62"/>
+      <c r="AE37" s="62"/>
+      <c r="AF37" s="62"/>
+      <c r="AG37" s="62"/>
+      <c r="AH37" s="62"/>
+      <c r="AI37" s="62"/>
+      <c r="AJ37" s="62"/>
+      <c r="AK37" s="62"/>
+      <c r="AL37" s="62"/>
+      <c r="AM37" s="62"/>
+      <c r="AN37" s="62"/>
+      <c r="AO37" s="62"/>
+      <c r="AP37" s="62"/>
+      <c r="AQ37" s="62"/>
+      <c r="AR37" s="62"/>
     </row>
     <row r="38" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A38" s="237"/>
-[...11 lines deleted...]
-      <c r="M38" s="188"/>
+      <c r="A38" s="240"/>
+      <c r="B38" s="241"/>
+      <c r="C38" s="241"/>
+      <c r="D38" s="241"/>
+      <c r="E38" s="139"/>
+      <c r="F38" s="122"/>
+      <c r="G38" s="51"/>
+      <c r="H38" s="51"/>
+      <c r="I38" s="51"/>
+      <c r="J38" s="51"/>
+      <c r="K38" s="168"/>
+      <c r="L38" s="169"/>
+      <c r="M38" s="170"/>
       <c r="N38" s="31"/>
       <c r="O38" s="32"/>
       <c r="P38" s="32"/>
-      <c r="Q38" s="135"/>
-      <c r="R38" s="119"/>
+      <c r="Q38" s="134"/>
+      <c r="R38" s="118"/>
       <c r="S38" s="33"/>
-      <c r="T38" s="58"/>
-[...1 lines deleted...]
-      <c r="V38" s="182">
+      <c r="T38" s="57"/>
+      <c r="U38" s="58"/>
+      <c r="V38" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W38" s="178">
+      <c r="W38" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X38" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y38" s="63"/>
-[...18 lines deleted...]
-      <c r="AR38" s="63"/>
+      <c r="Y38" s="62"/>
+      <c r="Z38" s="62"/>
+      <c r="AA38" s="62"/>
+      <c r="AB38" s="62"/>
+      <c r="AC38" s="62"/>
+      <c r="AD38" s="62"/>
+      <c r="AE38" s="62"/>
+      <c r="AF38" s="62"/>
+      <c r="AG38" s="62"/>
+      <c r="AH38" s="62"/>
+      <c r="AI38" s="62"/>
+      <c r="AJ38" s="62"/>
+      <c r="AK38" s="62"/>
+      <c r="AL38" s="62"/>
+      <c r="AM38" s="62"/>
+      <c r="AN38" s="62"/>
+      <c r="AO38" s="62"/>
+      <c r="AP38" s="62"/>
+      <c r="AQ38" s="62"/>
+      <c r="AR38" s="62"/>
     </row>
     <row r="39" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A39" s="237"/>
-[...11 lines deleted...]
-      <c r="M39" s="188"/>
+      <c r="A39" s="240"/>
+      <c r="B39" s="241"/>
+      <c r="C39" s="241"/>
+      <c r="D39" s="241"/>
+      <c r="E39" s="139"/>
+      <c r="F39" s="122"/>
+      <c r="G39" s="51"/>
+      <c r="H39" s="51"/>
+      <c r="I39" s="51"/>
+      <c r="J39" s="51"/>
+      <c r="K39" s="168"/>
+      <c r="L39" s="169"/>
+      <c r="M39" s="170"/>
       <c r="N39" s="31"/>
       <c r="O39" s="32"/>
       <c r="P39" s="32"/>
-      <c r="Q39" s="135"/>
-      <c r="R39" s="119"/>
+      <c r="Q39" s="134"/>
+      <c r="R39" s="118"/>
       <c r="S39" s="33"/>
-      <c r="T39" s="58"/>
-[...1 lines deleted...]
-      <c r="V39" s="182">
+      <c r="T39" s="57"/>
+      <c r="U39" s="58"/>
+      <c r="V39" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W39" s="178">
+      <c r="W39" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X39" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y39" s="63"/>
-[...18 lines deleted...]
-      <c r="AR39" s="63"/>
+      <c r="Y39" s="62"/>
+      <c r="Z39" s="62"/>
+      <c r="AA39" s="62"/>
+      <c r="AB39" s="62"/>
+      <c r="AC39" s="62"/>
+      <c r="AD39" s="62"/>
+      <c r="AE39" s="62"/>
+      <c r="AF39" s="62"/>
+      <c r="AG39" s="62"/>
+      <c r="AH39" s="62"/>
+      <c r="AI39" s="62"/>
+      <c r="AJ39" s="62"/>
+      <c r="AK39" s="62"/>
+      <c r="AL39" s="62"/>
+      <c r="AM39" s="62"/>
+      <c r="AN39" s="62"/>
+      <c r="AO39" s="62"/>
+      <c r="AP39" s="62"/>
+      <c r="AQ39" s="62"/>
+      <c r="AR39" s="62"/>
     </row>
     <row r="40" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A40" s="237"/>
-[...11 lines deleted...]
-      <c r="M40" s="188"/>
+      <c r="A40" s="240"/>
+      <c r="B40" s="241"/>
+      <c r="C40" s="241"/>
+      <c r="D40" s="241"/>
+      <c r="E40" s="139"/>
+      <c r="F40" s="122"/>
+      <c r="G40" s="51"/>
+      <c r="H40" s="51"/>
+      <c r="I40" s="51"/>
+      <c r="J40" s="51"/>
+      <c r="K40" s="168"/>
+      <c r="L40" s="169"/>
+      <c r="M40" s="170"/>
       <c r="N40" s="31"/>
       <c r="O40" s="32"/>
       <c r="P40" s="32"/>
-      <c r="Q40" s="135"/>
-      <c r="R40" s="119"/>
+      <c r="Q40" s="134"/>
+      <c r="R40" s="118"/>
       <c r="S40" s="33"/>
-      <c r="T40" s="58"/>
-[...1 lines deleted...]
-      <c r="V40" s="182">
+      <c r="T40" s="57"/>
+      <c r="U40" s="58"/>
+      <c r="V40" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W40" s="178">
+      <c r="W40" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X40" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y40" s="63"/>
-[...18 lines deleted...]
-      <c r="AR40" s="63"/>
+      <c r="Y40" s="62"/>
+      <c r="Z40" s="62"/>
+      <c r="AA40" s="62"/>
+      <c r="AB40" s="62"/>
+      <c r="AC40" s="62"/>
+      <c r="AD40" s="62"/>
+      <c r="AE40" s="62"/>
+      <c r="AF40" s="62"/>
+      <c r="AG40" s="62"/>
+      <c r="AH40" s="62"/>
+      <c r="AI40" s="62"/>
+      <c r="AJ40" s="62"/>
+      <c r="AK40" s="62"/>
+      <c r="AL40" s="62"/>
+      <c r="AM40" s="62"/>
+      <c r="AN40" s="62"/>
+      <c r="AO40" s="62"/>
+      <c r="AP40" s="62"/>
+      <c r="AQ40" s="62"/>
+      <c r="AR40" s="62"/>
     </row>
     <row r="41" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A41" s="237"/>
-[...11 lines deleted...]
-      <c r="M41" s="188"/>
+      <c r="A41" s="240"/>
+      <c r="B41" s="241"/>
+      <c r="C41" s="241"/>
+      <c r="D41" s="241"/>
+      <c r="E41" s="139"/>
+      <c r="F41" s="122"/>
+      <c r="G41" s="51"/>
+      <c r="H41" s="51"/>
+      <c r="I41" s="51"/>
+      <c r="J41" s="51"/>
+      <c r="K41" s="168"/>
+      <c r="L41" s="169"/>
+      <c r="M41" s="170"/>
       <c r="N41" s="31"/>
       <c r="O41" s="32"/>
       <c r="P41" s="32"/>
-      <c r="Q41" s="135"/>
-      <c r="R41" s="119"/>
+      <c r="Q41" s="134"/>
+      <c r="R41" s="118"/>
       <c r="S41" s="33"/>
-      <c r="T41" s="58"/>
-[...1 lines deleted...]
-      <c r="V41" s="182">
+      <c r="T41" s="57"/>
+      <c r="U41" s="58"/>
+      <c r="V41" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W41" s="178">
+      <c r="W41" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X41" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y41" s="63"/>
-[...18 lines deleted...]
-      <c r="AR41" s="63"/>
+      <c r="Y41" s="62"/>
+      <c r="Z41" s="62"/>
+      <c r="AA41" s="62"/>
+      <c r="AB41" s="62"/>
+      <c r="AC41" s="62"/>
+      <c r="AD41" s="62"/>
+      <c r="AE41" s="62"/>
+      <c r="AF41" s="62"/>
+      <c r="AG41" s="62"/>
+      <c r="AH41" s="62"/>
+      <c r="AI41" s="62"/>
+      <c r="AJ41" s="62"/>
+      <c r="AK41" s="62"/>
+      <c r="AL41" s="62"/>
+      <c r="AM41" s="62"/>
+      <c r="AN41" s="62"/>
+      <c r="AO41" s="62"/>
+      <c r="AP41" s="62"/>
+      <c r="AQ41" s="62"/>
+      <c r="AR41" s="62"/>
     </row>
     <row r="42" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A42" s="237"/>
-[...11 lines deleted...]
-      <c r="M42" s="188"/>
+      <c r="A42" s="240"/>
+      <c r="B42" s="241"/>
+      <c r="C42" s="241"/>
+      <c r="D42" s="241"/>
+      <c r="E42" s="139"/>
+      <c r="F42" s="122"/>
+      <c r="G42" s="51"/>
+      <c r="H42" s="51"/>
+      <c r="I42" s="51"/>
+      <c r="J42" s="51"/>
+      <c r="K42" s="168"/>
+      <c r="L42" s="169"/>
+      <c r="M42" s="170"/>
       <c r="N42" s="31"/>
       <c r="O42" s="32"/>
       <c r="P42" s="32"/>
-      <c r="Q42" s="135"/>
-      <c r="R42" s="119"/>
+      <c r="Q42" s="134"/>
+      <c r="R42" s="118"/>
       <c r="S42" s="33"/>
-      <c r="T42" s="58"/>
-[...1 lines deleted...]
-      <c r="V42" s="182">
+      <c r="T42" s="57"/>
+      <c r="U42" s="58"/>
+      <c r="V42" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W42" s="178">
+      <c r="W42" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X42" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y42" s="63"/>
-[...18 lines deleted...]
-      <c r="AR42" s="63"/>
+      <c r="Y42" s="62"/>
+      <c r="Z42" s="62"/>
+      <c r="AA42" s="62"/>
+      <c r="AB42" s="62"/>
+      <c r="AC42" s="62"/>
+      <c r="AD42" s="62"/>
+      <c r="AE42" s="62"/>
+      <c r="AF42" s="62"/>
+      <c r="AG42" s="62"/>
+      <c r="AH42" s="62"/>
+      <c r="AI42" s="62"/>
+      <c r="AJ42" s="62"/>
+      <c r="AK42" s="62"/>
+      <c r="AL42" s="62"/>
+      <c r="AM42" s="62"/>
+      <c r="AN42" s="62"/>
+      <c r="AO42" s="62"/>
+      <c r="AP42" s="62"/>
+      <c r="AQ42" s="62"/>
+      <c r="AR42" s="62"/>
     </row>
     <row r="43" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A43" s="237"/>
-[...11 lines deleted...]
-      <c r="M43" s="188"/>
+      <c r="A43" s="240"/>
+      <c r="B43" s="241"/>
+      <c r="C43" s="241"/>
+      <c r="D43" s="241"/>
+      <c r="E43" s="139"/>
+      <c r="F43" s="122"/>
+      <c r="G43" s="51"/>
+      <c r="H43" s="51"/>
+      <c r="I43" s="51"/>
+      <c r="J43" s="51"/>
+      <c r="K43" s="168"/>
+      <c r="L43" s="169"/>
+      <c r="M43" s="170"/>
       <c r="N43" s="31"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
-      <c r="Q43" s="135"/>
-      <c r="R43" s="119"/>
+      <c r="Q43" s="134"/>
+      <c r="R43" s="118"/>
       <c r="S43" s="33"/>
-      <c r="T43" s="58"/>
-[...1 lines deleted...]
-      <c r="V43" s="182">
+      <c r="T43" s="57"/>
+      <c r="U43" s="58"/>
+      <c r="V43" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W43" s="178">
+      <c r="W43" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X43" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y43" s="63"/>
-[...18 lines deleted...]
-      <c r="AR43" s="63"/>
+      <c r="Y43" s="62"/>
+      <c r="Z43" s="62"/>
+      <c r="AA43" s="62"/>
+      <c r="AB43" s="62"/>
+      <c r="AC43" s="62"/>
+      <c r="AD43" s="62"/>
+      <c r="AE43" s="62"/>
+      <c r="AF43" s="62"/>
+      <c r="AG43" s="62"/>
+      <c r="AH43" s="62"/>
+      <c r="AI43" s="62"/>
+      <c r="AJ43" s="62"/>
+      <c r="AK43" s="62"/>
+      <c r="AL43" s="62"/>
+      <c r="AM43" s="62"/>
+      <c r="AN43" s="62"/>
+      <c r="AO43" s="62"/>
+      <c r="AP43" s="62"/>
+      <c r="AQ43" s="62"/>
+      <c r="AR43" s="62"/>
     </row>
     <row r="44" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A44" s="237"/>
-[...11 lines deleted...]
-      <c r="M44" s="188"/>
+      <c r="A44" s="240"/>
+      <c r="B44" s="241"/>
+      <c r="C44" s="241"/>
+      <c r="D44" s="241"/>
+      <c r="E44" s="139"/>
+      <c r="F44" s="122"/>
+      <c r="G44" s="51"/>
+      <c r="H44" s="51"/>
+      <c r="I44" s="51"/>
+      <c r="J44" s="51"/>
+      <c r="K44" s="168"/>
+      <c r="L44" s="169"/>
+      <c r="M44" s="170"/>
       <c r="N44" s="31"/>
       <c r="O44" s="32"/>
       <c r="P44" s="32"/>
-      <c r="Q44" s="135"/>
-      <c r="R44" s="119"/>
+      <c r="Q44" s="134"/>
+      <c r="R44" s="118"/>
       <c r="S44" s="33"/>
-      <c r="T44" s="58"/>
-[...1 lines deleted...]
-      <c r="V44" s="182">
+      <c r="T44" s="57"/>
+      <c r="U44" s="58"/>
+      <c r="V44" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W44" s="178">
+      <c r="W44" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X44" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y44" s="63"/>
-[...18 lines deleted...]
-      <c r="AR44" s="63"/>
+      <c r="Y44" s="62"/>
+      <c r="Z44" s="62"/>
+      <c r="AA44" s="62"/>
+      <c r="AB44" s="62"/>
+      <c r="AC44" s="62"/>
+      <c r="AD44" s="62"/>
+      <c r="AE44" s="62"/>
+      <c r="AF44" s="62"/>
+      <c r="AG44" s="62"/>
+      <c r="AH44" s="62"/>
+      <c r="AI44" s="62"/>
+      <c r="AJ44" s="62"/>
+      <c r="AK44" s="62"/>
+      <c r="AL44" s="62"/>
+      <c r="AM44" s="62"/>
+      <c r="AN44" s="62"/>
+      <c r="AO44" s="62"/>
+      <c r="AP44" s="62"/>
+      <c r="AQ44" s="62"/>
+      <c r="AR44" s="62"/>
     </row>
     <row r="45" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A45" s="237"/>
-[...11 lines deleted...]
-      <c r="M45" s="188"/>
+      <c r="A45" s="240"/>
+      <c r="B45" s="241"/>
+      <c r="C45" s="241"/>
+      <c r="D45" s="241"/>
+      <c r="E45" s="139"/>
+      <c r="F45" s="122"/>
+      <c r="G45" s="51"/>
+      <c r="H45" s="51"/>
+      <c r="I45" s="51"/>
+      <c r="J45" s="51"/>
+      <c r="K45" s="168"/>
+      <c r="L45" s="169"/>
+      <c r="M45" s="170"/>
       <c r="N45" s="31"/>
       <c r="O45" s="32"/>
       <c r="P45" s="32"/>
-      <c r="Q45" s="135"/>
-      <c r="R45" s="119"/>
+      <c r="Q45" s="134"/>
+      <c r="R45" s="118"/>
       <c r="S45" s="33"/>
-      <c r="T45" s="58"/>
-[...1 lines deleted...]
-      <c r="V45" s="182">
+      <c r="T45" s="57"/>
+      <c r="U45" s="58"/>
+      <c r="V45" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W45" s="178">
+      <c r="W45" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X45" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y45" s="63"/>
-[...18 lines deleted...]
-      <c r="AR45" s="63"/>
+      <c r="Y45" s="62"/>
+      <c r="Z45" s="62"/>
+      <c r="AA45" s="62"/>
+      <c r="AB45" s="62"/>
+      <c r="AC45" s="62"/>
+      <c r="AD45" s="62"/>
+      <c r="AE45" s="62"/>
+      <c r="AF45" s="62"/>
+      <c r="AG45" s="62"/>
+      <c r="AH45" s="62"/>
+      <c r="AI45" s="62"/>
+      <c r="AJ45" s="62"/>
+      <c r="AK45" s="62"/>
+      <c r="AL45" s="62"/>
+      <c r="AM45" s="62"/>
+      <c r="AN45" s="62"/>
+      <c r="AO45" s="62"/>
+      <c r="AP45" s="62"/>
+      <c r="AQ45" s="62"/>
+      <c r="AR45" s="62"/>
     </row>
     <row r="46" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A46" s="237"/>
-[...11 lines deleted...]
-      <c r="M46" s="188"/>
+      <c r="A46" s="240"/>
+      <c r="B46" s="241"/>
+      <c r="C46" s="241"/>
+      <c r="D46" s="241"/>
+      <c r="E46" s="139"/>
+      <c r="F46" s="122"/>
+      <c r="G46" s="51"/>
+      <c r="H46" s="51"/>
+      <c r="I46" s="51"/>
+      <c r="J46" s="51"/>
+      <c r="K46" s="168"/>
+      <c r="L46" s="169"/>
+      <c r="M46" s="170"/>
       <c r="N46" s="31"/>
       <c r="O46" s="32"/>
       <c r="P46" s="32"/>
-      <c r="Q46" s="135"/>
-      <c r="R46" s="119"/>
+      <c r="Q46" s="134"/>
+      <c r="R46" s="118"/>
       <c r="S46" s="33"/>
-      <c r="T46" s="58"/>
-[...1 lines deleted...]
-      <c r="V46" s="182">
+      <c r="T46" s="57"/>
+      <c r="U46" s="58"/>
+      <c r="V46" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W46" s="178">
+      <c r="W46" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X46" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y46" s="63"/>
-[...18 lines deleted...]
-      <c r="AR46" s="63"/>
+      <c r="Y46" s="62"/>
+      <c r="Z46" s="62"/>
+      <c r="AA46" s="62"/>
+      <c r="AB46" s="62"/>
+      <c r="AC46" s="62"/>
+      <c r="AD46" s="62"/>
+      <c r="AE46" s="62"/>
+      <c r="AF46" s="62"/>
+      <c r="AG46" s="62"/>
+      <c r="AH46" s="62"/>
+      <c r="AI46" s="62"/>
+      <c r="AJ46" s="62"/>
+      <c r="AK46" s="62"/>
+      <c r="AL46" s="62"/>
+      <c r="AM46" s="62"/>
+      <c r="AN46" s="62"/>
+      <c r="AO46" s="62"/>
+      <c r="AP46" s="62"/>
+      <c r="AQ46" s="62"/>
+      <c r="AR46" s="62"/>
     </row>
     <row r="47" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A47" s="237"/>
-[...11 lines deleted...]
-      <c r="M47" s="188"/>
+      <c r="A47" s="240"/>
+      <c r="B47" s="241"/>
+      <c r="C47" s="241"/>
+      <c r="D47" s="241"/>
+      <c r="E47" s="139"/>
+      <c r="F47" s="122"/>
+      <c r="G47" s="51"/>
+      <c r="H47" s="51"/>
+      <c r="I47" s="51"/>
+      <c r="J47" s="51"/>
+      <c r="K47" s="168"/>
+      <c r="L47" s="169"/>
+      <c r="M47" s="170"/>
       <c r="N47" s="31"/>
       <c r="O47" s="32"/>
       <c r="P47" s="32"/>
-      <c r="Q47" s="135"/>
-      <c r="R47" s="119"/>
+      <c r="Q47" s="134"/>
+      <c r="R47" s="118"/>
       <c r="S47" s="33"/>
-      <c r="T47" s="58"/>
-[...1 lines deleted...]
-      <c r="V47" s="182">
+      <c r="T47" s="57"/>
+      <c r="U47" s="58"/>
+      <c r="V47" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W47" s="178">
+      <c r="W47" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X47" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y47" s="63"/>
-[...18 lines deleted...]
-      <c r="AR47" s="63"/>
+      <c r="Y47" s="62"/>
+      <c r="Z47" s="62"/>
+      <c r="AA47" s="62"/>
+      <c r="AB47" s="62"/>
+      <c r="AC47" s="62"/>
+      <c r="AD47" s="62"/>
+      <c r="AE47" s="62"/>
+      <c r="AF47" s="62"/>
+      <c r="AG47" s="62"/>
+      <c r="AH47" s="62"/>
+      <c r="AI47" s="62"/>
+      <c r="AJ47" s="62"/>
+      <c r="AK47" s="62"/>
+      <c r="AL47" s="62"/>
+      <c r="AM47" s="62"/>
+      <c r="AN47" s="62"/>
+      <c r="AO47" s="62"/>
+      <c r="AP47" s="62"/>
+      <c r="AQ47" s="62"/>
+      <c r="AR47" s="62"/>
     </row>
     <row r="48" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A48" s="237"/>
-[...11 lines deleted...]
-      <c r="M48" s="188"/>
+      <c r="A48" s="240"/>
+      <c r="B48" s="241"/>
+      <c r="C48" s="241"/>
+      <c r="D48" s="241"/>
+      <c r="E48" s="139"/>
+      <c r="F48" s="122"/>
+      <c r="G48" s="51"/>
+      <c r="H48" s="51"/>
+      <c r="I48" s="51"/>
+      <c r="J48" s="51"/>
+      <c r="K48" s="168"/>
+      <c r="L48" s="169"/>
+      <c r="M48" s="170"/>
       <c r="N48" s="31"/>
       <c r="O48" s="32"/>
       <c r="P48" s="32"/>
-      <c r="Q48" s="135"/>
-      <c r="R48" s="119"/>
+      <c r="Q48" s="134"/>
+      <c r="R48" s="118"/>
       <c r="S48" s="33"/>
-      <c r="T48" s="58"/>
-[...1 lines deleted...]
-      <c r="V48" s="182">
+      <c r="T48" s="57"/>
+      <c r="U48" s="58"/>
+      <c r="V48" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W48" s="178">
+      <c r="W48" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X48" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y48" s="63"/>
-[...18 lines deleted...]
-      <c r="AR48" s="63"/>
+      <c r="Y48" s="62"/>
+      <c r="Z48" s="62"/>
+      <c r="AA48" s="62"/>
+      <c r="AB48" s="62"/>
+      <c r="AC48" s="62"/>
+      <c r="AD48" s="62"/>
+      <c r="AE48" s="62"/>
+      <c r="AF48" s="62"/>
+      <c r="AG48" s="62"/>
+      <c r="AH48" s="62"/>
+      <c r="AI48" s="62"/>
+      <c r="AJ48" s="62"/>
+      <c r="AK48" s="62"/>
+      <c r="AL48" s="62"/>
+      <c r="AM48" s="62"/>
+      <c r="AN48" s="62"/>
+      <c r="AO48" s="62"/>
+      <c r="AP48" s="62"/>
+      <c r="AQ48" s="62"/>
+      <c r="AR48" s="62"/>
     </row>
     <row r="49" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A49" s="237"/>
-[...11 lines deleted...]
-      <c r="M49" s="188"/>
+      <c r="A49" s="240"/>
+      <c r="B49" s="241"/>
+      <c r="C49" s="241"/>
+      <c r="D49" s="241"/>
+      <c r="E49" s="139"/>
+      <c r="F49" s="122"/>
+      <c r="G49" s="51"/>
+      <c r="H49" s="51"/>
+      <c r="I49" s="51"/>
+      <c r="J49" s="51"/>
+      <c r="K49" s="168"/>
+      <c r="L49" s="169"/>
+      <c r="M49" s="170"/>
       <c r="N49" s="31"/>
       <c r="O49" s="32"/>
       <c r="P49" s="32"/>
-      <c r="Q49" s="135"/>
-      <c r="R49" s="119"/>
+      <c r="Q49" s="134"/>
+      <c r="R49" s="118"/>
       <c r="S49" s="33"/>
-      <c r="T49" s="58"/>
-[...1 lines deleted...]
-      <c r="V49" s="182">
+      <c r="T49" s="57"/>
+      <c r="U49" s="58"/>
+      <c r="V49" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W49" s="178">
+      <c r="W49" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X49" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y49" s="63"/>
-[...18 lines deleted...]
-      <c r="AR49" s="63"/>
+      <c r="Y49" s="62"/>
+      <c r="Z49" s="62"/>
+      <c r="AA49" s="62"/>
+      <c r="AB49" s="62"/>
+      <c r="AC49" s="62"/>
+      <c r="AD49" s="62"/>
+      <c r="AE49" s="62"/>
+      <c r="AF49" s="62"/>
+      <c r="AG49" s="62"/>
+      <c r="AH49" s="62"/>
+      <c r="AI49" s="62"/>
+      <c r="AJ49" s="62"/>
+      <c r="AK49" s="62"/>
+      <c r="AL49" s="62"/>
+      <c r="AM49" s="62"/>
+      <c r="AN49" s="62"/>
+      <c r="AO49" s="62"/>
+      <c r="AP49" s="62"/>
+      <c r="AQ49" s="62"/>
+      <c r="AR49" s="62"/>
     </row>
     <row r="50" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A50" s="237"/>
-[...11 lines deleted...]
-      <c r="M50" s="188"/>
+      <c r="A50" s="240"/>
+      <c r="B50" s="241"/>
+      <c r="C50" s="241"/>
+      <c r="D50" s="241"/>
+      <c r="E50" s="139"/>
+      <c r="F50" s="122"/>
+      <c r="G50" s="51"/>
+      <c r="H50" s="51"/>
+      <c r="I50" s="51"/>
+      <c r="J50" s="51"/>
+      <c r="K50" s="168"/>
+      <c r="L50" s="169"/>
+      <c r="M50" s="170"/>
       <c r="N50" s="31"/>
       <c r="O50" s="32"/>
       <c r="P50" s="32"/>
-      <c r="Q50" s="135"/>
-      <c r="R50" s="119"/>
+      <c r="Q50" s="134"/>
+      <c r="R50" s="118"/>
       <c r="S50" s="33"/>
-      <c r="T50" s="58"/>
-[...1 lines deleted...]
-      <c r="V50" s="182">
+      <c r="T50" s="57"/>
+      <c r="U50" s="58"/>
+      <c r="V50" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W50" s="178">
+      <c r="W50" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X50" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y50" s="63"/>
-[...18 lines deleted...]
-      <c r="AR50" s="63"/>
+      <c r="Y50" s="62"/>
+      <c r="Z50" s="62"/>
+      <c r="AA50" s="62"/>
+      <c r="AB50" s="62"/>
+      <c r="AC50" s="62"/>
+      <c r="AD50" s="62"/>
+      <c r="AE50" s="62"/>
+      <c r="AF50" s="62"/>
+      <c r="AG50" s="62"/>
+      <c r="AH50" s="62"/>
+      <c r="AI50" s="62"/>
+      <c r="AJ50" s="62"/>
+      <c r="AK50" s="62"/>
+      <c r="AL50" s="62"/>
+      <c r="AM50" s="62"/>
+      <c r="AN50" s="62"/>
+      <c r="AO50" s="62"/>
+      <c r="AP50" s="62"/>
+      <c r="AQ50" s="62"/>
+      <c r="AR50" s="62"/>
     </row>
     <row r="51" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A51" s="237"/>
-[...11 lines deleted...]
-      <c r="M51" s="188"/>
+      <c r="A51" s="240"/>
+      <c r="B51" s="241"/>
+      <c r="C51" s="241"/>
+      <c r="D51" s="241"/>
+      <c r="E51" s="139"/>
+      <c r="F51" s="122"/>
+      <c r="G51" s="51"/>
+      <c r="H51" s="51"/>
+      <c r="I51" s="51"/>
+      <c r="J51" s="51"/>
+      <c r="K51" s="168"/>
+      <c r="L51" s="169"/>
+      <c r="M51" s="170"/>
       <c r="N51" s="31"/>
       <c r="O51" s="32"/>
       <c r="P51" s="32"/>
-      <c r="Q51" s="135"/>
-      <c r="R51" s="119"/>
+      <c r="Q51" s="134"/>
+      <c r="R51" s="118"/>
       <c r="S51" s="33"/>
-      <c r="T51" s="58"/>
-[...1 lines deleted...]
-      <c r="V51" s="182">
+      <c r="T51" s="57"/>
+      <c r="U51" s="58"/>
+      <c r="V51" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W51" s="178">
+      <c r="W51" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X51" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y51" s="63"/>
-[...18 lines deleted...]
-      <c r="AR51" s="63"/>
+      <c r="Y51" s="62"/>
+      <c r="Z51" s="62"/>
+      <c r="AA51" s="62"/>
+      <c r="AB51" s="62"/>
+      <c r="AC51" s="62"/>
+      <c r="AD51" s="62"/>
+      <c r="AE51" s="62"/>
+      <c r="AF51" s="62"/>
+      <c r="AG51" s="62"/>
+      <c r="AH51" s="62"/>
+      <c r="AI51" s="62"/>
+      <c r="AJ51" s="62"/>
+      <c r="AK51" s="62"/>
+      <c r="AL51" s="62"/>
+      <c r="AM51" s="62"/>
+      <c r="AN51" s="62"/>
+      <c r="AO51" s="62"/>
+      <c r="AP51" s="62"/>
+      <c r="AQ51" s="62"/>
+      <c r="AR51" s="62"/>
     </row>
     <row r="52" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A52" s="237"/>
-[...11 lines deleted...]
-      <c r="M52" s="188"/>
+      <c r="A52" s="240"/>
+      <c r="B52" s="241"/>
+      <c r="C52" s="241"/>
+      <c r="D52" s="241"/>
+      <c r="E52" s="139"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="51"/>
+      <c r="H52" s="51"/>
+      <c r="I52" s="51"/>
+      <c r="J52" s="51"/>
+      <c r="K52" s="168"/>
+      <c r="L52" s="169"/>
+      <c r="M52" s="170"/>
       <c r="N52" s="31"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
-      <c r="Q52" s="135"/>
-      <c r="R52" s="119"/>
+      <c r="Q52" s="134"/>
+      <c r="R52" s="118"/>
       <c r="S52" s="33"/>
-      <c r="T52" s="58"/>
-[...1 lines deleted...]
-      <c r="V52" s="182">
+      <c r="T52" s="57"/>
+      <c r="U52" s="58"/>
+      <c r="V52" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W52" s="178">
+      <c r="W52" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X52" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y52" s="63"/>
-[...18 lines deleted...]
-      <c r="AR52" s="63"/>
+      <c r="Y52" s="62"/>
+      <c r="Z52" s="62"/>
+      <c r="AA52" s="62"/>
+      <c r="AB52" s="62"/>
+      <c r="AC52" s="62"/>
+      <c r="AD52" s="62"/>
+      <c r="AE52" s="62"/>
+      <c r="AF52" s="62"/>
+      <c r="AG52" s="62"/>
+      <c r="AH52" s="62"/>
+      <c r="AI52" s="62"/>
+      <c r="AJ52" s="62"/>
+      <c r="AK52" s="62"/>
+      <c r="AL52" s="62"/>
+      <c r="AM52" s="62"/>
+      <c r="AN52" s="62"/>
+      <c r="AO52" s="62"/>
+      <c r="AP52" s="62"/>
+      <c r="AQ52" s="62"/>
+      <c r="AR52" s="62"/>
     </row>
     <row r="53" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A53" s="237"/>
-[...11 lines deleted...]
-      <c r="M53" s="188"/>
+      <c r="A53" s="240"/>
+      <c r="B53" s="241"/>
+      <c r="C53" s="241"/>
+      <c r="D53" s="241"/>
+      <c r="E53" s="139"/>
+      <c r="F53" s="122"/>
+      <c r="G53" s="51"/>
+      <c r="H53" s="51"/>
+      <c r="I53" s="51"/>
+      <c r="J53" s="51"/>
+      <c r="K53" s="168"/>
+      <c r="L53" s="169"/>
+      <c r="M53" s="170"/>
       <c r="N53" s="31"/>
       <c r="O53" s="32"/>
       <c r="P53" s="32"/>
-      <c r="Q53" s="135"/>
-      <c r="R53" s="119"/>
+      <c r="Q53" s="134"/>
+      <c r="R53" s="118"/>
       <c r="S53" s="33"/>
-      <c r="T53" s="58"/>
-[...1 lines deleted...]
-      <c r="V53" s="182">
+      <c r="T53" s="57"/>
+      <c r="U53" s="58"/>
+      <c r="V53" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W53" s="178">
+      <c r="W53" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X53" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y53" s="63"/>
-[...18 lines deleted...]
-      <c r="AR53" s="63"/>
+      <c r="Y53" s="62"/>
+      <c r="Z53" s="62"/>
+      <c r="AA53" s="62"/>
+      <c r="AB53" s="62"/>
+      <c r="AC53" s="62"/>
+      <c r="AD53" s="62"/>
+      <c r="AE53" s="62"/>
+      <c r="AF53" s="62"/>
+      <c r="AG53" s="62"/>
+      <c r="AH53" s="62"/>
+      <c r="AI53" s="62"/>
+      <c r="AJ53" s="62"/>
+      <c r="AK53" s="62"/>
+      <c r="AL53" s="62"/>
+      <c r="AM53" s="62"/>
+      <c r="AN53" s="62"/>
+      <c r="AO53" s="62"/>
+      <c r="AP53" s="62"/>
+      <c r="AQ53" s="62"/>
+      <c r="AR53" s="62"/>
     </row>
     <row r="54" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A54" s="237"/>
-[...11 lines deleted...]
-      <c r="M54" s="188"/>
+      <c r="A54" s="240"/>
+      <c r="B54" s="241"/>
+      <c r="C54" s="241"/>
+      <c r="D54" s="241"/>
+      <c r="E54" s="139"/>
+      <c r="F54" s="122"/>
+      <c r="G54" s="51"/>
+      <c r="H54" s="51"/>
+      <c r="I54" s="51"/>
+      <c r="J54" s="51"/>
+      <c r="K54" s="168"/>
+      <c r="L54" s="169"/>
+      <c r="M54" s="170"/>
       <c r="N54" s="31"/>
       <c r="O54" s="32"/>
       <c r="P54" s="32"/>
-      <c r="Q54" s="135"/>
-      <c r="R54" s="119"/>
+      <c r="Q54" s="134"/>
+      <c r="R54" s="118"/>
       <c r="S54" s="33"/>
-      <c r="T54" s="58"/>
-[...1 lines deleted...]
-      <c r="V54" s="182">
+      <c r="T54" s="57"/>
+      <c r="U54" s="58"/>
+      <c r="V54" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W54" s="178">
+      <c r="W54" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X54" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y54" s="63"/>
-[...18 lines deleted...]
-      <c r="AR54" s="63"/>
+      <c r="Y54" s="62"/>
+      <c r="Z54" s="62"/>
+      <c r="AA54" s="62"/>
+      <c r="AB54" s="62"/>
+      <c r="AC54" s="62"/>
+      <c r="AD54" s="62"/>
+      <c r="AE54" s="62"/>
+      <c r="AF54" s="62"/>
+      <c r="AG54" s="62"/>
+      <c r="AH54" s="62"/>
+      <c r="AI54" s="62"/>
+      <c r="AJ54" s="62"/>
+      <c r="AK54" s="62"/>
+      <c r="AL54" s="62"/>
+      <c r="AM54" s="62"/>
+      <c r="AN54" s="62"/>
+      <c r="AO54" s="62"/>
+      <c r="AP54" s="62"/>
+      <c r="AQ54" s="62"/>
+      <c r="AR54" s="62"/>
     </row>
     <row r="55" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A55" s="237"/>
-[...11 lines deleted...]
-      <c r="M55" s="188"/>
+      <c r="A55" s="240"/>
+      <c r="B55" s="241"/>
+      <c r="C55" s="241"/>
+      <c r="D55" s="241"/>
+      <c r="E55" s="139"/>
+      <c r="F55" s="122"/>
+      <c r="G55" s="51"/>
+      <c r="H55" s="51"/>
+      <c r="I55" s="51"/>
+      <c r="J55" s="51"/>
+      <c r="K55" s="168"/>
+      <c r="L55" s="169"/>
+      <c r="M55" s="170"/>
       <c r="N55" s="31"/>
       <c r="O55" s="32"/>
       <c r="P55" s="32"/>
-      <c r="Q55" s="135"/>
-      <c r="R55" s="119"/>
+      <c r="Q55" s="134"/>
+      <c r="R55" s="118"/>
       <c r="S55" s="33"/>
-      <c r="T55" s="58"/>
-[...1 lines deleted...]
-      <c r="V55" s="182">
+      <c r="T55" s="57"/>
+      <c r="U55" s="58"/>
+      <c r="V55" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W55" s="178">
+      <c r="W55" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X55" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y55" s="63"/>
-[...18 lines deleted...]
-      <c r="AR55" s="63"/>
+      <c r="Y55" s="62"/>
+      <c r="Z55" s="62"/>
+      <c r="AA55" s="62"/>
+      <c r="AB55" s="62"/>
+      <c r="AC55" s="62"/>
+      <c r="AD55" s="62"/>
+      <c r="AE55" s="62"/>
+      <c r="AF55" s="62"/>
+      <c r="AG55" s="62"/>
+      <c r="AH55" s="62"/>
+      <c r="AI55" s="62"/>
+      <c r="AJ55" s="62"/>
+      <c r="AK55" s="62"/>
+      <c r="AL55" s="62"/>
+      <c r="AM55" s="62"/>
+      <c r="AN55" s="62"/>
+      <c r="AO55" s="62"/>
+      <c r="AP55" s="62"/>
+      <c r="AQ55" s="62"/>
+      <c r="AR55" s="62"/>
     </row>
     <row r="56" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A56" s="237"/>
-[...11 lines deleted...]
-      <c r="M56" s="188"/>
+      <c r="A56" s="240"/>
+      <c r="B56" s="241"/>
+      <c r="C56" s="241"/>
+      <c r="D56" s="241"/>
+      <c r="E56" s="139"/>
+      <c r="F56" s="122"/>
+      <c r="G56" s="51"/>
+      <c r="H56" s="51"/>
+      <c r="I56" s="51"/>
+      <c r="J56" s="51"/>
+      <c r="K56" s="168"/>
+      <c r="L56" s="169"/>
+      <c r="M56" s="170"/>
       <c r="N56" s="31"/>
       <c r="O56" s="32"/>
       <c r="P56" s="32"/>
-      <c r="Q56" s="135"/>
-      <c r="R56" s="119"/>
+      <c r="Q56" s="134"/>
+      <c r="R56" s="118"/>
       <c r="S56" s="33"/>
-      <c r="T56" s="58"/>
-[...1 lines deleted...]
-      <c r="V56" s="182">
+      <c r="T56" s="57"/>
+      <c r="U56" s="58"/>
+      <c r="V56" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W56" s="178">
+      <c r="W56" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X56" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y56" s="63"/>
-[...18 lines deleted...]
-      <c r="AR56" s="63"/>
+      <c r="Y56" s="62"/>
+      <c r="Z56" s="62"/>
+      <c r="AA56" s="62"/>
+      <c r="AB56" s="62"/>
+      <c r="AC56" s="62"/>
+      <c r="AD56" s="62"/>
+      <c r="AE56" s="62"/>
+      <c r="AF56" s="62"/>
+      <c r="AG56" s="62"/>
+      <c r="AH56" s="62"/>
+      <c r="AI56" s="62"/>
+      <c r="AJ56" s="62"/>
+      <c r="AK56" s="62"/>
+      <c r="AL56" s="62"/>
+      <c r="AM56" s="62"/>
+      <c r="AN56" s="62"/>
+      <c r="AO56" s="62"/>
+      <c r="AP56" s="62"/>
+      <c r="AQ56" s="62"/>
+      <c r="AR56" s="62"/>
     </row>
     <row r="57" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A57" s="237"/>
-[...11 lines deleted...]
-      <c r="M57" s="188"/>
+      <c r="A57" s="240"/>
+      <c r="B57" s="241"/>
+      <c r="C57" s="241"/>
+      <c r="D57" s="241"/>
+      <c r="E57" s="139"/>
+      <c r="F57" s="122"/>
+      <c r="G57" s="51"/>
+      <c r="H57" s="51"/>
+      <c r="I57" s="51"/>
+      <c r="J57" s="51"/>
+      <c r="K57" s="168"/>
+      <c r="L57" s="169"/>
+      <c r="M57" s="170"/>
       <c r="N57" s="31"/>
       <c r="O57" s="32"/>
       <c r="P57" s="32"/>
-      <c r="Q57" s="135"/>
-      <c r="R57" s="119"/>
+      <c r="Q57" s="134"/>
+      <c r="R57" s="118"/>
       <c r="S57" s="33"/>
-      <c r="T57" s="58"/>
-[...1 lines deleted...]
-      <c r="V57" s="182">
+      <c r="T57" s="57"/>
+      <c r="U57" s="58"/>
+      <c r="V57" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W57" s="178">
+      <c r="W57" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X57" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y57" s="63"/>
-[...18 lines deleted...]
-      <c r="AR57" s="63"/>
+      <c r="Y57" s="62"/>
+      <c r="Z57" s="62"/>
+      <c r="AA57" s="62"/>
+      <c r="AB57" s="62"/>
+      <c r="AC57" s="62"/>
+      <c r="AD57" s="62"/>
+      <c r="AE57" s="62"/>
+      <c r="AF57" s="62"/>
+      <c r="AG57" s="62"/>
+      <c r="AH57" s="62"/>
+      <c r="AI57" s="62"/>
+      <c r="AJ57" s="62"/>
+      <c r="AK57" s="62"/>
+      <c r="AL57" s="62"/>
+      <c r="AM57" s="62"/>
+      <c r="AN57" s="62"/>
+      <c r="AO57" s="62"/>
+      <c r="AP57" s="62"/>
+      <c r="AQ57" s="62"/>
+      <c r="AR57" s="62"/>
     </row>
     <row r="58" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A58" s="237"/>
-[...11 lines deleted...]
-      <c r="M58" s="188"/>
+      <c r="A58" s="240"/>
+      <c r="B58" s="241"/>
+      <c r="C58" s="241"/>
+      <c r="D58" s="241"/>
+      <c r="E58" s="139"/>
+      <c r="F58" s="122"/>
+      <c r="G58" s="51"/>
+      <c r="H58" s="51"/>
+      <c r="I58" s="51"/>
+      <c r="J58" s="51"/>
+      <c r="K58" s="168"/>
+      <c r="L58" s="169"/>
+      <c r="M58" s="170"/>
       <c r="N58" s="31"/>
       <c r="O58" s="32"/>
       <c r="P58" s="32"/>
-      <c r="Q58" s="135"/>
-      <c r="R58" s="119"/>
+      <c r="Q58" s="134"/>
+      <c r="R58" s="118"/>
       <c r="S58" s="33"/>
-      <c r="T58" s="58"/>
-[...1 lines deleted...]
-      <c r="V58" s="182">
+      <c r="T58" s="57"/>
+      <c r="U58" s="58"/>
+      <c r="V58" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W58" s="178">
+      <c r="W58" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X58" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y58" s="63"/>
-[...18 lines deleted...]
-      <c r="AR58" s="63"/>
+      <c r="Y58" s="62"/>
+      <c r="Z58" s="62"/>
+      <c r="AA58" s="62"/>
+      <c r="AB58" s="62"/>
+      <c r="AC58" s="62"/>
+      <c r="AD58" s="62"/>
+      <c r="AE58" s="62"/>
+      <c r="AF58" s="62"/>
+      <c r="AG58" s="62"/>
+      <c r="AH58" s="62"/>
+      <c r="AI58" s="62"/>
+      <c r="AJ58" s="62"/>
+      <c r="AK58" s="62"/>
+      <c r="AL58" s="62"/>
+      <c r="AM58" s="62"/>
+      <c r="AN58" s="62"/>
+      <c r="AO58" s="62"/>
+      <c r="AP58" s="62"/>
+      <c r="AQ58" s="62"/>
+      <c r="AR58" s="62"/>
     </row>
     <row r="59" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A59" s="237"/>
-[...11 lines deleted...]
-      <c r="M59" s="188"/>
+      <c r="A59" s="240"/>
+      <c r="B59" s="241"/>
+      <c r="C59" s="241"/>
+      <c r="D59" s="241"/>
+      <c r="E59" s="139"/>
+      <c r="F59" s="122"/>
+      <c r="G59" s="51"/>
+      <c r="H59" s="51"/>
+      <c r="I59" s="51"/>
+      <c r="J59" s="51"/>
+      <c r="K59" s="168"/>
+      <c r="L59" s="169"/>
+      <c r="M59" s="170"/>
       <c r="N59" s="31"/>
       <c r="O59" s="32"/>
       <c r="P59" s="32"/>
-      <c r="Q59" s="135"/>
-      <c r="R59" s="119"/>
+      <c r="Q59" s="134"/>
+      <c r="R59" s="118"/>
       <c r="S59" s="33"/>
-      <c r="T59" s="58"/>
-[...1 lines deleted...]
-      <c r="V59" s="182">
+      <c r="T59" s="57"/>
+      <c r="U59" s="58"/>
+      <c r="V59" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W59" s="178">
+      <c r="W59" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X59" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y59" s="63"/>
-[...18 lines deleted...]
-      <c r="AR59" s="63"/>
+      <c r="Y59" s="62"/>
+      <c r="Z59" s="62"/>
+      <c r="AA59" s="62"/>
+      <c r="AB59" s="62"/>
+      <c r="AC59" s="62"/>
+      <c r="AD59" s="62"/>
+      <c r="AE59" s="62"/>
+      <c r="AF59" s="62"/>
+      <c r="AG59" s="62"/>
+      <c r="AH59" s="62"/>
+      <c r="AI59" s="62"/>
+      <c r="AJ59" s="62"/>
+      <c r="AK59" s="62"/>
+      <c r="AL59" s="62"/>
+      <c r="AM59" s="62"/>
+      <c r="AN59" s="62"/>
+      <c r="AO59" s="62"/>
+      <c r="AP59" s="62"/>
+      <c r="AQ59" s="62"/>
+      <c r="AR59" s="62"/>
     </row>
     <row r="60" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A60" s="237"/>
-[...11 lines deleted...]
-      <c r="M60" s="188"/>
+      <c r="A60" s="240"/>
+      <c r="B60" s="241"/>
+      <c r="C60" s="241"/>
+      <c r="D60" s="241"/>
+      <c r="E60" s="139"/>
+      <c r="F60" s="122"/>
+      <c r="G60" s="51"/>
+      <c r="H60" s="51"/>
+      <c r="I60" s="51"/>
+      <c r="J60" s="51"/>
+      <c r="K60" s="168"/>
+      <c r="L60" s="169"/>
+      <c r="M60" s="170"/>
       <c r="N60" s="31"/>
       <c r="O60" s="32"/>
       <c r="P60" s="32"/>
-      <c r="Q60" s="135"/>
-      <c r="R60" s="119"/>
+      <c r="Q60" s="134"/>
+      <c r="R60" s="118"/>
       <c r="S60" s="33"/>
-      <c r="T60" s="58"/>
-[...1 lines deleted...]
-      <c r="V60" s="182">
+      <c r="T60" s="57"/>
+      <c r="U60" s="58"/>
+      <c r="V60" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W60" s="178">
+      <c r="W60" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X60" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y60" s="63"/>
-[...18 lines deleted...]
-      <c r="AR60" s="63"/>
+      <c r="Y60" s="62"/>
+      <c r="Z60" s="62"/>
+      <c r="AA60" s="62"/>
+      <c r="AB60" s="62"/>
+      <c r="AC60" s="62"/>
+      <c r="AD60" s="62"/>
+      <c r="AE60" s="62"/>
+      <c r="AF60" s="62"/>
+      <c r="AG60" s="62"/>
+      <c r="AH60" s="62"/>
+      <c r="AI60" s="62"/>
+      <c r="AJ60" s="62"/>
+      <c r="AK60" s="62"/>
+      <c r="AL60" s="62"/>
+      <c r="AM60" s="62"/>
+      <c r="AN60" s="62"/>
+      <c r="AO60" s="62"/>
+      <c r="AP60" s="62"/>
+      <c r="AQ60" s="62"/>
+      <c r="AR60" s="62"/>
     </row>
     <row r="61" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A61" s="237"/>
-[...11 lines deleted...]
-      <c r="M61" s="188"/>
+      <c r="A61" s="240"/>
+      <c r="B61" s="241"/>
+      <c r="C61" s="241"/>
+      <c r="D61" s="241"/>
+      <c r="E61" s="139"/>
+      <c r="F61" s="122"/>
+      <c r="G61" s="51"/>
+      <c r="H61" s="51"/>
+      <c r="I61" s="51"/>
+      <c r="J61" s="51"/>
+      <c r="K61" s="168"/>
+      <c r="L61" s="169"/>
+      <c r="M61" s="170"/>
       <c r="N61" s="31"/>
       <c r="O61" s="32"/>
       <c r="P61" s="32"/>
-      <c r="Q61" s="135"/>
-      <c r="R61" s="119"/>
+      <c r="Q61" s="134"/>
+      <c r="R61" s="118"/>
       <c r="S61" s="33"/>
-      <c r="T61" s="58"/>
-[...1 lines deleted...]
-      <c r="V61" s="182">
+      <c r="T61" s="57"/>
+      <c r="U61" s="58"/>
+      <c r="V61" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W61" s="178">
+      <c r="W61" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X61" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y61" s="63"/>
-[...18 lines deleted...]
-      <c r="AR61" s="63"/>
+      <c r="Y61" s="62"/>
+      <c r="Z61" s="62"/>
+      <c r="AA61" s="62"/>
+      <c r="AB61" s="62"/>
+      <c r="AC61" s="62"/>
+      <c r="AD61" s="62"/>
+      <c r="AE61" s="62"/>
+      <c r="AF61" s="62"/>
+      <c r="AG61" s="62"/>
+      <c r="AH61" s="62"/>
+      <c r="AI61" s="62"/>
+      <c r="AJ61" s="62"/>
+      <c r="AK61" s="62"/>
+      <c r="AL61" s="62"/>
+      <c r="AM61" s="62"/>
+      <c r="AN61" s="62"/>
+      <c r="AO61" s="62"/>
+      <c r="AP61" s="62"/>
+      <c r="AQ61" s="62"/>
+      <c r="AR61" s="62"/>
     </row>
     <row r="62" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A62" s="237"/>
-[...11 lines deleted...]
-      <c r="M62" s="188"/>
+      <c r="A62" s="240"/>
+      <c r="B62" s="241"/>
+      <c r="C62" s="241"/>
+      <c r="D62" s="241"/>
+      <c r="E62" s="139"/>
+      <c r="F62" s="122"/>
+      <c r="G62" s="51"/>
+      <c r="H62" s="51"/>
+      <c r="I62" s="51"/>
+      <c r="J62" s="51"/>
+      <c r="K62" s="168"/>
+      <c r="L62" s="169"/>
+      <c r="M62" s="170"/>
       <c r="N62" s="31"/>
       <c r="O62" s="32"/>
       <c r="P62" s="32"/>
-      <c r="Q62" s="135"/>
-      <c r="R62" s="119"/>
+      <c r="Q62" s="134"/>
+      <c r="R62" s="118"/>
       <c r="S62" s="33"/>
-      <c r="T62" s="58"/>
-[...1 lines deleted...]
-      <c r="V62" s="182">
+      <c r="T62" s="57"/>
+      <c r="U62" s="58"/>
+      <c r="V62" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W62" s="178">
+      <c r="W62" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X62" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y62" s="63"/>
-[...18 lines deleted...]
-      <c r="AR62" s="63"/>
+      <c r="Y62" s="62"/>
+      <c r="Z62" s="62"/>
+      <c r="AA62" s="62"/>
+      <c r="AB62" s="62"/>
+      <c r="AC62" s="62"/>
+      <c r="AD62" s="62"/>
+      <c r="AE62" s="62"/>
+      <c r="AF62" s="62"/>
+      <c r="AG62" s="62"/>
+      <c r="AH62" s="62"/>
+      <c r="AI62" s="62"/>
+      <c r="AJ62" s="62"/>
+      <c r="AK62" s="62"/>
+      <c r="AL62" s="62"/>
+      <c r="AM62" s="62"/>
+      <c r="AN62" s="62"/>
+      <c r="AO62" s="62"/>
+      <c r="AP62" s="62"/>
+      <c r="AQ62" s="62"/>
+      <c r="AR62" s="62"/>
     </row>
     <row r="63" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A63" s="237"/>
-[...11 lines deleted...]
-      <c r="M63" s="188"/>
+      <c r="A63" s="240"/>
+      <c r="B63" s="241"/>
+      <c r="C63" s="241"/>
+      <c r="D63" s="241"/>
+      <c r="E63" s="139"/>
+      <c r="F63" s="122"/>
+      <c r="G63" s="51"/>
+      <c r="H63" s="51"/>
+      <c r="I63" s="51"/>
+      <c r="J63" s="51"/>
+      <c r="K63" s="168"/>
+      <c r="L63" s="169"/>
+      <c r="M63" s="170"/>
       <c r="N63" s="31"/>
       <c r="O63" s="32"/>
       <c r="P63" s="32"/>
-      <c r="Q63" s="135"/>
-      <c r="R63" s="119"/>
+      <c r="Q63" s="134"/>
+      <c r="R63" s="118"/>
       <c r="S63" s="33"/>
-      <c r="T63" s="58"/>
-[...1 lines deleted...]
-      <c r="V63" s="182">
+      <c r="T63" s="57"/>
+      <c r="U63" s="58"/>
+      <c r="V63" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W63" s="178">
+      <c r="W63" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X63" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y63" s="63"/>
-[...18 lines deleted...]
-      <c r="AR63" s="63"/>
+      <c r="Y63" s="62"/>
+      <c r="Z63" s="62"/>
+      <c r="AA63" s="62"/>
+      <c r="AB63" s="62"/>
+      <c r="AC63" s="62"/>
+      <c r="AD63" s="62"/>
+      <c r="AE63" s="62"/>
+      <c r="AF63" s="62"/>
+      <c r="AG63" s="62"/>
+      <c r="AH63" s="62"/>
+      <c r="AI63" s="62"/>
+      <c r="AJ63" s="62"/>
+      <c r="AK63" s="62"/>
+      <c r="AL63" s="62"/>
+      <c r="AM63" s="62"/>
+      <c r="AN63" s="62"/>
+      <c r="AO63" s="62"/>
+      <c r="AP63" s="62"/>
+      <c r="AQ63" s="62"/>
+      <c r="AR63" s="62"/>
     </row>
     <row r="64" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A64" s="237"/>
-[...11 lines deleted...]
-      <c r="M64" s="188"/>
+      <c r="A64" s="240"/>
+      <c r="B64" s="241"/>
+      <c r="C64" s="241"/>
+      <c r="D64" s="241"/>
+      <c r="E64" s="139"/>
+      <c r="F64" s="122"/>
+      <c r="G64" s="51"/>
+      <c r="H64" s="51"/>
+      <c r="I64" s="51"/>
+      <c r="J64" s="51"/>
+      <c r="K64" s="168"/>
+      <c r="L64" s="169"/>
+      <c r="M64" s="170"/>
       <c r="N64" s="31"/>
       <c r="O64" s="32"/>
       <c r="P64" s="32"/>
-      <c r="Q64" s="135"/>
-      <c r="R64" s="119"/>
+      <c r="Q64" s="134"/>
+      <c r="R64" s="118"/>
       <c r="S64" s="33"/>
-      <c r="T64" s="58"/>
-[...1 lines deleted...]
-      <c r="V64" s="182">
+      <c r="T64" s="57"/>
+      <c r="U64" s="58"/>
+      <c r="V64" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W64" s="178">
+      <c r="W64" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X64" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y64" s="63"/>
-[...18 lines deleted...]
-      <c r="AR64" s="63"/>
+      <c r="Y64" s="62"/>
+      <c r="Z64" s="62"/>
+      <c r="AA64" s="62"/>
+      <c r="AB64" s="62"/>
+      <c r="AC64" s="62"/>
+      <c r="AD64" s="62"/>
+      <c r="AE64" s="62"/>
+      <c r="AF64" s="62"/>
+      <c r="AG64" s="62"/>
+      <c r="AH64" s="62"/>
+      <c r="AI64" s="62"/>
+      <c r="AJ64" s="62"/>
+      <c r="AK64" s="62"/>
+      <c r="AL64" s="62"/>
+      <c r="AM64" s="62"/>
+      <c r="AN64" s="62"/>
+      <c r="AO64" s="62"/>
+      <c r="AP64" s="62"/>
+      <c r="AQ64" s="62"/>
+      <c r="AR64" s="62"/>
     </row>
     <row r="65" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A65" s="237"/>
-[...11 lines deleted...]
-      <c r="M65" s="188"/>
+      <c r="A65" s="240"/>
+      <c r="B65" s="241"/>
+      <c r="C65" s="241"/>
+      <c r="D65" s="241"/>
+      <c r="E65" s="139"/>
+      <c r="F65" s="122"/>
+      <c r="G65" s="51"/>
+      <c r="H65" s="51"/>
+      <c r="I65" s="51"/>
+      <c r="J65" s="51"/>
+      <c r="K65" s="168"/>
+      <c r="L65" s="169"/>
+      <c r="M65" s="170"/>
       <c r="N65" s="31"/>
       <c r="O65" s="32"/>
       <c r="P65" s="32"/>
-      <c r="Q65" s="135"/>
-      <c r="R65" s="119"/>
+      <c r="Q65" s="134"/>
+      <c r="R65" s="118"/>
       <c r="S65" s="33"/>
-      <c r="T65" s="58"/>
-[...1 lines deleted...]
-      <c r="V65" s="182">
+      <c r="T65" s="57"/>
+      <c r="U65" s="58"/>
+      <c r="V65" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W65" s="178">
+      <c r="W65" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X65" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y65" s="63"/>
-[...18 lines deleted...]
-      <c r="AR65" s="63"/>
+      <c r="Y65" s="62"/>
+      <c r="Z65" s="62"/>
+      <c r="AA65" s="62"/>
+      <c r="AB65" s="62"/>
+      <c r="AC65" s="62"/>
+      <c r="AD65" s="62"/>
+      <c r="AE65" s="62"/>
+      <c r="AF65" s="62"/>
+      <c r="AG65" s="62"/>
+      <c r="AH65" s="62"/>
+      <c r="AI65" s="62"/>
+      <c r="AJ65" s="62"/>
+      <c r="AK65" s="62"/>
+      <c r="AL65" s="62"/>
+      <c r="AM65" s="62"/>
+      <c r="AN65" s="62"/>
+      <c r="AO65" s="62"/>
+      <c r="AP65" s="62"/>
+      <c r="AQ65" s="62"/>
+      <c r="AR65" s="62"/>
     </row>
     <row r="66" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A66" s="237"/>
-[...11 lines deleted...]
-      <c r="M66" s="188"/>
+      <c r="A66" s="240"/>
+      <c r="B66" s="241"/>
+      <c r="C66" s="241"/>
+      <c r="D66" s="241"/>
+      <c r="E66" s="139"/>
+      <c r="F66" s="122"/>
+      <c r="G66" s="51"/>
+      <c r="H66" s="51"/>
+      <c r="I66" s="51"/>
+      <c r="J66" s="51"/>
+      <c r="K66" s="168"/>
+      <c r="L66" s="169"/>
+      <c r="M66" s="170"/>
       <c r="N66" s="31"/>
       <c r="O66" s="32"/>
       <c r="P66" s="32"/>
-      <c r="Q66" s="135"/>
-      <c r="R66" s="119"/>
+      <c r="Q66" s="134"/>
+      <c r="R66" s="118"/>
       <c r="S66" s="33"/>
-      <c r="T66" s="58"/>
-[...1 lines deleted...]
-      <c r="V66" s="182">
+      <c r="T66" s="57"/>
+      <c r="U66" s="58"/>
+      <c r="V66" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W66" s="178">
+      <c r="W66" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X66" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y66" s="63"/>
-[...18 lines deleted...]
-      <c r="AR66" s="63"/>
+      <c r="Y66" s="62"/>
+      <c r="Z66" s="62"/>
+      <c r="AA66" s="62"/>
+      <c r="AB66" s="62"/>
+      <c r="AC66" s="62"/>
+      <c r="AD66" s="62"/>
+      <c r="AE66" s="62"/>
+      <c r="AF66" s="62"/>
+      <c r="AG66" s="62"/>
+      <c r="AH66" s="62"/>
+      <c r="AI66" s="62"/>
+      <c r="AJ66" s="62"/>
+      <c r="AK66" s="62"/>
+      <c r="AL66" s="62"/>
+      <c r="AM66" s="62"/>
+      <c r="AN66" s="62"/>
+      <c r="AO66" s="62"/>
+      <c r="AP66" s="62"/>
+      <c r="AQ66" s="62"/>
+      <c r="AR66" s="62"/>
     </row>
     <row r="67" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A67" s="237"/>
-[...11 lines deleted...]
-      <c r="M67" s="188"/>
+      <c r="A67" s="240"/>
+      <c r="B67" s="241"/>
+      <c r="C67" s="241"/>
+      <c r="D67" s="241"/>
+      <c r="E67" s="139"/>
+      <c r="F67" s="122"/>
+      <c r="G67" s="51"/>
+      <c r="H67" s="51"/>
+      <c r="I67" s="51"/>
+      <c r="J67" s="51"/>
+      <c r="K67" s="168"/>
+      <c r="L67" s="169"/>
+      <c r="M67" s="170"/>
       <c r="N67" s="31"/>
       <c r="O67" s="32"/>
       <c r="P67" s="32"/>
-      <c r="Q67" s="135"/>
-      <c r="R67" s="119"/>
+      <c r="Q67" s="134"/>
+      <c r="R67" s="118"/>
       <c r="S67" s="33"/>
-      <c r="T67" s="58"/>
-[...1 lines deleted...]
-      <c r="V67" s="182">
+      <c r="T67" s="57"/>
+      <c r="U67" s="58"/>
+      <c r="V67" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W67" s="178">
+      <c r="W67" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X67" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y67" s="63"/>
-[...18 lines deleted...]
-      <c r="AR67" s="63"/>
+      <c r="Y67" s="62"/>
+      <c r="Z67" s="62"/>
+      <c r="AA67" s="62"/>
+      <c r="AB67" s="62"/>
+      <c r="AC67" s="62"/>
+      <c r="AD67" s="62"/>
+      <c r="AE67" s="62"/>
+      <c r="AF67" s="62"/>
+      <c r="AG67" s="62"/>
+      <c r="AH67" s="62"/>
+      <c r="AI67" s="62"/>
+      <c r="AJ67" s="62"/>
+      <c r="AK67" s="62"/>
+      <c r="AL67" s="62"/>
+      <c r="AM67" s="62"/>
+      <c r="AN67" s="62"/>
+      <c r="AO67" s="62"/>
+      <c r="AP67" s="62"/>
+      <c r="AQ67" s="62"/>
+      <c r="AR67" s="62"/>
     </row>
     <row r="68" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A68" s="237"/>
-[...11 lines deleted...]
-      <c r="M68" s="188"/>
+      <c r="A68" s="240"/>
+      <c r="B68" s="241"/>
+      <c r="C68" s="241"/>
+      <c r="D68" s="241"/>
+      <c r="E68" s="139"/>
+      <c r="F68" s="122"/>
+      <c r="G68" s="51"/>
+      <c r="H68" s="51"/>
+      <c r="I68" s="51"/>
+      <c r="J68" s="51"/>
+      <c r="K68" s="168"/>
+      <c r="L68" s="169"/>
+      <c r="M68" s="170"/>
       <c r="N68" s="31"/>
       <c r="O68" s="32"/>
       <c r="P68" s="32"/>
-      <c r="Q68" s="135"/>
-      <c r="R68" s="119"/>
+      <c r="Q68" s="134"/>
+      <c r="R68" s="118"/>
       <c r="S68" s="33"/>
-      <c r="T68" s="58"/>
-[...1 lines deleted...]
-      <c r="V68" s="182">
+      <c r="T68" s="57"/>
+      <c r="U68" s="58"/>
+      <c r="V68" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W68" s="178">
+      <c r="W68" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X68" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y68" s="63"/>
-[...18 lines deleted...]
-      <c r="AR68" s="63"/>
+      <c r="Y68" s="62"/>
+      <c r="Z68" s="62"/>
+      <c r="AA68" s="62"/>
+      <c r="AB68" s="62"/>
+      <c r="AC68" s="62"/>
+      <c r="AD68" s="62"/>
+      <c r="AE68" s="62"/>
+      <c r="AF68" s="62"/>
+      <c r="AG68" s="62"/>
+      <c r="AH68" s="62"/>
+      <c r="AI68" s="62"/>
+      <c r="AJ68" s="62"/>
+      <c r="AK68" s="62"/>
+      <c r="AL68" s="62"/>
+      <c r="AM68" s="62"/>
+      <c r="AN68" s="62"/>
+      <c r="AO68" s="62"/>
+      <c r="AP68" s="62"/>
+      <c r="AQ68" s="62"/>
+      <c r="AR68" s="62"/>
     </row>
     <row r="69" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A69" s="237"/>
-[...11 lines deleted...]
-      <c r="M69" s="188"/>
+      <c r="A69" s="240"/>
+      <c r="B69" s="241"/>
+      <c r="C69" s="241"/>
+      <c r="D69" s="241"/>
+      <c r="E69" s="139"/>
+      <c r="F69" s="122"/>
+      <c r="G69" s="51"/>
+      <c r="H69" s="51"/>
+      <c r="I69" s="51"/>
+      <c r="J69" s="51"/>
+      <c r="K69" s="168"/>
+      <c r="L69" s="169"/>
+      <c r="M69" s="170"/>
       <c r="N69" s="31"/>
       <c r="O69" s="32"/>
       <c r="P69" s="32"/>
-      <c r="Q69" s="135"/>
-      <c r="R69" s="119"/>
+      <c r="Q69" s="134"/>
+      <c r="R69" s="118"/>
       <c r="S69" s="33"/>
-      <c r="T69" s="58"/>
-[...1 lines deleted...]
-      <c r="V69" s="182">
+      <c r="T69" s="57"/>
+      <c r="U69" s="58"/>
+      <c r="V69" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W69" s="178">
+      <c r="W69" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X69" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y69" s="63"/>
-[...18 lines deleted...]
-      <c r="AR69" s="63"/>
+      <c r="Y69" s="62"/>
+      <c r="Z69" s="62"/>
+      <c r="AA69" s="62"/>
+      <c r="AB69" s="62"/>
+      <c r="AC69" s="62"/>
+      <c r="AD69" s="62"/>
+      <c r="AE69" s="62"/>
+      <c r="AF69" s="62"/>
+      <c r="AG69" s="62"/>
+      <c r="AH69" s="62"/>
+      <c r="AI69" s="62"/>
+      <c r="AJ69" s="62"/>
+      <c r="AK69" s="62"/>
+      <c r="AL69" s="62"/>
+      <c r="AM69" s="62"/>
+      <c r="AN69" s="62"/>
+      <c r="AO69" s="62"/>
+      <c r="AP69" s="62"/>
+      <c r="AQ69" s="62"/>
+      <c r="AR69" s="62"/>
     </row>
     <row r="70" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A70" s="237"/>
-[...11 lines deleted...]
-      <c r="M70" s="188"/>
+      <c r="A70" s="240"/>
+      <c r="B70" s="241"/>
+      <c r="C70" s="241"/>
+      <c r="D70" s="241"/>
+      <c r="E70" s="139"/>
+      <c r="F70" s="122"/>
+      <c r="G70" s="51"/>
+      <c r="H70" s="51"/>
+      <c r="I70" s="51"/>
+      <c r="J70" s="51"/>
+      <c r="K70" s="168"/>
+      <c r="L70" s="169"/>
+      <c r="M70" s="170"/>
       <c r="N70" s="31"/>
       <c r="O70" s="32"/>
       <c r="P70" s="32"/>
-      <c r="Q70" s="135"/>
-      <c r="R70" s="119"/>
+      <c r="Q70" s="134"/>
+      <c r="R70" s="118"/>
       <c r="S70" s="33"/>
-      <c r="T70" s="58"/>
-[...1 lines deleted...]
-      <c r="V70" s="182">
+      <c r="T70" s="57"/>
+      <c r="U70" s="58"/>
+      <c r="V70" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W70" s="178">
+      <c r="W70" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X70" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y70" s="63"/>
-[...18 lines deleted...]
-      <c r="AR70" s="63"/>
+      <c r="Y70" s="62"/>
+      <c r="Z70" s="62"/>
+      <c r="AA70" s="62"/>
+      <c r="AB70" s="62"/>
+      <c r="AC70" s="62"/>
+      <c r="AD70" s="62"/>
+      <c r="AE70" s="62"/>
+      <c r="AF70" s="62"/>
+      <c r="AG70" s="62"/>
+      <c r="AH70" s="62"/>
+      <c r="AI70" s="62"/>
+      <c r="AJ70" s="62"/>
+      <c r="AK70" s="62"/>
+      <c r="AL70" s="62"/>
+      <c r="AM70" s="62"/>
+      <c r="AN70" s="62"/>
+      <c r="AO70" s="62"/>
+      <c r="AP70" s="62"/>
+      <c r="AQ70" s="62"/>
+      <c r="AR70" s="62"/>
     </row>
     <row r="71" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A71" s="237"/>
-[...11 lines deleted...]
-      <c r="M71" s="188"/>
+      <c r="A71" s="240"/>
+      <c r="B71" s="241"/>
+      <c r="C71" s="241"/>
+      <c r="D71" s="241"/>
+      <c r="E71" s="139"/>
+      <c r="F71" s="122"/>
+      <c r="G71" s="51"/>
+      <c r="H71" s="51"/>
+      <c r="I71" s="51"/>
+      <c r="J71" s="51"/>
+      <c r="K71" s="168"/>
+      <c r="L71" s="169"/>
+      <c r="M71" s="170"/>
       <c r="N71" s="31"/>
       <c r="O71" s="32"/>
       <c r="P71" s="32"/>
-      <c r="Q71" s="135"/>
-      <c r="R71" s="119"/>
+      <c r="Q71" s="134"/>
+      <c r="R71" s="118"/>
       <c r="S71" s="33"/>
-      <c r="T71" s="58"/>
-[...1 lines deleted...]
-      <c r="V71" s="182">
+      <c r="T71" s="57"/>
+      <c r="U71" s="58"/>
+      <c r="V71" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W71" s="178">
+      <c r="W71" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X71" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y71" s="63"/>
-[...18 lines deleted...]
-      <c r="AR71" s="63"/>
+      <c r="Y71" s="62"/>
+      <c r="Z71" s="62"/>
+      <c r="AA71" s="62"/>
+      <c r="AB71" s="62"/>
+      <c r="AC71" s="62"/>
+      <c r="AD71" s="62"/>
+      <c r="AE71" s="62"/>
+      <c r="AF71" s="62"/>
+      <c r="AG71" s="62"/>
+      <c r="AH71" s="62"/>
+      <c r="AI71" s="62"/>
+      <c r="AJ71" s="62"/>
+      <c r="AK71" s="62"/>
+      <c r="AL71" s="62"/>
+      <c r="AM71" s="62"/>
+      <c r="AN71" s="62"/>
+      <c r="AO71" s="62"/>
+      <c r="AP71" s="62"/>
+      <c r="AQ71" s="62"/>
+      <c r="AR71" s="62"/>
     </row>
     <row r="72" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A72" s="237"/>
-[...11 lines deleted...]
-      <c r="M72" s="188"/>
+      <c r="A72" s="240"/>
+      <c r="B72" s="241"/>
+      <c r="C72" s="241"/>
+      <c r="D72" s="241"/>
+      <c r="E72" s="139"/>
+      <c r="F72" s="122"/>
+      <c r="G72" s="51"/>
+      <c r="H72" s="51"/>
+      <c r="I72" s="51"/>
+      <c r="J72" s="51"/>
+      <c r="K72" s="168"/>
+      <c r="L72" s="169"/>
+      <c r="M72" s="170"/>
       <c r="N72" s="31"/>
       <c r="O72" s="32"/>
       <c r="P72" s="32"/>
-      <c r="Q72" s="135"/>
-      <c r="R72" s="119"/>
+      <c r="Q72" s="134"/>
+      <c r="R72" s="118"/>
       <c r="S72" s="33"/>
-      <c r="T72" s="58"/>
-[...1 lines deleted...]
-      <c r="V72" s="182">
+      <c r="T72" s="57"/>
+      <c r="U72" s="58"/>
+      <c r="V72" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W72" s="178">
+      <c r="W72" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X72" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y72" s="63"/>
-[...18 lines deleted...]
-      <c r="AR72" s="63"/>
+      <c r="Y72" s="62"/>
+      <c r="Z72" s="62"/>
+      <c r="AA72" s="62"/>
+      <c r="AB72" s="62"/>
+      <c r="AC72" s="62"/>
+      <c r="AD72" s="62"/>
+      <c r="AE72" s="62"/>
+      <c r="AF72" s="62"/>
+      <c r="AG72" s="62"/>
+      <c r="AH72" s="62"/>
+      <c r="AI72" s="62"/>
+      <c r="AJ72" s="62"/>
+      <c r="AK72" s="62"/>
+      <c r="AL72" s="62"/>
+      <c r="AM72" s="62"/>
+      <c r="AN72" s="62"/>
+      <c r="AO72" s="62"/>
+      <c r="AP72" s="62"/>
+      <c r="AQ72" s="62"/>
+      <c r="AR72" s="62"/>
     </row>
     <row r="73" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A73" s="237"/>
-[...11 lines deleted...]
-      <c r="M73" s="188"/>
+      <c r="A73" s="240"/>
+      <c r="B73" s="241"/>
+      <c r="C73" s="241"/>
+      <c r="D73" s="241"/>
+      <c r="E73" s="139"/>
+      <c r="F73" s="122"/>
+      <c r="G73" s="51"/>
+      <c r="H73" s="51"/>
+      <c r="I73" s="51"/>
+      <c r="J73" s="51"/>
+      <c r="K73" s="168"/>
+      <c r="L73" s="169"/>
+      <c r="M73" s="170"/>
       <c r="N73" s="31"/>
       <c r="O73" s="32"/>
       <c r="P73" s="32"/>
-      <c r="Q73" s="135"/>
-      <c r="R73" s="119"/>
+      <c r="Q73" s="134"/>
+      <c r="R73" s="118"/>
       <c r="S73" s="33"/>
-      <c r="T73" s="58"/>
-[...1 lines deleted...]
-      <c r="V73" s="182">
+      <c r="T73" s="57"/>
+      <c r="U73" s="58"/>
+      <c r="V73" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W73" s="178">
+      <c r="W73" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X73" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y73" s="63"/>
-[...18 lines deleted...]
-      <c r="AR73" s="63"/>
+      <c r="Y73" s="62"/>
+      <c r="Z73" s="62"/>
+      <c r="AA73" s="62"/>
+      <c r="AB73" s="62"/>
+      <c r="AC73" s="62"/>
+      <c r="AD73" s="62"/>
+      <c r="AE73" s="62"/>
+      <c r="AF73" s="62"/>
+      <c r="AG73" s="62"/>
+      <c r="AH73" s="62"/>
+      <c r="AI73" s="62"/>
+      <c r="AJ73" s="62"/>
+      <c r="AK73" s="62"/>
+      <c r="AL73" s="62"/>
+      <c r="AM73" s="62"/>
+      <c r="AN73" s="62"/>
+      <c r="AO73" s="62"/>
+      <c r="AP73" s="62"/>
+      <c r="AQ73" s="62"/>
+      <c r="AR73" s="62"/>
     </row>
     <row r="74" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A74" s="237"/>
-[...11 lines deleted...]
-      <c r="M74" s="188"/>
+      <c r="A74" s="240"/>
+      <c r="B74" s="241"/>
+      <c r="C74" s="241"/>
+      <c r="D74" s="241"/>
+      <c r="E74" s="139"/>
+      <c r="F74" s="122"/>
+      <c r="G74" s="51"/>
+      <c r="H74" s="51"/>
+      <c r="I74" s="51"/>
+      <c r="J74" s="51"/>
+      <c r="K74" s="168"/>
+      <c r="L74" s="169"/>
+      <c r="M74" s="170"/>
       <c r="N74" s="31"/>
       <c r="O74" s="32"/>
       <c r="P74" s="32"/>
-      <c r="Q74" s="135"/>
-      <c r="R74" s="119"/>
+      <c r="Q74" s="134"/>
+      <c r="R74" s="118"/>
       <c r="S74" s="33"/>
-      <c r="T74" s="58"/>
-[...1 lines deleted...]
-      <c r="V74" s="182">
+      <c r="T74" s="57"/>
+      <c r="U74" s="58"/>
+      <c r="V74" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W74" s="178">
+      <c r="W74" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X74" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y74" s="63"/>
-[...18 lines deleted...]
-      <c r="AR74" s="63"/>
+      <c r="Y74" s="62"/>
+      <c r="Z74" s="62"/>
+      <c r="AA74" s="62"/>
+      <c r="AB74" s="62"/>
+      <c r="AC74" s="62"/>
+      <c r="AD74" s="62"/>
+      <c r="AE74" s="62"/>
+      <c r="AF74" s="62"/>
+      <c r="AG74" s="62"/>
+      <c r="AH74" s="62"/>
+      <c r="AI74" s="62"/>
+      <c r="AJ74" s="62"/>
+      <c r="AK74" s="62"/>
+      <c r="AL74" s="62"/>
+      <c r="AM74" s="62"/>
+      <c r="AN74" s="62"/>
+      <c r="AO74" s="62"/>
+      <c r="AP74" s="62"/>
+      <c r="AQ74" s="62"/>
+      <c r="AR74" s="62"/>
     </row>
     <row r="75" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A75" s="237"/>
-[...11 lines deleted...]
-      <c r="M75" s="188"/>
+      <c r="A75" s="240"/>
+      <c r="B75" s="241"/>
+      <c r="C75" s="241"/>
+      <c r="D75" s="241"/>
+      <c r="E75" s="139"/>
+      <c r="F75" s="122"/>
+      <c r="G75" s="51"/>
+      <c r="H75" s="51"/>
+      <c r="I75" s="51"/>
+      <c r="J75" s="51"/>
+      <c r="K75" s="168"/>
+      <c r="L75" s="169"/>
+      <c r="M75" s="170"/>
       <c r="N75" s="31"/>
       <c r="O75" s="32"/>
       <c r="P75" s="32"/>
-      <c r="Q75" s="135"/>
-      <c r="R75" s="119"/>
+      <c r="Q75" s="134"/>
+      <c r="R75" s="118"/>
       <c r="S75" s="33"/>
-      <c r="T75" s="58"/>
-[...1 lines deleted...]
-      <c r="V75" s="182">
+      <c r="T75" s="57"/>
+      <c r="U75" s="58"/>
+      <c r="V75" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W75" s="178">
+      <c r="W75" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X75" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y75" s="63"/>
-[...18 lines deleted...]
-      <c r="AR75" s="63"/>
+      <c r="Y75" s="62"/>
+      <c r="Z75" s="62"/>
+      <c r="AA75" s="62"/>
+      <c r="AB75" s="62"/>
+      <c r="AC75" s="62"/>
+      <c r="AD75" s="62"/>
+      <c r="AE75" s="62"/>
+      <c r="AF75" s="62"/>
+      <c r="AG75" s="62"/>
+      <c r="AH75" s="62"/>
+      <c r="AI75" s="62"/>
+      <c r="AJ75" s="62"/>
+      <c r="AK75" s="62"/>
+      <c r="AL75" s="62"/>
+      <c r="AM75" s="62"/>
+      <c r="AN75" s="62"/>
+      <c r="AO75" s="62"/>
+      <c r="AP75" s="62"/>
+      <c r="AQ75" s="62"/>
+      <c r="AR75" s="62"/>
     </row>
     <row r="76" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A76" s="237"/>
-[...11 lines deleted...]
-      <c r="M76" s="188"/>
+      <c r="A76" s="240"/>
+      <c r="B76" s="241"/>
+      <c r="C76" s="241"/>
+      <c r="D76" s="241"/>
+      <c r="E76" s="139"/>
+      <c r="F76" s="122"/>
+      <c r="G76" s="51"/>
+      <c r="H76" s="51"/>
+      <c r="I76" s="51"/>
+      <c r="J76" s="51"/>
+      <c r="K76" s="168"/>
+      <c r="L76" s="169"/>
+      <c r="M76" s="170"/>
       <c r="N76" s="31"/>
       <c r="O76" s="32"/>
       <c r="P76" s="32"/>
-      <c r="Q76" s="135"/>
-      <c r="R76" s="119"/>
+      <c r="Q76" s="134"/>
+      <c r="R76" s="118"/>
       <c r="S76" s="33"/>
-      <c r="T76" s="58"/>
-[...1 lines deleted...]
-      <c r="V76" s="182">
+      <c r="T76" s="57"/>
+      <c r="U76" s="58"/>
+      <c r="V76" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W76" s="178">
+      <c r="W76" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X76" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y76" s="63"/>
-[...18 lines deleted...]
-      <c r="AR76" s="63"/>
+      <c r="Y76" s="62"/>
+      <c r="Z76" s="62"/>
+      <c r="AA76" s="62"/>
+      <c r="AB76" s="62"/>
+      <c r="AC76" s="62"/>
+      <c r="AD76" s="62"/>
+      <c r="AE76" s="62"/>
+      <c r="AF76" s="62"/>
+      <c r="AG76" s="62"/>
+      <c r="AH76" s="62"/>
+      <c r="AI76" s="62"/>
+      <c r="AJ76" s="62"/>
+      <c r="AK76" s="62"/>
+      <c r="AL76" s="62"/>
+      <c r="AM76" s="62"/>
+      <c r="AN76" s="62"/>
+      <c r="AO76" s="62"/>
+      <c r="AP76" s="62"/>
+      <c r="AQ76" s="62"/>
+      <c r="AR76" s="62"/>
     </row>
     <row r="77" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A77" s="237"/>
-[...11 lines deleted...]
-      <c r="M77" s="188"/>
+      <c r="A77" s="240"/>
+      <c r="B77" s="241"/>
+      <c r="C77" s="241"/>
+      <c r="D77" s="241"/>
+      <c r="E77" s="139"/>
+      <c r="F77" s="122"/>
+      <c r="G77" s="51"/>
+      <c r="H77" s="51"/>
+      <c r="I77" s="51"/>
+      <c r="J77" s="51"/>
+      <c r="K77" s="168"/>
+      <c r="L77" s="169"/>
+      <c r="M77" s="170"/>
       <c r="N77" s="31"/>
       <c r="O77" s="32"/>
       <c r="P77" s="32"/>
-      <c r="Q77" s="135"/>
-      <c r="R77" s="119"/>
+      <c r="Q77" s="134"/>
+      <c r="R77" s="118"/>
       <c r="S77" s="33"/>
-      <c r="T77" s="58"/>
-[...1 lines deleted...]
-      <c r="V77" s="182">
+      <c r="T77" s="57"/>
+      <c r="U77" s="58"/>
+      <c r="V77" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W77" s="178">
+      <c r="W77" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X77" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y77" s="63"/>
-[...18 lines deleted...]
-      <c r="AR77" s="63"/>
+      <c r="Y77" s="62"/>
+      <c r="Z77" s="62"/>
+      <c r="AA77" s="62"/>
+      <c r="AB77" s="62"/>
+      <c r="AC77" s="62"/>
+      <c r="AD77" s="62"/>
+      <c r="AE77" s="62"/>
+      <c r="AF77" s="62"/>
+      <c r="AG77" s="62"/>
+      <c r="AH77" s="62"/>
+      <c r="AI77" s="62"/>
+      <c r="AJ77" s="62"/>
+      <c r="AK77" s="62"/>
+      <c r="AL77" s="62"/>
+      <c r="AM77" s="62"/>
+      <c r="AN77" s="62"/>
+      <c r="AO77" s="62"/>
+      <c r="AP77" s="62"/>
+      <c r="AQ77" s="62"/>
+      <c r="AR77" s="62"/>
     </row>
     <row r="78" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A78" s="237"/>
-[...11 lines deleted...]
-      <c r="M78" s="188"/>
+      <c r="A78" s="240"/>
+      <c r="B78" s="241"/>
+      <c r="C78" s="241"/>
+      <c r="D78" s="241"/>
+      <c r="E78" s="139"/>
+      <c r="F78" s="122"/>
+      <c r="G78" s="51"/>
+      <c r="H78" s="51"/>
+      <c r="I78" s="51"/>
+      <c r="J78" s="51"/>
+      <c r="K78" s="168"/>
+      <c r="L78" s="169"/>
+      <c r="M78" s="170"/>
       <c r="N78" s="31"/>
       <c r="O78" s="32"/>
       <c r="P78" s="32"/>
-      <c r="Q78" s="135"/>
-      <c r="R78" s="119"/>
+      <c r="Q78" s="134"/>
+      <c r="R78" s="118"/>
       <c r="S78" s="33"/>
-      <c r="T78" s="58"/>
-[...1 lines deleted...]
-      <c r="V78" s="182">
+      <c r="T78" s="57"/>
+      <c r="U78" s="58"/>
+      <c r="V78" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W78" s="178">
+      <c r="W78" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X78" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y78" s="63"/>
-[...18 lines deleted...]
-      <c r="AR78" s="63"/>
+      <c r="Y78" s="62"/>
+      <c r="Z78" s="62"/>
+      <c r="AA78" s="62"/>
+      <c r="AB78" s="62"/>
+      <c r="AC78" s="62"/>
+      <c r="AD78" s="62"/>
+      <c r="AE78" s="62"/>
+      <c r="AF78" s="62"/>
+      <c r="AG78" s="62"/>
+      <c r="AH78" s="62"/>
+      <c r="AI78" s="62"/>
+      <c r="AJ78" s="62"/>
+      <c r="AK78" s="62"/>
+      <c r="AL78" s="62"/>
+      <c r="AM78" s="62"/>
+      <c r="AN78" s="62"/>
+      <c r="AO78" s="62"/>
+      <c r="AP78" s="62"/>
+      <c r="AQ78" s="62"/>
+      <c r="AR78" s="62"/>
     </row>
     <row r="79" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A79" s="237"/>
-[...11 lines deleted...]
-      <c r="M79" s="188"/>
+      <c r="A79" s="240"/>
+      <c r="B79" s="241"/>
+      <c r="C79" s="241"/>
+      <c r="D79" s="241"/>
+      <c r="E79" s="139"/>
+      <c r="F79" s="122"/>
+      <c r="G79" s="51"/>
+      <c r="H79" s="51"/>
+      <c r="I79" s="51"/>
+      <c r="J79" s="51"/>
+      <c r="K79" s="168"/>
+      <c r="L79" s="169"/>
+      <c r="M79" s="170"/>
       <c r="N79" s="31"/>
       <c r="O79" s="32"/>
       <c r="P79" s="32"/>
-      <c r="Q79" s="135"/>
-      <c r="R79" s="119"/>
+      <c r="Q79" s="134"/>
+      <c r="R79" s="118"/>
       <c r="S79" s="33"/>
-      <c r="T79" s="58"/>
-[...1 lines deleted...]
-      <c r="V79" s="182">
+      <c r="T79" s="57"/>
+      <c r="U79" s="58"/>
+      <c r="V79" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W79" s="178">
+      <c r="W79" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X79" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y79" s="63"/>
-[...18 lines deleted...]
-      <c r="AR79" s="63"/>
+      <c r="Y79" s="62"/>
+      <c r="Z79" s="62"/>
+      <c r="AA79" s="62"/>
+      <c r="AB79" s="62"/>
+      <c r="AC79" s="62"/>
+      <c r="AD79" s="62"/>
+      <c r="AE79" s="62"/>
+      <c r="AF79" s="62"/>
+      <c r="AG79" s="62"/>
+      <c r="AH79" s="62"/>
+      <c r="AI79" s="62"/>
+      <c r="AJ79" s="62"/>
+      <c r="AK79" s="62"/>
+      <c r="AL79" s="62"/>
+      <c r="AM79" s="62"/>
+      <c r="AN79" s="62"/>
+      <c r="AO79" s="62"/>
+      <c r="AP79" s="62"/>
+      <c r="AQ79" s="62"/>
+      <c r="AR79" s="62"/>
     </row>
     <row r="80" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A80" s="237"/>
-[...11 lines deleted...]
-      <c r="M80" s="188"/>
+      <c r="A80" s="240"/>
+      <c r="B80" s="241"/>
+      <c r="C80" s="241"/>
+      <c r="D80" s="241"/>
+      <c r="E80" s="139"/>
+      <c r="F80" s="122"/>
+      <c r="G80" s="51"/>
+      <c r="H80" s="51"/>
+      <c r="I80" s="51"/>
+      <c r="J80" s="51"/>
+      <c r="K80" s="168"/>
+      <c r="L80" s="169"/>
+      <c r="M80" s="170"/>
       <c r="N80" s="31"/>
       <c r="O80" s="32"/>
       <c r="P80" s="32"/>
-      <c r="Q80" s="135"/>
-      <c r="R80" s="119"/>
+      <c r="Q80" s="134"/>
+      <c r="R80" s="118"/>
       <c r="S80" s="33"/>
-      <c r="T80" s="58"/>
-[...1 lines deleted...]
-      <c r="V80" s="182">
+      <c r="T80" s="57"/>
+      <c r="U80" s="58"/>
+      <c r="V80" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W80" s="178">
+      <c r="W80" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X80" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y80" s="63"/>
-[...18 lines deleted...]
-      <c r="AR80" s="63"/>
+      <c r="Y80" s="62"/>
+      <c r="Z80" s="62"/>
+      <c r="AA80" s="62"/>
+      <c r="AB80" s="62"/>
+      <c r="AC80" s="62"/>
+      <c r="AD80" s="62"/>
+      <c r="AE80" s="62"/>
+      <c r="AF80" s="62"/>
+      <c r="AG80" s="62"/>
+      <c r="AH80" s="62"/>
+      <c r="AI80" s="62"/>
+      <c r="AJ80" s="62"/>
+      <c r="AK80" s="62"/>
+      <c r="AL80" s="62"/>
+      <c r="AM80" s="62"/>
+      <c r="AN80" s="62"/>
+      <c r="AO80" s="62"/>
+      <c r="AP80" s="62"/>
+      <c r="AQ80" s="62"/>
+      <c r="AR80" s="62"/>
     </row>
     <row r="81" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A81" s="237"/>
-[...11 lines deleted...]
-      <c r="M81" s="188"/>
+      <c r="A81" s="240"/>
+      <c r="B81" s="241"/>
+      <c r="C81" s="241"/>
+      <c r="D81" s="241"/>
+      <c r="E81" s="139"/>
+      <c r="F81" s="122"/>
+      <c r="G81" s="51"/>
+      <c r="H81" s="51"/>
+      <c r="I81" s="51"/>
+      <c r="J81" s="51"/>
+      <c r="K81" s="168"/>
+      <c r="L81" s="169"/>
+      <c r="M81" s="170"/>
       <c r="N81" s="31"/>
       <c r="O81" s="32"/>
       <c r="P81" s="32"/>
-      <c r="Q81" s="135"/>
-      <c r="R81" s="119"/>
+      <c r="Q81" s="134"/>
+      <c r="R81" s="118"/>
       <c r="S81" s="33"/>
-      <c r="T81" s="58"/>
-[...1 lines deleted...]
-      <c r="V81" s="182">
+      <c r="T81" s="57"/>
+      <c r="U81" s="58"/>
+      <c r="V81" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W81" s="178">
+      <c r="W81" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X81" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y81" s="63"/>
-[...18 lines deleted...]
-      <c r="AR81" s="63"/>
+      <c r="Y81" s="62"/>
+      <c r="Z81" s="62"/>
+      <c r="AA81" s="62"/>
+      <c r="AB81" s="62"/>
+      <c r="AC81" s="62"/>
+      <c r="AD81" s="62"/>
+      <c r="AE81" s="62"/>
+      <c r="AF81" s="62"/>
+      <c r="AG81" s="62"/>
+      <c r="AH81" s="62"/>
+      <c r="AI81" s="62"/>
+      <c r="AJ81" s="62"/>
+      <c r="AK81" s="62"/>
+      <c r="AL81" s="62"/>
+      <c r="AM81" s="62"/>
+      <c r="AN81" s="62"/>
+      <c r="AO81" s="62"/>
+      <c r="AP81" s="62"/>
+      <c r="AQ81" s="62"/>
+      <c r="AR81" s="62"/>
     </row>
     <row r="82" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A82" s="237"/>
-[...11 lines deleted...]
-      <c r="M82" s="188"/>
+      <c r="A82" s="240"/>
+      <c r="B82" s="241"/>
+      <c r="C82" s="241"/>
+      <c r="D82" s="241"/>
+      <c r="E82" s="139"/>
+      <c r="F82" s="122"/>
+      <c r="G82" s="51"/>
+      <c r="H82" s="51"/>
+      <c r="I82" s="51"/>
+      <c r="J82" s="51"/>
+      <c r="K82" s="168"/>
+      <c r="L82" s="169"/>
+      <c r="M82" s="170"/>
       <c r="N82" s="31"/>
       <c r="O82" s="32"/>
       <c r="P82" s="32"/>
-      <c r="Q82" s="135"/>
-      <c r="R82" s="119"/>
+      <c r="Q82" s="134"/>
+      <c r="R82" s="118"/>
       <c r="S82" s="33"/>
-      <c r="T82" s="58"/>
-[...1 lines deleted...]
-      <c r="V82" s="182">
+      <c r="T82" s="57"/>
+      <c r="U82" s="58"/>
+      <c r="V82" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W82" s="178">
+      <c r="W82" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X82" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y82" s="63"/>
-[...33 lines deleted...]
-      <c r="M83" s="188"/>
+      <c r="Y82" s="62"/>
+      <c r="Z82" s="62"/>
+      <c r="AA82" s="62"/>
+      <c r="AB82" s="62"/>
+      <c r="AC82" s="62"/>
+      <c r="AD82" s="62"/>
+      <c r="AE82" s="62"/>
+      <c r="AF82" s="62"/>
+      <c r="AG82" s="62"/>
+      <c r="AH82" s="62"/>
+      <c r="AI82" s="62"/>
+      <c r="AJ82" s="62"/>
+      <c r="AK82" s="62"/>
+      <c r="AL82" s="62"/>
+      <c r="AM82" s="62"/>
+      <c r="AN82" s="62"/>
+      <c r="AO82" s="62"/>
+      <c r="AP82" s="62"/>
+      <c r="AQ82" s="62"/>
+      <c r="AR82" s="62"/>
+    </row>
+    <row r="83" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="240"/>
+      <c r="B83" s="241"/>
+      <c r="C83" s="241"/>
+      <c r="D83" s="241"/>
+      <c r="E83" s="139"/>
+      <c r="F83" s="122"/>
+      <c r="G83" s="51"/>
+      <c r="H83" s="51"/>
+      <c r="I83" s="51"/>
+      <c r="J83" s="51"/>
+      <c r="K83" s="168"/>
+      <c r="L83" s="169"/>
+      <c r="M83" s="170"/>
       <c r="N83" s="31"/>
       <c r="O83" s="32"/>
       <c r="P83" s="32"/>
-      <c r="Q83" s="135"/>
-      <c r="R83" s="119"/>
+      <c r="Q83" s="134"/>
+      <c r="R83" s="118"/>
       <c r="S83" s="33"/>
-      <c r="T83" s="58"/>
-[...1 lines deleted...]
-      <c r="V83" s="182">
+      <c r="T83" s="57"/>
+      <c r="U83" s="58"/>
+      <c r="V83" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W83" s="178">
+      <c r="W83" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X83" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y83" s="63"/>
-[...18 lines deleted...]
-      <c r="AR83" s="63"/>
+      <c r="Y83" s="62"/>
+      <c r="Z83" s="62"/>
+      <c r="AA83" s="62"/>
+      <c r="AB83" s="62"/>
+      <c r="AC83" s="62"/>
+      <c r="AD83" s="62"/>
+      <c r="AE83" s="62"/>
+      <c r="AF83" s="62"/>
+      <c r="AG83" s="62"/>
+      <c r="AH83" s="62"/>
+      <c r="AI83" s="62"/>
+      <c r="AJ83" s="62"/>
+      <c r="AK83" s="62"/>
+      <c r="AL83" s="62"/>
+      <c r="AM83" s="62"/>
+      <c r="AN83" s="62"/>
+      <c r="AO83" s="62"/>
+      <c r="AP83" s="62"/>
+      <c r="AQ83" s="62"/>
+      <c r="AR83" s="62"/>
     </row>
     <row r="84" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="237"/>
-[...11 lines deleted...]
-      <c r="M84" s="188"/>
+      <c r="A84" s="240"/>
+      <c r="B84" s="241"/>
+      <c r="C84" s="241"/>
+      <c r="D84" s="241"/>
+      <c r="E84" s="139"/>
+      <c r="F84" s="122"/>
+      <c r="G84" s="51"/>
+      <c r="H84" s="51"/>
+      <c r="I84" s="51"/>
+      <c r="J84" s="51"/>
+      <c r="K84" s="168"/>
+      <c r="L84" s="169"/>
+      <c r="M84" s="170"/>
       <c r="N84" s="31"/>
       <c r="O84" s="32"/>
       <c r="P84" s="32"/>
-      <c r="Q84" s="135"/>
-      <c r="R84" s="119"/>
+      <c r="Q84" s="134"/>
+      <c r="R84" s="118"/>
       <c r="S84" s="33"/>
-      <c r="T84" s="58"/>
-[...1 lines deleted...]
-      <c r="V84" s="182">
+      <c r="T84" s="57"/>
+      <c r="U84" s="58"/>
+      <c r="V84" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W84" s="178">
+      <c r="W84" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X84" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y84" s="63"/>
-[...18 lines deleted...]
-      <c r="AR84" s="63"/>
+      <c r="Y84" s="62"/>
+      <c r="Z84" s="62"/>
+      <c r="AA84" s="62"/>
+      <c r="AB84" s="62"/>
+      <c r="AC84" s="62"/>
+      <c r="AD84" s="62"/>
+      <c r="AE84" s="62"/>
+      <c r="AF84" s="62"/>
+      <c r="AG84" s="62"/>
+      <c r="AH84" s="62"/>
+      <c r="AI84" s="62"/>
+      <c r="AJ84" s="62"/>
+      <c r="AK84" s="62"/>
+      <c r="AL84" s="62"/>
+      <c r="AM84" s="62"/>
+      <c r="AN84" s="62"/>
+      <c r="AO84" s="62"/>
+      <c r="AP84" s="62"/>
+      <c r="AQ84" s="62"/>
+      <c r="AR84" s="62"/>
     </row>
     <row r="85" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="237"/>
-[...11 lines deleted...]
-      <c r="M85" s="188"/>
+      <c r="A85" s="240"/>
+      <c r="B85" s="241"/>
+      <c r="C85" s="241"/>
+      <c r="D85" s="241"/>
+      <c r="E85" s="139"/>
+      <c r="F85" s="122"/>
+      <c r="G85" s="51"/>
+      <c r="H85" s="51"/>
+      <c r="I85" s="51"/>
+      <c r="J85" s="51"/>
+      <c r="K85" s="168"/>
+      <c r="L85" s="169"/>
+      <c r="M85" s="170"/>
       <c r="N85" s="31"/>
       <c r="O85" s="32"/>
       <c r="P85" s="32"/>
-      <c r="Q85" s="135"/>
-      <c r="R85" s="119"/>
+      <c r="Q85" s="134"/>
+      <c r="R85" s="118"/>
       <c r="S85" s="33"/>
-      <c r="T85" s="58"/>
-[...1 lines deleted...]
-      <c r="V85" s="182">
+      <c r="T85" s="57"/>
+      <c r="U85" s="58"/>
+      <c r="V85" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W85" s="178">
+      <c r="W85" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X85" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y85" s="63"/>
-[...18 lines deleted...]
-      <c r="AR85" s="63"/>
+      <c r="Y85" s="62"/>
+      <c r="Z85" s="62"/>
+      <c r="AA85" s="62"/>
+      <c r="AB85" s="62"/>
+      <c r="AC85" s="62"/>
+      <c r="AD85" s="62"/>
+      <c r="AE85" s="62"/>
+      <c r="AF85" s="62"/>
+      <c r="AG85" s="62"/>
+      <c r="AH85" s="62"/>
+      <c r="AI85" s="62"/>
+      <c r="AJ85" s="62"/>
+      <c r="AK85" s="62"/>
+      <c r="AL85" s="62"/>
+      <c r="AM85" s="62"/>
+      <c r="AN85" s="62"/>
+      <c r="AO85" s="62"/>
+      <c r="AP85" s="62"/>
+      <c r="AQ85" s="62"/>
+      <c r="AR85" s="62"/>
     </row>
     <row r="86" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="237"/>
-[...11 lines deleted...]
-      <c r="M86" s="188"/>
+      <c r="A86" s="240"/>
+      <c r="B86" s="241"/>
+      <c r="C86" s="241"/>
+      <c r="D86" s="241"/>
+      <c r="E86" s="139"/>
+      <c r="F86" s="122"/>
+      <c r="G86" s="51"/>
+      <c r="H86" s="51"/>
+      <c r="I86" s="51"/>
+      <c r="J86" s="51"/>
+      <c r="K86" s="168"/>
+      <c r="L86" s="169"/>
+      <c r="M86" s="170"/>
       <c r="N86" s="31"/>
       <c r="O86" s="32"/>
       <c r="P86" s="32"/>
-      <c r="Q86" s="135"/>
-      <c r="R86" s="119"/>
+      <c r="Q86" s="134"/>
+      <c r="R86" s="118"/>
       <c r="S86" s="33"/>
-      <c r="T86" s="58"/>
-[...1 lines deleted...]
-      <c r="V86" s="182">
+      <c r="T86" s="57"/>
+      <c r="U86" s="58"/>
+      <c r="V86" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W86" s="178">
+      <c r="W86" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X86" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y86" s="63"/>
-[...18 lines deleted...]
-      <c r="AR86" s="63"/>
+      <c r="Y86" s="62"/>
+      <c r="Z86" s="62"/>
+      <c r="AA86" s="62"/>
+      <c r="AB86" s="62"/>
+      <c r="AC86" s="62"/>
+      <c r="AD86" s="62"/>
+      <c r="AE86" s="62"/>
+      <c r="AF86" s="62"/>
+      <c r="AG86" s="62"/>
+      <c r="AH86" s="62"/>
+      <c r="AI86" s="62"/>
+      <c r="AJ86" s="62"/>
+      <c r="AK86" s="62"/>
+      <c r="AL86" s="62"/>
+      <c r="AM86" s="62"/>
+      <c r="AN86" s="62"/>
+      <c r="AO86" s="62"/>
+      <c r="AP86" s="62"/>
+      <c r="AQ86" s="62"/>
+      <c r="AR86" s="62"/>
     </row>
     <row r="87" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="237"/>
-[...11 lines deleted...]
-      <c r="M87" s="188"/>
+      <c r="A87" s="240"/>
+      <c r="B87" s="241"/>
+      <c r="C87" s="241"/>
+      <c r="D87" s="241"/>
+      <c r="E87" s="139"/>
+      <c r="F87" s="122"/>
+      <c r="G87" s="51"/>
+      <c r="H87" s="51"/>
+      <c r="I87" s="51"/>
+      <c r="J87" s="51"/>
+      <c r="K87" s="168"/>
+      <c r="L87" s="169"/>
+      <c r="M87" s="170"/>
       <c r="N87" s="31"/>
       <c r="O87" s="32"/>
       <c r="P87" s="32"/>
-      <c r="Q87" s="135"/>
-      <c r="R87" s="119"/>
+      <c r="Q87" s="134"/>
+      <c r="R87" s="118"/>
       <c r="S87" s="33"/>
-      <c r="T87" s="58"/>
-[...1 lines deleted...]
-      <c r="V87" s="182">
+      <c r="T87" s="57"/>
+      <c r="U87" s="58"/>
+      <c r="V87" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W87" s="178">
+      <c r="W87" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X87" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y87" s="63"/>
-[...18 lines deleted...]
-      <c r="AR87" s="63"/>
+      <c r="Y87" s="62"/>
+      <c r="Z87" s="62"/>
+      <c r="AA87" s="62"/>
+      <c r="AB87" s="62"/>
+      <c r="AC87" s="62"/>
+      <c r="AD87" s="62"/>
+      <c r="AE87" s="62"/>
+      <c r="AF87" s="62"/>
+      <c r="AG87" s="62"/>
+      <c r="AH87" s="62"/>
+      <c r="AI87" s="62"/>
+      <c r="AJ87" s="62"/>
+      <c r="AK87" s="62"/>
+      <c r="AL87" s="62"/>
+      <c r="AM87" s="62"/>
+      <c r="AN87" s="62"/>
+      <c r="AO87" s="62"/>
+      <c r="AP87" s="62"/>
+      <c r="AQ87" s="62"/>
+      <c r="AR87" s="62"/>
     </row>
     <row r="88" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="237"/>
-[...11 lines deleted...]
-      <c r="M88" s="188"/>
+      <c r="A88" s="240"/>
+      <c r="B88" s="241"/>
+      <c r="C88" s="241"/>
+      <c r="D88" s="241"/>
+      <c r="E88" s="139"/>
+      <c r="F88" s="122"/>
+      <c r="G88" s="51"/>
+      <c r="H88" s="51"/>
+      <c r="I88" s="51"/>
+      <c r="J88" s="51"/>
+      <c r="K88" s="168"/>
+      <c r="L88" s="169"/>
+      <c r="M88" s="170"/>
       <c r="N88" s="31"/>
       <c r="O88" s="32"/>
       <c r="P88" s="32"/>
-      <c r="Q88" s="135"/>
-      <c r="R88" s="119"/>
+      <c r="Q88" s="134"/>
+      <c r="R88" s="118"/>
       <c r="S88" s="33"/>
-      <c r="T88" s="58"/>
-[...1 lines deleted...]
-      <c r="V88" s="182">
+      <c r="T88" s="57"/>
+      <c r="U88" s="58"/>
+      <c r="V88" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W88" s="178">
+      <c r="W88" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X88" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y88" s="63"/>
-[...18 lines deleted...]
-      <c r="AR88" s="63"/>
+      <c r="Y88" s="62"/>
+      <c r="Z88" s="62"/>
+      <c r="AA88" s="62"/>
+      <c r="AB88" s="62"/>
+      <c r="AC88" s="62"/>
+      <c r="AD88" s="62"/>
+      <c r="AE88" s="62"/>
+      <c r="AF88" s="62"/>
+      <c r="AG88" s="62"/>
+      <c r="AH88" s="62"/>
+      <c r="AI88" s="62"/>
+      <c r="AJ88" s="62"/>
+      <c r="AK88" s="62"/>
+      <c r="AL88" s="62"/>
+      <c r="AM88" s="62"/>
+      <c r="AN88" s="62"/>
+      <c r="AO88" s="62"/>
+      <c r="AP88" s="62"/>
+      <c r="AQ88" s="62"/>
+      <c r="AR88" s="62"/>
     </row>
     <row r="89" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="237"/>
-[...11 lines deleted...]
-      <c r="M89" s="188"/>
+      <c r="A89" s="240"/>
+      <c r="B89" s="241"/>
+      <c r="C89" s="241"/>
+      <c r="D89" s="241"/>
+      <c r="E89" s="139"/>
+      <c r="F89" s="122"/>
+      <c r="G89" s="51"/>
+      <c r="H89" s="51"/>
+      <c r="I89" s="51"/>
+      <c r="J89" s="51"/>
+      <c r="K89" s="168"/>
+      <c r="L89" s="169"/>
+      <c r="M89" s="170"/>
       <c r="N89" s="31"/>
       <c r="O89" s="32"/>
       <c r="P89" s="32"/>
-      <c r="Q89" s="135"/>
-      <c r="R89" s="119"/>
+      <c r="Q89" s="134"/>
+      <c r="R89" s="118"/>
       <c r="S89" s="33"/>
-      <c r="T89" s="58"/>
-[...1 lines deleted...]
-      <c r="V89" s="182">
+      <c r="T89" s="57"/>
+      <c r="U89" s="58"/>
+      <c r="V89" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W89" s="178">
+      <c r="W89" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X89" s="2">
         <f t="shared" ref="X89:X152" si="6">IF(E89="o",0,SUM(N89:U89))</f>
         <v>0</v>
       </c>
-      <c r="Y89" s="63"/>
-[...18 lines deleted...]
-      <c r="AR89" s="63"/>
+      <c r="Y89" s="62"/>
+      <c r="Z89" s="62"/>
+      <c r="AA89" s="62"/>
+      <c r="AB89" s="62"/>
+      <c r="AC89" s="62"/>
+      <c r="AD89" s="62"/>
+      <c r="AE89" s="62"/>
+      <c r="AF89" s="62"/>
+      <c r="AG89" s="62"/>
+      <c r="AH89" s="62"/>
+      <c r="AI89" s="62"/>
+      <c r="AJ89" s="62"/>
+      <c r="AK89" s="62"/>
+      <c r="AL89" s="62"/>
+      <c r="AM89" s="62"/>
+      <c r="AN89" s="62"/>
+      <c r="AO89" s="62"/>
+      <c r="AP89" s="62"/>
+      <c r="AQ89" s="62"/>
+      <c r="AR89" s="62"/>
     </row>
     <row r="90" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="237"/>
-[...11 lines deleted...]
-      <c r="M90" s="188"/>
+      <c r="A90" s="240"/>
+      <c r="B90" s="241"/>
+      <c r="C90" s="241"/>
+      <c r="D90" s="241"/>
+      <c r="E90" s="139"/>
+      <c r="F90" s="122"/>
+      <c r="G90" s="51"/>
+      <c r="H90" s="51"/>
+      <c r="I90" s="51"/>
+      <c r="J90" s="51"/>
+      <c r="K90" s="168"/>
+      <c r="L90" s="169"/>
+      <c r="M90" s="170"/>
       <c r="N90" s="31"/>
       <c r="O90" s="32"/>
       <c r="P90" s="32"/>
-      <c r="Q90" s="135"/>
-      <c r="R90" s="119"/>
+      <c r="Q90" s="134"/>
+      <c r="R90" s="118"/>
       <c r="S90" s="33"/>
-      <c r="T90" s="58"/>
-[...1 lines deleted...]
-      <c r="V90" s="182">
+      <c r="T90" s="57"/>
+      <c r="U90" s="58"/>
+      <c r="V90" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W90" s="178">
+      <c r="W90" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X90" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y90" s="63"/>
-[...18 lines deleted...]
-      <c r="AR90" s="63"/>
+      <c r="Y90" s="62"/>
+      <c r="Z90" s="62"/>
+      <c r="AA90" s="62"/>
+      <c r="AB90" s="62"/>
+      <c r="AC90" s="62"/>
+      <c r="AD90" s="62"/>
+      <c r="AE90" s="62"/>
+      <c r="AF90" s="62"/>
+      <c r="AG90" s="62"/>
+      <c r="AH90" s="62"/>
+      <c r="AI90" s="62"/>
+      <c r="AJ90" s="62"/>
+      <c r="AK90" s="62"/>
+      <c r="AL90" s="62"/>
+      <c r="AM90" s="62"/>
+      <c r="AN90" s="62"/>
+      <c r="AO90" s="62"/>
+      <c r="AP90" s="62"/>
+      <c r="AQ90" s="62"/>
+      <c r="AR90" s="62"/>
     </row>
     <row r="91" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="237"/>
-[...11 lines deleted...]
-      <c r="M91" s="188"/>
+      <c r="A91" s="240"/>
+      <c r="B91" s="241"/>
+      <c r="C91" s="241"/>
+      <c r="D91" s="241"/>
+      <c r="E91" s="139"/>
+      <c r="F91" s="122"/>
+      <c r="G91" s="51"/>
+      <c r="H91" s="51"/>
+      <c r="I91" s="51"/>
+      <c r="J91" s="51"/>
+      <c r="K91" s="168"/>
+      <c r="L91" s="169"/>
+      <c r="M91" s="170"/>
       <c r="N91" s="31"/>
       <c r="O91" s="32"/>
       <c r="P91" s="32"/>
-      <c r="Q91" s="135"/>
-      <c r="R91" s="119"/>
+      <c r="Q91" s="134"/>
+      <c r="R91" s="118"/>
       <c r="S91" s="33"/>
-      <c r="T91" s="58"/>
-[...1 lines deleted...]
-      <c r="V91" s="182">
+      <c r="T91" s="57"/>
+      <c r="U91" s="58"/>
+      <c r="V91" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W91" s="178">
+      <c r="W91" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X91" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y91" s="63"/>
-[...18 lines deleted...]
-      <c r="AR91" s="63"/>
+      <c r="Y91" s="62"/>
+      <c r="Z91" s="62"/>
+      <c r="AA91" s="62"/>
+      <c r="AB91" s="62"/>
+      <c r="AC91" s="62"/>
+      <c r="AD91" s="62"/>
+      <c r="AE91" s="62"/>
+      <c r="AF91" s="62"/>
+      <c r="AG91" s="62"/>
+      <c r="AH91" s="62"/>
+      <c r="AI91" s="62"/>
+      <c r="AJ91" s="62"/>
+      <c r="AK91" s="62"/>
+      <c r="AL91" s="62"/>
+      <c r="AM91" s="62"/>
+      <c r="AN91" s="62"/>
+      <c r="AO91" s="62"/>
+      <c r="AP91" s="62"/>
+      <c r="AQ91" s="62"/>
+      <c r="AR91" s="62"/>
     </row>
     <row r="92" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="237"/>
-[...11 lines deleted...]
-      <c r="M92" s="188"/>
+      <c r="A92" s="240"/>
+      <c r="B92" s="241"/>
+      <c r="C92" s="241"/>
+      <c r="D92" s="241"/>
+      <c r="E92" s="139"/>
+      <c r="F92" s="122"/>
+      <c r="G92" s="51"/>
+      <c r="H92" s="51"/>
+      <c r="I92" s="51"/>
+      <c r="J92" s="51"/>
+      <c r="K92" s="168"/>
+      <c r="L92" s="169"/>
+      <c r="M92" s="170"/>
       <c r="N92" s="31"/>
       <c r="O92" s="32"/>
       <c r="P92" s="32"/>
-      <c r="Q92" s="135"/>
-      <c r="R92" s="119"/>
+      <c r="Q92" s="134"/>
+      <c r="R92" s="118"/>
       <c r="S92" s="33"/>
-      <c r="T92" s="58"/>
-[...1 lines deleted...]
-      <c r="V92" s="182">
+      <c r="T92" s="57"/>
+      <c r="U92" s="58"/>
+      <c r="V92" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W92" s="178">
+      <c r="W92" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X92" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y92" s="63"/>
-[...18 lines deleted...]
-      <c r="AR92" s="63"/>
+      <c r="Y92" s="62"/>
+      <c r="Z92" s="62"/>
+      <c r="AA92" s="62"/>
+      <c r="AB92" s="62"/>
+      <c r="AC92" s="62"/>
+      <c r="AD92" s="62"/>
+      <c r="AE92" s="62"/>
+      <c r="AF92" s="62"/>
+      <c r="AG92" s="62"/>
+      <c r="AH92" s="62"/>
+      <c r="AI92" s="62"/>
+      <c r="AJ92" s="62"/>
+      <c r="AK92" s="62"/>
+      <c r="AL92" s="62"/>
+      <c r="AM92" s="62"/>
+      <c r="AN92" s="62"/>
+      <c r="AO92" s="62"/>
+      <c r="AP92" s="62"/>
+      <c r="AQ92" s="62"/>
+      <c r="AR92" s="62"/>
     </row>
     <row r="93" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="237"/>
-[...11 lines deleted...]
-      <c r="M93" s="188"/>
+      <c r="A93" s="240"/>
+      <c r="B93" s="241"/>
+      <c r="C93" s="241"/>
+      <c r="D93" s="241"/>
+      <c r="E93" s="139"/>
+      <c r="F93" s="122"/>
+      <c r="G93" s="51"/>
+      <c r="H93" s="51"/>
+      <c r="I93" s="51"/>
+      <c r="J93" s="51"/>
+      <c r="K93" s="168"/>
+      <c r="L93" s="169"/>
+      <c r="M93" s="170"/>
       <c r="N93" s="31"/>
       <c r="O93" s="32"/>
       <c r="P93" s="32"/>
-      <c r="Q93" s="135"/>
-      <c r="R93" s="119"/>
+      <c r="Q93" s="134"/>
+      <c r="R93" s="118"/>
       <c r="S93" s="33"/>
-      <c r="T93" s="58"/>
-[...1 lines deleted...]
-      <c r="V93" s="182">
+      <c r="T93" s="57"/>
+      <c r="U93" s="58"/>
+      <c r="V93" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W93" s="178">
+      <c r="W93" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X93" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y93" s="63"/>
-[...18 lines deleted...]
-      <c r="AR93" s="63"/>
+      <c r="Y93" s="62"/>
+      <c r="Z93" s="62"/>
+      <c r="AA93" s="62"/>
+      <c r="AB93" s="62"/>
+      <c r="AC93" s="62"/>
+      <c r="AD93" s="62"/>
+      <c r="AE93" s="62"/>
+      <c r="AF93" s="62"/>
+      <c r="AG93" s="62"/>
+      <c r="AH93" s="62"/>
+      <c r="AI93" s="62"/>
+      <c r="AJ93" s="62"/>
+      <c r="AK93" s="62"/>
+      <c r="AL93" s="62"/>
+      <c r="AM93" s="62"/>
+      <c r="AN93" s="62"/>
+      <c r="AO93" s="62"/>
+      <c r="AP93" s="62"/>
+      <c r="AQ93" s="62"/>
+      <c r="AR93" s="62"/>
     </row>
     <row r="94" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="237"/>
-[...11 lines deleted...]
-      <c r="M94" s="188"/>
+      <c r="A94" s="240"/>
+      <c r="B94" s="241"/>
+      <c r="C94" s="241"/>
+      <c r="D94" s="241"/>
+      <c r="E94" s="139"/>
+      <c r="F94" s="122"/>
+      <c r="G94" s="51"/>
+      <c r="H94" s="51"/>
+      <c r="I94" s="51"/>
+      <c r="J94" s="51"/>
+      <c r="K94" s="168"/>
+      <c r="L94" s="169"/>
+      <c r="M94" s="170"/>
       <c r="N94" s="31"/>
       <c r="O94" s="32"/>
       <c r="P94" s="32"/>
-      <c r="Q94" s="135"/>
-      <c r="R94" s="119"/>
+      <c r="Q94" s="134"/>
+      <c r="R94" s="118"/>
       <c r="S94" s="33"/>
-      <c r="T94" s="58"/>
-[...1 lines deleted...]
-      <c r="V94" s="182">
+      <c r="T94" s="57"/>
+      <c r="U94" s="58"/>
+      <c r="V94" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W94" s="178">
+      <c r="W94" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X94" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y94" s="63"/>
-[...18 lines deleted...]
-      <c r="AR94" s="63"/>
+      <c r="Y94" s="62"/>
+      <c r="Z94" s="62"/>
+      <c r="AA94" s="62"/>
+      <c r="AB94" s="62"/>
+      <c r="AC94" s="62"/>
+      <c r="AD94" s="62"/>
+      <c r="AE94" s="62"/>
+      <c r="AF94" s="62"/>
+      <c r="AG94" s="62"/>
+      <c r="AH94" s="62"/>
+      <c r="AI94" s="62"/>
+      <c r="AJ94" s="62"/>
+      <c r="AK94" s="62"/>
+      <c r="AL94" s="62"/>
+      <c r="AM94" s="62"/>
+      <c r="AN94" s="62"/>
+      <c r="AO94" s="62"/>
+      <c r="AP94" s="62"/>
+      <c r="AQ94" s="62"/>
+      <c r="AR94" s="62"/>
     </row>
     <row r="95" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="237"/>
-[...11 lines deleted...]
-      <c r="M95" s="188"/>
+      <c r="A95" s="240"/>
+      <c r="B95" s="241"/>
+      <c r="C95" s="241"/>
+      <c r="D95" s="241"/>
+      <c r="E95" s="139"/>
+      <c r="F95" s="122"/>
+      <c r="G95" s="51"/>
+      <c r="H95" s="51"/>
+      <c r="I95" s="51"/>
+      <c r="J95" s="51"/>
+      <c r="K95" s="168"/>
+      <c r="L95" s="169"/>
+      <c r="M95" s="170"/>
       <c r="N95" s="31"/>
       <c r="O95" s="32"/>
       <c r="P95" s="32"/>
-      <c r="Q95" s="135"/>
-      <c r="R95" s="119"/>
+      <c r="Q95" s="134"/>
+      <c r="R95" s="118"/>
       <c r="S95" s="33"/>
-      <c r="T95" s="58"/>
-[...1 lines deleted...]
-      <c r="V95" s="182">
+      <c r="T95" s="57"/>
+      <c r="U95" s="58"/>
+      <c r="V95" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W95" s="178">
+      <c r="W95" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X95" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y95" s="63"/>
-[...18 lines deleted...]
-      <c r="AR95" s="63"/>
+      <c r="Y95" s="62"/>
+      <c r="Z95" s="62"/>
+      <c r="AA95" s="62"/>
+      <c r="AB95" s="62"/>
+      <c r="AC95" s="62"/>
+      <c r="AD95" s="62"/>
+      <c r="AE95" s="62"/>
+      <c r="AF95" s="62"/>
+      <c r="AG95" s="62"/>
+      <c r="AH95" s="62"/>
+      <c r="AI95" s="62"/>
+      <c r="AJ95" s="62"/>
+      <c r="AK95" s="62"/>
+      <c r="AL95" s="62"/>
+      <c r="AM95" s="62"/>
+      <c r="AN95" s="62"/>
+      <c r="AO95" s="62"/>
+      <c r="AP95" s="62"/>
+      <c r="AQ95" s="62"/>
+      <c r="AR95" s="62"/>
     </row>
     <row r="96" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="237"/>
-[...11 lines deleted...]
-      <c r="M96" s="188"/>
+      <c r="A96" s="240"/>
+      <c r="B96" s="241"/>
+      <c r="C96" s="241"/>
+      <c r="D96" s="241"/>
+      <c r="E96" s="139"/>
+      <c r="F96" s="122"/>
+      <c r="G96" s="51"/>
+      <c r="H96" s="51"/>
+      <c r="I96" s="51"/>
+      <c r="J96" s="51"/>
+      <c r="K96" s="168"/>
+      <c r="L96" s="169"/>
+      <c r="M96" s="170"/>
       <c r="N96" s="31"/>
       <c r="O96" s="32"/>
       <c r="P96" s="32"/>
-      <c r="Q96" s="135"/>
-      <c r="R96" s="119"/>
+      <c r="Q96" s="134"/>
+      <c r="R96" s="118"/>
       <c r="S96" s="33"/>
-      <c r="T96" s="58"/>
-[...1 lines deleted...]
-      <c r="V96" s="182">
+      <c r="T96" s="57"/>
+      <c r="U96" s="58"/>
+      <c r="V96" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W96" s="178">
+      <c r="W96" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X96" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y96" s="63"/>
-[...18 lines deleted...]
-      <c r="AR96" s="63"/>
+      <c r="Y96" s="62"/>
+      <c r="Z96" s="62"/>
+      <c r="AA96" s="62"/>
+      <c r="AB96" s="62"/>
+      <c r="AC96" s="62"/>
+      <c r="AD96" s="62"/>
+      <c r="AE96" s="62"/>
+      <c r="AF96" s="62"/>
+      <c r="AG96" s="62"/>
+      <c r="AH96" s="62"/>
+      <c r="AI96" s="62"/>
+      <c r="AJ96" s="62"/>
+      <c r="AK96" s="62"/>
+      <c r="AL96" s="62"/>
+      <c r="AM96" s="62"/>
+      <c r="AN96" s="62"/>
+      <c r="AO96" s="62"/>
+      <c r="AP96" s="62"/>
+      <c r="AQ96" s="62"/>
+      <c r="AR96" s="62"/>
     </row>
     <row r="97" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="237"/>
-[...11 lines deleted...]
-      <c r="M97" s="188"/>
+      <c r="A97" s="240"/>
+      <c r="B97" s="241"/>
+      <c r="C97" s="241"/>
+      <c r="D97" s="241"/>
+      <c r="E97" s="139"/>
+      <c r="F97" s="122"/>
+      <c r="G97" s="51"/>
+      <c r="H97" s="51"/>
+      <c r="I97" s="51"/>
+      <c r="J97" s="51"/>
+      <c r="K97" s="168"/>
+      <c r="L97" s="169"/>
+      <c r="M97" s="170"/>
       <c r="N97" s="31"/>
       <c r="O97" s="32"/>
       <c r="P97" s="32"/>
-      <c r="Q97" s="135"/>
-      <c r="R97" s="119"/>
+      <c r="Q97" s="134"/>
+      <c r="R97" s="118"/>
       <c r="S97" s="33"/>
-      <c r="T97" s="58"/>
-[...1 lines deleted...]
-      <c r="V97" s="182">
+      <c r="T97" s="57"/>
+      <c r="U97" s="58"/>
+      <c r="V97" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W97" s="178">
+      <c r="W97" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X97" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y97" s="63"/>
-[...18 lines deleted...]
-      <c r="AR97" s="63"/>
+      <c r="Y97" s="62"/>
+      <c r="Z97" s="62"/>
+      <c r="AA97" s="62"/>
+      <c r="AB97" s="62"/>
+      <c r="AC97" s="62"/>
+      <c r="AD97" s="62"/>
+      <c r="AE97" s="62"/>
+      <c r="AF97" s="62"/>
+      <c r="AG97" s="62"/>
+      <c r="AH97" s="62"/>
+      <c r="AI97" s="62"/>
+      <c r="AJ97" s="62"/>
+      <c r="AK97" s="62"/>
+      <c r="AL97" s="62"/>
+      <c r="AM97" s="62"/>
+      <c r="AN97" s="62"/>
+      <c r="AO97" s="62"/>
+      <c r="AP97" s="62"/>
+      <c r="AQ97" s="62"/>
+      <c r="AR97" s="62"/>
     </row>
     <row r="98" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="237"/>
-[...11 lines deleted...]
-      <c r="M98" s="188"/>
+      <c r="A98" s="240"/>
+      <c r="B98" s="241"/>
+      <c r="C98" s="241"/>
+      <c r="D98" s="241"/>
+      <c r="E98" s="139"/>
+      <c r="F98" s="122"/>
+      <c r="G98" s="51"/>
+      <c r="H98" s="51"/>
+      <c r="I98" s="51"/>
+      <c r="J98" s="51"/>
+      <c r="K98" s="168"/>
+      <c r="L98" s="169"/>
+      <c r="M98" s="170"/>
       <c r="N98" s="31"/>
       <c r="O98" s="32"/>
       <c r="P98" s="32"/>
-      <c r="Q98" s="135"/>
-      <c r="R98" s="119"/>
+      <c r="Q98" s="134"/>
+      <c r="R98" s="118"/>
       <c r="S98" s="33"/>
-      <c r="T98" s="58"/>
-[...1 lines deleted...]
-      <c r="V98" s="182">
+      <c r="T98" s="57"/>
+      <c r="U98" s="58"/>
+      <c r="V98" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W98" s="178">
+      <c r="W98" s="197">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X98" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y98" s="63"/>
-[...18 lines deleted...]
-      <c r="AR98" s="63"/>
+      <c r="Y98" s="62"/>
+      <c r="Z98" s="62"/>
+      <c r="AA98" s="62"/>
+      <c r="AB98" s="62"/>
+      <c r="AC98" s="62"/>
+      <c r="AD98" s="62"/>
+      <c r="AE98" s="62"/>
+      <c r="AF98" s="62"/>
+      <c r="AG98" s="62"/>
+      <c r="AH98" s="62"/>
+      <c r="AI98" s="62"/>
+      <c r="AJ98" s="62"/>
+      <c r="AK98" s="62"/>
+      <c r="AL98" s="62"/>
+      <c r="AM98" s="62"/>
+      <c r="AN98" s="62"/>
+      <c r="AO98" s="62"/>
+      <c r="AP98" s="62"/>
+      <c r="AQ98" s="62"/>
+      <c r="AR98" s="62"/>
     </row>
     <row r="99" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A99" s="237"/>
-[...11 lines deleted...]
-      <c r="M99" s="188"/>
+      <c r="A99" s="240"/>
+      <c r="B99" s="241"/>
+      <c r="C99" s="241"/>
+      <c r="D99" s="241"/>
+      <c r="E99" s="139"/>
+      <c r="F99" s="122"/>
+      <c r="G99" s="51"/>
+      <c r="H99" s="51"/>
+      <c r="I99" s="51"/>
+      <c r="J99" s="51"/>
+      <c r="K99" s="168"/>
+      <c r="L99" s="169"/>
+      <c r="M99" s="170"/>
       <c r="N99" s="31"/>
       <c r="O99" s="32"/>
       <c r="P99" s="32"/>
-      <c r="Q99" s="135"/>
-      <c r="R99" s="119"/>
+      <c r="Q99" s="134"/>
+      <c r="R99" s="118"/>
       <c r="S99" s="33"/>
-      <c r="T99" s="58"/>
-[...1 lines deleted...]
-      <c r="V99" s="182">
+      <c r="T99" s="57"/>
+      <c r="U99" s="58"/>
+      <c r="V99" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W99" s="178">
+      <c r="W99" s="197">
         <f t="shared" ref="W99:W162" si="7">IF(E99="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E99="b",(F99/12*N99)+(G99/12*O99)+(H99/12*P99)+(I99/12*Q99)+(J99/12*R99)+(K99/12*S99)+(L99/12*T99)+(M99/12*U99),0),(F99*1.2%*$F$17/12*N99)+(G99*1.2%*$G$17/12*O99)+(H99*1.2%*$H$17/12*P99)+(I99*1.2%*$I$17/12*Q99)+(J99*1.2%*$J$17/12*R99)+(K99*1.2%*$K$17/12*S99)+(L99*1.2%*$L$17/12*T99)+(M99*1.2%*$M$17/12*U99)))</f>
         <v>0</v>
       </c>
       <c r="X99" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y99" s="63"/>
-[...18 lines deleted...]
-      <c r="AR99" s="63"/>
+      <c r="Y99" s="62"/>
+      <c r="Z99" s="62"/>
+      <c r="AA99" s="62"/>
+      <c r="AB99" s="62"/>
+      <c r="AC99" s="62"/>
+      <c r="AD99" s="62"/>
+      <c r="AE99" s="62"/>
+      <c r="AF99" s="62"/>
+      <c r="AG99" s="62"/>
+      <c r="AH99" s="62"/>
+      <c r="AI99" s="62"/>
+      <c r="AJ99" s="62"/>
+      <c r="AK99" s="62"/>
+      <c r="AL99" s="62"/>
+      <c r="AM99" s="62"/>
+      <c r="AN99" s="62"/>
+      <c r="AO99" s="62"/>
+      <c r="AP99" s="62"/>
+      <c r="AQ99" s="62"/>
+      <c r="AR99" s="62"/>
     </row>
     <row r="100" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="237"/>
-[...11 lines deleted...]
-      <c r="M100" s="188"/>
+      <c r="A100" s="240"/>
+      <c r="B100" s="241"/>
+      <c r="C100" s="241"/>
+      <c r="D100" s="241"/>
+      <c r="E100" s="139"/>
+      <c r="F100" s="122"/>
+      <c r="G100" s="51"/>
+      <c r="H100" s="51"/>
+      <c r="I100" s="51"/>
+      <c r="J100" s="51"/>
+      <c r="K100" s="168"/>
+      <c r="L100" s="169"/>
+      <c r="M100" s="170"/>
       <c r="N100" s="31"/>
       <c r="O100" s="32"/>
       <c r="P100" s="32"/>
-      <c r="Q100" s="135"/>
-      <c r="R100" s="119"/>
+      <c r="Q100" s="134"/>
+      <c r="R100" s="118"/>
       <c r="S100" s="33"/>
-      <c r="T100" s="58"/>
-[...1 lines deleted...]
-      <c r="V100" s="182">
+      <c r="T100" s="57"/>
+      <c r="U100" s="58"/>
+      <c r="V100" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W100" s="178">
+      <c r="W100" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X100" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y100" s="63"/>
-[...18 lines deleted...]
-      <c r="AR100" s="63"/>
+      <c r="Y100" s="62"/>
+      <c r="Z100" s="62"/>
+      <c r="AA100" s="62"/>
+      <c r="AB100" s="62"/>
+      <c r="AC100" s="62"/>
+      <c r="AD100" s="62"/>
+      <c r="AE100" s="62"/>
+      <c r="AF100" s="62"/>
+      <c r="AG100" s="62"/>
+      <c r="AH100" s="62"/>
+      <c r="AI100" s="62"/>
+      <c r="AJ100" s="62"/>
+      <c r="AK100" s="62"/>
+      <c r="AL100" s="62"/>
+      <c r="AM100" s="62"/>
+      <c r="AN100" s="62"/>
+      <c r="AO100" s="62"/>
+      <c r="AP100" s="62"/>
+      <c r="AQ100" s="62"/>
+      <c r="AR100" s="62"/>
     </row>
     <row r="101" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="237"/>
-[...11 lines deleted...]
-      <c r="M101" s="188"/>
+      <c r="A101" s="240"/>
+      <c r="B101" s="241"/>
+      <c r="C101" s="241"/>
+      <c r="D101" s="241"/>
+      <c r="E101" s="139"/>
+      <c r="F101" s="122"/>
+      <c r="G101" s="51"/>
+      <c r="H101" s="51"/>
+      <c r="I101" s="51"/>
+      <c r="J101" s="51"/>
+      <c r="K101" s="168"/>
+      <c r="L101" s="169"/>
+      <c r="M101" s="170"/>
       <c r="N101" s="31"/>
       <c r="O101" s="32"/>
       <c r="P101" s="32"/>
-      <c r="Q101" s="135"/>
-      <c r="R101" s="119"/>
+      <c r="Q101" s="134"/>
+      <c r="R101" s="118"/>
       <c r="S101" s="33"/>
-      <c r="T101" s="58"/>
-[...1 lines deleted...]
-      <c r="V101" s="182">
+      <c r="T101" s="57"/>
+      <c r="U101" s="58"/>
+      <c r="V101" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W101" s="178">
+      <c r="W101" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X101" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y101" s="63"/>
-[...18 lines deleted...]
-      <c r="AR101" s="63"/>
+      <c r="Y101" s="62"/>
+      <c r="Z101" s="62"/>
+      <c r="AA101" s="62"/>
+      <c r="AB101" s="62"/>
+      <c r="AC101" s="62"/>
+      <c r="AD101" s="62"/>
+      <c r="AE101" s="62"/>
+      <c r="AF101" s="62"/>
+      <c r="AG101" s="62"/>
+      <c r="AH101" s="62"/>
+      <c r="AI101" s="62"/>
+      <c r="AJ101" s="62"/>
+      <c r="AK101" s="62"/>
+      <c r="AL101" s="62"/>
+      <c r="AM101" s="62"/>
+      <c r="AN101" s="62"/>
+      <c r="AO101" s="62"/>
+      <c r="AP101" s="62"/>
+      <c r="AQ101" s="62"/>
+      <c r="AR101" s="62"/>
     </row>
     <row r="102" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="237"/>
-[...11 lines deleted...]
-      <c r="M102" s="188"/>
+      <c r="A102" s="240"/>
+      <c r="B102" s="241"/>
+      <c r="C102" s="241"/>
+      <c r="D102" s="241"/>
+      <c r="E102" s="139"/>
+      <c r="F102" s="122"/>
+      <c r="G102" s="51"/>
+      <c r="H102" s="51"/>
+      <c r="I102" s="51"/>
+      <c r="J102" s="51"/>
+      <c r="K102" s="168"/>
+      <c r="L102" s="169"/>
+      <c r="M102" s="170"/>
       <c r="N102" s="31"/>
       <c r="O102" s="32"/>
       <c r="P102" s="32"/>
-      <c r="Q102" s="135"/>
-      <c r="R102" s="119"/>
+      <c r="Q102" s="134"/>
+      <c r="R102" s="118"/>
       <c r="S102" s="33"/>
-      <c r="T102" s="58"/>
-[...1 lines deleted...]
-      <c r="V102" s="182">
+      <c r="T102" s="57"/>
+      <c r="U102" s="58"/>
+      <c r="V102" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W102" s="178">
+      <c r="W102" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X102" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y102" s="63"/>
-[...18 lines deleted...]
-      <c r="AR102" s="63"/>
+      <c r="Y102" s="62"/>
+      <c r="Z102" s="62"/>
+      <c r="AA102" s="62"/>
+      <c r="AB102" s="62"/>
+      <c r="AC102" s="62"/>
+      <c r="AD102" s="62"/>
+      <c r="AE102" s="62"/>
+      <c r="AF102" s="62"/>
+      <c r="AG102" s="62"/>
+      <c r="AH102" s="62"/>
+      <c r="AI102" s="62"/>
+      <c r="AJ102" s="62"/>
+      <c r="AK102" s="62"/>
+      <c r="AL102" s="62"/>
+      <c r="AM102" s="62"/>
+      <c r="AN102" s="62"/>
+      <c r="AO102" s="62"/>
+      <c r="AP102" s="62"/>
+      <c r="AQ102" s="62"/>
+      <c r="AR102" s="62"/>
     </row>
     <row r="103" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="237"/>
-[...11 lines deleted...]
-      <c r="M103" s="188"/>
+      <c r="A103" s="240"/>
+      <c r="B103" s="241"/>
+      <c r="C103" s="241"/>
+      <c r="D103" s="241"/>
+      <c r="E103" s="139"/>
+      <c r="F103" s="122"/>
+      <c r="G103" s="51"/>
+      <c r="H103" s="51"/>
+      <c r="I103" s="51"/>
+      <c r="J103" s="51"/>
+      <c r="K103" s="168"/>
+      <c r="L103" s="169"/>
+      <c r="M103" s="170"/>
       <c r="N103" s="31"/>
       <c r="O103" s="32"/>
       <c r="P103" s="32"/>
-      <c r="Q103" s="135"/>
-      <c r="R103" s="119"/>
+      <c r="Q103" s="134"/>
+      <c r="R103" s="118"/>
       <c r="S103" s="33"/>
-      <c r="T103" s="58"/>
-[...1 lines deleted...]
-      <c r="V103" s="182">
+      <c r="T103" s="57"/>
+      <c r="U103" s="58"/>
+      <c r="V103" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W103" s="178">
+      <c r="W103" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X103" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y103" s="63"/>
-[...18 lines deleted...]
-      <c r="AR103" s="63"/>
+      <c r="Y103" s="62"/>
+      <c r="Z103" s="62"/>
+      <c r="AA103" s="62"/>
+      <c r="AB103" s="62"/>
+      <c r="AC103" s="62"/>
+      <c r="AD103" s="62"/>
+      <c r="AE103" s="62"/>
+      <c r="AF103" s="62"/>
+      <c r="AG103" s="62"/>
+      <c r="AH103" s="62"/>
+      <c r="AI103" s="62"/>
+      <c r="AJ103" s="62"/>
+      <c r="AK103" s="62"/>
+      <c r="AL103" s="62"/>
+      <c r="AM103" s="62"/>
+      <c r="AN103" s="62"/>
+      <c r="AO103" s="62"/>
+      <c r="AP103" s="62"/>
+      <c r="AQ103" s="62"/>
+      <c r="AR103" s="62"/>
     </row>
     <row r="104" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="237"/>
-[...11 lines deleted...]
-      <c r="M104" s="188"/>
+      <c r="A104" s="240"/>
+      <c r="B104" s="241"/>
+      <c r="C104" s="241"/>
+      <c r="D104" s="241"/>
+      <c r="E104" s="139"/>
+      <c r="F104" s="122"/>
+      <c r="G104" s="51"/>
+      <c r="H104" s="51"/>
+      <c r="I104" s="51"/>
+      <c r="J104" s="51"/>
+      <c r="K104" s="168"/>
+      <c r="L104" s="169"/>
+      <c r="M104" s="170"/>
       <c r="N104" s="31"/>
       <c r="O104" s="32"/>
       <c r="P104" s="32"/>
-      <c r="Q104" s="135"/>
-      <c r="R104" s="119"/>
+      <c r="Q104" s="134"/>
+      <c r="R104" s="118"/>
       <c r="S104" s="33"/>
-      <c r="T104" s="58"/>
-[...1 lines deleted...]
-      <c r="V104" s="182">
+      <c r="T104" s="57"/>
+      <c r="U104" s="58"/>
+      <c r="V104" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W104" s="178">
+      <c r="W104" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X104" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y104" s="63"/>
-[...18 lines deleted...]
-      <c r="AR104" s="63"/>
+      <c r="Y104" s="62"/>
+      <c r="Z104" s="62"/>
+      <c r="AA104" s="62"/>
+      <c r="AB104" s="62"/>
+      <c r="AC104" s="62"/>
+      <c r="AD104" s="62"/>
+      <c r="AE104" s="62"/>
+      <c r="AF104" s="62"/>
+      <c r="AG104" s="62"/>
+      <c r="AH104" s="62"/>
+      <c r="AI104" s="62"/>
+      <c r="AJ104" s="62"/>
+      <c r="AK104" s="62"/>
+      <c r="AL104" s="62"/>
+      <c r="AM104" s="62"/>
+      <c r="AN104" s="62"/>
+      <c r="AO104" s="62"/>
+      <c r="AP104" s="62"/>
+      <c r="AQ104" s="62"/>
+      <c r="AR104" s="62"/>
     </row>
     <row r="105" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A105" s="237"/>
-[...11 lines deleted...]
-      <c r="M105" s="188"/>
+      <c r="A105" s="240"/>
+      <c r="B105" s="241"/>
+      <c r="C105" s="241"/>
+      <c r="D105" s="241"/>
+      <c r="E105" s="139"/>
+      <c r="F105" s="122"/>
+      <c r="G105" s="51"/>
+      <c r="H105" s="51"/>
+      <c r="I105" s="51"/>
+      <c r="J105" s="51"/>
+      <c r="K105" s="168"/>
+      <c r="L105" s="169"/>
+      <c r="M105" s="170"/>
       <c r="N105" s="31"/>
       <c r="O105" s="32"/>
       <c r="P105" s="32"/>
-      <c r="Q105" s="135"/>
-      <c r="R105" s="119"/>
+      <c r="Q105" s="134"/>
+      <c r="R105" s="118"/>
       <c r="S105" s="33"/>
-      <c r="T105" s="58"/>
-[...1 lines deleted...]
-      <c r="V105" s="182">
+      <c r="T105" s="57"/>
+      <c r="U105" s="58"/>
+      <c r="V105" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W105" s="178">
+      <c r="W105" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X105" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y105" s="63"/>
-[...18 lines deleted...]
-      <c r="AR105" s="63"/>
+      <c r="Y105" s="62"/>
+      <c r="Z105" s="62"/>
+      <c r="AA105" s="62"/>
+      <c r="AB105" s="62"/>
+      <c r="AC105" s="62"/>
+      <c r="AD105" s="62"/>
+      <c r="AE105" s="62"/>
+      <c r="AF105" s="62"/>
+      <c r="AG105" s="62"/>
+      <c r="AH105" s="62"/>
+      <c r="AI105" s="62"/>
+      <c r="AJ105" s="62"/>
+      <c r="AK105" s="62"/>
+      <c r="AL105" s="62"/>
+      <c r="AM105" s="62"/>
+      <c r="AN105" s="62"/>
+      <c r="AO105" s="62"/>
+      <c r="AP105" s="62"/>
+      <c r="AQ105" s="62"/>
+      <c r="AR105" s="62"/>
     </row>
     <row r="106" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="237"/>
-[...11 lines deleted...]
-      <c r="M106" s="188"/>
+      <c r="A106" s="240"/>
+      <c r="B106" s="241"/>
+      <c r="C106" s="241"/>
+      <c r="D106" s="241"/>
+      <c r="E106" s="139"/>
+      <c r="F106" s="122"/>
+      <c r="G106" s="51"/>
+      <c r="H106" s="51"/>
+      <c r="I106" s="51"/>
+      <c r="J106" s="51"/>
+      <c r="K106" s="168"/>
+      <c r="L106" s="169"/>
+      <c r="M106" s="170"/>
       <c r="N106" s="31"/>
       <c r="O106" s="32"/>
       <c r="P106" s="32"/>
-      <c r="Q106" s="135"/>
-      <c r="R106" s="119"/>
+      <c r="Q106" s="134"/>
+      <c r="R106" s="118"/>
       <c r="S106" s="33"/>
-      <c r="T106" s="58"/>
-[...1 lines deleted...]
-      <c r="V106" s="182">
+      <c r="T106" s="57"/>
+      <c r="U106" s="58"/>
+      <c r="V106" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W106" s="178">
+      <c r="W106" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X106" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y106" s="63"/>
-[...18 lines deleted...]
-      <c r="AR106" s="63"/>
+      <c r="Y106" s="62"/>
+      <c r="Z106" s="62"/>
+      <c r="AA106" s="62"/>
+      <c r="AB106" s="62"/>
+      <c r="AC106" s="62"/>
+      <c r="AD106" s="62"/>
+      <c r="AE106" s="62"/>
+      <c r="AF106" s="62"/>
+      <c r="AG106" s="62"/>
+      <c r="AH106" s="62"/>
+      <c r="AI106" s="62"/>
+      <c r="AJ106" s="62"/>
+      <c r="AK106" s="62"/>
+      <c r="AL106" s="62"/>
+      <c r="AM106" s="62"/>
+      <c r="AN106" s="62"/>
+      <c r="AO106" s="62"/>
+      <c r="AP106" s="62"/>
+      <c r="AQ106" s="62"/>
+      <c r="AR106" s="62"/>
     </row>
     <row r="107" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="237"/>
-[...11 lines deleted...]
-      <c r="M107" s="188"/>
+      <c r="A107" s="240"/>
+      <c r="B107" s="241"/>
+      <c r="C107" s="241"/>
+      <c r="D107" s="241"/>
+      <c r="E107" s="139"/>
+      <c r="F107" s="122"/>
+      <c r="G107" s="51"/>
+      <c r="H107" s="51"/>
+      <c r="I107" s="51"/>
+      <c r="J107" s="51"/>
+      <c r="K107" s="168"/>
+      <c r="L107" s="169"/>
+      <c r="M107" s="170"/>
       <c r="N107" s="31"/>
       <c r="O107" s="32"/>
       <c r="P107" s="32"/>
-      <c r="Q107" s="135"/>
-      <c r="R107" s="119"/>
+      <c r="Q107" s="134"/>
+      <c r="R107" s="118"/>
       <c r="S107" s="33"/>
-      <c r="T107" s="58"/>
-[...1 lines deleted...]
-      <c r="V107" s="182">
+      <c r="T107" s="57"/>
+      <c r="U107" s="58"/>
+      <c r="V107" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W107" s="178">
+      <c r="W107" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X107" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y107" s="63"/>
-[...18 lines deleted...]
-      <c r="AR107" s="63"/>
+      <c r="Y107" s="62"/>
+      <c r="Z107" s="62"/>
+      <c r="AA107" s="62"/>
+      <c r="AB107" s="62"/>
+      <c r="AC107" s="62"/>
+      <c r="AD107" s="62"/>
+      <c r="AE107" s="62"/>
+      <c r="AF107" s="62"/>
+      <c r="AG107" s="62"/>
+      <c r="AH107" s="62"/>
+      <c r="AI107" s="62"/>
+      <c r="AJ107" s="62"/>
+      <c r="AK107" s="62"/>
+      <c r="AL107" s="62"/>
+      <c r="AM107" s="62"/>
+      <c r="AN107" s="62"/>
+      <c r="AO107" s="62"/>
+      <c r="AP107" s="62"/>
+      <c r="AQ107" s="62"/>
+      <c r="AR107" s="62"/>
     </row>
     <row r="108" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="237"/>
-[...11 lines deleted...]
-      <c r="M108" s="188"/>
+      <c r="A108" s="240"/>
+      <c r="B108" s="241"/>
+      <c r="C108" s="241"/>
+      <c r="D108" s="241"/>
+      <c r="E108" s="139"/>
+      <c r="F108" s="122"/>
+      <c r="G108" s="51"/>
+      <c r="H108" s="51"/>
+      <c r="I108" s="51"/>
+      <c r="J108" s="51"/>
+      <c r="K108" s="168"/>
+      <c r="L108" s="169"/>
+      <c r="M108" s="170"/>
       <c r="N108" s="31"/>
       <c r="O108" s="32"/>
       <c r="P108" s="32"/>
-      <c r="Q108" s="135"/>
-      <c r="R108" s="119"/>
+      <c r="Q108" s="134"/>
+      <c r="R108" s="118"/>
       <c r="S108" s="33"/>
-      <c r="T108" s="58"/>
-[...1 lines deleted...]
-      <c r="V108" s="182">
+      <c r="T108" s="57"/>
+      <c r="U108" s="58"/>
+      <c r="V108" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W108" s="178">
+      <c r="W108" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X108" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y108" s="63"/>
-[...18 lines deleted...]
-      <c r="AR108" s="63"/>
+      <c r="Y108" s="62"/>
+      <c r="Z108" s="62"/>
+      <c r="AA108" s="62"/>
+      <c r="AB108" s="62"/>
+      <c r="AC108" s="62"/>
+      <c r="AD108" s="62"/>
+      <c r="AE108" s="62"/>
+      <c r="AF108" s="62"/>
+      <c r="AG108" s="62"/>
+      <c r="AH108" s="62"/>
+      <c r="AI108" s="62"/>
+      <c r="AJ108" s="62"/>
+      <c r="AK108" s="62"/>
+      <c r="AL108" s="62"/>
+      <c r="AM108" s="62"/>
+      <c r="AN108" s="62"/>
+      <c r="AO108" s="62"/>
+      <c r="AP108" s="62"/>
+      <c r="AQ108" s="62"/>
+      <c r="AR108" s="62"/>
     </row>
     <row r="109" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="237"/>
-[...11 lines deleted...]
-      <c r="M109" s="188"/>
+      <c r="A109" s="240"/>
+      <c r="B109" s="241"/>
+      <c r="C109" s="241"/>
+      <c r="D109" s="241"/>
+      <c r="E109" s="139"/>
+      <c r="F109" s="122"/>
+      <c r="G109" s="51"/>
+      <c r="H109" s="51"/>
+      <c r="I109" s="51"/>
+      <c r="J109" s="51"/>
+      <c r="K109" s="168"/>
+      <c r="L109" s="169"/>
+      <c r="M109" s="170"/>
       <c r="N109" s="31"/>
       <c r="O109" s="32"/>
       <c r="P109" s="32"/>
-      <c r="Q109" s="135"/>
-      <c r="R109" s="119"/>
+      <c r="Q109" s="134"/>
+      <c r="R109" s="118"/>
       <c r="S109" s="33"/>
-      <c r="T109" s="58"/>
-[...1 lines deleted...]
-      <c r="V109" s="182">
+      <c r="T109" s="57"/>
+      <c r="U109" s="58"/>
+      <c r="V109" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W109" s="178">
+      <c r="W109" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X109" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y109" s="63"/>
-[...18 lines deleted...]
-      <c r="AR109" s="63"/>
+      <c r="Y109" s="62"/>
+      <c r="Z109" s="62"/>
+      <c r="AA109" s="62"/>
+      <c r="AB109" s="62"/>
+      <c r="AC109" s="62"/>
+      <c r="AD109" s="62"/>
+      <c r="AE109" s="62"/>
+      <c r="AF109" s="62"/>
+      <c r="AG109" s="62"/>
+      <c r="AH109" s="62"/>
+      <c r="AI109" s="62"/>
+      <c r="AJ109" s="62"/>
+      <c r="AK109" s="62"/>
+      <c r="AL109" s="62"/>
+      <c r="AM109" s="62"/>
+      <c r="AN109" s="62"/>
+      <c r="AO109" s="62"/>
+      <c r="AP109" s="62"/>
+      <c r="AQ109" s="62"/>
+      <c r="AR109" s="62"/>
     </row>
     <row r="110" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="237"/>
-[...11 lines deleted...]
-      <c r="M110" s="188"/>
+      <c r="A110" s="240"/>
+      <c r="B110" s="241"/>
+      <c r="C110" s="241"/>
+      <c r="D110" s="241"/>
+      <c r="E110" s="139"/>
+      <c r="F110" s="122"/>
+      <c r="G110" s="51"/>
+      <c r="H110" s="51"/>
+      <c r="I110" s="51"/>
+      <c r="J110" s="51"/>
+      <c r="K110" s="168"/>
+      <c r="L110" s="169"/>
+      <c r="M110" s="170"/>
       <c r="N110" s="31"/>
       <c r="O110" s="32"/>
       <c r="P110" s="32"/>
-      <c r="Q110" s="135"/>
-      <c r="R110" s="119"/>
+      <c r="Q110" s="134"/>
+      <c r="R110" s="118"/>
       <c r="S110" s="33"/>
-      <c r="T110" s="58"/>
-[...1 lines deleted...]
-      <c r="V110" s="182">
+      <c r="T110" s="57"/>
+      <c r="U110" s="58"/>
+      <c r="V110" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W110" s="178">
+      <c r="W110" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X110" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y110" s="63"/>
-[...18 lines deleted...]
-      <c r="AR110" s="63"/>
+      <c r="Y110" s="62"/>
+      <c r="Z110" s="62"/>
+      <c r="AA110" s="62"/>
+      <c r="AB110" s="62"/>
+      <c r="AC110" s="62"/>
+      <c r="AD110" s="62"/>
+      <c r="AE110" s="62"/>
+      <c r="AF110" s="62"/>
+      <c r="AG110" s="62"/>
+      <c r="AH110" s="62"/>
+      <c r="AI110" s="62"/>
+      <c r="AJ110" s="62"/>
+      <c r="AK110" s="62"/>
+      <c r="AL110" s="62"/>
+      <c r="AM110" s="62"/>
+      <c r="AN110" s="62"/>
+      <c r="AO110" s="62"/>
+      <c r="AP110" s="62"/>
+      <c r="AQ110" s="62"/>
+      <c r="AR110" s="62"/>
     </row>
     <row r="111" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="237"/>
-[...11 lines deleted...]
-      <c r="M111" s="188"/>
+      <c r="A111" s="240"/>
+      <c r="B111" s="241"/>
+      <c r="C111" s="241"/>
+      <c r="D111" s="241"/>
+      <c r="E111" s="139"/>
+      <c r="F111" s="122"/>
+      <c r="G111" s="51"/>
+      <c r="H111" s="51"/>
+      <c r="I111" s="51"/>
+      <c r="J111" s="51"/>
+      <c r="K111" s="168"/>
+      <c r="L111" s="169"/>
+      <c r="M111" s="170"/>
       <c r="N111" s="31"/>
       <c r="O111" s="32"/>
       <c r="P111" s="32"/>
-      <c r="Q111" s="135"/>
-      <c r="R111" s="119"/>
+      <c r="Q111" s="134"/>
+      <c r="R111" s="118"/>
       <c r="S111" s="33"/>
-      <c r="T111" s="58"/>
-[...1 lines deleted...]
-      <c r="V111" s="182">
+      <c r="T111" s="57"/>
+      <c r="U111" s="58"/>
+      <c r="V111" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W111" s="178">
+      <c r="W111" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X111" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y111" s="63"/>
-[...18 lines deleted...]
-      <c r="AR111" s="63"/>
+      <c r="Y111" s="62"/>
+      <c r="Z111" s="62"/>
+      <c r="AA111" s="62"/>
+      <c r="AB111" s="62"/>
+      <c r="AC111" s="62"/>
+      <c r="AD111" s="62"/>
+      <c r="AE111" s="62"/>
+      <c r="AF111" s="62"/>
+      <c r="AG111" s="62"/>
+      <c r="AH111" s="62"/>
+      <c r="AI111" s="62"/>
+      <c r="AJ111" s="62"/>
+      <c r="AK111" s="62"/>
+      <c r="AL111" s="62"/>
+      <c r="AM111" s="62"/>
+      <c r="AN111" s="62"/>
+      <c r="AO111" s="62"/>
+      <c r="AP111" s="62"/>
+      <c r="AQ111" s="62"/>
+      <c r="AR111" s="62"/>
     </row>
     <row r="112" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A112" s="237"/>
-[...11 lines deleted...]
-      <c r="M112" s="188"/>
+      <c r="A112" s="240"/>
+      <c r="B112" s="241"/>
+      <c r="C112" s="241"/>
+      <c r="D112" s="241"/>
+      <c r="E112" s="139"/>
+      <c r="F112" s="122"/>
+      <c r="G112" s="51"/>
+      <c r="H112" s="51"/>
+      <c r="I112" s="51"/>
+      <c r="J112" s="51"/>
+      <c r="K112" s="168"/>
+      <c r="L112" s="169"/>
+      <c r="M112" s="170"/>
       <c r="N112" s="31"/>
       <c r="O112" s="32"/>
       <c r="P112" s="32"/>
-      <c r="Q112" s="135"/>
-      <c r="R112" s="119"/>
+      <c r="Q112" s="134"/>
+      <c r="R112" s="118"/>
       <c r="S112" s="33"/>
-      <c r="T112" s="58"/>
-[...1 lines deleted...]
-      <c r="V112" s="182">
+      <c r="T112" s="57"/>
+      <c r="U112" s="58"/>
+      <c r="V112" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W112" s="178">
+      <c r="W112" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X112" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y112" s="63"/>
-[...18 lines deleted...]
-      <c r="AR112" s="63"/>
+      <c r="Y112" s="62"/>
+      <c r="Z112" s="62"/>
+      <c r="AA112" s="62"/>
+      <c r="AB112" s="62"/>
+      <c r="AC112" s="62"/>
+      <c r="AD112" s="62"/>
+      <c r="AE112" s="62"/>
+      <c r="AF112" s="62"/>
+      <c r="AG112" s="62"/>
+      <c r="AH112" s="62"/>
+      <c r="AI112" s="62"/>
+      <c r="AJ112" s="62"/>
+      <c r="AK112" s="62"/>
+      <c r="AL112" s="62"/>
+      <c r="AM112" s="62"/>
+      <c r="AN112" s="62"/>
+      <c r="AO112" s="62"/>
+      <c r="AP112" s="62"/>
+      <c r="AQ112" s="62"/>
+      <c r="AR112" s="62"/>
     </row>
     <row r="113" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="237"/>
-[...11 lines deleted...]
-      <c r="M113" s="188"/>
+      <c r="A113" s="240"/>
+      <c r="B113" s="241"/>
+      <c r="C113" s="241"/>
+      <c r="D113" s="241"/>
+      <c r="E113" s="139"/>
+      <c r="F113" s="122"/>
+      <c r="G113" s="51"/>
+      <c r="H113" s="51"/>
+      <c r="I113" s="51"/>
+      <c r="J113" s="51"/>
+      <c r="K113" s="168"/>
+      <c r="L113" s="169"/>
+      <c r="M113" s="170"/>
       <c r="N113" s="31"/>
       <c r="O113" s="32"/>
       <c r="P113" s="32"/>
-      <c r="Q113" s="135"/>
-      <c r="R113" s="119"/>
+      <c r="Q113" s="134"/>
+      <c r="R113" s="118"/>
       <c r="S113" s="33"/>
-      <c r="T113" s="58"/>
-[...1 lines deleted...]
-      <c r="V113" s="182">
+      <c r="T113" s="57"/>
+      <c r="U113" s="58"/>
+      <c r="V113" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W113" s="178">
+      <c r="W113" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X113" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y113" s="63"/>
-[...18 lines deleted...]
-      <c r="AR113" s="63"/>
+      <c r="Y113" s="62"/>
+      <c r="Z113" s="62"/>
+      <c r="AA113" s="62"/>
+      <c r="AB113" s="62"/>
+      <c r="AC113" s="62"/>
+      <c r="AD113" s="62"/>
+      <c r="AE113" s="62"/>
+      <c r="AF113" s="62"/>
+      <c r="AG113" s="62"/>
+      <c r="AH113" s="62"/>
+      <c r="AI113" s="62"/>
+      <c r="AJ113" s="62"/>
+      <c r="AK113" s="62"/>
+      <c r="AL113" s="62"/>
+      <c r="AM113" s="62"/>
+      <c r="AN113" s="62"/>
+      <c r="AO113" s="62"/>
+      <c r="AP113" s="62"/>
+      <c r="AQ113" s="62"/>
+      <c r="AR113" s="62"/>
     </row>
     <row r="114" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="237"/>
-[...11 lines deleted...]
-      <c r="M114" s="188"/>
+      <c r="A114" s="240"/>
+      <c r="B114" s="241"/>
+      <c r="C114" s="241"/>
+      <c r="D114" s="241"/>
+      <c r="E114" s="139"/>
+      <c r="F114" s="122"/>
+      <c r="G114" s="51"/>
+      <c r="H114" s="51"/>
+      <c r="I114" s="51"/>
+      <c r="J114" s="51"/>
+      <c r="K114" s="168"/>
+      <c r="L114" s="169"/>
+      <c r="M114" s="170"/>
       <c r="N114" s="31"/>
       <c r="O114" s="32"/>
       <c r="P114" s="32"/>
-      <c r="Q114" s="135"/>
-      <c r="R114" s="119"/>
+      <c r="Q114" s="134"/>
+      <c r="R114" s="118"/>
       <c r="S114" s="33"/>
-      <c r="T114" s="58"/>
-[...1 lines deleted...]
-      <c r="V114" s="182">
+      <c r="T114" s="57"/>
+      <c r="U114" s="58"/>
+      <c r="V114" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W114" s="178">
+      <c r="W114" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X114" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y114" s="63"/>
-[...18 lines deleted...]
-      <c r="AR114" s="63"/>
+      <c r="Y114" s="62"/>
+      <c r="Z114" s="62"/>
+      <c r="AA114" s="62"/>
+      <c r="AB114" s="62"/>
+      <c r="AC114" s="62"/>
+      <c r="AD114" s="62"/>
+      <c r="AE114" s="62"/>
+      <c r="AF114" s="62"/>
+      <c r="AG114" s="62"/>
+      <c r="AH114" s="62"/>
+      <c r="AI114" s="62"/>
+      <c r="AJ114" s="62"/>
+      <c r="AK114" s="62"/>
+      <c r="AL114" s="62"/>
+      <c r="AM114" s="62"/>
+      <c r="AN114" s="62"/>
+      <c r="AO114" s="62"/>
+      <c r="AP114" s="62"/>
+      <c r="AQ114" s="62"/>
+      <c r="AR114" s="62"/>
     </row>
     <row r="115" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A115" s="237"/>
-[...11 lines deleted...]
-      <c r="M115" s="188"/>
+      <c r="A115" s="240"/>
+      <c r="B115" s="241"/>
+      <c r="C115" s="241"/>
+      <c r="D115" s="241"/>
+      <c r="E115" s="139"/>
+      <c r="F115" s="122"/>
+      <c r="G115" s="51"/>
+      <c r="H115" s="51"/>
+      <c r="I115" s="51"/>
+      <c r="J115" s="51"/>
+      <c r="K115" s="168"/>
+      <c r="L115" s="169"/>
+      <c r="M115" s="170"/>
       <c r="N115" s="31"/>
       <c r="O115" s="32"/>
       <c r="P115" s="32"/>
-      <c r="Q115" s="135"/>
-      <c r="R115" s="119"/>
+      <c r="Q115" s="134"/>
+      <c r="R115" s="118"/>
       <c r="S115" s="33"/>
-      <c r="T115" s="58"/>
-[...1 lines deleted...]
-      <c r="V115" s="182">
+      <c r="T115" s="57"/>
+      <c r="U115" s="58"/>
+      <c r="V115" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W115" s="178">
+      <c r="W115" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X115" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y115" s="63"/>
-[...18 lines deleted...]
-      <c r="AR115" s="63"/>
+      <c r="Y115" s="62"/>
+      <c r="Z115" s="62"/>
+      <c r="AA115" s="62"/>
+      <c r="AB115" s="62"/>
+      <c r="AC115" s="62"/>
+      <c r="AD115" s="62"/>
+      <c r="AE115" s="62"/>
+      <c r="AF115" s="62"/>
+      <c r="AG115" s="62"/>
+      <c r="AH115" s="62"/>
+      <c r="AI115" s="62"/>
+      <c r="AJ115" s="62"/>
+      <c r="AK115" s="62"/>
+      <c r="AL115" s="62"/>
+      <c r="AM115" s="62"/>
+      <c r="AN115" s="62"/>
+      <c r="AO115" s="62"/>
+      <c r="AP115" s="62"/>
+      <c r="AQ115" s="62"/>
+      <c r="AR115" s="62"/>
     </row>
     <row r="116" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="237"/>
-[...11 lines deleted...]
-      <c r="M116" s="188"/>
+      <c r="A116" s="240"/>
+      <c r="B116" s="241"/>
+      <c r="C116" s="241"/>
+      <c r="D116" s="241"/>
+      <c r="E116" s="139"/>
+      <c r="F116" s="122"/>
+      <c r="G116" s="51"/>
+      <c r="H116" s="51"/>
+      <c r="I116" s="51"/>
+      <c r="J116" s="51"/>
+      <c r="K116" s="168"/>
+      <c r="L116" s="169"/>
+      <c r="M116" s="170"/>
       <c r="N116" s="31"/>
       <c r="O116" s="32"/>
       <c r="P116" s="32"/>
-      <c r="Q116" s="135"/>
-      <c r="R116" s="119"/>
+      <c r="Q116" s="134"/>
+      <c r="R116" s="118"/>
       <c r="S116" s="33"/>
-      <c r="T116" s="58"/>
-[...1 lines deleted...]
-      <c r="V116" s="182">
+      <c r="T116" s="57"/>
+      <c r="U116" s="58"/>
+      <c r="V116" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W116" s="178">
+      <c r="W116" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X116" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y116" s="63"/>
-[...18 lines deleted...]
-      <c r="AR116" s="63"/>
+      <c r="Y116" s="62"/>
+      <c r="Z116" s="62"/>
+      <c r="AA116" s="62"/>
+      <c r="AB116" s="62"/>
+      <c r="AC116" s="62"/>
+      <c r="AD116" s="62"/>
+      <c r="AE116" s="62"/>
+      <c r="AF116" s="62"/>
+      <c r="AG116" s="62"/>
+      <c r="AH116" s="62"/>
+      <c r="AI116" s="62"/>
+      <c r="AJ116" s="62"/>
+      <c r="AK116" s="62"/>
+      <c r="AL116" s="62"/>
+      <c r="AM116" s="62"/>
+      <c r="AN116" s="62"/>
+      <c r="AO116" s="62"/>
+      <c r="AP116" s="62"/>
+      <c r="AQ116" s="62"/>
+      <c r="AR116" s="62"/>
     </row>
     <row r="117" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A117" s="237"/>
-[...11 lines deleted...]
-      <c r="M117" s="188"/>
+      <c r="A117" s="240"/>
+      <c r="B117" s="241"/>
+      <c r="C117" s="241"/>
+      <c r="D117" s="241"/>
+      <c r="E117" s="139"/>
+      <c r="F117" s="122"/>
+      <c r="G117" s="51"/>
+      <c r="H117" s="51"/>
+      <c r="I117" s="51"/>
+      <c r="J117" s="51"/>
+      <c r="K117" s="168"/>
+      <c r="L117" s="169"/>
+      <c r="M117" s="170"/>
       <c r="N117" s="31"/>
       <c r="O117" s="32"/>
       <c r="P117" s="32"/>
-      <c r="Q117" s="135"/>
-      <c r="R117" s="119"/>
+      <c r="Q117" s="134"/>
+      <c r="R117" s="118"/>
       <c r="S117" s="33"/>
-      <c r="T117" s="58"/>
-[...1 lines deleted...]
-      <c r="V117" s="182">
+      <c r="T117" s="57"/>
+      <c r="U117" s="58"/>
+      <c r="V117" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W117" s="178">
+      <c r="W117" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X117" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y117" s="63"/>
-[...18 lines deleted...]
-      <c r="AR117" s="63"/>
+      <c r="Y117" s="62"/>
+      <c r="Z117" s="62"/>
+      <c r="AA117" s="62"/>
+      <c r="AB117" s="62"/>
+      <c r="AC117" s="62"/>
+      <c r="AD117" s="62"/>
+      <c r="AE117" s="62"/>
+      <c r="AF117" s="62"/>
+      <c r="AG117" s="62"/>
+      <c r="AH117" s="62"/>
+      <c r="AI117" s="62"/>
+      <c r="AJ117" s="62"/>
+      <c r="AK117" s="62"/>
+      <c r="AL117" s="62"/>
+      <c r="AM117" s="62"/>
+      <c r="AN117" s="62"/>
+      <c r="AO117" s="62"/>
+      <c r="AP117" s="62"/>
+      <c r="AQ117" s="62"/>
+      <c r="AR117" s="62"/>
     </row>
     <row r="118" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="237"/>
-[...11 lines deleted...]
-      <c r="M118" s="188"/>
+      <c r="A118" s="240"/>
+      <c r="B118" s="241"/>
+      <c r="C118" s="241"/>
+      <c r="D118" s="241"/>
+      <c r="E118" s="139"/>
+      <c r="F118" s="122"/>
+      <c r="G118" s="51"/>
+      <c r="H118" s="51"/>
+      <c r="I118" s="51"/>
+      <c r="J118" s="51"/>
+      <c r="K118" s="168"/>
+      <c r="L118" s="169"/>
+      <c r="M118" s="170"/>
       <c r="N118" s="31"/>
       <c r="O118" s="32"/>
       <c r="P118" s="32"/>
-      <c r="Q118" s="135"/>
-      <c r="R118" s="119"/>
+      <c r="Q118" s="134"/>
+      <c r="R118" s="118"/>
       <c r="S118" s="33"/>
-      <c r="T118" s="58"/>
-[...1 lines deleted...]
-      <c r="V118" s="182">
+      <c r="T118" s="57"/>
+      <c r="U118" s="58"/>
+      <c r="V118" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W118" s="178">
+      <c r="W118" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X118" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y118" s="63"/>
-[...18 lines deleted...]
-      <c r="AR118" s="63"/>
+      <c r="Y118" s="62"/>
+      <c r="Z118" s="62"/>
+      <c r="AA118" s="62"/>
+      <c r="AB118" s="62"/>
+      <c r="AC118" s="62"/>
+      <c r="AD118" s="62"/>
+      <c r="AE118" s="62"/>
+      <c r="AF118" s="62"/>
+      <c r="AG118" s="62"/>
+      <c r="AH118" s="62"/>
+      <c r="AI118" s="62"/>
+      <c r="AJ118" s="62"/>
+      <c r="AK118" s="62"/>
+      <c r="AL118" s="62"/>
+      <c r="AM118" s="62"/>
+      <c r="AN118" s="62"/>
+      <c r="AO118" s="62"/>
+      <c r="AP118" s="62"/>
+      <c r="AQ118" s="62"/>
+      <c r="AR118" s="62"/>
     </row>
     <row r="119" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A119" s="237"/>
-[...11 lines deleted...]
-      <c r="M119" s="188"/>
+      <c r="A119" s="240"/>
+      <c r="B119" s="241"/>
+      <c r="C119" s="241"/>
+      <c r="D119" s="241"/>
+      <c r="E119" s="139"/>
+      <c r="F119" s="122"/>
+      <c r="G119" s="51"/>
+      <c r="H119" s="51"/>
+      <c r="I119" s="51"/>
+      <c r="J119" s="51"/>
+      <c r="K119" s="168"/>
+      <c r="L119" s="169"/>
+      <c r="M119" s="170"/>
       <c r="N119" s="31"/>
       <c r="O119" s="32"/>
       <c r="P119" s="32"/>
-      <c r="Q119" s="135"/>
-      <c r="R119" s="119"/>
+      <c r="Q119" s="134"/>
+      <c r="R119" s="118"/>
       <c r="S119" s="33"/>
-      <c r="T119" s="58"/>
-[...1 lines deleted...]
-      <c r="V119" s="182">
+      <c r="T119" s="57"/>
+      <c r="U119" s="58"/>
+      <c r="V119" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W119" s="178">
+      <c r="W119" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X119" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y119" s="63"/>
-[...18 lines deleted...]
-      <c r="AR119" s="63"/>
+      <c r="Y119" s="62"/>
+      <c r="Z119" s="62"/>
+      <c r="AA119" s="62"/>
+      <c r="AB119" s="62"/>
+      <c r="AC119" s="62"/>
+      <c r="AD119" s="62"/>
+      <c r="AE119" s="62"/>
+      <c r="AF119" s="62"/>
+      <c r="AG119" s="62"/>
+      <c r="AH119" s="62"/>
+      <c r="AI119" s="62"/>
+      <c r="AJ119" s="62"/>
+      <c r="AK119" s="62"/>
+      <c r="AL119" s="62"/>
+      <c r="AM119" s="62"/>
+      <c r="AN119" s="62"/>
+      <c r="AO119" s="62"/>
+      <c r="AP119" s="62"/>
+      <c r="AQ119" s="62"/>
+      <c r="AR119" s="62"/>
     </row>
     <row r="120" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="237"/>
-[...11 lines deleted...]
-      <c r="M120" s="188"/>
+      <c r="A120" s="240"/>
+      <c r="B120" s="241"/>
+      <c r="C120" s="241"/>
+      <c r="D120" s="241"/>
+      <c r="E120" s="139"/>
+      <c r="F120" s="122"/>
+      <c r="G120" s="51"/>
+      <c r="H120" s="51"/>
+      <c r="I120" s="51"/>
+      <c r="J120" s="51"/>
+      <c r="K120" s="168"/>
+      <c r="L120" s="169"/>
+      <c r="M120" s="170"/>
       <c r="N120" s="31"/>
       <c r="O120" s="32"/>
       <c r="P120" s="32"/>
-      <c r="Q120" s="135"/>
-      <c r="R120" s="119"/>
+      <c r="Q120" s="134"/>
+      <c r="R120" s="118"/>
       <c r="S120" s="33"/>
-      <c r="T120" s="58"/>
-[...1 lines deleted...]
-      <c r="V120" s="182">
+      <c r="T120" s="57"/>
+      <c r="U120" s="58"/>
+      <c r="V120" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W120" s="178">
+      <c r="W120" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X120" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y120" s="63"/>
-[...18 lines deleted...]
-      <c r="AR120" s="63"/>
+      <c r="Y120" s="62"/>
+      <c r="Z120" s="62"/>
+      <c r="AA120" s="62"/>
+      <c r="AB120" s="62"/>
+      <c r="AC120" s="62"/>
+      <c r="AD120" s="62"/>
+      <c r="AE120" s="62"/>
+      <c r="AF120" s="62"/>
+      <c r="AG120" s="62"/>
+      <c r="AH120" s="62"/>
+      <c r="AI120" s="62"/>
+      <c r="AJ120" s="62"/>
+      <c r="AK120" s="62"/>
+      <c r="AL120" s="62"/>
+      <c r="AM120" s="62"/>
+      <c r="AN120" s="62"/>
+      <c r="AO120" s="62"/>
+      <c r="AP120" s="62"/>
+      <c r="AQ120" s="62"/>
+      <c r="AR120" s="62"/>
     </row>
     <row r="121" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="237"/>
-[...11 lines deleted...]
-      <c r="M121" s="188"/>
+      <c r="A121" s="240"/>
+      <c r="B121" s="241"/>
+      <c r="C121" s="241"/>
+      <c r="D121" s="241"/>
+      <c r="E121" s="139"/>
+      <c r="F121" s="122"/>
+      <c r="G121" s="51"/>
+      <c r="H121" s="51"/>
+      <c r="I121" s="51"/>
+      <c r="J121" s="51"/>
+      <c r="K121" s="168"/>
+      <c r="L121" s="169"/>
+      <c r="M121" s="170"/>
       <c r="N121" s="31"/>
       <c r="O121" s="32"/>
       <c r="P121" s="32"/>
-      <c r="Q121" s="135"/>
-      <c r="R121" s="119"/>
+      <c r="Q121" s="134"/>
+      <c r="R121" s="118"/>
       <c r="S121" s="33"/>
-      <c r="T121" s="58"/>
-[...1 lines deleted...]
-      <c r="V121" s="182">
+      <c r="T121" s="57"/>
+      <c r="U121" s="58"/>
+      <c r="V121" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W121" s="178">
+      <c r="W121" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X121" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y121" s="63"/>
-[...18 lines deleted...]
-      <c r="AR121" s="63"/>
+      <c r="Y121" s="62"/>
+      <c r="Z121" s="62"/>
+      <c r="AA121" s="62"/>
+      <c r="AB121" s="62"/>
+      <c r="AC121" s="62"/>
+      <c r="AD121" s="62"/>
+      <c r="AE121" s="62"/>
+      <c r="AF121" s="62"/>
+      <c r="AG121" s="62"/>
+      <c r="AH121" s="62"/>
+      <c r="AI121" s="62"/>
+      <c r="AJ121" s="62"/>
+      <c r="AK121" s="62"/>
+      <c r="AL121" s="62"/>
+      <c r="AM121" s="62"/>
+      <c r="AN121" s="62"/>
+      <c r="AO121" s="62"/>
+      <c r="AP121" s="62"/>
+      <c r="AQ121" s="62"/>
+      <c r="AR121" s="62"/>
     </row>
     <row r="122" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="237"/>
-[...11 lines deleted...]
-      <c r="M122" s="188"/>
+      <c r="A122" s="240"/>
+      <c r="B122" s="241"/>
+      <c r="C122" s="241"/>
+      <c r="D122" s="241"/>
+      <c r="E122" s="139"/>
+      <c r="F122" s="122"/>
+      <c r="G122" s="51"/>
+      <c r="H122" s="51"/>
+      <c r="I122" s="51"/>
+      <c r="J122" s="51"/>
+      <c r="K122" s="168"/>
+      <c r="L122" s="169"/>
+      <c r="M122" s="170"/>
       <c r="N122" s="31"/>
       <c r="O122" s="32"/>
       <c r="P122" s="32"/>
-      <c r="Q122" s="135"/>
-      <c r="R122" s="119"/>
+      <c r="Q122" s="134"/>
+      <c r="R122" s="118"/>
       <c r="S122" s="33"/>
-      <c r="T122" s="58"/>
-[...1 lines deleted...]
-      <c r="V122" s="182">
+      <c r="T122" s="57"/>
+      <c r="U122" s="58"/>
+      <c r="V122" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W122" s="178">
+      <c r="W122" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X122" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y122" s="63"/>
-[...18 lines deleted...]
-      <c r="AR122" s="63"/>
+      <c r="Y122" s="62"/>
+      <c r="Z122" s="62"/>
+      <c r="AA122" s="62"/>
+      <c r="AB122" s="62"/>
+      <c r="AC122" s="62"/>
+      <c r="AD122" s="62"/>
+      <c r="AE122" s="62"/>
+      <c r="AF122" s="62"/>
+      <c r="AG122" s="62"/>
+      <c r="AH122" s="62"/>
+      <c r="AI122" s="62"/>
+      <c r="AJ122" s="62"/>
+      <c r="AK122" s="62"/>
+      <c r="AL122" s="62"/>
+      <c r="AM122" s="62"/>
+      <c r="AN122" s="62"/>
+      <c r="AO122" s="62"/>
+      <c r="AP122" s="62"/>
+      <c r="AQ122" s="62"/>
+      <c r="AR122" s="62"/>
     </row>
     <row r="123" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="237"/>
-[...11 lines deleted...]
-      <c r="M123" s="188"/>
+      <c r="A123" s="240"/>
+      <c r="B123" s="241"/>
+      <c r="C123" s="241"/>
+      <c r="D123" s="241"/>
+      <c r="E123" s="139"/>
+      <c r="F123" s="122"/>
+      <c r="G123" s="51"/>
+      <c r="H123" s="51"/>
+      <c r="I123" s="51"/>
+      <c r="J123" s="51"/>
+      <c r="K123" s="168"/>
+      <c r="L123" s="169"/>
+      <c r="M123" s="170"/>
       <c r="N123" s="31"/>
       <c r="O123" s="32"/>
       <c r="P123" s="32"/>
-      <c r="Q123" s="135"/>
-      <c r="R123" s="119"/>
+      <c r="Q123" s="134"/>
+      <c r="R123" s="118"/>
       <c r="S123" s="33"/>
-      <c r="T123" s="58"/>
-[...1 lines deleted...]
-      <c r="V123" s="182">
+      <c r="T123" s="57"/>
+      <c r="U123" s="58"/>
+      <c r="V123" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W123" s="178">
+      <c r="W123" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X123" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y123" s="63"/>
-[...18 lines deleted...]
-      <c r="AR123" s="63"/>
+      <c r="Y123" s="62"/>
+      <c r="Z123" s="62"/>
+      <c r="AA123" s="62"/>
+      <c r="AB123" s="62"/>
+      <c r="AC123" s="62"/>
+      <c r="AD123" s="62"/>
+      <c r="AE123" s="62"/>
+      <c r="AF123" s="62"/>
+      <c r="AG123" s="62"/>
+      <c r="AH123" s="62"/>
+      <c r="AI123" s="62"/>
+      <c r="AJ123" s="62"/>
+      <c r="AK123" s="62"/>
+      <c r="AL123" s="62"/>
+      <c r="AM123" s="62"/>
+      <c r="AN123" s="62"/>
+      <c r="AO123" s="62"/>
+      <c r="AP123" s="62"/>
+      <c r="AQ123" s="62"/>
+      <c r="AR123" s="62"/>
     </row>
     <row r="124" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="237"/>
-[...11 lines deleted...]
-      <c r="M124" s="188"/>
+      <c r="A124" s="240"/>
+      <c r="B124" s="241"/>
+      <c r="C124" s="241"/>
+      <c r="D124" s="241"/>
+      <c r="E124" s="139"/>
+      <c r="F124" s="122"/>
+      <c r="G124" s="51"/>
+      <c r="H124" s="51"/>
+      <c r="I124" s="51"/>
+      <c r="J124" s="51"/>
+      <c r="K124" s="168"/>
+      <c r="L124" s="169"/>
+      <c r="M124" s="170"/>
       <c r="N124" s="31"/>
       <c r="O124" s="32"/>
       <c r="P124" s="32"/>
-      <c r="Q124" s="135"/>
-      <c r="R124" s="119"/>
+      <c r="Q124" s="134"/>
+      <c r="R124" s="118"/>
       <c r="S124" s="33"/>
-      <c r="T124" s="58"/>
-[...1 lines deleted...]
-      <c r="V124" s="182">
+      <c r="T124" s="57"/>
+      <c r="U124" s="58"/>
+      <c r="V124" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W124" s="178">
+      <c r="W124" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X124" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y124" s="63"/>
-[...18 lines deleted...]
-      <c r="AR124" s="63"/>
+      <c r="Y124" s="62"/>
+      <c r="Z124" s="62"/>
+      <c r="AA124" s="62"/>
+      <c r="AB124" s="62"/>
+      <c r="AC124" s="62"/>
+      <c r="AD124" s="62"/>
+      <c r="AE124" s="62"/>
+      <c r="AF124" s="62"/>
+      <c r="AG124" s="62"/>
+      <c r="AH124" s="62"/>
+      <c r="AI124" s="62"/>
+      <c r="AJ124" s="62"/>
+      <c r="AK124" s="62"/>
+      <c r="AL124" s="62"/>
+      <c r="AM124" s="62"/>
+      <c r="AN124" s="62"/>
+      <c r="AO124" s="62"/>
+      <c r="AP124" s="62"/>
+      <c r="AQ124" s="62"/>
+      <c r="AR124" s="62"/>
     </row>
     <row r="125" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="237"/>
-[...11 lines deleted...]
-      <c r="M125" s="188"/>
+      <c r="A125" s="240"/>
+      <c r="B125" s="241"/>
+      <c r="C125" s="241"/>
+      <c r="D125" s="241"/>
+      <c r="E125" s="139"/>
+      <c r="F125" s="122"/>
+      <c r="G125" s="51"/>
+      <c r="H125" s="51"/>
+      <c r="I125" s="51"/>
+      <c r="J125" s="51"/>
+      <c r="K125" s="168"/>
+      <c r="L125" s="169"/>
+      <c r="M125" s="170"/>
       <c r="N125" s="31"/>
       <c r="O125" s="32"/>
       <c r="P125" s="32"/>
-      <c r="Q125" s="135"/>
-      <c r="R125" s="119"/>
+      <c r="Q125" s="134"/>
+      <c r="R125" s="118"/>
       <c r="S125" s="33"/>
-      <c r="T125" s="58"/>
-[...1 lines deleted...]
-      <c r="V125" s="182">
+      <c r="T125" s="57"/>
+      <c r="U125" s="58"/>
+      <c r="V125" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W125" s="178">
+      <c r="W125" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X125" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y125" s="63"/>
-[...18 lines deleted...]
-      <c r="AR125" s="63"/>
+      <c r="Y125" s="62"/>
+      <c r="Z125" s="62"/>
+      <c r="AA125" s="62"/>
+      <c r="AB125" s="62"/>
+      <c r="AC125" s="62"/>
+      <c r="AD125" s="62"/>
+      <c r="AE125" s="62"/>
+      <c r="AF125" s="62"/>
+      <c r="AG125" s="62"/>
+      <c r="AH125" s="62"/>
+      <c r="AI125" s="62"/>
+      <c r="AJ125" s="62"/>
+      <c r="AK125" s="62"/>
+      <c r="AL125" s="62"/>
+      <c r="AM125" s="62"/>
+      <c r="AN125" s="62"/>
+      <c r="AO125" s="62"/>
+      <c r="AP125" s="62"/>
+      <c r="AQ125" s="62"/>
+      <c r="AR125" s="62"/>
     </row>
     <row r="126" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A126" s="237"/>
-[...11 lines deleted...]
-      <c r="M126" s="188"/>
+      <c r="A126" s="240"/>
+      <c r="B126" s="241"/>
+      <c r="C126" s="241"/>
+      <c r="D126" s="241"/>
+      <c r="E126" s="139"/>
+      <c r="F126" s="122"/>
+      <c r="G126" s="51"/>
+      <c r="H126" s="51"/>
+      <c r="I126" s="51"/>
+      <c r="J126" s="51"/>
+      <c r="K126" s="168"/>
+      <c r="L126" s="169"/>
+      <c r="M126" s="170"/>
       <c r="N126" s="31"/>
       <c r="O126" s="32"/>
       <c r="P126" s="32"/>
-      <c r="Q126" s="135"/>
-      <c r="R126" s="119"/>
+      <c r="Q126" s="134"/>
+      <c r="R126" s="118"/>
       <c r="S126" s="33"/>
-      <c r="T126" s="58"/>
-[...1 lines deleted...]
-      <c r="V126" s="182">
+      <c r="T126" s="57"/>
+      <c r="U126" s="58"/>
+      <c r="V126" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W126" s="178">
+      <c r="W126" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X126" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y126" s="63"/>
-[...18 lines deleted...]
-      <c r="AR126" s="63"/>
+      <c r="Y126" s="62"/>
+      <c r="Z126" s="62"/>
+      <c r="AA126" s="62"/>
+      <c r="AB126" s="62"/>
+      <c r="AC126" s="62"/>
+      <c r="AD126" s="62"/>
+      <c r="AE126" s="62"/>
+      <c r="AF126" s="62"/>
+      <c r="AG126" s="62"/>
+      <c r="AH126" s="62"/>
+      <c r="AI126" s="62"/>
+      <c r="AJ126" s="62"/>
+      <c r="AK126" s="62"/>
+      <c r="AL126" s="62"/>
+      <c r="AM126" s="62"/>
+      <c r="AN126" s="62"/>
+      <c r="AO126" s="62"/>
+      <c r="AP126" s="62"/>
+      <c r="AQ126" s="62"/>
+      <c r="AR126" s="62"/>
     </row>
     <row r="127" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="237"/>
-[...11 lines deleted...]
-      <c r="M127" s="188"/>
+      <c r="A127" s="240"/>
+      <c r="B127" s="241"/>
+      <c r="C127" s="241"/>
+      <c r="D127" s="241"/>
+      <c r="E127" s="139"/>
+      <c r="F127" s="122"/>
+      <c r="G127" s="51"/>
+      <c r="H127" s="51"/>
+      <c r="I127" s="51"/>
+      <c r="J127" s="51"/>
+      <c r="K127" s="168"/>
+      <c r="L127" s="169"/>
+      <c r="M127" s="170"/>
       <c r="N127" s="31"/>
       <c r="O127" s="32"/>
       <c r="P127" s="32"/>
-      <c r="Q127" s="135"/>
-      <c r="R127" s="119"/>
+      <c r="Q127" s="134"/>
+      <c r="R127" s="118"/>
       <c r="S127" s="33"/>
-      <c r="T127" s="58"/>
-[...1 lines deleted...]
-      <c r="V127" s="182">
+      <c r="T127" s="57"/>
+      <c r="U127" s="58"/>
+      <c r="V127" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W127" s="178">
+      <c r="W127" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X127" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y127" s="63"/>
-[...18 lines deleted...]
-      <c r="AR127" s="63"/>
+      <c r="Y127" s="62"/>
+      <c r="Z127" s="62"/>
+      <c r="AA127" s="62"/>
+      <c r="AB127" s="62"/>
+      <c r="AC127" s="62"/>
+      <c r="AD127" s="62"/>
+      <c r="AE127" s="62"/>
+      <c r="AF127" s="62"/>
+      <c r="AG127" s="62"/>
+      <c r="AH127" s="62"/>
+      <c r="AI127" s="62"/>
+      <c r="AJ127" s="62"/>
+      <c r="AK127" s="62"/>
+      <c r="AL127" s="62"/>
+      <c r="AM127" s="62"/>
+      <c r="AN127" s="62"/>
+      <c r="AO127" s="62"/>
+      <c r="AP127" s="62"/>
+      <c r="AQ127" s="62"/>
+      <c r="AR127" s="62"/>
     </row>
     <row r="128" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="237"/>
-[...11 lines deleted...]
-      <c r="M128" s="188"/>
+      <c r="A128" s="240"/>
+      <c r="B128" s="241"/>
+      <c r="C128" s="241"/>
+      <c r="D128" s="241"/>
+      <c r="E128" s="139"/>
+      <c r="F128" s="122"/>
+      <c r="G128" s="51"/>
+      <c r="H128" s="51"/>
+      <c r="I128" s="51"/>
+      <c r="J128" s="51"/>
+      <c r="K128" s="168"/>
+      <c r="L128" s="169"/>
+      <c r="M128" s="170"/>
       <c r="N128" s="31"/>
       <c r="O128" s="32"/>
       <c r="P128" s="32"/>
-      <c r="Q128" s="135"/>
-      <c r="R128" s="119"/>
+      <c r="Q128" s="134"/>
+      <c r="R128" s="118"/>
       <c r="S128" s="33"/>
-      <c r="T128" s="58"/>
-[...1 lines deleted...]
-      <c r="V128" s="182">
+      <c r="T128" s="57"/>
+      <c r="U128" s="58"/>
+      <c r="V128" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W128" s="178">
+      <c r="W128" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X128" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y128" s="63"/>
-[...18 lines deleted...]
-      <c r="AR128" s="63"/>
+      <c r="Y128" s="62"/>
+      <c r="Z128" s="62"/>
+      <c r="AA128" s="62"/>
+      <c r="AB128" s="62"/>
+      <c r="AC128" s="62"/>
+      <c r="AD128" s="62"/>
+      <c r="AE128" s="62"/>
+      <c r="AF128" s="62"/>
+      <c r="AG128" s="62"/>
+      <c r="AH128" s="62"/>
+      <c r="AI128" s="62"/>
+      <c r="AJ128" s="62"/>
+      <c r="AK128" s="62"/>
+      <c r="AL128" s="62"/>
+      <c r="AM128" s="62"/>
+      <c r="AN128" s="62"/>
+      <c r="AO128" s="62"/>
+      <c r="AP128" s="62"/>
+      <c r="AQ128" s="62"/>
+      <c r="AR128" s="62"/>
     </row>
     <row r="129" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="237"/>
-[...11 lines deleted...]
-      <c r="M129" s="188"/>
+      <c r="A129" s="240"/>
+      <c r="B129" s="241"/>
+      <c r="C129" s="241"/>
+      <c r="D129" s="241"/>
+      <c r="E129" s="139"/>
+      <c r="F129" s="122"/>
+      <c r="G129" s="51"/>
+      <c r="H129" s="51"/>
+      <c r="I129" s="51"/>
+      <c r="J129" s="51"/>
+      <c r="K129" s="168"/>
+      <c r="L129" s="169"/>
+      <c r="M129" s="170"/>
       <c r="N129" s="31"/>
       <c r="O129" s="32"/>
       <c r="P129" s="32"/>
-      <c r="Q129" s="135"/>
-      <c r="R129" s="119"/>
+      <c r="Q129" s="134"/>
+      <c r="R129" s="118"/>
       <c r="S129" s="33"/>
-      <c r="T129" s="58"/>
-[...1 lines deleted...]
-      <c r="V129" s="182">
+      <c r="T129" s="57"/>
+      <c r="U129" s="58"/>
+      <c r="V129" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W129" s="178">
+      <c r="W129" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X129" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y129" s="63"/>
-[...18 lines deleted...]
-      <c r="AR129" s="63"/>
+      <c r="Y129" s="62"/>
+      <c r="Z129" s="62"/>
+      <c r="AA129" s="62"/>
+      <c r="AB129" s="62"/>
+      <c r="AC129" s="62"/>
+      <c r="AD129" s="62"/>
+      <c r="AE129" s="62"/>
+      <c r="AF129" s="62"/>
+      <c r="AG129" s="62"/>
+      <c r="AH129" s="62"/>
+      <c r="AI129" s="62"/>
+      <c r="AJ129" s="62"/>
+      <c r="AK129" s="62"/>
+      <c r="AL129" s="62"/>
+      <c r="AM129" s="62"/>
+      <c r="AN129" s="62"/>
+      <c r="AO129" s="62"/>
+      <c r="AP129" s="62"/>
+      <c r="AQ129" s="62"/>
+      <c r="AR129" s="62"/>
     </row>
     <row r="130" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="237"/>
-[...11 lines deleted...]
-      <c r="M130" s="188"/>
+      <c r="A130" s="240"/>
+      <c r="B130" s="241"/>
+      <c r="C130" s="241"/>
+      <c r="D130" s="241"/>
+      <c r="E130" s="139"/>
+      <c r="F130" s="122"/>
+      <c r="G130" s="51"/>
+      <c r="H130" s="51"/>
+      <c r="I130" s="51"/>
+      <c r="J130" s="51"/>
+      <c r="K130" s="168"/>
+      <c r="L130" s="169"/>
+      <c r="M130" s="170"/>
       <c r="N130" s="31"/>
       <c r="O130" s="32"/>
       <c r="P130" s="32"/>
-      <c r="Q130" s="135"/>
-      <c r="R130" s="119"/>
+      <c r="Q130" s="134"/>
+      <c r="R130" s="118"/>
       <c r="S130" s="33"/>
-      <c r="T130" s="58"/>
-[...1 lines deleted...]
-      <c r="V130" s="182">
+      <c r="T130" s="57"/>
+      <c r="U130" s="58"/>
+      <c r="V130" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W130" s="178">
+      <c r="W130" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X130" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y130" s="63"/>
-[...18 lines deleted...]
-      <c r="AR130" s="63"/>
+      <c r="Y130" s="62"/>
+      <c r="Z130" s="62"/>
+      <c r="AA130" s="62"/>
+      <c r="AB130" s="62"/>
+      <c r="AC130" s="62"/>
+      <c r="AD130" s="62"/>
+      <c r="AE130" s="62"/>
+      <c r="AF130" s="62"/>
+      <c r="AG130" s="62"/>
+      <c r="AH130" s="62"/>
+      <c r="AI130" s="62"/>
+      <c r="AJ130" s="62"/>
+      <c r="AK130" s="62"/>
+      <c r="AL130" s="62"/>
+      <c r="AM130" s="62"/>
+      <c r="AN130" s="62"/>
+      <c r="AO130" s="62"/>
+      <c r="AP130" s="62"/>
+      <c r="AQ130" s="62"/>
+      <c r="AR130" s="62"/>
     </row>
     <row r="131" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A131" s="237"/>
-[...11 lines deleted...]
-      <c r="M131" s="188"/>
+      <c r="A131" s="240"/>
+      <c r="B131" s="241"/>
+      <c r="C131" s="241"/>
+      <c r="D131" s="241"/>
+      <c r="E131" s="139"/>
+      <c r="F131" s="122"/>
+      <c r="G131" s="51"/>
+      <c r="H131" s="51"/>
+      <c r="I131" s="51"/>
+      <c r="J131" s="51"/>
+      <c r="K131" s="168"/>
+      <c r="L131" s="169"/>
+      <c r="M131" s="170"/>
       <c r="N131" s="31"/>
       <c r="O131" s="32"/>
       <c r="P131" s="32"/>
-      <c r="Q131" s="135"/>
-      <c r="R131" s="119"/>
+      <c r="Q131" s="134"/>
+      <c r="R131" s="118"/>
       <c r="S131" s="33"/>
-      <c r="T131" s="58"/>
-[...1 lines deleted...]
-      <c r="V131" s="182">
+      <c r="T131" s="57"/>
+      <c r="U131" s="58"/>
+      <c r="V131" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W131" s="178">
+      <c r="W131" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X131" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y131" s="63"/>
-[...18 lines deleted...]
-      <c r="AR131" s="63"/>
+      <c r="Y131" s="62"/>
+      <c r="Z131" s="62"/>
+      <c r="AA131" s="62"/>
+      <c r="AB131" s="62"/>
+      <c r="AC131" s="62"/>
+      <c r="AD131" s="62"/>
+      <c r="AE131" s="62"/>
+      <c r="AF131" s="62"/>
+      <c r="AG131" s="62"/>
+      <c r="AH131" s="62"/>
+      <c r="AI131" s="62"/>
+      <c r="AJ131" s="62"/>
+      <c r="AK131" s="62"/>
+      <c r="AL131" s="62"/>
+      <c r="AM131" s="62"/>
+      <c r="AN131" s="62"/>
+      <c r="AO131" s="62"/>
+      <c r="AP131" s="62"/>
+      <c r="AQ131" s="62"/>
+      <c r="AR131" s="62"/>
     </row>
     <row r="132" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A132" s="237"/>
-[...11 lines deleted...]
-      <c r="M132" s="188"/>
+      <c r="A132" s="240"/>
+      <c r="B132" s="241"/>
+      <c r="C132" s="241"/>
+      <c r="D132" s="241"/>
+      <c r="E132" s="139"/>
+      <c r="F132" s="122"/>
+      <c r="G132" s="51"/>
+      <c r="H132" s="51"/>
+      <c r="I132" s="51"/>
+      <c r="J132" s="51"/>
+      <c r="K132" s="168"/>
+      <c r="L132" s="169"/>
+      <c r="M132" s="170"/>
       <c r="N132" s="31"/>
       <c r="O132" s="32"/>
       <c r="P132" s="32"/>
-      <c r="Q132" s="135"/>
-      <c r="R132" s="119"/>
+      <c r="Q132" s="134"/>
+      <c r="R132" s="118"/>
       <c r="S132" s="33"/>
-      <c r="T132" s="58"/>
-[...1 lines deleted...]
-      <c r="V132" s="182">
+      <c r="T132" s="57"/>
+      <c r="U132" s="58"/>
+      <c r="V132" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W132" s="178">
+      <c r="W132" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X132" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y132" s="63"/>
-[...18 lines deleted...]
-      <c r="AR132" s="63"/>
+      <c r="Y132" s="62"/>
+      <c r="Z132" s="62"/>
+      <c r="AA132" s="62"/>
+      <c r="AB132" s="62"/>
+      <c r="AC132" s="62"/>
+      <c r="AD132" s="62"/>
+      <c r="AE132" s="62"/>
+      <c r="AF132" s="62"/>
+      <c r="AG132" s="62"/>
+      <c r="AH132" s="62"/>
+      <c r="AI132" s="62"/>
+      <c r="AJ132" s="62"/>
+      <c r="AK132" s="62"/>
+      <c r="AL132" s="62"/>
+      <c r="AM132" s="62"/>
+      <c r="AN132" s="62"/>
+      <c r="AO132" s="62"/>
+      <c r="AP132" s="62"/>
+      <c r="AQ132" s="62"/>
+      <c r="AR132" s="62"/>
     </row>
     <row r="133" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="237"/>
-[...11 lines deleted...]
-      <c r="M133" s="188"/>
+      <c r="A133" s="240"/>
+      <c r="B133" s="241"/>
+      <c r="C133" s="241"/>
+      <c r="D133" s="241"/>
+      <c r="E133" s="139"/>
+      <c r="F133" s="122"/>
+      <c r="G133" s="51"/>
+      <c r="H133" s="51"/>
+      <c r="I133" s="51"/>
+      <c r="J133" s="51"/>
+      <c r="K133" s="168"/>
+      <c r="L133" s="169"/>
+      <c r="M133" s="170"/>
       <c r="N133" s="31"/>
       <c r="O133" s="32"/>
       <c r="P133" s="32"/>
-      <c r="Q133" s="135"/>
-      <c r="R133" s="119"/>
+      <c r="Q133" s="134"/>
+      <c r="R133" s="118"/>
       <c r="S133" s="33"/>
-      <c r="T133" s="58"/>
-[...1 lines deleted...]
-      <c r="V133" s="182">
+      <c r="T133" s="57"/>
+      <c r="U133" s="58"/>
+      <c r="V133" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W133" s="178">
+      <c r="W133" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X133" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y133" s="63"/>
-[...18 lines deleted...]
-      <c r="AR133" s="63"/>
+      <c r="Y133" s="62"/>
+      <c r="Z133" s="62"/>
+      <c r="AA133" s="62"/>
+      <c r="AB133" s="62"/>
+      <c r="AC133" s="62"/>
+      <c r="AD133" s="62"/>
+      <c r="AE133" s="62"/>
+      <c r="AF133" s="62"/>
+      <c r="AG133" s="62"/>
+      <c r="AH133" s="62"/>
+      <c r="AI133" s="62"/>
+      <c r="AJ133" s="62"/>
+      <c r="AK133" s="62"/>
+      <c r="AL133" s="62"/>
+      <c r="AM133" s="62"/>
+      <c r="AN133" s="62"/>
+      <c r="AO133" s="62"/>
+      <c r="AP133" s="62"/>
+      <c r="AQ133" s="62"/>
+      <c r="AR133" s="62"/>
     </row>
     <row r="134" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A134" s="237"/>
-[...11 lines deleted...]
-      <c r="M134" s="188"/>
+      <c r="A134" s="240"/>
+      <c r="B134" s="241"/>
+      <c r="C134" s="241"/>
+      <c r="D134" s="241"/>
+      <c r="E134" s="139"/>
+      <c r="F134" s="122"/>
+      <c r="G134" s="51"/>
+      <c r="H134" s="51"/>
+      <c r="I134" s="51"/>
+      <c r="J134" s="51"/>
+      <c r="K134" s="168"/>
+      <c r="L134" s="169"/>
+      <c r="M134" s="170"/>
       <c r="N134" s="31"/>
       <c r="O134" s="32"/>
       <c r="P134" s="32"/>
-      <c r="Q134" s="135"/>
-      <c r="R134" s="119"/>
+      <c r="Q134" s="134"/>
+      <c r="R134" s="118"/>
       <c r="S134" s="33"/>
-      <c r="T134" s="58"/>
-[...1 lines deleted...]
-      <c r="V134" s="182">
+      <c r="T134" s="57"/>
+      <c r="U134" s="58"/>
+      <c r="V134" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W134" s="178">
+      <c r="W134" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X134" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y134" s="63"/>
-[...18 lines deleted...]
-      <c r="AR134" s="63"/>
+      <c r="Y134" s="62"/>
+      <c r="Z134" s="62"/>
+      <c r="AA134" s="62"/>
+      <c r="AB134" s="62"/>
+      <c r="AC134" s="62"/>
+      <c r="AD134" s="62"/>
+      <c r="AE134" s="62"/>
+      <c r="AF134" s="62"/>
+      <c r="AG134" s="62"/>
+      <c r="AH134" s="62"/>
+      <c r="AI134" s="62"/>
+      <c r="AJ134" s="62"/>
+      <c r="AK134" s="62"/>
+      <c r="AL134" s="62"/>
+      <c r="AM134" s="62"/>
+      <c r="AN134" s="62"/>
+      <c r="AO134" s="62"/>
+      <c r="AP134" s="62"/>
+      <c r="AQ134" s="62"/>
+      <c r="AR134" s="62"/>
     </row>
     <row r="135" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="237"/>
-[...11 lines deleted...]
-      <c r="M135" s="188"/>
+      <c r="A135" s="240"/>
+      <c r="B135" s="241"/>
+      <c r="C135" s="241"/>
+      <c r="D135" s="241"/>
+      <c r="E135" s="139"/>
+      <c r="F135" s="122"/>
+      <c r="G135" s="51"/>
+      <c r="H135" s="51"/>
+      <c r="I135" s="51"/>
+      <c r="J135" s="51"/>
+      <c r="K135" s="168"/>
+      <c r="L135" s="169"/>
+      <c r="M135" s="170"/>
       <c r="N135" s="31"/>
       <c r="O135" s="32"/>
       <c r="P135" s="32"/>
-      <c r="Q135" s="135"/>
-      <c r="R135" s="119"/>
+      <c r="Q135" s="134"/>
+      <c r="R135" s="118"/>
       <c r="S135" s="33"/>
-      <c r="T135" s="58"/>
-[...1 lines deleted...]
-      <c r="V135" s="182">
+      <c r="T135" s="57"/>
+      <c r="U135" s="58"/>
+      <c r="V135" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W135" s="178">
+      <c r="W135" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X135" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y135" s="63"/>
-[...18 lines deleted...]
-      <c r="AR135" s="63"/>
+      <c r="Y135" s="62"/>
+      <c r="Z135" s="62"/>
+      <c r="AA135" s="62"/>
+      <c r="AB135" s="62"/>
+      <c r="AC135" s="62"/>
+      <c r="AD135" s="62"/>
+      <c r="AE135" s="62"/>
+      <c r="AF135" s="62"/>
+      <c r="AG135" s="62"/>
+      <c r="AH135" s="62"/>
+      <c r="AI135" s="62"/>
+      <c r="AJ135" s="62"/>
+      <c r="AK135" s="62"/>
+      <c r="AL135" s="62"/>
+      <c r="AM135" s="62"/>
+      <c r="AN135" s="62"/>
+      <c r="AO135" s="62"/>
+      <c r="AP135" s="62"/>
+      <c r="AQ135" s="62"/>
+      <c r="AR135" s="62"/>
     </row>
     <row r="136" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A136" s="237"/>
-[...11 lines deleted...]
-      <c r="M136" s="188"/>
+      <c r="A136" s="240"/>
+      <c r="B136" s="241"/>
+      <c r="C136" s="241"/>
+      <c r="D136" s="241"/>
+      <c r="E136" s="139"/>
+      <c r="F136" s="122"/>
+      <c r="G136" s="51"/>
+      <c r="H136" s="51"/>
+      <c r="I136" s="51"/>
+      <c r="J136" s="51"/>
+      <c r="K136" s="168"/>
+      <c r="L136" s="169"/>
+      <c r="M136" s="170"/>
       <c r="N136" s="31"/>
       <c r="O136" s="32"/>
       <c r="P136" s="32"/>
-      <c r="Q136" s="135"/>
-      <c r="R136" s="119"/>
+      <c r="Q136" s="134"/>
+      <c r="R136" s="118"/>
       <c r="S136" s="33"/>
-      <c r="T136" s="58"/>
-[...1 lines deleted...]
-      <c r="V136" s="182">
+      <c r="T136" s="57"/>
+      <c r="U136" s="58"/>
+      <c r="V136" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W136" s="178">
+      <c r="W136" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X136" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y136" s="63"/>
-[...18 lines deleted...]
-      <c r="AR136" s="63"/>
+      <c r="Y136" s="62"/>
+      <c r="Z136" s="62"/>
+      <c r="AA136" s="62"/>
+      <c r="AB136" s="62"/>
+      <c r="AC136" s="62"/>
+      <c r="AD136" s="62"/>
+      <c r="AE136" s="62"/>
+      <c r="AF136" s="62"/>
+      <c r="AG136" s="62"/>
+      <c r="AH136" s="62"/>
+      <c r="AI136" s="62"/>
+      <c r="AJ136" s="62"/>
+      <c r="AK136" s="62"/>
+      <c r="AL136" s="62"/>
+      <c r="AM136" s="62"/>
+      <c r="AN136" s="62"/>
+      <c r="AO136" s="62"/>
+      <c r="AP136" s="62"/>
+      <c r="AQ136" s="62"/>
+      <c r="AR136" s="62"/>
     </row>
     <row r="137" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A137" s="237"/>
-[...11 lines deleted...]
-      <c r="M137" s="188"/>
+      <c r="A137" s="240"/>
+      <c r="B137" s="241"/>
+      <c r="C137" s="241"/>
+      <c r="D137" s="241"/>
+      <c r="E137" s="139"/>
+      <c r="F137" s="122"/>
+      <c r="G137" s="51"/>
+      <c r="H137" s="51"/>
+      <c r="I137" s="51"/>
+      <c r="J137" s="51"/>
+      <c r="K137" s="168"/>
+      <c r="L137" s="169"/>
+      <c r="M137" s="170"/>
       <c r="N137" s="31"/>
       <c r="O137" s="32"/>
       <c r="P137" s="32"/>
-      <c r="Q137" s="135"/>
-      <c r="R137" s="119"/>
+      <c r="Q137" s="134"/>
+      <c r="R137" s="118"/>
       <c r="S137" s="33"/>
-      <c r="T137" s="58"/>
-[...1 lines deleted...]
-      <c r="V137" s="182">
+      <c r="T137" s="57"/>
+      <c r="U137" s="58"/>
+      <c r="V137" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W137" s="178">
+      <c r="W137" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X137" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y137" s="63"/>
-[...18 lines deleted...]
-      <c r="AR137" s="63"/>
+      <c r="Y137" s="62"/>
+      <c r="Z137" s="62"/>
+      <c r="AA137" s="62"/>
+      <c r="AB137" s="62"/>
+      <c r="AC137" s="62"/>
+      <c r="AD137" s="62"/>
+      <c r="AE137" s="62"/>
+      <c r="AF137" s="62"/>
+      <c r="AG137" s="62"/>
+      <c r="AH137" s="62"/>
+      <c r="AI137" s="62"/>
+      <c r="AJ137" s="62"/>
+      <c r="AK137" s="62"/>
+      <c r="AL137" s="62"/>
+      <c r="AM137" s="62"/>
+      <c r="AN137" s="62"/>
+      <c r="AO137" s="62"/>
+      <c r="AP137" s="62"/>
+      <c r="AQ137" s="62"/>
+      <c r="AR137" s="62"/>
     </row>
     <row r="138" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A138" s="237"/>
-[...11 lines deleted...]
-      <c r="M138" s="188"/>
+      <c r="A138" s="240"/>
+      <c r="B138" s="241"/>
+      <c r="C138" s="241"/>
+      <c r="D138" s="241"/>
+      <c r="E138" s="139"/>
+      <c r="F138" s="122"/>
+      <c r="G138" s="51"/>
+      <c r="H138" s="51"/>
+      <c r="I138" s="51"/>
+      <c r="J138" s="51"/>
+      <c r="K138" s="168"/>
+      <c r="L138" s="169"/>
+      <c r="M138" s="170"/>
       <c r="N138" s="31"/>
       <c r="O138" s="32"/>
       <c r="P138" s="32"/>
-      <c r="Q138" s="135"/>
-      <c r="R138" s="119"/>
+      <c r="Q138" s="134"/>
+      <c r="R138" s="118"/>
       <c r="S138" s="33"/>
-      <c r="T138" s="58"/>
-[...1 lines deleted...]
-      <c r="V138" s="182">
+      <c r="T138" s="57"/>
+      <c r="U138" s="58"/>
+      <c r="V138" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W138" s="178">
+      <c r="W138" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X138" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y138" s="63"/>
-[...18 lines deleted...]
-      <c r="AR138" s="63"/>
+      <c r="Y138" s="62"/>
+      <c r="Z138" s="62"/>
+      <c r="AA138" s="62"/>
+      <c r="AB138" s="62"/>
+      <c r="AC138" s="62"/>
+      <c r="AD138" s="62"/>
+      <c r="AE138" s="62"/>
+      <c r="AF138" s="62"/>
+      <c r="AG138" s="62"/>
+      <c r="AH138" s="62"/>
+      <c r="AI138" s="62"/>
+      <c r="AJ138" s="62"/>
+      <c r="AK138" s="62"/>
+      <c r="AL138" s="62"/>
+      <c r="AM138" s="62"/>
+      <c r="AN138" s="62"/>
+      <c r="AO138" s="62"/>
+      <c r="AP138" s="62"/>
+      <c r="AQ138" s="62"/>
+      <c r="AR138" s="62"/>
     </row>
     <row r="139" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="237"/>
-[...11 lines deleted...]
-      <c r="M139" s="188"/>
+      <c r="A139" s="240"/>
+      <c r="B139" s="241"/>
+      <c r="C139" s="241"/>
+      <c r="D139" s="241"/>
+      <c r="E139" s="139"/>
+      <c r="F139" s="122"/>
+      <c r="G139" s="51"/>
+      <c r="H139" s="51"/>
+      <c r="I139" s="51"/>
+      <c r="J139" s="51"/>
+      <c r="K139" s="168"/>
+      <c r="L139" s="169"/>
+      <c r="M139" s="170"/>
       <c r="N139" s="31"/>
       <c r="O139" s="32"/>
       <c r="P139" s="32"/>
-      <c r="Q139" s="135"/>
-      <c r="R139" s="119"/>
+      <c r="Q139" s="134"/>
+      <c r="R139" s="118"/>
       <c r="S139" s="33"/>
-      <c r="T139" s="58"/>
-[...1 lines deleted...]
-      <c r="V139" s="182">
+      <c r="T139" s="57"/>
+      <c r="U139" s="58"/>
+      <c r="V139" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W139" s="178">
+      <c r="W139" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X139" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y139" s="63"/>
-[...18 lines deleted...]
-      <c r="AR139" s="63"/>
+      <c r="Y139" s="62"/>
+      <c r="Z139" s="62"/>
+      <c r="AA139" s="62"/>
+      <c r="AB139" s="62"/>
+      <c r="AC139" s="62"/>
+      <c r="AD139" s="62"/>
+      <c r="AE139" s="62"/>
+      <c r="AF139" s="62"/>
+      <c r="AG139" s="62"/>
+      <c r="AH139" s="62"/>
+      <c r="AI139" s="62"/>
+      <c r="AJ139" s="62"/>
+      <c r="AK139" s="62"/>
+      <c r="AL139" s="62"/>
+      <c r="AM139" s="62"/>
+      <c r="AN139" s="62"/>
+      <c r="AO139" s="62"/>
+      <c r="AP139" s="62"/>
+      <c r="AQ139" s="62"/>
+      <c r="AR139" s="62"/>
     </row>
     <row r="140" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A140" s="237"/>
-[...11 lines deleted...]
-      <c r="M140" s="188"/>
+      <c r="A140" s="240"/>
+      <c r="B140" s="241"/>
+      <c r="C140" s="241"/>
+      <c r="D140" s="241"/>
+      <c r="E140" s="139"/>
+      <c r="F140" s="122"/>
+      <c r="G140" s="51"/>
+      <c r="H140" s="51"/>
+      <c r="I140" s="51"/>
+      <c r="J140" s="51"/>
+      <c r="K140" s="168"/>
+      <c r="L140" s="169"/>
+      <c r="M140" s="170"/>
       <c r="N140" s="31"/>
       <c r="O140" s="32"/>
       <c r="P140" s="32"/>
-      <c r="Q140" s="135"/>
-      <c r="R140" s="119"/>
+      <c r="Q140" s="134"/>
+      <c r="R140" s="118"/>
       <c r="S140" s="33"/>
-      <c r="T140" s="58"/>
-[...1 lines deleted...]
-      <c r="V140" s="182">
+      <c r="T140" s="57"/>
+      <c r="U140" s="58"/>
+      <c r="V140" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W140" s="178">
+      <c r="W140" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X140" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y140" s="63"/>
-[...18 lines deleted...]
-      <c r="AR140" s="63"/>
+      <c r="Y140" s="62"/>
+      <c r="Z140" s="62"/>
+      <c r="AA140" s="62"/>
+      <c r="AB140" s="62"/>
+      <c r="AC140" s="62"/>
+      <c r="AD140" s="62"/>
+      <c r="AE140" s="62"/>
+      <c r="AF140" s="62"/>
+      <c r="AG140" s="62"/>
+      <c r="AH140" s="62"/>
+      <c r="AI140" s="62"/>
+      <c r="AJ140" s="62"/>
+      <c r="AK140" s="62"/>
+      <c r="AL140" s="62"/>
+      <c r="AM140" s="62"/>
+      <c r="AN140" s="62"/>
+      <c r="AO140" s="62"/>
+      <c r="AP140" s="62"/>
+      <c r="AQ140" s="62"/>
+      <c r="AR140" s="62"/>
     </row>
     <row r="141" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="237"/>
-[...11 lines deleted...]
-      <c r="M141" s="188"/>
+      <c r="A141" s="240"/>
+      <c r="B141" s="241"/>
+      <c r="C141" s="241"/>
+      <c r="D141" s="241"/>
+      <c r="E141" s="139"/>
+      <c r="F141" s="122"/>
+      <c r="G141" s="51"/>
+      <c r="H141" s="51"/>
+      <c r="I141" s="51"/>
+      <c r="J141" s="51"/>
+      <c r="K141" s="168"/>
+      <c r="L141" s="169"/>
+      <c r="M141" s="170"/>
       <c r="N141" s="31"/>
       <c r="O141" s="32"/>
       <c r="P141" s="32"/>
-      <c r="Q141" s="135"/>
-      <c r="R141" s="119"/>
+      <c r="Q141" s="134"/>
+      <c r="R141" s="118"/>
       <c r="S141" s="33"/>
-      <c r="T141" s="58"/>
-[...1 lines deleted...]
-      <c r="V141" s="182">
+      <c r="T141" s="57"/>
+      <c r="U141" s="58"/>
+      <c r="V141" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W141" s="178">
+      <c r="W141" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X141" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y141" s="63"/>
-[...18 lines deleted...]
-      <c r="AR141" s="63"/>
+      <c r="Y141" s="62"/>
+      <c r="Z141" s="62"/>
+      <c r="AA141" s="62"/>
+      <c r="AB141" s="62"/>
+      <c r="AC141" s="62"/>
+      <c r="AD141" s="62"/>
+      <c r="AE141" s="62"/>
+      <c r="AF141" s="62"/>
+      <c r="AG141" s="62"/>
+      <c r="AH141" s="62"/>
+      <c r="AI141" s="62"/>
+      <c r="AJ141" s="62"/>
+      <c r="AK141" s="62"/>
+      <c r="AL141" s="62"/>
+      <c r="AM141" s="62"/>
+      <c r="AN141" s="62"/>
+      <c r="AO141" s="62"/>
+      <c r="AP141" s="62"/>
+      <c r="AQ141" s="62"/>
+      <c r="AR141" s="62"/>
     </row>
     <row r="142" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="237"/>
-[...11 lines deleted...]
-      <c r="M142" s="188"/>
+      <c r="A142" s="240"/>
+      <c r="B142" s="241"/>
+      <c r="C142" s="241"/>
+      <c r="D142" s="241"/>
+      <c r="E142" s="139"/>
+      <c r="F142" s="122"/>
+      <c r="G142" s="51"/>
+      <c r="H142" s="51"/>
+      <c r="I142" s="51"/>
+      <c r="J142" s="51"/>
+      <c r="K142" s="168"/>
+      <c r="L142" s="169"/>
+      <c r="M142" s="170"/>
       <c r="N142" s="31"/>
       <c r="O142" s="32"/>
       <c r="P142" s="32"/>
-      <c r="Q142" s="135"/>
-      <c r="R142" s="119"/>
+      <c r="Q142" s="134"/>
+      <c r="R142" s="118"/>
       <c r="S142" s="33"/>
-      <c r="T142" s="58"/>
-[...1 lines deleted...]
-      <c r="V142" s="182">
+      <c r="T142" s="57"/>
+      <c r="U142" s="58"/>
+      <c r="V142" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W142" s="178">
+      <c r="W142" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X142" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y142" s="63"/>
-[...18 lines deleted...]
-      <c r="AR142" s="63"/>
+      <c r="Y142" s="62"/>
+      <c r="Z142" s="62"/>
+      <c r="AA142" s="62"/>
+      <c r="AB142" s="62"/>
+      <c r="AC142" s="62"/>
+      <c r="AD142" s="62"/>
+      <c r="AE142" s="62"/>
+      <c r="AF142" s="62"/>
+      <c r="AG142" s="62"/>
+      <c r="AH142" s="62"/>
+      <c r="AI142" s="62"/>
+      <c r="AJ142" s="62"/>
+      <c r="AK142" s="62"/>
+      <c r="AL142" s="62"/>
+      <c r="AM142" s="62"/>
+      <c r="AN142" s="62"/>
+      <c r="AO142" s="62"/>
+      <c r="AP142" s="62"/>
+      <c r="AQ142" s="62"/>
+      <c r="AR142" s="62"/>
     </row>
     <row r="143" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A143" s="237"/>
-[...11 lines deleted...]
-      <c r="M143" s="188"/>
+      <c r="A143" s="240"/>
+      <c r="B143" s="241"/>
+      <c r="C143" s="241"/>
+      <c r="D143" s="241"/>
+      <c r="E143" s="139"/>
+      <c r="F143" s="122"/>
+      <c r="G143" s="51"/>
+      <c r="H143" s="51"/>
+      <c r="I143" s="51"/>
+      <c r="J143" s="51"/>
+      <c r="K143" s="168"/>
+      <c r="L143" s="169"/>
+      <c r="M143" s="170"/>
       <c r="N143" s="31"/>
       <c r="O143" s="32"/>
       <c r="P143" s="32"/>
-      <c r="Q143" s="135"/>
-      <c r="R143" s="119"/>
+      <c r="Q143" s="134"/>
+      <c r="R143" s="118"/>
       <c r="S143" s="33"/>
-      <c r="T143" s="58"/>
-[...1 lines deleted...]
-      <c r="V143" s="182">
+      <c r="T143" s="57"/>
+      <c r="U143" s="58"/>
+      <c r="V143" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W143" s="178">
+      <c r="W143" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X143" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y143" s="63"/>
-[...18 lines deleted...]
-      <c r="AR143" s="63"/>
+      <c r="Y143" s="62"/>
+      <c r="Z143" s="62"/>
+      <c r="AA143" s="62"/>
+      <c r="AB143" s="62"/>
+      <c r="AC143" s="62"/>
+      <c r="AD143" s="62"/>
+      <c r="AE143" s="62"/>
+      <c r="AF143" s="62"/>
+      <c r="AG143" s="62"/>
+      <c r="AH143" s="62"/>
+      <c r="AI143" s="62"/>
+      <c r="AJ143" s="62"/>
+      <c r="AK143" s="62"/>
+      <c r="AL143" s="62"/>
+      <c r="AM143" s="62"/>
+      <c r="AN143" s="62"/>
+      <c r="AO143" s="62"/>
+      <c r="AP143" s="62"/>
+      <c r="AQ143" s="62"/>
+      <c r="AR143" s="62"/>
     </row>
     <row r="144" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A144" s="237"/>
-[...11 lines deleted...]
-      <c r="M144" s="188"/>
+      <c r="A144" s="240"/>
+      <c r="B144" s="241"/>
+      <c r="C144" s="241"/>
+      <c r="D144" s="241"/>
+      <c r="E144" s="139"/>
+      <c r="F144" s="122"/>
+      <c r="G144" s="51"/>
+      <c r="H144" s="51"/>
+      <c r="I144" s="51"/>
+      <c r="J144" s="51"/>
+      <c r="K144" s="168"/>
+      <c r="L144" s="169"/>
+      <c r="M144" s="170"/>
       <c r="N144" s="31"/>
       <c r="O144" s="32"/>
       <c r="P144" s="32"/>
-      <c r="Q144" s="135"/>
-      <c r="R144" s="119"/>
+      <c r="Q144" s="134"/>
+      <c r="R144" s="118"/>
       <c r="S144" s="33"/>
-      <c r="T144" s="58"/>
-[...1 lines deleted...]
-      <c r="V144" s="182">
+      <c r="T144" s="57"/>
+      <c r="U144" s="58"/>
+      <c r="V144" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W144" s="178">
+      <c r="W144" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X144" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y144" s="63"/>
-[...18 lines deleted...]
-      <c r="AR144" s="63"/>
+      <c r="Y144" s="62"/>
+      <c r="Z144" s="62"/>
+      <c r="AA144" s="62"/>
+      <c r="AB144" s="62"/>
+      <c r="AC144" s="62"/>
+      <c r="AD144" s="62"/>
+      <c r="AE144" s="62"/>
+      <c r="AF144" s="62"/>
+      <c r="AG144" s="62"/>
+      <c r="AH144" s="62"/>
+      <c r="AI144" s="62"/>
+      <c r="AJ144" s="62"/>
+      <c r="AK144" s="62"/>
+      <c r="AL144" s="62"/>
+      <c r="AM144" s="62"/>
+      <c r="AN144" s="62"/>
+      <c r="AO144" s="62"/>
+      <c r="AP144" s="62"/>
+      <c r="AQ144" s="62"/>
+      <c r="AR144" s="62"/>
     </row>
     <row r="145" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A145" s="237"/>
-[...11 lines deleted...]
-      <c r="M145" s="188"/>
+      <c r="A145" s="240"/>
+      <c r="B145" s="241"/>
+      <c r="C145" s="241"/>
+      <c r="D145" s="241"/>
+      <c r="E145" s="139"/>
+      <c r="F145" s="122"/>
+      <c r="G145" s="51"/>
+      <c r="H145" s="51"/>
+      <c r="I145" s="51"/>
+      <c r="J145" s="51"/>
+      <c r="K145" s="168"/>
+      <c r="L145" s="169"/>
+      <c r="M145" s="170"/>
       <c r="N145" s="31"/>
       <c r="O145" s="32"/>
       <c r="P145" s="32"/>
-      <c r="Q145" s="135"/>
-      <c r="R145" s="119"/>
+      <c r="Q145" s="134"/>
+      <c r="R145" s="118"/>
       <c r="S145" s="33"/>
-      <c r="T145" s="58"/>
-[...1 lines deleted...]
-      <c r="V145" s="182">
+      <c r="T145" s="57"/>
+      <c r="U145" s="58"/>
+      <c r="V145" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W145" s="178">
+      <c r="W145" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X145" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y145" s="63"/>
-[...18 lines deleted...]
-      <c r="AR145" s="63"/>
+      <c r="Y145" s="62"/>
+      <c r="Z145" s="62"/>
+      <c r="AA145" s="62"/>
+      <c r="AB145" s="62"/>
+      <c r="AC145" s="62"/>
+      <c r="AD145" s="62"/>
+      <c r="AE145" s="62"/>
+      <c r="AF145" s="62"/>
+      <c r="AG145" s="62"/>
+      <c r="AH145" s="62"/>
+      <c r="AI145" s="62"/>
+      <c r="AJ145" s="62"/>
+      <c r="AK145" s="62"/>
+      <c r="AL145" s="62"/>
+      <c r="AM145" s="62"/>
+      <c r="AN145" s="62"/>
+      <c r="AO145" s="62"/>
+      <c r="AP145" s="62"/>
+      <c r="AQ145" s="62"/>
+      <c r="AR145" s="62"/>
     </row>
     <row r="146" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A146" s="237"/>
-[...11 lines deleted...]
-      <c r="M146" s="188"/>
+      <c r="A146" s="240"/>
+      <c r="B146" s="241"/>
+      <c r="C146" s="241"/>
+      <c r="D146" s="241"/>
+      <c r="E146" s="139"/>
+      <c r="F146" s="122"/>
+      <c r="G146" s="51"/>
+      <c r="H146" s="51"/>
+      <c r="I146" s="51"/>
+      <c r="J146" s="51"/>
+      <c r="K146" s="168"/>
+      <c r="L146" s="169"/>
+      <c r="M146" s="170"/>
       <c r="N146" s="31"/>
       <c r="O146" s="32"/>
       <c r="P146" s="32"/>
-      <c r="Q146" s="135"/>
-      <c r="R146" s="119"/>
+      <c r="Q146" s="134"/>
+      <c r="R146" s="118"/>
       <c r="S146" s="33"/>
-      <c r="T146" s="58"/>
-[...1 lines deleted...]
-      <c r="V146" s="182">
+      <c r="T146" s="57"/>
+      <c r="U146" s="58"/>
+      <c r="V146" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W146" s="178">
+      <c r="W146" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X146" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y146" s="63"/>
-[...18 lines deleted...]
-      <c r="AR146" s="63"/>
+      <c r="Y146" s="62"/>
+      <c r="Z146" s="62"/>
+      <c r="AA146" s="62"/>
+      <c r="AB146" s="62"/>
+      <c r="AC146" s="62"/>
+      <c r="AD146" s="62"/>
+      <c r="AE146" s="62"/>
+      <c r="AF146" s="62"/>
+      <c r="AG146" s="62"/>
+      <c r="AH146" s="62"/>
+      <c r="AI146" s="62"/>
+      <c r="AJ146" s="62"/>
+      <c r="AK146" s="62"/>
+      <c r="AL146" s="62"/>
+      <c r="AM146" s="62"/>
+      <c r="AN146" s="62"/>
+      <c r="AO146" s="62"/>
+      <c r="AP146" s="62"/>
+      <c r="AQ146" s="62"/>
+      <c r="AR146" s="62"/>
     </row>
     <row r="147" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A147" s="237"/>
-[...11 lines deleted...]
-      <c r="M147" s="188"/>
+      <c r="A147" s="240"/>
+      <c r="B147" s="241"/>
+      <c r="C147" s="241"/>
+      <c r="D147" s="241"/>
+      <c r="E147" s="139"/>
+      <c r="F147" s="122"/>
+      <c r="G147" s="51"/>
+      <c r="H147" s="51"/>
+      <c r="I147" s="51"/>
+      <c r="J147" s="51"/>
+      <c r="K147" s="168"/>
+      <c r="L147" s="169"/>
+      <c r="M147" s="170"/>
       <c r="N147" s="31"/>
       <c r="O147" s="32"/>
       <c r="P147" s="32"/>
-      <c r="Q147" s="135"/>
-      <c r="R147" s="119"/>
+      <c r="Q147" s="134"/>
+      <c r="R147" s="118"/>
       <c r="S147" s="33"/>
-      <c r="T147" s="58"/>
-[...1 lines deleted...]
-      <c r="V147" s="182">
+      <c r="T147" s="57"/>
+      <c r="U147" s="58"/>
+      <c r="V147" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W147" s="178">
+      <c r="W147" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X147" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y147" s="63"/>
-[...18 lines deleted...]
-      <c r="AR147" s="63"/>
+      <c r="Y147" s="62"/>
+      <c r="Z147" s="62"/>
+      <c r="AA147" s="62"/>
+      <c r="AB147" s="62"/>
+      <c r="AC147" s="62"/>
+      <c r="AD147" s="62"/>
+      <c r="AE147" s="62"/>
+      <c r="AF147" s="62"/>
+      <c r="AG147" s="62"/>
+      <c r="AH147" s="62"/>
+      <c r="AI147" s="62"/>
+      <c r="AJ147" s="62"/>
+      <c r="AK147" s="62"/>
+      <c r="AL147" s="62"/>
+      <c r="AM147" s="62"/>
+      <c r="AN147" s="62"/>
+      <c r="AO147" s="62"/>
+      <c r="AP147" s="62"/>
+      <c r="AQ147" s="62"/>
+      <c r="AR147" s="62"/>
     </row>
     <row r="148" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A148" s="237"/>
-[...11 lines deleted...]
-      <c r="M148" s="188"/>
+      <c r="A148" s="240"/>
+      <c r="B148" s="241"/>
+      <c r="C148" s="241"/>
+      <c r="D148" s="241"/>
+      <c r="E148" s="139"/>
+      <c r="F148" s="122"/>
+      <c r="G148" s="51"/>
+      <c r="H148" s="51"/>
+      <c r="I148" s="51"/>
+      <c r="J148" s="51"/>
+      <c r="K148" s="168"/>
+      <c r="L148" s="169"/>
+      <c r="M148" s="170"/>
       <c r="N148" s="31"/>
       <c r="O148" s="32"/>
       <c r="P148" s="32"/>
-      <c r="Q148" s="135"/>
-      <c r="R148" s="119"/>
+      <c r="Q148" s="134"/>
+      <c r="R148" s="118"/>
       <c r="S148" s="33"/>
-      <c r="T148" s="58"/>
-[...1 lines deleted...]
-      <c r="V148" s="182">
+      <c r="T148" s="57"/>
+      <c r="U148" s="58"/>
+      <c r="V148" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W148" s="178">
+      <c r="W148" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X148" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y148" s="63"/>
-[...18 lines deleted...]
-      <c r="AR148" s="63"/>
+      <c r="Y148" s="62"/>
+      <c r="Z148" s="62"/>
+      <c r="AA148" s="62"/>
+      <c r="AB148" s="62"/>
+      <c r="AC148" s="62"/>
+      <c r="AD148" s="62"/>
+      <c r="AE148" s="62"/>
+      <c r="AF148" s="62"/>
+      <c r="AG148" s="62"/>
+      <c r="AH148" s="62"/>
+      <c r="AI148" s="62"/>
+      <c r="AJ148" s="62"/>
+      <c r="AK148" s="62"/>
+      <c r="AL148" s="62"/>
+      <c r="AM148" s="62"/>
+      <c r="AN148" s="62"/>
+      <c r="AO148" s="62"/>
+      <c r="AP148" s="62"/>
+      <c r="AQ148" s="62"/>
+      <c r="AR148" s="62"/>
     </row>
     <row r="149" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A149" s="237"/>
-[...11 lines deleted...]
-      <c r="M149" s="188"/>
+      <c r="A149" s="240"/>
+      <c r="B149" s="241"/>
+      <c r="C149" s="241"/>
+      <c r="D149" s="241"/>
+      <c r="E149" s="139"/>
+      <c r="F149" s="122"/>
+      <c r="G149" s="51"/>
+      <c r="H149" s="51"/>
+      <c r="I149" s="51"/>
+      <c r="J149" s="51"/>
+      <c r="K149" s="168"/>
+      <c r="L149" s="169"/>
+      <c r="M149" s="170"/>
       <c r="N149" s="31"/>
       <c r="O149" s="32"/>
       <c r="P149" s="32"/>
-      <c r="Q149" s="135"/>
-      <c r="R149" s="119"/>
+      <c r="Q149" s="134"/>
+      <c r="R149" s="118"/>
       <c r="S149" s="33"/>
-      <c r="T149" s="58"/>
-[...1 lines deleted...]
-      <c r="V149" s="182">
+      <c r="T149" s="57"/>
+      <c r="U149" s="58"/>
+      <c r="V149" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W149" s="178">
+      <c r="W149" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X149" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y149" s="63"/>
-[...18 lines deleted...]
-      <c r="AR149" s="63"/>
+      <c r="Y149" s="62"/>
+      <c r="Z149" s="62"/>
+      <c r="AA149" s="62"/>
+      <c r="AB149" s="62"/>
+      <c r="AC149" s="62"/>
+      <c r="AD149" s="62"/>
+      <c r="AE149" s="62"/>
+      <c r="AF149" s="62"/>
+      <c r="AG149" s="62"/>
+      <c r="AH149" s="62"/>
+      <c r="AI149" s="62"/>
+      <c r="AJ149" s="62"/>
+      <c r="AK149" s="62"/>
+      <c r="AL149" s="62"/>
+      <c r="AM149" s="62"/>
+      <c r="AN149" s="62"/>
+      <c r="AO149" s="62"/>
+      <c r="AP149" s="62"/>
+      <c r="AQ149" s="62"/>
+      <c r="AR149" s="62"/>
     </row>
     <row r="150" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A150" s="237"/>
-[...11 lines deleted...]
-      <c r="M150" s="188"/>
+      <c r="A150" s="240"/>
+      <c r="B150" s="241"/>
+      <c r="C150" s="241"/>
+      <c r="D150" s="241"/>
+      <c r="E150" s="139"/>
+      <c r="F150" s="122"/>
+      <c r="G150" s="51"/>
+      <c r="H150" s="51"/>
+      <c r="I150" s="51"/>
+      <c r="J150" s="51"/>
+      <c r="K150" s="168"/>
+      <c r="L150" s="169"/>
+      <c r="M150" s="170"/>
       <c r="N150" s="31"/>
       <c r="O150" s="32"/>
       <c r="P150" s="32"/>
-      <c r="Q150" s="135"/>
-      <c r="R150" s="119"/>
+      <c r="Q150" s="134"/>
+      <c r="R150" s="118"/>
       <c r="S150" s="33"/>
-      <c r="T150" s="58"/>
-[...1 lines deleted...]
-      <c r="V150" s="182">
+      <c r="T150" s="57"/>
+      <c r="U150" s="58"/>
+      <c r="V150" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W150" s="178">
+      <c r="W150" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X150" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y150" s="63"/>
-[...18 lines deleted...]
-      <c r="AR150" s="63"/>
+      <c r="Y150" s="62"/>
+      <c r="Z150" s="62"/>
+      <c r="AA150" s="62"/>
+      <c r="AB150" s="62"/>
+      <c r="AC150" s="62"/>
+      <c r="AD150" s="62"/>
+      <c r="AE150" s="62"/>
+      <c r="AF150" s="62"/>
+      <c r="AG150" s="62"/>
+      <c r="AH150" s="62"/>
+      <c r="AI150" s="62"/>
+      <c r="AJ150" s="62"/>
+      <c r="AK150" s="62"/>
+      <c r="AL150" s="62"/>
+      <c r="AM150" s="62"/>
+      <c r="AN150" s="62"/>
+      <c r="AO150" s="62"/>
+      <c r="AP150" s="62"/>
+      <c r="AQ150" s="62"/>
+      <c r="AR150" s="62"/>
     </row>
     <row r="151" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="237"/>
-[...11 lines deleted...]
-      <c r="M151" s="188"/>
+      <c r="A151" s="240"/>
+      <c r="B151" s="241"/>
+      <c r="C151" s="241"/>
+      <c r="D151" s="241"/>
+      <c r="E151" s="139"/>
+      <c r="F151" s="122"/>
+      <c r="G151" s="51"/>
+      <c r="H151" s="51"/>
+      <c r="I151" s="51"/>
+      <c r="J151" s="51"/>
+      <c r="K151" s="168"/>
+      <c r="L151" s="169"/>
+      <c r="M151" s="170"/>
       <c r="N151" s="31"/>
       <c r="O151" s="32"/>
       <c r="P151" s="32"/>
-      <c r="Q151" s="135"/>
-      <c r="R151" s="119"/>
+      <c r="Q151" s="134"/>
+      <c r="R151" s="118"/>
       <c r="S151" s="33"/>
-      <c r="T151" s="58"/>
-[...1 lines deleted...]
-      <c r="V151" s="182">
+      <c r="T151" s="57"/>
+      <c r="U151" s="58"/>
+      <c r="V151" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W151" s="178">
+      <c r="W151" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X151" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y151" s="63"/>
-[...18 lines deleted...]
-      <c r="AR151" s="63"/>
+      <c r="Y151" s="62"/>
+      <c r="Z151" s="62"/>
+      <c r="AA151" s="62"/>
+      <c r="AB151" s="62"/>
+      <c r="AC151" s="62"/>
+      <c r="AD151" s="62"/>
+      <c r="AE151" s="62"/>
+      <c r="AF151" s="62"/>
+      <c r="AG151" s="62"/>
+      <c r="AH151" s="62"/>
+      <c r="AI151" s="62"/>
+      <c r="AJ151" s="62"/>
+      <c r="AK151" s="62"/>
+      <c r="AL151" s="62"/>
+      <c r="AM151" s="62"/>
+      <c r="AN151" s="62"/>
+      <c r="AO151" s="62"/>
+      <c r="AP151" s="62"/>
+      <c r="AQ151" s="62"/>
+      <c r="AR151" s="62"/>
     </row>
     <row r="152" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="237"/>
-[...11 lines deleted...]
-      <c r="M152" s="188"/>
+      <c r="A152" s="240"/>
+      <c r="B152" s="241"/>
+      <c r="C152" s="241"/>
+      <c r="D152" s="241"/>
+      <c r="E152" s="139"/>
+      <c r="F152" s="122"/>
+      <c r="G152" s="51"/>
+      <c r="H152" s="51"/>
+      <c r="I152" s="51"/>
+      <c r="J152" s="51"/>
+      <c r="K152" s="168"/>
+      <c r="L152" s="169"/>
+      <c r="M152" s="170"/>
       <c r="N152" s="31"/>
       <c r="O152" s="32"/>
       <c r="P152" s="32"/>
-      <c r="Q152" s="135"/>
-      <c r="R152" s="119"/>
+      <c r="Q152" s="134"/>
+      <c r="R152" s="118"/>
       <c r="S152" s="33"/>
-      <c r="T152" s="58"/>
-[...1 lines deleted...]
-      <c r="V152" s="182">
+      <c r="T152" s="57"/>
+      <c r="U152" s="58"/>
+      <c r="V152" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W152" s="178">
+      <c r="W152" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X152" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="Y152" s="63"/>
-[...18 lines deleted...]
-      <c r="AR152" s="63"/>
+      <c r="Y152" s="62"/>
+      <c r="Z152" s="62"/>
+      <c r="AA152" s="62"/>
+      <c r="AB152" s="62"/>
+      <c r="AC152" s="62"/>
+      <c r="AD152" s="62"/>
+      <c r="AE152" s="62"/>
+      <c r="AF152" s="62"/>
+      <c r="AG152" s="62"/>
+      <c r="AH152" s="62"/>
+      <c r="AI152" s="62"/>
+      <c r="AJ152" s="62"/>
+      <c r="AK152" s="62"/>
+      <c r="AL152" s="62"/>
+      <c r="AM152" s="62"/>
+      <c r="AN152" s="62"/>
+      <c r="AO152" s="62"/>
+      <c r="AP152" s="62"/>
+      <c r="AQ152" s="62"/>
+      <c r="AR152" s="62"/>
     </row>
     <row r="153" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A153" s="237"/>
-[...11 lines deleted...]
-      <c r="M153" s="188"/>
+      <c r="A153" s="240"/>
+      <c r="B153" s="241"/>
+      <c r="C153" s="241"/>
+      <c r="D153" s="241"/>
+      <c r="E153" s="139"/>
+      <c r="F153" s="122"/>
+      <c r="G153" s="51"/>
+      <c r="H153" s="51"/>
+      <c r="I153" s="51"/>
+      <c r="J153" s="51"/>
+      <c r="K153" s="168"/>
+      <c r="L153" s="169"/>
+      <c r="M153" s="170"/>
       <c r="N153" s="31"/>
       <c r="O153" s="32"/>
       <c r="P153" s="32"/>
-      <c r="Q153" s="135"/>
-      <c r="R153" s="119"/>
+      <c r="Q153" s="134"/>
+      <c r="R153" s="118"/>
       <c r="S153" s="33"/>
-      <c r="T153" s="58"/>
-[...1 lines deleted...]
-      <c r="V153" s="182">
+      <c r="T153" s="57"/>
+      <c r="U153" s="58"/>
+      <c r="V153" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W153" s="178">
+      <c r="W153" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X153" s="2">
         <f t="shared" ref="X153:X216" si="8">IF(E153="o",0,SUM(N153:U153))</f>
         <v>0</v>
       </c>
-      <c r="Y153" s="63"/>
-[...18 lines deleted...]
-      <c r="AR153" s="63"/>
+      <c r="Y153" s="62"/>
+      <c r="Z153" s="62"/>
+      <c r="AA153" s="62"/>
+      <c r="AB153" s="62"/>
+      <c r="AC153" s="62"/>
+      <c r="AD153" s="62"/>
+      <c r="AE153" s="62"/>
+      <c r="AF153" s="62"/>
+      <c r="AG153" s="62"/>
+      <c r="AH153" s="62"/>
+      <c r="AI153" s="62"/>
+      <c r="AJ153" s="62"/>
+      <c r="AK153" s="62"/>
+      <c r="AL153" s="62"/>
+      <c r="AM153" s="62"/>
+      <c r="AN153" s="62"/>
+      <c r="AO153" s="62"/>
+      <c r="AP153" s="62"/>
+      <c r="AQ153" s="62"/>
+      <c r="AR153" s="62"/>
     </row>
     <row r="154" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="237"/>
-[...11 lines deleted...]
-      <c r="M154" s="188"/>
+      <c r="A154" s="240"/>
+      <c r="B154" s="241"/>
+      <c r="C154" s="241"/>
+      <c r="D154" s="241"/>
+      <c r="E154" s="139"/>
+      <c r="F154" s="122"/>
+      <c r="G154" s="51"/>
+      <c r="H154" s="51"/>
+      <c r="I154" s="51"/>
+      <c r="J154" s="51"/>
+      <c r="K154" s="168"/>
+      <c r="L154" s="169"/>
+      <c r="M154" s="170"/>
       <c r="N154" s="31"/>
       <c r="O154" s="32"/>
       <c r="P154" s="32"/>
-      <c r="Q154" s="135"/>
-      <c r="R154" s="119"/>
+      <c r="Q154" s="134"/>
+      <c r="R154" s="118"/>
       <c r="S154" s="33"/>
-      <c r="T154" s="58"/>
-[...1 lines deleted...]
-      <c r="V154" s="182">
+      <c r="T154" s="57"/>
+      <c r="U154" s="58"/>
+      <c r="V154" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W154" s="178">
+      <c r="W154" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X154" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y154" s="63"/>
-[...18 lines deleted...]
-      <c r="AR154" s="63"/>
+      <c r="Y154" s="62"/>
+      <c r="Z154" s="62"/>
+      <c r="AA154" s="62"/>
+      <c r="AB154" s="62"/>
+      <c r="AC154" s="62"/>
+      <c r="AD154" s="62"/>
+      <c r="AE154" s="62"/>
+      <c r="AF154" s="62"/>
+      <c r="AG154" s="62"/>
+      <c r="AH154" s="62"/>
+      <c r="AI154" s="62"/>
+      <c r="AJ154" s="62"/>
+      <c r="AK154" s="62"/>
+      <c r="AL154" s="62"/>
+      <c r="AM154" s="62"/>
+      <c r="AN154" s="62"/>
+      <c r="AO154" s="62"/>
+      <c r="AP154" s="62"/>
+      <c r="AQ154" s="62"/>
+      <c r="AR154" s="62"/>
     </row>
     <row r="155" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="237"/>
-[...11 lines deleted...]
-      <c r="M155" s="188"/>
+      <c r="A155" s="240"/>
+      <c r="B155" s="241"/>
+      <c r="C155" s="241"/>
+      <c r="D155" s="241"/>
+      <c r="E155" s="139"/>
+      <c r="F155" s="122"/>
+      <c r="G155" s="51"/>
+      <c r="H155" s="51"/>
+      <c r="I155" s="51"/>
+      <c r="J155" s="51"/>
+      <c r="K155" s="168"/>
+      <c r="L155" s="169"/>
+      <c r="M155" s="170"/>
       <c r="N155" s="31"/>
       <c r="O155" s="32"/>
       <c r="P155" s="32"/>
-      <c r="Q155" s="135"/>
-      <c r="R155" s="119"/>
+      <c r="Q155" s="134"/>
+      <c r="R155" s="118"/>
       <c r="S155" s="33"/>
-      <c r="T155" s="58"/>
-[...1 lines deleted...]
-      <c r="V155" s="182">
+      <c r="T155" s="57"/>
+      <c r="U155" s="58"/>
+      <c r="V155" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W155" s="178">
+      <c r="W155" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X155" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y155" s="63"/>
-[...18 lines deleted...]
-      <c r="AR155" s="63"/>
+      <c r="Y155" s="62"/>
+      <c r="Z155" s="62"/>
+      <c r="AA155" s="62"/>
+      <c r="AB155" s="62"/>
+      <c r="AC155" s="62"/>
+      <c r="AD155" s="62"/>
+      <c r="AE155" s="62"/>
+      <c r="AF155" s="62"/>
+      <c r="AG155" s="62"/>
+      <c r="AH155" s="62"/>
+      <c r="AI155" s="62"/>
+      <c r="AJ155" s="62"/>
+      <c r="AK155" s="62"/>
+      <c r="AL155" s="62"/>
+      <c r="AM155" s="62"/>
+      <c r="AN155" s="62"/>
+      <c r="AO155" s="62"/>
+      <c r="AP155" s="62"/>
+      <c r="AQ155" s="62"/>
+      <c r="AR155" s="62"/>
     </row>
     <row r="156" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="237"/>
-[...11 lines deleted...]
-      <c r="M156" s="188"/>
+      <c r="A156" s="240"/>
+      <c r="B156" s="241"/>
+      <c r="C156" s="241"/>
+      <c r="D156" s="241"/>
+      <c r="E156" s="139"/>
+      <c r="F156" s="122"/>
+      <c r="G156" s="51"/>
+      <c r="H156" s="51"/>
+      <c r="I156" s="51"/>
+      <c r="J156" s="51"/>
+      <c r="K156" s="168"/>
+      <c r="L156" s="169"/>
+      <c r="M156" s="170"/>
       <c r="N156" s="31"/>
       <c r="O156" s="32"/>
       <c r="P156" s="32"/>
-      <c r="Q156" s="135"/>
-      <c r="R156" s="119"/>
+      <c r="Q156" s="134"/>
+      <c r="R156" s="118"/>
       <c r="S156" s="33"/>
-      <c r="T156" s="58"/>
-[...1 lines deleted...]
-      <c r="V156" s="182">
+      <c r="T156" s="57"/>
+      <c r="U156" s="58"/>
+      <c r="V156" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W156" s="178">
+      <c r="W156" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X156" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y156" s="63"/>
-[...18 lines deleted...]
-      <c r="AR156" s="63"/>
+      <c r="Y156" s="62"/>
+      <c r="Z156" s="62"/>
+      <c r="AA156" s="62"/>
+      <c r="AB156" s="62"/>
+      <c r="AC156" s="62"/>
+      <c r="AD156" s="62"/>
+      <c r="AE156" s="62"/>
+      <c r="AF156" s="62"/>
+      <c r="AG156" s="62"/>
+      <c r="AH156" s="62"/>
+      <c r="AI156" s="62"/>
+      <c r="AJ156" s="62"/>
+      <c r="AK156" s="62"/>
+      <c r="AL156" s="62"/>
+      <c r="AM156" s="62"/>
+      <c r="AN156" s="62"/>
+      <c r="AO156" s="62"/>
+      <c r="AP156" s="62"/>
+      <c r="AQ156" s="62"/>
+      <c r="AR156" s="62"/>
     </row>
     <row r="157" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A157" s="237"/>
-[...11 lines deleted...]
-      <c r="M157" s="188"/>
+      <c r="A157" s="240"/>
+      <c r="B157" s="241"/>
+      <c r="C157" s="241"/>
+      <c r="D157" s="241"/>
+      <c r="E157" s="139"/>
+      <c r="F157" s="122"/>
+      <c r="G157" s="51"/>
+      <c r="H157" s="51"/>
+      <c r="I157" s="51"/>
+      <c r="J157" s="51"/>
+      <c r="K157" s="168"/>
+      <c r="L157" s="169"/>
+      <c r="M157" s="170"/>
       <c r="N157" s="31"/>
       <c r="O157" s="32"/>
       <c r="P157" s="32"/>
-      <c r="Q157" s="135"/>
-      <c r="R157" s="119"/>
+      <c r="Q157" s="134"/>
+      <c r="R157" s="118"/>
       <c r="S157" s="33"/>
-      <c r="T157" s="58"/>
-[...1 lines deleted...]
-      <c r="V157" s="182">
+      <c r="T157" s="57"/>
+      <c r="U157" s="58"/>
+      <c r="V157" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W157" s="178">
+      <c r="W157" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X157" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y157" s="63"/>
-[...18 lines deleted...]
-      <c r="AR157" s="63"/>
+      <c r="Y157" s="62"/>
+      <c r="Z157" s="62"/>
+      <c r="AA157" s="62"/>
+      <c r="AB157" s="62"/>
+      <c r="AC157" s="62"/>
+      <c r="AD157" s="62"/>
+      <c r="AE157" s="62"/>
+      <c r="AF157" s="62"/>
+      <c r="AG157" s="62"/>
+      <c r="AH157" s="62"/>
+      <c r="AI157" s="62"/>
+      <c r="AJ157" s="62"/>
+      <c r="AK157" s="62"/>
+      <c r="AL157" s="62"/>
+      <c r="AM157" s="62"/>
+      <c r="AN157" s="62"/>
+      <c r="AO157" s="62"/>
+      <c r="AP157" s="62"/>
+      <c r="AQ157" s="62"/>
+      <c r="AR157" s="62"/>
     </row>
     <row r="158" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A158" s="237"/>
-[...11 lines deleted...]
-      <c r="M158" s="188"/>
+      <c r="A158" s="240"/>
+      <c r="B158" s="241"/>
+      <c r="C158" s="241"/>
+      <c r="D158" s="241"/>
+      <c r="E158" s="139"/>
+      <c r="F158" s="122"/>
+      <c r="G158" s="51"/>
+      <c r="H158" s="51"/>
+      <c r="I158" s="51"/>
+      <c r="J158" s="51"/>
+      <c r="K158" s="168"/>
+      <c r="L158" s="169"/>
+      <c r="M158" s="170"/>
       <c r="N158" s="31"/>
       <c r="O158" s="32"/>
       <c r="P158" s="32"/>
-      <c r="Q158" s="135"/>
-      <c r="R158" s="119"/>
+      <c r="Q158" s="134"/>
+      <c r="R158" s="118"/>
       <c r="S158" s="33"/>
-      <c r="T158" s="58"/>
-[...1 lines deleted...]
-      <c r="V158" s="182">
+      <c r="T158" s="57"/>
+      <c r="U158" s="58"/>
+      <c r="V158" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W158" s="178">
+      <c r="W158" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X158" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y158" s="63"/>
-[...18 lines deleted...]
-      <c r="AR158" s="63"/>
+      <c r="Y158" s="62"/>
+      <c r="Z158" s="62"/>
+      <c r="AA158" s="62"/>
+      <c r="AB158" s="62"/>
+      <c r="AC158" s="62"/>
+      <c r="AD158" s="62"/>
+      <c r="AE158" s="62"/>
+      <c r="AF158" s="62"/>
+      <c r="AG158" s="62"/>
+      <c r="AH158" s="62"/>
+      <c r="AI158" s="62"/>
+      <c r="AJ158" s="62"/>
+      <c r="AK158" s="62"/>
+      <c r="AL158" s="62"/>
+      <c r="AM158" s="62"/>
+      <c r="AN158" s="62"/>
+      <c r="AO158" s="62"/>
+      <c r="AP158" s="62"/>
+      <c r="AQ158" s="62"/>
+      <c r="AR158" s="62"/>
     </row>
     <row r="159" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A159" s="237"/>
-[...11 lines deleted...]
-      <c r="M159" s="188"/>
+      <c r="A159" s="240"/>
+      <c r="B159" s="241"/>
+      <c r="C159" s="241"/>
+      <c r="D159" s="241"/>
+      <c r="E159" s="139"/>
+      <c r="F159" s="122"/>
+      <c r="G159" s="51"/>
+      <c r="H159" s="51"/>
+      <c r="I159" s="51"/>
+      <c r="J159" s="51"/>
+      <c r="K159" s="168"/>
+      <c r="L159" s="169"/>
+      <c r="M159" s="170"/>
       <c r="N159" s="31"/>
       <c r="O159" s="32"/>
       <c r="P159" s="32"/>
-      <c r="Q159" s="135"/>
-      <c r="R159" s="119"/>
+      <c r="Q159" s="134"/>
+      <c r="R159" s="118"/>
       <c r="S159" s="33"/>
-      <c r="T159" s="58"/>
-[...1 lines deleted...]
-      <c r="V159" s="182">
+      <c r="T159" s="57"/>
+      <c r="U159" s="58"/>
+      <c r="V159" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W159" s="178">
+      <c r="W159" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X159" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y159" s="63"/>
-[...18 lines deleted...]
-      <c r="AR159" s="63"/>
+      <c r="Y159" s="62"/>
+      <c r="Z159" s="62"/>
+      <c r="AA159" s="62"/>
+      <c r="AB159" s="62"/>
+      <c r="AC159" s="62"/>
+      <c r="AD159" s="62"/>
+      <c r="AE159" s="62"/>
+      <c r="AF159" s="62"/>
+      <c r="AG159" s="62"/>
+      <c r="AH159" s="62"/>
+      <c r="AI159" s="62"/>
+      <c r="AJ159" s="62"/>
+      <c r="AK159" s="62"/>
+      <c r="AL159" s="62"/>
+      <c r="AM159" s="62"/>
+      <c r="AN159" s="62"/>
+      <c r="AO159" s="62"/>
+      <c r="AP159" s="62"/>
+      <c r="AQ159" s="62"/>
+      <c r="AR159" s="62"/>
     </row>
     <row r="160" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A160" s="237"/>
-[...11 lines deleted...]
-      <c r="M160" s="188"/>
+      <c r="A160" s="240"/>
+      <c r="B160" s="241"/>
+      <c r="C160" s="241"/>
+      <c r="D160" s="241"/>
+      <c r="E160" s="139"/>
+      <c r="F160" s="122"/>
+      <c r="G160" s="51"/>
+      <c r="H160" s="51"/>
+      <c r="I160" s="51"/>
+      <c r="J160" s="51"/>
+      <c r="K160" s="168"/>
+      <c r="L160" s="169"/>
+      <c r="M160" s="170"/>
       <c r="N160" s="31"/>
       <c r="O160" s="32"/>
       <c r="P160" s="32"/>
-      <c r="Q160" s="135"/>
-      <c r="R160" s="119"/>
+      <c r="Q160" s="134"/>
+      <c r="R160" s="118"/>
       <c r="S160" s="33"/>
-      <c r="T160" s="58"/>
-[...1 lines deleted...]
-      <c r="V160" s="182">
+      <c r="T160" s="57"/>
+      <c r="U160" s="58"/>
+      <c r="V160" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W160" s="178">
+      <c r="W160" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X160" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y160" s="63"/>
-[...18 lines deleted...]
-      <c r="AR160" s="63"/>
+      <c r="Y160" s="62"/>
+      <c r="Z160" s="62"/>
+      <c r="AA160" s="62"/>
+      <c r="AB160" s="62"/>
+      <c r="AC160" s="62"/>
+      <c r="AD160" s="62"/>
+      <c r="AE160" s="62"/>
+      <c r="AF160" s="62"/>
+      <c r="AG160" s="62"/>
+      <c r="AH160" s="62"/>
+      <c r="AI160" s="62"/>
+      <c r="AJ160" s="62"/>
+      <c r="AK160" s="62"/>
+      <c r="AL160" s="62"/>
+      <c r="AM160" s="62"/>
+      <c r="AN160" s="62"/>
+      <c r="AO160" s="62"/>
+      <c r="AP160" s="62"/>
+      <c r="AQ160" s="62"/>
+      <c r="AR160" s="62"/>
     </row>
     <row r="161" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A161" s="237"/>
-[...11 lines deleted...]
-      <c r="M161" s="188"/>
+      <c r="A161" s="240"/>
+      <c r="B161" s="241"/>
+      <c r="C161" s="241"/>
+      <c r="D161" s="241"/>
+      <c r="E161" s="139"/>
+      <c r="F161" s="122"/>
+      <c r="G161" s="51"/>
+      <c r="H161" s="51"/>
+      <c r="I161" s="51"/>
+      <c r="J161" s="51"/>
+      <c r="K161" s="168"/>
+      <c r="L161" s="169"/>
+      <c r="M161" s="170"/>
       <c r="N161" s="31"/>
       <c r="O161" s="32"/>
       <c r="P161" s="32"/>
-      <c r="Q161" s="135"/>
-      <c r="R161" s="119"/>
+      <c r="Q161" s="134"/>
+      <c r="R161" s="118"/>
       <c r="S161" s="33"/>
-      <c r="T161" s="58"/>
-[...1 lines deleted...]
-      <c r="V161" s="182">
+      <c r="T161" s="57"/>
+      <c r="U161" s="58"/>
+      <c r="V161" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W161" s="178">
+      <c r="W161" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X161" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y161" s="63"/>
-[...18 lines deleted...]
-      <c r="AR161" s="63"/>
+      <c r="Y161" s="62"/>
+      <c r="Z161" s="62"/>
+      <c r="AA161" s="62"/>
+      <c r="AB161" s="62"/>
+      <c r="AC161" s="62"/>
+      <c r="AD161" s="62"/>
+      <c r="AE161" s="62"/>
+      <c r="AF161" s="62"/>
+      <c r="AG161" s="62"/>
+      <c r="AH161" s="62"/>
+      <c r="AI161" s="62"/>
+      <c r="AJ161" s="62"/>
+      <c r="AK161" s="62"/>
+      <c r="AL161" s="62"/>
+      <c r="AM161" s="62"/>
+      <c r="AN161" s="62"/>
+      <c r="AO161" s="62"/>
+      <c r="AP161" s="62"/>
+      <c r="AQ161" s="62"/>
+      <c r="AR161" s="62"/>
     </row>
     <row r="162" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A162" s="237"/>
-[...11 lines deleted...]
-      <c r="M162" s="188"/>
+      <c r="A162" s="240"/>
+      <c r="B162" s="241"/>
+      <c r="C162" s="241"/>
+      <c r="D162" s="241"/>
+      <c r="E162" s="139"/>
+      <c r="F162" s="122"/>
+      <c r="G162" s="51"/>
+      <c r="H162" s="51"/>
+      <c r="I162" s="51"/>
+      <c r="J162" s="51"/>
+      <c r="K162" s="168"/>
+      <c r="L162" s="169"/>
+      <c r="M162" s="170"/>
       <c r="N162" s="31"/>
       <c r="O162" s="32"/>
       <c r="P162" s="32"/>
-      <c r="Q162" s="135"/>
-      <c r="R162" s="119"/>
+      <c r="Q162" s="134"/>
+      <c r="R162" s="118"/>
       <c r="S162" s="33"/>
-      <c r="T162" s="58"/>
-[...1 lines deleted...]
-      <c r="V162" s="182">
+      <c r="T162" s="57"/>
+      <c r="U162" s="58"/>
+      <c r="V162" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W162" s="178">
+      <c r="W162" s="197">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X162" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y162" s="63"/>
-[...18 lines deleted...]
-      <c r="AR162" s="63"/>
+      <c r="Y162" s="62"/>
+      <c r="Z162" s="62"/>
+      <c r="AA162" s="62"/>
+      <c r="AB162" s="62"/>
+      <c r="AC162" s="62"/>
+      <c r="AD162" s="62"/>
+      <c r="AE162" s="62"/>
+      <c r="AF162" s="62"/>
+      <c r="AG162" s="62"/>
+      <c r="AH162" s="62"/>
+      <c r="AI162" s="62"/>
+      <c r="AJ162" s="62"/>
+      <c r="AK162" s="62"/>
+      <c r="AL162" s="62"/>
+      <c r="AM162" s="62"/>
+      <c r="AN162" s="62"/>
+      <c r="AO162" s="62"/>
+      <c r="AP162" s="62"/>
+      <c r="AQ162" s="62"/>
+      <c r="AR162" s="62"/>
     </row>
     <row r="163" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="237"/>
-[...11 lines deleted...]
-      <c r="M163" s="188"/>
+      <c r="A163" s="240"/>
+      <c r="B163" s="241"/>
+      <c r="C163" s="241"/>
+      <c r="D163" s="241"/>
+      <c r="E163" s="139"/>
+      <c r="F163" s="122"/>
+      <c r="G163" s="51"/>
+      <c r="H163" s="51"/>
+      <c r="I163" s="51"/>
+      <c r="J163" s="51"/>
+      <c r="K163" s="168"/>
+      <c r="L163" s="169"/>
+      <c r="M163" s="170"/>
       <c r="N163" s="31"/>
       <c r="O163" s="32"/>
       <c r="P163" s="32"/>
-      <c r="Q163" s="135"/>
-      <c r="R163" s="119"/>
+      <c r="Q163" s="134"/>
+      <c r="R163" s="118"/>
       <c r="S163" s="33"/>
-      <c r="T163" s="58"/>
-[...1 lines deleted...]
-      <c r="V163" s="182">
+      <c r="T163" s="57"/>
+      <c r="U163" s="58"/>
+      <c r="V163" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W163" s="178">
+      <c r="W163" s="197">
         <f t="shared" ref="W163:W226" si="9">IF(E163="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E163="b",(F163/12*N163)+(G163/12*O163)+(H163/12*P163)+(I163/12*Q163)+(J163/12*R163)+(K163/12*S163)+(L163/12*T163)+(M163/12*U163),0),(F163*1.2%*$F$17/12*N163)+(G163*1.2%*$G$17/12*O163)+(H163*1.2%*$H$17/12*P163)+(I163*1.2%*$I$17/12*Q163)+(J163*1.2%*$J$17/12*R163)+(K163*1.2%*$K$17/12*S163)+(L163*1.2%*$L$17/12*T163)+(M163*1.2%*$M$17/12*U163)))</f>
         <v>0</v>
       </c>
       <c r="X163" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y163" s="63"/>
-[...18 lines deleted...]
-      <c r="AR163" s="63"/>
+      <c r="Y163" s="62"/>
+      <c r="Z163" s="62"/>
+      <c r="AA163" s="62"/>
+      <c r="AB163" s="62"/>
+      <c r="AC163" s="62"/>
+      <c r="AD163" s="62"/>
+      <c r="AE163" s="62"/>
+      <c r="AF163" s="62"/>
+      <c r="AG163" s="62"/>
+      <c r="AH163" s="62"/>
+      <c r="AI163" s="62"/>
+      <c r="AJ163" s="62"/>
+      <c r="AK163" s="62"/>
+      <c r="AL163" s="62"/>
+      <c r="AM163" s="62"/>
+      <c r="AN163" s="62"/>
+      <c r="AO163" s="62"/>
+      <c r="AP163" s="62"/>
+      <c r="AQ163" s="62"/>
+      <c r="AR163" s="62"/>
     </row>
     <row r="164" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A164" s="237"/>
-[...11 lines deleted...]
-      <c r="M164" s="188"/>
+      <c r="A164" s="240"/>
+      <c r="B164" s="241"/>
+      <c r="C164" s="241"/>
+      <c r="D164" s="241"/>
+      <c r="E164" s="139"/>
+      <c r="F164" s="122"/>
+      <c r="G164" s="51"/>
+      <c r="H164" s="51"/>
+      <c r="I164" s="51"/>
+      <c r="J164" s="51"/>
+      <c r="K164" s="168"/>
+      <c r="L164" s="169"/>
+      <c r="M164" s="170"/>
       <c r="N164" s="31"/>
       <c r="O164" s="32"/>
       <c r="P164" s="32"/>
-      <c r="Q164" s="135"/>
-      <c r="R164" s="119"/>
+      <c r="Q164" s="134"/>
+      <c r="R164" s="118"/>
       <c r="S164" s="33"/>
-      <c r="T164" s="58"/>
-[...1 lines deleted...]
-      <c r="V164" s="182">
+      <c r="T164" s="57"/>
+      <c r="U164" s="58"/>
+      <c r="V164" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W164" s="178">
+      <c r="W164" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X164" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y164" s="63"/>
-[...18 lines deleted...]
-      <c r="AR164" s="63"/>
+      <c r="Y164" s="62"/>
+      <c r="Z164" s="62"/>
+      <c r="AA164" s="62"/>
+      <c r="AB164" s="62"/>
+      <c r="AC164" s="62"/>
+      <c r="AD164" s="62"/>
+      <c r="AE164" s="62"/>
+      <c r="AF164" s="62"/>
+      <c r="AG164" s="62"/>
+      <c r="AH164" s="62"/>
+      <c r="AI164" s="62"/>
+      <c r="AJ164" s="62"/>
+      <c r="AK164" s="62"/>
+      <c r="AL164" s="62"/>
+      <c r="AM164" s="62"/>
+      <c r="AN164" s="62"/>
+      <c r="AO164" s="62"/>
+      <c r="AP164" s="62"/>
+      <c r="AQ164" s="62"/>
+      <c r="AR164" s="62"/>
     </row>
     <row r="165" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A165" s="237"/>
-[...11 lines deleted...]
-      <c r="M165" s="188"/>
+      <c r="A165" s="240"/>
+      <c r="B165" s="241"/>
+      <c r="C165" s="241"/>
+      <c r="D165" s="241"/>
+      <c r="E165" s="139"/>
+      <c r="F165" s="122"/>
+      <c r="G165" s="51"/>
+      <c r="H165" s="51"/>
+      <c r="I165" s="51"/>
+      <c r="J165" s="51"/>
+      <c r="K165" s="168"/>
+      <c r="L165" s="169"/>
+      <c r="M165" s="170"/>
       <c r="N165" s="31"/>
       <c r="O165" s="32"/>
       <c r="P165" s="32"/>
-      <c r="Q165" s="135"/>
-      <c r="R165" s="119"/>
+      <c r="Q165" s="134"/>
+      <c r="R165" s="118"/>
       <c r="S165" s="33"/>
-      <c r="T165" s="58"/>
-[...1 lines deleted...]
-      <c r="V165" s="182">
+      <c r="T165" s="57"/>
+      <c r="U165" s="58"/>
+      <c r="V165" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W165" s="178">
+      <c r="W165" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X165" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y165" s="63"/>
-[...18 lines deleted...]
-      <c r="AR165" s="63"/>
+      <c r="Y165" s="62"/>
+      <c r="Z165" s="62"/>
+      <c r="AA165" s="62"/>
+      <c r="AB165" s="62"/>
+      <c r="AC165" s="62"/>
+      <c r="AD165" s="62"/>
+      <c r="AE165" s="62"/>
+      <c r="AF165" s="62"/>
+      <c r="AG165" s="62"/>
+      <c r="AH165" s="62"/>
+      <c r="AI165" s="62"/>
+      <c r="AJ165" s="62"/>
+      <c r="AK165" s="62"/>
+      <c r="AL165" s="62"/>
+      <c r="AM165" s="62"/>
+      <c r="AN165" s="62"/>
+      <c r="AO165" s="62"/>
+      <c r="AP165" s="62"/>
+      <c r="AQ165" s="62"/>
+      <c r="AR165" s="62"/>
     </row>
     <row r="166" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A166" s="237"/>
-[...11 lines deleted...]
-      <c r="M166" s="188"/>
+      <c r="A166" s="240"/>
+      <c r="B166" s="241"/>
+      <c r="C166" s="241"/>
+      <c r="D166" s="241"/>
+      <c r="E166" s="139"/>
+      <c r="F166" s="122"/>
+      <c r="G166" s="51"/>
+      <c r="H166" s="51"/>
+      <c r="I166" s="51"/>
+      <c r="J166" s="51"/>
+      <c r="K166" s="168"/>
+      <c r="L166" s="169"/>
+      <c r="M166" s="170"/>
       <c r="N166" s="31"/>
       <c r="O166" s="32"/>
       <c r="P166" s="32"/>
-      <c r="Q166" s="135"/>
-      <c r="R166" s="119"/>
+      <c r="Q166" s="134"/>
+      <c r="R166" s="118"/>
       <c r="S166" s="33"/>
-      <c r="T166" s="58"/>
-[...1 lines deleted...]
-      <c r="V166" s="182">
+      <c r="T166" s="57"/>
+      <c r="U166" s="58"/>
+      <c r="V166" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W166" s="178">
+      <c r="W166" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X166" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y166" s="63"/>
-[...18 lines deleted...]
-      <c r="AR166" s="63"/>
+      <c r="Y166" s="62"/>
+      <c r="Z166" s="62"/>
+      <c r="AA166" s="62"/>
+      <c r="AB166" s="62"/>
+      <c r="AC166" s="62"/>
+      <c r="AD166" s="62"/>
+      <c r="AE166" s="62"/>
+      <c r="AF166" s="62"/>
+      <c r="AG166" s="62"/>
+      <c r="AH166" s="62"/>
+      <c r="AI166" s="62"/>
+      <c r="AJ166" s="62"/>
+      <c r="AK166" s="62"/>
+      <c r="AL166" s="62"/>
+      <c r="AM166" s="62"/>
+      <c r="AN166" s="62"/>
+      <c r="AO166" s="62"/>
+      <c r="AP166" s="62"/>
+      <c r="AQ166" s="62"/>
+      <c r="AR166" s="62"/>
     </row>
     <row r="167" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A167" s="237"/>
-[...11 lines deleted...]
-      <c r="M167" s="188"/>
+      <c r="A167" s="240"/>
+      <c r="B167" s="241"/>
+      <c r="C167" s="241"/>
+      <c r="D167" s="241"/>
+      <c r="E167" s="139"/>
+      <c r="F167" s="122"/>
+      <c r="G167" s="51"/>
+      <c r="H167" s="51"/>
+      <c r="I167" s="51"/>
+      <c r="J167" s="51"/>
+      <c r="K167" s="168"/>
+      <c r="L167" s="169"/>
+      <c r="M167" s="170"/>
       <c r="N167" s="31"/>
       <c r="O167" s="32"/>
       <c r="P167" s="32"/>
-      <c r="Q167" s="135"/>
-      <c r="R167" s="119"/>
+      <c r="Q167" s="134"/>
+      <c r="R167" s="118"/>
       <c r="S167" s="33"/>
-      <c r="T167" s="58"/>
-[...1 lines deleted...]
-      <c r="V167" s="182">
+      <c r="T167" s="57"/>
+      <c r="U167" s="58"/>
+      <c r="V167" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W167" s="178">
+      <c r="W167" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X167" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y167" s="63"/>
-[...18 lines deleted...]
-      <c r="AR167" s="63"/>
+      <c r="Y167" s="62"/>
+      <c r="Z167" s="62"/>
+      <c r="AA167" s="62"/>
+      <c r="AB167" s="62"/>
+      <c r="AC167" s="62"/>
+      <c r="AD167" s="62"/>
+      <c r="AE167" s="62"/>
+      <c r="AF167" s="62"/>
+      <c r="AG167" s="62"/>
+      <c r="AH167" s="62"/>
+      <c r="AI167" s="62"/>
+      <c r="AJ167" s="62"/>
+      <c r="AK167" s="62"/>
+      <c r="AL167" s="62"/>
+      <c r="AM167" s="62"/>
+      <c r="AN167" s="62"/>
+      <c r="AO167" s="62"/>
+      <c r="AP167" s="62"/>
+      <c r="AQ167" s="62"/>
+      <c r="AR167" s="62"/>
     </row>
     <row r="168" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A168" s="237"/>
-[...11 lines deleted...]
-      <c r="M168" s="188"/>
+      <c r="A168" s="240"/>
+      <c r="B168" s="241"/>
+      <c r="C168" s="241"/>
+      <c r="D168" s="241"/>
+      <c r="E168" s="139"/>
+      <c r="F168" s="122"/>
+      <c r="G168" s="51"/>
+      <c r="H168" s="51"/>
+      <c r="I168" s="51"/>
+      <c r="J168" s="51"/>
+      <c r="K168" s="168"/>
+      <c r="L168" s="169"/>
+      <c r="M168" s="170"/>
       <c r="N168" s="31"/>
       <c r="O168" s="32"/>
       <c r="P168" s="32"/>
-      <c r="Q168" s="135"/>
-      <c r="R168" s="119"/>
+      <c r="Q168" s="134"/>
+      <c r="R168" s="118"/>
       <c r="S168" s="33"/>
-      <c r="T168" s="58"/>
-[...1 lines deleted...]
-      <c r="V168" s="182">
+      <c r="T168" s="57"/>
+      <c r="U168" s="58"/>
+      <c r="V168" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W168" s="178">
+      <c r="W168" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X168" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y168" s="63"/>
-[...18 lines deleted...]
-      <c r="AR168" s="63"/>
+      <c r="Y168" s="62"/>
+      <c r="Z168" s="62"/>
+      <c r="AA168" s="62"/>
+      <c r="AB168" s="62"/>
+      <c r="AC168" s="62"/>
+      <c r="AD168" s="62"/>
+      <c r="AE168" s="62"/>
+      <c r="AF168" s="62"/>
+      <c r="AG168" s="62"/>
+      <c r="AH168" s="62"/>
+      <c r="AI168" s="62"/>
+      <c r="AJ168" s="62"/>
+      <c r="AK168" s="62"/>
+      <c r="AL168" s="62"/>
+      <c r="AM168" s="62"/>
+      <c r="AN168" s="62"/>
+      <c r="AO168" s="62"/>
+      <c r="AP168" s="62"/>
+      <c r="AQ168" s="62"/>
+      <c r="AR168" s="62"/>
     </row>
     <row r="169" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A169" s="237"/>
-[...11 lines deleted...]
-      <c r="M169" s="188"/>
+      <c r="A169" s="240"/>
+      <c r="B169" s="241"/>
+      <c r="C169" s="241"/>
+      <c r="D169" s="241"/>
+      <c r="E169" s="139"/>
+      <c r="F169" s="122"/>
+      <c r="G169" s="51"/>
+      <c r="H169" s="51"/>
+      <c r="I169" s="51"/>
+      <c r="J169" s="51"/>
+      <c r="K169" s="168"/>
+      <c r="L169" s="169"/>
+      <c r="M169" s="170"/>
       <c r="N169" s="31"/>
       <c r="O169" s="32"/>
       <c r="P169" s="32"/>
-      <c r="Q169" s="135"/>
-      <c r="R169" s="119"/>
+      <c r="Q169" s="134"/>
+      <c r="R169" s="118"/>
       <c r="S169" s="33"/>
-      <c r="T169" s="58"/>
-[...1 lines deleted...]
-      <c r="V169" s="182">
+      <c r="T169" s="57"/>
+      <c r="U169" s="58"/>
+      <c r="V169" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W169" s="178">
+      <c r="W169" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X169" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y169" s="63"/>
-[...18 lines deleted...]
-      <c r="AR169" s="63"/>
+      <c r="Y169" s="62"/>
+      <c r="Z169" s="62"/>
+      <c r="AA169" s="62"/>
+      <c r="AB169" s="62"/>
+      <c r="AC169" s="62"/>
+      <c r="AD169" s="62"/>
+      <c r="AE169" s="62"/>
+      <c r="AF169" s="62"/>
+      <c r="AG169" s="62"/>
+      <c r="AH169" s="62"/>
+      <c r="AI169" s="62"/>
+      <c r="AJ169" s="62"/>
+      <c r="AK169" s="62"/>
+      <c r="AL169" s="62"/>
+      <c r="AM169" s="62"/>
+      <c r="AN169" s="62"/>
+      <c r="AO169" s="62"/>
+      <c r="AP169" s="62"/>
+      <c r="AQ169" s="62"/>
+      <c r="AR169" s="62"/>
     </row>
     <row r="170" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A170" s="237"/>
-[...11 lines deleted...]
-      <c r="M170" s="188"/>
+      <c r="A170" s="240"/>
+      <c r="B170" s="241"/>
+      <c r="C170" s="241"/>
+      <c r="D170" s="241"/>
+      <c r="E170" s="139"/>
+      <c r="F170" s="122"/>
+      <c r="G170" s="51"/>
+      <c r="H170" s="51"/>
+      <c r="I170" s="51"/>
+      <c r="J170" s="51"/>
+      <c r="K170" s="168"/>
+      <c r="L170" s="169"/>
+      <c r="M170" s="170"/>
       <c r="N170" s="31"/>
       <c r="O170" s="32"/>
       <c r="P170" s="32"/>
-      <c r="Q170" s="135"/>
-      <c r="R170" s="119"/>
+      <c r="Q170" s="134"/>
+      <c r="R170" s="118"/>
       <c r="S170" s="33"/>
-      <c r="T170" s="58"/>
-[...1 lines deleted...]
-      <c r="V170" s="182">
+      <c r="T170" s="57"/>
+      <c r="U170" s="58"/>
+      <c r="V170" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W170" s="178">
+      <c r="W170" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X170" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y170" s="63"/>
-[...18 lines deleted...]
-      <c r="AR170" s="63"/>
+      <c r="Y170" s="62"/>
+      <c r="Z170" s="62"/>
+      <c r="AA170" s="62"/>
+      <c r="AB170" s="62"/>
+      <c r="AC170" s="62"/>
+      <c r="AD170" s="62"/>
+      <c r="AE170" s="62"/>
+      <c r="AF170" s="62"/>
+      <c r="AG170" s="62"/>
+      <c r="AH170" s="62"/>
+      <c r="AI170" s="62"/>
+      <c r="AJ170" s="62"/>
+      <c r="AK170" s="62"/>
+      <c r="AL170" s="62"/>
+      <c r="AM170" s="62"/>
+      <c r="AN170" s="62"/>
+      <c r="AO170" s="62"/>
+      <c r="AP170" s="62"/>
+      <c r="AQ170" s="62"/>
+      <c r="AR170" s="62"/>
     </row>
     <row r="171" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A171" s="237"/>
-[...11 lines deleted...]
-      <c r="M171" s="188"/>
+      <c r="A171" s="240"/>
+      <c r="B171" s="241"/>
+      <c r="C171" s="241"/>
+      <c r="D171" s="241"/>
+      <c r="E171" s="139"/>
+      <c r="F171" s="122"/>
+      <c r="G171" s="51"/>
+      <c r="H171" s="51"/>
+      <c r="I171" s="51"/>
+      <c r="J171" s="51"/>
+      <c r="K171" s="168"/>
+      <c r="L171" s="169"/>
+      <c r="M171" s="170"/>
       <c r="N171" s="31"/>
       <c r="O171" s="32"/>
       <c r="P171" s="32"/>
-      <c r="Q171" s="135"/>
-      <c r="R171" s="119"/>
+      <c r="Q171" s="134"/>
+      <c r="R171" s="118"/>
       <c r="S171" s="33"/>
-      <c r="T171" s="58"/>
-[...1 lines deleted...]
-      <c r="V171" s="182">
+      <c r="T171" s="57"/>
+      <c r="U171" s="58"/>
+      <c r="V171" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W171" s="178">
+      <c r="W171" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X171" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y171" s="63"/>
-[...18 lines deleted...]
-      <c r="AR171" s="63"/>
+      <c r="Y171" s="62"/>
+      <c r="Z171" s="62"/>
+      <c r="AA171" s="62"/>
+      <c r="AB171" s="62"/>
+      <c r="AC171" s="62"/>
+      <c r="AD171" s="62"/>
+      <c r="AE171" s="62"/>
+      <c r="AF171" s="62"/>
+      <c r="AG171" s="62"/>
+      <c r="AH171" s="62"/>
+      <c r="AI171" s="62"/>
+      <c r="AJ171" s="62"/>
+      <c r="AK171" s="62"/>
+      <c r="AL171" s="62"/>
+      <c r="AM171" s="62"/>
+      <c r="AN171" s="62"/>
+      <c r="AO171" s="62"/>
+      <c r="AP171" s="62"/>
+      <c r="AQ171" s="62"/>
+      <c r="AR171" s="62"/>
     </row>
     <row r="172" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A172" s="237"/>
-[...11 lines deleted...]
-      <c r="M172" s="188"/>
+      <c r="A172" s="240"/>
+      <c r="B172" s="241"/>
+      <c r="C172" s="241"/>
+      <c r="D172" s="241"/>
+      <c r="E172" s="139"/>
+      <c r="F172" s="122"/>
+      <c r="G172" s="51"/>
+      <c r="H172" s="51"/>
+      <c r="I172" s="51"/>
+      <c r="J172" s="51"/>
+      <c r="K172" s="168"/>
+      <c r="L172" s="169"/>
+      <c r="M172" s="170"/>
       <c r="N172" s="31"/>
       <c r="O172" s="32"/>
       <c r="P172" s="32"/>
-      <c r="Q172" s="135"/>
-      <c r="R172" s="119"/>
+      <c r="Q172" s="134"/>
+      <c r="R172" s="118"/>
       <c r="S172" s="33"/>
-      <c r="T172" s="58"/>
-[...1 lines deleted...]
-      <c r="V172" s="182">
+      <c r="T172" s="57"/>
+      <c r="U172" s="58"/>
+      <c r="V172" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W172" s="178">
+      <c r="W172" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X172" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y172" s="63"/>
-[...18 lines deleted...]
-      <c r="AR172" s="63"/>
+      <c r="Y172" s="62"/>
+      <c r="Z172" s="62"/>
+      <c r="AA172" s="62"/>
+      <c r="AB172" s="62"/>
+      <c r="AC172" s="62"/>
+      <c r="AD172" s="62"/>
+      <c r="AE172" s="62"/>
+      <c r="AF172" s="62"/>
+      <c r="AG172" s="62"/>
+      <c r="AH172" s="62"/>
+      <c r="AI172" s="62"/>
+      <c r="AJ172" s="62"/>
+      <c r="AK172" s="62"/>
+      <c r="AL172" s="62"/>
+      <c r="AM172" s="62"/>
+      <c r="AN172" s="62"/>
+      <c r="AO172" s="62"/>
+      <c r="AP172" s="62"/>
+      <c r="AQ172" s="62"/>
+      <c r="AR172" s="62"/>
     </row>
     <row r="173" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A173" s="237"/>
-[...11 lines deleted...]
-      <c r="M173" s="188"/>
+      <c r="A173" s="240"/>
+      <c r="B173" s="241"/>
+      <c r="C173" s="241"/>
+      <c r="D173" s="241"/>
+      <c r="E173" s="139"/>
+      <c r="F173" s="122"/>
+      <c r="G173" s="51"/>
+      <c r="H173" s="51"/>
+      <c r="I173" s="51"/>
+      <c r="J173" s="51"/>
+      <c r="K173" s="168"/>
+      <c r="L173" s="169"/>
+      <c r="M173" s="170"/>
       <c r="N173" s="31"/>
       <c r="O173" s="32"/>
       <c r="P173" s="32"/>
-      <c r="Q173" s="135"/>
-      <c r="R173" s="119"/>
+      <c r="Q173" s="134"/>
+      <c r="R173" s="118"/>
       <c r="S173" s="33"/>
-      <c r="T173" s="58"/>
-[...1 lines deleted...]
-      <c r="V173" s="182">
+      <c r="T173" s="57"/>
+      <c r="U173" s="58"/>
+      <c r="V173" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W173" s="178">
+      <c r="W173" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X173" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y173" s="63"/>
-[...18 lines deleted...]
-      <c r="AR173" s="63"/>
+      <c r="Y173" s="62"/>
+      <c r="Z173" s="62"/>
+      <c r="AA173" s="62"/>
+      <c r="AB173" s="62"/>
+      <c r="AC173" s="62"/>
+      <c r="AD173" s="62"/>
+      <c r="AE173" s="62"/>
+      <c r="AF173" s="62"/>
+      <c r="AG173" s="62"/>
+      <c r="AH173" s="62"/>
+      <c r="AI173" s="62"/>
+      <c r="AJ173" s="62"/>
+      <c r="AK173" s="62"/>
+      <c r="AL173" s="62"/>
+      <c r="AM173" s="62"/>
+      <c r="AN173" s="62"/>
+      <c r="AO173" s="62"/>
+      <c r="AP173" s="62"/>
+      <c r="AQ173" s="62"/>
+      <c r="AR173" s="62"/>
     </row>
     <row r="174" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A174" s="237"/>
-[...11 lines deleted...]
-      <c r="M174" s="188"/>
+      <c r="A174" s="240"/>
+      <c r="B174" s="241"/>
+      <c r="C174" s="241"/>
+      <c r="D174" s="241"/>
+      <c r="E174" s="139"/>
+      <c r="F174" s="122"/>
+      <c r="G174" s="51"/>
+      <c r="H174" s="51"/>
+      <c r="I174" s="51"/>
+      <c r="J174" s="51"/>
+      <c r="K174" s="168"/>
+      <c r="L174" s="169"/>
+      <c r="M174" s="170"/>
       <c r="N174" s="31"/>
       <c r="O174" s="32"/>
       <c r="P174" s="32"/>
-      <c r="Q174" s="135"/>
-      <c r="R174" s="119"/>
+      <c r="Q174" s="134"/>
+      <c r="R174" s="118"/>
       <c r="S174" s="33"/>
-      <c r="T174" s="58"/>
-[...1 lines deleted...]
-      <c r="V174" s="182">
+      <c r="T174" s="57"/>
+      <c r="U174" s="58"/>
+      <c r="V174" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W174" s="178">
+      <c r="W174" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X174" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y174" s="63"/>
-[...18 lines deleted...]
-      <c r="AR174" s="63"/>
+      <c r="Y174" s="62"/>
+      <c r="Z174" s="62"/>
+      <c r="AA174" s="62"/>
+      <c r="AB174" s="62"/>
+      <c r="AC174" s="62"/>
+      <c r="AD174" s="62"/>
+      <c r="AE174" s="62"/>
+      <c r="AF174" s="62"/>
+      <c r="AG174" s="62"/>
+      <c r="AH174" s="62"/>
+      <c r="AI174" s="62"/>
+      <c r="AJ174" s="62"/>
+      <c r="AK174" s="62"/>
+      <c r="AL174" s="62"/>
+      <c r="AM174" s="62"/>
+      <c r="AN174" s="62"/>
+      <c r="AO174" s="62"/>
+      <c r="AP174" s="62"/>
+      <c r="AQ174" s="62"/>
+      <c r="AR174" s="62"/>
     </row>
     <row r="175" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="237"/>
-[...11 lines deleted...]
-      <c r="M175" s="188"/>
+      <c r="A175" s="240"/>
+      <c r="B175" s="241"/>
+      <c r="C175" s="241"/>
+      <c r="D175" s="241"/>
+      <c r="E175" s="139"/>
+      <c r="F175" s="122"/>
+      <c r="G175" s="51"/>
+      <c r="H175" s="51"/>
+      <c r="I175" s="51"/>
+      <c r="J175" s="51"/>
+      <c r="K175" s="168"/>
+      <c r="L175" s="169"/>
+      <c r="M175" s="170"/>
       <c r="N175" s="31"/>
       <c r="O175" s="32"/>
       <c r="P175" s="32"/>
-      <c r="Q175" s="135"/>
-      <c r="R175" s="119"/>
+      <c r="Q175" s="134"/>
+      <c r="R175" s="118"/>
       <c r="S175" s="33"/>
-      <c r="T175" s="58"/>
-[...1 lines deleted...]
-      <c r="V175" s="182">
+      <c r="T175" s="57"/>
+      <c r="U175" s="58"/>
+      <c r="V175" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W175" s="178">
+      <c r="W175" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X175" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y175" s="63"/>
-[...18 lines deleted...]
-      <c r="AR175" s="63"/>
+      <c r="Y175" s="62"/>
+      <c r="Z175" s="62"/>
+      <c r="AA175" s="62"/>
+      <c r="AB175" s="62"/>
+      <c r="AC175" s="62"/>
+      <c r="AD175" s="62"/>
+      <c r="AE175" s="62"/>
+      <c r="AF175" s="62"/>
+      <c r="AG175" s="62"/>
+      <c r="AH175" s="62"/>
+      <c r="AI175" s="62"/>
+      <c r="AJ175" s="62"/>
+      <c r="AK175" s="62"/>
+      <c r="AL175" s="62"/>
+      <c r="AM175" s="62"/>
+      <c r="AN175" s="62"/>
+      <c r="AO175" s="62"/>
+      <c r="AP175" s="62"/>
+      <c r="AQ175" s="62"/>
+      <c r="AR175" s="62"/>
     </row>
     <row r="176" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A176" s="237"/>
-[...11 lines deleted...]
-      <c r="M176" s="188"/>
+      <c r="A176" s="240"/>
+      <c r="B176" s="241"/>
+      <c r="C176" s="241"/>
+      <c r="D176" s="241"/>
+      <c r="E176" s="139"/>
+      <c r="F176" s="122"/>
+      <c r="G176" s="51"/>
+      <c r="H176" s="51"/>
+      <c r="I176" s="51"/>
+      <c r="J176" s="51"/>
+      <c r="K176" s="168"/>
+      <c r="L176" s="169"/>
+      <c r="M176" s="170"/>
       <c r="N176" s="31"/>
       <c r="O176" s="32"/>
       <c r="P176" s="32"/>
-      <c r="Q176" s="135"/>
-      <c r="R176" s="119"/>
+      <c r="Q176" s="134"/>
+      <c r="R176" s="118"/>
       <c r="S176" s="33"/>
-      <c r="T176" s="58"/>
-[...1 lines deleted...]
-      <c r="V176" s="182">
+      <c r="T176" s="57"/>
+      <c r="U176" s="58"/>
+      <c r="V176" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W176" s="178">
+      <c r="W176" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X176" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y176" s="63"/>
-[...18 lines deleted...]
-      <c r="AR176" s="63"/>
+      <c r="Y176" s="62"/>
+      <c r="Z176" s="62"/>
+      <c r="AA176" s="62"/>
+      <c r="AB176" s="62"/>
+      <c r="AC176" s="62"/>
+      <c r="AD176" s="62"/>
+      <c r="AE176" s="62"/>
+      <c r="AF176" s="62"/>
+      <c r="AG176" s="62"/>
+      <c r="AH176" s="62"/>
+      <c r="AI176" s="62"/>
+      <c r="AJ176" s="62"/>
+      <c r="AK176" s="62"/>
+      <c r="AL176" s="62"/>
+      <c r="AM176" s="62"/>
+      <c r="AN176" s="62"/>
+      <c r="AO176" s="62"/>
+      <c r="AP176" s="62"/>
+      <c r="AQ176" s="62"/>
+      <c r="AR176" s="62"/>
     </row>
     <row r="177" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A177" s="237"/>
-[...11 lines deleted...]
-      <c r="M177" s="188"/>
+      <c r="A177" s="240"/>
+      <c r="B177" s="241"/>
+      <c r="C177" s="241"/>
+      <c r="D177" s="241"/>
+      <c r="E177" s="139"/>
+      <c r="F177" s="122"/>
+      <c r="G177" s="51"/>
+      <c r="H177" s="51"/>
+      <c r="I177" s="51"/>
+      <c r="J177" s="51"/>
+      <c r="K177" s="168"/>
+      <c r="L177" s="169"/>
+      <c r="M177" s="170"/>
       <c r="N177" s="31"/>
       <c r="O177" s="32"/>
       <c r="P177" s="32"/>
-      <c r="Q177" s="135"/>
-      <c r="R177" s="119"/>
+      <c r="Q177" s="134"/>
+      <c r="R177" s="118"/>
       <c r="S177" s="33"/>
-      <c r="T177" s="58"/>
-[...1 lines deleted...]
-      <c r="V177" s="182">
+      <c r="T177" s="57"/>
+      <c r="U177" s="58"/>
+      <c r="V177" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W177" s="178">
+      <c r="W177" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X177" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y177" s="63"/>
-[...18 lines deleted...]
-      <c r="AR177" s="63"/>
+      <c r="Y177" s="62"/>
+      <c r="Z177" s="62"/>
+      <c r="AA177" s="62"/>
+      <c r="AB177" s="62"/>
+      <c r="AC177" s="62"/>
+      <c r="AD177" s="62"/>
+      <c r="AE177" s="62"/>
+      <c r="AF177" s="62"/>
+      <c r="AG177" s="62"/>
+      <c r="AH177" s="62"/>
+      <c r="AI177" s="62"/>
+      <c r="AJ177" s="62"/>
+      <c r="AK177" s="62"/>
+      <c r="AL177" s="62"/>
+      <c r="AM177" s="62"/>
+      <c r="AN177" s="62"/>
+      <c r="AO177" s="62"/>
+      <c r="AP177" s="62"/>
+      <c r="AQ177" s="62"/>
+      <c r="AR177" s="62"/>
     </row>
     <row r="178" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A178" s="237"/>
-[...11 lines deleted...]
-      <c r="M178" s="188"/>
+      <c r="A178" s="240"/>
+      <c r="B178" s="241"/>
+      <c r="C178" s="241"/>
+      <c r="D178" s="241"/>
+      <c r="E178" s="139"/>
+      <c r="F178" s="122"/>
+      <c r="G178" s="51"/>
+      <c r="H178" s="51"/>
+      <c r="I178" s="51"/>
+      <c r="J178" s="51"/>
+      <c r="K178" s="168"/>
+      <c r="L178" s="169"/>
+      <c r="M178" s="170"/>
       <c r="N178" s="31"/>
       <c r="O178" s="32"/>
       <c r="P178" s="32"/>
-      <c r="Q178" s="135"/>
-      <c r="R178" s="119"/>
+      <c r="Q178" s="134"/>
+      <c r="R178" s="118"/>
       <c r="S178" s="33"/>
-      <c r="T178" s="58"/>
-[...1 lines deleted...]
-      <c r="V178" s="182">
+      <c r="T178" s="57"/>
+      <c r="U178" s="58"/>
+      <c r="V178" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W178" s="178">
+      <c r="W178" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X178" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y178" s="63"/>
-[...18 lines deleted...]
-      <c r="AR178" s="63"/>
+      <c r="Y178" s="62"/>
+      <c r="Z178" s="62"/>
+      <c r="AA178" s="62"/>
+      <c r="AB178" s="62"/>
+      <c r="AC178" s="62"/>
+      <c r="AD178" s="62"/>
+      <c r="AE178" s="62"/>
+      <c r="AF178" s="62"/>
+      <c r="AG178" s="62"/>
+      <c r="AH178" s="62"/>
+      <c r="AI178" s="62"/>
+      <c r="AJ178" s="62"/>
+      <c r="AK178" s="62"/>
+      <c r="AL178" s="62"/>
+      <c r="AM178" s="62"/>
+      <c r="AN178" s="62"/>
+      <c r="AO178" s="62"/>
+      <c r="AP178" s="62"/>
+      <c r="AQ178" s="62"/>
+      <c r="AR178" s="62"/>
     </row>
     <row r="179" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A179" s="237"/>
-[...11 lines deleted...]
-      <c r="M179" s="188"/>
+      <c r="A179" s="240"/>
+      <c r="B179" s="241"/>
+      <c r="C179" s="241"/>
+      <c r="D179" s="241"/>
+      <c r="E179" s="139"/>
+      <c r="F179" s="122"/>
+      <c r="G179" s="51"/>
+      <c r="H179" s="51"/>
+      <c r="I179" s="51"/>
+      <c r="J179" s="51"/>
+      <c r="K179" s="168"/>
+      <c r="L179" s="169"/>
+      <c r="M179" s="170"/>
       <c r="N179" s="31"/>
       <c r="O179" s="32"/>
       <c r="P179" s="32"/>
-      <c r="Q179" s="135"/>
-      <c r="R179" s="119"/>
+      <c r="Q179" s="134"/>
+      <c r="R179" s="118"/>
       <c r="S179" s="33"/>
-      <c r="T179" s="58"/>
-[...1 lines deleted...]
-      <c r="V179" s="182">
+      <c r="T179" s="57"/>
+      <c r="U179" s="58"/>
+      <c r="V179" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W179" s="178">
+      <c r="W179" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X179" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y179" s="63"/>
-[...18 lines deleted...]
-      <c r="AR179" s="63"/>
+      <c r="Y179" s="62"/>
+      <c r="Z179" s="62"/>
+      <c r="AA179" s="62"/>
+      <c r="AB179" s="62"/>
+      <c r="AC179" s="62"/>
+      <c r="AD179" s="62"/>
+      <c r="AE179" s="62"/>
+      <c r="AF179" s="62"/>
+      <c r="AG179" s="62"/>
+      <c r="AH179" s="62"/>
+      <c r="AI179" s="62"/>
+      <c r="AJ179" s="62"/>
+      <c r="AK179" s="62"/>
+      <c r="AL179" s="62"/>
+      <c r="AM179" s="62"/>
+      <c r="AN179" s="62"/>
+      <c r="AO179" s="62"/>
+      <c r="AP179" s="62"/>
+      <c r="AQ179" s="62"/>
+      <c r="AR179" s="62"/>
     </row>
     <row r="180" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="237"/>
-[...11 lines deleted...]
-      <c r="M180" s="188"/>
+      <c r="A180" s="240"/>
+      <c r="B180" s="241"/>
+      <c r="C180" s="241"/>
+      <c r="D180" s="241"/>
+      <c r="E180" s="139"/>
+      <c r="F180" s="122"/>
+      <c r="G180" s="51"/>
+      <c r="H180" s="51"/>
+      <c r="I180" s="51"/>
+      <c r="J180" s="51"/>
+      <c r="K180" s="168"/>
+      <c r="L180" s="169"/>
+      <c r="M180" s="170"/>
       <c r="N180" s="31"/>
       <c r="O180" s="32"/>
       <c r="P180" s="32"/>
-      <c r="Q180" s="135"/>
-      <c r="R180" s="119"/>
+      <c r="Q180" s="134"/>
+      <c r="R180" s="118"/>
       <c r="S180" s="33"/>
-      <c r="T180" s="58"/>
-[...1 lines deleted...]
-      <c r="V180" s="182">
+      <c r="T180" s="57"/>
+      <c r="U180" s="58"/>
+      <c r="V180" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W180" s="178">
+      <c r="W180" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X180" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y180" s="63"/>
-[...18 lines deleted...]
-      <c r="AR180" s="63"/>
+      <c r="Y180" s="62"/>
+      <c r="Z180" s="62"/>
+      <c r="AA180" s="62"/>
+      <c r="AB180" s="62"/>
+      <c r="AC180" s="62"/>
+      <c r="AD180" s="62"/>
+      <c r="AE180" s="62"/>
+      <c r="AF180" s="62"/>
+      <c r="AG180" s="62"/>
+      <c r="AH180" s="62"/>
+      <c r="AI180" s="62"/>
+      <c r="AJ180" s="62"/>
+      <c r="AK180" s="62"/>
+      <c r="AL180" s="62"/>
+      <c r="AM180" s="62"/>
+      <c r="AN180" s="62"/>
+      <c r="AO180" s="62"/>
+      <c r="AP180" s="62"/>
+      <c r="AQ180" s="62"/>
+      <c r="AR180" s="62"/>
     </row>
     <row r="181" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="237"/>
-[...11 lines deleted...]
-      <c r="M181" s="188"/>
+      <c r="A181" s="240"/>
+      <c r="B181" s="241"/>
+      <c r="C181" s="241"/>
+      <c r="D181" s="241"/>
+      <c r="E181" s="139"/>
+      <c r="F181" s="122"/>
+      <c r="G181" s="51"/>
+      <c r="H181" s="51"/>
+      <c r="I181" s="51"/>
+      <c r="J181" s="51"/>
+      <c r="K181" s="168"/>
+      <c r="L181" s="169"/>
+      <c r="M181" s="170"/>
       <c r="N181" s="31"/>
       <c r="O181" s="32"/>
       <c r="P181" s="32"/>
-      <c r="Q181" s="135"/>
-      <c r="R181" s="119"/>
+      <c r="Q181" s="134"/>
+      <c r="R181" s="118"/>
       <c r="S181" s="33"/>
-      <c r="T181" s="58"/>
-[...1 lines deleted...]
-      <c r="V181" s="182">
+      <c r="T181" s="57"/>
+      <c r="U181" s="58"/>
+      <c r="V181" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W181" s="178">
+      <c r="W181" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X181" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y181" s="63"/>
-[...18 lines deleted...]
-      <c r="AR181" s="63"/>
+      <c r="Y181" s="62"/>
+      <c r="Z181" s="62"/>
+      <c r="AA181" s="62"/>
+      <c r="AB181" s="62"/>
+      <c r="AC181" s="62"/>
+      <c r="AD181" s="62"/>
+      <c r="AE181" s="62"/>
+      <c r="AF181" s="62"/>
+      <c r="AG181" s="62"/>
+      <c r="AH181" s="62"/>
+      <c r="AI181" s="62"/>
+      <c r="AJ181" s="62"/>
+      <c r="AK181" s="62"/>
+      <c r="AL181" s="62"/>
+      <c r="AM181" s="62"/>
+      <c r="AN181" s="62"/>
+      <c r="AO181" s="62"/>
+      <c r="AP181" s="62"/>
+      <c r="AQ181" s="62"/>
+      <c r="AR181" s="62"/>
     </row>
     <row r="182" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="237"/>
-[...11 lines deleted...]
-      <c r="M182" s="188"/>
+      <c r="A182" s="240"/>
+      <c r="B182" s="241"/>
+      <c r="C182" s="241"/>
+      <c r="D182" s="241"/>
+      <c r="E182" s="139"/>
+      <c r="F182" s="122"/>
+      <c r="G182" s="51"/>
+      <c r="H182" s="51"/>
+      <c r="I182" s="51"/>
+      <c r="J182" s="51"/>
+      <c r="K182" s="168"/>
+      <c r="L182" s="169"/>
+      <c r="M182" s="170"/>
       <c r="N182" s="31"/>
       <c r="O182" s="32"/>
       <c r="P182" s="32"/>
-      <c r="Q182" s="135"/>
-      <c r="R182" s="119"/>
+      <c r="Q182" s="134"/>
+      <c r="R182" s="118"/>
       <c r="S182" s="33"/>
-      <c r="T182" s="58"/>
-[...1 lines deleted...]
-      <c r="V182" s="182">
+      <c r="T182" s="57"/>
+      <c r="U182" s="58"/>
+      <c r="V182" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W182" s="178">
+      <c r="W182" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X182" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y182" s="63"/>
-[...18 lines deleted...]
-      <c r="AR182" s="63"/>
+      <c r="Y182" s="62"/>
+      <c r="Z182" s="62"/>
+      <c r="AA182" s="62"/>
+      <c r="AB182" s="62"/>
+      <c r="AC182" s="62"/>
+      <c r="AD182" s="62"/>
+      <c r="AE182" s="62"/>
+      <c r="AF182" s="62"/>
+      <c r="AG182" s="62"/>
+      <c r="AH182" s="62"/>
+      <c r="AI182" s="62"/>
+      <c r="AJ182" s="62"/>
+      <c r="AK182" s="62"/>
+      <c r="AL182" s="62"/>
+      <c r="AM182" s="62"/>
+      <c r="AN182" s="62"/>
+      <c r="AO182" s="62"/>
+      <c r="AP182" s="62"/>
+      <c r="AQ182" s="62"/>
+      <c r="AR182" s="62"/>
     </row>
     <row r="183" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A183" s="237"/>
-[...11 lines deleted...]
-      <c r="M183" s="188"/>
+      <c r="A183" s="240"/>
+      <c r="B183" s="241"/>
+      <c r="C183" s="241"/>
+      <c r="D183" s="241"/>
+      <c r="E183" s="139"/>
+      <c r="F183" s="122"/>
+      <c r="G183" s="51"/>
+      <c r="H183" s="51"/>
+      <c r="I183" s="51"/>
+      <c r="J183" s="51"/>
+      <c r="K183" s="168"/>
+      <c r="L183" s="169"/>
+      <c r="M183" s="170"/>
       <c r="N183" s="31"/>
       <c r="O183" s="32"/>
       <c r="P183" s="32"/>
-      <c r="Q183" s="135"/>
-      <c r="R183" s="119"/>
+      <c r="Q183" s="134"/>
+      <c r="R183" s="118"/>
       <c r="S183" s="33"/>
-      <c r="T183" s="58"/>
-[...1 lines deleted...]
-      <c r="V183" s="182">
+      <c r="T183" s="57"/>
+      <c r="U183" s="58"/>
+      <c r="V183" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W183" s="178">
+      <c r="W183" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X183" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y183" s="63"/>
-[...18 lines deleted...]
-      <c r="AR183" s="63"/>
+      <c r="Y183" s="62"/>
+      <c r="Z183" s="62"/>
+      <c r="AA183" s="62"/>
+      <c r="AB183" s="62"/>
+      <c r="AC183" s="62"/>
+      <c r="AD183" s="62"/>
+      <c r="AE183" s="62"/>
+      <c r="AF183" s="62"/>
+      <c r="AG183" s="62"/>
+      <c r="AH183" s="62"/>
+      <c r="AI183" s="62"/>
+      <c r="AJ183" s="62"/>
+      <c r="AK183" s="62"/>
+      <c r="AL183" s="62"/>
+      <c r="AM183" s="62"/>
+      <c r="AN183" s="62"/>
+      <c r="AO183" s="62"/>
+      <c r="AP183" s="62"/>
+      <c r="AQ183" s="62"/>
+      <c r="AR183" s="62"/>
     </row>
     <row r="184" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A184" s="237"/>
-[...11 lines deleted...]
-      <c r="M184" s="188"/>
+      <c r="A184" s="240"/>
+      <c r="B184" s="241"/>
+      <c r="C184" s="241"/>
+      <c r="D184" s="241"/>
+      <c r="E184" s="139"/>
+      <c r="F184" s="122"/>
+      <c r="G184" s="51"/>
+      <c r="H184" s="51"/>
+      <c r="I184" s="51"/>
+      <c r="J184" s="51"/>
+      <c r="K184" s="168"/>
+      <c r="L184" s="169"/>
+      <c r="M184" s="170"/>
       <c r="N184" s="31"/>
       <c r="O184" s="32"/>
       <c r="P184" s="32"/>
-      <c r="Q184" s="135"/>
-      <c r="R184" s="119"/>
+      <c r="Q184" s="134"/>
+      <c r="R184" s="118"/>
       <c r="S184" s="33"/>
-      <c r="T184" s="58"/>
-[...1 lines deleted...]
-      <c r="V184" s="182">
+      <c r="T184" s="57"/>
+      <c r="U184" s="58"/>
+      <c r="V184" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W184" s="178">
+      <c r="W184" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X184" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y184" s="63"/>
-[...18 lines deleted...]
-      <c r="AR184" s="63"/>
+      <c r="Y184" s="62"/>
+      <c r="Z184" s="62"/>
+      <c r="AA184" s="62"/>
+      <c r="AB184" s="62"/>
+      <c r="AC184" s="62"/>
+      <c r="AD184" s="62"/>
+      <c r="AE184" s="62"/>
+      <c r="AF184" s="62"/>
+      <c r="AG184" s="62"/>
+      <c r="AH184" s="62"/>
+      <c r="AI184" s="62"/>
+      <c r="AJ184" s="62"/>
+      <c r="AK184" s="62"/>
+      <c r="AL184" s="62"/>
+      <c r="AM184" s="62"/>
+      <c r="AN184" s="62"/>
+      <c r="AO184" s="62"/>
+      <c r="AP184" s="62"/>
+      <c r="AQ184" s="62"/>
+      <c r="AR184" s="62"/>
     </row>
     <row r="185" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A185" s="237"/>
-[...11 lines deleted...]
-      <c r="M185" s="188"/>
+      <c r="A185" s="240"/>
+      <c r="B185" s="241"/>
+      <c r="C185" s="241"/>
+      <c r="D185" s="241"/>
+      <c r="E185" s="139"/>
+      <c r="F185" s="122"/>
+      <c r="G185" s="51"/>
+      <c r="H185" s="51"/>
+      <c r="I185" s="51"/>
+      <c r="J185" s="51"/>
+      <c r="K185" s="168"/>
+      <c r="L185" s="169"/>
+      <c r="M185" s="170"/>
       <c r="N185" s="31"/>
       <c r="O185" s="32"/>
       <c r="P185" s="32"/>
-      <c r="Q185" s="135"/>
-      <c r="R185" s="119"/>
+      <c r="Q185" s="134"/>
+      <c r="R185" s="118"/>
       <c r="S185" s="33"/>
-      <c r="T185" s="58"/>
-[...1 lines deleted...]
-      <c r="V185" s="182">
+      <c r="T185" s="57"/>
+      <c r="U185" s="58"/>
+      <c r="V185" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W185" s="178">
+      <c r="W185" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X185" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y185" s="63"/>
-[...18 lines deleted...]
-      <c r="AR185" s="63"/>
+      <c r="Y185" s="62"/>
+      <c r="Z185" s="62"/>
+      <c r="AA185" s="62"/>
+      <c r="AB185" s="62"/>
+      <c r="AC185" s="62"/>
+      <c r="AD185" s="62"/>
+      <c r="AE185" s="62"/>
+      <c r="AF185" s="62"/>
+      <c r="AG185" s="62"/>
+      <c r="AH185" s="62"/>
+      <c r="AI185" s="62"/>
+      <c r="AJ185" s="62"/>
+      <c r="AK185" s="62"/>
+      <c r="AL185" s="62"/>
+      <c r="AM185" s="62"/>
+      <c r="AN185" s="62"/>
+      <c r="AO185" s="62"/>
+      <c r="AP185" s="62"/>
+      <c r="AQ185" s="62"/>
+      <c r="AR185" s="62"/>
     </row>
     <row r="186" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A186" s="237"/>
-[...11 lines deleted...]
-      <c r="M186" s="188"/>
+      <c r="A186" s="240"/>
+      <c r="B186" s="241"/>
+      <c r="C186" s="241"/>
+      <c r="D186" s="241"/>
+      <c r="E186" s="139"/>
+      <c r="F186" s="122"/>
+      <c r="G186" s="51"/>
+      <c r="H186" s="51"/>
+      <c r="I186" s="51"/>
+      <c r="J186" s="51"/>
+      <c r="K186" s="168"/>
+      <c r="L186" s="169"/>
+      <c r="M186" s="170"/>
       <c r="N186" s="31"/>
       <c r="O186" s="32"/>
       <c r="P186" s="32"/>
-      <c r="Q186" s="135"/>
-      <c r="R186" s="119"/>
+      <c r="Q186" s="134"/>
+      <c r="R186" s="118"/>
       <c r="S186" s="33"/>
-      <c r="T186" s="58"/>
-[...1 lines deleted...]
-      <c r="V186" s="182">
+      <c r="T186" s="57"/>
+      <c r="U186" s="58"/>
+      <c r="V186" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W186" s="178">
+      <c r="W186" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X186" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y186" s="63"/>
-[...18 lines deleted...]
-      <c r="AR186" s="63"/>
+      <c r="Y186" s="62"/>
+      <c r="Z186" s="62"/>
+      <c r="AA186" s="62"/>
+      <c r="AB186" s="62"/>
+      <c r="AC186" s="62"/>
+      <c r="AD186" s="62"/>
+      <c r="AE186" s="62"/>
+      <c r="AF186" s="62"/>
+      <c r="AG186" s="62"/>
+      <c r="AH186" s="62"/>
+      <c r="AI186" s="62"/>
+      <c r="AJ186" s="62"/>
+      <c r="AK186" s="62"/>
+      <c r="AL186" s="62"/>
+      <c r="AM186" s="62"/>
+      <c r="AN186" s="62"/>
+      <c r="AO186" s="62"/>
+      <c r="AP186" s="62"/>
+      <c r="AQ186" s="62"/>
+      <c r="AR186" s="62"/>
     </row>
     <row r="187" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A187" s="237"/>
-[...11 lines deleted...]
-      <c r="M187" s="188"/>
+      <c r="A187" s="240"/>
+      <c r="B187" s="241"/>
+      <c r="C187" s="241"/>
+      <c r="D187" s="241"/>
+      <c r="E187" s="139"/>
+      <c r="F187" s="122"/>
+      <c r="G187" s="51"/>
+      <c r="H187" s="51"/>
+      <c r="I187" s="51"/>
+      <c r="J187" s="51"/>
+      <c r="K187" s="168"/>
+      <c r="L187" s="169"/>
+      <c r="M187" s="170"/>
       <c r="N187" s="31"/>
       <c r="O187" s="32"/>
       <c r="P187" s="32"/>
-      <c r="Q187" s="135"/>
-      <c r="R187" s="119"/>
+      <c r="Q187" s="134"/>
+      <c r="R187" s="118"/>
       <c r="S187" s="33"/>
-      <c r="T187" s="58"/>
-[...1 lines deleted...]
-      <c r="V187" s="182">
+      <c r="T187" s="57"/>
+      <c r="U187" s="58"/>
+      <c r="V187" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W187" s="178">
+      <c r="W187" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X187" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y187" s="63"/>
-[...18 lines deleted...]
-      <c r="AR187" s="63"/>
+      <c r="Y187" s="62"/>
+      <c r="Z187" s="62"/>
+      <c r="AA187" s="62"/>
+      <c r="AB187" s="62"/>
+      <c r="AC187" s="62"/>
+      <c r="AD187" s="62"/>
+      <c r="AE187" s="62"/>
+      <c r="AF187" s="62"/>
+      <c r="AG187" s="62"/>
+      <c r="AH187" s="62"/>
+      <c r="AI187" s="62"/>
+      <c r="AJ187" s="62"/>
+      <c r="AK187" s="62"/>
+      <c r="AL187" s="62"/>
+      <c r="AM187" s="62"/>
+      <c r="AN187" s="62"/>
+      <c r="AO187" s="62"/>
+      <c r="AP187" s="62"/>
+      <c r="AQ187" s="62"/>
+      <c r="AR187" s="62"/>
     </row>
     <row r="188" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A188" s="237"/>
-[...11 lines deleted...]
-      <c r="M188" s="188"/>
+      <c r="A188" s="240"/>
+      <c r="B188" s="241"/>
+      <c r="C188" s="241"/>
+      <c r="D188" s="241"/>
+      <c r="E188" s="139"/>
+      <c r="F188" s="122"/>
+      <c r="G188" s="51"/>
+      <c r="H188" s="51"/>
+      <c r="I188" s="51"/>
+      <c r="J188" s="51"/>
+      <c r="K188" s="168"/>
+      <c r="L188" s="169"/>
+      <c r="M188" s="170"/>
       <c r="N188" s="31"/>
       <c r="O188" s="32"/>
       <c r="P188" s="32"/>
-      <c r="Q188" s="135"/>
-      <c r="R188" s="119"/>
+      <c r="Q188" s="134"/>
+      <c r="R188" s="118"/>
       <c r="S188" s="33"/>
-      <c r="T188" s="58"/>
-[...1 lines deleted...]
-      <c r="V188" s="182">
+      <c r="T188" s="57"/>
+      <c r="U188" s="58"/>
+      <c r="V188" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W188" s="178">
+      <c r="W188" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X188" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y188" s="63"/>
-[...18 lines deleted...]
-      <c r="AR188" s="63"/>
+      <c r="Y188" s="62"/>
+      <c r="Z188" s="62"/>
+      <c r="AA188" s="62"/>
+      <c r="AB188" s="62"/>
+      <c r="AC188" s="62"/>
+      <c r="AD188" s="62"/>
+      <c r="AE188" s="62"/>
+      <c r="AF188" s="62"/>
+      <c r="AG188" s="62"/>
+      <c r="AH188" s="62"/>
+      <c r="AI188" s="62"/>
+      <c r="AJ188" s="62"/>
+      <c r="AK188" s="62"/>
+      <c r="AL188" s="62"/>
+      <c r="AM188" s="62"/>
+      <c r="AN188" s="62"/>
+      <c r="AO188" s="62"/>
+      <c r="AP188" s="62"/>
+      <c r="AQ188" s="62"/>
+      <c r="AR188" s="62"/>
     </row>
     <row r="189" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A189" s="237"/>
-[...11 lines deleted...]
-      <c r="M189" s="188"/>
+      <c r="A189" s="240"/>
+      <c r="B189" s="241"/>
+      <c r="C189" s="241"/>
+      <c r="D189" s="241"/>
+      <c r="E189" s="139"/>
+      <c r="F189" s="122"/>
+      <c r="G189" s="51"/>
+      <c r="H189" s="51"/>
+      <c r="I189" s="51"/>
+      <c r="J189" s="51"/>
+      <c r="K189" s="168"/>
+      <c r="L189" s="169"/>
+      <c r="M189" s="170"/>
       <c r="N189" s="31"/>
       <c r="O189" s="32"/>
       <c r="P189" s="32"/>
-      <c r="Q189" s="135"/>
-      <c r="R189" s="119"/>
+      <c r="Q189" s="134"/>
+      <c r="R189" s="118"/>
       <c r="S189" s="33"/>
-      <c r="T189" s="58"/>
-[...1 lines deleted...]
-      <c r="V189" s="182">
+      <c r="T189" s="57"/>
+      <c r="U189" s="58"/>
+      <c r="V189" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W189" s="178">
+      <c r="W189" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X189" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y189" s="63"/>
-[...18 lines deleted...]
-      <c r="AR189" s="63"/>
+      <c r="Y189" s="62"/>
+      <c r="Z189" s="62"/>
+      <c r="AA189" s="62"/>
+      <c r="AB189" s="62"/>
+      <c r="AC189" s="62"/>
+      <c r="AD189" s="62"/>
+      <c r="AE189" s="62"/>
+      <c r="AF189" s="62"/>
+      <c r="AG189" s="62"/>
+      <c r="AH189" s="62"/>
+      <c r="AI189" s="62"/>
+      <c r="AJ189" s="62"/>
+      <c r="AK189" s="62"/>
+      <c r="AL189" s="62"/>
+      <c r="AM189" s="62"/>
+      <c r="AN189" s="62"/>
+      <c r="AO189" s="62"/>
+      <c r="AP189" s="62"/>
+      <c r="AQ189" s="62"/>
+      <c r="AR189" s="62"/>
     </row>
     <row r="190" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A190" s="237"/>
-[...11 lines deleted...]
-      <c r="M190" s="188"/>
+      <c r="A190" s="240"/>
+      <c r="B190" s="241"/>
+      <c r="C190" s="241"/>
+      <c r="D190" s="241"/>
+      <c r="E190" s="139"/>
+      <c r="F190" s="122"/>
+      <c r="G190" s="51"/>
+      <c r="H190" s="51"/>
+      <c r="I190" s="51"/>
+      <c r="J190" s="51"/>
+      <c r="K190" s="168"/>
+      <c r="L190" s="169"/>
+      <c r="M190" s="170"/>
       <c r="N190" s="31"/>
       <c r="O190" s="32"/>
       <c r="P190" s="32"/>
-      <c r="Q190" s="135"/>
-      <c r="R190" s="119"/>
+      <c r="Q190" s="134"/>
+      <c r="R190" s="118"/>
       <c r="S190" s="33"/>
-      <c r="T190" s="58"/>
-[...1 lines deleted...]
-      <c r="V190" s="182">
+      <c r="T190" s="57"/>
+      <c r="U190" s="58"/>
+      <c r="V190" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W190" s="178">
+      <c r="W190" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X190" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y190" s="63"/>
-[...18 lines deleted...]
-      <c r="AR190" s="63"/>
+      <c r="Y190" s="62"/>
+      <c r="Z190" s="62"/>
+      <c r="AA190" s="62"/>
+      <c r="AB190" s="62"/>
+      <c r="AC190" s="62"/>
+      <c r="AD190" s="62"/>
+      <c r="AE190" s="62"/>
+      <c r="AF190" s="62"/>
+      <c r="AG190" s="62"/>
+      <c r="AH190" s="62"/>
+      <c r="AI190" s="62"/>
+      <c r="AJ190" s="62"/>
+      <c r="AK190" s="62"/>
+      <c r="AL190" s="62"/>
+      <c r="AM190" s="62"/>
+      <c r="AN190" s="62"/>
+      <c r="AO190" s="62"/>
+      <c r="AP190" s="62"/>
+      <c r="AQ190" s="62"/>
+      <c r="AR190" s="62"/>
     </row>
     <row r="191" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A191" s="237"/>
-[...11 lines deleted...]
-      <c r="M191" s="188"/>
+      <c r="A191" s="240"/>
+      <c r="B191" s="241"/>
+      <c r="C191" s="241"/>
+      <c r="D191" s="241"/>
+      <c r="E191" s="139"/>
+      <c r="F191" s="122"/>
+      <c r="G191" s="51"/>
+      <c r="H191" s="51"/>
+      <c r="I191" s="51"/>
+      <c r="J191" s="51"/>
+      <c r="K191" s="168"/>
+      <c r="L191" s="169"/>
+      <c r="M191" s="170"/>
       <c r="N191" s="31"/>
       <c r="O191" s="32"/>
       <c r="P191" s="32"/>
-      <c r="Q191" s="135"/>
-      <c r="R191" s="119"/>
+      <c r="Q191" s="134"/>
+      <c r="R191" s="118"/>
       <c r="S191" s="33"/>
-      <c r="T191" s="58"/>
-[...1 lines deleted...]
-      <c r="V191" s="182">
+      <c r="T191" s="57"/>
+      <c r="U191" s="58"/>
+      <c r="V191" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W191" s="178">
+      <c r="W191" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X191" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y191" s="63"/>
-[...18 lines deleted...]
-      <c r="AR191" s="63"/>
+      <c r="Y191" s="62"/>
+      <c r="Z191" s="62"/>
+      <c r="AA191" s="62"/>
+      <c r="AB191" s="62"/>
+      <c r="AC191" s="62"/>
+      <c r="AD191" s="62"/>
+      <c r="AE191" s="62"/>
+      <c r="AF191" s="62"/>
+      <c r="AG191" s="62"/>
+      <c r="AH191" s="62"/>
+      <c r="AI191" s="62"/>
+      <c r="AJ191" s="62"/>
+      <c r="AK191" s="62"/>
+      <c r="AL191" s="62"/>
+      <c r="AM191" s="62"/>
+      <c r="AN191" s="62"/>
+      <c r="AO191" s="62"/>
+      <c r="AP191" s="62"/>
+      <c r="AQ191" s="62"/>
+      <c r="AR191" s="62"/>
     </row>
     <row r="192" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A192" s="237"/>
-[...11 lines deleted...]
-      <c r="M192" s="188"/>
+      <c r="A192" s="240"/>
+      <c r="B192" s="241"/>
+      <c r="C192" s="241"/>
+      <c r="D192" s="241"/>
+      <c r="E192" s="139"/>
+      <c r="F192" s="122"/>
+      <c r="G192" s="51"/>
+      <c r="H192" s="51"/>
+      <c r="I192" s="51"/>
+      <c r="J192" s="51"/>
+      <c r="K192" s="168"/>
+      <c r="L192" s="169"/>
+      <c r="M192" s="170"/>
       <c r="N192" s="31"/>
       <c r="O192" s="32"/>
       <c r="P192" s="32"/>
-      <c r="Q192" s="135"/>
-      <c r="R192" s="119"/>
+      <c r="Q192" s="134"/>
+      <c r="R192" s="118"/>
       <c r="S192" s="33"/>
-      <c r="T192" s="58"/>
-[...1 lines deleted...]
-      <c r="V192" s="182">
+      <c r="T192" s="57"/>
+      <c r="U192" s="58"/>
+      <c r="V192" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W192" s="178">
+      <c r="W192" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X192" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y192" s="63"/>
-[...18 lines deleted...]
-      <c r="AR192" s="63"/>
+      <c r="Y192" s="62"/>
+      <c r="Z192" s="62"/>
+      <c r="AA192" s="62"/>
+      <c r="AB192" s="62"/>
+      <c r="AC192" s="62"/>
+      <c r="AD192" s="62"/>
+      <c r="AE192" s="62"/>
+      <c r="AF192" s="62"/>
+      <c r="AG192" s="62"/>
+      <c r="AH192" s="62"/>
+      <c r="AI192" s="62"/>
+      <c r="AJ192" s="62"/>
+      <c r="AK192" s="62"/>
+      <c r="AL192" s="62"/>
+      <c r="AM192" s="62"/>
+      <c r="AN192" s="62"/>
+      <c r="AO192" s="62"/>
+      <c r="AP192" s="62"/>
+      <c r="AQ192" s="62"/>
+      <c r="AR192" s="62"/>
     </row>
     <row r="193" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A193" s="237"/>
-[...11 lines deleted...]
-      <c r="M193" s="188"/>
+      <c r="A193" s="240"/>
+      <c r="B193" s="241"/>
+      <c r="C193" s="241"/>
+      <c r="D193" s="241"/>
+      <c r="E193" s="139"/>
+      <c r="F193" s="122"/>
+      <c r="G193" s="51"/>
+      <c r="H193" s="51"/>
+      <c r="I193" s="51"/>
+      <c r="J193" s="51"/>
+      <c r="K193" s="168"/>
+      <c r="L193" s="169"/>
+      <c r="M193" s="170"/>
       <c r="N193" s="31"/>
       <c r="O193" s="32"/>
       <c r="P193" s="32"/>
-      <c r="Q193" s="135"/>
-      <c r="R193" s="119"/>
+      <c r="Q193" s="134"/>
+      <c r="R193" s="118"/>
       <c r="S193" s="33"/>
-      <c r="T193" s="58"/>
-[...1 lines deleted...]
-      <c r="V193" s="182">
+      <c r="T193" s="57"/>
+      <c r="U193" s="58"/>
+      <c r="V193" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W193" s="178">
+      <c r="W193" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X193" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y193" s="63"/>
-[...18 lines deleted...]
-      <c r="AR193" s="63"/>
+      <c r="Y193" s="62"/>
+      <c r="Z193" s="62"/>
+      <c r="AA193" s="62"/>
+      <c r="AB193" s="62"/>
+      <c r="AC193" s="62"/>
+      <c r="AD193" s="62"/>
+      <c r="AE193" s="62"/>
+      <c r="AF193" s="62"/>
+      <c r="AG193" s="62"/>
+      <c r="AH193" s="62"/>
+      <c r="AI193" s="62"/>
+      <c r="AJ193" s="62"/>
+      <c r="AK193" s="62"/>
+      <c r="AL193" s="62"/>
+      <c r="AM193" s="62"/>
+      <c r="AN193" s="62"/>
+      <c r="AO193" s="62"/>
+      <c r="AP193" s="62"/>
+      <c r="AQ193" s="62"/>
+      <c r="AR193" s="62"/>
     </row>
     <row r="194" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A194" s="237"/>
-[...11 lines deleted...]
-      <c r="M194" s="188"/>
+      <c r="A194" s="240"/>
+      <c r="B194" s="241"/>
+      <c r="C194" s="241"/>
+      <c r="D194" s="241"/>
+      <c r="E194" s="139"/>
+      <c r="F194" s="122"/>
+      <c r="G194" s="51"/>
+      <c r="H194" s="51"/>
+      <c r="I194" s="51"/>
+      <c r="J194" s="51"/>
+      <c r="K194" s="168"/>
+      <c r="L194" s="169"/>
+      <c r="M194" s="170"/>
       <c r="N194" s="31"/>
       <c r="O194" s="32"/>
       <c r="P194" s="32"/>
-      <c r="Q194" s="135"/>
-      <c r="R194" s="119"/>
+      <c r="Q194" s="134"/>
+      <c r="R194" s="118"/>
       <c r="S194" s="33"/>
-      <c r="T194" s="58"/>
-[...1 lines deleted...]
-      <c r="V194" s="182">
+      <c r="T194" s="57"/>
+      <c r="U194" s="58"/>
+      <c r="V194" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W194" s="178">
+      <c r="W194" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X194" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y194" s="63"/>
-[...18 lines deleted...]
-      <c r="AR194" s="63"/>
+      <c r="Y194" s="62"/>
+      <c r="Z194" s="62"/>
+      <c r="AA194" s="62"/>
+      <c r="AB194" s="62"/>
+      <c r="AC194" s="62"/>
+      <c r="AD194" s="62"/>
+      <c r="AE194" s="62"/>
+      <c r="AF194" s="62"/>
+      <c r="AG194" s="62"/>
+      <c r="AH194" s="62"/>
+      <c r="AI194" s="62"/>
+      <c r="AJ194" s="62"/>
+      <c r="AK194" s="62"/>
+      <c r="AL194" s="62"/>
+      <c r="AM194" s="62"/>
+      <c r="AN194" s="62"/>
+      <c r="AO194" s="62"/>
+      <c r="AP194" s="62"/>
+      <c r="AQ194" s="62"/>
+      <c r="AR194" s="62"/>
     </row>
     <row r="195" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A195" s="237"/>
-[...11 lines deleted...]
-      <c r="M195" s="188"/>
+      <c r="A195" s="240"/>
+      <c r="B195" s="241"/>
+      <c r="C195" s="241"/>
+      <c r="D195" s="241"/>
+      <c r="E195" s="139"/>
+      <c r="F195" s="122"/>
+      <c r="G195" s="51"/>
+      <c r="H195" s="51"/>
+      <c r="I195" s="51"/>
+      <c r="J195" s="51"/>
+      <c r="K195" s="168"/>
+      <c r="L195" s="169"/>
+      <c r="M195" s="170"/>
       <c r="N195" s="31"/>
       <c r="O195" s="32"/>
       <c r="P195" s="32"/>
-      <c r="Q195" s="135"/>
-      <c r="R195" s="119"/>
+      <c r="Q195" s="134"/>
+      <c r="R195" s="118"/>
       <c r="S195" s="33"/>
-      <c r="T195" s="58"/>
-[...1 lines deleted...]
-      <c r="V195" s="182">
+      <c r="T195" s="57"/>
+      <c r="U195" s="58"/>
+      <c r="V195" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W195" s="178">
+      <c r="W195" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X195" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y195" s="63"/>
-[...18 lines deleted...]
-      <c r="AR195" s="63"/>
+      <c r="Y195" s="62"/>
+      <c r="Z195" s="62"/>
+      <c r="AA195" s="62"/>
+      <c r="AB195" s="62"/>
+      <c r="AC195" s="62"/>
+      <c r="AD195" s="62"/>
+      <c r="AE195" s="62"/>
+      <c r="AF195" s="62"/>
+      <c r="AG195" s="62"/>
+      <c r="AH195" s="62"/>
+      <c r="AI195" s="62"/>
+      <c r="AJ195" s="62"/>
+      <c r="AK195" s="62"/>
+      <c r="AL195" s="62"/>
+      <c r="AM195" s="62"/>
+      <c r="AN195" s="62"/>
+      <c r="AO195" s="62"/>
+      <c r="AP195" s="62"/>
+      <c r="AQ195" s="62"/>
+      <c r="AR195" s="62"/>
     </row>
     <row r="196" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A196" s="237"/>
-[...11 lines deleted...]
-      <c r="M196" s="188"/>
+      <c r="A196" s="240"/>
+      <c r="B196" s="241"/>
+      <c r="C196" s="241"/>
+      <c r="D196" s="241"/>
+      <c r="E196" s="139"/>
+      <c r="F196" s="122"/>
+      <c r="G196" s="51"/>
+      <c r="H196" s="51"/>
+      <c r="I196" s="51"/>
+      <c r="J196" s="51"/>
+      <c r="K196" s="168"/>
+      <c r="L196" s="169"/>
+      <c r="M196" s="170"/>
       <c r="N196" s="31"/>
       <c r="O196" s="32"/>
       <c r="P196" s="32"/>
-      <c r="Q196" s="135"/>
-      <c r="R196" s="119"/>
+      <c r="Q196" s="134"/>
+      <c r="R196" s="118"/>
       <c r="S196" s="33"/>
-      <c r="T196" s="58"/>
-[...1 lines deleted...]
-      <c r="V196" s="182">
+      <c r="T196" s="57"/>
+      <c r="U196" s="58"/>
+      <c r="V196" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W196" s="178">
+      <c r="W196" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X196" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y196" s="63"/>
-[...18 lines deleted...]
-      <c r="AR196" s="63"/>
+      <c r="Y196" s="62"/>
+      <c r="Z196" s="62"/>
+      <c r="AA196" s="62"/>
+      <c r="AB196" s="62"/>
+      <c r="AC196" s="62"/>
+      <c r="AD196" s="62"/>
+      <c r="AE196" s="62"/>
+      <c r="AF196" s="62"/>
+      <c r="AG196" s="62"/>
+      <c r="AH196" s="62"/>
+      <c r="AI196" s="62"/>
+      <c r="AJ196" s="62"/>
+      <c r="AK196" s="62"/>
+      <c r="AL196" s="62"/>
+      <c r="AM196" s="62"/>
+      <c r="AN196" s="62"/>
+      <c r="AO196" s="62"/>
+      <c r="AP196" s="62"/>
+      <c r="AQ196" s="62"/>
+      <c r="AR196" s="62"/>
     </row>
     <row r="197" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A197" s="237"/>
-[...11 lines deleted...]
-      <c r="M197" s="188"/>
+      <c r="A197" s="240"/>
+      <c r="B197" s="241"/>
+      <c r="C197" s="241"/>
+      <c r="D197" s="241"/>
+      <c r="E197" s="139"/>
+      <c r="F197" s="122"/>
+      <c r="G197" s="51"/>
+      <c r="H197" s="51"/>
+      <c r="I197" s="51"/>
+      <c r="J197" s="51"/>
+      <c r="K197" s="168"/>
+      <c r="L197" s="169"/>
+      <c r="M197" s="170"/>
       <c r="N197" s="31"/>
       <c r="O197" s="32"/>
       <c r="P197" s="32"/>
-      <c r="Q197" s="135"/>
-      <c r="R197" s="119"/>
+      <c r="Q197" s="134"/>
+      <c r="R197" s="118"/>
       <c r="S197" s="33"/>
-      <c r="T197" s="58"/>
-[...1 lines deleted...]
-      <c r="V197" s="182">
+      <c r="T197" s="57"/>
+      <c r="U197" s="58"/>
+      <c r="V197" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W197" s="178">
+      <c r="W197" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X197" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y197" s="63"/>
-[...18 lines deleted...]
-      <c r="AR197" s="63"/>
+      <c r="Y197" s="62"/>
+      <c r="Z197" s="62"/>
+      <c r="AA197" s="62"/>
+      <c r="AB197" s="62"/>
+      <c r="AC197" s="62"/>
+      <c r="AD197" s="62"/>
+      <c r="AE197" s="62"/>
+      <c r="AF197" s="62"/>
+      <c r="AG197" s="62"/>
+      <c r="AH197" s="62"/>
+      <c r="AI197" s="62"/>
+      <c r="AJ197" s="62"/>
+      <c r="AK197" s="62"/>
+      <c r="AL197" s="62"/>
+      <c r="AM197" s="62"/>
+      <c r="AN197" s="62"/>
+      <c r="AO197" s="62"/>
+      <c r="AP197" s="62"/>
+      <c r="AQ197" s="62"/>
+      <c r="AR197" s="62"/>
     </row>
     <row r="198" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A198" s="237"/>
-[...11 lines deleted...]
-      <c r="M198" s="188"/>
+      <c r="A198" s="240"/>
+      <c r="B198" s="241"/>
+      <c r="C198" s="241"/>
+      <c r="D198" s="241"/>
+      <c r="E198" s="139"/>
+      <c r="F198" s="122"/>
+      <c r="G198" s="51"/>
+      <c r="H198" s="51"/>
+      <c r="I198" s="51"/>
+      <c r="J198" s="51"/>
+      <c r="K198" s="168"/>
+      <c r="L198" s="169"/>
+      <c r="M198" s="170"/>
       <c r="N198" s="31"/>
       <c r="O198" s="32"/>
       <c r="P198" s="32"/>
-      <c r="Q198" s="135"/>
-      <c r="R198" s="119"/>
+      <c r="Q198" s="134"/>
+      <c r="R198" s="118"/>
       <c r="S198" s="33"/>
-      <c r="T198" s="58"/>
-[...1 lines deleted...]
-      <c r="V198" s="182">
+      <c r="T198" s="57"/>
+      <c r="U198" s="58"/>
+      <c r="V198" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W198" s="178">
+      <c r="W198" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X198" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y198" s="63"/>
-[...18 lines deleted...]
-      <c r="AR198" s="63"/>
+      <c r="Y198" s="62"/>
+      <c r="Z198" s="62"/>
+      <c r="AA198" s="62"/>
+      <c r="AB198" s="62"/>
+      <c r="AC198" s="62"/>
+      <c r="AD198" s="62"/>
+      <c r="AE198" s="62"/>
+      <c r="AF198" s="62"/>
+      <c r="AG198" s="62"/>
+      <c r="AH198" s="62"/>
+      <c r="AI198" s="62"/>
+      <c r="AJ198" s="62"/>
+      <c r="AK198" s="62"/>
+      <c r="AL198" s="62"/>
+      <c r="AM198" s="62"/>
+      <c r="AN198" s="62"/>
+      <c r="AO198" s="62"/>
+      <c r="AP198" s="62"/>
+      <c r="AQ198" s="62"/>
+      <c r="AR198" s="62"/>
     </row>
     <row r="199" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A199" s="237"/>
-[...11 lines deleted...]
-      <c r="M199" s="188"/>
+      <c r="A199" s="240"/>
+      <c r="B199" s="241"/>
+      <c r="C199" s="241"/>
+      <c r="D199" s="241"/>
+      <c r="E199" s="139"/>
+      <c r="F199" s="122"/>
+      <c r="G199" s="51"/>
+      <c r="H199" s="51"/>
+      <c r="I199" s="51"/>
+      <c r="J199" s="51"/>
+      <c r="K199" s="168"/>
+      <c r="L199" s="169"/>
+      <c r="M199" s="170"/>
       <c r="N199" s="31"/>
       <c r="O199" s="32"/>
       <c r="P199" s="32"/>
-      <c r="Q199" s="135"/>
-      <c r="R199" s="119"/>
+      <c r="Q199" s="134"/>
+      <c r="R199" s="118"/>
       <c r="S199" s="33"/>
-      <c r="T199" s="58"/>
-[...1 lines deleted...]
-      <c r="V199" s="182">
+      <c r="T199" s="57"/>
+      <c r="U199" s="58"/>
+      <c r="V199" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W199" s="178">
+      <c r="W199" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X199" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y199" s="63"/>
-[...18 lines deleted...]
-      <c r="AR199" s="63"/>
+      <c r="Y199" s="62"/>
+      <c r="Z199" s="62"/>
+      <c r="AA199" s="62"/>
+      <c r="AB199" s="62"/>
+      <c r="AC199" s="62"/>
+      <c r="AD199" s="62"/>
+      <c r="AE199" s="62"/>
+      <c r="AF199" s="62"/>
+      <c r="AG199" s="62"/>
+      <c r="AH199" s="62"/>
+      <c r="AI199" s="62"/>
+      <c r="AJ199" s="62"/>
+      <c r="AK199" s="62"/>
+      <c r="AL199" s="62"/>
+      <c r="AM199" s="62"/>
+      <c r="AN199" s="62"/>
+      <c r="AO199" s="62"/>
+      <c r="AP199" s="62"/>
+      <c r="AQ199" s="62"/>
+      <c r="AR199" s="62"/>
     </row>
     <row r="200" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A200" s="237"/>
-[...11 lines deleted...]
-      <c r="M200" s="188"/>
+      <c r="A200" s="240"/>
+      <c r="B200" s="241"/>
+      <c r="C200" s="241"/>
+      <c r="D200" s="241"/>
+      <c r="E200" s="139"/>
+      <c r="F200" s="122"/>
+      <c r="G200" s="51"/>
+      <c r="H200" s="51"/>
+      <c r="I200" s="51"/>
+      <c r="J200" s="51"/>
+      <c r="K200" s="168"/>
+      <c r="L200" s="169"/>
+      <c r="M200" s="170"/>
       <c r="N200" s="31"/>
       <c r="O200" s="32"/>
       <c r="P200" s="32"/>
-      <c r="Q200" s="135"/>
-      <c r="R200" s="119"/>
+      <c r="Q200" s="134"/>
+      <c r="R200" s="118"/>
       <c r="S200" s="33"/>
-      <c r="T200" s="58"/>
-[...1 lines deleted...]
-      <c r="V200" s="182">
+      <c r="T200" s="57"/>
+      <c r="U200" s="58"/>
+      <c r="V200" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W200" s="178">
+      <c r="W200" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X200" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y200" s="63"/>
-[...18 lines deleted...]
-      <c r="AR200" s="63"/>
+      <c r="Y200" s="62"/>
+      <c r="Z200" s="62"/>
+      <c r="AA200" s="62"/>
+      <c r="AB200" s="62"/>
+      <c r="AC200" s="62"/>
+      <c r="AD200" s="62"/>
+      <c r="AE200" s="62"/>
+      <c r="AF200" s="62"/>
+      <c r="AG200" s="62"/>
+      <c r="AH200" s="62"/>
+      <c r="AI200" s="62"/>
+      <c r="AJ200" s="62"/>
+      <c r="AK200" s="62"/>
+      <c r="AL200" s="62"/>
+      <c r="AM200" s="62"/>
+      <c r="AN200" s="62"/>
+      <c r="AO200" s="62"/>
+      <c r="AP200" s="62"/>
+      <c r="AQ200" s="62"/>
+      <c r="AR200" s="62"/>
     </row>
     <row r="201" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A201" s="237"/>
-[...11 lines deleted...]
-      <c r="M201" s="188"/>
+      <c r="A201" s="240"/>
+      <c r="B201" s="241"/>
+      <c r="C201" s="241"/>
+      <c r="D201" s="241"/>
+      <c r="E201" s="139"/>
+      <c r="F201" s="122"/>
+      <c r="G201" s="51"/>
+      <c r="H201" s="51"/>
+      <c r="I201" s="51"/>
+      <c r="J201" s="51"/>
+      <c r="K201" s="168"/>
+      <c r="L201" s="169"/>
+      <c r="M201" s="170"/>
       <c r="N201" s="31"/>
       <c r="O201" s="32"/>
       <c r="P201" s="32"/>
-      <c r="Q201" s="135"/>
-      <c r="R201" s="119"/>
+      <c r="Q201" s="134"/>
+      <c r="R201" s="118"/>
       <c r="S201" s="33"/>
-      <c r="T201" s="58"/>
-[...1 lines deleted...]
-      <c r="V201" s="182">
+      <c r="T201" s="57"/>
+      <c r="U201" s="58"/>
+      <c r="V201" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W201" s="178">
+      <c r="W201" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X201" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y201" s="63"/>
-[...18 lines deleted...]
-      <c r="AR201" s="63"/>
+      <c r="Y201" s="62"/>
+      <c r="Z201" s="62"/>
+      <c r="AA201" s="62"/>
+      <c r="AB201" s="62"/>
+      <c r="AC201" s="62"/>
+      <c r="AD201" s="62"/>
+      <c r="AE201" s="62"/>
+      <c r="AF201" s="62"/>
+      <c r="AG201" s="62"/>
+      <c r="AH201" s="62"/>
+      <c r="AI201" s="62"/>
+      <c r="AJ201" s="62"/>
+      <c r="AK201" s="62"/>
+      <c r="AL201" s="62"/>
+      <c r="AM201" s="62"/>
+      <c r="AN201" s="62"/>
+      <c r="AO201" s="62"/>
+      <c r="AP201" s="62"/>
+      <c r="AQ201" s="62"/>
+      <c r="AR201" s="62"/>
     </row>
     <row r="202" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A202" s="237"/>
-[...11 lines deleted...]
-      <c r="M202" s="188"/>
+      <c r="A202" s="240"/>
+      <c r="B202" s="241"/>
+      <c r="C202" s="241"/>
+      <c r="D202" s="241"/>
+      <c r="E202" s="139"/>
+      <c r="F202" s="122"/>
+      <c r="G202" s="51"/>
+      <c r="H202" s="51"/>
+      <c r="I202" s="51"/>
+      <c r="J202" s="51"/>
+      <c r="K202" s="168"/>
+      <c r="L202" s="169"/>
+      <c r="M202" s="170"/>
       <c r="N202" s="31"/>
       <c r="O202" s="32"/>
       <c r="P202" s="32"/>
-      <c r="Q202" s="135"/>
-      <c r="R202" s="119"/>
+      <c r="Q202" s="134"/>
+      <c r="R202" s="118"/>
       <c r="S202" s="33"/>
-      <c r="T202" s="58"/>
-[...1 lines deleted...]
-      <c r="V202" s="182">
+      <c r="T202" s="57"/>
+      <c r="U202" s="58"/>
+      <c r="V202" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W202" s="178">
+      <c r="W202" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X202" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y202" s="63"/>
-[...18 lines deleted...]
-      <c r="AR202" s="63"/>
+      <c r="Y202" s="62"/>
+      <c r="Z202" s="62"/>
+      <c r="AA202" s="62"/>
+      <c r="AB202" s="62"/>
+      <c r="AC202" s="62"/>
+      <c r="AD202" s="62"/>
+      <c r="AE202" s="62"/>
+      <c r="AF202" s="62"/>
+      <c r="AG202" s="62"/>
+      <c r="AH202" s="62"/>
+      <c r="AI202" s="62"/>
+      <c r="AJ202" s="62"/>
+      <c r="AK202" s="62"/>
+      <c r="AL202" s="62"/>
+      <c r="AM202" s="62"/>
+      <c r="AN202" s="62"/>
+      <c r="AO202" s="62"/>
+      <c r="AP202" s="62"/>
+      <c r="AQ202" s="62"/>
+      <c r="AR202" s="62"/>
     </row>
     <row r="203" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A203" s="237"/>
-[...11 lines deleted...]
-      <c r="M203" s="188"/>
+      <c r="A203" s="240"/>
+      <c r="B203" s="241"/>
+      <c r="C203" s="241"/>
+      <c r="D203" s="241"/>
+      <c r="E203" s="139"/>
+      <c r="F203" s="122"/>
+      <c r="G203" s="51"/>
+      <c r="H203" s="51"/>
+      <c r="I203" s="51"/>
+      <c r="J203" s="51"/>
+      <c r="K203" s="168"/>
+      <c r="L203" s="169"/>
+      <c r="M203" s="170"/>
       <c r="N203" s="31"/>
       <c r="O203" s="32"/>
       <c r="P203" s="32"/>
-      <c r="Q203" s="135"/>
-      <c r="R203" s="119"/>
+      <c r="Q203" s="134"/>
+      <c r="R203" s="118"/>
       <c r="S203" s="33"/>
-      <c r="T203" s="58"/>
-[...1 lines deleted...]
-      <c r="V203" s="182">
+      <c r="T203" s="57"/>
+      <c r="U203" s="58"/>
+      <c r="V203" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W203" s="178">
+      <c r="W203" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X203" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y203" s="63"/>
-[...18 lines deleted...]
-      <c r="AR203" s="63"/>
+      <c r="Y203" s="62"/>
+      <c r="Z203" s="62"/>
+      <c r="AA203" s="62"/>
+      <c r="AB203" s="62"/>
+      <c r="AC203" s="62"/>
+      <c r="AD203" s="62"/>
+      <c r="AE203" s="62"/>
+      <c r="AF203" s="62"/>
+      <c r="AG203" s="62"/>
+      <c r="AH203" s="62"/>
+      <c r="AI203" s="62"/>
+      <c r="AJ203" s="62"/>
+      <c r="AK203" s="62"/>
+      <c r="AL203" s="62"/>
+      <c r="AM203" s="62"/>
+      <c r="AN203" s="62"/>
+      <c r="AO203" s="62"/>
+      <c r="AP203" s="62"/>
+      <c r="AQ203" s="62"/>
+      <c r="AR203" s="62"/>
     </row>
     <row r="204" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A204" s="237"/>
-[...11 lines deleted...]
-      <c r="M204" s="188"/>
+      <c r="A204" s="240"/>
+      <c r="B204" s="241"/>
+      <c r="C204" s="241"/>
+      <c r="D204" s="241"/>
+      <c r="E204" s="139"/>
+      <c r="F204" s="122"/>
+      <c r="G204" s="51"/>
+      <c r="H204" s="51"/>
+      <c r="I204" s="51"/>
+      <c r="J204" s="51"/>
+      <c r="K204" s="168"/>
+      <c r="L204" s="169"/>
+      <c r="M204" s="170"/>
       <c r="N204" s="31"/>
       <c r="O204" s="32"/>
       <c r="P204" s="32"/>
-      <c r="Q204" s="135"/>
-      <c r="R204" s="119"/>
+      <c r="Q204" s="134"/>
+      <c r="R204" s="118"/>
       <c r="S204" s="33"/>
-      <c r="T204" s="58"/>
-[...1 lines deleted...]
-      <c r="V204" s="182">
+      <c r="T204" s="57"/>
+      <c r="U204" s="58"/>
+      <c r="V204" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W204" s="178">
+      <c r="W204" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X204" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y204" s="63"/>
-[...18 lines deleted...]
-      <c r="AR204" s="63"/>
+      <c r="Y204" s="62"/>
+      <c r="Z204" s="62"/>
+      <c r="AA204" s="62"/>
+      <c r="AB204" s="62"/>
+      <c r="AC204" s="62"/>
+      <c r="AD204" s="62"/>
+      <c r="AE204" s="62"/>
+      <c r="AF204" s="62"/>
+      <c r="AG204" s="62"/>
+      <c r="AH204" s="62"/>
+      <c r="AI204" s="62"/>
+      <c r="AJ204" s="62"/>
+      <c r="AK204" s="62"/>
+      <c r="AL204" s="62"/>
+      <c r="AM204" s="62"/>
+      <c r="AN204" s="62"/>
+      <c r="AO204" s="62"/>
+      <c r="AP204" s="62"/>
+      <c r="AQ204" s="62"/>
+      <c r="AR204" s="62"/>
     </row>
     <row r="205" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A205" s="237"/>
-[...11 lines deleted...]
-      <c r="M205" s="188"/>
+      <c r="A205" s="240"/>
+      <c r="B205" s="241"/>
+      <c r="C205" s="241"/>
+      <c r="D205" s="241"/>
+      <c r="E205" s="139"/>
+      <c r="F205" s="122"/>
+      <c r="G205" s="51"/>
+      <c r="H205" s="51"/>
+      <c r="I205" s="51"/>
+      <c r="J205" s="51"/>
+      <c r="K205" s="168"/>
+      <c r="L205" s="169"/>
+      <c r="M205" s="170"/>
       <c r="N205" s="31"/>
       <c r="O205" s="32"/>
       <c r="P205" s="32"/>
-      <c r="Q205" s="135"/>
-      <c r="R205" s="119"/>
+      <c r="Q205" s="134"/>
+      <c r="R205" s="118"/>
       <c r="S205" s="33"/>
-      <c r="T205" s="58"/>
-[...1 lines deleted...]
-      <c r="V205" s="182">
+      <c r="T205" s="57"/>
+      <c r="U205" s="58"/>
+      <c r="V205" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W205" s="178">
+      <c r="W205" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X205" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y205" s="63"/>
-[...18 lines deleted...]
-      <c r="AR205" s="63"/>
+      <c r="Y205" s="62"/>
+      <c r="Z205" s="62"/>
+      <c r="AA205" s="62"/>
+      <c r="AB205" s="62"/>
+      <c r="AC205" s="62"/>
+      <c r="AD205" s="62"/>
+      <c r="AE205" s="62"/>
+      <c r="AF205" s="62"/>
+      <c r="AG205" s="62"/>
+      <c r="AH205" s="62"/>
+      <c r="AI205" s="62"/>
+      <c r="AJ205" s="62"/>
+      <c r="AK205" s="62"/>
+      <c r="AL205" s="62"/>
+      <c r="AM205" s="62"/>
+      <c r="AN205" s="62"/>
+      <c r="AO205" s="62"/>
+      <c r="AP205" s="62"/>
+      <c r="AQ205" s="62"/>
+      <c r="AR205" s="62"/>
     </row>
     <row r="206" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A206" s="237"/>
-[...11 lines deleted...]
-      <c r="M206" s="188"/>
+      <c r="A206" s="240"/>
+      <c r="B206" s="241"/>
+      <c r="C206" s="241"/>
+      <c r="D206" s="241"/>
+      <c r="E206" s="139"/>
+      <c r="F206" s="122"/>
+      <c r="G206" s="51"/>
+      <c r="H206" s="51"/>
+      <c r="I206" s="51"/>
+      <c r="J206" s="51"/>
+      <c r="K206" s="168"/>
+      <c r="L206" s="169"/>
+      <c r="M206" s="170"/>
       <c r="N206" s="31"/>
       <c r="O206" s="32"/>
       <c r="P206" s="32"/>
-      <c r="Q206" s="135"/>
-      <c r="R206" s="119"/>
+      <c r="Q206" s="134"/>
+      <c r="R206" s="118"/>
       <c r="S206" s="33"/>
-      <c r="T206" s="58"/>
-[...1 lines deleted...]
-      <c r="V206" s="182">
+      <c r="T206" s="57"/>
+      <c r="U206" s="58"/>
+      <c r="V206" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W206" s="178">
+      <c r="W206" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X206" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y206" s="63"/>
-[...18 lines deleted...]
-      <c r="AR206" s="63"/>
+      <c r="Y206" s="62"/>
+      <c r="Z206" s="62"/>
+      <c r="AA206" s="62"/>
+      <c r="AB206" s="62"/>
+      <c r="AC206" s="62"/>
+      <c r="AD206" s="62"/>
+      <c r="AE206" s="62"/>
+      <c r="AF206" s="62"/>
+      <c r="AG206" s="62"/>
+      <c r="AH206" s="62"/>
+      <c r="AI206" s="62"/>
+      <c r="AJ206" s="62"/>
+      <c r="AK206" s="62"/>
+      <c r="AL206" s="62"/>
+      <c r="AM206" s="62"/>
+      <c r="AN206" s="62"/>
+      <c r="AO206" s="62"/>
+      <c r="AP206" s="62"/>
+      <c r="AQ206" s="62"/>
+      <c r="AR206" s="62"/>
     </row>
     <row r="207" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A207" s="237"/>
-[...11 lines deleted...]
-      <c r="M207" s="188"/>
+      <c r="A207" s="240"/>
+      <c r="B207" s="241"/>
+      <c r="C207" s="241"/>
+      <c r="D207" s="241"/>
+      <c r="E207" s="139"/>
+      <c r="F207" s="122"/>
+      <c r="G207" s="51"/>
+      <c r="H207" s="51"/>
+      <c r="I207" s="51"/>
+      <c r="J207" s="51"/>
+      <c r="K207" s="168"/>
+      <c r="L207" s="169"/>
+      <c r="M207" s="170"/>
       <c r="N207" s="31"/>
       <c r="O207" s="32"/>
       <c r="P207" s="32"/>
-      <c r="Q207" s="135"/>
-      <c r="R207" s="119"/>
+      <c r="Q207" s="134"/>
+      <c r="R207" s="118"/>
       <c r="S207" s="33"/>
-      <c r="T207" s="58"/>
-[...1 lines deleted...]
-      <c r="V207" s="182">
+      <c r="T207" s="57"/>
+      <c r="U207" s="58"/>
+      <c r="V207" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W207" s="178">
+      <c r="W207" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X207" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y207" s="63"/>
-[...18 lines deleted...]
-      <c r="AR207" s="63"/>
+      <c r="Y207" s="62"/>
+      <c r="Z207" s="62"/>
+      <c r="AA207" s="62"/>
+      <c r="AB207" s="62"/>
+      <c r="AC207" s="62"/>
+      <c r="AD207" s="62"/>
+      <c r="AE207" s="62"/>
+      <c r="AF207" s="62"/>
+      <c r="AG207" s="62"/>
+      <c r="AH207" s="62"/>
+      <c r="AI207" s="62"/>
+      <c r="AJ207" s="62"/>
+      <c r="AK207" s="62"/>
+      <c r="AL207" s="62"/>
+      <c r="AM207" s="62"/>
+      <c r="AN207" s="62"/>
+      <c r="AO207" s="62"/>
+      <c r="AP207" s="62"/>
+      <c r="AQ207" s="62"/>
+      <c r="AR207" s="62"/>
     </row>
     <row r="208" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A208" s="237"/>
-[...11 lines deleted...]
-      <c r="M208" s="188"/>
+      <c r="A208" s="240"/>
+      <c r="B208" s="241"/>
+      <c r="C208" s="241"/>
+      <c r="D208" s="241"/>
+      <c r="E208" s="139"/>
+      <c r="F208" s="122"/>
+      <c r="G208" s="51"/>
+      <c r="H208" s="51"/>
+      <c r="I208" s="51"/>
+      <c r="J208" s="51"/>
+      <c r="K208" s="168"/>
+      <c r="L208" s="169"/>
+      <c r="M208" s="170"/>
       <c r="N208" s="31"/>
       <c r="O208" s="32"/>
       <c r="P208" s="32"/>
-      <c r="Q208" s="135"/>
-      <c r="R208" s="119"/>
+      <c r="Q208" s="134"/>
+      <c r="R208" s="118"/>
       <c r="S208" s="33"/>
-      <c r="T208" s="58"/>
-[...1 lines deleted...]
-      <c r="V208" s="182">
+      <c r="T208" s="57"/>
+      <c r="U208" s="58"/>
+      <c r="V208" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W208" s="178">
+      <c r="W208" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X208" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y208" s="63"/>
-[...18 lines deleted...]
-      <c r="AR208" s="63"/>
+      <c r="Y208" s="62"/>
+      <c r="Z208" s="62"/>
+      <c r="AA208" s="62"/>
+      <c r="AB208" s="62"/>
+      <c r="AC208" s="62"/>
+      <c r="AD208" s="62"/>
+      <c r="AE208" s="62"/>
+      <c r="AF208" s="62"/>
+      <c r="AG208" s="62"/>
+      <c r="AH208" s="62"/>
+      <c r="AI208" s="62"/>
+      <c r="AJ208" s="62"/>
+      <c r="AK208" s="62"/>
+      <c r="AL208" s="62"/>
+      <c r="AM208" s="62"/>
+      <c r="AN208" s="62"/>
+      <c r="AO208" s="62"/>
+      <c r="AP208" s="62"/>
+      <c r="AQ208" s="62"/>
+      <c r="AR208" s="62"/>
     </row>
     <row r="209" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A209" s="237"/>
-[...11 lines deleted...]
-      <c r="M209" s="188"/>
+      <c r="A209" s="240"/>
+      <c r="B209" s="241"/>
+      <c r="C209" s="241"/>
+      <c r="D209" s="241"/>
+      <c r="E209" s="139"/>
+      <c r="F209" s="122"/>
+      <c r="G209" s="51"/>
+      <c r="H209" s="51"/>
+      <c r="I209" s="51"/>
+      <c r="J209" s="51"/>
+      <c r="K209" s="168"/>
+      <c r="L209" s="169"/>
+      <c r="M209" s="170"/>
       <c r="N209" s="31"/>
       <c r="O209" s="32"/>
       <c r="P209" s="32"/>
-      <c r="Q209" s="135"/>
-      <c r="R209" s="119"/>
+      <c r="Q209" s="134"/>
+      <c r="R209" s="118"/>
       <c r="S209" s="33"/>
-      <c r="T209" s="58"/>
-[...1 lines deleted...]
-      <c r="V209" s="182">
+      <c r="T209" s="57"/>
+      <c r="U209" s="58"/>
+      <c r="V209" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W209" s="178">
+      <c r="W209" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X209" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y209" s="63"/>
-[...18 lines deleted...]
-      <c r="AR209" s="63"/>
+      <c r="Y209" s="62"/>
+      <c r="Z209" s="62"/>
+      <c r="AA209" s="62"/>
+      <c r="AB209" s="62"/>
+      <c r="AC209" s="62"/>
+      <c r="AD209" s="62"/>
+      <c r="AE209" s="62"/>
+      <c r="AF209" s="62"/>
+      <c r="AG209" s="62"/>
+      <c r="AH209" s="62"/>
+      <c r="AI209" s="62"/>
+      <c r="AJ209" s="62"/>
+      <c r="AK209" s="62"/>
+      <c r="AL209" s="62"/>
+      <c r="AM209" s="62"/>
+      <c r="AN209" s="62"/>
+      <c r="AO209" s="62"/>
+      <c r="AP209" s="62"/>
+      <c r="AQ209" s="62"/>
+      <c r="AR209" s="62"/>
     </row>
     <row r="210" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A210" s="237"/>
-[...11 lines deleted...]
-      <c r="M210" s="188"/>
+      <c r="A210" s="240"/>
+      <c r="B210" s="241"/>
+      <c r="C210" s="241"/>
+      <c r="D210" s="241"/>
+      <c r="E210" s="139"/>
+      <c r="F210" s="122"/>
+      <c r="G210" s="51"/>
+      <c r="H210" s="51"/>
+      <c r="I210" s="51"/>
+      <c r="J210" s="51"/>
+      <c r="K210" s="168"/>
+      <c r="L210" s="169"/>
+      <c r="M210" s="170"/>
       <c r="N210" s="31"/>
       <c r="O210" s="32"/>
       <c r="P210" s="32"/>
-      <c r="Q210" s="135"/>
-      <c r="R210" s="119"/>
+      <c r="Q210" s="134"/>
+      <c r="R210" s="118"/>
       <c r="S210" s="33"/>
-      <c r="T210" s="58"/>
-[...1 lines deleted...]
-      <c r="V210" s="182">
+      <c r="T210" s="57"/>
+      <c r="U210" s="58"/>
+      <c r="V210" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W210" s="178">
+      <c r="W210" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X210" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y210" s="63"/>
-[...18 lines deleted...]
-      <c r="AR210" s="63"/>
+      <c r="Y210" s="62"/>
+      <c r="Z210" s="62"/>
+      <c r="AA210" s="62"/>
+      <c r="AB210" s="62"/>
+      <c r="AC210" s="62"/>
+      <c r="AD210" s="62"/>
+      <c r="AE210" s="62"/>
+      <c r="AF210" s="62"/>
+      <c r="AG210" s="62"/>
+      <c r="AH210" s="62"/>
+      <c r="AI210" s="62"/>
+      <c r="AJ210" s="62"/>
+      <c r="AK210" s="62"/>
+      <c r="AL210" s="62"/>
+      <c r="AM210" s="62"/>
+      <c r="AN210" s="62"/>
+      <c r="AO210" s="62"/>
+      <c r="AP210" s="62"/>
+      <c r="AQ210" s="62"/>
+      <c r="AR210" s="62"/>
     </row>
     <row r="211" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A211" s="237"/>
-[...11 lines deleted...]
-      <c r="M211" s="188"/>
+      <c r="A211" s="240"/>
+      <c r="B211" s="241"/>
+      <c r="C211" s="241"/>
+      <c r="D211" s="241"/>
+      <c r="E211" s="139"/>
+      <c r="F211" s="122"/>
+      <c r="G211" s="51"/>
+      <c r="H211" s="51"/>
+      <c r="I211" s="51"/>
+      <c r="J211" s="51"/>
+      <c r="K211" s="168"/>
+      <c r="L211" s="169"/>
+      <c r="M211" s="170"/>
       <c r="N211" s="31"/>
       <c r="O211" s="32"/>
       <c r="P211" s="32"/>
-      <c r="Q211" s="135"/>
-      <c r="R211" s="119"/>
+      <c r="Q211" s="134"/>
+      <c r="R211" s="118"/>
       <c r="S211" s="33"/>
-      <c r="T211" s="58"/>
-[...1 lines deleted...]
-      <c r="V211" s="182">
+      <c r="T211" s="57"/>
+      <c r="U211" s="58"/>
+      <c r="V211" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W211" s="178">
+      <c r="W211" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X211" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y211" s="63"/>
-[...18 lines deleted...]
-      <c r="AR211" s="63"/>
+      <c r="Y211" s="62"/>
+      <c r="Z211" s="62"/>
+      <c r="AA211" s="62"/>
+      <c r="AB211" s="62"/>
+      <c r="AC211" s="62"/>
+      <c r="AD211" s="62"/>
+      <c r="AE211" s="62"/>
+      <c r="AF211" s="62"/>
+      <c r="AG211" s="62"/>
+      <c r="AH211" s="62"/>
+      <c r="AI211" s="62"/>
+      <c r="AJ211" s="62"/>
+      <c r="AK211" s="62"/>
+      <c r="AL211" s="62"/>
+      <c r="AM211" s="62"/>
+      <c r="AN211" s="62"/>
+      <c r="AO211" s="62"/>
+      <c r="AP211" s="62"/>
+      <c r="AQ211" s="62"/>
+      <c r="AR211" s="62"/>
     </row>
     <row r="212" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A212" s="237"/>
-[...11 lines deleted...]
-      <c r="M212" s="188"/>
+      <c r="A212" s="240"/>
+      <c r="B212" s="241"/>
+      <c r="C212" s="241"/>
+      <c r="D212" s="241"/>
+      <c r="E212" s="139"/>
+      <c r="F212" s="122"/>
+      <c r="G212" s="51"/>
+      <c r="H212" s="51"/>
+      <c r="I212" s="51"/>
+      <c r="J212" s="51"/>
+      <c r="K212" s="168"/>
+      <c r="L212" s="169"/>
+      <c r="M212" s="170"/>
       <c r="N212" s="31"/>
       <c r="O212" s="32"/>
       <c r="P212" s="32"/>
-      <c r="Q212" s="135"/>
-      <c r="R212" s="119"/>
+      <c r="Q212" s="134"/>
+      <c r="R212" s="118"/>
       <c r="S212" s="33"/>
-      <c r="T212" s="58"/>
-[...1 lines deleted...]
-      <c r="V212" s="182">
+      <c r="T212" s="57"/>
+      <c r="U212" s="58"/>
+      <c r="V212" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W212" s="178">
+      <c r="W212" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X212" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y212" s="63"/>
-[...18 lines deleted...]
-      <c r="AR212" s="63"/>
+      <c r="Y212" s="62"/>
+      <c r="Z212" s="62"/>
+      <c r="AA212" s="62"/>
+      <c r="AB212" s="62"/>
+      <c r="AC212" s="62"/>
+      <c r="AD212" s="62"/>
+      <c r="AE212" s="62"/>
+      <c r="AF212" s="62"/>
+      <c r="AG212" s="62"/>
+      <c r="AH212" s="62"/>
+      <c r="AI212" s="62"/>
+      <c r="AJ212" s="62"/>
+      <c r="AK212" s="62"/>
+      <c r="AL212" s="62"/>
+      <c r="AM212" s="62"/>
+      <c r="AN212" s="62"/>
+      <c r="AO212" s="62"/>
+      <c r="AP212" s="62"/>
+      <c r="AQ212" s="62"/>
+      <c r="AR212" s="62"/>
     </row>
     <row r="213" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A213" s="237"/>
-[...11 lines deleted...]
-      <c r="M213" s="188"/>
+      <c r="A213" s="240"/>
+      <c r="B213" s="241"/>
+      <c r="C213" s="241"/>
+      <c r="D213" s="241"/>
+      <c r="E213" s="139"/>
+      <c r="F213" s="122"/>
+      <c r="G213" s="51"/>
+      <c r="H213" s="51"/>
+      <c r="I213" s="51"/>
+      <c r="J213" s="51"/>
+      <c r="K213" s="168"/>
+      <c r="L213" s="169"/>
+      <c r="M213" s="170"/>
       <c r="N213" s="31"/>
       <c r="O213" s="32"/>
       <c r="P213" s="32"/>
-      <c r="Q213" s="135"/>
-      <c r="R213" s="119"/>
+      <c r="Q213" s="134"/>
+      <c r="R213" s="118"/>
       <c r="S213" s="33"/>
-      <c r="T213" s="58"/>
-[...1 lines deleted...]
-      <c r="V213" s="182">
+      <c r="T213" s="57"/>
+      <c r="U213" s="58"/>
+      <c r="V213" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W213" s="178">
+      <c r="W213" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X213" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y213" s="63"/>
-[...18 lines deleted...]
-      <c r="AR213" s="63"/>
+      <c r="Y213" s="62"/>
+      <c r="Z213" s="62"/>
+      <c r="AA213" s="62"/>
+      <c r="AB213" s="62"/>
+      <c r="AC213" s="62"/>
+      <c r="AD213" s="62"/>
+      <c r="AE213" s="62"/>
+      <c r="AF213" s="62"/>
+      <c r="AG213" s="62"/>
+      <c r="AH213" s="62"/>
+      <c r="AI213" s="62"/>
+      <c r="AJ213" s="62"/>
+      <c r="AK213" s="62"/>
+      <c r="AL213" s="62"/>
+      <c r="AM213" s="62"/>
+      <c r="AN213" s="62"/>
+      <c r="AO213" s="62"/>
+      <c r="AP213" s="62"/>
+      <c r="AQ213" s="62"/>
+      <c r="AR213" s="62"/>
     </row>
     <row r="214" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A214" s="262"/>
-[...11 lines deleted...]
-      <c r="M214" s="188"/>
+      <c r="A214" s="265"/>
+      <c r="B214" s="266"/>
+      <c r="C214" s="267"/>
+      <c r="D214" s="268"/>
+      <c r="E214" s="139"/>
+      <c r="F214" s="122"/>
+      <c r="G214" s="51"/>
+      <c r="H214" s="51"/>
+      <c r="I214" s="51"/>
+      <c r="J214" s="51"/>
+      <c r="K214" s="168"/>
+      <c r="L214" s="169"/>
+      <c r="M214" s="170"/>
       <c r="N214" s="31"/>
       <c r="O214" s="32"/>
       <c r="P214" s="32"/>
-      <c r="Q214" s="135"/>
-      <c r="R214" s="119"/>
+      <c r="Q214" s="134"/>
+      <c r="R214" s="118"/>
       <c r="S214" s="33"/>
-      <c r="T214" s="58"/>
-[...1 lines deleted...]
-      <c r="V214" s="182">
+      <c r="T214" s="57"/>
+      <c r="U214" s="58"/>
+      <c r="V214" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W214" s="178">
+      <c r="W214" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X214" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y214" s="66"/>
-[...18 lines deleted...]
-      <c r="AR214" s="63"/>
+      <c r="Y214" s="65"/>
+      <c r="Z214" s="62"/>
+      <c r="AA214" s="62"/>
+      <c r="AB214" s="62"/>
+      <c r="AC214" s="62"/>
+      <c r="AD214" s="62"/>
+      <c r="AE214" s="62"/>
+      <c r="AF214" s="62"/>
+      <c r="AG214" s="62"/>
+      <c r="AH214" s="62"/>
+      <c r="AI214" s="62"/>
+      <c r="AJ214" s="62"/>
+      <c r="AK214" s="62"/>
+      <c r="AL214" s="62"/>
+      <c r="AM214" s="62"/>
+      <c r="AN214" s="62"/>
+      <c r="AO214" s="62"/>
+      <c r="AP214" s="62"/>
+      <c r="AQ214" s="62"/>
+      <c r="AR214" s="62"/>
     </row>
     <row r="215" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A215" s="262"/>
-[...11 lines deleted...]
-      <c r="M215" s="188"/>
+      <c r="A215" s="265"/>
+      <c r="B215" s="266"/>
+      <c r="C215" s="267"/>
+      <c r="D215" s="268"/>
+      <c r="E215" s="139"/>
+      <c r="F215" s="122"/>
+      <c r="G215" s="51"/>
+      <c r="H215" s="51"/>
+      <c r="I215" s="51"/>
+      <c r="J215" s="51"/>
+      <c r="K215" s="168"/>
+      <c r="L215" s="169"/>
+      <c r="M215" s="170"/>
       <c r="N215" s="31"/>
       <c r="O215" s="32"/>
       <c r="P215" s="32"/>
-      <c r="Q215" s="135"/>
-      <c r="R215" s="119"/>
+      <c r="Q215" s="134"/>
+      <c r="R215" s="118"/>
       <c r="S215" s="33"/>
-      <c r="T215" s="58"/>
-[...1 lines deleted...]
-      <c r="V215" s="182">
+      <c r="T215" s="57"/>
+      <c r="U215" s="58"/>
+      <c r="V215" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W215" s="178">
+      <c r="W215" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X215" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y215" s="63"/>
-[...18 lines deleted...]
-      <c r="AR215" s="63"/>
+      <c r="Y215" s="62"/>
+      <c r="Z215" s="62"/>
+      <c r="AA215" s="62"/>
+      <c r="AB215" s="62"/>
+      <c r="AC215" s="62"/>
+      <c r="AD215" s="62"/>
+      <c r="AE215" s="62"/>
+      <c r="AF215" s="62"/>
+      <c r="AG215" s="62"/>
+      <c r="AH215" s="62"/>
+      <c r="AI215" s="62"/>
+      <c r="AJ215" s="62"/>
+      <c r="AK215" s="62"/>
+      <c r="AL215" s="62"/>
+      <c r="AM215" s="62"/>
+      <c r="AN215" s="62"/>
+      <c r="AO215" s="62"/>
+      <c r="AP215" s="62"/>
+      <c r="AQ215" s="62"/>
+      <c r="AR215" s="62"/>
     </row>
     <row r="216" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A216" s="262"/>
-[...11 lines deleted...]
-      <c r="M216" s="188"/>
+      <c r="A216" s="265"/>
+      <c r="B216" s="266"/>
+      <c r="C216" s="267"/>
+      <c r="D216" s="268"/>
+      <c r="E216" s="139"/>
+      <c r="F216" s="122"/>
+      <c r="G216" s="51"/>
+      <c r="H216" s="51"/>
+      <c r="I216" s="51"/>
+      <c r="J216" s="51"/>
+      <c r="K216" s="168"/>
+      <c r="L216" s="169"/>
+      <c r="M216" s="170"/>
       <c r="N216" s="31"/>
       <c r="O216" s="32"/>
       <c r="P216" s="32"/>
-      <c r="Q216" s="135"/>
-      <c r="R216" s="119"/>
+      <c r="Q216" s="134"/>
+      <c r="R216" s="118"/>
       <c r="S216" s="33"/>
-      <c r="T216" s="58"/>
-[...1 lines deleted...]
-      <c r="V216" s="182">
+      <c r="T216" s="57"/>
+      <c r="U216" s="58"/>
+      <c r="V216" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W216" s="178">
+      <c r="W216" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X216" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="Y216" s="63"/>
-[...18 lines deleted...]
-      <c r="AR216" s="63"/>
+      <c r="Y216" s="62"/>
+      <c r="Z216" s="62"/>
+      <c r="AA216" s="62"/>
+      <c r="AB216" s="62"/>
+      <c r="AC216" s="62"/>
+      <c r="AD216" s="62"/>
+      <c r="AE216" s="62"/>
+      <c r="AF216" s="62"/>
+      <c r="AG216" s="62"/>
+      <c r="AH216" s="62"/>
+      <c r="AI216" s="62"/>
+      <c r="AJ216" s="62"/>
+      <c r="AK216" s="62"/>
+      <c r="AL216" s="62"/>
+      <c r="AM216" s="62"/>
+      <c r="AN216" s="62"/>
+      <c r="AO216" s="62"/>
+      <c r="AP216" s="62"/>
+      <c r="AQ216" s="62"/>
+      <c r="AR216" s="62"/>
     </row>
     <row r="217" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A217" s="262"/>
-[...11 lines deleted...]
-      <c r="M217" s="188"/>
+      <c r="A217" s="265"/>
+      <c r="B217" s="266"/>
+      <c r="C217" s="267"/>
+      <c r="D217" s="268"/>
+      <c r="E217" s="139"/>
+      <c r="F217" s="122"/>
+      <c r="G217" s="51"/>
+      <c r="H217" s="51"/>
+      <c r="I217" s="51"/>
+      <c r="J217" s="51"/>
+      <c r="K217" s="168"/>
+      <c r="L217" s="169"/>
+      <c r="M217" s="170"/>
       <c r="N217" s="31"/>
       <c r="O217" s="32"/>
       <c r="P217" s="32"/>
-      <c r="Q217" s="135"/>
-      <c r="R217" s="119"/>
+      <c r="Q217" s="134"/>
+      <c r="R217" s="118"/>
       <c r="S217" s="33"/>
-      <c r="T217" s="58"/>
-[...1 lines deleted...]
-      <c r="V217" s="182">
+      <c r="T217" s="57"/>
+      <c r="U217" s="58"/>
+      <c r="V217" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W217" s="178">
+      <c r="W217" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X217" s="2">
         <f t="shared" ref="X217:X228" si="10">IF(E217="o",0,SUM(N217:U217))</f>
         <v>0</v>
       </c>
-      <c r="Y217" s="63"/>
-[...18 lines deleted...]
-      <c r="AR217" s="63"/>
+      <c r="Y217" s="62"/>
+      <c r="Z217" s="62"/>
+      <c r="AA217" s="62"/>
+      <c r="AB217" s="62"/>
+      <c r="AC217" s="62"/>
+      <c r="AD217" s="62"/>
+      <c r="AE217" s="62"/>
+      <c r="AF217" s="62"/>
+      <c r="AG217" s="62"/>
+      <c r="AH217" s="62"/>
+      <c r="AI217" s="62"/>
+      <c r="AJ217" s="62"/>
+      <c r="AK217" s="62"/>
+      <c r="AL217" s="62"/>
+      <c r="AM217" s="62"/>
+      <c r="AN217" s="62"/>
+      <c r="AO217" s="62"/>
+      <c r="AP217" s="62"/>
+      <c r="AQ217" s="62"/>
+      <c r="AR217" s="62"/>
     </row>
     <row r="218" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A218" s="262"/>
-[...11 lines deleted...]
-      <c r="M218" s="188"/>
+      <c r="A218" s="265"/>
+      <c r="B218" s="266"/>
+      <c r="C218" s="267"/>
+      <c r="D218" s="268"/>
+      <c r="E218" s="139"/>
+      <c r="F218" s="122"/>
+      <c r="G218" s="51"/>
+      <c r="H218" s="51"/>
+      <c r="I218" s="51"/>
+      <c r="J218" s="51"/>
+      <c r="K218" s="168"/>
+      <c r="L218" s="169"/>
+      <c r="M218" s="170"/>
       <c r="N218" s="31"/>
       <c r="O218" s="32"/>
       <c r="P218" s="32"/>
-      <c r="Q218" s="135"/>
-      <c r="R218" s="119"/>
+      <c r="Q218" s="134"/>
+      <c r="R218" s="118"/>
       <c r="S218" s="33"/>
-      <c r="T218" s="58"/>
-[...1 lines deleted...]
-      <c r="V218" s="182">
+      <c r="T218" s="57"/>
+      <c r="U218" s="58"/>
+      <c r="V218" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W218" s="178">
+      <c r="W218" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X218" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y218" s="63"/>
-[...18 lines deleted...]
-      <c r="AR218" s="63"/>
+      <c r="Y218" s="62"/>
+      <c r="Z218" s="62"/>
+      <c r="AA218" s="62"/>
+      <c r="AB218" s="62"/>
+      <c r="AC218" s="62"/>
+      <c r="AD218" s="62"/>
+      <c r="AE218" s="62"/>
+      <c r="AF218" s="62"/>
+      <c r="AG218" s="62"/>
+      <c r="AH218" s="62"/>
+      <c r="AI218" s="62"/>
+      <c r="AJ218" s="62"/>
+      <c r="AK218" s="62"/>
+      <c r="AL218" s="62"/>
+      <c r="AM218" s="62"/>
+      <c r="AN218" s="62"/>
+      <c r="AO218" s="62"/>
+      <c r="AP218" s="62"/>
+      <c r="AQ218" s="62"/>
+      <c r="AR218" s="62"/>
     </row>
     <row r="219" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="237"/>
-[...11 lines deleted...]
-      <c r="M219" s="188"/>
+      <c r="A219" s="240"/>
+      <c r="B219" s="241"/>
+      <c r="C219" s="241"/>
+      <c r="D219" s="241"/>
+      <c r="E219" s="139"/>
+      <c r="F219" s="122"/>
+      <c r="G219" s="51"/>
+      <c r="H219" s="51"/>
+      <c r="I219" s="51"/>
+      <c r="J219" s="51"/>
+      <c r="K219" s="168"/>
+      <c r="L219" s="169"/>
+      <c r="M219" s="170"/>
       <c r="N219" s="31"/>
       <c r="O219" s="32"/>
       <c r="P219" s="32"/>
-      <c r="Q219" s="135"/>
-      <c r="R219" s="119"/>
+      <c r="Q219" s="134"/>
+      <c r="R219" s="118"/>
       <c r="S219" s="33"/>
-      <c r="T219" s="58"/>
-[...1 lines deleted...]
-      <c r="V219" s="182">
+      <c r="T219" s="57"/>
+      <c r="U219" s="58"/>
+      <c r="V219" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W219" s="178">
+      <c r="W219" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X219" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y219" s="63"/>
-[...18 lines deleted...]
-      <c r="AR219" s="63"/>
+      <c r="Y219" s="62"/>
+      <c r="Z219" s="62"/>
+      <c r="AA219" s="62"/>
+      <c r="AB219" s="62"/>
+      <c r="AC219" s="62"/>
+      <c r="AD219" s="62"/>
+      <c r="AE219" s="62"/>
+      <c r="AF219" s="62"/>
+      <c r="AG219" s="62"/>
+      <c r="AH219" s="62"/>
+      <c r="AI219" s="62"/>
+      <c r="AJ219" s="62"/>
+      <c r="AK219" s="62"/>
+      <c r="AL219" s="62"/>
+      <c r="AM219" s="62"/>
+      <c r="AN219" s="62"/>
+      <c r="AO219" s="62"/>
+      <c r="AP219" s="62"/>
+      <c r="AQ219" s="62"/>
+      <c r="AR219" s="62"/>
     </row>
     <row r="220" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A220" s="262"/>
-[...11 lines deleted...]
-      <c r="M220" s="188"/>
+      <c r="A220" s="265"/>
+      <c r="B220" s="266"/>
+      <c r="C220" s="267"/>
+      <c r="D220" s="268"/>
+      <c r="E220" s="139"/>
+      <c r="F220" s="122"/>
+      <c r="G220" s="51"/>
+      <c r="H220" s="51"/>
+      <c r="I220" s="51"/>
+      <c r="J220" s="51"/>
+      <c r="K220" s="168"/>
+      <c r="L220" s="169"/>
+      <c r="M220" s="170"/>
       <c r="N220" s="31"/>
       <c r="O220" s="32"/>
       <c r="P220" s="32"/>
-      <c r="Q220" s="135"/>
-      <c r="R220" s="119"/>
+      <c r="Q220" s="134"/>
+      <c r="R220" s="118"/>
       <c r="S220" s="33"/>
-      <c r="T220" s="58"/>
-[...1 lines deleted...]
-      <c r="V220" s="182">
+      <c r="T220" s="57"/>
+      <c r="U220" s="58"/>
+      <c r="V220" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W220" s="178">
+      <c r="W220" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X220" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y220" s="63"/>
-[...18 lines deleted...]
-      <c r="AR220" s="63"/>
+      <c r="Y220" s="62"/>
+      <c r="Z220" s="62"/>
+      <c r="AA220" s="62"/>
+      <c r="AB220" s="62"/>
+      <c r="AC220" s="62"/>
+      <c r="AD220" s="62"/>
+      <c r="AE220" s="62"/>
+      <c r="AF220" s="62"/>
+      <c r="AG220" s="62"/>
+      <c r="AH220" s="62"/>
+      <c r="AI220" s="62"/>
+      <c r="AJ220" s="62"/>
+      <c r="AK220" s="62"/>
+      <c r="AL220" s="62"/>
+      <c r="AM220" s="62"/>
+      <c r="AN220" s="62"/>
+      <c r="AO220" s="62"/>
+      <c r="AP220" s="62"/>
+      <c r="AQ220" s="62"/>
+      <c r="AR220" s="62"/>
     </row>
     <row r="221" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A221" s="306"/>
-[...11 lines deleted...]
-      <c r="M221" s="188"/>
+      <c r="A221" s="309"/>
+      <c r="B221" s="310"/>
+      <c r="C221" s="310"/>
+      <c r="D221" s="310"/>
+      <c r="E221" s="139"/>
+      <c r="F221" s="122"/>
+      <c r="G221" s="51"/>
+      <c r="H221" s="51"/>
+      <c r="I221" s="51"/>
+      <c r="J221" s="51"/>
+      <c r="K221" s="168"/>
+      <c r="L221" s="169"/>
+      <c r="M221" s="170"/>
       <c r="N221" s="31"/>
       <c r="O221" s="32"/>
       <c r="P221" s="32"/>
-      <c r="Q221" s="135"/>
-      <c r="R221" s="119"/>
+      <c r="Q221" s="134"/>
+      <c r="R221" s="118"/>
       <c r="S221" s="33"/>
-      <c r="T221" s="58"/>
-[...1 lines deleted...]
-      <c r="V221" s="182">
+      <c r="T221" s="57"/>
+      <c r="U221" s="58"/>
+      <c r="V221" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W221" s="178">
+      <c r="W221" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X221" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y221" s="63"/>
-[...18 lines deleted...]
-      <c r="AR221" s="63"/>
+      <c r="Y221" s="62"/>
+      <c r="Z221" s="62"/>
+      <c r="AA221" s="62"/>
+      <c r="AB221" s="62"/>
+      <c r="AC221" s="62"/>
+      <c r="AD221" s="62"/>
+      <c r="AE221" s="62"/>
+      <c r="AF221" s="62"/>
+      <c r="AG221" s="62"/>
+      <c r="AH221" s="62"/>
+      <c r="AI221" s="62"/>
+      <c r="AJ221" s="62"/>
+      <c r="AK221" s="62"/>
+      <c r="AL221" s="62"/>
+      <c r="AM221" s="62"/>
+      <c r="AN221" s="62"/>
+      <c r="AO221" s="62"/>
+      <c r="AP221" s="62"/>
+      <c r="AQ221" s="62"/>
+      <c r="AR221" s="62"/>
     </row>
     <row r="222" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A222" s="237"/>
-[...11 lines deleted...]
-      <c r="M222" s="188"/>
+      <c r="A222" s="240"/>
+      <c r="B222" s="241"/>
+      <c r="C222" s="241"/>
+      <c r="D222" s="241"/>
+      <c r="E222" s="139"/>
+      <c r="F222" s="122"/>
+      <c r="G222" s="51"/>
+      <c r="H222" s="51"/>
+      <c r="I222" s="51"/>
+      <c r="J222" s="51"/>
+      <c r="K222" s="168"/>
+      <c r="L222" s="169"/>
+      <c r="M222" s="170"/>
       <c r="N222" s="31"/>
       <c r="O222" s="32"/>
       <c r="P222" s="32"/>
-      <c r="Q222" s="135"/>
-      <c r="R222" s="119"/>
+      <c r="Q222" s="134"/>
+      <c r="R222" s="118"/>
       <c r="S222" s="33"/>
-      <c r="T222" s="58"/>
-[...1 lines deleted...]
-      <c r="V222" s="182">
+      <c r="T222" s="57"/>
+      <c r="U222" s="58"/>
+      <c r="V222" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W222" s="178">
+      <c r="W222" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X222" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y222" s="63"/>
-[...18 lines deleted...]
-      <c r="AR222" s="63"/>
+      <c r="Y222" s="62"/>
+      <c r="Z222" s="62"/>
+      <c r="AA222" s="62"/>
+      <c r="AB222" s="62"/>
+      <c r="AC222" s="62"/>
+      <c r="AD222" s="62"/>
+      <c r="AE222" s="62"/>
+      <c r="AF222" s="62"/>
+      <c r="AG222" s="62"/>
+      <c r="AH222" s="62"/>
+      <c r="AI222" s="62"/>
+      <c r="AJ222" s="62"/>
+      <c r="AK222" s="62"/>
+      <c r="AL222" s="62"/>
+      <c r="AM222" s="62"/>
+      <c r="AN222" s="62"/>
+      <c r="AO222" s="62"/>
+      <c r="AP222" s="62"/>
+      <c r="AQ222" s="62"/>
+      <c r="AR222" s="62"/>
     </row>
     <row r="223" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A223" s="308"/>
-[...11 lines deleted...]
-      <c r="M223" s="188"/>
+      <c r="A223" s="311"/>
+      <c r="B223" s="312"/>
+      <c r="C223" s="312"/>
+      <c r="D223" s="312"/>
+      <c r="E223" s="139"/>
+      <c r="F223" s="122"/>
+      <c r="G223" s="51"/>
+      <c r="H223" s="51"/>
+      <c r="I223" s="51"/>
+      <c r="J223" s="51"/>
+      <c r="K223" s="168"/>
+      <c r="L223" s="169"/>
+      <c r="M223" s="170"/>
       <c r="N223" s="31"/>
       <c r="O223" s="32"/>
       <c r="P223" s="32"/>
-      <c r="Q223" s="135"/>
-      <c r="R223" s="119"/>
+      <c r="Q223" s="134"/>
+      <c r="R223" s="118"/>
       <c r="S223" s="33"/>
-      <c r="T223" s="58"/>
-[...1 lines deleted...]
-      <c r="V223" s="182">
+      <c r="T223" s="57"/>
+      <c r="U223" s="58"/>
+      <c r="V223" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W223" s="178">
+      <c r="W223" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X223" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y223" s="63"/>
-[...18 lines deleted...]
-      <c r="AR223" s="63"/>
+      <c r="Y223" s="62"/>
+      <c r="Z223" s="62"/>
+      <c r="AA223" s="62"/>
+      <c r="AB223" s="62"/>
+      <c r="AC223" s="62"/>
+      <c r="AD223" s="62"/>
+      <c r="AE223" s="62"/>
+      <c r="AF223" s="62"/>
+      <c r="AG223" s="62"/>
+      <c r="AH223" s="62"/>
+      <c r="AI223" s="62"/>
+      <c r="AJ223" s="62"/>
+      <c r="AK223" s="62"/>
+      <c r="AL223" s="62"/>
+      <c r="AM223" s="62"/>
+      <c r="AN223" s="62"/>
+      <c r="AO223" s="62"/>
+      <c r="AP223" s="62"/>
+      <c r="AQ223" s="62"/>
+      <c r="AR223" s="62"/>
     </row>
     <row r="224" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A224" s="237"/>
-[...11 lines deleted...]
-      <c r="M224" s="188"/>
+      <c r="A224" s="240"/>
+      <c r="B224" s="241"/>
+      <c r="C224" s="241"/>
+      <c r="D224" s="241"/>
+      <c r="E224" s="139"/>
+      <c r="F224" s="122"/>
+      <c r="G224" s="51"/>
+      <c r="H224" s="51"/>
+      <c r="I224" s="51"/>
+      <c r="J224" s="51"/>
+      <c r="K224" s="168"/>
+      <c r="L224" s="169"/>
+      <c r="M224" s="170"/>
       <c r="N224" s="31"/>
       <c r="O224" s="32"/>
       <c r="P224" s="32"/>
-      <c r="Q224" s="135"/>
-      <c r="R224" s="119"/>
+      <c r="Q224" s="134"/>
+      <c r="R224" s="118"/>
       <c r="S224" s="33"/>
-      <c r="T224" s="58"/>
-[...1 lines deleted...]
-      <c r="V224" s="182">
+      <c r="T224" s="57"/>
+      <c r="U224" s="58"/>
+      <c r="V224" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W224" s="178">
+      <c r="W224" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X224" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y224" s="63"/>
-[...18 lines deleted...]
-      <c r="AR224" s="63"/>
+      <c r="Y224" s="62"/>
+      <c r="Z224" s="62"/>
+      <c r="AA224" s="62"/>
+      <c r="AB224" s="62"/>
+      <c r="AC224" s="62"/>
+      <c r="AD224" s="62"/>
+      <c r="AE224" s="62"/>
+      <c r="AF224" s="62"/>
+      <c r="AG224" s="62"/>
+      <c r="AH224" s="62"/>
+      <c r="AI224" s="62"/>
+      <c r="AJ224" s="62"/>
+      <c r="AK224" s="62"/>
+      <c r="AL224" s="62"/>
+      <c r="AM224" s="62"/>
+      <c r="AN224" s="62"/>
+      <c r="AO224" s="62"/>
+      <c r="AP224" s="62"/>
+      <c r="AQ224" s="62"/>
+      <c r="AR224" s="62"/>
     </row>
     <row r="225" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A225" s="237"/>
-[...11 lines deleted...]
-      <c r="M225" s="188"/>
+      <c r="A225" s="240"/>
+      <c r="B225" s="241"/>
+      <c r="C225" s="241"/>
+      <c r="D225" s="241"/>
+      <c r="E225" s="139"/>
+      <c r="F225" s="122"/>
+      <c r="G225" s="51"/>
+      <c r="H225" s="51"/>
+      <c r="I225" s="51"/>
+      <c r="J225" s="51"/>
+      <c r="K225" s="168"/>
+      <c r="L225" s="169"/>
+      <c r="M225" s="170"/>
       <c r="N225" s="31"/>
       <c r="O225" s="32"/>
       <c r="P225" s="32"/>
-      <c r="Q225" s="135"/>
-      <c r="R225" s="119"/>
+      <c r="Q225" s="134"/>
+      <c r="R225" s="118"/>
       <c r="S225" s="33"/>
-      <c r="T225" s="58"/>
-[...1 lines deleted...]
-      <c r="V225" s="182">
+      <c r="T225" s="57"/>
+      <c r="U225" s="58"/>
+      <c r="V225" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W225" s="178">
+      <c r="W225" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X225" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y225" s="63"/>
-[...18 lines deleted...]
-      <c r="AR225" s="63"/>
+      <c r="Y225" s="62"/>
+      <c r="Z225" s="62"/>
+      <c r="AA225" s="62"/>
+      <c r="AB225" s="62"/>
+      <c r="AC225" s="62"/>
+      <c r="AD225" s="62"/>
+      <c r="AE225" s="62"/>
+      <c r="AF225" s="62"/>
+      <c r="AG225" s="62"/>
+      <c r="AH225" s="62"/>
+      <c r="AI225" s="62"/>
+      <c r="AJ225" s="62"/>
+      <c r="AK225" s="62"/>
+      <c r="AL225" s="62"/>
+      <c r="AM225" s="62"/>
+      <c r="AN225" s="62"/>
+      <c r="AO225" s="62"/>
+      <c r="AP225" s="62"/>
+      <c r="AQ225" s="62"/>
+      <c r="AR225" s="62"/>
     </row>
     <row r="226" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A226" s="262"/>
-[...11 lines deleted...]
-      <c r="M226" s="188"/>
+      <c r="A226" s="265"/>
+      <c r="B226" s="266"/>
+      <c r="C226" s="267"/>
+      <c r="D226" s="268"/>
+      <c r="E226" s="139"/>
+      <c r="F226" s="122"/>
+      <c r="G226" s="51"/>
+      <c r="H226" s="51"/>
+      <c r="I226" s="51"/>
+      <c r="J226" s="51"/>
+      <c r="K226" s="168"/>
+      <c r="L226" s="169"/>
+      <c r="M226" s="170"/>
       <c r="N226" s="31"/>
       <c r="O226" s="32"/>
       <c r="P226" s="32"/>
-      <c r="Q226" s="135"/>
-      <c r="R226" s="119"/>
+      <c r="Q226" s="134"/>
+      <c r="R226" s="118"/>
       <c r="S226" s="33"/>
-      <c r="T226" s="58"/>
-[...1 lines deleted...]
-      <c r="V226" s="182">
+      <c r="T226" s="57"/>
+      <c r="U226" s="58"/>
+      <c r="V226" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W226" s="178">
+      <c r="W226" s="197">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X226" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y226" s="63"/>
-[...18 lines deleted...]
-      <c r="AR226" s="63"/>
+      <c r="Y226" s="62"/>
+      <c r="Z226" s="62"/>
+      <c r="AA226" s="62"/>
+      <c r="AB226" s="62"/>
+      <c r="AC226" s="62"/>
+      <c r="AD226" s="62"/>
+      <c r="AE226" s="62"/>
+      <c r="AF226" s="62"/>
+      <c r="AG226" s="62"/>
+      <c r="AH226" s="62"/>
+      <c r="AI226" s="62"/>
+      <c r="AJ226" s="62"/>
+      <c r="AK226" s="62"/>
+      <c r="AL226" s="62"/>
+      <c r="AM226" s="62"/>
+      <c r="AN226" s="62"/>
+      <c r="AO226" s="62"/>
+      <c r="AP226" s="62"/>
+      <c r="AQ226" s="62"/>
+      <c r="AR226" s="62"/>
     </row>
     <row r="227" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A227" s="262"/>
-[...11 lines deleted...]
-      <c r="M227" s="188"/>
+      <c r="A227" s="265"/>
+      <c r="B227" s="266"/>
+      <c r="C227" s="267"/>
+      <c r="D227" s="268"/>
+      <c r="E227" s="139"/>
+      <c r="F227" s="122"/>
+      <c r="G227" s="51"/>
+      <c r="H227" s="51"/>
+      <c r="I227" s="51"/>
+      <c r="J227" s="51"/>
+      <c r="K227" s="168"/>
+      <c r="L227" s="169"/>
+      <c r="M227" s="170"/>
       <c r="N227" s="31"/>
       <c r="O227" s="32"/>
       <c r="P227" s="32"/>
-      <c r="Q227" s="135"/>
-      <c r="R227" s="119"/>
+      <c r="Q227" s="134"/>
+      <c r="R227" s="118"/>
       <c r="S227" s="33"/>
-      <c r="T227" s="58"/>
-[...1 lines deleted...]
-      <c r="V227" s="182">
+      <c r="T227" s="57"/>
+      <c r="U227" s="58"/>
+      <c r="V227" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W227" s="178">
+      <c r="W227" s="197">
         <f t="shared" ref="W227:W277" si="11">IF(E227="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E227="b",(F227/12*N227)+(G227/12*O227)+(H227/12*P227)+(I227/12*Q227)+(J227/12*R227)+(K227/12*S227)+(L227/12*T227)+(M227/12*U227),0),(F227*1.2%*$F$17/12*N227)+(G227*1.2%*$G$17/12*O227)+(H227*1.2%*$H$17/12*P227)+(I227*1.2%*$I$17/12*Q227)+(J227*1.2%*$J$17/12*R227)+(K227*1.2%*$K$17/12*S227)+(L227*1.2%*$L$17/12*T227)+(M227*1.2%*$M$17/12*U227)))</f>
         <v>0</v>
       </c>
       <c r="X227" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y227" s="63"/>
-[...18 lines deleted...]
-      <c r="AR227" s="63"/>
+      <c r="Y227" s="62"/>
+      <c r="Z227" s="62"/>
+      <c r="AA227" s="62"/>
+      <c r="AB227" s="62"/>
+      <c r="AC227" s="62"/>
+      <c r="AD227" s="62"/>
+      <c r="AE227" s="62"/>
+      <c r="AF227" s="62"/>
+      <c r="AG227" s="62"/>
+      <c r="AH227" s="62"/>
+      <c r="AI227" s="62"/>
+      <c r="AJ227" s="62"/>
+      <c r="AK227" s="62"/>
+      <c r="AL227" s="62"/>
+      <c r="AM227" s="62"/>
+      <c r="AN227" s="62"/>
+      <c r="AO227" s="62"/>
+      <c r="AP227" s="62"/>
+      <c r="AQ227" s="62"/>
+      <c r="AR227" s="62"/>
     </row>
     <row r="228" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A228" s="262"/>
-[...11 lines deleted...]
-      <c r="M228" s="188"/>
+      <c r="A228" s="265"/>
+      <c r="B228" s="266"/>
+      <c r="C228" s="267"/>
+      <c r="D228" s="268"/>
+      <c r="E228" s="139"/>
+      <c r="F228" s="122"/>
+      <c r="G228" s="51"/>
+      <c r="H228" s="51"/>
+      <c r="I228" s="51"/>
+      <c r="J228" s="51"/>
+      <c r="K228" s="168"/>
+      <c r="L228" s="169"/>
+      <c r="M228" s="170"/>
       <c r="N228" s="31"/>
       <c r="O228" s="32"/>
       <c r="P228" s="32"/>
-      <c r="Q228" s="135"/>
-      <c r="R228" s="119"/>
+      <c r="Q228" s="134"/>
+      <c r="R228" s="118"/>
       <c r="S228" s="33"/>
-      <c r="T228" s="58"/>
-[...1 lines deleted...]
-      <c r="V228" s="182">
+      <c r="T228" s="57"/>
+      <c r="U228" s="58"/>
+      <c r="V228" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W228" s="178">
+      <c r="W228" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X228" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Y228" s="63"/>
-[...18 lines deleted...]
-      <c r="AR228" s="63"/>
+      <c r="Y228" s="62"/>
+      <c r="Z228" s="62"/>
+      <c r="AA228" s="62"/>
+      <c r="AB228" s="62"/>
+      <c r="AC228" s="62"/>
+      <c r="AD228" s="62"/>
+      <c r="AE228" s="62"/>
+      <c r="AF228" s="62"/>
+      <c r="AG228" s="62"/>
+      <c r="AH228" s="62"/>
+      <c r="AI228" s="62"/>
+      <c r="AJ228" s="62"/>
+      <c r="AK228" s="62"/>
+      <c r="AL228" s="62"/>
+      <c r="AM228" s="62"/>
+      <c r="AN228" s="62"/>
+      <c r="AO228" s="62"/>
+      <c r="AP228" s="62"/>
+      <c r="AQ228" s="62"/>
+      <c r="AR228" s="62"/>
     </row>
     <row r="229" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A229" s="262"/>
-[...11 lines deleted...]
-      <c r="M229" s="188"/>
+      <c r="A229" s="265"/>
+      <c r="B229" s="266"/>
+      <c r="C229" s="267"/>
+      <c r="D229" s="268"/>
+      <c r="E229" s="139"/>
+      <c r="F229" s="122"/>
+      <c r="G229" s="51"/>
+      <c r="H229" s="51"/>
+      <c r="I229" s="51"/>
+      <c r="J229" s="51"/>
+      <c r="K229" s="168"/>
+      <c r="L229" s="169"/>
+      <c r="M229" s="170"/>
       <c r="N229" s="31"/>
       <c r="O229" s="32"/>
       <c r="P229" s="32"/>
-      <c r="Q229" s="135"/>
-      <c r="R229" s="119"/>
+      <c r="Q229" s="134"/>
+      <c r="R229" s="118"/>
       <c r="S229" s="33"/>
-      <c r="T229" s="58"/>
-[...1 lines deleted...]
-      <c r="V229" s="182">
+      <c r="T229" s="57"/>
+      <c r="U229" s="58"/>
+      <c r="V229" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W229" s="178">
+      <c r="W229" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X229" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y229" s="63"/>
-[...18 lines deleted...]
-      <c r="AR229" s="63"/>
+      <c r="Y229" s="62"/>
+      <c r="Z229" s="62"/>
+      <c r="AA229" s="62"/>
+      <c r="AB229" s="62"/>
+      <c r="AC229" s="62"/>
+      <c r="AD229" s="62"/>
+      <c r="AE229" s="62"/>
+      <c r="AF229" s="62"/>
+      <c r="AG229" s="62"/>
+      <c r="AH229" s="62"/>
+      <c r="AI229" s="62"/>
+      <c r="AJ229" s="62"/>
+      <c r="AK229" s="62"/>
+      <c r="AL229" s="62"/>
+      <c r="AM229" s="62"/>
+      <c r="AN229" s="62"/>
+      <c r="AO229" s="62"/>
+      <c r="AP229" s="62"/>
+      <c r="AQ229" s="62"/>
+      <c r="AR229" s="62"/>
     </row>
     <row r="230" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A230" s="262"/>
-[...11 lines deleted...]
-      <c r="M230" s="188"/>
+      <c r="A230" s="265"/>
+      <c r="B230" s="266"/>
+      <c r="C230" s="267"/>
+      <c r="D230" s="268"/>
+      <c r="E230" s="139"/>
+      <c r="F230" s="122"/>
+      <c r="G230" s="51"/>
+      <c r="H230" s="51"/>
+      <c r="I230" s="51"/>
+      <c r="J230" s="51"/>
+      <c r="K230" s="168"/>
+      <c r="L230" s="169"/>
+      <c r="M230" s="170"/>
       <c r="N230" s="31"/>
       <c r="O230" s="32"/>
       <c r="P230" s="32"/>
-      <c r="Q230" s="135"/>
-      <c r="R230" s="119"/>
+      <c r="Q230" s="134"/>
+      <c r="R230" s="118"/>
       <c r="S230" s="33"/>
-      <c r="T230" s="58"/>
-[...1 lines deleted...]
-      <c r="V230" s="182">
+      <c r="T230" s="57"/>
+      <c r="U230" s="58"/>
+      <c r="V230" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W230" s="178">
+      <c r="W230" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X230" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y230" s="63"/>
-[...18 lines deleted...]
-      <c r="AR230" s="63"/>
+      <c r="Y230" s="62"/>
+      <c r="Z230" s="62"/>
+      <c r="AA230" s="62"/>
+      <c r="AB230" s="62"/>
+      <c r="AC230" s="62"/>
+      <c r="AD230" s="62"/>
+      <c r="AE230" s="62"/>
+      <c r="AF230" s="62"/>
+      <c r="AG230" s="62"/>
+      <c r="AH230" s="62"/>
+      <c r="AI230" s="62"/>
+      <c r="AJ230" s="62"/>
+      <c r="AK230" s="62"/>
+      <c r="AL230" s="62"/>
+      <c r="AM230" s="62"/>
+      <c r="AN230" s="62"/>
+      <c r="AO230" s="62"/>
+      <c r="AP230" s="62"/>
+      <c r="AQ230" s="62"/>
+      <c r="AR230" s="62"/>
     </row>
     <row r="231" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A231" s="262"/>
-[...11 lines deleted...]
-      <c r="M231" s="188"/>
+      <c r="A231" s="265"/>
+      <c r="B231" s="266"/>
+      <c r="C231" s="267"/>
+      <c r="D231" s="268"/>
+      <c r="E231" s="139"/>
+      <c r="F231" s="122"/>
+      <c r="G231" s="51"/>
+      <c r="H231" s="51"/>
+      <c r="I231" s="51"/>
+      <c r="J231" s="51"/>
+      <c r="K231" s="168"/>
+      <c r="L231" s="169"/>
+      <c r="M231" s="170"/>
       <c r="N231" s="31"/>
       <c r="O231" s="32"/>
       <c r="P231" s="32"/>
-      <c r="Q231" s="135"/>
-      <c r="R231" s="119"/>
+      <c r="Q231" s="134"/>
+      <c r="R231" s="118"/>
       <c r="S231" s="33"/>
-      <c r="T231" s="58"/>
-[...1 lines deleted...]
-      <c r="V231" s="182">
+      <c r="T231" s="57"/>
+      <c r="U231" s="58"/>
+      <c r="V231" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W231" s="178">
+      <c r="W231" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X231" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y231" s="63"/>
-[...18 lines deleted...]
-      <c r="AR231" s="63"/>
+      <c r="Y231" s="62"/>
+      <c r="Z231" s="62"/>
+      <c r="AA231" s="62"/>
+      <c r="AB231" s="62"/>
+      <c r="AC231" s="62"/>
+      <c r="AD231" s="62"/>
+      <c r="AE231" s="62"/>
+      <c r="AF231" s="62"/>
+      <c r="AG231" s="62"/>
+      <c r="AH231" s="62"/>
+      <c r="AI231" s="62"/>
+      <c r="AJ231" s="62"/>
+      <c r="AK231" s="62"/>
+      <c r="AL231" s="62"/>
+      <c r="AM231" s="62"/>
+      <c r="AN231" s="62"/>
+      <c r="AO231" s="62"/>
+      <c r="AP231" s="62"/>
+      <c r="AQ231" s="62"/>
+      <c r="AR231" s="62"/>
     </row>
     <row r="232" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A232" s="262"/>
-[...11 lines deleted...]
-      <c r="M232" s="188"/>
+      <c r="A232" s="265"/>
+      <c r="B232" s="266"/>
+      <c r="C232" s="267"/>
+      <c r="D232" s="268"/>
+      <c r="E232" s="139"/>
+      <c r="F232" s="121"/>
+      <c r="G232" s="50"/>
+      <c r="H232" s="50"/>
+      <c r="I232" s="51"/>
+      <c r="J232" s="51"/>
+      <c r="K232" s="168"/>
+      <c r="L232" s="169"/>
+      <c r="M232" s="170"/>
       <c r="N232" s="31"/>
       <c r="O232" s="32"/>
       <c r="P232" s="32"/>
-      <c r="Q232" s="135"/>
-      <c r="R232" s="119"/>
+      <c r="Q232" s="134"/>
+      <c r="R232" s="118"/>
       <c r="S232" s="33"/>
-      <c r="T232" s="58"/>
-[...1 lines deleted...]
-      <c r="V232" s="182">
+      <c r="T232" s="57"/>
+      <c r="U232" s="58"/>
+      <c r="V232" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W232" s="178">
+      <c r="W232" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X232" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y232" s="63"/>
-[...18 lines deleted...]
-      <c r="AR232" s="63"/>
+      <c r="Y232" s="62"/>
+      <c r="Z232" s="62"/>
+      <c r="AA232" s="62"/>
+      <c r="AB232" s="62"/>
+      <c r="AC232" s="62"/>
+      <c r="AD232" s="62"/>
+      <c r="AE232" s="62"/>
+      <c r="AF232" s="62"/>
+      <c r="AG232" s="62"/>
+      <c r="AH232" s="62"/>
+      <c r="AI232" s="62"/>
+      <c r="AJ232" s="62"/>
+      <c r="AK232" s="62"/>
+      <c r="AL232" s="62"/>
+      <c r="AM232" s="62"/>
+      <c r="AN232" s="62"/>
+      <c r="AO232" s="62"/>
+      <c r="AP232" s="62"/>
+      <c r="AQ232" s="62"/>
+      <c r="AR232" s="62"/>
     </row>
     <row r="233" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A233" s="310"/>
-[...6 lines deleted...]
-      <c r="H233" s="53"/>
+      <c r="A233" s="313"/>
+      <c r="B233" s="314"/>
+      <c r="C233" s="315"/>
+      <c r="D233" s="316"/>
+      <c r="E233" s="139"/>
+      <c r="F233" s="123"/>
+      <c r="G233" s="52"/>
+      <c r="H233" s="52"/>
       <c r="I233" s="30"/>
       <c r="J233" s="30"/>
-      <c r="K233" s="186"/>
-[...1 lines deleted...]
-      <c r="M233" s="188"/>
+      <c r="K233" s="168"/>
+      <c r="L233" s="169"/>
+      <c r="M233" s="170"/>
       <c r="N233" s="31"/>
       <c r="O233" s="32"/>
       <c r="P233" s="32"/>
-      <c r="Q233" s="135"/>
-      <c r="R233" s="119"/>
+      <c r="Q233" s="134"/>
+      <c r="R233" s="118"/>
       <c r="S233" s="33"/>
-      <c r="T233" s="58"/>
-[...1 lines deleted...]
-      <c r="V233" s="182">
+      <c r="T233" s="57"/>
+      <c r="U233" s="58"/>
+      <c r="V233" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W233" s="178">
+      <c r="W233" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X233" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y233" s="63"/>
-[...18 lines deleted...]
-      <c r="AR233" s="63"/>
+      <c r="Y233" s="62"/>
+      <c r="Z233" s="62"/>
+      <c r="AA233" s="62"/>
+      <c r="AB233" s="62"/>
+      <c r="AC233" s="62"/>
+      <c r="AD233" s="62"/>
+      <c r="AE233" s="62"/>
+      <c r="AF233" s="62"/>
+      <c r="AG233" s="62"/>
+      <c r="AH233" s="62"/>
+      <c r="AI233" s="62"/>
+      <c r="AJ233" s="62"/>
+      <c r="AK233" s="62"/>
+      <c r="AL233" s="62"/>
+      <c r="AM233" s="62"/>
+      <c r="AN233" s="62"/>
+      <c r="AO233" s="62"/>
+      <c r="AP233" s="62"/>
+      <c r="AQ233" s="62"/>
+      <c r="AR233" s="62"/>
     </row>
     <row r="234" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A234" s="314"/>
-[...4 lines deleted...]
-      <c r="F234" s="125"/>
+      <c r="A234" s="317"/>
+      <c r="B234" s="318"/>
+      <c r="C234" s="318"/>
+      <c r="D234" s="318"/>
+      <c r="E234" s="139"/>
+      <c r="F234" s="124"/>
       <c r="G234" s="30"/>
       <c r="H234" s="30"/>
       <c r="I234" s="30"/>
       <c r="J234" s="30"/>
-      <c r="K234" s="186"/>
-[...1 lines deleted...]
-      <c r="M234" s="188"/>
+      <c r="K234" s="168"/>
+      <c r="L234" s="169"/>
+      <c r="M234" s="170"/>
       <c r="N234" s="31"/>
       <c r="O234" s="32"/>
       <c r="P234" s="32"/>
-      <c r="Q234" s="135"/>
-      <c r="R234" s="119"/>
+      <c r="Q234" s="134"/>
+      <c r="R234" s="118"/>
       <c r="S234" s="33"/>
-      <c r="T234" s="58"/>
-[...1 lines deleted...]
-      <c r="V234" s="182">
+      <c r="T234" s="57"/>
+      <c r="U234" s="58"/>
+      <c r="V234" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W234" s="178">
+      <c r="W234" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X234" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y234" s="63"/>
-[...18 lines deleted...]
-      <c r="AR234" s="63"/>
+      <c r="Y234" s="62"/>
+      <c r="Z234" s="62"/>
+      <c r="AA234" s="62"/>
+      <c r="AB234" s="62"/>
+      <c r="AC234" s="62"/>
+      <c r="AD234" s="62"/>
+      <c r="AE234" s="62"/>
+      <c r="AF234" s="62"/>
+      <c r="AG234" s="62"/>
+      <c r="AH234" s="62"/>
+      <c r="AI234" s="62"/>
+      <c r="AJ234" s="62"/>
+      <c r="AK234" s="62"/>
+      <c r="AL234" s="62"/>
+      <c r="AM234" s="62"/>
+      <c r="AN234" s="62"/>
+      <c r="AO234" s="62"/>
+      <c r="AP234" s="62"/>
+      <c r="AQ234" s="62"/>
+      <c r="AR234" s="62"/>
     </row>
     <row r="235" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A235" s="314"/>
-[...11 lines deleted...]
-      <c r="M235" s="188"/>
+      <c r="A235" s="317"/>
+      <c r="B235" s="318"/>
+      <c r="C235" s="318"/>
+      <c r="D235" s="318"/>
+      <c r="E235" s="139"/>
+      <c r="F235" s="123"/>
+      <c r="G235" s="52"/>
+      <c r="H235" s="52"/>
+      <c r="I235" s="52"/>
+      <c r="J235" s="52"/>
+      <c r="K235" s="168"/>
+      <c r="L235" s="169"/>
+      <c r="M235" s="170"/>
       <c r="N235" s="31"/>
       <c r="O235" s="32"/>
       <c r="P235" s="32"/>
-      <c r="Q235" s="135"/>
-      <c r="R235" s="119"/>
+      <c r="Q235" s="134"/>
+      <c r="R235" s="118"/>
       <c r="S235" s="33"/>
-      <c r="T235" s="58"/>
-[...1 lines deleted...]
-      <c r="V235" s="182">
+      <c r="T235" s="57"/>
+      <c r="U235" s="58"/>
+      <c r="V235" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W235" s="178">
+      <c r="W235" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X235" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y235" s="63"/>
-[...18 lines deleted...]
-      <c r="AR235" s="63"/>
+      <c r="Y235" s="62"/>
+      <c r="Z235" s="62"/>
+      <c r="AA235" s="62"/>
+      <c r="AB235" s="62"/>
+      <c r="AC235" s="62"/>
+      <c r="AD235" s="62"/>
+      <c r="AE235" s="62"/>
+      <c r="AF235" s="62"/>
+      <c r="AG235" s="62"/>
+      <c r="AH235" s="62"/>
+      <c r="AI235" s="62"/>
+      <c r="AJ235" s="62"/>
+      <c r="AK235" s="62"/>
+      <c r="AL235" s="62"/>
+      <c r="AM235" s="62"/>
+      <c r="AN235" s="62"/>
+      <c r="AO235" s="62"/>
+      <c r="AP235" s="62"/>
+      <c r="AQ235" s="62"/>
+      <c r="AR235" s="62"/>
     </row>
     <row r="236" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A236" s="314"/>
-[...11 lines deleted...]
-      <c r="M236" s="188"/>
+      <c r="A236" s="317"/>
+      <c r="B236" s="318"/>
+      <c r="C236" s="318"/>
+      <c r="D236" s="318"/>
+      <c r="E236" s="139"/>
+      <c r="F236" s="125"/>
+      <c r="G236" s="59"/>
+      <c r="H236" s="59"/>
+      <c r="I236" s="128"/>
+      <c r="J236" s="52"/>
+      <c r="K236" s="168"/>
+      <c r="L236" s="169"/>
+      <c r="M236" s="170"/>
       <c r="N236" s="31"/>
       <c r="O236" s="32"/>
       <c r="P236" s="32"/>
-      <c r="Q236" s="135"/>
-      <c r="R236" s="119"/>
+      <c r="Q236" s="134"/>
+      <c r="R236" s="118"/>
       <c r="S236" s="33"/>
-      <c r="T236" s="58"/>
-[...1 lines deleted...]
-      <c r="V236" s="182">
+      <c r="T236" s="57"/>
+      <c r="U236" s="58"/>
+      <c r="V236" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W236" s="178">
+      <c r="W236" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X236" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y236" s="63"/>
-[...18 lines deleted...]
-      <c r="AR236" s="63"/>
+      <c r="Y236" s="62"/>
+      <c r="Z236" s="62"/>
+      <c r="AA236" s="62"/>
+      <c r="AB236" s="62"/>
+      <c r="AC236" s="62"/>
+      <c r="AD236" s="62"/>
+      <c r="AE236" s="62"/>
+      <c r="AF236" s="62"/>
+      <c r="AG236" s="62"/>
+      <c r="AH236" s="62"/>
+      <c r="AI236" s="62"/>
+      <c r="AJ236" s="62"/>
+      <c r="AK236" s="62"/>
+      <c r="AL236" s="62"/>
+      <c r="AM236" s="62"/>
+      <c r="AN236" s="62"/>
+      <c r="AO236" s="62"/>
+      <c r="AP236" s="62"/>
+      <c r="AQ236" s="62"/>
+      <c r="AR236" s="62"/>
     </row>
     <row r="237" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A237" s="314"/>
-[...4 lines deleted...]
-      <c r="F237" s="125"/>
+      <c r="A237" s="317"/>
+      <c r="B237" s="318"/>
+      <c r="C237" s="318"/>
+      <c r="D237" s="318"/>
+      <c r="E237" s="139"/>
+      <c r="F237" s="124"/>
       <c r="G237" s="30"/>
       <c r="H237" s="30"/>
       <c r="I237" s="30"/>
       <c r="J237" s="30"/>
-      <c r="K237" s="186"/>
-[...1 lines deleted...]
-      <c r="M237" s="188"/>
+      <c r="K237" s="168"/>
+      <c r="L237" s="169"/>
+      <c r="M237" s="170"/>
       <c r="N237" s="31"/>
       <c r="O237" s="32"/>
       <c r="P237" s="32"/>
-      <c r="Q237" s="135"/>
-      <c r="R237" s="119"/>
+      <c r="Q237" s="134"/>
+      <c r="R237" s="118"/>
       <c r="S237" s="33"/>
-      <c r="T237" s="58"/>
-[...1 lines deleted...]
-      <c r="V237" s="182">
+      <c r="T237" s="57"/>
+      <c r="U237" s="58"/>
+      <c r="V237" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W237" s="178">
+      <c r="W237" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X237" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y237" s="63"/>
-[...18 lines deleted...]
-      <c r="AR237" s="63"/>
+      <c r="Y237" s="62"/>
+      <c r="Z237" s="62"/>
+      <c r="AA237" s="62"/>
+      <c r="AB237" s="62"/>
+      <c r="AC237" s="62"/>
+      <c r="AD237" s="62"/>
+      <c r="AE237" s="62"/>
+      <c r="AF237" s="62"/>
+      <c r="AG237" s="62"/>
+      <c r="AH237" s="62"/>
+      <c r="AI237" s="62"/>
+      <c r="AJ237" s="62"/>
+      <c r="AK237" s="62"/>
+      <c r="AL237" s="62"/>
+      <c r="AM237" s="62"/>
+      <c r="AN237" s="62"/>
+      <c r="AO237" s="62"/>
+      <c r="AP237" s="62"/>
+      <c r="AQ237" s="62"/>
+      <c r="AR237" s="62"/>
     </row>
     <row r="238" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A238" s="314"/>
-[...4 lines deleted...]
-      <c r="F238" s="125"/>
+      <c r="A238" s="317"/>
+      <c r="B238" s="318"/>
+      <c r="C238" s="318"/>
+      <c r="D238" s="318"/>
+      <c r="E238" s="139"/>
+      <c r="F238" s="124"/>
       <c r="G238" s="30"/>
       <c r="H238" s="30"/>
       <c r="I238" s="30"/>
       <c r="J238" s="30"/>
-      <c r="K238" s="186"/>
-[...1 lines deleted...]
-      <c r="M238" s="188"/>
+      <c r="K238" s="168"/>
+      <c r="L238" s="169"/>
+      <c r="M238" s="170"/>
       <c r="N238" s="31"/>
       <c r="O238" s="32"/>
       <c r="P238" s="32"/>
-      <c r="Q238" s="135"/>
-      <c r="R238" s="119"/>
+      <c r="Q238" s="134"/>
+      <c r="R238" s="118"/>
       <c r="S238" s="33"/>
-      <c r="T238" s="58"/>
-[...1 lines deleted...]
-      <c r="V238" s="182">
+      <c r="T238" s="57"/>
+      <c r="U238" s="58"/>
+      <c r="V238" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W238" s="178">
+      <c r="W238" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X238" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y238" s="63"/>
-[...18 lines deleted...]
-      <c r="AR238" s="63"/>
+      <c r="Y238" s="62"/>
+      <c r="Z238" s="62"/>
+      <c r="AA238" s="62"/>
+      <c r="AB238" s="62"/>
+      <c r="AC238" s="62"/>
+      <c r="AD238" s="62"/>
+      <c r="AE238" s="62"/>
+      <c r="AF238" s="62"/>
+      <c r="AG238" s="62"/>
+      <c r="AH238" s="62"/>
+      <c r="AI238" s="62"/>
+      <c r="AJ238" s="62"/>
+      <c r="AK238" s="62"/>
+      <c r="AL238" s="62"/>
+      <c r="AM238" s="62"/>
+      <c r="AN238" s="62"/>
+      <c r="AO238" s="62"/>
+      <c r="AP238" s="62"/>
+      <c r="AQ238" s="62"/>
+      <c r="AR238" s="62"/>
     </row>
     <row r="239" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A239" s="314"/>
-[...4 lines deleted...]
-      <c r="F239" s="125"/>
+      <c r="A239" s="317"/>
+      <c r="B239" s="318"/>
+      <c r="C239" s="318"/>
+      <c r="D239" s="318"/>
+      <c r="E239" s="139"/>
+      <c r="F239" s="124"/>
       <c r="G239" s="30"/>
       <c r="H239" s="30"/>
       <c r="I239" s="30"/>
       <c r="J239" s="30"/>
-      <c r="K239" s="186"/>
-[...1 lines deleted...]
-      <c r="M239" s="188"/>
+      <c r="K239" s="168"/>
+      <c r="L239" s="169"/>
+      <c r="M239" s="170"/>
       <c r="N239" s="31"/>
       <c r="O239" s="32"/>
       <c r="P239" s="32"/>
-      <c r="Q239" s="135"/>
-      <c r="R239" s="119"/>
+      <c r="Q239" s="134"/>
+      <c r="R239" s="118"/>
       <c r="S239" s="33"/>
-      <c r="T239" s="58"/>
-[...1 lines deleted...]
-      <c r="V239" s="182">
+      <c r="T239" s="57"/>
+      <c r="U239" s="58"/>
+      <c r="V239" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W239" s="178">
+      <c r="W239" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X239" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y239" s="63"/>
-[...18 lines deleted...]
-      <c r="AR239" s="63"/>
+      <c r="Y239" s="62"/>
+      <c r="Z239" s="62"/>
+      <c r="AA239" s="62"/>
+      <c r="AB239" s="62"/>
+      <c r="AC239" s="62"/>
+      <c r="AD239" s="62"/>
+      <c r="AE239" s="62"/>
+      <c r="AF239" s="62"/>
+      <c r="AG239" s="62"/>
+      <c r="AH239" s="62"/>
+      <c r="AI239" s="62"/>
+      <c r="AJ239" s="62"/>
+      <c r="AK239" s="62"/>
+      <c r="AL239" s="62"/>
+      <c r="AM239" s="62"/>
+      <c r="AN239" s="62"/>
+      <c r="AO239" s="62"/>
+      <c r="AP239" s="62"/>
+      <c r="AQ239" s="62"/>
+      <c r="AR239" s="62"/>
     </row>
     <row r="240" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A240" s="314"/>
-[...4 lines deleted...]
-      <c r="F240" s="125"/>
+      <c r="A240" s="317"/>
+      <c r="B240" s="318"/>
+      <c r="C240" s="318"/>
+      <c r="D240" s="318"/>
+      <c r="E240" s="139"/>
+      <c r="F240" s="124"/>
       <c r="G240" s="30"/>
       <c r="H240" s="30"/>
       <c r="I240" s="30"/>
       <c r="J240" s="30"/>
-      <c r="K240" s="186"/>
-[...1 lines deleted...]
-      <c r="M240" s="188"/>
+      <c r="K240" s="168"/>
+      <c r="L240" s="169"/>
+      <c r="M240" s="170"/>
       <c r="N240" s="31"/>
       <c r="O240" s="32"/>
       <c r="P240" s="32"/>
-      <c r="Q240" s="135"/>
-      <c r="R240" s="119"/>
+      <c r="Q240" s="134"/>
+      <c r="R240" s="118"/>
       <c r="S240" s="33"/>
-      <c r="T240" s="58"/>
-[...1 lines deleted...]
-      <c r="V240" s="182">
+      <c r="T240" s="57"/>
+      <c r="U240" s="58"/>
+      <c r="V240" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W240" s="178">
+      <c r="W240" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X240" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y240" s="63"/>
-[...18 lines deleted...]
-      <c r="AR240" s="63"/>
+      <c r="Y240" s="62"/>
+      <c r="Z240" s="62"/>
+      <c r="AA240" s="62"/>
+      <c r="AB240" s="62"/>
+      <c r="AC240" s="62"/>
+      <c r="AD240" s="62"/>
+      <c r="AE240" s="62"/>
+      <c r="AF240" s="62"/>
+      <c r="AG240" s="62"/>
+      <c r="AH240" s="62"/>
+      <c r="AI240" s="62"/>
+      <c r="AJ240" s="62"/>
+      <c r="AK240" s="62"/>
+      <c r="AL240" s="62"/>
+      <c r="AM240" s="62"/>
+      <c r="AN240" s="62"/>
+      <c r="AO240" s="62"/>
+      <c r="AP240" s="62"/>
+      <c r="AQ240" s="62"/>
+      <c r="AR240" s="62"/>
     </row>
     <row r="241" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A241" s="314"/>
-[...4 lines deleted...]
-      <c r="F241" s="125"/>
+      <c r="A241" s="317"/>
+      <c r="B241" s="318"/>
+      <c r="C241" s="318"/>
+      <c r="D241" s="318"/>
+      <c r="E241" s="139"/>
+      <c r="F241" s="124"/>
       <c r="G241" s="30"/>
       <c r="H241" s="30"/>
       <c r="I241" s="30"/>
       <c r="J241" s="30"/>
-      <c r="K241" s="186"/>
-[...1 lines deleted...]
-      <c r="M241" s="188"/>
+      <c r="K241" s="168"/>
+      <c r="L241" s="169"/>
+      <c r="M241" s="170"/>
       <c r="N241" s="31"/>
       <c r="O241" s="32"/>
       <c r="P241" s="32"/>
-      <c r="Q241" s="135"/>
-      <c r="R241" s="119"/>
+      <c r="Q241" s="134"/>
+      <c r="R241" s="118"/>
       <c r="S241" s="33"/>
-      <c r="T241" s="58"/>
-[...1 lines deleted...]
-      <c r="V241" s="182">
+      <c r="T241" s="57"/>
+      <c r="U241" s="58"/>
+      <c r="V241" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W241" s="178">
+      <c r="W241" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X241" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y241" s="63"/>
-[...18 lines deleted...]
-      <c r="AR241" s="63"/>
+      <c r="Y241" s="62"/>
+      <c r="Z241" s="62"/>
+      <c r="AA241" s="62"/>
+      <c r="AB241" s="62"/>
+      <c r="AC241" s="62"/>
+      <c r="AD241" s="62"/>
+      <c r="AE241" s="62"/>
+      <c r="AF241" s="62"/>
+      <c r="AG241" s="62"/>
+      <c r="AH241" s="62"/>
+      <c r="AI241" s="62"/>
+      <c r="AJ241" s="62"/>
+      <c r="AK241" s="62"/>
+      <c r="AL241" s="62"/>
+      <c r="AM241" s="62"/>
+      <c r="AN241" s="62"/>
+      <c r="AO241" s="62"/>
+      <c r="AP241" s="62"/>
+      <c r="AQ241" s="62"/>
+      <c r="AR241" s="62"/>
     </row>
     <row r="242" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A242" s="314"/>
-[...4 lines deleted...]
-      <c r="F242" s="125"/>
+      <c r="A242" s="317"/>
+      <c r="B242" s="318"/>
+      <c r="C242" s="318"/>
+      <c r="D242" s="318"/>
+      <c r="E242" s="139"/>
+      <c r="F242" s="124"/>
       <c r="G242" s="30"/>
       <c r="H242" s="30"/>
       <c r="I242" s="30"/>
       <c r="J242" s="30"/>
-      <c r="K242" s="186"/>
-[...1 lines deleted...]
-      <c r="M242" s="188"/>
+      <c r="K242" s="168"/>
+      <c r="L242" s="169"/>
+      <c r="M242" s="170"/>
       <c r="N242" s="31"/>
       <c r="O242" s="32"/>
       <c r="P242" s="32"/>
-      <c r="Q242" s="135"/>
-      <c r="R242" s="119"/>
+      <c r="Q242" s="134"/>
+      <c r="R242" s="118"/>
       <c r="S242" s="33"/>
-      <c r="T242" s="58"/>
-[...1 lines deleted...]
-      <c r="V242" s="182">
+      <c r="T242" s="57"/>
+      <c r="U242" s="58"/>
+      <c r="V242" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W242" s="178">
+      <c r="W242" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X242" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y242" s="63"/>
-[...18 lines deleted...]
-      <c r="AR242" s="63"/>
+      <c r="Y242" s="62"/>
+      <c r="Z242" s="62"/>
+      <c r="AA242" s="62"/>
+      <c r="AB242" s="62"/>
+      <c r="AC242" s="62"/>
+      <c r="AD242" s="62"/>
+      <c r="AE242" s="62"/>
+      <c r="AF242" s="62"/>
+      <c r="AG242" s="62"/>
+      <c r="AH242" s="62"/>
+      <c r="AI242" s="62"/>
+      <c r="AJ242" s="62"/>
+      <c r="AK242" s="62"/>
+      <c r="AL242" s="62"/>
+      <c r="AM242" s="62"/>
+      <c r="AN242" s="62"/>
+      <c r="AO242" s="62"/>
+      <c r="AP242" s="62"/>
+      <c r="AQ242" s="62"/>
+      <c r="AR242" s="62"/>
     </row>
     <row r="243" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A243" s="314"/>
-[...4 lines deleted...]
-      <c r="F243" s="125"/>
+      <c r="A243" s="317"/>
+      <c r="B243" s="318"/>
+      <c r="C243" s="318"/>
+      <c r="D243" s="318"/>
+      <c r="E243" s="139"/>
+      <c r="F243" s="124"/>
       <c r="G243" s="30"/>
       <c r="H243" s="30"/>
       <c r="I243" s="30"/>
       <c r="J243" s="30"/>
-      <c r="K243" s="186"/>
-[...1 lines deleted...]
-      <c r="M243" s="188"/>
+      <c r="K243" s="168"/>
+      <c r="L243" s="169"/>
+      <c r="M243" s="170"/>
       <c r="N243" s="31"/>
       <c r="O243" s="32"/>
       <c r="P243" s="32"/>
-      <c r="Q243" s="135"/>
-      <c r="R243" s="119"/>
+      <c r="Q243" s="134"/>
+      <c r="R243" s="118"/>
       <c r="S243" s="33"/>
-      <c r="T243" s="58"/>
-[...1 lines deleted...]
-      <c r="V243" s="182">
+      <c r="T243" s="57"/>
+      <c r="U243" s="58"/>
+      <c r="V243" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W243" s="178">
+      <c r="W243" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X243" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y243" s="63"/>
-[...18 lines deleted...]
-      <c r="AR243" s="63"/>
+      <c r="Y243" s="62"/>
+      <c r="Z243" s="62"/>
+      <c r="AA243" s="62"/>
+      <c r="AB243" s="62"/>
+      <c r="AC243" s="62"/>
+      <c r="AD243" s="62"/>
+      <c r="AE243" s="62"/>
+      <c r="AF243" s="62"/>
+      <c r="AG243" s="62"/>
+      <c r="AH243" s="62"/>
+      <c r="AI243" s="62"/>
+      <c r="AJ243" s="62"/>
+      <c r="AK243" s="62"/>
+      <c r="AL243" s="62"/>
+      <c r="AM243" s="62"/>
+      <c r="AN243" s="62"/>
+      <c r="AO243" s="62"/>
+      <c r="AP243" s="62"/>
+      <c r="AQ243" s="62"/>
+      <c r="AR243" s="62"/>
     </row>
     <row r="244" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A244" s="314"/>
-[...4 lines deleted...]
-      <c r="F244" s="125"/>
+      <c r="A244" s="317"/>
+      <c r="B244" s="318"/>
+      <c r="C244" s="318"/>
+      <c r="D244" s="318"/>
+      <c r="E244" s="139"/>
+      <c r="F244" s="124"/>
       <c r="G244" s="30"/>
       <c r="H244" s="30"/>
       <c r="I244" s="30"/>
       <c r="J244" s="30"/>
-      <c r="K244" s="186"/>
-[...1 lines deleted...]
-      <c r="M244" s="188"/>
+      <c r="K244" s="168"/>
+      <c r="L244" s="169"/>
+      <c r="M244" s="170"/>
       <c r="N244" s="31"/>
       <c r="O244" s="32"/>
       <c r="P244" s="32"/>
-      <c r="Q244" s="135"/>
-      <c r="R244" s="119"/>
+      <c r="Q244" s="134"/>
+      <c r="R244" s="118"/>
       <c r="S244" s="33"/>
-      <c r="T244" s="58"/>
-[...1 lines deleted...]
-      <c r="V244" s="182">
+      <c r="T244" s="57"/>
+      <c r="U244" s="58"/>
+      <c r="V244" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W244" s="178">
+      <c r="W244" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X244" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y244" s="63"/>
-[...18 lines deleted...]
-      <c r="AR244" s="63"/>
+      <c r="Y244" s="62"/>
+      <c r="Z244" s="62"/>
+      <c r="AA244" s="62"/>
+      <c r="AB244" s="62"/>
+      <c r="AC244" s="62"/>
+      <c r="AD244" s="62"/>
+      <c r="AE244" s="62"/>
+      <c r="AF244" s="62"/>
+      <c r="AG244" s="62"/>
+      <c r="AH244" s="62"/>
+      <c r="AI244" s="62"/>
+      <c r="AJ244" s="62"/>
+      <c r="AK244" s="62"/>
+      <c r="AL244" s="62"/>
+      <c r="AM244" s="62"/>
+      <c r="AN244" s="62"/>
+      <c r="AO244" s="62"/>
+      <c r="AP244" s="62"/>
+      <c r="AQ244" s="62"/>
+      <c r="AR244" s="62"/>
     </row>
     <row r="245" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A245" s="314"/>
-[...4 lines deleted...]
-      <c r="F245" s="125"/>
+      <c r="A245" s="317"/>
+      <c r="B245" s="318"/>
+      <c r="C245" s="318"/>
+      <c r="D245" s="318"/>
+      <c r="E245" s="139"/>
+      <c r="F245" s="124"/>
       <c r="G245" s="30"/>
       <c r="H245" s="30"/>
       <c r="I245" s="30"/>
       <c r="J245" s="30"/>
-      <c r="K245" s="186"/>
-[...1 lines deleted...]
-      <c r="M245" s="188"/>
+      <c r="K245" s="168"/>
+      <c r="L245" s="169"/>
+      <c r="M245" s="170"/>
       <c r="N245" s="31"/>
       <c r="O245" s="32"/>
       <c r="P245" s="32"/>
-      <c r="Q245" s="135"/>
-      <c r="R245" s="119"/>
+      <c r="Q245" s="134"/>
+      <c r="R245" s="118"/>
       <c r="S245" s="33"/>
-      <c r="T245" s="58"/>
-[...1 lines deleted...]
-      <c r="V245" s="182">
+      <c r="T245" s="57"/>
+      <c r="U245" s="58"/>
+      <c r="V245" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W245" s="178">
+      <c r="W245" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X245" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y245" s="63"/>
-[...18 lines deleted...]
-      <c r="AR245" s="63"/>
+      <c r="Y245" s="62"/>
+      <c r="Z245" s="62"/>
+      <c r="AA245" s="62"/>
+      <c r="AB245" s="62"/>
+      <c r="AC245" s="62"/>
+      <c r="AD245" s="62"/>
+      <c r="AE245" s="62"/>
+      <c r="AF245" s="62"/>
+      <c r="AG245" s="62"/>
+      <c r="AH245" s="62"/>
+      <c r="AI245" s="62"/>
+      <c r="AJ245" s="62"/>
+      <c r="AK245" s="62"/>
+      <c r="AL245" s="62"/>
+      <c r="AM245" s="62"/>
+      <c r="AN245" s="62"/>
+      <c r="AO245" s="62"/>
+      <c r="AP245" s="62"/>
+      <c r="AQ245" s="62"/>
+      <c r="AR245" s="62"/>
     </row>
     <row r="246" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A246" s="314"/>
-[...4 lines deleted...]
-      <c r="F246" s="125"/>
+      <c r="A246" s="317"/>
+      <c r="B246" s="318"/>
+      <c r="C246" s="318"/>
+      <c r="D246" s="318"/>
+      <c r="E246" s="139"/>
+      <c r="F246" s="124"/>
       <c r="G246" s="30"/>
       <c r="H246" s="30"/>
       <c r="I246" s="30"/>
       <c r="J246" s="30"/>
-      <c r="K246" s="186"/>
-[...1 lines deleted...]
-      <c r="M246" s="188"/>
+      <c r="K246" s="168"/>
+      <c r="L246" s="169"/>
+      <c r="M246" s="170"/>
       <c r="N246" s="31"/>
       <c r="O246" s="32"/>
       <c r="P246" s="32"/>
-      <c r="Q246" s="135"/>
-      <c r="R246" s="119"/>
+      <c r="Q246" s="134"/>
+      <c r="R246" s="118"/>
       <c r="S246" s="33"/>
-      <c r="T246" s="58"/>
-[...1 lines deleted...]
-      <c r="V246" s="182">
+      <c r="T246" s="57"/>
+      <c r="U246" s="58"/>
+      <c r="V246" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W246" s="178">
+      <c r="W246" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X246" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y246" s="63"/>
-[...18 lines deleted...]
-      <c r="AR246" s="63"/>
+      <c r="Y246" s="62"/>
+      <c r="Z246" s="62"/>
+      <c r="AA246" s="62"/>
+      <c r="AB246" s="62"/>
+      <c r="AC246" s="62"/>
+      <c r="AD246" s="62"/>
+      <c r="AE246" s="62"/>
+      <c r="AF246" s="62"/>
+      <c r="AG246" s="62"/>
+      <c r="AH246" s="62"/>
+      <c r="AI246" s="62"/>
+      <c r="AJ246" s="62"/>
+      <c r="AK246" s="62"/>
+      <c r="AL246" s="62"/>
+      <c r="AM246" s="62"/>
+      <c r="AN246" s="62"/>
+      <c r="AO246" s="62"/>
+      <c r="AP246" s="62"/>
+      <c r="AQ246" s="62"/>
+      <c r="AR246" s="62"/>
     </row>
     <row r="247" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A247" s="314"/>
-[...4 lines deleted...]
-      <c r="F247" s="125"/>
+      <c r="A247" s="317"/>
+      <c r="B247" s="318"/>
+      <c r="C247" s="318"/>
+      <c r="D247" s="318"/>
+      <c r="E247" s="139"/>
+      <c r="F247" s="124"/>
       <c r="G247" s="30"/>
       <c r="H247" s="30"/>
       <c r="I247" s="30"/>
       <c r="J247" s="30"/>
-      <c r="K247" s="186"/>
-[...1 lines deleted...]
-      <c r="M247" s="188"/>
+      <c r="K247" s="168"/>
+      <c r="L247" s="169"/>
+      <c r="M247" s="170"/>
       <c r="N247" s="31"/>
       <c r="O247" s="32"/>
       <c r="P247" s="32"/>
-      <c r="Q247" s="135"/>
-      <c r="R247" s="119"/>
+      <c r="Q247" s="134"/>
+      <c r="R247" s="118"/>
       <c r="S247" s="33"/>
-      <c r="T247" s="58"/>
-[...1 lines deleted...]
-      <c r="V247" s="182">
+      <c r="T247" s="57"/>
+      <c r="U247" s="58"/>
+      <c r="V247" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W247" s="178">
+      <c r="W247" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X247" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y247" s="63"/>
-[...18 lines deleted...]
-      <c r="AR247" s="63"/>
+      <c r="Y247" s="62"/>
+      <c r="Z247" s="62"/>
+      <c r="AA247" s="62"/>
+      <c r="AB247" s="62"/>
+      <c r="AC247" s="62"/>
+      <c r="AD247" s="62"/>
+      <c r="AE247" s="62"/>
+      <c r="AF247" s="62"/>
+      <c r="AG247" s="62"/>
+      <c r="AH247" s="62"/>
+      <c r="AI247" s="62"/>
+      <c r="AJ247" s="62"/>
+      <c r="AK247" s="62"/>
+      <c r="AL247" s="62"/>
+      <c r="AM247" s="62"/>
+      <c r="AN247" s="62"/>
+      <c r="AO247" s="62"/>
+      <c r="AP247" s="62"/>
+      <c r="AQ247" s="62"/>
+      <c r="AR247" s="62"/>
     </row>
     <row r="248" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A248" s="314"/>
-[...4 lines deleted...]
-      <c r="F248" s="125"/>
+      <c r="A248" s="317"/>
+      <c r="B248" s="318"/>
+      <c r="C248" s="318"/>
+      <c r="D248" s="318"/>
+      <c r="E248" s="139"/>
+      <c r="F248" s="124"/>
       <c r="G248" s="30"/>
       <c r="H248" s="30"/>
       <c r="I248" s="30"/>
       <c r="J248" s="30"/>
-      <c r="K248" s="186"/>
-[...1 lines deleted...]
-      <c r="M248" s="188"/>
+      <c r="K248" s="168"/>
+      <c r="L248" s="169"/>
+      <c r="M248" s="170"/>
       <c r="N248" s="31"/>
       <c r="O248" s="32"/>
       <c r="P248" s="32"/>
-      <c r="Q248" s="135"/>
-      <c r="R248" s="119"/>
+      <c r="Q248" s="134"/>
+      <c r="R248" s="118"/>
       <c r="S248" s="33"/>
-      <c r="T248" s="58"/>
-[...1 lines deleted...]
-      <c r="V248" s="182">
+      <c r="T248" s="57"/>
+      <c r="U248" s="58"/>
+      <c r="V248" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W248" s="178">
+      <c r="W248" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X248" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y248" s="63"/>
-[...18 lines deleted...]
-      <c r="AR248" s="63"/>
+      <c r="Y248" s="62"/>
+      <c r="Z248" s="62"/>
+      <c r="AA248" s="62"/>
+      <c r="AB248" s="62"/>
+      <c r="AC248" s="62"/>
+      <c r="AD248" s="62"/>
+      <c r="AE248" s="62"/>
+      <c r="AF248" s="62"/>
+      <c r="AG248" s="62"/>
+      <c r="AH248" s="62"/>
+      <c r="AI248" s="62"/>
+      <c r="AJ248" s="62"/>
+      <c r="AK248" s="62"/>
+      <c r="AL248" s="62"/>
+      <c r="AM248" s="62"/>
+      <c r="AN248" s="62"/>
+      <c r="AO248" s="62"/>
+      <c r="AP248" s="62"/>
+      <c r="AQ248" s="62"/>
+      <c r="AR248" s="62"/>
     </row>
     <row r="249" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A249" s="314"/>
-[...4 lines deleted...]
-      <c r="F249" s="125"/>
+      <c r="A249" s="317"/>
+      <c r="B249" s="318"/>
+      <c r="C249" s="318"/>
+      <c r="D249" s="318"/>
+      <c r="E249" s="139"/>
+      <c r="F249" s="124"/>
       <c r="G249" s="30"/>
       <c r="H249" s="30"/>
       <c r="I249" s="30"/>
       <c r="J249" s="30"/>
-      <c r="K249" s="186"/>
-[...1 lines deleted...]
-      <c r="M249" s="188"/>
+      <c r="K249" s="168"/>
+      <c r="L249" s="169"/>
+      <c r="M249" s="170"/>
       <c r="N249" s="31"/>
       <c r="O249" s="32"/>
       <c r="P249" s="32"/>
-      <c r="Q249" s="135"/>
-      <c r="R249" s="119"/>
+      <c r="Q249" s="134"/>
+      <c r="R249" s="118"/>
       <c r="S249" s="33"/>
-      <c r="T249" s="58"/>
-[...1 lines deleted...]
-      <c r="V249" s="182">
+      <c r="T249" s="57"/>
+      <c r="U249" s="58"/>
+      <c r="V249" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W249" s="178">
+      <c r="W249" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X249" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y249" s="63"/>
-[...18 lines deleted...]
-      <c r="AR249" s="63"/>
+      <c r="Y249" s="62"/>
+      <c r="Z249" s="62"/>
+      <c r="AA249" s="62"/>
+      <c r="AB249" s="62"/>
+      <c r="AC249" s="62"/>
+      <c r="AD249" s="62"/>
+      <c r="AE249" s="62"/>
+      <c r="AF249" s="62"/>
+      <c r="AG249" s="62"/>
+      <c r="AH249" s="62"/>
+      <c r="AI249" s="62"/>
+      <c r="AJ249" s="62"/>
+      <c r="AK249" s="62"/>
+      <c r="AL249" s="62"/>
+      <c r="AM249" s="62"/>
+      <c r="AN249" s="62"/>
+      <c r="AO249" s="62"/>
+      <c r="AP249" s="62"/>
+      <c r="AQ249" s="62"/>
+      <c r="AR249" s="62"/>
     </row>
     <row r="250" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A250" s="314"/>
-[...4 lines deleted...]
-      <c r="F250" s="125"/>
+      <c r="A250" s="317"/>
+      <c r="B250" s="318"/>
+      <c r="C250" s="318"/>
+      <c r="D250" s="318"/>
+      <c r="E250" s="139"/>
+      <c r="F250" s="124"/>
       <c r="G250" s="30"/>
       <c r="H250" s="30"/>
       <c r="I250" s="30"/>
       <c r="J250" s="30"/>
-      <c r="K250" s="186"/>
-[...1 lines deleted...]
-      <c r="M250" s="188"/>
+      <c r="K250" s="168"/>
+      <c r="L250" s="169"/>
+      <c r="M250" s="170"/>
       <c r="N250" s="31"/>
       <c r="O250" s="32"/>
       <c r="P250" s="32"/>
-      <c r="Q250" s="135"/>
-      <c r="R250" s="119"/>
+      <c r="Q250" s="134"/>
+      <c r="R250" s="118"/>
       <c r="S250" s="33"/>
-      <c r="T250" s="58"/>
-[...1 lines deleted...]
-      <c r="V250" s="182">
+      <c r="T250" s="57"/>
+      <c r="U250" s="58"/>
+      <c r="V250" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W250" s="178">
+      <c r="W250" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X250" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y250" s="63"/>
-[...18 lines deleted...]
-      <c r="AR250" s="63"/>
+      <c r="Y250" s="62"/>
+      <c r="Z250" s="62"/>
+      <c r="AA250" s="62"/>
+      <c r="AB250" s="62"/>
+      <c r="AC250" s="62"/>
+      <c r="AD250" s="62"/>
+      <c r="AE250" s="62"/>
+      <c r="AF250" s="62"/>
+      <c r="AG250" s="62"/>
+      <c r="AH250" s="62"/>
+      <c r="AI250" s="62"/>
+      <c r="AJ250" s="62"/>
+      <c r="AK250" s="62"/>
+      <c r="AL250" s="62"/>
+      <c r="AM250" s="62"/>
+      <c r="AN250" s="62"/>
+      <c r="AO250" s="62"/>
+      <c r="AP250" s="62"/>
+      <c r="AQ250" s="62"/>
+      <c r="AR250" s="62"/>
     </row>
     <row r="251" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A251" s="314"/>
-[...4 lines deleted...]
-      <c r="F251" s="125"/>
+      <c r="A251" s="317"/>
+      <c r="B251" s="318"/>
+      <c r="C251" s="318"/>
+      <c r="D251" s="318"/>
+      <c r="E251" s="139"/>
+      <c r="F251" s="124"/>
       <c r="G251" s="30"/>
       <c r="H251" s="30"/>
       <c r="I251" s="30"/>
       <c r="J251" s="30"/>
-      <c r="K251" s="186"/>
-[...1 lines deleted...]
-      <c r="M251" s="188"/>
+      <c r="K251" s="168"/>
+      <c r="L251" s="169"/>
+      <c r="M251" s="170"/>
       <c r="N251" s="31"/>
       <c r="O251" s="32"/>
       <c r="P251" s="32"/>
-      <c r="Q251" s="135"/>
-      <c r="R251" s="119"/>
+      <c r="Q251" s="134"/>
+      <c r="R251" s="118"/>
       <c r="S251" s="33"/>
-      <c r="T251" s="58"/>
-[...1 lines deleted...]
-      <c r="V251" s="182">
+      <c r="T251" s="57"/>
+      <c r="U251" s="58"/>
+      <c r="V251" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W251" s="178">
+      <c r="W251" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X251" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y251" s="63"/>
-[...18 lines deleted...]
-      <c r="AR251" s="63"/>
+      <c r="Y251" s="62"/>
+      <c r="Z251" s="62"/>
+      <c r="AA251" s="62"/>
+      <c r="AB251" s="62"/>
+      <c r="AC251" s="62"/>
+      <c r="AD251" s="62"/>
+      <c r="AE251" s="62"/>
+      <c r="AF251" s="62"/>
+      <c r="AG251" s="62"/>
+      <c r="AH251" s="62"/>
+      <c r="AI251" s="62"/>
+      <c r="AJ251" s="62"/>
+      <c r="AK251" s="62"/>
+      <c r="AL251" s="62"/>
+      <c r="AM251" s="62"/>
+      <c r="AN251" s="62"/>
+      <c r="AO251" s="62"/>
+      <c r="AP251" s="62"/>
+      <c r="AQ251" s="62"/>
+      <c r="AR251" s="62"/>
     </row>
     <row r="252" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A252" s="314"/>
-[...4 lines deleted...]
-      <c r="F252" s="125"/>
+      <c r="A252" s="317"/>
+      <c r="B252" s="318"/>
+      <c r="C252" s="318"/>
+      <c r="D252" s="318"/>
+      <c r="E252" s="139"/>
+      <c r="F252" s="124"/>
       <c r="G252" s="30"/>
       <c r="H252" s="30"/>
       <c r="I252" s="30"/>
       <c r="J252" s="30"/>
-      <c r="K252" s="186"/>
-[...1 lines deleted...]
-      <c r="M252" s="188"/>
+      <c r="K252" s="168"/>
+      <c r="L252" s="169"/>
+      <c r="M252" s="170"/>
       <c r="N252" s="31"/>
       <c r="O252" s="32"/>
       <c r="P252" s="32"/>
-      <c r="Q252" s="135"/>
-      <c r="R252" s="119"/>
+      <c r="Q252" s="134"/>
+      <c r="R252" s="118"/>
       <c r="S252" s="33"/>
-      <c r="T252" s="58"/>
-[...1 lines deleted...]
-      <c r="V252" s="182">
+      <c r="T252" s="57"/>
+      <c r="U252" s="58"/>
+      <c r="V252" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W252" s="178">
+      <c r="W252" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X252" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y252" s="63"/>
-[...18 lines deleted...]
-      <c r="AR252" s="63"/>
+      <c r="Y252" s="62"/>
+      <c r="Z252" s="62"/>
+      <c r="AA252" s="62"/>
+      <c r="AB252" s="62"/>
+      <c r="AC252" s="62"/>
+      <c r="AD252" s="62"/>
+      <c r="AE252" s="62"/>
+      <c r="AF252" s="62"/>
+      <c r="AG252" s="62"/>
+      <c r="AH252" s="62"/>
+      <c r="AI252" s="62"/>
+      <c r="AJ252" s="62"/>
+      <c r="AK252" s="62"/>
+      <c r="AL252" s="62"/>
+      <c r="AM252" s="62"/>
+      <c r="AN252" s="62"/>
+      <c r="AO252" s="62"/>
+      <c r="AP252" s="62"/>
+      <c r="AQ252" s="62"/>
+      <c r="AR252" s="62"/>
     </row>
     <row r="253" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A253" s="314"/>
-[...4 lines deleted...]
-      <c r="F253" s="125"/>
+      <c r="A253" s="317"/>
+      <c r="B253" s="318"/>
+      <c r="C253" s="318"/>
+      <c r="D253" s="318"/>
+      <c r="E253" s="139"/>
+      <c r="F253" s="124"/>
       <c r="G253" s="30"/>
       <c r="H253" s="30"/>
       <c r="I253" s="30"/>
       <c r="J253" s="30"/>
-      <c r="K253" s="186"/>
-[...1 lines deleted...]
-      <c r="M253" s="188"/>
+      <c r="K253" s="168"/>
+      <c r="L253" s="169"/>
+      <c r="M253" s="170"/>
       <c r="N253" s="31"/>
       <c r="O253" s="32"/>
       <c r="P253" s="32"/>
-      <c r="Q253" s="135"/>
-      <c r="R253" s="119"/>
+      <c r="Q253" s="134"/>
+      <c r="R253" s="118"/>
       <c r="S253" s="33"/>
-      <c r="T253" s="58"/>
-[...1 lines deleted...]
-      <c r="V253" s="182">
+      <c r="T253" s="57"/>
+      <c r="U253" s="58"/>
+      <c r="V253" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W253" s="178">
+      <c r="W253" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X253" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y253" s="63"/>
-[...18 lines deleted...]
-      <c r="AR253" s="63"/>
+      <c r="Y253" s="62"/>
+      <c r="Z253" s="62"/>
+      <c r="AA253" s="62"/>
+      <c r="AB253" s="62"/>
+      <c r="AC253" s="62"/>
+      <c r="AD253" s="62"/>
+      <c r="AE253" s="62"/>
+      <c r="AF253" s="62"/>
+      <c r="AG253" s="62"/>
+      <c r="AH253" s="62"/>
+      <c r="AI253" s="62"/>
+      <c r="AJ253" s="62"/>
+      <c r="AK253" s="62"/>
+      <c r="AL253" s="62"/>
+      <c r="AM253" s="62"/>
+      <c r="AN253" s="62"/>
+      <c r="AO253" s="62"/>
+      <c r="AP253" s="62"/>
+      <c r="AQ253" s="62"/>
+      <c r="AR253" s="62"/>
     </row>
     <row r="254" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A254" s="314"/>
-[...4 lines deleted...]
-      <c r="F254" s="125"/>
+      <c r="A254" s="317"/>
+      <c r="B254" s="318"/>
+      <c r="C254" s="318"/>
+      <c r="D254" s="318"/>
+      <c r="E254" s="139"/>
+      <c r="F254" s="124"/>
       <c r="G254" s="30"/>
       <c r="H254" s="30"/>
       <c r="I254" s="30"/>
       <c r="J254" s="30"/>
-      <c r="K254" s="186"/>
-[...1 lines deleted...]
-      <c r="M254" s="188"/>
+      <c r="K254" s="168"/>
+      <c r="L254" s="169"/>
+      <c r="M254" s="170"/>
       <c r="N254" s="31"/>
       <c r="O254" s="32"/>
       <c r="P254" s="32"/>
-      <c r="Q254" s="135"/>
-      <c r="R254" s="119"/>
+      <c r="Q254" s="134"/>
+      <c r="R254" s="118"/>
       <c r="S254" s="33"/>
-      <c r="T254" s="58"/>
-[...1 lines deleted...]
-      <c r="V254" s="182">
+      <c r="T254" s="57"/>
+      <c r="U254" s="58"/>
+      <c r="V254" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W254" s="178">
+      <c r="W254" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X254" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y254" s="63"/>
-[...18 lines deleted...]
-      <c r="AR254" s="63"/>
+      <c r="Y254" s="62"/>
+      <c r="Z254" s="62"/>
+      <c r="AA254" s="62"/>
+      <c r="AB254" s="62"/>
+      <c r="AC254" s="62"/>
+      <c r="AD254" s="62"/>
+      <c r="AE254" s="62"/>
+      <c r="AF254" s="62"/>
+      <c r="AG254" s="62"/>
+      <c r="AH254" s="62"/>
+      <c r="AI254" s="62"/>
+      <c r="AJ254" s="62"/>
+      <c r="AK254" s="62"/>
+      <c r="AL254" s="62"/>
+      <c r="AM254" s="62"/>
+      <c r="AN254" s="62"/>
+      <c r="AO254" s="62"/>
+      <c r="AP254" s="62"/>
+      <c r="AQ254" s="62"/>
+      <c r="AR254" s="62"/>
     </row>
     <row r="255" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A255" s="314"/>
-[...4 lines deleted...]
-      <c r="F255" s="125"/>
+      <c r="A255" s="317"/>
+      <c r="B255" s="318"/>
+      <c r="C255" s="318"/>
+      <c r="D255" s="318"/>
+      <c r="E255" s="139"/>
+      <c r="F255" s="124"/>
       <c r="G255" s="30"/>
       <c r="H255" s="30"/>
       <c r="I255" s="30"/>
       <c r="J255" s="30"/>
-      <c r="K255" s="186"/>
-[...1 lines deleted...]
-      <c r="M255" s="188"/>
+      <c r="K255" s="168"/>
+      <c r="L255" s="169"/>
+      <c r="M255" s="170"/>
       <c r="N255" s="31"/>
       <c r="O255" s="32"/>
       <c r="P255" s="32"/>
-      <c r="Q255" s="135"/>
-      <c r="R255" s="119"/>
+      <c r="Q255" s="134"/>
+      <c r="R255" s="118"/>
       <c r="S255" s="33"/>
-      <c r="T255" s="58"/>
-[...1 lines deleted...]
-      <c r="V255" s="182">
+      <c r="T255" s="57"/>
+      <c r="U255" s="58"/>
+      <c r="V255" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W255" s="178">
+      <c r="W255" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X255" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y255" s="63"/>
-[...18 lines deleted...]
-      <c r="AR255" s="63"/>
+      <c r="Y255" s="62"/>
+      <c r="Z255" s="62"/>
+      <c r="AA255" s="62"/>
+      <c r="AB255" s="62"/>
+      <c r="AC255" s="62"/>
+      <c r="AD255" s="62"/>
+      <c r="AE255" s="62"/>
+      <c r="AF255" s="62"/>
+      <c r="AG255" s="62"/>
+      <c r="AH255" s="62"/>
+      <c r="AI255" s="62"/>
+      <c r="AJ255" s="62"/>
+      <c r="AK255" s="62"/>
+      <c r="AL255" s="62"/>
+      <c r="AM255" s="62"/>
+      <c r="AN255" s="62"/>
+      <c r="AO255" s="62"/>
+      <c r="AP255" s="62"/>
+      <c r="AQ255" s="62"/>
+      <c r="AR255" s="62"/>
     </row>
     <row r="256" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A256" s="314"/>
-[...4 lines deleted...]
-      <c r="F256" s="125"/>
+      <c r="A256" s="317"/>
+      <c r="B256" s="318"/>
+      <c r="C256" s="318"/>
+      <c r="D256" s="318"/>
+      <c r="E256" s="139"/>
+      <c r="F256" s="124"/>
       <c r="G256" s="30"/>
       <c r="H256" s="30"/>
       <c r="I256" s="30"/>
       <c r="J256" s="30"/>
-      <c r="K256" s="186"/>
-[...1 lines deleted...]
-      <c r="M256" s="188"/>
+      <c r="K256" s="168"/>
+      <c r="L256" s="169"/>
+      <c r="M256" s="170"/>
       <c r="N256" s="31"/>
       <c r="O256" s="32"/>
       <c r="P256" s="32"/>
-      <c r="Q256" s="135"/>
-      <c r="R256" s="119"/>
+      <c r="Q256" s="134"/>
+      <c r="R256" s="118"/>
       <c r="S256" s="33"/>
-      <c r="T256" s="58"/>
-[...1 lines deleted...]
-      <c r="V256" s="182">
+      <c r="T256" s="57"/>
+      <c r="U256" s="58"/>
+      <c r="V256" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W256" s="178">
+      <c r="W256" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X256" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y256" s="63"/>
-[...18 lines deleted...]
-      <c r="AR256" s="63"/>
+      <c r="Y256" s="62"/>
+      <c r="Z256" s="62"/>
+      <c r="AA256" s="62"/>
+      <c r="AB256" s="62"/>
+      <c r="AC256" s="62"/>
+      <c r="AD256" s="62"/>
+      <c r="AE256" s="62"/>
+      <c r="AF256" s="62"/>
+      <c r="AG256" s="62"/>
+      <c r="AH256" s="62"/>
+      <c r="AI256" s="62"/>
+      <c r="AJ256" s="62"/>
+      <c r="AK256" s="62"/>
+      <c r="AL256" s="62"/>
+      <c r="AM256" s="62"/>
+      <c r="AN256" s="62"/>
+      <c r="AO256" s="62"/>
+      <c r="AP256" s="62"/>
+      <c r="AQ256" s="62"/>
+      <c r="AR256" s="62"/>
     </row>
     <row r="257" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A257" s="314"/>
-[...4 lines deleted...]
-      <c r="F257" s="125"/>
+      <c r="A257" s="317"/>
+      <c r="B257" s="318"/>
+      <c r="C257" s="318"/>
+      <c r="D257" s="318"/>
+      <c r="E257" s="139"/>
+      <c r="F257" s="124"/>
       <c r="G257" s="30"/>
       <c r="H257" s="30"/>
       <c r="I257" s="30"/>
       <c r="J257" s="30"/>
-      <c r="K257" s="186"/>
-[...1 lines deleted...]
-      <c r="M257" s="188"/>
+      <c r="K257" s="168"/>
+      <c r="L257" s="169"/>
+      <c r="M257" s="170"/>
       <c r="N257" s="31"/>
       <c r="O257" s="32"/>
       <c r="P257" s="32"/>
-      <c r="Q257" s="135"/>
-      <c r="R257" s="119"/>
+      <c r="Q257" s="134"/>
+      <c r="R257" s="118"/>
       <c r="S257" s="33"/>
-      <c r="T257" s="58"/>
-[...1 lines deleted...]
-      <c r="V257" s="182">
+      <c r="T257" s="57"/>
+      <c r="U257" s="58"/>
+      <c r="V257" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W257" s="178">
+      <c r="W257" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X257" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y257" s="63"/>
-[...18 lines deleted...]
-      <c r="AR257" s="63"/>
+      <c r="Y257" s="62"/>
+      <c r="Z257" s="62"/>
+      <c r="AA257" s="62"/>
+      <c r="AB257" s="62"/>
+      <c r="AC257" s="62"/>
+      <c r="AD257" s="62"/>
+      <c r="AE257" s="62"/>
+      <c r="AF257" s="62"/>
+      <c r="AG257" s="62"/>
+      <c r="AH257" s="62"/>
+      <c r="AI257" s="62"/>
+      <c r="AJ257" s="62"/>
+      <c r="AK257" s="62"/>
+      <c r="AL257" s="62"/>
+      <c r="AM257" s="62"/>
+      <c r="AN257" s="62"/>
+      <c r="AO257" s="62"/>
+      <c r="AP257" s="62"/>
+      <c r="AQ257" s="62"/>
+      <c r="AR257" s="62"/>
     </row>
     <row r="258" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A258" s="314"/>
-[...4 lines deleted...]
-      <c r="F258" s="125"/>
+      <c r="A258" s="317"/>
+      <c r="B258" s="318"/>
+      <c r="C258" s="318"/>
+      <c r="D258" s="318"/>
+      <c r="E258" s="139"/>
+      <c r="F258" s="124"/>
       <c r="G258" s="30"/>
       <c r="H258" s="30"/>
       <c r="I258" s="30"/>
       <c r="J258" s="30"/>
-      <c r="K258" s="186"/>
-[...1 lines deleted...]
-      <c r="M258" s="188"/>
+      <c r="K258" s="168"/>
+      <c r="L258" s="169"/>
+      <c r="M258" s="170"/>
       <c r="N258" s="31"/>
       <c r="O258" s="32"/>
       <c r="P258" s="32"/>
-      <c r="Q258" s="135"/>
-      <c r="R258" s="119"/>
+      <c r="Q258" s="134"/>
+      <c r="R258" s="118"/>
       <c r="S258" s="33"/>
-      <c r="T258" s="58"/>
-[...1 lines deleted...]
-      <c r="V258" s="182">
+      <c r="T258" s="57"/>
+      <c r="U258" s="58"/>
+      <c r="V258" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W258" s="178">
+      <c r="W258" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X258" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y258" s="63"/>
-[...18 lines deleted...]
-      <c r="AR258" s="63"/>
+      <c r="Y258" s="62"/>
+      <c r="Z258" s="62"/>
+      <c r="AA258" s="62"/>
+      <c r="AB258" s="62"/>
+      <c r="AC258" s="62"/>
+      <c r="AD258" s="62"/>
+      <c r="AE258" s="62"/>
+      <c r="AF258" s="62"/>
+      <c r="AG258" s="62"/>
+      <c r="AH258" s="62"/>
+      <c r="AI258" s="62"/>
+      <c r="AJ258" s="62"/>
+      <c r="AK258" s="62"/>
+      <c r="AL258" s="62"/>
+      <c r="AM258" s="62"/>
+      <c r="AN258" s="62"/>
+      <c r="AO258" s="62"/>
+      <c r="AP258" s="62"/>
+      <c r="AQ258" s="62"/>
+      <c r="AR258" s="62"/>
     </row>
     <row r="259" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A259" s="314"/>
-[...4 lines deleted...]
-      <c r="F259" s="125"/>
+      <c r="A259" s="317"/>
+      <c r="B259" s="318"/>
+      <c r="C259" s="318"/>
+      <c r="D259" s="318"/>
+      <c r="E259" s="139"/>
+      <c r="F259" s="124"/>
       <c r="G259" s="30"/>
       <c r="H259" s="30"/>
       <c r="I259" s="30"/>
       <c r="J259" s="30"/>
-      <c r="K259" s="186"/>
-[...1 lines deleted...]
-      <c r="M259" s="188"/>
+      <c r="K259" s="168"/>
+      <c r="L259" s="169"/>
+      <c r="M259" s="170"/>
       <c r="N259" s="31"/>
       <c r="O259" s="32"/>
       <c r="P259" s="32"/>
-      <c r="Q259" s="135"/>
-      <c r="R259" s="119"/>
+      <c r="Q259" s="134"/>
+      <c r="R259" s="118"/>
       <c r="S259" s="33"/>
-      <c r="T259" s="58"/>
-[...1 lines deleted...]
-      <c r="V259" s="182">
+      <c r="T259" s="57"/>
+      <c r="U259" s="58"/>
+      <c r="V259" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W259" s="178">
+      <c r="W259" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X259" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y259" s="63"/>
-[...18 lines deleted...]
-      <c r="AR259" s="63"/>
+      <c r="Y259" s="62"/>
+      <c r="Z259" s="62"/>
+      <c r="AA259" s="62"/>
+      <c r="AB259" s="62"/>
+      <c r="AC259" s="62"/>
+      <c r="AD259" s="62"/>
+      <c r="AE259" s="62"/>
+      <c r="AF259" s="62"/>
+      <c r="AG259" s="62"/>
+      <c r="AH259" s="62"/>
+      <c r="AI259" s="62"/>
+      <c r="AJ259" s="62"/>
+      <c r="AK259" s="62"/>
+      <c r="AL259" s="62"/>
+      <c r="AM259" s="62"/>
+      <c r="AN259" s="62"/>
+      <c r="AO259" s="62"/>
+      <c r="AP259" s="62"/>
+      <c r="AQ259" s="62"/>
+      <c r="AR259" s="62"/>
     </row>
     <row r="260" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A260" s="314"/>
-[...4 lines deleted...]
-      <c r="F260" s="125"/>
+      <c r="A260" s="317"/>
+      <c r="B260" s="318"/>
+      <c r="C260" s="318"/>
+      <c r="D260" s="318"/>
+      <c r="E260" s="139"/>
+      <c r="F260" s="124"/>
       <c r="G260" s="30"/>
       <c r="H260" s="30"/>
       <c r="I260" s="30"/>
       <c r="J260" s="30"/>
-      <c r="K260" s="186"/>
-[...1 lines deleted...]
-      <c r="M260" s="188"/>
+      <c r="K260" s="168"/>
+      <c r="L260" s="169"/>
+      <c r="M260" s="170"/>
       <c r="N260" s="31"/>
       <c r="O260" s="32"/>
       <c r="P260" s="32"/>
-      <c r="Q260" s="135"/>
-      <c r="R260" s="119"/>
+      <c r="Q260" s="134"/>
+      <c r="R260" s="118"/>
       <c r="S260" s="33"/>
-      <c r="T260" s="58"/>
-[...1 lines deleted...]
-      <c r="V260" s="182">
+      <c r="T260" s="57"/>
+      <c r="U260" s="58"/>
+      <c r="V260" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W260" s="178">
+      <c r="W260" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X260" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y260" s="63"/>
-[...18 lines deleted...]
-      <c r="AR260" s="63"/>
+      <c r="Y260" s="62"/>
+      <c r="Z260" s="62"/>
+      <c r="AA260" s="62"/>
+      <c r="AB260" s="62"/>
+      <c r="AC260" s="62"/>
+      <c r="AD260" s="62"/>
+      <c r="AE260" s="62"/>
+      <c r="AF260" s="62"/>
+      <c r="AG260" s="62"/>
+      <c r="AH260" s="62"/>
+      <c r="AI260" s="62"/>
+      <c r="AJ260" s="62"/>
+      <c r="AK260" s="62"/>
+      <c r="AL260" s="62"/>
+      <c r="AM260" s="62"/>
+      <c r="AN260" s="62"/>
+      <c r="AO260" s="62"/>
+      <c r="AP260" s="62"/>
+      <c r="AQ260" s="62"/>
+      <c r="AR260" s="62"/>
     </row>
     <row r="261" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A261" s="314"/>
-[...4 lines deleted...]
-      <c r="F261" s="125"/>
+      <c r="A261" s="317"/>
+      <c r="B261" s="318"/>
+      <c r="C261" s="318"/>
+      <c r="D261" s="318"/>
+      <c r="E261" s="139"/>
+      <c r="F261" s="124"/>
       <c r="G261" s="30"/>
       <c r="H261" s="30"/>
       <c r="I261" s="30"/>
       <c r="J261" s="30"/>
-      <c r="K261" s="186"/>
-[...1 lines deleted...]
-      <c r="M261" s="188"/>
+      <c r="K261" s="168"/>
+      <c r="L261" s="169"/>
+      <c r="M261" s="170"/>
       <c r="N261" s="31"/>
       <c r="O261" s="32"/>
       <c r="P261" s="32"/>
-      <c r="Q261" s="135"/>
-      <c r="R261" s="119"/>
+      <c r="Q261" s="134"/>
+      <c r="R261" s="118"/>
       <c r="S261" s="33"/>
-      <c r="T261" s="58"/>
-[...1 lines deleted...]
-      <c r="V261" s="182">
+      <c r="T261" s="57"/>
+      <c r="U261" s="58"/>
+      <c r="V261" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W261" s="178">
+      <c r="W261" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X261" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y261" s="63"/>
-[...18 lines deleted...]
-      <c r="AR261" s="63"/>
+      <c r="Y261" s="62"/>
+      <c r="Z261" s="62"/>
+      <c r="AA261" s="62"/>
+      <c r="AB261" s="62"/>
+      <c r="AC261" s="62"/>
+      <c r="AD261" s="62"/>
+      <c r="AE261" s="62"/>
+      <c r="AF261" s="62"/>
+      <c r="AG261" s="62"/>
+      <c r="AH261" s="62"/>
+      <c r="AI261" s="62"/>
+      <c r="AJ261" s="62"/>
+      <c r="AK261" s="62"/>
+      <c r="AL261" s="62"/>
+      <c r="AM261" s="62"/>
+      <c r="AN261" s="62"/>
+      <c r="AO261" s="62"/>
+      <c r="AP261" s="62"/>
+      <c r="AQ261" s="62"/>
+      <c r="AR261" s="62"/>
     </row>
     <row r="262" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A262" s="314"/>
-[...4 lines deleted...]
-      <c r="F262" s="125"/>
+      <c r="A262" s="317"/>
+      <c r="B262" s="318"/>
+      <c r="C262" s="318"/>
+      <c r="D262" s="318"/>
+      <c r="E262" s="139"/>
+      <c r="F262" s="124"/>
       <c r="G262" s="30"/>
       <c r="H262" s="30"/>
       <c r="I262" s="30"/>
       <c r="J262" s="30"/>
-      <c r="K262" s="186"/>
-[...1 lines deleted...]
-      <c r="M262" s="188"/>
+      <c r="K262" s="168"/>
+      <c r="L262" s="169"/>
+      <c r="M262" s="170"/>
       <c r="N262" s="31"/>
       <c r="O262" s="32"/>
       <c r="P262" s="32"/>
-      <c r="Q262" s="135"/>
-      <c r="R262" s="119"/>
+      <c r="Q262" s="134"/>
+      <c r="R262" s="118"/>
       <c r="S262" s="33"/>
-      <c r="T262" s="58"/>
-[...1 lines deleted...]
-      <c r="V262" s="182">
+      <c r="T262" s="57"/>
+      <c r="U262" s="58"/>
+      <c r="V262" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W262" s="178">
+      <c r="W262" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X262" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y262" s="63"/>
-[...18 lines deleted...]
-      <c r="AR262" s="63"/>
+      <c r="Y262" s="62"/>
+      <c r="Z262" s="62"/>
+      <c r="AA262" s="62"/>
+      <c r="AB262" s="62"/>
+      <c r="AC262" s="62"/>
+      <c r="AD262" s="62"/>
+      <c r="AE262" s="62"/>
+      <c r="AF262" s="62"/>
+      <c r="AG262" s="62"/>
+      <c r="AH262" s="62"/>
+      <c r="AI262" s="62"/>
+      <c r="AJ262" s="62"/>
+      <c r="AK262" s="62"/>
+      <c r="AL262" s="62"/>
+      <c r="AM262" s="62"/>
+      <c r="AN262" s="62"/>
+      <c r="AO262" s="62"/>
+      <c r="AP262" s="62"/>
+      <c r="AQ262" s="62"/>
+      <c r="AR262" s="62"/>
     </row>
     <row r="263" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="314"/>
-[...4 lines deleted...]
-      <c r="F263" s="125"/>
+      <c r="A263" s="317"/>
+      <c r="B263" s="318"/>
+      <c r="C263" s="318"/>
+      <c r="D263" s="318"/>
+      <c r="E263" s="139"/>
+      <c r="F263" s="124"/>
       <c r="G263" s="30"/>
       <c r="H263" s="30"/>
       <c r="I263" s="30"/>
       <c r="J263" s="30"/>
-      <c r="K263" s="186"/>
-[...1 lines deleted...]
-      <c r="M263" s="188"/>
+      <c r="K263" s="168"/>
+      <c r="L263" s="169"/>
+      <c r="M263" s="170"/>
       <c r="N263" s="31"/>
       <c r="O263" s="32"/>
       <c r="P263" s="32"/>
-      <c r="Q263" s="135"/>
-      <c r="R263" s="119"/>
+      <c r="Q263" s="134"/>
+      <c r="R263" s="118"/>
       <c r="S263" s="33"/>
-      <c r="T263" s="58"/>
-[...1 lines deleted...]
-      <c r="V263" s="182">
+      <c r="T263" s="57"/>
+      <c r="U263" s="58"/>
+      <c r="V263" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W263" s="178">
+      <c r="W263" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X263" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y263" s="63"/>
-[...18 lines deleted...]
-      <c r="AR263" s="63"/>
+      <c r="Y263" s="62"/>
+      <c r="Z263" s="62"/>
+      <c r="AA263" s="62"/>
+      <c r="AB263" s="62"/>
+      <c r="AC263" s="62"/>
+      <c r="AD263" s="62"/>
+      <c r="AE263" s="62"/>
+      <c r="AF263" s="62"/>
+      <c r="AG263" s="62"/>
+      <c r="AH263" s="62"/>
+      <c r="AI263" s="62"/>
+      <c r="AJ263" s="62"/>
+      <c r="AK263" s="62"/>
+      <c r="AL263" s="62"/>
+      <c r="AM263" s="62"/>
+      <c r="AN263" s="62"/>
+      <c r="AO263" s="62"/>
+      <c r="AP263" s="62"/>
+      <c r="AQ263" s="62"/>
+      <c r="AR263" s="62"/>
     </row>
     <row r="264" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A264" s="314"/>
-[...4 lines deleted...]
-      <c r="F264" s="125"/>
+      <c r="A264" s="317"/>
+      <c r="B264" s="318"/>
+      <c r="C264" s="318"/>
+      <c r="D264" s="318"/>
+      <c r="E264" s="139"/>
+      <c r="F264" s="124"/>
       <c r="G264" s="30"/>
       <c r="H264" s="30"/>
       <c r="I264" s="30"/>
       <c r="J264" s="30"/>
-      <c r="K264" s="186"/>
-[...1 lines deleted...]
-      <c r="M264" s="188"/>
+      <c r="K264" s="168"/>
+      <c r="L264" s="169"/>
+      <c r="M264" s="170"/>
       <c r="N264" s="31"/>
       <c r="O264" s="32"/>
       <c r="P264" s="32"/>
-      <c r="Q264" s="135"/>
-      <c r="R264" s="119"/>
+      <c r="Q264" s="134"/>
+      <c r="R264" s="118"/>
       <c r="S264" s="33"/>
-      <c r="T264" s="58"/>
-[...1 lines deleted...]
-      <c r="V264" s="182">
+      <c r="T264" s="57"/>
+      <c r="U264" s="58"/>
+      <c r="V264" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W264" s="178">
+      <c r="W264" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X264" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y264" s="63"/>
-[...18 lines deleted...]
-      <c r="AR264" s="63"/>
+      <c r="Y264" s="62"/>
+      <c r="Z264" s="62"/>
+      <c r="AA264" s="62"/>
+      <c r="AB264" s="62"/>
+      <c r="AC264" s="62"/>
+      <c r="AD264" s="62"/>
+      <c r="AE264" s="62"/>
+      <c r="AF264" s="62"/>
+      <c r="AG264" s="62"/>
+      <c r="AH264" s="62"/>
+      <c r="AI264" s="62"/>
+      <c r="AJ264" s="62"/>
+      <c r="AK264" s="62"/>
+      <c r="AL264" s="62"/>
+      <c r="AM264" s="62"/>
+      <c r="AN264" s="62"/>
+      <c r="AO264" s="62"/>
+      <c r="AP264" s="62"/>
+      <c r="AQ264" s="62"/>
+      <c r="AR264" s="62"/>
     </row>
     <row r="265" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A265" s="314"/>
-[...4 lines deleted...]
-      <c r="F265" s="125"/>
+      <c r="A265" s="317"/>
+      <c r="B265" s="318"/>
+      <c r="C265" s="318"/>
+      <c r="D265" s="318"/>
+      <c r="E265" s="139"/>
+      <c r="F265" s="124"/>
       <c r="G265" s="30"/>
       <c r="H265" s="30"/>
       <c r="I265" s="30"/>
       <c r="J265" s="30"/>
-      <c r="K265" s="186"/>
-[...1 lines deleted...]
-      <c r="M265" s="188"/>
+      <c r="K265" s="168"/>
+      <c r="L265" s="169"/>
+      <c r="M265" s="170"/>
       <c r="N265" s="31"/>
       <c r="O265" s="32"/>
       <c r="P265" s="32"/>
-      <c r="Q265" s="135"/>
-      <c r="R265" s="119"/>
+      <c r="Q265" s="134"/>
+      <c r="R265" s="118"/>
       <c r="S265" s="33"/>
-      <c r="T265" s="58"/>
-[...1 lines deleted...]
-      <c r="V265" s="182">
+      <c r="T265" s="57"/>
+      <c r="U265" s="58"/>
+      <c r="V265" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W265" s="178">
+      <c r="W265" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X265" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y265" s="63"/>
-[...18 lines deleted...]
-      <c r="AR265" s="63"/>
+      <c r="Y265" s="62"/>
+      <c r="Z265" s="62"/>
+      <c r="AA265" s="62"/>
+      <c r="AB265" s="62"/>
+      <c r="AC265" s="62"/>
+      <c r="AD265" s="62"/>
+      <c r="AE265" s="62"/>
+      <c r="AF265" s="62"/>
+      <c r="AG265" s="62"/>
+      <c r="AH265" s="62"/>
+      <c r="AI265" s="62"/>
+      <c r="AJ265" s="62"/>
+      <c r="AK265" s="62"/>
+      <c r="AL265" s="62"/>
+      <c r="AM265" s="62"/>
+      <c r="AN265" s="62"/>
+      <c r="AO265" s="62"/>
+      <c r="AP265" s="62"/>
+      <c r="AQ265" s="62"/>
+      <c r="AR265" s="62"/>
     </row>
     <row r="266" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A266" s="314"/>
-[...4 lines deleted...]
-      <c r="F266" s="125"/>
+      <c r="A266" s="317"/>
+      <c r="B266" s="318"/>
+      <c r="C266" s="318"/>
+      <c r="D266" s="318"/>
+      <c r="E266" s="139"/>
+      <c r="F266" s="124"/>
       <c r="G266" s="30"/>
       <c r="H266" s="30"/>
       <c r="I266" s="30"/>
       <c r="J266" s="30"/>
-      <c r="K266" s="186"/>
-[...1 lines deleted...]
-      <c r="M266" s="188"/>
+      <c r="K266" s="168"/>
+      <c r="L266" s="169"/>
+      <c r="M266" s="170"/>
       <c r="N266" s="31"/>
       <c r="O266" s="32"/>
       <c r="P266" s="32"/>
-      <c r="Q266" s="135"/>
-      <c r="R266" s="119"/>
+      <c r="Q266" s="134"/>
+      <c r="R266" s="118"/>
       <c r="S266" s="33"/>
-      <c r="T266" s="58"/>
-[...1 lines deleted...]
-      <c r="V266" s="182">
+      <c r="T266" s="57"/>
+      <c r="U266" s="58"/>
+      <c r="V266" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W266" s="178">
+      <c r="W266" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X266" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y266" s="63"/>
-[...18 lines deleted...]
-      <c r="AR266" s="63"/>
+      <c r="Y266" s="62"/>
+      <c r="Z266" s="62"/>
+      <c r="AA266" s="62"/>
+      <c r="AB266" s="62"/>
+      <c r="AC266" s="62"/>
+      <c r="AD266" s="62"/>
+      <c r="AE266" s="62"/>
+      <c r="AF266" s="62"/>
+      <c r="AG266" s="62"/>
+      <c r="AH266" s="62"/>
+      <c r="AI266" s="62"/>
+      <c r="AJ266" s="62"/>
+      <c r="AK266" s="62"/>
+      <c r="AL266" s="62"/>
+      <c r="AM266" s="62"/>
+      <c r="AN266" s="62"/>
+      <c r="AO266" s="62"/>
+      <c r="AP266" s="62"/>
+      <c r="AQ266" s="62"/>
+      <c r="AR266" s="62"/>
     </row>
     <row r="267" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A267" s="314"/>
-[...4 lines deleted...]
-      <c r="F267" s="125"/>
+      <c r="A267" s="317"/>
+      <c r="B267" s="318"/>
+      <c r="C267" s="318"/>
+      <c r="D267" s="318"/>
+      <c r="E267" s="139"/>
+      <c r="F267" s="124"/>
       <c r="G267" s="30"/>
       <c r="H267" s="30"/>
       <c r="I267" s="30"/>
       <c r="J267" s="30"/>
-      <c r="K267" s="186"/>
-[...1 lines deleted...]
-      <c r="M267" s="188"/>
+      <c r="K267" s="168"/>
+      <c r="L267" s="169"/>
+      <c r="M267" s="170"/>
       <c r="N267" s="31"/>
       <c r="O267" s="32"/>
       <c r="P267" s="32"/>
-      <c r="Q267" s="135"/>
-      <c r="R267" s="119"/>
+      <c r="Q267" s="134"/>
+      <c r="R267" s="118"/>
       <c r="S267" s="33"/>
-      <c r="T267" s="58"/>
-[...1 lines deleted...]
-      <c r="V267" s="182">
+      <c r="T267" s="57"/>
+      <c r="U267" s="58"/>
+      <c r="V267" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W267" s="178">
+      <c r="W267" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X267" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y267" s="63"/>
-[...18 lines deleted...]
-      <c r="AR267" s="63"/>
+      <c r="Y267" s="62"/>
+      <c r="Z267" s="62"/>
+      <c r="AA267" s="62"/>
+      <c r="AB267" s="62"/>
+      <c r="AC267" s="62"/>
+      <c r="AD267" s="62"/>
+      <c r="AE267" s="62"/>
+      <c r="AF267" s="62"/>
+      <c r="AG267" s="62"/>
+      <c r="AH267" s="62"/>
+      <c r="AI267" s="62"/>
+      <c r="AJ267" s="62"/>
+      <c r="AK267" s="62"/>
+      <c r="AL267" s="62"/>
+      <c r="AM267" s="62"/>
+      <c r="AN267" s="62"/>
+      <c r="AO267" s="62"/>
+      <c r="AP267" s="62"/>
+      <c r="AQ267" s="62"/>
+      <c r="AR267" s="62"/>
     </row>
     <row r="268" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A268" s="314"/>
-[...4 lines deleted...]
-      <c r="F268" s="125"/>
+      <c r="A268" s="317"/>
+      <c r="B268" s="318"/>
+      <c r="C268" s="318"/>
+      <c r="D268" s="318"/>
+      <c r="E268" s="139"/>
+      <c r="F268" s="124"/>
       <c r="G268" s="30"/>
       <c r="H268" s="30"/>
       <c r="I268" s="30"/>
       <c r="J268" s="30"/>
-      <c r="K268" s="186"/>
-[...1 lines deleted...]
-      <c r="M268" s="188"/>
+      <c r="K268" s="168"/>
+      <c r="L268" s="169"/>
+      <c r="M268" s="170"/>
       <c r="N268" s="31"/>
       <c r="O268" s="32"/>
       <c r="P268" s="32"/>
-      <c r="Q268" s="135"/>
-      <c r="R268" s="119"/>
+      <c r="Q268" s="134"/>
+      <c r="R268" s="118"/>
       <c r="S268" s="33"/>
-      <c r="T268" s="58"/>
-[...1 lines deleted...]
-      <c r="V268" s="182">
+      <c r="T268" s="57"/>
+      <c r="U268" s="58"/>
+      <c r="V268" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W268" s="178">
+      <c r="W268" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X268" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y268" s="63"/>
-[...18 lines deleted...]
-      <c r="AR268" s="63"/>
+      <c r="Y268" s="62"/>
+      <c r="Z268" s="62"/>
+      <c r="AA268" s="62"/>
+      <c r="AB268" s="62"/>
+      <c r="AC268" s="62"/>
+      <c r="AD268" s="62"/>
+      <c r="AE268" s="62"/>
+      <c r="AF268" s="62"/>
+      <c r="AG268" s="62"/>
+      <c r="AH268" s="62"/>
+      <c r="AI268" s="62"/>
+      <c r="AJ268" s="62"/>
+      <c r="AK268" s="62"/>
+      <c r="AL268" s="62"/>
+      <c r="AM268" s="62"/>
+      <c r="AN268" s="62"/>
+      <c r="AO268" s="62"/>
+      <c r="AP268" s="62"/>
+      <c r="AQ268" s="62"/>
+      <c r="AR268" s="62"/>
     </row>
     <row r="269" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A269" s="314"/>
-[...4 lines deleted...]
-      <c r="F269" s="125"/>
+      <c r="A269" s="317"/>
+      <c r="B269" s="318"/>
+      <c r="C269" s="318"/>
+      <c r="D269" s="318"/>
+      <c r="E269" s="139"/>
+      <c r="F269" s="124"/>
       <c r="G269" s="30"/>
       <c r="H269" s="30"/>
       <c r="I269" s="30"/>
       <c r="J269" s="30"/>
-      <c r="K269" s="186"/>
-[...1 lines deleted...]
-      <c r="M269" s="188"/>
+      <c r="K269" s="168"/>
+      <c r="L269" s="169"/>
+      <c r="M269" s="170"/>
       <c r="N269" s="31"/>
       <c r="O269" s="32"/>
       <c r="P269" s="32"/>
-      <c r="Q269" s="135"/>
-      <c r="R269" s="119"/>
+      <c r="Q269" s="134"/>
+      <c r="R269" s="118"/>
       <c r="S269" s="33"/>
-      <c r="T269" s="58"/>
-[...1 lines deleted...]
-      <c r="V269" s="182">
+      <c r="T269" s="57"/>
+      <c r="U269" s="58"/>
+      <c r="V269" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W269" s="178">
+      <c r="W269" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X269" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y269" s="63"/>
-[...18 lines deleted...]
-      <c r="AR269" s="63"/>
+      <c r="Y269" s="62"/>
+      <c r="Z269" s="62"/>
+      <c r="AA269" s="62"/>
+      <c r="AB269" s="62"/>
+      <c r="AC269" s="62"/>
+      <c r="AD269" s="62"/>
+      <c r="AE269" s="62"/>
+      <c r="AF269" s="62"/>
+      <c r="AG269" s="62"/>
+      <c r="AH269" s="62"/>
+      <c r="AI269" s="62"/>
+      <c r="AJ269" s="62"/>
+      <c r="AK269" s="62"/>
+      <c r="AL269" s="62"/>
+      <c r="AM269" s="62"/>
+      <c r="AN269" s="62"/>
+      <c r="AO269" s="62"/>
+      <c r="AP269" s="62"/>
+      <c r="AQ269" s="62"/>
+      <c r="AR269" s="62"/>
     </row>
     <row r="270" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A270" s="314"/>
-[...4 lines deleted...]
-      <c r="F270" s="125"/>
+      <c r="A270" s="317"/>
+      <c r="B270" s="318"/>
+      <c r="C270" s="318"/>
+      <c r="D270" s="318"/>
+      <c r="E270" s="139"/>
+      <c r="F270" s="124"/>
       <c r="G270" s="30"/>
       <c r="H270" s="30"/>
       <c r="I270" s="30"/>
       <c r="J270" s="30"/>
-      <c r="K270" s="186"/>
-[...1 lines deleted...]
-      <c r="M270" s="188"/>
+      <c r="K270" s="168"/>
+      <c r="L270" s="169"/>
+      <c r="M270" s="170"/>
       <c r="N270" s="31"/>
       <c r="O270" s="32"/>
       <c r="P270" s="32"/>
-      <c r="Q270" s="135"/>
-      <c r="R270" s="119"/>
+      <c r="Q270" s="134"/>
+      <c r="R270" s="118"/>
       <c r="S270" s="33"/>
-      <c r="T270" s="58"/>
-[...1 lines deleted...]
-      <c r="V270" s="182">
+      <c r="T270" s="57"/>
+      <c r="U270" s="58"/>
+      <c r="V270" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W270" s="178">
+      <c r="W270" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X270" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y270" s="63"/>
-[...18 lines deleted...]
-      <c r="AR270" s="63"/>
+      <c r="Y270" s="62"/>
+      <c r="Z270" s="62"/>
+      <c r="AA270" s="62"/>
+      <c r="AB270" s="62"/>
+      <c r="AC270" s="62"/>
+      <c r="AD270" s="62"/>
+      <c r="AE270" s="62"/>
+      <c r="AF270" s="62"/>
+      <c r="AG270" s="62"/>
+      <c r="AH270" s="62"/>
+      <c r="AI270" s="62"/>
+      <c r="AJ270" s="62"/>
+      <c r="AK270" s="62"/>
+      <c r="AL270" s="62"/>
+      <c r="AM270" s="62"/>
+      <c r="AN270" s="62"/>
+      <c r="AO270" s="62"/>
+      <c r="AP270" s="62"/>
+      <c r="AQ270" s="62"/>
+      <c r="AR270" s="62"/>
     </row>
     <row r="271" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A271" s="314"/>
-[...4 lines deleted...]
-      <c r="F271" s="125"/>
+      <c r="A271" s="317"/>
+      <c r="B271" s="318"/>
+      <c r="C271" s="318"/>
+      <c r="D271" s="318"/>
+      <c r="E271" s="139"/>
+      <c r="F271" s="124"/>
       <c r="G271" s="30"/>
       <c r="H271" s="30"/>
       <c r="I271" s="30"/>
       <c r="J271" s="30"/>
-      <c r="K271" s="186"/>
-[...1 lines deleted...]
-      <c r="M271" s="188"/>
+      <c r="K271" s="168"/>
+      <c r="L271" s="169"/>
+      <c r="M271" s="170"/>
       <c r="N271" s="31"/>
       <c r="O271" s="32"/>
       <c r="P271" s="32"/>
-      <c r="Q271" s="135"/>
-      <c r="R271" s="119"/>
+      <c r="Q271" s="134"/>
+      <c r="R271" s="118"/>
       <c r="S271" s="33"/>
-      <c r="T271" s="58"/>
-[...1 lines deleted...]
-      <c r="V271" s="182">
+      <c r="T271" s="57"/>
+      <c r="U271" s="58"/>
+      <c r="V271" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W271" s="178">
+      <c r="W271" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X271" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y271" s="63"/>
-[...18 lines deleted...]
-      <c r="AR271" s="63"/>
+      <c r="Y271" s="62"/>
+      <c r="Z271" s="62"/>
+      <c r="AA271" s="62"/>
+      <c r="AB271" s="62"/>
+      <c r="AC271" s="62"/>
+      <c r="AD271" s="62"/>
+      <c r="AE271" s="62"/>
+      <c r="AF271" s="62"/>
+      <c r="AG271" s="62"/>
+      <c r="AH271" s="62"/>
+      <c r="AI271" s="62"/>
+      <c r="AJ271" s="62"/>
+      <c r="AK271" s="62"/>
+      <c r="AL271" s="62"/>
+      <c r="AM271" s="62"/>
+      <c r="AN271" s="62"/>
+      <c r="AO271" s="62"/>
+      <c r="AP271" s="62"/>
+      <c r="AQ271" s="62"/>
+      <c r="AR271" s="62"/>
     </row>
     <row r="272" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A272" s="314"/>
-[...4 lines deleted...]
-      <c r="F272" s="125"/>
+      <c r="A272" s="317"/>
+      <c r="B272" s="318"/>
+      <c r="C272" s="318"/>
+      <c r="D272" s="318"/>
+      <c r="E272" s="139"/>
+      <c r="F272" s="124"/>
       <c r="G272" s="30"/>
       <c r="H272" s="30"/>
       <c r="I272" s="30"/>
       <c r="J272" s="30"/>
-      <c r="K272" s="186"/>
-[...1 lines deleted...]
-      <c r="M272" s="188"/>
+      <c r="K272" s="168"/>
+      <c r="L272" s="169"/>
+      <c r="M272" s="170"/>
       <c r="N272" s="31"/>
       <c r="O272" s="32"/>
       <c r="P272" s="32"/>
-      <c r="Q272" s="135"/>
-      <c r="R272" s="119"/>
+      <c r="Q272" s="134"/>
+      <c r="R272" s="118"/>
       <c r="S272" s="33"/>
-      <c r="T272" s="58"/>
-[...1 lines deleted...]
-      <c r="V272" s="182">
+      <c r="T272" s="57"/>
+      <c r="U272" s="58"/>
+      <c r="V272" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W272" s="178">
+      <c r="W272" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X272" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y272" s="63"/>
-[...18 lines deleted...]
-      <c r="AR272" s="63"/>
+      <c r="Y272" s="62"/>
+      <c r="Z272" s="62"/>
+      <c r="AA272" s="62"/>
+      <c r="AB272" s="62"/>
+      <c r="AC272" s="62"/>
+      <c r="AD272" s="62"/>
+      <c r="AE272" s="62"/>
+      <c r="AF272" s="62"/>
+      <c r="AG272" s="62"/>
+      <c r="AH272" s="62"/>
+      <c r="AI272" s="62"/>
+      <c r="AJ272" s="62"/>
+      <c r="AK272" s="62"/>
+      <c r="AL272" s="62"/>
+      <c r="AM272" s="62"/>
+      <c r="AN272" s="62"/>
+      <c r="AO272" s="62"/>
+      <c r="AP272" s="62"/>
+      <c r="AQ272" s="62"/>
+      <c r="AR272" s="62"/>
     </row>
     <row r="273" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A273" s="314"/>
-[...4 lines deleted...]
-      <c r="F273" s="125"/>
+      <c r="A273" s="317"/>
+      <c r="B273" s="318"/>
+      <c r="C273" s="318"/>
+      <c r="D273" s="318"/>
+      <c r="E273" s="139"/>
+      <c r="F273" s="124"/>
       <c r="G273" s="30"/>
       <c r="H273" s="30"/>
       <c r="I273" s="30"/>
       <c r="J273" s="30"/>
-      <c r="K273" s="186"/>
-[...1 lines deleted...]
-      <c r="M273" s="188"/>
+      <c r="K273" s="168"/>
+      <c r="L273" s="169"/>
+      <c r="M273" s="170"/>
       <c r="N273" s="31"/>
       <c r="O273" s="32"/>
       <c r="P273" s="32"/>
-      <c r="Q273" s="135"/>
-      <c r="R273" s="119"/>
+      <c r="Q273" s="134"/>
+      <c r="R273" s="118"/>
       <c r="S273" s="33"/>
-      <c r="T273" s="58"/>
-[...1 lines deleted...]
-      <c r="V273" s="182">
+      <c r="T273" s="57"/>
+      <c r="U273" s="58"/>
+      <c r="V273" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W273" s="178">
+      <c r="W273" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X273" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y273" s="63"/>
-[...18 lines deleted...]
-      <c r="AR273" s="63"/>
+      <c r="Y273" s="62"/>
+      <c r="Z273" s="62"/>
+      <c r="AA273" s="62"/>
+      <c r="AB273" s="62"/>
+      <c r="AC273" s="62"/>
+      <c r="AD273" s="62"/>
+      <c r="AE273" s="62"/>
+      <c r="AF273" s="62"/>
+      <c r="AG273" s="62"/>
+      <c r="AH273" s="62"/>
+      <c r="AI273" s="62"/>
+      <c r="AJ273" s="62"/>
+      <c r="AK273" s="62"/>
+      <c r="AL273" s="62"/>
+      <c r="AM273" s="62"/>
+      <c r="AN273" s="62"/>
+      <c r="AO273" s="62"/>
+      <c r="AP273" s="62"/>
+      <c r="AQ273" s="62"/>
+      <c r="AR273" s="62"/>
     </row>
     <row r="274" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A274" s="314"/>
-[...4 lines deleted...]
-      <c r="F274" s="125"/>
+      <c r="A274" s="317"/>
+      <c r="B274" s="318"/>
+      <c r="C274" s="318"/>
+      <c r="D274" s="318"/>
+      <c r="E274" s="139"/>
+      <c r="F274" s="124"/>
       <c r="G274" s="30"/>
       <c r="H274" s="30"/>
       <c r="I274" s="30"/>
       <c r="J274" s="30"/>
-      <c r="K274" s="186"/>
-[...1 lines deleted...]
-      <c r="M274" s="188"/>
+      <c r="K274" s="168"/>
+      <c r="L274" s="169"/>
+      <c r="M274" s="170"/>
       <c r="N274" s="31"/>
       <c r="O274" s="32"/>
       <c r="P274" s="32"/>
-      <c r="Q274" s="135"/>
-      <c r="R274" s="119"/>
+      <c r="Q274" s="134"/>
+      <c r="R274" s="118"/>
       <c r="S274" s="33"/>
-      <c r="T274" s="58"/>
-[...1 lines deleted...]
-      <c r="V274" s="182">
+      <c r="T274" s="57"/>
+      <c r="U274" s="58"/>
+      <c r="V274" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W274" s="178">
+      <c r="W274" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X274" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y274" s="63"/>
-[...18 lines deleted...]
-      <c r="AR274" s="63"/>
+      <c r="Y274" s="62"/>
+      <c r="Z274" s="62"/>
+      <c r="AA274" s="62"/>
+      <c r="AB274" s="62"/>
+      <c r="AC274" s="62"/>
+      <c r="AD274" s="62"/>
+      <c r="AE274" s="62"/>
+      <c r="AF274" s="62"/>
+      <c r="AG274" s="62"/>
+      <c r="AH274" s="62"/>
+      <c r="AI274" s="62"/>
+      <c r="AJ274" s="62"/>
+      <c r="AK274" s="62"/>
+      <c r="AL274" s="62"/>
+      <c r="AM274" s="62"/>
+      <c r="AN274" s="62"/>
+      <c r="AO274" s="62"/>
+      <c r="AP274" s="62"/>
+      <c r="AQ274" s="62"/>
+      <c r="AR274" s="62"/>
     </row>
     <row r="275" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A275" s="314"/>
-[...4 lines deleted...]
-      <c r="F275" s="125"/>
+      <c r="A275" s="317"/>
+      <c r="B275" s="318"/>
+      <c r="C275" s="318"/>
+      <c r="D275" s="318"/>
+      <c r="E275" s="139"/>
+      <c r="F275" s="124"/>
       <c r="G275" s="30"/>
       <c r="H275" s="30"/>
       <c r="I275" s="30"/>
       <c r="J275" s="30"/>
-      <c r="K275" s="186"/>
-[...1 lines deleted...]
-      <c r="M275" s="188"/>
+      <c r="K275" s="168"/>
+      <c r="L275" s="169"/>
+      <c r="M275" s="170"/>
       <c r="N275" s="31"/>
       <c r="O275" s="32"/>
       <c r="P275" s="32"/>
-      <c r="Q275" s="135"/>
-      <c r="R275" s="119"/>
+      <c r="Q275" s="134"/>
+      <c r="R275" s="118"/>
       <c r="S275" s="33"/>
-      <c r="T275" s="58"/>
-[...1 lines deleted...]
-      <c r="V275" s="182">
+      <c r="T275" s="57"/>
+      <c r="U275" s="58"/>
+      <c r="V275" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W275" s="178">
+      <c r="W275" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X275" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y275" s="63"/>
-[...18 lines deleted...]
-      <c r="AR275" s="63"/>
+      <c r="Y275" s="62"/>
+      <c r="Z275" s="62"/>
+      <c r="AA275" s="62"/>
+      <c r="AB275" s="62"/>
+      <c r="AC275" s="62"/>
+      <c r="AD275" s="62"/>
+      <c r="AE275" s="62"/>
+      <c r="AF275" s="62"/>
+      <c r="AG275" s="62"/>
+      <c r="AH275" s="62"/>
+      <c r="AI275" s="62"/>
+      <c r="AJ275" s="62"/>
+      <c r="AK275" s="62"/>
+      <c r="AL275" s="62"/>
+      <c r="AM275" s="62"/>
+      <c r="AN275" s="62"/>
+      <c r="AO275" s="62"/>
+      <c r="AP275" s="62"/>
+      <c r="AQ275" s="62"/>
+      <c r="AR275" s="62"/>
     </row>
     <row r="276" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A276" s="314"/>
-[...4 lines deleted...]
-      <c r="F276" s="125"/>
+      <c r="A276" s="317"/>
+      <c r="B276" s="318"/>
+      <c r="C276" s="318"/>
+      <c r="D276" s="318"/>
+      <c r="E276" s="139"/>
+      <c r="F276" s="124"/>
       <c r="G276" s="30"/>
       <c r="H276" s="30"/>
       <c r="I276" s="30"/>
       <c r="J276" s="30"/>
-      <c r="K276" s="186"/>
-[...1 lines deleted...]
-      <c r="M276" s="188"/>
+      <c r="K276" s="168"/>
+      <c r="L276" s="169"/>
+      <c r="M276" s="170"/>
       <c r="N276" s="31"/>
       <c r="O276" s="32"/>
       <c r="P276" s="32"/>
-      <c r="Q276" s="135"/>
-      <c r="R276" s="119"/>
+      <c r="Q276" s="134"/>
+      <c r="R276" s="118"/>
       <c r="S276" s="33"/>
-      <c r="T276" s="58"/>
-[...1 lines deleted...]
-      <c r="V276" s="182">
+      <c r="T276" s="57"/>
+      <c r="U276" s="58"/>
+      <c r="V276" s="198">
         <f t="shared" ref="V276:V277" si="12">SUM(N276:U276)</f>
         <v>0</v>
       </c>
-      <c r="W276" s="178">
+      <c r="W276" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X276" s="2">
         <f t="shared" ref="X276:X277" si="13">IF(E276="o",0,SUM(N276:U276))</f>
         <v>0</v>
       </c>
-      <c r="Y276" s="63"/>
-[...26 lines deleted...]
-      <c r="F277" s="127"/>
+      <c r="Y276" s="62"/>
+      <c r="Z276" s="62"/>
+      <c r="AA276" s="62"/>
+      <c r="AB276" s="62"/>
+      <c r="AC276" s="62"/>
+      <c r="AD276" s="62"/>
+      <c r="AE276" s="62"/>
+      <c r="AF276" s="62"/>
+      <c r="AG276" s="62"/>
+      <c r="AH276" s="62"/>
+      <c r="AI276" s="62"/>
+      <c r="AJ276" s="62"/>
+      <c r="AK276" s="62"/>
+      <c r="AL276" s="62"/>
+      <c r="AM276" s="62"/>
+      <c r="AN276" s="62"/>
+      <c r="AO276" s="62"/>
+      <c r="AP276" s="62"/>
+      <c r="AQ276" s="62"/>
+      <c r="AR276" s="62"/>
+    </row>
+    <row r="277" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="339"/>
+      <c r="B277" s="340"/>
+      <c r="C277" s="340"/>
+      <c r="D277" s="340"/>
+      <c r="E277" s="140"/>
+      <c r="F277" s="126"/>
       <c r="G277" s="44"/>
       <c r="H277" s="44"/>
       <c r="I277" s="44"/>
       <c r="J277" s="44"/>
-      <c r="K277" s="189"/>
-[...6 lines deleted...]
-      <c r="R277" s="130"/>
+      <c r="K277" s="171"/>
+      <c r="L277" s="172"/>
+      <c r="M277" s="173"/>
+      <c r="N277" s="135"/>
+      <c r="O277" s="136"/>
+      <c r="P277" s="136"/>
+      <c r="Q277" s="137"/>
+      <c r="R277" s="129"/>
       <c r="S277" s="33"/>
-      <c r="T277" s="58"/>
-[...1 lines deleted...]
-      <c r="V277" s="192">
+      <c r="T277" s="57"/>
+      <c r="U277" s="58"/>
+      <c r="V277" s="199">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="W277" s="178">
+      <c r="W277" s="197">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X277" s="2">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="Y277" s="63"/>
-[...21 lines deleted...]
-      <c r="A278" s="338" t="s">
+      <c r="Y277" s="62"/>
+      <c r="Z277" s="62"/>
+      <c r="AA277" s="62"/>
+      <c r="AB277" s="62"/>
+      <c r="AC277" s="62"/>
+      <c r="AD277" s="62"/>
+      <c r="AE277" s="62"/>
+      <c r="AF277" s="62"/>
+      <c r="AG277" s="62"/>
+      <c r="AH277" s="62"/>
+      <c r="AI277" s="62"/>
+      <c r="AJ277" s="62"/>
+      <c r="AK277" s="62"/>
+      <c r="AL277" s="62"/>
+      <c r="AM277" s="62"/>
+      <c r="AN277" s="62"/>
+      <c r="AO277" s="62"/>
+      <c r="AP277" s="62"/>
+      <c r="AQ277" s="62"/>
+      <c r="AR277" s="62"/>
+    </row>
+    <row r="278" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="341" t="s">
         <v>37</v>
       </c>
-      <c r="B278" s="339"/>
-[...11 lines deleted...]
-      <c r="N278" s="195">
+      <c r="B278" s="342"/>
+      <c r="C278" s="342"/>
+      <c r="D278" s="342"/>
+      <c r="E278" s="342"/>
+      <c r="F278" s="342"/>
+      <c r="G278" s="342"/>
+      <c r="H278" s="342"/>
+      <c r="I278" s="342"/>
+      <c r="J278" s="202"/>
+      <c r="K278" s="203"/>
+      <c r="L278" s="203"/>
+      <c r="M278" s="203"/>
+      <c r="N278" s="200">
         <f t="shared" ref="N278:X278" si="14">SUM(N22:N277)</f>
         <v>0</v>
       </c>
-      <c r="O278" s="195">
+      <c r="O278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="P278" s="195">
+      <c r="P278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Q278" s="195">
+      <c r="Q278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="R278" s="195">
+      <c r="R278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S278" s="195">
+      <c r="S278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="T278" s="195">
+      <c r="T278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="U278" s="195">
+      <c r="U278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="V278" s="232">
+      <c r="V278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="W278" s="231">
+      <c r="W278" s="201">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="X278" s="2">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Y278" s="63"/>
-[...21 lines deleted...]
-      <c r="A279" s="316" t="s">
+      <c r="Y278" s="62"/>
+      <c r="Z278" s="62"/>
+      <c r="AA278" s="62"/>
+      <c r="AB278" s="62"/>
+      <c r="AC278" s="62"/>
+      <c r="AD278" s="62"/>
+      <c r="AE278" s="62"/>
+      <c r="AF278" s="62"/>
+      <c r="AG278" s="62"/>
+      <c r="AH278" s="62"/>
+      <c r="AI278" s="62"/>
+      <c r="AJ278" s="62"/>
+      <c r="AK278" s="62"/>
+      <c r="AL278" s="62"/>
+      <c r="AM278" s="62"/>
+      <c r="AN278" s="62"/>
+      <c r="AO278" s="62"/>
+      <c r="AP278" s="62"/>
+      <c r="AQ278" s="62"/>
+      <c r="AR278" s="62"/>
+    </row>
+    <row r="279" spans="1:44" s="5" customFormat="1" ht="159.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="319" t="s">
         <v>106</v>
       </c>
-      <c r="B279" s="317"/>
-[...88 lines deleted...]
-      <c r="A281" s="318" t="s">
+      <c r="B279" s="320"/>
+      <c r="C279" s="320"/>
+      <c r="D279" s="320"/>
+      <c r="E279" s="320"/>
+      <c r="F279" s="320"/>
+      <c r="G279" s="320"/>
+      <c r="H279" s="320"/>
+      <c r="I279" s="320"/>
+      <c r="J279" s="320"/>
+      <c r="K279" s="320"/>
+      <c r="L279" s="320"/>
+      <c r="M279" s="320"/>
+      <c r="N279" s="320"/>
+      <c r="O279" s="320"/>
+      <c r="P279" s="320"/>
+      <c r="Q279" s="320"/>
+      <c r="R279" s="320"/>
+      <c r="S279" s="320"/>
+      <c r="T279" s="320"/>
+      <c r="U279" s="320"/>
+      <c r="V279" s="320"/>
+      <c r="W279" s="320"/>
+      <c r="Y279" s="66"/>
+      <c r="Z279" s="66"/>
+      <c r="AA279" s="66"/>
+      <c r="AB279" s="66"/>
+      <c r="AC279" s="66"/>
+      <c r="AD279" s="66"/>
+      <c r="AE279" s="66"/>
+      <c r="AF279" s="66"/>
+      <c r="AG279" s="66"/>
+      <c r="AH279" s="66"/>
+      <c r="AI279" s="66"/>
+      <c r="AJ279" s="66"/>
+      <c r="AK279" s="66"/>
+      <c r="AL279" s="66"/>
+      <c r="AM279" s="66"/>
+      <c r="AN279" s="66"/>
+      <c r="AO279" s="66"/>
+      <c r="AP279" s="66"/>
+      <c r="AQ279" s="66"/>
+      <c r="AR279" s="66"/>
+    </row>
+    <row r="280" spans="1:44" s="5" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="127"/>
+      <c r="B280" s="73"/>
+      <c r="C280" s="73"/>
+      <c r="D280" s="73"/>
+      <c r="E280" s="73"/>
+      <c r="F280" s="73"/>
+      <c r="G280" s="73"/>
+      <c r="H280" s="73"/>
+      <c r="I280" s="73"/>
+      <c r="J280" s="73"/>
+      <c r="K280" s="73"/>
+      <c r="L280" s="73"/>
+      <c r="M280" s="73"/>
+      <c r="N280" s="73"/>
+      <c r="O280" s="73"/>
+      <c r="P280" s="73"/>
+      <c r="Q280" s="73"/>
+      <c r="R280" s="73"/>
+      <c r="S280" s="73"/>
+      <c r="T280" s="73"/>
+      <c r="U280" s="73"/>
+      <c r="V280" s="73"/>
+      <c r="W280" s="73"/>
+      <c r="Y280" s="66"/>
+      <c r="Z280" s="66"/>
+      <c r="AA280" s="66"/>
+      <c r="AB280" s="66"/>
+      <c r="AC280" s="66"/>
+      <c r="AD280" s="66"/>
+      <c r="AE280" s="66"/>
+      <c r="AF280" s="66"/>
+      <c r="AG280" s="66"/>
+      <c r="AH280" s="66"/>
+      <c r="AI280" s="66"/>
+      <c r="AJ280" s="66"/>
+      <c r="AK280" s="66"/>
+      <c r="AL280" s="66"/>
+      <c r="AM280" s="66"/>
+      <c r="AN280" s="66"/>
+      <c r="AO280" s="66"/>
+      <c r="AP280" s="66"/>
+      <c r="AQ280" s="66"/>
+      <c r="AR280" s="66"/>
+    </row>
+    <row r="281" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="321" t="s">
         <v>38</v>
       </c>
-      <c r="B281" s="319"/>
-[...447 lines deleted...]
-    <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B281" s="322"/>
+      <c r="C281" s="322"/>
+      <c r="D281" s="322"/>
+      <c r="E281" s="322"/>
+      <c r="F281" s="322"/>
+      <c r="G281" s="322"/>
+      <c r="H281" s="322"/>
+      <c r="I281" s="322"/>
+      <c r="J281" s="322"/>
+      <c r="K281" s="322"/>
+      <c r="L281" s="322"/>
+      <c r="M281" s="322"/>
+      <c r="N281" s="322"/>
+      <c r="O281" s="322"/>
+      <c r="P281" s="322"/>
+      <c r="Q281" s="322"/>
+      <c r="R281" s="322"/>
+      <c r="S281" s="322"/>
+      <c r="T281" s="322"/>
+      <c r="U281" s="322"/>
+      <c r="V281" s="322"/>
+      <c r="W281" s="323"/>
+      <c r="Y281" s="66"/>
+      <c r="Z281" s="66"/>
+      <c r="AA281" s="66"/>
+      <c r="AB281" s="66"/>
+      <c r="AC281" s="66"/>
+      <c r="AD281" s="66"/>
+      <c r="AE281" s="66"/>
+      <c r="AF281" s="66"/>
+      <c r="AG281" s="66"/>
+      <c r="AH281" s="66"/>
+      <c r="AI281" s="66"/>
+      <c r="AJ281" s="66"/>
+      <c r="AK281" s="66"/>
+      <c r="AL281" s="66"/>
+      <c r="AM281" s="66"/>
+      <c r="AN281" s="66"/>
+      <c r="AO281" s="66"/>
+      <c r="AP281" s="66"/>
+      <c r="AQ281" s="66"/>
+      <c r="AR281" s="66"/>
+    </row>
+    <row r="282" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="324"/>
+      <c r="B282" s="325"/>
+      <c r="C282" s="325"/>
+      <c r="D282" s="325"/>
+      <c r="E282" s="325"/>
+      <c r="F282" s="325"/>
+      <c r="G282" s="325"/>
+      <c r="H282" s="325"/>
+      <c r="I282" s="325"/>
+      <c r="J282" s="325"/>
+      <c r="K282" s="325"/>
+      <c r="L282" s="325"/>
+      <c r="M282" s="325"/>
+      <c r="N282" s="325"/>
+      <c r="O282" s="325"/>
+      <c r="P282" s="325"/>
+      <c r="Q282" s="325"/>
+      <c r="R282" s="325"/>
+      <c r="S282" s="325"/>
+      <c r="T282" s="325"/>
+      <c r="U282" s="325"/>
+      <c r="V282" s="325"/>
+      <c r="W282" s="326"/>
+      <c r="Y282" s="66"/>
+      <c r="Z282" s="66"/>
+      <c r="AA282" s="66"/>
+      <c r="AB282" s="66"/>
+      <c r="AC282" s="66"/>
+      <c r="AD282" s="66"/>
+      <c r="AE282" s="66"/>
+      <c r="AF282" s="66"/>
+      <c r="AG282" s="66"/>
+      <c r="AH282" s="66"/>
+      <c r="AI282" s="66"/>
+      <c r="AJ282" s="66"/>
+      <c r="AK282" s="66"/>
+      <c r="AL282" s="66"/>
+      <c r="AM282" s="66"/>
+      <c r="AN282" s="66"/>
+      <c r="AO282" s="66"/>
+      <c r="AP282" s="66"/>
+      <c r="AQ282" s="66"/>
+      <c r="AR282" s="66"/>
+    </row>
+    <row r="283" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="327"/>
+      <c r="B283" s="328"/>
+      <c r="C283" s="328"/>
+      <c r="D283" s="328"/>
+      <c r="E283" s="328"/>
+      <c r="F283" s="328"/>
+      <c r="G283" s="328"/>
+      <c r="H283" s="328"/>
+      <c r="I283" s="328"/>
+      <c r="J283" s="328"/>
+      <c r="K283" s="328"/>
+      <c r="L283" s="328"/>
+      <c r="M283" s="328"/>
+      <c r="N283" s="328"/>
+      <c r="O283" s="328"/>
+      <c r="P283" s="328"/>
+      <c r="Q283" s="328"/>
+      <c r="R283" s="328"/>
+      <c r="S283" s="328"/>
+      <c r="T283" s="328"/>
+      <c r="U283" s="328"/>
+      <c r="V283" s="328"/>
+      <c r="W283" s="329"/>
+      <c r="Y283" s="66"/>
+      <c r="Z283" s="66"/>
+      <c r="AA283" s="66"/>
+      <c r="AB283" s="66"/>
+      <c r="AC283" s="66"/>
+      <c r="AD283" s="66"/>
+      <c r="AE283" s="66"/>
+      <c r="AF283" s="66"/>
+      <c r="AG283" s="66"/>
+      <c r="AH283" s="66"/>
+      <c r="AI283" s="66"/>
+      <c r="AJ283" s="66"/>
+      <c r="AK283" s="66"/>
+      <c r="AL283" s="66"/>
+      <c r="AM283" s="66"/>
+      <c r="AN283" s="66"/>
+      <c r="AO283" s="66"/>
+      <c r="AP283" s="66"/>
+      <c r="AQ283" s="66"/>
+      <c r="AR283" s="66"/>
+    </row>
+    <row r="284" spans="1:44" s="5" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="327"/>
+      <c r="B284" s="328"/>
+      <c r="C284" s="328"/>
+      <c r="D284" s="328"/>
+      <c r="E284" s="328"/>
+      <c r="F284" s="328"/>
+      <c r="G284" s="328"/>
+      <c r="H284" s="328"/>
+      <c r="I284" s="328"/>
+      <c r="J284" s="328"/>
+      <c r="K284" s="328"/>
+      <c r="L284" s="328"/>
+      <c r="M284" s="328"/>
+      <c r="N284" s="328"/>
+      <c r="O284" s="328"/>
+      <c r="P284" s="328"/>
+      <c r="Q284" s="328"/>
+      <c r="R284" s="328"/>
+      <c r="S284" s="328"/>
+      <c r="T284" s="328"/>
+      <c r="U284" s="328"/>
+      <c r="V284" s="328"/>
+      <c r="W284" s="329"/>
+      <c r="Y284" s="66"/>
+      <c r="Z284" s="66"/>
+      <c r="AA284" s="66"/>
+      <c r="AB284" s="66"/>
+      <c r="AC284" s="66"/>
+      <c r="AD284" s="66"/>
+      <c r="AE284" s="66"/>
+      <c r="AF284" s="66"/>
+      <c r="AG284" s="66"/>
+      <c r="AH284" s="66"/>
+      <c r="AI284" s="66"/>
+      <c r="AJ284" s="66"/>
+      <c r="AK284" s="66"/>
+      <c r="AL284" s="66"/>
+      <c r="AM284" s="66"/>
+      <c r="AN284" s="66"/>
+      <c r="AO284" s="66"/>
+      <c r="AP284" s="66"/>
+      <c r="AQ284" s="66"/>
+      <c r="AR284" s="66"/>
+    </row>
+    <row r="285" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="327"/>
+      <c r="B285" s="328"/>
+      <c r="C285" s="328"/>
+      <c r="D285" s="328"/>
+      <c r="E285" s="328"/>
+      <c r="F285" s="328"/>
+      <c r="G285" s="328"/>
+      <c r="H285" s="328"/>
+      <c r="I285" s="328"/>
+      <c r="J285" s="328"/>
+      <c r="K285" s="328"/>
+      <c r="L285" s="328"/>
+      <c r="M285" s="328"/>
+      <c r="N285" s="328"/>
+      <c r="O285" s="328"/>
+      <c r="P285" s="328"/>
+      <c r="Q285" s="328"/>
+      <c r="R285" s="328"/>
+      <c r="S285" s="328"/>
+      <c r="T285" s="328"/>
+      <c r="U285" s="328"/>
+      <c r="V285" s="328"/>
+      <c r="W285" s="329"/>
+      <c r="Y285" s="66"/>
+      <c r="Z285" s="66"/>
+      <c r="AA285" s="66"/>
+      <c r="AB285" s="66"/>
+      <c r="AC285" s="66"/>
+      <c r="AD285" s="66"/>
+      <c r="AE285" s="66"/>
+      <c r="AF285" s="66"/>
+      <c r="AG285" s="66"/>
+      <c r="AH285" s="66"/>
+      <c r="AI285" s="66"/>
+      <c r="AJ285" s="66"/>
+      <c r="AK285" s="66"/>
+      <c r="AL285" s="66"/>
+      <c r="AM285" s="66"/>
+      <c r="AN285" s="66"/>
+      <c r="AO285" s="66"/>
+      <c r="AP285" s="66"/>
+      <c r="AQ285" s="66"/>
+      <c r="AR285" s="66"/>
+    </row>
+    <row r="286" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="327"/>
+      <c r="B286" s="328"/>
+      <c r="C286" s="328"/>
+      <c r="D286" s="328"/>
+      <c r="E286" s="328"/>
+      <c r="F286" s="328"/>
+      <c r="G286" s="328"/>
+      <c r="H286" s="328"/>
+      <c r="I286" s="328"/>
+      <c r="J286" s="328"/>
+      <c r="K286" s="328"/>
+      <c r="L286" s="328"/>
+      <c r="M286" s="328"/>
+      <c r="N286" s="328"/>
+      <c r="O286" s="328"/>
+      <c r="P286" s="328"/>
+      <c r="Q286" s="328"/>
+      <c r="R286" s="328"/>
+      <c r="S286" s="328"/>
+      <c r="T286" s="328"/>
+      <c r="U286" s="328"/>
+      <c r="V286" s="328"/>
+      <c r="W286" s="329"/>
+      <c r="Y286" s="66"/>
+      <c r="Z286" s="66"/>
+      <c r="AA286" s="66"/>
+      <c r="AB286" s="66"/>
+      <c r="AC286" s="66"/>
+      <c r="AD286" s="66"/>
+      <c r="AE286" s="66"/>
+      <c r="AF286" s="66"/>
+      <c r="AG286" s="66"/>
+      <c r="AH286" s="66"/>
+      <c r="AI286" s="66"/>
+      <c r="AJ286" s="66"/>
+      <c r="AK286" s="66"/>
+      <c r="AL286" s="66"/>
+      <c r="AM286" s="66"/>
+      <c r="AN286" s="66"/>
+      <c r="AO286" s="66"/>
+      <c r="AP286" s="66"/>
+      <c r="AQ286" s="66"/>
+      <c r="AR286" s="66"/>
+    </row>
+    <row r="287" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="327"/>
+      <c r="B287" s="328"/>
+      <c r="C287" s="328"/>
+      <c r="D287" s="328"/>
+      <c r="E287" s="328"/>
+      <c r="F287" s="328"/>
+      <c r="G287" s="328"/>
+      <c r="H287" s="328"/>
+      <c r="I287" s="328"/>
+      <c r="J287" s="328"/>
+      <c r="K287" s="328"/>
+      <c r="L287" s="328"/>
+      <c r="M287" s="328"/>
+      <c r="N287" s="328"/>
+      <c r="O287" s="328"/>
+      <c r="P287" s="328"/>
+      <c r="Q287" s="328"/>
+      <c r="R287" s="328"/>
+      <c r="S287" s="328"/>
+      <c r="T287" s="328"/>
+      <c r="U287" s="328"/>
+      <c r="V287" s="328"/>
+      <c r="W287" s="329"/>
+      <c r="Y287" s="66"/>
+      <c r="Z287" s="66"/>
+      <c r="AA287" s="66"/>
+      <c r="AB287" s="66"/>
+      <c r="AC287" s="66"/>
+      <c r="AD287" s="66"/>
+      <c r="AE287" s="66"/>
+      <c r="AF287" s="66"/>
+      <c r="AG287" s="66"/>
+      <c r="AH287" s="66"/>
+      <c r="AI287" s="66"/>
+      <c r="AJ287" s="66"/>
+      <c r="AK287" s="66"/>
+      <c r="AL287" s="66"/>
+      <c r="AM287" s="66"/>
+      <c r="AN287" s="66"/>
+      <c r="AO287" s="66"/>
+      <c r="AP287" s="66"/>
+      <c r="AQ287" s="66"/>
+      <c r="AR287" s="66"/>
+    </row>
+    <row r="288" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="327"/>
+      <c r="B288" s="328"/>
+      <c r="C288" s="328"/>
+      <c r="D288" s="328"/>
+      <c r="E288" s="328"/>
+      <c r="F288" s="328"/>
+      <c r="G288" s="328"/>
+      <c r="H288" s="328"/>
+      <c r="I288" s="328"/>
+      <c r="J288" s="328"/>
+      <c r="K288" s="328"/>
+      <c r="L288" s="328"/>
+      <c r="M288" s="328"/>
+      <c r="N288" s="328"/>
+      <c r="O288" s="328"/>
+      <c r="P288" s="328"/>
+      <c r="Q288" s="328"/>
+      <c r="R288" s="328"/>
+      <c r="S288" s="328"/>
+      <c r="T288" s="328"/>
+      <c r="U288" s="328"/>
+      <c r="V288" s="328"/>
+      <c r="W288" s="329"/>
+      <c r="Y288" s="66"/>
+      <c r="Z288" s="66"/>
+      <c r="AA288" s="66"/>
+      <c r="AB288" s="66"/>
+      <c r="AC288" s="66"/>
+      <c r="AD288" s="66"/>
+      <c r="AE288" s="66"/>
+      <c r="AF288" s="66"/>
+      <c r="AG288" s="66"/>
+      <c r="AH288" s="66"/>
+      <c r="AI288" s="66"/>
+      <c r="AJ288" s="66"/>
+      <c r="AK288" s="66"/>
+      <c r="AL288" s="66"/>
+      <c r="AM288" s="66"/>
+      <c r="AN288" s="66"/>
+      <c r="AO288" s="66"/>
+      <c r="AP288" s="66"/>
+      <c r="AQ288" s="66"/>
+      <c r="AR288" s="66"/>
+    </row>
+    <row r="289" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="327"/>
+      <c r="B289" s="328"/>
+      <c r="C289" s="328"/>
+      <c r="D289" s="328"/>
+      <c r="E289" s="328"/>
+      <c r="F289" s="328"/>
+      <c r="G289" s="328"/>
+      <c r="H289" s="328"/>
+      <c r="I289" s="328"/>
+      <c r="J289" s="328"/>
+      <c r="K289" s="328"/>
+      <c r="L289" s="328"/>
+      <c r="M289" s="328"/>
+      <c r="N289" s="328"/>
+      <c r="O289" s="328"/>
+      <c r="P289" s="328"/>
+      <c r="Q289" s="328"/>
+      <c r="R289" s="328"/>
+      <c r="S289" s="328"/>
+      <c r="T289" s="328"/>
+      <c r="U289" s="328"/>
+      <c r="V289" s="328"/>
+      <c r="W289" s="329"/>
+      <c r="Y289" s="66"/>
+      <c r="Z289" s="66"/>
+      <c r="AA289" s="66"/>
+      <c r="AB289" s="66"/>
+      <c r="AC289" s="66"/>
+      <c r="AD289" s="66"/>
+      <c r="AE289" s="66"/>
+      <c r="AF289" s="66"/>
+      <c r="AG289" s="66"/>
+      <c r="AH289" s="66"/>
+      <c r="AI289" s="66"/>
+      <c r="AJ289" s="66"/>
+      <c r="AK289" s="66"/>
+      <c r="AL289" s="66"/>
+      <c r="AM289" s="66"/>
+      <c r="AN289" s="66"/>
+      <c r="AO289" s="66"/>
+      <c r="AP289" s="66"/>
+      <c r="AQ289" s="66"/>
+      <c r="AR289" s="66"/>
+    </row>
+    <row r="290" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="330"/>
+      <c r="B290" s="331"/>
+      <c r="C290" s="331"/>
+      <c r="D290" s="331"/>
+      <c r="E290" s="331"/>
+      <c r="F290" s="331"/>
+      <c r="G290" s="331"/>
+      <c r="H290" s="331"/>
+      <c r="I290" s="331"/>
+      <c r="J290" s="331"/>
+      <c r="K290" s="331"/>
+      <c r="L290" s="331"/>
+      <c r="M290" s="331"/>
+      <c r="N290" s="331"/>
+      <c r="O290" s="331"/>
+      <c r="P290" s="331"/>
+      <c r="Q290" s="331"/>
+      <c r="R290" s="331"/>
+      <c r="S290" s="331"/>
+      <c r="T290" s="331"/>
+      <c r="U290" s="331"/>
+      <c r="V290" s="331"/>
+      <c r="W290" s="332"/>
+      <c r="Y290" s="66"/>
+      <c r="Z290" s="66"/>
+      <c r="AA290" s="66"/>
+      <c r="AB290" s="66"/>
+      <c r="AC290" s="66"/>
+      <c r="AD290" s="66"/>
+      <c r="AE290" s="66"/>
+      <c r="AF290" s="66"/>
+      <c r="AG290" s="66"/>
+      <c r="AH290" s="66"/>
+      <c r="AI290" s="66"/>
+      <c r="AJ290" s="66"/>
+      <c r="AK290" s="66"/>
+      <c r="AL290" s="66"/>
+      <c r="AM290" s="66"/>
+      <c r="AN290" s="66"/>
+      <c r="AO290" s="66"/>
+      <c r="AP290" s="66"/>
+      <c r="AQ290" s="66"/>
+      <c r="AR290" s="66"/>
+    </row>
+    <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H291" s="6"/>
       <c r="I291" s="6"/>
       <c r="J291" s="6"/>
       <c r="S291" s="6"/>
       <c r="T291" s="6"/>
       <c r="U291" s="6"/>
-      <c r="Y291" s="67"/>
-[...21 lines deleted...]
-      <c r="A292" s="330" t="s">
+      <c r="Y291" s="66"/>
+      <c r="Z291" s="66"/>
+      <c r="AA291" s="66"/>
+      <c r="AB291" s="66"/>
+      <c r="AC291" s="66"/>
+      <c r="AD291" s="66"/>
+      <c r="AE291" s="66"/>
+      <c r="AF291" s="66"/>
+      <c r="AG291" s="66"/>
+      <c r="AH291" s="66"/>
+      <c r="AI291" s="66"/>
+      <c r="AJ291" s="66"/>
+      <c r="AK291" s="66"/>
+      <c r="AL291" s="66"/>
+      <c r="AM291" s="66"/>
+      <c r="AN291" s="66"/>
+      <c r="AO291" s="66"/>
+      <c r="AP291" s="66"/>
+      <c r="AQ291" s="66"/>
+      <c r="AR291" s="66"/>
+    </row>
+    <row r="292" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="333" t="s">
         <v>39</v>
       </c>
-      <c r="B292" s="331"/>
-[...3 lines deleted...]
-      <c r="F292" s="332"/>
+      <c r="B292" s="334"/>
+      <c r="C292" s="334"/>
+      <c r="D292" s="334"/>
+      <c r="E292" s="334"/>
+      <c r="F292" s="335"/>
       <c r="G292" s="7"/>
       <c r="H292" s="7"/>
       <c r="I292" s="7"/>
       <c r="J292" s="7"/>
       <c r="K292" s="7"/>
       <c r="L292" s="7"/>
       <c r="M292" s="7"/>
       <c r="N292" s="7"/>
       <c r="O292" s="7"/>
       <c r="P292" s="7"/>
       <c r="Q292" s="7"/>
       <c r="R292" s="7"/>
       <c r="S292" s="2"/>
       <c r="T292" s="2"/>
       <c r="U292" s="2"/>
       <c r="V292" s="2"/>
       <c r="W292" s="2"/>
-      <c r="Y292" s="67"/>
-[...23 lines deleted...]
-      <c r="C293" s="198" t="s">
+      <c r="Y292" s="66"/>
+      <c r="Z292" s="66"/>
+      <c r="AA292" s="66"/>
+      <c r="AB292" s="66"/>
+      <c r="AC292" s="66"/>
+      <c r="AD292" s="66"/>
+      <c r="AE292" s="66"/>
+      <c r="AF292" s="66"/>
+      <c r="AG292" s="66"/>
+      <c r="AH292" s="66"/>
+      <c r="AI292" s="66"/>
+      <c r="AJ292" s="66"/>
+      <c r="AK292" s="66"/>
+      <c r="AL292" s="66"/>
+      <c r="AM292" s="66"/>
+      <c r="AN292" s="66"/>
+      <c r="AO292" s="66"/>
+      <c r="AP292" s="66"/>
+      <c r="AQ292" s="66"/>
+      <c r="AR292" s="66"/>
+    </row>
+    <row r="293" spans="1:44" s="5" customFormat="1" ht="23.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="204"/>
+      <c r="B293" s="205"/>
+      <c r="C293" s="206" t="s">
         <v>40</v>
       </c>
-      <c r="D293" s="198" t="s">
+      <c r="D293" s="206" t="s">
         <v>41</v>
       </c>
-      <c r="E293" s="198" t="s">
+      <c r="E293" s="206" t="s">
         <v>42</v>
       </c>
-      <c r="F293" s="199"/>
+      <c r="F293" s="207"/>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
       <c r="I293" s="2"/>
       <c r="J293" s="2"/>
       <c r="K293" s="2"/>
       <c r="L293" s="2"/>
       <c r="M293" s="2"/>
       <c r="N293" s="2"/>
       <c r="O293" s="2"/>
       <c r="P293" s="2"/>
       <c r="Q293" s="2"/>
       <c r="R293" s="2"/>
       <c r="S293" s="2"/>
       <c r="T293" s="2"/>
       <c r="U293" s="2"/>
       <c r="V293" s="2"/>
       <c r="W293" s="2"/>
-      <c r="Y293" s="67"/>
-[...21 lines deleted...]
-      <c r="A294" s="200" t="s">
+      <c r="Y293" s="66"/>
+      <c r="Z293" s="66"/>
+      <c r="AA293" s="66"/>
+      <c r="AB293" s="66"/>
+      <c r="AC293" s="66"/>
+      <c r="AD293" s="66"/>
+      <c r="AE293" s="66"/>
+      <c r="AF293" s="66"/>
+      <c r="AG293" s="66"/>
+      <c r="AH293" s="66"/>
+      <c r="AI293" s="66"/>
+      <c r="AJ293" s="66"/>
+      <c r="AK293" s="66"/>
+      <c r="AL293" s="66"/>
+      <c r="AM293" s="66"/>
+      <c r="AN293" s="66"/>
+      <c r="AO293" s="66"/>
+      <c r="AP293" s="66"/>
+      <c r="AQ293" s="66"/>
+      <c r="AR293" s="66"/>
+    </row>
+    <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="208" t="s">
         <v>43</v>
       </c>
-      <c r="B294" s="201"/>
-      <c r="C294" s="202">
+      <c r="B294" s="209"/>
+      <c r="C294" s="210">
         <f>X278</f>
         <v>0</v>
       </c>
-      <c r="D294" s="203">
+      <c r="D294" s="211">
         <f>C294/12</f>
         <v>0</v>
       </c>
-      <c r="E294" s="61">
+      <c r="E294" s="60">
         <v>25000</v>
       </c>
-      <c r="F294" s="48">
+      <c r="F294" s="212">
         <f>$E$294*$D$294</f>
         <v>0</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
       <c r="I294" s="2"/>
       <c r="J294" s="2"/>
       <c r="K294" s="2"/>
       <c r="L294" s="2"/>
       <c r="M294" s="2"/>
       <c r="N294" s="2"/>
       <c r="O294" s="2"/>
       <c r="P294" s="2"/>
       <c r="Q294" s="2"/>
       <c r="R294" s="2"/>
       <c r="S294" s="2"/>
       <c r="T294" s="2"/>
       <c r="U294" s="2"/>
       <c r="V294" s="2"/>
       <c r="W294" s="2"/>
-      <c r="Y294" s="67"/>
-[...21 lines deleted...]
-      <c r="A295" s="333" t="s">
+      <c r="Y294" s="66"/>
+      <c r="Z294" s="66"/>
+      <c r="AA294" s="66"/>
+      <c r="AB294" s="66"/>
+      <c r="AC294" s="66"/>
+      <c r="AD294" s="66"/>
+      <c r="AE294" s="66"/>
+      <c r="AF294" s="66"/>
+      <c r="AG294" s="66"/>
+      <c r="AH294" s="66"/>
+      <c r="AI294" s="66"/>
+      <c r="AJ294" s="66"/>
+      <c r="AK294" s="66"/>
+      <c r="AL294" s="66"/>
+      <c r="AM294" s="66"/>
+      <c r="AN294" s="66"/>
+      <c r="AO294" s="66"/>
+      <c r="AP294" s="66"/>
+      <c r="AQ294" s="66"/>
+      <c r="AR294" s="66"/>
+    </row>
+    <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="336" t="s">
         <v>100</v>
       </c>
-      <c r="B295" s="333"/>
-[...3 lines deleted...]
-      <c r="F295" s="333"/>
+      <c r="B295" s="336"/>
+      <c r="C295" s="336"/>
+      <c r="D295" s="336"/>
+      <c r="E295" s="336"/>
+      <c r="F295" s="336"/>
       <c r="G295" s="8"/>
       <c r="H295" s="9"/>
       <c r="I295" s="9"/>
       <c r="J295" s="9"/>
       <c r="K295" s="9"/>
       <c r="L295" s="9"/>
       <c r="M295" s="9"/>
       <c r="N295" s="9"/>
       <c r="O295" s="9"/>
       <c r="P295" s="9"/>
       <c r="Q295" s="9"/>
       <c r="R295" s="9"/>
       <c r="S295" s="2"/>
       <c r="T295" s="2"/>
       <c r="U295" s="2"/>
       <c r="V295" s="2"/>
       <c r="W295" s="2"/>
-      <c r="Y295" s="67"/>
-[...20 lines deleted...]
-    <row r="296" spans="1:44" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="Y295" s="66"/>
+      <c r="Z295" s="66"/>
+      <c r="AA295" s="66"/>
+      <c r="AB295" s="66"/>
+      <c r="AC295" s="66"/>
+      <c r="AD295" s="66"/>
+      <c r="AE295" s="66"/>
+      <c r="AF295" s="66"/>
+      <c r="AG295" s="66"/>
+      <c r="AH295" s="66"/>
+      <c r="AI295" s="66"/>
+      <c r="AJ295" s="66"/>
+      <c r="AK295" s="66"/>
+      <c r="AL295" s="66"/>
+      <c r="AM295" s="66"/>
+      <c r="AN295" s="66"/>
+      <c r="AO295" s="66"/>
+      <c r="AP295" s="66"/>
+      <c r="AQ295" s="66"/>
+      <c r="AR295" s="66"/>
+    </row>
+    <row r="296" spans="1:44" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A296" s="2"/>
       <c r="B296" s="2"/>
       <c r="C296" s="2"/>
       <c r="D296" s="2"/>
       <c r="E296" s="2"/>
       <c r="F296" s="2"/>
       <c r="G296" s="10"/>
       <c r="H296" s="10"/>
       <c r="I296" s="10"/>
       <c r="J296" s="10"/>
       <c r="K296" s="10"/>
       <c r="L296" s="10"/>
       <c r="M296" s="10"/>
       <c r="N296" s="10"/>
       <c r="O296" s="10"/>
       <c r="P296" s="10"/>
       <c r="Q296" s="10"/>
       <c r="R296" s="10"/>
       <c r="S296" s="2"/>
       <c r="T296" s="2"/>
       <c r="U296" s="2"/>
       <c r="V296" s="2"/>
       <c r="W296" s="2"/>
-      <c r="Y296" s="67"/>
-[...21 lines deleted...]
-      <c r="A297" s="334" t="s">
+      <c r="Y296" s="66"/>
+      <c r="Z296" s="66"/>
+      <c r="AA296" s="66"/>
+      <c r="AB296" s="66"/>
+      <c r="AC296" s="66"/>
+      <c r="AD296" s="66"/>
+      <c r="AE296" s="66"/>
+      <c r="AF296" s="66"/>
+      <c r="AG296" s="66"/>
+      <c r="AH296" s="66"/>
+      <c r="AI296" s="66"/>
+      <c r="AJ296" s="66"/>
+      <c r="AK296" s="66"/>
+      <c r="AL296" s="66"/>
+      <c r="AM296" s="66"/>
+      <c r="AN296" s="66"/>
+      <c r="AO296" s="66"/>
+      <c r="AP296" s="66"/>
+      <c r="AQ296" s="66"/>
+      <c r="AR296" s="66"/>
+    </row>
+    <row r="297" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="337" t="s">
         <v>44</v>
       </c>
-      <c r="B297" s="335"/>
-[...3 lines deleted...]
-      <c r="F297" s="335"/>
+      <c r="B297" s="338"/>
+      <c r="C297" s="338"/>
+      <c r="D297" s="338"/>
+      <c r="E297" s="338"/>
+      <c r="F297" s="338"/>
       <c r="G297" s="10"/>
       <c r="H297" s="10"/>
       <c r="I297" s="10"/>
       <c r="J297" s="10"/>
       <c r="K297" s="10"/>
       <c r="L297" s="10"/>
       <c r="M297" s="10"/>
       <c r="N297" s="10"/>
       <c r="O297" s="10"/>
       <c r="P297" s="10"/>
       <c r="Q297" s="10"/>
       <c r="R297" s="10"/>
       <c r="S297" s="2"/>
       <c r="T297" s="2"/>
       <c r="U297" s="2"/>
       <c r="V297" s="2"/>
       <c r="W297" s="2"/>
-      <c r="Y297" s="67"/>
-[...23 lines deleted...]
-      <c r="C298" s="198" t="s">
+      <c r="Y297" s="66"/>
+      <c r="Z297" s="66"/>
+      <c r="AA297" s="66"/>
+      <c r="AB297" s="66"/>
+      <c r="AC297" s="66"/>
+      <c r="AD297" s="66"/>
+      <c r="AE297" s="66"/>
+      <c r="AF297" s="66"/>
+      <c r="AG297" s="66"/>
+      <c r="AH297" s="66"/>
+      <c r="AI297" s="66"/>
+      <c r="AJ297" s="66"/>
+      <c r="AK297" s="66"/>
+      <c r="AL297" s="66"/>
+      <c r="AM297" s="66"/>
+      <c r="AN297" s="66"/>
+      <c r="AO297" s="66"/>
+      <c r="AP297" s="66"/>
+      <c r="AQ297" s="66"/>
+      <c r="AR297" s="66"/>
+    </row>
+    <row r="298" spans="1:44" s="5" customFormat="1" ht="23.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="213"/>
+      <c r="B298" s="214"/>
+      <c r="C298" s="206" t="s">
         <v>40</v>
       </c>
-      <c r="D298" s="198" t="s">
+      <c r="D298" s="206" t="s">
         <v>41</v>
       </c>
-      <c r="E298" s="198" t="s">
+      <c r="E298" s="206" t="s">
         <v>45</v>
       </c>
-      <c r="F298" s="199" t="s">
+      <c r="F298" s="207" t="s">
         <v>46</v>
       </c>
       <c r="G298" s="11"/>
       <c r="H298" s="11"/>
       <c r="I298" s="11"/>
       <c r="J298" s="11"/>
       <c r="K298" s="11"/>
       <c r="L298" s="11"/>
       <c r="M298" s="11"/>
       <c r="N298" s="11"/>
       <c r="O298" s="11"/>
       <c r="P298" s="11"/>
       <c r="Q298" s="11"/>
       <c r="R298" s="11"/>
       <c r="S298" s="2"/>
       <c r="T298" s="2"/>
       <c r="U298" s="2"/>
       <c r="V298" s="2"/>
       <c r="W298" s="2"/>
-      <c r="Y298" s="67"/>
-[...21 lines deleted...]
-      <c r="A299" s="206" t="s">
+      <c r="Y298" s="66"/>
+      <c r="Z298" s="66"/>
+      <c r="AA298" s="66"/>
+      <c r="AB298" s="66"/>
+      <c r="AC298" s="66"/>
+      <c r="AD298" s="66"/>
+      <c r="AE298" s="66"/>
+      <c r="AF298" s="66"/>
+      <c r="AG298" s="66"/>
+      <c r="AH298" s="66"/>
+      <c r="AI298" s="66"/>
+      <c r="AJ298" s="66"/>
+      <c r="AK298" s="66"/>
+      <c r="AL298" s="66"/>
+      <c r="AM298" s="66"/>
+      <c r="AN298" s="66"/>
+      <c r="AO298" s="66"/>
+      <c r="AP298" s="66"/>
+      <c r="AQ298" s="66"/>
+      <c r="AR298" s="66"/>
+    </row>
+    <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="215" t="s">
         <v>47</v>
       </c>
-      <c r="B299" s="207"/>
-      <c r="C299" s="208">
+      <c r="B299" s="216"/>
+      <c r="C299" s="217">
         <f>V278</f>
         <v>0</v>
       </c>
-      <c r="D299" s="209">
+      <c r="D299" s="218">
         <f>C299/12</f>
         <v>0</v>
       </c>
-      <c r="E299" s="210">
+      <c r="E299" s="219">
         <f>25000*D299</f>
         <v>0</v>
       </c>
       <c r="F299" s="48">
         <v>0</v>
       </c>
       <c r="G299" s="12"/>
       <c r="H299" s="12"/>
       <c r="I299" s="12"/>
       <c r="J299" s="12"/>
       <c r="K299" s="12"/>
       <c r="L299" s="12"/>
       <c r="M299" s="12"/>
       <c r="N299" s="12"/>
       <c r="O299" s="12"/>
       <c r="P299" s="12"/>
       <c r="Q299" s="12"/>
       <c r="R299" s="12"/>
       <c r="S299" s="13"/>
       <c r="T299" s="13"/>
       <c r="U299" s="13"/>
       <c r="V299" s="13"/>
       <c r="W299" s="13"/>
-      <c r="Y299" s="67"/>
-[...21 lines deleted...]
-      <c r="A300" s="342" t="s">
+      <c r="Y299" s="66"/>
+      <c r="Z299" s="66"/>
+      <c r="AA299" s="66"/>
+      <c r="AB299" s="66"/>
+      <c r="AC299" s="66"/>
+      <c r="AD299" s="66"/>
+      <c r="AE299" s="66"/>
+      <c r="AF299" s="66"/>
+      <c r="AG299" s="66"/>
+      <c r="AH299" s="66"/>
+      <c r="AI299" s="66"/>
+      <c r="AJ299" s="66"/>
+      <c r="AK299" s="66"/>
+      <c r="AL299" s="66"/>
+      <c r="AM299" s="66"/>
+      <c r="AN299" s="66"/>
+      <c r="AO299" s="66"/>
+      <c r="AP299" s="66"/>
+      <c r="AQ299" s="66"/>
+      <c r="AR299" s="66"/>
+    </row>
+    <row r="300" spans="1:44" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="345" t="s">
         <v>101</v>
       </c>
-      <c r="B300" s="342"/>
-[...3 lines deleted...]
-      <c r="F300" s="342"/>
+      <c r="B300" s="345"/>
+      <c r="C300" s="345"/>
+      <c r="D300" s="345"/>
+      <c r="E300" s="345"/>
+      <c r="F300" s="345"/>
       <c r="G300" s="14"/>
-      <c r="H300" s="233"/>
+      <c r="H300" s="178"/>
       <c r="I300" s="14"/>
       <c r="J300" s="14"/>
       <c r="K300" s="14"/>
       <c r="L300" s="14"/>
       <c r="M300" s="14"/>
       <c r="N300" s="14"/>
       <c r="O300" s="14"/>
       <c r="P300" s="14"/>
       <c r="Q300" s="14"/>
       <c r="R300" s="14"/>
       <c r="S300" s="2"/>
       <c r="T300" s="2"/>
       <c r="U300" s="2"/>
       <c r="V300" s="2"/>
       <c r="W300" s="2"/>
-      <c r="Y300" s="67"/>
-[...18 lines deleted...]
-      <c r="AR300" s="67"/>
+      <c r="Y300" s="66"/>
+      <c r="Z300" s="66"/>
+      <c r="AA300" s="66"/>
+      <c r="AB300" s="66"/>
+      <c r="AC300" s="66"/>
+      <c r="AD300" s="66"/>
+      <c r="AE300" s="66"/>
+      <c r="AF300" s="66"/>
+      <c r="AG300" s="66"/>
+      <c r="AH300" s="66"/>
+      <c r="AI300" s="66"/>
+      <c r="AJ300" s="66"/>
+      <c r="AK300" s="66"/>
+      <c r="AL300" s="66"/>
+      <c r="AM300" s="66"/>
+      <c r="AN300" s="66"/>
+      <c r="AO300" s="66"/>
+      <c r="AP300" s="66"/>
+      <c r="AQ300" s="66"/>
+      <c r="AR300" s="66"/>
     </row>
     <row r="301" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="16"/>
       <c r="B301" s="16"/>
       <c r="C301" s="1"/>
       <c r="D301" s="1"/>
       <c r="E301" s="1"/>
       <c r="F301" s="1"/>
       <c r="G301" s="15"/>
       <c r="H301" s="2"/>
       <c r="I301" s="2"/>
       <c r="J301" s="2"/>
-      <c r="Y301" s="63"/>
-[...18 lines deleted...]
-      <c r="AR301" s="63"/>
+      <c r="Y301" s="62"/>
+      <c r="Z301" s="62"/>
+      <c r="AA301" s="62"/>
+      <c r="AB301" s="62"/>
+      <c r="AC301" s="62"/>
+      <c r="AD301" s="62"/>
+      <c r="AE301" s="62"/>
+      <c r="AF301" s="62"/>
+      <c r="AG301" s="62"/>
+      <c r="AH301" s="62"/>
+      <c r="AI301" s="62"/>
+      <c r="AJ301" s="62"/>
+      <c r="AK301" s="62"/>
+      <c r="AL301" s="62"/>
+      <c r="AM301" s="62"/>
+      <c r="AN301" s="62"/>
+      <c r="AO301" s="62"/>
+      <c r="AP301" s="62"/>
+      <c r="AQ301" s="62"/>
+      <c r="AR301" s="62"/>
     </row>
     <row r="302" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A302" s="343" t="s">
+      <c r="A302" s="346" t="s">
         <v>102</v>
       </c>
-      <c r="B302" s="344"/>
-[...40 lines deleted...]
-      <c r="AR302" s="63"/>
+      <c r="B302" s="347"/>
+      <c r="C302" s="347"/>
+      <c r="D302" s="347"/>
+      <c r="E302" s="347"/>
+      <c r="F302" s="347"/>
+      <c r="G302" s="347"/>
+      <c r="H302" s="347"/>
+      <c r="I302" s="347"/>
+      <c r="J302" s="347"/>
+      <c r="K302" s="347"/>
+      <c r="L302" s="347"/>
+      <c r="M302" s="347"/>
+      <c r="N302" s="347"/>
+      <c r="O302" s="347"/>
+      <c r="P302" s="347"/>
+      <c r="Q302" s="347"/>
+      <c r="R302" s="347"/>
+      <c r="S302" s="347"/>
+      <c r="T302" s="347"/>
+      <c r="U302" s="347"/>
+      <c r="V302" s="347"/>
+      <c r="W302" s="348"/>
+      <c r="Y302" s="62"/>
+      <c r="Z302" s="62"/>
+      <c r="AA302" s="62"/>
+      <c r="AB302" s="62"/>
+      <c r="AC302" s="62"/>
+      <c r="AD302" s="62"/>
+      <c r="AE302" s="62"/>
+      <c r="AF302" s="62"/>
+      <c r="AG302" s="62"/>
+      <c r="AH302" s="62"/>
+      <c r="AI302" s="62"/>
+      <c r="AJ302" s="62"/>
+      <c r="AK302" s="62"/>
+      <c r="AL302" s="62"/>
+      <c r="AM302" s="62"/>
+      <c r="AN302" s="62"/>
+      <c r="AO302" s="62"/>
+      <c r="AP302" s="62"/>
+      <c r="AQ302" s="62"/>
+      <c r="AR302" s="62"/>
     </row>
     <row r="303" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A303" s="346"/>
-[...41 lines deleted...]
-      <c r="AR303" s="63"/>
+      <c r="A303" s="349"/>
+      <c r="B303" s="350"/>
+      <c r="C303" s="350"/>
+      <c r="D303" s="350"/>
+      <c r="E303" s="350"/>
+      <c r="F303" s="350"/>
+      <c r="G303" s="350"/>
+      <c r="H303" s="350"/>
+      <c r="I303" s="350"/>
+      <c r="J303" s="350"/>
+      <c r="K303" s="350"/>
+      <c r="L303" s="350"/>
+      <c r="M303" s="350"/>
+      <c r="N303" s="350"/>
+      <c r="O303" s="350"/>
+      <c r="P303" s="350"/>
+      <c r="Q303" s="350"/>
+      <c r="R303" s="350"/>
+      <c r="S303" s="350"/>
+      <c r="T303" s="350"/>
+      <c r="U303" s="350"/>
+      <c r="V303" s="350"/>
+      <c r="W303" s="351"/>
+      <c r="Y303" s="62"/>
+      <c r="Z303" s="62"/>
+      <c r="AA303" s="62"/>
+      <c r="AB303" s="62"/>
+      <c r="AC303" s="62"/>
+      <c r="AD303" s="62"/>
+      <c r="AE303" s="62"/>
+      <c r="AF303" s="62"/>
+      <c r="AG303" s="62"/>
+      <c r="AH303" s="62"/>
+      <c r="AI303" s="62"/>
+      <c r="AJ303" s="62"/>
+      <c r="AK303" s="62"/>
+      <c r="AL303" s="62"/>
+      <c r="AM303" s="62"/>
+      <c r="AN303" s="62"/>
+      <c r="AO303" s="62"/>
+      <c r="AP303" s="62"/>
+      <c r="AQ303" s="62"/>
+      <c r="AR303" s="62"/>
     </row>
     <row r="304" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A304" s="349"/>
-[...41 lines deleted...]
-      <c r="AR304" s="68"/>
+      <c r="A304" s="352"/>
+      <c r="B304" s="353"/>
+      <c r="C304" s="353"/>
+      <c r="D304" s="353"/>
+      <c r="E304" s="353"/>
+      <c r="F304" s="353"/>
+      <c r="G304" s="353"/>
+      <c r="H304" s="353"/>
+      <c r="I304" s="353"/>
+      <c r="J304" s="353"/>
+      <c r="K304" s="353"/>
+      <c r="L304" s="353"/>
+      <c r="M304" s="353"/>
+      <c r="N304" s="353"/>
+      <c r="O304" s="353"/>
+      <c r="P304" s="353"/>
+      <c r="Q304" s="353"/>
+      <c r="R304" s="353"/>
+      <c r="S304" s="353"/>
+      <c r="T304" s="353"/>
+      <c r="U304" s="353"/>
+      <c r="V304" s="353"/>
+      <c r="W304" s="354"/>
+      <c r="Y304" s="67"/>
+      <c r="Z304" s="67"/>
+      <c r="AA304" s="67"/>
+      <c r="AB304" s="67"/>
+      <c r="AC304" s="67"/>
+      <c r="AD304" s="67"/>
+      <c r="AE304" s="67"/>
+      <c r="AF304" s="67"/>
+      <c r="AG304" s="67"/>
+      <c r="AH304" s="67"/>
+      <c r="AI304" s="67"/>
+      <c r="AJ304" s="67"/>
+      <c r="AK304" s="67"/>
+      <c r="AL304" s="67"/>
+      <c r="AM304" s="67"/>
+      <c r="AN304" s="67"/>
+      <c r="AO304" s="67"/>
+      <c r="AP304" s="67"/>
+      <c r="AQ304" s="67"/>
+      <c r="AR304" s="67"/>
     </row>
     <row r="305" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A305" s="349"/>
-[...41 lines deleted...]
-      <c r="AR305" s="68"/>
+      <c r="A305" s="352"/>
+      <c r="B305" s="353"/>
+      <c r="C305" s="353"/>
+      <c r="D305" s="353"/>
+      <c r="E305" s="353"/>
+      <c r="F305" s="353"/>
+      <c r="G305" s="353"/>
+      <c r="H305" s="353"/>
+      <c r="I305" s="353"/>
+      <c r="J305" s="353"/>
+      <c r="K305" s="353"/>
+      <c r="L305" s="353"/>
+      <c r="M305" s="353"/>
+      <c r="N305" s="353"/>
+      <c r="O305" s="353"/>
+      <c r="P305" s="353"/>
+      <c r="Q305" s="353"/>
+      <c r="R305" s="353"/>
+      <c r="S305" s="353"/>
+      <c r="T305" s="353"/>
+      <c r="U305" s="353"/>
+      <c r="V305" s="353"/>
+      <c r="W305" s="354"/>
+      <c r="Y305" s="67"/>
+      <c r="Z305" s="67"/>
+      <c r="AA305" s="67"/>
+      <c r="AB305" s="67"/>
+      <c r="AC305" s="67"/>
+      <c r="AD305" s="67"/>
+      <c r="AE305" s="67"/>
+      <c r="AF305" s="67"/>
+      <c r="AG305" s="67"/>
+      <c r="AH305" s="67"/>
+      <c r="AI305" s="67"/>
+      <c r="AJ305" s="67"/>
+      <c r="AK305" s="67"/>
+      <c r="AL305" s="67"/>
+      <c r="AM305" s="67"/>
+      <c r="AN305" s="67"/>
+      <c r="AO305" s="67"/>
+      <c r="AP305" s="67"/>
+      <c r="AQ305" s="67"/>
+      <c r="AR305" s="67"/>
     </row>
     <row r="306" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A306" s="349"/>
-[...41 lines deleted...]
-      <c r="AR306" s="68"/>
+      <c r="A306" s="352"/>
+      <c r="B306" s="353"/>
+      <c r="C306" s="353"/>
+      <c r="D306" s="353"/>
+      <c r="E306" s="353"/>
+      <c r="F306" s="353"/>
+      <c r="G306" s="353"/>
+      <c r="H306" s="353"/>
+      <c r="I306" s="353"/>
+      <c r="J306" s="353"/>
+      <c r="K306" s="353"/>
+      <c r="L306" s="353"/>
+      <c r="M306" s="353"/>
+      <c r="N306" s="353"/>
+      <c r="O306" s="353"/>
+      <c r="P306" s="353"/>
+      <c r="Q306" s="353"/>
+      <c r="R306" s="353"/>
+      <c r="S306" s="353"/>
+      <c r="T306" s="353"/>
+      <c r="U306" s="353"/>
+      <c r="V306" s="353"/>
+      <c r="W306" s="354"/>
+      <c r="Y306" s="67"/>
+      <c r="Z306" s="67"/>
+      <c r="AA306" s="67"/>
+      <c r="AB306" s="67"/>
+      <c r="AC306" s="67"/>
+      <c r="AD306" s="67"/>
+      <c r="AE306" s="67"/>
+      <c r="AF306" s="67"/>
+      <c r="AG306" s="67"/>
+      <c r="AH306" s="67"/>
+      <c r="AI306" s="67"/>
+      <c r="AJ306" s="67"/>
+      <c r="AK306" s="67"/>
+      <c r="AL306" s="67"/>
+      <c r="AM306" s="67"/>
+      <c r="AN306" s="67"/>
+      <c r="AO306" s="67"/>
+      <c r="AP306" s="67"/>
+      <c r="AQ306" s="67"/>
+      <c r="AR306" s="67"/>
     </row>
     <row r="307" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A307" s="349"/>
-[...41 lines deleted...]
-      <c r="AR307" s="68"/>
+      <c r="A307" s="352"/>
+      <c r="B307" s="353"/>
+      <c r="C307" s="353"/>
+      <c r="D307" s="353"/>
+      <c r="E307" s="353"/>
+      <c r="F307" s="353"/>
+      <c r="G307" s="353"/>
+      <c r="H307" s="353"/>
+      <c r="I307" s="353"/>
+      <c r="J307" s="353"/>
+      <c r="K307" s="353"/>
+      <c r="L307" s="353"/>
+      <c r="M307" s="353"/>
+      <c r="N307" s="353"/>
+      <c r="O307" s="353"/>
+      <c r="P307" s="353"/>
+      <c r="Q307" s="353"/>
+      <c r="R307" s="353"/>
+      <c r="S307" s="353"/>
+      <c r="T307" s="353"/>
+      <c r="U307" s="353"/>
+      <c r="V307" s="353"/>
+      <c r="W307" s="354"/>
+      <c r="Y307" s="67"/>
+      <c r="Z307" s="67"/>
+      <c r="AA307" s="67"/>
+      <c r="AB307" s="67"/>
+      <c r="AC307" s="67"/>
+      <c r="AD307" s="67"/>
+      <c r="AE307" s="67"/>
+      <c r="AF307" s="67"/>
+      <c r="AG307" s="67"/>
+      <c r="AH307" s="67"/>
+      <c r="AI307" s="67"/>
+      <c r="AJ307" s="67"/>
+      <c r="AK307" s="67"/>
+      <c r="AL307" s="67"/>
+      <c r="AM307" s="67"/>
+      <c r="AN307" s="67"/>
+      <c r="AO307" s="67"/>
+      <c r="AP307" s="67"/>
+      <c r="AQ307" s="67"/>
+      <c r="AR307" s="67"/>
     </row>
     <row r="308" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A308" s="349"/>
-[...41 lines deleted...]
-      <c r="AR308" s="68"/>
+      <c r="A308" s="352"/>
+      <c r="B308" s="353"/>
+      <c r="C308" s="353"/>
+      <c r="D308" s="353"/>
+      <c r="E308" s="353"/>
+      <c r="F308" s="353"/>
+      <c r="G308" s="353"/>
+      <c r="H308" s="353"/>
+      <c r="I308" s="353"/>
+      <c r="J308" s="353"/>
+      <c r="K308" s="353"/>
+      <c r="L308" s="353"/>
+      <c r="M308" s="353"/>
+      <c r="N308" s="353"/>
+      <c r="O308" s="353"/>
+      <c r="P308" s="353"/>
+      <c r="Q308" s="353"/>
+      <c r="R308" s="353"/>
+      <c r="S308" s="353"/>
+      <c r="T308" s="353"/>
+      <c r="U308" s="353"/>
+      <c r="V308" s="353"/>
+      <c r="W308" s="354"/>
+      <c r="Y308" s="67"/>
+      <c r="Z308" s="67"/>
+      <c r="AA308" s="67"/>
+      <c r="AB308" s="67"/>
+      <c r="AC308" s="67"/>
+      <c r="AD308" s="67"/>
+      <c r="AE308" s="67"/>
+      <c r="AF308" s="67"/>
+      <c r="AG308" s="67"/>
+      <c r="AH308" s="67"/>
+      <c r="AI308" s="67"/>
+      <c r="AJ308" s="67"/>
+      <c r="AK308" s="67"/>
+      <c r="AL308" s="67"/>
+      <c r="AM308" s="67"/>
+      <c r="AN308" s="67"/>
+      <c r="AO308" s="67"/>
+      <c r="AP308" s="67"/>
+      <c r="AQ308" s="67"/>
+      <c r="AR308" s="67"/>
     </row>
     <row r="309" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A309" s="349"/>
-[...41 lines deleted...]
-      <c r="AR309" s="68"/>
+      <c r="A309" s="352"/>
+      <c r="B309" s="353"/>
+      <c r="C309" s="353"/>
+      <c r="D309" s="353"/>
+      <c r="E309" s="353"/>
+      <c r="F309" s="353"/>
+      <c r="G309" s="353"/>
+      <c r="H309" s="353"/>
+      <c r="I309" s="353"/>
+      <c r="J309" s="353"/>
+      <c r="K309" s="353"/>
+      <c r="L309" s="353"/>
+      <c r="M309" s="353"/>
+      <c r="N309" s="353"/>
+      <c r="O309" s="353"/>
+      <c r="P309" s="353"/>
+      <c r="Q309" s="353"/>
+      <c r="R309" s="353"/>
+      <c r="S309" s="353"/>
+      <c r="T309" s="353"/>
+      <c r="U309" s="353"/>
+      <c r="V309" s="353"/>
+      <c r="W309" s="354"/>
+      <c r="Y309" s="67"/>
+      <c r="Z309" s="67"/>
+      <c r="AA309" s="67"/>
+      <c r="AB309" s="67"/>
+      <c r="AC309" s="67"/>
+      <c r="AD309" s="67"/>
+      <c r="AE309" s="67"/>
+      <c r="AF309" s="67"/>
+      <c r="AG309" s="67"/>
+      <c r="AH309" s="67"/>
+      <c r="AI309" s="67"/>
+      <c r="AJ309" s="67"/>
+      <c r="AK309" s="67"/>
+      <c r="AL309" s="67"/>
+      <c r="AM309" s="67"/>
+      <c r="AN309" s="67"/>
+      <c r="AO309" s="67"/>
+      <c r="AP309" s="67"/>
+      <c r="AQ309" s="67"/>
+      <c r="AR309" s="67"/>
     </row>
     <row r="310" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A310" s="349"/>
-[...41 lines deleted...]
-      <c r="AR310" s="68"/>
+      <c r="A310" s="352"/>
+      <c r="B310" s="353"/>
+      <c r="C310" s="353"/>
+      <c r="D310" s="353"/>
+      <c r="E310" s="353"/>
+      <c r="F310" s="353"/>
+      <c r="G310" s="353"/>
+      <c r="H310" s="353"/>
+      <c r="I310" s="353"/>
+      <c r="J310" s="353"/>
+      <c r="K310" s="353"/>
+      <c r="L310" s="353"/>
+      <c r="M310" s="353"/>
+      <c r="N310" s="353"/>
+      <c r="O310" s="353"/>
+      <c r="P310" s="353"/>
+      <c r="Q310" s="353"/>
+      <c r="R310" s="353"/>
+      <c r="S310" s="353"/>
+      <c r="T310" s="353"/>
+      <c r="U310" s="353"/>
+      <c r="V310" s="353"/>
+      <c r="W310" s="354"/>
+      <c r="Y310" s="67"/>
+      <c r="Z310" s="67"/>
+      <c r="AA310" s="67"/>
+      <c r="AB310" s="67"/>
+      <c r="AC310" s="67"/>
+      <c r="AD310" s="67"/>
+      <c r="AE310" s="67"/>
+      <c r="AF310" s="67"/>
+      <c r="AG310" s="67"/>
+      <c r="AH310" s="67"/>
+      <c r="AI310" s="67"/>
+      <c r="AJ310" s="67"/>
+      <c r="AK310" s="67"/>
+      <c r="AL310" s="67"/>
+      <c r="AM310" s="67"/>
+      <c r="AN310" s="67"/>
+      <c r="AO310" s="67"/>
+      <c r="AP310" s="67"/>
+      <c r="AQ310" s="67"/>
+      <c r="AR310" s="67"/>
     </row>
     <row r="311" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A311" s="349"/>
-[...41 lines deleted...]
-      <c r="AR311" s="68"/>
+      <c r="A311" s="352"/>
+      <c r="B311" s="353"/>
+      <c r="C311" s="353"/>
+      <c r="D311" s="353"/>
+      <c r="E311" s="353"/>
+      <c r="F311" s="353"/>
+      <c r="G311" s="353"/>
+      <c r="H311" s="353"/>
+      <c r="I311" s="353"/>
+      <c r="J311" s="353"/>
+      <c r="K311" s="353"/>
+      <c r="L311" s="353"/>
+      <c r="M311" s="353"/>
+      <c r="N311" s="353"/>
+      <c r="O311" s="353"/>
+      <c r="P311" s="353"/>
+      <c r="Q311" s="353"/>
+      <c r="R311" s="353"/>
+      <c r="S311" s="353"/>
+      <c r="T311" s="353"/>
+      <c r="U311" s="353"/>
+      <c r="V311" s="353"/>
+      <c r="W311" s="354"/>
+      <c r="Y311" s="67"/>
+      <c r="Z311" s="67"/>
+      <c r="AA311" s="67"/>
+      <c r="AB311" s="67"/>
+      <c r="AC311" s="67"/>
+      <c r="AD311" s="67"/>
+      <c r="AE311" s="67"/>
+      <c r="AF311" s="67"/>
+      <c r="AG311" s="67"/>
+      <c r="AH311" s="67"/>
+      <c r="AI311" s="67"/>
+      <c r="AJ311" s="67"/>
+      <c r="AK311" s="67"/>
+      <c r="AL311" s="67"/>
+      <c r="AM311" s="67"/>
+      <c r="AN311" s="67"/>
+      <c r="AO311" s="67"/>
+      <c r="AP311" s="67"/>
+      <c r="AQ311" s="67"/>
+      <c r="AR311" s="67"/>
     </row>
     <row r="312" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A312" s="349"/>
-[...41 lines deleted...]
-      <c r="AR312" s="63"/>
+      <c r="A312" s="352"/>
+      <c r="B312" s="353"/>
+      <c r="C312" s="353"/>
+      <c r="D312" s="353"/>
+      <c r="E312" s="353"/>
+      <c r="F312" s="353"/>
+      <c r="G312" s="353"/>
+      <c r="H312" s="353"/>
+      <c r="I312" s="353"/>
+      <c r="J312" s="353"/>
+      <c r="K312" s="353"/>
+      <c r="L312" s="353"/>
+      <c r="M312" s="353"/>
+      <c r="N312" s="353"/>
+      <c r="O312" s="353"/>
+      <c r="P312" s="353"/>
+      <c r="Q312" s="353"/>
+      <c r="R312" s="353"/>
+      <c r="S312" s="353"/>
+      <c r="T312" s="353"/>
+      <c r="U312" s="353"/>
+      <c r="V312" s="353"/>
+      <c r="W312" s="354"/>
+      <c r="Y312" s="62"/>
+      <c r="Z312" s="62"/>
+      <c r="AA312" s="62"/>
+      <c r="AB312" s="62"/>
+      <c r="AC312" s="62"/>
+      <c r="AD312" s="62"/>
+      <c r="AE312" s="62"/>
+      <c r="AF312" s="62"/>
+      <c r="AG312" s="62"/>
+      <c r="AH312" s="62"/>
+      <c r="AI312" s="62"/>
+      <c r="AJ312" s="62"/>
+      <c r="AK312" s="62"/>
+      <c r="AL312" s="62"/>
+      <c r="AM312" s="62"/>
+      <c r="AN312" s="62"/>
+      <c r="AO312" s="62"/>
+      <c r="AP312" s="62"/>
+      <c r="AQ312" s="62"/>
+      <c r="AR312" s="62"/>
     </row>
     <row r="313" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A313" s="352"/>
-[...41 lines deleted...]
-      <c r="AR313" s="63"/>
+      <c r="A313" s="355"/>
+      <c r="B313" s="356"/>
+      <c r="C313" s="356"/>
+      <c r="D313" s="356"/>
+      <c r="E313" s="356"/>
+      <c r="F313" s="356"/>
+      <c r="G313" s="356"/>
+      <c r="H313" s="356"/>
+      <c r="I313" s="356"/>
+      <c r="J313" s="356"/>
+      <c r="K313" s="356"/>
+      <c r="L313" s="356"/>
+      <c r="M313" s="356"/>
+      <c r="N313" s="356"/>
+      <c r="O313" s="356"/>
+      <c r="P313" s="356"/>
+      <c r="Q313" s="356"/>
+      <c r="R313" s="356"/>
+      <c r="S313" s="356"/>
+      <c r="T313" s="356"/>
+      <c r="U313" s="356"/>
+      <c r="V313" s="356"/>
+      <c r="W313" s="357"/>
+      <c r="Y313" s="62"/>
+      <c r="Z313" s="62"/>
+      <c r="AA313" s="62"/>
+      <c r="AB313" s="62"/>
+      <c r="AC313" s="62"/>
+      <c r="AD313" s="62"/>
+      <c r="AE313" s="62"/>
+      <c r="AF313" s="62"/>
+      <c r="AG313" s="62"/>
+      <c r="AH313" s="62"/>
+      <c r="AI313" s="62"/>
+      <c r="AJ313" s="62"/>
+      <c r="AK313" s="62"/>
+      <c r="AL313" s="62"/>
+      <c r="AM313" s="62"/>
+      <c r="AN313" s="62"/>
+      <c r="AO313" s="62"/>
+      <c r="AP313" s="62"/>
+      <c r="AQ313" s="62"/>
+      <c r="AR313" s="62"/>
     </row>
     <row r="314" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A314" s="72"/>
-[...41 lines deleted...]
-      <c r="AR314" s="63"/>
+      <c r="A314" s="71"/>
+      <c r="B314" s="74"/>
+      <c r="C314" s="74"/>
+      <c r="D314" s="74"/>
+      <c r="E314" s="74"/>
+      <c r="F314" s="74"/>
+      <c r="G314" s="74"/>
+      <c r="H314" s="74"/>
+      <c r="I314" s="74"/>
+      <c r="J314" s="74"/>
+      <c r="K314" s="74"/>
+      <c r="L314" s="74"/>
+      <c r="M314" s="74"/>
+      <c r="N314" s="74"/>
+      <c r="O314" s="74"/>
+      <c r="P314" s="74"/>
+      <c r="Q314" s="74"/>
+      <c r="R314" s="74"/>
+      <c r="S314" s="74"/>
+      <c r="T314" s="74"/>
+      <c r="U314" s="74"/>
+      <c r="V314" s="74"/>
+      <c r="W314" s="62"/>
+      <c r="Y314" s="62"/>
+      <c r="Z314" s="62"/>
+      <c r="AA314" s="62"/>
+      <c r="AB314" s="62"/>
+      <c r="AC314" s="62"/>
+      <c r="AD314" s="62"/>
+      <c r="AE314" s="62"/>
+      <c r="AF314" s="62"/>
+      <c r="AG314" s="62"/>
+      <c r="AH314" s="62"/>
+      <c r="AI314" s="62"/>
+      <c r="AJ314" s="62"/>
+      <c r="AK314" s="62"/>
+      <c r="AL314" s="62"/>
+      <c r="AM314" s="62"/>
+      <c r="AN314" s="62"/>
+      <c r="AO314" s="62"/>
+      <c r="AP314" s="62"/>
+      <c r="AQ314" s="62"/>
+      <c r="AR314" s="62"/>
     </row>
     <row r="315" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A315" s="355" t="s">
+      <c r="A315" s="358" t="s">
         <v>48</v>
       </c>
-      <c r="B315" s="356"/>
-[...4 lines deleted...]
-      <c r="G315" s="359"/>
+      <c r="B315" s="359"/>
+      <c r="C315" s="360"/>
+      <c r="D315" s="360"/>
+      <c r="E315" s="361"/>
+      <c r="F315" s="361"/>
+      <c r="G315" s="362"/>
       <c r="H315" s="17"/>
       <c r="I315" s="17"/>
       <c r="J315" s="17"/>
       <c r="K315" s="17"/>
       <c r="L315" s="17"/>
       <c r="M315" s="17"/>
-      <c r="N315" s="343" t="s">
+      <c r="N315" s="346" t="s">
         <v>49</v>
       </c>
-      <c r="O315" s="344"/>
-[...30 lines deleted...]
-      <c r="A316" s="211" t="s">
+      <c r="O315" s="347"/>
+      <c r="P315" s="347"/>
+      <c r="Q315" s="347"/>
+      <c r="R315" s="347"/>
+      <c r="S315" s="347"/>
+      <c r="T315" s="347"/>
+      <c r="U315" s="347"/>
+      <c r="V315" s="347"/>
+      <c r="W315" s="348"/>
+      <c r="Y315" s="62"/>
+      <c r="Z315" s="62"/>
+      <c r="AA315" s="62"/>
+      <c r="AB315" s="62"/>
+      <c r="AC315" s="62"/>
+      <c r="AD315" s="62"/>
+      <c r="AE315" s="62"/>
+      <c r="AF315" s="62"/>
+      <c r="AG315" s="62"/>
+      <c r="AH315" s="62"/>
+      <c r="AI315" s="62"/>
+      <c r="AJ315" s="62"/>
+      <c r="AK315" s="62"/>
+      <c r="AL315" s="62"/>
+      <c r="AM315" s="62"/>
+      <c r="AN315" s="62"/>
+      <c r="AO315" s="62"/>
+      <c r="AP315" s="62"/>
+      <c r="AQ315" s="62"/>
+      <c r="AR315" s="62"/>
+    </row>
+    <row r="316" spans="1:44" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A316" s="220" t="s">
         <v>50</v>
       </c>
-      <c r="B316" s="212" t="s">
+      <c r="B316" s="221" t="s">
         <v>51</v>
       </c>
-      <c r="C316" s="360" t="s">
+      <c r="C316" s="363" t="s">
         <v>52</v>
       </c>
-      <c r="D316" s="361"/>
-      <c r="E316" s="212" t="s">
+      <c r="D316" s="364"/>
+      <c r="E316" s="221" t="s">
         <v>53</v>
       </c>
-      <c r="F316" s="213" t="s">
+      <c r="F316" s="222" t="s">
         <v>54</v>
       </c>
-      <c r="G316" s="214" t="s">
+      <c r="G316" s="223" t="s">
         <v>55</v>
       </c>
       <c r="H316" s="12"/>
       <c r="I316" s="12"/>
       <c r="J316" s="12"/>
       <c r="K316" s="12"/>
       <c r="L316" s="12"/>
       <c r="M316" s="12"/>
-      <c r="N316" s="349"/>
-[...30 lines deleted...]
-    <row r="317" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N316" s="352"/>
+      <c r="O316" s="353"/>
+      <c r="P316" s="353"/>
+      <c r="Q316" s="353"/>
+      <c r="R316" s="353"/>
+      <c r="S316" s="353"/>
+      <c r="T316" s="353"/>
+      <c r="U316" s="353"/>
+      <c r="V316" s="353"/>
+      <c r="W316" s="354"/>
+      <c r="Y316" s="62"/>
+      <c r="Z316" s="62"/>
+      <c r="AA316" s="62"/>
+      <c r="AB316" s="62"/>
+      <c r="AC316" s="62"/>
+      <c r="AD316" s="62"/>
+      <c r="AE316" s="62"/>
+      <c r="AF316" s="62"/>
+      <c r="AG316" s="62"/>
+      <c r="AH316" s="62"/>
+      <c r="AI316" s="62"/>
+      <c r="AJ316" s="62"/>
+      <c r="AK316" s="62"/>
+      <c r="AL316" s="62"/>
+      <c r="AM316" s="62"/>
+      <c r="AN316" s="62"/>
+      <c r="AO316" s="62"/>
+      <c r="AP316" s="62"/>
+      <c r="AQ316" s="62"/>
+      <c r="AR316" s="62"/>
+    </row>
+    <row r="317" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="34"/>
       <c r="B317" s="43"/>
-      <c r="C317" s="362"/>
-      <c r="D317" s="362"/>
+      <c r="C317" s="365"/>
+      <c r="D317" s="365"/>
       <c r="E317" s="43"/>
       <c r="F317" s="47"/>
       <c r="G317" s="35"/>
       <c r="H317" s="12"/>
       <c r="I317" s="12"/>
       <c r="J317" s="12"/>
       <c r="K317" s="12"/>
       <c r="L317" s="12"/>
       <c r="M317" s="12"/>
-      <c r="N317" s="349"/>
-[...30 lines deleted...]
-    <row r="318" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N317" s="352"/>
+      <c r="O317" s="353"/>
+      <c r="P317" s="353"/>
+      <c r="Q317" s="353"/>
+      <c r="R317" s="353"/>
+      <c r="S317" s="353"/>
+      <c r="T317" s="353"/>
+      <c r="U317" s="353"/>
+      <c r="V317" s="353"/>
+      <c r="W317" s="354"/>
+      <c r="Y317" s="62"/>
+      <c r="Z317" s="62"/>
+      <c r="AA317" s="62"/>
+      <c r="AB317" s="62"/>
+      <c r="AC317" s="62"/>
+      <c r="AD317" s="62"/>
+      <c r="AE317" s="62"/>
+      <c r="AF317" s="62"/>
+      <c r="AG317" s="62"/>
+      <c r="AH317" s="62"/>
+      <c r="AI317" s="62"/>
+      <c r="AJ317" s="62"/>
+      <c r="AK317" s="62"/>
+      <c r="AL317" s="62"/>
+      <c r="AM317" s="62"/>
+      <c r="AN317" s="62"/>
+      <c r="AO317" s="62"/>
+      <c r="AP317" s="62"/>
+      <c r="AQ317" s="62"/>
+      <c r="AR317" s="62"/>
+    </row>
+    <row r="318" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="34"/>
       <c r="B318" s="43"/>
-      <c r="C318" s="340"/>
-      <c r="D318" s="341"/>
+      <c r="C318" s="343"/>
+      <c r="D318" s="344"/>
       <c r="E318" s="43"/>
       <c r="F318" s="47"/>
       <c r="G318" s="35"/>
       <c r="H318" s="12"/>
       <c r="I318" s="12"/>
       <c r="J318" s="12"/>
       <c r="K318" s="12"/>
       <c r="L318" s="12"/>
       <c r="M318" s="12"/>
-      <c r="N318" s="349"/>
-[...30 lines deleted...]
-    <row r="319" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N318" s="352"/>
+      <c r="O318" s="353"/>
+      <c r="P318" s="353"/>
+      <c r="Q318" s="353"/>
+      <c r="R318" s="353"/>
+      <c r="S318" s="353"/>
+      <c r="T318" s="353"/>
+      <c r="U318" s="353"/>
+      <c r="V318" s="353"/>
+      <c r="W318" s="354"/>
+      <c r="Y318" s="62"/>
+      <c r="Z318" s="62"/>
+      <c r="AA318" s="62"/>
+      <c r="AB318" s="62"/>
+      <c r="AC318" s="62"/>
+      <c r="AD318" s="62"/>
+      <c r="AE318" s="62"/>
+      <c r="AF318" s="62"/>
+      <c r="AG318" s="62"/>
+      <c r="AH318" s="62"/>
+      <c r="AI318" s="62"/>
+      <c r="AJ318" s="62"/>
+      <c r="AK318" s="62"/>
+      <c r="AL318" s="62"/>
+      <c r="AM318" s="62"/>
+      <c r="AN318" s="62"/>
+      <c r="AO318" s="62"/>
+      <c r="AP318" s="62"/>
+      <c r="AQ318" s="62"/>
+      <c r="AR318" s="62"/>
+    </row>
+    <row r="319" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="34"/>
       <c r="B319" s="43"/>
-      <c r="C319" s="340"/>
-      <c r="D319" s="341"/>
+      <c r="C319" s="343"/>
+      <c r="D319" s="344"/>
       <c r="E319" s="43"/>
       <c r="F319" s="47"/>
       <c r="G319" s="35"/>
       <c r="H319" s="12"/>
       <c r="I319" s="12"/>
       <c r="J319" s="12"/>
       <c r="K319" s="12"/>
       <c r="L319" s="12"/>
       <c r="M319" s="12"/>
-      <c r="N319" s="349"/>
-[...30 lines deleted...]
-    <row r="320" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N319" s="352"/>
+      <c r="O319" s="353"/>
+      <c r="P319" s="353"/>
+      <c r="Q319" s="353"/>
+      <c r="R319" s="353"/>
+      <c r="S319" s="353"/>
+      <c r="T319" s="353"/>
+      <c r="U319" s="353"/>
+      <c r="V319" s="353"/>
+      <c r="W319" s="354"/>
+      <c r="Y319" s="62"/>
+      <c r="Z319" s="62"/>
+      <c r="AA319" s="62"/>
+      <c r="AB319" s="62"/>
+      <c r="AC319" s="62"/>
+      <c r="AD319" s="62"/>
+      <c r="AE319" s="62"/>
+      <c r="AF319" s="62"/>
+      <c r="AG319" s="62"/>
+      <c r="AH319" s="62"/>
+      <c r="AI319" s="62"/>
+      <c r="AJ319" s="62"/>
+      <c r="AK319" s="62"/>
+      <c r="AL319" s="62"/>
+      <c r="AM319" s="62"/>
+      <c r="AN319" s="62"/>
+      <c r="AO319" s="62"/>
+      <c r="AP319" s="62"/>
+      <c r="AQ319" s="62"/>
+      <c r="AR319" s="62"/>
+    </row>
+    <row r="320" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="34"/>
       <c r="B320" s="43"/>
-      <c r="C320" s="340"/>
-      <c r="D320" s="341"/>
+      <c r="C320" s="343"/>
+      <c r="D320" s="344"/>
       <c r="E320" s="43"/>
       <c r="F320" s="47"/>
       <c r="G320" s="35"/>
       <c r="H320" s="12"/>
       <c r="I320" s="12"/>
       <c r="J320" s="12"/>
       <c r="K320" s="12"/>
       <c r="L320" s="12"/>
       <c r="M320" s="12"/>
-      <c r="N320" s="349"/>
-[...30 lines deleted...]
-    <row r="321" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N320" s="352"/>
+      <c r="O320" s="353"/>
+      <c r="P320" s="353"/>
+      <c r="Q320" s="353"/>
+      <c r="R320" s="353"/>
+      <c r="S320" s="353"/>
+      <c r="T320" s="353"/>
+      <c r="U320" s="353"/>
+      <c r="V320" s="353"/>
+      <c r="W320" s="354"/>
+      <c r="Y320" s="62"/>
+      <c r="Z320" s="62"/>
+      <c r="AA320" s="62"/>
+      <c r="AB320" s="62"/>
+      <c r="AC320" s="62"/>
+      <c r="AD320" s="62"/>
+      <c r="AE320" s="62"/>
+      <c r="AF320" s="62"/>
+      <c r="AG320" s="62"/>
+      <c r="AH320" s="62"/>
+      <c r="AI320" s="62"/>
+      <c r="AJ320" s="62"/>
+      <c r="AK320" s="62"/>
+      <c r="AL320" s="62"/>
+      <c r="AM320" s="62"/>
+      <c r="AN320" s="62"/>
+      <c r="AO320" s="62"/>
+      <c r="AP320" s="62"/>
+      <c r="AQ320" s="62"/>
+      <c r="AR320" s="62"/>
+    </row>
+    <row r="321" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="34"/>
       <c r="B321" s="43"/>
-      <c r="C321" s="340"/>
-      <c r="D321" s="341"/>
+      <c r="C321" s="343"/>
+      <c r="D321" s="344"/>
       <c r="E321" s="43"/>
       <c r="F321" s="47"/>
       <c r="G321" s="35"/>
       <c r="H321" s="12"/>
       <c r="I321" s="12"/>
       <c r="J321" s="12"/>
       <c r="K321" s="12"/>
       <c r="L321" s="12"/>
       <c r="M321" s="12"/>
-      <c r="N321" s="349"/>
-[...30 lines deleted...]
-    <row r="322" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N321" s="352"/>
+      <c r="O321" s="353"/>
+      <c r="P321" s="353"/>
+      <c r="Q321" s="353"/>
+      <c r="R321" s="353"/>
+      <c r="S321" s="353"/>
+      <c r="T321" s="353"/>
+      <c r="U321" s="353"/>
+      <c r="V321" s="353"/>
+      <c r="W321" s="354"/>
+      <c r="Y321" s="62"/>
+      <c r="Z321" s="62"/>
+      <c r="AA321" s="62"/>
+      <c r="AB321" s="62"/>
+      <c r="AC321" s="62"/>
+      <c r="AD321" s="62"/>
+      <c r="AE321" s="62"/>
+      <c r="AF321" s="62"/>
+      <c r="AG321" s="62"/>
+      <c r="AH321" s="62"/>
+      <c r="AI321" s="62"/>
+      <c r="AJ321" s="62"/>
+      <c r="AK321" s="62"/>
+      <c r="AL321" s="62"/>
+      <c r="AM321" s="62"/>
+      <c r="AN321" s="62"/>
+      <c r="AO321" s="62"/>
+      <c r="AP321" s="62"/>
+      <c r="AQ321" s="62"/>
+      <c r="AR321" s="62"/>
+    </row>
+    <row r="322" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="34"/>
       <c r="B322" s="43"/>
-      <c r="C322" s="340"/>
-      <c r="D322" s="341"/>
+      <c r="C322" s="343"/>
+      <c r="D322" s="344"/>
       <c r="E322" s="43"/>
       <c r="F322" s="47"/>
       <c r="G322" s="35"/>
       <c r="H322" s="12"/>
       <c r="I322" s="12"/>
       <c r="J322" s="12"/>
       <c r="K322" s="12"/>
       <c r="L322" s="12"/>
       <c r="M322" s="12"/>
-      <c r="N322" s="349"/>
-[...30 lines deleted...]
-    <row r="323" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N322" s="352"/>
+      <c r="O322" s="353"/>
+      <c r="P322" s="353"/>
+      <c r="Q322" s="353"/>
+      <c r="R322" s="353"/>
+      <c r="S322" s="353"/>
+      <c r="T322" s="353"/>
+      <c r="U322" s="353"/>
+      <c r="V322" s="353"/>
+      <c r="W322" s="354"/>
+      <c r="Y322" s="62"/>
+      <c r="Z322" s="62"/>
+      <c r="AA322" s="62"/>
+      <c r="AB322" s="62"/>
+      <c r="AC322" s="62"/>
+      <c r="AD322" s="62"/>
+      <c r="AE322" s="62"/>
+      <c r="AF322" s="62"/>
+      <c r="AG322" s="62"/>
+      <c r="AH322" s="62"/>
+      <c r="AI322" s="62"/>
+      <c r="AJ322" s="62"/>
+      <c r="AK322" s="62"/>
+      <c r="AL322" s="62"/>
+      <c r="AM322" s="62"/>
+      <c r="AN322" s="62"/>
+      <c r="AO322" s="62"/>
+      <c r="AP322" s="62"/>
+      <c r="AQ322" s="62"/>
+      <c r="AR322" s="62"/>
+    </row>
+    <row r="323" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="34"/>
       <c r="B323" s="43"/>
-      <c r="C323" s="340"/>
-      <c r="D323" s="341"/>
+      <c r="C323" s="343"/>
+      <c r="D323" s="344"/>
       <c r="E323" s="43"/>
       <c r="F323" s="47"/>
       <c r="G323" s="35"/>
       <c r="H323" s="12"/>
       <c r="I323" s="12"/>
       <c r="J323" s="12"/>
       <c r="K323" s="12"/>
       <c r="L323" s="12"/>
       <c r="M323" s="12"/>
-      <c r="N323" s="349"/>
-[...30 lines deleted...]
-    <row r="324" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N323" s="352"/>
+      <c r="O323" s="353"/>
+      <c r="P323" s="353"/>
+      <c r="Q323" s="353"/>
+      <c r="R323" s="353"/>
+      <c r="S323" s="353"/>
+      <c r="T323" s="353"/>
+      <c r="U323" s="353"/>
+      <c r="V323" s="353"/>
+      <c r="W323" s="354"/>
+      <c r="Y323" s="62"/>
+      <c r="Z323" s="62"/>
+      <c r="AA323" s="62"/>
+      <c r="AB323" s="62"/>
+      <c r="AC323" s="62"/>
+      <c r="AD323" s="62"/>
+      <c r="AE323" s="62"/>
+      <c r="AF323" s="62"/>
+      <c r="AG323" s="62"/>
+      <c r="AH323" s="62"/>
+      <c r="AI323" s="62"/>
+      <c r="AJ323" s="62"/>
+      <c r="AK323" s="62"/>
+      <c r="AL323" s="62"/>
+      <c r="AM323" s="62"/>
+      <c r="AN323" s="62"/>
+      <c r="AO323" s="62"/>
+      <c r="AP323" s="62"/>
+      <c r="AQ323" s="62"/>
+      <c r="AR323" s="62"/>
+    </row>
+    <row r="324" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="34"/>
       <c r="B324" s="43"/>
-      <c r="C324" s="340"/>
-      <c r="D324" s="341"/>
+      <c r="C324" s="343"/>
+      <c r="D324" s="344"/>
       <c r="E324" s="43"/>
       <c r="F324" s="47"/>
       <c r="G324" s="35"/>
       <c r="H324" s="12"/>
       <c r="I324" s="12"/>
       <c r="J324" s="12"/>
       <c r="K324" s="12"/>
       <c r="L324" s="12"/>
       <c r="M324" s="12"/>
-      <c r="N324" s="349"/>
-[...30 lines deleted...]
-    <row r="325" spans="1:44" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N324" s="352"/>
+      <c r="O324" s="353"/>
+      <c r="P324" s="353"/>
+      <c r="Q324" s="353"/>
+      <c r="R324" s="353"/>
+      <c r="S324" s="353"/>
+      <c r="T324" s="353"/>
+      <c r="U324" s="353"/>
+      <c r="V324" s="353"/>
+      <c r="W324" s="354"/>
+      <c r="Y324" s="62"/>
+      <c r="Z324" s="62"/>
+      <c r="AA324" s="62"/>
+      <c r="AB324" s="62"/>
+      <c r="AC324" s="62"/>
+      <c r="AD324" s="62"/>
+      <c r="AE324" s="62"/>
+      <c r="AF324" s="62"/>
+      <c r="AG324" s="62"/>
+      <c r="AH324" s="62"/>
+      <c r="AI324" s="62"/>
+      <c r="AJ324" s="62"/>
+      <c r="AK324" s="62"/>
+      <c r="AL324" s="62"/>
+      <c r="AM324" s="62"/>
+      <c r="AN324" s="62"/>
+      <c r="AO324" s="62"/>
+      <c r="AP324" s="62"/>
+      <c r="AQ324" s="62"/>
+      <c r="AR324" s="62"/>
+    </row>
+    <row r="325" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="34"/>
       <c r="B325" s="43"/>
-      <c r="C325" s="340"/>
-      <c r="D325" s="341"/>
+      <c r="C325" s="343"/>
+      <c r="D325" s="344"/>
       <c r="E325" s="43"/>
       <c r="F325" s="47"/>
       <c r="G325" s="35"/>
       <c r="H325" s="12"/>
       <c r="I325" s="12"/>
       <c r="J325" s="12"/>
       <c r="K325" s="12"/>
       <c r="L325" s="12"/>
       <c r="M325" s="12"/>
-      <c r="N325" s="349"/>
-[...28 lines deleted...]
-      <c r="AR325" s="63"/>
+      <c r="N325" s="352"/>
+      <c r="O325" s="353"/>
+      <c r="P325" s="353"/>
+      <c r="Q325" s="353"/>
+      <c r="R325" s="353"/>
+      <c r="S325" s="353"/>
+      <c r="T325" s="353"/>
+      <c r="U325" s="353"/>
+      <c r="V325" s="353"/>
+      <c r="W325" s="354"/>
+      <c r="Y325" s="62"/>
+      <c r="Z325" s="62"/>
+      <c r="AA325" s="62"/>
+      <c r="AB325" s="62"/>
+      <c r="AC325" s="62"/>
+      <c r="AD325" s="62"/>
+      <c r="AE325" s="62"/>
+      <c r="AF325" s="62"/>
+      <c r="AG325" s="62"/>
+      <c r="AH325" s="62"/>
+      <c r="AI325" s="62"/>
+      <c r="AJ325" s="62"/>
+      <c r="AK325" s="62"/>
+      <c r="AL325" s="62"/>
+      <c r="AM325" s="62"/>
+      <c r="AN325" s="62"/>
+      <c r="AO325" s="62"/>
+      <c r="AP325" s="62"/>
+      <c r="AQ325" s="62"/>
+      <c r="AR325" s="62"/>
     </row>
     <row r="326" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A326" s="34"/>
       <c r="B326" s="43"/>
-      <c r="C326" s="340"/>
-      <c r="D326" s="341"/>
+      <c r="C326" s="343"/>
+      <c r="D326" s="344"/>
       <c r="E326" s="43"/>
       <c r="F326" s="47"/>
       <c r="G326" s="35"/>
       <c r="H326" s="12"/>
       <c r="I326" s="12"/>
       <c r="J326" s="12"/>
       <c r="K326" s="12"/>
       <c r="L326" s="12"/>
       <c r="M326" s="12"/>
-      <c r="N326" s="349"/>
-[...28 lines deleted...]
-      <c r="AR326" s="63"/>
+      <c r="N326" s="352"/>
+      <c r="O326" s="353"/>
+      <c r="P326" s="353"/>
+      <c r="Q326" s="353"/>
+      <c r="R326" s="353"/>
+      <c r="S326" s="353"/>
+      <c r="T326" s="353"/>
+      <c r="U326" s="353"/>
+      <c r="V326" s="353"/>
+      <c r="W326" s="354"/>
+      <c r="Y326" s="62"/>
+      <c r="Z326" s="62"/>
+      <c r="AA326" s="62"/>
+      <c r="AB326" s="62"/>
+      <c r="AC326" s="62"/>
+      <c r="AD326" s="62"/>
+      <c r="AE326" s="62"/>
+      <c r="AF326" s="62"/>
+      <c r="AG326" s="62"/>
+      <c r="AH326" s="62"/>
+      <c r="AI326" s="62"/>
+      <c r="AJ326" s="62"/>
+      <c r="AK326" s="62"/>
+      <c r="AL326" s="62"/>
+      <c r="AM326" s="62"/>
+      <c r="AN326" s="62"/>
+      <c r="AO326" s="62"/>
+      <c r="AP326" s="62"/>
+      <c r="AQ326" s="62"/>
+      <c r="AR326" s="62"/>
     </row>
     <row r="327" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A327" s="34"/>
       <c r="B327" s="43"/>
-      <c r="C327" s="340"/>
-      <c r="D327" s="341"/>
+      <c r="C327" s="343"/>
+      <c r="D327" s="344"/>
       <c r="E327" s="43"/>
       <c r="F327" s="47"/>
       <c r="G327" s="35"/>
       <c r="H327" s="12"/>
       <c r="I327" s="12"/>
       <c r="J327" s="12"/>
       <c r="K327" s="12"/>
       <c r="L327" s="12"/>
       <c r="M327" s="12"/>
-      <c r="N327" s="349"/>
-[...28 lines deleted...]
-      <c r="AR327" s="63"/>
+      <c r="N327" s="352"/>
+      <c r="O327" s="353"/>
+      <c r="P327" s="353"/>
+      <c r="Q327" s="353"/>
+      <c r="R327" s="353"/>
+      <c r="S327" s="353"/>
+      <c r="T327" s="353"/>
+      <c r="U327" s="353"/>
+      <c r="V327" s="353"/>
+      <c r="W327" s="354"/>
+      <c r="Y327" s="62"/>
+      <c r="Z327" s="62"/>
+      <c r="AA327" s="62"/>
+      <c r="AB327" s="62"/>
+      <c r="AC327" s="62"/>
+      <c r="AD327" s="62"/>
+      <c r="AE327" s="62"/>
+      <c r="AF327" s="62"/>
+      <c r="AG327" s="62"/>
+      <c r="AH327" s="62"/>
+      <c r="AI327" s="62"/>
+      <c r="AJ327" s="62"/>
+      <c r="AK327" s="62"/>
+      <c r="AL327" s="62"/>
+      <c r="AM327" s="62"/>
+      <c r="AN327" s="62"/>
+      <c r="AO327" s="62"/>
+      <c r="AP327" s="62"/>
+      <c r="AQ327" s="62"/>
+      <c r="AR327" s="62"/>
     </row>
     <row r="328" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A328" s="34"/>
       <c r="B328" s="43"/>
-      <c r="C328" s="340"/>
-      <c r="D328" s="341"/>
+      <c r="C328" s="343"/>
+      <c r="D328" s="344"/>
       <c r="E328" s="43"/>
       <c r="F328" s="47"/>
       <c r="G328" s="35"/>
       <c r="H328" s="12"/>
       <c r="I328" s="12"/>
       <c r="J328" s="12"/>
       <c r="K328" s="12"/>
       <c r="L328" s="12"/>
       <c r="M328" s="12"/>
-      <c r="N328" s="349"/>
-[...28 lines deleted...]
-      <c r="AR328" s="63"/>
+      <c r="N328" s="352"/>
+      <c r="O328" s="353"/>
+      <c r="P328" s="353"/>
+      <c r="Q328" s="353"/>
+      <c r="R328" s="353"/>
+      <c r="S328" s="353"/>
+      <c r="T328" s="353"/>
+      <c r="U328" s="353"/>
+      <c r="V328" s="353"/>
+      <c r="W328" s="354"/>
+      <c r="Y328" s="62"/>
+      <c r="Z328" s="62"/>
+      <c r="AA328" s="62"/>
+      <c r="AB328" s="62"/>
+      <c r="AC328" s="62"/>
+      <c r="AD328" s="62"/>
+      <c r="AE328" s="62"/>
+      <c r="AF328" s="62"/>
+      <c r="AG328" s="62"/>
+      <c r="AH328" s="62"/>
+      <c r="AI328" s="62"/>
+      <c r="AJ328" s="62"/>
+      <c r="AK328" s="62"/>
+      <c r="AL328" s="62"/>
+      <c r="AM328" s="62"/>
+      <c r="AN328" s="62"/>
+      <c r="AO328" s="62"/>
+      <c r="AP328" s="62"/>
+      <c r="AQ328" s="62"/>
+      <c r="AR328" s="62"/>
     </row>
     <row r="329" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A329" s="34"/>
       <c r="B329" s="43"/>
-      <c r="C329" s="340"/>
-      <c r="D329" s="341"/>
+      <c r="C329" s="343"/>
+      <c r="D329" s="344"/>
       <c r="E329" s="43"/>
       <c r="F329" s="47"/>
       <c r="G329" s="35"/>
       <c r="H329" s="12"/>
       <c r="I329" s="12"/>
       <c r="J329" s="12"/>
       <c r="K329" s="12"/>
       <c r="L329" s="12"/>
       <c r="M329" s="12"/>
-      <c r="N329" s="349"/>
-[...28 lines deleted...]
-      <c r="AR329" s="63"/>
+      <c r="N329" s="352"/>
+      <c r="O329" s="353"/>
+      <c r="P329" s="353"/>
+      <c r="Q329" s="353"/>
+      <c r="R329" s="353"/>
+      <c r="S329" s="353"/>
+      <c r="T329" s="353"/>
+      <c r="U329" s="353"/>
+      <c r="V329" s="353"/>
+      <c r="W329" s="354"/>
+      <c r="Y329" s="62"/>
+      <c r="Z329" s="62"/>
+      <c r="AA329" s="62"/>
+      <c r="AB329" s="62"/>
+      <c r="AC329" s="62"/>
+      <c r="AD329" s="62"/>
+      <c r="AE329" s="62"/>
+      <c r="AF329" s="62"/>
+      <c r="AG329" s="62"/>
+      <c r="AH329" s="62"/>
+      <c r="AI329" s="62"/>
+      <c r="AJ329" s="62"/>
+      <c r="AK329" s="62"/>
+      <c r="AL329" s="62"/>
+      <c r="AM329" s="62"/>
+      <c r="AN329" s="62"/>
+      <c r="AO329" s="62"/>
+      <c r="AP329" s="62"/>
+      <c r="AQ329" s="62"/>
+      <c r="AR329" s="62"/>
     </row>
     <row r="330" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A330" s="34"/>
       <c r="B330" s="43"/>
-      <c r="C330" s="340"/>
-      <c r="D330" s="341"/>
+      <c r="C330" s="343"/>
+      <c r="D330" s="344"/>
       <c r="E330" s="43"/>
       <c r="F330" s="47"/>
       <c r="G330" s="35"/>
       <c r="H330" s="12"/>
       <c r="I330" s="12"/>
       <c r="J330" s="12"/>
       <c r="K330" s="12"/>
       <c r="L330" s="12"/>
       <c r="M330" s="12"/>
-      <c r="N330" s="349"/>
-[...28 lines deleted...]
-      <c r="AR330" s="63"/>
+      <c r="N330" s="352"/>
+      <c r="O330" s="353"/>
+      <c r="P330" s="353"/>
+      <c r="Q330" s="353"/>
+      <c r="R330" s="353"/>
+      <c r="S330" s="353"/>
+      <c r="T330" s="353"/>
+      <c r="U330" s="353"/>
+      <c r="V330" s="353"/>
+      <c r="W330" s="354"/>
+      <c r="Y330" s="62"/>
+      <c r="Z330" s="62"/>
+      <c r="AA330" s="62"/>
+      <c r="AB330" s="62"/>
+      <c r="AC330" s="62"/>
+      <c r="AD330" s="62"/>
+      <c r="AE330" s="62"/>
+      <c r="AF330" s="62"/>
+      <c r="AG330" s="62"/>
+      <c r="AH330" s="62"/>
+      <c r="AI330" s="62"/>
+      <c r="AJ330" s="62"/>
+      <c r="AK330" s="62"/>
+      <c r="AL330" s="62"/>
+      <c r="AM330" s="62"/>
+      <c r="AN330" s="62"/>
+      <c r="AO330" s="62"/>
+      <c r="AP330" s="62"/>
+      <c r="AQ330" s="62"/>
+      <c r="AR330" s="62"/>
     </row>
     <row r="331" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A331" s="34"/>
       <c r="B331" s="43"/>
-      <c r="C331" s="340"/>
-      <c r="D331" s="341"/>
+      <c r="C331" s="343"/>
+      <c r="D331" s="344"/>
       <c r="E331" s="43"/>
       <c r="F331" s="47"/>
       <c r="G331" s="35"/>
       <c r="H331" s="12"/>
       <c r="I331" s="12"/>
       <c r="J331" s="12"/>
       <c r="K331" s="12"/>
       <c r="L331" s="12"/>
       <c r="M331" s="12"/>
-      <c r="N331" s="349"/>
-[...28 lines deleted...]
-      <c r="AR331" s="63"/>
+      <c r="N331" s="352"/>
+      <c r="O331" s="353"/>
+      <c r="P331" s="353"/>
+      <c r="Q331" s="353"/>
+      <c r="R331" s="353"/>
+      <c r="S331" s="353"/>
+      <c r="T331" s="353"/>
+      <c r="U331" s="353"/>
+      <c r="V331" s="353"/>
+      <c r="W331" s="354"/>
+      <c r="Y331" s="62"/>
+      <c r="Z331" s="62"/>
+      <c r="AA331" s="62"/>
+      <c r="AB331" s="62"/>
+      <c r="AC331" s="62"/>
+      <c r="AD331" s="62"/>
+      <c r="AE331" s="62"/>
+      <c r="AF331" s="62"/>
+      <c r="AG331" s="62"/>
+      <c r="AH331" s="62"/>
+      <c r="AI331" s="62"/>
+      <c r="AJ331" s="62"/>
+      <c r="AK331" s="62"/>
+      <c r="AL331" s="62"/>
+      <c r="AM331" s="62"/>
+      <c r="AN331" s="62"/>
+      <c r="AO331" s="62"/>
+      <c r="AP331" s="62"/>
+      <c r="AQ331" s="62"/>
+      <c r="AR331" s="62"/>
     </row>
     <row r="332" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A332" s="34"/>
       <c r="B332" s="43"/>
-      <c r="C332" s="340"/>
-      <c r="D332" s="341"/>
+      <c r="C332" s="343"/>
+      <c r="D332" s="344"/>
       <c r="E332" s="43"/>
       <c r="F332" s="47"/>
       <c r="G332" s="35"/>
       <c r="H332" s="12"/>
       <c r="I332" s="12"/>
       <c r="J332" s="12"/>
       <c r="K332" s="12"/>
       <c r="L332" s="12"/>
       <c r="M332" s="12"/>
-      <c r="N332" s="349"/>
-[...28 lines deleted...]
-      <c r="AR332" s="63"/>
+      <c r="N332" s="352"/>
+      <c r="O332" s="353"/>
+      <c r="P332" s="353"/>
+      <c r="Q332" s="353"/>
+      <c r="R332" s="353"/>
+      <c r="S332" s="353"/>
+      <c r="T332" s="353"/>
+      <c r="U332" s="353"/>
+      <c r="V332" s="353"/>
+      <c r="W332" s="354"/>
+      <c r="Y332" s="62"/>
+      <c r="Z332" s="62"/>
+      <c r="AA332" s="62"/>
+      <c r="AB332" s="62"/>
+      <c r="AC332" s="62"/>
+      <c r="AD332" s="62"/>
+      <c r="AE332" s="62"/>
+      <c r="AF332" s="62"/>
+      <c r="AG332" s="62"/>
+      <c r="AH332" s="62"/>
+      <c r="AI332" s="62"/>
+      <c r="AJ332" s="62"/>
+      <c r="AK332" s="62"/>
+      <c r="AL332" s="62"/>
+      <c r="AM332" s="62"/>
+      <c r="AN332" s="62"/>
+      <c r="AO332" s="62"/>
+      <c r="AP332" s="62"/>
+      <c r="AQ332" s="62"/>
+      <c r="AR332" s="62"/>
     </row>
     <row r="333" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A333" s="34"/>
       <c r="B333" s="43"/>
-      <c r="C333" s="340"/>
-      <c r="D333" s="341"/>
+      <c r="C333" s="343"/>
+      <c r="D333" s="344"/>
       <c r="E333" s="43"/>
       <c r="F333" s="47"/>
       <c r="G333" s="35"/>
       <c r="H333" s="12"/>
       <c r="I333" s="12"/>
       <c r="J333" s="12"/>
       <c r="K333" s="12"/>
       <c r="L333" s="12"/>
       <c r="M333" s="12"/>
-      <c r="N333" s="349"/>
-[...28 lines deleted...]
-      <c r="AR333" s="63"/>
+      <c r="N333" s="352"/>
+      <c r="O333" s="353"/>
+      <c r="P333" s="353"/>
+      <c r="Q333" s="353"/>
+      <c r="R333" s="353"/>
+      <c r="S333" s="353"/>
+      <c r="T333" s="353"/>
+      <c r="U333" s="353"/>
+      <c r="V333" s="353"/>
+      <c r="W333" s="354"/>
+      <c r="Y333" s="62"/>
+      <c r="Z333" s="62"/>
+      <c r="AA333" s="62"/>
+      <c r="AB333" s="62"/>
+      <c r="AC333" s="62"/>
+      <c r="AD333" s="62"/>
+      <c r="AE333" s="62"/>
+      <c r="AF333" s="62"/>
+      <c r="AG333" s="62"/>
+      <c r="AH333" s="62"/>
+      <c r="AI333" s="62"/>
+      <c r="AJ333" s="62"/>
+      <c r="AK333" s="62"/>
+      <c r="AL333" s="62"/>
+      <c r="AM333" s="62"/>
+      <c r="AN333" s="62"/>
+      <c r="AO333" s="62"/>
+      <c r="AP333" s="62"/>
+      <c r="AQ333" s="62"/>
+      <c r="AR333" s="62"/>
     </row>
     <row r="334" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A334" s="34"/>
       <c r="B334" s="43"/>
-      <c r="C334" s="340"/>
-      <c r="D334" s="341"/>
+      <c r="C334" s="343"/>
+      <c r="D334" s="344"/>
       <c r="E334" s="43"/>
       <c r="F334" s="47"/>
       <c r="G334" s="35"/>
       <c r="H334" s="12"/>
       <c r="I334" s="12"/>
       <c r="J334" s="12"/>
       <c r="K334" s="12"/>
       <c r="L334" s="12"/>
       <c r="M334" s="12"/>
-      <c r="N334" s="349"/>
-[...28 lines deleted...]
-      <c r="AR334" s="63"/>
+      <c r="N334" s="352"/>
+      <c r="O334" s="353"/>
+      <c r="P334" s="353"/>
+      <c r="Q334" s="353"/>
+      <c r="R334" s="353"/>
+      <c r="S334" s="353"/>
+      <c r="T334" s="353"/>
+      <c r="U334" s="353"/>
+      <c r="V334" s="353"/>
+      <c r="W334" s="354"/>
+      <c r="Y334" s="62"/>
+      <c r="Z334" s="62"/>
+      <c r="AA334" s="62"/>
+      <c r="AB334" s="62"/>
+      <c r="AC334" s="62"/>
+      <c r="AD334" s="62"/>
+      <c r="AE334" s="62"/>
+      <c r="AF334" s="62"/>
+      <c r="AG334" s="62"/>
+      <c r="AH334" s="62"/>
+      <c r="AI334" s="62"/>
+      <c r="AJ334" s="62"/>
+      <c r="AK334" s="62"/>
+      <c r="AL334" s="62"/>
+      <c r="AM334" s="62"/>
+      <c r="AN334" s="62"/>
+      <c r="AO334" s="62"/>
+      <c r="AP334" s="62"/>
+      <c r="AQ334" s="62"/>
+      <c r="AR334" s="62"/>
     </row>
     <row r="335" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A335" s="34"/>
       <c r="B335" s="43"/>
-      <c r="C335" s="340"/>
-      <c r="D335" s="341"/>
+      <c r="C335" s="343"/>
+      <c r="D335" s="344"/>
       <c r="E335" s="43"/>
       <c r="F335" s="47"/>
       <c r="G335" s="35"/>
       <c r="H335" s="12"/>
       <c r="I335" s="12"/>
       <c r="J335" s="12"/>
       <c r="K335" s="12"/>
       <c r="L335" s="12"/>
       <c r="M335" s="12"/>
-      <c r="N335" s="349"/>
-[...28 lines deleted...]
-      <c r="AR335" s="63"/>
+      <c r="N335" s="352"/>
+      <c r="O335" s="353"/>
+      <c r="P335" s="353"/>
+      <c r="Q335" s="353"/>
+      <c r="R335" s="353"/>
+      <c r="S335" s="353"/>
+      <c r="T335" s="353"/>
+      <c r="U335" s="353"/>
+      <c r="V335" s="353"/>
+      <c r="W335" s="354"/>
+      <c r="Y335" s="62"/>
+      <c r="Z335" s="62"/>
+      <c r="AA335" s="62"/>
+      <c r="AB335" s="62"/>
+      <c r="AC335" s="62"/>
+      <c r="AD335" s="62"/>
+      <c r="AE335" s="62"/>
+      <c r="AF335" s="62"/>
+      <c r="AG335" s="62"/>
+      <c r="AH335" s="62"/>
+      <c r="AI335" s="62"/>
+      <c r="AJ335" s="62"/>
+      <c r="AK335" s="62"/>
+      <c r="AL335" s="62"/>
+      <c r="AM335" s="62"/>
+      <c r="AN335" s="62"/>
+      <c r="AO335" s="62"/>
+      <c r="AP335" s="62"/>
+      <c r="AQ335" s="62"/>
+      <c r="AR335" s="62"/>
     </row>
     <row r="336" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A336" s="34"/>
       <c r="B336" s="43"/>
-      <c r="C336" s="340"/>
-      <c r="D336" s="341"/>
+      <c r="C336" s="343"/>
+      <c r="D336" s="344"/>
       <c r="E336" s="43"/>
       <c r="F336" s="47"/>
       <c r="G336" s="35"/>
       <c r="H336" s="12"/>
       <c r="I336" s="12"/>
       <c r="J336" s="12"/>
       <c r="K336" s="12"/>
       <c r="L336" s="12"/>
       <c r="M336" s="12"/>
-      <c r="N336" s="349"/>
-[...28 lines deleted...]
-      <c r="AR336" s="63"/>
+      <c r="N336" s="352"/>
+      <c r="O336" s="353"/>
+      <c r="P336" s="353"/>
+      <c r="Q336" s="353"/>
+      <c r="R336" s="353"/>
+      <c r="S336" s="353"/>
+      <c r="T336" s="353"/>
+      <c r="U336" s="353"/>
+      <c r="V336" s="353"/>
+      <c r="W336" s="354"/>
+      <c r="Y336" s="62"/>
+      <c r="Z336" s="62"/>
+      <c r="AA336" s="62"/>
+      <c r="AB336" s="62"/>
+      <c r="AC336" s="62"/>
+      <c r="AD336" s="62"/>
+      <c r="AE336" s="62"/>
+      <c r="AF336" s="62"/>
+      <c r="AG336" s="62"/>
+      <c r="AH336" s="62"/>
+      <c r="AI336" s="62"/>
+      <c r="AJ336" s="62"/>
+      <c r="AK336" s="62"/>
+      <c r="AL336" s="62"/>
+      <c r="AM336" s="62"/>
+      <c r="AN336" s="62"/>
+      <c r="AO336" s="62"/>
+      <c r="AP336" s="62"/>
+      <c r="AQ336" s="62"/>
+      <c r="AR336" s="62"/>
     </row>
     <row r="337" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A337" s="34"/>
       <c r="B337" s="43"/>
-      <c r="C337" s="340"/>
-      <c r="D337" s="341"/>
+      <c r="C337" s="343"/>
+      <c r="D337" s="344"/>
       <c r="E337" s="43"/>
       <c r="F337" s="47"/>
       <c r="G337" s="35"/>
       <c r="H337" s="12"/>
       <c r="I337" s="12"/>
       <c r="J337" s="12"/>
       <c r="K337" s="12"/>
       <c r="L337" s="12"/>
       <c r="M337" s="12"/>
-      <c r="N337" s="349"/>
-[...28 lines deleted...]
-      <c r="AR337" s="63"/>
+      <c r="N337" s="352"/>
+      <c r="O337" s="353"/>
+      <c r="P337" s="353"/>
+      <c r="Q337" s="353"/>
+      <c r="R337" s="353"/>
+      <c r="S337" s="353"/>
+      <c r="T337" s="353"/>
+      <c r="U337" s="353"/>
+      <c r="V337" s="353"/>
+      <c r="W337" s="354"/>
+      <c r="Y337" s="62"/>
+      <c r="Z337" s="62"/>
+      <c r="AA337" s="62"/>
+      <c r="AB337" s="62"/>
+      <c r="AC337" s="62"/>
+      <c r="AD337" s="62"/>
+      <c r="AE337" s="62"/>
+      <c r="AF337" s="62"/>
+      <c r="AG337" s="62"/>
+      <c r="AH337" s="62"/>
+      <c r="AI337" s="62"/>
+      <c r="AJ337" s="62"/>
+      <c r="AK337" s="62"/>
+      <c r="AL337" s="62"/>
+      <c r="AM337" s="62"/>
+      <c r="AN337" s="62"/>
+      <c r="AO337" s="62"/>
+      <c r="AP337" s="62"/>
+      <c r="AQ337" s="62"/>
+      <c r="AR337" s="62"/>
     </row>
     <row r="338" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A338" s="34"/>
       <c r="B338" s="43"/>
-      <c r="C338" s="340"/>
-      <c r="D338" s="341"/>
+      <c r="C338" s="343"/>
+      <c r="D338" s="344"/>
       <c r="E338" s="43"/>
       <c r="F338" s="47"/>
       <c r="G338" s="35"/>
       <c r="H338" s="12"/>
       <c r="I338" s="12"/>
       <c r="J338" s="12"/>
       <c r="K338" s="12"/>
       <c r="L338" s="12"/>
       <c r="M338" s="12"/>
-      <c r="N338" s="349"/>
-[...28 lines deleted...]
-      <c r="AR338" s="63"/>
+      <c r="N338" s="352"/>
+      <c r="O338" s="353"/>
+      <c r="P338" s="353"/>
+      <c r="Q338" s="353"/>
+      <c r="R338" s="353"/>
+      <c r="S338" s="353"/>
+      <c r="T338" s="353"/>
+      <c r="U338" s="353"/>
+      <c r="V338" s="353"/>
+      <c r="W338" s="354"/>
+      <c r="Y338" s="62"/>
+      <c r="Z338" s="62"/>
+      <c r="AA338" s="62"/>
+      <c r="AB338" s="62"/>
+      <c r="AC338" s="62"/>
+      <c r="AD338" s="62"/>
+      <c r="AE338" s="62"/>
+      <c r="AF338" s="62"/>
+      <c r="AG338" s="62"/>
+      <c r="AH338" s="62"/>
+      <c r="AI338" s="62"/>
+      <c r="AJ338" s="62"/>
+      <c r="AK338" s="62"/>
+      <c r="AL338" s="62"/>
+      <c r="AM338" s="62"/>
+      <c r="AN338" s="62"/>
+      <c r="AO338" s="62"/>
+      <c r="AP338" s="62"/>
+      <c r="AQ338" s="62"/>
+      <c r="AR338" s="62"/>
     </row>
     <row r="339" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A339" s="34"/>
       <c r="B339" s="43"/>
-      <c r="C339" s="340"/>
-      <c r="D339" s="341"/>
+      <c r="C339" s="343"/>
+      <c r="D339" s="344"/>
       <c r="E339" s="43"/>
       <c r="F339" s="47"/>
       <c r="G339" s="35"/>
       <c r="H339" s="12"/>
       <c r="I339" s="12"/>
       <c r="J339" s="12"/>
       <c r="K339" s="12"/>
       <c r="L339" s="12"/>
       <c r="M339" s="12"/>
-      <c r="N339" s="349"/>
-[...28 lines deleted...]
-      <c r="AR339" s="63"/>
+      <c r="N339" s="352"/>
+      <c r="O339" s="353"/>
+      <c r="P339" s="353"/>
+      <c r="Q339" s="353"/>
+      <c r="R339" s="353"/>
+      <c r="S339" s="353"/>
+      <c r="T339" s="353"/>
+      <c r="U339" s="353"/>
+      <c r="V339" s="353"/>
+      <c r="W339" s="354"/>
+      <c r="Y339" s="62"/>
+      <c r="Z339" s="62"/>
+      <c r="AA339" s="62"/>
+      <c r="AB339" s="62"/>
+      <c r="AC339" s="62"/>
+      <c r="AD339" s="62"/>
+      <c r="AE339" s="62"/>
+      <c r="AF339" s="62"/>
+      <c r="AG339" s="62"/>
+      <c r="AH339" s="62"/>
+      <c r="AI339" s="62"/>
+      <c r="AJ339" s="62"/>
+      <c r="AK339" s="62"/>
+      <c r="AL339" s="62"/>
+      <c r="AM339" s="62"/>
+      <c r="AN339" s="62"/>
+      <c r="AO339" s="62"/>
+      <c r="AP339" s="62"/>
+      <c r="AQ339" s="62"/>
+      <c r="AR339" s="62"/>
     </row>
     <row r="340" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A340" s="34"/>
       <c r="B340" s="43"/>
-      <c r="C340" s="340"/>
-      <c r="D340" s="341"/>
+      <c r="C340" s="343"/>
+      <c r="D340" s="344"/>
       <c r="E340" s="43"/>
       <c r="F340" s="47"/>
       <c r="G340" s="35"/>
       <c r="H340" s="12"/>
       <c r="I340" s="12"/>
       <c r="J340" s="12"/>
       <c r="K340" s="12"/>
       <c r="L340" s="12"/>
       <c r="M340" s="12"/>
-      <c r="N340" s="349"/>
-[...28 lines deleted...]
-      <c r="AR340" s="63"/>
+      <c r="N340" s="352"/>
+      <c r="O340" s="353"/>
+      <c r="P340" s="353"/>
+      <c r="Q340" s="353"/>
+      <c r="R340" s="353"/>
+      <c r="S340" s="353"/>
+      <c r="T340" s="353"/>
+      <c r="U340" s="353"/>
+      <c r="V340" s="353"/>
+      <c r="W340" s="354"/>
+      <c r="Y340" s="62"/>
+      <c r="Z340" s="62"/>
+      <c r="AA340" s="62"/>
+      <c r="AB340" s="62"/>
+      <c r="AC340" s="62"/>
+      <c r="AD340" s="62"/>
+      <c r="AE340" s="62"/>
+      <c r="AF340" s="62"/>
+      <c r="AG340" s="62"/>
+      <c r="AH340" s="62"/>
+      <c r="AI340" s="62"/>
+      <c r="AJ340" s="62"/>
+      <c r="AK340" s="62"/>
+      <c r="AL340" s="62"/>
+      <c r="AM340" s="62"/>
+      <c r="AN340" s="62"/>
+      <c r="AO340" s="62"/>
+      <c r="AP340" s="62"/>
+      <c r="AQ340" s="62"/>
+      <c r="AR340" s="62"/>
     </row>
     <row r="341" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A341" s="34"/>
       <c r="B341" s="43"/>
-      <c r="C341" s="340"/>
-      <c r="D341" s="341"/>
+      <c r="C341" s="343"/>
+      <c r="D341" s="344"/>
       <c r="E341" s="43"/>
       <c r="F341" s="47"/>
       <c r="G341" s="35"/>
       <c r="H341" s="12"/>
       <c r="I341" s="12"/>
       <c r="J341" s="12"/>
       <c r="K341" s="12"/>
       <c r="L341" s="12"/>
       <c r="M341" s="12"/>
-      <c r="N341" s="349"/>
-[...28 lines deleted...]
-      <c r="AR341" s="63"/>
+      <c r="N341" s="352"/>
+      <c r="O341" s="353"/>
+      <c r="P341" s="353"/>
+      <c r="Q341" s="353"/>
+      <c r="R341" s="353"/>
+      <c r="S341" s="353"/>
+      <c r="T341" s="353"/>
+      <c r="U341" s="353"/>
+      <c r="V341" s="353"/>
+      <c r="W341" s="354"/>
+      <c r="Y341" s="62"/>
+      <c r="Z341" s="62"/>
+      <c r="AA341" s="62"/>
+      <c r="AB341" s="62"/>
+      <c r="AC341" s="62"/>
+      <c r="AD341" s="62"/>
+      <c r="AE341" s="62"/>
+      <c r="AF341" s="62"/>
+      <c r="AG341" s="62"/>
+      <c r="AH341" s="62"/>
+      <c r="AI341" s="62"/>
+      <c r="AJ341" s="62"/>
+      <c r="AK341" s="62"/>
+      <c r="AL341" s="62"/>
+      <c r="AM341" s="62"/>
+      <c r="AN341" s="62"/>
+      <c r="AO341" s="62"/>
+      <c r="AP341" s="62"/>
+      <c r="AQ341" s="62"/>
+      <c r="AR341" s="62"/>
     </row>
     <row r="342" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A342" s="34"/>
       <c r="B342" s="43"/>
-      <c r="C342" s="340"/>
-      <c r="D342" s="341"/>
+      <c r="C342" s="343"/>
+      <c r="D342" s="344"/>
       <c r="E342" s="43"/>
       <c r="F342" s="47"/>
       <c r="G342" s="35"/>
       <c r="H342" s="12"/>
       <c r="I342" s="12"/>
       <c r="J342" s="12"/>
       <c r="K342" s="12"/>
       <c r="L342" s="12"/>
       <c r="M342" s="12"/>
-      <c r="N342" s="349"/>
-[...28 lines deleted...]
-      <c r="AR342" s="63"/>
+      <c r="N342" s="352"/>
+      <c r="O342" s="353"/>
+      <c r="P342" s="353"/>
+      <c r="Q342" s="353"/>
+      <c r="R342" s="353"/>
+      <c r="S342" s="353"/>
+      <c r="T342" s="353"/>
+      <c r="U342" s="353"/>
+      <c r="V342" s="353"/>
+      <c r="W342" s="354"/>
+      <c r="Y342" s="62"/>
+      <c r="Z342" s="62"/>
+      <c r="AA342" s="62"/>
+      <c r="AB342" s="62"/>
+      <c r="AC342" s="62"/>
+      <c r="AD342" s="62"/>
+      <c r="AE342" s="62"/>
+      <c r="AF342" s="62"/>
+      <c r="AG342" s="62"/>
+      <c r="AH342" s="62"/>
+      <c r="AI342" s="62"/>
+      <c r="AJ342" s="62"/>
+      <c r="AK342" s="62"/>
+      <c r="AL342" s="62"/>
+      <c r="AM342" s="62"/>
+      <c r="AN342" s="62"/>
+      <c r="AO342" s="62"/>
+      <c r="AP342" s="62"/>
+      <c r="AQ342" s="62"/>
+      <c r="AR342" s="62"/>
     </row>
     <row r="343" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A343" s="34"/>
       <c r="B343" s="43"/>
-      <c r="C343" s="340"/>
-      <c r="D343" s="341"/>
+      <c r="C343" s="343"/>
+      <c r="D343" s="344"/>
       <c r="E343" s="43"/>
       <c r="F343" s="47"/>
       <c r="G343" s="35"/>
       <c r="H343" s="12"/>
       <c r="I343" s="12"/>
       <c r="J343" s="12"/>
       <c r="K343" s="12"/>
       <c r="L343" s="12"/>
       <c r="M343" s="12"/>
-      <c r="N343" s="349"/>
-[...28 lines deleted...]
-      <c r="AR343" s="63"/>
+      <c r="N343" s="352"/>
+      <c r="O343" s="353"/>
+      <c r="P343" s="353"/>
+      <c r="Q343" s="353"/>
+      <c r="R343" s="353"/>
+      <c r="S343" s="353"/>
+      <c r="T343" s="353"/>
+      <c r="U343" s="353"/>
+      <c r="V343" s="353"/>
+      <c r="W343" s="354"/>
+      <c r="Y343" s="62"/>
+      <c r="Z343" s="62"/>
+      <c r="AA343" s="62"/>
+      <c r="AB343" s="62"/>
+      <c r="AC343" s="62"/>
+      <c r="AD343" s="62"/>
+      <c r="AE343" s="62"/>
+      <c r="AF343" s="62"/>
+      <c r="AG343" s="62"/>
+      <c r="AH343" s="62"/>
+      <c r="AI343" s="62"/>
+      <c r="AJ343" s="62"/>
+      <c r="AK343" s="62"/>
+      <c r="AL343" s="62"/>
+      <c r="AM343" s="62"/>
+      <c r="AN343" s="62"/>
+      <c r="AO343" s="62"/>
+      <c r="AP343" s="62"/>
+      <c r="AQ343" s="62"/>
+      <c r="AR343" s="62"/>
     </row>
     <row r="344" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A344" s="34"/>
       <c r="B344" s="43"/>
-      <c r="C344" s="340"/>
-      <c r="D344" s="341"/>
+      <c r="C344" s="343"/>
+      <c r="D344" s="344"/>
       <c r="E344" s="43"/>
       <c r="F344" s="47"/>
       <c r="G344" s="35"/>
       <c r="H344" s="12"/>
       <c r="I344" s="12"/>
       <c r="J344" s="12"/>
       <c r="K344" s="12"/>
       <c r="L344" s="12"/>
       <c r="M344" s="12"/>
-      <c r="N344" s="349"/>
-[...28 lines deleted...]
-      <c r="AR344" s="63"/>
+      <c r="N344" s="352"/>
+      <c r="O344" s="353"/>
+      <c r="P344" s="353"/>
+      <c r="Q344" s="353"/>
+      <c r="R344" s="353"/>
+      <c r="S344" s="353"/>
+      <c r="T344" s="353"/>
+      <c r="U344" s="353"/>
+      <c r="V344" s="353"/>
+      <c r="W344" s="354"/>
+      <c r="Y344" s="62"/>
+      <c r="Z344" s="62"/>
+      <c r="AA344" s="62"/>
+      <c r="AB344" s="62"/>
+      <c r="AC344" s="62"/>
+      <c r="AD344" s="62"/>
+      <c r="AE344" s="62"/>
+      <c r="AF344" s="62"/>
+      <c r="AG344" s="62"/>
+      <c r="AH344" s="62"/>
+      <c r="AI344" s="62"/>
+      <c r="AJ344" s="62"/>
+      <c r="AK344" s="62"/>
+      <c r="AL344" s="62"/>
+      <c r="AM344" s="62"/>
+      <c r="AN344" s="62"/>
+      <c r="AO344" s="62"/>
+      <c r="AP344" s="62"/>
+      <c r="AQ344" s="62"/>
+      <c r="AR344" s="62"/>
     </row>
     <row r="345" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A345" s="34"/>
       <c r="B345" s="43"/>
-      <c r="C345" s="340"/>
-      <c r="D345" s="341"/>
+      <c r="C345" s="343"/>
+      <c r="D345" s="344"/>
       <c r="E345" s="43"/>
       <c r="F345" s="47"/>
       <c r="G345" s="35"/>
       <c r="H345" s="12"/>
       <c r="I345" s="12"/>
       <c r="J345" s="12"/>
       <c r="K345" s="12"/>
       <c r="L345" s="12"/>
       <c r="M345" s="12"/>
-      <c r="N345" s="349"/>
-[...28 lines deleted...]
-      <c r="AR345" s="63"/>
+      <c r="N345" s="352"/>
+      <c r="O345" s="353"/>
+      <c r="P345" s="353"/>
+      <c r="Q345" s="353"/>
+      <c r="R345" s="353"/>
+      <c r="S345" s="353"/>
+      <c r="T345" s="353"/>
+      <c r="U345" s="353"/>
+      <c r="V345" s="353"/>
+      <c r="W345" s="354"/>
+      <c r="Y345" s="62"/>
+      <c r="Z345" s="62"/>
+      <c r="AA345" s="62"/>
+      <c r="AB345" s="62"/>
+      <c r="AC345" s="62"/>
+      <c r="AD345" s="62"/>
+      <c r="AE345" s="62"/>
+      <c r="AF345" s="62"/>
+      <c r="AG345" s="62"/>
+      <c r="AH345" s="62"/>
+      <c r="AI345" s="62"/>
+      <c r="AJ345" s="62"/>
+      <c r="AK345" s="62"/>
+      <c r="AL345" s="62"/>
+      <c r="AM345" s="62"/>
+      <c r="AN345" s="62"/>
+      <c r="AO345" s="62"/>
+      <c r="AP345" s="62"/>
+      <c r="AQ345" s="62"/>
+      <c r="AR345" s="62"/>
     </row>
     <row r="346" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A346" s="34"/>
       <c r="B346" s="43"/>
-      <c r="C346" s="340"/>
-      <c r="D346" s="341"/>
+      <c r="C346" s="343"/>
+      <c r="D346" s="344"/>
       <c r="E346" s="43"/>
       <c r="F346" s="47"/>
       <c r="G346" s="35"/>
       <c r="H346" s="12"/>
       <c r="I346" s="12"/>
       <c r="J346" s="12"/>
       <c r="K346" s="12"/>
       <c r="L346" s="12"/>
       <c r="M346" s="12"/>
-      <c r="N346" s="349"/>
-[...28 lines deleted...]
-      <c r="AR346" s="63"/>
+      <c r="N346" s="352"/>
+      <c r="O346" s="353"/>
+      <c r="P346" s="353"/>
+      <c r="Q346" s="353"/>
+      <c r="R346" s="353"/>
+      <c r="S346" s="353"/>
+      <c r="T346" s="353"/>
+      <c r="U346" s="353"/>
+      <c r="V346" s="353"/>
+      <c r="W346" s="354"/>
+      <c r="Y346" s="62"/>
+      <c r="Z346" s="62"/>
+      <c r="AA346" s="62"/>
+      <c r="AB346" s="62"/>
+      <c r="AC346" s="62"/>
+      <c r="AD346" s="62"/>
+      <c r="AE346" s="62"/>
+      <c r="AF346" s="62"/>
+      <c r="AG346" s="62"/>
+      <c r="AH346" s="62"/>
+      <c r="AI346" s="62"/>
+      <c r="AJ346" s="62"/>
+      <c r="AK346" s="62"/>
+      <c r="AL346" s="62"/>
+      <c r="AM346" s="62"/>
+      <c r="AN346" s="62"/>
+      <c r="AO346" s="62"/>
+      <c r="AP346" s="62"/>
+      <c r="AQ346" s="62"/>
+      <c r="AR346" s="62"/>
     </row>
     <row r="347" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A347" s="34"/>
       <c r="B347" s="43"/>
-      <c r="C347" s="340"/>
-      <c r="D347" s="341"/>
+      <c r="C347" s="343"/>
+      <c r="D347" s="344"/>
       <c r="E347" s="43"/>
       <c r="F347" s="47"/>
       <c r="G347" s="35"/>
       <c r="H347" s="12"/>
       <c r="I347" s="12"/>
       <c r="J347" s="12"/>
       <c r="K347" s="12"/>
       <c r="L347" s="12"/>
       <c r="M347" s="12"/>
-      <c r="N347" s="349"/>
-[...28 lines deleted...]
-      <c r="AR347" s="63"/>
+      <c r="N347" s="352"/>
+      <c r="O347" s="353"/>
+      <c r="P347" s="353"/>
+      <c r="Q347" s="353"/>
+      <c r="R347" s="353"/>
+      <c r="S347" s="353"/>
+      <c r="T347" s="353"/>
+      <c r="U347" s="353"/>
+      <c r="V347" s="353"/>
+      <c r="W347" s="354"/>
+      <c r="Y347" s="62"/>
+      <c r="Z347" s="62"/>
+      <c r="AA347" s="62"/>
+      <c r="AB347" s="62"/>
+      <c r="AC347" s="62"/>
+      <c r="AD347" s="62"/>
+      <c r="AE347" s="62"/>
+      <c r="AF347" s="62"/>
+      <c r="AG347" s="62"/>
+      <c r="AH347" s="62"/>
+      <c r="AI347" s="62"/>
+      <c r="AJ347" s="62"/>
+      <c r="AK347" s="62"/>
+      <c r="AL347" s="62"/>
+      <c r="AM347" s="62"/>
+      <c r="AN347" s="62"/>
+      <c r="AO347" s="62"/>
+      <c r="AP347" s="62"/>
+      <c r="AQ347" s="62"/>
+      <c r="AR347" s="62"/>
     </row>
     <row r="348" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A348" s="34"/>
       <c r="B348" s="43"/>
-      <c r="C348" s="340"/>
-      <c r="D348" s="341"/>
+      <c r="C348" s="343"/>
+      <c r="D348" s="344"/>
       <c r="E348" s="43"/>
       <c r="F348" s="47"/>
       <c r="G348" s="35"/>
       <c r="H348" s="12"/>
       <c r="I348" s="12"/>
       <c r="J348" s="12"/>
       <c r="K348" s="12"/>
       <c r="L348" s="12"/>
       <c r="M348" s="12"/>
-      <c r="N348" s="349"/>
-[...28 lines deleted...]
-      <c r="AR348" s="63"/>
+      <c r="N348" s="352"/>
+      <c r="O348" s="353"/>
+      <c r="P348" s="353"/>
+      <c r="Q348" s="353"/>
+      <c r="R348" s="353"/>
+      <c r="S348" s="353"/>
+      <c r="T348" s="353"/>
+      <c r="U348" s="353"/>
+      <c r="V348" s="353"/>
+      <c r="W348" s="354"/>
+      <c r="Y348" s="62"/>
+      <c r="Z348" s="62"/>
+      <c r="AA348" s="62"/>
+      <c r="AB348" s="62"/>
+      <c r="AC348" s="62"/>
+      <c r="AD348" s="62"/>
+      <c r="AE348" s="62"/>
+      <c r="AF348" s="62"/>
+      <c r="AG348" s="62"/>
+      <c r="AH348" s="62"/>
+      <c r="AI348" s="62"/>
+      <c r="AJ348" s="62"/>
+      <c r="AK348" s="62"/>
+      <c r="AL348" s="62"/>
+      <c r="AM348" s="62"/>
+      <c r="AN348" s="62"/>
+      <c r="AO348" s="62"/>
+      <c r="AP348" s="62"/>
+      <c r="AQ348" s="62"/>
+      <c r="AR348" s="62"/>
     </row>
     <row r="349" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A349" s="34"/>
       <c r="B349" s="43"/>
-      <c r="C349" s="340"/>
-      <c r="D349" s="341"/>
+      <c r="C349" s="343"/>
+      <c r="D349" s="344"/>
       <c r="E349" s="43"/>
       <c r="F349" s="47"/>
       <c r="G349" s="35"/>
       <c r="H349" s="12"/>
       <c r="I349" s="12"/>
       <c r="J349" s="12"/>
       <c r="K349" s="12"/>
       <c r="L349" s="12"/>
       <c r="M349" s="12"/>
-      <c r="N349" s="349"/>
-[...28 lines deleted...]
-      <c r="AR349" s="63"/>
+      <c r="N349" s="352"/>
+      <c r="O349" s="353"/>
+      <c r="P349" s="353"/>
+      <c r="Q349" s="353"/>
+      <c r="R349" s="353"/>
+      <c r="S349" s="353"/>
+      <c r="T349" s="353"/>
+      <c r="U349" s="353"/>
+      <c r="V349" s="353"/>
+      <c r="W349" s="354"/>
+      <c r="Y349" s="62"/>
+      <c r="Z349" s="62"/>
+      <c r="AA349" s="62"/>
+      <c r="AB349" s="62"/>
+      <c r="AC349" s="62"/>
+      <c r="AD349" s="62"/>
+      <c r="AE349" s="62"/>
+      <c r="AF349" s="62"/>
+      <c r="AG349" s="62"/>
+      <c r="AH349" s="62"/>
+      <c r="AI349" s="62"/>
+      <c r="AJ349" s="62"/>
+      <c r="AK349" s="62"/>
+      <c r="AL349" s="62"/>
+      <c r="AM349" s="62"/>
+      <c r="AN349" s="62"/>
+      <c r="AO349" s="62"/>
+      <c r="AP349" s="62"/>
+      <c r="AQ349" s="62"/>
+      <c r="AR349" s="62"/>
     </row>
     <row r="350" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A350" s="34"/>
       <c r="B350" s="43"/>
-      <c r="C350" s="340"/>
-      <c r="D350" s="341"/>
+      <c r="C350" s="343"/>
+      <c r="D350" s="344"/>
       <c r="E350" s="43"/>
       <c r="F350" s="47"/>
       <c r="G350" s="35"/>
       <c r="H350" s="12"/>
       <c r="I350" s="12"/>
       <c r="J350" s="12"/>
       <c r="K350" s="12"/>
       <c r="L350" s="12"/>
       <c r="M350" s="12"/>
-      <c r="N350" s="349"/>
-[...28 lines deleted...]
-      <c r="AR350" s="63"/>
+      <c r="N350" s="352"/>
+      <c r="O350" s="353"/>
+      <c r="P350" s="353"/>
+      <c r="Q350" s="353"/>
+      <c r="R350" s="353"/>
+      <c r="S350" s="353"/>
+      <c r="T350" s="353"/>
+      <c r="U350" s="353"/>
+      <c r="V350" s="353"/>
+      <c r="W350" s="354"/>
+      <c r="Y350" s="62"/>
+      <c r="Z350" s="62"/>
+      <c r="AA350" s="62"/>
+      <c r="AB350" s="62"/>
+      <c r="AC350" s="62"/>
+      <c r="AD350" s="62"/>
+      <c r="AE350" s="62"/>
+      <c r="AF350" s="62"/>
+      <c r="AG350" s="62"/>
+      <c r="AH350" s="62"/>
+      <c r="AI350" s="62"/>
+      <c r="AJ350" s="62"/>
+      <c r="AK350" s="62"/>
+      <c r="AL350" s="62"/>
+      <c r="AM350" s="62"/>
+      <c r="AN350" s="62"/>
+      <c r="AO350" s="62"/>
+      <c r="AP350" s="62"/>
+      <c r="AQ350" s="62"/>
+      <c r="AR350" s="62"/>
     </row>
     <row r="351" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A351" s="34"/>
       <c r="B351" s="43"/>
-      <c r="C351" s="340"/>
-      <c r="D351" s="341"/>
+      <c r="C351" s="343"/>
+      <c r="D351" s="344"/>
       <c r="E351" s="43"/>
       <c r="F351" s="47"/>
       <c r="G351" s="35"/>
       <c r="H351" s="12"/>
       <c r="I351" s="12"/>
       <c r="J351" s="12"/>
       <c r="K351" s="12"/>
       <c r="L351" s="12"/>
       <c r="M351" s="12"/>
-      <c r="N351" s="349"/>
-[...28 lines deleted...]
-      <c r="AR351" s="63"/>
+      <c r="N351" s="352"/>
+      <c r="O351" s="353"/>
+      <c r="P351" s="353"/>
+      <c r="Q351" s="353"/>
+      <c r="R351" s="353"/>
+      <c r="S351" s="353"/>
+      <c r="T351" s="353"/>
+      <c r="U351" s="353"/>
+      <c r="V351" s="353"/>
+      <c r="W351" s="354"/>
+      <c r="Y351" s="62"/>
+      <c r="Z351" s="62"/>
+      <c r="AA351" s="62"/>
+      <c r="AB351" s="62"/>
+      <c r="AC351" s="62"/>
+      <c r="AD351" s="62"/>
+      <c r="AE351" s="62"/>
+      <c r="AF351" s="62"/>
+      <c r="AG351" s="62"/>
+      <c r="AH351" s="62"/>
+      <c r="AI351" s="62"/>
+      <c r="AJ351" s="62"/>
+      <c r="AK351" s="62"/>
+      <c r="AL351" s="62"/>
+      <c r="AM351" s="62"/>
+      <c r="AN351" s="62"/>
+      <c r="AO351" s="62"/>
+      <c r="AP351" s="62"/>
+      <c r="AQ351" s="62"/>
+      <c r="AR351" s="62"/>
     </row>
     <row r="352" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A352" s="34"/>
       <c r="B352" s="43"/>
-      <c r="C352" s="340"/>
-      <c r="D352" s="341"/>
+      <c r="C352" s="343"/>
+      <c r="D352" s="344"/>
       <c r="E352" s="43"/>
       <c r="F352" s="47"/>
       <c r="G352" s="35"/>
       <c r="H352" s="12"/>
       <c r="I352" s="12"/>
       <c r="J352" s="12"/>
       <c r="K352" s="12"/>
       <c r="L352" s="12"/>
       <c r="M352" s="12"/>
-      <c r="N352" s="349"/>
-[...28 lines deleted...]
-      <c r="AR352" s="63"/>
+      <c r="N352" s="352"/>
+      <c r="O352" s="353"/>
+      <c r="P352" s="353"/>
+      <c r="Q352" s="353"/>
+      <c r="R352" s="353"/>
+      <c r="S352" s="353"/>
+      <c r="T352" s="353"/>
+      <c r="U352" s="353"/>
+      <c r="V352" s="353"/>
+      <c r="W352" s="354"/>
+      <c r="Y352" s="62"/>
+      <c r="Z352" s="62"/>
+      <c r="AA352" s="62"/>
+      <c r="AB352" s="62"/>
+      <c r="AC352" s="62"/>
+      <c r="AD352" s="62"/>
+      <c r="AE352" s="62"/>
+      <c r="AF352" s="62"/>
+      <c r="AG352" s="62"/>
+      <c r="AH352" s="62"/>
+      <c r="AI352" s="62"/>
+      <c r="AJ352" s="62"/>
+      <c r="AK352" s="62"/>
+      <c r="AL352" s="62"/>
+      <c r="AM352" s="62"/>
+      <c r="AN352" s="62"/>
+      <c r="AO352" s="62"/>
+      <c r="AP352" s="62"/>
+      <c r="AQ352" s="62"/>
+      <c r="AR352" s="62"/>
     </row>
     <row r="353" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A353" s="34"/>
       <c r="B353" s="43"/>
-      <c r="C353" s="340"/>
-      <c r="D353" s="341"/>
+      <c r="C353" s="343"/>
+      <c r="D353" s="344"/>
       <c r="E353" s="43"/>
       <c r="F353" s="47"/>
       <c r="G353" s="35"/>
       <c r="H353" s="12"/>
       <c r="I353" s="12"/>
       <c r="J353" s="12"/>
       <c r="K353" s="12"/>
       <c r="L353" s="12"/>
       <c r="M353" s="12"/>
-      <c r="N353" s="349"/>
-[...28 lines deleted...]
-      <c r="AR353" s="63"/>
+      <c r="N353" s="352"/>
+      <c r="O353" s="353"/>
+      <c r="P353" s="353"/>
+      <c r="Q353" s="353"/>
+      <c r="R353" s="353"/>
+      <c r="S353" s="353"/>
+      <c r="T353" s="353"/>
+      <c r="U353" s="353"/>
+      <c r="V353" s="353"/>
+      <c r="W353" s="354"/>
+      <c r="Y353" s="62"/>
+      <c r="Z353" s="62"/>
+      <c r="AA353" s="62"/>
+      <c r="AB353" s="62"/>
+      <c r="AC353" s="62"/>
+      <c r="AD353" s="62"/>
+      <c r="AE353" s="62"/>
+      <c r="AF353" s="62"/>
+      <c r="AG353" s="62"/>
+      <c r="AH353" s="62"/>
+      <c r="AI353" s="62"/>
+      <c r="AJ353" s="62"/>
+      <c r="AK353" s="62"/>
+      <c r="AL353" s="62"/>
+      <c r="AM353" s="62"/>
+      <c r="AN353" s="62"/>
+      <c r="AO353" s="62"/>
+      <c r="AP353" s="62"/>
+      <c r="AQ353" s="62"/>
+      <c r="AR353" s="62"/>
     </row>
     <row r="354" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A354" s="34"/>
       <c r="B354" s="43"/>
-      <c r="C354" s="340"/>
-      <c r="D354" s="341"/>
+      <c r="C354" s="343"/>
+      <c r="D354" s="344"/>
       <c r="E354" s="43"/>
       <c r="F354" s="47"/>
       <c r="G354" s="35"/>
       <c r="H354" s="12"/>
       <c r="I354" s="12"/>
       <c r="J354" s="12"/>
       <c r="K354" s="12"/>
       <c r="L354" s="12"/>
       <c r="M354" s="12"/>
-      <c r="N354" s="349"/>
-[...28 lines deleted...]
-      <c r="AR354" s="63"/>
+      <c r="N354" s="352"/>
+      <c r="O354" s="353"/>
+      <c r="P354" s="353"/>
+      <c r="Q354" s="353"/>
+      <c r="R354" s="353"/>
+      <c r="S354" s="353"/>
+      <c r="T354" s="353"/>
+      <c r="U354" s="353"/>
+      <c r="V354" s="353"/>
+      <c r="W354" s="354"/>
+      <c r="Y354" s="62"/>
+      <c r="Z354" s="62"/>
+      <c r="AA354" s="62"/>
+      <c r="AB354" s="62"/>
+      <c r="AC354" s="62"/>
+      <c r="AD354" s="62"/>
+      <c r="AE354" s="62"/>
+      <c r="AF354" s="62"/>
+      <c r="AG354" s="62"/>
+      <c r="AH354" s="62"/>
+      <c r="AI354" s="62"/>
+      <c r="AJ354" s="62"/>
+      <c r="AK354" s="62"/>
+      <c r="AL354" s="62"/>
+      <c r="AM354" s="62"/>
+      <c r="AN354" s="62"/>
+      <c r="AO354" s="62"/>
+      <c r="AP354" s="62"/>
+      <c r="AQ354" s="62"/>
+      <c r="AR354" s="62"/>
     </row>
     <row r="355" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A355" s="34"/>
       <c r="B355" s="43"/>
-      <c r="C355" s="340"/>
-      <c r="D355" s="341"/>
+      <c r="C355" s="343"/>
+      <c r="D355" s="344"/>
       <c r="E355" s="43"/>
       <c r="F355" s="47"/>
       <c r="G355" s="35"/>
       <c r="H355" s="12"/>
       <c r="I355" s="12"/>
       <c r="J355" s="12"/>
       <c r="K355" s="12"/>
       <c r="L355" s="12"/>
       <c r="M355" s="12"/>
-      <c r="N355" s="349"/>
-[...28 lines deleted...]
-      <c r="AR355" s="63"/>
+      <c r="N355" s="352"/>
+      <c r="O355" s="353"/>
+      <c r="P355" s="353"/>
+      <c r="Q355" s="353"/>
+      <c r="R355" s="353"/>
+      <c r="S355" s="353"/>
+      <c r="T355" s="353"/>
+      <c r="U355" s="353"/>
+      <c r="V355" s="353"/>
+      <c r="W355" s="354"/>
+      <c r="Y355" s="62"/>
+      <c r="Z355" s="62"/>
+      <c r="AA355" s="62"/>
+      <c r="AB355" s="62"/>
+      <c r="AC355" s="62"/>
+      <c r="AD355" s="62"/>
+      <c r="AE355" s="62"/>
+      <c r="AF355" s="62"/>
+      <c r="AG355" s="62"/>
+      <c r="AH355" s="62"/>
+      <c r="AI355" s="62"/>
+      <c r="AJ355" s="62"/>
+      <c r="AK355" s="62"/>
+      <c r="AL355" s="62"/>
+      <c r="AM355" s="62"/>
+      <c r="AN355" s="62"/>
+      <c r="AO355" s="62"/>
+      <c r="AP355" s="62"/>
+      <c r="AQ355" s="62"/>
+      <c r="AR355" s="62"/>
     </row>
     <row r="356" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A356" s="34"/>
       <c r="B356" s="43"/>
-      <c r="C356" s="340"/>
-      <c r="D356" s="341"/>
+      <c r="C356" s="343"/>
+      <c r="D356" s="344"/>
       <c r="E356" s="43"/>
       <c r="F356" s="47"/>
       <c r="G356" s="35"/>
       <c r="H356" s="12"/>
       <c r="I356" s="12"/>
       <c r="J356" s="12"/>
       <c r="K356" s="12"/>
       <c r="L356" s="12"/>
       <c r="M356" s="12"/>
-      <c r="N356" s="349"/>
-[...28 lines deleted...]
-      <c r="AR356" s="63"/>
+      <c r="N356" s="352"/>
+      <c r="O356" s="353"/>
+      <c r="P356" s="353"/>
+      <c r="Q356" s="353"/>
+      <c r="R356" s="353"/>
+      <c r="S356" s="353"/>
+      <c r="T356" s="353"/>
+      <c r="U356" s="353"/>
+      <c r="V356" s="353"/>
+      <c r="W356" s="354"/>
+      <c r="Y356" s="62"/>
+      <c r="Z356" s="62"/>
+      <c r="AA356" s="62"/>
+      <c r="AB356" s="62"/>
+      <c r="AC356" s="62"/>
+      <c r="AD356" s="62"/>
+      <c r="AE356" s="62"/>
+      <c r="AF356" s="62"/>
+      <c r="AG356" s="62"/>
+      <c r="AH356" s="62"/>
+      <c r="AI356" s="62"/>
+      <c r="AJ356" s="62"/>
+      <c r="AK356" s="62"/>
+      <c r="AL356" s="62"/>
+      <c r="AM356" s="62"/>
+      <c r="AN356" s="62"/>
+      <c r="AO356" s="62"/>
+      <c r="AP356" s="62"/>
+      <c r="AQ356" s="62"/>
+      <c r="AR356" s="62"/>
     </row>
     <row r="357" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A357" s="34"/>
       <c r="B357" s="43"/>
-      <c r="C357" s="340"/>
-      <c r="D357" s="341"/>
+      <c r="C357" s="343"/>
+      <c r="D357" s="344"/>
       <c r="E357" s="43"/>
       <c r="F357" s="47"/>
       <c r="G357" s="35"/>
       <c r="H357" s="12"/>
       <c r="I357" s="12"/>
       <c r="J357" s="12"/>
       <c r="K357" s="12"/>
       <c r="L357" s="12"/>
       <c r="M357" s="12"/>
-      <c r="N357" s="349"/>
-[...28 lines deleted...]
-      <c r="AR357" s="63"/>
+      <c r="N357" s="352"/>
+      <c r="O357" s="353"/>
+      <c r="P357" s="353"/>
+      <c r="Q357" s="353"/>
+      <c r="R357" s="353"/>
+      <c r="S357" s="353"/>
+      <c r="T357" s="353"/>
+      <c r="U357" s="353"/>
+      <c r="V357" s="353"/>
+      <c r="W357" s="354"/>
+      <c r="Y357" s="62"/>
+      <c r="Z357" s="62"/>
+      <c r="AA357" s="62"/>
+      <c r="AB357" s="62"/>
+      <c r="AC357" s="62"/>
+      <c r="AD357" s="62"/>
+      <c r="AE357" s="62"/>
+      <c r="AF357" s="62"/>
+      <c r="AG357" s="62"/>
+      <c r="AH357" s="62"/>
+      <c r="AI357" s="62"/>
+      <c r="AJ357" s="62"/>
+      <c r="AK357" s="62"/>
+      <c r="AL357" s="62"/>
+      <c r="AM357" s="62"/>
+      <c r="AN357" s="62"/>
+      <c r="AO357" s="62"/>
+      <c r="AP357" s="62"/>
+      <c r="AQ357" s="62"/>
+      <c r="AR357" s="62"/>
     </row>
     <row r="358" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A358" s="34"/>
       <c r="B358" s="43"/>
-      <c r="C358" s="340"/>
-      <c r="D358" s="341"/>
+      <c r="C358" s="343"/>
+      <c r="D358" s="344"/>
       <c r="E358" s="43"/>
       <c r="F358" s="47"/>
       <c r="G358" s="35"/>
       <c r="H358" s="12"/>
       <c r="I358" s="12"/>
       <c r="J358" s="12"/>
       <c r="K358" s="12"/>
       <c r="L358" s="12"/>
       <c r="M358" s="12"/>
-      <c r="N358" s="349"/>
-[...28 lines deleted...]
-      <c r="AR358" s="63"/>
+      <c r="N358" s="352"/>
+      <c r="O358" s="353"/>
+      <c r="P358" s="353"/>
+      <c r="Q358" s="353"/>
+      <c r="R358" s="353"/>
+      <c r="S358" s="353"/>
+      <c r="T358" s="353"/>
+      <c r="U358" s="353"/>
+      <c r="V358" s="353"/>
+      <c r="W358" s="354"/>
+      <c r="Y358" s="62"/>
+      <c r="Z358" s="62"/>
+      <c r="AA358" s="62"/>
+      <c r="AB358" s="62"/>
+      <c r="AC358" s="62"/>
+      <c r="AD358" s="62"/>
+      <c r="AE358" s="62"/>
+      <c r="AF358" s="62"/>
+      <c r="AG358" s="62"/>
+      <c r="AH358" s="62"/>
+      <c r="AI358" s="62"/>
+      <c r="AJ358" s="62"/>
+      <c r="AK358" s="62"/>
+      <c r="AL358" s="62"/>
+      <c r="AM358" s="62"/>
+      <c r="AN358" s="62"/>
+      <c r="AO358" s="62"/>
+      <c r="AP358" s="62"/>
+      <c r="AQ358" s="62"/>
+      <c r="AR358" s="62"/>
     </row>
     <row r="359" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A359" s="34"/>
       <c r="B359" s="43"/>
-      <c r="C359" s="340"/>
-      <c r="D359" s="341"/>
+      <c r="C359" s="343"/>
+      <c r="D359" s="344"/>
       <c r="E359" s="43"/>
       <c r="F359" s="47"/>
       <c r="G359" s="35"/>
       <c r="H359" s="12"/>
       <c r="I359" s="12"/>
       <c r="J359" s="12"/>
       <c r="K359" s="12"/>
       <c r="L359" s="12"/>
       <c r="M359" s="12"/>
-      <c r="N359" s="349"/>
-[...28 lines deleted...]
-      <c r="AR359" s="63"/>
+      <c r="N359" s="352"/>
+      <c r="O359" s="353"/>
+      <c r="P359" s="353"/>
+      <c r="Q359" s="353"/>
+      <c r="R359" s="353"/>
+      <c r="S359" s="353"/>
+      <c r="T359" s="353"/>
+      <c r="U359" s="353"/>
+      <c r="V359" s="353"/>
+      <c r="W359" s="354"/>
+      <c r="Y359" s="62"/>
+      <c r="Z359" s="62"/>
+      <c r="AA359" s="62"/>
+      <c r="AB359" s="62"/>
+      <c r="AC359" s="62"/>
+      <c r="AD359" s="62"/>
+      <c r="AE359" s="62"/>
+      <c r="AF359" s="62"/>
+      <c r="AG359" s="62"/>
+      <c r="AH359" s="62"/>
+      <c r="AI359" s="62"/>
+      <c r="AJ359" s="62"/>
+      <c r="AK359" s="62"/>
+      <c r="AL359" s="62"/>
+      <c r="AM359" s="62"/>
+      <c r="AN359" s="62"/>
+      <c r="AO359" s="62"/>
+      <c r="AP359" s="62"/>
+      <c r="AQ359" s="62"/>
+      <c r="AR359" s="62"/>
     </row>
     <row r="360" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A360" s="34"/>
       <c r="B360" s="43"/>
-      <c r="C360" s="340"/>
-      <c r="D360" s="341"/>
+      <c r="C360" s="343"/>
+      <c r="D360" s="344"/>
       <c r="E360" s="43"/>
       <c r="F360" s="47"/>
       <c r="G360" s="35"/>
       <c r="H360" s="12"/>
       <c r="I360" s="12"/>
       <c r="J360" s="12"/>
       <c r="K360" s="12"/>
       <c r="L360" s="12"/>
       <c r="M360" s="12"/>
-      <c r="N360" s="349"/>
-[...28 lines deleted...]
-      <c r="AR360" s="63"/>
+      <c r="N360" s="352"/>
+      <c r="O360" s="353"/>
+      <c r="P360" s="353"/>
+      <c r="Q360" s="353"/>
+      <c r="R360" s="353"/>
+      <c r="S360" s="353"/>
+      <c r="T360" s="353"/>
+      <c r="U360" s="353"/>
+      <c r="V360" s="353"/>
+      <c r="W360" s="354"/>
+      <c r="Y360" s="62"/>
+      <c r="Z360" s="62"/>
+      <c r="AA360" s="62"/>
+      <c r="AB360" s="62"/>
+      <c r="AC360" s="62"/>
+      <c r="AD360" s="62"/>
+      <c r="AE360" s="62"/>
+      <c r="AF360" s="62"/>
+      <c r="AG360" s="62"/>
+      <c r="AH360" s="62"/>
+      <c r="AI360" s="62"/>
+      <c r="AJ360" s="62"/>
+      <c r="AK360" s="62"/>
+      <c r="AL360" s="62"/>
+      <c r="AM360" s="62"/>
+      <c r="AN360" s="62"/>
+      <c r="AO360" s="62"/>
+      <c r="AP360" s="62"/>
+      <c r="AQ360" s="62"/>
+      <c r="AR360" s="62"/>
     </row>
     <row r="361" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A361" s="34"/>
       <c r="B361" s="43"/>
-      <c r="C361" s="340"/>
-      <c r="D361" s="341"/>
+      <c r="C361" s="343"/>
+      <c r="D361" s="344"/>
       <c r="E361" s="43"/>
       <c r="F361" s="47"/>
       <c r="G361" s="35"/>
       <c r="H361" s="12"/>
       <c r="I361" s="12"/>
       <c r="J361" s="12"/>
       <c r="K361" s="12"/>
       <c r="L361" s="12"/>
       <c r="M361" s="12"/>
-      <c r="N361" s="349"/>
-[...28 lines deleted...]
-      <c r="AR361" s="63"/>
+      <c r="N361" s="352"/>
+      <c r="O361" s="353"/>
+      <c r="P361" s="353"/>
+      <c r="Q361" s="353"/>
+      <c r="R361" s="353"/>
+      <c r="S361" s="353"/>
+      <c r="T361" s="353"/>
+      <c r="U361" s="353"/>
+      <c r="V361" s="353"/>
+      <c r="W361" s="354"/>
+      <c r="Y361" s="62"/>
+      <c r="Z361" s="62"/>
+      <c r="AA361" s="62"/>
+      <c r="AB361" s="62"/>
+      <c r="AC361" s="62"/>
+      <c r="AD361" s="62"/>
+      <c r="AE361" s="62"/>
+      <c r="AF361" s="62"/>
+      <c r="AG361" s="62"/>
+      <c r="AH361" s="62"/>
+      <c r="AI361" s="62"/>
+      <c r="AJ361" s="62"/>
+      <c r="AK361" s="62"/>
+      <c r="AL361" s="62"/>
+      <c r="AM361" s="62"/>
+      <c r="AN361" s="62"/>
+      <c r="AO361" s="62"/>
+      <c r="AP361" s="62"/>
+      <c r="AQ361" s="62"/>
+      <c r="AR361" s="62"/>
     </row>
     <row r="362" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A362" s="34"/>
       <c r="B362" s="43"/>
-      <c r="C362" s="340"/>
-      <c r="D362" s="341"/>
+      <c r="C362" s="343"/>
+      <c r="D362" s="344"/>
       <c r="E362" s="43"/>
       <c r="F362" s="47"/>
       <c r="G362" s="35"/>
       <c r="H362" s="12"/>
       <c r="I362" s="12"/>
       <c r="J362" s="12"/>
       <c r="K362" s="12"/>
       <c r="L362" s="12"/>
       <c r="M362" s="12"/>
-      <c r="N362" s="349"/>
-[...28 lines deleted...]
-      <c r="AR362" s="63"/>
+      <c r="N362" s="352"/>
+      <c r="O362" s="353"/>
+      <c r="P362" s="353"/>
+      <c r="Q362" s="353"/>
+      <c r="R362" s="353"/>
+      <c r="S362" s="353"/>
+      <c r="T362" s="353"/>
+      <c r="U362" s="353"/>
+      <c r="V362" s="353"/>
+      <c r="W362" s="354"/>
+      <c r="Y362" s="62"/>
+      <c r="Z362" s="62"/>
+      <c r="AA362" s="62"/>
+      <c r="AB362" s="62"/>
+      <c r="AC362" s="62"/>
+      <c r="AD362" s="62"/>
+      <c r="AE362" s="62"/>
+      <c r="AF362" s="62"/>
+      <c r="AG362" s="62"/>
+      <c r="AH362" s="62"/>
+      <c r="AI362" s="62"/>
+      <c r="AJ362" s="62"/>
+      <c r="AK362" s="62"/>
+      <c r="AL362" s="62"/>
+      <c r="AM362" s="62"/>
+      <c r="AN362" s="62"/>
+      <c r="AO362" s="62"/>
+      <c r="AP362" s="62"/>
+      <c r="AQ362" s="62"/>
+      <c r="AR362" s="62"/>
     </row>
     <row r="363" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A363" s="34"/>
       <c r="B363" s="43"/>
-      <c r="C363" s="340"/>
-      <c r="D363" s="341"/>
+      <c r="C363" s="343"/>
+      <c r="D363" s="344"/>
       <c r="E363" s="43"/>
       <c r="F363" s="47"/>
       <c r="G363" s="35"/>
       <c r="H363" s="12"/>
       <c r="I363" s="12"/>
       <c r="J363" s="12"/>
       <c r="K363" s="12"/>
       <c r="L363" s="12"/>
       <c r="M363" s="12"/>
-      <c r="N363" s="349"/>
-[...28 lines deleted...]
-      <c r="AR363" s="63"/>
+      <c r="N363" s="352"/>
+      <c r="O363" s="353"/>
+      <c r="P363" s="353"/>
+      <c r="Q363" s="353"/>
+      <c r="R363" s="353"/>
+      <c r="S363" s="353"/>
+      <c r="T363" s="353"/>
+      <c r="U363" s="353"/>
+      <c r="V363" s="353"/>
+      <c r="W363" s="354"/>
+      <c r="Y363" s="62"/>
+      <c r="Z363" s="62"/>
+      <c r="AA363" s="62"/>
+      <c r="AB363" s="62"/>
+      <c r="AC363" s="62"/>
+      <c r="AD363" s="62"/>
+      <c r="AE363" s="62"/>
+      <c r="AF363" s="62"/>
+      <c r="AG363" s="62"/>
+      <c r="AH363" s="62"/>
+      <c r="AI363" s="62"/>
+      <c r="AJ363" s="62"/>
+      <c r="AK363" s="62"/>
+      <c r="AL363" s="62"/>
+      <c r="AM363" s="62"/>
+      <c r="AN363" s="62"/>
+      <c r="AO363" s="62"/>
+      <c r="AP363" s="62"/>
+      <c r="AQ363" s="62"/>
+      <c r="AR363" s="62"/>
     </row>
     <row r="364" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A364" s="34"/>
       <c r="B364" s="43"/>
-      <c r="C364" s="340"/>
-      <c r="D364" s="341"/>
+      <c r="C364" s="343"/>
+      <c r="D364" s="344"/>
       <c r="E364" s="43"/>
       <c r="F364" s="47"/>
       <c r="G364" s="35"/>
       <c r="H364" s="12"/>
       <c r="I364" s="12"/>
       <c r="J364" s="12"/>
       <c r="K364" s="12"/>
       <c r="L364" s="12"/>
       <c r="M364" s="12"/>
-      <c r="N364" s="349"/>
-[...28 lines deleted...]
-      <c r="AR364" s="63"/>
+      <c r="N364" s="352"/>
+      <c r="O364" s="353"/>
+      <c r="P364" s="353"/>
+      <c r="Q364" s="353"/>
+      <c r="R364" s="353"/>
+      <c r="S364" s="353"/>
+      <c r="T364" s="353"/>
+      <c r="U364" s="353"/>
+      <c r="V364" s="353"/>
+      <c r="W364" s="354"/>
+      <c r="Y364" s="62"/>
+      <c r="Z364" s="62"/>
+      <c r="AA364" s="62"/>
+      <c r="AB364" s="62"/>
+      <c r="AC364" s="62"/>
+      <c r="AD364" s="62"/>
+      <c r="AE364" s="62"/>
+      <c r="AF364" s="62"/>
+      <c r="AG364" s="62"/>
+      <c r="AH364" s="62"/>
+      <c r="AI364" s="62"/>
+      <c r="AJ364" s="62"/>
+      <c r="AK364" s="62"/>
+      <c r="AL364" s="62"/>
+      <c r="AM364" s="62"/>
+      <c r="AN364" s="62"/>
+      <c r="AO364" s="62"/>
+      <c r="AP364" s="62"/>
+      <c r="AQ364" s="62"/>
+      <c r="AR364" s="62"/>
     </row>
     <row r="365" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A365" s="34"/>
       <c r="B365" s="43"/>
-      <c r="C365" s="340"/>
-      <c r="D365" s="341"/>
+      <c r="C365" s="343"/>
+      <c r="D365" s="344"/>
       <c r="E365" s="43"/>
       <c r="F365" s="47"/>
       <c r="G365" s="35"/>
       <c r="H365" s="12"/>
       <c r="I365" s="12"/>
       <c r="J365" s="12"/>
       <c r="K365" s="12"/>
       <c r="L365" s="12"/>
       <c r="M365" s="12"/>
-      <c r="N365" s="349"/>
-[...28 lines deleted...]
-      <c r="AR365" s="63"/>
+      <c r="N365" s="352"/>
+      <c r="O365" s="353"/>
+      <c r="P365" s="353"/>
+      <c r="Q365" s="353"/>
+      <c r="R365" s="353"/>
+      <c r="S365" s="353"/>
+      <c r="T365" s="353"/>
+      <c r="U365" s="353"/>
+      <c r="V365" s="353"/>
+      <c r="W365" s="354"/>
+      <c r="Y365" s="62"/>
+      <c r="Z365" s="62"/>
+      <c r="AA365" s="62"/>
+      <c r="AB365" s="62"/>
+      <c r="AC365" s="62"/>
+      <c r="AD365" s="62"/>
+      <c r="AE365" s="62"/>
+      <c r="AF365" s="62"/>
+      <c r="AG365" s="62"/>
+      <c r="AH365" s="62"/>
+      <c r="AI365" s="62"/>
+      <c r="AJ365" s="62"/>
+      <c r="AK365" s="62"/>
+      <c r="AL365" s="62"/>
+      <c r="AM365" s="62"/>
+      <c r="AN365" s="62"/>
+      <c r="AO365" s="62"/>
+      <c r="AP365" s="62"/>
+      <c r="AQ365" s="62"/>
+      <c r="AR365" s="62"/>
     </row>
     <row r="366" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A366" s="34"/>
       <c r="B366" s="43"/>
-      <c r="C366" s="340"/>
-      <c r="D366" s="341"/>
+      <c r="C366" s="343"/>
+      <c r="D366" s="344"/>
       <c r="E366" s="43"/>
       <c r="F366" s="47"/>
       <c r="G366" s="35"/>
       <c r="H366" s="12"/>
       <c r="I366" s="12"/>
       <c r="J366" s="12"/>
       <c r="K366" s="12"/>
       <c r="L366" s="12"/>
       <c r="M366" s="12"/>
-      <c r="N366" s="349"/>
-[...28 lines deleted...]
-      <c r="AR366" s="63"/>
+      <c r="N366" s="352"/>
+      <c r="O366" s="353"/>
+      <c r="P366" s="353"/>
+      <c r="Q366" s="353"/>
+      <c r="R366" s="353"/>
+      <c r="S366" s="353"/>
+      <c r="T366" s="353"/>
+      <c r="U366" s="353"/>
+      <c r="V366" s="353"/>
+      <c r="W366" s="354"/>
+      <c r="Y366" s="62"/>
+      <c r="Z366" s="62"/>
+      <c r="AA366" s="62"/>
+      <c r="AB366" s="62"/>
+      <c r="AC366" s="62"/>
+      <c r="AD366" s="62"/>
+      <c r="AE366" s="62"/>
+      <c r="AF366" s="62"/>
+      <c r="AG366" s="62"/>
+      <c r="AH366" s="62"/>
+      <c r="AI366" s="62"/>
+      <c r="AJ366" s="62"/>
+      <c r="AK366" s="62"/>
+      <c r="AL366" s="62"/>
+      <c r="AM366" s="62"/>
+      <c r="AN366" s="62"/>
+      <c r="AO366" s="62"/>
+      <c r="AP366" s="62"/>
+      <c r="AQ366" s="62"/>
+      <c r="AR366" s="62"/>
     </row>
     <row r="367" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A367" s="34"/>
       <c r="B367" s="43"/>
-      <c r="C367" s="340"/>
-      <c r="D367" s="341"/>
+      <c r="C367" s="343"/>
+      <c r="D367" s="344"/>
       <c r="E367" s="43"/>
       <c r="F367" s="47"/>
       <c r="G367" s="35"/>
       <c r="H367" s="12"/>
       <c r="I367" s="12"/>
       <c r="J367" s="12"/>
       <c r="K367" s="12"/>
       <c r="L367" s="12"/>
       <c r="M367" s="12"/>
-      <c r="N367" s="349"/>
-[...28 lines deleted...]
-      <c r="AR367" s="63"/>
+      <c r="N367" s="352"/>
+      <c r="O367" s="353"/>
+      <c r="P367" s="353"/>
+      <c r="Q367" s="353"/>
+      <c r="R367" s="353"/>
+      <c r="S367" s="353"/>
+      <c r="T367" s="353"/>
+      <c r="U367" s="353"/>
+      <c r="V367" s="353"/>
+      <c r="W367" s="354"/>
+      <c r="Y367" s="62"/>
+      <c r="Z367" s="62"/>
+      <c r="AA367" s="62"/>
+      <c r="AB367" s="62"/>
+      <c r="AC367" s="62"/>
+      <c r="AD367" s="62"/>
+      <c r="AE367" s="62"/>
+      <c r="AF367" s="62"/>
+      <c r="AG367" s="62"/>
+      <c r="AH367" s="62"/>
+      <c r="AI367" s="62"/>
+      <c r="AJ367" s="62"/>
+      <c r="AK367" s="62"/>
+      <c r="AL367" s="62"/>
+      <c r="AM367" s="62"/>
+      <c r="AN367" s="62"/>
+      <c r="AO367" s="62"/>
+      <c r="AP367" s="62"/>
+      <c r="AQ367" s="62"/>
+      <c r="AR367" s="62"/>
     </row>
     <row r="368" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A368" s="34"/>
       <c r="B368" s="43"/>
-      <c r="C368" s="340"/>
-      <c r="D368" s="341"/>
+      <c r="C368" s="343"/>
+      <c r="D368" s="344"/>
       <c r="E368" s="43"/>
       <c r="F368" s="47"/>
       <c r="G368" s="35"/>
       <c r="H368" s="12"/>
       <c r="I368" s="12"/>
       <c r="J368" s="12"/>
       <c r="K368" s="12"/>
       <c r="L368" s="12"/>
       <c r="M368" s="12"/>
-      <c r="N368" s="349"/>
-[...28 lines deleted...]
-      <c r="AR368" s="63"/>
+      <c r="N368" s="352"/>
+      <c r="O368" s="353"/>
+      <c r="P368" s="353"/>
+      <c r="Q368" s="353"/>
+      <c r="R368" s="353"/>
+      <c r="S368" s="353"/>
+      <c r="T368" s="353"/>
+      <c r="U368" s="353"/>
+      <c r="V368" s="353"/>
+      <c r="W368" s="354"/>
+      <c r="Y368" s="62"/>
+      <c r="Z368" s="62"/>
+      <c r="AA368" s="62"/>
+      <c r="AB368" s="62"/>
+      <c r="AC368" s="62"/>
+      <c r="AD368" s="62"/>
+      <c r="AE368" s="62"/>
+      <c r="AF368" s="62"/>
+      <c r="AG368" s="62"/>
+      <c r="AH368" s="62"/>
+      <c r="AI368" s="62"/>
+      <c r="AJ368" s="62"/>
+      <c r="AK368" s="62"/>
+      <c r="AL368" s="62"/>
+      <c r="AM368" s="62"/>
+      <c r="AN368" s="62"/>
+      <c r="AO368" s="62"/>
+      <c r="AP368" s="62"/>
+      <c r="AQ368" s="62"/>
+      <c r="AR368" s="62"/>
     </row>
     <row r="369" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A369" s="34"/>
       <c r="B369" s="43"/>
-      <c r="C369" s="340"/>
-      <c r="D369" s="341"/>
+      <c r="C369" s="343"/>
+      <c r="D369" s="344"/>
       <c r="E369" s="43"/>
       <c r="F369" s="47"/>
       <c r="G369" s="35"/>
       <c r="H369" s="12"/>
       <c r="I369" s="12"/>
       <c r="J369" s="12"/>
       <c r="K369" s="12"/>
       <c r="L369" s="12"/>
       <c r="M369" s="12"/>
-      <c r="N369" s="349"/>
-[...28 lines deleted...]
-      <c r="AR369" s="63"/>
+      <c r="N369" s="352"/>
+      <c r="O369" s="353"/>
+      <c r="P369" s="353"/>
+      <c r="Q369" s="353"/>
+      <c r="R369" s="353"/>
+      <c r="S369" s="353"/>
+      <c r="T369" s="353"/>
+      <c r="U369" s="353"/>
+      <c r="V369" s="353"/>
+      <c r="W369" s="354"/>
+      <c r="Y369" s="62"/>
+      <c r="Z369" s="62"/>
+      <c r="AA369" s="62"/>
+      <c r="AB369" s="62"/>
+      <c r="AC369" s="62"/>
+      <c r="AD369" s="62"/>
+      <c r="AE369" s="62"/>
+      <c r="AF369" s="62"/>
+      <c r="AG369" s="62"/>
+      <c r="AH369" s="62"/>
+      <c r="AI369" s="62"/>
+      <c r="AJ369" s="62"/>
+      <c r="AK369" s="62"/>
+      <c r="AL369" s="62"/>
+      <c r="AM369" s="62"/>
+      <c r="AN369" s="62"/>
+      <c r="AO369" s="62"/>
+      <c r="AP369" s="62"/>
+      <c r="AQ369" s="62"/>
+      <c r="AR369" s="62"/>
     </row>
     <row r="370" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A370" s="34"/>
       <c r="B370" s="43"/>
-      <c r="C370" s="340"/>
-      <c r="D370" s="341"/>
+      <c r="C370" s="343"/>
+      <c r="D370" s="344"/>
       <c r="E370" s="43"/>
       <c r="F370" s="47"/>
       <c r="G370" s="35"/>
       <c r="H370" s="12"/>
       <c r="I370" s="12"/>
       <c r="J370" s="12"/>
       <c r="K370" s="12"/>
       <c r="L370" s="12"/>
       <c r="M370" s="12"/>
-      <c r="N370" s="349"/>
-[...28 lines deleted...]
-      <c r="AR370" s="63"/>
+      <c r="N370" s="352"/>
+      <c r="O370" s="353"/>
+      <c r="P370" s="353"/>
+      <c r="Q370" s="353"/>
+      <c r="R370" s="353"/>
+      <c r="S370" s="353"/>
+      <c r="T370" s="353"/>
+      <c r="U370" s="353"/>
+      <c r="V370" s="353"/>
+      <c r="W370" s="354"/>
+      <c r="Y370" s="62"/>
+      <c r="Z370" s="62"/>
+      <c r="AA370" s="62"/>
+      <c r="AB370" s="62"/>
+      <c r="AC370" s="62"/>
+      <c r="AD370" s="62"/>
+      <c r="AE370" s="62"/>
+      <c r="AF370" s="62"/>
+      <c r="AG370" s="62"/>
+      <c r="AH370" s="62"/>
+      <c r="AI370" s="62"/>
+      <c r="AJ370" s="62"/>
+      <c r="AK370" s="62"/>
+      <c r="AL370" s="62"/>
+      <c r="AM370" s="62"/>
+      <c r="AN370" s="62"/>
+      <c r="AO370" s="62"/>
+      <c r="AP370" s="62"/>
+      <c r="AQ370" s="62"/>
+      <c r="AR370" s="62"/>
     </row>
     <row r="371" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A371" s="34"/>
       <c r="B371" s="43"/>
-      <c r="C371" s="340"/>
-      <c r="D371" s="341"/>
+      <c r="C371" s="343"/>
+      <c r="D371" s="344"/>
       <c r="E371" s="43"/>
       <c r="F371" s="47"/>
       <c r="G371" s="35"/>
       <c r="H371" s="12"/>
       <c r="I371" s="12"/>
       <c r="J371" s="12"/>
       <c r="K371" s="12"/>
       <c r="L371" s="12"/>
       <c r="M371" s="12"/>
-      <c r="N371" s="349"/>
-[...28 lines deleted...]
-      <c r="AR371" s="63"/>
+      <c r="N371" s="352"/>
+      <c r="O371" s="353"/>
+      <c r="P371" s="353"/>
+      <c r="Q371" s="353"/>
+      <c r="R371" s="353"/>
+      <c r="S371" s="353"/>
+      <c r="T371" s="353"/>
+      <c r="U371" s="353"/>
+      <c r="V371" s="353"/>
+      <c r="W371" s="354"/>
+      <c r="Y371" s="62"/>
+      <c r="Z371" s="62"/>
+      <c r="AA371" s="62"/>
+      <c r="AB371" s="62"/>
+      <c r="AC371" s="62"/>
+      <c r="AD371" s="62"/>
+      <c r="AE371" s="62"/>
+      <c r="AF371" s="62"/>
+      <c r="AG371" s="62"/>
+      <c r="AH371" s="62"/>
+      <c r="AI371" s="62"/>
+      <c r="AJ371" s="62"/>
+      <c r="AK371" s="62"/>
+      <c r="AL371" s="62"/>
+      <c r="AM371" s="62"/>
+      <c r="AN371" s="62"/>
+      <c r="AO371" s="62"/>
+      <c r="AP371" s="62"/>
+      <c r="AQ371" s="62"/>
+      <c r="AR371" s="62"/>
     </row>
     <row r="372" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A372" s="34"/>
       <c r="B372" s="43"/>
-      <c r="C372" s="340"/>
-      <c r="D372" s="341"/>
+      <c r="C372" s="343"/>
+      <c r="D372" s="344"/>
       <c r="E372" s="43"/>
       <c r="F372" s="47"/>
       <c r="G372" s="35"/>
       <c r="H372" s="12"/>
       <c r="I372" s="12"/>
       <c r="J372" s="12"/>
       <c r="K372" s="12"/>
       <c r="L372" s="12"/>
       <c r="M372" s="12"/>
-      <c r="N372" s="349"/>
-[...28 lines deleted...]
-      <c r="AR372" s="63"/>
+      <c r="N372" s="352"/>
+      <c r="O372" s="353"/>
+      <c r="P372" s="353"/>
+      <c r="Q372" s="353"/>
+      <c r="R372" s="353"/>
+      <c r="S372" s="353"/>
+      <c r="T372" s="353"/>
+      <c r="U372" s="353"/>
+      <c r="V372" s="353"/>
+      <c r="W372" s="354"/>
+      <c r="Y372" s="62"/>
+      <c r="Z372" s="62"/>
+      <c r="AA372" s="62"/>
+      <c r="AB372" s="62"/>
+      <c r="AC372" s="62"/>
+      <c r="AD372" s="62"/>
+      <c r="AE372" s="62"/>
+      <c r="AF372" s="62"/>
+      <c r="AG372" s="62"/>
+      <c r="AH372" s="62"/>
+      <c r="AI372" s="62"/>
+      <c r="AJ372" s="62"/>
+      <c r="AK372" s="62"/>
+      <c r="AL372" s="62"/>
+      <c r="AM372" s="62"/>
+      <c r="AN372" s="62"/>
+      <c r="AO372" s="62"/>
+      <c r="AP372" s="62"/>
+      <c r="AQ372" s="62"/>
+      <c r="AR372" s="62"/>
     </row>
     <row r="373" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A373" s="34"/>
       <c r="B373" s="43"/>
-      <c r="C373" s="340"/>
-      <c r="D373" s="341"/>
+      <c r="C373" s="343"/>
+      <c r="D373" s="344"/>
       <c r="E373" s="43"/>
       <c r="F373" s="47"/>
       <c r="G373" s="35"/>
       <c r="H373" s="12"/>
       <c r="I373" s="12"/>
       <c r="J373" s="12"/>
       <c r="K373" s="12"/>
       <c r="L373" s="12"/>
       <c r="M373" s="12"/>
-      <c r="N373" s="349"/>
-[...28 lines deleted...]
-      <c r="AR373" s="63"/>
+      <c r="N373" s="352"/>
+      <c r="O373" s="353"/>
+      <c r="P373" s="353"/>
+      <c r="Q373" s="353"/>
+      <c r="R373" s="353"/>
+      <c r="S373" s="353"/>
+      <c r="T373" s="353"/>
+      <c r="U373" s="353"/>
+      <c r="V373" s="353"/>
+      <c r="W373" s="354"/>
+      <c r="Y373" s="62"/>
+      <c r="Z373" s="62"/>
+      <c r="AA373" s="62"/>
+      <c r="AB373" s="62"/>
+      <c r="AC373" s="62"/>
+      <c r="AD373" s="62"/>
+      <c r="AE373" s="62"/>
+      <c r="AF373" s="62"/>
+      <c r="AG373" s="62"/>
+      <c r="AH373" s="62"/>
+      <c r="AI373" s="62"/>
+      <c r="AJ373" s="62"/>
+      <c r="AK373" s="62"/>
+      <c r="AL373" s="62"/>
+      <c r="AM373" s="62"/>
+      <c r="AN373" s="62"/>
+      <c r="AO373" s="62"/>
+      <c r="AP373" s="62"/>
+      <c r="AQ373" s="62"/>
+      <c r="AR373" s="62"/>
     </row>
     <row r="374" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A374" s="34"/>
       <c r="B374" s="43"/>
-      <c r="C374" s="340"/>
-      <c r="D374" s="341"/>
+      <c r="C374" s="343"/>
+      <c r="D374" s="344"/>
       <c r="E374" s="43"/>
       <c r="F374" s="47"/>
       <c r="G374" s="35"/>
       <c r="H374" s="12"/>
       <c r="I374" s="12"/>
       <c r="J374" s="12"/>
       <c r="K374" s="12"/>
       <c r="L374" s="12"/>
       <c r="M374" s="12"/>
-      <c r="N374" s="349"/>
-[...28 lines deleted...]
-      <c r="AR374" s="63"/>
+      <c r="N374" s="352"/>
+      <c r="O374" s="353"/>
+      <c r="P374" s="353"/>
+      <c r="Q374" s="353"/>
+      <c r="R374" s="353"/>
+      <c r="S374" s="353"/>
+      <c r="T374" s="353"/>
+      <c r="U374" s="353"/>
+      <c r="V374" s="353"/>
+      <c r="W374" s="354"/>
+      <c r="Y374" s="62"/>
+      <c r="Z374" s="62"/>
+      <c r="AA374" s="62"/>
+      <c r="AB374" s="62"/>
+      <c r="AC374" s="62"/>
+      <c r="AD374" s="62"/>
+      <c r="AE374" s="62"/>
+      <c r="AF374" s="62"/>
+      <c r="AG374" s="62"/>
+      <c r="AH374" s="62"/>
+      <c r="AI374" s="62"/>
+      <c r="AJ374" s="62"/>
+      <c r="AK374" s="62"/>
+      <c r="AL374" s="62"/>
+      <c r="AM374" s="62"/>
+      <c r="AN374" s="62"/>
+      <c r="AO374" s="62"/>
+      <c r="AP374" s="62"/>
+      <c r="AQ374" s="62"/>
+      <c r="AR374" s="62"/>
     </row>
     <row r="375" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A375" s="34"/>
       <c r="B375" s="43"/>
-      <c r="C375" s="340"/>
-      <c r="D375" s="341"/>
+      <c r="C375" s="343"/>
+      <c r="D375" s="344"/>
       <c r="E375" s="43"/>
       <c r="F375" s="47"/>
       <c r="G375" s="35"/>
       <c r="H375" s="12"/>
       <c r="I375" s="12"/>
       <c r="J375" s="12"/>
       <c r="K375" s="12"/>
       <c r="L375" s="12"/>
       <c r="M375" s="12"/>
-      <c r="N375" s="349"/>
-[...28 lines deleted...]
-      <c r="AR375" s="63"/>
+      <c r="N375" s="352"/>
+      <c r="O375" s="353"/>
+      <c r="P375" s="353"/>
+      <c r="Q375" s="353"/>
+      <c r="R375" s="353"/>
+      <c r="S375" s="353"/>
+      <c r="T375" s="353"/>
+      <c r="U375" s="353"/>
+      <c r="V375" s="353"/>
+      <c r="W375" s="354"/>
+      <c r="Y375" s="62"/>
+      <c r="Z375" s="62"/>
+      <c r="AA375" s="62"/>
+      <c r="AB375" s="62"/>
+      <c r="AC375" s="62"/>
+      <c r="AD375" s="62"/>
+      <c r="AE375" s="62"/>
+      <c r="AF375" s="62"/>
+      <c r="AG375" s="62"/>
+      <c r="AH375" s="62"/>
+      <c r="AI375" s="62"/>
+      <c r="AJ375" s="62"/>
+      <c r="AK375" s="62"/>
+      <c r="AL375" s="62"/>
+      <c r="AM375" s="62"/>
+      <c r="AN375" s="62"/>
+      <c r="AO375" s="62"/>
+      <c r="AP375" s="62"/>
+      <c r="AQ375" s="62"/>
+      <c r="AR375" s="62"/>
     </row>
     <row r="376" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A376" s="34"/>
       <c r="B376" s="43"/>
-      <c r="C376" s="340"/>
-      <c r="D376" s="341"/>
+      <c r="C376" s="343"/>
+      <c r="D376" s="344"/>
       <c r="E376" s="43"/>
       <c r="F376" s="47"/>
       <c r="G376" s="35"/>
       <c r="H376" s="12"/>
       <c r="I376" s="12"/>
       <c r="J376" s="12"/>
       <c r="K376" s="12"/>
       <c r="L376" s="12"/>
       <c r="M376" s="12"/>
-      <c r="N376" s="349"/>
-[...28 lines deleted...]
-      <c r="AR376" s="63"/>
+      <c r="N376" s="352"/>
+      <c r="O376" s="353"/>
+      <c r="P376" s="353"/>
+      <c r="Q376" s="353"/>
+      <c r="R376" s="353"/>
+      <c r="S376" s="353"/>
+      <c r="T376" s="353"/>
+      <c r="U376" s="353"/>
+      <c r="V376" s="353"/>
+      <c r="W376" s="354"/>
+      <c r="Y376" s="62"/>
+      <c r="Z376" s="62"/>
+      <c r="AA376" s="62"/>
+      <c r="AB376" s="62"/>
+      <c r="AC376" s="62"/>
+      <c r="AD376" s="62"/>
+      <c r="AE376" s="62"/>
+      <c r="AF376" s="62"/>
+      <c r="AG376" s="62"/>
+      <c r="AH376" s="62"/>
+      <c r="AI376" s="62"/>
+      <c r="AJ376" s="62"/>
+      <c r="AK376" s="62"/>
+      <c r="AL376" s="62"/>
+      <c r="AM376" s="62"/>
+      <c r="AN376" s="62"/>
+      <c r="AO376" s="62"/>
+      <c r="AP376" s="62"/>
+      <c r="AQ376" s="62"/>
+      <c r="AR376" s="62"/>
     </row>
     <row r="377" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A377" s="34"/>
       <c r="B377" s="43"/>
-      <c r="C377" s="340"/>
-      <c r="D377" s="341"/>
+      <c r="C377" s="343"/>
+      <c r="D377" s="344"/>
       <c r="E377" s="43"/>
       <c r="F377" s="47"/>
       <c r="G377" s="35"/>
       <c r="H377" s="12"/>
       <c r="I377" s="12"/>
       <c r="J377" s="12"/>
       <c r="K377" s="12"/>
       <c r="L377" s="12"/>
       <c r="M377" s="12"/>
-      <c r="N377" s="349"/>
-[...28 lines deleted...]
-      <c r="AR377" s="63"/>
+      <c r="N377" s="352"/>
+      <c r="O377" s="353"/>
+      <c r="P377" s="353"/>
+      <c r="Q377" s="353"/>
+      <c r="R377" s="353"/>
+      <c r="S377" s="353"/>
+      <c r="T377" s="353"/>
+      <c r="U377" s="353"/>
+      <c r="V377" s="353"/>
+      <c r="W377" s="354"/>
+      <c r="Y377" s="62"/>
+      <c r="Z377" s="62"/>
+      <c r="AA377" s="62"/>
+      <c r="AB377" s="62"/>
+      <c r="AC377" s="62"/>
+      <c r="AD377" s="62"/>
+      <c r="AE377" s="62"/>
+      <c r="AF377" s="62"/>
+      <c r="AG377" s="62"/>
+      <c r="AH377" s="62"/>
+      <c r="AI377" s="62"/>
+      <c r="AJ377" s="62"/>
+      <c r="AK377" s="62"/>
+      <c r="AL377" s="62"/>
+      <c r="AM377" s="62"/>
+      <c r="AN377" s="62"/>
+      <c r="AO377" s="62"/>
+      <c r="AP377" s="62"/>
+      <c r="AQ377" s="62"/>
+      <c r="AR377" s="62"/>
     </row>
     <row r="378" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A378" s="34"/>
       <c r="B378" s="43"/>
-      <c r="C378" s="340"/>
-      <c r="D378" s="341"/>
+      <c r="C378" s="343"/>
+      <c r="D378" s="344"/>
       <c r="E378" s="43"/>
       <c r="F378" s="47"/>
       <c r="G378" s="35"/>
       <c r="H378" s="12"/>
       <c r="I378" s="12"/>
       <c r="J378" s="12"/>
       <c r="K378" s="12"/>
       <c r="L378" s="12"/>
       <c r="M378" s="12"/>
-      <c r="N378" s="349"/>
-[...28 lines deleted...]
-      <c r="AR378" s="63"/>
+      <c r="N378" s="352"/>
+      <c r="O378" s="353"/>
+      <c r="P378" s="353"/>
+      <c r="Q378" s="353"/>
+      <c r="R378" s="353"/>
+      <c r="S378" s="353"/>
+      <c r="T378" s="353"/>
+      <c r="U378" s="353"/>
+      <c r="V378" s="353"/>
+      <c r="W378" s="354"/>
+      <c r="Y378" s="62"/>
+      <c r="Z378" s="62"/>
+      <c r="AA378" s="62"/>
+      <c r="AB378" s="62"/>
+      <c r="AC378" s="62"/>
+      <c r="AD378" s="62"/>
+      <c r="AE378" s="62"/>
+      <c r="AF378" s="62"/>
+      <c r="AG378" s="62"/>
+      <c r="AH378" s="62"/>
+      <c r="AI378" s="62"/>
+      <c r="AJ378" s="62"/>
+      <c r="AK378" s="62"/>
+      <c r="AL378" s="62"/>
+      <c r="AM378" s="62"/>
+      <c r="AN378" s="62"/>
+      <c r="AO378" s="62"/>
+      <c r="AP378" s="62"/>
+      <c r="AQ378" s="62"/>
+      <c r="AR378" s="62"/>
     </row>
     <row r="379" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A379" s="34"/>
       <c r="B379" s="43"/>
-      <c r="C379" s="340"/>
-      <c r="D379" s="341"/>
+      <c r="C379" s="343"/>
+      <c r="D379" s="344"/>
       <c r="E379" s="43"/>
       <c r="F379" s="47"/>
       <c r="G379" s="35"/>
       <c r="H379" s="12"/>
       <c r="I379" s="12"/>
       <c r="J379" s="12"/>
       <c r="K379" s="12"/>
       <c r="L379" s="12"/>
       <c r="M379" s="12"/>
-      <c r="N379" s="349"/>
-[...28 lines deleted...]
-      <c r="AR379" s="63"/>
+      <c r="N379" s="352"/>
+      <c r="O379" s="353"/>
+      <c r="P379" s="353"/>
+      <c r="Q379" s="353"/>
+      <c r="R379" s="353"/>
+      <c r="S379" s="353"/>
+      <c r="T379" s="353"/>
+      <c r="U379" s="353"/>
+      <c r="V379" s="353"/>
+      <c r="W379" s="354"/>
+      <c r="Y379" s="62"/>
+      <c r="Z379" s="62"/>
+      <c r="AA379" s="62"/>
+      <c r="AB379" s="62"/>
+      <c r="AC379" s="62"/>
+      <c r="AD379" s="62"/>
+      <c r="AE379" s="62"/>
+      <c r="AF379" s="62"/>
+      <c r="AG379" s="62"/>
+      <c r="AH379" s="62"/>
+      <c r="AI379" s="62"/>
+      <c r="AJ379" s="62"/>
+      <c r="AK379" s="62"/>
+      <c r="AL379" s="62"/>
+      <c r="AM379" s="62"/>
+      <c r="AN379" s="62"/>
+      <c r="AO379" s="62"/>
+      <c r="AP379" s="62"/>
+      <c r="AQ379" s="62"/>
+      <c r="AR379" s="62"/>
     </row>
     <row r="380" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A380" s="34"/>
       <c r="B380" s="43"/>
-      <c r="C380" s="340"/>
-      <c r="D380" s="341"/>
+      <c r="C380" s="343"/>
+      <c r="D380" s="344"/>
       <c r="E380" s="43"/>
       <c r="F380" s="47"/>
       <c r="G380" s="35"/>
       <c r="H380" s="12"/>
       <c r="I380" s="12"/>
       <c r="J380" s="12"/>
       <c r="K380" s="12"/>
       <c r="L380" s="12"/>
       <c r="M380" s="12"/>
-      <c r="N380" s="349"/>
-[...28 lines deleted...]
-      <c r="AR380" s="63"/>
+      <c r="N380" s="352"/>
+      <c r="O380" s="353"/>
+      <c r="P380" s="353"/>
+      <c r="Q380" s="353"/>
+      <c r="R380" s="353"/>
+      <c r="S380" s="353"/>
+      <c r="T380" s="353"/>
+      <c r="U380" s="353"/>
+      <c r="V380" s="353"/>
+      <c r="W380" s="354"/>
+      <c r="Y380" s="62"/>
+      <c r="Z380" s="62"/>
+      <c r="AA380" s="62"/>
+      <c r="AB380" s="62"/>
+      <c r="AC380" s="62"/>
+      <c r="AD380" s="62"/>
+      <c r="AE380" s="62"/>
+      <c r="AF380" s="62"/>
+      <c r="AG380" s="62"/>
+      <c r="AH380" s="62"/>
+      <c r="AI380" s="62"/>
+      <c r="AJ380" s="62"/>
+      <c r="AK380" s="62"/>
+      <c r="AL380" s="62"/>
+      <c r="AM380" s="62"/>
+      <c r="AN380" s="62"/>
+      <c r="AO380" s="62"/>
+      <c r="AP380" s="62"/>
+      <c r="AQ380" s="62"/>
+      <c r="AR380" s="62"/>
     </row>
     <row r="381" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A381" s="34"/>
       <c r="B381" s="43"/>
-      <c r="C381" s="340"/>
-      <c r="D381" s="341"/>
+      <c r="C381" s="343"/>
+      <c r="D381" s="344"/>
       <c r="E381" s="43"/>
       <c r="F381" s="47"/>
       <c r="G381" s="35"/>
       <c r="H381" s="12"/>
       <c r="I381" s="12"/>
       <c r="J381" s="12"/>
       <c r="K381" s="12"/>
       <c r="L381" s="12"/>
       <c r="M381" s="12"/>
-      <c r="N381" s="349"/>
-[...28 lines deleted...]
-      <c r="AR381" s="63"/>
+      <c r="N381" s="352"/>
+      <c r="O381" s="353"/>
+      <c r="P381" s="353"/>
+      <c r="Q381" s="353"/>
+      <c r="R381" s="353"/>
+      <c r="S381" s="353"/>
+      <c r="T381" s="353"/>
+      <c r="U381" s="353"/>
+      <c r="V381" s="353"/>
+      <c r="W381" s="354"/>
+      <c r="Y381" s="62"/>
+      <c r="Z381" s="62"/>
+      <c r="AA381" s="62"/>
+      <c r="AB381" s="62"/>
+      <c r="AC381" s="62"/>
+      <c r="AD381" s="62"/>
+      <c r="AE381" s="62"/>
+      <c r="AF381" s="62"/>
+      <c r="AG381" s="62"/>
+      <c r="AH381" s="62"/>
+      <c r="AI381" s="62"/>
+      <c r="AJ381" s="62"/>
+      <c r="AK381" s="62"/>
+      <c r="AL381" s="62"/>
+      <c r="AM381" s="62"/>
+      <c r="AN381" s="62"/>
+      <c r="AO381" s="62"/>
+      <c r="AP381" s="62"/>
+      <c r="AQ381" s="62"/>
+      <c r="AR381" s="62"/>
     </row>
     <row r="382" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A382" s="34"/>
       <c r="B382" s="43"/>
-      <c r="C382" s="340"/>
-      <c r="D382" s="341"/>
+      <c r="C382" s="343"/>
+      <c r="D382" s="344"/>
       <c r="E382" s="43"/>
       <c r="F382" s="47"/>
       <c r="G382" s="35"/>
       <c r="H382" s="12"/>
       <c r="I382" s="12"/>
       <c r="J382" s="12"/>
       <c r="K382" s="12"/>
       <c r="L382" s="12"/>
       <c r="M382" s="12"/>
-      <c r="N382" s="349"/>
-[...28 lines deleted...]
-      <c r="AR382" s="63"/>
+      <c r="N382" s="352"/>
+      <c r="O382" s="353"/>
+      <c r="P382" s="353"/>
+      <c r="Q382" s="353"/>
+      <c r="R382" s="353"/>
+      <c r="S382" s="353"/>
+      <c r="T382" s="353"/>
+      <c r="U382" s="353"/>
+      <c r="V382" s="353"/>
+      <c r="W382" s="354"/>
+      <c r="Y382" s="62"/>
+      <c r="Z382" s="62"/>
+      <c r="AA382" s="62"/>
+      <c r="AB382" s="62"/>
+      <c r="AC382" s="62"/>
+      <c r="AD382" s="62"/>
+      <c r="AE382" s="62"/>
+      <c r="AF382" s="62"/>
+      <c r="AG382" s="62"/>
+      <c r="AH382" s="62"/>
+      <c r="AI382" s="62"/>
+      <c r="AJ382" s="62"/>
+      <c r="AK382" s="62"/>
+      <c r="AL382" s="62"/>
+      <c r="AM382" s="62"/>
+      <c r="AN382" s="62"/>
+      <c r="AO382" s="62"/>
+      <c r="AP382" s="62"/>
+      <c r="AQ382" s="62"/>
+      <c r="AR382" s="62"/>
     </row>
     <row r="383" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A383" s="34"/>
       <c r="B383" s="43"/>
-      <c r="C383" s="362"/>
-      <c r="D383" s="362"/>
+      <c r="C383" s="365"/>
+      <c r="D383" s="365"/>
       <c r="E383" s="43"/>
       <c r="F383" s="43"/>
       <c r="G383" s="35"/>
       <c r="H383" s="2"/>
       <c r="I383" s="2"/>
       <c r="J383" s="2"/>
-      <c r="N383" s="349"/>
-[...28 lines deleted...]
-      <c r="AR383" s="63"/>
+      <c r="N383" s="352"/>
+      <c r="O383" s="353"/>
+      <c r="P383" s="353"/>
+      <c r="Q383" s="353"/>
+      <c r="R383" s="353"/>
+      <c r="S383" s="353"/>
+      <c r="T383" s="353"/>
+      <c r="U383" s="353"/>
+      <c r="V383" s="353"/>
+      <c r="W383" s="354"/>
+      <c r="Y383" s="62"/>
+      <c r="Z383" s="62"/>
+      <c r="AA383" s="62"/>
+      <c r="AB383" s="62"/>
+      <c r="AC383" s="62"/>
+      <c r="AD383" s="62"/>
+      <c r="AE383" s="62"/>
+      <c r="AF383" s="62"/>
+      <c r="AG383" s="62"/>
+      <c r="AH383" s="62"/>
+      <c r="AI383" s="62"/>
+      <c r="AJ383" s="62"/>
+      <c r="AK383" s="62"/>
+      <c r="AL383" s="62"/>
+      <c r="AM383" s="62"/>
+      <c r="AN383" s="62"/>
+      <c r="AO383" s="62"/>
+      <c r="AP383" s="62"/>
+      <c r="AQ383" s="62"/>
+      <c r="AR383" s="62"/>
     </row>
     <row r="384" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A384" s="34"/>
       <c r="B384" s="43"/>
-      <c r="C384" s="362"/>
-      <c r="D384" s="362"/>
+      <c r="C384" s="365"/>
+      <c r="D384" s="365"/>
       <c r="E384" s="43"/>
       <c r="F384" s="43"/>
       <c r="G384" s="35"/>
       <c r="H384" s="2"/>
       <c r="I384" s="2"/>
       <c r="J384" s="2"/>
-      <c r="N384" s="349"/>
-[...28 lines deleted...]
-      <c r="AR384" s="63"/>
+      <c r="N384" s="352"/>
+      <c r="O384" s="353"/>
+      <c r="P384" s="353"/>
+      <c r="Q384" s="353"/>
+      <c r="R384" s="353"/>
+      <c r="S384" s="353"/>
+      <c r="T384" s="353"/>
+      <c r="U384" s="353"/>
+      <c r="V384" s="353"/>
+      <c r="W384" s="354"/>
+      <c r="Y384" s="62"/>
+      <c r="Z384" s="62"/>
+      <c r="AA384" s="62"/>
+      <c r="AB384" s="62"/>
+      <c r="AC384" s="62"/>
+      <c r="AD384" s="62"/>
+      <c r="AE384" s="62"/>
+      <c r="AF384" s="62"/>
+      <c r="AG384" s="62"/>
+      <c r="AH384" s="62"/>
+      <c r="AI384" s="62"/>
+      <c r="AJ384" s="62"/>
+      <c r="AK384" s="62"/>
+      <c r="AL384" s="62"/>
+      <c r="AM384" s="62"/>
+      <c r="AN384" s="62"/>
+      <c r="AO384" s="62"/>
+      <c r="AP384" s="62"/>
+      <c r="AQ384" s="62"/>
+      <c r="AR384" s="62"/>
     </row>
     <row r="385" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A385" s="34"/>
       <c r="B385" s="43"/>
-      <c r="C385" s="362"/>
-      <c r="D385" s="362"/>
+      <c r="C385" s="365"/>
+      <c r="D385" s="365"/>
       <c r="E385" s="43"/>
       <c r="F385" s="43"/>
       <c r="G385" s="35"/>
       <c r="H385" s="2"/>
       <c r="I385" s="2"/>
       <c r="J385" s="2"/>
-      <c r="N385" s="349"/>
-[...28 lines deleted...]
-      <c r="AR385" s="63"/>
+      <c r="N385" s="352"/>
+      <c r="O385" s="353"/>
+      <c r="P385" s="353"/>
+      <c r="Q385" s="353"/>
+      <c r="R385" s="353"/>
+      <c r="S385" s="353"/>
+      <c r="T385" s="353"/>
+      <c r="U385" s="353"/>
+      <c r="V385" s="353"/>
+      <c r="W385" s="354"/>
+      <c r="Y385" s="62"/>
+      <c r="Z385" s="62"/>
+      <c r="AA385" s="62"/>
+      <c r="AB385" s="62"/>
+      <c r="AC385" s="62"/>
+      <c r="AD385" s="62"/>
+      <c r="AE385" s="62"/>
+      <c r="AF385" s="62"/>
+      <c r="AG385" s="62"/>
+      <c r="AH385" s="62"/>
+      <c r="AI385" s="62"/>
+      <c r="AJ385" s="62"/>
+      <c r="AK385" s="62"/>
+      <c r="AL385" s="62"/>
+      <c r="AM385" s="62"/>
+      <c r="AN385" s="62"/>
+      <c r="AO385" s="62"/>
+      <c r="AP385" s="62"/>
+      <c r="AQ385" s="62"/>
+      <c r="AR385" s="62"/>
     </row>
     <row r="386" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A386" s="34"/>
       <c r="B386" s="43"/>
-      <c r="C386" s="362"/>
-      <c r="D386" s="362"/>
+      <c r="C386" s="365"/>
+      <c r="D386" s="365"/>
       <c r="E386" s="43"/>
       <c r="F386" s="43"/>
       <c r="G386" s="35"/>
       <c r="H386" s="2"/>
       <c r="I386" s="2"/>
       <c r="J386" s="2"/>
-      <c r="N386" s="349"/>
-[...28 lines deleted...]
-      <c r="AR386" s="63"/>
+      <c r="N386" s="352"/>
+      <c r="O386" s="353"/>
+      <c r="P386" s="353"/>
+      <c r="Q386" s="353"/>
+      <c r="R386" s="353"/>
+      <c r="S386" s="353"/>
+      <c r="T386" s="353"/>
+      <c r="U386" s="353"/>
+      <c r="V386" s="353"/>
+      <c r="W386" s="354"/>
+      <c r="Y386" s="62"/>
+      <c r="Z386" s="62"/>
+      <c r="AA386" s="62"/>
+      <c r="AB386" s="62"/>
+      <c r="AC386" s="62"/>
+      <c r="AD386" s="62"/>
+      <c r="AE386" s="62"/>
+      <c r="AF386" s="62"/>
+      <c r="AG386" s="62"/>
+      <c r="AH386" s="62"/>
+      <c r="AI386" s="62"/>
+      <c r="AJ386" s="62"/>
+      <c r="AK386" s="62"/>
+      <c r="AL386" s="62"/>
+      <c r="AM386" s="62"/>
+      <c r="AN386" s="62"/>
+      <c r="AO386" s="62"/>
+      <c r="AP386" s="62"/>
+      <c r="AQ386" s="62"/>
+      <c r="AR386" s="62"/>
     </row>
     <row r="387" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A387" s="34"/>
       <c r="B387" s="43"/>
-      <c r="C387" s="362"/>
-      <c r="D387" s="362"/>
+      <c r="C387" s="365"/>
+      <c r="D387" s="365"/>
       <c r="E387" s="43"/>
       <c r="F387" s="43"/>
       <c r="G387" s="35"/>
       <c r="H387" s="2"/>
       <c r="I387" s="2"/>
       <c r="J387" s="2"/>
-      <c r="N387" s="349"/>
-[...28 lines deleted...]
-      <c r="AR387" s="63"/>
+      <c r="N387" s="352"/>
+      <c r="O387" s="353"/>
+      <c r="P387" s="353"/>
+      <c r="Q387" s="353"/>
+      <c r="R387" s="353"/>
+      <c r="S387" s="353"/>
+      <c r="T387" s="353"/>
+      <c r="U387" s="353"/>
+      <c r="V387" s="353"/>
+      <c r="W387" s="354"/>
+      <c r="Y387" s="62"/>
+      <c r="Z387" s="62"/>
+      <c r="AA387" s="62"/>
+      <c r="AB387" s="62"/>
+      <c r="AC387" s="62"/>
+      <c r="AD387" s="62"/>
+      <c r="AE387" s="62"/>
+      <c r="AF387" s="62"/>
+      <c r="AG387" s="62"/>
+      <c r="AH387" s="62"/>
+      <c r="AI387" s="62"/>
+      <c r="AJ387" s="62"/>
+      <c r="AK387" s="62"/>
+      <c r="AL387" s="62"/>
+      <c r="AM387" s="62"/>
+      <c r="AN387" s="62"/>
+      <c r="AO387" s="62"/>
+      <c r="AP387" s="62"/>
+      <c r="AQ387" s="62"/>
+      <c r="AR387" s="62"/>
     </row>
     <row r="388" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A388" s="34"/>
       <c r="B388" s="43"/>
-      <c r="C388" s="362"/>
-      <c r="D388" s="362"/>
+      <c r="C388" s="365"/>
+      <c r="D388" s="365"/>
       <c r="E388" s="43"/>
       <c r="F388" s="43"/>
       <c r="G388" s="35"/>
       <c r="H388" s="2"/>
       <c r="I388" s="2"/>
       <c r="J388" s="2"/>
-      <c r="N388" s="349"/>
-[...28 lines deleted...]
-      <c r="AR388" s="63"/>
+      <c r="N388" s="352"/>
+      <c r="O388" s="353"/>
+      <c r="P388" s="353"/>
+      <c r="Q388" s="353"/>
+      <c r="R388" s="353"/>
+      <c r="S388" s="353"/>
+      <c r="T388" s="353"/>
+      <c r="U388" s="353"/>
+      <c r="V388" s="353"/>
+      <c r="W388" s="354"/>
+      <c r="Y388" s="62"/>
+      <c r="Z388" s="62"/>
+      <c r="AA388" s="62"/>
+      <c r="AB388" s="62"/>
+      <c r="AC388" s="62"/>
+      <c r="AD388" s="62"/>
+      <c r="AE388" s="62"/>
+      <c r="AF388" s="62"/>
+      <c r="AG388" s="62"/>
+      <c r="AH388" s="62"/>
+      <c r="AI388" s="62"/>
+      <c r="AJ388" s="62"/>
+      <c r="AK388" s="62"/>
+      <c r="AL388" s="62"/>
+      <c r="AM388" s="62"/>
+      <c r="AN388" s="62"/>
+      <c r="AO388" s="62"/>
+      <c r="AP388" s="62"/>
+      <c r="AQ388" s="62"/>
+      <c r="AR388" s="62"/>
     </row>
     <row r="389" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A389" s="34"/>
       <c r="B389" s="43"/>
-      <c r="C389" s="362"/>
-      <c r="D389" s="362"/>
+      <c r="C389" s="365"/>
+      <c r="D389" s="365"/>
       <c r="E389" s="43"/>
       <c r="F389" s="43"/>
       <c r="G389" s="35"/>
       <c r="H389" s="2"/>
       <c r="I389" s="2"/>
       <c r="J389" s="2"/>
-      <c r="N389" s="349"/>
-[...28 lines deleted...]
-      <c r="AR389" s="63"/>
+      <c r="N389" s="352"/>
+      <c r="O389" s="353"/>
+      <c r="P389" s="353"/>
+      <c r="Q389" s="353"/>
+      <c r="R389" s="353"/>
+      <c r="S389" s="353"/>
+      <c r="T389" s="353"/>
+      <c r="U389" s="353"/>
+      <c r="V389" s="353"/>
+      <c r="W389" s="354"/>
+      <c r="Y389" s="62"/>
+      <c r="Z389" s="62"/>
+      <c r="AA389" s="62"/>
+      <c r="AB389" s="62"/>
+      <c r="AC389" s="62"/>
+      <c r="AD389" s="62"/>
+      <c r="AE389" s="62"/>
+      <c r="AF389" s="62"/>
+      <c r="AG389" s="62"/>
+      <c r="AH389" s="62"/>
+      <c r="AI389" s="62"/>
+      <c r="AJ389" s="62"/>
+      <c r="AK389" s="62"/>
+      <c r="AL389" s="62"/>
+      <c r="AM389" s="62"/>
+      <c r="AN389" s="62"/>
+      <c r="AO389" s="62"/>
+      <c r="AP389" s="62"/>
+      <c r="AQ389" s="62"/>
+      <c r="AR389" s="62"/>
     </row>
     <row r="390" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A390" s="34"/>
       <c r="B390" s="43"/>
-      <c r="C390" s="362"/>
-      <c r="D390" s="362"/>
+      <c r="C390" s="365"/>
+      <c r="D390" s="365"/>
       <c r="E390" s="43"/>
       <c r="F390" s="43"/>
       <c r="G390" s="35"/>
       <c r="H390" s="2"/>
       <c r="I390" s="2"/>
       <c r="J390" s="2"/>
-      <c r="N390" s="349"/>
-[...28 lines deleted...]
-      <c r="AR390" s="63"/>
+      <c r="N390" s="352"/>
+      <c r="O390" s="353"/>
+      <c r="P390" s="353"/>
+      <c r="Q390" s="353"/>
+      <c r="R390" s="353"/>
+      <c r="S390" s="353"/>
+      <c r="T390" s="353"/>
+      <c r="U390" s="353"/>
+      <c r="V390" s="353"/>
+      <c r="W390" s="354"/>
+      <c r="Y390" s="62"/>
+      <c r="Z390" s="62"/>
+      <c r="AA390" s="62"/>
+      <c r="AB390" s="62"/>
+      <c r="AC390" s="62"/>
+      <c r="AD390" s="62"/>
+      <c r="AE390" s="62"/>
+      <c r="AF390" s="62"/>
+      <c r="AG390" s="62"/>
+      <c r="AH390" s="62"/>
+      <c r="AI390" s="62"/>
+      <c r="AJ390" s="62"/>
+      <c r="AK390" s="62"/>
+      <c r="AL390" s="62"/>
+      <c r="AM390" s="62"/>
+      <c r="AN390" s="62"/>
+      <c r="AO390" s="62"/>
+      <c r="AP390" s="62"/>
+      <c r="AQ390" s="62"/>
+      <c r="AR390" s="62"/>
     </row>
     <row r="391" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A391" s="34"/>
       <c r="B391" s="43"/>
-      <c r="C391" s="362"/>
-      <c r="D391" s="362"/>
+      <c r="C391" s="365"/>
+      <c r="D391" s="365"/>
       <c r="E391" s="43"/>
       <c r="F391" s="43"/>
       <c r="G391" s="35"/>
       <c r="H391" s="2"/>
       <c r="I391" s="2"/>
       <c r="J391" s="2"/>
-      <c r="N391" s="349"/>
-[...28 lines deleted...]
-      <c r="AR391" s="63"/>
+      <c r="N391" s="352"/>
+      <c r="O391" s="353"/>
+      <c r="P391" s="353"/>
+      <c r="Q391" s="353"/>
+      <c r="R391" s="353"/>
+      <c r="S391" s="353"/>
+      <c r="T391" s="353"/>
+      <c r="U391" s="353"/>
+      <c r="V391" s="353"/>
+      <c r="W391" s="354"/>
+      <c r="Y391" s="62"/>
+      <c r="Z391" s="62"/>
+      <c r="AA391" s="62"/>
+      <c r="AB391" s="62"/>
+      <c r="AC391" s="62"/>
+      <c r="AD391" s="62"/>
+      <c r="AE391" s="62"/>
+      <c r="AF391" s="62"/>
+      <c r="AG391" s="62"/>
+      <c r="AH391" s="62"/>
+      <c r="AI391" s="62"/>
+      <c r="AJ391" s="62"/>
+      <c r="AK391" s="62"/>
+      <c r="AL391" s="62"/>
+      <c r="AM391" s="62"/>
+      <c r="AN391" s="62"/>
+      <c r="AO391" s="62"/>
+      <c r="AP391" s="62"/>
+      <c r="AQ391" s="62"/>
+      <c r="AR391" s="62"/>
     </row>
     <row r="392" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A392" s="34"/>
       <c r="B392" s="43"/>
-      <c r="C392" s="340"/>
-      <c r="D392" s="341"/>
+      <c r="C392" s="343"/>
+      <c r="D392" s="344"/>
       <c r="E392" s="43"/>
       <c r="F392" s="43"/>
       <c r="G392" s="35"/>
       <c r="H392" s="2"/>
       <c r="I392" s="2"/>
       <c r="J392" s="2"/>
-      <c r="N392" s="349"/>
-[...30 lines deleted...]
-    <row r="393" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="N392" s="352"/>
+      <c r="O392" s="353"/>
+      <c r="P392" s="353"/>
+      <c r="Q392" s="353"/>
+      <c r="R392" s="353"/>
+      <c r="S392" s="353"/>
+      <c r="T392" s="353"/>
+      <c r="U392" s="353"/>
+      <c r="V392" s="353"/>
+      <c r="W392" s="354"/>
+      <c r="Y392" s="62"/>
+      <c r="Z392" s="62"/>
+      <c r="AA392" s="62"/>
+      <c r="AB392" s="62"/>
+      <c r="AC392" s="62"/>
+      <c r="AD392" s="62"/>
+      <c r="AE392" s="62"/>
+      <c r="AF392" s="62"/>
+      <c r="AG392" s="62"/>
+      <c r="AH392" s="62"/>
+      <c r="AI392" s="62"/>
+      <c r="AJ392" s="62"/>
+      <c r="AK392" s="62"/>
+      <c r="AL392" s="62"/>
+      <c r="AM392" s="62"/>
+      <c r="AN392" s="62"/>
+      <c r="AO392" s="62"/>
+      <c r="AP392" s="62"/>
+      <c r="AQ392" s="62"/>
+      <c r="AR392" s="62"/>
+    </row>
+    <row r="393" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A393" s="34"/>
       <c r="B393" s="43"/>
-      <c r="C393" s="362"/>
-      <c r="D393" s="363"/>
+      <c r="C393" s="365"/>
+      <c r="D393" s="366"/>
       <c r="E393" s="43"/>
       <c r="F393" s="43"/>
       <c r="G393" s="35"/>
       <c r="H393" s="2"/>
       <c r="I393" s="2"/>
       <c r="J393" s="2"/>
-      <c r="N393" s="349"/>
-[...28 lines deleted...]
-      <c r="AR393" s="63"/>
+      <c r="N393" s="352"/>
+      <c r="O393" s="353"/>
+      <c r="P393" s="353"/>
+      <c r="Q393" s="353"/>
+      <c r="R393" s="353"/>
+      <c r="S393" s="353"/>
+      <c r="T393" s="353"/>
+      <c r="U393" s="353"/>
+      <c r="V393" s="353"/>
+      <c r="W393" s="354"/>
+      <c r="Y393" s="62"/>
+      <c r="Z393" s="62"/>
+      <c r="AA393" s="62"/>
+      <c r="AB393" s="62"/>
+      <c r="AC393" s="62"/>
+      <c r="AD393" s="62"/>
+      <c r="AE393" s="62"/>
+      <c r="AF393" s="62"/>
+      <c r="AG393" s="62"/>
+      <c r="AH393" s="62"/>
+      <c r="AI393" s="62"/>
+      <c r="AJ393" s="62"/>
+      <c r="AK393" s="62"/>
+      <c r="AL393" s="62"/>
+      <c r="AM393" s="62"/>
+      <c r="AN393" s="62"/>
+      <c r="AO393" s="62"/>
+      <c r="AP393" s="62"/>
+      <c r="AQ393" s="62"/>
+      <c r="AR393" s="62"/>
     </row>
     <row r="394" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A394" s="34"/>
       <c r="B394" s="43"/>
-      <c r="C394" s="362"/>
-      <c r="D394" s="362"/>
+      <c r="C394" s="365"/>
+      <c r="D394" s="365"/>
       <c r="E394" s="43"/>
       <c r="F394" s="43"/>
       <c r="G394" s="35"/>
       <c r="H394" s="2"/>
       <c r="I394" s="2"/>
       <c r="J394" s="2"/>
-      <c r="N394" s="349"/>
-[...28 lines deleted...]
-      <c r="AR394" s="63"/>
+      <c r="N394" s="352"/>
+      <c r="O394" s="353"/>
+      <c r="P394" s="353"/>
+      <c r="Q394" s="353"/>
+      <c r="R394" s="353"/>
+      <c r="S394" s="353"/>
+      <c r="T394" s="353"/>
+      <c r="U394" s="353"/>
+      <c r="V394" s="353"/>
+      <c r="W394" s="354"/>
+      <c r="Y394" s="62"/>
+      <c r="Z394" s="62"/>
+      <c r="AA394" s="62"/>
+      <c r="AB394" s="62"/>
+      <c r="AC394" s="62"/>
+      <c r="AD394" s="62"/>
+      <c r="AE394" s="62"/>
+      <c r="AF394" s="62"/>
+      <c r="AG394" s="62"/>
+      <c r="AH394" s="62"/>
+      <c r="AI394" s="62"/>
+      <c r="AJ394" s="62"/>
+      <c r="AK394" s="62"/>
+      <c r="AL394" s="62"/>
+      <c r="AM394" s="62"/>
+      <c r="AN394" s="62"/>
+      <c r="AO394" s="62"/>
+      <c r="AP394" s="62"/>
+      <c r="AQ394" s="62"/>
+      <c r="AR394" s="62"/>
     </row>
     <row r="395" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A395" s="34"/>
       <c r="B395" s="43"/>
-      <c r="C395" s="362"/>
-      <c r="D395" s="362"/>
+      <c r="C395" s="365"/>
+      <c r="D395" s="365"/>
       <c r="E395" s="43"/>
       <c r="F395" s="43"/>
       <c r="G395" s="35"/>
       <c r="H395" s="2"/>
       <c r="I395" s="2"/>
       <c r="J395" s="2"/>
-      <c r="N395" s="349"/>
-[...28 lines deleted...]
-      <c r="AR395" s="63"/>
+      <c r="N395" s="352"/>
+      <c r="O395" s="353"/>
+      <c r="P395" s="353"/>
+      <c r="Q395" s="353"/>
+      <c r="R395" s="353"/>
+      <c r="S395" s="353"/>
+      <c r="T395" s="353"/>
+      <c r="U395" s="353"/>
+      <c r="V395" s="353"/>
+      <c r="W395" s="354"/>
+      <c r="Y395" s="62"/>
+      <c r="Z395" s="62"/>
+      <c r="AA395" s="62"/>
+      <c r="AB395" s="62"/>
+      <c r="AC395" s="62"/>
+      <c r="AD395" s="62"/>
+      <c r="AE395" s="62"/>
+      <c r="AF395" s="62"/>
+      <c r="AG395" s="62"/>
+      <c r="AH395" s="62"/>
+      <c r="AI395" s="62"/>
+      <c r="AJ395" s="62"/>
+      <c r="AK395" s="62"/>
+      <c r="AL395" s="62"/>
+      <c r="AM395" s="62"/>
+      <c r="AN395" s="62"/>
+      <c r="AO395" s="62"/>
+      <c r="AP395" s="62"/>
+      <c r="AQ395" s="62"/>
+      <c r="AR395" s="62"/>
     </row>
     <row r="396" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A396" s="45"/>
       <c r="B396" s="46"/>
-      <c r="C396" s="364"/>
-      <c r="D396" s="364"/>
+      <c r="C396" s="367"/>
+      <c r="D396" s="367"/>
       <c r="E396" s="46"/>
       <c r="F396" s="46"/>
       <c r="G396" s="35"/>
       <c r="H396" s="2"/>
       <c r="I396" s="2"/>
       <c r="J396" s="2"/>
-      <c r="N396" s="349"/>
-[...31 lines deleted...]
-      <c r="A397" s="215" t="s">
+      <c r="N396" s="352"/>
+      <c r="O396" s="353"/>
+      <c r="P396" s="353"/>
+      <c r="Q396" s="353"/>
+      <c r="R396" s="353"/>
+      <c r="S396" s="353"/>
+      <c r="T396" s="353"/>
+      <c r="U396" s="353"/>
+      <c r="V396" s="353"/>
+      <c r="W396" s="354"/>
+      <c r="Y396" s="62"/>
+      <c r="Z396" s="62"/>
+      <c r="AA396" s="62"/>
+      <c r="AB396" s="62"/>
+      <c r="AC396" s="62"/>
+      <c r="AD396" s="62"/>
+      <c r="AE396" s="62"/>
+      <c r="AF396" s="62"/>
+      <c r="AG396" s="62"/>
+      <c r="AH396" s="62"/>
+      <c r="AI396" s="62"/>
+      <c r="AJ396" s="62"/>
+      <c r="AK396" s="62"/>
+      <c r="AL396" s="62"/>
+      <c r="AM396" s="62"/>
+      <c r="AN396" s="62"/>
+      <c r="AO396" s="62"/>
+      <c r="AP396" s="62"/>
+      <c r="AQ396" s="62"/>
+      <c r="AR396" s="62"/>
+    </row>
+    <row r="397" spans="1:44" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="224" t="s">
         <v>56</v>
       </c>
-      <c r="B397" s="216"/>
-[...4 lines deleted...]
-      <c r="G397" s="218">
+      <c r="B397" s="225"/>
+      <c r="C397" s="368"/>
+      <c r="D397" s="368"/>
+      <c r="E397" s="226"/>
+      <c r="F397" s="226"/>
+      <c r="G397" s="227">
         <f>SUM(G317:G396)</f>
         <v>0</v>
       </c>
       <c r="H397" s="2"/>
       <c r="I397" s="2"/>
       <c r="J397" s="2"/>
-      <c r="N397" s="352"/>
-[...28 lines deleted...]
-      <c r="AR397" s="63"/>
+      <c r="N397" s="355"/>
+      <c r="O397" s="356"/>
+      <c r="P397" s="356"/>
+      <c r="Q397" s="356"/>
+      <c r="R397" s="356"/>
+      <c r="S397" s="356"/>
+      <c r="T397" s="356"/>
+      <c r="U397" s="356"/>
+      <c r="V397" s="356"/>
+      <c r="W397" s="357"/>
+      <c r="Y397" s="62"/>
+      <c r="Z397" s="62"/>
+      <c r="AA397" s="62"/>
+      <c r="AB397" s="62"/>
+      <c r="AC397" s="62"/>
+      <c r="AD397" s="62"/>
+      <c r="AE397" s="62"/>
+      <c r="AF397" s="62"/>
+      <c r="AG397" s="62"/>
+      <c r="AH397" s="62"/>
+      <c r="AI397" s="62"/>
+      <c r="AJ397" s="62"/>
+      <c r="AK397" s="62"/>
+      <c r="AL397" s="62"/>
+      <c r="AM397" s="62"/>
+      <c r="AN397" s="62"/>
+      <c r="AO397" s="62"/>
+      <c r="AP397" s="62"/>
+      <c r="AQ397" s="62"/>
+      <c r="AR397" s="62"/>
     </row>
     <row r="398" spans="1:44" ht="121.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A398" s="366" t="s">
+      <c r="A398" s="369" t="s">
         <v>103</v>
       </c>
-      <c r="B398" s="367"/>
-[...40 lines deleted...]
-      <c r="AR398" s="63"/>
+      <c r="B398" s="370"/>
+      <c r="C398" s="371"/>
+      <c r="D398" s="371"/>
+      <c r="E398" s="371"/>
+      <c r="F398" s="371"/>
+      <c r="G398" s="371"/>
+      <c r="H398" s="371"/>
+      <c r="I398" s="371"/>
+      <c r="J398" s="371"/>
+      <c r="K398" s="371"/>
+      <c r="L398" s="371"/>
+      <c r="M398" s="371"/>
+      <c r="N398" s="371"/>
+      <c r="O398" s="371"/>
+      <c r="P398" s="371"/>
+      <c r="Q398" s="371"/>
+      <c r="R398" s="371"/>
+      <c r="S398" s="371"/>
+      <c r="T398" s="371"/>
+      <c r="U398" s="371"/>
+      <c r="V398" s="371"/>
+      <c r="W398" s="371"/>
+      <c r="Y398" s="62"/>
+      <c r="Z398" s="62"/>
+      <c r="AA398" s="62"/>
+      <c r="AB398" s="62"/>
+      <c r="AC398" s="62"/>
+      <c r="AD398" s="62"/>
+      <c r="AE398" s="62"/>
+      <c r="AF398" s="62"/>
+      <c r="AG398" s="62"/>
+      <c r="AH398" s="62"/>
+      <c r="AI398" s="62"/>
+      <c r="AJ398" s="62"/>
+      <c r="AK398" s="62"/>
+      <c r="AL398" s="62"/>
+      <c r="AM398" s="62"/>
+      <c r="AN398" s="62"/>
+      <c r="AO398" s="62"/>
+      <c r="AP398" s="62"/>
+      <c r="AQ398" s="62"/>
+      <c r="AR398" s="62"/>
     </row>
     <row r="399" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="G399" s="10"/>
       <c r="H399" s="10"/>
       <c r="I399" s="10"/>
       <c r="J399" s="10"/>
       <c r="K399" s="10"/>
       <c r="L399" s="10"/>
       <c r="M399" s="10"/>
       <c r="N399" s="10"/>
       <c r="O399" s="10"/>
       <c r="P399" s="10"/>
       <c r="Q399" s="10"/>
       <c r="R399" s="10"/>
       <c r="S399" s="18"/>
       <c r="T399" s="19"/>
       <c r="U399" s="10"/>
       <c r="V399" s="10"/>
       <c r="W399" s="10"/>
-      <c r="Y399" s="63"/>
-[...18 lines deleted...]
-      <c r="AR399" s="63"/>
+      <c r="Y399" s="62"/>
+      <c r="Z399" s="62"/>
+      <c r="AA399" s="62"/>
+      <c r="AB399" s="62"/>
+      <c r="AC399" s="62"/>
+      <c r="AD399" s="62"/>
+      <c r="AE399" s="62"/>
+      <c r="AF399" s="62"/>
+      <c r="AG399" s="62"/>
+      <c r="AH399" s="62"/>
+      <c r="AI399" s="62"/>
+      <c r="AJ399" s="62"/>
+      <c r="AK399" s="62"/>
+      <c r="AL399" s="62"/>
+      <c r="AM399" s="62"/>
+      <c r="AN399" s="62"/>
+      <c r="AO399" s="62"/>
+      <c r="AP399" s="62"/>
+      <c r="AQ399" s="62"/>
+      <c r="AR399" s="62"/>
     </row>
     <row r="400" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A400" s="355" t="s">
+      <c r="A400" s="358" t="s">
         <v>57</v>
       </c>
-      <c r="B400" s="356"/>
-[...4 lines deleted...]
-      <c r="G400" s="359"/>
+      <c r="B400" s="359"/>
+      <c r="C400" s="360"/>
+      <c r="D400" s="360"/>
+      <c r="E400" s="361"/>
+      <c r="F400" s="361"/>
+      <c r="G400" s="362"/>
       <c r="H400" s="17"/>
       <c r="I400" s="17"/>
       <c r="J400" s="17"/>
       <c r="K400" s="17"/>
       <c r="L400" s="17"/>
       <c r="M400" s="17"/>
-      <c r="N400" s="343" t="s">
+      <c r="N400" s="346" t="s">
         <v>58</v>
       </c>
-      <c r="O400" s="344"/>
-[...27 lines deleted...]
-      <c r="AR400" s="63"/>
+      <c r="O400" s="347"/>
+      <c r="P400" s="347"/>
+      <c r="Q400" s="347"/>
+      <c r="R400" s="347"/>
+      <c r="S400" s="347"/>
+      <c r="T400" s="347"/>
+      <c r="U400" s="347"/>
+      <c r="V400" s="347"/>
+      <c r="W400" s="348"/>
+      <c r="Y400" s="62"/>
+      <c r="Z400" s="62"/>
+      <c r="AA400" s="62"/>
+      <c r="AB400" s="62"/>
+      <c r="AC400" s="62"/>
+      <c r="AD400" s="62"/>
+      <c r="AE400" s="62"/>
+      <c r="AF400" s="62"/>
+      <c r="AG400" s="62"/>
+      <c r="AH400" s="62"/>
+      <c r="AI400" s="62"/>
+      <c r="AJ400" s="62"/>
+      <c r="AK400" s="62"/>
+      <c r="AL400" s="62"/>
+      <c r="AM400" s="62"/>
+      <c r="AN400" s="62"/>
+      <c r="AO400" s="62"/>
+      <c r="AP400" s="62"/>
+      <c r="AQ400" s="62"/>
+      <c r="AR400" s="62"/>
     </row>
     <row r="401" spans="1:44" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A401" s="369" t="s">
+      <c r="A401" s="372" t="s">
         <v>59</v>
       </c>
-      <c r="B401" s="370"/>
-      <c r="C401" s="220" t="s">
+      <c r="B401" s="373"/>
+      <c r="C401" s="229" t="s">
         <v>60</v>
       </c>
-      <c r="D401" s="219" t="s">
+      <c r="D401" s="228" t="s">
         <v>61</v>
       </c>
-      <c r="E401" s="219" t="s">
+      <c r="E401" s="228" t="s">
         <v>107</v>
       </c>
-      <c r="F401" s="220" t="s">
+      <c r="F401" s="229" t="s">
         <v>62</v>
       </c>
-      <c r="G401" s="221" t="s">
+      <c r="G401" s="230" t="s">
         <v>63</v>
       </c>
       <c r="H401" s="12"/>
       <c r="I401" s="12"/>
       <c r="J401" s="12"/>
       <c r="K401" s="12"/>
       <c r="L401" s="12"/>
       <c r="M401" s="12"/>
-      <c r="N401" s="349"/>
-[...32 lines deleted...]
-      <c r="B402" s="371"/>
+      <c r="N401" s="352"/>
+      <c r="O401" s="353"/>
+      <c r="P401" s="353"/>
+      <c r="Q401" s="353"/>
+      <c r="R401" s="353"/>
+      <c r="S401" s="353"/>
+      <c r="T401" s="353"/>
+      <c r="U401" s="353"/>
+      <c r="V401" s="353"/>
+      <c r="W401" s="354"/>
+      <c r="Y401" s="62"/>
+      <c r="Z401" s="62"/>
+      <c r="AA401" s="62"/>
+      <c r="AB401" s="62"/>
+      <c r="AC401" s="62"/>
+      <c r="AD401" s="62"/>
+      <c r="AE401" s="62"/>
+      <c r="AF401" s="62"/>
+      <c r="AG401" s="62"/>
+      <c r="AH401" s="62"/>
+      <c r="AI401" s="62"/>
+      <c r="AJ401" s="62"/>
+      <c r="AK401" s="62"/>
+      <c r="AL401" s="62"/>
+      <c r="AM401" s="62"/>
+      <c r="AN401" s="62"/>
+      <c r="AO401" s="62"/>
+      <c r="AP401" s="62"/>
+      <c r="AQ401" s="62"/>
+      <c r="AR401" s="62"/>
+    </row>
+    <row r="402" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="374"/>
+      <c r="B402" s="374"/>
       <c r="C402" s="36"/>
       <c r="D402" s="37"/>
       <c r="E402" s="38"/>
       <c r="F402" s="39"/>
-      <c r="G402" s="49">
+      <c r="G402" s="231">
         <f>IF(D402=0,0,(C402/D402)*E402*F402)</f>
         <v>0</v>
       </c>
       <c r="H402" s="12"/>
       <c r="I402" s="12"/>
       <c r="J402" s="12"/>
       <c r="K402" s="12"/>
       <c r="L402" s="12"/>
       <c r="M402" s="12"/>
-      <c r="N402" s="349"/>
-[...32 lines deleted...]
-      <c r="B403" s="371"/>
+      <c r="N402" s="352"/>
+      <c r="O402" s="353"/>
+      <c r="P402" s="353"/>
+      <c r="Q402" s="353"/>
+      <c r="R402" s="353"/>
+      <c r="S402" s="353"/>
+      <c r="T402" s="353"/>
+      <c r="U402" s="353"/>
+      <c r="V402" s="353"/>
+      <c r="W402" s="354"/>
+      <c r="Y402" s="62"/>
+      <c r="Z402" s="62"/>
+      <c r="AA402" s="62"/>
+      <c r="AB402" s="62"/>
+      <c r="AC402" s="62"/>
+      <c r="AD402" s="62"/>
+      <c r="AE402" s="62"/>
+      <c r="AF402" s="62"/>
+      <c r="AG402" s="62"/>
+      <c r="AH402" s="62"/>
+      <c r="AI402" s="62"/>
+      <c r="AJ402" s="62"/>
+      <c r="AK402" s="62"/>
+      <c r="AL402" s="62"/>
+      <c r="AM402" s="62"/>
+      <c r="AN402" s="62"/>
+      <c r="AO402" s="62"/>
+      <c r="AP402" s="62"/>
+      <c r="AQ402" s="62"/>
+      <c r="AR402" s="62"/>
+    </row>
+    <row r="403" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="374"/>
+      <c r="B403" s="374"/>
       <c r="C403" s="36"/>
       <c r="D403" s="37"/>
       <c r="E403" s="38"/>
       <c r="F403" s="39"/>
-      <c r="G403" s="49">
+      <c r="G403" s="231">
         <f t="shared" ref="G403:G414" si="15">IF(D403=0,0,(C403/D403)*E403*F403)</f>
         <v>0</v>
       </c>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
       <c r="J403" s="2"/>
-      <c r="N403" s="349"/>
-[...32 lines deleted...]
-      <c r="B404" s="371"/>
+      <c r="N403" s="352"/>
+      <c r="O403" s="353"/>
+      <c r="P403" s="353"/>
+      <c r="Q403" s="353"/>
+      <c r="R403" s="353"/>
+      <c r="S403" s="353"/>
+      <c r="T403" s="353"/>
+      <c r="U403" s="353"/>
+      <c r="V403" s="353"/>
+      <c r="W403" s="354"/>
+      <c r="Y403" s="62"/>
+      <c r="Z403" s="62"/>
+      <c r="AA403" s="62"/>
+      <c r="AB403" s="62"/>
+      <c r="AC403" s="62"/>
+      <c r="AD403" s="62"/>
+      <c r="AE403" s="62"/>
+      <c r="AF403" s="62"/>
+      <c r="AG403" s="62"/>
+      <c r="AH403" s="62"/>
+      <c r="AI403" s="62"/>
+      <c r="AJ403" s="62"/>
+      <c r="AK403" s="62"/>
+      <c r="AL403" s="62"/>
+      <c r="AM403" s="62"/>
+      <c r="AN403" s="62"/>
+      <c r="AO403" s="62"/>
+      <c r="AP403" s="62"/>
+      <c r="AQ403" s="62"/>
+      <c r="AR403" s="62"/>
+    </row>
+    <row r="404" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="374"/>
+      <c r="B404" s="374"/>
       <c r="C404" s="36"/>
       <c r="D404" s="37"/>
       <c r="E404" s="38"/>
       <c r="F404" s="39"/>
-      <c r="G404" s="49">
+      <c r="G404" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
       <c r="J404" s="2"/>
-      <c r="N404" s="349"/>
-[...32 lines deleted...]
-      <c r="B405" s="373"/>
+      <c r="N404" s="352"/>
+      <c r="O404" s="353"/>
+      <c r="P404" s="353"/>
+      <c r="Q404" s="353"/>
+      <c r="R404" s="353"/>
+      <c r="S404" s="353"/>
+      <c r="T404" s="353"/>
+      <c r="U404" s="353"/>
+      <c r="V404" s="353"/>
+      <c r="W404" s="354"/>
+      <c r="Y404" s="62"/>
+      <c r="Z404" s="62"/>
+      <c r="AA404" s="62"/>
+      <c r="AB404" s="62"/>
+      <c r="AC404" s="62"/>
+      <c r="AD404" s="62"/>
+      <c r="AE404" s="62"/>
+      <c r="AF404" s="62"/>
+      <c r="AG404" s="62"/>
+      <c r="AH404" s="62"/>
+      <c r="AI404" s="62"/>
+      <c r="AJ404" s="62"/>
+      <c r="AK404" s="62"/>
+      <c r="AL404" s="62"/>
+      <c r="AM404" s="62"/>
+      <c r="AN404" s="62"/>
+      <c r="AO404" s="62"/>
+      <c r="AP404" s="62"/>
+      <c r="AQ404" s="62"/>
+      <c r="AR404" s="62"/>
+    </row>
+    <row r="405" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="375"/>
+      <c r="B405" s="376"/>
       <c r="C405" s="36"/>
       <c r="D405" s="37"/>
       <c r="E405" s="41"/>
       <c r="F405" s="39"/>
-      <c r="G405" s="49">
+      <c r="G405" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H405" s="2"/>
       <c r="I405" s="2"/>
       <c r="J405" s="2"/>
-      <c r="N405" s="349"/>
-[...32 lines deleted...]
-      <c r="B406" s="373"/>
+      <c r="N405" s="352"/>
+      <c r="O405" s="353"/>
+      <c r="P405" s="353"/>
+      <c r="Q405" s="353"/>
+      <c r="R405" s="353"/>
+      <c r="S405" s="353"/>
+      <c r="T405" s="353"/>
+      <c r="U405" s="353"/>
+      <c r="V405" s="353"/>
+      <c r="W405" s="354"/>
+      <c r="Y405" s="62"/>
+      <c r="Z405" s="62"/>
+      <c r="AA405" s="62"/>
+      <c r="AB405" s="62"/>
+      <c r="AC405" s="62"/>
+      <c r="AD405" s="62"/>
+      <c r="AE405" s="62"/>
+      <c r="AF405" s="62"/>
+      <c r="AG405" s="62"/>
+      <c r="AH405" s="62"/>
+      <c r="AI405" s="62"/>
+      <c r="AJ405" s="62"/>
+      <c r="AK405" s="62"/>
+      <c r="AL405" s="62"/>
+      <c r="AM405" s="62"/>
+      <c r="AN405" s="62"/>
+      <c r="AO405" s="62"/>
+      <c r="AP405" s="62"/>
+      <c r="AQ405" s="62"/>
+      <c r="AR405" s="62"/>
+    </row>
+    <row r="406" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="375"/>
+      <c r="B406" s="376"/>
       <c r="C406" s="36"/>
       <c r="D406" s="37"/>
       <c r="E406" s="41"/>
       <c r="F406" s="39"/>
-      <c r="G406" s="49">
+      <c r="G406" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H406" s="2"/>
       <c r="I406" s="2"/>
       <c r="J406" s="2"/>
-      <c r="N406" s="349"/>
-[...32 lines deleted...]
-      <c r="B407" s="373"/>
+      <c r="N406" s="352"/>
+      <c r="O406" s="353"/>
+      <c r="P406" s="353"/>
+      <c r="Q406" s="353"/>
+      <c r="R406" s="353"/>
+      <c r="S406" s="353"/>
+      <c r="T406" s="353"/>
+      <c r="U406" s="353"/>
+      <c r="V406" s="353"/>
+      <c r="W406" s="354"/>
+      <c r="Y406" s="62"/>
+      <c r="Z406" s="62"/>
+      <c r="AA406" s="62"/>
+      <c r="AB406" s="62"/>
+      <c r="AC406" s="62"/>
+      <c r="AD406" s="62"/>
+      <c r="AE406" s="62"/>
+      <c r="AF406" s="62"/>
+      <c r="AG406" s="62"/>
+      <c r="AH406" s="62"/>
+      <c r="AI406" s="62"/>
+      <c r="AJ406" s="62"/>
+      <c r="AK406" s="62"/>
+      <c r="AL406" s="62"/>
+      <c r="AM406" s="62"/>
+      <c r="AN406" s="62"/>
+      <c r="AO406" s="62"/>
+      <c r="AP406" s="62"/>
+      <c r="AQ406" s="62"/>
+      <c r="AR406" s="62"/>
+    </row>
+    <row r="407" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="375"/>
+      <c r="B407" s="376"/>
       <c r="C407" s="36"/>
       <c r="D407" s="37"/>
       <c r="E407" s="41"/>
       <c r="F407" s="39"/>
-      <c r="G407" s="49">
+      <c r="G407" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H407" s="2"/>
       <c r="I407" s="2"/>
       <c r="J407" s="2"/>
-      <c r="N407" s="349"/>
-[...32 lines deleted...]
-      <c r="B408" s="373"/>
+      <c r="N407" s="352"/>
+      <c r="O407" s="353"/>
+      <c r="P407" s="353"/>
+      <c r="Q407" s="353"/>
+      <c r="R407" s="353"/>
+      <c r="S407" s="353"/>
+      <c r="T407" s="353"/>
+      <c r="U407" s="353"/>
+      <c r="V407" s="353"/>
+      <c r="W407" s="354"/>
+      <c r="Y407" s="62"/>
+      <c r="Z407" s="62"/>
+      <c r="AA407" s="62"/>
+      <c r="AB407" s="62"/>
+      <c r="AC407" s="62"/>
+      <c r="AD407" s="62"/>
+      <c r="AE407" s="62"/>
+      <c r="AF407" s="62"/>
+      <c r="AG407" s="62"/>
+      <c r="AH407" s="62"/>
+      <c r="AI407" s="62"/>
+      <c r="AJ407" s="62"/>
+      <c r="AK407" s="62"/>
+      <c r="AL407" s="62"/>
+      <c r="AM407" s="62"/>
+      <c r="AN407" s="62"/>
+      <c r="AO407" s="62"/>
+      <c r="AP407" s="62"/>
+      <c r="AQ407" s="62"/>
+      <c r="AR407" s="62"/>
+    </row>
+    <row r="408" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="375"/>
+      <c r="B408" s="376"/>
       <c r="C408" s="36"/>
       <c r="D408" s="37"/>
       <c r="E408" s="41"/>
       <c r="F408" s="39"/>
-      <c r="G408" s="49">
+      <c r="G408" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H408" s="2"/>
       <c r="I408" s="2"/>
       <c r="J408" s="2"/>
-      <c r="N408" s="349"/>
-[...32 lines deleted...]
-      <c r="B409" s="373"/>
+      <c r="N408" s="352"/>
+      <c r="O408" s="353"/>
+      <c r="P408" s="353"/>
+      <c r="Q408" s="353"/>
+      <c r="R408" s="353"/>
+      <c r="S408" s="353"/>
+      <c r="T408" s="353"/>
+      <c r="U408" s="353"/>
+      <c r="V408" s="353"/>
+      <c r="W408" s="354"/>
+      <c r="Y408" s="62"/>
+      <c r="Z408" s="62"/>
+      <c r="AA408" s="62"/>
+      <c r="AB408" s="62"/>
+      <c r="AC408" s="62"/>
+      <c r="AD408" s="62"/>
+      <c r="AE408" s="62"/>
+      <c r="AF408" s="62"/>
+      <c r="AG408" s="62"/>
+      <c r="AH408" s="62"/>
+      <c r="AI408" s="62"/>
+      <c r="AJ408" s="62"/>
+      <c r="AK408" s="62"/>
+      <c r="AL408" s="62"/>
+      <c r="AM408" s="62"/>
+      <c r="AN408" s="62"/>
+      <c r="AO408" s="62"/>
+      <c r="AP408" s="62"/>
+      <c r="AQ408" s="62"/>
+      <c r="AR408" s="62"/>
+    </row>
+    <row r="409" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="375"/>
+      <c r="B409" s="376"/>
       <c r="C409" s="36"/>
       <c r="D409" s="37"/>
       <c r="E409" s="41"/>
       <c r="F409" s="39"/>
-      <c r="G409" s="49">
+      <c r="G409" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H409" s="2"/>
       <c r="I409" s="2"/>
       <c r="J409" s="2"/>
-      <c r="N409" s="349"/>
-[...32 lines deleted...]
-      <c r="B410" s="375"/>
+      <c r="N409" s="352"/>
+      <c r="O409" s="353"/>
+      <c r="P409" s="353"/>
+      <c r="Q409" s="353"/>
+      <c r="R409" s="353"/>
+      <c r="S409" s="353"/>
+      <c r="T409" s="353"/>
+      <c r="U409" s="353"/>
+      <c r="V409" s="353"/>
+      <c r="W409" s="354"/>
+      <c r="Y409" s="62"/>
+      <c r="Z409" s="62"/>
+      <c r="AA409" s="62"/>
+      <c r="AB409" s="62"/>
+      <c r="AC409" s="62"/>
+      <c r="AD409" s="62"/>
+      <c r="AE409" s="62"/>
+      <c r="AF409" s="62"/>
+      <c r="AG409" s="62"/>
+      <c r="AH409" s="62"/>
+      <c r="AI409" s="62"/>
+      <c r="AJ409" s="62"/>
+      <c r="AK409" s="62"/>
+      <c r="AL409" s="62"/>
+      <c r="AM409" s="62"/>
+      <c r="AN409" s="62"/>
+      <c r="AO409" s="62"/>
+      <c r="AP409" s="62"/>
+      <c r="AQ409" s="62"/>
+      <c r="AR409" s="62"/>
+    </row>
+    <row r="410" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="374"/>
+      <c r="B410" s="378"/>
       <c r="C410" s="36"/>
       <c r="D410" s="40"/>
       <c r="E410" s="41"/>
       <c r="F410" s="39"/>
-      <c r="G410" s="49">
+      <c r="G410" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
       <c r="J410" s="2"/>
-      <c r="N410" s="349"/>
-[...32 lines deleted...]
-      <c r="B411" s="375"/>
+      <c r="N410" s="352"/>
+      <c r="O410" s="353"/>
+      <c r="P410" s="353"/>
+      <c r="Q410" s="353"/>
+      <c r="R410" s="353"/>
+      <c r="S410" s="353"/>
+      <c r="T410" s="353"/>
+      <c r="U410" s="353"/>
+      <c r="V410" s="353"/>
+      <c r="W410" s="354"/>
+      <c r="Y410" s="62"/>
+      <c r="Z410" s="62"/>
+      <c r="AA410" s="62"/>
+      <c r="AB410" s="62"/>
+      <c r="AC410" s="62"/>
+      <c r="AD410" s="62"/>
+      <c r="AE410" s="62"/>
+      <c r="AF410" s="62"/>
+      <c r="AG410" s="62"/>
+      <c r="AH410" s="62"/>
+      <c r="AI410" s="62"/>
+      <c r="AJ410" s="62"/>
+      <c r="AK410" s="62"/>
+      <c r="AL410" s="62"/>
+      <c r="AM410" s="62"/>
+      <c r="AN410" s="62"/>
+      <c r="AO410" s="62"/>
+      <c r="AP410" s="62"/>
+      <c r="AQ410" s="62"/>
+      <c r="AR410" s="62"/>
+    </row>
+    <row r="411" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="374"/>
+      <c r="B411" s="378"/>
       <c r="C411" s="36"/>
       <c r="D411" s="40"/>
       <c r="E411" s="41"/>
       <c r="F411" s="42"/>
-      <c r="G411" s="49">
+      <c r="G411" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H411" s="2"/>
       <c r="I411" s="2"/>
       <c r="J411" s="2"/>
-      <c r="N411" s="349"/>
-[...32 lines deleted...]
-      <c r="B412" s="375"/>
+      <c r="N411" s="352"/>
+      <c r="O411" s="353"/>
+      <c r="P411" s="353"/>
+      <c r="Q411" s="353"/>
+      <c r="R411" s="353"/>
+      <c r="S411" s="353"/>
+      <c r="T411" s="353"/>
+      <c r="U411" s="353"/>
+      <c r="V411" s="353"/>
+      <c r="W411" s="354"/>
+      <c r="Y411" s="62"/>
+      <c r="Z411" s="62"/>
+      <c r="AA411" s="62"/>
+      <c r="AB411" s="62"/>
+      <c r="AC411" s="62"/>
+      <c r="AD411" s="62"/>
+      <c r="AE411" s="62"/>
+      <c r="AF411" s="62"/>
+      <c r="AG411" s="62"/>
+      <c r="AH411" s="62"/>
+      <c r="AI411" s="62"/>
+      <c r="AJ411" s="62"/>
+      <c r="AK411" s="62"/>
+      <c r="AL411" s="62"/>
+      <c r="AM411" s="62"/>
+      <c r="AN411" s="62"/>
+      <c r="AO411" s="62"/>
+      <c r="AP411" s="62"/>
+      <c r="AQ411" s="62"/>
+      <c r="AR411" s="62"/>
+    </row>
+    <row r="412" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A412" s="374"/>
+      <c r="B412" s="378"/>
       <c r="C412" s="36"/>
       <c r="D412" s="40"/>
       <c r="E412" s="41"/>
       <c r="F412" s="42"/>
-      <c r="G412" s="49">
+      <c r="G412" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H412" s="2"/>
       <c r="I412" s="2"/>
       <c r="J412" s="2"/>
-      <c r="N412" s="349"/>
-[...32 lines deleted...]
-      <c r="B413" s="375"/>
+      <c r="N412" s="352"/>
+      <c r="O412" s="353"/>
+      <c r="P412" s="353"/>
+      <c r="Q412" s="353"/>
+      <c r="R412" s="353"/>
+      <c r="S412" s="353"/>
+      <c r="T412" s="353"/>
+      <c r="U412" s="353"/>
+      <c r="V412" s="353"/>
+      <c r="W412" s="354"/>
+      <c r="Y412" s="62"/>
+      <c r="Z412" s="62"/>
+      <c r="AA412" s="62"/>
+      <c r="AB412" s="62"/>
+      <c r="AC412" s="62"/>
+      <c r="AD412" s="62"/>
+      <c r="AE412" s="62"/>
+      <c r="AF412" s="62"/>
+      <c r="AG412" s="62"/>
+      <c r="AH412" s="62"/>
+      <c r="AI412" s="62"/>
+      <c r="AJ412" s="62"/>
+      <c r="AK412" s="62"/>
+      <c r="AL412" s="62"/>
+      <c r="AM412" s="62"/>
+      <c r="AN412" s="62"/>
+      <c r="AO412" s="62"/>
+      <c r="AP412" s="62"/>
+      <c r="AQ412" s="62"/>
+      <c r="AR412" s="62"/>
+    </row>
+    <row r="413" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="374"/>
+      <c r="B413" s="378"/>
       <c r="C413" s="36"/>
       <c r="D413" s="40"/>
       <c r="E413" s="41"/>
       <c r="F413" s="42"/>
-      <c r="G413" s="49">
+      <c r="G413" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H413" s="2"/>
       <c r="I413" s="2"/>
       <c r="J413" s="2"/>
-      <c r="N413" s="349"/>
-[...32 lines deleted...]
-      <c r="B414" s="376"/>
+      <c r="N413" s="352"/>
+      <c r="O413" s="353"/>
+      <c r="P413" s="353"/>
+      <c r="Q413" s="353"/>
+      <c r="R413" s="353"/>
+      <c r="S413" s="353"/>
+      <c r="T413" s="353"/>
+      <c r="U413" s="353"/>
+      <c r="V413" s="353"/>
+      <c r="W413" s="354"/>
+      <c r="Y413" s="62"/>
+      <c r="Z413" s="62"/>
+      <c r="AA413" s="62"/>
+      <c r="AB413" s="62"/>
+      <c r="AC413" s="62"/>
+      <c r="AD413" s="62"/>
+      <c r="AE413" s="62"/>
+      <c r="AF413" s="62"/>
+      <c r="AG413" s="62"/>
+      <c r="AH413" s="62"/>
+      <c r="AI413" s="62"/>
+      <c r="AJ413" s="62"/>
+      <c r="AK413" s="62"/>
+      <c r="AL413" s="62"/>
+      <c r="AM413" s="62"/>
+      <c r="AN413" s="62"/>
+      <c r="AO413" s="62"/>
+      <c r="AP413" s="62"/>
+      <c r="AQ413" s="62"/>
+      <c r="AR413" s="62"/>
+    </row>
+    <row r="414" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="374"/>
+      <c r="B414" s="379"/>
       <c r="C414" s="36"/>
       <c r="D414" s="40"/>
       <c r="E414" s="41"/>
       <c r="F414" s="42"/>
-      <c r="G414" s="49">
+      <c r="G414" s="232">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
       <c r="J414" s="2"/>
-      <c r="N414" s="349"/>
-[...28 lines deleted...]
-      <c r="AR414" s="63"/>
+      <c r="N414" s="352"/>
+      <c r="O414" s="353"/>
+      <c r="P414" s="353"/>
+      <c r="Q414" s="353"/>
+      <c r="R414" s="353"/>
+      <c r="S414" s="353"/>
+      <c r="T414" s="353"/>
+      <c r="U414" s="353"/>
+      <c r="V414" s="353"/>
+      <c r="W414" s="354"/>
+      <c r="Y414" s="62"/>
+      <c r="Z414" s="62"/>
+      <c r="AA414" s="62"/>
+      <c r="AB414" s="62"/>
+      <c r="AC414" s="62"/>
+      <c r="AD414" s="62"/>
+      <c r="AE414" s="62"/>
+      <c r="AF414" s="62"/>
+      <c r="AG414" s="62"/>
+      <c r="AH414" s="62"/>
+      <c r="AI414" s="62"/>
+      <c r="AJ414" s="62"/>
+      <c r="AK414" s="62"/>
+      <c r="AL414" s="62"/>
+      <c r="AM414" s="62"/>
+      <c r="AN414" s="62"/>
+      <c r="AO414" s="62"/>
+      <c r="AP414" s="62"/>
+      <c r="AQ414" s="62"/>
+      <c r="AR414" s="62"/>
     </row>
     <row r="415" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A415" s="222" t="s">
+      <c r="A415" s="234" t="s">
         <v>64</v>
       </c>
-      <c r="B415" s="223"/>
-[...4 lines deleted...]
-      <c r="G415" s="225">
+      <c r="B415" s="235"/>
+      <c r="C415" s="380"/>
+      <c r="D415" s="380"/>
+      <c r="E415" s="236"/>
+      <c r="F415" s="236"/>
+      <c r="G415" s="233">
         <f>SUM(G402:G414)</f>
         <v>0</v>
       </c>
-      <c r="H415" s="2"/>
+      <c r="H415" s="180"/>
       <c r="I415" s="2"/>
       <c r="J415" s="2"/>
       <c r="N415" s="352"/>
       <c r="O415" s="353"/>
       <c r="P415" s="353"/>
       <c r="Q415" s="353"/>
       <c r="R415" s="353"/>
       <c r="S415" s="353"/>
       <c r="T415" s="353"/>
       <c r="U415" s="353"/>
       <c r="V415" s="353"/>
       <c r="W415" s="354"/>
-      <c r="Y415" s="63"/>
-[...21 lines deleted...]
-      <c r="A416" s="333" t="s">
+      <c r="Y415" s="62"/>
+      <c r="Z415" s="62"/>
+      <c r="AA415" s="62"/>
+      <c r="AB415" s="62"/>
+      <c r="AC415" s="62"/>
+      <c r="AD415" s="62"/>
+      <c r="AE415" s="62"/>
+      <c r="AF415" s="62"/>
+      <c r="AG415" s="62"/>
+      <c r="AH415" s="62"/>
+      <c r="AI415" s="62"/>
+      <c r="AJ415" s="62"/>
+      <c r="AK415" s="62"/>
+      <c r="AL415" s="62"/>
+      <c r="AM415" s="62"/>
+      <c r="AN415" s="62"/>
+      <c r="AO415" s="62"/>
+      <c r="AP415" s="62"/>
+      <c r="AQ415" s="62"/>
+      <c r="AR415" s="62"/>
+    </row>
+    <row r="416" spans="1:44" ht="71.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="381" t="s">
         <v>104</v>
       </c>
-      <c r="B416" s="333"/>
-[...85 lines deleted...]
-      <c r="AR417" s="63"/>
+      <c r="B416" s="381"/>
+      <c r="C416" s="381"/>
+      <c r="D416" s="381"/>
+      <c r="E416" s="381"/>
+      <c r="F416" s="381"/>
+      <c r="G416" s="381"/>
+      <c r="H416" s="381"/>
+      <c r="I416" s="381"/>
+      <c r="J416" s="381"/>
+      <c r="K416" s="381"/>
+      <c r="L416" s="381"/>
+      <c r="M416" s="381"/>
+      <c r="N416" s="381"/>
+      <c r="O416" s="381"/>
+      <c r="P416" s="381"/>
+      <c r="Q416" s="381"/>
+      <c r="R416" s="381"/>
+      <c r="S416" s="381"/>
+      <c r="T416" s="381"/>
+      <c r="U416" s="381"/>
+      <c r="V416" s="381"/>
+      <c r="W416" s="381"/>
+      <c r="Y416" s="62"/>
+      <c r="Z416" s="62"/>
+      <c r="AA416" s="62"/>
+      <c r="AB416" s="62"/>
+      <c r="AC416" s="62"/>
+      <c r="AD416" s="62"/>
+      <c r="AE416" s="62"/>
+      <c r="AF416" s="62"/>
+      <c r="AG416" s="62"/>
+      <c r="AH416" s="62"/>
+      <c r="AI416" s="62"/>
+      <c r="AJ416" s="62"/>
+      <c r="AK416" s="62"/>
+      <c r="AL416" s="62"/>
+      <c r="AM416" s="62"/>
+      <c r="AN416" s="62"/>
+      <c r="AO416" s="62"/>
+      <c r="AP416" s="62"/>
+      <c r="AQ416" s="62"/>
+      <c r="AR416" s="62"/>
+    </row>
+    <row r="417" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A417" s="72"/>
+      <c r="B417" s="72"/>
+      <c r="C417" s="72"/>
+      <c r="D417" s="72"/>
+      <c r="E417" s="72"/>
+      <c r="F417" s="72"/>
+      <c r="G417" s="72"/>
+      <c r="H417" s="72"/>
+      <c r="I417" s="72"/>
+      <c r="J417" s="72"/>
+      <c r="K417" s="72"/>
+      <c r="L417" s="72"/>
+      <c r="M417" s="72"/>
+      <c r="N417" s="72"/>
+      <c r="O417" s="72"/>
+      <c r="P417" s="72"/>
+      <c r="Q417" s="72"/>
+      <c r="R417" s="72"/>
+      <c r="S417" s="72"/>
+      <c r="T417" s="72"/>
+      <c r="U417" s="72"/>
+      <c r="V417" s="72"/>
+      <c r="W417" s="72"/>
+      <c r="Y417" s="62"/>
+      <c r="Z417" s="62"/>
+      <c r="AA417" s="62"/>
+      <c r="AB417" s="62"/>
+      <c r="AC417" s="62"/>
+      <c r="AD417" s="62"/>
+      <c r="AE417" s="62"/>
+      <c r="AF417" s="62"/>
+      <c r="AG417" s="62"/>
+      <c r="AH417" s="62"/>
+      <c r="AI417" s="62"/>
+      <c r="AJ417" s="62"/>
+      <c r="AK417" s="62"/>
+      <c r="AL417" s="62"/>
+      <c r="AM417" s="62"/>
+      <c r="AN417" s="62"/>
+      <c r="AO417" s="62"/>
+      <c r="AP417" s="62"/>
+      <c r="AQ417" s="62"/>
+      <c r="AR417" s="62"/>
     </row>
     <row r="418" spans="1:44" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A418" s="226"/>
-[...41 lines deleted...]
-      <c r="AR418" s="63"/>
+      <c r="A418" s="174"/>
+      <c r="B418" s="174"/>
+      <c r="C418" s="174"/>
+      <c r="D418" s="174"/>
+      <c r="E418" s="174"/>
+      <c r="F418" s="174"/>
+      <c r="G418" s="174"/>
+      <c r="H418" s="174"/>
+      <c r="I418" s="174"/>
+      <c r="J418" s="174"/>
+      <c r="K418" s="174"/>
+      <c r="L418" s="174"/>
+      <c r="M418" s="174"/>
+      <c r="N418" s="174"/>
+      <c r="O418" s="174"/>
+      <c r="P418" s="174"/>
+      <c r="Q418" s="174"/>
+      <c r="R418" s="174"/>
+      <c r="S418" s="174"/>
+      <c r="T418" s="174"/>
+      <c r="U418" s="174"/>
+      <c r="V418" s="174"/>
+      <c r="W418" s="174"/>
+      <c r="Y418" s="62"/>
+      <c r="Z418" s="62"/>
+      <c r="AA418" s="62"/>
+      <c r="AB418" s="62"/>
+      <c r="AC418" s="62"/>
+      <c r="AD418" s="62"/>
+      <c r="AE418" s="62"/>
+      <c r="AF418" s="62"/>
+      <c r="AG418" s="62"/>
+      <c r="AH418" s="62"/>
+      <c r="AI418" s="62"/>
+      <c r="AJ418" s="62"/>
+      <c r="AK418" s="62"/>
+      <c r="AL418" s="62"/>
+      <c r="AM418" s="62"/>
+      <c r="AN418" s="62"/>
+      <c r="AO418" s="62"/>
+      <c r="AP418" s="62"/>
+      <c r="AQ418" s="62"/>
+      <c r="AR418" s="62"/>
     </row>
     <row r="419" spans="1:44" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A419" s="378" t="s">
+      <c r="A419" s="382" t="s">
         <v>65</v>
       </c>
-      <c r="B419" s="379"/>
-[...85 lines deleted...]
-      <c r="AR420" s="63"/>
+      <c r="B419" s="383"/>
+      <c r="C419" s="383"/>
+      <c r="D419" s="383"/>
+      <c r="E419" s="383"/>
+      <c r="F419" s="383"/>
+      <c r="G419" s="383"/>
+      <c r="H419" s="383"/>
+      <c r="I419" s="383"/>
+      <c r="J419" s="383"/>
+      <c r="K419" s="383"/>
+      <c r="L419" s="383"/>
+      <c r="M419" s="383"/>
+      <c r="N419" s="383"/>
+      <c r="O419" s="383"/>
+      <c r="P419" s="383"/>
+      <c r="Q419" s="383"/>
+      <c r="R419" s="383"/>
+      <c r="S419" s="383"/>
+      <c r="T419" s="383"/>
+      <c r="U419" s="383"/>
+      <c r="V419" s="383"/>
+      <c r="W419" s="384"/>
+      <c r="Y419" s="62"/>
+      <c r="Z419" s="62"/>
+      <c r="AA419" s="62"/>
+      <c r="AB419" s="62"/>
+      <c r="AC419" s="62"/>
+      <c r="AD419" s="62"/>
+      <c r="AE419" s="62"/>
+      <c r="AF419" s="62"/>
+      <c r="AG419" s="62"/>
+      <c r="AH419" s="62"/>
+      <c r="AI419" s="62"/>
+      <c r="AJ419" s="62"/>
+      <c r="AK419" s="62"/>
+      <c r="AL419" s="62"/>
+      <c r="AM419" s="62"/>
+      <c r="AN419" s="62"/>
+      <c r="AO419" s="62"/>
+      <c r="AP419" s="62"/>
+      <c r="AQ419" s="62"/>
+      <c r="AR419" s="62"/>
+    </row>
+    <row r="420" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="85"/>
+      <c r="B420" s="174"/>
+      <c r="C420" s="174"/>
+      <c r="D420" s="174"/>
+      <c r="E420" s="174"/>
+      <c r="F420" s="174"/>
+      <c r="G420" s="174"/>
+      <c r="H420" s="174"/>
+      <c r="I420" s="174"/>
+      <c r="J420" s="174"/>
+      <c r="K420" s="174"/>
+      <c r="L420" s="174"/>
+      <c r="M420" s="174"/>
+      <c r="N420" s="174"/>
+      <c r="O420" s="174"/>
+      <c r="P420" s="174"/>
+      <c r="Q420" s="174"/>
+      <c r="R420" s="174"/>
+      <c r="S420" s="174"/>
+      <c r="T420" s="174"/>
+      <c r="U420" s="174"/>
+      <c r="V420" s="174"/>
+      <c r="W420" s="174"/>
+      <c r="Y420" s="62"/>
+      <c r="Z420" s="62"/>
+      <c r="AA420" s="62"/>
+      <c r="AB420" s="62"/>
+      <c r="AC420" s="62"/>
+      <c r="AD420" s="62"/>
+      <c r="AE420" s="62"/>
+      <c r="AF420" s="62"/>
+      <c r="AG420" s="62"/>
+      <c r="AH420" s="62"/>
+      <c r="AI420" s="62"/>
+      <c r="AJ420" s="62"/>
+      <c r="AK420" s="62"/>
+      <c r="AL420" s="62"/>
+      <c r="AM420" s="62"/>
+      <c r="AN420" s="62"/>
+      <c r="AO420" s="62"/>
+      <c r="AP420" s="62"/>
+      <c r="AQ420" s="62"/>
+      <c r="AR420" s="62"/>
     </row>
     <row r="421" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A421" s="227" t="s">
+      <c r="A421" s="237" t="s">
         <v>66</v>
       </c>
-      <c r="B421" s="382">
-[...42 lines deleted...]
-      <c r="AR421" s="63"/>
+      <c r="B421" s="179">
+        <v>0</v>
+      </c>
+      <c r="C421" s="174"/>
+      <c r="D421" s="174"/>
+      <c r="E421" s="174"/>
+      <c r="F421" s="174"/>
+      <c r="G421" s="174"/>
+      <c r="H421" s="174"/>
+      <c r="I421" s="174"/>
+      <c r="J421" s="174"/>
+      <c r="K421" s="174"/>
+      <c r="L421" s="174"/>
+      <c r="M421" s="174"/>
+      <c r="N421" s="174"/>
+      <c r="O421" s="174"/>
+      <c r="P421" s="174"/>
+      <c r="Q421" s="174"/>
+      <c r="R421" s="174"/>
+      <c r="S421" s="174"/>
+      <c r="T421" s="174"/>
+      <c r="U421" s="174"/>
+      <c r="V421" s="174"/>
+      <c r="W421" s="174"/>
+      <c r="Y421" s="62"/>
+      <c r="Z421" s="62"/>
+      <c r="AA421" s="62"/>
+      <c r="AB421" s="62"/>
+      <c r="AC421" s="62"/>
+      <c r="AD421" s="62"/>
+      <c r="AE421" s="62"/>
+      <c r="AF421" s="62"/>
+      <c r="AG421" s="62"/>
+      <c r="AH421" s="62"/>
+      <c r="AI421" s="62"/>
+      <c r="AJ421" s="62"/>
+      <c r="AK421" s="62"/>
+      <c r="AL421" s="62"/>
+      <c r="AM421" s="62"/>
+      <c r="AN421" s="62"/>
+      <c r="AO421" s="62"/>
+      <c r="AP421" s="62"/>
+      <c r="AQ421" s="62"/>
+      <c r="AR421" s="62"/>
     </row>
     <row r="422" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A422" s="227" t="s">
+      <c r="A422" s="237" t="s">
         <v>67</v>
       </c>
-      <c r="B422" s="228">
+      <c r="B422" s="175">
         <f>V278</f>
         <v>0</v>
       </c>
-      <c r="C422" s="226"/>
-[...84 lines deleted...]
-      <c r="AR423" s="63"/>
+      <c r="C422" s="174"/>
+      <c r="D422" s="174"/>
+      <c r="E422" s="174"/>
+      <c r="F422" s="174"/>
+      <c r="G422" s="174"/>
+      <c r="H422" s="174"/>
+      <c r="I422" s="174"/>
+      <c r="J422" s="174"/>
+      <c r="K422" s="174"/>
+      <c r="L422" s="174"/>
+      <c r="M422" s="174"/>
+      <c r="N422" s="174"/>
+      <c r="O422" s="174"/>
+      <c r="P422" s="174"/>
+      <c r="Q422" s="174"/>
+      <c r="R422" s="174"/>
+      <c r="S422" s="174"/>
+      <c r="T422" s="174"/>
+      <c r="U422" s="174"/>
+      <c r="V422" s="174"/>
+      <c r="W422" s="174"/>
+      <c r="Y422" s="62"/>
+      <c r="Z422" s="62"/>
+      <c r="AA422" s="62"/>
+      <c r="AB422" s="62"/>
+      <c r="AC422" s="62"/>
+      <c r="AD422" s="62"/>
+      <c r="AE422" s="62"/>
+      <c r="AF422" s="62"/>
+      <c r="AG422" s="62"/>
+      <c r="AH422" s="62"/>
+      <c r="AI422" s="62"/>
+      <c r="AJ422" s="62"/>
+      <c r="AK422" s="62"/>
+      <c r="AL422" s="62"/>
+      <c r="AM422" s="62"/>
+      <c r="AN422" s="62"/>
+      <c r="AO422" s="62"/>
+      <c r="AP422" s="62"/>
+      <c r="AQ422" s="62"/>
+      <c r="AR422" s="62"/>
+    </row>
+    <row r="423" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A423" s="85"/>
+      <c r="B423" s="174"/>
+      <c r="C423" s="174"/>
+      <c r="D423" s="174"/>
+      <c r="E423" s="174"/>
+      <c r="F423" s="174"/>
+      <c r="G423" s="174"/>
+      <c r="H423" s="174"/>
+      <c r="I423" s="174"/>
+      <c r="J423" s="174"/>
+      <c r="K423" s="174"/>
+      <c r="L423" s="174"/>
+      <c r="M423" s="174"/>
+      <c r="N423" s="174"/>
+      <c r="O423" s="174"/>
+      <c r="P423" s="174"/>
+      <c r="Q423" s="174"/>
+      <c r="R423" s="174"/>
+      <c r="S423" s="174"/>
+      <c r="T423" s="174"/>
+      <c r="U423" s="174"/>
+      <c r="V423" s="174"/>
+      <c r="W423" s="174"/>
+      <c r="Y423" s="62"/>
+      <c r="Z423" s="62"/>
+      <c r="AA423" s="62"/>
+      <c r="AB423" s="62"/>
+      <c r="AC423" s="62"/>
+      <c r="AD423" s="62"/>
+      <c r="AE423" s="62"/>
+      <c r="AF423" s="62"/>
+      <c r="AG423" s="62"/>
+      <c r="AH423" s="62"/>
+      <c r="AI423" s="62"/>
+      <c r="AJ423" s="62"/>
+      <c r="AK423" s="62"/>
+      <c r="AL423" s="62"/>
+      <c r="AM423" s="62"/>
+      <c r="AN423" s="62"/>
+      <c r="AO423" s="62"/>
+      <c r="AP423" s="62"/>
+      <c r="AQ423" s="62"/>
+      <c r="AR423" s="62"/>
     </row>
     <row r="424" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A424" s="227" t="s">
+      <c r="A424" s="237" t="s">
         <v>68</v>
       </c>
-      <c r="B424" s="229">
+      <c r="B424" s="176">
         <f>W278</f>
         <v>0</v>
       </c>
-      <c r="C424" s="226"/>
-[...39 lines deleted...]
-      <c r="AR424" s="63"/>
+      <c r="C424" s="174"/>
+      <c r="D424" s="174"/>
+      <c r="E424" s="174"/>
+      <c r="F424" s="174"/>
+      <c r="G424" s="174"/>
+      <c r="H424" s="174"/>
+      <c r="I424" s="174"/>
+      <c r="J424" s="174"/>
+      <c r="K424" s="174"/>
+      <c r="L424" s="174"/>
+      <c r="M424" s="174"/>
+      <c r="N424" s="174"/>
+      <c r="O424" s="174"/>
+      <c r="P424" s="174"/>
+      <c r="Q424" s="174"/>
+      <c r="R424" s="174"/>
+      <c r="S424" s="174"/>
+      <c r="T424" s="174"/>
+      <c r="U424" s="174"/>
+      <c r="V424" s="174"/>
+      <c r="W424" s="174"/>
+      <c r="Y424" s="62"/>
+      <c r="Z424" s="62"/>
+      <c r="AA424" s="62"/>
+      <c r="AB424" s="62"/>
+      <c r="AC424" s="62"/>
+      <c r="AD424" s="62"/>
+      <c r="AE424" s="62"/>
+      <c r="AF424" s="62"/>
+      <c r="AG424" s="62"/>
+      <c r="AH424" s="62"/>
+      <c r="AI424" s="62"/>
+      <c r="AJ424" s="62"/>
+      <c r="AK424" s="62"/>
+      <c r="AL424" s="62"/>
+      <c r="AM424" s="62"/>
+      <c r="AN424" s="62"/>
+      <c r="AO424" s="62"/>
+      <c r="AP424" s="62"/>
+      <c r="AQ424" s="62"/>
+      <c r="AR424" s="62"/>
     </row>
     <row r="425" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A425" s="227" t="s">
+      <c r="A425" s="237" t="s">
         <v>69</v>
       </c>
-      <c r="B425" s="229">
+      <c r="B425" s="176">
         <f>F294</f>
         <v>0</v>
       </c>
-      <c r="C425" s="226"/>
-[...39 lines deleted...]
-      <c r="AR425" s="63"/>
+      <c r="C425" s="174"/>
+      <c r="D425" s="174"/>
+      <c r="E425" s="174"/>
+      <c r="F425" s="174"/>
+      <c r="G425" s="174"/>
+      <c r="H425" s="174"/>
+      <c r="I425" s="174"/>
+      <c r="J425" s="174"/>
+      <c r="K425" s="174"/>
+      <c r="L425" s="174"/>
+      <c r="M425" s="174"/>
+      <c r="N425" s="174"/>
+      <c r="O425" s="174"/>
+      <c r="P425" s="174"/>
+      <c r="Q425" s="174"/>
+      <c r="R425" s="174"/>
+      <c r="S425" s="174"/>
+      <c r="T425" s="174"/>
+      <c r="U425" s="174"/>
+      <c r="V425" s="174"/>
+      <c r="W425" s="174"/>
+      <c r="Y425" s="62"/>
+      <c r="Z425" s="62"/>
+      <c r="AA425" s="62"/>
+      <c r="AB425" s="62"/>
+      <c r="AC425" s="62"/>
+      <c r="AD425" s="62"/>
+      <c r="AE425" s="62"/>
+      <c r="AF425" s="62"/>
+      <c r="AG425" s="62"/>
+      <c r="AH425" s="62"/>
+      <c r="AI425" s="62"/>
+      <c r="AJ425" s="62"/>
+      <c r="AK425" s="62"/>
+      <c r="AL425" s="62"/>
+      <c r="AM425" s="62"/>
+      <c r="AN425" s="62"/>
+      <c r="AO425" s="62"/>
+      <c r="AP425" s="62"/>
+      <c r="AQ425" s="62"/>
+      <c r="AR425" s="62"/>
     </row>
     <row r="426" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A426" s="227" t="s">
+      <c r="A426" s="237" t="s">
         <v>70</v>
       </c>
-      <c r="B426" s="229">
+      <c r="B426" s="176">
         <f>F299</f>
         <v>0</v>
       </c>
-      <c r="C426" s="226"/>
-[...39 lines deleted...]
-      <c r="AR426" s="63"/>
+      <c r="C426" s="174"/>
+      <c r="D426" s="174"/>
+      <c r="E426" s="174"/>
+      <c r="F426" s="174"/>
+      <c r="G426" s="174"/>
+      <c r="H426" s="174"/>
+      <c r="I426" s="174"/>
+      <c r="J426" s="174"/>
+      <c r="K426" s="174"/>
+      <c r="L426" s="174"/>
+      <c r="M426" s="174"/>
+      <c r="N426" s="174"/>
+      <c r="O426" s="174"/>
+      <c r="P426" s="174"/>
+      <c r="Q426" s="174"/>
+      <c r="R426" s="174"/>
+      <c r="S426" s="174"/>
+      <c r="T426" s="174"/>
+      <c r="U426" s="174"/>
+      <c r="V426" s="174"/>
+      <c r="W426" s="174"/>
+      <c r="Y426" s="62"/>
+      <c r="Z426" s="62"/>
+      <c r="AA426" s="62"/>
+      <c r="AB426" s="62"/>
+      <c r="AC426" s="62"/>
+      <c r="AD426" s="62"/>
+      <c r="AE426" s="62"/>
+      <c r="AF426" s="62"/>
+      <c r="AG426" s="62"/>
+      <c r="AH426" s="62"/>
+      <c r="AI426" s="62"/>
+      <c r="AJ426" s="62"/>
+      <c r="AK426" s="62"/>
+      <c r="AL426" s="62"/>
+      <c r="AM426" s="62"/>
+      <c r="AN426" s="62"/>
+      <c r="AO426" s="62"/>
+      <c r="AP426" s="62"/>
+      <c r="AQ426" s="62"/>
+      <c r="AR426" s="62"/>
     </row>
     <row r="427" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A427" s="227" t="s">
+      <c r="A427" s="237" t="s">
         <v>71</v>
       </c>
-      <c r="B427" s="230">
+      <c r="B427" s="177">
         <f>G397</f>
         <v>0</v>
       </c>
-      <c r="C427" s="226"/>
-[...39 lines deleted...]
-      <c r="AR427" s="63"/>
+      <c r="C427" s="174"/>
+      <c r="D427" s="174"/>
+      <c r="E427" s="174"/>
+      <c r="F427" s="174"/>
+      <c r="G427" s="174"/>
+      <c r="H427" s="174"/>
+      <c r="I427" s="174"/>
+      <c r="J427" s="174"/>
+      <c r="K427" s="174"/>
+      <c r="L427" s="174"/>
+      <c r="M427" s="174"/>
+      <c r="N427" s="174"/>
+      <c r="O427" s="174"/>
+      <c r="P427" s="174"/>
+      <c r="Q427" s="174"/>
+      <c r="R427" s="174"/>
+      <c r="S427" s="174"/>
+      <c r="T427" s="174"/>
+      <c r="U427" s="174"/>
+      <c r="V427" s="174"/>
+      <c r="W427" s="174"/>
+      <c r="Y427" s="62"/>
+      <c r="Z427" s="62"/>
+      <c r="AA427" s="62"/>
+      <c r="AB427" s="62"/>
+      <c r="AC427" s="62"/>
+      <c r="AD427" s="62"/>
+      <c r="AE427" s="62"/>
+      <c r="AF427" s="62"/>
+      <c r="AG427" s="62"/>
+      <c r="AH427" s="62"/>
+      <c r="AI427" s="62"/>
+      <c r="AJ427" s="62"/>
+      <c r="AK427" s="62"/>
+      <c r="AL427" s="62"/>
+      <c r="AM427" s="62"/>
+      <c r="AN427" s="62"/>
+      <c r="AO427" s="62"/>
+      <c r="AP427" s="62"/>
+      <c r="AQ427" s="62"/>
+      <c r="AR427" s="62"/>
     </row>
     <row r="428" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A428" s="227" t="s">
+      <c r="A428" s="237" t="s">
         <v>72</v>
       </c>
-      <c r="B428" s="230">
+      <c r="B428" s="177">
         <f>G415</f>
         <v>0</v>
       </c>
-      <c r="C428" s="226"/>
-[...39 lines deleted...]
-      <c r="AR428" s="63"/>
+      <c r="C428" s="174"/>
+      <c r="D428" s="174"/>
+      <c r="E428" s="174"/>
+      <c r="F428" s="174"/>
+      <c r="G428" s="174"/>
+      <c r="H428" s="174"/>
+      <c r="I428" s="174"/>
+      <c r="J428" s="174"/>
+      <c r="K428" s="174"/>
+      <c r="L428" s="174"/>
+      <c r="M428" s="174"/>
+      <c r="N428" s="174"/>
+      <c r="O428" s="174"/>
+      <c r="P428" s="174"/>
+      <c r="Q428" s="174"/>
+      <c r="R428" s="174"/>
+      <c r="S428" s="174"/>
+      <c r="T428" s="174"/>
+      <c r="U428" s="174"/>
+      <c r="V428" s="174"/>
+      <c r="W428" s="174"/>
+      <c r="Y428" s="62"/>
+      <c r="Z428" s="62"/>
+      <c r="AA428" s="62"/>
+      <c r="AB428" s="62"/>
+      <c r="AC428" s="62"/>
+      <c r="AD428" s="62"/>
+      <c r="AE428" s="62"/>
+      <c r="AF428" s="62"/>
+      <c r="AG428" s="62"/>
+      <c r="AH428" s="62"/>
+      <c r="AI428" s="62"/>
+      <c r="AJ428" s="62"/>
+      <c r="AK428" s="62"/>
+      <c r="AL428" s="62"/>
+      <c r="AM428" s="62"/>
+      <c r="AN428" s="62"/>
+      <c r="AO428" s="62"/>
+      <c r="AP428" s="62"/>
+      <c r="AQ428" s="62"/>
+      <c r="AR428" s="62"/>
     </row>
     <row r="429" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A429" s="227" t="s">
+      <c r="A429" s="237" t="s">
         <v>73</v>
       </c>
-      <c r="B429" s="229">
+      <c r="B429" s="176">
         <f>SUM(B424:B428)</f>
         <v>0</v>
       </c>
-      <c r="C429" s="226"/>
-[...39 lines deleted...]
-      <c r="AR429" s="63"/>
+      <c r="C429" s="174"/>
+      <c r="D429" s="174"/>
+      <c r="E429" s="174"/>
+      <c r="F429" s="174"/>
+      <c r="G429" s="174"/>
+      <c r="H429" s="174"/>
+      <c r="I429" s="174"/>
+      <c r="J429" s="174"/>
+      <c r="K429" s="174"/>
+      <c r="L429" s="174"/>
+      <c r="M429" s="174"/>
+      <c r="N429" s="174"/>
+      <c r="O429" s="174"/>
+      <c r="P429" s="174"/>
+      <c r="Q429" s="174"/>
+      <c r="R429" s="174"/>
+      <c r="S429" s="174"/>
+      <c r="T429" s="174"/>
+      <c r="U429" s="174"/>
+      <c r="V429" s="174"/>
+      <c r="W429" s="174"/>
+      <c r="Y429" s="62"/>
+      <c r="Z429" s="62"/>
+      <c r="AA429" s="62"/>
+      <c r="AB429" s="62"/>
+      <c r="AC429" s="62"/>
+      <c r="AD429" s="62"/>
+      <c r="AE429" s="62"/>
+      <c r="AF429" s="62"/>
+      <c r="AG429" s="62"/>
+      <c r="AH429" s="62"/>
+      <c r="AI429" s="62"/>
+      <c r="AJ429" s="62"/>
+      <c r="AK429" s="62"/>
+      <c r="AL429" s="62"/>
+      <c r="AM429" s="62"/>
+      <c r="AN429" s="62"/>
+      <c r="AO429" s="62"/>
+      <c r="AP429" s="62"/>
+      <c r="AQ429" s="62"/>
+      <c r="AR429" s="62"/>
     </row>
     <row r="430" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A430" s="153" t="s">
+      <c r="A430" s="183" t="s">
         <v>74</v>
       </c>
-      <c r="B430" s="229">
+      <c r="B430" s="176">
         <f>B429*B421</f>
         <v>0</v>
       </c>
-      <c r="C430" s="226"/>
-[...39 lines deleted...]
-      <c r="AR430" s="63"/>
+      <c r="C430" s="174"/>
+      <c r="D430" s="174"/>
+      <c r="E430" s="174"/>
+      <c r="F430" s="174"/>
+      <c r="G430" s="174"/>
+      <c r="H430" s="174"/>
+      <c r="I430" s="174"/>
+      <c r="J430" s="174"/>
+      <c r="K430" s="174"/>
+      <c r="L430" s="174"/>
+      <c r="M430" s="174"/>
+      <c r="N430" s="174"/>
+      <c r="O430" s="174"/>
+      <c r="P430" s="174"/>
+      <c r="Q430" s="174"/>
+      <c r="R430" s="174"/>
+      <c r="S430" s="174"/>
+      <c r="T430" s="174"/>
+      <c r="U430" s="174"/>
+      <c r="V430" s="174"/>
+      <c r="W430" s="174"/>
+      <c r="Y430" s="62"/>
+      <c r="Z430" s="62"/>
+      <c r="AA430" s="62"/>
+      <c r="AB430" s="62"/>
+      <c r="AC430" s="62"/>
+      <c r="AD430" s="62"/>
+      <c r="AE430" s="62"/>
+      <c r="AF430" s="62"/>
+      <c r="AG430" s="62"/>
+      <c r="AH430" s="62"/>
+      <c r="AI430" s="62"/>
+      <c r="AJ430" s="62"/>
+      <c r="AK430" s="62"/>
+      <c r="AL430" s="62"/>
+      <c r="AM430" s="62"/>
+      <c r="AN430" s="62"/>
+      <c r="AO430" s="62"/>
+      <c r="AP430" s="62"/>
+      <c r="AQ430" s="62"/>
+      <c r="AR430" s="62"/>
     </row>
     <row r="431" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H431" s="2"/>
       <c r="I431" s="2"/>
       <c r="J431" s="2"/>
       <c r="S431" s="2"/>
       <c r="T431" s="2"/>
       <c r="U431" s="2"/>
-      <c r="Y431" s="63"/>
-[...21 lines deleted...]
-      <c r="A432" s="381" t="s">
+      <c r="Y431" s="62"/>
+      <c r="Z431" s="62"/>
+      <c r="AA431" s="62"/>
+      <c r="AB431" s="62"/>
+      <c r="AC431" s="62"/>
+      <c r="AD431" s="62"/>
+      <c r="AE431" s="62"/>
+      <c r="AF431" s="62"/>
+      <c r="AG431" s="62"/>
+      <c r="AH431" s="62"/>
+      <c r="AI431" s="62"/>
+      <c r="AJ431" s="62"/>
+      <c r="AK431" s="62"/>
+      <c r="AL431" s="62"/>
+      <c r="AM431" s="62"/>
+      <c r="AN431" s="62"/>
+      <c r="AO431" s="62"/>
+      <c r="AP431" s="62"/>
+      <c r="AQ431" s="62"/>
+      <c r="AR431" s="62"/>
+    </row>
+    <row r="432" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A432" s="385" t="s">
         <v>75</v>
       </c>
-      <c r="B432" s="381"/>
-[...136 lines deleted...]
-      <c r="A435" s="92" t="s">
+      <c r="B432" s="385"/>
+      <c r="C432" s="385"/>
+      <c r="D432" s="385"/>
+      <c r="E432" s="385"/>
+      <c r="F432" s="385"/>
+      <c r="G432" s="385"/>
+      <c r="H432" s="385"/>
+      <c r="I432" s="385"/>
+      <c r="J432" s="385"/>
+      <c r="K432" s="385"/>
+      <c r="L432" s="385"/>
+      <c r="M432" s="385"/>
+      <c r="N432" s="385"/>
+      <c r="O432" s="385"/>
+      <c r="P432" s="385"/>
+      <c r="Q432" s="385"/>
+      <c r="R432" s="385"/>
+      <c r="S432" s="385"/>
+      <c r="T432" s="385"/>
+      <c r="U432" s="385"/>
+      <c r="V432" s="385"/>
+      <c r="W432" s="385"/>
+      <c r="X432" s="62"/>
+      <c r="Y432" s="62"/>
+      <c r="Z432" s="62"/>
+      <c r="AA432" s="62"/>
+      <c r="AB432" s="62"/>
+      <c r="AC432" s="62"/>
+      <c r="AD432" s="62"/>
+      <c r="AE432" s="62"/>
+      <c r="AF432" s="62"/>
+      <c r="AG432" s="62"/>
+      <c r="AH432" s="62"/>
+      <c r="AI432" s="62"/>
+      <c r="AJ432" s="62"/>
+      <c r="AK432" s="62"/>
+      <c r="AL432" s="62"/>
+      <c r="AM432" s="62"/>
+      <c r="AN432" s="62"/>
+      <c r="AO432" s="62"/>
+      <c r="AP432" s="62"/>
+      <c r="AQ432" s="62"/>
+      <c r="AR432" s="62"/>
+    </row>
+    <row r="433" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A433" s="174"/>
+      <c r="B433" s="174"/>
+      <c r="C433" s="174"/>
+      <c r="D433" s="174"/>
+      <c r="E433" s="174"/>
+      <c r="F433" s="174"/>
+      <c r="G433" s="174"/>
+      <c r="H433" s="174"/>
+      <c r="I433" s="174"/>
+      <c r="J433" s="174"/>
+      <c r="K433" s="174"/>
+      <c r="L433" s="174"/>
+      <c r="M433" s="174"/>
+      <c r="N433" s="174"/>
+      <c r="O433" s="174"/>
+      <c r="P433" s="174"/>
+      <c r="Q433" s="174"/>
+      <c r="R433" s="174"/>
+      <c r="S433" s="174"/>
+      <c r="T433" s="174"/>
+      <c r="U433" s="174"/>
+      <c r="V433" s="174"/>
+      <c r="W433" s="174"/>
+      <c r="X433" s="62"/>
+      <c r="Y433" s="62"/>
+      <c r="Z433" s="62"/>
+      <c r="AA433" s="62"/>
+      <c r="AB433" s="62"/>
+      <c r="AC433" s="62"/>
+      <c r="AD433" s="62"/>
+      <c r="AE433" s="62"/>
+      <c r="AF433" s="62"/>
+      <c r="AG433" s="62"/>
+      <c r="AH433" s="62"/>
+      <c r="AI433" s="62"/>
+      <c r="AJ433" s="62"/>
+      <c r="AK433" s="62"/>
+      <c r="AL433" s="62"/>
+      <c r="AM433" s="62"/>
+      <c r="AN433" s="62"/>
+      <c r="AO433" s="62"/>
+      <c r="AP433" s="62"/>
+      <c r="AQ433" s="62"/>
+      <c r="AR433" s="62"/>
+    </row>
+    <row r="434" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A434" s="174"/>
+      <c r="B434" s="174"/>
+      <c r="C434" s="174"/>
+      <c r="D434" s="174"/>
+      <c r="E434" s="174"/>
+      <c r="F434" s="174"/>
+      <c r="G434" s="174"/>
+      <c r="H434" s="174"/>
+      <c r="I434" s="174"/>
+      <c r="J434" s="174"/>
+      <c r="K434" s="174"/>
+      <c r="L434" s="174"/>
+      <c r="M434" s="174"/>
+      <c r="N434" s="174"/>
+      <c r="O434" s="174"/>
+      <c r="P434" s="174"/>
+      <c r="Q434" s="174"/>
+      <c r="R434" s="174"/>
+      <c r="S434" s="174"/>
+      <c r="T434" s="174"/>
+      <c r="U434" s="174"/>
+      <c r="V434" s="174"/>
+      <c r="W434" s="174"/>
+      <c r="X434" s="62"/>
+      <c r="Y434" s="62"/>
+      <c r="Z434" s="62"/>
+      <c r="AA434" s="62"/>
+      <c r="AB434" s="62"/>
+      <c r="AC434" s="62"/>
+      <c r="AD434" s="62"/>
+      <c r="AE434" s="62"/>
+      <c r="AF434" s="62"/>
+      <c r="AG434" s="62"/>
+      <c r="AH434" s="62"/>
+      <c r="AI434" s="62"/>
+      <c r="AJ434" s="62"/>
+      <c r="AK434" s="62"/>
+      <c r="AL434" s="62"/>
+      <c r="AM434" s="62"/>
+      <c r="AN434" s="62"/>
+      <c r="AO434" s="62"/>
+      <c r="AP434" s="62"/>
+      <c r="AQ434" s="62"/>
+      <c r="AR434" s="62"/>
+    </row>
+    <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A435" s="91" t="s">
         <v>76</v>
       </c>
-      <c r="B435" s="63"/>
-[...41 lines deleted...]
-      <c r="AR435" s="63"/>
+      <c r="B435" s="62"/>
+      <c r="C435" s="62"/>
+      <c r="D435" s="62"/>
+      <c r="E435" s="62"/>
+      <c r="F435" s="62"/>
+      <c r="G435" s="62"/>
+      <c r="H435" s="62"/>
+      <c r="I435" s="62"/>
+      <c r="J435" s="62"/>
+      <c r="K435" s="62"/>
+      <c r="L435" s="62"/>
+      <c r="M435" s="62"/>
+      <c r="N435" s="62"/>
+      <c r="O435" s="62"/>
+      <c r="P435" s="62"/>
+      <c r="Q435" s="62"/>
+      <c r="R435" s="62"/>
+      <c r="S435" s="62"/>
+      <c r="T435" s="62"/>
+      <c r="U435" s="62"/>
+      <c r="V435" s="62"/>
+      <c r="W435" s="62"/>
+      <c r="X435" s="62"/>
+      <c r="Y435" s="62"/>
+      <c r="Z435" s="62"/>
+      <c r="AA435" s="62"/>
+      <c r="AB435" s="62"/>
+      <c r="AC435" s="62"/>
+      <c r="AD435" s="62"/>
+      <c r="AE435" s="62"/>
+      <c r="AF435" s="62"/>
+      <c r="AG435" s="62"/>
+      <c r="AH435" s="62"/>
+      <c r="AI435" s="62"/>
+      <c r="AJ435" s="62"/>
+      <c r="AK435" s="62"/>
+      <c r="AL435" s="62"/>
+      <c r="AM435" s="62"/>
+      <c r="AN435" s="62"/>
+      <c r="AO435" s="62"/>
+      <c r="AP435" s="62"/>
+      <c r="AQ435" s="62"/>
+      <c r="AR435" s="62"/>
     </row>
     <row r="436" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A436" s="63"/>
-[...45 lines deleted...]
-      <c r="A437" s="374" t="s">
+      <c r="A436" s="62"/>
+      <c r="B436" s="62"/>
+      <c r="C436" s="62"/>
+      <c r="D436" s="62"/>
+      <c r="E436" s="62"/>
+      <c r="F436" s="62"/>
+      <c r="G436" s="62"/>
+      <c r="H436" s="62"/>
+      <c r="I436" s="62"/>
+      <c r="J436" s="62"/>
+      <c r="K436" s="62"/>
+      <c r="L436" s="62"/>
+      <c r="M436" s="62"/>
+      <c r="N436" s="62"/>
+      <c r="O436" s="62"/>
+      <c r="P436" s="62"/>
+      <c r="Q436" s="62"/>
+      <c r="R436" s="62"/>
+      <c r="S436" s="62"/>
+      <c r="T436" s="62"/>
+      <c r="U436" s="62"/>
+      <c r="V436" s="62"/>
+      <c r="W436" s="62"/>
+      <c r="X436" s="62"/>
+      <c r="Y436" s="62"/>
+      <c r="Z436" s="62"/>
+      <c r="AA436" s="62"/>
+      <c r="AB436" s="62"/>
+      <c r="AC436" s="62"/>
+      <c r="AD436" s="62"/>
+      <c r="AE436" s="62"/>
+      <c r="AF436" s="62"/>
+      <c r="AG436" s="62"/>
+      <c r="AH436" s="62"/>
+      <c r="AI436" s="62"/>
+      <c r="AJ436" s="62"/>
+      <c r="AK436" s="62"/>
+      <c r="AL436" s="62"/>
+      <c r="AM436" s="62"/>
+      <c r="AN436" s="62"/>
+      <c r="AO436" s="62"/>
+      <c r="AP436" s="62"/>
+      <c r="AQ436" s="62"/>
+      <c r="AR436" s="62"/>
+    </row>
+    <row r="437" spans="1:44" ht="17.25" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="377" t="s">
         <v>77</v>
       </c>
-      <c r="B437" s="374"/>
-[...3 lines deleted...]
-      <c r="F437" s="374"/>
+      <c r="B437" s="377"/>
+      <c r="C437" s="377"/>
+      <c r="D437" s="377"/>
+      <c r="E437" s="377"/>
+      <c r="F437" s="377"/>
       <c r="G437"/>
       <c r="H437"/>
       <c r="I437"/>
       <c r="J437"/>
       <c r="K437"/>
       <c r="L437"/>
       <c r="M437"/>
-      <c r="N437" s="63"/>
-[...33 lines deleted...]
-      <c r="B438" s="77"/>
+      <c r="N437" s="62"/>
+      <c r="O437" s="62"/>
+      <c r="P437" s="62"/>
+      <c r="Q437" s="62"/>
+      <c r="R437" s="62"/>
+      <c r="S437" s="62"/>
+      <c r="T437" s="62"/>
+      <c r="U437" s="62"/>
+      <c r="V437" s="62"/>
+      <c r="W437" s="62"/>
+      <c r="X437" s="62"/>
+      <c r="Y437" s="62"/>
+      <c r="Z437" s="62"/>
+      <c r="AA437" s="62"/>
+      <c r="AB437" s="62"/>
+      <c r="AC437" s="62"/>
+      <c r="AD437" s="62"/>
+      <c r="AE437" s="62"/>
+      <c r="AF437" s="62"/>
+      <c r="AG437" s="62"/>
+      <c r="AH437" s="62"/>
+      <c r="AI437" s="62"/>
+      <c r="AJ437" s="62"/>
+      <c r="AK437" s="62"/>
+      <c r="AL437" s="62"/>
+      <c r="AM437" s="62"/>
+      <c r="AN437" s="62"/>
+      <c r="AO437" s="62"/>
+      <c r="AP437" s="62"/>
+      <c r="AQ437" s="62"/>
+      <c r="AR437" s="62"/>
+    </row>
+    <row r="438" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A438" s="75"/>
+      <c r="B438" s="76"/>
       <c r="C438" s="5"/>
-      <c r="D438" s="77"/>
-      <c r="E438" s="77"/>
+      <c r="D438" s="76"/>
+      <c r="E438" s="76"/>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438"/>
       <c r="I438"/>
       <c r="J438"/>
       <c r="K438"/>
       <c r="L438"/>
       <c r="M438"/>
-      <c r="N438" s="63"/>
-[...33 lines deleted...]
-      <c r="B439" s="111" t="s">
+      <c r="N438" s="62"/>
+      <c r="O438" s="62"/>
+      <c r="P438" s="62"/>
+      <c r="Q438" s="62"/>
+      <c r="R438" s="62"/>
+      <c r="S438" s="62"/>
+      <c r="T438" s="62"/>
+      <c r="U438" s="62"/>
+      <c r="V438" s="62"/>
+      <c r="W438" s="62"/>
+      <c r="X438" s="62"/>
+      <c r="Y438" s="62"/>
+      <c r="Z438" s="62"/>
+      <c r="AA438" s="62"/>
+      <c r="AB438" s="62"/>
+      <c r="AC438" s="62"/>
+      <c r="AD438" s="62"/>
+      <c r="AE438" s="62"/>
+      <c r="AF438" s="62"/>
+      <c r="AG438" s="62"/>
+      <c r="AH438" s="62"/>
+      <c r="AI438" s="62"/>
+      <c r="AJ438" s="62"/>
+      <c r="AK438" s="62"/>
+      <c r="AL438" s="62"/>
+      <c r="AM438" s="62"/>
+      <c r="AN438" s="62"/>
+      <c r="AO438" s="62"/>
+      <c r="AP438" s="62"/>
+      <c r="AQ438" s="62"/>
+      <c r="AR438" s="62"/>
+    </row>
+    <row r="439" spans="1:44" ht="48" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A439" s="77"/>
+      <c r="B439" s="110" t="s">
         <v>73</v>
       </c>
-      <c r="C439" s="112" t="s">
+      <c r="C439" s="111" t="s">
         <v>78</v>
       </c>
-      <c r="D439" s="113" t="s">
+      <c r="D439" s="112" t="s">
         <v>79</v>
       </c>
-      <c r="E439" s="114" t="s">
+      <c r="E439" s="113" t="s">
         <v>80</v>
       </c>
-      <c r="F439" s="144" t="s">
+      <c r="F439" s="143" t="s">
         <v>81</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
       <c r="I439"/>
       <c r="J439"/>
       <c r="S439" s="2"/>
       <c r="T439" s="2"/>
       <c r="U439" s="2"/>
-      <c r="X439" s="63"/>
-[...22 lines deleted...]
-      <c r="A440" s="106" t="s">
+      <c r="X439" s="62"/>
+      <c r="Y439" s="62"/>
+      <c r="Z439" s="62"/>
+      <c r="AA439" s="62"/>
+      <c r="AB439" s="62"/>
+      <c r="AC439" s="62"/>
+      <c r="AD439" s="62"/>
+      <c r="AE439" s="62"/>
+      <c r="AF439" s="62"/>
+      <c r="AG439" s="62"/>
+      <c r="AH439" s="62"/>
+      <c r="AI439" s="62"/>
+      <c r="AJ439" s="62"/>
+      <c r="AK439" s="62"/>
+      <c r="AL439" s="62"/>
+      <c r="AM439" s="62"/>
+      <c r="AN439" s="62"/>
+      <c r="AO439" s="62"/>
+      <c r="AP439" s="62"/>
+      <c r="AQ439" s="62"/>
+      <c r="AR439" s="62"/>
+    </row>
+    <row r="440" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="B440" s="107">
+      <c r="B440" s="106">
         <f>B442+B443+B444+B445+B446</f>
         <v>0</v>
       </c>
-      <c r="C440" s="108">
+      <c r="C440" s="107">
         <f>B440</f>
         <v>0</v>
       </c>
-      <c r="D440" s="109"/>
-      <c r="E440" s="110">
+      <c r="D440" s="108"/>
+      <c r="E440" s="109">
         <f>B429</f>
         <v>0</v>
       </c>
-      <c r="F440" s="145">
+      <c r="F440" s="144">
         <f>D440-E440</f>
         <v>0</v>
       </c>
       <c r="G440"/>
       <c r="H440"/>
       <c r="I440"/>
       <c r="J440"/>
       <c r="S440" s="2"/>
       <c r="T440" s="2"/>
       <c r="U440" s="2"/>
-      <c r="X440" s="63"/>
-[...22 lines deleted...]
-      <c r="A441" s="79" t="s">
+      <c r="X440" s="62"/>
+      <c r="Y440" s="62"/>
+      <c r="Z440" s="62"/>
+      <c r="AA440" s="62"/>
+      <c r="AB440" s="62"/>
+      <c r="AC440" s="62"/>
+      <c r="AD440" s="62"/>
+      <c r="AE440" s="62"/>
+      <c r="AF440" s="62"/>
+      <c r="AG440" s="62"/>
+      <c r="AH440" s="62"/>
+      <c r="AI440" s="62"/>
+      <c r="AJ440" s="62"/>
+      <c r="AK440" s="62"/>
+      <c r="AL440" s="62"/>
+      <c r="AM440" s="62"/>
+      <c r="AN440" s="62"/>
+      <c r="AO440" s="62"/>
+      <c r="AP440" s="62"/>
+      <c r="AQ440" s="62"/>
+      <c r="AR440" s="62"/>
+    </row>
+    <row r="441" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="78" t="s">
         <v>83</v>
       </c>
-      <c r="B441" s="80">
-[...4 lines deleted...]
-      <c r="E441" s="82">
+      <c r="B441" s="79">
+        <v>0</v>
+      </c>
+      <c r="C441" s="80"/>
+      <c r="D441" s="81"/>
+      <c r="E441" s="81">
         <f>B422</f>
         <v>0</v>
       </c>
-      <c r="F441" s="146">
+      <c r="F441" s="145">
         <f>D441-E441</f>
         <v>0</v>
       </c>
       <c r="G441"/>
       <c r="H441"/>
       <c r="I441"/>
       <c r="J441"/>
       <c r="S441" s="2"/>
       <c r="T441" s="2"/>
       <c r="U441" s="2"/>
-      <c r="X441" s="63"/>
-[...22 lines deleted...]
-      <c r="A442" s="79" t="s">
+      <c r="X441" s="62"/>
+      <c r="Y441" s="62"/>
+      <c r="Z441" s="62"/>
+      <c r="AA441" s="62"/>
+      <c r="AB441" s="62"/>
+      <c r="AC441" s="62"/>
+      <c r="AD441" s="62"/>
+      <c r="AE441" s="62"/>
+      <c r="AF441" s="62"/>
+      <c r="AG441" s="62"/>
+      <c r="AH441" s="62"/>
+      <c r="AI441" s="62"/>
+      <c r="AJ441" s="62"/>
+      <c r="AK441" s="62"/>
+      <c r="AL441" s="62"/>
+      <c r="AM441" s="62"/>
+      <c r="AN441" s="62"/>
+      <c r="AO441" s="62"/>
+      <c r="AP441" s="62"/>
+      <c r="AQ441" s="62"/>
+      <c r="AR441" s="62"/>
+    </row>
+    <row r="442" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="78" t="s">
         <v>68</v>
       </c>
-      <c r="B442" s="80">
-[...4 lines deleted...]
-      <c r="E442" s="82">
+      <c r="B442" s="79">
+        <v>0</v>
+      </c>
+      <c r="C442" s="80"/>
+      <c r="D442" s="81"/>
+      <c r="E442" s="81">
         <f>B424</f>
         <v>0</v>
       </c>
-      <c r="F442" s="146">
+      <c r="F442" s="145">
         <f t="shared" ref="F442:F446" si="16">D442-E442</f>
         <v>0</v>
       </c>
       <c r="G442"/>
       <c r="H442"/>
       <c r="I442"/>
       <c r="J442"/>
       <c r="S442" s="2"/>
       <c r="T442" s="2"/>
       <c r="U442" s="2"/>
-      <c r="X442" s="63"/>
-[...22 lines deleted...]
-      <c r="A443" s="79" t="s">
+      <c r="X442" s="62"/>
+      <c r="Y442" s="62"/>
+      <c r="Z442" s="62"/>
+      <c r="AA442" s="62"/>
+      <c r="AB442" s="62"/>
+      <c r="AC442" s="62"/>
+      <c r="AD442" s="62"/>
+      <c r="AE442" s="62"/>
+      <c r="AF442" s="62"/>
+      <c r="AG442" s="62"/>
+      <c r="AH442" s="62"/>
+      <c r="AI442" s="62"/>
+      <c r="AJ442" s="62"/>
+      <c r="AK442" s="62"/>
+      <c r="AL442" s="62"/>
+      <c r="AM442" s="62"/>
+      <c r="AN442" s="62"/>
+      <c r="AO442" s="62"/>
+      <c r="AP442" s="62"/>
+      <c r="AQ442" s="62"/>
+      <c r="AR442" s="62"/>
+    </row>
+    <row r="443" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="78" t="s">
         <v>69</v>
       </c>
-      <c r="B443" s="83">
-[...4 lines deleted...]
-      <c r="E443" s="85">
+      <c r="B443" s="82">
+        <v>0</v>
+      </c>
+      <c r="C443" s="83"/>
+      <c r="D443" s="84"/>
+      <c r="E443" s="84">
         <f>B425</f>
         <v>0</v>
       </c>
-      <c r="F443" s="146">
+      <c r="F443" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
       <c r="I443"/>
       <c r="J443"/>
       <c r="S443" s="2"/>
       <c r="T443" s="2"/>
       <c r="U443" s="2"/>
-      <c r="X443" s="63"/>
-[...22 lines deleted...]
-      <c r="A444" s="79" t="s">
+      <c r="X443" s="62"/>
+      <c r="Y443" s="62"/>
+      <c r="Z443" s="62"/>
+      <c r="AA443" s="62"/>
+      <c r="AB443" s="62"/>
+      <c r="AC443" s="62"/>
+      <c r="AD443" s="62"/>
+      <c r="AE443" s="62"/>
+      <c r="AF443" s="62"/>
+      <c r="AG443" s="62"/>
+      <c r="AH443" s="62"/>
+      <c r="AI443" s="62"/>
+      <c r="AJ443" s="62"/>
+      <c r="AK443" s="62"/>
+      <c r="AL443" s="62"/>
+      <c r="AM443" s="62"/>
+      <c r="AN443" s="62"/>
+      <c r="AO443" s="62"/>
+      <c r="AP443" s="62"/>
+      <c r="AQ443" s="62"/>
+      <c r="AR443" s="62"/>
+    </row>
+    <row r="444" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="78" t="s">
         <v>70</v>
       </c>
-      <c r="B444" s="83">
-[...4 lines deleted...]
-      <c r="E444" s="85">
+      <c r="B444" s="82">
+        <v>0</v>
+      </c>
+      <c r="C444" s="83"/>
+      <c r="D444" s="84"/>
+      <c r="E444" s="84">
         <f>B426</f>
         <v>0</v>
       </c>
-      <c r="F444" s="146">
+      <c r="F444" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G444"/>
       <c r="H444"/>
       <c r="I444"/>
       <c r="J444"/>
       <c r="S444" s="2"/>
       <c r="T444" s="2"/>
       <c r="U444" s="2"/>
-      <c r="X444" s="63"/>
-[...22 lines deleted...]
-      <c r="A445" s="79" t="s">
+      <c r="X444" s="62"/>
+      <c r="Y444" s="62"/>
+      <c r="Z444" s="62"/>
+      <c r="AA444" s="62"/>
+      <c r="AB444" s="62"/>
+      <c r="AC444" s="62"/>
+      <c r="AD444" s="62"/>
+      <c r="AE444" s="62"/>
+      <c r="AF444" s="62"/>
+      <c r="AG444" s="62"/>
+      <c r="AH444" s="62"/>
+      <c r="AI444" s="62"/>
+      <c r="AJ444" s="62"/>
+      <c r="AK444" s="62"/>
+      <c r="AL444" s="62"/>
+      <c r="AM444" s="62"/>
+      <c r="AN444" s="62"/>
+      <c r="AO444" s="62"/>
+      <c r="AP444" s="62"/>
+      <c r="AQ444" s="62"/>
+      <c r="AR444" s="62"/>
+    </row>
+    <row r="445" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="78" t="s">
         <v>84</v>
       </c>
-      <c r="B445" s="83">
-[...4 lines deleted...]
-      <c r="E445" s="85">
+      <c r="B445" s="82">
+        <v>0</v>
+      </c>
+      <c r="C445" s="83"/>
+      <c r="D445" s="84"/>
+      <c r="E445" s="84">
         <f>B427</f>
         <v>0</v>
       </c>
-      <c r="F445" s="146">
+      <c r="F445" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G445"/>
       <c r="H445"/>
       <c r="I445"/>
       <c r="J445"/>
       <c r="S445" s="2"/>
       <c r="T445" s="2"/>
       <c r="U445" s="2"/>
-      <c r="X445" s="63"/>
-[...22 lines deleted...]
-      <c r="A446" s="79" t="s">
+      <c r="X445" s="62"/>
+      <c r="Y445" s="62"/>
+      <c r="Z445" s="62"/>
+      <c r="AA445" s="62"/>
+      <c r="AB445" s="62"/>
+      <c r="AC445" s="62"/>
+      <c r="AD445" s="62"/>
+      <c r="AE445" s="62"/>
+      <c r="AF445" s="62"/>
+      <c r="AG445" s="62"/>
+      <c r="AH445" s="62"/>
+      <c r="AI445" s="62"/>
+      <c r="AJ445" s="62"/>
+      <c r="AK445" s="62"/>
+      <c r="AL445" s="62"/>
+      <c r="AM445" s="62"/>
+      <c r="AN445" s="62"/>
+      <c r="AO445" s="62"/>
+      <c r="AP445" s="62"/>
+      <c r="AQ445" s="62"/>
+      <c r="AR445" s="62"/>
+    </row>
+    <row r="446" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="78" t="s">
         <v>72</v>
       </c>
-      <c r="B446" s="83">
-[...4 lines deleted...]
-      <c r="E446" s="85">
+      <c r="B446" s="82">
+        <v>0</v>
+      </c>
+      <c r="C446" s="83"/>
+      <c r="D446" s="84"/>
+      <c r="E446" s="84">
         <f>B428</f>
         <v>0</v>
       </c>
-      <c r="F446" s="146">
+      <c r="F446" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G446"/>
       <c r="H446"/>
       <c r="I446"/>
       <c r="J446"/>
       <c r="S446" s="2"/>
       <c r="T446" s="2"/>
       <c r="U446" s="2"/>
-      <c r="X446" s="63"/>
-[...22 lines deleted...]
-      <c r="A447" s="98" t="s">
+      <c r="X446" s="62"/>
+      <c r="Y446" s="62"/>
+      <c r="Z446" s="62"/>
+      <c r="AA446" s="62"/>
+      <c r="AB446" s="62"/>
+      <c r="AC446" s="62"/>
+      <c r="AD446" s="62"/>
+      <c r="AE446" s="62"/>
+      <c r="AF446" s="62"/>
+      <c r="AG446" s="62"/>
+      <c r="AH446" s="62"/>
+      <c r="AI446" s="62"/>
+      <c r="AJ446" s="62"/>
+      <c r="AK446" s="62"/>
+      <c r="AL446" s="62"/>
+      <c r="AM446" s="62"/>
+      <c r="AN446" s="62"/>
+      <c r="AO446" s="62"/>
+      <c r="AP446" s="62"/>
+      <c r="AQ446" s="62"/>
+      <c r="AR446" s="62"/>
+    </row>
+    <row r="447" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="97" t="s">
         <v>85</v>
       </c>
-      <c r="B447" s="99">
-[...4 lines deleted...]
-      <c r="E447" s="101">
+      <c r="B447" s="98">
+        <v>0</v>
+      </c>
+      <c r="C447" s="99"/>
+      <c r="D447" s="100"/>
+      <c r="E447" s="100">
         <f>B421</f>
         <v>0</v>
       </c>
-      <c r="F447" s="147"/>
+      <c r="F447" s="146"/>
       <c r="G447"/>
       <c r="H447"/>
       <c r="I447"/>
       <c r="J447"/>
       <c r="S447" s="2"/>
       <c r="T447" s="2"/>
       <c r="U447" s="2"/>
-      <c r="X447" s="63"/>
-[...22 lines deleted...]
-      <c r="A448" s="102" t="s">
+      <c r="X447" s="62"/>
+      <c r="Y447" s="62"/>
+      <c r="Z447" s="62"/>
+      <c r="AA447" s="62"/>
+      <c r="AB447" s="62"/>
+      <c r="AC447" s="62"/>
+      <c r="AD447" s="62"/>
+      <c r="AE447" s="62"/>
+      <c r="AF447" s="62"/>
+      <c r="AG447" s="62"/>
+      <c r="AH447" s="62"/>
+      <c r="AI447" s="62"/>
+      <c r="AJ447" s="62"/>
+      <c r="AK447" s="62"/>
+      <c r="AL447" s="62"/>
+      <c r="AM447" s="62"/>
+      <c r="AN447" s="62"/>
+      <c r="AO447" s="62"/>
+      <c r="AP447" s="62"/>
+      <c r="AQ447" s="62"/>
+      <c r="AR447" s="62"/>
+    </row>
+    <row r="448" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A448" s="101" t="s">
         <v>86</v>
       </c>
-      <c r="B448" s="103">
+      <c r="B448" s="102">
         <f>B440*B447</f>
         <v>0</v>
       </c>
-      <c r="C448" s="104"/>
-[...1 lines deleted...]
-      <c r="E448" s="104">
+      <c r="C448" s="103"/>
+      <c r="D448" s="104"/>
+      <c r="E448" s="103">
         <f>E440*E447</f>
         <v>0</v>
       </c>
-      <c r="F448" s="148">
+      <c r="F448" s="147">
         <f>D448-E448</f>
         <v>0</v>
       </c>
       <c r="G448"/>
       <c r="H448"/>
       <c r="I448"/>
       <c r="J448"/>
       <c r="S448" s="2"/>
       <c r="T448" s="2"/>
       <c r="U448" s="2"/>
-      <c r="X448" s="63"/>
-[...27 lines deleted...]
-      <c r="F449" s="87"/>
+      <c r="X448" s="62"/>
+      <c r="Y448" s="62"/>
+      <c r="Z448" s="62"/>
+      <c r="AA448" s="62"/>
+      <c r="AB448" s="62"/>
+      <c r="AC448" s="62"/>
+      <c r="AD448" s="62"/>
+      <c r="AE448" s="62"/>
+      <c r="AF448" s="62"/>
+      <c r="AG448" s="62"/>
+      <c r="AH448" s="62"/>
+      <c r="AI448" s="62"/>
+      <c r="AJ448" s="62"/>
+      <c r="AK448" s="62"/>
+      <c r="AL448" s="62"/>
+      <c r="AM448" s="62"/>
+      <c r="AN448" s="62"/>
+      <c r="AO448" s="62"/>
+      <c r="AP448" s="62"/>
+      <c r="AQ448" s="62"/>
+      <c r="AR448" s="62"/>
+    </row>
+    <row r="449" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A449" s="85"/>
+      <c r="B449" s="85"/>
+      <c r="C449" s="85"/>
+      <c r="D449" s="85"/>
+      <c r="E449" s="85"/>
+      <c r="F449" s="86"/>
       <c r="G449"/>
       <c r="H449"/>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
-      <c r="N449" s="63"/>
-[...32 lines deleted...]
-      <c r="A450" s="88" t="s">
+      <c r="N449" s="62"/>
+      <c r="O449" s="62"/>
+      <c r="P449" s="62"/>
+      <c r="Q449" s="62"/>
+      <c r="R449" s="62"/>
+      <c r="S449" s="62"/>
+      <c r="T449" s="62"/>
+      <c r="U449" s="62"/>
+      <c r="V449" s="62"/>
+      <c r="W449" s="62"/>
+      <c r="X449" s="62"/>
+      <c r="Y449" s="62"/>
+      <c r="Z449" s="62"/>
+      <c r="AA449" s="62"/>
+      <c r="AB449" s="62"/>
+      <c r="AC449" s="62"/>
+      <c r="AD449" s="62"/>
+      <c r="AE449" s="62"/>
+      <c r="AF449" s="62"/>
+      <c r="AG449" s="62"/>
+      <c r="AH449" s="62"/>
+      <c r="AI449" s="62"/>
+      <c r="AJ449" s="62"/>
+      <c r="AK449" s="62"/>
+      <c r="AL449" s="62"/>
+      <c r="AM449" s="62"/>
+      <c r="AN449" s="62"/>
+      <c r="AO449" s="62"/>
+      <c r="AP449" s="62"/>
+      <c r="AQ449" s="62"/>
+      <c r="AR449" s="62"/>
+    </row>
+    <row r="450" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="87" t="s">
         <v>87</v>
       </c>
-      <c r="B450" s="96">
+      <c r="B450" s="95">
         <f>+E440</f>
         <v>0</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
       <c r="I450"/>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
-      <c r="N450" s="63"/>
-[...32 lines deleted...]
-      <c r="A451" s="89" t="s">
+      <c r="N450" s="62"/>
+      <c r="O450" s="62"/>
+      <c r="P450" s="62"/>
+      <c r="Q450" s="62"/>
+      <c r="R450" s="62"/>
+      <c r="S450" s="62"/>
+      <c r="T450" s="62"/>
+      <c r="U450" s="62"/>
+      <c r="V450" s="62"/>
+      <c r="W450" s="62"/>
+      <c r="X450" s="62"/>
+      <c r="Y450" s="62"/>
+      <c r="Z450" s="62"/>
+      <c r="AA450" s="62"/>
+      <c r="AB450" s="62"/>
+      <c r="AC450" s="62"/>
+      <c r="AD450" s="62"/>
+      <c r="AE450" s="62"/>
+      <c r="AF450" s="62"/>
+      <c r="AG450" s="62"/>
+      <c r="AH450" s="62"/>
+      <c r="AI450" s="62"/>
+      <c r="AJ450" s="62"/>
+      <c r="AK450" s="62"/>
+      <c r="AL450" s="62"/>
+      <c r="AM450" s="62"/>
+      <c r="AN450" s="62"/>
+      <c r="AO450" s="62"/>
+      <c r="AP450" s="62"/>
+      <c r="AQ450" s="62"/>
+      <c r="AR450" s="62"/>
+    </row>
+    <row r="451" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="88" t="s">
         <v>85</v>
       </c>
-      <c r="B451" s="97">
+      <c r="B451" s="96">
         <f>B447</f>
         <v>0</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451"/>
       <c r="I451"/>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
-      <c r="N451" s="63"/>
-[...32 lines deleted...]
-      <c r="A452" s="89" t="s">
+      <c r="N451" s="62"/>
+      <c r="O451" s="62"/>
+      <c r="P451" s="62"/>
+      <c r="Q451" s="62"/>
+      <c r="R451" s="62"/>
+      <c r="S451" s="62"/>
+      <c r="T451" s="62"/>
+      <c r="U451" s="62"/>
+      <c r="V451" s="62"/>
+      <c r="W451" s="62"/>
+      <c r="X451" s="62"/>
+      <c r="Y451" s="62"/>
+      <c r="Z451" s="62"/>
+      <c r="AA451" s="62"/>
+      <c r="AB451" s="62"/>
+      <c r="AC451" s="62"/>
+      <c r="AD451" s="62"/>
+      <c r="AE451" s="62"/>
+      <c r="AF451" s="62"/>
+      <c r="AG451" s="62"/>
+      <c r="AH451" s="62"/>
+      <c r="AI451" s="62"/>
+      <c r="AJ451" s="62"/>
+      <c r="AK451" s="62"/>
+      <c r="AL451" s="62"/>
+      <c r="AM451" s="62"/>
+      <c r="AN451" s="62"/>
+      <c r="AO451" s="62"/>
+      <c r="AP451" s="62"/>
+      <c r="AQ451" s="62"/>
+      <c r="AR451" s="62"/>
+    </row>
+    <row r="452" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="88" t="s">
         <v>74</v>
       </c>
-      <c r="B452" s="90">
+      <c r="B452" s="89">
         <f>B450*B451</f>
         <v>0</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
-      <c r="N452" s="63"/>
-[...33 lines deleted...]
-      <c r="B453" s="90"/>
+      <c r="N452" s="62"/>
+      <c r="O452" s="62"/>
+      <c r="P452" s="62"/>
+      <c r="Q452" s="62"/>
+      <c r="R452" s="62"/>
+      <c r="S452" s="62"/>
+      <c r="T452" s="62"/>
+      <c r="U452" s="62"/>
+      <c r="V452" s="62"/>
+      <c r="W452" s="62"/>
+      <c r="X452" s="62"/>
+      <c r="Y452" s="62"/>
+      <c r="Z452" s="62"/>
+      <c r="AA452" s="62"/>
+      <c r="AB452" s="62"/>
+      <c r="AC452" s="62"/>
+      <c r="AD452" s="62"/>
+      <c r="AE452" s="62"/>
+      <c r="AF452" s="62"/>
+      <c r="AG452" s="62"/>
+      <c r="AH452" s="62"/>
+      <c r="AI452" s="62"/>
+      <c r="AJ452" s="62"/>
+      <c r="AK452" s="62"/>
+      <c r="AL452" s="62"/>
+      <c r="AM452" s="62"/>
+      <c r="AN452" s="62"/>
+      <c r="AO452" s="62"/>
+      <c r="AP452" s="62"/>
+      <c r="AQ452" s="62"/>
+      <c r="AR452" s="62"/>
+    </row>
+    <row r="453" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="88"/>
+      <c r="B453" s="89"/>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
-      <c r="N453" s="63"/>
-[...32 lines deleted...]
-      <c r="A454" s="89" t="s">
+      <c r="N453" s="62"/>
+      <c r="O453" s="62"/>
+      <c r="P453" s="62"/>
+      <c r="Q453" s="62"/>
+      <c r="R453" s="62"/>
+      <c r="S453" s="62"/>
+      <c r="T453" s="62"/>
+      <c r="U453" s="62"/>
+      <c r="V453" s="62"/>
+      <c r="W453" s="62"/>
+      <c r="X453" s="62"/>
+      <c r="Y453" s="62"/>
+      <c r="Z453" s="62"/>
+      <c r="AA453" s="62"/>
+      <c r="AB453" s="62"/>
+      <c r="AC453" s="62"/>
+      <c r="AD453" s="62"/>
+      <c r="AE453" s="62"/>
+      <c r="AF453" s="62"/>
+      <c r="AG453" s="62"/>
+      <c r="AH453" s="62"/>
+      <c r="AI453" s="62"/>
+      <c r="AJ453" s="62"/>
+      <c r="AK453" s="62"/>
+      <c r="AL453" s="62"/>
+      <c r="AM453" s="62"/>
+      <c r="AN453" s="62"/>
+      <c r="AO453" s="62"/>
+      <c r="AP453" s="62"/>
+      <c r="AQ453" s="62"/>
+      <c r="AR453" s="62"/>
+    </row>
+    <row r="454" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="88" t="s">
         <v>88</v>
       </c>
-      <c r="B454" s="90">
+      <c r="B454" s="89">
         <f>B448</f>
         <v>0</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
       <c r="I454"/>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
-      <c r="N454" s="63"/>
-[...32 lines deleted...]
-      <c r="A455" s="93" t="s">
+      <c r="N454" s="62"/>
+      <c r="O454" s="62"/>
+      <c r="P454" s="62"/>
+      <c r="Q454" s="62"/>
+      <c r="R454" s="62"/>
+      <c r="S454" s="62"/>
+      <c r="T454" s="62"/>
+      <c r="U454" s="62"/>
+      <c r="V454" s="62"/>
+      <c r="W454" s="62"/>
+      <c r="X454" s="62"/>
+      <c r="Y454" s="62"/>
+      <c r="Z454" s="62"/>
+      <c r="AA454" s="62"/>
+      <c r="AB454" s="62"/>
+      <c r="AC454" s="62"/>
+      <c r="AD454" s="62"/>
+      <c r="AE454" s="62"/>
+      <c r="AF454" s="62"/>
+      <c r="AG454" s="62"/>
+      <c r="AH454" s="62"/>
+      <c r="AI454" s="62"/>
+      <c r="AJ454" s="62"/>
+      <c r="AK454" s="62"/>
+      <c r="AL454" s="62"/>
+      <c r="AM454" s="62"/>
+      <c r="AN454" s="62"/>
+      <c r="AO454" s="62"/>
+      <c r="AP454" s="62"/>
+      <c r="AQ454" s="62"/>
+      <c r="AR454" s="62"/>
+    </row>
+    <row r="455" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="92" t="s">
         <v>89</v>
       </c>
-      <c r="B455" s="94">
+      <c r="B455" s="93">
         <v>0</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
       <c r="I455"/>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
-      <c r="N455" s="63"/>
-[...32 lines deleted...]
-      <c r="A456" s="89" t="s">
+      <c r="N455" s="62"/>
+      <c r="O455" s="62"/>
+      <c r="P455" s="62"/>
+      <c r="Q455" s="62"/>
+      <c r="R455" s="62"/>
+      <c r="S455" s="62"/>
+      <c r="T455" s="62"/>
+      <c r="U455" s="62"/>
+      <c r="V455" s="62"/>
+      <c r="W455" s="62"/>
+      <c r="X455" s="62"/>
+      <c r="Y455" s="62"/>
+      <c r="Z455" s="62"/>
+      <c r="AA455" s="62"/>
+      <c r="AB455" s="62"/>
+      <c r="AC455" s="62"/>
+      <c r="AD455" s="62"/>
+      <c r="AE455" s="62"/>
+      <c r="AF455" s="62"/>
+      <c r="AG455" s="62"/>
+      <c r="AH455" s="62"/>
+      <c r="AI455" s="62"/>
+      <c r="AJ455" s="62"/>
+      <c r="AK455" s="62"/>
+      <c r="AL455" s="62"/>
+      <c r="AM455" s="62"/>
+      <c r="AN455" s="62"/>
+      <c r="AO455" s="62"/>
+      <c r="AP455" s="62"/>
+      <c r="AQ455" s="62"/>
+      <c r="AR455" s="62"/>
+    </row>
+    <row r="456" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="88" t="s">
         <v>90</v>
       </c>
-      <c r="B456" s="90">
+      <c r="B456" s="89">
         <f>B454-B455</f>
         <v>0</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
       <c r="I456"/>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
-      <c r="N456" s="63"/>
-[...33 lines deleted...]
-      <c r="B457" s="90"/>
+      <c r="N456" s="62"/>
+      <c r="O456" s="62"/>
+      <c r="P456" s="62"/>
+      <c r="Q456" s="62"/>
+      <c r="R456" s="62"/>
+      <c r="S456" s="62"/>
+      <c r="T456" s="62"/>
+      <c r="U456" s="62"/>
+      <c r="V456" s="62"/>
+      <c r="W456" s="62"/>
+      <c r="X456" s="62"/>
+      <c r="Y456" s="62"/>
+      <c r="Z456" s="62"/>
+      <c r="AA456" s="62"/>
+      <c r="AB456" s="62"/>
+      <c r="AC456" s="62"/>
+      <c r="AD456" s="62"/>
+      <c r="AE456" s="62"/>
+      <c r="AF456" s="62"/>
+      <c r="AG456" s="62"/>
+      <c r="AH456" s="62"/>
+      <c r="AI456" s="62"/>
+      <c r="AJ456" s="62"/>
+      <c r="AK456" s="62"/>
+      <c r="AL456" s="62"/>
+      <c r="AM456" s="62"/>
+      <c r="AN456" s="62"/>
+      <c r="AO456" s="62"/>
+      <c r="AP456" s="62"/>
+      <c r="AQ456" s="62"/>
+      <c r="AR456" s="62"/>
+    </row>
+    <row r="457" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="88"/>
+      <c r="B457" s="89"/>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
       <c r="I457"/>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
-      <c r="N457" s="63"/>
-[...32 lines deleted...]
-      <c r="A458" s="142" t="s">
+      <c r="N457" s="62"/>
+      <c r="O457" s="62"/>
+      <c r="P457" s="62"/>
+      <c r="Q457" s="62"/>
+      <c r="R457" s="62"/>
+      <c r="S457" s="62"/>
+      <c r="T457" s="62"/>
+      <c r="U457" s="62"/>
+      <c r="V457" s="62"/>
+      <c r="W457" s="62"/>
+      <c r="X457" s="62"/>
+      <c r="Y457" s="62"/>
+      <c r="Z457" s="62"/>
+      <c r="AA457" s="62"/>
+      <c r="AB457" s="62"/>
+      <c r="AC457" s="62"/>
+      <c r="AD457" s="62"/>
+      <c r="AE457" s="62"/>
+      <c r="AF457" s="62"/>
+      <c r="AG457" s="62"/>
+      <c r="AH457" s="62"/>
+      <c r="AI457" s="62"/>
+      <c r="AJ457" s="62"/>
+      <c r="AK457" s="62"/>
+      <c r="AL457" s="62"/>
+      <c r="AM457" s="62"/>
+      <c r="AN457" s="62"/>
+      <c r="AO457" s="62"/>
+      <c r="AP457" s="62"/>
+      <c r="AQ457" s="62"/>
+      <c r="AR457" s="62"/>
+    </row>
+    <row r="458" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A458" s="141" t="s">
         <v>91</v>
       </c>
-      <c r="B458" s="143">
+      <c r="B458" s="142">
         <f>B452-B455</f>
         <v>0</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
-      <c r="E458" s="95"/>
+      <c r="E458" s="94"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
       <c r="I458"/>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
-      <c r="N458" s="63"/>
-[...31 lines deleted...]
-    <row r="459" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="N458" s="62"/>
+      <c r="O458" s="62"/>
+      <c r="P458" s="62"/>
+      <c r="Q458" s="62"/>
+      <c r="R458" s="62"/>
+      <c r="S458" s="62"/>
+      <c r="T458" s="62"/>
+      <c r="U458" s="62"/>
+      <c r="V458" s="62"/>
+      <c r="W458" s="62"/>
+      <c r="X458" s="62"/>
+      <c r="Y458" s="62"/>
+      <c r="Z458" s="62"/>
+      <c r="AA458" s="62"/>
+      <c r="AB458" s="62"/>
+      <c r="AC458" s="62"/>
+      <c r="AD458" s="62"/>
+      <c r="AE458" s="62"/>
+      <c r="AF458" s="62"/>
+      <c r="AG458" s="62"/>
+      <c r="AH458" s="62"/>
+      <c r="AI458" s="62"/>
+      <c r="AJ458" s="62"/>
+      <c r="AK458" s="62"/>
+      <c r="AL458" s="62"/>
+      <c r="AM458" s="62"/>
+      <c r="AN458" s="62"/>
+      <c r="AO458" s="62"/>
+      <c r="AP458" s="62"/>
+      <c r="AQ458" s="62"/>
+      <c r="AR458" s="62"/>
+    </row>
+    <row r="459" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A459"/>
       <c r="B459"/>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
       <c r="I459"/>
       <c r="J459"/>
       <c r="K459"/>
       <c r="L459"/>
       <c r="M459"/>
-      <c r="N459" s="63"/>
-[...31 lines deleted...]
-    <row r="460" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="N459" s="62"/>
+      <c r="O459" s="62"/>
+      <c r="P459" s="62"/>
+      <c r="Q459" s="62"/>
+      <c r="R459" s="62"/>
+      <c r="S459" s="62"/>
+      <c r="T459" s="62"/>
+      <c r="U459" s="62"/>
+      <c r="V459" s="62"/>
+      <c r="W459" s="62"/>
+      <c r="X459" s="62"/>
+      <c r="Y459" s="62"/>
+      <c r="Z459" s="62"/>
+      <c r="AA459" s="62"/>
+      <c r="AB459" s="62"/>
+      <c r="AC459" s="62"/>
+      <c r="AD459" s="62"/>
+      <c r="AE459" s="62"/>
+      <c r="AF459" s="62"/>
+      <c r="AG459" s="62"/>
+      <c r="AH459" s="62"/>
+      <c r="AI459" s="62"/>
+      <c r="AJ459" s="62"/>
+      <c r="AK459" s="62"/>
+      <c r="AL459" s="62"/>
+      <c r="AM459" s="62"/>
+      <c r="AN459" s="62"/>
+      <c r="AO459" s="62"/>
+      <c r="AP459" s="62"/>
+      <c r="AQ459" s="62"/>
+      <c r="AR459" s="62"/>
+    </row>
+    <row r="460" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A460"/>
       <c r="B460"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
-      <c r="N460" s="63"/>
-[...29 lines deleted...]
-      <c r="AR460" s="63"/>
+      <c r="N460" s="62"/>
+      <c r="O460" s="62"/>
+      <c r="P460" s="62"/>
+      <c r="Q460" s="62"/>
+      <c r="R460" s="62"/>
+      <c r="S460" s="62"/>
+      <c r="T460" s="62"/>
+      <c r="U460" s="62"/>
+      <c r="V460" s="62"/>
+      <c r="W460" s="62"/>
+      <c r="X460" s="62"/>
+      <c r="Y460" s="62"/>
+      <c r="Z460" s="62"/>
+      <c r="AA460" s="62"/>
+      <c r="AB460" s="62"/>
+      <c r="AC460" s="62"/>
+      <c r="AD460" s="62"/>
+      <c r="AE460" s="62"/>
+      <c r="AF460" s="62"/>
+      <c r="AG460" s="62"/>
+      <c r="AH460" s="62"/>
+      <c r="AI460" s="62"/>
+      <c r="AJ460" s="62"/>
+      <c r="AK460" s="62"/>
+      <c r="AL460" s="62"/>
+      <c r="AM460" s="62"/>
+      <c r="AN460" s="62"/>
+      <c r="AO460" s="62"/>
+      <c r="AP460" s="62"/>
+      <c r="AQ460" s="62"/>
+      <c r="AR460" s="62"/>
     </row>
     <row r="461" spans="1:44" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A461" s="91" t="s">
+      <c r="A461" s="90" t="s">
         <v>92</v>
       </c>
-      <c r="B461" s="63"/>
-[...41 lines deleted...]
-      <c r="AR461" s="63"/>
+      <c r="B461" s="62"/>
+      <c r="C461" s="62"/>
+      <c r="D461" s="62"/>
+      <c r="E461" s="62"/>
+      <c r="F461" s="62"/>
+      <c r="G461" s="62"/>
+      <c r="H461" s="62"/>
+      <c r="I461" s="62"/>
+      <c r="J461" s="62"/>
+      <c r="K461" s="62"/>
+      <c r="L461" s="62"/>
+      <c r="M461" s="62"/>
+      <c r="N461" s="62"/>
+      <c r="O461" s="62"/>
+      <c r="P461" s="62"/>
+      <c r="Q461" s="62"/>
+      <c r="R461" s="62"/>
+      <c r="S461" s="62"/>
+      <c r="T461" s="62"/>
+      <c r="U461" s="62"/>
+      <c r="V461" s="62"/>
+      <c r="W461" s="62"/>
+      <c r="X461" s="62"/>
+      <c r="Y461" s="62"/>
+      <c r="Z461" s="62"/>
+      <c r="AA461" s="62"/>
+      <c r="AB461" s="62"/>
+      <c r="AC461" s="62"/>
+      <c r="AD461" s="62"/>
+      <c r="AE461" s="62"/>
+      <c r="AF461" s="62"/>
+      <c r="AG461" s="62"/>
+      <c r="AH461" s="62"/>
+      <c r="AI461" s="62"/>
+      <c r="AJ461" s="62"/>
+      <c r="AK461" s="62"/>
+      <c r="AL461" s="62"/>
+      <c r="AM461" s="62"/>
+      <c r="AN461" s="62"/>
+      <c r="AO461" s="62"/>
+      <c r="AP461" s="62"/>
+      <c r="AQ461" s="62"/>
+      <c r="AR461" s="62"/>
     </row>
     <row r="462" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A462" s="63"/>
-[...42 lines deleted...]
-      <c r="AR462" s="63"/>
+      <c r="A462" s="62"/>
+      <c r="B462" s="62"/>
+      <c r="C462" s="62"/>
+      <c r="D462" s="62"/>
+      <c r="E462" s="62"/>
+      <c r="F462" s="62"/>
+      <c r="G462" s="62"/>
+      <c r="H462" s="62"/>
+      <c r="I462" s="62"/>
+      <c r="J462" s="62"/>
+      <c r="K462" s="62"/>
+      <c r="L462" s="62"/>
+      <c r="M462" s="62"/>
+      <c r="N462" s="62"/>
+      <c r="O462" s="62"/>
+      <c r="P462" s="62"/>
+      <c r="Q462" s="62"/>
+      <c r="R462" s="62"/>
+      <c r="S462" s="62"/>
+      <c r="T462" s="62"/>
+      <c r="U462" s="62"/>
+      <c r="V462" s="62"/>
+      <c r="W462" s="62"/>
+      <c r="X462" s="62"/>
+      <c r="Y462" s="62"/>
+      <c r="Z462" s="62"/>
+      <c r="AA462" s="62"/>
+      <c r="AB462" s="62"/>
+      <c r="AC462" s="62"/>
+      <c r="AD462" s="62"/>
+      <c r="AE462" s="62"/>
+      <c r="AF462" s="62"/>
+      <c r="AG462" s="62"/>
+      <c r="AH462" s="62"/>
+      <c r="AI462" s="62"/>
+      <c r="AJ462" s="62"/>
+      <c r="AK462" s="62"/>
+      <c r="AL462" s="62"/>
+      <c r="AM462" s="62"/>
+      <c r="AN462" s="62"/>
+      <c r="AO462" s="62"/>
+      <c r="AP462" s="62"/>
+      <c r="AQ462" s="62"/>
+      <c r="AR462" s="62"/>
     </row>
     <row r="463" spans="1:44" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A463" s="63"/>
-[...42 lines deleted...]
-      <c r="AR463" s="63"/>
+      <c r="A463" s="62"/>
+      <c r="B463" s="62"/>
+      <c r="C463" s="62"/>
+      <c r="D463" s="62"/>
+      <c r="E463" s="62"/>
+      <c r="F463" s="62"/>
+      <c r="G463" s="62"/>
+      <c r="H463" s="62"/>
+      <c r="I463" s="62"/>
+      <c r="J463" s="62"/>
+      <c r="K463" s="62"/>
+      <c r="L463" s="62"/>
+      <c r="M463" s="62"/>
+      <c r="N463" s="62"/>
+      <c r="O463" s="62"/>
+      <c r="P463" s="62"/>
+      <c r="Q463" s="62"/>
+      <c r="R463" s="62"/>
+      <c r="S463" s="62"/>
+      <c r="T463" s="62"/>
+      <c r="U463" s="62"/>
+      <c r="V463" s="62"/>
+      <c r="W463" s="62"/>
+      <c r="X463" s="62"/>
+      <c r="Y463" s="62"/>
+      <c r="Z463" s="62"/>
+      <c r="AA463" s="62"/>
+      <c r="AB463" s="62"/>
+      <c r="AC463" s="62"/>
+      <c r="AD463" s="62"/>
+      <c r="AE463" s="62"/>
+      <c r="AF463" s="62"/>
+      <c r="AG463" s="62"/>
+      <c r="AH463" s="62"/>
+      <c r="AI463" s="62"/>
+      <c r="AJ463" s="62"/>
+      <c r="AK463" s="62"/>
+      <c r="AL463" s="62"/>
+      <c r="AM463" s="62"/>
+      <c r="AN463" s="62"/>
+      <c r="AO463" s="62"/>
+      <c r="AP463" s="62"/>
+      <c r="AQ463" s="62"/>
+      <c r="AR463" s="62"/>
     </row>
     <row r="464" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A464" s="63"/>
-[...42 lines deleted...]
-      <c r="AR464" s="63"/>
+      <c r="A464" s="62"/>
+      <c r="B464" s="62"/>
+      <c r="C464" s="62"/>
+      <c r="D464" s="62"/>
+      <c r="E464" s="62"/>
+      <c r="F464" s="62"/>
+      <c r="G464" s="62"/>
+      <c r="H464" s="62"/>
+      <c r="I464" s="62"/>
+      <c r="J464" s="62"/>
+      <c r="K464" s="62"/>
+      <c r="L464" s="62"/>
+      <c r="M464" s="62"/>
+      <c r="N464" s="62"/>
+      <c r="O464" s="62"/>
+      <c r="P464" s="62"/>
+      <c r="Q464" s="62"/>
+      <c r="R464" s="62"/>
+      <c r="S464" s="62"/>
+      <c r="T464" s="62"/>
+      <c r="U464" s="62"/>
+      <c r="V464" s="62"/>
+      <c r="W464" s="62"/>
+      <c r="X464" s="62"/>
+      <c r="Y464" s="62"/>
+      <c r="Z464" s="62"/>
+      <c r="AA464" s="62"/>
+      <c r="AB464" s="62"/>
+      <c r="AC464" s="62"/>
+      <c r="AD464" s="62"/>
+      <c r="AE464" s="62"/>
+      <c r="AF464" s="62"/>
+      <c r="AG464" s="62"/>
+      <c r="AH464" s="62"/>
+      <c r="AI464" s="62"/>
+      <c r="AJ464" s="62"/>
+      <c r="AK464" s="62"/>
+      <c r="AL464" s="62"/>
+      <c r="AM464" s="62"/>
+      <c r="AN464" s="62"/>
+      <c r="AO464" s="62"/>
+      <c r="AP464" s="62"/>
+      <c r="AQ464" s="62"/>
+      <c r="AR464" s="62"/>
     </row>
     <row r="465" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A465" s="63"/>
-[...42 lines deleted...]
-      <c r="AR465" s="63"/>
+      <c r="A465" s="62"/>
+      <c r="B465" s="62"/>
+      <c r="C465" s="62"/>
+      <c r="D465" s="62"/>
+      <c r="E465" s="62"/>
+      <c r="F465" s="62"/>
+      <c r="G465" s="62"/>
+      <c r="H465" s="62"/>
+      <c r="I465" s="62"/>
+      <c r="J465" s="62"/>
+      <c r="K465" s="62"/>
+      <c r="L465" s="62"/>
+      <c r="M465" s="62"/>
+      <c r="N465" s="62"/>
+      <c r="O465" s="62"/>
+      <c r="P465" s="62"/>
+      <c r="Q465" s="62"/>
+      <c r="R465" s="62"/>
+      <c r="S465" s="62"/>
+      <c r="T465" s="62"/>
+      <c r="U465" s="62"/>
+      <c r="V465" s="62"/>
+      <c r="W465" s="62"/>
+      <c r="X465" s="62"/>
+      <c r="Y465" s="62"/>
+      <c r="Z465" s="62"/>
+      <c r="AA465" s="62"/>
+      <c r="AB465" s="62"/>
+      <c r="AC465" s="62"/>
+      <c r="AD465" s="62"/>
+      <c r="AE465" s="62"/>
+      <c r="AF465" s="62"/>
+      <c r="AG465" s="62"/>
+      <c r="AH465" s="62"/>
+      <c r="AI465" s="62"/>
+      <c r="AJ465" s="62"/>
+      <c r="AK465" s="62"/>
+      <c r="AL465" s="62"/>
+      <c r="AM465" s="62"/>
+      <c r="AN465" s="62"/>
+      <c r="AO465" s="62"/>
+      <c r="AP465" s="62"/>
+      <c r="AQ465" s="62"/>
+      <c r="AR465" s="62"/>
     </row>
     <row r="466" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A466" s="63"/>
-[...42 lines deleted...]
-      <c r="AR466" s="63"/>
+      <c r="A466" s="62"/>
+      <c r="B466" s="62"/>
+      <c r="C466" s="62"/>
+      <c r="D466" s="62"/>
+      <c r="E466" s="62"/>
+      <c r="F466" s="62"/>
+      <c r="G466" s="62"/>
+      <c r="H466" s="62"/>
+      <c r="I466" s="62"/>
+      <c r="J466" s="62"/>
+      <c r="K466" s="62"/>
+      <c r="L466" s="62"/>
+      <c r="M466" s="62"/>
+      <c r="N466" s="62"/>
+      <c r="O466" s="62"/>
+      <c r="P466" s="62"/>
+      <c r="Q466" s="62"/>
+      <c r="R466" s="62"/>
+      <c r="S466" s="62"/>
+      <c r="T466" s="62"/>
+      <c r="U466" s="62"/>
+      <c r="V466" s="62"/>
+      <c r="W466" s="62"/>
+      <c r="X466" s="62"/>
+      <c r="Y466" s="62"/>
+      <c r="Z466" s="62"/>
+      <c r="AA466" s="62"/>
+      <c r="AB466" s="62"/>
+      <c r="AC466" s="62"/>
+      <c r="AD466" s="62"/>
+      <c r="AE466" s="62"/>
+      <c r="AF466" s="62"/>
+      <c r="AG466" s="62"/>
+      <c r="AH466" s="62"/>
+      <c r="AI466" s="62"/>
+      <c r="AJ466" s="62"/>
+      <c r="AK466" s="62"/>
+      <c r="AL466" s="62"/>
+      <c r="AM466" s="62"/>
+      <c r="AN466" s="62"/>
+      <c r="AO466" s="62"/>
+      <c r="AP466" s="62"/>
+      <c r="AQ466" s="62"/>
+      <c r="AR466" s="62"/>
     </row>
     <row r="467" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A467" s="63"/>
-[...42 lines deleted...]
-      <c r="AR467" s="63"/>
+      <c r="A467" s="62"/>
+      <c r="B467" s="62"/>
+      <c r="C467" s="62"/>
+      <c r="D467" s="62"/>
+      <c r="E467" s="62"/>
+      <c r="F467" s="62"/>
+      <c r="G467" s="62"/>
+      <c r="H467" s="62"/>
+      <c r="I467" s="62"/>
+      <c r="J467" s="62"/>
+      <c r="K467" s="62"/>
+      <c r="L467" s="62"/>
+      <c r="M467" s="62"/>
+      <c r="N467" s="62"/>
+      <c r="O467" s="62"/>
+      <c r="P467" s="62"/>
+      <c r="Q467" s="62"/>
+      <c r="R467" s="62"/>
+      <c r="S467" s="62"/>
+      <c r="T467" s="62"/>
+      <c r="U467" s="62"/>
+      <c r="V467" s="62"/>
+      <c r="W467" s="62"/>
+      <c r="X467" s="62"/>
+      <c r="Y467" s="62"/>
+      <c r="Z467" s="62"/>
+      <c r="AA467" s="62"/>
+      <c r="AB467" s="62"/>
+      <c r="AC467" s="62"/>
+      <c r="AD467" s="62"/>
+      <c r="AE467" s="62"/>
+      <c r="AF467" s="62"/>
+      <c r="AG467" s="62"/>
+      <c r="AH467" s="62"/>
+      <c r="AI467" s="62"/>
+      <c r="AJ467" s="62"/>
+      <c r="AK467" s="62"/>
+      <c r="AL467" s="62"/>
+      <c r="AM467" s="62"/>
+      <c r="AN467" s="62"/>
+      <c r="AO467" s="62"/>
+      <c r="AP467" s="62"/>
+      <c r="AQ467" s="62"/>
+      <c r="AR467" s="62"/>
     </row>
     <row r="468" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A468" s="63"/>
-[...42 lines deleted...]
-      <c r="AR468" s="63"/>
+      <c r="A468" s="62"/>
+      <c r="B468" s="62"/>
+      <c r="C468" s="62"/>
+      <c r="D468" s="62"/>
+      <c r="E468" s="62"/>
+      <c r="F468" s="62"/>
+      <c r="G468" s="62"/>
+      <c r="H468" s="62"/>
+      <c r="I468" s="62"/>
+      <c r="J468" s="62"/>
+      <c r="K468" s="62"/>
+      <c r="L468" s="62"/>
+      <c r="M468" s="62"/>
+      <c r="N468" s="62"/>
+      <c r="O468" s="62"/>
+      <c r="P468" s="62"/>
+      <c r="Q468" s="62"/>
+      <c r="R468" s="62"/>
+      <c r="S468" s="62"/>
+      <c r="T468" s="62"/>
+      <c r="U468" s="62"/>
+      <c r="V468" s="62"/>
+      <c r="W468" s="62"/>
+      <c r="X468" s="62"/>
+      <c r="Y468" s="62"/>
+      <c r="Z468" s="62"/>
+      <c r="AA468" s="62"/>
+      <c r="AB468" s="62"/>
+      <c r="AC468" s="62"/>
+      <c r="AD468" s="62"/>
+      <c r="AE468" s="62"/>
+      <c r="AF468" s="62"/>
+      <c r="AG468" s="62"/>
+      <c r="AH468" s="62"/>
+      <c r="AI468" s="62"/>
+      <c r="AJ468" s="62"/>
+      <c r="AK468" s="62"/>
+      <c r="AL468" s="62"/>
+      <c r="AM468" s="62"/>
+      <c r="AN468" s="62"/>
+      <c r="AO468" s="62"/>
+      <c r="AP468" s="62"/>
+      <c r="AQ468" s="62"/>
+      <c r="AR468" s="62"/>
     </row>
     <row r="469" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A469" s="63"/>
-[...42 lines deleted...]
-      <c r="AR469" s="63"/>
+      <c r="A469" s="62"/>
+      <c r="B469" s="62"/>
+      <c r="C469" s="62"/>
+      <c r="D469" s="62"/>
+      <c r="E469" s="62"/>
+      <c r="F469" s="62"/>
+      <c r="G469" s="62"/>
+      <c r="H469" s="62"/>
+      <c r="I469" s="62"/>
+      <c r="J469" s="62"/>
+      <c r="K469" s="62"/>
+      <c r="L469" s="62"/>
+      <c r="M469" s="62"/>
+      <c r="N469" s="62"/>
+      <c r="O469" s="62"/>
+      <c r="P469" s="62"/>
+      <c r="Q469" s="62"/>
+      <c r="R469" s="62"/>
+      <c r="S469" s="62"/>
+      <c r="T469" s="62"/>
+      <c r="U469" s="62"/>
+      <c r="V469" s="62"/>
+      <c r="W469" s="62"/>
+      <c r="X469" s="62"/>
+      <c r="Y469" s="62"/>
+      <c r="Z469" s="62"/>
+      <c r="AA469" s="62"/>
+      <c r="AB469" s="62"/>
+      <c r="AC469" s="62"/>
+      <c r="AD469" s="62"/>
+      <c r="AE469" s="62"/>
+      <c r="AF469" s="62"/>
+      <c r="AG469" s="62"/>
+      <c r="AH469" s="62"/>
+      <c r="AI469" s="62"/>
+      <c r="AJ469" s="62"/>
+      <c r="AK469" s="62"/>
+      <c r="AL469" s="62"/>
+      <c r="AM469" s="62"/>
+      <c r="AN469" s="62"/>
+      <c r="AO469" s="62"/>
+      <c r="AP469" s="62"/>
+      <c r="AQ469" s="62"/>
+      <c r="AR469" s="62"/>
     </row>
     <row r="470" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A470" s="63"/>
-[...42 lines deleted...]
-      <c r="AR470" s="63"/>
+      <c r="A470" s="62"/>
+      <c r="B470" s="62"/>
+      <c r="C470" s="62"/>
+      <c r="D470" s="62"/>
+      <c r="E470" s="62"/>
+      <c r="F470" s="62"/>
+      <c r="G470" s="62"/>
+      <c r="H470" s="62"/>
+      <c r="I470" s="62"/>
+      <c r="J470" s="62"/>
+      <c r="K470" s="62"/>
+      <c r="L470" s="62"/>
+      <c r="M470" s="62"/>
+      <c r="N470" s="62"/>
+      <c r="O470" s="62"/>
+      <c r="P470" s="62"/>
+      <c r="Q470" s="62"/>
+      <c r="R470" s="62"/>
+      <c r="S470" s="62"/>
+      <c r="T470" s="62"/>
+      <c r="U470" s="62"/>
+      <c r="V470" s="62"/>
+      <c r="W470" s="62"/>
+      <c r="X470" s="62"/>
+      <c r="Y470" s="62"/>
+      <c r="Z470" s="62"/>
+      <c r="AA470" s="62"/>
+      <c r="AB470" s="62"/>
+      <c r="AC470" s="62"/>
+      <c r="AD470" s="62"/>
+      <c r="AE470" s="62"/>
+      <c r="AF470" s="62"/>
+      <c r="AG470" s="62"/>
+      <c r="AH470" s="62"/>
+      <c r="AI470" s="62"/>
+      <c r="AJ470" s="62"/>
+      <c r="AK470" s="62"/>
+      <c r="AL470" s="62"/>
+      <c r="AM470" s="62"/>
+      <c r="AN470" s="62"/>
+      <c r="AO470" s="62"/>
+      <c r="AP470" s="62"/>
+      <c r="AQ470" s="62"/>
+      <c r="AR470" s="62"/>
     </row>
     <row r="471" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A471" s="63"/>
-[...42 lines deleted...]
-      <c r="AR471" s="63"/>
+      <c r="A471" s="62"/>
+      <c r="B471" s="62"/>
+      <c r="C471" s="62"/>
+      <c r="D471" s="62"/>
+      <c r="E471" s="62"/>
+      <c r="F471" s="62"/>
+      <c r="G471" s="62"/>
+      <c r="H471" s="62"/>
+      <c r="I471" s="62"/>
+      <c r="J471" s="62"/>
+      <c r="K471" s="62"/>
+      <c r="L471" s="62"/>
+      <c r="M471" s="62"/>
+      <c r="N471" s="62"/>
+      <c r="O471" s="62"/>
+      <c r="P471" s="62"/>
+      <c r="Q471" s="62"/>
+      <c r="R471" s="62"/>
+      <c r="S471" s="62"/>
+      <c r="T471" s="62"/>
+      <c r="U471" s="62"/>
+      <c r="V471" s="62"/>
+      <c r="W471" s="62"/>
+      <c r="X471" s="62"/>
+      <c r="Y471" s="62"/>
+      <c r="Z471" s="62"/>
+      <c r="AA471" s="62"/>
+      <c r="AB471" s="62"/>
+      <c r="AC471" s="62"/>
+      <c r="AD471" s="62"/>
+      <c r="AE471" s="62"/>
+      <c r="AF471" s="62"/>
+      <c r="AG471" s="62"/>
+      <c r="AH471" s="62"/>
+      <c r="AI471" s="62"/>
+      <c r="AJ471" s="62"/>
+      <c r="AK471" s="62"/>
+      <c r="AL471" s="62"/>
+      <c r="AM471" s="62"/>
+      <c r="AN471" s="62"/>
+      <c r="AO471" s="62"/>
+      <c r="AP471" s="62"/>
+      <c r="AQ471" s="62"/>
+      <c r="AR471" s="62"/>
     </row>
     <row r="472" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A472" s="63"/>
-[...42 lines deleted...]
-      <c r="AR472" s="63"/>
+      <c r="A472" s="62"/>
+      <c r="B472" s="62"/>
+      <c r="C472" s="62"/>
+      <c r="D472" s="62"/>
+      <c r="E472" s="62"/>
+      <c r="F472" s="62"/>
+      <c r="G472" s="62"/>
+      <c r="H472" s="62"/>
+      <c r="I472" s="62"/>
+      <c r="J472" s="62"/>
+      <c r="K472" s="62"/>
+      <c r="L472" s="62"/>
+      <c r="M472" s="62"/>
+      <c r="N472" s="62"/>
+      <c r="O472" s="62"/>
+      <c r="P472" s="62"/>
+      <c r="Q472" s="62"/>
+      <c r="R472" s="62"/>
+      <c r="S472" s="62"/>
+      <c r="T472" s="62"/>
+      <c r="U472" s="62"/>
+      <c r="V472" s="62"/>
+      <c r="W472" s="62"/>
+      <c r="X472" s="62"/>
+      <c r="Y472" s="62"/>
+      <c r="Z472" s="62"/>
+      <c r="AA472" s="62"/>
+      <c r="AB472" s="62"/>
+      <c r="AC472" s="62"/>
+      <c r="AD472" s="62"/>
+      <c r="AE472" s="62"/>
+      <c r="AF472" s="62"/>
+      <c r="AG472" s="62"/>
+      <c r="AH472" s="62"/>
+      <c r="AI472" s="62"/>
+      <c r="AJ472" s="62"/>
+      <c r="AK472" s="62"/>
+      <c r="AL472" s="62"/>
+      <c r="AM472" s="62"/>
+      <c r="AN472" s="62"/>
+      <c r="AO472" s="62"/>
+      <c r="AP472" s="62"/>
+      <c r="AQ472" s="62"/>
+      <c r="AR472" s="62"/>
     </row>
     <row r="473" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A473" s="63"/>
-[...42 lines deleted...]
-      <c r="AR473" s="63"/>
+      <c r="A473" s="62"/>
+      <c r="B473" s="62"/>
+      <c r="C473" s="62"/>
+      <c r="D473" s="62"/>
+      <c r="E473" s="62"/>
+      <c r="F473" s="62"/>
+      <c r="G473" s="62"/>
+      <c r="H473" s="62"/>
+      <c r="I473" s="62"/>
+      <c r="J473" s="62"/>
+      <c r="K473" s="62"/>
+      <c r="L473" s="62"/>
+      <c r="M473" s="62"/>
+      <c r="N473" s="62"/>
+      <c r="O473" s="62"/>
+      <c r="P473" s="62"/>
+      <c r="Q473" s="62"/>
+      <c r="R473" s="62"/>
+      <c r="S473" s="62"/>
+      <c r="T473" s="62"/>
+      <c r="U473" s="62"/>
+      <c r="V473" s="62"/>
+      <c r="W473" s="62"/>
+      <c r="X473" s="62"/>
+      <c r="Y473" s="62"/>
+      <c r="Z473" s="62"/>
+      <c r="AA473" s="62"/>
+      <c r="AB473" s="62"/>
+      <c r="AC473" s="62"/>
+      <c r="AD473" s="62"/>
+      <c r="AE473" s="62"/>
+      <c r="AF473" s="62"/>
+      <c r="AG473" s="62"/>
+      <c r="AH473" s="62"/>
+      <c r="AI473" s="62"/>
+      <c r="AJ473" s="62"/>
+      <c r="AK473" s="62"/>
+      <c r="AL473" s="62"/>
+      <c r="AM473" s="62"/>
+      <c r="AN473" s="62"/>
+      <c r="AO473" s="62"/>
+      <c r="AP473" s="62"/>
+      <c r="AQ473" s="62"/>
+      <c r="AR473" s="62"/>
     </row>
     <row r="474" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A474" s="63"/>
-[...42 lines deleted...]
-      <c r="AR474" s="63"/>
+      <c r="A474" s="62"/>
+      <c r="B474" s="62"/>
+      <c r="C474" s="62"/>
+      <c r="D474" s="62"/>
+      <c r="E474" s="62"/>
+      <c r="F474" s="62"/>
+      <c r="G474" s="62"/>
+      <c r="H474" s="62"/>
+      <c r="I474" s="62"/>
+      <c r="J474" s="62"/>
+      <c r="K474" s="62"/>
+      <c r="L474" s="62"/>
+      <c r="M474" s="62"/>
+      <c r="N474" s="62"/>
+      <c r="O474" s="62"/>
+      <c r="P474" s="62"/>
+      <c r="Q474" s="62"/>
+      <c r="R474" s="62"/>
+      <c r="S474" s="62"/>
+      <c r="T474" s="62"/>
+      <c r="U474" s="62"/>
+      <c r="V474" s="62"/>
+      <c r="W474" s="62"/>
+      <c r="X474" s="62"/>
+      <c r="Y474" s="62"/>
+      <c r="Z474" s="62"/>
+      <c r="AA474" s="62"/>
+      <c r="AB474" s="62"/>
+      <c r="AC474" s="62"/>
+      <c r="AD474" s="62"/>
+      <c r="AE474" s="62"/>
+      <c r="AF474" s="62"/>
+      <c r="AG474" s="62"/>
+      <c r="AH474" s="62"/>
+      <c r="AI474" s="62"/>
+      <c r="AJ474" s="62"/>
+      <c r="AK474" s="62"/>
+      <c r="AL474" s="62"/>
+      <c r="AM474" s="62"/>
+      <c r="AN474" s="62"/>
+      <c r="AO474" s="62"/>
+      <c r="AP474" s="62"/>
+      <c r="AQ474" s="62"/>
+      <c r="AR474" s="62"/>
     </row>
     <row r="475" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A475" s="63"/>
-[...42 lines deleted...]
-      <c r="AR475" s="63"/>
+      <c r="A475" s="62"/>
+      <c r="B475" s="62"/>
+      <c r="C475" s="62"/>
+      <c r="D475" s="62"/>
+      <c r="E475" s="62"/>
+      <c r="F475" s="62"/>
+      <c r="G475" s="62"/>
+      <c r="H475" s="62"/>
+      <c r="I475" s="62"/>
+      <c r="J475" s="62"/>
+      <c r="K475" s="62"/>
+      <c r="L475" s="62"/>
+      <c r="M475" s="62"/>
+      <c r="N475" s="62"/>
+      <c r="O475" s="62"/>
+      <c r="P475" s="62"/>
+      <c r="Q475" s="62"/>
+      <c r="R475" s="62"/>
+      <c r="S475" s="62"/>
+      <c r="T475" s="62"/>
+      <c r="U475" s="62"/>
+      <c r="V475" s="62"/>
+      <c r="W475" s="62"/>
+      <c r="X475" s="62"/>
+      <c r="Y475" s="62"/>
+      <c r="Z475" s="62"/>
+      <c r="AA475" s="62"/>
+      <c r="AB475" s="62"/>
+      <c r="AC475" s="62"/>
+      <c r="AD475" s="62"/>
+      <c r="AE475" s="62"/>
+      <c r="AF475" s="62"/>
+      <c r="AG475" s="62"/>
+      <c r="AH475" s="62"/>
+      <c r="AI475" s="62"/>
+      <c r="AJ475" s="62"/>
+      <c r="AK475" s="62"/>
+      <c r="AL475" s="62"/>
+      <c r="AM475" s="62"/>
+      <c r="AN475" s="62"/>
+      <c r="AO475" s="62"/>
+      <c r="AP475" s="62"/>
+      <c r="AQ475" s="62"/>
+      <c r="AR475" s="62"/>
     </row>
     <row r="476" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A476" s="63"/>
-[...42 lines deleted...]
-      <c r="AR476" s="63"/>
+      <c r="A476" s="62"/>
+      <c r="B476" s="62"/>
+      <c r="C476" s="62"/>
+      <c r="D476" s="62"/>
+      <c r="E476" s="62"/>
+      <c r="F476" s="62"/>
+      <c r="G476" s="62"/>
+      <c r="H476" s="62"/>
+      <c r="I476" s="62"/>
+      <c r="J476" s="62"/>
+      <c r="K476" s="62"/>
+      <c r="L476" s="62"/>
+      <c r="M476" s="62"/>
+      <c r="N476" s="62"/>
+      <c r="O476" s="62"/>
+      <c r="P476" s="62"/>
+      <c r="Q476" s="62"/>
+      <c r="R476" s="62"/>
+      <c r="S476" s="62"/>
+      <c r="T476" s="62"/>
+      <c r="U476" s="62"/>
+      <c r="V476" s="62"/>
+      <c r="W476" s="62"/>
+      <c r="X476" s="62"/>
+      <c r="Y476" s="62"/>
+      <c r="Z476" s="62"/>
+      <c r="AA476" s="62"/>
+      <c r="AB476" s="62"/>
+      <c r="AC476" s="62"/>
+      <c r="AD476" s="62"/>
+      <c r="AE476" s="62"/>
+      <c r="AF476" s="62"/>
+      <c r="AG476" s="62"/>
+      <c r="AH476" s="62"/>
+      <c r="AI476" s="62"/>
+      <c r="AJ476" s="62"/>
+      <c r="AK476" s="62"/>
+      <c r="AL476" s="62"/>
+      <c r="AM476" s="62"/>
+      <c r="AN476" s="62"/>
+      <c r="AO476" s="62"/>
+      <c r="AP476" s="62"/>
+      <c r="AQ476" s="62"/>
+      <c r="AR476" s="62"/>
     </row>
     <row r="477" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A477" s="63"/>
-[...42 lines deleted...]
-      <c r="AR477" s="63"/>
+      <c r="A477" s="62"/>
+      <c r="B477" s="62"/>
+      <c r="C477" s="62"/>
+      <c r="D477" s="62"/>
+      <c r="E477" s="62"/>
+      <c r="F477" s="62"/>
+      <c r="G477" s="62"/>
+      <c r="H477" s="62"/>
+      <c r="I477" s="62"/>
+      <c r="J477" s="62"/>
+      <c r="K477" s="62"/>
+      <c r="L477" s="62"/>
+      <c r="M477" s="62"/>
+      <c r="N477" s="62"/>
+      <c r="O477" s="62"/>
+      <c r="P477" s="62"/>
+      <c r="Q477" s="62"/>
+      <c r="R477" s="62"/>
+      <c r="S477" s="62"/>
+      <c r="T477" s="62"/>
+      <c r="U477" s="62"/>
+      <c r="V477" s="62"/>
+      <c r="W477" s="62"/>
+      <c r="X477" s="62"/>
+      <c r="Y477" s="62"/>
+      <c r="Z477" s="62"/>
+      <c r="AA477" s="62"/>
+      <c r="AB477" s="62"/>
+      <c r="AC477" s="62"/>
+      <c r="AD477" s="62"/>
+      <c r="AE477" s="62"/>
+      <c r="AF477" s="62"/>
+      <c r="AG477" s="62"/>
+      <c r="AH477" s="62"/>
+      <c r="AI477" s="62"/>
+      <c r="AJ477" s="62"/>
+      <c r="AK477" s="62"/>
+      <c r="AL477" s="62"/>
+      <c r="AM477" s="62"/>
+      <c r="AN477" s="62"/>
+      <c r="AO477" s="62"/>
+      <c r="AP477" s="62"/>
+      <c r="AQ477" s="62"/>
+      <c r="AR477" s="62"/>
     </row>
     <row r="478" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A478" s="63"/>
-[...42 lines deleted...]
-      <c r="AR478" s="63"/>
+      <c r="A478" s="62"/>
+      <c r="B478" s="62"/>
+      <c r="C478" s="62"/>
+      <c r="D478" s="62"/>
+      <c r="E478" s="62"/>
+      <c r="F478" s="62"/>
+      <c r="G478" s="62"/>
+      <c r="H478" s="62"/>
+      <c r="I478" s="62"/>
+      <c r="J478" s="62"/>
+      <c r="K478" s="62"/>
+      <c r="L478" s="62"/>
+      <c r="M478" s="62"/>
+      <c r="N478" s="62"/>
+      <c r="O478" s="62"/>
+      <c r="P478" s="62"/>
+      <c r="Q478" s="62"/>
+      <c r="R478" s="62"/>
+      <c r="S478" s="62"/>
+      <c r="T478" s="62"/>
+      <c r="U478" s="62"/>
+      <c r="V478" s="62"/>
+      <c r="W478" s="62"/>
+      <c r="X478" s="62"/>
+      <c r="Y478" s="62"/>
+      <c r="Z478" s="62"/>
+      <c r="AA478" s="62"/>
+      <c r="AB478" s="62"/>
+      <c r="AC478" s="62"/>
+      <c r="AD478" s="62"/>
+      <c r="AE478" s="62"/>
+      <c r="AF478" s="62"/>
+      <c r="AG478" s="62"/>
+      <c r="AH478" s="62"/>
+      <c r="AI478" s="62"/>
+      <c r="AJ478" s="62"/>
+      <c r="AK478" s="62"/>
+      <c r="AL478" s="62"/>
+      <c r="AM478" s="62"/>
+      <c r="AN478" s="62"/>
+      <c r="AO478" s="62"/>
+      <c r="AP478" s="62"/>
+      <c r="AQ478" s="62"/>
+      <c r="AR478" s="62"/>
     </row>
     <row r="479" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A479" s="63"/>
-[...42 lines deleted...]
-      <c r="AR479" s="63"/>
+      <c r="A479" s="62"/>
+      <c r="B479" s="62"/>
+      <c r="C479" s="62"/>
+      <c r="D479" s="62"/>
+      <c r="E479" s="62"/>
+      <c r="F479" s="62"/>
+      <c r="G479" s="62"/>
+      <c r="H479" s="62"/>
+      <c r="I479" s="62"/>
+      <c r="J479" s="62"/>
+      <c r="K479" s="62"/>
+      <c r="L479" s="62"/>
+      <c r="M479" s="62"/>
+      <c r="N479" s="62"/>
+      <c r="O479" s="62"/>
+      <c r="P479" s="62"/>
+      <c r="Q479" s="62"/>
+      <c r="R479" s="62"/>
+      <c r="S479" s="62"/>
+      <c r="T479" s="62"/>
+      <c r="U479" s="62"/>
+      <c r="V479" s="62"/>
+      <c r="W479" s="62"/>
+      <c r="X479" s="62"/>
+      <c r="Y479" s="62"/>
+      <c r="Z479" s="62"/>
+      <c r="AA479" s="62"/>
+      <c r="AB479" s="62"/>
+      <c r="AC479" s="62"/>
+      <c r="AD479" s="62"/>
+      <c r="AE479" s="62"/>
+      <c r="AF479" s="62"/>
+      <c r="AG479" s="62"/>
+      <c r="AH479" s="62"/>
+      <c r="AI479" s="62"/>
+      <c r="AJ479" s="62"/>
+      <c r="AK479" s="62"/>
+      <c r="AL479" s="62"/>
+      <c r="AM479" s="62"/>
+      <c r="AN479" s="62"/>
+      <c r="AO479" s="62"/>
+      <c r="AP479" s="62"/>
+      <c r="AQ479" s="62"/>
+      <c r="AR479" s="62"/>
     </row>
     <row r="480" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A480" s="63"/>
-[...42 lines deleted...]
-      <c r="AR480" s="63"/>
+      <c r="A480" s="62"/>
+      <c r="B480" s="62"/>
+      <c r="C480" s="62"/>
+      <c r="D480" s="62"/>
+      <c r="E480" s="62"/>
+      <c r="F480" s="62"/>
+      <c r="G480" s="62"/>
+      <c r="H480" s="62"/>
+      <c r="I480" s="62"/>
+      <c r="J480" s="62"/>
+      <c r="K480" s="62"/>
+      <c r="L480" s="62"/>
+      <c r="M480" s="62"/>
+      <c r="N480" s="62"/>
+      <c r="O480" s="62"/>
+      <c r="P480" s="62"/>
+      <c r="Q480" s="62"/>
+      <c r="R480" s="62"/>
+      <c r="S480" s="62"/>
+      <c r="T480" s="62"/>
+      <c r="U480" s="62"/>
+      <c r="V480" s="62"/>
+      <c r="W480" s="62"/>
+      <c r="X480" s="62"/>
+      <c r="Y480" s="62"/>
+      <c r="Z480" s="62"/>
+      <c r="AA480" s="62"/>
+      <c r="AB480" s="62"/>
+      <c r="AC480" s="62"/>
+      <c r="AD480" s="62"/>
+      <c r="AE480" s="62"/>
+      <c r="AF480" s="62"/>
+      <c r="AG480" s="62"/>
+      <c r="AH480" s="62"/>
+      <c r="AI480" s="62"/>
+      <c r="AJ480" s="62"/>
+      <c r="AK480" s="62"/>
+      <c r="AL480" s="62"/>
+      <c r="AM480" s="62"/>
+      <c r="AN480" s="62"/>
+      <c r="AO480" s="62"/>
+      <c r="AP480" s="62"/>
+      <c r="AQ480" s="62"/>
+      <c r="AR480" s="62"/>
     </row>
     <row r="481" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A481" s="63"/>
-[...42 lines deleted...]
-      <c r="AR481" s="63"/>
+      <c r="A481" s="62"/>
+      <c r="B481" s="62"/>
+      <c r="C481" s="62"/>
+      <c r="D481" s="62"/>
+      <c r="E481" s="62"/>
+      <c r="F481" s="62"/>
+      <c r="G481" s="62"/>
+      <c r="H481" s="62"/>
+      <c r="I481" s="62"/>
+      <c r="J481" s="62"/>
+      <c r="K481" s="62"/>
+      <c r="L481" s="62"/>
+      <c r="M481" s="62"/>
+      <c r="N481" s="62"/>
+      <c r="O481" s="62"/>
+      <c r="P481" s="62"/>
+      <c r="Q481" s="62"/>
+      <c r="R481" s="62"/>
+      <c r="S481" s="62"/>
+      <c r="T481" s="62"/>
+      <c r="U481" s="62"/>
+      <c r="V481" s="62"/>
+      <c r="W481" s="62"/>
+      <c r="X481" s="62"/>
+      <c r="Y481" s="62"/>
+      <c r="Z481" s="62"/>
+      <c r="AA481" s="62"/>
+      <c r="AB481" s="62"/>
+      <c r="AC481" s="62"/>
+      <c r="AD481" s="62"/>
+      <c r="AE481" s="62"/>
+      <c r="AF481" s="62"/>
+      <c r="AG481" s="62"/>
+      <c r="AH481" s="62"/>
+      <c r="AI481" s="62"/>
+      <c r="AJ481" s="62"/>
+      <c r="AK481" s="62"/>
+      <c r="AL481" s="62"/>
+      <c r="AM481" s="62"/>
+      <c r="AN481" s="62"/>
+      <c r="AO481" s="62"/>
+      <c r="AP481" s="62"/>
+      <c r="AQ481" s="62"/>
+      <c r="AR481" s="62"/>
     </row>
     <row r="482" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A482" s="63"/>
-[...42 lines deleted...]
-      <c r="AR482" s="63"/>
+      <c r="A482" s="62"/>
+      <c r="B482" s="62"/>
+      <c r="C482" s="62"/>
+      <c r="D482" s="62"/>
+      <c r="E482" s="62"/>
+      <c r="F482" s="62"/>
+      <c r="G482" s="62"/>
+      <c r="H482" s="62"/>
+      <c r="I482" s="62"/>
+      <c r="J482" s="62"/>
+      <c r="K482" s="62"/>
+      <c r="L482" s="62"/>
+      <c r="M482" s="62"/>
+      <c r="N482" s="62"/>
+      <c r="O482" s="62"/>
+      <c r="P482" s="62"/>
+      <c r="Q482" s="62"/>
+      <c r="R482" s="62"/>
+      <c r="S482" s="62"/>
+      <c r="T482" s="62"/>
+      <c r="U482" s="62"/>
+      <c r="V482" s="62"/>
+      <c r="W482" s="62"/>
+      <c r="X482" s="62"/>
+      <c r="Y482" s="62"/>
+      <c r="Z482" s="62"/>
+      <c r="AA482" s="62"/>
+      <c r="AB482" s="62"/>
+      <c r="AC482" s="62"/>
+      <c r="AD482" s="62"/>
+      <c r="AE482" s="62"/>
+      <c r="AF482" s="62"/>
+      <c r="AG482" s="62"/>
+      <c r="AH482" s="62"/>
+      <c r="AI482" s="62"/>
+      <c r="AJ482" s="62"/>
+      <c r="AK482" s="62"/>
+      <c r="AL482" s="62"/>
+      <c r="AM482" s="62"/>
+      <c r="AN482" s="62"/>
+      <c r="AO482" s="62"/>
+      <c r="AP482" s="62"/>
+      <c r="AQ482" s="62"/>
+      <c r="AR482" s="62"/>
     </row>
     <row r="483" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A483" s="63"/>
-[...42 lines deleted...]
-      <c r="AR483" s="63"/>
+      <c r="A483" s="62"/>
+      <c r="B483" s="62"/>
+      <c r="C483" s="62"/>
+      <c r="D483" s="62"/>
+      <c r="E483" s="62"/>
+      <c r="F483" s="62"/>
+      <c r="G483" s="62"/>
+      <c r="H483" s="62"/>
+      <c r="I483" s="62"/>
+      <c r="J483" s="62"/>
+      <c r="K483" s="62"/>
+      <c r="L483" s="62"/>
+      <c r="M483" s="62"/>
+      <c r="N483" s="62"/>
+      <c r="O483" s="62"/>
+      <c r="P483" s="62"/>
+      <c r="Q483" s="62"/>
+      <c r="R483" s="62"/>
+      <c r="S483" s="62"/>
+      <c r="T483" s="62"/>
+      <c r="U483" s="62"/>
+      <c r="V483" s="62"/>
+      <c r="W483" s="62"/>
+      <c r="X483" s="62"/>
+      <c r="Y483" s="62"/>
+      <c r="Z483" s="62"/>
+      <c r="AA483" s="62"/>
+      <c r="AB483" s="62"/>
+      <c r="AC483" s="62"/>
+      <c r="AD483" s="62"/>
+      <c r="AE483" s="62"/>
+      <c r="AF483" s="62"/>
+      <c r="AG483" s="62"/>
+      <c r="AH483" s="62"/>
+      <c r="AI483" s="62"/>
+      <c r="AJ483" s="62"/>
+      <c r="AK483" s="62"/>
+      <c r="AL483" s="62"/>
+      <c r="AM483" s="62"/>
+      <c r="AN483" s="62"/>
+      <c r="AO483" s="62"/>
+      <c r="AP483" s="62"/>
+      <c r="AQ483" s="62"/>
+      <c r="AR483" s="62"/>
     </row>
     <row r="484" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A484" s="63"/>
-[...42 lines deleted...]
-      <c r="AR484" s="63"/>
+      <c r="A484" s="62"/>
+      <c r="B484" s="62"/>
+      <c r="C484" s="62"/>
+      <c r="D484" s="62"/>
+      <c r="E484" s="62"/>
+      <c r="F484" s="62"/>
+      <c r="G484" s="62"/>
+      <c r="H484" s="62"/>
+      <c r="I484" s="62"/>
+      <c r="J484" s="62"/>
+      <c r="K484" s="62"/>
+      <c r="L484" s="62"/>
+      <c r="M484" s="62"/>
+      <c r="N484" s="62"/>
+      <c r="O484" s="62"/>
+      <c r="P484" s="62"/>
+      <c r="Q484" s="62"/>
+      <c r="R484" s="62"/>
+      <c r="S484" s="62"/>
+      <c r="T484" s="62"/>
+      <c r="U484" s="62"/>
+      <c r="V484" s="62"/>
+      <c r="W484" s="62"/>
+      <c r="X484" s="62"/>
+      <c r="Y484" s="62"/>
+      <c r="Z484" s="62"/>
+      <c r="AA484" s="62"/>
+      <c r="AB484" s="62"/>
+      <c r="AC484" s="62"/>
+      <c r="AD484" s="62"/>
+      <c r="AE484" s="62"/>
+      <c r="AF484" s="62"/>
+      <c r="AG484" s="62"/>
+      <c r="AH484" s="62"/>
+      <c r="AI484" s="62"/>
+      <c r="AJ484" s="62"/>
+      <c r="AK484" s="62"/>
+      <c r="AL484" s="62"/>
+      <c r="AM484" s="62"/>
+      <c r="AN484" s="62"/>
+      <c r="AO484" s="62"/>
+      <c r="AP484" s="62"/>
+      <c r="AQ484" s="62"/>
+      <c r="AR484" s="62"/>
     </row>
     <row r="485" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A485" s="63"/>
-[...42 lines deleted...]
-      <c r="AR485" s="63"/>
+      <c r="A485" s="62"/>
+      <c r="B485" s="62"/>
+      <c r="C485" s="62"/>
+      <c r="D485" s="62"/>
+      <c r="E485" s="62"/>
+      <c r="F485" s="62"/>
+      <c r="G485" s="62"/>
+      <c r="H485" s="62"/>
+      <c r="I485" s="62"/>
+      <c r="J485" s="62"/>
+      <c r="K485" s="62"/>
+      <c r="L485" s="62"/>
+      <c r="M485" s="62"/>
+      <c r="N485" s="62"/>
+      <c r="O485" s="62"/>
+      <c r="P485" s="62"/>
+      <c r="Q485" s="62"/>
+      <c r="R485" s="62"/>
+      <c r="S485" s="62"/>
+      <c r="T485" s="62"/>
+      <c r="U485" s="62"/>
+      <c r="V485" s="62"/>
+      <c r="W485" s="62"/>
+      <c r="X485" s="62"/>
+      <c r="Y485" s="62"/>
+      <c r="Z485" s="62"/>
+      <c r="AA485" s="62"/>
+      <c r="AB485" s="62"/>
+      <c r="AC485" s="62"/>
+      <c r="AD485" s="62"/>
+      <c r="AE485" s="62"/>
+      <c r="AF485" s="62"/>
+      <c r="AG485" s="62"/>
+      <c r="AH485" s="62"/>
+      <c r="AI485" s="62"/>
+      <c r="AJ485" s="62"/>
+      <c r="AK485" s="62"/>
+      <c r="AL485" s="62"/>
+      <c r="AM485" s="62"/>
+      <c r="AN485" s="62"/>
+      <c r="AO485" s="62"/>
+      <c r="AP485" s="62"/>
+      <c r="AQ485" s="62"/>
+      <c r="AR485" s="62"/>
     </row>
     <row r="486" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A486" s="63"/>
-[...42 lines deleted...]
-      <c r="AR486" s="63"/>
+      <c r="A486" s="62"/>
+      <c r="B486" s="62"/>
+      <c r="C486" s="62"/>
+      <c r="D486" s="62"/>
+      <c r="E486" s="62"/>
+      <c r="F486" s="62"/>
+      <c r="G486" s="62"/>
+      <c r="H486" s="62"/>
+      <c r="I486" s="62"/>
+      <c r="J486" s="62"/>
+      <c r="K486" s="62"/>
+      <c r="L486" s="62"/>
+      <c r="M486" s="62"/>
+      <c r="N486" s="62"/>
+      <c r="O486" s="62"/>
+      <c r="P486" s="62"/>
+      <c r="Q486" s="62"/>
+      <c r="R486" s="62"/>
+      <c r="S486" s="62"/>
+      <c r="T486" s="62"/>
+      <c r="U486" s="62"/>
+      <c r="V486" s="62"/>
+      <c r="W486" s="62"/>
+      <c r="X486" s="62"/>
+      <c r="Y486" s="62"/>
+      <c r="Z486" s="62"/>
+      <c r="AA486" s="62"/>
+      <c r="AB486" s="62"/>
+      <c r="AC486" s="62"/>
+      <c r="AD486" s="62"/>
+      <c r="AE486" s="62"/>
+      <c r="AF486" s="62"/>
+      <c r="AG486" s="62"/>
+      <c r="AH486" s="62"/>
+      <c r="AI486" s="62"/>
+      <c r="AJ486" s="62"/>
+      <c r="AK486" s="62"/>
+      <c r="AL486" s="62"/>
+      <c r="AM486" s="62"/>
+      <c r="AN486" s="62"/>
+      <c r="AO486" s="62"/>
+      <c r="AP486" s="62"/>
+      <c r="AQ486" s="62"/>
+      <c r="AR486" s="62"/>
     </row>
     <row r="487" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A487" s="63"/>
-[...42 lines deleted...]
-      <c r="AR487" s="63"/>
+      <c r="A487" s="62"/>
+      <c r="B487" s="62"/>
+      <c r="C487" s="62"/>
+      <c r="D487" s="62"/>
+      <c r="E487" s="62"/>
+      <c r="F487" s="62"/>
+      <c r="G487" s="62"/>
+      <c r="H487" s="62"/>
+      <c r="I487" s="62"/>
+      <c r="J487" s="62"/>
+      <c r="K487" s="62"/>
+      <c r="L487" s="62"/>
+      <c r="M487" s="62"/>
+      <c r="N487" s="62"/>
+      <c r="O487" s="62"/>
+      <c r="P487" s="62"/>
+      <c r="Q487" s="62"/>
+      <c r="R487" s="62"/>
+      <c r="S487" s="62"/>
+      <c r="T487" s="62"/>
+      <c r="U487" s="62"/>
+      <c r="V487" s="62"/>
+      <c r="W487" s="62"/>
+      <c r="X487" s="62"/>
+      <c r="Y487" s="62"/>
+      <c r="Z487" s="62"/>
+      <c r="AA487" s="62"/>
+      <c r="AB487" s="62"/>
+      <c r="AC487" s="62"/>
+      <c r="AD487" s="62"/>
+      <c r="AE487" s="62"/>
+      <c r="AF487" s="62"/>
+      <c r="AG487" s="62"/>
+      <c r="AH487" s="62"/>
+      <c r="AI487" s="62"/>
+      <c r="AJ487" s="62"/>
+      <c r="AK487" s="62"/>
+      <c r="AL487" s="62"/>
+      <c r="AM487" s="62"/>
+      <c r="AN487" s="62"/>
+      <c r="AO487" s="62"/>
+      <c r="AP487" s="62"/>
+      <c r="AQ487" s="62"/>
+      <c r="AR487" s="62"/>
     </row>
     <row r="488" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A488" s="63"/>
-[...42 lines deleted...]
-      <c r="AR488" s="63"/>
+      <c r="A488" s="62"/>
+      <c r="B488" s="62"/>
+      <c r="C488" s="62"/>
+      <c r="D488" s="62"/>
+      <c r="E488" s="62"/>
+      <c r="F488" s="62"/>
+      <c r="G488" s="62"/>
+      <c r="H488" s="62"/>
+      <c r="I488" s="62"/>
+      <c r="J488" s="62"/>
+      <c r="K488" s="62"/>
+      <c r="L488" s="62"/>
+      <c r="M488" s="62"/>
+      <c r="N488" s="62"/>
+      <c r="O488" s="62"/>
+      <c r="P488" s="62"/>
+      <c r="Q488" s="62"/>
+      <c r="R488" s="62"/>
+      <c r="S488" s="62"/>
+      <c r="T488" s="62"/>
+      <c r="U488" s="62"/>
+      <c r="V488" s="62"/>
+      <c r="W488" s="62"/>
+      <c r="X488" s="62"/>
+      <c r="Y488" s="62"/>
+      <c r="Z488" s="62"/>
+      <c r="AA488" s="62"/>
+      <c r="AB488" s="62"/>
+      <c r="AC488" s="62"/>
+      <c r="AD488" s="62"/>
+      <c r="AE488" s="62"/>
+      <c r="AF488" s="62"/>
+      <c r="AG488" s="62"/>
+      <c r="AH488" s="62"/>
+      <c r="AI488" s="62"/>
+      <c r="AJ488" s="62"/>
+      <c r="AK488" s="62"/>
+      <c r="AL488" s="62"/>
+      <c r="AM488" s="62"/>
+      <c r="AN488" s="62"/>
+      <c r="AO488" s="62"/>
+      <c r="AP488" s="62"/>
+      <c r="AQ488" s="62"/>
+      <c r="AR488" s="62"/>
     </row>
     <row r="489" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A489" s="63"/>
-[...42 lines deleted...]
-      <c r="AR489" s="63"/>
+      <c r="A489" s="62"/>
+      <c r="B489" s="62"/>
+      <c r="C489" s="62"/>
+      <c r="D489" s="62"/>
+      <c r="E489" s="62"/>
+      <c r="F489" s="62"/>
+      <c r="G489" s="62"/>
+      <c r="H489" s="62"/>
+      <c r="I489" s="62"/>
+      <c r="J489" s="62"/>
+      <c r="K489" s="62"/>
+      <c r="L489" s="62"/>
+      <c r="M489" s="62"/>
+      <c r="N489" s="62"/>
+      <c r="O489" s="62"/>
+      <c r="P489" s="62"/>
+      <c r="Q489" s="62"/>
+      <c r="R489" s="62"/>
+      <c r="S489" s="62"/>
+      <c r="T489" s="62"/>
+      <c r="U489" s="62"/>
+      <c r="V489" s="62"/>
+      <c r="W489" s="62"/>
+      <c r="X489" s="62"/>
+      <c r="Y489" s="62"/>
+      <c r="Z489" s="62"/>
+      <c r="AA489" s="62"/>
+      <c r="AB489" s="62"/>
+      <c r="AC489" s="62"/>
+      <c r="AD489" s="62"/>
+      <c r="AE489" s="62"/>
+      <c r="AF489" s="62"/>
+      <c r="AG489" s="62"/>
+      <c r="AH489" s="62"/>
+      <c r="AI489" s="62"/>
+      <c r="AJ489" s="62"/>
+      <c r="AK489" s="62"/>
+      <c r="AL489" s="62"/>
+      <c r="AM489" s="62"/>
+      <c r="AN489" s="62"/>
+      <c r="AO489" s="62"/>
+      <c r="AP489" s="62"/>
+      <c r="AQ489" s="62"/>
+      <c r="AR489" s="62"/>
     </row>
     <row r="490" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A490" s="63"/>
-[...42 lines deleted...]
-      <c r="AR490" s="63"/>
+      <c r="A490" s="62"/>
+      <c r="B490" s="62"/>
+      <c r="C490" s="62"/>
+      <c r="D490" s="62"/>
+      <c r="E490" s="62"/>
+      <c r="F490" s="62"/>
+      <c r="G490" s="62"/>
+      <c r="H490" s="62"/>
+      <c r="I490" s="62"/>
+      <c r="J490" s="62"/>
+      <c r="K490" s="62"/>
+      <c r="L490" s="62"/>
+      <c r="M490" s="62"/>
+      <c r="N490" s="62"/>
+      <c r="O490" s="62"/>
+      <c r="P490" s="62"/>
+      <c r="Q490" s="62"/>
+      <c r="R490" s="62"/>
+      <c r="S490" s="62"/>
+      <c r="T490" s="62"/>
+      <c r="U490" s="62"/>
+      <c r="V490" s="62"/>
+      <c r="W490" s="62"/>
+      <c r="X490" s="62"/>
+      <c r="Y490" s="62"/>
+      <c r="Z490" s="62"/>
+      <c r="AA490" s="62"/>
+      <c r="AB490" s="62"/>
+      <c r="AC490" s="62"/>
+      <c r="AD490" s="62"/>
+      <c r="AE490" s="62"/>
+      <c r="AF490" s="62"/>
+      <c r="AG490" s="62"/>
+      <c r="AH490" s="62"/>
+      <c r="AI490" s="62"/>
+      <c r="AJ490" s="62"/>
+      <c r="AK490" s="62"/>
+      <c r="AL490" s="62"/>
+      <c r="AM490" s="62"/>
+      <c r="AN490" s="62"/>
+      <c r="AO490" s="62"/>
+      <c r="AP490" s="62"/>
+      <c r="AQ490" s="62"/>
+      <c r="AR490" s="62"/>
     </row>
     <row r="491" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A491" s="63"/>
-[...42 lines deleted...]
-      <c r="AR491" s="63"/>
+      <c r="A491" s="62"/>
+      <c r="B491" s="62"/>
+      <c r="C491" s="62"/>
+      <c r="D491" s="62"/>
+      <c r="E491" s="62"/>
+      <c r="F491" s="62"/>
+      <c r="G491" s="62"/>
+      <c r="H491" s="62"/>
+      <c r="I491" s="62"/>
+      <c r="J491" s="62"/>
+      <c r="K491" s="62"/>
+      <c r="L491" s="62"/>
+      <c r="M491" s="62"/>
+      <c r="N491" s="62"/>
+      <c r="O491" s="62"/>
+      <c r="P491" s="62"/>
+      <c r="Q491" s="62"/>
+      <c r="R491" s="62"/>
+      <c r="S491" s="62"/>
+      <c r="T491" s="62"/>
+      <c r="U491" s="62"/>
+      <c r="V491" s="62"/>
+      <c r="W491" s="62"/>
+      <c r="X491" s="62"/>
+      <c r="Y491" s="62"/>
+      <c r="Z491" s="62"/>
+      <c r="AA491" s="62"/>
+      <c r="AB491" s="62"/>
+      <c r="AC491" s="62"/>
+      <c r="AD491" s="62"/>
+      <c r="AE491" s="62"/>
+      <c r="AF491" s="62"/>
+      <c r="AG491" s="62"/>
+      <c r="AH491" s="62"/>
+      <c r="AI491" s="62"/>
+      <c r="AJ491" s="62"/>
+      <c r="AK491" s="62"/>
+      <c r="AL491" s="62"/>
+      <c r="AM491" s="62"/>
+      <c r="AN491" s="62"/>
+      <c r="AO491" s="62"/>
+      <c r="AP491" s="62"/>
+      <c r="AQ491" s="62"/>
+      <c r="AR491" s="62"/>
     </row>
     <row r="492" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H492" s="2"/>
       <c r="I492" s="2"/>
       <c r="J492" s="2"/>
       <c r="S492" s="2"/>
       <c r="T492" s="2"/>
       <c r="U492" s="2"/>
     </row>
     <row r="493" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H493" s="2"/>
       <c r="I493" s="2"/>
       <c r="J493" s="2"/>
       <c r="S493" s="2"/>
       <c r="T493" s="2"/>
       <c r="U493" s="2"/>
     </row>
     <row r="494" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H494" s="2"/>
       <c r="I494" s="2"/>
       <c r="J494" s="2"/>
       <c r="S494" s="2"/>
       <c r="T494" s="2"/>
       <c r="U494" s="2"/>
     </row>
@@ -32271,51 +32258,51 @@
     <row r="1092" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1093" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1094" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1095" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1096" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1097" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1098" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1099" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1100" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1101" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1102" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1103" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1104" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1105" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1106" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1107" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1108" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1109" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1110" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1111" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1112" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1113" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1114" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1115" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="OnXLwCCJe17wgsVLAXcF7ED0PSP+UR/fd5v20tz3YtmVTFMaILVKBxLJ3IXWKHuKAaRTyFH5K0aogHhJRP++ig==" saltValue="j+vS5uHEOcjYZqMN6ES5sA==" spinCount="100000" sheet="1" formatColumns="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="itPEQSuqpij8Hq4n5r/jufTdhI/sz56q0XDhtBJxsKuPl6BsZ/VpGQ2o5usjZwSMAeABf6/eUZheEj5FayTO5g==" saltValue="nwFn4J8F5HVGgvGICahP/Q==" spinCount="100000" sheet="1" formatRows="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="tnG9kBV98ZsglmLXeZb9r75oS/pt+h/a0VlxaBAUdWTgcYkqUv+ZR/BIaqD/9EEFTM6Wx3uskL8wShLLikrz9Q==" saltValue="o4m6VpQKfNPqA8Z1RPQmYw==" spinCount="100000" sqref="N401:W415" name="Bereik12"/>
     <protectedRange algorithmName="SHA-512" hashValue="Xqyx8Vb6EhgX7K7QB0ERzSkVp16ShaqssAh/oy43CYwt3bwpmmXvds7FEx/TiADh8FwL4Ye/1EWOWvQW8wRYpQ==" saltValue="f+61GbXIK4j8FWQgczh0jA==" spinCount="100000" sqref="A303:W314" name="Bereik8"/>
     <protectedRange algorithmName="SHA-512" hashValue="rLNJYO6AhsgaG++9+I+iPHVelJbZeHF2KhjfYwTeuqBEUJFTA0ECxunWEEITDw2CRJqh6j1aiVdXNUemGQB8+g==" saltValue="U+xtZuNDHI8fpE+bqwVh2g==" spinCount="100000" sqref="A22:U22 A23:D235 F23:H235 J23:U235 I23:I234 E23:E277" name="Bereik4"/>
     <protectedRange algorithmName="SHA-512" hashValue="kcSyvrX8S096eF+R519oG+IwmmqPTJwsBZHN3lpzHdKGhwaLOYJLXO1mmlg99wWOWYQLHgTfIHrfrracNi2IxA==" saltValue="nfYj0iTxJDUp5NEOcS6I5g==" spinCount="100000" sqref="E11:F13" name="Bereik2"/>
     <protectedRange algorithmName="SHA-512" hashValue="tGPDRSn6RdlypkSgUzrLKqGOjaUUUuTrkr7cHK2dPk0Ok1I0vzaYr5YCscSH8IJzakhxJ3QXaPqZSkSSgtsOCw==" saltValue="451UV9vIlhbHWNrWV7eFDg==" spinCount="100000" sqref="C4:W8" name="Bereik1"/>
     <protectedRange algorithmName="SHA-512" hashValue="kzENZiAFIuXx2OPiWLwlOQTYX6VWCudIP8JUtm9CNyse0X1tri9cuUSFExHiZBT94lIGEMKfft72fiWeXsvMlw==" saltValue="FW/LrjSUvsQaXTsQXsCICw==" spinCount="100000" sqref="F17:M17" name="Bereik3"/>
     <protectedRange sqref="F299" name="Bereik7"/>
     <protectedRange algorithmName="SHA-512" hashValue="r6sxz7ouL8TdnSi08fMLZIY4gmuUBJrQKrRlRVFfnVqapzFz1Wx0laK6yvA4kDVvNsXwjknUbIlsLePy6oPgZw==" saltValue="i7E0k5t3fGQZGQu9qUrhqQ==" spinCount="100000" sqref="A317:G396" name="Bereik9"/>
     <protectedRange algorithmName="SHA-512" hashValue="Yt7ODuNo3texVU6aqI61kCNF6s/E/XSqfLm0hkYadRS2HBrnHENPbzELPzIwFrmXVYgHCGn9E8zrkRqvVGl9mA==" saltValue="aBhPoX/xGbqcASvtP2bZhQ==" spinCount="100000" sqref="A402:F414" name="Bereik11"/>
     <protectedRange sqref="A435:XFD463" name="Bereik10"/>
   </protectedRanges>
   <mergeCells count="400">
     <mergeCell ref="A437:F437"/>
     <mergeCell ref="A413:B413"/>
     <mergeCell ref="A414:B414"/>
     <mergeCell ref="C415:D415"/>
     <mergeCell ref="A416:W416"/>
     <mergeCell ref="A419:W419"/>
     <mergeCell ref="A432:W432"/>
     <mergeCell ref="A407:B407"/>
     <mergeCell ref="A408:B408"/>
     <mergeCell ref="A409:B409"/>
     <mergeCell ref="A410:B410"/>
     <mergeCell ref="A411:B411"/>
@@ -32772,1098 +32759,1098 @@
     </dataValidation>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan of gelijk aan 25.000 EUR in te vullen" sqref="E294" xr:uid="{5DAE413F-150D-488E-A79B-0B8B8A626BF5}">
       <formula1>25000</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="F22:M234 F237:M277 F235:H236 J235:M236" xr:uid="{075D2705-FE18-4C14-863C-35DF1A593178}">
       <formula1>IF(OR(ISBLANK(F$11),$E22="o")=TRUE,F22="",F22&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="I235" xr:uid="{950B7B81-06E5-4DFD-BFFA-52A9EA05F5A9}">
       <formula1>IF(OR(ISBLANK(I$11),$E236="o")=TRUE,I235="",I235&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Voor code &quot;w&quot;" prompt="Bezorg loonbrieven en/of individuele rekeningen" sqref="E22:E277" xr:uid="{A64F6589-2469-46A3-A464-B2DB26F1D12E}">
       <formula1>"w,o,b"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A70883F7-0606-476C-ADAA-262DD573E88D}">
   <sheetPr codeName="Blad4"/>
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="58.77734375" customWidth="1"/>
+    <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.42578125" customWidth="1"/>
+    <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="58.85546875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="32.21875" customWidth="1"/>
+    <col min="7" max="7" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A1" s="150" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="149" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="150" t="s">
+      <c r="B1" s="149" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="150" t="s">
+      <c r="C1" s="149" t="s">
         <v>95</v>
       </c>
-      <c r="D1" s="150" t="s">
+      <c r="D1" s="149" t="s">
         <v>96</v>
       </c>
-      <c r="E1" s="150" t="s">
+      <c r="E1" s="149" t="s">
         <v>52</v>
       </c>
-      <c r="F1" s="150" t="s">
+      <c r="F1" s="149" t="s">
         <v>97</v>
       </c>
-      <c r="G1" s="150" t="s">
+      <c r="G1" s="149" t="s">
         <v>98</v>
       </c>
-      <c r="H1" s="150" t="s">
+      <c r="H1" s="149" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
-[...249 lines deleted...]
-      <c r="H37" s="149"/>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="69"/>
+      <c r="D2" s="148"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="148"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="69"/>
+      <c r="D3" s="148"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="148"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="69"/>
+      <c r="D4" s="148"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="148"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="69"/>
+      <c r="D5" s="148"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="148"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="69"/>
+      <c r="D6" s="148"/>
+      <c r="F6" s="70"/>
+      <c r="G6" s="70"/>
+      <c r="H6" s="148"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="69"/>
+      <c r="D7" s="148"/>
+      <c r="F7" s="70"/>
+      <c r="G7" s="70"/>
+      <c r="H7" s="148"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="69"/>
+      <c r="D8" s="148"/>
+      <c r="F8" s="70"/>
+      <c r="G8" s="70"/>
+      <c r="H8" s="148"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="69"/>
+      <c r="D9" s="148"/>
+      <c r="F9" s="70"/>
+      <c r="G9" s="70"/>
+      <c r="H9" s="148"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="69"/>
+      <c r="D10" s="148"/>
+      <c r="F10" s="70"/>
+      <c r="G10" s="70"/>
+      <c r="H10" s="148"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="69"/>
+      <c r="D11" s="148"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="148"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="69"/>
+      <c r="D12" s="148"/>
+      <c r="F12" s="70"/>
+      <c r="G12" s="70"/>
+      <c r="H12" s="148"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="69"/>
+      <c r="D13" s="148"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="148"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="69"/>
+      <c r="D14" s="148"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="70"/>
+      <c r="H14" s="148"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="69"/>
+      <c r="D15" s="148"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="70"/>
+      <c r="H15" s="148"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="69"/>
+      <c r="D16" s="148"/>
+      <c r="F16" s="70"/>
+      <c r="G16" s="70"/>
+      <c r="H16" s="148"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="69"/>
+      <c r="D17" s="148"/>
+      <c r="F17" s="70"/>
+      <c r="G17" s="70"/>
+      <c r="H17" s="148"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="69"/>
+      <c r="D18" s="148"/>
+      <c r="F18" s="70"/>
+      <c r="G18" s="70"/>
+      <c r="H18" s="148"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="69"/>
+      <c r="D19" s="148"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="148"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="69"/>
+      <c r="D20" s="148"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="70"/>
+      <c r="H20" s="148"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="69"/>
+      <c r="D21" s="148"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="148"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="69"/>
+      <c r="D22" s="148"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="70"/>
+      <c r="H22" s="148"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="69"/>
+      <c r="D23" s="148"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="70"/>
+      <c r="H23" s="148"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="69"/>
+      <c r="D24" s="148"/>
+      <c r="F24" s="70"/>
+      <c r="G24" s="70"/>
+      <c r="H24" s="148"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="69"/>
+      <c r="D25" s="148"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="70"/>
+      <c r="H25" s="148"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="69"/>
+      <c r="D26" s="148"/>
+      <c r="F26" s="70"/>
+      <c r="G26" s="70"/>
+      <c r="H26" s="148"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="69"/>
+      <c r="D27" s="148"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="70"/>
+      <c r="H27" s="148"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="69"/>
+      <c r="D28" s="148"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="70"/>
+      <c r="H28" s="148"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="69"/>
+      <c r="D29" s="148"/>
+      <c r="F29" s="70"/>
+      <c r="G29" s="70"/>
+      <c r="H29" s="148"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="69"/>
+      <c r="D30" s="148"/>
+      <c r="F30" s="70"/>
+      <c r="G30" s="70"/>
+      <c r="H30" s="148"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="69"/>
+      <c r="D31" s="148"/>
+      <c r="F31" s="70"/>
+      <c r="G31" s="70"/>
+      <c r="H31" s="148"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="69"/>
+      <c r="D32" s="148"/>
+      <c r="F32" s="70"/>
+      <c r="G32" s="70"/>
+      <c r="H32" s="148"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="69"/>
+      <c r="D33" s="148"/>
+      <c r="F33" s="70"/>
+      <c r="G33" s="70"/>
+      <c r="H33" s="148"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="69"/>
+      <c r="D34" s="148"/>
+      <c r="F34" s="70"/>
+      <c r="G34" s="70"/>
+      <c r="H34" s="148"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="69"/>
+      <c r="D35" s="148"/>
+      <c r="F35" s="70"/>
+      <c r="G35" s="70"/>
+      <c r="H35" s="148"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="69"/>
+      <c r="D36" s="148"/>
+      <c r="F36" s="70"/>
+      <c r="G36" s="70"/>
+      <c r="H36" s="148"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="69"/>
+      <c r="D37" s="148"/>
+      <c r="F37" s="70"/>
+      <c r="G37" s="70"/>
+      <c r="H37" s="148"/>
     </row>
   </sheetData>
   <phoneticPr fontId="32" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ECC7AB9-A49E-4BDB-B1B3-05873D5DFFB9}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="58.77734375" customWidth="1"/>
+    <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.42578125" customWidth="1"/>
+    <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="58.85546875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="32.21875" customWidth="1"/>
+    <col min="7" max="7" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A1" s="150" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="149" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="150" t="s">
+      <c r="B1" s="149" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="150" t="s">
+      <c r="C1" s="149" t="s">
         <v>95</v>
       </c>
-      <c r="D1" s="150" t="s">
+      <c r="D1" s="149" t="s">
         <v>96</v>
       </c>
-      <c r="E1" s="150" t="s">
+      <c r="E1" s="149" t="s">
         <v>52</v>
       </c>
-      <c r="F1" s="150" t="s">
+      <c r="F1" s="149" t="s">
         <v>97</v>
       </c>
-      <c r="G1" s="150" t="s">
+      <c r="G1" s="149" t="s">
         <v>98</v>
       </c>
-      <c r="H1" s="150" t="s">
+      <c r="H1" s="149" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
-[...697 lines deleted...]
-      <c r="H101" s="149"/>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="69"/>
+      <c r="D2" s="148"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="148"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="69"/>
+      <c r="D3" s="148"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="148"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="69"/>
+      <c r="D4" s="148"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="148"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="69"/>
+      <c r="D5" s="148"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="148"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="69"/>
+      <c r="D6" s="148"/>
+      <c r="F6" s="70"/>
+      <c r="G6" s="70"/>
+      <c r="H6" s="148"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="69"/>
+      <c r="D7" s="148"/>
+      <c r="F7" s="70"/>
+      <c r="G7" s="70"/>
+      <c r="H7" s="148"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="69"/>
+      <c r="D8" s="148"/>
+      <c r="F8" s="70"/>
+      <c r="G8" s="70"/>
+      <c r="H8" s="148"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="69"/>
+      <c r="D9" s="148"/>
+      <c r="F9" s="70"/>
+      <c r="G9" s="70"/>
+      <c r="H9" s="148"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="69"/>
+      <c r="D10" s="148"/>
+      <c r="F10" s="70"/>
+      <c r="G10" s="70"/>
+      <c r="H10" s="148"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="69"/>
+      <c r="D11" s="148"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="148"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="69"/>
+      <c r="D12" s="148"/>
+      <c r="F12" s="70"/>
+      <c r="G12" s="70"/>
+      <c r="H12" s="148"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="69"/>
+      <c r="D13" s="148"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="148"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="69"/>
+      <c r="D14" s="148"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="70"/>
+      <c r="H14" s="148"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="69"/>
+      <c r="D15" s="148"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="70"/>
+      <c r="H15" s="148"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="69"/>
+      <c r="D16" s="148"/>
+      <c r="F16" s="70"/>
+      <c r="G16" s="70"/>
+      <c r="H16" s="148"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="69"/>
+      <c r="D17" s="148"/>
+      <c r="F17" s="70"/>
+      <c r="G17" s="70"/>
+      <c r="H17" s="148"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="69"/>
+      <c r="D18" s="148"/>
+      <c r="F18" s="70"/>
+      <c r="G18" s="70"/>
+      <c r="H18" s="148"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="69"/>
+      <c r="D19" s="148"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="148"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="69"/>
+      <c r="D20" s="148"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="70"/>
+      <c r="H20" s="148"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="69"/>
+      <c r="D21" s="148"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="148"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="69"/>
+      <c r="D22" s="148"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="70"/>
+      <c r="H22" s="148"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="69"/>
+      <c r="D23" s="148"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="70"/>
+      <c r="H23" s="148"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="69"/>
+      <c r="D24" s="148"/>
+      <c r="F24" s="70"/>
+      <c r="G24" s="70"/>
+      <c r="H24" s="148"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="69"/>
+      <c r="D25" s="148"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="70"/>
+      <c r="H25" s="148"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="69"/>
+      <c r="D26" s="148"/>
+      <c r="F26" s="70"/>
+      <c r="G26" s="70"/>
+      <c r="H26" s="148"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="69"/>
+      <c r="D27" s="148"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="70"/>
+      <c r="H27" s="148"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="69"/>
+      <c r="D28" s="148"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="70"/>
+      <c r="H28" s="148"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="69"/>
+      <c r="D29" s="148"/>
+      <c r="F29" s="70"/>
+      <c r="G29" s="70"/>
+      <c r="H29" s="148"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="69"/>
+      <c r="D30" s="148"/>
+      <c r="F30" s="70"/>
+      <c r="G30" s="70"/>
+      <c r="H30" s="148"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="69"/>
+      <c r="D31" s="148"/>
+      <c r="F31" s="70"/>
+      <c r="G31" s="70"/>
+      <c r="H31" s="148"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="69"/>
+      <c r="D32" s="148"/>
+      <c r="F32" s="70"/>
+      <c r="G32" s="70"/>
+      <c r="H32" s="148"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="69"/>
+      <c r="D33" s="148"/>
+      <c r="F33" s="70"/>
+      <c r="G33" s="70"/>
+      <c r="H33" s="148"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="69"/>
+      <c r="D34" s="148"/>
+      <c r="F34" s="70"/>
+      <c r="G34" s="70"/>
+      <c r="H34" s="148"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="69"/>
+      <c r="D35" s="148"/>
+      <c r="F35" s="70"/>
+      <c r="G35" s="70"/>
+      <c r="H35" s="148"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="69"/>
+      <c r="D36" s="148"/>
+      <c r="F36" s="70"/>
+      <c r="G36" s="70"/>
+      <c r="H36" s="148"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="69"/>
+      <c r="D37" s="148"/>
+      <c r="F37" s="70"/>
+      <c r="G37" s="70"/>
+      <c r="H37" s="148"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="69"/>
+      <c r="D38" s="148"/>
+      <c r="F38" s="70"/>
+      <c r="G38" s="70"/>
+      <c r="H38" s="148"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="69"/>
+      <c r="D39" s="148"/>
+      <c r="F39" s="70"/>
+      <c r="G39" s="70"/>
+      <c r="H39" s="148"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="69"/>
+      <c r="D40" s="148"/>
+      <c r="F40" s="70"/>
+      <c r="G40" s="70"/>
+      <c r="H40" s="148"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="69"/>
+      <c r="D41" s="148"/>
+      <c r="F41" s="70"/>
+      <c r="G41" s="70"/>
+      <c r="H41" s="148"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="69"/>
+      <c r="D42" s="148"/>
+      <c r="F42" s="70"/>
+      <c r="G42" s="70"/>
+      <c r="H42" s="148"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="69"/>
+      <c r="D43" s="148"/>
+      <c r="F43" s="70"/>
+      <c r="G43" s="70"/>
+      <c r="H43" s="148"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="69"/>
+      <c r="D44" s="148"/>
+      <c r="F44" s="70"/>
+      <c r="G44" s="70"/>
+      <c r="H44" s="148"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="69"/>
+      <c r="D45" s="148"/>
+      <c r="F45" s="70"/>
+      <c r="G45" s="70"/>
+      <c r="H45" s="148"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="69"/>
+      <c r="D46" s="148"/>
+      <c r="F46" s="70"/>
+      <c r="G46" s="70"/>
+      <c r="H46" s="148"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="69"/>
+      <c r="D47" s="148"/>
+      <c r="F47" s="70"/>
+      <c r="G47" s="70"/>
+      <c r="H47" s="148"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="69"/>
+      <c r="D48" s="148"/>
+      <c r="F48" s="70"/>
+      <c r="G48" s="70"/>
+      <c r="H48" s="148"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" s="69"/>
+      <c r="D49" s="148"/>
+      <c r="F49" s="70"/>
+      <c r="G49" s="70"/>
+      <c r="H49" s="148"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="69"/>
+      <c r="D50" s="148"/>
+      <c r="F50" s="70"/>
+      <c r="G50" s="70"/>
+      <c r="H50" s="148"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="69"/>
+      <c r="D51" s="148"/>
+      <c r="F51" s="70"/>
+      <c r="G51" s="70"/>
+      <c r="H51" s="148"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="69"/>
+      <c r="D52" s="148"/>
+      <c r="F52" s="70"/>
+      <c r="G52" s="70"/>
+      <c r="H52" s="148"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="69"/>
+      <c r="D53" s="148"/>
+      <c r="F53" s="70"/>
+      <c r="G53" s="70"/>
+      <c r="H53" s="148"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="69"/>
+      <c r="D54" s="148"/>
+      <c r="F54" s="70"/>
+      <c r="G54" s="70"/>
+      <c r="H54" s="148"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="69"/>
+      <c r="D55" s="148"/>
+      <c r="F55" s="70"/>
+      <c r="G55" s="70"/>
+      <c r="H55" s="148"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="69"/>
+      <c r="D56" s="148"/>
+      <c r="F56" s="70"/>
+      <c r="G56" s="70"/>
+      <c r="H56" s="148"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="69"/>
+      <c r="D57" s="148"/>
+      <c r="F57" s="70"/>
+      <c r="G57" s="70"/>
+      <c r="H57" s="148"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="69"/>
+      <c r="D58" s="148"/>
+      <c r="F58" s="70"/>
+      <c r="G58" s="70"/>
+      <c r="H58" s="148"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" s="69"/>
+      <c r="D59" s="148"/>
+      <c r="F59" s="70"/>
+      <c r="G59" s="70"/>
+      <c r="H59" s="148"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A60" s="69"/>
+      <c r="D60" s="148"/>
+      <c r="F60" s="70"/>
+      <c r="G60" s="70"/>
+      <c r="H60" s="148"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="69"/>
+      <c r="D61" s="148"/>
+      <c r="F61" s="70"/>
+      <c r="G61" s="70"/>
+      <c r="H61" s="148"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" s="69"/>
+      <c r="D62" s="148"/>
+      <c r="F62" s="70"/>
+      <c r="G62" s="70"/>
+      <c r="H62" s="148"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="69"/>
+      <c r="D63" s="148"/>
+      <c r="F63" s="70"/>
+      <c r="G63" s="70"/>
+      <c r="H63" s="148"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A64" s="69"/>
+      <c r="D64" s="148"/>
+      <c r="F64" s="70"/>
+      <c r="G64" s="70"/>
+      <c r="H64" s="148"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A65" s="69"/>
+      <c r="D65" s="148"/>
+      <c r="F65" s="70"/>
+      <c r="G65" s="70"/>
+      <c r="H65" s="148"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A66" s="69"/>
+      <c r="D66" s="148"/>
+      <c r="F66" s="70"/>
+      <c r="G66" s="70"/>
+      <c r="H66" s="148"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A67" s="69"/>
+      <c r="D67" s="148"/>
+      <c r="F67" s="70"/>
+      <c r="G67" s="70"/>
+      <c r="H67" s="148"/>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A68" s="69"/>
+      <c r="D68" s="148"/>
+      <c r="F68" s="70"/>
+      <c r="G68" s="70"/>
+      <c r="H68" s="148"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A69" s="69"/>
+      <c r="D69" s="148"/>
+      <c r="F69" s="70"/>
+      <c r="G69" s="70"/>
+      <c r="H69" s="148"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A70" s="69"/>
+      <c r="D70" s="148"/>
+      <c r="F70" s="70"/>
+      <c r="G70" s="70"/>
+      <c r="H70" s="148"/>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A71" s="69"/>
+      <c r="D71" s="148"/>
+      <c r="F71" s="70"/>
+      <c r="G71" s="70"/>
+      <c r="H71" s="148"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A72" s="69"/>
+      <c r="D72" s="148"/>
+      <c r="F72" s="70"/>
+      <c r="G72" s="70"/>
+      <c r="H72" s="148"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A73" s="69"/>
+      <c r="D73" s="148"/>
+      <c r="F73" s="70"/>
+      <c r="G73" s="70"/>
+      <c r="H73" s="148"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A74" s="69"/>
+      <c r="D74" s="148"/>
+      <c r="F74" s="70"/>
+      <c r="G74" s="70"/>
+      <c r="H74" s="148"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A75" s="69"/>
+      <c r="D75" s="148"/>
+      <c r="F75" s="70"/>
+      <c r="G75" s="70"/>
+      <c r="H75" s="148"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A76" s="69"/>
+      <c r="D76" s="148"/>
+      <c r="F76" s="70"/>
+      <c r="G76" s="70"/>
+      <c r="H76" s="148"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A77" s="69"/>
+      <c r="D77" s="148"/>
+      <c r="F77" s="70"/>
+      <c r="G77" s="70"/>
+      <c r="H77" s="148"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A78" s="69"/>
+      <c r="D78" s="148"/>
+      <c r="F78" s="70"/>
+      <c r="G78" s="70"/>
+      <c r="H78" s="148"/>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A79" s="69"/>
+      <c r="D79" s="148"/>
+      <c r="F79" s="70"/>
+      <c r="G79" s="70"/>
+      <c r="H79" s="148"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A80" s="69"/>
+      <c r="D80" s="148"/>
+      <c r="F80" s="70"/>
+      <c r="G80" s="70"/>
+      <c r="H80" s="148"/>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A81" s="69"/>
+      <c r="D81" s="148"/>
+      <c r="F81" s="70"/>
+      <c r="G81" s="70"/>
+      <c r="H81" s="148"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A82" s="69"/>
+      <c r="D82" s="148"/>
+      <c r="F82" s="70"/>
+      <c r="G82" s="70"/>
+      <c r="H82" s="148"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83" s="69"/>
+      <c r="D83" s="148"/>
+      <c r="F83" s="70"/>
+      <c r="G83" s="70"/>
+      <c r="H83" s="148"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A84" s="69"/>
+      <c r="D84" s="148"/>
+      <c r="F84" s="70"/>
+      <c r="G84" s="70"/>
+      <c r="H84" s="148"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85" s="69"/>
+      <c r="D85" s="148"/>
+      <c r="F85" s="70"/>
+      <c r="G85" s="70"/>
+      <c r="H85" s="148"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A86" s="69"/>
+      <c r="D86" s="148"/>
+      <c r="F86" s="70"/>
+      <c r="G86" s="70"/>
+      <c r="H86" s="148"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A87" s="69"/>
+      <c r="D87" s="148"/>
+      <c r="F87" s="70"/>
+      <c r="G87" s="70"/>
+      <c r="H87" s="148"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A88" s="69"/>
+      <c r="D88" s="148"/>
+      <c r="F88" s="70"/>
+      <c r="G88" s="70"/>
+      <c r="H88" s="148"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A89" s="69"/>
+      <c r="D89" s="148"/>
+      <c r="F89" s="70"/>
+      <c r="G89" s="70"/>
+      <c r="H89" s="148"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A90" s="69"/>
+      <c r="D90" s="148"/>
+      <c r="F90" s="70"/>
+      <c r="G90" s="70"/>
+      <c r="H90" s="148"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" s="69"/>
+      <c r="D91" s="148"/>
+      <c r="F91" s="70"/>
+      <c r="G91" s="70"/>
+      <c r="H91" s="148"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A92" s="69"/>
+      <c r="D92" s="148"/>
+      <c r="F92" s="70"/>
+      <c r="G92" s="70"/>
+      <c r="H92" s="148"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A93" s="69"/>
+      <c r="D93" s="148"/>
+      <c r="F93" s="70"/>
+      <c r="G93" s="70"/>
+      <c r="H93" s="148"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A94" s="69"/>
+      <c r="D94" s="148"/>
+      <c r="F94" s="70"/>
+      <c r="G94" s="70"/>
+      <c r="H94" s="148"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A95" s="69"/>
+      <c r="D95" s="148"/>
+      <c r="F95" s="70"/>
+      <c r="G95" s="70"/>
+      <c r="H95" s="148"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A96" s="69"/>
+      <c r="D96" s="148"/>
+      <c r="F96" s="70"/>
+      <c r="G96" s="70"/>
+      <c r="H96" s="148"/>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A97" s="69"/>
+      <c r="D97" s="148"/>
+      <c r="F97" s="70"/>
+      <c r="G97" s="70"/>
+      <c r="H97" s="148"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A98" s="69"/>
+      <c r="D98" s="148"/>
+      <c r="F98" s="70"/>
+      <c r="G98" s="70"/>
+      <c r="H98" s="148"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A99" s="69"/>
+      <c r="D99" s="148"/>
+      <c r="F99" s="70"/>
+      <c r="G99" s="70"/>
+      <c r="H99" s="148"/>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A100" s="69"/>
+      <c r="D100" s="148"/>
+      <c r="F100" s="70"/>
+      <c r="G100" s="70"/>
+      <c r="H100" s="148"/>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A101" s="69"/>
+      <c r="D101" s="148"/>
+      <c r="F101" s="70"/>
+      <c r="G101" s="70"/>
+      <c r="H101" s="148"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="034f0a3f50fa803b986e76cc6d81fc3b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="175a1af47dc6c3eb7732cbb0976f3514" ns2:_="" ns3:_="">
     <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>