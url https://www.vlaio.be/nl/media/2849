--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,69 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/tom_bruggeman_vlaio_be/Documents/Bureaublad/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-SO_VER/Jolien/Dossierbehandeling/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="43" documentId="8_{192D1BFC-B8A5-4075-9EB7-0DCFF5214D6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{29E0FED1-2313-4E97-9686-0937855DA7CE}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{5E16C0AB-6365-4DFA-9148-3A5260D7BBE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E130108F-1515-4F05-A015-B9A932B79F02}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-4785" yWindow="-21720" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LEES DIT EERST" sheetId="8" r:id="rId1"/>
     <sheet name="Financieel eindverslag " sheetId="11" r:id="rId2"/>
     <sheet name="Borderel werkingskosten" sheetId="10" r:id="rId3"/>
     <sheet name="Borderel externe prestaties" sheetId="9" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="AfgetopteUrenOpJaarbasis" localSheetId="1">'Financieel eindverslag '!$F$17</definedName>
     <definedName name="AfgetopteUrenOpJaarbasis">#REF!</definedName>
     <definedName name="mmJaar1" localSheetId="1">'Financieel eindverslag '!$N$22:$N$267</definedName>
     <definedName name="mmJaar1">#REF!</definedName>
     <definedName name="mmJaar2" localSheetId="1">'Financieel eindverslag '!$O$22:$O$267</definedName>
     <definedName name="mmJaar2">#REF!</definedName>
     <definedName name="mmJaar3" localSheetId="1">'Financieel eindverslag '!$P$22:$P$267</definedName>
     <definedName name="mmJaar3">#REF!</definedName>
     <definedName name="mmJaar4" localSheetId="1">'Financieel eindverslag '!$S$22:$S$267</definedName>
     <definedName name="mmJaar4">#REF!</definedName>
     <definedName name="mmJaar5" localSheetId="1">'Financieel eindverslag '!$T$22:$T$267</definedName>
     <definedName name="mmJaar5">#REF!</definedName>
     <definedName name="mmJaar6" localSheetId="1">'Financieel eindverslag '!$U$22:$U$267</definedName>
     <definedName name="mmJaar6">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
@@ -901,59 +900,59 @@
   <c r="M18" i="11"/>
   <c r="L18" i="11"/>
   <c r="K18" i="11"/>
   <c r="H18" i="11"/>
   <c r="G18" i="11"/>
   <c r="F18" i="11"/>
   <c r="B456" i="11" l="1"/>
   <c r="X278" i="11"/>
   <c r="C294" i="11" s="1"/>
   <c r="D294" i="11" s="1"/>
   <c r="V278" i="11"/>
   <c r="C299" i="11" s="1"/>
   <c r="D299" i="11" s="1"/>
   <c r="E299" i="11" s="1"/>
   <c r="G415" i="11"/>
   <c r="B428" i="11" s="1"/>
   <c r="E446" i="11" s="1"/>
   <c r="F446" i="11" s="1"/>
   <c r="W278" i="11"/>
   <c r="B424" i="11" s="1"/>
   <c r="C440" i="11"/>
   <c r="F294" i="11" l="1"/>
   <c r="B425" i="11" s="1"/>
   <c r="B422" i="11"/>
   <c r="E441" i="11" s="1"/>
-  <c r="F441" i="11" s="1"/>
   <c r="E442" i="11"/>
-  <c r="F442" i="11" s="1"/>
-  <c r="E443" i="11" l="1"/>
+  <c r="F442" i="11" l="1"/>
+  <c r="E440" i="11"/>
+  <c r="F441" i="11"/>
+  <c r="E443" i="11"/>
   <c r="F443" i="11" s="1"/>
   <c r="B429" i="11"/>
-  <c r="E440" i="11" s="1"/>
-[...1 lines deleted...]
-  <c r="B430" i="11" l="1"/>
+  <c r="F440" i="11" l="1"/>
+  <c r="B430" i="11"/>
   <c r="E448" i="11"/>
   <c r="F448" i="11" s="1"/>
   <c r="B450" i="11"/>
   <c r="B452" i="11" l="1"/>
   <c r="B458" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="108">
   <si>
     <t xml:space="preserve">Opgelet: Deze template is enkel geldig voor projecten die zijn ingediend vanaf 1 juli 2021. Voor oudere templates kan u terecht op www.vlaio.be. Navigeer naar het desbetreffende steuninstrument en ga naar het tabblad "vervolgstappen". </t>
   </si>
   <si>
     <t>Projectgegevens</t>
   </si>
   <si>
     <t>Projecttitel:</t>
   </si>
   <si>
     <t>VLAIO-projectnummer (HBC.xxxx.xxxx)</t>
   </si>
   <si>
     <t>Projectperiode (van xx/xx/20xx tot xx/xx/20xx)</t>
   </si>
@@ -4675,55 +4674,51 @@
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A5B40D74-809D-47A8-ADE8-855B9080ADBC}" name="Tabel4" displayName="Tabel4" ref="A1:H101" totalsRowShown="0" headerRowDxfId="25">
   <autoFilter ref="A1:H101" xr:uid="{A5B40D74-809D-47A8-ADE8-855B9080ADBC}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{269F0130-AC56-4D76-9325-F475CEC62406}" name="Datum" dataDxfId="24"/>
     <tableColumn id="2" xr3:uid="{4818ABA8-B3D5-42A6-9CCF-5473AB2E709C}" name="Factuurnummer" dataDxfId="23"/>
     <tableColumn id="3" xr3:uid="{CA9E3DE3-D8B7-46BB-B902-6EA2960C3347}" name="Leverancier/ Aanbieder" dataDxfId="22"/>
     <tableColumn id="10" xr3:uid="{7C70599D-70BD-460A-951C-728399D5286D}" name="Ondernemingsnummer "/>
     <tableColumn id="4" xr3:uid="{AB90823D-2404-4702-8B68-A3AA1FFC81C0}" name="Omschrijving" dataDxfId="21"/>
     <tableColumn id="5" xr3:uid="{63F6AA83-AEA2-4FAE-912C-EB5C3F5FFA83}" name="Bedrag excl. Btw" dataDxfId="20"/>
     <tableColumn id="9" xr3:uid="{FC9C881C-4E80-412D-B2D3-7CC9E8761A0A}" name="Bedrag incl. Btw" dataDxfId="19"/>
     <tableColumn id="11" xr3:uid="{02A7B8E9-0601-439F-93FC-8F6F6C913478}" name="(Gestructureerde) mededeling" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight20" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{0175466B-E98A-4C35-8369-ACC402EBCF2D}" name="Tabel46" displayName="Tabel46" ref="A1:H101" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16">
   <autoFilter ref="A1:H101" xr:uid="{0175466B-E98A-4C35-8369-ACC402EBCF2D}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{F59B0AD8-64DF-41B9-855C-025DB050EB5F}" name="Datum" dataDxfId="15"/>
     <tableColumn id="2" xr3:uid="{26B8B942-8DBE-459B-8888-ACA9B6AE140B}" name="Factuurnummer" dataDxfId="14"/>
@@ -5002,1725 +4997,1725 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{706DBAF5-D8DE-459E-9DDD-21B7497B1FE6}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="15" max="15" width="16.140625" customWidth="1"/>
+    <col min="15" max="15" width="16.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="238" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="239"/>
       <c r="C1" s="239"/>
       <c r="D1" s="239"/>
       <c r="E1" s="239"/>
       <c r="F1" s="239"/>
       <c r="G1" s="239"/>
       <c r="H1" s="239"/>
       <c r="I1" s="239"/>
       <c r="J1" s="239"/>
       <c r="K1" s="239"/>
       <c r="L1" s="239"/>
       <c r="M1" s="239"/>
       <c r="N1" s="239"/>
       <c r="O1" s="239"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="239"/>
       <c r="B2" s="239"/>
       <c r="C2" s="239"/>
       <c r="D2" s="239"/>
       <c r="E2" s="239"/>
       <c r="F2" s="239"/>
       <c r="G2" s="239"/>
       <c r="H2" s="239"/>
       <c r="I2" s="239"/>
       <c r="J2" s="239"/>
       <c r="K2" s="239"/>
       <c r="L2" s="239"/>
       <c r="M2" s="239"/>
       <c r="N2" s="239"/>
       <c r="O2" s="239"/>
     </row>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A3" s="239"/>
       <c r="B3" s="239"/>
       <c r="C3" s="239"/>
       <c r="D3" s="239"/>
       <c r="E3" s="239"/>
       <c r="F3" s="239"/>
       <c r="G3" s="239"/>
       <c r="H3" s="239"/>
       <c r="I3" s="239"/>
       <c r="J3" s="239"/>
       <c r="K3" s="239"/>
       <c r="L3" s="239"/>
       <c r="M3" s="239"/>
       <c r="N3" s="239"/>
       <c r="O3" s="239"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="239"/>
       <c r="B4" s="239"/>
       <c r="C4" s="239"/>
       <c r="D4" s="239"/>
       <c r="E4" s="239"/>
       <c r="F4" s="239"/>
       <c r="G4" s="239"/>
       <c r="H4" s="239"/>
       <c r="I4" s="239"/>
       <c r="J4" s="239"/>
       <c r="K4" s="239"/>
       <c r="L4" s="239"/>
       <c r="M4" s="239"/>
       <c r="N4" s="239"/>
       <c r="O4" s="239"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A5" s="239"/>
       <c r="B5" s="239"/>
       <c r="C5" s="239"/>
       <c r="D5" s="239"/>
       <c r="E5" s="239"/>
       <c r="F5" s="239"/>
       <c r="G5" s="239"/>
       <c r="H5" s="239"/>
       <c r="I5" s="239"/>
       <c r="J5" s="239"/>
       <c r="K5" s="239"/>
       <c r="L5" s="239"/>
       <c r="M5" s="239"/>
       <c r="N5" s="239"/>
       <c r="O5" s="239"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="239"/>
       <c r="B6" s="239"/>
       <c r="C6" s="239"/>
       <c r="D6" s="239"/>
       <c r="E6" s="239"/>
       <c r="F6" s="239"/>
       <c r="G6" s="239"/>
       <c r="H6" s="239"/>
       <c r="I6" s="239"/>
       <c r="J6" s="239"/>
       <c r="K6" s="239"/>
       <c r="L6" s="239"/>
       <c r="M6" s="239"/>
       <c r="N6" s="239"/>
       <c r="O6" s="239"/>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="239"/>
       <c r="B7" s="239"/>
       <c r="C7" s="239"/>
       <c r="D7" s="239"/>
       <c r="E7" s="239"/>
       <c r="F7" s="239"/>
       <c r="G7" s="239"/>
       <c r="H7" s="239"/>
       <c r="I7" s="239"/>
       <c r="J7" s="239"/>
       <c r="K7" s="239"/>
       <c r="L7" s="239"/>
       <c r="M7" s="239"/>
       <c r="N7" s="239"/>
       <c r="O7" s="239"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="239"/>
       <c r="B8" s="239"/>
       <c r="C8" s="239"/>
       <c r="D8" s="239"/>
       <c r="E8" s="239"/>
       <c r="F8" s="239"/>
       <c r="G8" s="239"/>
       <c r="H8" s="239"/>
       <c r="I8" s="239"/>
       <c r="J8" s="239"/>
       <c r="K8" s="239"/>
       <c r="L8" s="239"/>
       <c r="M8" s="239"/>
       <c r="N8" s="239"/>
       <c r="O8" s="239"/>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="239"/>
       <c r="B9" s="239"/>
       <c r="C9" s="239"/>
       <c r="D9" s="239"/>
       <c r="E9" s="239"/>
       <c r="F9" s="239"/>
       <c r="G9" s="239"/>
       <c r="H9" s="239"/>
       <c r="I9" s="239"/>
       <c r="J9" s="239"/>
       <c r="K9" s="239"/>
       <c r="L9" s="239"/>
       <c r="M9" s="239"/>
       <c r="N9" s="239"/>
       <c r="O9" s="239"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="239"/>
       <c r="B10" s="239"/>
       <c r="C10" s="239"/>
       <c r="D10" s="239"/>
       <c r="E10" s="239"/>
       <c r="F10" s="239"/>
       <c r="G10" s="239"/>
       <c r="H10" s="239"/>
       <c r="I10" s="239"/>
       <c r="J10" s="239"/>
       <c r="K10" s="239"/>
       <c r="L10" s="239"/>
       <c r="M10" s="239"/>
       <c r="N10" s="239"/>
       <c r="O10" s="239"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="239"/>
       <c r="B11" s="239"/>
       <c r="C11" s="239"/>
       <c r="D11" s="239"/>
       <c r="E11" s="239"/>
       <c r="F11" s="239"/>
       <c r="G11" s="239"/>
       <c r="H11" s="239"/>
       <c r="I11" s="239"/>
       <c r="J11" s="239"/>
       <c r="K11" s="239"/>
       <c r="L11" s="239"/>
       <c r="M11" s="239"/>
       <c r="N11" s="239"/>
       <c r="O11" s="239"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="239"/>
       <c r="B12" s="239"/>
       <c r="C12" s="239"/>
       <c r="D12" s="239"/>
       <c r="E12" s="239"/>
       <c r="F12" s="239"/>
       <c r="G12" s="239"/>
       <c r="H12" s="239"/>
       <c r="I12" s="239"/>
       <c r="J12" s="239"/>
       <c r="K12" s="239"/>
       <c r="L12" s="239"/>
       <c r="M12" s="239"/>
       <c r="N12" s="239"/>
       <c r="O12" s="239"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="239"/>
       <c r="B13" s="239"/>
       <c r="C13" s="239"/>
       <c r="D13" s="239"/>
       <c r="E13" s="239"/>
       <c r="F13" s="239"/>
       <c r="G13" s="239"/>
       <c r="H13" s="239"/>
       <c r="I13" s="239"/>
       <c r="J13" s="239"/>
       <c r="K13" s="239"/>
       <c r="L13" s="239"/>
       <c r="M13" s="239"/>
       <c r="N13" s="239"/>
       <c r="O13" s="239"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="239"/>
       <c r="B14" s="239"/>
       <c r="C14" s="239"/>
       <c r="D14" s="239"/>
       <c r="E14" s="239"/>
       <c r="F14" s="239"/>
       <c r="G14" s="239"/>
       <c r="H14" s="239"/>
       <c r="I14" s="239"/>
       <c r="J14" s="239"/>
       <c r="K14" s="239"/>
       <c r="L14" s="239"/>
       <c r="M14" s="239"/>
       <c r="N14" s="239"/>
       <c r="O14" s="239"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="239"/>
       <c r="B15" s="239"/>
       <c r="C15" s="239"/>
       <c r="D15" s="239"/>
       <c r="E15" s="239"/>
       <c r="F15" s="239"/>
       <c r="G15" s="239"/>
       <c r="H15" s="239"/>
       <c r="I15" s="239"/>
       <c r="J15" s="239"/>
       <c r="K15" s="239"/>
       <c r="L15" s="239"/>
       <c r="M15" s="239"/>
       <c r="N15" s="239"/>
       <c r="O15" s="239"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="239"/>
       <c r="B16" s="239"/>
       <c r="C16" s="239"/>
       <c r="D16" s="239"/>
       <c r="E16" s="239"/>
       <c r="F16" s="239"/>
       <c r="G16" s="239"/>
       <c r="H16" s="239"/>
       <c r="I16" s="239"/>
       <c r="J16" s="239"/>
       <c r="K16" s="239"/>
       <c r="L16" s="239"/>
       <c r="M16" s="239"/>
       <c r="N16" s="239"/>
       <c r="O16" s="239"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="239"/>
       <c r="B17" s="239"/>
       <c r="C17" s="239"/>
       <c r="D17" s="239"/>
       <c r="E17" s="239"/>
       <c r="F17" s="239"/>
       <c r="G17" s="239"/>
       <c r="H17" s="239"/>
       <c r="I17" s="239"/>
       <c r="J17" s="239"/>
       <c r="K17" s="239"/>
       <c r="L17" s="239"/>
       <c r="M17" s="239"/>
       <c r="N17" s="239"/>
       <c r="O17" s="239"/>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="239"/>
       <c r="B18" s="239"/>
       <c r="C18" s="239"/>
       <c r="D18" s="239"/>
       <c r="E18" s="239"/>
       <c r="F18" s="239"/>
       <c r="G18" s="239"/>
       <c r="H18" s="239"/>
       <c r="I18" s="239"/>
       <c r="J18" s="239"/>
       <c r="K18" s="239"/>
       <c r="L18" s="239"/>
       <c r="M18" s="239"/>
       <c r="N18" s="239"/>
       <c r="O18" s="239"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="239"/>
       <c r="B19" s="239"/>
       <c r="C19" s="239"/>
       <c r="D19" s="239"/>
       <c r="E19" s="239"/>
       <c r="F19" s="239"/>
       <c r="G19" s="239"/>
       <c r="H19" s="239"/>
       <c r="I19" s="239"/>
       <c r="J19" s="239"/>
       <c r="K19" s="239"/>
       <c r="L19" s="239"/>
       <c r="M19" s="239"/>
       <c r="N19" s="239"/>
       <c r="O19" s="239"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="239"/>
       <c r="B20" s="239"/>
       <c r="C20" s="239"/>
       <c r="D20" s="239"/>
       <c r="E20" s="239"/>
       <c r="F20" s="239"/>
       <c r="G20" s="239"/>
       <c r="H20" s="239"/>
       <c r="I20" s="239"/>
       <c r="J20" s="239"/>
       <c r="K20" s="239"/>
       <c r="L20" s="239"/>
       <c r="M20" s="239"/>
       <c r="N20" s="239"/>
       <c r="O20" s="239"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="239"/>
       <c r="B21" s="239"/>
       <c r="C21" s="239"/>
       <c r="D21" s="239"/>
       <c r="E21" s="239"/>
       <c r="F21" s="239"/>
       <c r="G21" s="239"/>
       <c r="H21" s="239"/>
       <c r="I21" s="239"/>
       <c r="J21" s="239"/>
       <c r="K21" s="239"/>
       <c r="L21" s="239"/>
       <c r="M21" s="239"/>
       <c r="N21" s="239"/>
       <c r="O21" s="239"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="239"/>
       <c r="B22" s="239"/>
       <c r="C22" s="239"/>
       <c r="D22" s="239"/>
       <c r="E22" s="239"/>
       <c r="F22" s="239"/>
       <c r="G22" s="239"/>
       <c r="H22" s="239"/>
       <c r="I22" s="239"/>
       <c r="J22" s="239"/>
       <c r="K22" s="239"/>
       <c r="L22" s="239"/>
       <c r="M22" s="239"/>
       <c r="N22" s="239"/>
       <c r="O22" s="239"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="239"/>
       <c r="B23" s="239"/>
       <c r="C23" s="239"/>
       <c r="D23" s="239"/>
       <c r="E23" s="239"/>
       <c r="F23" s="239"/>
       <c r="G23" s="239"/>
       <c r="H23" s="239"/>
       <c r="I23" s="239"/>
       <c r="J23" s="239"/>
       <c r="K23" s="239"/>
       <c r="L23" s="239"/>
       <c r="M23" s="239"/>
       <c r="N23" s="239"/>
       <c r="O23" s="239"/>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="239"/>
       <c r="B24" s="239"/>
       <c r="C24" s="239"/>
       <c r="D24" s="239"/>
       <c r="E24" s="239"/>
       <c r="F24" s="239"/>
       <c r="G24" s="239"/>
       <c r="H24" s="239"/>
       <c r="I24" s="239"/>
       <c r="J24" s="239"/>
       <c r="K24" s="239"/>
       <c r="L24" s="239"/>
       <c r="M24" s="239"/>
       <c r="N24" s="239"/>
       <c r="O24" s="239"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="239"/>
       <c r="B25" s="239"/>
       <c r="C25" s="239"/>
       <c r="D25" s="239"/>
       <c r="E25" s="239"/>
       <c r="F25" s="239"/>
       <c r="G25" s="239"/>
       <c r="H25" s="239"/>
       <c r="I25" s="239"/>
       <c r="J25" s="239"/>
       <c r="K25" s="239"/>
       <c r="L25" s="239"/>
       <c r="M25" s="239"/>
       <c r="N25" s="239"/>
       <c r="O25" s="239"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="239"/>
       <c r="B26" s="239"/>
       <c r="C26" s="239"/>
       <c r="D26" s="239"/>
       <c r="E26" s="239"/>
       <c r="F26" s="239"/>
       <c r="G26" s="239"/>
       <c r="H26" s="239"/>
       <c r="I26" s="239"/>
       <c r="J26" s="239"/>
       <c r="K26" s="239"/>
       <c r="L26" s="239"/>
       <c r="M26" s="239"/>
       <c r="N26" s="239"/>
       <c r="O26" s="239"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="239"/>
       <c r="B27" s="239"/>
       <c r="C27" s="239"/>
       <c r="D27" s="239"/>
       <c r="E27" s="239"/>
       <c r="F27" s="239"/>
       <c r="G27" s="239"/>
       <c r="H27" s="239"/>
       <c r="I27" s="239"/>
       <c r="J27" s="239"/>
       <c r="K27" s="239"/>
       <c r="L27" s="239"/>
       <c r="M27" s="239"/>
       <c r="N27" s="239"/>
       <c r="O27" s="239"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="239"/>
       <c r="B28" s="239"/>
       <c r="C28" s="239"/>
       <c r="D28" s="239"/>
       <c r="E28" s="239"/>
       <c r="F28" s="239"/>
       <c r="G28" s="239"/>
       <c r="H28" s="239"/>
       <c r="I28" s="239"/>
       <c r="J28" s="239"/>
       <c r="K28" s="239"/>
       <c r="L28" s="239"/>
       <c r="M28" s="239"/>
       <c r="N28" s="239"/>
       <c r="O28" s="239"/>
     </row>
-    <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="239"/>
       <c r="B29" s="239"/>
       <c r="C29" s="239"/>
       <c r="D29" s="239"/>
       <c r="E29" s="239"/>
       <c r="F29" s="239"/>
       <c r="G29" s="239"/>
       <c r="H29" s="239"/>
       <c r="I29" s="239"/>
       <c r="J29" s="239"/>
       <c r="K29" s="239"/>
       <c r="L29" s="239"/>
       <c r="M29" s="239"/>
       <c r="N29" s="239"/>
       <c r="O29" s="239"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="2N9YDobXMV0SzBcWVwotJ6zcb8Na8NkZDowGnudn/NeO21dbhDjb+qyjGCbDTK62uZi7J0qveDCsNEkw+SVcWA==" saltValue="Z1XiGaav0RCA8jg85ylF6g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:O29"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ABF527-260C-4B48-8127-47D9ADAFA50D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR1115"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A11" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="Z64" sqref="Z64"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C4" sqref="C4:W4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.88671875" defaultRowHeight="10.8" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="39.140625" style="2" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="25" max="250" width="10.85546875" style="2"/>
+    <col min="1" max="1" width="39.109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="13.109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="12.5546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="15.88671875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="15.44140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="15.44140625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="11.44140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.44140625" style="3" hidden="1" customWidth="1"/>
+    <col min="11" max="13" width="11.44140625" style="2" hidden="1" customWidth="1"/>
+    <col min="14" max="17" width="8.44140625" style="2" customWidth="1"/>
+    <col min="18" max="18" width="8.44140625" style="2" hidden="1" customWidth="1"/>
+    <col min="19" max="21" width="8.44140625" style="3" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="5.44140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="21.109375" style="2" customWidth="1"/>
+    <col min="24" max="24" width="2.109375" style="2" hidden="1" customWidth="1"/>
+    <col min="25" max="250" width="10.88671875" style="2"/>
     <col min="251" max="251" width="35" style="2" customWidth="1"/>
-    <col min="252" max="252" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="274" max="274" width="6.42578125" style="2" customWidth="1"/>
+    <col min="252" max="252" width="23.5546875" style="2" customWidth="1"/>
+    <col min="253" max="253" width="15.5546875" style="2" customWidth="1"/>
+    <col min="254" max="254" width="13.109375" style="2" customWidth="1"/>
+    <col min="255" max="255" width="15.44140625" style="2" customWidth="1"/>
+    <col min="256" max="256" width="13.109375" style="2" customWidth="1"/>
+    <col min="257" max="261" width="10.88671875" style="2" customWidth="1"/>
+    <col min="262" max="266" width="6.109375" style="2" customWidth="1"/>
+    <col min="267" max="267" width="8.44140625" style="2" customWidth="1"/>
+    <col min="268" max="268" width="6.44140625" style="2" customWidth="1"/>
+    <col min="269" max="269" width="6.88671875" style="2" customWidth="1"/>
+    <col min="270" max="270" width="6.44140625" style="2" customWidth="1"/>
+    <col min="271" max="273" width="10.88671875" style="2" customWidth="1"/>
+    <col min="274" max="274" width="6.44140625" style="2" customWidth="1"/>
     <col min="275" max="275" width="16" style="2" customWidth="1"/>
     <col min="276" max="276" width="12" style="2" customWidth="1"/>
-    <col min="277" max="277" width="9.85546875" style="2" customWidth="1"/>
-    <col min="278" max="506" width="10.85546875" style="2"/>
+    <col min="277" max="277" width="9.88671875" style="2" customWidth="1"/>
+    <col min="278" max="506" width="10.88671875" style="2"/>
     <col min="507" max="507" width="35" style="2" customWidth="1"/>
-    <col min="508" max="508" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="530" max="530" width="6.42578125" style="2" customWidth="1"/>
+    <col min="508" max="508" width="23.5546875" style="2" customWidth="1"/>
+    <col min="509" max="509" width="15.5546875" style="2" customWidth="1"/>
+    <col min="510" max="510" width="13.109375" style="2" customWidth="1"/>
+    <col min="511" max="511" width="15.44140625" style="2" customWidth="1"/>
+    <col min="512" max="512" width="13.109375" style="2" customWidth="1"/>
+    <col min="513" max="517" width="10.88671875" style="2" customWidth="1"/>
+    <col min="518" max="522" width="6.109375" style="2" customWidth="1"/>
+    <col min="523" max="523" width="8.44140625" style="2" customWidth="1"/>
+    <col min="524" max="524" width="6.44140625" style="2" customWidth="1"/>
+    <col min="525" max="525" width="6.88671875" style="2" customWidth="1"/>
+    <col min="526" max="526" width="6.44140625" style="2" customWidth="1"/>
+    <col min="527" max="529" width="10.88671875" style="2" customWidth="1"/>
+    <col min="530" max="530" width="6.44140625" style="2" customWidth="1"/>
     <col min="531" max="531" width="16" style="2" customWidth="1"/>
     <col min="532" max="532" width="12" style="2" customWidth="1"/>
-    <col min="533" max="533" width="9.85546875" style="2" customWidth="1"/>
-    <col min="534" max="762" width="10.85546875" style="2"/>
+    <col min="533" max="533" width="9.88671875" style="2" customWidth="1"/>
+    <col min="534" max="762" width="10.88671875" style="2"/>
     <col min="763" max="763" width="35" style="2" customWidth="1"/>
-    <col min="764" max="764" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="786" max="786" width="6.42578125" style="2" customWidth="1"/>
+    <col min="764" max="764" width="23.5546875" style="2" customWidth="1"/>
+    <col min="765" max="765" width="15.5546875" style="2" customWidth="1"/>
+    <col min="766" max="766" width="13.109375" style="2" customWidth="1"/>
+    <col min="767" max="767" width="15.44140625" style="2" customWidth="1"/>
+    <col min="768" max="768" width="13.109375" style="2" customWidth="1"/>
+    <col min="769" max="773" width="10.88671875" style="2" customWidth="1"/>
+    <col min="774" max="778" width="6.109375" style="2" customWidth="1"/>
+    <col min="779" max="779" width="8.44140625" style="2" customWidth="1"/>
+    <col min="780" max="780" width="6.44140625" style="2" customWidth="1"/>
+    <col min="781" max="781" width="6.88671875" style="2" customWidth="1"/>
+    <col min="782" max="782" width="6.44140625" style="2" customWidth="1"/>
+    <col min="783" max="785" width="10.88671875" style="2" customWidth="1"/>
+    <col min="786" max="786" width="6.44140625" style="2" customWidth="1"/>
     <col min="787" max="787" width="16" style="2" customWidth="1"/>
     <col min="788" max="788" width="12" style="2" customWidth="1"/>
-    <col min="789" max="789" width="9.85546875" style="2" customWidth="1"/>
-    <col min="790" max="1018" width="10.85546875" style="2"/>
+    <col min="789" max="789" width="9.88671875" style="2" customWidth="1"/>
+    <col min="790" max="1018" width="10.88671875" style="2"/>
     <col min="1019" max="1019" width="35" style="2" customWidth="1"/>
-    <col min="1020" max="1020" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1042" max="1042" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1020" max="1020" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1021" max="1021" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1022" max="1022" width="13.109375" style="2" customWidth="1"/>
+    <col min="1023" max="1023" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1024" max="1024" width="13.109375" style="2" customWidth="1"/>
+    <col min="1025" max="1029" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1030" max="1034" width="6.109375" style="2" customWidth="1"/>
+    <col min="1035" max="1035" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1036" max="1036" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1037" max="1037" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1038" max="1038" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1039" max="1041" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1042" max="1042" width="6.44140625" style="2" customWidth="1"/>
     <col min="1043" max="1043" width="16" style="2" customWidth="1"/>
     <col min="1044" max="1044" width="12" style="2" customWidth="1"/>
-    <col min="1045" max="1045" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1046" max="1274" width="10.85546875" style="2"/>
+    <col min="1045" max="1045" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1046" max="1274" width="10.88671875" style="2"/>
     <col min="1275" max="1275" width="35" style="2" customWidth="1"/>
-    <col min="1276" max="1276" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1298" max="1298" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1276" max="1276" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1277" max="1277" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1278" max="1278" width="13.109375" style="2" customWidth="1"/>
+    <col min="1279" max="1279" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1280" max="1280" width="13.109375" style="2" customWidth="1"/>
+    <col min="1281" max="1285" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1286" max="1290" width="6.109375" style="2" customWidth="1"/>
+    <col min="1291" max="1291" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1292" max="1292" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1293" max="1293" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1294" max="1294" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1295" max="1297" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1298" max="1298" width="6.44140625" style="2" customWidth="1"/>
     <col min="1299" max="1299" width="16" style="2" customWidth="1"/>
     <col min="1300" max="1300" width="12" style="2" customWidth="1"/>
-    <col min="1301" max="1301" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1302" max="1530" width="10.85546875" style="2"/>
+    <col min="1301" max="1301" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1302" max="1530" width="10.88671875" style="2"/>
     <col min="1531" max="1531" width="35" style="2" customWidth="1"/>
-    <col min="1532" max="1532" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1554" max="1554" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1532" max="1532" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1533" max="1533" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1534" max="1534" width="13.109375" style="2" customWidth="1"/>
+    <col min="1535" max="1535" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1536" max="1536" width="13.109375" style="2" customWidth="1"/>
+    <col min="1537" max="1541" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1542" max="1546" width="6.109375" style="2" customWidth="1"/>
+    <col min="1547" max="1547" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1548" max="1548" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1549" max="1549" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1550" max="1550" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1551" max="1553" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1554" max="1554" width="6.44140625" style="2" customWidth="1"/>
     <col min="1555" max="1555" width="16" style="2" customWidth="1"/>
     <col min="1556" max="1556" width="12" style="2" customWidth="1"/>
-    <col min="1557" max="1557" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1558" max="1786" width="10.85546875" style="2"/>
+    <col min="1557" max="1557" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1558" max="1786" width="10.88671875" style="2"/>
     <col min="1787" max="1787" width="35" style="2" customWidth="1"/>
-    <col min="1788" max="1788" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1810" max="1810" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1788" max="1788" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1789" max="1789" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1790" max="1790" width="13.109375" style="2" customWidth="1"/>
+    <col min="1791" max="1791" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1792" max="1792" width="13.109375" style="2" customWidth="1"/>
+    <col min="1793" max="1797" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1798" max="1802" width="6.109375" style="2" customWidth="1"/>
+    <col min="1803" max="1803" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1804" max="1804" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1805" max="1805" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1806" max="1806" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1807" max="1809" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1810" max="1810" width="6.44140625" style="2" customWidth="1"/>
     <col min="1811" max="1811" width="16" style="2" customWidth="1"/>
     <col min="1812" max="1812" width="12" style="2" customWidth="1"/>
-    <col min="1813" max="1813" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1814" max="2042" width="10.85546875" style="2"/>
+    <col min="1813" max="1813" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1814" max="2042" width="10.88671875" style="2"/>
     <col min="2043" max="2043" width="35" style="2" customWidth="1"/>
-    <col min="2044" max="2044" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2066" max="2066" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2044" max="2044" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2045" max="2045" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2046" max="2046" width="13.109375" style="2" customWidth="1"/>
+    <col min="2047" max="2047" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2048" max="2048" width="13.109375" style="2" customWidth="1"/>
+    <col min="2049" max="2053" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2054" max="2058" width="6.109375" style="2" customWidth="1"/>
+    <col min="2059" max="2059" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2060" max="2060" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2061" max="2061" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2062" max="2062" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2063" max="2065" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2066" max="2066" width="6.44140625" style="2" customWidth="1"/>
     <col min="2067" max="2067" width="16" style="2" customWidth="1"/>
     <col min="2068" max="2068" width="12" style="2" customWidth="1"/>
-    <col min="2069" max="2069" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2070" max="2298" width="10.85546875" style="2"/>
+    <col min="2069" max="2069" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2070" max="2298" width="10.88671875" style="2"/>
     <col min="2299" max="2299" width="35" style="2" customWidth="1"/>
-    <col min="2300" max="2300" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2322" max="2322" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2300" max="2300" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2301" max="2301" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2302" max="2302" width="13.109375" style="2" customWidth="1"/>
+    <col min="2303" max="2303" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2304" max="2304" width="13.109375" style="2" customWidth="1"/>
+    <col min="2305" max="2309" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2310" max="2314" width="6.109375" style="2" customWidth="1"/>
+    <col min="2315" max="2315" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2316" max="2316" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2317" max="2317" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2318" max="2318" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2319" max="2321" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2322" max="2322" width="6.44140625" style="2" customWidth="1"/>
     <col min="2323" max="2323" width="16" style="2" customWidth="1"/>
     <col min="2324" max="2324" width="12" style="2" customWidth="1"/>
-    <col min="2325" max="2325" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2326" max="2554" width="10.85546875" style="2"/>
+    <col min="2325" max="2325" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2326" max="2554" width="10.88671875" style="2"/>
     <col min="2555" max="2555" width="35" style="2" customWidth="1"/>
-    <col min="2556" max="2556" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2578" max="2578" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2556" max="2556" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2557" max="2557" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2558" max="2558" width="13.109375" style="2" customWidth="1"/>
+    <col min="2559" max="2559" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2560" max="2560" width="13.109375" style="2" customWidth="1"/>
+    <col min="2561" max="2565" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2566" max="2570" width="6.109375" style="2" customWidth="1"/>
+    <col min="2571" max="2571" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2572" max="2572" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2573" max="2573" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2574" max="2574" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2575" max="2577" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2578" max="2578" width="6.44140625" style="2" customWidth="1"/>
     <col min="2579" max="2579" width="16" style="2" customWidth="1"/>
     <col min="2580" max="2580" width="12" style="2" customWidth="1"/>
-    <col min="2581" max="2581" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2582" max="2810" width="10.85546875" style="2"/>
+    <col min="2581" max="2581" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2582" max="2810" width="10.88671875" style="2"/>
     <col min="2811" max="2811" width="35" style="2" customWidth="1"/>
-    <col min="2812" max="2812" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2834" max="2834" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2812" max="2812" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2813" max="2813" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2814" max="2814" width="13.109375" style="2" customWidth="1"/>
+    <col min="2815" max="2815" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2816" max="2816" width="13.109375" style="2" customWidth="1"/>
+    <col min="2817" max="2821" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2822" max="2826" width="6.109375" style="2" customWidth="1"/>
+    <col min="2827" max="2827" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2828" max="2828" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2829" max="2829" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2830" max="2830" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2831" max="2833" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2834" max="2834" width="6.44140625" style="2" customWidth="1"/>
     <col min="2835" max="2835" width="16" style="2" customWidth="1"/>
     <col min="2836" max="2836" width="12" style="2" customWidth="1"/>
-    <col min="2837" max="2837" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2838" max="3066" width="10.85546875" style="2"/>
+    <col min="2837" max="2837" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2838" max="3066" width="10.88671875" style="2"/>
     <col min="3067" max="3067" width="35" style="2" customWidth="1"/>
-    <col min="3068" max="3068" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3090" max="3090" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3068" max="3068" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3069" max="3069" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3070" max="3070" width="13.109375" style="2" customWidth="1"/>
+    <col min="3071" max="3071" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3072" max="3072" width="13.109375" style="2" customWidth="1"/>
+    <col min="3073" max="3077" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3078" max="3082" width="6.109375" style="2" customWidth="1"/>
+    <col min="3083" max="3083" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3084" max="3084" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3085" max="3085" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3086" max="3086" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3087" max="3089" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3090" max="3090" width="6.44140625" style="2" customWidth="1"/>
     <col min="3091" max="3091" width="16" style="2" customWidth="1"/>
     <col min="3092" max="3092" width="12" style="2" customWidth="1"/>
-    <col min="3093" max="3093" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3094" max="3322" width="10.85546875" style="2"/>
+    <col min="3093" max="3093" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3094" max="3322" width="10.88671875" style="2"/>
     <col min="3323" max="3323" width="35" style="2" customWidth="1"/>
-    <col min="3324" max="3324" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3346" max="3346" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3324" max="3324" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3325" max="3325" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3326" max="3326" width="13.109375" style="2" customWidth="1"/>
+    <col min="3327" max="3327" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3328" max="3328" width="13.109375" style="2" customWidth="1"/>
+    <col min="3329" max="3333" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3334" max="3338" width="6.109375" style="2" customWidth="1"/>
+    <col min="3339" max="3339" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3340" max="3340" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3341" max="3341" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3342" max="3342" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3343" max="3345" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3346" max="3346" width="6.44140625" style="2" customWidth="1"/>
     <col min="3347" max="3347" width="16" style="2" customWidth="1"/>
     <col min="3348" max="3348" width="12" style="2" customWidth="1"/>
-    <col min="3349" max="3349" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3350" max="3578" width="10.85546875" style="2"/>
+    <col min="3349" max="3349" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3350" max="3578" width="10.88671875" style="2"/>
     <col min="3579" max="3579" width="35" style="2" customWidth="1"/>
-    <col min="3580" max="3580" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3602" max="3602" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3580" max="3580" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3581" max="3581" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3582" max="3582" width="13.109375" style="2" customWidth="1"/>
+    <col min="3583" max="3583" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3584" max="3584" width="13.109375" style="2" customWidth="1"/>
+    <col min="3585" max="3589" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3590" max="3594" width="6.109375" style="2" customWidth="1"/>
+    <col min="3595" max="3595" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3596" max="3596" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3597" max="3597" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3598" max="3598" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3599" max="3601" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3602" max="3602" width="6.44140625" style="2" customWidth="1"/>
     <col min="3603" max="3603" width="16" style="2" customWidth="1"/>
     <col min="3604" max="3604" width="12" style="2" customWidth="1"/>
-    <col min="3605" max="3605" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3606" max="3834" width="10.85546875" style="2"/>
+    <col min="3605" max="3605" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3606" max="3834" width="10.88671875" style="2"/>
     <col min="3835" max="3835" width="35" style="2" customWidth="1"/>
-    <col min="3836" max="3836" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3858" max="3858" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3836" max="3836" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3837" max="3837" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3838" max="3838" width="13.109375" style="2" customWidth="1"/>
+    <col min="3839" max="3839" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3840" max="3840" width="13.109375" style="2" customWidth="1"/>
+    <col min="3841" max="3845" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3846" max="3850" width="6.109375" style="2" customWidth="1"/>
+    <col min="3851" max="3851" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3852" max="3852" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3853" max="3853" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3854" max="3854" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3855" max="3857" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3858" max="3858" width="6.44140625" style="2" customWidth="1"/>
     <col min="3859" max="3859" width="16" style="2" customWidth="1"/>
     <col min="3860" max="3860" width="12" style="2" customWidth="1"/>
-    <col min="3861" max="3861" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3862" max="4090" width="10.85546875" style="2"/>
+    <col min="3861" max="3861" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3862" max="4090" width="10.88671875" style="2"/>
     <col min="4091" max="4091" width="35" style="2" customWidth="1"/>
-    <col min="4092" max="4092" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4114" max="4114" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4092" max="4092" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4093" max="4093" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4094" max="4094" width="13.109375" style="2" customWidth="1"/>
+    <col min="4095" max="4095" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4096" max="4096" width="13.109375" style="2" customWidth="1"/>
+    <col min="4097" max="4101" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4102" max="4106" width="6.109375" style="2" customWidth="1"/>
+    <col min="4107" max="4107" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4108" max="4108" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4109" max="4109" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4110" max="4110" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4111" max="4113" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4114" max="4114" width="6.44140625" style="2" customWidth="1"/>
     <col min="4115" max="4115" width="16" style="2" customWidth="1"/>
     <col min="4116" max="4116" width="12" style="2" customWidth="1"/>
-    <col min="4117" max="4117" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4118" max="4346" width="10.85546875" style="2"/>
+    <col min="4117" max="4117" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4118" max="4346" width="10.88671875" style="2"/>
     <col min="4347" max="4347" width="35" style="2" customWidth="1"/>
-    <col min="4348" max="4348" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4370" max="4370" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4348" max="4348" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4349" max="4349" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4350" max="4350" width="13.109375" style="2" customWidth="1"/>
+    <col min="4351" max="4351" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4352" max="4352" width="13.109375" style="2" customWidth="1"/>
+    <col min="4353" max="4357" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4358" max="4362" width="6.109375" style="2" customWidth="1"/>
+    <col min="4363" max="4363" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4364" max="4364" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4365" max="4365" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4366" max="4366" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4367" max="4369" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4370" max="4370" width="6.44140625" style="2" customWidth="1"/>
     <col min="4371" max="4371" width="16" style="2" customWidth="1"/>
     <col min="4372" max="4372" width="12" style="2" customWidth="1"/>
-    <col min="4373" max="4373" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4374" max="4602" width="10.85546875" style="2"/>
+    <col min="4373" max="4373" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4374" max="4602" width="10.88671875" style="2"/>
     <col min="4603" max="4603" width="35" style="2" customWidth="1"/>
-    <col min="4604" max="4604" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4626" max="4626" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4604" max="4604" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4605" max="4605" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4606" max="4606" width="13.109375" style="2" customWidth="1"/>
+    <col min="4607" max="4607" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4608" max="4608" width="13.109375" style="2" customWidth="1"/>
+    <col min="4609" max="4613" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4614" max="4618" width="6.109375" style="2" customWidth="1"/>
+    <col min="4619" max="4619" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4620" max="4620" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4621" max="4621" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4622" max="4622" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4623" max="4625" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4626" max="4626" width="6.44140625" style="2" customWidth="1"/>
     <col min="4627" max="4627" width="16" style="2" customWidth="1"/>
     <col min="4628" max="4628" width="12" style="2" customWidth="1"/>
-    <col min="4629" max="4629" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4630" max="4858" width="10.85546875" style="2"/>
+    <col min="4629" max="4629" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4630" max="4858" width="10.88671875" style="2"/>
     <col min="4859" max="4859" width="35" style="2" customWidth="1"/>
-    <col min="4860" max="4860" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4882" max="4882" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4860" max="4860" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4861" max="4861" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4862" max="4862" width="13.109375" style="2" customWidth="1"/>
+    <col min="4863" max="4863" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4864" max="4864" width="13.109375" style="2" customWidth="1"/>
+    <col min="4865" max="4869" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4870" max="4874" width="6.109375" style="2" customWidth="1"/>
+    <col min="4875" max="4875" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4876" max="4876" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4877" max="4877" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4878" max="4878" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4879" max="4881" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4882" max="4882" width="6.44140625" style="2" customWidth="1"/>
     <col min="4883" max="4883" width="16" style="2" customWidth="1"/>
     <col min="4884" max="4884" width="12" style="2" customWidth="1"/>
-    <col min="4885" max="4885" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4886" max="5114" width="10.85546875" style="2"/>
+    <col min="4885" max="4885" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4886" max="5114" width="10.88671875" style="2"/>
     <col min="5115" max="5115" width="35" style="2" customWidth="1"/>
-    <col min="5116" max="5116" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5138" max="5138" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5116" max="5116" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5117" max="5117" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5118" max="5118" width="13.109375" style="2" customWidth="1"/>
+    <col min="5119" max="5119" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5120" max="5120" width="13.109375" style="2" customWidth="1"/>
+    <col min="5121" max="5125" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5126" max="5130" width="6.109375" style="2" customWidth="1"/>
+    <col min="5131" max="5131" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5132" max="5132" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5133" max="5133" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5134" max="5134" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5135" max="5137" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5138" max="5138" width="6.44140625" style="2" customWidth="1"/>
     <col min="5139" max="5139" width="16" style="2" customWidth="1"/>
     <col min="5140" max="5140" width="12" style="2" customWidth="1"/>
-    <col min="5141" max="5141" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5142" max="5370" width="10.85546875" style="2"/>
+    <col min="5141" max="5141" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5142" max="5370" width="10.88671875" style="2"/>
     <col min="5371" max="5371" width="35" style="2" customWidth="1"/>
-    <col min="5372" max="5372" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5394" max="5394" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5372" max="5372" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5373" max="5373" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5374" max="5374" width="13.109375" style="2" customWidth="1"/>
+    <col min="5375" max="5375" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5376" max="5376" width="13.109375" style="2" customWidth="1"/>
+    <col min="5377" max="5381" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5382" max="5386" width="6.109375" style="2" customWidth="1"/>
+    <col min="5387" max="5387" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5388" max="5388" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5389" max="5389" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5390" max="5390" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5391" max="5393" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5394" max="5394" width="6.44140625" style="2" customWidth="1"/>
     <col min="5395" max="5395" width="16" style="2" customWidth="1"/>
     <col min="5396" max="5396" width="12" style="2" customWidth="1"/>
-    <col min="5397" max="5397" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5398" max="5626" width="10.85546875" style="2"/>
+    <col min="5397" max="5397" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5398" max="5626" width="10.88671875" style="2"/>
     <col min="5627" max="5627" width="35" style="2" customWidth="1"/>
-    <col min="5628" max="5628" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5650" max="5650" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5628" max="5628" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5629" max="5629" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5630" max="5630" width="13.109375" style="2" customWidth="1"/>
+    <col min="5631" max="5631" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5632" max="5632" width="13.109375" style="2" customWidth="1"/>
+    <col min="5633" max="5637" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5638" max="5642" width="6.109375" style="2" customWidth="1"/>
+    <col min="5643" max="5643" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5644" max="5644" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5645" max="5645" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5646" max="5646" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5647" max="5649" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5650" max="5650" width="6.44140625" style="2" customWidth="1"/>
     <col min="5651" max="5651" width="16" style="2" customWidth="1"/>
     <col min="5652" max="5652" width="12" style="2" customWidth="1"/>
-    <col min="5653" max="5653" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5654" max="5882" width="10.85546875" style="2"/>
+    <col min="5653" max="5653" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5654" max="5882" width="10.88671875" style="2"/>
     <col min="5883" max="5883" width="35" style="2" customWidth="1"/>
-    <col min="5884" max="5884" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5906" max="5906" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5884" max="5884" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5885" max="5885" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5886" max="5886" width="13.109375" style="2" customWidth="1"/>
+    <col min="5887" max="5887" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5888" max="5888" width="13.109375" style="2" customWidth="1"/>
+    <col min="5889" max="5893" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5894" max="5898" width="6.109375" style="2" customWidth="1"/>
+    <col min="5899" max="5899" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5900" max="5900" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5901" max="5901" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5902" max="5902" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5903" max="5905" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5906" max="5906" width="6.44140625" style="2" customWidth="1"/>
     <col min="5907" max="5907" width="16" style="2" customWidth="1"/>
     <col min="5908" max="5908" width="12" style="2" customWidth="1"/>
-    <col min="5909" max="5909" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5910" max="6138" width="10.85546875" style="2"/>
+    <col min="5909" max="5909" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5910" max="6138" width="10.88671875" style="2"/>
     <col min="6139" max="6139" width="35" style="2" customWidth="1"/>
-    <col min="6140" max="6140" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6162" max="6162" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6140" max="6140" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6141" max="6141" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6142" max="6142" width="13.109375" style="2" customWidth="1"/>
+    <col min="6143" max="6143" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6144" max="6144" width="13.109375" style="2" customWidth="1"/>
+    <col min="6145" max="6149" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6150" max="6154" width="6.109375" style="2" customWidth="1"/>
+    <col min="6155" max="6155" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6156" max="6156" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6157" max="6157" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6158" max="6158" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6159" max="6161" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6162" max="6162" width="6.44140625" style="2" customWidth="1"/>
     <col min="6163" max="6163" width="16" style="2" customWidth="1"/>
     <col min="6164" max="6164" width="12" style="2" customWidth="1"/>
-    <col min="6165" max="6165" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6166" max="6394" width="10.85546875" style="2"/>
+    <col min="6165" max="6165" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6166" max="6394" width="10.88671875" style="2"/>
     <col min="6395" max="6395" width="35" style="2" customWidth="1"/>
-    <col min="6396" max="6396" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6418" max="6418" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6396" max="6396" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6397" max="6397" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6398" max="6398" width="13.109375" style="2" customWidth="1"/>
+    <col min="6399" max="6399" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6400" max="6400" width="13.109375" style="2" customWidth="1"/>
+    <col min="6401" max="6405" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6406" max="6410" width="6.109375" style="2" customWidth="1"/>
+    <col min="6411" max="6411" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6412" max="6412" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6413" max="6413" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6414" max="6414" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6415" max="6417" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6418" max="6418" width="6.44140625" style="2" customWidth="1"/>
     <col min="6419" max="6419" width="16" style="2" customWidth="1"/>
     <col min="6420" max="6420" width="12" style="2" customWidth="1"/>
-    <col min="6421" max="6421" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6422" max="6650" width="10.85546875" style="2"/>
+    <col min="6421" max="6421" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6422" max="6650" width="10.88671875" style="2"/>
     <col min="6651" max="6651" width="35" style="2" customWidth="1"/>
-    <col min="6652" max="6652" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6674" max="6674" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6652" max="6652" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6653" max="6653" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6654" max="6654" width="13.109375" style="2" customWidth="1"/>
+    <col min="6655" max="6655" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6656" max="6656" width="13.109375" style="2" customWidth="1"/>
+    <col min="6657" max="6661" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6662" max="6666" width="6.109375" style="2" customWidth="1"/>
+    <col min="6667" max="6667" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6668" max="6668" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6669" max="6669" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6670" max="6670" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6671" max="6673" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6674" max="6674" width="6.44140625" style="2" customWidth="1"/>
     <col min="6675" max="6675" width="16" style="2" customWidth="1"/>
     <col min="6676" max="6676" width="12" style="2" customWidth="1"/>
-    <col min="6677" max="6677" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6678" max="6906" width="10.85546875" style="2"/>
+    <col min="6677" max="6677" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6678" max="6906" width="10.88671875" style="2"/>
     <col min="6907" max="6907" width="35" style="2" customWidth="1"/>
-    <col min="6908" max="6908" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6930" max="6930" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6908" max="6908" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6909" max="6909" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6910" max="6910" width="13.109375" style="2" customWidth="1"/>
+    <col min="6911" max="6911" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6912" max="6912" width="13.109375" style="2" customWidth="1"/>
+    <col min="6913" max="6917" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6918" max="6922" width="6.109375" style="2" customWidth="1"/>
+    <col min="6923" max="6923" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6924" max="6924" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6925" max="6925" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6926" max="6926" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6927" max="6929" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6930" max="6930" width="6.44140625" style="2" customWidth="1"/>
     <col min="6931" max="6931" width="16" style="2" customWidth="1"/>
     <col min="6932" max="6932" width="12" style="2" customWidth="1"/>
-    <col min="6933" max="6933" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6934" max="7162" width="10.85546875" style="2"/>
+    <col min="6933" max="6933" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6934" max="7162" width="10.88671875" style="2"/>
     <col min="7163" max="7163" width="35" style="2" customWidth="1"/>
-    <col min="7164" max="7164" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7186" max="7186" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7164" max="7164" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7165" max="7165" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7166" max="7166" width="13.109375" style="2" customWidth="1"/>
+    <col min="7167" max="7167" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7168" max="7168" width="13.109375" style="2" customWidth="1"/>
+    <col min="7169" max="7173" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7174" max="7178" width="6.109375" style="2" customWidth="1"/>
+    <col min="7179" max="7179" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7180" max="7180" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7181" max="7181" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7182" max="7182" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7183" max="7185" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7186" max="7186" width="6.44140625" style="2" customWidth="1"/>
     <col min="7187" max="7187" width="16" style="2" customWidth="1"/>
     <col min="7188" max="7188" width="12" style="2" customWidth="1"/>
-    <col min="7189" max="7189" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7190" max="7418" width="10.85546875" style="2"/>
+    <col min="7189" max="7189" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7190" max="7418" width="10.88671875" style="2"/>
     <col min="7419" max="7419" width="35" style="2" customWidth="1"/>
-    <col min="7420" max="7420" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7442" max="7442" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7420" max="7420" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7421" max="7421" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7422" max="7422" width="13.109375" style="2" customWidth="1"/>
+    <col min="7423" max="7423" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7424" max="7424" width="13.109375" style="2" customWidth="1"/>
+    <col min="7425" max="7429" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7430" max="7434" width="6.109375" style="2" customWidth="1"/>
+    <col min="7435" max="7435" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7436" max="7436" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7437" max="7437" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7438" max="7438" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7439" max="7441" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7442" max="7442" width="6.44140625" style="2" customWidth="1"/>
     <col min="7443" max="7443" width="16" style="2" customWidth="1"/>
     <col min="7444" max="7444" width="12" style="2" customWidth="1"/>
-    <col min="7445" max="7445" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7446" max="7674" width="10.85546875" style="2"/>
+    <col min="7445" max="7445" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7446" max="7674" width="10.88671875" style="2"/>
     <col min="7675" max="7675" width="35" style="2" customWidth="1"/>
-    <col min="7676" max="7676" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7698" max="7698" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7676" max="7676" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7677" max="7677" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7678" max="7678" width="13.109375" style="2" customWidth="1"/>
+    <col min="7679" max="7679" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7680" max="7680" width="13.109375" style="2" customWidth="1"/>
+    <col min="7681" max="7685" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7686" max="7690" width="6.109375" style="2" customWidth="1"/>
+    <col min="7691" max="7691" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7692" max="7692" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7693" max="7693" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7694" max="7694" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7695" max="7697" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7698" max="7698" width="6.44140625" style="2" customWidth="1"/>
     <col min="7699" max="7699" width="16" style="2" customWidth="1"/>
     <col min="7700" max="7700" width="12" style="2" customWidth="1"/>
-    <col min="7701" max="7701" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7702" max="7930" width="10.85546875" style="2"/>
+    <col min="7701" max="7701" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7702" max="7930" width="10.88671875" style="2"/>
     <col min="7931" max="7931" width="35" style="2" customWidth="1"/>
-    <col min="7932" max="7932" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7954" max="7954" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7932" max="7932" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7933" max="7933" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7934" max="7934" width="13.109375" style="2" customWidth="1"/>
+    <col min="7935" max="7935" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7936" max="7936" width="13.109375" style="2" customWidth="1"/>
+    <col min="7937" max="7941" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7942" max="7946" width="6.109375" style="2" customWidth="1"/>
+    <col min="7947" max="7947" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7948" max="7948" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7949" max="7949" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7950" max="7950" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7951" max="7953" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7954" max="7954" width="6.44140625" style="2" customWidth="1"/>
     <col min="7955" max="7955" width="16" style="2" customWidth="1"/>
     <col min="7956" max="7956" width="12" style="2" customWidth="1"/>
-    <col min="7957" max="7957" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7958" max="8186" width="10.85546875" style="2"/>
+    <col min="7957" max="7957" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7958" max="8186" width="10.88671875" style="2"/>
     <col min="8187" max="8187" width="35" style="2" customWidth="1"/>
-    <col min="8188" max="8188" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8210" max="8210" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8188" max="8188" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8189" max="8189" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8190" max="8190" width="13.109375" style="2" customWidth="1"/>
+    <col min="8191" max="8191" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8192" max="8192" width="13.109375" style="2" customWidth="1"/>
+    <col min="8193" max="8197" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8198" max="8202" width="6.109375" style="2" customWidth="1"/>
+    <col min="8203" max="8203" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8204" max="8204" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8205" max="8205" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8206" max="8206" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8207" max="8209" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8210" max="8210" width="6.44140625" style="2" customWidth="1"/>
     <col min="8211" max="8211" width="16" style="2" customWidth="1"/>
     <col min="8212" max="8212" width="12" style="2" customWidth="1"/>
-    <col min="8213" max="8213" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8214" max="8442" width="10.85546875" style="2"/>
+    <col min="8213" max="8213" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8214" max="8442" width="10.88671875" style="2"/>
     <col min="8443" max="8443" width="35" style="2" customWidth="1"/>
-    <col min="8444" max="8444" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8466" max="8466" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8444" max="8444" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8445" max="8445" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8446" max="8446" width="13.109375" style="2" customWidth="1"/>
+    <col min="8447" max="8447" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8448" max="8448" width="13.109375" style="2" customWidth="1"/>
+    <col min="8449" max="8453" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8454" max="8458" width="6.109375" style="2" customWidth="1"/>
+    <col min="8459" max="8459" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8460" max="8460" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8461" max="8461" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8462" max="8462" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8463" max="8465" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8466" max="8466" width="6.44140625" style="2" customWidth="1"/>
     <col min="8467" max="8467" width="16" style="2" customWidth="1"/>
     <col min="8468" max="8468" width="12" style="2" customWidth="1"/>
-    <col min="8469" max="8469" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8470" max="8698" width="10.85546875" style="2"/>
+    <col min="8469" max="8469" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8470" max="8698" width="10.88671875" style="2"/>
     <col min="8699" max="8699" width="35" style="2" customWidth="1"/>
-    <col min="8700" max="8700" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8722" max="8722" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8700" max="8700" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8701" max="8701" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8702" max="8702" width="13.109375" style="2" customWidth="1"/>
+    <col min="8703" max="8703" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8704" max="8704" width="13.109375" style="2" customWidth="1"/>
+    <col min="8705" max="8709" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8710" max="8714" width="6.109375" style="2" customWidth="1"/>
+    <col min="8715" max="8715" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8716" max="8716" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8717" max="8717" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8718" max="8718" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8719" max="8721" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8722" max="8722" width="6.44140625" style="2" customWidth="1"/>
     <col min="8723" max="8723" width="16" style="2" customWidth="1"/>
     <col min="8724" max="8724" width="12" style="2" customWidth="1"/>
-    <col min="8725" max="8725" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8726" max="8954" width="10.85546875" style="2"/>
+    <col min="8725" max="8725" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8726" max="8954" width="10.88671875" style="2"/>
     <col min="8955" max="8955" width="35" style="2" customWidth="1"/>
-    <col min="8956" max="8956" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8978" max="8978" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8956" max="8956" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8957" max="8957" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8958" max="8958" width="13.109375" style="2" customWidth="1"/>
+    <col min="8959" max="8959" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8960" max="8960" width="13.109375" style="2" customWidth="1"/>
+    <col min="8961" max="8965" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8966" max="8970" width="6.109375" style="2" customWidth="1"/>
+    <col min="8971" max="8971" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8972" max="8972" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8973" max="8973" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8974" max="8974" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8975" max="8977" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8978" max="8978" width="6.44140625" style="2" customWidth="1"/>
     <col min="8979" max="8979" width="16" style="2" customWidth="1"/>
     <col min="8980" max="8980" width="12" style="2" customWidth="1"/>
-    <col min="8981" max="8981" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8982" max="9210" width="10.85546875" style="2"/>
+    <col min="8981" max="8981" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8982" max="9210" width="10.88671875" style="2"/>
     <col min="9211" max="9211" width="35" style="2" customWidth="1"/>
-    <col min="9212" max="9212" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9234" max="9234" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9212" max="9212" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9213" max="9213" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9214" max="9214" width="13.109375" style="2" customWidth="1"/>
+    <col min="9215" max="9215" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9216" max="9216" width="13.109375" style="2" customWidth="1"/>
+    <col min="9217" max="9221" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9222" max="9226" width="6.109375" style="2" customWidth="1"/>
+    <col min="9227" max="9227" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9228" max="9228" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9229" max="9229" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9230" max="9230" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9231" max="9233" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9234" max="9234" width="6.44140625" style="2" customWidth="1"/>
     <col min="9235" max="9235" width="16" style="2" customWidth="1"/>
     <col min="9236" max="9236" width="12" style="2" customWidth="1"/>
-    <col min="9237" max="9237" width="9.85546875" style="2" customWidth="1"/>
-    <col min="9238" max="9466" width="10.85546875" style="2"/>
+    <col min="9237" max="9237" width="9.88671875" style="2" customWidth="1"/>
+    <col min="9238" max="9466" width="10.88671875" style="2"/>
     <col min="9467" max="9467" width="35" style="2" customWidth="1"/>
-    <col min="9468" max="9468" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9490" max="9490" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9468" max="9468" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9469" max="9469" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9470" max="9470" width="13.109375" style="2" customWidth="1"/>
+    <col min="9471" max="9471" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9472" max="9472" width="13.109375" style="2" customWidth="1"/>
+    <col min="9473" max="9477" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9478" max="9482" width="6.109375" style="2" customWidth="1"/>
+    <col min="9483" max="9483" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9484" max="9484" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9485" max="9485" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9486" max="9486" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9487" max="9489" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9490" max="9490" width="6.44140625" style="2" customWidth="1"/>
     <col min="9491" max="9491" width="16" style="2" customWidth="1"/>
     <col min="9492" max="9492" width="12" style="2" customWidth="1"/>
-    <col min="9493" max="9493" width="9.85546875" style="2" customWidth="1"/>
-    <col min="9494" max="9722" width="10.85546875" style="2"/>
+    <col min="9493" max="9493" width="9.88671875" style="2" customWidth="1"/>
+    <col min="9494" max="9722" width="10.88671875" style="2"/>
     <col min="9723" max="9723" width="35" style="2" customWidth="1"/>
-    <col min="9724" max="9724" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9746" max="9746" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9724" max="9724" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9725" max="9725" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9726" max="9726" width="13.109375" style="2" customWidth="1"/>
+    <col min="9727" max="9727" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9728" max="9728" width="13.109375" style="2" customWidth="1"/>
+    <col min="9729" max="9733" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9734" max="9738" width="6.109375" style="2" customWidth="1"/>
+    <col min="9739" max="9739" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9740" max="9740" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9741" max="9741" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9742" max="9742" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9743" max="9745" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9746" max="9746" width="6.44140625" style="2" customWidth="1"/>
     <col min="9747" max="9747" width="16" style="2" customWidth="1"/>
     <col min="9748" max="9748" width="12" style="2" customWidth="1"/>
-    <col min="9749" max="9749" width="9.85546875" style="2" customWidth="1"/>
-    <col min="9750" max="9978" width="10.85546875" style="2"/>
+    <col min="9749" max="9749" width="9.88671875" style="2" customWidth="1"/>
+    <col min="9750" max="9978" width="10.88671875" style="2"/>
     <col min="9979" max="9979" width="35" style="2" customWidth="1"/>
-    <col min="9980" max="9980" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10002" max="10002" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9980" max="9980" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9981" max="9981" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9982" max="9982" width="13.109375" style="2" customWidth="1"/>
+    <col min="9983" max="9983" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9984" max="9984" width="13.109375" style="2" customWidth="1"/>
+    <col min="9985" max="9989" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9990" max="9994" width="6.109375" style="2" customWidth="1"/>
+    <col min="9995" max="9995" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9996" max="9996" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9997" max="9997" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9998" max="9998" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9999" max="10001" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10002" max="10002" width="6.44140625" style="2" customWidth="1"/>
     <col min="10003" max="10003" width="16" style="2" customWidth="1"/>
     <col min="10004" max="10004" width="12" style="2" customWidth="1"/>
-    <col min="10005" max="10005" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10006" max="10234" width="10.85546875" style="2"/>
+    <col min="10005" max="10005" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10006" max="10234" width="10.88671875" style="2"/>
     <col min="10235" max="10235" width="35" style="2" customWidth="1"/>
-    <col min="10236" max="10236" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10258" max="10258" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10236" max="10236" width="23.5546875" style="2" customWidth="1"/>
+    <col min="10237" max="10237" width="15.5546875" style="2" customWidth="1"/>
+    <col min="10238" max="10238" width="13.109375" style="2" customWidth="1"/>
+    <col min="10239" max="10239" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10240" max="10240" width="13.109375" style="2" customWidth="1"/>
+    <col min="10241" max="10245" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10246" max="10250" width="6.109375" style="2" customWidth="1"/>
+    <col min="10251" max="10251" width="8.44140625" style="2" customWidth="1"/>
+    <col min="10252" max="10252" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10253" max="10253" width="6.88671875" style="2" customWidth="1"/>
+    <col min="10254" max="10254" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10255" max="10257" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10258" max="10258" width="6.44140625" style="2" customWidth="1"/>
     <col min="10259" max="10259" width="16" style="2" customWidth="1"/>
     <col min="10260" max="10260" width="12" style="2" customWidth="1"/>
-    <col min="10261" max="10261" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10262" max="10490" width="10.85546875" style="2"/>
+    <col min="10261" max="10261" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10262" max="10490" width="10.88671875" style="2"/>
     <col min="10491" max="10491" width="35" style="2" customWidth="1"/>
-    <col min="10492" max="10492" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10514" max="10514" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10492" max="10492" width="23.5546875" style="2" customWidth="1"/>
+    <col min="10493" max="10493" width="15.5546875" style="2" customWidth="1"/>
+    <col min="10494" max="10494" width="13.109375" style="2" customWidth="1"/>
+    <col min="10495" max="10495" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10496" max="10496" width="13.109375" style="2" customWidth="1"/>
+    <col min="10497" max="10501" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10502" max="10506" width="6.109375" style="2" customWidth="1"/>
+    <col min="10507" max="10507" width="8.44140625" style="2" customWidth="1"/>
+    <col min="10508" max="10508" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10509" max="10509" width="6.88671875" style="2" customWidth="1"/>
+    <col min="10510" max="10510" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10511" max="10513" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10514" max="10514" width="6.44140625" style="2" customWidth="1"/>
     <col min="10515" max="10515" width="16" style="2" customWidth="1"/>
     <col min="10516" max="10516" width="12" style="2" customWidth="1"/>
-    <col min="10517" max="10517" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10518" max="10746" width="10.85546875" style="2"/>
+    <col min="10517" max="10517" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10518" max="10746" width="10.88671875" style="2"/>
     <col min="10747" max="10747" width="35" style="2" customWidth="1"/>
-    <col min="10748" max="10748" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10770" max="10770" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10748" max="10748" width="23.5546875" style="2" customWidth="1"/>
+    <col min="10749" max="10749" width="15.5546875" style="2" customWidth="1"/>
+    <col min="10750" max="10750" width="13.109375" style="2" customWidth="1"/>
+    <col min="10751" max="10751" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10752" max="10752" width="13.109375" style="2" customWidth="1"/>
+    <col min="10753" max="10757" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10758" max="10762" width="6.109375" style="2" customWidth="1"/>
+    <col min="10763" max="10763" width="8.44140625" style="2" customWidth="1"/>
+    <col min="10764" max="10764" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10765" max="10765" width="6.88671875" style="2" customWidth="1"/>
+    <col min="10766" max="10766" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10767" max="10769" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10770" max="10770" width="6.44140625" style="2" customWidth="1"/>
     <col min="10771" max="10771" width="16" style="2" customWidth="1"/>
     <col min="10772" max="10772" width="12" style="2" customWidth="1"/>
-    <col min="10773" max="10773" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10774" max="11002" width="10.85546875" style="2"/>
+    <col min="10773" max="10773" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10774" max="11002" width="10.88671875" style="2"/>
     <col min="11003" max="11003" width="35" style="2" customWidth="1"/>
-    <col min="11004" max="11004" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11026" max="11026" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11004" max="11004" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11005" max="11005" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11006" max="11006" width="13.109375" style="2" customWidth="1"/>
+    <col min="11007" max="11007" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11008" max="11008" width="13.109375" style="2" customWidth="1"/>
+    <col min="11009" max="11013" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11014" max="11018" width="6.109375" style="2" customWidth="1"/>
+    <col min="11019" max="11019" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11020" max="11020" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11021" max="11021" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11022" max="11022" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11023" max="11025" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11026" max="11026" width="6.44140625" style="2" customWidth="1"/>
     <col min="11027" max="11027" width="16" style="2" customWidth="1"/>
     <col min="11028" max="11028" width="12" style="2" customWidth="1"/>
-    <col min="11029" max="11029" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11030" max="11258" width="10.85546875" style="2"/>
+    <col min="11029" max="11029" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11030" max="11258" width="10.88671875" style="2"/>
     <col min="11259" max="11259" width="35" style="2" customWidth="1"/>
-    <col min="11260" max="11260" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11282" max="11282" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11260" max="11260" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11261" max="11261" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11262" max="11262" width="13.109375" style="2" customWidth="1"/>
+    <col min="11263" max="11263" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11264" max="11264" width="13.109375" style="2" customWidth="1"/>
+    <col min="11265" max="11269" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11270" max="11274" width="6.109375" style="2" customWidth="1"/>
+    <col min="11275" max="11275" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11276" max="11276" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11277" max="11277" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11278" max="11278" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11279" max="11281" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11282" max="11282" width="6.44140625" style="2" customWidth="1"/>
     <col min="11283" max="11283" width="16" style="2" customWidth="1"/>
     <col min="11284" max="11284" width="12" style="2" customWidth="1"/>
-    <col min="11285" max="11285" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11286" max="11514" width="10.85546875" style="2"/>
+    <col min="11285" max="11285" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11286" max="11514" width="10.88671875" style="2"/>
     <col min="11515" max="11515" width="35" style="2" customWidth="1"/>
-    <col min="11516" max="11516" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11538" max="11538" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11516" max="11516" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11517" max="11517" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11518" max="11518" width="13.109375" style="2" customWidth="1"/>
+    <col min="11519" max="11519" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11520" max="11520" width="13.109375" style="2" customWidth="1"/>
+    <col min="11521" max="11525" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11526" max="11530" width="6.109375" style="2" customWidth="1"/>
+    <col min="11531" max="11531" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11532" max="11532" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11533" max="11533" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11534" max="11534" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11535" max="11537" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11538" max="11538" width="6.44140625" style="2" customWidth="1"/>
     <col min="11539" max="11539" width="16" style="2" customWidth="1"/>
     <col min="11540" max="11540" width="12" style="2" customWidth="1"/>
-    <col min="11541" max="11541" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11542" max="11770" width="10.85546875" style="2"/>
+    <col min="11541" max="11541" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11542" max="11770" width="10.88671875" style="2"/>
     <col min="11771" max="11771" width="35" style="2" customWidth="1"/>
-    <col min="11772" max="11772" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11794" max="11794" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11772" max="11772" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11773" max="11773" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11774" max="11774" width="13.109375" style="2" customWidth="1"/>
+    <col min="11775" max="11775" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11776" max="11776" width="13.109375" style="2" customWidth="1"/>
+    <col min="11777" max="11781" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11782" max="11786" width="6.109375" style="2" customWidth="1"/>
+    <col min="11787" max="11787" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11788" max="11788" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11789" max="11789" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11790" max="11790" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11791" max="11793" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11794" max="11794" width="6.44140625" style="2" customWidth="1"/>
     <col min="11795" max="11795" width="16" style="2" customWidth="1"/>
     <col min="11796" max="11796" width="12" style="2" customWidth="1"/>
-    <col min="11797" max="11797" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11798" max="12026" width="10.85546875" style="2"/>
+    <col min="11797" max="11797" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11798" max="12026" width="10.88671875" style="2"/>
     <col min="12027" max="12027" width="35" style="2" customWidth="1"/>
-    <col min="12028" max="12028" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12050" max="12050" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12028" max="12028" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12029" max="12029" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12030" max="12030" width="13.109375" style="2" customWidth="1"/>
+    <col min="12031" max="12031" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12032" max="12032" width="13.109375" style="2" customWidth="1"/>
+    <col min="12033" max="12037" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12038" max="12042" width="6.109375" style="2" customWidth="1"/>
+    <col min="12043" max="12043" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12044" max="12044" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12045" max="12045" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12046" max="12046" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12047" max="12049" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12050" max="12050" width="6.44140625" style="2" customWidth="1"/>
     <col min="12051" max="12051" width="16" style="2" customWidth="1"/>
     <col min="12052" max="12052" width="12" style="2" customWidth="1"/>
-    <col min="12053" max="12053" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12054" max="12282" width="10.85546875" style="2"/>
+    <col min="12053" max="12053" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12054" max="12282" width="10.88671875" style="2"/>
     <col min="12283" max="12283" width="35" style="2" customWidth="1"/>
-    <col min="12284" max="12284" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12306" max="12306" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12284" max="12284" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12285" max="12285" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12286" max="12286" width="13.109375" style="2" customWidth="1"/>
+    <col min="12287" max="12287" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12288" max="12288" width="13.109375" style="2" customWidth="1"/>
+    <col min="12289" max="12293" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12294" max="12298" width="6.109375" style="2" customWidth="1"/>
+    <col min="12299" max="12299" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12300" max="12300" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12301" max="12301" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12302" max="12302" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12303" max="12305" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12306" max="12306" width="6.44140625" style="2" customWidth="1"/>
     <col min="12307" max="12307" width="16" style="2" customWidth="1"/>
     <col min="12308" max="12308" width="12" style="2" customWidth="1"/>
-    <col min="12309" max="12309" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12310" max="12538" width="10.85546875" style="2"/>
+    <col min="12309" max="12309" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12310" max="12538" width="10.88671875" style="2"/>
     <col min="12539" max="12539" width="35" style="2" customWidth="1"/>
-    <col min="12540" max="12540" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12562" max="12562" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12540" max="12540" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12541" max="12541" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12542" max="12542" width="13.109375" style="2" customWidth="1"/>
+    <col min="12543" max="12543" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12544" max="12544" width="13.109375" style="2" customWidth="1"/>
+    <col min="12545" max="12549" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12550" max="12554" width="6.109375" style="2" customWidth="1"/>
+    <col min="12555" max="12555" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12556" max="12556" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12557" max="12557" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12558" max="12558" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12559" max="12561" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12562" max="12562" width="6.44140625" style="2" customWidth="1"/>
     <col min="12563" max="12563" width="16" style="2" customWidth="1"/>
     <col min="12564" max="12564" width="12" style="2" customWidth="1"/>
-    <col min="12565" max="12565" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12566" max="12794" width="10.85546875" style="2"/>
+    <col min="12565" max="12565" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12566" max="12794" width="10.88671875" style="2"/>
     <col min="12795" max="12795" width="35" style="2" customWidth="1"/>
-    <col min="12796" max="12796" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12818" max="12818" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12796" max="12796" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12797" max="12797" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12798" max="12798" width="13.109375" style="2" customWidth="1"/>
+    <col min="12799" max="12799" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12800" max="12800" width="13.109375" style="2" customWidth="1"/>
+    <col min="12801" max="12805" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12806" max="12810" width="6.109375" style="2" customWidth="1"/>
+    <col min="12811" max="12811" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12812" max="12812" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12813" max="12813" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12814" max="12814" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12815" max="12817" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12818" max="12818" width="6.44140625" style="2" customWidth="1"/>
     <col min="12819" max="12819" width="16" style="2" customWidth="1"/>
     <col min="12820" max="12820" width="12" style="2" customWidth="1"/>
-    <col min="12821" max="12821" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12822" max="13050" width="10.85546875" style="2"/>
+    <col min="12821" max="12821" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12822" max="13050" width="10.88671875" style="2"/>
     <col min="13051" max="13051" width="35" style="2" customWidth="1"/>
-    <col min="13052" max="13052" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13074" max="13074" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13052" max="13052" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13053" max="13053" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13054" max="13054" width="13.109375" style="2" customWidth="1"/>
+    <col min="13055" max="13055" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13056" max="13056" width="13.109375" style="2" customWidth="1"/>
+    <col min="13057" max="13061" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13062" max="13066" width="6.109375" style="2" customWidth="1"/>
+    <col min="13067" max="13067" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13068" max="13068" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13069" max="13069" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13070" max="13070" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13071" max="13073" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13074" max="13074" width="6.44140625" style="2" customWidth="1"/>
     <col min="13075" max="13075" width="16" style="2" customWidth="1"/>
     <col min="13076" max="13076" width="12" style="2" customWidth="1"/>
-    <col min="13077" max="13077" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13078" max="13306" width="10.85546875" style="2"/>
+    <col min="13077" max="13077" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13078" max="13306" width="10.88671875" style="2"/>
     <col min="13307" max="13307" width="35" style="2" customWidth="1"/>
-    <col min="13308" max="13308" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13330" max="13330" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13308" max="13308" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13309" max="13309" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13310" max="13310" width="13.109375" style="2" customWidth="1"/>
+    <col min="13311" max="13311" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13312" max="13312" width="13.109375" style="2" customWidth="1"/>
+    <col min="13313" max="13317" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13318" max="13322" width="6.109375" style="2" customWidth="1"/>
+    <col min="13323" max="13323" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13324" max="13324" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13325" max="13325" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13326" max="13326" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13327" max="13329" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13330" max="13330" width="6.44140625" style="2" customWidth="1"/>
     <col min="13331" max="13331" width="16" style="2" customWidth="1"/>
     <col min="13332" max="13332" width="12" style="2" customWidth="1"/>
-    <col min="13333" max="13333" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13334" max="13562" width="10.85546875" style="2"/>
+    <col min="13333" max="13333" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13334" max="13562" width="10.88671875" style="2"/>
     <col min="13563" max="13563" width="35" style="2" customWidth="1"/>
-    <col min="13564" max="13564" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13586" max="13586" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13564" max="13564" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13565" max="13565" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13566" max="13566" width="13.109375" style="2" customWidth="1"/>
+    <col min="13567" max="13567" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13568" max="13568" width="13.109375" style="2" customWidth="1"/>
+    <col min="13569" max="13573" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13574" max="13578" width="6.109375" style="2" customWidth="1"/>
+    <col min="13579" max="13579" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13580" max="13580" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13581" max="13581" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13582" max="13582" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13583" max="13585" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13586" max="13586" width="6.44140625" style="2" customWidth="1"/>
     <col min="13587" max="13587" width="16" style="2" customWidth="1"/>
     <col min="13588" max="13588" width="12" style="2" customWidth="1"/>
-    <col min="13589" max="13589" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13590" max="13818" width="10.85546875" style="2"/>
+    <col min="13589" max="13589" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13590" max="13818" width="10.88671875" style="2"/>
     <col min="13819" max="13819" width="35" style="2" customWidth="1"/>
-    <col min="13820" max="13820" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13842" max="13842" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13820" max="13820" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13821" max="13821" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13822" max="13822" width="13.109375" style="2" customWidth="1"/>
+    <col min="13823" max="13823" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13824" max="13824" width="13.109375" style="2" customWidth="1"/>
+    <col min="13825" max="13829" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13830" max="13834" width="6.109375" style="2" customWidth="1"/>
+    <col min="13835" max="13835" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13836" max="13836" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13837" max="13837" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13838" max="13838" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13839" max="13841" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13842" max="13842" width="6.44140625" style="2" customWidth="1"/>
     <col min="13843" max="13843" width="16" style="2" customWidth="1"/>
     <col min="13844" max="13844" width="12" style="2" customWidth="1"/>
-    <col min="13845" max="13845" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13846" max="14074" width="10.85546875" style="2"/>
+    <col min="13845" max="13845" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13846" max="14074" width="10.88671875" style="2"/>
     <col min="14075" max="14075" width="35" style="2" customWidth="1"/>
-    <col min="14076" max="14076" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14098" max="14098" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14076" max="14076" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14077" max="14077" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14078" max="14078" width="13.109375" style="2" customWidth="1"/>
+    <col min="14079" max="14079" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14080" max="14080" width="13.109375" style="2" customWidth="1"/>
+    <col min="14081" max="14085" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14086" max="14090" width="6.109375" style="2" customWidth="1"/>
+    <col min="14091" max="14091" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14092" max="14092" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14093" max="14093" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14094" max="14094" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14095" max="14097" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14098" max="14098" width="6.44140625" style="2" customWidth="1"/>
     <col min="14099" max="14099" width="16" style="2" customWidth="1"/>
     <col min="14100" max="14100" width="12" style="2" customWidth="1"/>
-    <col min="14101" max="14101" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14102" max="14330" width="10.85546875" style="2"/>
+    <col min="14101" max="14101" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14102" max="14330" width="10.88671875" style="2"/>
     <col min="14331" max="14331" width="35" style="2" customWidth="1"/>
-    <col min="14332" max="14332" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14354" max="14354" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14332" max="14332" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14333" max="14333" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14334" max="14334" width="13.109375" style="2" customWidth="1"/>
+    <col min="14335" max="14335" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14336" max="14336" width="13.109375" style="2" customWidth="1"/>
+    <col min="14337" max="14341" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14342" max="14346" width="6.109375" style="2" customWidth="1"/>
+    <col min="14347" max="14347" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14348" max="14348" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14349" max="14349" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14350" max="14350" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14351" max="14353" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14354" max="14354" width="6.44140625" style="2" customWidth="1"/>
     <col min="14355" max="14355" width="16" style="2" customWidth="1"/>
     <col min="14356" max="14356" width="12" style="2" customWidth="1"/>
-    <col min="14357" max="14357" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14358" max="14586" width="10.85546875" style="2"/>
+    <col min="14357" max="14357" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14358" max="14586" width="10.88671875" style="2"/>
     <col min="14587" max="14587" width="35" style="2" customWidth="1"/>
-    <col min="14588" max="14588" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14610" max="14610" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14588" max="14588" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14589" max="14589" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14590" max="14590" width="13.109375" style="2" customWidth="1"/>
+    <col min="14591" max="14591" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14592" max="14592" width="13.109375" style="2" customWidth="1"/>
+    <col min="14593" max="14597" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14598" max="14602" width="6.109375" style="2" customWidth="1"/>
+    <col min="14603" max="14603" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14604" max="14604" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14605" max="14605" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14606" max="14606" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14607" max="14609" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14610" max="14610" width="6.44140625" style="2" customWidth="1"/>
     <col min="14611" max="14611" width="16" style="2" customWidth="1"/>
     <col min="14612" max="14612" width="12" style="2" customWidth="1"/>
-    <col min="14613" max="14613" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14614" max="14842" width="10.85546875" style="2"/>
+    <col min="14613" max="14613" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14614" max="14842" width="10.88671875" style="2"/>
     <col min="14843" max="14843" width="35" style="2" customWidth="1"/>
-    <col min="14844" max="14844" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14866" max="14866" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14844" max="14844" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14845" max="14845" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14846" max="14846" width="13.109375" style="2" customWidth="1"/>
+    <col min="14847" max="14847" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14848" max="14848" width="13.109375" style="2" customWidth="1"/>
+    <col min="14849" max="14853" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14854" max="14858" width="6.109375" style="2" customWidth="1"/>
+    <col min="14859" max="14859" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14860" max="14860" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14861" max="14861" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14862" max="14862" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14863" max="14865" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14866" max="14866" width="6.44140625" style="2" customWidth="1"/>
     <col min="14867" max="14867" width="16" style="2" customWidth="1"/>
     <col min="14868" max="14868" width="12" style="2" customWidth="1"/>
-    <col min="14869" max="14869" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14870" max="15098" width="10.85546875" style="2"/>
+    <col min="14869" max="14869" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14870" max="15098" width="10.88671875" style="2"/>
     <col min="15099" max="15099" width="35" style="2" customWidth="1"/>
-    <col min="15100" max="15100" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15122" max="15122" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15100" max="15100" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15101" max="15101" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15102" max="15102" width="13.109375" style="2" customWidth="1"/>
+    <col min="15103" max="15103" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15104" max="15104" width="13.109375" style="2" customWidth="1"/>
+    <col min="15105" max="15109" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15110" max="15114" width="6.109375" style="2" customWidth="1"/>
+    <col min="15115" max="15115" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15116" max="15116" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15117" max="15117" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15118" max="15118" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15119" max="15121" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15122" max="15122" width="6.44140625" style="2" customWidth="1"/>
     <col min="15123" max="15123" width="16" style="2" customWidth="1"/>
     <col min="15124" max="15124" width="12" style="2" customWidth="1"/>
-    <col min="15125" max="15125" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15126" max="15354" width="10.85546875" style="2"/>
+    <col min="15125" max="15125" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15126" max="15354" width="10.88671875" style="2"/>
     <col min="15355" max="15355" width="35" style="2" customWidth="1"/>
-    <col min="15356" max="15356" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15378" max="15378" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15356" max="15356" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15357" max="15357" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15358" max="15358" width="13.109375" style="2" customWidth="1"/>
+    <col min="15359" max="15359" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15360" max="15360" width="13.109375" style="2" customWidth="1"/>
+    <col min="15361" max="15365" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15366" max="15370" width="6.109375" style="2" customWidth="1"/>
+    <col min="15371" max="15371" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15372" max="15372" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15373" max="15373" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15374" max="15374" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15375" max="15377" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15378" max="15378" width="6.44140625" style="2" customWidth="1"/>
     <col min="15379" max="15379" width="16" style="2" customWidth="1"/>
     <col min="15380" max="15380" width="12" style="2" customWidth="1"/>
-    <col min="15381" max="15381" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15382" max="15610" width="10.85546875" style="2"/>
+    <col min="15381" max="15381" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15382" max="15610" width="10.88671875" style="2"/>
     <col min="15611" max="15611" width="35" style="2" customWidth="1"/>
-    <col min="15612" max="15612" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15634" max="15634" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15612" max="15612" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15613" max="15613" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15614" max="15614" width="13.109375" style="2" customWidth="1"/>
+    <col min="15615" max="15615" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15616" max="15616" width="13.109375" style="2" customWidth="1"/>
+    <col min="15617" max="15621" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15622" max="15626" width="6.109375" style="2" customWidth="1"/>
+    <col min="15627" max="15627" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15628" max="15628" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15629" max="15629" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15630" max="15630" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15631" max="15633" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15634" max="15634" width="6.44140625" style="2" customWidth="1"/>
     <col min="15635" max="15635" width="16" style="2" customWidth="1"/>
     <col min="15636" max="15636" width="12" style="2" customWidth="1"/>
-    <col min="15637" max="15637" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15638" max="15866" width="10.85546875" style="2"/>
+    <col min="15637" max="15637" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15638" max="15866" width="10.88671875" style="2"/>
     <col min="15867" max="15867" width="35" style="2" customWidth="1"/>
-    <col min="15868" max="15868" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15890" max="15890" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15868" max="15868" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15869" max="15869" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15870" max="15870" width="13.109375" style="2" customWidth="1"/>
+    <col min="15871" max="15871" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15872" max="15872" width="13.109375" style="2" customWidth="1"/>
+    <col min="15873" max="15877" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15878" max="15882" width="6.109375" style="2" customWidth="1"/>
+    <col min="15883" max="15883" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15884" max="15884" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15885" max="15885" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15886" max="15886" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15887" max="15889" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15890" max="15890" width="6.44140625" style="2" customWidth="1"/>
     <col min="15891" max="15891" width="16" style="2" customWidth="1"/>
     <col min="15892" max="15892" width="12" style="2" customWidth="1"/>
-    <col min="15893" max="15893" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15894" max="16122" width="10.85546875" style="2"/>
+    <col min="15893" max="15893" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15894" max="16122" width="10.88671875" style="2"/>
     <col min="16123" max="16123" width="35" style="2" customWidth="1"/>
-    <col min="16124" max="16124" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="16146" max="16146" width="6.42578125" style="2" customWidth="1"/>
+    <col min="16124" max="16124" width="23.5546875" style="2" customWidth="1"/>
+    <col min="16125" max="16125" width="15.5546875" style="2" customWidth="1"/>
+    <col min="16126" max="16126" width="13.109375" style="2" customWidth="1"/>
+    <col min="16127" max="16127" width="15.44140625" style="2" customWidth="1"/>
+    <col min="16128" max="16128" width="13.109375" style="2" customWidth="1"/>
+    <col min="16129" max="16133" width="10.88671875" style="2" customWidth="1"/>
+    <col min="16134" max="16138" width="6.109375" style="2" customWidth="1"/>
+    <col min="16139" max="16139" width="8.44140625" style="2" customWidth="1"/>
+    <col min="16140" max="16140" width="6.44140625" style="2" customWidth="1"/>
+    <col min="16141" max="16141" width="6.88671875" style="2" customWidth="1"/>
+    <col min="16142" max="16142" width="6.44140625" style="2" customWidth="1"/>
+    <col min="16143" max="16145" width="10.88671875" style="2" customWidth="1"/>
+    <col min="16146" max="16146" width="6.44140625" style="2" customWidth="1"/>
     <col min="16147" max="16147" width="16" style="2" customWidth="1"/>
     <col min="16148" max="16148" width="12" style="2" customWidth="1"/>
-    <col min="16149" max="16149" width="9.85546875" style="2" customWidth="1"/>
-    <col min="16150" max="16384" width="10.85546875" style="2"/>
+    <col min="16149" max="16149" width="9.88671875" style="2" customWidth="1"/>
+    <col min="16150" max="16384" width="10.88671875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="4" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="269" t="str">
         <f>"Vertrouwelijk - Financieel eindverslag: " &amp; C7</f>
         <v xml:space="preserve">Vertrouwelijk - Financieel eindverslag: </v>
       </c>
       <c r="B1" s="270"/>
       <c r="C1" s="270"/>
       <c r="D1" s="270"/>
       <c r="E1" s="270"/>
       <c r="F1" s="270"/>
       <c r="G1" s="270"/>
       <c r="H1" s="270"/>
       <c r="I1" s="270"/>
       <c r="J1" s="270"/>
       <c r="K1" s="270"/>
       <c r="L1" s="270"/>
       <c r="M1" s="270"/>
       <c r="N1" s="270"/>
       <c r="O1" s="270"/>
       <c r="P1" s="270"/>
       <c r="Q1" s="270"/>
       <c r="R1" s="270"/>
       <c r="S1" s="270"/>
@@ -7274,98 +7269,98 @@
       <c r="AQ13" s="62"/>
       <c r="AR13" s="62"/>
     </row>
     <row r="14" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="Y14" s="62"/>
       <c r="Z14" s="62"/>
       <c r="AA14" s="62"/>
       <c r="AB14" s="62"/>
       <c r="AC14" s="62"/>
       <c r="AD14" s="62"/>
       <c r="AE14" s="62"/>
       <c r="AF14" s="62"/>
       <c r="AG14" s="62"/>
       <c r="AH14" s="62"/>
       <c r="AI14" s="62"/>
       <c r="AJ14" s="62"/>
       <c r="AK14" s="62"/>
       <c r="AL14" s="62"/>
       <c r="AM14" s="62"/>
       <c r="AN14" s="62"/>
       <c r="AO14" s="62"/>
       <c r="AP14" s="62"/>
       <c r="AQ14" s="62"/>
       <c r="AR14" s="62"/>
     </row>
-    <row r="15" spans="1:44" ht="15" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:44" ht="14.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="276" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="274"/>
       <c r="C15" s="274"/>
       <c r="D15" s="274"/>
       <c r="E15" s="274"/>
       <c r="F15" s="274"/>
       <c r="G15" s="274"/>
       <c r="H15" s="274"/>
       <c r="I15" s="274"/>
       <c r="J15" s="274"/>
       <c r="K15" s="274"/>
       <c r="L15" s="274"/>
       <c r="M15" s="274"/>
       <c r="N15" s="274"/>
       <c r="O15" s="274"/>
       <c r="P15" s="274"/>
       <c r="Q15" s="274"/>
       <c r="R15" s="274"/>
       <c r="S15" s="274"/>
       <c r="T15" s="274"/>
       <c r="U15" s="274"/>
       <c r="V15" s="274"/>
       <c r="W15" s="275"/>
       <c r="Y15" s="64"/>
       <c r="Z15" s="62"/>
       <c r="AA15" s="62"/>
       <c r="AB15" s="62"/>
       <c r="AC15" s="62"/>
       <c r="AD15" s="62"/>
       <c r="AE15" s="62"/>
       <c r="AF15" s="62"/>
       <c r="AG15" s="62"/>
       <c r="AH15" s="62"/>
       <c r="AI15" s="62"/>
       <c r="AJ15" s="62"/>
       <c r="AK15" s="62"/>
       <c r="AL15" s="62"/>
       <c r="AM15" s="62"/>
       <c r="AN15" s="62"/>
       <c r="AO15" s="62"/>
       <c r="AP15" s="62"/>
       <c r="AQ15" s="62"/>
       <c r="AR15" s="62"/>
     </row>
-    <row r="16" spans="1:44" ht="24.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="150"/>
       <c r="B16" s="151"/>
       <c r="C16" s="151"/>
       <c r="D16" s="151"/>
       <c r="E16" s="151"/>
       <c r="F16" s="152" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="152" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="152" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="152" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="152" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="152" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="152" t="s">
         <v>19</v>
@@ -7382,51 +7377,51 @@
       <c r="T16" s="153"/>
       <c r="U16" s="153"/>
       <c r="V16" s="153"/>
       <c r="W16" s="154"/>
       <c r="Y16" s="62"/>
       <c r="Z16" s="62"/>
       <c r="AA16" s="62"/>
       <c r="AB16" s="62"/>
       <c r="AC16" s="62"/>
       <c r="AD16" s="62"/>
       <c r="AE16" s="62"/>
       <c r="AF16" s="62"/>
       <c r="AG16" s="62"/>
       <c r="AH16" s="62"/>
       <c r="AI16" s="62"/>
       <c r="AJ16" s="62"/>
       <c r="AK16" s="62"/>
       <c r="AL16" s="62"/>
       <c r="AM16" s="62"/>
       <c r="AN16" s="62"/>
       <c r="AO16" s="62"/>
       <c r="AP16" s="62"/>
       <c r="AQ16" s="62"/>
       <c r="AR16" s="62"/>
     </row>
-    <row r="17" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="277" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="278"/>
       <c r="C17" s="278"/>
       <c r="D17" s="278"/>
       <c r="E17" s="279"/>
       <c r="F17" s="155">
         <v>1596</v>
       </c>
       <c r="G17" s="155">
         <v>1596</v>
       </c>
       <c r="H17" s="155">
         <v>1596</v>
       </c>
       <c r="I17" s="155">
         <v>1596</v>
       </c>
       <c r="J17" s="155">
         <v>1596</v>
       </c>
       <c r="K17" s="156">
         <v>1596</v>
       </c>
@@ -7445,51 +7440,51 @@
       <c r="T17" s="157"/>
       <c r="U17" s="157"/>
       <c r="V17" s="157"/>
       <c r="W17" s="158"/>
       <c r="Y17" s="62"/>
       <c r="Z17" s="62"/>
       <c r="AA17" s="62"/>
       <c r="AB17" s="62"/>
       <c r="AC17" s="62"/>
       <c r="AD17" s="62"/>
       <c r="AE17" s="62"/>
       <c r="AF17" s="62"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="62"/>
       <c r="AI17" s="62"/>
       <c r="AJ17" s="62"/>
       <c r="AK17" s="62"/>
       <c r="AL17" s="62"/>
       <c r="AM17" s="62"/>
       <c r="AN17" s="62"/>
       <c r="AO17" s="62"/>
       <c r="AP17" s="62"/>
       <c r="AQ17" s="62"/>
       <c r="AR17" s="62"/>
     </row>
-    <row r="18" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
       <c r="B18" s="22"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="23"/>
       <c r="F18" s="24">
         <f>IF(F17&gt;1720,1720,F17)</f>
         <v>1596</v>
       </c>
       <c r="G18" s="24">
         <f t="shared" ref="G18:M18" si="0">IF(G17&gt;1720,1720,G17)</f>
         <v>1596</v>
       </c>
       <c r="H18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="I18" s="24"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="L18" s="24">
         <f t="shared" si="0"/>
@@ -7508,51 +7503,51 @@
       <c r="T18" s="25"/>
       <c r="U18" s="25"/>
       <c r="V18" s="25"/>
       <c r="W18" s="26"/>
       <c r="Y18" s="62"/>
       <c r="Z18" s="62"/>
       <c r="AA18" s="62"/>
       <c r="AB18" s="62"/>
       <c r="AC18" s="62"/>
       <c r="AD18" s="62"/>
       <c r="AE18" s="62"/>
       <c r="AF18" s="62"/>
       <c r="AG18" s="62"/>
       <c r="AH18" s="62"/>
       <c r="AI18" s="62"/>
       <c r="AJ18" s="62"/>
       <c r="AK18" s="62"/>
       <c r="AL18" s="62"/>
       <c r="AM18" s="62"/>
       <c r="AN18" s="62"/>
       <c r="AO18" s="62"/>
       <c r="AP18" s="62"/>
       <c r="AQ18" s="62"/>
       <c r="AR18" s="62"/>
     </row>
-    <row r="19" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="280" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="281"/>
       <c r="C19" s="281"/>
       <c r="D19" s="281"/>
       <c r="E19" s="281"/>
       <c r="F19" s="184"/>
       <c r="G19" s="184"/>
       <c r="H19" s="184"/>
       <c r="I19" s="184"/>
       <c r="J19" s="184"/>
       <c r="K19" s="184"/>
       <c r="L19" s="184"/>
       <c r="M19" s="184"/>
       <c r="N19" s="184"/>
       <c r="O19" s="184"/>
       <c r="P19" s="184"/>
       <c r="Q19" s="184"/>
       <c r="R19" s="184"/>
       <c r="S19" s="184"/>
       <c r="T19" s="184"/>
       <c r="U19" s="184"/>
       <c r="V19" s="184"/>
       <c r="W19" s="185"/>
@@ -11055,51 +11050,51 @@
       <c r="X82" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y82" s="62"/>
       <c r="Z82" s="62"/>
       <c r="AA82" s="62"/>
       <c r="AB82" s="62"/>
       <c r="AC82" s="62"/>
       <c r="AD82" s="62"/>
       <c r="AE82" s="62"/>
       <c r="AF82" s="62"/>
       <c r="AG82" s="62"/>
       <c r="AH82" s="62"/>
       <c r="AI82" s="62"/>
       <c r="AJ82" s="62"/>
       <c r="AK82" s="62"/>
       <c r="AL82" s="62"/>
       <c r="AM82" s="62"/>
       <c r="AN82" s="62"/>
       <c r="AO82" s="62"/>
       <c r="AP82" s="62"/>
       <c r="AQ82" s="62"/>
       <c r="AR82" s="62"/>
     </row>
-    <row r="83" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A83" s="240"/>
       <c r="B83" s="241"/>
       <c r="C83" s="241"/>
       <c r="D83" s="241"/>
       <c r="E83" s="139"/>
       <c r="F83" s="122"/>
       <c r="G83" s="51"/>
       <c r="H83" s="51"/>
       <c r="I83" s="51"/>
       <c r="J83" s="51"/>
       <c r="K83" s="168"/>
       <c r="L83" s="169"/>
       <c r="M83" s="170"/>
       <c r="N83" s="31"/>
       <c r="O83" s="32"/>
       <c r="P83" s="32"/>
       <c r="Q83" s="134"/>
       <c r="R83" s="118"/>
       <c r="S83" s="33"/>
       <c r="T83" s="57"/>
       <c r="U83" s="58"/>
       <c r="V83" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -21725,51 +21720,51 @@
       <c r="X276" s="2">
         <f t="shared" ref="X276:X277" si="13">IF(E276="o",0,SUM(N276:U276))</f>
         <v>0</v>
       </c>
       <c r="Y276" s="62"/>
       <c r="Z276" s="62"/>
       <c r="AA276" s="62"/>
       <c r="AB276" s="62"/>
       <c r="AC276" s="62"/>
       <c r="AD276" s="62"/>
       <c r="AE276" s="62"/>
       <c r="AF276" s="62"/>
       <c r="AG276" s="62"/>
       <c r="AH276" s="62"/>
       <c r="AI276" s="62"/>
       <c r="AJ276" s="62"/>
       <c r="AK276" s="62"/>
       <c r="AL276" s="62"/>
       <c r="AM276" s="62"/>
       <c r="AN276" s="62"/>
       <c r="AO276" s="62"/>
       <c r="AP276" s="62"/>
       <c r="AQ276" s="62"/>
       <c r="AR276" s="62"/>
     </row>
-    <row r="277" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A277" s="339"/>
       <c r="B277" s="340"/>
       <c r="C277" s="340"/>
       <c r="D277" s="340"/>
       <c r="E277" s="140"/>
       <c r="F277" s="126"/>
       <c r="G277" s="44"/>
       <c r="H277" s="44"/>
       <c r="I277" s="44"/>
       <c r="J277" s="44"/>
       <c r="K277" s="171"/>
       <c r="L277" s="172"/>
       <c r="M277" s="173"/>
       <c r="N277" s="135"/>
       <c r="O277" s="136"/>
       <c r="P277" s="136"/>
       <c r="Q277" s="137"/>
       <c r="R277" s="129"/>
       <c r="S277" s="33"/>
       <c r="T277" s="57"/>
       <c r="U277" s="58"/>
       <c r="V277" s="199">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
@@ -21780,51 +21775,51 @@
       <c r="X277" s="2">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="Y277" s="62"/>
       <c r="Z277" s="62"/>
       <c r="AA277" s="62"/>
       <c r="AB277" s="62"/>
       <c r="AC277" s="62"/>
       <c r="AD277" s="62"/>
       <c r="AE277" s="62"/>
       <c r="AF277" s="62"/>
       <c r="AG277" s="62"/>
       <c r="AH277" s="62"/>
       <c r="AI277" s="62"/>
       <c r="AJ277" s="62"/>
       <c r="AK277" s="62"/>
       <c r="AL277" s="62"/>
       <c r="AM277" s="62"/>
       <c r="AN277" s="62"/>
       <c r="AO277" s="62"/>
       <c r="AP277" s="62"/>
       <c r="AQ277" s="62"/>
       <c r="AR277" s="62"/>
     </row>
-    <row r="278" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A278" s="341" t="s">
         <v>37</v>
       </c>
       <c r="B278" s="342"/>
       <c r="C278" s="342"/>
       <c r="D278" s="342"/>
       <c r="E278" s="342"/>
       <c r="F278" s="342"/>
       <c r="G278" s="342"/>
       <c r="H278" s="342"/>
       <c r="I278" s="342"/>
       <c r="J278" s="202"/>
       <c r="K278" s="203"/>
       <c r="L278" s="203"/>
       <c r="M278" s="203"/>
       <c r="N278" s="200">
         <f t="shared" ref="N278:X278" si="14">SUM(N22:N277)</f>
         <v>0</v>
       </c>
       <c r="O278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="P278" s="200">
         <f t="shared" si="14"/>
@@ -21861,721 +21856,721 @@
       <c r="X278" s="2">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Y278" s="62"/>
       <c r="Z278" s="62"/>
       <c r="AA278" s="62"/>
       <c r="AB278" s="62"/>
       <c r="AC278" s="62"/>
       <c r="AD278" s="62"/>
       <c r="AE278" s="62"/>
       <c r="AF278" s="62"/>
       <c r="AG278" s="62"/>
       <c r="AH278" s="62"/>
       <c r="AI278" s="62"/>
       <c r="AJ278" s="62"/>
       <c r="AK278" s="62"/>
       <c r="AL278" s="62"/>
       <c r="AM278" s="62"/>
       <c r="AN278" s="62"/>
       <c r="AO278" s="62"/>
       <c r="AP278" s="62"/>
       <c r="AQ278" s="62"/>
       <c r="AR278" s="62"/>
     </row>
-    <row r="279" spans="1:44" s="5" customFormat="1" ht="159.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="279" spans="1:44" s="5" customFormat="1" ht="159.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A279" s="319" t="s">
         <v>106</v>
       </c>
       <c r="B279" s="320"/>
       <c r="C279" s="320"/>
       <c r="D279" s="320"/>
       <c r="E279" s="320"/>
       <c r="F279" s="320"/>
       <c r="G279" s="320"/>
       <c r="H279" s="320"/>
       <c r="I279" s="320"/>
       <c r="J279" s="320"/>
       <c r="K279" s="320"/>
       <c r="L279" s="320"/>
       <c r="M279" s="320"/>
       <c r="N279" s="320"/>
       <c r="O279" s="320"/>
       <c r="P279" s="320"/>
       <c r="Q279" s="320"/>
       <c r="R279" s="320"/>
       <c r="S279" s="320"/>
       <c r="T279" s="320"/>
       <c r="U279" s="320"/>
       <c r="V279" s="320"/>
       <c r="W279" s="320"/>
       <c r="Y279" s="66"/>
       <c r="Z279" s="66"/>
       <c r="AA279" s="66"/>
       <c r="AB279" s="66"/>
       <c r="AC279" s="66"/>
       <c r="AD279" s="66"/>
       <c r="AE279" s="66"/>
       <c r="AF279" s="66"/>
       <c r="AG279" s="66"/>
       <c r="AH279" s="66"/>
       <c r="AI279" s="66"/>
       <c r="AJ279" s="66"/>
       <c r="AK279" s="66"/>
       <c r="AL279" s="66"/>
       <c r="AM279" s="66"/>
       <c r="AN279" s="66"/>
       <c r="AO279" s="66"/>
       <c r="AP279" s="66"/>
       <c r="AQ279" s="66"/>
       <c r="AR279" s="66"/>
     </row>
-    <row r="280" spans="1:44" s="5" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:44" s="5" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A280" s="127"/>
       <c r="B280" s="73"/>
       <c r="C280" s="73"/>
       <c r="D280" s="73"/>
       <c r="E280" s="73"/>
       <c r="F280" s="73"/>
       <c r="G280" s="73"/>
       <c r="H280" s="73"/>
       <c r="I280" s="73"/>
       <c r="J280" s="73"/>
       <c r="K280" s="73"/>
       <c r="L280" s="73"/>
       <c r="M280" s="73"/>
       <c r="N280" s="73"/>
       <c r="O280" s="73"/>
       <c r="P280" s="73"/>
       <c r="Q280" s="73"/>
       <c r="R280" s="73"/>
       <c r="S280" s="73"/>
       <c r="T280" s="73"/>
       <c r="U280" s="73"/>
       <c r="V280" s="73"/>
       <c r="W280" s="73"/>
       <c r="Y280" s="66"/>
       <c r="Z280" s="66"/>
       <c r="AA280" s="66"/>
       <c r="AB280" s="66"/>
       <c r="AC280" s="66"/>
       <c r="AD280" s="66"/>
       <c r="AE280" s="66"/>
       <c r="AF280" s="66"/>
       <c r="AG280" s="66"/>
       <c r="AH280" s="66"/>
       <c r="AI280" s="66"/>
       <c r="AJ280" s="66"/>
       <c r="AK280" s="66"/>
       <c r="AL280" s="66"/>
       <c r="AM280" s="66"/>
       <c r="AN280" s="66"/>
       <c r="AO280" s="66"/>
       <c r="AP280" s="66"/>
       <c r="AQ280" s="66"/>
       <c r="AR280" s="66"/>
     </row>
-    <row r="281" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="281" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A281" s="321" t="s">
         <v>38</v>
       </c>
       <c r="B281" s="322"/>
       <c r="C281" s="322"/>
       <c r="D281" s="322"/>
       <c r="E281" s="322"/>
       <c r="F281" s="322"/>
       <c r="G281" s="322"/>
       <c r="H281" s="322"/>
       <c r="I281" s="322"/>
       <c r="J281" s="322"/>
       <c r="K281" s="322"/>
       <c r="L281" s="322"/>
       <c r="M281" s="322"/>
       <c r="N281" s="322"/>
       <c r="O281" s="322"/>
       <c r="P281" s="322"/>
       <c r="Q281" s="322"/>
       <c r="R281" s="322"/>
       <c r="S281" s="322"/>
       <c r="T281" s="322"/>
       <c r="U281" s="322"/>
       <c r="V281" s="322"/>
       <c r="W281" s="323"/>
       <c r="Y281" s="66"/>
       <c r="Z281" s="66"/>
       <c r="AA281" s="66"/>
       <c r="AB281" s="66"/>
       <c r="AC281" s="66"/>
       <c r="AD281" s="66"/>
       <c r="AE281" s="66"/>
       <c r="AF281" s="66"/>
       <c r="AG281" s="66"/>
       <c r="AH281" s="66"/>
       <c r="AI281" s="66"/>
       <c r="AJ281" s="66"/>
       <c r="AK281" s="66"/>
       <c r="AL281" s="66"/>
       <c r="AM281" s="66"/>
       <c r="AN281" s="66"/>
       <c r="AO281" s="66"/>
       <c r="AP281" s="66"/>
       <c r="AQ281" s="66"/>
       <c r="AR281" s="66"/>
     </row>
-    <row r="282" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="282" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A282" s="324"/>
       <c r="B282" s="325"/>
       <c r="C282" s="325"/>
       <c r="D282" s="325"/>
       <c r="E282" s="325"/>
       <c r="F282" s="325"/>
       <c r="G282" s="325"/>
       <c r="H282" s="325"/>
       <c r="I282" s="325"/>
       <c r="J282" s="325"/>
       <c r="K282" s="325"/>
       <c r="L282" s="325"/>
       <c r="M282" s="325"/>
       <c r="N282" s="325"/>
       <c r="O282" s="325"/>
       <c r="P282" s="325"/>
       <c r="Q282" s="325"/>
       <c r="R282" s="325"/>
       <c r="S282" s="325"/>
       <c r="T282" s="325"/>
       <c r="U282" s="325"/>
       <c r="V282" s="325"/>
       <c r="W282" s="326"/>
       <c r="Y282" s="66"/>
       <c r="Z282" s="66"/>
       <c r="AA282" s="66"/>
       <c r="AB282" s="66"/>
       <c r="AC282" s="66"/>
       <c r="AD282" s="66"/>
       <c r="AE282" s="66"/>
       <c r="AF282" s="66"/>
       <c r="AG282" s="66"/>
       <c r="AH282" s="66"/>
       <c r="AI282" s="66"/>
       <c r="AJ282" s="66"/>
       <c r="AK282" s="66"/>
       <c r="AL282" s="66"/>
       <c r="AM282" s="66"/>
       <c r="AN282" s="66"/>
       <c r="AO282" s="66"/>
       <c r="AP282" s="66"/>
       <c r="AQ282" s="66"/>
       <c r="AR282" s="66"/>
     </row>
-    <row r="283" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="283" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A283" s="327"/>
       <c r="B283" s="328"/>
       <c r="C283" s="328"/>
       <c r="D283" s="328"/>
       <c r="E283" s="328"/>
       <c r="F283" s="328"/>
       <c r="G283" s="328"/>
       <c r="H283" s="328"/>
       <c r="I283" s="328"/>
       <c r="J283" s="328"/>
       <c r="K283" s="328"/>
       <c r="L283" s="328"/>
       <c r="M283" s="328"/>
       <c r="N283" s="328"/>
       <c r="O283" s="328"/>
       <c r="P283" s="328"/>
       <c r="Q283" s="328"/>
       <c r="R283" s="328"/>
       <c r="S283" s="328"/>
       <c r="T283" s="328"/>
       <c r="U283" s="328"/>
       <c r="V283" s="328"/>
       <c r="W283" s="329"/>
       <c r="Y283" s="66"/>
       <c r="Z283" s="66"/>
       <c r="AA283" s="66"/>
       <c r="AB283" s="66"/>
       <c r="AC283" s="66"/>
       <c r="AD283" s="66"/>
       <c r="AE283" s="66"/>
       <c r="AF283" s="66"/>
       <c r="AG283" s="66"/>
       <c r="AH283" s="66"/>
       <c r="AI283" s="66"/>
       <c r="AJ283" s="66"/>
       <c r="AK283" s="66"/>
       <c r="AL283" s="66"/>
       <c r="AM283" s="66"/>
       <c r="AN283" s="66"/>
       <c r="AO283" s="66"/>
       <c r="AP283" s="66"/>
       <c r="AQ283" s="66"/>
       <c r="AR283" s="66"/>
     </row>
-    <row r="284" spans="1:44" s="5" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="284" spans="1:44" s="5" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A284" s="327"/>
       <c r="B284" s="328"/>
       <c r="C284" s="328"/>
       <c r="D284" s="328"/>
       <c r="E284" s="328"/>
       <c r="F284" s="328"/>
       <c r="G284" s="328"/>
       <c r="H284" s="328"/>
       <c r="I284" s="328"/>
       <c r="J284" s="328"/>
       <c r="K284" s="328"/>
       <c r="L284" s="328"/>
       <c r="M284" s="328"/>
       <c r="N284" s="328"/>
       <c r="O284" s="328"/>
       <c r="P284" s="328"/>
       <c r="Q284" s="328"/>
       <c r="R284" s="328"/>
       <c r="S284" s="328"/>
       <c r="T284" s="328"/>
       <c r="U284" s="328"/>
       <c r="V284" s="328"/>
       <c r="W284" s="329"/>
       <c r="Y284" s="66"/>
       <c r="Z284" s="66"/>
       <c r="AA284" s="66"/>
       <c r="AB284" s="66"/>
       <c r="AC284" s="66"/>
       <c r="AD284" s="66"/>
       <c r="AE284" s="66"/>
       <c r="AF284" s="66"/>
       <c r="AG284" s="66"/>
       <c r="AH284" s="66"/>
       <c r="AI284" s="66"/>
       <c r="AJ284" s="66"/>
       <c r="AK284" s="66"/>
       <c r="AL284" s="66"/>
       <c r="AM284" s="66"/>
       <c r="AN284" s="66"/>
       <c r="AO284" s="66"/>
       <c r="AP284" s="66"/>
       <c r="AQ284" s="66"/>
       <c r="AR284" s="66"/>
     </row>
-    <row r="285" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="285" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A285" s="327"/>
       <c r="B285" s="328"/>
       <c r="C285" s="328"/>
       <c r="D285" s="328"/>
       <c r="E285" s="328"/>
       <c r="F285" s="328"/>
       <c r="G285" s="328"/>
       <c r="H285" s="328"/>
       <c r="I285" s="328"/>
       <c r="J285" s="328"/>
       <c r="K285" s="328"/>
       <c r="L285" s="328"/>
       <c r="M285" s="328"/>
       <c r="N285" s="328"/>
       <c r="O285" s="328"/>
       <c r="P285" s="328"/>
       <c r="Q285" s="328"/>
       <c r="R285" s="328"/>
       <c r="S285" s="328"/>
       <c r="T285" s="328"/>
       <c r="U285" s="328"/>
       <c r="V285" s="328"/>
       <c r="W285" s="329"/>
       <c r="Y285" s="66"/>
       <c r="Z285" s="66"/>
       <c r="AA285" s="66"/>
       <c r="AB285" s="66"/>
       <c r="AC285" s="66"/>
       <c r="AD285" s="66"/>
       <c r="AE285" s="66"/>
       <c r="AF285" s="66"/>
       <c r="AG285" s="66"/>
       <c r="AH285" s="66"/>
       <c r="AI285" s="66"/>
       <c r="AJ285" s="66"/>
       <c r="AK285" s="66"/>
       <c r="AL285" s="66"/>
       <c r="AM285" s="66"/>
       <c r="AN285" s="66"/>
       <c r="AO285" s="66"/>
       <c r="AP285" s="66"/>
       <c r="AQ285" s="66"/>
       <c r="AR285" s="66"/>
     </row>
-    <row r="286" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="286" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A286" s="327"/>
       <c r="B286" s="328"/>
       <c r="C286" s="328"/>
       <c r="D286" s="328"/>
       <c r="E286" s="328"/>
       <c r="F286" s="328"/>
       <c r="G286" s="328"/>
       <c r="H286" s="328"/>
       <c r="I286" s="328"/>
       <c r="J286" s="328"/>
       <c r="K286" s="328"/>
       <c r="L286" s="328"/>
       <c r="M286" s="328"/>
       <c r="N286" s="328"/>
       <c r="O286" s="328"/>
       <c r="P286" s="328"/>
       <c r="Q286" s="328"/>
       <c r="R286" s="328"/>
       <c r="S286" s="328"/>
       <c r="T286" s="328"/>
       <c r="U286" s="328"/>
       <c r="V286" s="328"/>
       <c r="W286" s="329"/>
       <c r="Y286" s="66"/>
       <c r="Z286" s="66"/>
       <c r="AA286" s="66"/>
       <c r="AB286" s="66"/>
       <c r="AC286" s="66"/>
       <c r="AD286" s="66"/>
       <c r="AE286" s="66"/>
       <c r="AF286" s="66"/>
       <c r="AG286" s="66"/>
       <c r="AH286" s="66"/>
       <c r="AI286" s="66"/>
       <c r="AJ286" s="66"/>
       <c r="AK286" s="66"/>
       <c r="AL286" s="66"/>
       <c r="AM286" s="66"/>
       <c r="AN286" s="66"/>
       <c r="AO286" s="66"/>
       <c r="AP286" s="66"/>
       <c r="AQ286" s="66"/>
       <c r="AR286" s="66"/>
     </row>
-    <row r="287" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="287" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A287" s="327"/>
       <c r="B287" s="328"/>
       <c r="C287" s="328"/>
       <c r="D287" s="328"/>
       <c r="E287" s="328"/>
       <c r="F287" s="328"/>
       <c r="G287" s="328"/>
       <c r="H287" s="328"/>
       <c r="I287" s="328"/>
       <c r="J287" s="328"/>
       <c r="K287" s="328"/>
       <c r="L287" s="328"/>
       <c r="M287" s="328"/>
       <c r="N287" s="328"/>
       <c r="O287" s="328"/>
       <c r="P287" s="328"/>
       <c r="Q287" s="328"/>
       <c r="R287" s="328"/>
       <c r="S287" s="328"/>
       <c r="T287" s="328"/>
       <c r="U287" s="328"/>
       <c r="V287" s="328"/>
       <c r="W287" s="329"/>
       <c r="Y287" s="66"/>
       <c r="Z287" s="66"/>
       <c r="AA287" s="66"/>
       <c r="AB287" s="66"/>
       <c r="AC287" s="66"/>
       <c r="AD287" s="66"/>
       <c r="AE287" s="66"/>
       <c r="AF287" s="66"/>
       <c r="AG287" s="66"/>
       <c r="AH287" s="66"/>
       <c r="AI287" s="66"/>
       <c r="AJ287" s="66"/>
       <c r="AK287" s="66"/>
       <c r="AL287" s="66"/>
       <c r="AM287" s="66"/>
       <c r="AN287" s="66"/>
       <c r="AO287" s="66"/>
       <c r="AP287" s="66"/>
       <c r="AQ287" s="66"/>
       <c r="AR287" s="66"/>
     </row>
-    <row r="288" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="288" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="327"/>
       <c r="B288" s="328"/>
       <c r="C288" s="328"/>
       <c r="D288" s="328"/>
       <c r="E288" s="328"/>
       <c r="F288" s="328"/>
       <c r="G288" s="328"/>
       <c r="H288" s="328"/>
       <c r="I288" s="328"/>
       <c r="J288" s="328"/>
       <c r="K288" s="328"/>
       <c r="L288" s="328"/>
       <c r="M288" s="328"/>
       <c r="N288" s="328"/>
       <c r="O288" s="328"/>
       <c r="P288" s="328"/>
       <c r="Q288" s="328"/>
       <c r="R288" s="328"/>
       <c r="S288" s="328"/>
       <c r="T288" s="328"/>
       <c r="U288" s="328"/>
       <c r="V288" s="328"/>
       <c r="W288" s="329"/>
       <c r="Y288" s="66"/>
       <c r="Z288" s="66"/>
       <c r="AA288" s="66"/>
       <c r="AB288" s="66"/>
       <c r="AC288" s="66"/>
       <c r="AD288" s="66"/>
       <c r="AE288" s="66"/>
       <c r="AF288" s="66"/>
       <c r="AG288" s="66"/>
       <c r="AH288" s="66"/>
       <c r="AI288" s="66"/>
       <c r="AJ288" s="66"/>
       <c r="AK288" s="66"/>
       <c r="AL288" s="66"/>
       <c r="AM288" s="66"/>
       <c r="AN288" s="66"/>
       <c r="AO288" s="66"/>
       <c r="AP288" s="66"/>
       <c r="AQ288" s="66"/>
       <c r="AR288" s="66"/>
     </row>
-    <row r="289" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="289" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A289" s="327"/>
       <c r="B289" s="328"/>
       <c r="C289" s="328"/>
       <c r="D289" s="328"/>
       <c r="E289" s="328"/>
       <c r="F289" s="328"/>
       <c r="G289" s="328"/>
       <c r="H289" s="328"/>
       <c r="I289" s="328"/>
       <c r="J289" s="328"/>
       <c r="K289" s="328"/>
       <c r="L289" s="328"/>
       <c r="M289" s="328"/>
       <c r="N289" s="328"/>
       <c r="O289" s="328"/>
       <c r="P289" s="328"/>
       <c r="Q289" s="328"/>
       <c r="R289" s="328"/>
       <c r="S289" s="328"/>
       <c r="T289" s="328"/>
       <c r="U289" s="328"/>
       <c r="V289" s="328"/>
       <c r="W289" s="329"/>
       <c r="Y289" s="66"/>
       <c r="Z289" s="66"/>
       <c r="AA289" s="66"/>
       <c r="AB289" s="66"/>
       <c r="AC289" s="66"/>
       <c r="AD289" s="66"/>
       <c r="AE289" s="66"/>
       <c r="AF289" s="66"/>
       <c r="AG289" s="66"/>
       <c r="AH289" s="66"/>
       <c r="AI289" s="66"/>
       <c r="AJ289" s="66"/>
       <c r="AK289" s="66"/>
       <c r="AL289" s="66"/>
       <c r="AM289" s="66"/>
       <c r="AN289" s="66"/>
       <c r="AO289" s="66"/>
       <c r="AP289" s="66"/>
       <c r="AQ289" s="66"/>
       <c r="AR289" s="66"/>
     </row>
-    <row r="290" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A290" s="330"/>
       <c r="B290" s="331"/>
       <c r="C290" s="331"/>
       <c r="D290" s="331"/>
       <c r="E290" s="331"/>
       <c r="F290" s="331"/>
       <c r="G290" s="331"/>
       <c r="H290" s="331"/>
       <c r="I290" s="331"/>
       <c r="J290" s="331"/>
       <c r="K290" s="331"/>
       <c r="L290" s="331"/>
       <c r="M290" s="331"/>
       <c r="N290" s="331"/>
       <c r="O290" s="331"/>
       <c r="P290" s="331"/>
       <c r="Q290" s="331"/>
       <c r="R290" s="331"/>
       <c r="S290" s="331"/>
       <c r="T290" s="331"/>
       <c r="U290" s="331"/>
       <c r="V290" s="331"/>
       <c r="W290" s="332"/>
       <c r="Y290" s="66"/>
       <c r="Z290" s="66"/>
       <c r="AA290" s="66"/>
       <c r="AB290" s="66"/>
       <c r="AC290" s="66"/>
       <c r="AD290" s="66"/>
       <c r="AE290" s="66"/>
       <c r="AF290" s="66"/>
       <c r="AG290" s="66"/>
       <c r="AH290" s="66"/>
       <c r="AI290" s="66"/>
       <c r="AJ290" s="66"/>
       <c r="AK290" s="66"/>
       <c r="AL290" s="66"/>
       <c r="AM290" s="66"/>
       <c r="AN290" s="66"/>
       <c r="AO290" s="66"/>
       <c r="AP290" s="66"/>
       <c r="AQ290" s="66"/>
       <c r="AR290" s="66"/>
     </row>
-    <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H291" s="6"/>
       <c r="I291" s="6"/>
       <c r="J291" s="6"/>
       <c r="S291" s="6"/>
       <c r="T291" s="6"/>
       <c r="U291" s="6"/>
       <c r="Y291" s="66"/>
       <c r="Z291" s="66"/>
       <c r="AA291" s="66"/>
       <c r="AB291" s="66"/>
       <c r="AC291" s="66"/>
       <c r="AD291" s="66"/>
       <c r="AE291" s="66"/>
       <c r="AF291" s="66"/>
       <c r="AG291" s="66"/>
       <c r="AH291" s="66"/>
       <c r="AI291" s="66"/>
       <c r="AJ291" s="66"/>
       <c r="AK291" s="66"/>
       <c r="AL291" s="66"/>
       <c r="AM291" s="66"/>
       <c r="AN291" s="66"/>
       <c r="AO291" s="66"/>
       <c r="AP291" s="66"/>
       <c r="AQ291" s="66"/>
       <c r="AR291" s="66"/>
     </row>
-    <row r="292" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A292" s="333" t="s">
         <v>39</v>
       </c>
       <c r="B292" s="334"/>
       <c r="C292" s="334"/>
       <c r="D292" s="334"/>
       <c r="E292" s="334"/>
       <c r="F292" s="335"/>
       <c r="G292" s="7"/>
       <c r="H292" s="7"/>
       <c r="I292" s="7"/>
       <c r="J292" s="7"/>
       <c r="K292" s="7"/>
       <c r="L292" s="7"/>
       <c r="M292" s="7"/>
       <c r="N292" s="7"/>
       <c r="O292" s="7"/>
       <c r="P292" s="7"/>
       <c r="Q292" s="7"/>
       <c r="R292" s="7"/>
       <c r="S292" s="2"/>
       <c r="T292" s="2"/>
       <c r="U292" s="2"/>
       <c r="V292" s="2"/>
       <c r="W292" s="2"/>
       <c r="Y292" s="66"/>
       <c r="Z292" s="66"/>
       <c r="AA292" s="66"/>
       <c r="AB292" s="66"/>
       <c r="AC292" s="66"/>
       <c r="AD292" s="66"/>
       <c r="AE292" s="66"/>
       <c r="AF292" s="66"/>
       <c r="AG292" s="66"/>
       <c r="AH292" s="66"/>
       <c r="AI292" s="66"/>
       <c r="AJ292" s="66"/>
       <c r="AK292" s="66"/>
       <c r="AL292" s="66"/>
       <c r="AM292" s="66"/>
       <c r="AN292" s="66"/>
       <c r="AO292" s="66"/>
       <c r="AP292" s="66"/>
       <c r="AQ292" s="66"/>
       <c r="AR292" s="66"/>
     </row>
-    <row r="293" spans="1:44" s="5" customFormat="1" ht="23.25" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:44" s="5" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A293" s="204"/>
       <c r="B293" s="205"/>
       <c r="C293" s="206" t="s">
         <v>40</v>
       </c>
       <c r="D293" s="206" t="s">
         <v>41</v>
       </c>
       <c r="E293" s="206" t="s">
         <v>42</v>
       </c>
       <c r="F293" s="207"/>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
       <c r="I293" s="2"/>
       <c r="J293" s="2"/>
       <c r="K293" s="2"/>
       <c r="L293" s="2"/>
       <c r="M293" s="2"/>
       <c r="N293" s="2"/>
       <c r="O293" s="2"/>
       <c r="P293" s="2"/>
       <c r="Q293" s="2"/>
       <c r="R293" s="2"/>
       <c r="S293" s="2"/>
       <c r="T293" s="2"/>
       <c r="U293" s="2"/>
       <c r="V293" s="2"/>
       <c r="W293" s="2"/>
       <c r="Y293" s="66"/>
       <c r="Z293" s="66"/>
       <c r="AA293" s="66"/>
       <c r="AB293" s="66"/>
       <c r="AC293" s="66"/>
       <c r="AD293" s="66"/>
       <c r="AE293" s="66"/>
       <c r="AF293" s="66"/>
       <c r="AG293" s="66"/>
       <c r="AH293" s="66"/>
       <c r="AI293" s="66"/>
       <c r="AJ293" s="66"/>
       <c r="AK293" s="66"/>
       <c r="AL293" s="66"/>
       <c r="AM293" s="66"/>
       <c r="AN293" s="66"/>
       <c r="AO293" s="66"/>
       <c r="AP293" s="66"/>
       <c r="AQ293" s="66"/>
       <c r="AR293" s="66"/>
     </row>
-    <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A294" s="208" t="s">
         <v>43</v>
       </c>
       <c r="B294" s="209"/>
       <c r="C294" s="210">
         <f>X278</f>
         <v>0</v>
       </c>
       <c r="D294" s="211">
         <f>C294/12</f>
         <v>0</v>
       </c>
       <c r="E294" s="60">
         <v>25000</v>
       </c>
       <c r="F294" s="212">
         <f>$E$294*$D$294</f>
         <v>0</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
       <c r="I294" s="2"/>
       <c r="J294" s="2"/>
       <c r="K294" s="2"/>
       <c r="L294" s="2"/>
@@ -22589,190 +22584,190 @@
       <c r="T294" s="2"/>
       <c r="U294" s="2"/>
       <c r="V294" s="2"/>
       <c r="W294" s="2"/>
       <c r="Y294" s="66"/>
       <c r="Z294" s="66"/>
       <c r="AA294" s="66"/>
       <c r="AB294" s="66"/>
       <c r="AC294" s="66"/>
       <c r="AD294" s="66"/>
       <c r="AE294" s="66"/>
       <c r="AF294" s="66"/>
       <c r="AG294" s="66"/>
       <c r="AH294" s="66"/>
       <c r="AI294" s="66"/>
       <c r="AJ294" s="66"/>
       <c r="AK294" s="66"/>
       <c r="AL294" s="66"/>
       <c r="AM294" s="66"/>
       <c r="AN294" s="66"/>
       <c r="AO294" s="66"/>
       <c r="AP294" s="66"/>
       <c r="AQ294" s="66"/>
       <c r="AR294" s="66"/>
     </row>
-    <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="336" t="s">
         <v>100</v>
       </c>
       <c r="B295" s="336"/>
       <c r="C295" s="336"/>
       <c r="D295" s="336"/>
       <c r="E295" s="336"/>
       <c r="F295" s="336"/>
       <c r="G295" s="8"/>
       <c r="H295" s="9"/>
       <c r="I295" s="9"/>
       <c r="J295" s="9"/>
       <c r="K295" s="9"/>
       <c r="L295" s="9"/>
       <c r="M295" s="9"/>
       <c r="N295" s="9"/>
       <c r="O295" s="9"/>
       <c r="P295" s="9"/>
       <c r="Q295" s="9"/>
       <c r="R295" s="9"/>
       <c r="S295" s="2"/>
       <c r="T295" s="2"/>
       <c r="U295" s="2"/>
       <c r="V295" s="2"/>
       <c r="W295" s="2"/>
       <c r="Y295" s="66"/>
       <c r="Z295" s="66"/>
       <c r="AA295" s="66"/>
       <c r="AB295" s="66"/>
       <c r="AC295" s="66"/>
       <c r="AD295" s="66"/>
       <c r="AE295" s="66"/>
       <c r="AF295" s="66"/>
       <c r="AG295" s="66"/>
       <c r="AH295" s="66"/>
       <c r="AI295" s="66"/>
       <c r="AJ295" s="66"/>
       <c r="AK295" s="66"/>
       <c r="AL295" s="66"/>
       <c r="AM295" s="66"/>
       <c r="AN295" s="66"/>
       <c r="AO295" s="66"/>
       <c r="AP295" s="66"/>
       <c r="AQ295" s="66"/>
       <c r="AR295" s="66"/>
     </row>
-    <row r="296" spans="1:44" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:44" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A296" s="2"/>
       <c r="B296" s="2"/>
       <c r="C296" s="2"/>
       <c r="D296" s="2"/>
       <c r="E296" s="2"/>
       <c r="F296" s="2"/>
       <c r="G296" s="10"/>
       <c r="H296" s="10"/>
       <c r="I296" s="10"/>
       <c r="J296" s="10"/>
       <c r="K296" s="10"/>
       <c r="L296" s="10"/>
       <c r="M296" s="10"/>
       <c r="N296" s="10"/>
       <c r="O296" s="10"/>
       <c r="P296" s="10"/>
       <c r="Q296" s="10"/>
       <c r="R296" s="10"/>
       <c r="S296" s="2"/>
       <c r="T296" s="2"/>
       <c r="U296" s="2"/>
       <c r="V296" s="2"/>
       <c r="W296" s="2"/>
       <c r="Y296" s="66"/>
       <c r="Z296" s="66"/>
       <c r="AA296" s="66"/>
       <c r="AB296" s="66"/>
       <c r="AC296" s="66"/>
       <c r="AD296" s="66"/>
       <c r="AE296" s="66"/>
       <c r="AF296" s="66"/>
       <c r="AG296" s="66"/>
       <c r="AH296" s="66"/>
       <c r="AI296" s="66"/>
       <c r="AJ296" s="66"/>
       <c r="AK296" s="66"/>
       <c r="AL296" s="66"/>
       <c r="AM296" s="66"/>
       <c r="AN296" s="66"/>
       <c r="AO296" s="66"/>
       <c r="AP296" s="66"/>
       <c r="AQ296" s="66"/>
       <c r="AR296" s="66"/>
     </row>
-    <row r="297" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="297" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="337" t="s">
         <v>44</v>
       </c>
       <c r="B297" s="338"/>
       <c r="C297" s="338"/>
       <c r="D297" s="338"/>
       <c r="E297" s="338"/>
       <c r="F297" s="338"/>
       <c r="G297" s="10"/>
       <c r="H297" s="10"/>
       <c r="I297" s="10"/>
       <c r="J297" s="10"/>
       <c r="K297" s="10"/>
       <c r="L297" s="10"/>
       <c r="M297" s="10"/>
       <c r="N297" s="10"/>
       <c r="O297" s="10"/>
       <c r="P297" s="10"/>
       <c r="Q297" s="10"/>
       <c r="R297" s="10"/>
       <c r="S297" s="2"/>
       <c r="T297" s="2"/>
       <c r="U297" s="2"/>
       <c r="V297" s="2"/>
       <c r="W297" s="2"/>
       <c r="Y297" s="66"/>
       <c r="Z297" s="66"/>
       <c r="AA297" s="66"/>
       <c r="AB297" s="66"/>
       <c r="AC297" s="66"/>
       <c r="AD297" s="66"/>
       <c r="AE297" s="66"/>
       <c r="AF297" s="66"/>
       <c r="AG297" s="66"/>
       <c r="AH297" s="66"/>
       <c r="AI297" s="66"/>
       <c r="AJ297" s="66"/>
       <c r="AK297" s="66"/>
       <c r="AL297" s="66"/>
       <c r="AM297" s="66"/>
       <c r="AN297" s="66"/>
       <c r="AO297" s="66"/>
       <c r="AP297" s="66"/>
       <c r="AQ297" s="66"/>
       <c r="AR297" s="66"/>
     </row>
-    <row r="298" spans="1:44" s="5" customFormat="1" ht="23.25" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:44" s="5" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A298" s="213"/>
       <c r="B298" s="214"/>
       <c r="C298" s="206" t="s">
         <v>40</v>
       </c>
       <c r="D298" s="206" t="s">
         <v>41</v>
       </c>
       <c r="E298" s="206" t="s">
         <v>45</v>
       </c>
       <c r="F298" s="207" t="s">
         <v>46</v>
       </c>
       <c r="G298" s="11"/>
       <c r="H298" s="11"/>
       <c r="I298" s="11"/>
       <c r="J298" s="11"/>
       <c r="K298" s="11"/>
       <c r="L298" s="11"/>
       <c r="M298" s="11"/>
       <c r="N298" s="11"/>
       <c r="O298" s="11"/>
       <c r="P298" s="11"/>
       <c r="Q298" s="11"/>
@@ -22781,51 +22776,51 @@
       <c r="T298" s="2"/>
       <c r="U298" s="2"/>
       <c r="V298" s="2"/>
       <c r="W298" s="2"/>
       <c r="Y298" s="66"/>
       <c r="Z298" s="66"/>
       <c r="AA298" s="66"/>
       <c r="AB298" s="66"/>
       <c r="AC298" s="66"/>
       <c r="AD298" s="66"/>
       <c r="AE298" s="66"/>
       <c r="AF298" s="66"/>
       <c r="AG298" s="66"/>
       <c r="AH298" s="66"/>
       <c r="AI298" s="66"/>
       <c r="AJ298" s="66"/>
       <c r="AK298" s="66"/>
       <c r="AL298" s="66"/>
       <c r="AM298" s="66"/>
       <c r="AN298" s="66"/>
       <c r="AO298" s="66"/>
       <c r="AP298" s="66"/>
       <c r="AQ298" s="66"/>
       <c r="AR298" s="66"/>
     </row>
-    <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A299" s="215" t="s">
         <v>47</v>
       </c>
       <c r="B299" s="216"/>
       <c r="C299" s="217">
         <f>V278</f>
         <v>0</v>
       </c>
       <c r="D299" s="218">
         <f>C299/12</f>
         <v>0</v>
       </c>
       <c r="E299" s="219">
         <f>25000*D299</f>
         <v>0</v>
       </c>
       <c r="F299" s="48">
         <v>0</v>
       </c>
       <c r="G299" s="12"/>
       <c r="H299" s="12"/>
       <c r="I299" s="12"/>
       <c r="J299" s="12"/>
       <c r="K299" s="12"/>
       <c r="L299" s="12"/>
@@ -22839,51 +22834,51 @@
       <c r="T299" s="13"/>
       <c r="U299" s="13"/>
       <c r="V299" s="13"/>
       <c r="W299" s="13"/>
       <c r="Y299" s="66"/>
       <c r="Z299" s="66"/>
       <c r="AA299" s="66"/>
       <c r="AB299" s="66"/>
       <c r="AC299" s="66"/>
       <c r="AD299" s="66"/>
       <c r="AE299" s="66"/>
       <c r="AF299" s="66"/>
       <c r="AG299" s="66"/>
       <c r="AH299" s="66"/>
       <c r="AI299" s="66"/>
       <c r="AJ299" s="66"/>
       <c r="AK299" s="66"/>
       <c r="AL299" s="66"/>
       <c r="AM299" s="66"/>
       <c r="AN299" s="66"/>
       <c r="AO299" s="66"/>
       <c r="AP299" s="66"/>
       <c r="AQ299" s="66"/>
       <c r="AR299" s="66"/>
     </row>
-    <row r="300" spans="1:44" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="300" spans="1:44" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="345" t="s">
         <v>101</v>
       </c>
       <c r="B300" s="345"/>
       <c r="C300" s="345"/>
       <c r="D300" s="345"/>
       <c r="E300" s="345"/>
       <c r="F300" s="345"/>
       <c r="G300" s="14"/>
       <c r="H300" s="178"/>
       <c r="I300" s="14"/>
       <c r="J300" s="14"/>
       <c r="K300" s="14"/>
       <c r="L300" s="14"/>
       <c r="M300" s="14"/>
       <c r="N300" s="14"/>
       <c r="O300" s="14"/>
       <c r="P300" s="14"/>
       <c r="Q300" s="14"/>
       <c r="R300" s="14"/>
       <c r="S300" s="2"/>
       <c r="T300" s="2"/>
       <c r="U300" s="2"/>
       <c r="V300" s="2"/>
       <c r="W300" s="2"/>
@@ -23554,51 +23549,51 @@
       <c r="T315" s="347"/>
       <c r="U315" s="347"/>
       <c r="V315" s="347"/>
       <c r="W315" s="348"/>
       <c r="Y315" s="62"/>
       <c r="Z315" s="62"/>
       <c r="AA315" s="62"/>
       <c r="AB315" s="62"/>
       <c r="AC315" s="62"/>
       <c r="AD315" s="62"/>
       <c r="AE315" s="62"/>
       <c r="AF315" s="62"/>
       <c r="AG315" s="62"/>
       <c r="AH315" s="62"/>
       <c r="AI315" s="62"/>
       <c r="AJ315" s="62"/>
       <c r="AK315" s="62"/>
       <c r="AL315" s="62"/>
       <c r="AM315" s="62"/>
       <c r="AN315" s="62"/>
       <c r="AO315" s="62"/>
       <c r="AP315" s="62"/>
       <c r="AQ315" s="62"/>
       <c r="AR315" s="62"/>
     </row>
-    <row r="316" spans="1:44" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="316" spans="1:44" ht="32.4" x14ac:dyDescent="0.2">
       <c r="A316" s="220" t="s">
         <v>50</v>
       </c>
       <c r="B316" s="221" t="s">
         <v>51</v>
       </c>
       <c r="C316" s="363" t="s">
         <v>52</v>
       </c>
       <c r="D316" s="364"/>
       <c r="E316" s="221" t="s">
         <v>53</v>
       </c>
       <c r="F316" s="222" t="s">
         <v>54</v>
       </c>
       <c r="G316" s="223" t="s">
         <v>55</v>
       </c>
       <c r="H316" s="12"/>
       <c r="I316" s="12"/>
       <c r="J316" s="12"/>
       <c r="K316" s="12"/>
       <c r="L316" s="12"/>
       <c r="M316" s="12"/>
@@ -23611,411 +23606,411 @@
       <c r="T316" s="353"/>
       <c r="U316" s="353"/>
       <c r="V316" s="353"/>
       <c r="W316" s="354"/>
       <c r="Y316" s="62"/>
       <c r="Z316" s="62"/>
       <c r="AA316" s="62"/>
       <c r="AB316" s="62"/>
       <c r="AC316" s="62"/>
       <c r="AD316" s="62"/>
       <c r="AE316" s="62"/>
       <c r="AF316" s="62"/>
       <c r="AG316" s="62"/>
       <c r="AH316" s="62"/>
       <c r="AI316" s="62"/>
       <c r="AJ316" s="62"/>
       <c r="AK316" s="62"/>
       <c r="AL316" s="62"/>
       <c r="AM316" s="62"/>
       <c r="AN316" s="62"/>
       <c r="AO316" s="62"/>
       <c r="AP316" s="62"/>
       <c r="AQ316" s="62"/>
       <c r="AR316" s="62"/>
     </row>
-    <row r="317" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="317" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="34"/>
       <c r="B317" s="43"/>
       <c r="C317" s="365"/>
       <c r="D317" s="365"/>
       <c r="E317" s="43"/>
       <c r="F317" s="47"/>
       <c r="G317" s="35"/>
       <c r="H317" s="12"/>
       <c r="I317" s="12"/>
       <c r="J317" s="12"/>
       <c r="K317" s="12"/>
       <c r="L317" s="12"/>
       <c r="M317" s="12"/>
       <c r="N317" s="352"/>
       <c r="O317" s="353"/>
       <c r="P317" s="353"/>
       <c r="Q317" s="353"/>
       <c r="R317" s="353"/>
       <c r="S317" s="353"/>
       <c r="T317" s="353"/>
       <c r="U317" s="353"/>
       <c r="V317" s="353"/>
       <c r="W317" s="354"/>
       <c r="Y317" s="62"/>
       <c r="Z317" s="62"/>
       <c r="AA317" s="62"/>
       <c r="AB317" s="62"/>
       <c r="AC317" s="62"/>
       <c r="AD317" s="62"/>
       <c r="AE317" s="62"/>
       <c r="AF317" s="62"/>
       <c r="AG317" s="62"/>
       <c r="AH317" s="62"/>
       <c r="AI317" s="62"/>
       <c r="AJ317" s="62"/>
       <c r="AK317" s="62"/>
       <c r="AL317" s="62"/>
       <c r="AM317" s="62"/>
       <c r="AN317" s="62"/>
       <c r="AO317" s="62"/>
       <c r="AP317" s="62"/>
       <c r="AQ317" s="62"/>
       <c r="AR317" s="62"/>
     </row>
-    <row r="318" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="318" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="34"/>
       <c r="B318" s="43"/>
       <c r="C318" s="343"/>
       <c r="D318" s="344"/>
       <c r="E318" s="43"/>
       <c r="F318" s="47"/>
       <c r="G318" s="35"/>
       <c r="H318" s="12"/>
       <c r="I318" s="12"/>
       <c r="J318" s="12"/>
       <c r="K318" s="12"/>
       <c r="L318" s="12"/>
       <c r="M318" s="12"/>
       <c r="N318" s="352"/>
       <c r="O318" s="353"/>
       <c r="P318" s="353"/>
       <c r="Q318" s="353"/>
       <c r="R318" s="353"/>
       <c r="S318" s="353"/>
       <c r="T318" s="353"/>
       <c r="U318" s="353"/>
       <c r="V318" s="353"/>
       <c r="W318" s="354"/>
       <c r="Y318" s="62"/>
       <c r="Z318" s="62"/>
       <c r="AA318" s="62"/>
       <c r="AB318" s="62"/>
       <c r="AC318" s="62"/>
       <c r="AD318" s="62"/>
       <c r="AE318" s="62"/>
       <c r="AF318" s="62"/>
       <c r="AG318" s="62"/>
       <c r="AH318" s="62"/>
       <c r="AI318" s="62"/>
       <c r="AJ318" s="62"/>
       <c r="AK318" s="62"/>
       <c r="AL318" s="62"/>
       <c r="AM318" s="62"/>
       <c r="AN318" s="62"/>
       <c r="AO318" s="62"/>
       <c r="AP318" s="62"/>
       <c r="AQ318" s="62"/>
       <c r="AR318" s="62"/>
     </row>
-    <row r="319" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="319" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="34"/>
       <c r="B319" s="43"/>
       <c r="C319" s="343"/>
       <c r="D319" s="344"/>
       <c r="E319" s="43"/>
       <c r="F319" s="47"/>
       <c r="G319" s="35"/>
       <c r="H319" s="12"/>
       <c r="I319" s="12"/>
       <c r="J319" s="12"/>
       <c r="K319" s="12"/>
       <c r="L319" s="12"/>
       <c r="M319" s="12"/>
       <c r="N319" s="352"/>
       <c r="O319" s="353"/>
       <c r="P319" s="353"/>
       <c r="Q319" s="353"/>
       <c r="R319" s="353"/>
       <c r="S319" s="353"/>
       <c r="T319" s="353"/>
       <c r="U319" s="353"/>
       <c r="V319" s="353"/>
       <c r="W319" s="354"/>
       <c r="Y319" s="62"/>
       <c r="Z319" s="62"/>
       <c r="AA319" s="62"/>
       <c r="AB319" s="62"/>
       <c r="AC319" s="62"/>
       <c r="AD319" s="62"/>
       <c r="AE319" s="62"/>
       <c r="AF319" s="62"/>
       <c r="AG319" s="62"/>
       <c r="AH319" s="62"/>
       <c r="AI319" s="62"/>
       <c r="AJ319" s="62"/>
       <c r="AK319" s="62"/>
       <c r="AL319" s="62"/>
       <c r="AM319" s="62"/>
       <c r="AN319" s="62"/>
       <c r="AO319" s="62"/>
       <c r="AP319" s="62"/>
       <c r="AQ319" s="62"/>
       <c r="AR319" s="62"/>
     </row>
-    <row r="320" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="320" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="34"/>
       <c r="B320" s="43"/>
       <c r="C320" s="343"/>
       <c r="D320" s="344"/>
       <c r="E320" s="43"/>
       <c r="F320" s="47"/>
       <c r="G320" s="35"/>
       <c r="H320" s="12"/>
       <c r="I320" s="12"/>
       <c r="J320" s="12"/>
       <c r="K320" s="12"/>
       <c r="L320" s="12"/>
       <c r="M320" s="12"/>
       <c r="N320" s="352"/>
       <c r="O320" s="353"/>
       <c r="P320" s="353"/>
       <c r="Q320" s="353"/>
       <c r="R320" s="353"/>
       <c r="S320" s="353"/>
       <c r="T320" s="353"/>
       <c r="U320" s="353"/>
       <c r="V320" s="353"/>
       <c r="W320" s="354"/>
       <c r="Y320" s="62"/>
       <c r="Z320" s="62"/>
       <c r="AA320" s="62"/>
       <c r="AB320" s="62"/>
       <c r="AC320" s="62"/>
       <c r="AD320" s="62"/>
       <c r="AE320" s="62"/>
       <c r="AF320" s="62"/>
       <c r="AG320" s="62"/>
       <c r="AH320" s="62"/>
       <c r="AI320" s="62"/>
       <c r="AJ320" s="62"/>
       <c r="AK320" s="62"/>
       <c r="AL320" s="62"/>
       <c r="AM320" s="62"/>
       <c r="AN320" s="62"/>
       <c r="AO320" s="62"/>
       <c r="AP320" s="62"/>
       <c r="AQ320" s="62"/>
       <c r="AR320" s="62"/>
     </row>
-    <row r="321" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="321" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="34"/>
       <c r="B321" s="43"/>
       <c r="C321" s="343"/>
       <c r="D321" s="344"/>
       <c r="E321" s="43"/>
       <c r="F321" s="47"/>
       <c r="G321" s="35"/>
       <c r="H321" s="12"/>
       <c r="I321" s="12"/>
       <c r="J321" s="12"/>
       <c r="K321" s="12"/>
       <c r="L321" s="12"/>
       <c r="M321" s="12"/>
       <c r="N321" s="352"/>
       <c r="O321" s="353"/>
       <c r="P321" s="353"/>
       <c r="Q321" s="353"/>
       <c r="R321" s="353"/>
       <c r="S321" s="353"/>
       <c r="T321" s="353"/>
       <c r="U321" s="353"/>
       <c r="V321" s="353"/>
       <c r="W321" s="354"/>
       <c r="Y321" s="62"/>
       <c r="Z321" s="62"/>
       <c r="AA321" s="62"/>
       <c r="AB321" s="62"/>
       <c r="AC321" s="62"/>
       <c r="AD321" s="62"/>
       <c r="AE321" s="62"/>
       <c r="AF321" s="62"/>
       <c r="AG321" s="62"/>
       <c r="AH321" s="62"/>
       <c r="AI321" s="62"/>
       <c r="AJ321" s="62"/>
       <c r="AK321" s="62"/>
       <c r="AL321" s="62"/>
       <c r="AM321" s="62"/>
       <c r="AN321" s="62"/>
       <c r="AO321" s="62"/>
       <c r="AP321" s="62"/>
       <c r="AQ321" s="62"/>
       <c r="AR321" s="62"/>
     </row>
-    <row r="322" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="322" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="34"/>
       <c r="B322" s="43"/>
       <c r="C322" s="343"/>
       <c r="D322" s="344"/>
       <c r="E322" s="43"/>
       <c r="F322" s="47"/>
       <c r="G322" s="35"/>
       <c r="H322" s="12"/>
       <c r="I322" s="12"/>
       <c r="J322" s="12"/>
       <c r="K322" s="12"/>
       <c r="L322" s="12"/>
       <c r="M322" s="12"/>
       <c r="N322" s="352"/>
       <c r="O322" s="353"/>
       <c r="P322" s="353"/>
       <c r="Q322" s="353"/>
       <c r="R322" s="353"/>
       <c r="S322" s="353"/>
       <c r="T322" s="353"/>
       <c r="U322" s="353"/>
       <c r="V322" s="353"/>
       <c r="W322" s="354"/>
       <c r="Y322" s="62"/>
       <c r="Z322" s="62"/>
       <c r="AA322" s="62"/>
       <c r="AB322" s="62"/>
       <c r="AC322" s="62"/>
       <c r="AD322" s="62"/>
       <c r="AE322" s="62"/>
       <c r="AF322" s="62"/>
       <c r="AG322" s="62"/>
       <c r="AH322" s="62"/>
       <c r="AI322" s="62"/>
       <c r="AJ322" s="62"/>
       <c r="AK322" s="62"/>
       <c r="AL322" s="62"/>
       <c r="AM322" s="62"/>
       <c r="AN322" s="62"/>
       <c r="AO322" s="62"/>
       <c r="AP322" s="62"/>
       <c r="AQ322" s="62"/>
       <c r="AR322" s="62"/>
     </row>
-    <row r="323" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="323" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="34"/>
       <c r="B323" s="43"/>
       <c r="C323" s="343"/>
       <c r="D323" s="344"/>
       <c r="E323" s="43"/>
       <c r="F323" s="47"/>
       <c r="G323" s="35"/>
       <c r="H323" s="12"/>
       <c r="I323" s="12"/>
       <c r="J323" s="12"/>
       <c r="K323" s="12"/>
       <c r="L323" s="12"/>
       <c r="M323" s="12"/>
       <c r="N323" s="352"/>
       <c r="O323" s="353"/>
       <c r="P323" s="353"/>
       <c r="Q323" s="353"/>
       <c r="R323" s="353"/>
       <c r="S323" s="353"/>
       <c r="T323" s="353"/>
       <c r="U323" s="353"/>
       <c r="V323" s="353"/>
       <c r="W323" s="354"/>
       <c r="Y323" s="62"/>
       <c r="Z323" s="62"/>
       <c r="AA323" s="62"/>
       <c r="AB323" s="62"/>
       <c r="AC323" s="62"/>
       <c r="AD323" s="62"/>
       <c r="AE323" s="62"/>
       <c r="AF323" s="62"/>
       <c r="AG323" s="62"/>
       <c r="AH323" s="62"/>
       <c r="AI323" s="62"/>
       <c r="AJ323" s="62"/>
       <c r="AK323" s="62"/>
       <c r="AL323" s="62"/>
       <c r="AM323" s="62"/>
       <c r="AN323" s="62"/>
       <c r="AO323" s="62"/>
       <c r="AP323" s="62"/>
       <c r="AQ323" s="62"/>
       <c r="AR323" s="62"/>
     </row>
-    <row r="324" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="324" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="34"/>
       <c r="B324" s="43"/>
       <c r="C324" s="343"/>
       <c r="D324" s="344"/>
       <c r="E324" s="43"/>
       <c r="F324" s="47"/>
       <c r="G324" s="35"/>
       <c r="H324" s="12"/>
       <c r="I324" s="12"/>
       <c r="J324" s="12"/>
       <c r="K324" s="12"/>
       <c r="L324" s="12"/>
       <c r="M324" s="12"/>
       <c r="N324" s="352"/>
       <c r="O324" s="353"/>
       <c r="P324" s="353"/>
       <c r="Q324" s="353"/>
       <c r="R324" s="353"/>
       <c r="S324" s="353"/>
       <c r="T324" s="353"/>
       <c r="U324" s="353"/>
       <c r="V324" s="353"/>
       <c r="W324" s="354"/>
       <c r="Y324" s="62"/>
       <c r="Z324" s="62"/>
       <c r="AA324" s="62"/>
       <c r="AB324" s="62"/>
       <c r="AC324" s="62"/>
       <c r="AD324" s="62"/>
       <c r="AE324" s="62"/>
       <c r="AF324" s="62"/>
       <c r="AG324" s="62"/>
       <c r="AH324" s="62"/>
       <c r="AI324" s="62"/>
       <c r="AJ324" s="62"/>
       <c r="AK324" s="62"/>
       <c r="AL324" s="62"/>
       <c r="AM324" s="62"/>
       <c r="AN324" s="62"/>
       <c r="AO324" s="62"/>
       <c r="AP324" s="62"/>
       <c r="AQ324" s="62"/>
       <c r="AR324" s="62"/>
     </row>
-    <row r="325" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="325" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="34"/>
       <c r="B325" s="43"/>
       <c r="C325" s="343"/>
       <c r="D325" s="344"/>
       <c r="E325" s="43"/>
       <c r="F325" s="47"/>
       <c r="G325" s="35"/>
       <c r="H325" s="12"/>
       <c r="I325" s="12"/>
       <c r="J325" s="12"/>
       <c r="K325" s="12"/>
       <c r="L325" s="12"/>
       <c r="M325" s="12"/>
       <c r="N325" s="352"/>
       <c r="O325" s="353"/>
       <c r="P325" s="353"/>
       <c r="Q325" s="353"/>
       <c r="R325" s="353"/>
       <c r="S325" s="353"/>
       <c r="T325" s="353"/>
       <c r="U325" s="353"/>
       <c r="V325" s="353"/>
       <c r="W325" s="354"/>
       <c r="Y325" s="62"/>
       <c r="Z325" s="62"/>
@@ -27001,51 +26996,51 @@
       <c r="T392" s="353"/>
       <c r="U392" s="353"/>
       <c r="V392" s="353"/>
       <c r="W392" s="354"/>
       <c r="Y392" s="62"/>
       <c r="Z392" s="62"/>
       <c r="AA392" s="62"/>
       <c r="AB392" s="62"/>
       <c r="AC392" s="62"/>
       <c r="AD392" s="62"/>
       <c r="AE392" s="62"/>
       <c r="AF392" s="62"/>
       <c r="AG392" s="62"/>
       <c r="AH392" s="62"/>
       <c r="AI392" s="62"/>
       <c r="AJ392" s="62"/>
       <c r="AK392" s="62"/>
       <c r="AL392" s="62"/>
       <c r="AM392" s="62"/>
       <c r="AN392" s="62"/>
       <c r="AO392" s="62"/>
       <c r="AP392" s="62"/>
       <c r="AQ392" s="62"/>
       <c r="AR392" s="62"/>
     </row>
-    <row r="393" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
+    <row r="393" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A393" s="34"/>
       <c r="B393" s="43"/>
       <c r="C393" s="365"/>
       <c r="D393" s="366"/>
       <c r="E393" s="43"/>
       <c r="F393" s="43"/>
       <c r="G393" s="35"/>
       <c r="H393" s="2"/>
       <c r="I393" s="2"/>
       <c r="J393" s="2"/>
       <c r="N393" s="352"/>
       <c r="O393" s="353"/>
       <c r="P393" s="353"/>
       <c r="Q393" s="353"/>
       <c r="R393" s="353"/>
       <c r="S393" s="353"/>
       <c r="T393" s="353"/>
       <c r="U393" s="353"/>
       <c r="V393" s="353"/>
       <c r="W393" s="354"/>
       <c r="Y393" s="62"/>
       <c r="Z393" s="62"/>
       <c r="AA393" s="62"/>
       <c r="AB393" s="62"/>
       <c r="AC393" s="62"/>
@@ -27169,51 +27164,51 @@
       <c r="T396" s="353"/>
       <c r="U396" s="353"/>
       <c r="V396" s="353"/>
       <c r="W396" s="354"/>
       <c r="Y396" s="62"/>
       <c r="Z396" s="62"/>
       <c r="AA396" s="62"/>
       <c r="AB396" s="62"/>
       <c r="AC396" s="62"/>
       <c r="AD396" s="62"/>
       <c r="AE396" s="62"/>
       <c r="AF396" s="62"/>
       <c r="AG396" s="62"/>
       <c r="AH396" s="62"/>
       <c r="AI396" s="62"/>
       <c r="AJ396" s="62"/>
       <c r="AK396" s="62"/>
       <c r="AL396" s="62"/>
       <c r="AM396" s="62"/>
       <c r="AN396" s="62"/>
       <c r="AO396" s="62"/>
       <c r="AP396" s="62"/>
       <c r="AQ396" s="62"/>
       <c r="AR396" s="62"/>
     </row>
-    <row r="397" spans="1:44" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:44" ht="11.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A397" s="224" t="s">
         <v>56</v>
       </c>
       <c r="B397" s="225"/>
       <c r="C397" s="368"/>
       <c r="D397" s="368"/>
       <c r="E397" s="226"/>
       <c r="F397" s="226"/>
       <c r="G397" s="227">
         <f>SUM(G317:G396)</f>
         <v>0</v>
       </c>
       <c r="H397" s="2"/>
       <c r="I397" s="2"/>
       <c r="J397" s="2"/>
       <c r="N397" s="355"/>
       <c r="O397" s="356"/>
       <c r="P397" s="356"/>
       <c r="Q397" s="356"/>
       <c r="R397" s="356"/>
       <c r="S397" s="356"/>
       <c r="T397" s="356"/>
       <c r="U397" s="356"/>
       <c r="V397" s="356"/>
       <c r="W397" s="357"/>
@@ -27408,594 +27403,594 @@
       <c r="T401" s="353"/>
       <c r="U401" s="353"/>
       <c r="V401" s="353"/>
       <c r="W401" s="354"/>
       <c r="Y401" s="62"/>
       <c r="Z401" s="62"/>
       <c r="AA401" s="62"/>
       <c r="AB401" s="62"/>
       <c r="AC401" s="62"/>
       <c r="AD401" s="62"/>
       <c r="AE401" s="62"/>
       <c r="AF401" s="62"/>
       <c r="AG401" s="62"/>
       <c r="AH401" s="62"/>
       <c r="AI401" s="62"/>
       <c r="AJ401" s="62"/>
       <c r="AK401" s="62"/>
       <c r="AL401" s="62"/>
       <c r="AM401" s="62"/>
       <c r="AN401" s="62"/>
       <c r="AO401" s="62"/>
       <c r="AP401" s="62"/>
       <c r="AQ401" s="62"/>
       <c r="AR401" s="62"/>
     </row>
-    <row r="402" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="402" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="374"/>
       <c r="B402" s="374"/>
       <c r="C402" s="36"/>
       <c r="D402" s="37"/>
       <c r="E402" s="38"/>
       <c r="F402" s="39"/>
       <c r="G402" s="231">
         <f>IF(D402=0,0,(C402/D402)*E402*F402)</f>
         <v>0</v>
       </c>
       <c r="H402" s="12"/>
       <c r="I402" s="12"/>
       <c r="J402" s="12"/>
       <c r="K402" s="12"/>
       <c r="L402" s="12"/>
       <c r="M402" s="12"/>
       <c r="N402" s="352"/>
       <c r="O402" s="353"/>
       <c r="P402" s="353"/>
       <c r="Q402" s="353"/>
       <c r="R402" s="353"/>
       <c r="S402" s="353"/>
       <c r="T402" s="353"/>
       <c r="U402" s="353"/>
       <c r="V402" s="353"/>
       <c r="W402" s="354"/>
       <c r="Y402" s="62"/>
       <c r="Z402" s="62"/>
       <c r="AA402" s="62"/>
       <c r="AB402" s="62"/>
       <c r="AC402" s="62"/>
       <c r="AD402" s="62"/>
       <c r="AE402" s="62"/>
       <c r="AF402" s="62"/>
       <c r="AG402" s="62"/>
       <c r="AH402" s="62"/>
       <c r="AI402" s="62"/>
       <c r="AJ402" s="62"/>
       <c r="AK402" s="62"/>
       <c r="AL402" s="62"/>
       <c r="AM402" s="62"/>
       <c r="AN402" s="62"/>
       <c r="AO402" s="62"/>
       <c r="AP402" s="62"/>
       <c r="AQ402" s="62"/>
       <c r="AR402" s="62"/>
     </row>
-    <row r="403" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="403" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="374"/>
       <c r="B403" s="374"/>
       <c r="C403" s="36"/>
       <c r="D403" s="37"/>
       <c r="E403" s="38"/>
       <c r="F403" s="39"/>
       <c r="G403" s="231">
         <f t="shared" ref="G403:G414" si="15">IF(D403=0,0,(C403/D403)*E403*F403)</f>
         <v>0</v>
       </c>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
       <c r="J403" s="2"/>
       <c r="N403" s="352"/>
       <c r="O403" s="353"/>
       <c r="P403" s="353"/>
       <c r="Q403" s="353"/>
       <c r="R403" s="353"/>
       <c r="S403" s="353"/>
       <c r="T403" s="353"/>
       <c r="U403" s="353"/>
       <c r="V403" s="353"/>
       <c r="W403" s="354"/>
       <c r="Y403" s="62"/>
       <c r="Z403" s="62"/>
       <c r="AA403" s="62"/>
       <c r="AB403" s="62"/>
       <c r="AC403" s="62"/>
       <c r="AD403" s="62"/>
       <c r="AE403" s="62"/>
       <c r="AF403" s="62"/>
       <c r="AG403" s="62"/>
       <c r="AH403" s="62"/>
       <c r="AI403" s="62"/>
       <c r="AJ403" s="62"/>
       <c r="AK403" s="62"/>
       <c r="AL403" s="62"/>
       <c r="AM403" s="62"/>
       <c r="AN403" s="62"/>
       <c r="AO403" s="62"/>
       <c r="AP403" s="62"/>
       <c r="AQ403" s="62"/>
       <c r="AR403" s="62"/>
     </row>
-    <row r="404" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="404" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="374"/>
       <c r="B404" s="374"/>
       <c r="C404" s="36"/>
       <c r="D404" s="37"/>
       <c r="E404" s="38"/>
       <c r="F404" s="39"/>
       <c r="G404" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
       <c r="J404" s="2"/>
       <c r="N404" s="352"/>
       <c r="O404" s="353"/>
       <c r="P404" s="353"/>
       <c r="Q404" s="353"/>
       <c r="R404" s="353"/>
       <c r="S404" s="353"/>
       <c r="T404" s="353"/>
       <c r="U404" s="353"/>
       <c r="V404" s="353"/>
       <c r="W404" s="354"/>
       <c r="Y404" s="62"/>
       <c r="Z404" s="62"/>
       <c r="AA404" s="62"/>
       <c r="AB404" s="62"/>
       <c r="AC404" s="62"/>
       <c r="AD404" s="62"/>
       <c r="AE404" s="62"/>
       <c r="AF404" s="62"/>
       <c r="AG404" s="62"/>
       <c r="AH404" s="62"/>
       <c r="AI404" s="62"/>
       <c r="AJ404" s="62"/>
       <c r="AK404" s="62"/>
       <c r="AL404" s="62"/>
       <c r="AM404" s="62"/>
       <c r="AN404" s="62"/>
       <c r="AO404" s="62"/>
       <c r="AP404" s="62"/>
       <c r="AQ404" s="62"/>
       <c r="AR404" s="62"/>
     </row>
-    <row r="405" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="405" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="375"/>
       <c r="B405" s="376"/>
       <c r="C405" s="36"/>
       <c r="D405" s="37"/>
       <c r="E405" s="41"/>
       <c r="F405" s="39"/>
       <c r="G405" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H405" s="2"/>
       <c r="I405" s="2"/>
       <c r="J405" s="2"/>
       <c r="N405" s="352"/>
       <c r="O405" s="353"/>
       <c r="P405" s="353"/>
       <c r="Q405" s="353"/>
       <c r="R405" s="353"/>
       <c r="S405" s="353"/>
       <c r="T405" s="353"/>
       <c r="U405" s="353"/>
       <c r="V405" s="353"/>
       <c r="W405" s="354"/>
       <c r="Y405" s="62"/>
       <c r="Z405" s="62"/>
       <c r="AA405" s="62"/>
       <c r="AB405" s="62"/>
       <c r="AC405" s="62"/>
       <c r="AD405" s="62"/>
       <c r="AE405" s="62"/>
       <c r="AF405" s="62"/>
       <c r="AG405" s="62"/>
       <c r="AH405" s="62"/>
       <c r="AI405" s="62"/>
       <c r="AJ405" s="62"/>
       <c r="AK405" s="62"/>
       <c r="AL405" s="62"/>
       <c r="AM405" s="62"/>
       <c r="AN405" s="62"/>
       <c r="AO405" s="62"/>
       <c r="AP405" s="62"/>
       <c r="AQ405" s="62"/>
       <c r="AR405" s="62"/>
     </row>
-    <row r="406" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="406" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="375"/>
       <c r="B406" s="376"/>
       <c r="C406" s="36"/>
       <c r="D406" s="37"/>
       <c r="E406" s="41"/>
       <c r="F406" s="39"/>
       <c r="G406" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H406" s="2"/>
       <c r="I406" s="2"/>
       <c r="J406" s="2"/>
       <c r="N406" s="352"/>
       <c r="O406" s="353"/>
       <c r="P406" s="353"/>
       <c r="Q406" s="353"/>
       <c r="R406" s="353"/>
       <c r="S406" s="353"/>
       <c r="T406" s="353"/>
       <c r="U406" s="353"/>
       <c r="V406" s="353"/>
       <c r="W406" s="354"/>
       <c r="Y406" s="62"/>
       <c r="Z406" s="62"/>
       <c r="AA406" s="62"/>
       <c r="AB406" s="62"/>
       <c r="AC406" s="62"/>
       <c r="AD406" s="62"/>
       <c r="AE406" s="62"/>
       <c r="AF406" s="62"/>
       <c r="AG406" s="62"/>
       <c r="AH406" s="62"/>
       <c r="AI406" s="62"/>
       <c r="AJ406" s="62"/>
       <c r="AK406" s="62"/>
       <c r="AL406" s="62"/>
       <c r="AM406" s="62"/>
       <c r="AN406" s="62"/>
       <c r="AO406" s="62"/>
       <c r="AP406" s="62"/>
       <c r="AQ406" s="62"/>
       <c r="AR406" s="62"/>
     </row>
-    <row r="407" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="407" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="375"/>
       <c r="B407" s="376"/>
       <c r="C407" s="36"/>
       <c r="D407" s="37"/>
       <c r="E407" s="41"/>
       <c r="F407" s="39"/>
       <c r="G407" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H407" s="2"/>
       <c r="I407" s="2"/>
       <c r="J407" s="2"/>
       <c r="N407" s="352"/>
       <c r="O407" s="353"/>
       <c r="P407" s="353"/>
       <c r="Q407" s="353"/>
       <c r="R407" s="353"/>
       <c r="S407" s="353"/>
       <c r="T407" s="353"/>
       <c r="U407" s="353"/>
       <c r="V407" s="353"/>
       <c r="W407" s="354"/>
       <c r="Y407" s="62"/>
       <c r="Z407" s="62"/>
       <c r="AA407" s="62"/>
       <c r="AB407" s="62"/>
       <c r="AC407" s="62"/>
       <c r="AD407" s="62"/>
       <c r="AE407" s="62"/>
       <c r="AF407" s="62"/>
       <c r="AG407" s="62"/>
       <c r="AH407" s="62"/>
       <c r="AI407" s="62"/>
       <c r="AJ407" s="62"/>
       <c r="AK407" s="62"/>
       <c r="AL407" s="62"/>
       <c r="AM407" s="62"/>
       <c r="AN407" s="62"/>
       <c r="AO407" s="62"/>
       <c r="AP407" s="62"/>
       <c r="AQ407" s="62"/>
       <c r="AR407" s="62"/>
     </row>
-    <row r="408" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="408" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="375"/>
       <c r="B408" s="376"/>
       <c r="C408" s="36"/>
       <c r="D408" s="37"/>
       <c r="E408" s="41"/>
       <c r="F408" s="39"/>
       <c r="G408" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H408" s="2"/>
       <c r="I408" s="2"/>
       <c r="J408" s="2"/>
       <c r="N408" s="352"/>
       <c r="O408" s="353"/>
       <c r="P408" s="353"/>
       <c r="Q408" s="353"/>
       <c r="R408" s="353"/>
       <c r="S408" s="353"/>
       <c r="T408" s="353"/>
       <c r="U408" s="353"/>
       <c r="V408" s="353"/>
       <c r="W408" s="354"/>
       <c r="Y408" s="62"/>
       <c r="Z408" s="62"/>
       <c r="AA408" s="62"/>
       <c r="AB408" s="62"/>
       <c r="AC408" s="62"/>
       <c r="AD408" s="62"/>
       <c r="AE408" s="62"/>
       <c r="AF408" s="62"/>
       <c r="AG408" s="62"/>
       <c r="AH408" s="62"/>
       <c r="AI408" s="62"/>
       <c r="AJ408" s="62"/>
       <c r="AK408" s="62"/>
       <c r="AL408" s="62"/>
       <c r="AM408" s="62"/>
       <c r="AN408" s="62"/>
       <c r="AO408" s="62"/>
       <c r="AP408" s="62"/>
       <c r="AQ408" s="62"/>
       <c r="AR408" s="62"/>
     </row>
-    <row r="409" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="409" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="375"/>
       <c r="B409" s="376"/>
       <c r="C409" s="36"/>
       <c r="D409" s="37"/>
       <c r="E409" s="41"/>
       <c r="F409" s="39"/>
       <c r="G409" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H409" s="2"/>
       <c r="I409" s="2"/>
       <c r="J409" s="2"/>
       <c r="N409" s="352"/>
       <c r="O409" s="353"/>
       <c r="P409" s="353"/>
       <c r="Q409" s="353"/>
       <c r="R409" s="353"/>
       <c r="S409" s="353"/>
       <c r="T409" s="353"/>
       <c r="U409" s="353"/>
       <c r="V409" s="353"/>
       <c r="W409" s="354"/>
       <c r="Y409" s="62"/>
       <c r="Z409" s="62"/>
       <c r="AA409" s="62"/>
       <c r="AB409" s="62"/>
       <c r="AC409" s="62"/>
       <c r="AD409" s="62"/>
       <c r="AE409" s="62"/>
       <c r="AF409" s="62"/>
       <c r="AG409" s="62"/>
       <c r="AH409" s="62"/>
       <c r="AI409" s="62"/>
       <c r="AJ409" s="62"/>
       <c r="AK409" s="62"/>
       <c r="AL409" s="62"/>
       <c r="AM409" s="62"/>
       <c r="AN409" s="62"/>
       <c r="AO409" s="62"/>
       <c r="AP409" s="62"/>
       <c r="AQ409" s="62"/>
       <c r="AR409" s="62"/>
     </row>
-    <row r="410" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="410" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="374"/>
       <c r="B410" s="378"/>
       <c r="C410" s="36"/>
       <c r="D410" s="40"/>
       <c r="E410" s="41"/>
       <c r="F410" s="39"/>
       <c r="G410" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
       <c r="J410" s="2"/>
       <c r="N410" s="352"/>
       <c r="O410" s="353"/>
       <c r="P410" s="353"/>
       <c r="Q410" s="353"/>
       <c r="R410" s="353"/>
       <c r="S410" s="353"/>
       <c r="T410" s="353"/>
       <c r="U410" s="353"/>
       <c r="V410" s="353"/>
       <c r="W410" s="354"/>
       <c r="Y410" s="62"/>
       <c r="Z410" s="62"/>
       <c r="AA410" s="62"/>
       <c r="AB410" s="62"/>
       <c r="AC410" s="62"/>
       <c r="AD410" s="62"/>
       <c r="AE410" s="62"/>
       <c r="AF410" s="62"/>
       <c r="AG410" s="62"/>
       <c r="AH410" s="62"/>
       <c r="AI410" s="62"/>
       <c r="AJ410" s="62"/>
       <c r="AK410" s="62"/>
       <c r="AL410" s="62"/>
       <c r="AM410" s="62"/>
       <c r="AN410" s="62"/>
       <c r="AO410" s="62"/>
       <c r="AP410" s="62"/>
       <c r="AQ410" s="62"/>
       <c r="AR410" s="62"/>
     </row>
-    <row r="411" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="411" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="374"/>
       <c r="B411" s="378"/>
       <c r="C411" s="36"/>
       <c r="D411" s="40"/>
       <c r="E411" s="41"/>
       <c r="F411" s="42"/>
       <c r="G411" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H411" s="2"/>
       <c r="I411" s="2"/>
       <c r="J411" s="2"/>
       <c r="N411" s="352"/>
       <c r="O411" s="353"/>
       <c r="P411" s="353"/>
       <c r="Q411" s="353"/>
       <c r="R411" s="353"/>
       <c r="S411" s="353"/>
       <c r="T411" s="353"/>
       <c r="U411" s="353"/>
       <c r="V411" s="353"/>
       <c r="W411" s="354"/>
       <c r="Y411" s="62"/>
       <c r="Z411" s="62"/>
       <c r="AA411" s="62"/>
       <c r="AB411" s="62"/>
       <c r="AC411" s="62"/>
       <c r="AD411" s="62"/>
       <c r="AE411" s="62"/>
       <c r="AF411" s="62"/>
       <c r="AG411" s="62"/>
       <c r="AH411" s="62"/>
       <c r="AI411" s="62"/>
       <c r="AJ411" s="62"/>
       <c r="AK411" s="62"/>
       <c r="AL411" s="62"/>
       <c r="AM411" s="62"/>
       <c r="AN411" s="62"/>
       <c r="AO411" s="62"/>
       <c r="AP411" s="62"/>
       <c r="AQ411" s="62"/>
       <c r="AR411" s="62"/>
     </row>
-    <row r="412" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="412" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="374"/>
       <c r="B412" s="378"/>
       <c r="C412" s="36"/>
       <c r="D412" s="40"/>
       <c r="E412" s="41"/>
       <c r="F412" s="42"/>
       <c r="G412" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H412" s="2"/>
       <c r="I412" s="2"/>
       <c r="J412" s="2"/>
       <c r="N412" s="352"/>
       <c r="O412" s="353"/>
       <c r="P412" s="353"/>
       <c r="Q412" s="353"/>
       <c r="R412" s="353"/>
       <c r="S412" s="353"/>
       <c r="T412" s="353"/>
       <c r="U412" s="353"/>
       <c r="V412" s="353"/>
       <c r="W412" s="354"/>
       <c r="Y412" s="62"/>
       <c r="Z412" s="62"/>
       <c r="AA412" s="62"/>
       <c r="AB412" s="62"/>
       <c r="AC412" s="62"/>
       <c r="AD412" s="62"/>
       <c r="AE412" s="62"/>
       <c r="AF412" s="62"/>
       <c r="AG412" s="62"/>
       <c r="AH412" s="62"/>
       <c r="AI412" s="62"/>
       <c r="AJ412" s="62"/>
       <c r="AK412" s="62"/>
       <c r="AL412" s="62"/>
       <c r="AM412" s="62"/>
       <c r="AN412" s="62"/>
       <c r="AO412" s="62"/>
       <c r="AP412" s="62"/>
       <c r="AQ412" s="62"/>
       <c r="AR412" s="62"/>
     </row>
-    <row r="413" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="413" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="374"/>
       <c r="B413" s="378"/>
       <c r="C413" s="36"/>
       <c r="D413" s="40"/>
       <c r="E413" s="41"/>
       <c r="F413" s="42"/>
       <c r="G413" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H413" s="2"/>
       <c r="I413" s="2"/>
       <c r="J413" s="2"/>
       <c r="N413" s="352"/>
       <c r="O413" s="353"/>
       <c r="P413" s="353"/>
       <c r="Q413" s="353"/>
       <c r="R413" s="353"/>
       <c r="S413" s="353"/>
       <c r="T413" s="353"/>
       <c r="U413" s="353"/>
       <c r="V413" s="353"/>
       <c r="W413" s="354"/>
       <c r="Y413" s="62"/>
       <c r="Z413" s="62"/>
       <c r="AA413" s="62"/>
       <c r="AB413" s="62"/>
       <c r="AC413" s="62"/>
       <c r="AD413" s="62"/>
       <c r="AE413" s="62"/>
       <c r="AF413" s="62"/>
       <c r="AG413" s="62"/>
       <c r="AH413" s="62"/>
       <c r="AI413" s="62"/>
       <c r="AJ413" s="62"/>
       <c r="AK413" s="62"/>
       <c r="AL413" s="62"/>
       <c r="AM413" s="62"/>
       <c r="AN413" s="62"/>
       <c r="AO413" s="62"/>
       <c r="AP413" s="62"/>
       <c r="AQ413" s="62"/>
       <c r="AR413" s="62"/>
     </row>
-    <row r="414" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="414" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="374"/>
       <c r="B414" s="379"/>
       <c r="C414" s="36"/>
       <c r="D414" s="40"/>
       <c r="E414" s="41"/>
       <c r="F414" s="42"/>
       <c r="G414" s="232">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
       <c r="J414" s="2"/>
       <c r="N414" s="352"/>
       <c r="O414" s="353"/>
       <c r="P414" s="353"/>
       <c r="Q414" s="353"/>
       <c r="R414" s="353"/>
       <c r="S414" s="353"/>
       <c r="T414" s="353"/>
       <c r="U414" s="353"/>
       <c r="V414" s="353"/>
       <c r="W414" s="354"/>
       <c r="Y414" s="62"/>
       <c r="Z414" s="62"/>
@@ -28090,895 +28085,895 @@
       <c r="T416" s="381"/>
       <c r="U416" s="381"/>
       <c r="V416" s="381"/>
       <c r="W416" s="381"/>
       <c r="Y416" s="62"/>
       <c r="Z416" s="62"/>
       <c r="AA416" s="62"/>
       <c r="AB416" s="62"/>
       <c r="AC416" s="62"/>
       <c r="AD416" s="62"/>
       <c r="AE416" s="62"/>
       <c r="AF416" s="62"/>
       <c r="AG416" s="62"/>
       <c r="AH416" s="62"/>
       <c r="AI416" s="62"/>
       <c r="AJ416" s="62"/>
       <c r="AK416" s="62"/>
       <c r="AL416" s="62"/>
       <c r="AM416" s="62"/>
       <c r="AN416" s="62"/>
       <c r="AO416" s="62"/>
       <c r="AP416" s="62"/>
       <c r="AQ416" s="62"/>
       <c r="AR416" s="62"/>
     </row>
-    <row r="417" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+    <row r="417" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
       <c r="A417" s="72"/>
       <c r="B417" s="72"/>
       <c r="C417" s="72"/>
       <c r="D417" s="72"/>
       <c r="E417" s="72"/>
       <c r="F417" s="72"/>
       <c r="G417" s="72"/>
       <c r="H417" s="72"/>
       <c r="I417" s="72"/>
       <c r="J417" s="72"/>
       <c r="K417" s="72"/>
       <c r="L417" s="72"/>
       <c r="M417" s="72"/>
       <c r="N417" s="72"/>
       <c r="O417" s="72"/>
       <c r="P417" s="72"/>
       <c r="Q417" s="72"/>
       <c r="R417" s="72"/>
       <c r="S417" s="72"/>
       <c r="T417" s="72"/>
       <c r="U417" s="72"/>
       <c r="V417" s="72"/>
       <c r="W417" s="72"/>
       <c r="Y417" s="62"/>
       <c r="Z417" s="62"/>
       <c r="AA417" s="62"/>
       <c r="AB417" s="62"/>
       <c r="AC417" s="62"/>
       <c r="AD417" s="62"/>
       <c r="AE417" s="62"/>
       <c r="AF417" s="62"/>
       <c r="AG417" s="62"/>
       <c r="AH417" s="62"/>
       <c r="AI417" s="62"/>
       <c r="AJ417" s="62"/>
       <c r="AK417" s="62"/>
       <c r="AL417" s="62"/>
       <c r="AM417" s="62"/>
       <c r="AN417" s="62"/>
       <c r="AO417" s="62"/>
       <c r="AP417" s="62"/>
       <c r="AQ417" s="62"/>
       <c r="AR417" s="62"/>
     </row>
-    <row r="418" spans="1:44" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
       <c r="A418" s="174"/>
       <c r="B418" s="174"/>
       <c r="C418" s="174"/>
       <c r="D418" s="174"/>
       <c r="E418" s="174"/>
       <c r="F418" s="174"/>
       <c r="G418" s="174"/>
       <c r="H418" s="174"/>
       <c r="I418" s="174"/>
       <c r="J418" s="174"/>
       <c r="K418" s="174"/>
       <c r="L418" s="174"/>
       <c r="M418" s="174"/>
       <c r="N418" s="174"/>
       <c r="O418" s="174"/>
       <c r="P418" s="174"/>
       <c r="Q418" s="174"/>
       <c r="R418" s="174"/>
       <c r="S418" s="174"/>
       <c r="T418" s="174"/>
       <c r="U418" s="174"/>
       <c r="V418" s="174"/>
       <c r="W418" s="174"/>
       <c r="Y418" s="62"/>
       <c r="Z418" s="62"/>
       <c r="AA418" s="62"/>
       <c r="AB418" s="62"/>
       <c r="AC418" s="62"/>
       <c r="AD418" s="62"/>
       <c r="AE418" s="62"/>
       <c r="AF418" s="62"/>
       <c r="AG418" s="62"/>
       <c r="AH418" s="62"/>
       <c r="AI418" s="62"/>
       <c r="AJ418" s="62"/>
       <c r="AK418" s="62"/>
       <c r="AL418" s="62"/>
       <c r="AM418" s="62"/>
       <c r="AN418" s="62"/>
       <c r="AO418" s="62"/>
       <c r="AP418" s="62"/>
       <c r="AQ418" s="62"/>
       <c r="AR418" s="62"/>
     </row>
-    <row r="419" spans="1:44" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:44" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A419" s="382" t="s">
         <v>65</v>
       </c>
       <c r="B419" s="383"/>
       <c r="C419" s="383"/>
       <c r="D419" s="383"/>
       <c r="E419" s="383"/>
       <c r="F419" s="383"/>
       <c r="G419" s="383"/>
       <c r="H419" s="383"/>
       <c r="I419" s="383"/>
       <c r="J419" s="383"/>
       <c r="K419" s="383"/>
       <c r="L419" s="383"/>
       <c r="M419" s="383"/>
       <c r="N419" s="383"/>
       <c r="O419" s="383"/>
       <c r="P419" s="383"/>
       <c r="Q419" s="383"/>
       <c r="R419" s="383"/>
       <c r="S419" s="383"/>
       <c r="T419" s="383"/>
       <c r="U419" s="383"/>
       <c r="V419" s="383"/>
       <c r="W419" s="384"/>
       <c r="Y419" s="62"/>
       <c r="Z419" s="62"/>
       <c r="AA419" s="62"/>
       <c r="AB419" s="62"/>
       <c r="AC419" s="62"/>
       <c r="AD419" s="62"/>
       <c r="AE419" s="62"/>
       <c r="AF419" s="62"/>
       <c r="AG419" s="62"/>
       <c r="AH419" s="62"/>
       <c r="AI419" s="62"/>
       <c r="AJ419" s="62"/>
       <c r="AK419" s="62"/>
       <c r="AL419" s="62"/>
       <c r="AM419" s="62"/>
       <c r="AN419" s="62"/>
       <c r="AO419" s="62"/>
       <c r="AP419" s="62"/>
       <c r="AQ419" s="62"/>
       <c r="AR419" s="62"/>
     </row>
-    <row r="420" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="420" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
       <c r="A420" s="85"/>
       <c r="B420" s="174"/>
       <c r="C420" s="174"/>
       <c r="D420" s="174"/>
       <c r="E420" s="174"/>
       <c r="F420" s="174"/>
       <c r="G420" s="174"/>
       <c r="H420" s="174"/>
       <c r="I420" s="174"/>
       <c r="J420" s="174"/>
       <c r="K420" s="174"/>
       <c r="L420" s="174"/>
       <c r="M420" s="174"/>
       <c r="N420" s="174"/>
       <c r="O420" s="174"/>
       <c r="P420" s="174"/>
       <c r="Q420" s="174"/>
       <c r="R420" s="174"/>
       <c r="S420" s="174"/>
       <c r="T420" s="174"/>
       <c r="U420" s="174"/>
       <c r="V420" s="174"/>
       <c r="W420" s="174"/>
       <c r="Y420" s="62"/>
       <c r="Z420" s="62"/>
       <c r="AA420" s="62"/>
       <c r="AB420" s="62"/>
       <c r="AC420" s="62"/>
       <c r="AD420" s="62"/>
       <c r="AE420" s="62"/>
       <c r="AF420" s="62"/>
       <c r="AG420" s="62"/>
       <c r="AH420" s="62"/>
       <c r="AI420" s="62"/>
       <c r="AJ420" s="62"/>
       <c r="AK420" s="62"/>
       <c r="AL420" s="62"/>
       <c r="AM420" s="62"/>
       <c r="AN420" s="62"/>
       <c r="AO420" s="62"/>
       <c r="AP420" s="62"/>
       <c r="AQ420" s="62"/>
       <c r="AR420" s="62"/>
     </row>
-    <row r="421" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="421" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A421" s="237" t="s">
         <v>66</v>
       </c>
       <c r="B421" s="179">
         <v>0</v>
       </c>
       <c r="C421" s="174"/>
       <c r="D421" s="174"/>
       <c r="E421" s="174"/>
       <c r="F421" s="174"/>
       <c r="G421" s="174"/>
       <c r="H421" s="174"/>
       <c r="I421" s="174"/>
       <c r="J421" s="174"/>
       <c r="K421" s="174"/>
       <c r="L421" s="174"/>
       <c r="M421" s="174"/>
       <c r="N421" s="174"/>
       <c r="O421" s="174"/>
       <c r="P421" s="174"/>
       <c r="Q421" s="174"/>
       <c r="R421" s="174"/>
       <c r="S421" s="174"/>
       <c r="T421" s="174"/>
       <c r="U421" s="174"/>
       <c r="V421" s="174"/>
       <c r="W421" s="174"/>
       <c r="Y421" s="62"/>
       <c r="Z421" s="62"/>
       <c r="AA421" s="62"/>
       <c r="AB421" s="62"/>
       <c r="AC421" s="62"/>
       <c r="AD421" s="62"/>
       <c r="AE421" s="62"/>
       <c r="AF421" s="62"/>
       <c r="AG421" s="62"/>
       <c r="AH421" s="62"/>
       <c r="AI421" s="62"/>
       <c r="AJ421" s="62"/>
       <c r="AK421" s="62"/>
       <c r="AL421" s="62"/>
       <c r="AM421" s="62"/>
       <c r="AN421" s="62"/>
       <c r="AO421" s="62"/>
       <c r="AP421" s="62"/>
       <c r="AQ421" s="62"/>
       <c r="AR421" s="62"/>
     </row>
-    <row r="422" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="422" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A422" s="237" t="s">
         <v>67</v>
       </c>
       <c r="B422" s="175">
         <f>V278</f>
         <v>0</v>
       </c>
       <c r="C422" s="174"/>
       <c r="D422" s="174"/>
       <c r="E422" s="174"/>
       <c r="F422" s="174"/>
       <c r="G422" s="174"/>
       <c r="H422" s="174"/>
       <c r="I422" s="174"/>
       <c r="J422" s="174"/>
       <c r="K422" s="174"/>
       <c r="L422" s="174"/>
       <c r="M422" s="174"/>
       <c r="N422" s="174"/>
       <c r="O422" s="174"/>
       <c r="P422" s="174"/>
       <c r="Q422" s="174"/>
       <c r="R422" s="174"/>
       <c r="S422" s="174"/>
       <c r="T422" s="174"/>
       <c r="U422" s="174"/>
       <c r="V422" s="174"/>
       <c r="W422" s="174"/>
       <c r="Y422" s="62"/>
       <c r="Z422" s="62"/>
       <c r="AA422" s="62"/>
       <c r="AB422" s="62"/>
       <c r="AC422" s="62"/>
       <c r="AD422" s="62"/>
       <c r="AE422" s="62"/>
       <c r="AF422" s="62"/>
       <c r="AG422" s="62"/>
       <c r="AH422" s="62"/>
       <c r="AI422" s="62"/>
       <c r="AJ422" s="62"/>
       <c r="AK422" s="62"/>
       <c r="AL422" s="62"/>
       <c r="AM422" s="62"/>
       <c r="AN422" s="62"/>
       <c r="AO422" s="62"/>
       <c r="AP422" s="62"/>
       <c r="AQ422" s="62"/>
       <c r="AR422" s="62"/>
     </row>
-    <row r="423" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="423" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
       <c r="A423" s="85"/>
       <c r="B423" s="174"/>
       <c r="C423" s="174"/>
       <c r="D423" s="174"/>
       <c r="E423" s="174"/>
       <c r="F423" s="174"/>
       <c r="G423" s="174"/>
       <c r="H423" s="174"/>
       <c r="I423" s="174"/>
       <c r="J423" s="174"/>
       <c r="K423" s="174"/>
       <c r="L423" s="174"/>
       <c r="M423" s="174"/>
       <c r="N423" s="174"/>
       <c r="O423" s="174"/>
       <c r="P423" s="174"/>
       <c r="Q423" s="174"/>
       <c r="R423" s="174"/>
       <c r="S423" s="174"/>
       <c r="T423" s="174"/>
       <c r="U423" s="174"/>
       <c r="V423" s="174"/>
       <c r="W423" s="174"/>
       <c r="Y423" s="62"/>
       <c r="Z423" s="62"/>
       <c r="AA423" s="62"/>
       <c r="AB423" s="62"/>
       <c r="AC423" s="62"/>
       <c r="AD423" s="62"/>
       <c r="AE423" s="62"/>
       <c r="AF423" s="62"/>
       <c r="AG423" s="62"/>
       <c r="AH423" s="62"/>
       <c r="AI423" s="62"/>
       <c r="AJ423" s="62"/>
       <c r="AK423" s="62"/>
       <c r="AL423" s="62"/>
       <c r="AM423" s="62"/>
       <c r="AN423" s="62"/>
       <c r="AO423" s="62"/>
       <c r="AP423" s="62"/>
       <c r="AQ423" s="62"/>
       <c r="AR423" s="62"/>
     </row>
-    <row r="424" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="424" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A424" s="237" t="s">
         <v>68</v>
       </c>
       <c r="B424" s="176">
         <f>W278</f>
         <v>0</v>
       </c>
       <c r="C424" s="174"/>
       <c r="D424" s="174"/>
       <c r="E424" s="174"/>
       <c r="F424" s="174"/>
       <c r="G424" s="174"/>
       <c r="H424" s="174"/>
       <c r="I424" s="174"/>
       <c r="J424" s="174"/>
       <c r="K424" s="174"/>
       <c r="L424" s="174"/>
       <c r="M424" s="174"/>
       <c r="N424" s="174"/>
       <c r="O424" s="174"/>
       <c r="P424" s="174"/>
       <c r="Q424" s="174"/>
       <c r="R424" s="174"/>
       <c r="S424" s="174"/>
       <c r="T424" s="174"/>
       <c r="U424" s="174"/>
       <c r="V424" s="174"/>
       <c r="W424" s="174"/>
       <c r="Y424" s="62"/>
       <c r="Z424" s="62"/>
       <c r="AA424" s="62"/>
       <c r="AB424" s="62"/>
       <c r="AC424" s="62"/>
       <c r="AD424" s="62"/>
       <c r="AE424" s="62"/>
       <c r="AF424" s="62"/>
       <c r="AG424" s="62"/>
       <c r="AH424" s="62"/>
       <c r="AI424" s="62"/>
       <c r="AJ424" s="62"/>
       <c r="AK424" s="62"/>
       <c r="AL424" s="62"/>
       <c r="AM424" s="62"/>
       <c r="AN424" s="62"/>
       <c r="AO424" s="62"/>
       <c r="AP424" s="62"/>
       <c r="AQ424" s="62"/>
       <c r="AR424" s="62"/>
     </row>
-    <row r="425" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="425" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A425" s="237" t="s">
         <v>69</v>
       </c>
       <c r="B425" s="176">
         <f>F294</f>
         <v>0</v>
       </c>
       <c r="C425" s="174"/>
       <c r="D425" s="174"/>
       <c r="E425" s="174"/>
       <c r="F425" s="174"/>
       <c r="G425" s="174"/>
       <c r="H425" s="174"/>
       <c r="I425" s="174"/>
       <c r="J425" s="174"/>
       <c r="K425" s="174"/>
       <c r="L425" s="174"/>
       <c r="M425" s="174"/>
       <c r="N425" s="174"/>
       <c r="O425" s="174"/>
       <c r="P425" s="174"/>
       <c r="Q425" s="174"/>
       <c r="R425" s="174"/>
       <c r="S425" s="174"/>
       <c r="T425" s="174"/>
       <c r="U425" s="174"/>
       <c r="V425" s="174"/>
       <c r="W425" s="174"/>
       <c r="Y425" s="62"/>
       <c r="Z425" s="62"/>
       <c r="AA425" s="62"/>
       <c r="AB425" s="62"/>
       <c r="AC425" s="62"/>
       <c r="AD425" s="62"/>
       <c r="AE425" s="62"/>
       <c r="AF425" s="62"/>
       <c r="AG425" s="62"/>
       <c r="AH425" s="62"/>
       <c r="AI425" s="62"/>
       <c r="AJ425" s="62"/>
       <c r="AK425" s="62"/>
       <c r="AL425" s="62"/>
       <c r="AM425" s="62"/>
       <c r="AN425" s="62"/>
       <c r="AO425" s="62"/>
       <c r="AP425" s="62"/>
       <c r="AQ425" s="62"/>
       <c r="AR425" s="62"/>
     </row>
-    <row r="426" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="426" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A426" s="237" t="s">
         <v>70</v>
       </c>
       <c r="B426" s="176">
         <f>F299</f>
         <v>0</v>
       </c>
       <c r="C426" s="174"/>
       <c r="D426" s="174"/>
       <c r="E426" s="174"/>
       <c r="F426" s="174"/>
       <c r="G426" s="174"/>
       <c r="H426" s="174"/>
       <c r="I426" s="174"/>
       <c r="J426" s="174"/>
       <c r="K426" s="174"/>
       <c r="L426" s="174"/>
       <c r="M426" s="174"/>
       <c r="N426" s="174"/>
       <c r="O426" s="174"/>
       <c r="P426" s="174"/>
       <c r="Q426" s="174"/>
       <c r="R426" s="174"/>
       <c r="S426" s="174"/>
       <c r="T426" s="174"/>
       <c r="U426" s="174"/>
       <c r="V426" s="174"/>
       <c r="W426" s="174"/>
       <c r="Y426" s="62"/>
       <c r="Z426" s="62"/>
       <c r="AA426" s="62"/>
       <c r="AB426" s="62"/>
       <c r="AC426" s="62"/>
       <c r="AD426" s="62"/>
       <c r="AE426" s="62"/>
       <c r="AF426" s="62"/>
       <c r="AG426" s="62"/>
       <c r="AH426" s="62"/>
       <c r="AI426" s="62"/>
       <c r="AJ426" s="62"/>
       <c r="AK426" s="62"/>
       <c r="AL426" s="62"/>
       <c r="AM426" s="62"/>
       <c r="AN426" s="62"/>
       <c r="AO426" s="62"/>
       <c r="AP426" s="62"/>
       <c r="AQ426" s="62"/>
       <c r="AR426" s="62"/>
     </row>
-    <row r="427" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="427" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A427" s="237" t="s">
         <v>71</v>
       </c>
       <c r="B427" s="177">
         <f>G397</f>
         <v>0</v>
       </c>
       <c r="C427" s="174"/>
       <c r="D427" s="174"/>
       <c r="E427" s="174"/>
       <c r="F427" s="174"/>
       <c r="G427" s="174"/>
       <c r="H427" s="174"/>
       <c r="I427" s="174"/>
       <c r="J427" s="174"/>
       <c r="K427" s="174"/>
       <c r="L427" s="174"/>
       <c r="M427" s="174"/>
       <c r="N427" s="174"/>
       <c r="O427" s="174"/>
       <c r="P427" s="174"/>
       <c r="Q427" s="174"/>
       <c r="R427" s="174"/>
       <c r="S427" s="174"/>
       <c r="T427" s="174"/>
       <c r="U427" s="174"/>
       <c r="V427" s="174"/>
       <c r="W427" s="174"/>
       <c r="Y427" s="62"/>
       <c r="Z427" s="62"/>
       <c r="AA427" s="62"/>
       <c r="AB427" s="62"/>
       <c r="AC427" s="62"/>
       <c r="AD427" s="62"/>
       <c r="AE427" s="62"/>
       <c r="AF427" s="62"/>
       <c r="AG427" s="62"/>
       <c r="AH427" s="62"/>
       <c r="AI427" s="62"/>
       <c r="AJ427" s="62"/>
       <c r="AK427" s="62"/>
       <c r="AL427" s="62"/>
       <c r="AM427" s="62"/>
       <c r="AN427" s="62"/>
       <c r="AO427" s="62"/>
       <c r="AP427" s="62"/>
       <c r="AQ427" s="62"/>
       <c r="AR427" s="62"/>
     </row>
-    <row r="428" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="428" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A428" s="237" t="s">
         <v>72</v>
       </c>
       <c r="B428" s="177">
         <f>G415</f>
         <v>0</v>
       </c>
       <c r="C428" s="174"/>
       <c r="D428" s="174"/>
       <c r="E428" s="174"/>
       <c r="F428" s="174"/>
       <c r="G428" s="174"/>
       <c r="H428" s="174"/>
       <c r="I428" s="174"/>
       <c r="J428" s="174"/>
       <c r="K428" s="174"/>
       <c r="L428" s="174"/>
       <c r="M428" s="174"/>
       <c r="N428" s="174"/>
       <c r="O428" s="174"/>
       <c r="P428" s="174"/>
       <c r="Q428" s="174"/>
       <c r="R428" s="174"/>
       <c r="S428" s="174"/>
       <c r="T428" s="174"/>
       <c r="U428" s="174"/>
       <c r="V428" s="174"/>
       <c r="W428" s="174"/>
       <c r="Y428" s="62"/>
       <c r="Z428" s="62"/>
       <c r="AA428" s="62"/>
       <c r="AB428" s="62"/>
       <c r="AC428" s="62"/>
       <c r="AD428" s="62"/>
       <c r="AE428" s="62"/>
       <c r="AF428" s="62"/>
       <c r="AG428" s="62"/>
       <c r="AH428" s="62"/>
       <c r="AI428" s="62"/>
       <c r="AJ428" s="62"/>
       <c r="AK428" s="62"/>
       <c r="AL428" s="62"/>
       <c r="AM428" s="62"/>
       <c r="AN428" s="62"/>
       <c r="AO428" s="62"/>
       <c r="AP428" s="62"/>
       <c r="AQ428" s="62"/>
       <c r="AR428" s="62"/>
     </row>
-    <row r="429" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="429" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A429" s="237" t="s">
         <v>73</v>
       </c>
       <c r="B429" s="176">
         <f>SUM(B424:B428)</f>
         <v>0</v>
       </c>
       <c r="C429" s="174"/>
       <c r="D429" s="174"/>
       <c r="E429" s="174"/>
       <c r="F429" s="174"/>
       <c r="G429" s="174"/>
       <c r="H429" s="174"/>
       <c r="I429" s="174"/>
       <c r="J429" s="174"/>
       <c r="K429" s="174"/>
       <c r="L429" s="174"/>
       <c r="M429" s="174"/>
       <c r="N429" s="174"/>
       <c r="O429" s="174"/>
       <c r="P429" s="174"/>
       <c r="Q429" s="174"/>
       <c r="R429" s="174"/>
       <c r="S429" s="174"/>
       <c r="T429" s="174"/>
       <c r="U429" s="174"/>
       <c r="V429" s="174"/>
       <c r="W429" s="174"/>
       <c r="Y429" s="62"/>
       <c r="Z429" s="62"/>
       <c r="AA429" s="62"/>
       <c r="AB429" s="62"/>
       <c r="AC429" s="62"/>
       <c r="AD429" s="62"/>
       <c r="AE429" s="62"/>
       <c r="AF429" s="62"/>
       <c r="AG429" s="62"/>
       <c r="AH429" s="62"/>
       <c r="AI429" s="62"/>
       <c r="AJ429" s="62"/>
       <c r="AK429" s="62"/>
       <c r="AL429" s="62"/>
       <c r="AM429" s="62"/>
       <c r="AN429" s="62"/>
       <c r="AO429" s="62"/>
       <c r="AP429" s="62"/>
       <c r="AQ429" s="62"/>
       <c r="AR429" s="62"/>
     </row>
-    <row r="430" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="430" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A430" s="183" t="s">
         <v>74</v>
       </c>
       <c r="B430" s="176">
         <f>B429*B421</f>
         <v>0</v>
       </c>
       <c r="C430" s="174"/>
       <c r="D430" s="174"/>
       <c r="E430" s="174"/>
       <c r="F430" s="174"/>
       <c r="G430" s="174"/>
       <c r="H430" s="174"/>
       <c r="I430" s="174"/>
       <c r="J430" s="174"/>
       <c r="K430" s="174"/>
       <c r="L430" s="174"/>
       <c r="M430" s="174"/>
       <c r="N430" s="174"/>
       <c r="O430" s="174"/>
       <c r="P430" s="174"/>
       <c r="Q430" s="174"/>
       <c r="R430" s="174"/>
       <c r="S430" s="174"/>
       <c r="T430" s="174"/>
       <c r="U430" s="174"/>
       <c r="V430" s="174"/>
       <c r="W430" s="174"/>
       <c r="Y430" s="62"/>
       <c r="Z430" s="62"/>
       <c r="AA430" s="62"/>
       <c r="AB430" s="62"/>
       <c r="AC430" s="62"/>
       <c r="AD430" s="62"/>
       <c r="AE430" s="62"/>
       <c r="AF430" s="62"/>
       <c r="AG430" s="62"/>
       <c r="AH430" s="62"/>
       <c r="AI430" s="62"/>
       <c r="AJ430" s="62"/>
       <c r="AK430" s="62"/>
       <c r="AL430" s="62"/>
       <c r="AM430" s="62"/>
       <c r="AN430" s="62"/>
       <c r="AO430" s="62"/>
       <c r="AP430" s="62"/>
       <c r="AQ430" s="62"/>
       <c r="AR430" s="62"/>
     </row>
-    <row r="431" spans="1:44" x14ac:dyDescent="0.2">
+    <row r="431" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="H431" s="2"/>
       <c r="I431" s="2"/>
       <c r="J431" s="2"/>
       <c r="S431" s="2"/>
       <c r="T431" s="2"/>
       <c r="U431" s="2"/>
       <c r="Y431" s="62"/>
       <c r="Z431" s="62"/>
       <c r="AA431" s="62"/>
       <c r="AB431" s="62"/>
       <c r="AC431" s="62"/>
       <c r="AD431" s="62"/>
       <c r="AE431" s="62"/>
       <c r="AF431" s="62"/>
       <c r="AG431" s="62"/>
       <c r="AH431" s="62"/>
       <c r="AI431" s="62"/>
       <c r="AJ431" s="62"/>
       <c r="AK431" s="62"/>
       <c r="AL431" s="62"/>
       <c r="AM431" s="62"/>
       <c r="AN431" s="62"/>
       <c r="AO431" s="62"/>
       <c r="AP431" s="62"/>
       <c r="AQ431" s="62"/>
       <c r="AR431" s="62"/>
     </row>
-    <row r="432" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+    <row r="432" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A432" s="385" t="s">
         <v>75</v>
       </c>
       <c r="B432" s="385"/>
       <c r="C432" s="385"/>
       <c r="D432" s="385"/>
       <c r="E432" s="385"/>
       <c r="F432" s="385"/>
       <c r="G432" s="385"/>
       <c r="H432" s="385"/>
       <c r="I432" s="385"/>
       <c r="J432" s="385"/>
       <c r="K432" s="385"/>
       <c r="L432" s="385"/>
       <c r="M432" s="385"/>
       <c r="N432" s="385"/>
       <c r="O432" s="385"/>
       <c r="P432" s="385"/>
       <c r="Q432" s="385"/>
       <c r="R432" s="385"/>
       <c r="S432" s="385"/>
       <c r="T432" s="385"/>
       <c r="U432" s="385"/>
       <c r="V432" s="385"/>
       <c r="W432" s="385"/>
       <c r="X432" s="62"/>
       <c r="Y432" s="62"/>
       <c r="Z432" s="62"/>
       <c r="AA432" s="62"/>
       <c r="AB432" s="62"/>
       <c r="AC432" s="62"/>
       <c r="AD432" s="62"/>
       <c r="AE432" s="62"/>
       <c r="AF432" s="62"/>
       <c r="AG432" s="62"/>
       <c r="AH432" s="62"/>
       <c r="AI432" s="62"/>
       <c r="AJ432" s="62"/>
       <c r="AK432" s="62"/>
       <c r="AL432" s="62"/>
       <c r="AM432" s="62"/>
       <c r="AN432" s="62"/>
       <c r="AO432" s="62"/>
       <c r="AP432" s="62"/>
       <c r="AQ432" s="62"/>
       <c r="AR432" s="62"/>
     </row>
-    <row r="433" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+    <row r="433" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A433" s="174"/>
       <c r="B433" s="174"/>
       <c r="C433" s="174"/>
       <c r="D433" s="174"/>
       <c r="E433" s="174"/>
       <c r="F433" s="174"/>
       <c r="G433" s="174"/>
       <c r="H433" s="174"/>
       <c r="I433" s="174"/>
       <c r="J433" s="174"/>
       <c r="K433" s="174"/>
       <c r="L433" s="174"/>
       <c r="M433" s="174"/>
       <c r="N433" s="174"/>
       <c r="O433" s="174"/>
       <c r="P433" s="174"/>
       <c r="Q433" s="174"/>
       <c r="R433" s="174"/>
       <c r="S433" s="174"/>
       <c r="T433" s="174"/>
       <c r="U433" s="174"/>
       <c r="V433" s="174"/>
       <c r="W433" s="174"/>
       <c r="X433" s="62"/>
       <c r="Y433" s="62"/>
       <c r="Z433" s="62"/>
       <c r="AA433" s="62"/>
       <c r="AB433" s="62"/>
       <c r="AC433" s="62"/>
       <c r="AD433" s="62"/>
       <c r="AE433" s="62"/>
       <c r="AF433" s="62"/>
       <c r="AG433" s="62"/>
       <c r="AH433" s="62"/>
       <c r="AI433" s="62"/>
       <c r="AJ433" s="62"/>
       <c r="AK433" s="62"/>
       <c r="AL433" s="62"/>
       <c r="AM433" s="62"/>
       <c r="AN433" s="62"/>
       <c r="AO433" s="62"/>
       <c r="AP433" s="62"/>
       <c r="AQ433" s="62"/>
       <c r="AR433" s="62"/>
     </row>
-    <row r="434" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
+    <row r="434" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A434" s="174"/>
       <c r="B434" s="174"/>
       <c r="C434" s="174"/>
       <c r="D434" s="174"/>
       <c r="E434" s="174"/>
       <c r="F434" s="174"/>
       <c r="G434" s="174"/>
       <c r="H434" s="174"/>
       <c r="I434" s="174"/>
       <c r="J434" s="174"/>
       <c r="K434" s="174"/>
       <c r="L434" s="174"/>
       <c r="M434" s="174"/>
       <c r="N434" s="174"/>
       <c r="O434" s="174"/>
       <c r="P434" s="174"/>
       <c r="Q434" s="174"/>
       <c r="R434" s="174"/>
       <c r="S434" s="174"/>
       <c r="T434" s="174"/>
       <c r="U434" s="174"/>
       <c r="V434" s="174"/>
       <c r="W434" s="174"/>
       <c r="X434" s="62"/>
       <c r="Y434" s="62"/>
       <c r="Z434" s="62"/>
       <c r="AA434" s="62"/>
       <c r="AB434" s="62"/>
       <c r="AC434" s="62"/>
       <c r="AD434" s="62"/>
       <c r="AE434" s="62"/>
       <c r="AF434" s="62"/>
       <c r="AG434" s="62"/>
       <c r="AH434" s="62"/>
       <c r="AI434" s="62"/>
       <c r="AJ434" s="62"/>
       <c r="AK434" s="62"/>
       <c r="AL434" s="62"/>
       <c r="AM434" s="62"/>
       <c r="AN434" s="62"/>
       <c r="AO434" s="62"/>
       <c r="AP434" s="62"/>
       <c r="AQ434" s="62"/>
       <c r="AR434" s="62"/>
     </row>
-    <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.2">
+    <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A435" s="91" t="s">
         <v>76</v>
       </c>
       <c r="B435" s="62"/>
       <c r="C435" s="62"/>
       <c r="D435" s="62"/>
       <c r="E435" s="62"/>
       <c r="F435" s="62"/>
       <c r="G435" s="62"/>
       <c r="H435" s="62"/>
       <c r="I435" s="62"/>
       <c r="J435" s="62"/>
       <c r="K435" s="62"/>
       <c r="L435" s="62"/>
       <c r="M435" s="62"/>
       <c r="N435" s="62"/>
       <c r="O435" s="62"/>
       <c r="P435" s="62"/>
       <c r="Q435" s="62"/>
       <c r="R435" s="62"/>
       <c r="S435" s="62"/>
       <c r="T435" s="62"/>
       <c r="U435" s="62"/>
       <c r="V435" s="62"/>
       <c r="W435" s="62"/>
@@ -29028,1193 +29023,1193 @@
       <c r="U436" s="62"/>
       <c r="V436" s="62"/>
       <c r="W436" s="62"/>
       <c r="X436" s="62"/>
       <c r="Y436" s="62"/>
       <c r="Z436" s="62"/>
       <c r="AA436" s="62"/>
       <c r="AB436" s="62"/>
       <c r="AC436" s="62"/>
       <c r="AD436" s="62"/>
       <c r="AE436" s="62"/>
       <c r="AF436" s="62"/>
       <c r="AG436" s="62"/>
       <c r="AH436" s="62"/>
       <c r="AI436" s="62"/>
       <c r="AJ436" s="62"/>
       <c r="AK436" s="62"/>
       <c r="AL436" s="62"/>
       <c r="AM436" s="62"/>
       <c r="AN436" s="62"/>
       <c r="AO436" s="62"/>
       <c r="AP436" s="62"/>
       <c r="AQ436" s="62"/>
       <c r="AR436" s="62"/>
     </row>
-    <row r="437" spans="1:44" ht="17.25" hidden="1" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:44" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
       <c r="A437" s="377" t="s">
         <v>77</v>
       </c>
       <c r="B437" s="377"/>
       <c r="C437" s="377"/>
       <c r="D437" s="377"/>
       <c r="E437" s="377"/>
       <c r="F437" s="377"/>
       <c r="G437"/>
       <c r="H437"/>
       <c r="I437"/>
       <c r="J437"/>
       <c r="K437"/>
       <c r="L437"/>
       <c r="M437"/>
       <c r="N437" s="62"/>
       <c r="O437" s="62"/>
       <c r="P437" s="62"/>
       <c r="Q437" s="62"/>
       <c r="R437" s="62"/>
       <c r="S437" s="62"/>
       <c r="T437" s="62"/>
       <c r="U437" s="62"/>
       <c r="V437" s="62"/>
       <c r="W437" s="62"/>
       <c r="X437" s="62"/>
       <c r="Y437" s="62"/>
       <c r="Z437" s="62"/>
       <c r="AA437" s="62"/>
       <c r="AB437" s="62"/>
       <c r="AC437" s="62"/>
       <c r="AD437" s="62"/>
       <c r="AE437" s="62"/>
       <c r="AF437" s="62"/>
       <c r="AG437" s="62"/>
       <c r="AH437" s="62"/>
       <c r="AI437" s="62"/>
       <c r="AJ437" s="62"/>
       <c r="AK437" s="62"/>
       <c r="AL437" s="62"/>
       <c r="AM437" s="62"/>
       <c r="AN437" s="62"/>
       <c r="AO437" s="62"/>
       <c r="AP437" s="62"/>
       <c r="AQ437" s="62"/>
       <c r="AR437" s="62"/>
     </row>
-    <row r="438" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="438" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A438" s="75"/>
       <c r="B438" s="76"/>
       <c r="C438" s="5"/>
       <c r="D438" s="76"/>
       <c r="E438" s="76"/>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438"/>
       <c r="I438"/>
       <c r="J438"/>
       <c r="K438"/>
       <c r="L438"/>
       <c r="M438"/>
       <c r="N438" s="62"/>
       <c r="O438" s="62"/>
       <c r="P438" s="62"/>
       <c r="Q438" s="62"/>
       <c r="R438" s="62"/>
       <c r="S438" s="62"/>
       <c r="T438" s="62"/>
       <c r="U438" s="62"/>
       <c r="V438" s="62"/>
       <c r="W438" s="62"/>
       <c r="X438" s="62"/>
       <c r="Y438" s="62"/>
       <c r="Z438" s="62"/>
       <c r="AA438" s="62"/>
       <c r="AB438" s="62"/>
       <c r="AC438" s="62"/>
       <c r="AD438" s="62"/>
       <c r="AE438" s="62"/>
       <c r="AF438" s="62"/>
       <c r="AG438" s="62"/>
       <c r="AH438" s="62"/>
       <c r="AI438" s="62"/>
       <c r="AJ438" s="62"/>
       <c r="AK438" s="62"/>
       <c r="AL438" s="62"/>
       <c r="AM438" s="62"/>
       <c r="AN438" s="62"/>
       <c r="AO438" s="62"/>
       <c r="AP438" s="62"/>
       <c r="AQ438" s="62"/>
       <c r="AR438" s="62"/>
     </row>
-    <row r="439" spans="1:44" ht="48" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="439" spans="1:44" ht="31.8" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A439" s="77"/>
       <c r="B439" s="110" t="s">
         <v>73</v>
       </c>
       <c r="C439" s="111" t="s">
         <v>78</v>
       </c>
       <c r="D439" s="112" t="s">
         <v>79</v>
       </c>
       <c r="E439" s="113" t="s">
         <v>80</v>
       </c>
       <c r="F439" s="143" t="s">
         <v>81</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
       <c r="I439"/>
       <c r="J439"/>
       <c r="S439" s="2"/>
       <c r="T439" s="2"/>
       <c r="U439" s="2"/>
       <c r="X439" s="62"/>
       <c r="Y439" s="62"/>
       <c r="Z439" s="62"/>
       <c r="AA439" s="62"/>
       <c r="AB439" s="62"/>
       <c r="AC439" s="62"/>
       <c r="AD439" s="62"/>
       <c r="AE439" s="62"/>
       <c r="AF439" s="62"/>
       <c r="AG439" s="62"/>
       <c r="AH439" s="62"/>
       <c r="AI439" s="62"/>
       <c r="AJ439" s="62"/>
       <c r="AK439" s="62"/>
       <c r="AL439" s="62"/>
       <c r="AM439" s="62"/>
       <c r="AN439" s="62"/>
       <c r="AO439" s="62"/>
       <c r="AP439" s="62"/>
       <c r="AQ439" s="62"/>
       <c r="AR439" s="62"/>
     </row>
-    <row r="440" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A440" s="105" t="s">
         <v>82</v>
       </c>
       <c r="B440" s="106">
         <f>B442+B443+B444+B445+B446</f>
         <v>0</v>
       </c>
       <c r="C440" s="107">
         <f>B440</f>
         <v>0</v>
       </c>
       <c r="D440" s="108"/>
       <c r="E440" s="109">
-        <f>B429</f>
+        <f>SUM(E442:E446)</f>
         <v>0</v>
       </c>
       <c r="F440" s="144">
         <f>D440-E440</f>
         <v>0</v>
       </c>
       <c r="G440"/>
       <c r="H440"/>
       <c r="I440"/>
       <c r="J440"/>
       <c r="S440" s="2"/>
       <c r="T440" s="2"/>
       <c r="U440" s="2"/>
       <c r="X440" s="62"/>
       <c r="Y440" s="62"/>
       <c r="Z440" s="62"/>
       <c r="AA440" s="62"/>
       <c r="AB440" s="62"/>
       <c r="AC440" s="62"/>
       <c r="AD440" s="62"/>
       <c r="AE440" s="62"/>
       <c r="AF440" s="62"/>
       <c r="AG440" s="62"/>
       <c r="AH440" s="62"/>
       <c r="AI440" s="62"/>
       <c r="AJ440" s="62"/>
       <c r="AK440" s="62"/>
       <c r="AL440" s="62"/>
       <c r="AM440" s="62"/>
       <c r="AN440" s="62"/>
       <c r="AO440" s="62"/>
       <c r="AP440" s="62"/>
       <c r="AQ440" s="62"/>
       <c r="AR440" s="62"/>
     </row>
-    <row r="441" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A441" s="78" t="s">
         <v>83</v>
       </c>
       <c r="B441" s="79">
         <v>0</v>
       </c>
       <c r="C441" s="80"/>
       <c r="D441" s="81"/>
       <c r="E441" s="81">
         <f>B422</f>
         <v>0</v>
       </c>
       <c r="F441" s="145">
         <f>D441-E441</f>
         <v>0</v>
       </c>
       <c r="G441"/>
       <c r="H441"/>
       <c r="I441"/>
       <c r="J441"/>
       <c r="S441" s="2"/>
       <c r="T441" s="2"/>
       <c r="U441" s="2"/>
       <c r="X441" s="62"/>
       <c r="Y441" s="62"/>
       <c r="Z441" s="62"/>
       <c r="AA441" s="62"/>
       <c r="AB441" s="62"/>
       <c r="AC441" s="62"/>
       <c r="AD441" s="62"/>
       <c r="AE441" s="62"/>
       <c r="AF441" s="62"/>
       <c r="AG441" s="62"/>
       <c r="AH441" s="62"/>
       <c r="AI441" s="62"/>
       <c r="AJ441" s="62"/>
       <c r="AK441" s="62"/>
       <c r="AL441" s="62"/>
       <c r="AM441" s="62"/>
       <c r="AN441" s="62"/>
       <c r="AO441" s="62"/>
       <c r="AP441" s="62"/>
       <c r="AQ441" s="62"/>
       <c r="AR441" s="62"/>
     </row>
-    <row r="442" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A442" s="78" t="s">
         <v>68</v>
       </c>
       <c r="B442" s="79">
         <v>0</v>
       </c>
       <c r="C442" s="80"/>
       <c r="D442" s="81"/>
       <c r="E442" s="81">
         <f>B424</f>
         <v>0</v>
       </c>
       <c r="F442" s="145">
         <f t="shared" ref="F442:F446" si="16">D442-E442</f>
         <v>0</v>
       </c>
       <c r="G442"/>
       <c r="H442"/>
       <c r="I442"/>
       <c r="J442"/>
       <c r="S442" s="2"/>
       <c r="T442" s="2"/>
       <c r="U442" s="2"/>
       <c r="X442" s="62"/>
       <c r="Y442" s="62"/>
       <c r="Z442" s="62"/>
       <c r="AA442" s="62"/>
       <c r="AB442" s="62"/>
       <c r="AC442" s="62"/>
       <c r="AD442" s="62"/>
       <c r="AE442" s="62"/>
       <c r="AF442" s="62"/>
       <c r="AG442" s="62"/>
       <c r="AH442" s="62"/>
       <c r="AI442" s="62"/>
       <c r="AJ442" s="62"/>
       <c r="AK442" s="62"/>
       <c r="AL442" s="62"/>
       <c r="AM442" s="62"/>
       <c r="AN442" s="62"/>
       <c r="AO442" s="62"/>
       <c r="AP442" s="62"/>
       <c r="AQ442" s="62"/>
       <c r="AR442" s="62"/>
     </row>
-    <row r="443" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A443" s="78" t="s">
         <v>69</v>
       </c>
       <c r="B443" s="82">
         <v>0</v>
       </c>
       <c r="C443" s="83"/>
       <c r="D443" s="84"/>
       <c r="E443" s="84">
         <f>B425</f>
         <v>0</v>
       </c>
       <c r="F443" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
       <c r="I443"/>
       <c r="J443"/>
       <c r="S443" s="2"/>
       <c r="T443" s="2"/>
       <c r="U443" s="2"/>
       <c r="X443" s="62"/>
       <c r="Y443" s="62"/>
       <c r="Z443" s="62"/>
       <c r="AA443" s="62"/>
       <c r="AB443" s="62"/>
       <c r="AC443" s="62"/>
       <c r="AD443" s="62"/>
       <c r="AE443" s="62"/>
       <c r="AF443" s="62"/>
       <c r="AG443" s="62"/>
       <c r="AH443" s="62"/>
       <c r="AI443" s="62"/>
       <c r="AJ443" s="62"/>
       <c r="AK443" s="62"/>
       <c r="AL443" s="62"/>
       <c r="AM443" s="62"/>
       <c r="AN443" s="62"/>
       <c r="AO443" s="62"/>
       <c r="AP443" s="62"/>
       <c r="AQ443" s="62"/>
       <c r="AR443" s="62"/>
     </row>
-    <row r="444" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A444" s="78" t="s">
         <v>70</v>
       </c>
       <c r="B444" s="82">
         <v>0</v>
       </c>
       <c r="C444" s="83"/>
       <c r="D444" s="84"/>
       <c r="E444" s="84">
         <f>B426</f>
         <v>0</v>
       </c>
       <c r="F444" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G444"/>
       <c r="H444"/>
       <c r="I444"/>
       <c r="J444"/>
       <c r="S444" s="2"/>
       <c r="T444" s="2"/>
       <c r="U444" s="2"/>
       <c r="X444" s="62"/>
       <c r="Y444" s="62"/>
       <c r="Z444" s="62"/>
       <c r="AA444" s="62"/>
       <c r="AB444" s="62"/>
       <c r="AC444" s="62"/>
       <c r="AD444" s="62"/>
       <c r="AE444" s="62"/>
       <c r="AF444" s="62"/>
       <c r="AG444" s="62"/>
       <c r="AH444" s="62"/>
       <c r="AI444" s="62"/>
       <c r="AJ444" s="62"/>
       <c r="AK444" s="62"/>
       <c r="AL444" s="62"/>
       <c r="AM444" s="62"/>
       <c r="AN444" s="62"/>
       <c r="AO444" s="62"/>
       <c r="AP444" s="62"/>
       <c r="AQ444" s="62"/>
       <c r="AR444" s="62"/>
     </row>
-    <row r="445" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A445" s="78" t="s">
         <v>84</v>
       </c>
       <c r="B445" s="82">
         <v>0</v>
       </c>
       <c r="C445" s="83"/>
       <c r="D445" s="84"/>
       <c r="E445" s="84">
         <f>B427</f>
         <v>0</v>
       </c>
       <c r="F445" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G445"/>
       <c r="H445"/>
       <c r="I445"/>
       <c r="J445"/>
       <c r="S445" s="2"/>
       <c r="T445" s="2"/>
       <c r="U445" s="2"/>
       <c r="X445" s="62"/>
       <c r="Y445" s="62"/>
       <c r="Z445" s="62"/>
       <c r="AA445" s="62"/>
       <c r="AB445" s="62"/>
       <c r="AC445" s="62"/>
       <c r="AD445" s="62"/>
       <c r="AE445" s="62"/>
       <c r="AF445" s="62"/>
       <c r="AG445" s="62"/>
       <c r="AH445" s="62"/>
       <c r="AI445" s="62"/>
       <c r="AJ445" s="62"/>
       <c r="AK445" s="62"/>
       <c r="AL445" s="62"/>
       <c r="AM445" s="62"/>
       <c r="AN445" s="62"/>
       <c r="AO445" s="62"/>
       <c r="AP445" s="62"/>
       <c r="AQ445" s="62"/>
       <c r="AR445" s="62"/>
     </row>
-    <row r="446" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A446" s="78" t="s">
         <v>72</v>
       </c>
       <c r="B446" s="82">
         <v>0</v>
       </c>
       <c r="C446" s="83"/>
       <c r="D446" s="84"/>
       <c r="E446" s="84">
         <f>B428</f>
         <v>0</v>
       </c>
       <c r="F446" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G446"/>
       <c r="H446"/>
       <c r="I446"/>
       <c r="J446"/>
       <c r="S446" s="2"/>
       <c r="T446" s="2"/>
       <c r="U446" s="2"/>
       <c r="X446" s="62"/>
       <c r="Y446" s="62"/>
       <c r="Z446" s="62"/>
       <c r="AA446" s="62"/>
       <c r="AB446" s="62"/>
       <c r="AC446" s="62"/>
       <c r="AD446" s="62"/>
       <c r="AE446" s="62"/>
       <c r="AF446" s="62"/>
       <c r="AG446" s="62"/>
       <c r="AH446" s="62"/>
       <c r="AI446" s="62"/>
       <c r="AJ446" s="62"/>
       <c r="AK446" s="62"/>
       <c r="AL446" s="62"/>
       <c r="AM446" s="62"/>
       <c r="AN446" s="62"/>
       <c r="AO446" s="62"/>
       <c r="AP446" s="62"/>
       <c r="AQ446" s="62"/>
       <c r="AR446" s="62"/>
     </row>
-    <row r="447" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A447" s="97" t="s">
         <v>85</v>
       </c>
       <c r="B447" s="98">
         <v>0</v>
       </c>
       <c r="C447" s="99"/>
       <c r="D447" s="100"/>
       <c r="E447" s="100">
         <f>B421</f>
         <v>0</v>
       </c>
       <c r="F447" s="146"/>
       <c r="G447"/>
       <c r="H447"/>
       <c r="I447"/>
       <c r="J447"/>
       <c r="S447" s="2"/>
       <c r="T447" s="2"/>
       <c r="U447" s="2"/>
       <c r="X447" s="62"/>
       <c r="Y447" s="62"/>
       <c r="Z447" s="62"/>
       <c r="AA447" s="62"/>
       <c r="AB447" s="62"/>
       <c r="AC447" s="62"/>
       <c r="AD447" s="62"/>
       <c r="AE447" s="62"/>
       <c r="AF447" s="62"/>
       <c r="AG447" s="62"/>
       <c r="AH447" s="62"/>
       <c r="AI447" s="62"/>
       <c r="AJ447" s="62"/>
       <c r="AK447" s="62"/>
       <c r="AL447" s="62"/>
       <c r="AM447" s="62"/>
       <c r="AN447" s="62"/>
       <c r="AO447" s="62"/>
       <c r="AP447" s="62"/>
       <c r="AQ447" s="62"/>
       <c r="AR447" s="62"/>
     </row>
-    <row r="448" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="448" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A448" s="101" t="s">
         <v>86</v>
       </c>
       <c r="B448" s="102">
         <f>B440*B447</f>
         <v>0</v>
       </c>
       <c r="C448" s="103"/>
       <c r="D448" s="104"/>
       <c r="E448" s="103">
         <f>E440*E447</f>
         <v>0</v>
       </c>
       <c r="F448" s="147">
         <f>D448-E448</f>
         <v>0</v>
       </c>
       <c r="G448"/>
       <c r="H448"/>
       <c r="I448"/>
       <c r="J448"/>
       <c r="S448" s="2"/>
       <c r="T448" s="2"/>
       <c r="U448" s="2"/>
       <c r="X448" s="62"/>
       <c r="Y448" s="62"/>
       <c r="Z448" s="62"/>
       <c r="AA448" s="62"/>
       <c r="AB448" s="62"/>
       <c r="AC448" s="62"/>
       <c r="AD448" s="62"/>
       <c r="AE448" s="62"/>
       <c r="AF448" s="62"/>
       <c r="AG448" s="62"/>
       <c r="AH448" s="62"/>
       <c r="AI448" s="62"/>
       <c r="AJ448" s="62"/>
       <c r="AK448" s="62"/>
       <c r="AL448" s="62"/>
       <c r="AM448" s="62"/>
       <c r="AN448" s="62"/>
       <c r="AO448" s="62"/>
       <c r="AP448" s="62"/>
       <c r="AQ448" s="62"/>
       <c r="AR448" s="62"/>
     </row>
-    <row r="449" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="449" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A449" s="85"/>
       <c r="B449" s="85"/>
       <c r="C449" s="85"/>
       <c r="D449" s="85"/>
       <c r="E449" s="85"/>
       <c r="F449" s="86"/>
       <c r="G449"/>
       <c r="H449"/>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449" s="62"/>
       <c r="O449" s="62"/>
       <c r="P449" s="62"/>
       <c r="Q449" s="62"/>
       <c r="R449" s="62"/>
       <c r="S449" s="62"/>
       <c r="T449" s="62"/>
       <c r="U449" s="62"/>
       <c r="V449" s="62"/>
       <c r="W449" s="62"/>
       <c r="X449" s="62"/>
       <c r="Y449" s="62"/>
       <c r="Z449" s="62"/>
       <c r="AA449" s="62"/>
       <c r="AB449" s="62"/>
       <c r="AC449" s="62"/>
       <c r="AD449" s="62"/>
       <c r="AE449" s="62"/>
       <c r="AF449" s="62"/>
       <c r="AG449" s="62"/>
       <c r="AH449" s="62"/>
       <c r="AI449" s="62"/>
       <c r="AJ449" s="62"/>
       <c r="AK449" s="62"/>
       <c r="AL449" s="62"/>
       <c r="AM449" s="62"/>
       <c r="AN449" s="62"/>
       <c r="AO449" s="62"/>
       <c r="AP449" s="62"/>
       <c r="AQ449" s="62"/>
       <c r="AR449" s="62"/>
     </row>
-    <row r="450" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A450" s="87" t="s">
         <v>87</v>
       </c>
       <c r="B450" s="95">
         <f>+E440</f>
         <v>0</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
       <c r="I450"/>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450" s="62"/>
       <c r="O450" s="62"/>
       <c r="P450" s="62"/>
       <c r="Q450" s="62"/>
       <c r="R450" s="62"/>
       <c r="S450" s="62"/>
       <c r="T450" s="62"/>
       <c r="U450" s="62"/>
       <c r="V450" s="62"/>
       <c r="W450" s="62"/>
       <c r="X450" s="62"/>
       <c r="Y450" s="62"/>
       <c r="Z450" s="62"/>
       <c r="AA450" s="62"/>
       <c r="AB450" s="62"/>
       <c r="AC450" s="62"/>
       <c r="AD450" s="62"/>
       <c r="AE450" s="62"/>
       <c r="AF450" s="62"/>
       <c r="AG450" s="62"/>
       <c r="AH450" s="62"/>
       <c r="AI450" s="62"/>
       <c r="AJ450" s="62"/>
       <c r="AK450" s="62"/>
       <c r="AL450" s="62"/>
       <c r="AM450" s="62"/>
       <c r="AN450" s="62"/>
       <c r="AO450" s="62"/>
       <c r="AP450" s="62"/>
       <c r="AQ450" s="62"/>
       <c r="AR450" s="62"/>
     </row>
-    <row r="451" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A451" s="88" t="s">
         <v>85</v>
       </c>
       <c r="B451" s="96">
         <f>B447</f>
         <v>0</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451"/>
       <c r="I451"/>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451" s="62"/>
       <c r="O451" s="62"/>
       <c r="P451" s="62"/>
       <c r="Q451" s="62"/>
       <c r="R451" s="62"/>
       <c r="S451" s="62"/>
       <c r="T451" s="62"/>
       <c r="U451" s="62"/>
       <c r="V451" s="62"/>
       <c r="W451" s="62"/>
       <c r="X451" s="62"/>
       <c r="Y451" s="62"/>
       <c r="Z451" s="62"/>
       <c r="AA451" s="62"/>
       <c r="AB451" s="62"/>
       <c r="AC451" s="62"/>
       <c r="AD451" s="62"/>
       <c r="AE451" s="62"/>
       <c r="AF451" s="62"/>
       <c r="AG451" s="62"/>
       <c r="AH451" s="62"/>
       <c r="AI451" s="62"/>
       <c r="AJ451" s="62"/>
       <c r="AK451" s="62"/>
       <c r="AL451" s="62"/>
       <c r="AM451" s="62"/>
       <c r="AN451" s="62"/>
       <c r="AO451" s="62"/>
       <c r="AP451" s="62"/>
       <c r="AQ451" s="62"/>
       <c r="AR451" s="62"/>
     </row>
-    <row r="452" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A452" s="88" t="s">
         <v>74</v>
       </c>
       <c r="B452" s="89">
         <f>B450*B451</f>
         <v>0</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452" s="62"/>
       <c r="O452" s="62"/>
       <c r="P452" s="62"/>
       <c r="Q452" s="62"/>
       <c r="R452" s="62"/>
       <c r="S452" s="62"/>
       <c r="T452" s="62"/>
       <c r="U452" s="62"/>
       <c r="V452" s="62"/>
       <c r="W452" s="62"/>
       <c r="X452" s="62"/>
       <c r="Y452" s="62"/>
       <c r="Z452" s="62"/>
       <c r="AA452" s="62"/>
       <c r="AB452" s="62"/>
       <c r="AC452" s="62"/>
       <c r="AD452" s="62"/>
       <c r="AE452" s="62"/>
       <c r="AF452" s="62"/>
       <c r="AG452" s="62"/>
       <c r="AH452" s="62"/>
       <c r="AI452" s="62"/>
       <c r="AJ452" s="62"/>
       <c r="AK452" s="62"/>
       <c r="AL452" s="62"/>
       <c r="AM452" s="62"/>
       <c r="AN452" s="62"/>
       <c r="AO452" s="62"/>
       <c r="AP452" s="62"/>
       <c r="AQ452" s="62"/>
       <c r="AR452" s="62"/>
     </row>
-    <row r="453" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A453" s="88"/>
       <c r="B453" s="89"/>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453" s="62"/>
       <c r="O453" s="62"/>
       <c r="P453" s="62"/>
       <c r="Q453" s="62"/>
       <c r="R453" s="62"/>
       <c r="S453" s="62"/>
       <c r="T453" s="62"/>
       <c r="U453" s="62"/>
       <c r="V453" s="62"/>
       <c r="W453" s="62"/>
       <c r="X453" s="62"/>
       <c r="Y453" s="62"/>
       <c r="Z453" s="62"/>
       <c r="AA453" s="62"/>
       <c r="AB453" s="62"/>
       <c r="AC453" s="62"/>
       <c r="AD453" s="62"/>
       <c r="AE453" s="62"/>
       <c r="AF453" s="62"/>
       <c r="AG453" s="62"/>
       <c r="AH453" s="62"/>
       <c r="AI453" s="62"/>
       <c r="AJ453" s="62"/>
       <c r="AK453" s="62"/>
       <c r="AL453" s="62"/>
       <c r="AM453" s="62"/>
       <c r="AN453" s="62"/>
       <c r="AO453" s="62"/>
       <c r="AP453" s="62"/>
       <c r="AQ453" s="62"/>
       <c r="AR453" s="62"/>
     </row>
-    <row r="454" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A454" s="88" t="s">
         <v>88</v>
       </c>
       <c r="B454" s="89">
         <f>B448</f>
         <v>0</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
       <c r="I454"/>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
       <c r="N454" s="62"/>
       <c r="O454" s="62"/>
       <c r="P454" s="62"/>
       <c r="Q454" s="62"/>
       <c r="R454" s="62"/>
       <c r="S454" s="62"/>
       <c r="T454" s="62"/>
       <c r="U454" s="62"/>
       <c r="V454" s="62"/>
       <c r="W454" s="62"/>
       <c r="X454" s="62"/>
       <c r="Y454" s="62"/>
       <c r="Z454" s="62"/>
       <c r="AA454" s="62"/>
       <c r="AB454" s="62"/>
       <c r="AC454" s="62"/>
       <c r="AD454" s="62"/>
       <c r="AE454" s="62"/>
       <c r="AF454" s="62"/>
       <c r="AG454" s="62"/>
       <c r="AH454" s="62"/>
       <c r="AI454" s="62"/>
       <c r="AJ454" s="62"/>
       <c r="AK454" s="62"/>
       <c r="AL454" s="62"/>
       <c r="AM454" s="62"/>
       <c r="AN454" s="62"/>
       <c r="AO454" s="62"/>
       <c r="AP454" s="62"/>
       <c r="AQ454" s="62"/>
       <c r="AR454" s="62"/>
     </row>
-    <row r="455" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A455" s="92" t="s">
         <v>89</v>
       </c>
       <c r="B455" s="93">
         <v>0</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
       <c r="I455"/>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455" s="62"/>
       <c r="O455" s="62"/>
       <c r="P455" s="62"/>
       <c r="Q455" s="62"/>
       <c r="R455" s="62"/>
       <c r="S455" s="62"/>
       <c r="T455" s="62"/>
       <c r="U455" s="62"/>
       <c r="V455" s="62"/>
       <c r="W455" s="62"/>
       <c r="X455" s="62"/>
       <c r="Y455" s="62"/>
       <c r="Z455" s="62"/>
       <c r="AA455" s="62"/>
       <c r="AB455" s="62"/>
       <c r="AC455" s="62"/>
       <c r="AD455" s="62"/>
       <c r="AE455" s="62"/>
       <c r="AF455" s="62"/>
       <c r="AG455" s="62"/>
       <c r="AH455" s="62"/>
       <c r="AI455" s="62"/>
       <c r="AJ455" s="62"/>
       <c r="AK455" s="62"/>
       <c r="AL455" s="62"/>
       <c r="AM455" s="62"/>
       <c r="AN455" s="62"/>
       <c r="AO455" s="62"/>
       <c r="AP455" s="62"/>
       <c r="AQ455" s="62"/>
       <c r="AR455" s="62"/>
     </row>
-    <row r="456" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A456" s="88" t="s">
         <v>90</v>
       </c>
       <c r="B456" s="89">
         <f>B454-B455</f>
         <v>0</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
       <c r="I456"/>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456" s="62"/>
       <c r="O456" s="62"/>
       <c r="P456" s="62"/>
       <c r="Q456" s="62"/>
       <c r="R456" s="62"/>
       <c r="S456" s="62"/>
       <c r="T456" s="62"/>
       <c r="U456" s="62"/>
       <c r="V456" s="62"/>
       <c r="W456" s="62"/>
       <c r="X456" s="62"/>
       <c r="Y456" s="62"/>
       <c r="Z456" s="62"/>
       <c r="AA456" s="62"/>
       <c r="AB456" s="62"/>
       <c r="AC456" s="62"/>
       <c r="AD456" s="62"/>
       <c r="AE456" s="62"/>
       <c r="AF456" s="62"/>
       <c r="AG456" s="62"/>
       <c r="AH456" s="62"/>
       <c r="AI456" s="62"/>
       <c r="AJ456" s="62"/>
       <c r="AK456" s="62"/>
       <c r="AL456" s="62"/>
       <c r="AM456" s="62"/>
       <c r="AN456" s="62"/>
       <c r="AO456" s="62"/>
       <c r="AP456" s="62"/>
       <c r="AQ456" s="62"/>
       <c r="AR456" s="62"/>
     </row>
-    <row r="457" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A457" s="88"/>
       <c r="B457" s="89"/>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
       <c r="I457"/>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457" s="62"/>
       <c r="O457" s="62"/>
       <c r="P457" s="62"/>
       <c r="Q457" s="62"/>
       <c r="R457" s="62"/>
       <c r="S457" s="62"/>
       <c r="T457" s="62"/>
       <c r="U457" s="62"/>
       <c r="V457" s="62"/>
       <c r="W457" s="62"/>
       <c r="X457" s="62"/>
       <c r="Y457" s="62"/>
       <c r="Z457" s="62"/>
       <c r="AA457" s="62"/>
       <c r="AB457" s="62"/>
       <c r="AC457" s="62"/>
       <c r="AD457" s="62"/>
       <c r="AE457" s="62"/>
       <c r="AF457" s="62"/>
       <c r="AG457" s="62"/>
       <c r="AH457" s="62"/>
       <c r="AI457" s="62"/>
       <c r="AJ457" s="62"/>
       <c r="AK457" s="62"/>
       <c r="AL457" s="62"/>
       <c r="AM457" s="62"/>
       <c r="AN457" s="62"/>
       <c r="AO457" s="62"/>
       <c r="AP457" s="62"/>
       <c r="AQ457" s="62"/>
       <c r="AR457" s="62"/>
     </row>
-    <row r="458" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="458" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A458" s="141" t="s">
         <v>91</v>
       </c>
       <c r="B458" s="142">
         <f>B452-B455</f>
         <v>0</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458" s="94"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
       <c r="I458"/>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
       <c r="N458" s="62"/>
       <c r="O458" s="62"/>
       <c r="P458" s="62"/>
       <c r="Q458" s="62"/>
       <c r="R458" s="62"/>
       <c r="S458" s="62"/>
       <c r="T458" s="62"/>
       <c r="U458" s="62"/>
       <c r="V458" s="62"/>
       <c r="W458" s="62"/>
       <c r="X458" s="62"/>
       <c r="Y458" s="62"/>
       <c r="Z458" s="62"/>
       <c r="AA458" s="62"/>
       <c r="AB458" s="62"/>
       <c r="AC458" s="62"/>
       <c r="AD458" s="62"/>
       <c r="AE458" s="62"/>
       <c r="AF458" s="62"/>
       <c r="AG458" s="62"/>
       <c r="AH458" s="62"/>
       <c r="AI458" s="62"/>
       <c r="AJ458" s="62"/>
       <c r="AK458" s="62"/>
       <c r="AL458" s="62"/>
       <c r="AM458" s="62"/>
       <c r="AN458" s="62"/>
       <c r="AO458" s="62"/>
       <c r="AP458" s="62"/>
       <c r="AQ458" s="62"/>
       <c r="AR458" s="62"/>
     </row>
-    <row r="459" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A459"/>
       <c r="B459"/>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
       <c r="I459"/>
       <c r="J459"/>
       <c r="K459"/>
       <c r="L459"/>
       <c r="M459"/>
       <c r="N459" s="62"/>
       <c r="O459" s="62"/>
       <c r="P459" s="62"/>
       <c r="Q459" s="62"/>
       <c r="R459" s="62"/>
       <c r="S459" s="62"/>
       <c r="T459" s="62"/>
       <c r="U459" s="62"/>
       <c r="V459" s="62"/>
       <c r="W459" s="62"/>
       <c r="X459" s="62"/>
       <c r="Y459" s="62"/>
       <c r="Z459" s="62"/>
       <c r="AA459" s="62"/>
       <c r="AB459" s="62"/>
       <c r="AC459" s="62"/>
       <c r="AD459" s="62"/>
       <c r="AE459" s="62"/>
       <c r="AF459" s="62"/>
       <c r="AG459" s="62"/>
       <c r="AH459" s="62"/>
       <c r="AI459" s="62"/>
       <c r="AJ459" s="62"/>
       <c r="AK459" s="62"/>
       <c r="AL459" s="62"/>
       <c r="AM459" s="62"/>
       <c r="AN459" s="62"/>
       <c r="AO459" s="62"/>
       <c r="AP459" s="62"/>
       <c r="AQ459" s="62"/>
       <c r="AR459" s="62"/>
     </row>
-    <row r="460" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A460"/>
       <c r="B460"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460" s="62"/>
       <c r="O460" s="62"/>
       <c r="P460" s="62"/>
       <c r="Q460" s="62"/>
       <c r="R460" s="62"/>
       <c r="S460" s="62"/>
       <c r="T460" s="62"/>
       <c r="U460" s="62"/>
       <c r="V460" s="62"/>
       <c r="W460" s="62"/>
       <c r="X460" s="62"/>
       <c r="Y460" s="62"/>
       <c r="Z460" s="62"/>
       <c r="AA460" s="62"/>
       <c r="AB460" s="62"/>
       <c r="AC460" s="62"/>
       <c r="AD460" s="62"/>
       <c r="AE460" s="62"/>
       <c r="AF460" s="62"/>
       <c r="AG460" s="62"/>
       <c r="AH460" s="62"/>
       <c r="AI460" s="62"/>
       <c r="AJ460" s="62"/>
       <c r="AK460" s="62"/>
       <c r="AL460" s="62"/>
       <c r="AM460" s="62"/>
       <c r="AN460" s="62"/>
       <c r="AO460" s="62"/>
       <c r="AP460" s="62"/>
       <c r="AQ460" s="62"/>
       <c r="AR460" s="62"/>
     </row>
-    <row r="461" spans="1:44" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="461" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.2">
       <c r="A461" s="90" t="s">
         <v>92</v>
       </c>
       <c r="B461" s="62"/>
       <c r="C461" s="62"/>
       <c r="D461" s="62"/>
       <c r="E461" s="62"/>
       <c r="F461" s="62"/>
       <c r="G461" s="62"/>
       <c r="H461" s="62"/>
       <c r="I461" s="62"/>
       <c r="J461" s="62"/>
       <c r="K461" s="62"/>
       <c r="L461" s="62"/>
       <c r="M461" s="62"/>
       <c r="N461" s="62"/>
       <c r="O461" s="62"/>
       <c r="P461" s="62"/>
       <c r="Q461" s="62"/>
       <c r="R461" s="62"/>
       <c r="S461" s="62"/>
       <c r="T461" s="62"/>
       <c r="U461" s="62"/>
       <c r="V461" s="62"/>
       <c r="W461" s="62"/>
@@ -30264,51 +30259,51 @@
       <c r="U462" s="62"/>
       <c r="V462" s="62"/>
       <c r="W462" s="62"/>
       <c r="X462" s="62"/>
       <c r="Y462" s="62"/>
       <c r="Z462" s="62"/>
       <c r="AA462" s="62"/>
       <c r="AB462" s="62"/>
       <c r="AC462" s="62"/>
       <c r="AD462" s="62"/>
       <c r="AE462" s="62"/>
       <c r="AF462" s="62"/>
       <c r="AG462" s="62"/>
       <c r="AH462" s="62"/>
       <c r="AI462" s="62"/>
       <c r="AJ462" s="62"/>
       <c r="AK462" s="62"/>
       <c r="AL462" s="62"/>
       <c r="AM462" s="62"/>
       <c r="AN462" s="62"/>
       <c r="AO462" s="62"/>
       <c r="AP462" s="62"/>
       <c r="AQ462" s="62"/>
       <c r="AR462" s="62"/>
     </row>
-    <row r="463" spans="1:44" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="463" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A463" s="62"/>
       <c r="B463" s="62"/>
       <c r="C463" s="62"/>
       <c r="D463" s="62"/>
       <c r="E463" s="62"/>
       <c r="F463" s="62"/>
       <c r="G463" s="62"/>
       <c r="H463" s="62"/>
       <c r="I463" s="62"/>
       <c r="J463" s="62"/>
       <c r="K463" s="62"/>
       <c r="L463" s="62"/>
       <c r="M463" s="62"/>
       <c r="N463" s="62"/>
       <c r="O463" s="62"/>
       <c r="P463" s="62"/>
       <c r="Q463" s="62"/>
       <c r="R463" s="62"/>
       <c r="S463" s="62"/>
       <c r="T463" s="62"/>
       <c r="U463" s="62"/>
       <c r="V463" s="62"/>
       <c r="W463" s="62"/>
       <c r="X463" s="62"/>
       <c r="Y463" s="62"/>
@@ -32258,51 +32253,51 @@
     <row r="1092" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1093" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1094" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1095" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1096" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1097" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1098" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1099" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1100" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1101" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1102" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1103" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1104" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1105" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1106" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1107" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1108" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1109" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1110" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1111" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1112" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1113" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1114" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1115" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="itPEQSuqpij8Hq4n5r/jufTdhI/sz56q0XDhtBJxsKuPl6BsZ/VpGQ2o5usjZwSMAeABf6/eUZheEj5FayTO5g==" saltValue="nwFn4J8F5HVGgvGICahP/Q==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="3vgV4vWNlJB6OJBawZjxpp/grbG28uF+emQL4BrGr87uFfQjWqP5W+CR7JlOla6yYFKEiRveROhvOgcEtSt4HA==" saltValue="rfZVMSOAleSKqvaprm1kQg==" spinCount="100000" sheet="1" formatRows="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="tnG9kBV98ZsglmLXeZb9r75oS/pt+h/a0VlxaBAUdWTgcYkqUv+ZR/BIaqD/9EEFTM6Wx3uskL8wShLLikrz9Q==" saltValue="o4m6VpQKfNPqA8Z1RPQmYw==" spinCount="100000" sqref="N401:W415" name="Bereik12"/>
     <protectedRange algorithmName="SHA-512" hashValue="Xqyx8Vb6EhgX7K7QB0ERzSkVp16ShaqssAh/oy43CYwt3bwpmmXvds7FEx/TiADh8FwL4Ye/1EWOWvQW8wRYpQ==" saltValue="f+61GbXIK4j8FWQgczh0jA==" spinCount="100000" sqref="A303:W314" name="Bereik8"/>
     <protectedRange algorithmName="SHA-512" hashValue="rLNJYO6AhsgaG++9+I+iPHVelJbZeHF2KhjfYwTeuqBEUJFTA0ECxunWEEITDw2CRJqh6j1aiVdXNUemGQB8+g==" saltValue="U+xtZuNDHI8fpE+bqwVh2g==" spinCount="100000" sqref="A22:U22 A23:D235 F23:H235 J23:U235 I23:I234 E23:E277" name="Bereik4"/>
     <protectedRange algorithmName="SHA-512" hashValue="kcSyvrX8S096eF+R519oG+IwmmqPTJwsBZHN3lpzHdKGhwaLOYJLXO1mmlg99wWOWYQLHgTfIHrfrracNi2IxA==" saltValue="nfYj0iTxJDUp5NEOcS6I5g==" spinCount="100000" sqref="E11:F13" name="Bereik2"/>
     <protectedRange algorithmName="SHA-512" hashValue="tGPDRSn6RdlypkSgUzrLKqGOjaUUUuTrkr7cHK2dPk0Ok1I0vzaYr5YCscSH8IJzakhxJ3QXaPqZSkSSgtsOCw==" saltValue="451UV9vIlhbHWNrWV7eFDg==" spinCount="100000" sqref="C4:W8" name="Bereik1"/>
     <protectedRange algorithmName="SHA-512" hashValue="kzENZiAFIuXx2OPiWLwlOQTYX6VWCudIP8JUtm9CNyse0X1tri9cuUSFExHiZBT94lIGEMKfft72fiWeXsvMlw==" saltValue="FW/LrjSUvsQaXTsQXsCICw==" spinCount="100000" sqref="F17:M17" name="Bereik3"/>
     <protectedRange sqref="F299" name="Bereik7"/>
     <protectedRange algorithmName="SHA-512" hashValue="r6sxz7ouL8TdnSi08fMLZIY4gmuUBJrQKrRlRVFfnVqapzFz1Wx0laK6yvA4kDVvNsXwjknUbIlsLePy6oPgZw==" saltValue="i7E0k5t3fGQZGQu9qUrhqQ==" spinCount="100000" sqref="A317:G396" name="Bereik9"/>
     <protectedRange algorithmName="SHA-512" hashValue="Yt7ODuNo3texVU6aqI61kCNF6s/E/XSqfLm0hkYadRS2HBrnHENPbzELPzIwFrmXVYgHCGn9E8zrkRqvVGl9mA==" saltValue="aBhPoX/xGbqcASvtP2bZhQ==" spinCount="100000" sqref="A402:F414" name="Bereik11"/>
     <protectedRange sqref="A435:XFD463" name="Bereik10"/>
   </protectedRanges>
   <mergeCells count="400">
     <mergeCell ref="A437:F437"/>
     <mergeCell ref="A413:B413"/>
     <mergeCell ref="A414:B414"/>
     <mergeCell ref="C415:D415"/>
     <mergeCell ref="A416:W416"/>
     <mergeCell ref="A419:W419"/>
     <mergeCell ref="A432:W432"/>
     <mergeCell ref="A407:B407"/>
     <mergeCell ref="A408:B408"/>
     <mergeCell ref="A409:B409"/>
     <mergeCell ref="A410:B410"/>
     <mergeCell ref="A411:B411"/>
@@ -32762,1207 +32757,1210 @@
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="F22:M234 F237:M277 F235:H236 J235:M236" xr:uid="{075D2705-FE18-4C14-863C-35DF1A593178}">
       <formula1>IF(OR(ISBLANK(F$11),$E22="o")=TRUE,F22="",F22&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="I235" xr:uid="{950B7B81-06E5-4DFD-BFFA-52A9EA05F5A9}">
       <formula1>IF(OR(ISBLANK(I$11),$E236="o")=TRUE,I235="",I235&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Voor code &quot;w&quot;" prompt="Bezorg loonbrieven en/of individuele rekeningen" sqref="E22:E277" xr:uid="{A64F6589-2469-46A3-A464-B2DB26F1D12E}">
       <formula1>"w,o,b"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A70883F7-0606-476C-ADAA-262DD573E88D}">
   <sheetPr codeName="Blad4"/>
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="58.85546875" customWidth="1"/>
+    <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.44140625" customWidth="1"/>
+    <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.5703125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="32.140625" customWidth="1"/>
+    <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" s="149" t="s">
         <v>93</v>
       </c>
       <c r="B1" s="149" t="s">
         <v>94</v>
       </c>
       <c r="C1" s="149" t="s">
         <v>95</v>
       </c>
       <c r="D1" s="149" t="s">
         <v>96</v>
       </c>
       <c r="E1" s="149" t="s">
         <v>52</v>
       </c>
       <c r="F1" s="149" t="s">
         <v>97</v>
       </c>
       <c r="G1" s="149" t="s">
         <v>98</v>
       </c>
       <c r="H1" s="149" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
       <c r="D2" s="148"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
       <c r="H2" s="148"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
       <c r="D3" s="148"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
       <c r="H3" s="148"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
       <c r="D4" s="148"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
       <c r="H4" s="148"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
       <c r="D5" s="148"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
       <c r="H5" s="148"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
       <c r="D6" s="148"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
       <c r="H6" s="148"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
       <c r="D7" s="148"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
       <c r="H7" s="148"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
       <c r="D8" s="148"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
       <c r="H8" s="148"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
       <c r="D9" s="148"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
       <c r="H9" s="148"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
       <c r="D10" s="148"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
       <c r="H10" s="148"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
       <c r="D11" s="148"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
       <c r="H11" s="148"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
       <c r="D12" s="148"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
       <c r="H12" s="148"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
       <c r="D13" s="148"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
       <c r="H13" s="148"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
       <c r="D14" s="148"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
       <c r="H14" s="148"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
       <c r="D15" s="148"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
       <c r="H15" s="148"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
       <c r="D16" s="148"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
       <c r="H16" s="148"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
       <c r="D17" s="148"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="148"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
       <c r="D18" s="148"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
       <c r="H18" s="148"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
       <c r="D19" s="148"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
       <c r="H19" s="148"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
       <c r="D20" s="148"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
       <c r="H20" s="148"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
       <c r="D21" s="148"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
       <c r="H21" s="148"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
       <c r="D22" s="148"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
       <c r="H22" s="148"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
       <c r="D23" s="148"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
       <c r="H23" s="148"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
       <c r="D24" s="148"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
       <c r="H24" s="148"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
       <c r="D25" s="148"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
       <c r="H25" s="148"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
       <c r="D26" s="148"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
       <c r="H26" s="148"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
       <c r="D27" s="148"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
       <c r="H27" s="148"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
       <c r="D28" s="148"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
       <c r="H28" s="148"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
       <c r="D29" s="148"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
       <c r="H29" s="148"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
       <c r="D30" s="148"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
       <c r="H30" s="148"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
       <c r="D31" s="148"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
       <c r="H31" s="148"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
       <c r="D32" s="148"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
       <c r="H32" s="148"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
       <c r="D33" s="148"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
       <c r="H33" s="148"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
       <c r="D34" s="148"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
       <c r="H34" s="148"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
       <c r="D35" s="148"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
       <c r="H35" s="148"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
       <c r="D36" s="148"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
       <c r="H36" s="148"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
       <c r="D37" s="148"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
       <c r="H37" s="148"/>
     </row>
   </sheetData>
   <phoneticPr fontId="32" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ECC7AB9-A49E-4BDB-B1B3-05873D5DFFB9}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="58.85546875" customWidth="1"/>
+    <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.44140625" customWidth="1"/>
+    <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.5703125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="32.140625" customWidth="1"/>
+    <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" s="149" t="s">
         <v>93</v>
       </c>
       <c r="B1" s="149" t="s">
         <v>94</v>
       </c>
       <c r="C1" s="149" t="s">
         <v>95</v>
       </c>
       <c r="D1" s="149" t="s">
         <v>96</v>
       </c>
       <c r="E1" s="149" t="s">
         <v>52</v>
       </c>
       <c r="F1" s="149" t="s">
         <v>97</v>
       </c>
       <c r="G1" s="149" t="s">
         <v>98</v>
       </c>
       <c r="H1" s="149" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
       <c r="D2" s="148"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
       <c r="H2" s="148"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
       <c r="D3" s="148"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
       <c r="H3" s="148"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
       <c r="D4" s="148"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
       <c r="H4" s="148"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
       <c r="D5" s="148"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
       <c r="H5" s="148"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
       <c r="D6" s="148"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
       <c r="H6" s="148"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
       <c r="D7" s="148"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
       <c r="H7" s="148"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
       <c r="D8" s="148"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
       <c r="H8" s="148"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
       <c r="D9" s="148"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
       <c r="H9" s="148"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
       <c r="D10" s="148"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
       <c r="H10" s="148"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
       <c r="D11" s="148"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
       <c r="H11" s="148"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
       <c r="D12" s="148"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
       <c r="H12" s="148"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
       <c r="D13" s="148"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
       <c r="H13" s="148"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
       <c r="D14" s="148"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
       <c r="H14" s="148"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
       <c r="D15" s="148"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
       <c r="H15" s="148"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
       <c r="D16" s="148"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
       <c r="H16" s="148"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
       <c r="D17" s="148"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="148"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
       <c r="D18" s="148"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
       <c r="H18" s="148"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
       <c r="D19" s="148"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
       <c r="H19" s="148"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
       <c r="D20" s="148"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
       <c r="H20" s="148"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
       <c r="D21" s="148"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
       <c r="H21" s="148"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
       <c r="D22" s="148"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
       <c r="H22" s="148"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
       <c r="D23" s="148"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
       <c r="H23" s="148"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
       <c r="D24" s="148"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
       <c r="H24" s="148"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
       <c r="D25" s="148"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
       <c r="H25" s="148"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
       <c r="D26" s="148"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
       <c r="H26" s="148"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
       <c r="D27" s="148"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
       <c r="H27" s="148"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
       <c r="D28" s="148"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
       <c r="H28" s="148"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
       <c r="D29" s="148"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
       <c r="H29" s="148"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
       <c r="D30" s="148"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
       <c r="H30" s="148"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
       <c r="D31" s="148"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
       <c r="H31" s="148"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
       <c r="D32" s="148"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
       <c r="H32" s="148"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
       <c r="D33" s="148"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
       <c r="H33" s="148"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
       <c r="D34" s="148"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
       <c r="H34" s="148"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
       <c r="D35" s="148"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
       <c r="H35" s="148"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
       <c r="D36" s="148"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
       <c r="H36" s="148"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
       <c r="D37" s="148"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
       <c r="H37" s="148"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="69"/>
       <c r="D38" s="148"/>
       <c r="F38" s="70"/>
       <c r="G38" s="70"/>
       <c r="H38" s="148"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="69"/>
       <c r="D39" s="148"/>
       <c r="F39" s="70"/>
       <c r="G39" s="70"/>
       <c r="H39" s="148"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="69"/>
       <c r="D40" s="148"/>
       <c r="F40" s="70"/>
       <c r="G40" s="70"/>
       <c r="H40" s="148"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="69"/>
       <c r="D41" s="148"/>
       <c r="F41" s="70"/>
       <c r="G41" s="70"/>
       <c r="H41" s="148"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="69"/>
       <c r="D42" s="148"/>
       <c r="F42" s="70"/>
       <c r="G42" s="70"/>
       <c r="H42" s="148"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="69"/>
       <c r="D43" s="148"/>
       <c r="F43" s="70"/>
       <c r="G43" s="70"/>
       <c r="H43" s="148"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="69"/>
       <c r="D44" s="148"/>
       <c r="F44" s="70"/>
       <c r="G44" s="70"/>
       <c r="H44" s="148"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="69"/>
       <c r="D45" s="148"/>
       <c r="F45" s="70"/>
       <c r="G45" s="70"/>
       <c r="H45" s="148"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="69"/>
       <c r="D46" s="148"/>
       <c r="F46" s="70"/>
       <c r="G46" s="70"/>
       <c r="H46" s="148"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="69"/>
       <c r="D47" s="148"/>
       <c r="F47" s="70"/>
       <c r="G47" s="70"/>
       <c r="H47" s="148"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" s="69"/>
       <c r="D48" s="148"/>
       <c r="F48" s="70"/>
       <c r="G48" s="70"/>
       <c r="H48" s="148"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" s="69"/>
       <c r="D49" s="148"/>
       <c r="F49" s="70"/>
       <c r="G49" s="70"/>
       <c r="H49" s="148"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" s="69"/>
       <c r="D50" s="148"/>
       <c r="F50" s="70"/>
       <c r="G50" s="70"/>
       <c r="H50" s="148"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" s="69"/>
       <c r="D51" s="148"/>
       <c r="F51" s="70"/>
       <c r="G51" s="70"/>
       <c r="H51" s="148"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="69"/>
       <c r="D52" s="148"/>
       <c r="F52" s="70"/>
       <c r="G52" s="70"/>
       <c r="H52" s="148"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="69"/>
       <c r="D53" s="148"/>
       <c r="F53" s="70"/>
       <c r="G53" s="70"/>
       <c r="H53" s="148"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" s="69"/>
       <c r="D54" s="148"/>
       <c r="F54" s="70"/>
       <c r="G54" s="70"/>
       <c r="H54" s="148"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="69"/>
       <c r="D55" s="148"/>
       <c r="F55" s="70"/>
       <c r="G55" s="70"/>
       <c r="H55" s="148"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="69"/>
       <c r="D56" s="148"/>
       <c r="F56" s="70"/>
       <c r="G56" s="70"/>
       <c r="H56" s="148"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="69"/>
       <c r="D57" s="148"/>
       <c r="F57" s="70"/>
       <c r="G57" s="70"/>
       <c r="H57" s="148"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="69"/>
       <c r="D58" s="148"/>
       <c r="F58" s="70"/>
       <c r="G58" s="70"/>
       <c r="H58" s="148"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" s="69"/>
       <c r="D59" s="148"/>
       <c r="F59" s="70"/>
       <c r="G59" s="70"/>
       <c r="H59" s="148"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="69"/>
       <c r="D60" s="148"/>
       <c r="F60" s="70"/>
       <c r="G60" s="70"/>
       <c r="H60" s="148"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" s="69"/>
       <c r="D61" s="148"/>
       <c r="F61" s="70"/>
       <c r="G61" s="70"/>
       <c r="H61" s="148"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" s="69"/>
       <c r="D62" s="148"/>
       <c r="F62" s="70"/>
       <c r="G62" s="70"/>
       <c r="H62" s="148"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" s="69"/>
       <c r="D63" s="148"/>
       <c r="F63" s="70"/>
       <c r="G63" s="70"/>
       <c r="H63" s="148"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" s="69"/>
       <c r="D64" s="148"/>
       <c r="F64" s="70"/>
       <c r="G64" s="70"/>
       <c r="H64" s="148"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" s="69"/>
       <c r="D65" s="148"/>
       <c r="F65" s="70"/>
       <c r="G65" s="70"/>
       <c r="H65" s="148"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" s="69"/>
       <c r="D66" s="148"/>
       <c r="F66" s="70"/>
       <c r="G66" s="70"/>
       <c r="H66" s="148"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A67" s="69"/>
       <c r="D67" s="148"/>
       <c r="F67" s="70"/>
       <c r="G67" s="70"/>
       <c r="H67" s="148"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A68" s="69"/>
       <c r="D68" s="148"/>
       <c r="F68" s="70"/>
       <c r="G68" s="70"/>
       <c r="H68" s="148"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A69" s="69"/>
       <c r="D69" s="148"/>
       <c r="F69" s="70"/>
       <c r="G69" s="70"/>
       <c r="H69" s="148"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A70" s="69"/>
       <c r="D70" s="148"/>
       <c r="F70" s="70"/>
       <c r="G70" s="70"/>
       <c r="H70" s="148"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A71" s="69"/>
       <c r="D71" s="148"/>
       <c r="F71" s="70"/>
       <c r="G71" s="70"/>
       <c r="H71" s="148"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A72" s="69"/>
       <c r="D72" s="148"/>
       <c r="F72" s="70"/>
       <c r="G72" s="70"/>
       <c r="H72" s="148"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A73" s="69"/>
       <c r="D73" s="148"/>
       <c r="F73" s="70"/>
       <c r="G73" s="70"/>
       <c r="H73" s="148"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A74" s="69"/>
       <c r="D74" s="148"/>
       <c r="F74" s="70"/>
       <c r="G74" s="70"/>
       <c r="H74" s="148"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A75" s="69"/>
       <c r="D75" s="148"/>
       <c r="F75" s="70"/>
       <c r="G75" s="70"/>
       <c r="H75" s="148"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A76" s="69"/>
       <c r="D76" s="148"/>
       <c r="F76" s="70"/>
       <c r="G76" s="70"/>
       <c r="H76" s="148"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A77" s="69"/>
       <c r="D77" s="148"/>
       <c r="F77" s="70"/>
       <c r="G77" s="70"/>
       <c r="H77" s="148"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A78" s="69"/>
       <c r="D78" s="148"/>
       <c r="F78" s="70"/>
       <c r="G78" s="70"/>
       <c r="H78" s="148"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A79" s="69"/>
       <c r="D79" s="148"/>
       <c r="F79" s="70"/>
       <c r="G79" s="70"/>
       <c r="H79" s="148"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A80" s="69"/>
       <c r="D80" s="148"/>
       <c r="F80" s="70"/>
       <c r="G80" s="70"/>
       <c r="H80" s="148"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A81" s="69"/>
       <c r="D81" s="148"/>
       <c r="F81" s="70"/>
       <c r="G81" s="70"/>
       <c r="H81" s="148"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A82" s="69"/>
       <c r="D82" s="148"/>
       <c r="F82" s="70"/>
       <c r="G82" s="70"/>
       <c r="H82" s="148"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A83" s="69"/>
       <c r="D83" s="148"/>
       <c r="F83" s="70"/>
       <c r="G83" s="70"/>
       <c r="H83" s="148"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84" s="69"/>
       <c r="D84" s="148"/>
       <c r="F84" s="70"/>
       <c r="G84" s="70"/>
       <c r="H84" s="148"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85" s="69"/>
       <c r="D85" s="148"/>
       <c r="F85" s="70"/>
       <c r="G85" s="70"/>
       <c r="H85" s="148"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A86" s="69"/>
       <c r="D86" s="148"/>
       <c r="F86" s="70"/>
       <c r="G86" s="70"/>
       <c r="H86" s="148"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A87" s="69"/>
       <c r="D87" s="148"/>
       <c r="F87" s="70"/>
       <c r="G87" s="70"/>
       <c r="H87" s="148"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A88" s="69"/>
       <c r="D88" s="148"/>
       <c r="F88" s="70"/>
       <c r="G88" s="70"/>
       <c r="H88" s="148"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A89" s="69"/>
       <c r="D89" s="148"/>
       <c r="F89" s="70"/>
       <c r="G89" s="70"/>
       <c r="H89" s="148"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A90" s="69"/>
       <c r="D90" s="148"/>
       <c r="F90" s="70"/>
       <c r="G90" s="70"/>
       <c r="H90" s="148"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A91" s="69"/>
       <c r="D91" s="148"/>
       <c r="F91" s="70"/>
       <c r="G91" s="70"/>
       <c r="H91" s="148"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A92" s="69"/>
       <c r="D92" s="148"/>
       <c r="F92" s="70"/>
       <c r="G92" s="70"/>
       <c r="H92" s="148"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A93" s="69"/>
       <c r="D93" s="148"/>
       <c r="F93" s="70"/>
       <c r="G93" s="70"/>
       <c r="H93" s="148"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A94" s="69"/>
       <c r="D94" s="148"/>
       <c r="F94" s="70"/>
       <c r="G94" s="70"/>
       <c r="H94" s="148"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A95" s="69"/>
       <c r="D95" s="148"/>
       <c r="F95" s="70"/>
       <c r="G95" s="70"/>
       <c r="H95" s="148"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A96" s="69"/>
       <c r="D96" s="148"/>
       <c r="F96" s="70"/>
       <c r="G96" s="70"/>
       <c r="H96" s="148"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A97" s="69"/>
       <c r="D97" s="148"/>
       <c r="F97" s="70"/>
       <c r="G97" s="70"/>
       <c r="H97" s="148"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A98" s="69"/>
       <c r="D98" s="148"/>
       <c r="F98" s="70"/>
       <c r="G98" s="70"/>
       <c r="H98" s="148"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A99" s="69"/>
       <c r="D99" s="148"/>
       <c r="F99" s="70"/>
       <c r="G99" s="70"/>
       <c r="H99" s="148"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A100" s="69"/>
       <c r="D100" s="148"/>
       <c r="F100" s="70"/>
       <c r="G100" s="70"/>
       <c r="H100" s="148"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A101" s="69"/>
       <c r="D101" s="148"/>
       <c r="F101" s="70"/>
       <c r="G101" s="70"/>
       <c r="H101" s="148"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="034f0a3f50fa803b986e76cc6d81fc3b">
-[...2 lines deleted...]
-    <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7803F4D4853954FBF6CC9ACE0AF8474" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="7ec5fde175d3dfbe3aebc926d22812cb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccada712-f319-4843-a022-0a2703358700" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50bfbbe6679f86dc634812e31a0d2f9e" ns2:_="" ns3:_="">
+    <xsd:import namespace="ccada712-f319-4843-a022-0a2703358700"/>
+    <xsd:import namespace="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9788433e-09c9-45d6-b37e-647a3dcd40bc" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccada712-f319-4843-a022-0a2703358700" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fba396ad-41cc-462f-94b9-5e7f2db8793a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a9791f0e-b41f-4de0-98e2-7befb4a51de1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b1f34e43-1004-4eec-a00e-e0c176230b14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fba396ad-41cc-462f-94b9-5e7f2db8793a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -34029,110 +34027,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+    <TaxCatchAll xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccada712-f319-4843-a022-0a2703358700">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B3DB67-D700-42CF-AAEA-CD69DC9403CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B35B89B-3402-4A3C-B322-D1E64BEB7E9E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E485D41F-4E35-4DAB-9ABF-795736840D17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
-    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E1C58B4-E633-4A2B-9FDC-C501AB212B26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
+    <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -34165,51 +34156,51 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rosvelds, Marcel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
+    <vt:lpwstr>0x010100A7803F4D4853954FBF6CC9ACE0AF8474</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>27000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>