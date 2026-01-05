--- v2 (2025-11-21)
+++ v3 (2026-01-05)
@@ -9,148 +9,149 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-SO_VER/Jolien/Dossierbehandeling/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="8_{5E16C0AB-6365-4DFA-9148-3A5260D7BBE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E130108F-1515-4F05-A015-B9A932B79F02}"/>
+  <xr:revisionPtr revIDLastSave="76" documentId="8_{5E16C0AB-6365-4DFA-9148-3A5260D7BBE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0D914CC2-E2ED-45DD-9A31-5D993A9C1FF3}"/>
   <bookViews>
-    <workbookView xWindow="-4785" yWindow="-21720" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-4770" yWindow="-21600" windowWidth="19410" windowHeight="20985" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LEES DIT EERST" sheetId="8" r:id="rId1"/>
     <sheet name="Financieel eindverslag " sheetId="11" r:id="rId2"/>
     <sheet name="Borderel werkingskosten" sheetId="10" r:id="rId3"/>
     <sheet name="Borderel externe prestaties" sheetId="9" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="AfgetopteUrenOpJaarbasis" localSheetId="1">'Financieel eindverslag '!$F$17</definedName>
     <definedName name="AfgetopteUrenOpJaarbasis">#REF!</definedName>
     <definedName name="mmJaar1" localSheetId="1">'Financieel eindverslag '!$N$22:$N$267</definedName>
     <definedName name="mmJaar1">#REF!</definedName>
     <definedName name="mmJaar2" localSheetId="1">'Financieel eindverslag '!$O$22:$O$267</definedName>
     <definedName name="mmJaar2">#REF!</definedName>
     <definedName name="mmJaar3" localSheetId="1">'Financieel eindverslag '!$P$22:$P$267</definedName>
     <definedName name="mmJaar3">#REF!</definedName>
     <definedName name="mmJaar4" localSheetId="1">'Financieel eindverslag '!$S$22:$S$267</definedName>
     <definedName name="mmJaar4">#REF!</definedName>
     <definedName name="mmJaar5" localSheetId="1">'Financieel eindverslag '!$T$22:$T$267</definedName>
     <definedName name="mmJaar5">#REF!</definedName>
     <definedName name="mmJaar6" localSheetId="1">'Financieel eindverslag '!$U$22:$U$267</definedName>
     <definedName name="mmJaar6">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E447" i="11" l="1"/>
+  <c r="B440" i="11"/>
+  <c r="B451" i="11" s="1"/>
+  <c r="B456" i="11"/>
+  <c r="B452" i="11"/>
+  <c r="B453" i="11" l="1"/>
   <c r="B426" i="11" l="1"/>
+  <c r="E444" i="11" s="1"/>
+  <c r="F444" i="11" s="1"/>
   <c r="A1" i="11"/>
   <c r="F20" i="11"/>
   <c r="F21" i="11"/>
-  <c r="B451" i="11"/>
   <c r="V30" i="11"/>
   <c r="W30" i="11"/>
   <c r="X30" i="11"/>
   <c r="V31" i="11"/>
   <c r="W31" i="11"/>
   <c r="X31" i="11"/>
   <c r="V32" i="11"/>
   <c r="W32" i="11"/>
   <c r="X32" i="11"/>
   <c r="V33" i="11"/>
   <c r="W33" i="11"/>
   <c r="X33" i="11"/>
   <c r="V34" i="11"/>
   <c r="W34" i="11"/>
   <c r="X34" i="11"/>
-  <c r="E447" i="11"/>
-[...4 lines deleted...]
-  <c r="F444" i="11" s="1"/>
+  <c r="B448" i="11"/>
   <c r="G414" i="11"/>
   <c r="G413" i="11"/>
   <c r="G412" i="11"/>
   <c r="G411" i="11"/>
   <c r="G410" i="11"/>
   <c r="G409" i="11"/>
   <c r="G408" i="11"/>
   <c r="G407" i="11"/>
   <c r="G406" i="11"/>
   <c r="G405" i="11"/>
   <c r="G404" i="11"/>
   <c r="G403" i="11"/>
   <c r="G402" i="11"/>
   <c r="G397" i="11"/>
   <c r="B427" i="11" s="1"/>
   <c r="E445" i="11" s="1"/>
-  <c r="F445" i="11" s="1"/>
   <c r="U278" i="11"/>
   <c r="T278" i="11"/>
   <c r="S278" i="11"/>
   <c r="R278" i="11"/>
   <c r="Q278" i="11"/>
   <c r="P278" i="11"/>
   <c r="O278" i="11"/>
   <c r="N278" i="11"/>
   <c r="X277" i="11"/>
   <c r="W277" i="11"/>
   <c r="V277" i="11"/>
   <c r="X276" i="11"/>
   <c r="W276" i="11"/>
   <c r="V276" i="11"/>
   <c r="X275" i="11"/>
   <c r="W275" i="11"/>
   <c r="V275" i="11"/>
   <c r="X274" i="11"/>
   <c r="W274" i="11"/>
   <c r="V274" i="11"/>
   <c r="X273" i="11"/>
   <c r="W273" i="11"/>
   <c r="V273" i="11"/>
   <c r="X272" i="11"/>
   <c r="W272" i="11"/>
@@ -881,88 +882,88 @@
   <c r="X25" i="11"/>
   <c r="W25" i="11"/>
   <c r="V25" i="11"/>
   <c r="X24" i="11"/>
   <c r="W24" i="11"/>
   <c r="V24" i="11"/>
   <c r="X23" i="11"/>
   <c r="W23" i="11"/>
   <c r="V23" i="11"/>
   <c r="X22" i="11"/>
   <c r="W22" i="11"/>
   <c r="V22" i="11"/>
   <c r="M21" i="11"/>
   <c r="L21" i="11"/>
   <c r="K21" i="11"/>
   <c r="J21" i="11"/>
   <c r="I21" i="11"/>
   <c r="H21" i="11"/>
   <c r="G21" i="11"/>
   <c r="M18" i="11"/>
   <c r="L18" i="11"/>
   <c r="K18" i="11"/>
   <c r="H18" i="11"/>
   <c r="G18" i="11"/>
   <c r="F18" i="11"/>
-  <c r="B456" i="11" l="1"/>
+  <c r="F445" i="11" l="1"/>
   <c r="X278" i="11"/>
   <c r="C294" i="11" s="1"/>
   <c r="D294" i="11" s="1"/>
   <c r="V278" i="11"/>
   <c r="C299" i="11" s="1"/>
   <c r="D299" i="11" s="1"/>
   <c r="E299" i="11" s="1"/>
   <c r="G415" i="11"/>
   <c r="B428" i="11" s="1"/>
   <c r="E446" i="11" s="1"/>
   <c r="F446" i="11" s="1"/>
   <c r="W278" i="11"/>
   <c r="B424" i="11" s="1"/>
   <c r="C440" i="11"/>
   <c r="F294" i="11" l="1"/>
   <c r="B425" i="11" s="1"/>
   <c r="B422" i="11"/>
   <c r="E441" i="11" s="1"/>
   <c r="E442" i="11"/>
   <c r="F442" i="11" l="1"/>
-  <c r="E440" i="11"/>
   <c r="F441" i="11"/>
   <c r="E443" i="11"/>
   <c r="F443" i="11" s="1"/>
   <c r="B429" i="11"/>
+  <c r="E440" i="11" l="1"/>
+  <c r="B455" i="11" s="1"/>
+  <c r="B430" i="11"/>
   <c r="F440" i="11" l="1"/>
-  <c r="B430" i="11"/>
   <c r="E448" i="11"/>
-  <c r="F448" i="11" s="1"/>
-[...2 lines deleted...]
-  <c r="B458" i="11" s="1"/>
+  <c r="B457" i="11" s="1"/>
+  <c r="B461" i="11" s="1"/>
+  <c r="F448" i="11" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="109">
   <si>
     <t xml:space="preserve">Opgelet: Deze template is enkel geldig voor projecten die zijn ingediend vanaf 1 juli 2021. Voor oudere templates kan u terecht op www.vlaio.be. Navigeer naar het desbetreffende steuninstrument en ga naar het tabblad "vervolgstappen". </t>
   </si>
   <si>
     <t>Projectgegevens</t>
   </si>
   <si>
     <t>Projecttitel:</t>
   </si>
   <si>
     <t>VLAIO-projectnummer (HBC.xxxx.xxxx)</t>
   </si>
   <si>
     <t>Projectperiode (van xx/xx/20xx tot xx/xx/20xx)</t>
   </si>
   <si>
     <t>Bedrijfsnaam of instelling:</t>
   </si>
   <si>
     <t>Financieel contactpersoon voor bijkomende informatie 
 (naam, functie, telefoonnummer en emailadres):</t>
   </si>
   <si>
     <t>Financiële gegevens door onderneming over te nemen uit de beslissingsbrief (of eventueel aangepast via latere addenda)</t>
   </si>
@@ -1199,62 +1200,50 @@
     <t>Ingediend</t>
   </si>
   <si>
     <t>Aanvaard</t>
   </si>
   <si>
     <t>Verworpen en/of beperkt</t>
   </si>
   <si>
     <t xml:space="preserve">Totaalbedrag </t>
   </si>
   <si>
     <t>Mensmaanden</t>
   </si>
   <si>
     <t>Externe Prestaties</t>
   </si>
   <si>
     <t>Steunpercentage (%)</t>
   </si>
   <si>
     <t>Steunbedrag</t>
   </si>
   <si>
     <t>Totaalbedrag (aanvaard)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Saldo eindafrekening</t>
   </si>
   <si>
     <r>
       <t>Opmerkingen</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: </t>
     </r>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Factuurnummer</t>
   </si>
   <si>
     <t>Leverancier/ Aanbieder</t>
   </si>
   <si>
@@ -1614,67 +1603,154 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> overschreden worden in het financieel eindverslag</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Gebruiksperiode bi</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>nnen de projectperiode uitgedrukt in maanden</t>
     </r>
   </si>
+  <si>
+    <t>Steunbedrag (aanvaard)</t>
+  </si>
+  <si>
+    <t>Reeds uitbetaalde voorschotten</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Personeelkosten:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Externe Prestaties:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Werkingskosten:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Investeringen:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Totaalbedrag (begroting)</t>
+  </si>
+  <si>
+    <t>Saldo eindafrekening:</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#,##0\ &quot;€&quot;;\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="168" formatCode="#,##0.0"/>
     <numFmt numFmtId="169" formatCode="\+0;\-0;0"/>
     <numFmt numFmtId="170" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="48" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8.5"/>
@@ -1944,52 +2020,59 @@
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="11">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
@@ -2003,50 +2086,56 @@
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="84">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -3061,51 +3150,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="386">
+  <cellXfs count="389">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -3329,103 +3418,94 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="4" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="35" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="4" fontId="35" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="34" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="36" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="36" fillId="0" borderId="66" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="36" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="36" fillId="6" borderId="66" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="6" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="6" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="36" fillId="8" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="40" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="40" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="40" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="40" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -3800,55 +3880,72 @@
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="10" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="10" borderId="29" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="47" fillId="10" borderId="48" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="10" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="36" fillId="8" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="36" fillId="11" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="48" fillId="11" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="34" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -4294,50 +4391,53 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="36" fillId="8" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="35" fillId="0" borderId="25" xfId="8" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Comma 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Komma 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Percent 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Procent" xfId="8" builtinId="5"/>
     <cellStyle name="Procent 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Valuta 2 2" xfId="9" xr:uid="{C181412D-C0F3-4E81-9EB1-994E734F8B60}"/>
   </cellStyles>
   <dxfs count="26">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
@@ -5003,563 +5103,563 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{706DBAF5-D8DE-459E-9DDD-21B7497B1FE6}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="15" max="15" width="16.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A1" s="238" t="s">
-[...15 lines deleted...]
-      <c r="O1" s="239"/>
+      <c r="A1" s="236" t="s">
+        <v>101</v>
+      </c>
+      <c r="B1" s="237"/>
+      <c r="C1" s="237"/>
+      <c r="D1" s="237"/>
+      <c r="E1" s="237"/>
+      <c r="F1" s="237"/>
+      <c r="G1" s="237"/>
+      <c r="H1" s="237"/>
+      <c r="I1" s="237"/>
+      <c r="J1" s="237"/>
+      <c r="K1" s="237"/>
+      <c r="L1" s="237"/>
+      <c r="M1" s="237"/>
+      <c r="N1" s="237"/>
+      <c r="O1" s="237"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A2" s="239"/>
-[...13 lines deleted...]
-      <c r="O2" s="239"/>
+      <c r="A2" s="237"/>
+      <c r="B2" s="237"/>
+      <c r="C2" s="237"/>
+      <c r="D2" s="237"/>
+      <c r="E2" s="237"/>
+      <c r="F2" s="237"/>
+      <c r="G2" s="237"/>
+      <c r="H2" s="237"/>
+      <c r="I2" s="237"/>
+      <c r="J2" s="237"/>
+      <c r="K2" s="237"/>
+      <c r="L2" s="237"/>
+      <c r="M2" s="237"/>
+      <c r="N2" s="237"/>
+      <c r="O2" s="237"/>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A3" s="239"/>
-[...13 lines deleted...]
-      <c r="O3" s="239"/>
+      <c r="A3" s="237"/>
+      <c r="B3" s="237"/>
+      <c r="C3" s="237"/>
+      <c r="D3" s="237"/>
+      <c r="E3" s="237"/>
+      <c r="F3" s="237"/>
+      <c r="G3" s="237"/>
+      <c r="H3" s="237"/>
+      <c r="I3" s="237"/>
+      <c r="J3" s="237"/>
+      <c r="K3" s="237"/>
+      <c r="L3" s="237"/>
+      <c r="M3" s="237"/>
+      <c r="N3" s="237"/>
+      <c r="O3" s="237"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A4" s="239"/>
-[...13 lines deleted...]
-      <c r="O4" s="239"/>
+      <c r="A4" s="237"/>
+      <c r="B4" s="237"/>
+      <c r="C4" s="237"/>
+      <c r="D4" s="237"/>
+      <c r="E4" s="237"/>
+      <c r="F4" s="237"/>
+      <c r="G4" s="237"/>
+      <c r="H4" s="237"/>
+      <c r="I4" s="237"/>
+      <c r="J4" s="237"/>
+      <c r="K4" s="237"/>
+      <c r="L4" s="237"/>
+      <c r="M4" s="237"/>
+      <c r="N4" s="237"/>
+      <c r="O4" s="237"/>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A5" s="239"/>
-[...13 lines deleted...]
-      <c r="O5" s="239"/>
+      <c r="A5" s="237"/>
+      <c r="B5" s="237"/>
+      <c r="C5" s="237"/>
+      <c r="D5" s="237"/>
+      <c r="E5" s="237"/>
+      <c r="F5" s="237"/>
+      <c r="G5" s="237"/>
+      <c r="H5" s="237"/>
+      <c r="I5" s="237"/>
+      <c r="J5" s="237"/>
+      <c r="K5" s="237"/>
+      <c r="L5" s="237"/>
+      <c r="M5" s="237"/>
+      <c r="N5" s="237"/>
+      <c r="O5" s="237"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A6" s="239"/>
-[...13 lines deleted...]
-      <c r="O6" s="239"/>
+      <c r="A6" s="237"/>
+      <c r="B6" s="237"/>
+      <c r="C6" s="237"/>
+      <c r="D6" s="237"/>
+      <c r="E6" s="237"/>
+      <c r="F6" s="237"/>
+      <c r="G6" s="237"/>
+      <c r="H6" s="237"/>
+      <c r="I6" s="237"/>
+      <c r="J6" s="237"/>
+      <c r="K6" s="237"/>
+      <c r="L6" s="237"/>
+      <c r="M6" s="237"/>
+      <c r="N6" s="237"/>
+      <c r="O6" s="237"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A7" s="239"/>
-[...13 lines deleted...]
-      <c r="O7" s="239"/>
+      <c r="A7" s="237"/>
+      <c r="B7" s="237"/>
+      <c r="C7" s="237"/>
+      <c r="D7" s="237"/>
+      <c r="E7" s="237"/>
+      <c r="F7" s="237"/>
+      <c r="G7" s="237"/>
+      <c r="H7" s="237"/>
+      <c r="I7" s="237"/>
+      <c r="J7" s="237"/>
+      <c r="K7" s="237"/>
+      <c r="L7" s="237"/>
+      <c r="M7" s="237"/>
+      <c r="N7" s="237"/>
+      <c r="O7" s="237"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A8" s="239"/>
-[...13 lines deleted...]
-      <c r="O8" s="239"/>
+      <c r="A8" s="237"/>
+      <c r="B8" s="237"/>
+      <c r="C8" s="237"/>
+      <c r="D8" s="237"/>
+      <c r="E8" s="237"/>
+      <c r="F8" s="237"/>
+      <c r="G8" s="237"/>
+      <c r="H8" s="237"/>
+      <c r="I8" s="237"/>
+      <c r="J8" s="237"/>
+      <c r="K8" s="237"/>
+      <c r="L8" s="237"/>
+      <c r="M8" s="237"/>
+      <c r="N8" s="237"/>
+      <c r="O8" s="237"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A9" s="239"/>
-[...13 lines deleted...]
-      <c r="O9" s="239"/>
+      <c r="A9" s="237"/>
+      <c r="B9" s="237"/>
+      <c r="C9" s="237"/>
+      <c r="D9" s="237"/>
+      <c r="E9" s="237"/>
+      <c r="F9" s="237"/>
+      <c r="G9" s="237"/>
+      <c r="H9" s="237"/>
+      <c r="I9" s="237"/>
+      <c r="J9" s="237"/>
+      <c r="K9" s="237"/>
+      <c r="L9" s="237"/>
+      <c r="M9" s="237"/>
+      <c r="N9" s="237"/>
+      <c r="O9" s="237"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A10" s="239"/>
-[...13 lines deleted...]
-      <c r="O10" s="239"/>
+      <c r="A10" s="237"/>
+      <c r="B10" s="237"/>
+      <c r="C10" s="237"/>
+      <c r="D10" s="237"/>
+      <c r="E10" s="237"/>
+      <c r="F10" s="237"/>
+      <c r="G10" s="237"/>
+      <c r="H10" s="237"/>
+      <c r="I10" s="237"/>
+      <c r="J10" s="237"/>
+      <c r="K10" s="237"/>
+      <c r="L10" s="237"/>
+      <c r="M10" s="237"/>
+      <c r="N10" s="237"/>
+      <c r="O10" s="237"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A11" s="239"/>
-[...13 lines deleted...]
-      <c r="O11" s="239"/>
+      <c r="A11" s="237"/>
+      <c r="B11" s="237"/>
+      <c r="C11" s="237"/>
+      <c r="D11" s="237"/>
+      <c r="E11" s="237"/>
+      <c r="F11" s="237"/>
+      <c r="G11" s="237"/>
+      <c r="H11" s="237"/>
+      <c r="I11" s="237"/>
+      <c r="J11" s="237"/>
+      <c r="K11" s="237"/>
+      <c r="L11" s="237"/>
+      <c r="M11" s="237"/>
+      <c r="N11" s="237"/>
+      <c r="O11" s="237"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A12" s="239"/>
-[...13 lines deleted...]
-      <c r="O12" s="239"/>
+      <c r="A12" s="237"/>
+      <c r="B12" s="237"/>
+      <c r="C12" s="237"/>
+      <c r="D12" s="237"/>
+      <c r="E12" s="237"/>
+      <c r="F12" s="237"/>
+      <c r="G12" s="237"/>
+      <c r="H12" s="237"/>
+      <c r="I12" s="237"/>
+      <c r="J12" s="237"/>
+      <c r="K12" s="237"/>
+      <c r="L12" s="237"/>
+      <c r="M12" s="237"/>
+      <c r="N12" s="237"/>
+      <c r="O12" s="237"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A13" s="239"/>
-[...13 lines deleted...]
-      <c r="O13" s="239"/>
+      <c r="A13" s="237"/>
+      <c r="B13" s="237"/>
+      <c r="C13" s="237"/>
+      <c r="D13" s="237"/>
+      <c r="E13" s="237"/>
+      <c r="F13" s="237"/>
+      <c r="G13" s="237"/>
+      <c r="H13" s="237"/>
+      <c r="I13" s="237"/>
+      <c r="J13" s="237"/>
+      <c r="K13" s="237"/>
+      <c r="L13" s="237"/>
+      <c r="M13" s="237"/>
+      <c r="N13" s="237"/>
+      <c r="O13" s="237"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A14" s="239"/>
-[...13 lines deleted...]
-      <c r="O14" s="239"/>
+      <c r="A14" s="237"/>
+      <c r="B14" s="237"/>
+      <c r="C14" s="237"/>
+      <c r="D14" s="237"/>
+      <c r="E14" s="237"/>
+      <c r="F14" s="237"/>
+      <c r="G14" s="237"/>
+      <c r="H14" s="237"/>
+      <c r="I14" s="237"/>
+      <c r="J14" s="237"/>
+      <c r="K14" s="237"/>
+      <c r="L14" s="237"/>
+      <c r="M14" s="237"/>
+      <c r="N14" s="237"/>
+      <c r="O14" s="237"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A15" s="239"/>
-[...13 lines deleted...]
-      <c r="O15" s="239"/>
+      <c r="A15" s="237"/>
+      <c r="B15" s="237"/>
+      <c r="C15" s="237"/>
+      <c r="D15" s="237"/>
+      <c r="E15" s="237"/>
+      <c r="F15" s="237"/>
+      <c r="G15" s="237"/>
+      <c r="H15" s="237"/>
+      <c r="I15" s="237"/>
+      <c r="J15" s="237"/>
+      <c r="K15" s="237"/>
+      <c r="L15" s="237"/>
+      <c r="M15" s="237"/>
+      <c r="N15" s="237"/>
+      <c r="O15" s="237"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A16" s="239"/>
-[...13 lines deleted...]
-      <c r="O16" s="239"/>
+      <c r="A16" s="237"/>
+      <c r="B16" s="237"/>
+      <c r="C16" s="237"/>
+      <c r="D16" s="237"/>
+      <c r="E16" s="237"/>
+      <c r="F16" s="237"/>
+      <c r="G16" s="237"/>
+      <c r="H16" s="237"/>
+      <c r="I16" s="237"/>
+      <c r="J16" s="237"/>
+      <c r="K16" s="237"/>
+      <c r="L16" s="237"/>
+      <c r="M16" s="237"/>
+      <c r="N16" s="237"/>
+      <c r="O16" s="237"/>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A17" s="239"/>
-[...13 lines deleted...]
-      <c r="O17" s="239"/>
+      <c r="A17" s="237"/>
+      <c r="B17" s="237"/>
+      <c r="C17" s="237"/>
+      <c r="D17" s="237"/>
+      <c r="E17" s="237"/>
+      <c r="F17" s="237"/>
+      <c r="G17" s="237"/>
+      <c r="H17" s="237"/>
+      <c r="I17" s="237"/>
+      <c r="J17" s="237"/>
+      <c r="K17" s="237"/>
+      <c r="L17" s="237"/>
+      <c r="M17" s="237"/>
+      <c r="N17" s="237"/>
+      <c r="O17" s="237"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A18" s="239"/>
-[...13 lines deleted...]
-      <c r="O18" s="239"/>
+      <c r="A18" s="237"/>
+      <c r="B18" s="237"/>
+      <c r="C18" s="237"/>
+      <c r="D18" s="237"/>
+      <c r="E18" s="237"/>
+      <c r="F18" s="237"/>
+      <c r="G18" s="237"/>
+      <c r="H18" s="237"/>
+      <c r="I18" s="237"/>
+      <c r="J18" s="237"/>
+      <c r="K18" s="237"/>
+      <c r="L18" s="237"/>
+      <c r="M18" s="237"/>
+      <c r="N18" s="237"/>
+      <c r="O18" s="237"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A19" s="239"/>
-[...13 lines deleted...]
-      <c r="O19" s="239"/>
+      <c r="A19" s="237"/>
+      <c r="B19" s="237"/>
+      <c r="C19" s="237"/>
+      <c r="D19" s="237"/>
+      <c r="E19" s="237"/>
+      <c r="F19" s="237"/>
+      <c r="G19" s="237"/>
+      <c r="H19" s="237"/>
+      <c r="I19" s="237"/>
+      <c r="J19" s="237"/>
+      <c r="K19" s="237"/>
+      <c r="L19" s="237"/>
+      <c r="M19" s="237"/>
+      <c r="N19" s="237"/>
+      <c r="O19" s="237"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A20" s="239"/>
-[...13 lines deleted...]
-      <c r="O20" s="239"/>
+      <c r="A20" s="237"/>
+      <c r="B20" s="237"/>
+      <c r="C20" s="237"/>
+      <c r="D20" s="237"/>
+      <c r="E20" s="237"/>
+      <c r="F20" s="237"/>
+      <c r="G20" s="237"/>
+      <c r="H20" s="237"/>
+      <c r="I20" s="237"/>
+      <c r="J20" s="237"/>
+      <c r="K20" s="237"/>
+      <c r="L20" s="237"/>
+      <c r="M20" s="237"/>
+      <c r="N20" s="237"/>
+      <c r="O20" s="237"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A21" s="239"/>
-[...13 lines deleted...]
-      <c r="O21" s="239"/>
+      <c r="A21" s="237"/>
+      <c r="B21" s="237"/>
+      <c r="C21" s="237"/>
+      <c r="D21" s="237"/>
+      <c r="E21" s="237"/>
+      <c r="F21" s="237"/>
+      <c r="G21" s="237"/>
+      <c r="H21" s="237"/>
+      <c r="I21" s="237"/>
+      <c r="J21" s="237"/>
+      <c r="K21" s="237"/>
+      <c r="L21" s="237"/>
+      <c r="M21" s="237"/>
+      <c r="N21" s="237"/>
+      <c r="O21" s="237"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A22" s="239"/>
-[...13 lines deleted...]
-      <c r="O22" s="239"/>
+      <c r="A22" s="237"/>
+      <c r="B22" s="237"/>
+      <c r="C22" s="237"/>
+      <c r="D22" s="237"/>
+      <c r="E22" s="237"/>
+      <c r="F22" s="237"/>
+      <c r="G22" s="237"/>
+      <c r="H22" s="237"/>
+      <c r="I22" s="237"/>
+      <c r="J22" s="237"/>
+      <c r="K22" s="237"/>
+      <c r="L22" s="237"/>
+      <c r="M22" s="237"/>
+      <c r="N22" s="237"/>
+      <c r="O22" s="237"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A23" s="239"/>
-[...13 lines deleted...]
-      <c r="O23" s="239"/>
+      <c r="A23" s="237"/>
+      <c r="B23" s="237"/>
+      <c r="C23" s="237"/>
+      <c r="D23" s="237"/>
+      <c r="E23" s="237"/>
+      <c r="F23" s="237"/>
+      <c r="G23" s="237"/>
+      <c r="H23" s="237"/>
+      <c r="I23" s="237"/>
+      <c r="J23" s="237"/>
+      <c r="K23" s="237"/>
+      <c r="L23" s="237"/>
+      <c r="M23" s="237"/>
+      <c r="N23" s="237"/>
+      <c r="O23" s="237"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A24" s="239"/>
-[...13 lines deleted...]
-      <c r="O24" s="239"/>
+      <c r="A24" s="237"/>
+      <c r="B24" s="237"/>
+      <c r="C24" s="237"/>
+      <c r="D24" s="237"/>
+      <c r="E24" s="237"/>
+      <c r="F24" s="237"/>
+      <c r="G24" s="237"/>
+      <c r="H24" s="237"/>
+      <c r="I24" s="237"/>
+      <c r="J24" s="237"/>
+      <c r="K24" s="237"/>
+      <c r="L24" s="237"/>
+      <c r="M24" s="237"/>
+      <c r="N24" s="237"/>
+      <c r="O24" s="237"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A25" s="239"/>
-[...13 lines deleted...]
-      <c r="O25" s="239"/>
+      <c r="A25" s="237"/>
+      <c r="B25" s="237"/>
+      <c r="C25" s="237"/>
+      <c r="D25" s="237"/>
+      <c r="E25" s="237"/>
+      <c r="F25" s="237"/>
+      <c r="G25" s="237"/>
+      <c r="H25" s="237"/>
+      <c r="I25" s="237"/>
+      <c r="J25" s="237"/>
+      <c r="K25" s="237"/>
+      <c r="L25" s="237"/>
+      <c r="M25" s="237"/>
+      <c r="N25" s="237"/>
+      <c r="O25" s="237"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A26" s="239"/>
-[...13 lines deleted...]
-      <c r="O26" s="239"/>
+      <c r="A26" s="237"/>
+      <c r="B26" s="237"/>
+      <c r="C26" s="237"/>
+      <c r="D26" s="237"/>
+      <c r="E26" s="237"/>
+      <c r="F26" s="237"/>
+      <c r="G26" s="237"/>
+      <c r="H26" s="237"/>
+      <c r="I26" s="237"/>
+      <c r="J26" s="237"/>
+      <c r="K26" s="237"/>
+      <c r="L26" s="237"/>
+      <c r="M26" s="237"/>
+      <c r="N26" s="237"/>
+      <c r="O26" s="237"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A27" s="239"/>
-[...13 lines deleted...]
-      <c r="O27" s="239"/>
+      <c r="A27" s="237"/>
+      <c r="B27" s="237"/>
+      <c r="C27" s="237"/>
+      <c r="D27" s="237"/>
+      <c r="E27" s="237"/>
+      <c r="F27" s="237"/>
+      <c r="G27" s="237"/>
+      <c r="H27" s="237"/>
+      <c r="I27" s="237"/>
+      <c r="J27" s="237"/>
+      <c r="K27" s="237"/>
+      <c r="L27" s="237"/>
+      <c r="M27" s="237"/>
+      <c r="N27" s="237"/>
+      <c r="O27" s="237"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A28" s="239"/>
-[...13 lines deleted...]
-      <c r="O28" s="239"/>
+      <c r="A28" s="237"/>
+      <c r="B28" s="237"/>
+      <c r="C28" s="237"/>
+      <c r="D28" s="237"/>
+      <c r="E28" s="237"/>
+      <c r="F28" s="237"/>
+      <c r="G28" s="237"/>
+      <c r="H28" s="237"/>
+      <c r="I28" s="237"/>
+      <c r="J28" s="237"/>
+      <c r="K28" s="237"/>
+      <c r="L28" s="237"/>
+      <c r="M28" s="237"/>
+      <c r="N28" s="237"/>
+      <c r="O28" s="237"/>
     </row>
     <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="239"/>
-[...13 lines deleted...]
-      <c r="O29" s="239"/>
+      <c r="A29" s="237"/>
+      <c r="B29" s="237"/>
+      <c r="C29" s="237"/>
+      <c r="D29" s="237"/>
+      <c r="E29" s="237"/>
+      <c r="F29" s="237"/>
+      <c r="G29" s="237"/>
+      <c r="H29" s="237"/>
+      <c r="I29" s="237"/>
+      <c r="J29" s="237"/>
+      <c r="K29" s="237"/>
+      <c r="L29" s="237"/>
+      <c r="M29" s="237"/>
+      <c r="N29" s="237"/>
+      <c r="O29" s="237"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="2N9YDobXMV0SzBcWVwotJ6zcb8Na8NkZDowGnudn/NeO21dbhDjb+qyjGCbDTK62uZi7J0qveDCsNEkw+SVcWA==" saltValue="Z1XiGaav0RCA8jg85ylF6g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:O29"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ABF527-260C-4B48-8127-47D9ADAFA50D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AR1115"/>
+  <dimension ref="A1:AR1118"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="C4" sqref="C4:W4"/>
+      <selection activeCell="H428" sqref="H428"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.88671875" defaultRowHeight="10.8" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39.109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="13.109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.5546875" style="2" customWidth="1"/>
     <col min="5" max="5" width="15.88671875" style="2" customWidth="1"/>
     <col min="6" max="6" width="15.44140625" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.44140625" style="2" customWidth="1"/>
     <col min="8" max="8" width="15.44140625" style="3" customWidth="1"/>
     <col min="9" max="9" width="11.44140625" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="11.44140625" style="3" hidden="1" customWidth="1"/>
     <col min="11" max="13" width="11.44140625" style="2" hidden="1" customWidth="1"/>
     <col min="14" max="17" width="8.44140625" style="2" customWidth="1"/>
     <col min="18" max="18" width="8.44140625" style="2" hidden="1" customWidth="1"/>
     <col min="19" max="21" width="8.44140625" style="3" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="5.44140625" style="2" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="21.109375" style="2" customWidth="1"/>
     <col min="24" max="24" width="2.109375" style="2" hidden="1" customWidth="1"/>
     <col min="25" max="250" width="10.88671875" style="2"/>
     <col min="251" max="251" width="35" style="2" customWidth="1"/>
     <col min="252" max="252" width="23.5546875" style="2" customWidth="1"/>
     <col min="253" max="253" width="15.5546875" style="2" customWidth="1"/>
@@ -6889,54 +6989,54 @@
       <c r="U5" s="244"/>
       <c r="V5" s="244"/>
       <c r="W5" s="245"/>
       <c r="Y5" s="62"/>
       <c r="Z5" s="62"/>
       <c r="AA5" s="62"/>
       <c r="AB5" s="62"/>
       <c r="AC5" s="62"/>
       <c r="AD5" s="62"/>
       <c r="AE5" s="62"/>
       <c r="AF5" s="62"/>
       <c r="AG5" s="62"/>
       <c r="AH5" s="62"/>
       <c r="AI5" s="62"/>
       <c r="AJ5" s="62"/>
       <c r="AK5" s="62"/>
       <c r="AL5" s="62"/>
       <c r="AM5" s="62"/>
       <c r="AN5" s="62"/>
       <c r="AO5" s="62"/>
       <c r="AP5" s="62"/>
       <c r="AQ5" s="62"/>
       <c r="AR5" s="62"/>
     </row>
     <row r="6" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="181" t="s">
+      <c r="A6" s="174" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="182"/>
+      <c r="B6" s="175"/>
       <c r="C6" s="243"/>
       <c r="D6" s="244"/>
       <c r="E6" s="244"/>
       <c r="F6" s="244"/>
       <c r="G6" s="244"/>
       <c r="H6" s="244"/>
       <c r="I6" s="244"/>
       <c r="J6" s="244"/>
       <c r="K6" s="244"/>
       <c r="L6" s="244"/>
       <c r="M6" s="244"/>
       <c r="N6" s="244"/>
       <c r="O6" s="244"/>
       <c r="P6" s="244"/>
       <c r="Q6" s="244"/>
       <c r="R6" s="244"/>
       <c r="S6" s="244"/>
       <c r="T6" s="244"/>
       <c r="U6" s="244"/>
       <c r="V6" s="244"/>
       <c r="W6" s="245"/>
       <c r="Y6" s="62"/>
       <c r="Z6" s="62"/>
       <c r="AA6" s="62"/>
       <c r="AB6" s="62"/>
@@ -7317,152 +7417,152 @@
       <c r="U15" s="274"/>
       <c r="V15" s="274"/>
       <c r="W15" s="275"/>
       <c r="Y15" s="64"/>
       <c r="Z15" s="62"/>
       <c r="AA15" s="62"/>
       <c r="AB15" s="62"/>
       <c r="AC15" s="62"/>
       <c r="AD15" s="62"/>
       <c r="AE15" s="62"/>
       <c r="AF15" s="62"/>
       <c r="AG15" s="62"/>
       <c r="AH15" s="62"/>
       <c r="AI15" s="62"/>
       <c r="AJ15" s="62"/>
       <c r="AK15" s="62"/>
       <c r="AL15" s="62"/>
       <c r="AM15" s="62"/>
       <c r="AN15" s="62"/>
       <c r="AO15" s="62"/>
       <c r="AP15" s="62"/>
       <c r="AQ15" s="62"/>
       <c r="AR15" s="62"/>
     </row>
     <row r="16" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="150"/>
-[...4 lines deleted...]
-      <c r="F16" s="152" t="s">
+      <c r="A16" s="143"/>
+      <c r="B16" s="144"/>
+      <c r="C16" s="144"/>
+      <c r="D16" s="144"/>
+      <c r="E16" s="144"/>
+      <c r="F16" s="145" t="s">
         <v>13</v>
       </c>
-      <c r="G16" s="152" t="s">
+      <c r="G16" s="145" t="s">
         <v>14</v>
       </c>
-      <c r="H16" s="152" t="s">
+      <c r="H16" s="145" t="s">
         <v>15</v>
       </c>
-      <c r="I16" s="152" t="s">
+      <c r="I16" s="145" t="s">
         <v>16</v>
       </c>
-      <c r="J16" s="152" t="s">
+      <c r="J16" s="145" t="s">
         <v>17</v>
       </c>
-      <c r="K16" s="152" t="s">
+      <c r="K16" s="145" t="s">
         <v>18</v>
       </c>
-      <c r="L16" s="152" t="s">
+      <c r="L16" s="145" t="s">
         <v>19</v>
       </c>
-      <c r="M16" s="152" t="s">
+      <c r="M16" s="145" t="s">
         <v>20</v>
       </c>
-      <c r="N16" s="153"/>
-[...8 lines deleted...]
-      <c r="W16" s="154"/>
+      <c r="N16" s="146"/>
+      <c r="O16" s="146"/>
+      <c r="P16" s="146"/>
+      <c r="Q16" s="146"/>
+      <c r="R16" s="146"/>
+      <c r="S16" s="146"/>
+      <c r="T16" s="146"/>
+      <c r="U16" s="146"/>
+      <c r="V16" s="146"/>
+      <c r="W16" s="147"/>
       <c r="Y16" s="62"/>
       <c r="Z16" s="62"/>
       <c r="AA16" s="62"/>
       <c r="AB16" s="62"/>
       <c r="AC16" s="62"/>
       <c r="AD16" s="62"/>
       <c r="AE16" s="62"/>
       <c r="AF16" s="62"/>
       <c r="AG16" s="62"/>
       <c r="AH16" s="62"/>
       <c r="AI16" s="62"/>
       <c r="AJ16" s="62"/>
       <c r="AK16" s="62"/>
       <c r="AL16" s="62"/>
       <c r="AM16" s="62"/>
       <c r="AN16" s="62"/>
       <c r="AO16" s="62"/>
       <c r="AP16" s="62"/>
       <c r="AQ16" s="62"/>
       <c r="AR16" s="62"/>
     </row>
     <row r="17" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="277" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="278"/>
       <c r="C17" s="278"/>
       <c r="D17" s="278"/>
       <c r="E17" s="279"/>
-      <c r="F17" s="155">
+      <c r="F17" s="148">
         <v>1596</v>
       </c>
-      <c r="G17" s="155">
+      <c r="G17" s="148">
         <v>1596</v>
       </c>
-      <c r="H17" s="155">
+      <c r="H17" s="148">
         <v>1596</v>
       </c>
-      <c r="I17" s="155">
+      <c r="I17" s="148">
         <v>1596</v>
       </c>
-      <c r="J17" s="155">
+      <c r="J17" s="148">
         <v>1596</v>
       </c>
-      <c r="K17" s="156">
+      <c r="K17" s="149">
         <v>1596</v>
       </c>
-      <c r="L17" s="156">
+      <c r="L17" s="149">
         <v>1596</v>
       </c>
-      <c r="M17" s="156">
+      <c r="M17" s="149">
         <v>1596</v>
       </c>
-      <c r="N17" s="157"/>
-[...8 lines deleted...]
-      <c r="W17" s="158"/>
+      <c r="N17" s="150"/>
+      <c r="O17" s="150"/>
+      <c r="P17" s="150"/>
+      <c r="Q17" s="150"/>
+      <c r="R17" s="150"/>
+      <c r="S17" s="150"/>
+      <c r="T17" s="150"/>
+      <c r="U17" s="150"/>
+      <c r="V17" s="150"/>
+      <c r="W17" s="151"/>
       <c r="Y17" s="62"/>
       <c r="Z17" s="62"/>
       <c r="AA17" s="62"/>
       <c r="AB17" s="62"/>
       <c r="AC17" s="62"/>
       <c r="AD17" s="62"/>
       <c r="AE17" s="62"/>
       <c r="AF17" s="62"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="62"/>
       <c r="AI17" s="62"/>
       <c r="AJ17" s="62"/>
       <c r="AK17" s="62"/>
       <c r="AL17" s="62"/>
       <c r="AM17" s="62"/>
       <c r="AN17" s="62"/>
       <c r="AO17" s="62"/>
       <c r="AP17" s="62"/>
       <c r="AQ17" s="62"/>
       <c r="AR17" s="62"/>
     </row>
     <row r="18" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
       <c r="B18" s="22"/>
       <c r="C18" s="22"/>
@@ -7511,68 +7611,68 @@
       <c r="AC18" s="62"/>
       <c r="AD18" s="62"/>
       <c r="AE18" s="62"/>
       <c r="AF18" s="62"/>
       <c r="AG18" s="62"/>
       <c r="AH18" s="62"/>
       <c r="AI18" s="62"/>
       <c r="AJ18" s="62"/>
       <c r="AK18" s="62"/>
       <c r="AL18" s="62"/>
       <c r="AM18" s="62"/>
       <c r="AN18" s="62"/>
       <c r="AO18" s="62"/>
       <c r="AP18" s="62"/>
       <c r="AQ18" s="62"/>
       <c r="AR18" s="62"/>
     </row>
     <row r="19" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="280" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="281"/>
       <c r="C19" s="281"/>
       <c r="D19" s="281"/>
       <c r="E19" s="281"/>
-      <c r="F19" s="184"/>
-[...16 lines deleted...]
-      <c r="W19" s="185"/>
+      <c r="F19" s="177"/>
+      <c r="G19" s="177"/>
+      <c r="H19" s="177"/>
+      <c r="I19" s="177"/>
+      <c r="J19" s="177"/>
+      <c r="K19" s="177"/>
+      <c r="L19" s="177"/>
+      <c r="M19" s="177"/>
+      <c r="N19" s="177"/>
+      <c r="O19" s="177"/>
+      <c r="P19" s="177"/>
+      <c r="Q19" s="177"/>
+      <c r="R19" s="177"/>
+      <c r="S19" s="177"/>
+      <c r="T19" s="177"/>
+      <c r="U19" s="177"/>
+      <c r="V19" s="177"/>
+      <c r="W19" s="178"/>
       <c r="Y19" s="62"/>
       <c r="Z19" s="62"/>
       <c r="AA19" s="62"/>
       <c r="AB19" s="62"/>
       <c r="AC19" s="62"/>
       <c r="AD19" s="62"/>
       <c r="AE19" s="62"/>
       <c r="AF19" s="62"/>
       <c r="AG19" s="62"/>
       <c r="AH19" s="62"/>
       <c r="AI19" s="62"/>
       <c r="AJ19" s="62"/>
       <c r="AK19" s="62"/>
       <c r="AL19" s="62"/>
       <c r="AM19" s="62"/>
       <c r="AN19" s="62"/>
       <c r="AO19" s="62"/>
       <c r="AP19" s="62"/>
       <c r="AQ19" s="62"/>
       <c r="AR19" s="62"/>
     </row>
     <row r="20" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="253" t="s">
         <v>23</v>
       </c>
@@ -7580,14375 +7680,14375 @@
       <c r="C20" s="254"/>
       <c r="D20" s="254"/>
       <c r="E20" s="255"/>
       <c r="F20" s="256" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost","Bruto maandloon (2)")</f>
         <v>Bruto maandloon (2)</v>
       </c>
       <c r="G20" s="256"/>
       <c r="H20" s="256"/>
       <c r="I20" s="256"/>
       <c r="J20" s="256"/>
       <c r="K20" s="256"/>
       <c r="L20" s="256"/>
       <c r="M20" s="257"/>
       <c r="N20" s="258" t="s">
         <v>24</v>
       </c>
       <c r="O20" s="256"/>
       <c r="P20" s="256"/>
       <c r="Q20" s="256"/>
       <c r="R20" s="256"/>
       <c r="S20" s="256"/>
       <c r="T20" s="256"/>
       <c r="U20" s="256"/>
       <c r="V20" s="257"/>
-      <c r="W20" s="186"/>
+      <c r="W20" s="179"/>
       <c r="Y20" s="62"/>
       <c r="Z20" s="62"/>
       <c r="AA20" s="62"/>
       <c r="AB20" s="62"/>
       <c r="AC20" s="62"/>
       <c r="AD20" s="62"/>
       <c r="AE20" s="62"/>
       <c r="AF20" s="62"/>
       <c r="AG20" s="62"/>
       <c r="AH20" s="62"/>
       <c r="AI20" s="62"/>
       <c r="AJ20" s="62"/>
       <c r="AK20" s="62"/>
       <c r="AL20" s="62"/>
       <c r="AM20" s="62"/>
       <c r="AN20" s="62"/>
       <c r="AO20" s="62"/>
       <c r="AP20" s="62"/>
       <c r="AQ20" s="62"/>
       <c r="AR20" s="62"/>
     </row>
     <row r="21" spans="1:44" ht="127.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="259" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="260"/>
       <c r="C21" s="260"/>
       <c r="D21" s="260"/>
-      <c r="E21" s="187" t="s">
+      <c r="E21" s="180" t="s">
         <v>26</v>
       </c>
-      <c r="F21" s="188" t="str">
+      <c r="F21" s="181" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 1","Vast maandloon jaar 1")</f>
         <v>Vast maandloon jaar 1</v>
       </c>
-      <c r="G21" s="189" t="str">
+      <c r="G21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 2","Vast maandloon jaar 2")</f>
         <v>Vast maandloon jaar 2</v>
       </c>
-      <c r="H21" s="189" t="str">
+      <c r="H21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 3","Vast maandloon jaar 3")</f>
         <v>Vast maandloon jaar 3</v>
       </c>
-      <c r="I21" s="189" t="str">
+      <c r="I21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 4","Vast maandloon jaar 4")</f>
         <v>Vast maandloon jaar 4</v>
       </c>
-      <c r="J21" s="189" t="str">
+      <c r="J21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 5","Vast maandloon jaar 5")</f>
         <v>Vast maandloon jaar 5</v>
       </c>
-      <c r="K21" s="189" t="str">
+      <c r="K21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 6","Vast maandloon jaar 6")</f>
         <v>Vast maandloon jaar 6</v>
       </c>
-      <c r="L21" s="189" t="str">
+      <c r="L21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 7","Vast maandloon jaar 7")</f>
         <v>Vast maandloon jaar 7</v>
       </c>
-      <c r="M21" s="190" t="str">
+      <c r="M21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Jaarloonkost jaar 8","Vast maandloon jaar 8")</f>
         <v>Vast maandloon jaar 8</v>
       </c>
-      <c r="N21" s="191" t="s">
+      <c r="N21" s="184" t="s">
         <v>27</v>
       </c>
-      <c r="O21" s="192" t="s">
+      <c r="O21" s="185" t="s">
         <v>28</v>
       </c>
-      <c r="P21" s="192" t="s">
+      <c r="P21" s="185" t="s">
         <v>29</v>
       </c>
-      <c r="Q21" s="193" t="s">
+      <c r="Q21" s="186" t="s">
         <v>30</v>
       </c>
-      <c r="R21" s="193" t="s">
+      <c r="R21" s="186" t="s">
         <v>31</v>
       </c>
-      <c r="S21" s="193" t="s">
+      <c r="S21" s="186" t="s">
         <v>32</v>
       </c>
-      <c r="T21" s="193" t="s">
+      <c r="T21" s="186" t="s">
         <v>33</v>
       </c>
-      <c r="U21" s="193" t="s">
+      <c r="U21" s="186" t="s">
         <v>34</v>
       </c>
-      <c r="V21" s="194" t="s">
+      <c r="V21" s="187" t="s">
         <v>35</v>
       </c>
-      <c r="W21" s="195" t="s">
+      <c r="W21" s="188" t="s">
         <v>36</v>
       </c>
       <c r="Y21" s="62"/>
       <c r="Z21" s="62"/>
       <c r="AA21" s="62"/>
       <c r="AB21" s="62"/>
       <c r="AC21" s="62"/>
       <c r="AD21" s="62"/>
       <c r="AE21" s="62"/>
       <c r="AF21" s="62"/>
       <c r="AG21" s="62"/>
       <c r="AH21" s="62"/>
       <c r="AI21" s="62"/>
       <c r="AJ21" s="62"/>
       <c r="AK21" s="62"/>
       <c r="AL21" s="62"/>
       <c r="AM21" s="62"/>
       <c r="AN21" s="62"/>
       <c r="AO21" s="62"/>
       <c r="AP21" s="62"/>
       <c r="AQ21" s="62"/>
       <c r="AR21" s="62"/>
     </row>
     <row r="22" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="261"/>
       <c r="B22" s="262"/>
       <c r="C22" s="263"/>
       <c r="D22" s="264"/>
-      <c r="E22" s="138"/>
-[...12 lines deleted...]
-      <c r="R22" s="115"/>
+      <c r="E22" s="131"/>
+      <c r="F22" s="112"/>
+      <c r="G22" s="107"/>
+      <c r="H22" s="107"/>
+      <c r="I22" s="107"/>
+      <c r="J22" s="107"/>
+      <c r="K22" s="152"/>
+      <c r="L22" s="153"/>
+      <c r="M22" s="154"/>
+      <c r="N22" s="123"/>
+      <c r="O22" s="124"/>
+      <c r="P22" s="124"/>
+      <c r="Q22" s="124"/>
+      <c r="R22" s="108"/>
       <c r="S22" s="27"/>
       <c r="T22" s="53"/>
       <c r="U22" s="54"/>
-      <c r="V22" s="196">
+      <c r="V22" s="189">
         <f>SUM(N22:U22)</f>
         <v>0</v>
       </c>
-      <c r="W22" s="197">
+      <c r="W22" s="190">
         <f t="shared" ref="W22:W29" si="1">IF(E22="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E22="b",(F22/12*N22)+(G22/12*O22)+(H22/12*P22)+(I22/12*Q22)+(J22/12*R22)+(K22/12*S22)+(L22/12*T22)+(M22/12*U22),0),(F22*1.2%*$F$17/12*N22)+(G22*1.2%*$G$17/12*O22)+(H22*1.2%*$H$17/12*P22)+(I22*1.2%*$I$17/12*Q22)+(J22*1.2%*$J$17/12*R22)+(K22*1.2%*$K$17/12*S22)+(L22*1.2%*$L$17/12*T22)+(M22*1.2%*$M$17/12*U22)))</f>
         <v>0</v>
       </c>
       <c r="X22" s="2">
         <f>IF(E22="o",0,SUM(N22:U22))</f>
         <v>0</v>
       </c>
       <c r="Y22" s="62"/>
       <c r="Z22" s="62"/>
       <c r="AA22" s="62"/>
       <c r="AB22" s="62"/>
       <c r="AC22" s="62"/>
       <c r="AD22" s="62"/>
       <c r="AE22" s="62"/>
       <c r="AF22" s="62"/>
       <c r="AG22" s="62"/>
       <c r="AH22" s="62"/>
       <c r="AI22" s="62"/>
       <c r="AJ22" s="62"/>
       <c r="AK22" s="62"/>
       <c r="AL22" s="62"/>
       <c r="AM22" s="62"/>
       <c r="AN22" s="62"/>
       <c r="AO22" s="62"/>
       <c r="AP22" s="62"/>
       <c r="AQ22" s="62"/>
       <c r="AR22" s="62"/>
     </row>
     <row r="23" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="265"/>
       <c r="B23" s="266"/>
       <c r="C23" s="267"/>
       <c r="D23" s="268"/>
-      <c r="E23" s="139"/>
-      <c r="F23" s="120"/>
+      <c r="E23" s="132"/>
+      <c r="F23" s="113"/>
       <c r="G23" s="49"/>
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
-      <c r="K23" s="162"/>
-[...2 lines deleted...]
-      <c r="N23" s="132"/>
+      <c r="K23" s="155"/>
+      <c r="L23" s="156"/>
+      <c r="M23" s="157"/>
+      <c r="N23" s="125"/>
       <c r="O23" s="28"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="28"/>
-      <c r="R23" s="116"/>
+      <c r="R23" s="109"/>
       <c r="S23" s="28"/>
       <c r="T23" s="55"/>
       <c r="U23" s="56"/>
-      <c r="V23" s="198">
+      <c r="V23" s="191">
         <f t="shared" ref="V23:V275" si="2">SUM(N23:U23)</f>
         <v>0</v>
       </c>
-      <c r="W23" s="197">
+      <c r="W23" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X23" s="2">
         <f t="shared" ref="X23:X275" si="3">IF(E23="o",0,SUM(N23:U23))</f>
         <v>0</v>
       </c>
       <c r="Y23" s="62"/>
       <c r="Z23" s="62"/>
       <c r="AA23" s="62"/>
       <c r="AB23" s="62"/>
       <c r="AC23" s="62"/>
       <c r="AD23" s="62"/>
       <c r="AE23" s="62"/>
       <c r="AF23" s="62"/>
       <c r="AG23" s="62"/>
       <c r="AH23" s="62"/>
       <c r="AI23" s="62"/>
       <c r="AJ23" s="62"/>
       <c r="AK23" s="62"/>
       <c r="AL23" s="62"/>
       <c r="AM23" s="62"/>
       <c r="AN23" s="62"/>
       <c r="AO23" s="62"/>
       <c r="AP23" s="62"/>
       <c r="AQ23" s="62"/>
       <c r="AR23" s="62"/>
     </row>
     <row r="24" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="265"/>
       <c r="B24" s="266"/>
       <c r="C24" s="267"/>
       <c r="D24" s="268"/>
-      <c r="E24" s="139"/>
-      <c r="F24" s="121"/>
+      <c r="E24" s="132"/>
+      <c r="F24" s="114"/>
       <c r="G24" s="50"/>
       <c r="H24" s="50"/>
       <c r="I24" s="50"/>
       <c r="J24" s="50"/>
-      <c r="K24" s="165"/>
-[...2 lines deleted...]
-      <c r="N24" s="133"/>
+      <c r="K24" s="158"/>
+      <c r="L24" s="159"/>
+      <c r="M24" s="160"/>
+      <c r="N24" s="126"/>
       <c r="O24" s="29"/>
       <c r="P24" s="29"/>
       <c r="Q24" s="29"/>
-      <c r="R24" s="117"/>
+      <c r="R24" s="110"/>
       <c r="S24" s="28"/>
       <c r="T24" s="55"/>
       <c r="U24" s="56"/>
-      <c r="V24" s="198">
+      <c r="V24" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W24" s="197">
+      <c r="W24" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X24" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y24" s="62"/>
       <c r="Z24" s="62"/>
       <c r="AA24" s="62"/>
       <c r="AB24" s="62"/>
       <c r="AC24" s="62"/>
       <c r="AD24" s="62"/>
       <c r="AE24" s="62"/>
       <c r="AF24" s="62"/>
       <c r="AG24" s="62"/>
       <c r="AH24" s="62"/>
       <c r="AI24" s="62"/>
       <c r="AJ24" s="62"/>
       <c r="AK24" s="62"/>
       <c r="AL24" s="62"/>
       <c r="AM24" s="62"/>
       <c r="AN24" s="62"/>
       <c r="AO24" s="62"/>
       <c r="AP24" s="62"/>
       <c r="AQ24" s="62"/>
       <c r="AR24" s="62"/>
     </row>
     <row r="25" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="240"/>
       <c r="B25" s="241"/>
       <c r="C25" s="241"/>
       <c r="D25" s="241"/>
-      <c r="E25" s="139"/>
-      <c r="F25" s="122"/>
+      <c r="E25" s="132"/>
+      <c r="F25" s="115"/>
       <c r="G25" s="51"/>
       <c r="H25" s="51"/>
       <c r="I25" s="51"/>
       <c r="J25" s="51"/>
-      <c r="K25" s="168"/>
-[...1 lines deleted...]
-      <c r="M25" s="170"/>
+      <c r="K25" s="161"/>
+      <c r="L25" s="162"/>
+      <c r="M25" s="163"/>
       <c r="N25" s="31"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
       <c r="Q25" s="32"/>
-      <c r="R25" s="118"/>
+      <c r="R25" s="111"/>
       <c r="S25" s="33"/>
       <c r="T25" s="57"/>
       <c r="U25" s="58"/>
-      <c r="V25" s="198">
+      <c r="V25" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W25" s="197">
+      <c r="W25" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X25" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y25" s="62"/>
       <c r="Z25" s="62"/>
       <c r="AA25" s="62"/>
       <c r="AB25" s="62"/>
       <c r="AC25" s="62"/>
       <c r="AD25" s="62"/>
       <c r="AE25" s="62"/>
       <c r="AF25" s="62"/>
       <c r="AG25" s="62"/>
       <c r="AH25" s="62"/>
       <c r="AI25" s="62"/>
       <c r="AJ25" s="62"/>
       <c r="AK25" s="62"/>
       <c r="AL25" s="62"/>
       <c r="AM25" s="62"/>
       <c r="AN25" s="62"/>
       <c r="AO25" s="62"/>
       <c r="AP25" s="62"/>
       <c r="AQ25" s="62"/>
       <c r="AR25" s="62"/>
     </row>
     <row r="26" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="240"/>
       <c r="B26" s="241"/>
       <c r="C26" s="241"/>
       <c r="D26" s="241"/>
-      <c r="E26" s="139"/>
-      <c r="F26" s="122"/>
+      <c r="E26" s="132"/>
+      <c r="F26" s="115"/>
       <c r="G26" s="51"/>
       <c r="H26" s="51"/>
       <c r="I26" s="51"/>
       <c r="J26" s="51"/>
-      <c r="K26" s="168"/>
-[...1 lines deleted...]
-      <c r="M26" s="170"/>
+      <c r="K26" s="161"/>
+      <c r="L26" s="162"/>
+      <c r="M26" s="163"/>
       <c r="N26" s="31"/>
       <c r="O26" s="32"/>
       <c r="P26" s="32"/>
       <c r="Q26" s="32"/>
-      <c r="R26" s="118"/>
+      <c r="R26" s="111"/>
       <c r="S26" s="33"/>
       <c r="T26" s="57"/>
       <c r="U26" s="58"/>
-      <c r="V26" s="198">
+      <c r="V26" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W26" s="197">
+      <c r="W26" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X26" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y26" s="62"/>
       <c r="Z26" s="62"/>
       <c r="AA26" s="62"/>
       <c r="AB26" s="62"/>
       <c r="AC26" s="62"/>
       <c r="AD26" s="62"/>
       <c r="AE26" s="62"/>
       <c r="AF26" s="62"/>
       <c r="AG26" s="62"/>
       <c r="AH26" s="62"/>
       <c r="AI26" s="62"/>
       <c r="AJ26" s="62"/>
       <c r="AK26" s="62"/>
       <c r="AL26" s="62"/>
       <c r="AM26" s="62"/>
       <c r="AN26" s="62"/>
       <c r="AO26" s="62"/>
       <c r="AP26" s="62"/>
       <c r="AQ26" s="62"/>
       <c r="AR26" s="62"/>
     </row>
     <row r="27" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="240"/>
       <c r="B27" s="241"/>
       <c r="C27" s="241"/>
       <c r="D27" s="241"/>
-      <c r="E27" s="139"/>
-      <c r="F27" s="122"/>
+      <c r="E27" s="132"/>
+      <c r="F27" s="115"/>
       <c r="G27" s="51"/>
       <c r="H27" s="51"/>
       <c r="I27" s="51"/>
       <c r="J27" s="51"/>
-      <c r="K27" s="168"/>
-[...1 lines deleted...]
-      <c r="M27" s="170"/>
+      <c r="K27" s="161"/>
+      <c r="L27" s="162"/>
+      <c r="M27" s="163"/>
       <c r="N27" s="31"/>
       <c r="O27" s="32"/>
       <c r="P27" s="32"/>
       <c r="Q27" s="32"/>
-      <c r="R27" s="118"/>
+      <c r="R27" s="111"/>
       <c r="S27" s="33"/>
       <c r="T27" s="57"/>
       <c r="U27" s="58"/>
-      <c r="V27" s="198">
+      <c r="V27" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W27" s="197">
+      <c r="W27" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X27" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y27" s="62"/>
       <c r="Z27" s="62"/>
       <c r="AA27" s="62"/>
       <c r="AB27" s="62"/>
       <c r="AC27" s="62"/>
       <c r="AD27" s="62"/>
       <c r="AE27" s="62"/>
       <c r="AF27" s="62"/>
       <c r="AG27" s="62"/>
       <c r="AH27" s="62"/>
       <c r="AI27" s="62"/>
       <c r="AJ27" s="62"/>
       <c r="AK27" s="62"/>
       <c r="AL27" s="62"/>
       <c r="AM27" s="62"/>
       <c r="AN27" s="62"/>
       <c r="AO27" s="62"/>
       <c r="AP27" s="62"/>
       <c r="AQ27" s="62"/>
       <c r="AR27" s="62"/>
     </row>
     <row r="28" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="240"/>
       <c r="B28" s="241"/>
       <c r="C28" s="241"/>
       <c r="D28" s="241"/>
-      <c r="E28" s="139"/>
-      <c r="F28" s="122"/>
+      <c r="E28" s="132"/>
+      <c r="F28" s="115"/>
       <c r="G28" s="51"/>
       <c r="H28" s="51"/>
       <c r="I28" s="51"/>
       <c r="J28" s="51"/>
-      <c r="K28" s="168"/>
-[...1 lines deleted...]
-      <c r="M28" s="170"/>
+      <c r="K28" s="161"/>
+      <c r="L28" s="162"/>
+      <c r="M28" s="163"/>
       <c r="N28" s="31"/>
       <c r="O28" s="32"/>
       <c r="P28" s="32"/>
       <c r="Q28" s="32"/>
-      <c r="R28" s="118"/>
+      <c r="R28" s="111"/>
       <c r="S28" s="33"/>
       <c r="T28" s="57"/>
       <c r="U28" s="58"/>
-      <c r="V28" s="198">
+      <c r="V28" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W28" s="197">
+      <c r="W28" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X28" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y28" s="62"/>
       <c r="Z28" s="62"/>
       <c r="AA28" s="62"/>
       <c r="AB28" s="62"/>
       <c r="AC28" s="62"/>
       <c r="AD28" s="62"/>
       <c r="AE28" s="62"/>
       <c r="AF28" s="62"/>
       <c r="AG28" s="62"/>
       <c r="AH28" s="62"/>
       <c r="AI28" s="62"/>
       <c r="AJ28" s="62"/>
       <c r="AK28" s="62"/>
       <c r="AL28" s="62"/>
       <c r="AM28" s="62"/>
       <c r="AN28" s="62"/>
       <c r="AO28" s="62"/>
       <c r="AP28" s="62"/>
       <c r="AQ28" s="62"/>
       <c r="AR28" s="62"/>
     </row>
     <row r="29" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="240"/>
       <c r="B29" s="241"/>
       <c r="C29" s="241"/>
       <c r="D29" s="241"/>
-      <c r="E29" s="139"/>
-      <c r="F29" s="122"/>
+      <c r="E29" s="132"/>
+      <c r="F29" s="115"/>
       <c r="G29" s="51"/>
       <c r="H29" s="51"/>
       <c r="I29" s="51"/>
       <c r="J29" s="51"/>
-      <c r="K29" s="168"/>
-[...1 lines deleted...]
-      <c r="M29" s="170"/>
+      <c r="K29" s="161"/>
+      <c r="L29" s="162"/>
+      <c r="M29" s="163"/>
       <c r="N29" s="31"/>
       <c r="O29" s="32"/>
       <c r="P29" s="32"/>
       <c r="Q29" s="32"/>
-      <c r="R29" s="118"/>
+      <c r="R29" s="111"/>
       <c r="S29" s="33"/>
       <c r="T29" s="57"/>
       <c r="U29" s="58"/>
-      <c r="V29" s="198">
+      <c r="V29" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W29" s="197">
+      <c r="W29" s="190">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X29" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y29" s="62"/>
       <c r="Z29" s="62"/>
       <c r="AA29" s="62"/>
       <c r="AB29" s="62"/>
       <c r="AC29" s="62"/>
       <c r="AD29" s="62"/>
       <c r="AE29" s="62"/>
       <c r="AF29" s="62"/>
       <c r="AG29" s="62"/>
       <c r="AH29" s="62"/>
       <c r="AI29" s="62"/>
       <c r="AJ29" s="62"/>
       <c r="AK29" s="62"/>
       <c r="AL29" s="62"/>
       <c r="AM29" s="62"/>
       <c r="AN29" s="62"/>
       <c r="AO29" s="62"/>
       <c r="AP29" s="62"/>
       <c r="AQ29" s="62"/>
       <c r="AR29" s="62"/>
     </row>
     <row r="30" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="240"/>
       <c r="B30" s="241"/>
       <c r="C30" s="241"/>
       <c r="D30" s="242"/>
-      <c r="E30" s="139"/>
-      <c r="F30" s="122"/>
+      <c r="E30" s="132"/>
+      <c r="F30" s="115"/>
       <c r="G30" s="51"/>
       <c r="H30" s="51"/>
       <c r="I30" s="51"/>
       <c r="J30" s="51"/>
-      <c r="K30" s="168"/>
-[...1 lines deleted...]
-      <c r="M30" s="170"/>
+      <c r="K30" s="161"/>
+      <c r="L30" s="162"/>
+      <c r="M30" s="163"/>
       <c r="N30" s="31"/>
       <c r="O30" s="32"/>
       <c r="P30" s="32"/>
       <c r="Q30" s="32"/>
-      <c r="R30" s="118"/>
+      <c r="R30" s="111"/>
       <c r="S30" s="33"/>
       <c r="T30" s="57"/>
       <c r="U30" s="58"/>
-      <c r="V30" s="198">
+      <c r="V30" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W30" s="197">
+      <c r="W30" s="190">
         <f t="shared" ref="W30:W34" si="4">IF(E30="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E30="b",(F30/12*N30)+(G30/12*O30)+(H30/12*P30)+(I30/12*Q30)+(J30/12*R30)+(K30/12*S30)+(L30/12*T30)+(M30/12*U30),0),(F30*1.2%*$F$17/12*N30)+(G30*1.2%*$G$17/12*O30)+(H30*1.2%*$H$17/12*P30)+(I30*1.2%*$I$17/12*Q30)+(J30*1.2%*$J$17/12*R30)+(K30*1.2%*$K$17/12*S30)+(L30*1.2%*$L$17/12*T30)+(M30*1.2%*$M$17/12*U30)))</f>
         <v>0</v>
       </c>
       <c r="X30" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y30" s="62"/>
       <c r="Z30" s="62"/>
       <c r="AA30" s="62"/>
       <c r="AB30" s="62"/>
       <c r="AC30" s="62"/>
       <c r="AD30" s="62"/>
       <c r="AE30" s="62"/>
       <c r="AF30" s="62"/>
       <c r="AG30" s="62"/>
       <c r="AH30" s="62"/>
       <c r="AI30" s="62"/>
       <c r="AJ30" s="62"/>
       <c r="AK30" s="62"/>
       <c r="AL30" s="62"/>
       <c r="AM30" s="62"/>
       <c r="AN30" s="62"/>
       <c r="AO30" s="62"/>
       <c r="AP30" s="62"/>
       <c r="AQ30" s="62"/>
       <c r="AR30" s="62"/>
     </row>
     <row r="31" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="240"/>
       <c r="B31" s="241"/>
       <c r="C31" s="241"/>
       <c r="D31" s="242"/>
-      <c r="E31" s="139"/>
-      <c r="F31" s="122"/>
+      <c r="E31" s="132"/>
+      <c r="F31" s="115"/>
       <c r="G31" s="51"/>
       <c r="H31" s="51"/>
       <c r="I31" s="51"/>
       <c r="J31" s="51"/>
-      <c r="K31" s="168"/>
-[...1 lines deleted...]
-      <c r="M31" s="170"/>
+      <c r="K31" s="161"/>
+      <c r="L31" s="162"/>
+      <c r="M31" s="163"/>
       <c r="N31" s="31"/>
       <c r="O31" s="32"/>
       <c r="P31" s="32"/>
       <c r="Q31" s="32"/>
-      <c r="R31" s="118"/>
+      <c r="R31" s="111"/>
       <c r="S31" s="33"/>
       <c r="T31" s="57"/>
       <c r="U31" s="58"/>
-      <c r="V31" s="198">
+      <c r="V31" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W31" s="197">
+      <c r="W31" s="190">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X31" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y31" s="62"/>
       <c r="Z31" s="62"/>
       <c r="AA31" s="62"/>
       <c r="AB31" s="62"/>
       <c r="AC31" s="62"/>
       <c r="AD31" s="62"/>
       <c r="AE31" s="62"/>
       <c r="AF31" s="62"/>
       <c r="AG31" s="62"/>
       <c r="AH31" s="62"/>
       <c r="AI31" s="62"/>
       <c r="AJ31" s="62"/>
       <c r="AK31" s="62"/>
       <c r="AL31" s="62"/>
       <c r="AM31" s="62"/>
       <c r="AN31" s="62"/>
       <c r="AO31" s="62"/>
       <c r="AP31" s="62"/>
       <c r="AQ31" s="62"/>
       <c r="AR31" s="62"/>
     </row>
     <row r="32" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="240"/>
       <c r="B32" s="241"/>
       <c r="C32" s="241"/>
       <c r="D32" s="242"/>
-      <c r="E32" s="139"/>
-      <c r="F32" s="122"/>
+      <c r="E32" s="132"/>
+      <c r="F32" s="115"/>
       <c r="G32" s="51"/>
       <c r="H32" s="51"/>
       <c r="I32" s="51"/>
       <c r="J32" s="51"/>
-      <c r="K32" s="168"/>
-[...1 lines deleted...]
-      <c r="M32" s="170"/>
+      <c r="K32" s="161"/>
+      <c r="L32" s="162"/>
+      <c r="M32" s="163"/>
       <c r="N32" s="31"/>
       <c r="O32" s="32"/>
       <c r="P32" s="32"/>
       <c r="Q32" s="32"/>
-      <c r="R32" s="118"/>
+      <c r="R32" s="111"/>
       <c r="S32" s="33"/>
       <c r="T32" s="57"/>
       <c r="U32" s="58"/>
-      <c r="V32" s="198">
+      <c r="V32" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W32" s="197">
+      <c r="W32" s="190">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X32" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y32" s="62"/>
       <c r="Z32" s="62"/>
       <c r="AA32" s="62"/>
       <c r="AB32" s="62"/>
       <c r="AC32" s="62"/>
       <c r="AD32" s="62"/>
       <c r="AE32" s="62"/>
       <c r="AF32" s="62"/>
       <c r="AG32" s="62"/>
       <c r="AH32" s="62"/>
       <c r="AI32" s="62"/>
       <c r="AJ32" s="62"/>
       <c r="AK32" s="62"/>
       <c r="AL32" s="62"/>
       <c r="AM32" s="62"/>
       <c r="AN32" s="62"/>
       <c r="AO32" s="62"/>
       <c r="AP32" s="62"/>
       <c r="AQ32" s="62"/>
       <c r="AR32" s="62"/>
     </row>
     <row r="33" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A33" s="240"/>
       <c r="B33" s="241"/>
       <c r="C33" s="241"/>
       <c r="D33" s="242"/>
-      <c r="E33" s="139"/>
-      <c r="F33" s="122"/>
+      <c r="E33" s="132"/>
+      <c r="F33" s="115"/>
       <c r="G33" s="51"/>
       <c r="H33" s="51"/>
       <c r="I33" s="51"/>
       <c r="J33" s="51"/>
-      <c r="K33" s="168"/>
-[...1 lines deleted...]
-      <c r="M33" s="170"/>
+      <c r="K33" s="161"/>
+      <c r="L33" s="162"/>
+      <c r="M33" s="163"/>
       <c r="N33" s="31"/>
       <c r="O33" s="32"/>
       <c r="P33" s="32"/>
       <c r="Q33" s="32"/>
-      <c r="R33" s="118"/>
+      <c r="R33" s="111"/>
       <c r="S33" s="33"/>
       <c r="T33" s="57"/>
       <c r="U33" s="58"/>
-      <c r="V33" s="198">
+      <c r="V33" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W33" s="197">
+      <c r="W33" s="190">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X33" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y33" s="62"/>
       <c r="Z33" s="62"/>
       <c r="AA33" s="62"/>
       <c r="AB33" s="62"/>
       <c r="AC33" s="62"/>
       <c r="AD33" s="62"/>
       <c r="AE33" s="62"/>
       <c r="AF33" s="62"/>
       <c r="AG33" s="62"/>
       <c r="AH33" s="62"/>
       <c r="AI33" s="62"/>
       <c r="AJ33" s="62"/>
       <c r="AK33" s="62"/>
       <c r="AL33" s="62"/>
       <c r="AM33" s="62"/>
       <c r="AN33" s="62"/>
       <c r="AO33" s="62"/>
       <c r="AP33" s="62"/>
       <c r="AQ33" s="62"/>
       <c r="AR33" s="62"/>
     </row>
     <row r="34" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A34" s="240"/>
       <c r="B34" s="241"/>
       <c r="C34" s="241"/>
       <c r="D34" s="242"/>
-      <c r="E34" s="139"/>
-      <c r="F34" s="122"/>
+      <c r="E34" s="132"/>
+      <c r="F34" s="115"/>
       <c r="G34" s="51"/>
       <c r="H34" s="51"/>
       <c r="I34" s="51"/>
       <c r="J34" s="51"/>
-      <c r="K34" s="168"/>
-[...1 lines deleted...]
-      <c r="M34" s="170"/>
+      <c r="K34" s="161"/>
+      <c r="L34" s="162"/>
+      <c r="M34" s="163"/>
       <c r="N34" s="31"/>
       <c r="O34" s="32"/>
       <c r="P34" s="32"/>
-      <c r="Q34" s="134"/>
-      <c r="R34" s="118"/>
+      <c r="Q34" s="127"/>
+      <c r="R34" s="111"/>
       <c r="S34" s="33"/>
       <c r="T34" s="57"/>
       <c r="U34" s="58"/>
-      <c r="V34" s="198">
+      <c r="V34" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W34" s="197">
+      <c r="W34" s="190">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X34" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y34" s="62"/>
       <c r="Z34" s="62"/>
       <c r="AA34" s="62"/>
       <c r="AB34" s="62"/>
       <c r="AC34" s="62"/>
       <c r="AD34" s="62"/>
       <c r="AE34" s="62"/>
       <c r="AF34" s="62"/>
       <c r="AG34" s="62"/>
       <c r="AH34" s="62"/>
       <c r="AI34" s="62"/>
       <c r="AJ34" s="62"/>
       <c r="AK34" s="62"/>
       <c r="AL34" s="62"/>
       <c r="AM34" s="62"/>
       <c r="AN34" s="62"/>
       <c r="AO34" s="62"/>
       <c r="AP34" s="62"/>
       <c r="AQ34" s="62"/>
       <c r="AR34" s="62"/>
     </row>
     <row r="35" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A35" s="240"/>
       <c r="B35" s="241"/>
       <c r="C35" s="241"/>
       <c r="D35" s="241"/>
-      <c r="E35" s="139"/>
-      <c r="F35" s="122"/>
+      <c r="E35" s="132"/>
+      <c r="F35" s="115"/>
       <c r="G35" s="51"/>
       <c r="H35" s="51"/>
       <c r="I35" s="51"/>
       <c r="J35" s="51"/>
-      <c r="K35" s="168"/>
-[...1 lines deleted...]
-      <c r="M35" s="170"/>
+      <c r="K35" s="161"/>
+      <c r="L35" s="162"/>
+      <c r="M35" s="163"/>
       <c r="N35" s="31"/>
       <c r="O35" s="32"/>
       <c r="P35" s="32"/>
-      <c r="Q35" s="134"/>
-      <c r="R35" s="118"/>
+      <c r="Q35" s="127"/>
+      <c r="R35" s="111"/>
       <c r="S35" s="33"/>
       <c r="T35" s="57"/>
       <c r="U35" s="58"/>
-      <c r="V35" s="198">
+      <c r="V35" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W35" s="197">
+      <c r="W35" s="190">
         <f t="shared" ref="W35:W98" si="5">IF(E35="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E35="b",(F35/12*N35)+(G35/12*O35)+(H35/12*P35)+(I35/12*Q35)+(J35/12*R35)+(K35/12*S35)+(L35/12*T35)+(M35/12*U35),0),(F35*1.2%*$F$17/12*N35)+(G35*1.2%*$G$17/12*O35)+(H35*1.2%*$H$17/12*P35)+(I35*1.2%*$I$17/12*Q35)+(J35*1.2%*$J$17/12*R35)+(K35*1.2%*$K$17/12*S35)+(L35*1.2%*$L$17/12*T35)+(M35*1.2%*$M$17/12*U35)))</f>
         <v>0</v>
       </c>
       <c r="X35" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y35" s="62"/>
       <c r="Z35" s="62"/>
       <c r="AA35" s="62"/>
       <c r="AB35" s="62"/>
       <c r="AC35" s="62"/>
       <c r="AD35" s="62"/>
       <c r="AE35" s="62"/>
       <c r="AF35" s="62"/>
       <c r="AG35" s="62"/>
       <c r="AH35" s="62"/>
       <c r="AI35" s="62"/>
       <c r="AJ35" s="62"/>
       <c r="AK35" s="62"/>
       <c r="AL35" s="62"/>
       <c r="AM35" s="62"/>
       <c r="AN35" s="62"/>
       <c r="AO35" s="62"/>
       <c r="AP35" s="62"/>
       <c r="AQ35" s="62"/>
       <c r="AR35" s="62"/>
     </row>
     <row r="36" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A36" s="240"/>
       <c r="B36" s="241"/>
       <c r="C36" s="241"/>
       <c r="D36" s="241"/>
-      <c r="E36" s="139"/>
-      <c r="F36" s="122"/>
+      <c r="E36" s="132"/>
+      <c r="F36" s="115"/>
       <c r="G36" s="51"/>
       <c r="H36" s="51"/>
       <c r="I36" s="51"/>
       <c r="J36" s="51"/>
-      <c r="K36" s="168"/>
-[...1 lines deleted...]
-      <c r="M36" s="170"/>
+      <c r="K36" s="161"/>
+      <c r="L36" s="162"/>
+      <c r="M36" s="163"/>
       <c r="N36" s="31"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
-      <c r="Q36" s="134"/>
-      <c r="R36" s="118"/>
+      <c r="Q36" s="127"/>
+      <c r="R36" s="111"/>
       <c r="S36" s="33"/>
       <c r="T36" s="57"/>
       <c r="U36" s="58"/>
-      <c r="V36" s="198">
+      <c r="V36" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W36" s="197">
+      <c r="W36" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X36" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y36" s="62"/>
       <c r="Z36" s="62"/>
       <c r="AA36" s="62"/>
       <c r="AB36" s="62"/>
       <c r="AC36" s="62"/>
       <c r="AD36" s="62"/>
       <c r="AE36" s="62"/>
       <c r="AF36" s="62"/>
       <c r="AG36" s="62"/>
       <c r="AH36" s="62"/>
       <c r="AI36" s="62"/>
       <c r="AJ36" s="62"/>
       <c r="AK36" s="62"/>
       <c r="AL36" s="62"/>
       <c r="AM36" s="62"/>
       <c r="AN36" s="62"/>
       <c r="AO36" s="62"/>
       <c r="AP36" s="62"/>
       <c r="AQ36" s="62"/>
       <c r="AR36" s="62"/>
     </row>
     <row r="37" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A37" s="240"/>
       <c r="B37" s="241"/>
       <c r="C37" s="241"/>
       <c r="D37" s="241"/>
-      <c r="E37" s="139"/>
-      <c r="F37" s="122"/>
+      <c r="E37" s="132"/>
+      <c r="F37" s="115"/>
       <c r="G37" s="51"/>
       <c r="H37" s="51"/>
       <c r="I37" s="51"/>
       <c r="J37" s="51"/>
-      <c r="K37" s="168"/>
-[...1 lines deleted...]
-      <c r="M37" s="170"/>
+      <c r="K37" s="161"/>
+      <c r="L37" s="162"/>
+      <c r="M37" s="163"/>
       <c r="N37" s="31"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
-      <c r="Q37" s="134"/>
-      <c r="R37" s="118"/>
+      <c r="Q37" s="127"/>
+      <c r="R37" s="111"/>
       <c r="S37" s="33"/>
       <c r="T37" s="57"/>
       <c r="U37" s="58"/>
-      <c r="V37" s="198">
+      <c r="V37" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W37" s="197">
+      <c r="W37" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X37" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y37" s="62"/>
       <c r="Z37" s="62"/>
       <c r="AA37" s="62"/>
       <c r="AB37" s="62"/>
       <c r="AC37" s="62"/>
       <c r="AD37" s="62"/>
       <c r="AE37" s="62"/>
       <c r="AF37" s="62"/>
       <c r="AG37" s="62"/>
       <c r="AH37" s="62"/>
       <c r="AI37" s="62"/>
       <c r="AJ37" s="62"/>
       <c r="AK37" s="62"/>
       <c r="AL37" s="62"/>
       <c r="AM37" s="62"/>
       <c r="AN37" s="62"/>
       <c r="AO37" s="62"/>
       <c r="AP37" s="62"/>
       <c r="AQ37" s="62"/>
       <c r="AR37" s="62"/>
     </row>
     <row r="38" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A38" s="240"/>
       <c r="B38" s="241"/>
       <c r="C38" s="241"/>
       <c r="D38" s="241"/>
-      <c r="E38" s="139"/>
-      <c r="F38" s="122"/>
+      <c r="E38" s="132"/>
+      <c r="F38" s="115"/>
       <c r="G38" s="51"/>
       <c r="H38" s="51"/>
       <c r="I38" s="51"/>
       <c r="J38" s="51"/>
-      <c r="K38" s="168"/>
-[...1 lines deleted...]
-      <c r="M38" s="170"/>
+      <c r="K38" s="161"/>
+      <c r="L38" s="162"/>
+      <c r="M38" s="163"/>
       <c r="N38" s="31"/>
       <c r="O38" s="32"/>
       <c r="P38" s="32"/>
-      <c r="Q38" s="134"/>
-      <c r="R38" s="118"/>
+      <c r="Q38" s="127"/>
+      <c r="R38" s="111"/>
       <c r="S38" s="33"/>
       <c r="T38" s="57"/>
       <c r="U38" s="58"/>
-      <c r="V38" s="198">
+      <c r="V38" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W38" s="197">
+      <c r="W38" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X38" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y38" s="62"/>
       <c r="Z38" s="62"/>
       <c r="AA38" s="62"/>
       <c r="AB38" s="62"/>
       <c r="AC38" s="62"/>
       <c r="AD38" s="62"/>
       <c r="AE38" s="62"/>
       <c r="AF38" s="62"/>
       <c r="AG38" s="62"/>
       <c r="AH38" s="62"/>
       <c r="AI38" s="62"/>
       <c r="AJ38" s="62"/>
       <c r="AK38" s="62"/>
       <c r="AL38" s="62"/>
       <c r="AM38" s="62"/>
       <c r="AN38" s="62"/>
       <c r="AO38" s="62"/>
       <c r="AP38" s="62"/>
       <c r="AQ38" s="62"/>
       <c r="AR38" s="62"/>
     </row>
     <row r="39" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A39" s="240"/>
       <c r="B39" s="241"/>
       <c r="C39" s="241"/>
       <c r="D39" s="241"/>
-      <c r="E39" s="139"/>
-      <c r="F39" s="122"/>
+      <c r="E39" s="132"/>
+      <c r="F39" s="115"/>
       <c r="G39" s="51"/>
       <c r="H39" s="51"/>
       <c r="I39" s="51"/>
       <c r="J39" s="51"/>
-      <c r="K39" s="168"/>
-[...1 lines deleted...]
-      <c r="M39" s="170"/>
+      <c r="K39" s="161"/>
+      <c r="L39" s="162"/>
+      <c r="M39" s="163"/>
       <c r="N39" s="31"/>
       <c r="O39" s="32"/>
       <c r="P39" s="32"/>
-      <c r="Q39" s="134"/>
-      <c r="R39" s="118"/>
+      <c r="Q39" s="127"/>
+      <c r="R39" s="111"/>
       <c r="S39" s="33"/>
       <c r="T39" s="57"/>
       <c r="U39" s="58"/>
-      <c r="V39" s="198">
+      <c r="V39" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W39" s="197">
+      <c r="W39" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X39" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y39" s="62"/>
       <c r="Z39" s="62"/>
       <c r="AA39" s="62"/>
       <c r="AB39" s="62"/>
       <c r="AC39" s="62"/>
       <c r="AD39" s="62"/>
       <c r="AE39" s="62"/>
       <c r="AF39" s="62"/>
       <c r="AG39" s="62"/>
       <c r="AH39" s="62"/>
       <c r="AI39" s="62"/>
       <c r="AJ39" s="62"/>
       <c r="AK39" s="62"/>
       <c r="AL39" s="62"/>
       <c r="AM39" s="62"/>
       <c r="AN39" s="62"/>
       <c r="AO39" s="62"/>
       <c r="AP39" s="62"/>
       <c r="AQ39" s="62"/>
       <c r="AR39" s="62"/>
     </row>
     <row r="40" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A40" s="240"/>
       <c r="B40" s="241"/>
       <c r="C40" s="241"/>
       <c r="D40" s="241"/>
-      <c r="E40" s="139"/>
-      <c r="F40" s="122"/>
+      <c r="E40" s="132"/>
+      <c r="F40" s="115"/>
       <c r="G40" s="51"/>
       <c r="H40" s="51"/>
       <c r="I40" s="51"/>
       <c r="J40" s="51"/>
-      <c r="K40" s="168"/>
-[...1 lines deleted...]
-      <c r="M40" s="170"/>
+      <c r="K40" s="161"/>
+      <c r="L40" s="162"/>
+      <c r="M40" s="163"/>
       <c r="N40" s="31"/>
       <c r="O40" s="32"/>
       <c r="P40" s="32"/>
-      <c r="Q40" s="134"/>
-      <c r="R40" s="118"/>
+      <c r="Q40" s="127"/>
+      <c r="R40" s="111"/>
       <c r="S40" s="33"/>
       <c r="T40" s="57"/>
       <c r="U40" s="58"/>
-      <c r="V40" s="198">
+      <c r="V40" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W40" s="197">
+      <c r="W40" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X40" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y40" s="62"/>
       <c r="Z40" s="62"/>
       <c r="AA40" s="62"/>
       <c r="AB40" s="62"/>
       <c r="AC40" s="62"/>
       <c r="AD40" s="62"/>
       <c r="AE40" s="62"/>
       <c r="AF40" s="62"/>
       <c r="AG40" s="62"/>
       <c r="AH40" s="62"/>
       <c r="AI40" s="62"/>
       <c r="AJ40" s="62"/>
       <c r="AK40" s="62"/>
       <c r="AL40" s="62"/>
       <c r="AM40" s="62"/>
       <c r="AN40" s="62"/>
       <c r="AO40" s="62"/>
       <c r="AP40" s="62"/>
       <c r="AQ40" s="62"/>
       <c r="AR40" s="62"/>
     </row>
     <row r="41" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A41" s="240"/>
       <c r="B41" s="241"/>
       <c r="C41" s="241"/>
       <c r="D41" s="241"/>
-      <c r="E41" s="139"/>
-      <c r="F41" s="122"/>
+      <c r="E41" s="132"/>
+      <c r="F41" s="115"/>
       <c r="G41" s="51"/>
       <c r="H41" s="51"/>
       <c r="I41" s="51"/>
       <c r="J41" s="51"/>
-      <c r="K41" s="168"/>
-[...1 lines deleted...]
-      <c r="M41" s="170"/>
+      <c r="K41" s="161"/>
+      <c r="L41" s="162"/>
+      <c r="M41" s="163"/>
       <c r="N41" s="31"/>
       <c r="O41" s="32"/>
       <c r="P41" s="32"/>
-      <c r="Q41" s="134"/>
-      <c r="R41" s="118"/>
+      <c r="Q41" s="127"/>
+      <c r="R41" s="111"/>
       <c r="S41" s="33"/>
       <c r="T41" s="57"/>
       <c r="U41" s="58"/>
-      <c r="V41" s="198">
+      <c r="V41" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W41" s="197">
+      <c r="W41" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X41" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y41" s="62"/>
       <c r="Z41" s="62"/>
       <c r="AA41" s="62"/>
       <c r="AB41" s="62"/>
       <c r="AC41" s="62"/>
       <c r="AD41" s="62"/>
       <c r="AE41" s="62"/>
       <c r="AF41" s="62"/>
       <c r="AG41" s="62"/>
       <c r="AH41" s="62"/>
       <c r="AI41" s="62"/>
       <c r="AJ41" s="62"/>
       <c r="AK41" s="62"/>
       <c r="AL41" s="62"/>
       <c r="AM41" s="62"/>
       <c r="AN41" s="62"/>
       <c r="AO41" s="62"/>
       <c r="AP41" s="62"/>
       <c r="AQ41" s="62"/>
       <c r="AR41" s="62"/>
     </row>
     <row r="42" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A42" s="240"/>
       <c r="B42" s="241"/>
       <c r="C42" s="241"/>
       <c r="D42" s="241"/>
-      <c r="E42" s="139"/>
-      <c r="F42" s="122"/>
+      <c r="E42" s="132"/>
+      <c r="F42" s="115"/>
       <c r="G42" s="51"/>
       <c r="H42" s="51"/>
       <c r="I42" s="51"/>
       <c r="J42" s="51"/>
-      <c r="K42" s="168"/>
-[...1 lines deleted...]
-      <c r="M42" s="170"/>
+      <c r="K42" s="161"/>
+      <c r="L42" s="162"/>
+      <c r="M42" s="163"/>
       <c r="N42" s="31"/>
       <c r="O42" s="32"/>
       <c r="P42" s="32"/>
-      <c r="Q42" s="134"/>
-      <c r="R42" s="118"/>
+      <c r="Q42" s="127"/>
+      <c r="R42" s="111"/>
       <c r="S42" s="33"/>
       <c r="T42" s="57"/>
       <c r="U42" s="58"/>
-      <c r="V42" s="198">
+      <c r="V42" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W42" s="197">
+      <c r="W42" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X42" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y42" s="62"/>
       <c r="Z42" s="62"/>
       <c r="AA42" s="62"/>
       <c r="AB42" s="62"/>
       <c r="AC42" s="62"/>
       <c r="AD42" s="62"/>
       <c r="AE42" s="62"/>
       <c r="AF42" s="62"/>
       <c r="AG42" s="62"/>
       <c r="AH42" s="62"/>
       <c r="AI42" s="62"/>
       <c r="AJ42" s="62"/>
       <c r="AK42" s="62"/>
       <c r="AL42" s="62"/>
       <c r="AM42" s="62"/>
       <c r="AN42" s="62"/>
       <c r="AO42" s="62"/>
       <c r="AP42" s="62"/>
       <c r="AQ42" s="62"/>
       <c r="AR42" s="62"/>
     </row>
     <row r="43" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A43" s="240"/>
       <c r="B43" s="241"/>
       <c r="C43" s="241"/>
       <c r="D43" s="241"/>
-      <c r="E43" s="139"/>
-      <c r="F43" s="122"/>
+      <c r="E43" s="132"/>
+      <c r="F43" s="115"/>
       <c r="G43" s="51"/>
       <c r="H43" s="51"/>
       <c r="I43" s="51"/>
       <c r="J43" s="51"/>
-      <c r="K43" s="168"/>
-[...1 lines deleted...]
-      <c r="M43" s="170"/>
+      <c r="K43" s="161"/>
+      <c r="L43" s="162"/>
+      <c r="M43" s="163"/>
       <c r="N43" s="31"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
-      <c r="Q43" s="134"/>
-      <c r="R43" s="118"/>
+      <c r="Q43" s="127"/>
+      <c r="R43" s="111"/>
       <c r="S43" s="33"/>
       <c r="T43" s="57"/>
       <c r="U43" s="58"/>
-      <c r="V43" s="198">
+      <c r="V43" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W43" s="197">
+      <c r="W43" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X43" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y43" s="62"/>
       <c r="Z43" s="62"/>
       <c r="AA43" s="62"/>
       <c r="AB43" s="62"/>
       <c r="AC43" s="62"/>
       <c r="AD43" s="62"/>
       <c r="AE43" s="62"/>
       <c r="AF43" s="62"/>
       <c r="AG43" s="62"/>
       <c r="AH43" s="62"/>
       <c r="AI43" s="62"/>
       <c r="AJ43" s="62"/>
       <c r="AK43" s="62"/>
       <c r="AL43" s="62"/>
       <c r="AM43" s="62"/>
       <c r="AN43" s="62"/>
       <c r="AO43" s="62"/>
       <c r="AP43" s="62"/>
       <c r="AQ43" s="62"/>
       <c r="AR43" s="62"/>
     </row>
     <row r="44" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A44" s="240"/>
       <c r="B44" s="241"/>
       <c r="C44" s="241"/>
       <c r="D44" s="241"/>
-      <c r="E44" s="139"/>
-      <c r="F44" s="122"/>
+      <c r="E44" s="132"/>
+      <c r="F44" s="115"/>
       <c r="G44" s="51"/>
       <c r="H44" s="51"/>
       <c r="I44" s="51"/>
       <c r="J44" s="51"/>
-      <c r="K44" s="168"/>
-[...1 lines deleted...]
-      <c r="M44" s="170"/>
+      <c r="K44" s="161"/>
+      <c r="L44" s="162"/>
+      <c r="M44" s="163"/>
       <c r="N44" s="31"/>
       <c r="O44" s="32"/>
       <c r="P44" s="32"/>
-      <c r="Q44" s="134"/>
-      <c r="R44" s="118"/>
+      <c r="Q44" s="127"/>
+      <c r="R44" s="111"/>
       <c r="S44" s="33"/>
       <c r="T44" s="57"/>
       <c r="U44" s="58"/>
-      <c r="V44" s="198">
+      <c r="V44" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W44" s="197">
+      <c r="W44" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X44" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y44" s="62"/>
       <c r="Z44" s="62"/>
       <c r="AA44" s="62"/>
       <c r="AB44" s="62"/>
       <c r="AC44" s="62"/>
       <c r="AD44" s="62"/>
       <c r="AE44" s="62"/>
       <c r="AF44" s="62"/>
       <c r="AG44" s="62"/>
       <c r="AH44" s="62"/>
       <c r="AI44" s="62"/>
       <c r="AJ44" s="62"/>
       <c r="AK44" s="62"/>
       <c r="AL44" s="62"/>
       <c r="AM44" s="62"/>
       <c r="AN44" s="62"/>
       <c r="AO44" s="62"/>
       <c r="AP44" s="62"/>
       <c r="AQ44" s="62"/>
       <c r="AR44" s="62"/>
     </row>
     <row r="45" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A45" s="240"/>
       <c r="B45" s="241"/>
       <c r="C45" s="241"/>
       <c r="D45" s="241"/>
-      <c r="E45" s="139"/>
-      <c r="F45" s="122"/>
+      <c r="E45" s="132"/>
+      <c r="F45" s="115"/>
       <c r="G45" s="51"/>
       <c r="H45" s="51"/>
       <c r="I45" s="51"/>
       <c r="J45" s="51"/>
-      <c r="K45" s="168"/>
-[...1 lines deleted...]
-      <c r="M45" s="170"/>
+      <c r="K45" s="161"/>
+      <c r="L45" s="162"/>
+      <c r="M45" s="163"/>
       <c r="N45" s="31"/>
       <c r="O45" s="32"/>
       <c r="P45" s="32"/>
-      <c r="Q45" s="134"/>
-      <c r="R45" s="118"/>
+      <c r="Q45" s="127"/>
+      <c r="R45" s="111"/>
       <c r="S45" s="33"/>
       <c r="T45" s="57"/>
       <c r="U45" s="58"/>
-      <c r="V45" s="198">
+      <c r="V45" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W45" s="197">
+      <c r="W45" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X45" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y45" s="62"/>
       <c r="Z45" s="62"/>
       <c r="AA45" s="62"/>
       <c r="AB45" s="62"/>
       <c r="AC45" s="62"/>
       <c r="AD45" s="62"/>
       <c r="AE45" s="62"/>
       <c r="AF45" s="62"/>
       <c r="AG45" s="62"/>
       <c r="AH45" s="62"/>
       <c r="AI45" s="62"/>
       <c r="AJ45" s="62"/>
       <c r="AK45" s="62"/>
       <c r="AL45" s="62"/>
       <c r="AM45" s="62"/>
       <c r="AN45" s="62"/>
       <c r="AO45" s="62"/>
       <c r="AP45" s="62"/>
       <c r="AQ45" s="62"/>
       <c r="AR45" s="62"/>
     </row>
     <row r="46" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A46" s="240"/>
       <c r="B46" s="241"/>
       <c r="C46" s="241"/>
       <c r="D46" s="241"/>
-      <c r="E46" s="139"/>
-      <c r="F46" s="122"/>
+      <c r="E46" s="132"/>
+      <c r="F46" s="115"/>
       <c r="G46" s="51"/>
       <c r="H46" s="51"/>
       <c r="I46" s="51"/>
       <c r="J46" s="51"/>
-      <c r="K46" s="168"/>
-[...1 lines deleted...]
-      <c r="M46" s="170"/>
+      <c r="K46" s="161"/>
+      <c r="L46" s="162"/>
+      <c r="M46" s="163"/>
       <c r="N46" s="31"/>
       <c r="O46" s="32"/>
       <c r="P46" s="32"/>
-      <c r="Q46" s="134"/>
-      <c r="R46" s="118"/>
+      <c r="Q46" s="127"/>
+      <c r="R46" s="111"/>
       <c r="S46" s="33"/>
       <c r="T46" s="57"/>
       <c r="U46" s="58"/>
-      <c r="V46" s="198">
+      <c r="V46" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W46" s="197">
+      <c r="W46" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X46" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y46" s="62"/>
       <c r="Z46" s="62"/>
       <c r="AA46" s="62"/>
       <c r="AB46" s="62"/>
       <c r="AC46" s="62"/>
       <c r="AD46" s="62"/>
       <c r="AE46" s="62"/>
       <c r="AF46" s="62"/>
       <c r="AG46" s="62"/>
       <c r="AH46" s="62"/>
       <c r="AI46" s="62"/>
       <c r="AJ46" s="62"/>
       <c r="AK46" s="62"/>
       <c r="AL46" s="62"/>
       <c r="AM46" s="62"/>
       <c r="AN46" s="62"/>
       <c r="AO46" s="62"/>
       <c r="AP46" s="62"/>
       <c r="AQ46" s="62"/>
       <c r="AR46" s="62"/>
     </row>
     <row r="47" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A47" s="240"/>
       <c r="B47" s="241"/>
       <c r="C47" s="241"/>
       <c r="D47" s="241"/>
-      <c r="E47" s="139"/>
-      <c r="F47" s="122"/>
+      <c r="E47" s="132"/>
+      <c r="F47" s="115"/>
       <c r="G47" s="51"/>
       <c r="H47" s="51"/>
       <c r="I47" s="51"/>
       <c r="J47" s="51"/>
-      <c r="K47" s="168"/>
-[...1 lines deleted...]
-      <c r="M47" s="170"/>
+      <c r="K47" s="161"/>
+      <c r="L47" s="162"/>
+      <c r="M47" s="163"/>
       <c r="N47" s="31"/>
       <c r="O47" s="32"/>
       <c r="P47" s="32"/>
-      <c r="Q47" s="134"/>
-      <c r="R47" s="118"/>
+      <c r="Q47" s="127"/>
+      <c r="R47" s="111"/>
       <c r="S47" s="33"/>
       <c r="T47" s="57"/>
       <c r="U47" s="58"/>
-      <c r="V47" s="198">
+      <c r="V47" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W47" s="197">
+      <c r="W47" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X47" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y47" s="62"/>
       <c r="Z47" s="62"/>
       <c r="AA47" s="62"/>
       <c r="AB47" s="62"/>
       <c r="AC47" s="62"/>
       <c r="AD47" s="62"/>
       <c r="AE47" s="62"/>
       <c r="AF47" s="62"/>
       <c r="AG47" s="62"/>
       <c r="AH47" s="62"/>
       <c r="AI47" s="62"/>
       <c r="AJ47" s="62"/>
       <c r="AK47" s="62"/>
       <c r="AL47" s="62"/>
       <c r="AM47" s="62"/>
       <c r="AN47" s="62"/>
       <c r="AO47" s="62"/>
       <c r="AP47" s="62"/>
       <c r="AQ47" s="62"/>
       <c r="AR47" s="62"/>
     </row>
     <row r="48" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A48" s="240"/>
       <c r="B48" s="241"/>
       <c r="C48" s="241"/>
       <c r="D48" s="241"/>
-      <c r="E48" s="139"/>
-      <c r="F48" s="122"/>
+      <c r="E48" s="132"/>
+      <c r="F48" s="115"/>
       <c r="G48" s="51"/>
       <c r="H48" s="51"/>
       <c r="I48" s="51"/>
       <c r="J48" s="51"/>
-      <c r="K48" s="168"/>
-[...1 lines deleted...]
-      <c r="M48" s="170"/>
+      <c r="K48" s="161"/>
+      <c r="L48" s="162"/>
+      <c r="M48" s="163"/>
       <c r="N48" s="31"/>
       <c r="O48" s="32"/>
       <c r="P48" s="32"/>
-      <c r="Q48" s="134"/>
-      <c r="R48" s="118"/>
+      <c r="Q48" s="127"/>
+      <c r="R48" s="111"/>
       <c r="S48" s="33"/>
       <c r="T48" s="57"/>
       <c r="U48" s="58"/>
-      <c r="V48" s="198">
+      <c r="V48" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W48" s="197">
+      <c r="W48" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X48" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y48" s="62"/>
       <c r="Z48" s="62"/>
       <c r="AA48" s="62"/>
       <c r="AB48" s="62"/>
       <c r="AC48" s="62"/>
       <c r="AD48" s="62"/>
       <c r="AE48" s="62"/>
       <c r="AF48" s="62"/>
       <c r="AG48" s="62"/>
       <c r="AH48" s="62"/>
       <c r="AI48" s="62"/>
       <c r="AJ48" s="62"/>
       <c r="AK48" s="62"/>
       <c r="AL48" s="62"/>
       <c r="AM48" s="62"/>
       <c r="AN48" s="62"/>
       <c r="AO48" s="62"/>
       <c r="AP48" s="62"/>
       <c r="AQ48" s="62"/>
       <c r="AR48" s="62"/>
     </row>
     <row r="49" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A49" s="240"/>
       <c r="B49" s="241"/>
       <c r="C49" s="241"/>
       <c r="D49" s="241"/>
-      <c r="E49" s="139"/>
-      <c r="F49" s="122"/>
+      <c r="E49" s="132"/>
+      <c r="F49" s="115"/>
       <c r="G49" s="51"/>
       <c r="H49" s="51"/>
       <c r="I49" s="51"/>
       <c r="J49" s="51"/>
-      <c r="K49" s="168"/>
-[...1 lines deleted...]
-      <c r="M49" s="170"/>
+      <c r="K49" s="161"/>
+      <c r="L49" s="162"/>
+      <c r="M49" s="163"/>
       <c r="N49" s="31"/>
       <c r="O49" s="32"/>
       <c r="P49" s="32"/>
-      <c r="Q49" s="134"/>
-      <c r="R49" s="118"/>
+      <c r="Q49" s="127"/>
+      <c r="R49" s="111"/>
       <c r="S49" s="33"/>
       <c r="T49" s="57"/>
       <c r="U49" s="58"/>
-      <c r="V49" s="198">
+      <c r="V49" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W49" s="197">
+      <c r="W49" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X49" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y49" s="62"/>
       <c r="Z49" s="62"/>
       <c r="AA49" s="62"/>
       <c r="AB49" s="62"/>
       <c r="AC49" s="62"/>
       <c r="AD49" s="62"/>
       <c r="AE49" s="62"/>
       <c r="AF49" s="62"/>
       <c r="AG49" s="62"/>
       <c r="AH49" s="62"/>
       <c r="AI49" s="62"/>
       <c r="AJ49" s="62"/>
       <c r="AK49" s="62"/>
       <c r="AL49" s="62"/>
       <c r="AM49" s="62"/>
       <c r="AN49" s="62"/>
       <c r="AO49" s="62"/>
       <c r="AP49" s="62"/>
       <c r="AQ49" s="62"/>
       <c r="AR49" s="62"/>
     </row>
     <row r="50" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A50" s="240"/>
       <c r="B50" s="241"/>
       <c r="C50" s="241"/>
       <c r="D50" s="241"/>
-      <c r="E50" s="139"/>
-      <c r="F50" s="122"/>
+      <c r="E50" s="132"/>
+      <c r="F50" s="115"/>
       <c r="G50" s="51"/>
       <c r="H50" s="51"/>
       <c r="I50" s="51"/>
       <c r="J50" s="51"/>
-      <c r="K50" s="168"/>
-[...1 lines deleted...]
-      <c r="M50" s="170"/>
+      <c r="K50" s="161"/>
+      <c r="L50" s="162"/>
+      <c r="M50" s="163"/>
       <c r="N50" s="31"/>
       <c r="O50" s="32"/>
       <c r="P50" s="32"/>
-      <c r="Q50" s="134"/>
-      <c r="R50" s="118"/>
+      <c r="Q50" s="127"/>
+      <c r="R50" s="111"/>
       <c r="S50" s="33"/>
       <c r="T50" s="57"/>
       <c r="U50" s="58"/>
-      <c r="V50" s="198">
+      <c r="V50" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W50" s="197">
+      <c r="W50" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X50" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y50" s="62"/>
       <c r="Z50" s="62"/>
       <c r="AA50" s="62"/>
       <c r="AB50" s="62"/>
       <c r="AC50" s="62"/>
       <c r="AD50" s="62"/>
       <c r="AE50" s="62"/>
       <c r="AF50" s="62"/>
       <c r="AG50" s="62"/>
       <c r="AH50" s="62"/>
       <c r="AI50" s="62"/>
       <c r="AJ50" s="62"/>
       <c r="AK50" s="62"/>
       <c r="AL50" s="62"/>
       <c r="AM50" s="62"/>
       <c r="AN50" s="62"/>
       <c r="AO50" s="62"/>
       <c r="AP50" s="62"/>
       <c r="AQ50" s="62"/>
       <c r="AR50" s="62"/>
     </row>
     <row r="51" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A51" s="240"/>
       <c r="B51" s="241"/>
       <c r="C51" s="241"/>
       <c r="D51" s="241"/>
-      <c r="E51" s="139"/>
-      <c r="F51" s="122"/>
+      <c r="E51" s="132"/>
+      <c r="F51" s="115"/>
       <c r="G51" s="51"/>
       <c r="H51" s="51"/>
       <c r="I51" s="51"/>
       <c r="J51" s="51"/>
-      <c r="K51" s="168"/>
-[...1 lines deleted...]
-      <c r="M51" s="170"/>
+      <c r="K51" s="161"/>
+      <c r="L51" s="162"/>
+      <c r="M51" s="163"/>
       <c r="N51" s="31"/>
       <c r="O51" s="32"/>
       <c r="P51" s="32"/>
-      <c r="Q51" s="134"/>
-      <c r="R51" s="118"/>
+      <c r="Q51" s="127"/>
+      <c r="R51" s="111"/>
       <c r="S51" s="33"/>
       <c r="T51" s="57"/>
       <c r="U51" s="58"/>
-      <c r="V51" s="198">
+      <c r="V51" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W51" s="197">
+      <c r="W51" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X51" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y51" s="62"/>
       <c r="Z51" s="62"/>
       <c r="AA51" s="62"/>
       <c r="AB51" s="62"/>
       <c r="AC51" s="62"/>
       <c r="AD51" s="62"/>
       <c r="AE51" s="62"/>
       <c r="AF51" s="62"/>
       <c r="AG51" s="62"/>
       <c r="AH51" s="62"/>
       <c r="AI51" s="62"/>
       <c r="AJ51" s="62"/>
       <c r="AK51" s="62"/>
       <c r="AL51" s="62"/>
       <c r="AM51" s="62"/>
       <c r="AN51" s="62"/>
       <c r="AO51" s="62"/>
       <c r="AP51" s="62"/>
       <c r="AQ51" s="62"/>
       <c r="AR51" s="62"/>
     </row>
     <row r="52" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A52" s="240"/>
       <c r="B52" s="241"/>
       <c r="C52" s="241"/>
       <c r="D52" s="241"/>
-      <c r="E52" s="139"/>
-      <c r="F52" s="122"/>
+      <c r="E52" s="132"/>
+      <c r="F52" s="115"/>
       <c r="G52" s="51"/>
       <c r="H52" s="51"/>
       <c r="I52" s="51"/>
       <c r="J52" s="51"/>
-      <c r="K52" s="168"/>
-[...1 lines deleted...]
-      <c r="M52" s="170"/>
+      <c r="K52" s="161"/>
+      <c r="L52" s="162"/>
+      <c r="M52" s="163"/>
       <c r="N52" s="31"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
-      <c r="Q52" s="134"/>
-      <c r="R52" s="118"/>
+      <c r="Q52" s="127"/>
+      <c r="R52" s="111"/>
       <c r="S52" s="33"/>
       <c r="T52" s="57"/>
       <c r="U52" s="58"/>
-      <c r="V52" s="198">
+      <c r="V52" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W52" s="197">
+      <c r="W52" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X52" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y52" s="62"/>
       <c r="Z52" s="62"/>
       <c r="AA52" s="62"/>
       <c r="AB52" s="62"/>
       <c r="AC52" s="62"/>
       <c r="AD52" s="62"/>
       <c r="AE52" s="62"/>
       <c r="AF52" s="62"/>
       <c r="AG52" s="62"/>
       <c r="AH52" s="62"/>
       <c r="AI52" s="62"/>
       <c r="AJ52" s="62"/>
       <c r="AK52" s="62"/>
       <c r="AL52" s="62"/>
       <c r="AM52" s="62"/>
       <c r="AN52" s="62"/>
       <c r="AO52" s="62"/>
       <c r="AP52" s="62"/>
       <c r="AQ52" s="62"/>
       <c r="AR52" s="62"/>
     </row>
     <row r="53" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A53" s="240"/>
       <c r="B53" s="241"/>
       <c r="C53" s="241"/>
       <c r="D53" s="241"/>
-      <c r="E53" s="139"/>
-      <c r="F53" s="122"/>
+      <c r="E53" s="132"/>
+      <c r="F53" s="115"/>
       <c r="G53" s="51"/>
       <c r="H53" s="51"/>
       <c r="I53" s="51"/>
       <c r="J53" s="51"/>
-      <c r="K53" s="168"/>
-[...1 lines deleted...]
-      <c r="M53" s="170"/>
+      <c r="K53" s="161"/>
+      <c r="L53" s="162"/>
+      <c r="M53" s="163"/>
       <c r="N53" s="31"/>
       <c r="O53" s="32"/>
       <c r="P53" s="32"/>
-      <c r="Q53" s="134"/>
-      <c r="R53" s="118"/>
+      <c r="Q53" s="127"/>
+      <c r="R53" s="111"/>
       <c r="S53" s="33"/>
       <c r="T53" s="57"/>
       <c r="U53" s="58"/>
-      <c r="V53" s="198">
+      <c r="V53" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W53" s="197">
+      <c r="W53" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X53" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y53" s="62"/>
       <c r="Z53" s="62"/>
       <c r="AA53" s="62"/>
       <c r="AB53" s="62"/>
       <c r="AC53" s="62"/>
       <c r="AD53" s="62"/>
       <c r="AE53" s="62"/>
       <c r="AF53" s="62"/>
       <c r="AG53" s="62"/>
       <c r="AH53" s="62"/>
       <c r="AI53" s="62"/>
       <c r="AJ53" s="62"/>
       <c r="AK53" s="62"/>
       <c r="AL53" s="62"/>
       <c r="AM53" s="62"/>
       <c r="AN53" s="62"/>
       <c r="AO53" s="62"/>
       <c r="AP53" s="62"/>
       <c r="AQ53" s="62"/>
       <c r="AR53" s="62"/>
     </row>
     <row r="54" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="240"/>
       <c r="B54" s="241"/>
       <c r="C54" s="241"/>
       <c r="D54" s="241"/>
-      <c r="E54" s="139"/>
-      <c r="F54" s="122"/>
+      <c r="E54" s="132"/>
+      <c r="F54" s="115"/>
       <c r="G54" s="51"/>
       <c r="H54" s="51"/>
       <c r="I54" s="51"/>
       <c r="J54" s="51"/>
-      <c r="K54" s="168"/>
-[...1 lines deleted...]
-      <c r="M54" s="170"/>
+      <c r="K54" s="161"/>
+      <c r="L54" s="162"/>
+      <c r="M54" s="163"/>
       <c r="N54" s="31"/>
       <c r="O54" s="32"/>
       <c r="P54" s="32"/>
-      <c r="Q54" s="134"/>
-      <c r="R54" s="118"/>
+      <c r="Q54" s="127"/>
+      <c r="R54" s="111"/>
       <c r="S54" s="33"/>
       <c r="T54" s="57"/>
       <c r="U54" s="58"/>
-      <c r="V54" s="198">
+      <c r="V54" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W54" s="197">
+      <c r="W54" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X54" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y54" s="62"/>
       <c r="Z54" s="62"/>
       <c r="AA54" s="62"/>
       <c r="AB54" s="62"/>
       <c r="AC54" s="62"/>
       <c r="AD54" s="62"/>
       <c r="AE54" s="62"/>
       <c r="AF54" s="62"/>
       <c r="AG54" s="62"/>
       <c r="AH54" s="62"/>
       <c r="AI54" s="62"/>
       <c r="AJ54" s="62"/>
       <c r="AK54" s="62"/>
       <c r="AL54" s="62"/>
       <c r="AM54" s="62"/>
       <c r="AN54" s="62"/>
       <c r="AO54" s="62"/>
       <c r="AP54" s="62"/>
       <c r="AQ54" s="62"/>
       <c r="AR54" s="62"/>
     </row>
     <row r="55" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A55" s="240"/>
       <c r="B55" s="241"/>
       <c r="C55" s="241"/>
       <c r="D55" s="241"/>
-      <c r="E55" s="139"/>
-      <c r="F55" s="122"/>
+      <c r="E55" s="132"/>
+      <c r="F55" s="115"/>
       <c r="G55" s="51"/>
       <c r="H55" s="51"/>
       <c r="I55" s="51"/>
       <c r="J55" s="51"/>
-      <c r="K55" s="168"/>
-[...1 lines deleted...]
-      <c r="M55" s="170"/>
+      <c r="K55" s="161"/>
+      <c r="L55" s="162"/>
+      <c r="M55" s="163"/>
       <c r="N55" s="31"/>
       <c r="O55" s="32"/>
       <c r="P55" s="32"/>
-      <c r="Q55" s="134"/>
-      <c r="R55" s="118"/>
+      <c r="Q55" s="127"/>
+      <c r="R55" s="111"/>
       <c r="S55" s="33"/>
       <c r="T55" s="57"/>
       <c r="U55" s="58"/>
-      <c r="V55" s="198">
+      <c r="V55" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W55" s="197">
+      <c r="W55" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X55" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y55" s="62"/>
       <c r="Z55" s="62"/>
       <c r="AA55" s="62"/>
       <c r="AB55" s="62"/>
       <c r="AC55" s="62"/>
       <c r="AD55" s="62"/>
       <c r="AE55" s="62"/>
       <c r="AF55" s="62"/>
       <c r="AG55" s="62"/>
       <c r="AH55" s="62"/>
       <c r="AI55" s="62"/>
       <c r="AJ55" s="62"/>
       <c r="AK55" s="62"/>
       <c r="AL55" s="62"/>
       <c r="AM55" s="62"/>
       <c r="AN55" s="62"/>
       <c r="AO55" s="62"/>
       <c r="AP55" s="62"/>
       <c r="AQ55" s="62"/>
       <c r="AR55" s="62"/>
     </row>
     <row r="56" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A56" s="240"/>
       <c r="B56" s="241"/>
       <c r="C56" s="241"/>
       <c r="D56" s="241"/>
-      <c r="E56" s="139"/>
-      <c r="F56" s="122"/>
+      <c r="E56" s="132"/>
+      <c r="F56" s="115"/>
       <c r="G56" s="51"/>
       <c r="H56" s="51"/>
       <c r="I56" s="51"/>
       <c r="J56" s="51"/>
-      <c r="K56" s="168"/>
-[...1 lines deleted...]
-      <c r="M56" s="170"/>
+      <c r="K56" s="161"/>
+      <c r="L56" s="162"/>
+      <c r="M56" s="163"/>
       <c r="N56" s="31"/>
       <c r="O56" s="32"/>
       <c r="P56" s="32"/>
-      <c r="Q56" s="134"/>
-      <c r="R56" s="118"/>
+      <c r="Q56" s="127"/>
+      <c r="R56" s="111"/>
       <c r="S56" s="33"/>
       <c r="T56" s="57"/>
       <c r="U56" s="58"/>
-      <c r="V56" s="198">
+      <c r="V56" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W56" s="197">
+      <c r="W56" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X56" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y56" s="62"/>
       <c r="Z56" s="62"/>
       <c r="AA56" s="62"/>
       <c r="AB56" s="62"/>
       <c r="AC56" s="62"/>
       <c r="AD56" s="62"/>
       <c r="AE56" s="62"/>
       <c r="AF56" s="62"/>
       <c r="AG56" s="62"/>
       <c r="AH56" s="62"/>
       <c r="AI56" s="62"/>
       <c r="AJ56" s="62"/>
       <c r="AK56" s="62"/>
       <c r="AL56" s="62"/>
       <c r="AM56" s="62"/>
       <c r="AN56" s="62"/>
       <c r="AO56" s="62"/>
       <c r="AP56" s="62"/>
       <c r="AQ56" s="62"/>
       <c r="AR56" s="62"/>
     </row>
     <row r="57" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A57" s="240"/>
       <c r="B57" s="241"/>
       <c r="C57" s="241"/>
       <c r="D57" s="241"/>
-      <c r="E57" s="139"/>
-      <c r="F57" s="122"/>
+      <c r="E57" s="132"/>
+      <c r="F57" s="115"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
-      <c r="K57" s="168"/>
-[...1 lines deleted...]
-      <c r="M57" s="170"/>
+      <c r="K57" s="161"/>
+      <c r="L57" s="162"/>
+      <c r="M57" s="163"/>
       <c r="N57" s="31"/>
       <c r="O57" s="32"/>
       <c r="P57" s="32"/>
-      <c r="Q57" s="134"/>
-      <c r="R57" s="118"/>
+      <c r="Q57" s="127"/>
+      <c r="R57" s="111"/>
       <c r="S57" s="33"/>
       <c r="T57" s="57"/>
       <c r="U57" s="58"/>
-      <c r="V57" s="198">
+      <c r="V57" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W57" s="197">
+      <c r="W57" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X57" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y57" s="62"/>
       <c r="Z57" s="62"/>
       <c r="AA57" s="62"/>
       <c r="AB57" s="62"/>
       <c r="AC57" s="62"/>
       <c r="AD57" s="62"/>
       <c r="AE57" s="62"/>
       <c r="AF57" s="62"/>
       <c r="AG57" s="62"/>
       <c r="AH57" s="62"/>
       <c r="AI57" s="62"/>
       <c r="AJ57" s="62"/>
       <c r="AK57" s="62"/>
       <c r="AL57" s="62"/>
       <c r="AM57" s="62"/>
       <c r="AN57" s="62"/>
       <c r="AO57" s="62"/>
       <c r="AP57" s="62"/>
       <c r="AQ57" s="62"/>
       <c r="AR57" s="62"/>
     </row>
     <row r="58" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A58" s="240"/>
       <c r="B58" s="241"/>
       <c r="C58" s="241"/>
       <c r="D58" s="241"/>
-      <c r="E58" s="139"/>
-      <c r="F58" s="122"/>
+      <c r="E58" s="132"/>
+      <c r="F58" s="115"/>
       <c r="G58" s="51"/>
       <c r="H58" s="51"/>
       <c r="I58" s="51"/>
       <c r="J58" s="51"/>
-      <c r="K58" s="168"/>
-[...1 lines deleted...]
-      <c r="M58" s="170"/>
+      <c r="K58" s="161"/>
+      <c r="L58" s="162"/>
+      <c r="M58" s="163"/>
       <c r="N58" s="31"/>
       <c r="O58" s="32"/>
       <c r="P58" s="32"/>
-      <c r="Q58" s="134"/>
-      <c r="R58" s="118"/>
+      <c r="Q58" s="127"/>
+      <c r="R58" s="111"/>
       <c r="S58" s="33"/>
       <c r="T58" s="57"/>
       <c r="U58" s="58"/>
-      <c r="V58" s="198">
+      <c r="V58" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W58" s="197">
+      <c r="W58" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X58" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y58" s="62"/>
       <c r="Z58" s="62"/>
       <c r="AA58" s="62"/>
       <c r="AB58" s="62"/>
       <c r="AC58" s="62"/>
       <c r="AD58" s="62"/>
       <c r="AE58" s="62"/>
       <c r="AF58" s="62"/>
       <c r="AG58" s="62"/>
       <c r="AH58" s="62"/>
       <c r="AI58" s="62"/>
       <c r="AJ58" s="62"/>
       <c r="AK58" s="62"/>
       <c r="AL58" s="62"/>
       <c r="AM58" s="62"/>
       <c r="AN58" s="62"/>
       <c r="AO58" s="62"/>
       <c r="AP58" s="62"/>
       <c r="AQ58" s="62"/>
       <c r="AR58" s="62"/>
     </row>
     <row r="59" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A59" s="240"/>
       <c r="B59" s="241"/>
       <c r="C59" s="241"/>
       <c r="D59" s="241"/>
-      <c r="E59" s="139"/>
-      <c r="F59" s="122"/>
+      <c r="E59" s="132"/>
+      <c r="F59" s="115"/>
       <c r="G59" s="51"/>
       <c r="H59" s="51"/>
       <c r="I59" s="51"/>
       <c r="J59" s="51"/>
-      <c r="K59" s="168"/>
-[...1 lines deleted...]
-      <c r="M59" s="170"/>
+      <c r="K59" s="161"/>
+      <c r="L59" s="162"/>
+      <c r="M59" s="163"/>
       <c r="N59" s="31"/>
       <c r="O59" s="32"/>
       <c r="P59" s="32"/>
-      <c r="Q59" s="134"/>
-      <c r="R59" s="118"/>
+      <c r="Q59" s="127"/>
+      <c r="R59" s="111"/>
       <c r="S59" s="33"/>
       <c r="T59" s="57"/>
       <c r="U59" s="58"/>
-      <c r="V59" s="198">
+      <c r="V59" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W59" s="197">
+      <c r="W59" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X59" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y59" s="62"/>
       <c r="Z59" s="62"/>
       <c r="AA59" s="62"/>
       <c r="AB59" s="62"/>
       <c r="AC59" s="62"/>
       <c r="AD59" s="62"/>
       <c r="AE59" s="62"/>
       <c r="AF59" s="62"/>
       <c r="AG59" s="62"/>
       <c r="AH59" s="62"/>
       <c r="AI59" s="62"/>
       <c r="AJ59" s="62"/>
       <c r="AK59" s="62"/>
       <c r="AL59" s="62"/>
       <c r="AM59" s="62"/>
       <c r="AN59" s="62"/>
       <c r="AO59" s="62"/>
       <c r="AP59" s="62"/>
       <c r="AQ59" s="62"/>
       <c r="AR59" s="62"/>
     </row>
     <row r="60" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A60" s="240"/>
       <c r="B60" s="241"/>
       <c r="C60" s="241"/>
       <c r="D60" s="241"/>
-      <c r="E60" s="139"/>
-      <c r="F60" s="122"/>
+      <c r="E60" s="132"/>
+      <c r="F60" s="115"/>
       <c r="G60" s="51"/>
       <c r="H60" s="51"/>
       <c r="I60" s="51"/>
       <c r="J60" s="51"/>
-      <c r="K60" s="168"/>
-[...1 lines deleted...]
-      <c r="M60" s="170"/>
+      <c r="K60" s="161"/>
+      <c r="L60" s="162"/>
+      <c r="M60" s="163"/>
       <c r="N60" s="31"/>
       <c r="O60" s="32"/>
       <c r="P60" s="32"/>
-      <c r="Q60" s="134"/>
-      <c r="R60" s="118"/>
+      <c r="Q60" s="127"/>
+      <c r="R60" s="111"/>
       <c r="S60" s="33"/>
       <c r="T60" s="57"/>
       <c r="U60" s="58"/>
-      <c r="V60" s="198">
+      <c r="V60" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W60" s="197">
+      <c r="W60" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X60" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y60" s="62"/>
       <c r="Z60" s="62"/>
       <c r="AA60" s="62"/>
       <c r="AB60" s="62"/>
       <c r="AC60" s="62"/>
       <c r="AD60" s="62"/>
       <c r="AE60" s="62"/>
       <c r="AF60" s="62"/>
       <c r="AG60" s="62"/>
       <c r="AH60" s="62"/>
       <c r="AI60" s="62"/>
       <c r="AJ60" s="62"/>
       <c r="AK60" s="62"/>
       <c r="AL60" s="62"/>
       <c r="AM60" s="62"/>
       <c r="AN60" s="62"/>
       <c r="AO60" s="62"/>
       <c r="AP60" s="62"/>
       <c r="AQ60" s="62"/>
       <c r="AR60" s="62"/>
     </row>
     <row r="61" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A61" s="240"/>
       <c r="B61" s="241"/>
       <c r="C61" s="241"/>
       <c r="D61" s="241"/>
-      <c r="E61" s="139"/>
-      <c r="F61" s="122"/>
+      <c r="E61" s="132"/>
+      <c r="F61" s="115"/>
       <c r="G61" s="51"/>
       <c r="H61" s="51"/>
       <c r="I61" s="51"/>
       <c r="J61" s="51"/>
-      <c r="K61" s="168"/>
-[...1 lines deleted...]
-      <c r="M61" s="170"/>
+      <c r="K61" s="161"/>
+      <c r="L61" s="162"/>
+      <c r="M61" s="163"/>
       <c r="N61" s="31"/>
       <c r="O61" s="32"/>
       <c r="P61" s="32"/>
-      <c r="Q61" s="134"/>
-      <c r="R61" s="118"/>
+      <c r="Q61" s="127"/>
+      <c r="R61" s="111"/>
       <c r="S61" s="33"/>
       <c r="T61" s="57"/>
       <c r="U61" s="58"/>
-      <c r="V61" s="198">
+      <c r="V61" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W61" s="197">
+      <c r="W61" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X61" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y61" s="62"/>
       <c r="Z61" s="62"/>
       <c r="AA61" s="62"/>
       <c r="AB61" s="62"/>
       <c r="AC61" s="62"/>
       <c r="AD61" s="62"/>
       <c r="AE61" s="62"/>
       <c r="AF61" s="62"/>
       <c r="AG61" s="62"/>
       <c r="AH61" s="62"/>
       <c r="AI61" s="62"/>
       <c r="AJ61" s="62"/>
       <c r="AK61" s="62"/>
       <c r="AL61" s="62"/>
       <c r="AM61" s="62"/>
       <c r="AN61" s="62"/>
       <c r="AO61" s="62"/>
       <c r="AP61" s="62"/>
       <c r="AQ61" s="62"/>
       <c r="AR61" s="62"/>
     </row>
     <row r="62" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A62" s="240"/>
       <c r="B62" s="241"/>
       <c r="C62" s="241"/>
       <c r="D62" s="241"/>
-      <c r="E62" s="139"/>
-      <c r="F62" s="122"/>
+      <c r="E62" s="132"/>
+      <c r="F62" s="115"/>
       <c r="G62" s="51"/>
       <c r="H62" s="51"/>
       <c r="I62" s="51"/>
       <c r="J62" s="51"/>
-      <c r="K62" s="168"/>
-[...1 lines deleted...]
-      <c r="M62" s="170"/>
+      <c r="K62" s="161"/>
+      <c r="L62" s="162"/>
+      <c r="M62" s="163"/>
       <c r="N62" s="31"/>
       <c r="O62" s="32"/>
       <c r="P62" s="32"/>
-      <c r="Q62" s="134"/>
-      <c r="R62" s="118"/>
+      <c r="Q62" s="127"/>
+      <c r="R62" s="111"/>
       <c r="S62" s="33"/>
       <c r="T62" s="57"/>
       <c r="U62" s="58"/>
-      <c r="V62" s="198">
+      <c r="V62" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W62" s="197">
+      <c r="W62" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X62" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y62" s="62"/>
       <c r="Z62" s="62"/>
       <c r="AA62" s="62"/>
       <c r="AB62" s="62"/>
       <c r="AC62" s="62"/>
       <c r="AD62" s="62"/>
       <c r="AE62" s="62"/>
       <c r="AF62" s="62"/>
       <c r="AG62" s="62"/>
       <c r="AH62" s="62"/>
       <c r="AI62" s="62"/>
       <c r="AJ62" s="62"/>
       <c r="AK62" s="62"/>
       <c r="AL62" s="62"/>
       <c r="AM62" s="62"/>
       <c r="AN62" s="62"/>
       <c r="AO62" s="62"/>
       <c r="AP62" s="62"/>
       <c r="AQ62" s="62"/>
       <c r="AR62" s="62"/>
     </row>
     <row r="63" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A63" s="240"/>
       <c r="B63" s="241"/>
       <c r="C63" s="241"/>
       <c r="D63" s="241"/>
-      <c r="E63" s="139"/>
-      <c r="F63" s="122"/>
+      <c r="E63" s="132"/>
+      <c r="F63" s="115"/>
       <c r="G63" s="51"/>
       <c r="H63" s="51"/>
       <c r="I63" s="51"/>
       <c r="J63" s="51"/>
-      <c r="K63" s="168"/>
-[...1 lines deleted...]
-      <c r="M63" s="170"/>
+      <c r="K63" s="161"/>
+      <c r="L63" s="162"/>
+      <c r="M63" s="163"/>
       <c r="N63" s="31"/>
       <c r="O63" s="32"/>
       <c r="P63" s="32"/>
-      <c r="Q63" s="134"/>
-      <c r="R63" s="118"/>
+      <c r="Q63" s="127"/>
+      <c r="R63" s="111"/>
       <c r="S63" s="33"/>
       <c r="T63" s="57"/>
       <c r="U63" s="58"/>
-      <c r="V63" s="198">
+      <c r="V63" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W63" s="197">
+      <c r="W63" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X63" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y63" s="62"/>
       <c r="Z63" s="62"/>
       <c r="AA63" s="62"/>
       <c r="AB63" s="62"/>
       <c r="AC63" s="62"/>
       <c r="AD63" s="62"/>
       <c r="AE63" s="62"/>
       <c r="AF63" s="62"/>
       <c r="AG63" s="62"/>
       <c r="AH63" s="62"/>
       <c r="AI63" s="62"/>
       <c r="AJ63" s="62"/>
       <c r="AK63" s="62"/>
       <c r="AL63" s="62"/>
       <c r="AM63" s="62"/>
       <c r="AN63" s="62"/>
       <c r="AO63" s="62"/>
       <c r="AP63" s="62"/>
       <c r="AQ63" s="62"/>
       <c r="AR63" s="62"/>
     </row>
     <row r="64" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="240"/>
       <c r="B64" s="241"/>
       <c r="C64" s="241"/>
       <c r="D64" s="241"/>
-      <c r="E64" s="139"/>
-      <c r="F64" s="122"/>
+      <c r="E64" s="132"/>
+      <c r="F64" s="115"/>
       <c r="G64" s="51"/>
       <c r="H64" s="51"/>
       <c r="I64" s="51"/>
       <c r="J64" s="51"/>
-      <c r="K64" s="168"/>
-[...1 lines deleted...]
-      <c r="M64" s="170"/>
+      <c r="K64" s="161"/>
+      <c r="L64" s="162"/>
+      <c r="M64" s="163"/>
       <c r="N64" s="31"/>
       <c r="O64" s="32"/>
       <c r="P64" s="32"/>
-      <c r="Q64" s="134"/>
-      <c r="R64" s="118"/>
+      <c r="Q64" s="127"/>
+      <c r="R64" s="111"/>
       <c r="S64" s="33"/>
       <c r="T64" s="57"/>
       <c r="U64" s="58"/>
-      <c r="V64" s="198">
+      <c r="V64" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W64" s="197">
+      <c r="W64" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X64" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y64" s="62"/>
       <c r="Z64" s="62"/>
       <c r="AA64" s="62"/>
       <c r="AB64" s="62"/>
       <c r="AC64" s="62"/>
       <c r="AD64" s="62"/>
       <c r="AE64" s="62"/>
       <c r="AF64" s="62"/>
       <c r="AG64" s="62"/>
       <c r="AH64" s="62"/>
       <c r="AI64" s="62"/>
       <c r="AJ64" s="62"/>
       <c r="AK64" s="62"/>
       <c r="AL64" s="62"/>
       <c r="AM64" s="62"/>
       <c r="AN64" s="62"/>
       <c r="AO64" s="62"/>
       <c r="AP64" s="62"/>
       <c r="AQ64" s="62"/>
       <c r="AR64" s="62"/>
     </row>
     <row r="65" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A65" s="240"/>
       <c r="B65" s="241"/>
       <c r="C65" s="241"/>
       <c r="D65" s="241"/>
-      <c r="E65" s="139"/>
-      <c r="F65" s="122"/>
+      <c r="E65" s="132"/>
+      <c r="F65" s="115"/>
       <c r="G65" s="51"/>
       <c r="H65" s="51"/>
       <c r="I65" s="51"/>
       <c r="J65" s="51"/>
-      <c r="K65" s="168"/>
-[...1 lines deleted...]
-      <c r="M65" s="170"/>
+      <c r="K65" s="161"/>
+      <c r="L65" s="162"/>
+      <c r="M65" s="163"/>
       <c r="N65" s="31"/>
       <c r="O65" s="32"/>
       <c r="P65" s="32"/>
-      <c r="Q65" s="134"/>
-      <c r="R65" s="118"/>
+      <c r="Q65" s="127"/>
+      <c r="R65" s="111"/>
       <c r="S65" s="33"/>
       <c r="T65" s="57"/>
       <c r="U65" s="58"/>
-      <c r="V65" s="198">
+      <c r="V65" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W65" s="197">
+      <c r="W65" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X65" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y65" s="62"/>
       <c r="Z65" s="62"/>
       <c r="AA65" s="62"/>
       <c r="AB65" s="62"/>
       <c r="AC65" s="62"/>
       <c r="AD65" s="62"/>
       <c r="AE65" s="62"/>
       <c r="AF65" s="62"/>
       <c r="AG65" s="62"/>
       <c r="AH65" s="62"/>
       <c r="AI65" s="62"/>
       <c r="AJ65" s="62"/>
       <c r="AK65" s="62"/>
       <c r="AL65" s="62"/>
       <c r="AM65" s="62"/>
       <c r="AN65" s="62"/>
       <c r="AO65" s="62"/>
       <c r="AP65" s="62"/>
       <c r="AQ65" s="62"/>
       <c r="AR65" s="62"/>
     </row>
     <row r="66" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A66" s="240"/>
       <c r="B66" s="241"/>
       <c r="C66" s="241"/>
       <c r="D66" s="241"/>
-      <c r="E66" s="139"/>
-      <c r="F66" s="122"/>
+      <c r="E66" s="132"/>
+      <c r="F66" s="115"/>
       <c r="G66" s="51"/>
       <c r="H66" s="51"/>
       <c r="I66" s="51"/>
       <c r="J66" s="51"/>
-      <c r="K66" s="168"/>
-[...1 lines deleted...]
-      <c r="M66" s="170"/>
+      <c r="K66" s="161"/>
+      <c r="L66" s="162"/>
+      <c r="M66" s="163"/>
       <c r="N66" s="31"/>
       <c r="O66" s="32"/>
       <c r="P66" s="32"/>
-      <c r="Q66" s="134"/>
-      <c r="R66" s="118"/>
+      <c r="Q66" s="127"/>
+      <c r="R66" s="111"/>
       <c r="S66" s="33"/>
       <c r="T66" s="57"/>
       <c r="U66" s="58"/>
-      <c r="V66" s="198">
+      <c r="V66" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W66" s="197">
+      <c r="W66" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X66" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y66" s="62"/>
       <c r="Z66" s="62"/>
       <c r="AA66" s="62"/>
       <c r="AB66" s="62"/>
       <c r="AC66" s="62"/>
       <c r="AD66" s="62"/>
       <c r="AE66" s="62"/>
       <c r="AF66" s="62"/>
       <c r="AG66" s="62"/>
       <c r="AH66" s="62"/>
       <c r="AI66" s="62"/>
       <c r="AJ66" s="62"/>
       <c r="AK66" s="62"/>
       <c r="AL66" s="62"/>
       <c r="AM66" s="62"/>
       <c r="AN66" s="62"/>
       <c r="AO66" s="62"/>
       <c r="AP66" s="62"/>
       <c r="AQ66" s="62"/>
       <c r="AR66" s="62"/>
     </row>
     <row r="67" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="240"/>
       <c r="B67" s="241"/>
       <c r="C67" s="241"/>
       <c r="D67" s="241"/>
-      <c r="E67" s="139"/>
-      <c r="F67" s="122"/>
+      <c r="E67" s="132"/>
+      <c r="F67" s="115"/>
       <c r="G67" s="51"/>
       <c r="H67" s="51"/>
       <c r="I67" s="51"/>
       <c r="J67" s="51"/>
-      <c r="K67" s="168"/>
-[...1 lines deleted...]
-      <c r="M67" s="170"/>
+      <c r="K67" s="161"/>
+      <c r="L67" s="162"/>
+      <c r="M67" s="163"/>
       <c r="N67" s="31"/>
       <c r="O67" s="32"/>
       <c r="P67" s="32"/>
-      <c r="Q67" s="134"/>
-      <c r="R67" s="118"/>
+      <c r="Q67" s="127"/>
+      <c r="R67" s="111"/>
       <c r="S67" s="33"/>
       <c r="T67" s="57"/>
       <c r="U67" s="58"/>
-      <c r="V67" s="198">
+      <c r="V67" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W67" s="197">
+      <c r="W67" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X67" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y67" s="62"/>
       <c r="Z67" s="62"/>
       <c r="AA67" s="62"/>
       <c r="AB67" s="62"/>
       <c r="AC67" s="62"/>
       <c r="AD67" s="62"/>
       <c r="AE67" s="62"/>
       <c r="AF67" s="62"/>
       <c r="AG67" s="62"/>
       <c r="AH67" s="62"/>
       <c r="AI67" s="62"/>
       <c r="AJ67" s="62"/>
       <c r="AK67" s="62"/>
       <c r="AL67" s="62"/>
       <c r="AM67" s="62"/>
       <c r="AN67" s="62"/>
       <c r="AO67" s="62"/>
       <c r="AP67" s="62"/>
       <c r="AQ67" s="62"/>
       <c r="AR67" s="62"/>
     </row>
     <row r="68" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A68" s="240"/>
       <c r="B68" s="241"/>
       <c r="C68" s="241"/>
       <c r="D68" s="241"/>
-      <c r="E68" s="139"/>
-      <c r="F68" s="122"/>
+      <c r="E68" s="132"/>
+      <c r="F68" s="115"/>
       <c r="G68" s="51"/>
       <c r="H68" s="51"/>
       <c r="I68" s="51"/>
       <c r="J68" s="51"/>
-      <c r="K68" s="168"/>
-[...1 lines deleted...]
-      <c r="M68" s="170"/>
+      <c r="K68" s="161"/>
+      <c r="L68" s="162"/>
+      <c r="M68" s="163"/>
       <c r="N68" s="31"/>
       <c r="O68" s="32"/>
       <c r="P68" s="32"/>
-      <c r="Q68" s="134"/>
-      <c r="R68" s="118"/>
+      <c r="Q68" s="127"/>
+      <c r="R68" s="111"/>
       <c r="S68" s="33"/>
       <c r="T68" s="57"/>
       <c r="U68" s="58"/>
-      <c r="V68" s="198">
+      <c r="V68" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W68" s="197">
+      <c r="W68" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X68" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y68" s="62"/>
       <c r="Z68" s="62"/>
       <c r="AA68" s="62"/>
       <c r="AB68" s="62"/>
       <c r="AC68" s="62"/>
       <c r="AD68" s="62"/>
       <c r="AE68" s="62"/>
       <c r="AF68" s="62"/>
       <c r="AG68" s="62"/>
       <c r="AH68" s="62"/>
       <c r="AI68" s="62"/>
       <c r="AJ68" s="62"/>
       <c r="AK68" s="62"/>
       <c r="AL68" s="62"/>
       <c r="AM68" s="62"/>
       <c r="AN68" s="62"/>
       <c r="AO68" s="62"/>
       <c r="AP68" s="62"/>
       <c r="AQ68" s="62"/>
       <c r="AR68" s="62"/>
     </row>
     <row r="69" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A69" s="240"/>
       <c r="B69" s="241"/>
       <c r="C69" s="241"/>
       <c r="D69" s="241"/>
-      <c r="E69" s="139"/>
-      <c r="F69" s="122"/>
+      <c r="E69" s="132"/>
+      <c r="F69" s="115"/>
       <c r="G69" s="51"/>
       <c r="H69" s="51"/>
       <c r="I69" s="51"/>
       <c r="J69" s="51"/>
-      <c r="K69" s="168"/>
-[...1 lines deleted...]
-      <c r="M69" s="170"/>
+      <c r="K69" s="161"/>
+      <c r="L69" s="162"/>
+      <c r="M69" s="163"/>
       <c r="N69" s="31"/>
       <c r="O69" s="32"/>
       <c r="P69" s="32"/>
-      <c r="Q69" s="134"/>
-      <c r="R69" s="118"/>
+      <c r="Q69" s="127"/>
+      <c r="R69" s="111"/>
       <c r="S69" s="33"/>
       <c r="T69" s="57"/>
       <c r="U69" s="58"/>
-      <c r="V69" s="198">
+      <c r="V69" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W69" s="197">
+      <c r="W69" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X69" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y69" s="62"/>
       <c r="Z69" s="62"/>
       <c r="AA69" s="62"/>
       <c r="AB69" s="62"/>
       <c r="AC69" s="62"/>
       <c r="AD69" s="62"/>
       <c r="AE69" s="62"/>
       <c r="AF69" s="62"/>
       <c r="AG69" s="62"/>
       <c r="AH69" s="62"/>
       <c r="AI69" s="62"/>
       <c r="AJ69" s="62"/>
       <c r="AK69" s="62"/>
       <c r="AL69" s="62"/>
       <c r="AM69" s="62"/>
       <c r="AN69" s="62"/>
       <c r="AO69" s="62"/>
       <c r="AP69" s="62"/>
       <c r="AQ69" s="62"/>
       <c r="AR69" s="62"/>
     </row>
     <row r="70" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A70" s="240"/>
       <c r="B70" s="241"/>
       <c r="C70" s="241"/>
       <c r="D70" s="241"/>
-      <c r="E70" s="139"/>
-      <c r="F70" s="122"/>
+      <c r="E70" s="132"/>
+      <c r="F70" s="115"/>
       <c r="G70" s="51"/>
       <c r="H70" s="51"/>
       <c r="I70" s="51"/>
       <c r="J70" s="51"/>
-      <c r="K70" s="168"/>
-[...1 lines deleted...]
-      <c r="M70" s="170"/>
+      <c r="K70" s="161"/>
+      <c r="L70" s="162"/>
+      <c r="M70" s="163"/>
       <c r="N70" s="31"/>
       <c r="O70" s="32"/>
       <c r="P70" s="32"/>
-      <c r="Q70" s="134"/>
-      <c r="R70" s="118"/>
+      <c r="Q70" s="127"/>
+      <c r="R70" s="111"/>
       <c r="S70" s="33"/>
       <c r="T70" s="57"/>
       <c r="U70" s="58"/>
-      <c r="V70" s="198">
+      <c r="V70" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W70" s="197">
+      <c r="W70" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X70" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y70" s="62"/>
       <c r="Z70" s="62"/>
       <c r="AA70" s="62"/>
       <c r="AB70" s="62"/>
       <c r="AC70" s="62"/>
       <c r="AD70" s="62"/>
       <c r="AE70" s="62"/>
       <c r="AF70" s="62"/>
       <c r="AG70" s="62"/>
       <c r="AH70" s="62"/>
       <c r="AI70" s="62"/>
       <c r="AJ70" s="62"/>
       <c r="AK70" s="62"/>
       <c r="AL70" s="62"/>
       <c r="AM70" s="62"/>
       <c r="AN70" s="62"/>
       <c r="AO70" s="62"/>
       <c r="AP70" s="62"/>
       <c r="AQ70" s="62"/>
       <c r="AR70" s="62"/>
     </row>
     <row r="71" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A71" s="240"/>
       <c r="B71" s="241"/>
       <c r="C71" s="241"/>
       <c r="D71" s="241"/>
-      <c r="E71" s="139"/>
-      <c r="F71" s="122"/>
+      <c r="E71" s="132"/>
+      <c r="F71" s="115"/>
       <c r="G71" s="51"/>
       <c r="H71" s="51"/>
       <c r="I71" s="51"/>
       <c r="J71" s="51"/>
-      <c r="K71" s="168"/>
-[...1 lines deleted...]
-      <c r="M71" s="170"/>
+      <c r="K71" s="161"/>
+      <c r="L71" s="162"/>
+      <c r="M71" s="163"/>
       <c r="N71" s="31"/>
       <c r="O71" s="32"/>
       <c r="P71" s="32"/>
-      <c r="Q71" s="134"/>
-      <c r="R71" s="118"/>
+      <c r="Q71" s="127"/>
+      <c r="R71" s="111"/>
       <c r="S71" s="33"/>
       <c r="T71" s="57"/>
       <c r="U71" s="58"/>
-      <c r="V71" s="198">
+      <c r="V71" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W71" s="197">
+      <c r="W71" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X71" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y71" s="62"/>
       <c r="Z71" s="62"/>
       <c r="AA71" s="62"/>
       <c r="AB71" s="62"/>
       <c r="AC71" s="62"/>
       <c r="AD71" s="62"/>
       <c r="AE71" s="62"/>
       <c r="AF71" s="62"/>
       <c r="AG71" s="62"/>
       <c r="AH71" s="62"/>
       <c r="AI71" s="62"/>
       <c r="AJ71" s="62"/>
       <c r="AK71" s="62"/>
       <c r="AL71" s="62"/>
       <c r="AM71" s="62"/>
       <c r="AN71" s="62"/>
       <c r="AO71" s="62"/>
       <c r="AP71" s="62"/>
       <c r="AQ71" s="62"/>
       <c r="AR71" s="62"/>
     </row>
     <row r="72" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A72" s="240"/>
       <c r="B72" s="241"/>
       <c r="C72" s="241"/>
       <c r="D72" s="241"/>
-      <c r="E72" s="139"/>
-      <c r="F72" s="122"/>
+      <c r="E72" s="132"/>
+      <c r="F72" s="115"/>
       <c r="G72" s="51"/>
       <c r="H72" s="51"/>
       <c r="I72" s="51"/>
       <c r="J72" s="51"/>
-      <c r="K72" s="168"/>
-[...1 lines deleted...]
-      <c r="M72" s="170"/>
+      <c r="K72" s="161"/>
+      <c r="L72" s="162"/>
+      <c r="M72" s="163"/>
       <c r="N72" s="31"/>
       <c r="O72" s="32"/>
       <c r="P72" s="32"/>
-      <c r="Q72" s="134"/>
-      <c r="R72" s="118"/>
+      <c r="Q72" s="127"/>
+      <c r="R72" s="111"/>
       <c r="S72" s="33"/>
       <c r="T72" s="57"/>
       <c r="U72" s="58"/>
-      <c r="V72" s="198">
+      <c r="V72" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W72" s="197">
+      <c r="W72" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X72" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y72" s="62"/>
       <c r="Z72" s="62"/>
       <c r="AA72" s="62"/>
       <c r="AB72" s="62"/>
       <c r="AC72" s="62"/>
       <c r="AD72" s="62"/>
       <c r="AE72" s="62"/>
       <c r="AF72" s="62"/>
       <c r="AG72" s="62"/>
       <c r="AH72" s="62"/>
       <c r="AI72" s="62"/>
       <c r="AJ72" s="62"/>
       <c r="AK72" s="62"/>
       <c r="AL72" s="62"/>
       <c r="AM72" s="62"/>
       <c r="AN72" s="62"/>
       <c r="AO72" s="62"/>
       <c r="AP72" s="62"/>
       <c r="AQ72" s="62"/>
       <c r="AR72" s="62"/>
     </row>
     <row r="73" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A73" s="240"/>
       <c r="B73" s="241"/>
       <c r="C73" s="241"/>
       <c r="D73" s="241"/>
-      <c r="E73" s="139"/>
-      <c r="F73" s="122"/>
+      <c r="E73" s="132"/>
+      <c r="F73" s="115"/>
       <c r="G73" s="51"/>
       <c r="H73" s="51"/>
       <c r="I73" s="51"/>
       <c r="J73" s="51"/>
-      <c r="K73" s="168"/>
-[...1 lines deleted...]
-      <c r="M73" s="170"/>
+      <c r="K73" s="161"/>
+      <c r="L73" s="162"/>
+      <c r="M73" s="163"/>
       <c r="N73" s="31"/>
       <c r="O73" s="32"/>
       <c r="P73" s="32"/>
-      <c r="Q73" s="134"/>
-      <c r="R73" s="118"/>
+      <c r="Q73" s="127"/>
+      <c r="R73" s="111"/>
       <c r="S73" s="33"/>
       <c r="T73" s="57"/>
       <c r="U73" s="58"/>
-      <c r="V73" s="198">
+      <c r="V73" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W73" s="197">
+      <c r="W73" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X73" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y73" s="62"/>
       <c r="Z73" s="62"/>
       <c r="AA73" s="62"/>
       <c r="AB73" s="62"/>
       <c r="AC73" s="62"/>
       <c r="AD73" s="62"/>
       <c r="AE73" s="62"/>
       <c r="AF73" s="62"/>
       <c r="AG73" s="62"/>
       <c r="AH73" s="62"/>
       <c r="AI73" s="62"/>
       <c r="AJ73" s="62"/>
       <c r="AK73" s="62"/>
       <c r="AL73" s="62"/>
       <c r="AM73" s="62"/>
       <c r="AN73" s="62"/>
       <c r="AO73" s="62"/>
       <c r="AP73" s="62"/>
       <c r="AQ73" s="62"/>
       <c r="AR73" s="62"/>
     </row>
     <row r="74" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A74" s="240"/>
       <c r="B74" s="241"/>
       <c r="C74" s="241"/>
       <c r="D74" s="241"/>
-      <c r="E74" s="139"/>
-      <c r="F74" s="122"/>
+      <c r="E74" s="132"/>
+      <c r="F74" s="115"/>
       <c r="G74" s="51"/>
       <c r="H74" s="51"/>
       <c r="I74" s="51"/>
       <c r="J74" s="51"/>
-      <c r="K74" s="168"/>
-[...1 lines deleted...]
-      <c r="M74" s="170"/>
+      <c r="K74" s="161"/>
+      <c r="L74" s="162"/>
+      <c r="M74" s="163"/>
       <c r="N74" s="31"/>
       <c r="O74" s="32"/>
       <c r="P74" s="32"/>
-      <c r="Q74" s="134"/>
-      <c r="R74" s="118"/>
+      <c r="Q74" s="127"/>
+      <c r="R74" s="111"/>
       <c r="S74" s="33"/>
       <c r="T74" s="57"/>
       <c r="U74" s="58"/>
-      <c r="V74" s="198">
+      <c r="V74" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W74" s="197">
+      <c r="W74" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X74" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y74" s="62"/>
       <c r="Z74" s="62"/>
       <c r="AA74" s="62"/>
       <c r="AB74" s="62"/>
       <c r="AC74" s="62"/>
       <c r="AD74" s="62"/>
       <c r="AE74" s="62"/>
       <c r="AF74" s="62"/>
       <c r="AG74" s="62"/>
       <c r="AH74" s="62"/>
       <c r="AI74" s="62"/>
       <c r="AJ74" s="62"/>
       <c r="AK74" s="62"/>
       <c r="AL74" s="62"/>
       <c r="AM74" s="62"/>
       <c r="AN74" s="62"/>
       <c r="AO74" s="62"/>
       <c r="AP74" s="62"/>
       <c r="AQ74" s="62"/>
       <c r="AR74" s="62"/>
     </row>
     <row r="75" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A75" s="240"/>
       <c r="B75" s="241"/>
       <c r="C75" s="241"/>
       <c r="D75" s="241"/>
-      <c r="E75" s="139"/>
-      <c r="F75" s="122"/>
+      <c r="E75" s="132"/>
+      <c r="F75" s="115"/>
       <c r="G75" s="51"/>
       <c r="H75" s="51"/>
       <c r="I75" s="51"/>
       <c r="J75" s="51"/>
-      <c r="K75" s="168"/>
-[...1 lines deleted...]
-      <c r="M75" s="170"/>
+      <c r="K75" s="161"/>
+      <c r="L75" s="162"/>
+      <c r="M75" s="163"/>
       <c r="N75" s="31"/>
       <c r="O75" s="32"/>
       <c r="P75" s="32"/>
-      <c r="Q75" s="134"/>
-      <c r="R75" s="118"/>
+      <c r="Q75" s="127"/>
+      <c r="R75" s="111"/>
       <c r="S75" s="33"/>
       <c r="T75" s="57"/>
       <c r="U75" s="58"/>
-      <c r="V75" s="198">
+      <c r="V75" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W75" s="197">
+      <c r="W75" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X75" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y75" s="62"/>
       <c r="Z75" s="62"/>
       <c r="AA75" s="62"/>
       <c r="AB75" s="62"/>
       <c r="AC75" s="62"/>
       <c r="AD75" s="62"/>
       <c r="AE75" s="62"/>
       <c r="AF75" s="62"/>
       <c r="AG75" s="62"/>
       <c r="AH75" s="62"/>
       <c r="AI75" s="62"/>
       <c r="AJ75" s="62"/>
       <c r="AK75" s="62"/>
       <c r="AL75" s="62"/>
       <c r="AM75" s="62"/>
       <c r="AN75" s="62"/>
       <c r="AO75" s="62"/>
       <c r="AP75" s="62"/>
       <c r="AQ75" s="62"/>
       <c r="AR75" s="62"/>
     </row>
     <row r="76" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A76" s="240"/>
       <c r="B76" s="241"/>
       <c r="C76" s="241"/>
       <c r="D76" s="241"/>
-      <c r="E76" s="139"/>
-      <c r="F76" s="122"/>
+      <c r="E76" s="132"/>
+      <c r="F76" s="115"/>
       <c r="G76" s="51"/>
       <c r="H76" s="51"/>
       <c r="I76" s="51"/>
       <c r="J76" s="51"/>
-      <c r="K76" s="168"/>
-[...1 lines deleted...]
-      <c r="M76" s="170"/>
+      <c r="K76" s="161"/>
+      <c r="L76" s="162"/>
+      <c r="M76" s="163"/>
       <c r="N76" s="31"/>
       <c r="O76" s="32"/>
       <c r="P76" s="32"/>
-      <c r="Q76" s="134"/>
-      <c r="R76" s="118"/>
+      <c r="Q76" s="127"/>
+      <c r="R76" s="111"/>
       <c r="S76" s="33"/>
       <c r="T76" s="57"/>
       <c r="U76" s="58"/>
-      <c r="V76" s="198">
+      <c r="V76" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W76" s="197">
+      <c r="W76" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X76" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y76" s="62"/>
       <c r="Z76" s="62"/>
       <c r="AA76" s="62"/>
       <c r="AB76" s="62"/>
       <c r="AC76" s="62"/>
       <c r="AD76" s="62"/>
       <c r="AE76" s="62"/>
       <c r="AF76" s="62"/>
       <c r="AG76" s="62"/>
       <c r="AH76" s="62"/>
       <c r="AI76" s="62"/>
       <c r="AJ76" s="62"/>
       <c r="AK76" s="62"/>
       <c r="AL76" s="62"/>
       <c r="AM76" s="62"/>
       <c r="AN76" s="62"/>
       <c r="AO76" s="62"/>
       <c r="AP76" s="62"/>
       <c r="AQ76" s="62"/>
       <c r="AR76" s="62"/>
     </row>
     <row r="77" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="240"/>
       <c r="B77" s="241"/>
       <c r="C77" s="241"/>
       <c r="D77" s="241"/>
-      <c r="E77" s="139"/>
-      <c r="F77" s="122"/>
+      <c r="E77" s="132"/>
+      <c r="F77" s="115"/>
       <c r="G77" s="51"/>
       <c r="H77" s="51"/>
       <c r="I77" s="51"/>
       <c r="J77" s="51"/>
-      <c r="K77" s="168"/>
-[...1 lines deleted...]
-      <c r="M77" s="170"/>
+      <c r="K77" s="161"/>
+      <c r="L77" s="162"/>
+      <c r="M77" s="163"/>
       <c r="N77" s="31"/>
       <c r="O77" s="32"/>
       <c r="P77" s="32"/>
-      <c r="Q77" s="134"/>
-      <c r="R77" s="118"/>
+      <c r="Q77" s="127"/>
+      <c r="R77" s="111"/>
       <c r="S77" s="33"/>
       <c r="T77" s="57"/>
       <c r="U77" s="58"/>
-      <c r="V77" s="198">
+      <c r="V77" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W77" s="197">
+      <c r="W77" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X77" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y77" s="62"/>
       <c r="Z77" s="62"/>
       <c r="AA77" s="62"/>
       <c r="AB77" s="62"/>
       <c r="AC77" s="62"/>
       <c r="AD77" s="62"/>
       <c r="AE77" s="62"/>
       <c r="AF77" s="62"/>
       <c r="AG77" s="62"/>
       <c r="AH77" s="62"/>
       <c r="AI77" s="62"/>
       <c r="AJ77" s="62"/>
       <c r="AK77" s="62"/>
       <c r="AL77" s="62"/>
       <c r="AM77" s="62"/>
       <c r="AN77" s="62"/>
       <c r="AO77" s="62"/>
       <c r="AP77" s="62"/>
       <c r="AQ77" s="62"/>
       <c r="AR77" s="62"/>
     </row>
     <row r="78" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A78" s="240"/>
       <c r="B78" s="241"/>
       <c r="C78" s="241"/>
       <c r="D78" s="241"/>
-      <c r="E78" s="139"/>
-      <c r="F78" s="122"/>
+      <c r="E78" s="132"/>
+      <c r="F78" s="115"/>
       <c r="G78" s="51"/>
       <c r="H78" s="51"/>
       <c r="I78" s="51"/>
       <c r="J78" s="51"/>
-      <c r="K78" s="168"/>
-[...1 lines deleted...]
-      <c r="M78" s="170"/>
+      <c r="K78" s="161"/>
+      <c r="L78" s="162"/>
+      <c r="M78" s="163"/>
       <c r="N78" s="31"/>
       <c r="O78" s="32"/>
       <c r="P78" s="32"/>
-      <c r="Q78" s="134"/>
-      <c r="R78" s="118"/>
+      <c r="Q78" s="127"/>
+      <c r="R78" s="111"/>
       <c r="S78" s="33"/>
       <c r="T78" s="57"/>
       <c r="U78" s="58"/>
-      <c r="V78" s="198">
+      <c r="V78" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W78" s="197">
+      <c r="W78" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X78" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y78" s="62"/>
       <c r="Z78" s="62"/>
       <c r="AA78" s="62"/>
       <c r="AB78" s="62"/>
       <c r="AC78" s="62"/>
       <c r="AD78" s="62"/>
       <c r="AE78" s="62"/>
       <c r="AF78" s="62"/>
       <c r="AG78" s="62"/>
       <c r="AH78" s="62"/>
       <c r="AI78" s="62"/>
       <c r="AJ78" s="62"/>
       <c r="AK78" s="62"/>
       <c r="AL78" s="62"/>
       <c r="AM78" s="62"/>
       <c r="AN78" s="62"/>
       <c r="AO78" s="62"/>
       <c r="AP78" s="62"/>
       <c r="AQ78" s="62"/>
       <c r="AR78" s="62"/>
     </row>
     <row r="79" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A79" s="240"/>
       <c r="B79" s="241"/>
       <c r="C79" s="241"/>
       <c r="D79" s="241"/>
-      <c r="E79" s="139"/>
-      <c r="F79" s="122"/>
+      <c r="E79" s="132"/>
+      <c r="F79" s="115"/>
       <c r="G79" s="51"/>
       <c r="H79" s="51"/>
       <c r="I79" s="51"/>
       <c r="J79" s="51"/>
-      <c r="K79" s="168"/>
-[...1 lines deleted...]
-      <c r="M79" s="170"/>
+      <c r="K79" s="161"/>
+      <c r="L79" s="162"/>
+      <c r="M79" s="163"/>
       <c r="N79" s="31"/>
       <c r="O79" s="32"/>
       <c r="P79" s="32"/>
-      <c r="Q79" s="134"/>
-      <c r="R79" s="118"/>
+      <c r="Q79" s="127"/>
+      <c r="R79" s="111"/>
       <c r="S79" s="33"/>
       <c r="T79" s="57"/>
       <c r="U79" s="58"/>
-      <c r="V79" s="198">
+      <c r="V79" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W79" s="197">
+      <c r="W79" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X79" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y79" s="62"/>
       <c r="Z79" s="62"/>
       <c r="AA79" s="62"/>
       <c r="AB79" s="62"/>
       <c r="AC79" s="62"/>
       <c r="AD79" s="62"/>
       <c r="AE79" s="62"/>
       <c r="AF79" s="62"/>
       <c r="AG79" s="62"/>
       <c r="AH79" s="62"/>
       <c r="AI79" s="62"/>
       <c r="AJ79" s="62"/>
       <c r="AK79" s="62"/>
       <c r="AL79" s="62"/>
       <c r="AM79" s="62"/>
       <c r="AN79" s="62"/>
       <c r="AO79" s="62"/>
       <c r="AP79" s="62"/>
       <c r="AQ79" s="62"/>
       <c r="AR79" s="62"/>
     </row>
     <row r="80" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A80" s="240"/>
       <c r="B80" s="241"/>
       <c r="C80" s="241"/>
       <c r="D80" s="241"/>
-      <c r="E80" s="139"/>
-      <c r="F80" s="122"/>
+      <c r="E80" s="132"/>
+      <c r="F80" s="115"/>
       <c r="G80" s="51"/>
       <c r="H80" s="51"/>
       <c r="I80" s="51"/>
       <c r="J80" s="51"/>
-      <c r="K80" s="168"/>
-[...1 lines deleted...]
-      <c r="M80" s="170"/>
+      <c r="K80" s="161"/>
+      <c r="L80" s="162"/>
+      <c r="M80" s="163"/>
       <c r="N80" s="31"/>
       <c r="O80" s="32"/>
       <c r="P80" s="32"/>
-      <c r="Q80" s="134"/>
-      <c r="R80" s="118"/>
+      <c r="Q80" s="127"/>
+      <c r="R80" s="111"/>
       <c r="S80" s="33"/>
       <c r="T80" s="57"/>
       <c r="U80" s="58"/>
-      <c r="V80" s="198">
+      <c r="V80" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W80" s="197">
+      <c r="W80" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X80" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y80" s="62"/>
       <c r="Z80" s="62"/>
       <c r="AA80" s="62"/>
       <c r="AB80" s="62"/>
       <c r="AC80" s="62"/>
       <c r="AD80" s="62"/>
       <c r="AE80" s="62"/>
       <c r="AF80" s="62"/>
       <c r="AG80" s="62"/>
       <c r="AH80" s="62"/>
       <c r="AI80" s="62"/>
       <c r="AJ80" s="62"/>
       <c r="AK80" s="62"/>
       <c r="AL80" s="62"/>
       <c r="AM80" s="62"/>
       <c r="AN80" s="62"/>
       <c r="AO80" s="62"/>
       <c r="AP80" s="62"/>
       <c r="AQ80" s="62"/>
       <c r="AR80" s="62"/>
     </row>
     <row r="81" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A81" s="240"/>
       <c r="B81" s="241"/>
       <c r="C81" s="241"/>
       <c r="D81" s="241"/>
-      <c r="E81" s="139"/>
-      <c r="F81" s="122"/>
+      <c r="E81" s="132"/>
+      <c r="F81" s="115"/>
       <c r="G81" s="51"/>
       <c r="H81" s="51"/>
       <c r="I81" s="51"/>
       <c r="J81" s="51"/>
-      <c r="K81" s="168"/>
-[...1 lines deleted...]
-      <c r="M81" s="170"/>
+      <c r="K81" s="161"/>
+      <c r="L81" s="162"/>
+      <c r="M81" s="163"/>
       <c r="N81" s="31"/>
       <c r="O81" s="32"/>
       <c r="P81" s="32"/>
-      <c r="Q81" s="134"/>
-      <c r="R81" s="118"/>
+      <c r="Q81" s="127"/>
+      <c r="R81" s="111"/>
       <c r="S81" s="33"/>
       <c r="T81" s="57"/>
       <c r="U81" s="58"/>
-      <c r="V81" s="198">
+      <c r="V81" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W81" s="197">
+      <c r="W81" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X81" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y81" s="62"/>
       <c r="Z81" s="62"/>
       <c r="AA81" s="62"/>
       <c r="AB81" s="62"/>
       <c r="AC81" s="62"/>
       <c r="AD81" s="62"/>
       <c r="AE81" s="62"/>
       <c r="AF81" s="62"/>
       <c r="AG81" s="62"/>
       <c r="AH81" s="62"/>
       <c r="AI81" s="62"/>
       <c r="AJ81" s="62"/>
       <c r="AK81" s="62"/>
       <c r="AL81" s="62"/>
       <c r="AM81" s="62"/>
       <c r="AN81" s="62"/>
       <c r="AO81" s="62"/>
       <c r="AP81" s="62"/>
       <c r="AQ81" s="62"/>
       <c r="AR81" s="62"/>
     </row>
     <row r="82" spans="1:44" ht="12" x14ac:dyDescent="0.2">
       <c r="A82" s="240"/>
       <c r="B82" s="241"/>
       <c r="C82" s="241"/>
       <c r="D82" s="241"/>
-      <c r="E82" s="139"/>
-      <c r="F82" s="122"/>
+      <c r="E82" s="132"/>
+      <c r="F82" s="115"/>
       <c r="G82" s="51"/>
       <c r="H82" s="51"/>
       <c r="I82" s="51"/>
       <c r="J82" s="51"/>
-      <c r="K82" s="168"/>
-[...1 lines deleted...]
-      <c r="M82" s="170"/>
+      <c r="K82" s="161"/>
+      <c r="L82" s="162"/>
+      <c r="M82" s="163"/>
       <c r="N82" s="31"/>
       <c r="O82" s="32"/>
       <c r="P82" s="32"/>
-      <c r="Q82" s="134"/>
-      <c r="R82" s="118"/>
+      <c r="Q82" s="127"/>
+      <c r="R82" s="111"/>
       <c r="S82" s="33"/>
       <c r="T82" s="57"/>
       <c r="U82" s="58"/>
-      <c r="V82" s="198">
+      <c r="V82" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W82" s="197">
+      <c r="W82" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X82" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y82" s="62"/>
       <c r="Z82" s="62"/>
       <c r="AA82" s="62"/>
       <c r="AB82" s="62"/>
       <c r="AC82" s="62"/>
       <c r="AD82" s="62"/>
       <c r="AE82" s="62"/>
       <c r="AF82" s="62"/>
       <c r="AG82" s="62"/>
       <c r="AH82" s="62"/>
       <c r="AI82" s="62"/>
       <c r="AJ82" s="62"/>
       <c r="AK82" s="62"/>
       <c r="AL82" s="62"/>
       <c r="AM82" s="62"/>
       <c r="AN82" s="62"/>
       <c r="AO82" s="62"/>
       <c r="AP82" s="62"/>
       <c r="AQ82" s="62"/>
       <c r="AR82" s="62"/>
     </row>
     <row r="83" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A83" s="240"/>
       <c r="B83" s="241"/>
       <c r="C83" s="241"/>
       <c r="D83" s="241"/>
-      <c r="E83" s="139"/>
-      <c r="F83" s="122"/>
+      <c r="E83" s="132"/>
+      <c r="F83" s="115"/>
       <c r="G83" s="51"/>
       <c r="H83" s="51"/>
       <c r="I83" s="51"/>
       <c r="J83" s="51"/>
-      <c r="K83" s="168"/>
-[...1 lines deleted...]
-      <c r="M83" s="170"/>
+      <c r="K83" s="161"/>
+      <c r="L83" s="162"/>
+      <c r="M83" s="163"/>
       <c r="N83" s="31"/>
       <c r="O83" s="32"/>
       <c r="P83" s="32"/>
-      <c r="Q83" s="134"/>
-      <c r="R83" s="118"/>
+      <c r="Q83" s="127"/>
+      <c r="R83" s="111"/>
       <c r="S83" s="33"/>
       <c r="T83" s="57"/>
       <c r="U83" s="58"/>
-      <c r="V83" s="198">
+      <c r="V83" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W83" s="197">
+      <c r="W83" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X83" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y83" s="62"/>
       <c r="Z83" s="62"/>
       <c r="AA83" s="62"/>
       <c r="AB83" s="62"/>
       <c r="AC83" s="62"/>
       <c r="AD83" s="62"/>
       <c r="AE83" s="62"/>
       <c r="AF83" s="62"/>
       <c r="AG83" s="62"/>
       <c r="AH83" s="62"/>
       <c r="AI83" s="62"/>
       <c r="AJ83" s="62"/>
       <c r="AK83" s="62"/>
       <c r="AL83" s="62"/>
       <c r="AM83" s="62"/>
       <c r="AN83" s="62"/>
       <c r="AO83" s="62"/>
       <c r="AP83" s="62"/>
       <c r="AQ83" s="62"/>
       <c r="AR83" s="62"/>
     </row>
     <row r="84" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A84" s="240"/>
       <c r="B84" s="241"/>
       <c r="C84" s="241"/>
       <c r="D84" s="241"/>
-      <c r="E84" s="139"/>
-      <c r="F84" s="122"/>
+      <c r="E84" s="132"/>
+      <c r="F84" s="115"/>
       <c r="G84" s="51"/>
       <c r="H84" s="51"/>
       <c r="I84" s="51"/>
       <c r="J84" s="51"/>
-      <c r="K84" s="168"/>
-[...1 lines deleted...]
-      <c r="M84" s="170"/>
+      <c r="K84" s="161"/>
+      <c r="L84" s="162"/>
+      <c r="M84" s="163"/>
       <c r="N84" s="31"/>
       <c r="O84" s="32"/>
       <c r="P84" s="32"/>
-      <c r="Q84" s="134"/>
-      <c r="R84" s="118"/>
+      <c r="Q84" s="127"/>
+      <c r="R84" s="111"/>
       <c r="S84" s="33"/>
       <c r="T84" s="57"/>
       <c r="U84" s="58"/>
-      <c r="V84" s="198">
+      <c r="V84" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W84" s="197">
+      <c r="W84" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X84" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y84" s="62"/>
       <c r="Z84" s="62"/>
       <c r="AA84" s="62"/>
       <c r="AB84" s="62"/>
       <c r="AC84" s="62"/>
       <c r="AD84" s="62"/>
       <c r="AE84" s="62"/>
       <c r="AF84" s="62"/>
       <c r="AG84" s="62"/>
       <c r="AH84" s="62"/>
       <c r="AI84" s="62"/>
       <c r="AJ84" s="62"/>
       <c r="AK84" s="62"/>
       <c r="AL84" s="62"/>
       <c r="AM84" s="62"/>
       <c r="AN84" s="62"/>
       <c r="AO84" s="62"/>
       <c r="AP84" s="62"/>
       <c r="AQ84" s="62"/>
       <c r="AR84" s="62"/>
     </row>
     <row r="85" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A85" s="240"/>
       <c r="B85" s="241"/>
       <c r="C85" s="241"/>
       <c r="D85" s="241"/>
-      <c r="E85" s="139"/>
-      <c r="F85" s="122"/>
+      <c r="E85" s="132"/>
+      <c r="F85" s="115"/>
       <c r="G85" s="51"/>
       <c r="H85" s="51"/>
       <c r="I85" s="51"/>
       <c r="J85" s="51"/>
-      <c r="K85" s="168"/>
-[...1 lines deleted...]
-      <c r="M85" s="170"/>
+      <c r="K85" s="161"/>
+      <c r="L85" s="162"/>
+      <c r="M85" s="163"/>
       <c r="N85" s="31"/>
       <c r="O85" s="32"/>
       <c r="P85" s="32"/>
-      <c r="Q85" s="134"/>
-      <c r="R85" s="118"/>
+      <c r="Q85" s="127"/>
+      <c r="R85" s="111"/>
       <c r="S85" s="33"/>
       <c r="T85" s="57"/>
       <c r="U85" s="58"/>
-      <c r="V85" s="198">
+      <c r="V85" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W85" s="197">
+      <c r="W85" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X85" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y85" s="62"/>
       <c r="Z85" s="62"/>
       <c r="AA85" s="62"/>
       <c r="AB85" s="62"/>
       <c r="AC85" s="62"/>
       <c r="AD85" s="62"/>
       <c r="AE85" s="62"/>
       <c r="AF85" s="62"/>
       <c r="AG85" s="62"/>
       <c r="AH85" s="62"/>
       <c r="AI85" s="62"/>
       <c r="AJ85" s="62"/>
       <c r="AK85" s="62"/>
       <c r="AL85" s="62"/>
       <c r="AM85" s="62"/>
       <c r="AN85" s="62"/>
       <c r="AO85" s="62"/>
       <c r="AP85" s="62"/>
       <c r="AQ85" s="62"/>
       <c r="AR85" s="62"/>
     </row>
     <row r="86" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A86" s="240"/>
       <c r="B86" s="241"/>
       <c r="C86" s="241"/>
       <c r="D86" s="241"/>
-      <c r="E86" s="139"/>
-      <c r="F86" s="122"/>
+      <c r="E86" s="132"/>
+      <c r="F86" s="115"/>
       <c r="G86" s="51"/>
       <c r="H86" s="51"/>
       <c r="I86" s="51"/>
       <c r="J86" s="51"/>
-      <c r="K86" s="168"/>
-[...1 lines deleted...]
-      <c r="M86" s="170"/>
+      <c r="K86" s="161"/>
+      <c r="L86" s="162"/>
+      <c r="M86" s="163"/>
       <c r="N86" s="31"/>
       <c r="O86" s="32"/>
       <c r="P86" s="32"/>
-      <c r="Q86" s="134"/>
-      <c r="R86" s="118"/>
+      <c r="Q86" s="127"/>
+      <c r="R86" s="111"/>
       <c r="S86" s="33"/>
       <c r="T86" s="57"/>
       <c r="U86" s="58"/>
-      <c r="V86" s="198">
+      <c r="V86" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W86" s="197">
+      <c r="W86" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X86" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y86" s="62"/>
       <c r="Z86" s="62"/>
       <c r="AA86" s="62"/>
       <c r="AB86" s="62"/>
       <c r="AC86" s="62"/>
       <c r="AD86" s="62"/>
       <c r="AE86" s="62"/>
       <c r="AF86" s="62"/>
       <c r="AG86" s="62"/>
       <c r="AH86" s="62"/>
       <c r="AI86" s="62"/>
       <c r="AJ86" s="62"/>
       <c r="AK86" s="62"/>
       <c r="AL86" s="62"/>
       <c r="AM86" s="62"/>
       <c r="AN86" s="62"/>
       <c r="AO86" s="62"/>
       <c r="AP86" s="62"/>
       <c r="AQ86" s="62"/>
       <c r="AR86" s="62"/>
     </row>
     <row r="87" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A87" s="240"/>
       <c r="B87" s="241"/>
       <c r="C87" s="241"/>
       <c r="D87" s="241"/>
-      <c r="E87" s="139"/>
-      <c r="F87" s="122"/>
+      <c r="E87" s="132"/>
+      <c r="F87" s="115"/>
       <c r="G87" s="51"/>
       <c r="H87" s="51"/>
       <c r="I87" s="51"/>
       <c r="J87" s="51"/>
-      <c r="K87" s="168"/>
-[...1 lines deleted...]
-      <c r="M87" s="170"/>
+      <c r="K87" s="161"/>
+      <c r="L87" s="162"/>
+      <c r="M87" s="163"/>
       <c r="N87" s="31"/>
       <c r="O87" s="32"/>
       <c r="P87" s="32"/>
-      <c r="Q87" s="134"/>
-      <c r="R87" s="118"/>
+      <c r="Q87" s="127"/>
+      <c r="R87" s="111"/>
       <c r="S87" s="33"/>
       <c r="T87" s="57"/>
       <c r="U87" s="58"/>
-      <c r="V87" s="198">
+      <c r="V87" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W87" s="197">
+      <c r="W87" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X87" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y87" s="62"/>
       <c r="Z87" s="62"/>
       <c r="AA87" s="62"/>
       <c r="AB87" s="62"/>
       <c r="AC87" s="62"/>
       <c r="AD87" s="62"/>
       <c r="AE87" s="62"/>
       <c r="AF87" s="62"/>
       <c r="AG87" s="62"/>
       <c r="AH87" s="62"/>
       <c r="AI87" s="62"/>
       <c r="AJ87" s="62"/>
       <c r="AK87" s="62"/>
       <c r="AL87" s="62"/>
       <c r="AM87" s="62"/>
       <c r="AN87" s="62"/>
       <c r="AO87" s="62"/>
       <c r="AP87" s="62"/>
       <c r="AQ87" s="62"/>
       <c r="AR87" s="62"/>
     </row>
     <row r="88" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A88" s="240"/>
       <c r="B88" s="241"/>
       <c r="C88" s="241"/>
       <c r="D88" s="241"/>
-      <c r="E88" s="139"/>
-      <c r="F88" s="122"/>
+      <c r="E88" s="132"/>
+      <c r="F88" s="115"/>
       <c r="G88" s="51"/>
       <c r="H88" s="51"/>
       <c r="I88" s="51"/>
       <c r="J88" s="51"/>
-      <c r="K88" s="168"/>
-[...1 lines deleted...]
-      <c r="M88" s="170"/>
+      <c r="K88" s="161"/>
+      <c r="L88" s="162"/>
+      <c r="M88" s="163"/>
       <c r="N88" s="31"/>
       <c r="O88" s="32"/>
       <c r="P88" s="32"/>
-      <c r="Q88" s="134"/>
-      <c r="R88" s="118"/>
+      <c r="Q88" s="127"/>
+      <c r="R88" s="111"/>
       <c r="S88" s="33"/>
       <c r="T88" s="57"/>
       <c r="U88" s="58"/>
-      <c r="V88" s="198">
+      <c r="V88" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W88" s="197">
+      <c r="W88" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X88" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y88" s="62"/>
       <c r="Z88" s="62"/>
       <c r="AA88" s="62"/>
       <c r="AB88" s="62"/>
       <c r="AC88" s="62"/>
       <c r="AD88" s="62"/>
       <c r="AE88" s="62"/>
       <c r="AF88" s="62"/>
       <c r="AG88" s="62"/>
       <c r="AH88" s="62"/>
       <c r="AI88" s="62"/>
       <c r="AJ88" s="62"/>
       <c r="AK88" s="62"/>
       <c r="AL88" s="62"/>
       <c r="AM88" s="62"/>
       <c r="AN88" s="62"/>
       <c r="AO88" s="62"/>
       <c r="AP88" s="62"/>
       <c r="AQ88" s="62"/>
       <c r="AR88" s="62"/>
     </row>
     <row r="89" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A89" s="240"/>
       <c r="B89" s="241"/>
       <c r="C89" s="241"/>
       <c r="D89" s="241"/>
-      <c r="E89" s="139"/>
-      <c r="F89" s="122"/>
+      <c r="E89" s="132"/>
+      <c r="F89" s="115"/>
       <c r="G89" s="51"/>
       <c r="H89" s="51"/>
       <c r="I89" s="51"/>
       <c r="J89" s="51"/>
-      <c r="K89" s="168"/>
-[...1 lines deleted...]
-      <c r="M89" s="170"/>
+      <c r="K89" s="161"/>
+      <c r="L89" s="162"/>
+      <c r="M89" s="163"/>
       <c r="N89" s="31"/>
       <c r="O89" s="32"/>
       <c r="P89" s="32"/>
-      <c r="Q89" s="134"/>
-      <c r="R89" s="118"/>
+      <c r="Q89" s="127"/>
+      <c r="R89" s="111"/>
       <c r="S89" s="33"/>
       <c r="T89" s="57"/>
       <c r="U89" s="58"/>
-      <c r="V89" s="198">
+      <c r="V89" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W89" s="197">
+      <c r="W89" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X89" s="2">
         <f t="shared" ref="X89:X152" si="6">IF(E89="o",0,SUM(N89:U89))</f>
         <v>0</v>
       </c>
       <c r="Y89" s="62"/>
       <c r="Z89" s="62"/>
       <c r="AA89" s="62"/>
       <c r="AB89" s="62"/>
       <c r="AC89" s="62"/>
       <c r="AD89" s="62"/>
       <c r="AE89" s="62"/>
       <c r="AF89" s="62"/>
       <c r="AG89" s="62"/>
       <c r="AH89" s="62"/>
       <c r="AI89" s="62"/>
       <c r="AJ89" s="62"/>
       <c r="AK89" s="62"/>
       <c r="AL89" s="62"/>
       <c r="AM89" s="62"/>
       <c r="AN89" s="62"/>
       <c r="AO89" s="62"/>
       <c r="AP89" s="62"/>
       <c r="AQ89" s="62"/>
       <c r="AR89" s="62"/>
     </row>
     <row r="90" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A90" s="240"/>
       <c r="B90" s="241"/>
       <c r="C90" s="241"/>
       <c r="D90" s="241"/>
-      <c r="E90" s="139"/>
-      <c r="F90" s="122"/>
+      <c r="E90" s="132"/>
+      <c r="F90" s="115"/>
       <c r="G90" s="51"/>
       <c r="H90" s="51"/>
       <c r="I90" s="51"/>
       <c r="J90" s="51"/>
-      <c r="K90" s="168"/>
-[...1 lines deleted...]
-      <c r="M90" s="170"/>
+      <c r="K90" s="161"/>
+      <c r="L90" s="162"/>
+      <c r="M90" s="163"/>
       <c r="N90" s="31"/>
       <c r="O90" s="32"/>
       <c r="P90" s="32"/>
-      <c r="Q90" s="134"/>
-      <c r="R90" s="118"/>
+      <c r="Q90" s="127"/>
+      <c r="R90" s="111"/>
       <c r="S90" s="33"/>
       <c r="T90" s="57"/>
       <c r="U90" s="58"/>
-      <c r="V90" s="198">
+      <c r="V90" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W90" s="197">
+      <c r="W90" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X90" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y90" s="62"/>
       <c r="Z90" s="62"/>
       <c r="AA90" s="62"/>
       <c r="AB90" s="62"/>
       <c r="AC90" s="62"/>
       <c r="AD90" s="62"/>
       <c r="AE90" s="62"/>
       <c r="AF90" s="62"/>
       <c r="AG90" s="62"/>
       <c r="AH90" s="62"/>
       <c r="AI90" s="62"/>
       <c r="AJ90" s="62"/>
       <c r="AK90" s="62"/>
       <c r="AL90" s="62"/>
       <c r="AM90" s="62"/>
       <c r="AN90" s="62"/>
       <c r="AO90" s="62"/>
       <c r="AP90" s="62"/>
       <c r="AQ90" s="62"/>
       <c r="AR90" s="62"/>
     </row>
     <row r="91" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A91" s="240"/>
       <c r="B91" s="241"/>
       <c r="C91" s="241"/>
       <c r="D91" s="241"/>
-      <c r="E91" s="139"/>
-      <c r="F91" s="122"/>
+      <c r="E91" s="132"/>
+      <c r="F91" s="115"/>
       <c r="G91" s="51"/>
       <c r="H91" s="51"/>
       <c r="I91" s="51"/>
       <c r="J91" s="51"/>
-      <c r="K91" s="168"/>
-[...1 lines deleted...]
-      <c r="M91" s="170"/>
+      <c r="K91" s="161"/>
+      <c r="L91" s="162"/>
+      <c r="M91" s="163"/>
       <c r="N91" s="31"/>
       <c r="O91" s="32"/>
       <c r="P91" s="32"/>
-      <c r="Q91" s="134"/>
-      <c r="R91" s="118"/>
+      <c r="Q91" s="127"/>
+      <c r="R91" s="111"/>
       <c r="S91" s="33"/>
       <c r="T91" s="57"/>
       <c r="U91" s="58"/>
-      <c r="V91" s="198">
+      <c r="V91" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W91" s="197">
+      <c r="W91" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X91" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y91" s="62"/>
       <c r="Z91" s="62"/>
       <c r="AA91" s="62"/>
       <c r="AB91" s="62"/>
       <c r="AC91" s="62"/>
       <c r="AD91" s="62"/>
       <c r="AE91" s="62"/>
       <c r="AF91" s="62"/>
       <c r="AG91" s="62"/>
       <c r="AH91" s="62"/>
       <c r="AI91" s="62"/>
       <c r="AJ91" s="62"/>
       <c r="AK91" s="62"/>
       <c r="AL91" s="62"/>
       <c r="AM91" s="62"/>
       <c r="AN91" s="62"/>
       <c r="AO91" s="62"/>
       <c r="AP91" s="62"/>
       <c r="AQ91" s="62"/>
       <c r="AR91" s="62"/>
     </row>
     <row r="92" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A92" s="240"/>
       <c r="B92" s="241"/>
       <c r="C92" s="241"/>
       <c r="D92" s="241"/>
-      <c r="E92" s="139"/>
-      <c r="F92" s="122"/>
+      <c r="E92" s="132"/>
+      <c r="F92" s="115"/>
       <c r="G92" s="51"/>
       <c r="H92" s="51"/>
       <c r="I92" s="51"/>
       <c r="J92" s="51"/>
-      <c r="K92" s="168"/>
-[...1 lines deleted...]
-      <c r="M92" s="170"/>
+      <c r="K92" s="161"/>
+      <c r="L92" s="162"/>
+      <c r="M92" s="163"/>
       <c r="N92" s="31"/>
       <c r="O92" s="32"/>
       <c r="P92" s="32"/>
-      <c r="Q92" s="134"/>
-      <c r="R92" s="118"/>
+      <c r="Q92" s="127"/>
+      <c r="R92" s="111"/>
       <c r="S92" s="33"/>
       <c r="T92" s="57"/>
       <c r="U92" s="58"/>
-      <c r="V92" s="198">
+      <c r="V92" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W92" s="197">
+      <c r="W92" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X92" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y92" s="62"/>
       <c r="Z92" s="62"/>
       <c r="AA92" s="62"/>
       <c r="AB92" s="62"/>
       <c r="AC92" s="62"/>
       <c r="AD92" s="62"/>
       <c r="AE92" s="62"/>
       <c r="AF92" s="62"/>
       <c r="AG92" s="62"/>
       <c r="AH92" s="62"/>
       <c r="AI92" s="62"/>
       <c r="AJ92" s="62"/>
       <c r="AK92" s="62"/>
       <c r="AL92" s="62"/>
       <c r="AM92" s="62"/>
       <c r="AN92" s="62"/>
       <c r="AO92" s="62"/>
       <c r="AP92" s="62"/>
       <c r="AQ92" s="62"/>
       <c r="AR92" s="62"/>
     </row>
     <row r="93" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A93" s="240"/>
       <c r="B93" s="241"/>
       <c r="C93" s="241"/>
       <c r="D93" s="241"/>
-      <c r="E93" s="139"/>
-      <c r="F93" s="122"/>
+      <c r="E93" s="132"/>
+      <c r="F93" s="115"/>
       <c r="G93" s="51"/>
       <c r="H93" s="51"/>
       <c r="I93" s="51"/>
       <c r="J93" s="51"/>
-      <c r="K93" s="168"/>
-[...1 lines deleted...]
-      <c r="M93" s="170"/>
+      <c r="K93" s="161"/>
+      <c r="L93" s="162"/>
+      <c r="M93" s="163"/>
       <c r="N93" s="31"/>
       <c r="O93" s="32"/>
       <c r="P93" s="32"/>
-      <c r="Q93" s="134"/>
-      <c r="R93" s="118"/>
+      <c r="Q93" s="127"/>
+      <c r="R93" s="111"/>
       <c r="S93" s="33"/>
       <c r="T93" s="57"/>
       <c r="U93" s="58"/>
-      <c r="V93" s="198">
+      <c r="V93" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W93" s="197">
+      <c r="W93" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X93" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y93" s="62"/>
       <c r="Z93" s="62"/>
       <c r="AA93" s="62"/>
       <c r="AB93" s="62"/>
       <c r="AC93" s="62"/>
       <c r="AD93" s="62"/>
       <c r="AE93" s="62"/>
       <c r="AF93" s="62"/>
       <c r="AG93" s="62"/>
       <c r="AH93" s="62"/>
       <c r="AI93" s="62"/>
       <c r="AJ93" s="62"/>
       <c r="AK93" s="62"/>
       <c r="AL93" s="62"/>
       <c r="AM93" s="62"/>
       <c r="AN93" s="62"/>
       <c r="AO93" s="62"/>
       <c r="AP93" s="62"/>
       <c r="AQ93" s="62"/>
       <c r="AR93" s="62"/>
     </row>
     <row r="94" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A94" s="240"/>
       <c r="B94" s="241"/>
       <c r="C94" s="241"/>
       <c r="D94" s="241"/>
-      <c r="E94" s="139"/>
-      <c r="F94" s="122"/>
+      <c r="E94" s="132"/>
+      <c r="F94" s="115"/>
       <c r="G94" s="51"/>
       <c r="H94" s="51"/>
       <c r="I94" s="51"/>
       <c r="J94" s="51"/>
-      <c r="K94" s="168"/>
-[...1 lines deleted...]
-      <c r="M94" s="170"/>
+      <c r="K94" s="161"/>
+      <c r="L94" s="162"/>
+      <c r="M94" s="163"/>
       <c r="N94" s="31"/>
       <c r="O94" s="32"/>
       <c r="P94" s="32"/>
-      <c r="Q94" s="134"/>
-      <c r="R94" s="118"/>
+      <c r="Q94" s="127"/>
+      <c r="R94" s="111"/>
       <c r="S94" s="33"/>
       <c r="T94" s="57"/>
       <c r="U94" s="58"/>
-      <c r="V94" s="198">
+      <c r="V94" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W94" s="197">
+      <c r="W94" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X94" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y94" s="62"/>
       <c r="Z94" s="62"/>
       <c r="AA94" s="62"/>
       <c r="AB94" s="62"/>
       <c r="AC94" s="62"/>
       <c r="AD94" s="62"/>
       <c r="AE94" s="62"/>
       <c r="AF94" s="62"/>
       <c r="AG94" s="62"/>
       <c r="AH94" s="62"/>
       <c r="AI94" s="62"/>
       <c r="AJ94" s="62"/>
       <c r="AK94" s="62"/>
       <c r="AL94" s="62"/>
       <c r="AM94" s="62"/>
       <c r="AN94" s="62"/>
       <c r="AO94" s="62"/>
       <c r="AP94" s="62"/>
       <c r="AQ94" s="62"/>
       <c r="AR94" s="62"/>
     </row>
     <row r="95" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A95" s="240"/>
       <c r="B95" s="241"/>
       <c r="C95" s="241"/>
       <c r="D95" s="241"/>
-      <c r="E95" s="139"/>
-      <c r="F95" s="122"/>
+      <c r="E95" s="132"/>
+      <c r="F95" s="115"/>
       <c r="G95" s="51"/>
       <c r="H95" s="51"/>
       <c r="I95" s="51"/>
       <c r="J95" s="51"/>
-      <c r="K95" s="168"/>
-[...1 lines deleted...]
-      <c r="M95" s="170"/>
+      <c r="K95" s="161"/>
+      <c r="L95" s="162"/>
+      <c r="M95" s="163"/>
       <c r="N95" s="31"/>
       <c r="O95" s="32"/>
       <c r="P95" s="32"/>
-      <c r="Q95" s="134"/>
-      <c r="R95" s="118"/>
+      <c r="Q95" s="127"/>
+      <c r="R95" s="111"/>
       <c r="S95" s="33"/>
       <c r="T95" s="57"/>
       <c r="U95" s="58"/>
-      <c r="V95" s="198">
+      <c r="V95" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W95" s="197">
+      <c r="W95" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X95" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y95" s="62"/>
       <c r="Z95" s="62"/>
       <c r="AA95" s="62"/>
       <c r="AB95" s="62"/>
       <c r="AC95" s="62"/>
       <c r="AD95" s="62"/>
       <c r="AE95" s="62"/>
       <c r="AF95" s="62"/>
       <c r="AG95" s="62"/>
       <c r="AH95" s="62"/>
       <c r="AI95" s="62"/>
       <c r="AJ95" s="62"/>
       <c r="AK95" s="62"/>
       <c r="AL95" s="62"/>
       <c r="AM95" s="62"/>
       <c r="AN95" s="62"/>
       <c r="AO95" s="62"/>
       <c r="AP95" s="62"/>
       <c r="AQ95" s="62"/>
       <c r="AR95" s="62"/>
     </row>
     <row r="96" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A96" s="240"/>
       <c r="B96" s="241"/>
       <c r="C96" s="241"/>
       <c r="D96" s="241"/>
-      <c r="E96" s="139"/>
-      <c r="F96" s="122"/>
+      <c r="E96" s="132"/>
+      <c r="F96" s="115"/>
       <c r="G96" s="51"/>
       <c r="H96" s="51"/>
       <c r="I96" s="51"/>
       <c r="J96" s="51"/>
-      <c r="K96" s="168"/>
-[...1 lines deleted...]
-      <c r="M96" s="170"/>
+      <c r="K96" s="161"/>
+      <c r="L96" s="162"/>
+      <c r="M96" s="163"/>
       <c r="N96" s="31"/>
       <c r="O96" s="32"/>
       <c r="P96" s="32"/>
-      <c r="Q96" s="134"/>
-      <c r="R96" s="118"/>
+      <c r="Q96" s="127"/>
+      <c r="R96" s="111"/>
       <c r="S96" s="33"/>
       <c r="T96" s="57"/>
       <c r="U96" s="58"/>
-      <c r="V96" s="198">
+      <c r="V96" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W96" s="197">
+      <c r="W96" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X96" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y96" s="62"/>
       <c r="Z96" s="62"/>
       <c r="AA96" s="62"/>
       <c r="AB96" s="62"/>
       <c r="AC96" s="62"/>
       <c r="AD96" s="62"/>
       <c r="AE96" s="62"/>
       <c r="AF96" s="62"/>
       <c r="AG96" s="62"/>
       <c r="AH96" s="62"/>
       <c r="AI96" s="62"/>
       <c r="AJ96" s="62"/>
       <c r="AK96" s="62"/>
       <c r="AL96" s="62"/>
       <c r="AM96" s="62"/>
       <c r="AN96" s="62"/>
       <c r="AO96" s="62"/>
       <c r="AP96" s="62"/>
       <c r="AQ96" s="62"/>
       <c r="AR96" s="62"/>
     </row>
     <row r="97" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A97" s="240"/>
       <c r="B97" s="241"/>
       <c r="C97" s="241"/>
       <c r="D97" s="241"/>
-      <c r="E97" s="139"/>
-      <c r="F97" s="122"/>
+      <c r="E97" s="132"/>
+      <c r="F97" s="115"/>
       <c r="G97" s="51"/>
       <c r="H97" s="51"/>
       <c r="I97" s="51"/>
       <c r="J97" s="51"/>
-      <c r="K97" s="168"/>
-[...1 lines deleted...]
-      <c r="M97" s="170"/>
+      <c r="K97" s="161"/>
+      <c r="L97" s="162"/>
+      <c r="M97" s="163"/>
       <c r="N97" s="31"/>
       <c r="O97" s="32"/>
       <c r="P97" s="32"/>
-      <c r="Q97" s="134"/>
-      <c r="R97" s="118"/>
+      <c r="Q97" s="127"/>
+      <c r="R97" s="111"/>
       <c r="S97" s="33"/>
       <c r="T97" s="57"/>
       <c r="U97" s="58"/>
-      <c r="V97" s="198">
+      <c r="V97" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W97" s="197">
+      <c r="W97" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X97" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y97" s="62"/>
       <c r="Z97" s="62"/>
       <c r="AA97" s="62"/>
       <c r="AB97" s="62"/>
       <c r="AC97" s="62"/>
       <c r="AD97" s="62"/>
       <c r="AE97" s="62"/>
       <c r="AF97" s="62"/>
       <c r="AG97" s="62"/>
       <c r="AH97" s="62"/>
       <c r="AI97" s="62"/>
       <c r="AJ97" s="62"/>
       <c r="AK97" s="62"/>
       <c r="AL97" s="62"/>
       <c r="AM97" s="62"/>
       <c r="AN97" s="62"/>
       <c r="AO97" s="62"/>
       <c r="AP97" s="62"/>
       <c r="AQ97" s="62"/>
       <c r="AR97" s="62"/>
     </row>
     <row r="98" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A98" s="240"/>
       <c r="B98" s="241"/>
       <c r="C98" s="241"/>
       <c r="D98" s="241"/>
-      <c r="E98" s="139"/>
-      <c r="F98" s="122"/>
+      <c r="E98" s="132"/>
+      <c r="F98" s="115"/>
       <c r="G98" s="51"/>
       <c r="H98" s="51"/>
       <c r="I98" s="51"/>
       <c r="J98" s="51"/>
-      <c r="K98" s="168"/>
-[...1 lines deleted...]
-      <c r="M98" s="170"/>
+      <c r="K98" s="161"/>
+      <c r="L98" s="162"/>
+      <c r="M98" s="163"/>
       <c r="N98" s="31"/>
       <c r="O98" s="32"/>
       <c r="P98" s="32"/>
-      <c r="Q98" s="134"/>
-      <c r="R98" s="118"/>
+      <c r="Q98" s="127"/>
+      <c r="R98" s="111"/>
       <c r="S98" s="33"/>
       <c r="T98" s="57"/>
       <c r="U98" s="58"/>
-      <c r="V98" s="198">
+      <c r="V98" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W98" s="197">
+      <c r="W98" s="190">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X98" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y98" s="62"/>
       <c r="Z98" s="62"/>
       <c r="AA98" s="62"/>
       <c r="AB98" s="62"/>
       <c r="AC98" s="62"/>
       <c r="AD98" s="62"/>
       <c r="AE98" s="62"/>
       <c r="AF98" s="62"/>
       <c r="AG98" s="62"/>
       <c r="AH98" s="62"/>
       <c r="AI98" s="62"/>
       <c r="AJ98" s="62"/>
       <c r="AK98" s="62"/>
       <c r="AL98" s="62"/>
       <c r="AM98" s="62"/>
       <c r="AN98" s="62"/>
       <c r="AO98" s="62"/>
       <c r="AP98" s="62"/>
       <c r="AQ98" s="62"/>
       <c r="AR98" s="62"/>
     </row>
     <row r="99" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A99" s="240"/>
       <c r="B99" s="241"/>
       <c r="C99" s="241"/>
       <c r="D99" s="241"/>
-      <c r="E99" s="139"/>
-      <c r="F99" s="122"/>
+      <c r="E99" s="132"/>
+      <c r="F99" s="115"/>
       <c r="G99" s="51"/>
       <c r="H99" s="51"/>
       <c r="I99" s="51"/>
       <c r="J99" s="51"/>
-      <c r="K99" s="168"/>
-[...1 lines deleted...]
-      <c r="M99" s="170"/>
+      <c r="K99" s="161"/>
+      <c r="L99" s="162"/>
+      <c r="M99" s="163"/>
       <c r="N99" s="31"/>
       <c r="O99" s="32"/>
       <c r="P99" s="32"/>
-      <c r="Q99" s="134"/>
-      <c r="R99" s="118"/>
+      <c r="Q99" s="127"/>
+      <c r="R99" s="111"/>
       <c r="S99" s="33"/>
       <c r="T99" s="57"/>
       <c r="U99" s="58"/>
-      <c r="V99" s="198">
+      <c r="V99" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W99" s="197">
+      <c r="W99" s="190">
         <f t="shared" ref="W99:W162" si="7">IF(E99="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E99="b",(F99/12*N99)+(G99/12*O99)+(H99/12*P99)+(I99/12*Q99)+(J99/12*R99)+(K99/12*S99)+(L99/12*T99)+(M99/12*U99),0),(F99*1.2%*$F$17/12*N99)+(G99*1.2%*$G$17/12*O99)+(H99*1.2%*$H$17/12*P99)+(I99*1.2%*$I$17/12*Q99)+(J99*1.2%*$J$17/12*R99)+(K99*1.2%*$K$17/12*S99)+(L99*1.2%*$L$17/12*T99)+(M99*1.2%*$M$17/12*U99)))</f>
         <v>0</v>
       </c>
       <c r="X99" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y99" s="62"/>
       <c r="Z99" s="62"/>
       <c r="AA99" s="62"/>
       <c r="AB99" s="62"/>
       <c r="AC99" s="62"/>
       <c r="AD99" s="62"/>
       <c r="AE99" s="62"/>
       <c r="AF99" s="62"/>
       <c r="AG99" s="62"/>
       <c r="AH99" s="62"/>
       <c r="AI99" s="62"/>
       <c r="AJ99" s="62"/>
       <c r="AK99" s="62"/>
       <c r="AL99" s="62"/>
       <c r="AM99" s="62"/>
       <c r="AN99" s="62"/>
       <c r="AO99" s="62"/>
       <c r="AP99" s="62"/>
       <c r="AQ99" s="62"/>
       <c r="AR99" s="62"/>
     </row>
     <row r="100" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A100" s="240"/>
       <c r="B100" s="241"/>
       <c r="C100" s="241"/>
       <c r="D100" s="241"/>
-      <c r="E100" s="139"/>
-      <c r="F100" s="122"/>
+      <c r="E100" s="132"/>
+      <c r="F100" s="115"/>
       <c r="G100" s="51"/>
       <c r="H100" s="51"/>
       <c r="I100" s="51"/>
       <c r="J100" s="51"/>
-      <c r="K100" s="168"/>
-[...1 lines deleted...]
-      <c r="M100" s="170"/>
+      <c r="K100" s="161"/>
+      <c r="L100" s="162"/>
+      <c r="M100" s="163"/>
       <c r="N100" s="31"/>
       <c r="O100" s="32"/>
       <c r="P100" s="32"/>
-      <c r="Q100" s="134"/>
-      <c r="R100" s="118"/>
+      <c r="Q100" s="127"/>
+      <c r="R100" s="111"/>
       <c r="S100" s="33"/>
       <c r="T100" s="57"/>
       <c r="U100" s="58"/>
-      <c r="V100" s="198">
+      <c r="V100" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W100" s="197">
+      <c r="W100" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X100" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y100" s="62"/>
       <c r="Z100" s="62"/>
       <c r="AA100" s="62"/>
       <c r="AB100" s="62"/>
       <c r="AC100" s="62"/>
       <c r="AD100" s="62"/>
       <c r="AE100" s="62"/>
       <c r="AF100" s="62"/>
       <c r="AG100" s="62"/>
       <c r="AH100" s="62"/>
       <c r="AI100" s="62"/>
       <c r="AJ100" s="62"/>
       <c r="AK100" s="62"/>
       <c r="AL100" s="62"/>
       <c r="AM100" s="62"/>
       <c r="AN100" s="62"/>
       <c r="AO100" s="62"/>
       <c r="AP100" s="62"/>
       <c r="AQ100" s="62"/>
       <c r="AR100" s="62"/>
     </row>
     <row r="101" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A101" s="240"/>
       <c r="B101" s="241"/>
       <c r="C101" s="241"/>
       <c r="D101" s="241"/>
-      <c r="E101" s="139"/>
-      <c r="F101" s="122"/>
+      <c r="E101" s="132"/>
+      <c r="F101" s="115"/>
       <c r="G101" s="51"/>
       <c r="H101" s="51"/>
       <c r="I101" s="51"/>
       <c r="J101" s="51"/>
-      <c r="K101" s="168"/>
-[...1 lines deleted...]
-      <c r="M101" s="170"/>
+      <c r="K101" s="161"/>
+      <c r="L101" s="162"/>
+      <c r="M101" s="163"/>
       <c r="N101" s="31"/>
       <c r="O101" s="32"/>
       <c r="P101" s="32"/>
-      <c r="Q101" s="134"/>
-      <c r="R101" s="118"/>
+      <c r="Q101" s="127"/>
+      <c r="R101" s="111"/>
       <c r="S101" s="33"/>
       <c r="T101" s="57"/>
       <c r="U101" s="58"/>
-      <c r="V101" s="198">
+      <c r="V101" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W101" s="197">
+      <c r="W101" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X101" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y101" s="62"/>
       <c r="Z101" s="62"/>
       <c r="AA101" s="62"/>
       <c r="AB101" s="62"/>
       <c r="AC101" s="62"/>
       <c r="AD101" s="62"/>
       <c r="AE101" s="62"/>
       <c r="AF101" s="62"/>
       <c r="AG101" s="62"/>
       <c r="AH101" s="62"/>
       <c r="AI101" s="62"/>
       <c r="AJ101" s="62"/>
       <c r="AK101" s="62"/>
       <c r="AL101" s="62"/>
       <c r="AM101" s="62"/>
       <c r="AN101" s="62"/>
       <c r="AO101" s="62"/>
       <c r="AP101" s="62"/>
       <c r="AQ101" s="62"/>
       <c r="AR101" s="62"/>
     </row>
     <row r="102" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A102" s="240"/>
       <c r="B102" s="241"/>
       <c r="C102" s="241"/>
       <c r="D102" s="241"/>
-      <c r="E102" s="139"/>
-      <c r="F102" s="122"/>
+      <c r="E102" s="132"/>
+      <c r="F102" s="115"/>
       <c r="G102" s="51"/>
       <c r="H102" s="51"/>
       <c r="I102" s="51"/>
       <c r="J102" s="51"/>
-      <c r="K102" s="168"/>
-[...1 lines deleted...]
-      <c r="M102" s="170"/>
+      <c r="K102" s="161"/>
+      <c r="L102" s="162"/>
+      <c r="M102" s="163"/>
       <c r="N102" s="31"/>
       <c r="O102" s="32"/>
       <c r="P102" s="32"/>
-      <c r="Q102" s="134"/>
-      <c r="R102" s="118"/>
+      <c r="Q102" s="127"/>
+      <c r="R102" s="111"/>
       <c r="S102" s="33"/>
       <c r="T102" s="57"/>
       <c r="U102" s="58"/>
-      <c r="V102" s="198">
+      <c r="V102" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W102" s="197">
+      <c r="W102" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X102" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y102" s="62"/>
       <c r="Z102" s="62"/>
       <c r="AA102" s="62"/>
       <c r="AB102" s="62"/>
       <c r="AC102" s="62"/>
       <c r="AD102" s="62"/>
       <c r="AE102" s="62"/>
       <c r="AF102" s="62"/>
       <c r="AG102" s="62"/>
       <c r="AH102" s="62"/>
       <c r="AI102" s="62"/>
       <c r="AJ102" s="62"/>
       <c r="AK102" s="62"/>
       <c r="AL102" s="62"/>
       <c r="AM102" s="62"/>
       <c r="AN102" s="62"/>
       <c r="AO102" s="62"/>
       <c r="AP102" s="62"/>
       <c r="AQ102" s="62"/>
       <c r="AR102" s="62"/>
     </row>
     <row r="103" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A103" s="240"/>
       <c r="B103" s="241"/>
       <c r="C103" s="241"/>
       <c r="D103" s="241"/>
-      <c r="E103" s="139"/>
-      <c r="F103" s="122"/>
+      <c r="E103" s="132"/>
+      <c r="F103" s="115"/>
       <c r="G103" s="51"/>
       <c r="H103" s="51"/>
       <c r="I103" s="51"/>
       <c r="J103" s="51"/>
-      <c r="K103" s="168"/>
-[...1 lines deleted...]
-      <c r="M103" s="170"/>
+      <c r="K103" s="161"/>
+      <c r="L103" s="162"/>
+      <c r="M103" s="163"/>
       <c r="N103" s="31"/>
       <c r="O103" s="32"/>
       <c r="P103" s="32"/>
-      <c r="Q103" s="134"/>
-      <c r="R103" s="118"/>
+      <c r="Q103" s="127"/>
+      <c r="R103" s="111"/>
       <c r="S103" s="33"/>
       <c r="T103" s="57"/>
       <c r="U103" s="58"/>
-      <c r="V103" s="198">
+      <c r="V103" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W103" s="197">
+      <c r="W103" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X103" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y103" s="62"/>
       <c r="Z103" s="62"/>
       <c r="AA103" s="62"/>
       <c r="AB103" s="62"/>
       <c r="AC103" s="62"/>
       <c r="AD103" s="62"/>
       <c r="AE103" s="62"/>
       <c r="AF103" s="62"/>
       <c r="AG103" s="62"/>
       <c r="AH103" s="62"/>
       <c r="AI103" s="62"/>
       <c r="AJ103" s="62"/>
       <c r="AK103" s="62"/>
       <c r="AL103" s="62"/>
       <c r="AM103" s="62"/>
       <c r="AN103" s="62"/>
       <c r="AO103" s="62"/>
       <c r="AP103" s="62"/>
       <c r="AQ103" s="62"/>
       <c r="AR103" s="62"/>
     </row>
     <row r="104" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A104" s="240"/>
       <c r="B104" s="241"/>
       <c r="C104" s="241"/>
       <c r="D104" s="241"/>
-      <c r="E104" s="139"/>
-      <c r="F104" s="122"/>
+      <c r="E104" s="132"/>
+      <c r="F104" s="115"/>
       <c r="G104" s="51"/>
       <c r="H104" s="51"/>
       <c r="I104" s="51"/>
       <c r="J104" s="51"/>
-      <c r="K104" s="168"/>
-[...1 lines deleted...]
-      <c r="M104" s="170"/>
+      <c r="K104" s="161"/>
+      <c r="L104" s="162"/>
+      <c r="M104" s="163"/>
       <c r="N104" s="31"/>
       <c r="O104" s="32"/>
       <c r="P104" s="32"/>
-      <c r="Q104" s="134"/>
-      <c r="R104" s="118"/>
+      <c r="Q104" s="127"/>
+      <c r="R104" s="111"/>
       <c r="S104" s="33"/>
       <c r="T104" s="57"/>
       <c r="U104" s="58"/>
-      <c r="V104" s="198">
+      <c r="V104" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W104" s="197">
+      <c r="W104" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X104" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y104" s="62"/>
       <c r="Z104" s="62"/>
       <c r="AA104" s="62"/>
       <c r="AB104" s="62"/>
       <c r="AC104" s="62"/>
       <c r="AD104" s="62"/>
       <c r="AE104" s="62"/>
       <c r="AF104" s="62"/>
       <c r="AG104" s="62"/>
       <c r="AH104" s="62"/>
       <c r="AI104" s="62"/>
       <c r="AJ104" s="62"/>
       <c r="AK104" s="62"/>
       <c r="AL104" s="62"/>
       <c r="AM104" s="62"/>
       <c r="AN104" s="62"/>
       <c r="AO104" s="62"/>
       <c r="AP104" s="62"/>
       <c r="AQ104" s="62"/>
       <c r="AR104" s="62"/>
     </row>
     <row r="105" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A105" s="240"/>
       <c r="B105" s="241"/>
       <c r="C105" s="241"/>
       <c r="D105" s="241"/>
-      <c r="E105" s="139"/>
-      <c r="F105" s="122"/>
+      <c r="E105" s="132"/>
+      <c r="F105" s="115"/>
       <c r="G105" s="51"/>
       <c r="H105" s="51"/>
       <c r="I105" s="51"/>
       <c r="J105" s="51"/>
-      <c r="K105" s="168"/>
-[...1 lines deleted...]
-      <c r="M105" s="170"/>
+      <c r="K105" s="161"/>
+      <c r="L105" s="162"/>
+      <c r="M105" s="163"/>
       <c r="N105" s="31"/>
       <c r="O105" s="32"/>
       <c r="P105" s="32"/>
-      <c r="Q105" s="134"/>
-      <c r="R105" s="118"/>
+      <c r="Q105" s="127"/>
+      <c r="R105" s="111"/>
       <c r="S105" s="33"/>
       <c r="T105" s="57"/>
       <c r="U105" s="58"/>
-      <c r="V105" s="198">
+      <c r="V105" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W105" s="197">
+      <c r="W105" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X105" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y105" s="62"/>
       <c r="Z105" s="62"/>
       <c r="AA105" s="62"/>
       <c r="AB105" s="62"/>
       <c r="AC105" s="62"/>
       <c r="AD105" s="62"/>
       <c r="AE105" s="62"/>
       <c r="AF105" s="62"/>
       <c r="AG105" s="62"/>
       <c r="AH105" s="62"/>
       <c r="AI105" s="62"/>
       <c r="AJ105" s="62"/>
       <c r="AK105" s="62"/>
       <c r="AL105" s="62"/>
       <c r="AM105" s="62"/>
       <c r="AN105" s="62"/>
       <c r="AO105" s="62"/>
       <c r="AP105" s="62"/>
       <c r="AQ105" s="62"/>
       <c r="AR105" s="62"/>
     </row>
     <row r="106" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A106" s="240"/>
       <c r="B106" s="241"/>
       <c r="C106" s="241"/>
       <c r="D106" s="241"/>
-      <c r="E106" s="139"/>
-      <c r="F106" s="122"/>
+      <c r="E106" s="132"/>
+      <c r="F106" s="115"/>
       <c r="G106" s="51"/>
       <c r="H106" s="51"/>
       <c r="I106" s="51"/>
       <c r="J106" s="51"/>
-      <c r="K106" s="168"/>
-[...1 lines deleted...]
-      <c r="M106" s="170"/>
+      <c r="K106" s="161"/>
+      <c r="L106" s="162"/>
+      <c r="M106" s="163"/>
       <c r="N106" s="31"/>
       <c r="O106" s="32"/>
       <c r="P106" s="32"/>
-      <c r="Q106" s="134"/>
-      <c r="R106" s="118"/>
+      <c r="Q106" s="127"/>
+      <c r="R106" s="111"/>
       <c r="S106" s="33"/>
       <c r="T106" s="57"/>
       <c r="U106" s="58"/>
-      <c r="V106" s="198">
+      <c r="V106" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W106" s="197">
+      <c r="W106" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X106" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y106" s="62"/>
       <c r="Z106" s="62"/>
       <c r="AA106" s="62"/>
       <c r="AB106" s="62"/>
       <c r="AC106" s="62"/>
       <c r="AD106" s="62"/>
       <c r="AE106" s="62"/>
       <c r="AF106" s="62"/>
       <c r="AG106" s="62"/>
       <c r="AH106" s="62"/>
       <c r="AI106" s="62"/>
       <c r="AJ106" s="62"/>
       <c r="AK106" s="62"/>
       <c r="AL106" s="62"/>
       <c r="AM106" s="62"/>
       <c r="AN106" s="62"/>
       <c r="AO106" s="62"/>
       <c r="AP106" s="62"/>
       <c r="AQ106" s="62"/>
       <c r="AR106" s="62"/>
     </row>
     <row r="107" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A107" s="240"/>
       <c r="B107" s="241"/>
       <c r="C107" s="241"/>
       <c r="D107" s="241"/>
-      <c r="E107" s="139"/>
-      <c r="F107" s="122"/>
+      <c r="E107" s="132"/>
+      <c r="F107" s="115"/>
       <c r="G107" s="51"/>
       <c r="H107" s="51"/>
       <c r="I107" s="51"/>
       <c r="J107" s="51"/>
-      <c r="K107" s="168"/>
-[...1 lines deleted...]
-      <c r="M107" s="170"/>
+      <c r="K107" s="161"/>
+      <c r="L107" s="162"/>
+      <c r="M107" s="163"/>
       <c r="N107" s="31"/>
       <c r="O107" s="32"/>
       <c r="P107" s="32"/>
-      <c r="Q107" s="134"/>
-      <c r="R107" s="118"/>
+      <c r="Q107" s="127"/>
+      <c r="R107" s="111"/>
       <c r="S107" s="33"/>
       <c r="T107" s="57"/>
       <c r="U107" s="58"/>
-      <c r="V107" s="198">
+      <c r="V107" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W107" s="197">
+      <c r="W107" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X107" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y107" s="62"/>
       <c r="Z107" s="62"/>
       <c r="AA107" s="62"/>
       <c r="AB107" s="62"/>
       <c r="AC107" s="62"/>
       <c r="AD107" s="62"/>
       <c r="AE107" s="62"/>
       <c r="AF107" s="62"/>
       <c r="AG107" s="62"/>
       <c r="AH107" s="62"/>
       <c r="AI107" s="62"/>
       <c r="AJ107" s="62"/>
       <c r="AK107" s="62"/>
       <c r="AL107" s="62"/>
       <c r="AM107" s="62"/>
       <c r="AN107" s="62"/>
       <c r="AO107" s="62"/>
       <c r="AP107" s="62"/>
       <c r="AQ107" s="62"/>
       <c r="AR107" s="62"/>
     </row>
     <row r="108" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A108" s="240"/>
       <c r="B108" s="241"/>
       <c r="C108" s="241"/>
       <c r="D108" s="241"/>
-      <c r="E108" s="139"/>
-      <c r="F108" s="122"/>
+      <c r="E108" s="132"/>
+      <c r="F108" s="115"/>
       <c r="G108" s="51"/>
       <c r="H108" s="51"/>
       <c r="I108" s="51"/>
       <c r="J108" s="51"/>
-      <c r="K108" s="168"/>
-[...1 lines deleted...]
-      <c r="M108" s="170"/>
+      <c r="K108" s="161"/>
+      <c r="L108" s="162"/>
+      <c r="M108" s="163"/>
       <c r="N108" s="31"/>
       <c r="O108" s="32"/>
       <c r="P108" s="32"/>
-      <c r="Q108" s="134"/>
-      <c r="R108" s="118"/>
+      <c r="Q108" s="127"/>
+      <c r="R108" s="111"/>
       <c r="S108" s="33"/>
       <c r="T108" s="57"/>
       <c r="U108" s="58"/>
-      <c r="V108" s="198">
+      <c r="V108" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W108" s="197">
+      <c r="W108" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X108" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y108" s="62"/>
       <c r="Z108" s="62"/>
       <c r="AA108" s="62"/>
       <c r="AB108" s="62"/>
       <c r="AC108" s="62"/>
       <c r="AD108" s="62"/>
       <c r="AE108" s="62"/>
       <c r="AF108" s="62"/>
       <c r="AG108" s="62"/>
       <c r="AH108" s="62"/>
       <c r="AI108" s="62"/>
       <c r="AJ108" s="62"/>
       <c r="AK108" s="62"/>
       <c r="AL108" s="62"/>
       <c r="AM108" s="62"/>
       <c r="AN108" s="62"/>
       <c r="AO108" s="62"/>
       <c r="AP108" s="62"/>
       <c r="AQ108" s="62"/>
       <c r="AR108" s="62"/>
     </row>
     <row r="109" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A109" s="240"/>
       <c r="B109" s="241"/>
       <c r="C109" s="241"/>
       <c r="D109" s="241"/>
-      <c r="E109" s="139"/>
-      <c r="F109" s="122"/>
+      <c r="E109" s="132"/>
+      <c r="F109" s="115"/>
       <c r="G109" s="51"/>
       <c r="H109" s="51"/>
       <c r="I109" s="51"/>
       <c r="J109" s="51"/>
-      <c r="K109" s="168"/>
-[...1 lines deleted...]
-      <c r="M109" s="170"/>
+      <c r="K109" s="161"/>
+      <c r="L109" s="162"/>
+      <c r="M109" s="163"/>
       <c r="N109" s="31"/>
       <c r="O109" s="32"/>
       <c r="P109" s="32"/>
-      <c r="Q109" s="134"/>
-      <c r="R109" s="118"/>
+      <c r="Q109" s="127"/>
+      <c r="R109" s="111"/>
       <c r="S109" s="33"/>
       <c r="T109" s="57"/>
       <c r="U109" s="58"/>
-      <c r="V109" s="198">
+      <c r="V109" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W109" s="197">
+      <c r="W109" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X109" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y109" s="62"/>
       <c r="Z109" s="62"/>
       <c r="AA109" s="62"/>
       <c r="AB109" s="62"/>
       <c r="AC109" s="62"/>
       <c r="AD109" s="62"/>
       <c r="AE109" s="62"/>
       <c r="AF109" s="62"/>
       <c r="AG109" s="62"/>
       <c r="AH109" s="62"/>
       <c r="AI109" s="62"/>
       <c r="AJ109" s="62"/>
       <c r="AK109" s="62"/>
       <c r="AL109" s="62"/>
       <c r="AM109" s="62"/>
       <c r="AN109" s="62"/>
       <c r="AO109" s="62"/>
       <c r="AP109" s="62"/>
       <c r="AQ109" s="62"/>
       <c r="AR109" s="62"/>
     </row>
     <row r="110" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A110" s="240"/>
       <c r="B110" s="241"/>
       <c r="C110" s="241"/>
       <c r="D110" s="241"/>
-      <c r="E110" s="139"/>
-      <c r="F110" s="122"/>
+      <c r="E110" s="132"/>
+      <c r="F110" s="115"/>
       <c r="G110" s="51"/>
       <c r="H110" s="51"/>
       <c r="I110" s="51"/>
       <c r="J110" s="51"/>
-      <c r="K110" s="168"/>
-[...1 lines deleted...]
-      <c r="M110" s="170"/>
+      <c r="K110" s="161"/>
+      <c r="L110" s="162"/>
+      <c r="M110" s="163"/>
       <c r="N110" s="31"/>
       <c r="O110" s="32"/>
       <c r="P110" s="32"/>
-      <c r="Q110" s="134"/>
-      <c r="R110" s="118"/>
+      <c r="Q110" s="127"/>
+      <c r="R110" s="111"/>
       <c r="S110" s="33"/>
       <c r="T110" s="57"/>
       <c r="U110" s="58"/>
-      <c r="V110" s="198">
+      <c r="V110" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W110" s="197">
+      <c r="W110" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X110" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y110" s="62"/>
       <c r="Z110" s="62"/>
       <c r="AA110" s="62"/>
       <c r="AB110" s="62"/>
       <c r="AC110" s="62"/>
       <c r="AD110" s="62"/>
       <c r="AE110" s="62"/>
       <c r="AF110" s="62"/>
       <c r="AG110" s="62"/>
       <c r="AH110" s="62"/>
       <c r="AI110" s="62"/>
       <c r="AJ110" s="62"/>
       <c r="AK110" s="62"/>
       <c r="AL110" s="62"/>
       <c r="AM110" s="62"/>
       <c r="AN110" s="62"/>
       <c r="AO110" s="62"/>
       <c r="AP110" s="62"/>
       <c r="AQ110" s="62"/>
       <c r="AR110" s="62"/>
     </row>
     <row r="111" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A111" s="240"/>
       <c r="B111" s="241"/>
       <c r="C111" s="241"/>
       <c r="D111" s="241"/>
-      <c r="E111" s="139"/>
-      <c r="F111" s="122"/>
+      <c r="E111" s="132"/>
+      <c r="F111" s="115"/>
       <c r="G111" s="51"/>
       <c r="H111" s="51"/>
       <c r="I111" s="51"/>
       <c r="J111" s="51"/>
-      <c r="K111" s="168"/>
-[...1 lines deleted...]
-      <c r="M111" s="170"/>
+      <c r="K111" s="161"/>
+      <c r="L111" s="162"/>
+      <c r="M111" s="163"/>
       <c r="N111" s="31"/>
       <c r="O111" s="32"/>
       <c r="P111" s="32"/>
-      <c r="Q111" s="134"/>
-      <c r="R111" s="118"/>
+      <c r="Q111" s="127"/>
+      <c r="R111" s="111"/>
       <c r="S111" s="33"/>
       <c r="T111" s="57"/>
       <c r="U111" s="58"/>
-      <c r="V111" s="198">
+      <c r="V111" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W111" s="197">
+      <c r="W111" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X111" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y111" s="62"/>
       <c r="Z111" s="62"/>
       <c r="AA111" s="62"/>
       <c r="AB111" s="62"/>
       <c r="AC111" s="62"/>
       <c r="AD111" s="62"/>
       <c r="AE111" s="62"/>
       <c r="AF111" s="62"/>
       <c r="AG111" s="62"/>
       <c r="AH111" s="62"/>
       <c r="AI111" s="62"/>
       <c r="AJ111" s="62"/>
       <c r="AK111" s="62"/>
       <c r="AL111" s="62"/>
       <c r="AM111" s="62"/>
       <c r="AN111" s="62"/>
       <c r="AO111" s="62"/>
       <c r="AP111" s="62"/>
       <c r="AQ111" s="62"/>
       <c r="AR111" s="62"/>
     </row>
     <row r="112" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A112" s="240"/>
       <c r="B112" s="241"/>
       <c r="C112" s="241"/>
       <c r="D112" s="241"/>
-      <c r="E112" s="139"/>
-      <c r="F112" s="122"/>
+      <c r="E112" s="132"/>
+      <c r="F112" s="115"/>
       <c r="G112" s="51"/>
       <c r="H112" s="51"/>
       <c r="I112" s="51"/>
       <c r="J112" s="51"/>
-      <c r="K112" s="168"/>
-[...1 lines deleted...]
-      <c r="M112" s="170"/>
+      <c r="K112" s="161"/>
+      <c r="L112" s="162"/>
+      <c r="M112" s="163"/>
       <c r="N112" s="31"/>
       <c r="O112" s="32"/>
       <c r="P112" s="32"/>
-      <c r="Q112" s="134"/>
-      <c r="R112" s="118"/>
+      <c r="Q112" s="127"/>
+      <c r="R112" s="111"/>
       <c r="S112" s="33"/>
       <c r="T112" s="57"/>
       <c r="U112" s="58"/>
-      <c r="V112" s="198">
+      <c r="V112" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W112" s="197">
+      <c r="W112" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X112" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y112" s="62"/>
       <c r="Z112" s="62"/>
       <c r="AA112" s="62"/>
       <c r="AB112" s="62"/>
       <c r="AC112" s="62"/>
       <c r="AD112" s="62"/>
       <c r="AE112" s="62"/>
       <c r="AF112" s="62"/>
       <c r="AG112" s="62"/>
       <c r="AH112" s="62"/>
       <c r="AI112" s="62"/>
       <c r="AJ112" s="62"/>
       <c r="AK112" s="62"/>
       <c r="AL112" s="62"/>
       <c r="AM112" s="62"/>
       <c r="AN112" s="62"/>
       <c r="AO112" s="62"/>
       <c r="AP112" s="62"/>
       <c r="AQ112" s="62"/>
       <c r="AR112" s="62"/>
     </row>
     <row r="113" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A113" s="240"/>
       <c r="B113" s="241"/>
       <c r="C113" s="241"/>
       <c r="D113" s="241"/>
-      <c r="E113" s="139"/>
-      <c r="F113" s="122"/>
+      <c r="E113" s="132"/>
+      <c r="F113" s="115"/>
       <c r="G113" s="51"/>
       <c r="H113" s="51"/>
       <c r="I113" s="51"/>
       <c r="J113" s="51"/>
-      <c r="K113" s="168"/>
-[...1 lines deleted...]
-      <c r="M113" s="170"/>
+      <c r="K113" s="161"/>
+      <c r="L113" s="162"/>
+      <c r="M113" s="163"/>
       <c r="N113" s="31"/>
       <c r="O113" s="32"/>
       <c r="P113" s="32"/>
-      <c r="Q113" s="134"/>
-      <c r="R113" s="118"/>
+      <c r="Q113" s="127"/>
+      <c r="R113" s="111"/>
       <c r="S113" s="33"/>
       <c r="T113" s="57"/>
       <c r="U113" s="58"/>
-      <c r="V113" s="198">
+      <c r="V113" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W113" s="197">
+      <c r="W113" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X113" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y113" s="62"/>
       <c r="Z113" s="62"/>
       <c r="AA113" s="62"/>
       <c r="AB113" s="62"/>
       <c r="AC113" s="62"/>
       <c r="AD113" s="62"/>
       <c r="AE113" s="62"/>
       <c r="AF113" s="62"/>
       <c r="AG113" s="62"/>
       <c r="AH113" s="62"/>
       <c r="AI113" s="62"/>
       <c r="AJ113" s="62"/>
       <c r="AK113" s="62"/>
       <c r="AL113" s="62"/>
       <c r="AM113" s="62"/>
       <c r="AN113" s="62"/>
       <c r="AO113" s="62"/>
       <c r="AP113" s="62"/>
       <c r="AQ113" s="62"/>
       <c r="AR113" s="62"/>
     </row>
     <row r="114" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A114" s="240"/>
       <c r="B114" s="241"/>
       <c r="C114" s="241"/>
       <c r="D114" s="241"/>
-      <c r="E114" s="139"/>
-      <c r="F114" s="122"/>
+      <c r="E114" s="132"/>
+      <c r="F114" s="115"/>
       <c r="G114" s="51"/>
       <c r="H114" s="51"/>
       <c r="I114" s="51"/>
       <c r="J114" s="51"/>
-      <c r="K114" s="168"/>
-[...1 lines deleted...]
-      <c r="M114" s="170"/>
+      <c r="K114" s="161"/>
+      <c r="L114" s="162"/>
+      <c r="M114" s="163"/>
       <c r="N114" s="31"/>
       <c r="O114" s="32"/>
       <c r="P114" s="32"/>
-      <c r="Q114" s="134"/>
-      <c r="R114" s="118"/>
+      <c r="Q114" s="127"/>
+      <c r="R114" s="111"/>
       <c r="S114" s="33"/>
       <c r="T114" s="57"/>
       <c r="U114" s="58"/>
-      <c r="V114" s="198">
+      <c r="V114" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W114" s="197">
+      <c r="W114" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X114" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y114" s="62"/>
       <c r="Z114" s="62"/>
       <c r="AA114" s="62"/>
       <c r="AB114" s="62"/>
       <c r="AC114" s="62"/>
       <c r="AD114" s="62"/>
       <c r="AE114" s="62"/>
       <c r="AF114" s="62"/>
       <c r="AG114" s="62"/>
       <c r="AH114" s="62"/>
       <c r="AI114" s="62"/>
       <c r="AJ114" s="62"/>
       <c r="AK114" s="62"/>
       <c r="AL114" s="62"/>
       <c r="AM114" s="62"/>
       <c r="AN114" s="62"/>
       <c r="AO114" s="62"/>
       <c r="AP114" s="62"/>
       <c r="AQ114" s="62"/>
       <c r="AR114" s="62"/>
     </row>
     <row r="115" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A115" s="240"/>
       <c r="B115" s="241"/>
       <c r="C115" s="241"/>
       <c r="D115" s="241"/>
-      <c r="E115" s="139"/>
-      <c r="F115" s="122"/>
+      <c r="E115" s="132"/>
+      <c r="F115" s="115"/>
       <c r="G115" s="51"/>
       <c r="H115" s="51"/>
       <c r="I115" s="51"/>
       <c r="J115" s="51"/>
-      <c r="K115" s="168"/>
-[...1 lines deleted...]
-      <c r="M115" s="170"/>
+      <c r="K115" s="161"/>
+      <c r="L115" s="162"/>
+      <c r="M115" s="163"/>
       <c r="N115" s="31"/>
       <c r="O115" s="32"/>
       <c r="P115" s="32"/>
-      <c r="Q115" s="134"/>
-      <c r="R115" s="118"/>
+      <c r="Q115" s="127"/>
+      <c r="R115" s="111"/>
       <c r="S115" s="33"/>
       <c r="T115" s="57"/>
       <c r="U115" s="58"/>
-      <c r="V115" s="198">
+      <c r="V115" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W115" s="197">
+      <c r="W115" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X115" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y115" s="62"/>
       <c r="Z115" s="62"/>
       <c r="AA115" s="62"/>
       <c r="AB115" s="62"/>
       <c r="AC115" s="62"/>
       <c r="AD115" s="62"/>
       <c r="AE115" s="62"/>
       <c r="AF115" s="62"/>
       <c r="AG115" s="62"/>
       <c r="AH115" s="62"/>
       <c r="AI115" s="62"/>
       <c r="AJ115" s="62"/>
       <c r="AK115" s="62"/>
       <c r="AL115" s="62"/>
       <c r="AM115" s="62"/>
       <c r="AN115" s="62"/>
       <c r="AO115" s="62"/>
       <c r="AP115" s="62"/>
       <c r="AQ115" s="62"/>
       <c r="AR115" s="62"/>
     </row>
     <row r="116" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A116" s="240"/>
       <c r="B116" s="241"/>
       <c r="C116" s="241"/>
       <c r="D116" s="241"/>
-      <c r="E116" s="139"/>
-      <c r="F116" s="122"/>
+      <c r="E116" s="132"/>
+      <c r="F116" s="115"/>
       <c r="G116" s="51"/>
       <c r="H116" s="51"/>
       <c r="I116" s="51"/>
       <c r="J116" s="51"/>
-      <c r="K116" s="168"/>
-[...1 lines deleted...]
-      <c r="M116" s="170"/>
+      <c r="K116" s="161"/>
+      <c r="L116" s="162"/>
+      <c r="M116" s="163"/>
       <c r="N116" s="31"/>
       <c r="O116" s="32"/>
       <c r="P116" s="32"/>
-      <c r="Q116" s="134"/>
-      <c r="R116" s="118"/>
+      <c r="Q116" s="127"/>
+      <c r="R116" s="111"/>
       <c r="S116" s="33"/>
       <c r="T116" s="57"/>
       <c r="U116" s="58"/>
-      <c r="V116" s="198">
+      <c r="V116" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W116" s="197">
+      <c r="W116" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X116" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y116" s="62"/>
       <c r="Z116" s="62"/>
       <c r="AA116" s="62"/>
       <c r="AB116" s="62"/>
       <c r="AC116" s="62"/>
       <c r="AD116" s="62"/>
       <c r="AE116" s="62"/>
       <c r="AF116" s="62"/>
       <c r="AG116" s="62"/>
       <c r="AH116" s="62"/>
       <c r="AI116" s="62"/>
       <c r="AJ116" s="62"/>
       <c r="AK116" s="62"/>
       <c r="AL116" s="62"/>
       <c r="AM116" s="62"/>
       <c r="AN116" s="62"/>
       <c r="AO116" s="62"/>
       <c r="AP116" s="62"/>
       <c r="AQ116" s="62"/>
       <c r="AR116" s="62"/>
     </row>
     <row r="117" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A117" s="240"/>
       <c r="B117" s="241"/>
       <c r="C117" s="241"/>
       <c r="D117" s="241"/>
-      <c r="E117" s="139"/>
-      <c r="F117" s="122"/>
+      <c r="E117" s="132"/>
+      <c r="F117" s="115"/>
       <c r="G117" s="51"/>
       <c r="H117" s="51"/>
       <c r="I117" s="51"/>
       <c r="J117" s="51"/>
-      <c r="K117" s="168"/>
-[...1 lines deleted...]
-      <c r="M117" s="170"/>
+      <c r="K117" s="161"/>
+      <c r="L117" s="162"/>
+      <c r="M117" s="163"/>
       <c r="N117" s="31"/>
       <c r="O117" s="32"/>
       <c r="P117" s="32"/>
-      <c r="Q117" s="134"/>
-      <c r="R117" s="118"/>
+      <c r="Q117" s="127"/>
+      <c r="R117" s="111"/>
       <c r="S117" s="33"/>
       <c r="T117" s="57"/>
       <c r="U117" s="58"/>
-      <c r="V117" s="198">
+      <c r="V117" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W117" s="197">
+      <c r="W117" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X117" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y117" s="62"/>
       <c r="Z117" s="62"/>
       <c r="AA117" s="62"/>
       <c r="AB117" s="62"/>
       <c r="AC117" s="62"/>
       <c r="AD117" s="62"/>
       <c r="AE117" s="62"/>
       <c r="AF117" s="62"/>
       <c r="AG117" s="62"/>
       <c r="AH117" s="62"/>
       <c r="AI117" s="62"/>
       <c r="AJ117" s="62"/>
       <c r="AK117" s="62"/>
       <c r="AL117" s="62"/>
       <c r="AM117" s="62"/>
       <c r="AN117" s="62"/>
       <c r="AO117" s="62"/>
       <c r="AP117" s="62"/>
       <c r="AQ117" s="62"/>
       <c r="AR117" s="62"/>
     </row>
     <row r="118" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A118" s="240"/>
       <c r="B118" s="241"/>
       <c r="C118" s="241"/>
       <c r="D118" s="241"/>
-      <c r="E118" s="139"/>
-      <c r="F118" s="122"/>
+      <c r="E118" s="132"/>
+      <c r="F118" s="115"/>
       <c r="G118" s="51"/>
       <c r="H118" s="51"/>
       <c r="I118" s="51"/>
       <c r="J118" s="51"/>
-      <c r="K118" s="168"/>
-[...1 lines deleted...]
-      <c r="M118" s="170"/>
+      <c r="K118" s="161"/>
+      <c r="L118" s="162"/>
+      <c r="M118" s="163"/>
       <c r="N118" s="31"/>
       <c r="O118" s="32"/>
       <c r="P118" s="32"/>
-      <c r="Q118" s="134"/>
-      <c r="R118" s="118"/>
+      <c r="Q118" s="127"/>
+      <c r="R118" s="111"/>
       <c r="S118" s="33"/>
       <c r="T118" s="57"/>
       <c r="U118" s="58"/>
-      <c r="V118" s="198">
+      <c r="V118" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W118" s="197">
+      <c r="W118" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X118" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y118" s="62"/>
       <c r="Z118" s="62"/>
       <c r="AA118" s="62"/>
       <c r="AB118" s="62"/>
       <c r="AC118" s="62"/>
       <c r="AD118" s="62"/>
       <c r="AE118" s="62"/>
       <c r="AF118" s="62"/>
       <c r="AG118" s="62"/>
       <c r="AH118" s="62"/>
       <c r="AI118" s="62"/>
       <c r="AJ118" s="62"/>
       <c r="AK118" s="62"/>
       <c r="AL118" s="62"/>
       <c r="AM118" s="62"/>
       <c r="AN118" s="62"/>
       <c r="AO118" s="62"/>
       <c r="AP118" s="62"/>
       <c r="AQ118" s="62"/>
       <c r="AR118" s="62"/>
     </row>
     <row r="119" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A119" s="240"/>
       <c r="B119" s="241"/>
       <c r="C119" s="241"/>
       <c r="D119" s="241"/>
-      <c r="E119" s="139"/>
-      <c r="F119" s="122"/>
+      <c r="E119" s="132"/>
+      <c r="F119" s="115"/>
       <c r="G119" s="51"/>
       <c r="H119" s="51"/>
       <c r="I119" s="51"/>
       <c r="J119" s="51"/>
-      <c r="K119" s="168"/>
-[...1 lines deleted...]
-      <c r="M119" s="170"/>
+      <c r="K119" s="161"/>
+      <c r="L119" s="162"/>
+      <c r="M119" s="163"/>
       <c r="N119" s="31"/>
       <c r="O119" s="32"/>
       <c r="P119" s="32"/>
-      <c r="Q119" s="134"/>
-      <c r="R119" s="118"/>
+      <c r="Q119" s="127"/>
+      <c r="R119" s="111"/>
       <c r="S119" s="33"/>
       <c r="T119" s="57"/>
       <c r="U119" s="58"/>
-      <c r="V119" s="198">
+      <c r="V119" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W119" s="197">
+      <c r="W119" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X119" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y119" s="62"/>
       <c r="Z119" s="62"/>
       <c r="AA119" s="62"/>
       <c r="AB119" s="62"/>
       <c r="AC119" s="62"/>
       <c r="AD119" s="62"/>
       <c r="AE119" s="62"/>
       <c r="AF119" s="62"/>
       <c r="AG119" s="62"/>
       <c r="AH119" s="62"/>
       <c r="AI119" s="62"/>
       <c r="AJ119" s="62"/>
       <c r="AK119" s="62"/>
       <c r="AL119" s="62"/>
       <c r="AM119" s="62"/>
       <c r="AN119" s="62"/>
       <c r="AO119" s="62"/>
       <c r="AP119" s="62"/>
       <c r="AQ119" s="62"/>
       <c r="AR119" s="62"/>
     </row>
     <row r="120" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A120" s="240"/>
       <c r="B120" s="241"/>
       <c r="C120" s="241"/>
       <c r="D120" s="241"/>
-      <c r="E120" s="139"/>
-      <c r="F120" s="122"/>
+      <c r="E120" s="132"/>
+      <c r="F120" s="115"/>
       <c r="G120" s="51"/>
       <c r="H120" s="51"/>
       <c r="I120" s="51"/>
       <c r="J120" s="51"/>
-      <c r="K120" s="168"/>
-[...1 lines deleted...]
-      <c r="M120" s="170"/>
+      <c r="K120" s="161"/>
+      <c r="L120" s="162"/>
+      <c r="M120" s="163"/>
       <c r="N120" s="31"/>
       <c r="O120" s="32"/>
       <c r="P120" s="32"/>
-      <c r="Q120" s="134"/>
-      <c r="R120" s="118"/>
+      <c r="Q120" s="127"/>
+      <c r="R120" s="111"/>
       <c r="S120" s="33"/>
       <c r="T120" s="57"/>
       <c r="U120" s="58"/>
-      <c r="V120" s="198">
+      <c r="V120" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W120" s="197">
+      <c r="W120" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X120" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y120" s="62"/>
       <c r="Z120" s="62"/>
       <c r="AA120" s="62"/>
       <c r="AB120" s="62"/>
       <c r="AC120" s="62"/>
       <c r="AD120" s="62"/>
       <c r="AE120" s="62"/>
       <c r="AF120" s="62"/>
       <c r="AG120" s="62"/>
       <c r="AH120" s="62"/>
       <c r="AI120" s="62"/>
       <c r="AJ120" s="62"/>
       <c r="AK120" s="62"/>
       <c r="AL120" s="62"/>
       <c r="AM120" s="62"/>
       <c r="AN120" s="62"/>
       <c r="AO120" s="62"/>
       <c r="AP120" s="62"/>
       <c r="AQ120" s="62"/>
       <c r="AR120" s="62"/>
     </row>
     <row r="121" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A121" s="240"/>
       <c r="B121" s="241"/>
       <c r="C121" s="241"/>
       <c r="D121" s="241"/>
-      <c r="E121" s="139"/>
-      <c r="F121" s="122"/>
+      <c r="E121" s="132"/>
+      <c r="F121" s="115"/>
       <c r="G121" s="51"/>
       <c r="H121" s="51"/>
       <c r="I121" s="51"/>
       <c r="J121" s="51"/>
-      <c r="K121" s="168"/>
-[...1 lines deleted...]
-      <c r="M121" s="170"/>
+      <c r="K121" s="161"/>
+      <c r="L121" s="162"/>
+      <c r="M121" s="163"/>
       <c r="N121" s="31"/>
       <c r="O121" s="32"/>
       <c r="P121" s="32"/>
-      <c r="Q121" s="134"/>
-      <c r="R121" s="118"/>
+      <c r="Q121" s="127"/>
+      <c r="R121" s="111"/>
       <c r="S121" s="33"/>
       <c r="T121" s="57"/>
       <c r="U121" s="58"/>
-      <c r="V121" s="198">
+      <c r="V121" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W121" s="197">
+      <c r="W121" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X121" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y121" s="62"/>
       <c r="Z121" s="62"/>
       <c r="AA121" s="62"/>
       <c r="AB121" s="62"/>
       <c r="AC121" s="62"/>
       <c r="AD121" s="62"/>
       <c r="AE121" s="62"/>
       <c r="AF121" s="62"/>
       <c r="AG121" s="62"/>
       <c r="AH121" s="62"/>
       <c r="AI121" s="62"/>
       <c r="AJ121" s="62"/>
       <c r="AK121" s="62"/>
       <c r="AL121" s="62"/>
       <c r="AM121" s="62"/>
       <c r="AN121" s="62"/>
       <c r="AO121" s="62"/>
       <c r="AP121" s="62"/>
       <c r="AQ121" s="62"/>
       <c r="AR121" s="62"/>
     </row>
     <row r="122" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A122" s="240"/>
       <c r="B122" s="241"/>
       <c r="C122" s="241"/>
       <c r="D122" s="241"/>
-      <c r="E122" s="139"/>
-      <c r="F122" s="122"/>
+      <c r="E122" s="132"/>
+      <c r="F122" s="115"/>
       <c r="G122" s="51"/>
       <c r="H122" s="51"/>
       <c r="I122" s="51"/>
       <c r="J122" s="51"/>
-      <c r="K122" s="168"/>
-[...1 lines deleted...]
-      <c r="M122" s="170"/>
+      <c r="K122" s="161"/>
+      <c r="L122" s="162"/>
+      <c r="M122" s="163"/>
       <c r="N122" s="31"/>
       <c r="O122" s="32"/>
       <c r="P122" s="32"/>
-      <c r="Q122" s="134"/>
-      <c r="R122" s="118"/>
+      <c r="Q122" s="127"/>
+      <c r="R122" s="111"/>
       <c r="S122" s="33"/>
       <c r="T122" s="57"/>
       <c r="U122" s="58"/>
-      <c r="V122" s="198">
+      <c r="V122" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W122" s="197">
+      <c r="W122" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X122" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y122" s="62"/>
       <c r="Z122" s="62"/>
       <c r="AA122" s="62"/>
       <c r="AB122" s="62"/>
       <c r="AC122" s="62"/>
       <c r="AD122" s="62"/>
       <c r="AE122" s="62"/>
       <c r="AF122" s="62"/>
       <c r="AG122" s="62"/>
       <c r="AH122" s="62"/>
       <c r="AI122" s="62"/>
       <c r="AJ122" s="62"/>
       <c r="AK122" s="62"/>
       <c r="AL122" s="62"/>
       <c r="AM122" s="62"/>
       <c r="AN122" s="62"/>
       <c r="AO122" s="62"/>
       <c r="AP122" s="62"/>
       <c r="AQ122" s="62"/>
       <c r="AR122" s="62"/>
     </row>
     <row r="123" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A123" s="240"/>
       <c r="B123" s="241"/>
       <c r="C123" s="241"/>
       <c r="D123" s="241"/>
-      <c r="E123" s="139"/>
-      <c r="F123" s="122"/>
+      <c r="E123" s="132"/>
+      <c r="F123" s="115"/>
       <c r="G123" s="51"/>
       <c r="H123" s="51"/>
       <c r="I123" s="51"/>
       <c r="J123" s="51"/>
-      <c r="K123" s="168"/>
-[...1 lines deleted...]
-      <c r="M123" s="170"/>
+      <c r="K123" s="161"/>
+      <c r="L123" s="162"/>
+      <c r="M123" s="163"/>
       <c r="N123" s="31"/>
       <c r="O123" s="32"/>
       <c r="P123" s="32"/>
-      <c r="Q123" s="134"/>
-      <c r="R123" s="118"/>
+      <c r="Q123" s="127"/>
+      <c r="R123" s="111"/>
       <c r="S123" s="33"/>
       <c r="T123" s="57"/>
       <c r="U123" s="58"/>
-      <c r="V123" s="198">
+      <c r="V123" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W123" s="197">
+      <c r="W123" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X123" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y123" s="62"/>
       <c r="Z123" s="62"/>
       <c r="AA123" s="62"/>
       <c r="AB123" s="62"/>
       <c r="AC123" s="62"/>
       <c r="AD123" s="62"/>
       <c r="AE123" s="62"/>
       <c r="AF123" s="62"/>
       <c r="AG123" s="62"/>
       <c r="AH123" s="62"/>
       <c r="AI123" s="62"/>
       <c r="AJ123" s="62"/>
       <c r="AK123" s="62"/>
       <c r="AL123" s="62"/>
       <c r="AM123" s="62"/>
       <c r="AN123" s="62"/>
       <c r="AO123" s="62"/>
       <c r="AP123" s="62"/>
       <c r="AQ123" s="62"/>
       <c r="AR123" s="62"/>
     </row>
     <row r="124" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A124" s="240"/>
       <c r="B124" s="241"/>
       <c r="C124" s="241"/>
       <c r="D124" s="241"/>
-      <c r="E124" s="139"/>
-      <c r="F124" s="122"/>
+      <c r="E124" s="132"/>
+      <c r="F124" s="115"/>
       <c r="G124" s="51"/>
       <c r="H124" s="51"/>
       <c r="I124" s="51"/>
       <c r="J124" s="51"/>
-      <c r="K124" s="168"/>
-[...1 lines deleted...]
-      <c r="M124" s="170"/>
+      <c r="K124" s="161"/>
+      <c r="L124" s="162"/>
+      <c r="M124" s="163"/>
       <c r="N124" s="31"/>
       <c r="O124" s="32"/>
       <c r="P124" s="32"/>
-      <c r="Q124" s="134"/>
-      <c r="R124" s="118"/>
+      <c r="Q124" s="127"/>
+      <c r="R124" s="111"/>
       <c r="S124" s="33"/>
       <c r="T124" s="57"/>
       <c r="U124" s="58"/>
-      <c r="V124" s="198">
+      <c r="V124" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W124" s="197">
+      <c r="W124" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X124" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y124" s="62"/>
       <c r="Z124" s="62"/>
       <c r="AA124" s="62"/>
       <c r="AB124" s="62"/>
       <c r="AC124" s="62"/>
       <c r="AD124" s="62"/>
       <c r="AE124" s="62"/>
       <c r="AF124" s="62"/>
       <c r="AG124" s="62"/>
       <c r="AH124" s="62"/>
       <c r="AI124" s="62"/>
       <c r="AJ124" s="62"/>
       <c r="AK124" s="62"/>
       <c r="AL124" s="62"/>
       <c r="AM124" s="62"/>
       <c r="AN124" s="62"/>
       <c r="AO124" s="62"/>
       <c r="AP124" s="62"/>
       <c r="AQ124" s="62"/>
       <c r="AR124" s="62"/>
     </row>
     <row r="125" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A125" s="240"/>
       <c r="B125" s="241"/>
       <c r="C125" s="241"/>
       <c r="D125" s="241"/>
-      <c r="E125" s="139"/>
-      <c r="F125" s="122"/>
+      <c r="E125" s="132"/>
+      <c r="F125" s="115"/>
       <c r="G125" s="51"/>
       <c r="H125" s="51"/>
       <c r="I125" s="51"/>
       <c r="J125" s="51"/>
-      <c r="K125" s="168"/>
-[...1 lines deleted...]
-      <c r="M125" s="170"/>
+      <c r="K125" s="161"/>
+      <c r="L125" s="162"/>
+      <c r="M125" s="163"/>
       <c r="N125" s="31"/>
       <c r="O125" s="32"/>
       <c r="P125" s="32"/>
-      <c r="Q125" s="134"/>
-      <c r="R125" s="118"/>
+      <c r="Q125" s="127"/>
+      <c r="R125" s="111"/>
       <c r="S125" s="33"/>
       <c r="T125" s="57"/>
       <c r="U125" s="58"/>
-      <c r="V125" s="198">
+      <c r="V125" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W125" s="197">
+      <c r="W125" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X125" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y125" s="62"/>
       <c r="Z125" s="62"/>
       <c r="AA125" s="62"/>
       <c r="AB125" s="62"/>
       <c r="AC125" s="62"/>
       <c r="AD125" s="62"/>
       <c r="AE125" s="62"/>
       <c r="AF125" s="62"/>
       <c r="AG125" s="62"/>
       <c r="AH125" s="62"/>
       <c r="AI125" s="62"/>
       <c r="AJ125" s="62"/>
       <c r="AK125" s="62"/>
       <c r="AL125" s="62"/>
       <c r="AM125" s="62"/>
       <c r="AN125" s="62"/>
       <c r="AO125" s="62"/>
       <c r="AP125" s="62"/>
       <c r="AQ125" s="62"/>
       <c r="AR125" s="62"/>
     </row>
     <row r="126" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A126" s="240"/>
       <c r="B126" s="241"/>
       <c r="C126" s="241"/>
       <c r="D126" s="241"/>
-      <c r="E126" s="139"/>
-      <c r="F126" s="122"/>
+      <c r="E126" s="132"/>
+      <c r="F126" s="115"/>
       <c r="G126" s="51"/>
       <c r="H126" s="51"/>
       <c r="I126" s="51"/>
       <c r="J126" s="51"/>
-      <c r="K126" s="168"/>
-[...1 lines deleted...]
-      <c r="M126" s="170"/>
+      <c r="K126" s="161"/>
+      <c r="L126" s="162"/>
+      <c r="M126" s="163"/>
       <c r="N126" s="31"/>
       <c r="O126" s="32"/>
       <c r="P126" s="32"/>
-      <c r="Q126" s="134"/>
-      <c r="R126" s="118"/>
+      <c r="Q126" s="127"/>
+      <c r="R126" s="111"/>
       <c r="S126" s="33"/>
       <c r="T126" s="57"/>
       <c r="U126" s="58"/>
-      <c r="V126" s="198">
+      <c r="V126" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W126" s="197">
+      <c r="W126" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X126" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y126" s="62"/>
       <c r="Z126" s="62"/>
       <c r="AA126" s="62"/>
       <c r="AB126" s="62"/>
       <c r="AC126" s="62"/>
       <c r="AD126" s="62"/>
       <c r="AE126" s="62"/>
       <c r="AF126" s="62"/>
       <c r="AG126" s="62"/>
       <c r="AH126" s="62"/>
       <c r="AI126" s="62"/>
       <c r="AJ126" s="62"/>
       <c r="AK126" s="62"/>
       <c r="AL126" s="62"/>
       <c r="AM126" s="62"/>
       <c r="AN126" s="62"/>
       <c r="AO126" s="62"/>
       <c r="AP126" s="62"/>
       <c r="AQ126" s="62"/>
       <c r="AR126" s="62"/>
     </row>
     <row r="127" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A127" s="240"/>
       <c r="B127" s="241"/>
       <c r="C127" s="241"/>
       <c r="D127" s="241"/>
-      <c r="E127" s="139"/>
-      <c r="F127" s="122"/>
+      <c r="E127" s="132"/>
+      <c r="F127" s="115"/>
       <c r="G127" s="51"/>
       <c r="H127" s="51"/>
       <c r="I127" s="51"/>
       <c r="J127" s="51"/>
-      <c r="K127" s="168"/>
-[...1 lines deleted...]
-      <c r="M127" s="170"/>
+      <c r="K127" s="161"/>
+      <c r="L127" s="162"/>
+      <c r="M127" s="163"/>
       <c r="N127" s="31"/>
       <c r="O127" s="32"/>
       <c r="P127" s="32"/>
-      <c r="Q127" s="134"/>
-      <c r="R127" s="118"/>
+      <c r="Q127" s="127"/>
+      <c r="R127" s="111"/>
       <c r="S127" s="33"/>
       <c r="T127" s="57"/>
       <c r="U127" s="58"/>
-      <c r="V127" s="198">
+      <c r="V127" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W127" s="197">
+      <c r="W127" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X127" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y127" s="62"/>
       <c r="Z127" s="62"/>
       <c r="AA127" s="62"/>
       <c r="AB127" s="62"/>
       <c r="AC127" s="62"/>
       <c r="AD127" s="62"/>
       <c r="AE127" s="62"/>
       <c r="AF127" s="62"/>
       <c r="AG127" s="62"/>
       <c r="AH127" s="62"/>
       <c r="AI127" s="62"/>
       <c r="AJ127" s="62"/>
       <c r="AK127" s="62"/>
       <c r="AL127" s="62"/>
       <c r="AM127" s="62"/>
       <c r="AN127" s="62"/>
       <c r="AO127" s="62"/>
       <c r="AP127" s="62"/>
       <c r="AQ127" s="62"/>
       <c r="AR127" s="62"/>
     </row>
     <row r="128" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A128" s="240"/>
       <c r="B128" s="241"/>
       <c r="C128" s="241"/>
       <c r="D128" s="241"/>
-      <c r="E128" s="139"/>
-      <c r="F128" s="122"/>
+      <c r="E128" s="132"/>
+      <c r="F128" s="115"/>
       <c r="G128" s="51"/>
       <c r="H128" s="51"/>
       <c r="I128" s="51"/>
       <c r="J128" s="51"/>
-      <c r="K128" s="168"/>
-[...1 lines deleted...]
-      <c r="M128" s="170"/>
+      <c r="K128" s="161"/>
+      <c r="L128" s="162"/>
+      <c r="M128" s="163"/>
       <c r="N128" s="31"/>
       <c r="O128" s="32"/>
       <c r="P128" s="32"/>
-      <c r="Q128" s="134"/>
-      <c r="R128" s="118"/>
+      <c r="Q128" s="127"/>
+      <c r="R128" s="111"/>
       <c r="S128" s="33"/>
       <c r="T128" s="57"/>
       <c r="U128" s="58"/>
-      <c r="V128" s="198">
+      <c r="V128" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W128" s="197">
+      <c r="W128" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X128" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y128" s="62"/>
       <c r="Z128" s="62"/>
       <c r="AA128" s="62"/>
       <c r="AB128" s="62"/>
       <c r="AC128" s="62"/>
       <c r="AD128" s="62"/>
       <c r="AE128" s="62"/>
       <c r="AF128" s="62"/>
       <c r="AG128" s="62"/>
       <c r="AH128" s="62"/>
       <c r="AI128" s="62"/>
       <c r="AJ128" s="62"/>
       <c r="AK128" s="62"/>
       <c r="AL128" s="62"/>
       <c r="AM128" s="62"/>
       <c r="AN128" s="62"/>
       <c r="AO128" s="62"/>
       <c r="AP128" s="62"/>
       <c r="AQ128" s="62"/>
       <c r="AR128" s="62"/>
     </row>
     <row r="129" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A129" s="240"/>
       <c r="B129" s="241"/>
       <c r="C129" s="241"/>
       <c r="D129" s="241"/>
-      <c r="E129" s="139"/>
-      <c r="F129" s="122"/>
+      <c r="E129" s="132"/>
+      <c r="F129" s="115"/>
       <c r="G129" s="51"/>
       <c r="H129" s="51"/>
       <c r="I129" s="51"/>
       <c r="J129" s="51"/>
-      <c r="K129" s="168"/>
-[...1 lines deleted...]
-      <c r="M129" s="170"/>
+      <c r="K129" s="161"/>
+      <c r="L129" s="162"/>
+      <c r="M129" s="163"/>
       <c r="N129" s="31"/>
       <c r="O129" s="32"/>
       <c r="P129" s="32"/>
-      <c r="Q129" s="134"/>
-      <c r="R129" s="118"/>
+      <c r="Q129" s="127"/>
+      <c r="R129" s="111"/>
       <c r="S129" s="33"/>
       <c r="T129" s="57"/>
       <c r="U129" s="58"/>
-      <c r="V129" s="198">
+      <c r="V129" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W129" s="197">
+      <c r="W129" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X129" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y129" s="62"/>
       <c r="Z129" s="62"/>
       <c r="AA129" s="62"/>
       <c r="AB129" s="62"/>
       <c r="AC129" s="62"/>
       <c r="AD129" s="62"/>
       <c r="AE129" s="62"/>
       <c r="AF129" s="62"/>
       <c r="AG129" s="62"/>
       <c r="AH129" s="62"/>
       <c r="AI129" s="62"/>
       <c r="AJ129" s="62"/>
       <c r="AK129" s="62"/>
       <c r="AL129" s="62"/>
       <c r="AM129" s="62"/>
       <c r="AN129" s="62"/>
       <c r="AO129" s="62"/>
       <c r="AP129" s="62"/>
       <c r="AQ129" s="62"/>
       <c r="AR129" s="62"/>
     </row>
     <row r="130" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A130" s="240"/>
       <c r="B130" s="241"/>
       <c r="C130" s="241"/>
       <c r="D130" s="241"/>
-      <c r="E130" s="139"/>
-      <c r="F130" s="122"/>
+      <c r="E130" s="132"/>
+      <c r="F130" s="115"/>
       <c r="G130" s="51"/>
       <c r="H130" s="51"/>
       <c r="I130" s="51"/>
       <c r="J130" s="51"/>
-      <c r="K130" s="168"/>
-[...1 lines deleted...]
-      <c r="M130" s="170"/>
+      <c r="K130" s="161"/>
+      <c r="L130" s="162"/>
+      <c r="M130" s="163"/>
       <c r="N130" s="31"/>
       <c r="O130" s="32"/>
       <c r="P130" s="32"/>
-      <c r="Q130" s="134"/>
-      <c r="R130" s="118"/>
+      <c r="Q130" s="127"/>
+      <c r="R130" s="111"/>
       <c r="S130" s="33"/>
       <c r="T130" s="57"/>
       <c r="U130" s="58"/>
-      <c r="V130" s="198">
+      <c r="V130" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W130" s="197">
+      <c r="W130" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X130" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y130" s="62"/>
       <c r="Z130" s="62"/>
       <c r="AA130" s="62"/>
       <c r="AB130" s="62"/>
       <c r="AC130" s="62"/>
       <c r="AD130" s="62"/>
       <c r="AE130" s="62"/>
       <c r="AF130" s="62"/>
       <c r="AG130" s="62"/>
       <c r="AH130" s="62"/>
       <c r="AI130" s="62"/>
       <c r="AJ130" s="62"/>
       <c r="AK130" s="62"/>
       <c r="AL130" s="62"/>
       <c r="AM130" s="62"/>
       <c r="AN130" s="62"/>
       <c r="AO130" s="62"/>
       <c r="AP130" s="62"/>
       <c r="AQ130" s="62"/>
       <c r="AR130" s="62"/>
     </row>
     <row r="131" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A131" s="240"/>
       <c r="B131" s="241"/>
       <c r="C131" s="241"/>
       <c r="D131" s="241"/>
-      <c r="E131" s="139"/>
-      <c r="F131" s="122"/>
+      <c r="E131" s="132"/>
+      <c r="F131" s="115"/>
       <c r="G131" s="51"/>
       <c r="H131" s="51"/>
       <c r="I131" s="51"/>
       <c r="J131" s="51"/>
-      <c r="K131" s="168"/>
-[...1 lines deleted...]
-      <c r="M131" s="170"/>
+      <c r="K131" s="161"/>
+      <c r="L131" s="162"/>
+      <c r="M131" s="163"/>
       <c r="N131" s="31"/>
       <c r="O131" s="32"/>
       <c r="P131" s="32"/>
-      <c r="Q131" s="134"/>
-      <c r="R131" s="118"/>
+      <c r="Q131" s="127"/>
+      <c r="R131" s="111"/>
       <c r="S131" s="33"/>
       <c r="T131" s="57"/>
       <c r="U131" s="58"/>
-      <c r="V131" s="198">
+      <c r="V131" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W131" s="197">
+      <c r="W131" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X131" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y131" s="62"/>
       <c r="Z131" s="62"/>
       <c r="AA131" s="62"/>
       <c r="AB131" s="62"/>
       <c r="AC131" s="62"/>
       <c r="AD131" s="62"/>
       <c r="AE131" s="62"/>
       <c r="AF131" s="62"/>
       <c r="AG131" s="62"/>
       <c r="AH131" s="62"/>
       <c r="AI131" s="62"/>
       <c r="AJ131" s="62"/>
       <c r="AK131" s="62"/>
       <c r="AL131" s="62"/>
       <c r="AM131" s="62"/>
       <c r="AN131" s="62"/>
       <c r="AO131" s="62"/>
       <c r="AP131" s="62"/>
       <c r="AQ131" s="62"/>
       <c r="AR131" s="62"/>
     </row>
     <row r="132" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A132" s="240"/>
       <c r="B132" s="241"/>
       <c r="C132" s="241"/>
       <c r="D132" s="241"/>
-      <c r="E132" s="139"/>
-      <c r="F132" s="122"/>
+      <c r="E132" s="132"/>
+      <c r="F132" s="115"/>
       <c r="G132" s="51"/>
       <c r="H132" s="51"/>
       <c r="I132" s="51"/>
       <c r="J132" s="51"/>
-      <c r="K132" s="168"/>
-[...1 lines deleted...]
-      <c r="M132" s="170"/>
+      <c r="K132" s="161"/>
+      <c r="L132" s="162"/>
+      <c r="M132" s="163"/>
       <c r="N132" s="31"/>
       <c r="O132" s="32"/>
       <c r="P132" s="32"/>
-      <c r="Q132" s="134"/>
-      <c r="R132" s="118"/>
+      <c r="Q132" s="127"/>
+      <c r="R132" s="111"/>
       <c r="S132" s="33"/>
       <c r="T132" s="57"/>
       <c r="U132" s="58"/>
-      <c r="V132" s="198">
+      <c r="V132" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W132" s="197">
+      <c r="W132" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X132" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y132" s="62"/>
       <c r="Z132" s="62"/>
       <c r="AA132" s="62"/>
       <c r="AB132" s="62"/>
       <c r="AC132" s="62"/>
       <c r="AD132" s="62"/>
       <c r="AE132" s="62"/>
       <c r="AF132" s="62"/>
       <c r="AG132" s="62"/>
       <c r="AH132" s="62"/>
       <c r="AI132" s="62"/>
       <c r="AJ132" s="62"/>
       <c r="AK132" s="62"/>
       <c r="AL132" s="62"/>
       <c r="AM132" s="62"/>
       <c r="AN132" s="62"/>
       <c r="AO132" s="62"/>
       <c r="AP132" s="62"/>
       <c r="AQ132" s="62"/>
       <c r="AR132" s="62"/>
     </row>
     <row r="133" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A133" s="240"/>
       <c r="B133" s="241"/>
       <c r="C133" s="241"/>
       <c r="D133" s="241"/>
-      <c r="E133" s="139"/>
-      <c r="F133" s="122"/>
+      <c r="E133" s="132"/>
+      <c r="F133" s="115"/>
       <c r="G133" s="51"/>
       <c r="H133" s="51"/>
       <c r="I133" s="51"/>
       <c r="J133" s="51"/>
-      <c r="K133" s="168"/>
-[...1 lines deleted...]
-      <c r="M133" s="170"/>
+      <c r="K133" s="161"/>
+      <c r="L133" s="162"/>
+      <c r="M133" s="163"/>
       <c r="N133" s="31"/>
       <c r="O133" s="32"/>
       <c r="P133" s="32"/>
-      <c r="Q133" s="134"/>
-      <c r="R133" s="118"/>
+      <c r="Q133" s="127"/>
+      <c r="R133" s="111"/>
       <c r="S133" s="33"/>
       <c r="T133" s="57"/>
       <c r="U133" s="58"/>
-      <c r="V133" s="198">
+      <c r="V133" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W133" s="197">
+      <c r="W133" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X133" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y133" s="62"/>
       <c r="Z133" s="62"/>
       <c r="AA133" s="62"/>
       <c r="AB133" s="62"/>
       <c r="AC133" s="62"/>
       <c r="AD133" s="62"/>
       <c r="AE133" s="62"/>
       <c r="AF133" s="62"/>
       <c r="AG133" s="62"/>
       <c r="AH133" s="62"/>
       <c r="AI133" s="62"/>
       <c r="AJ133" s="62"/>
       <c r="AK133" s="62"/>
       <c r="AL133" s="62"/>
       <c r="AM133" s="62"/>
       <c r="AN133" s="62"/>
       <c r="AO133" s="62"/>
       <c r="AP133" s="62"/>
       <c r="AQ133" s="62"/>
       <c r="AR133" s="62"/>
     </row>
     <row r="134" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A134" s="240"/>
       <c r="B134" s="241"/>
       <c r="C134" s="241"/>
       <c r="D134" s="241"/>
-      <c r="E134" s="139"/>
-      <c r="F134" s="122"/>
+      <c r="E134" s="132"/>
+      <c r="F134" s="115"/>
       <c r="G134" s="51"/>
       <c r="H134" s="51"/>
       <c r="I134" s="51"/>
       <c r="J134" s="51"/>
-      <c r="K134" s="168"/>
-[...1 lines deleted...]
-      <c r="M134" s="170"/>
+      <c r="K134" s="161"/>
+      <c r="L134" s="162"/>
+      <c r="M134" s="163"/>
       <c r="N134" s="31"/>
       <c r="O134" s="32"/>
       <c r="P134" s="32"/>
-      <c r="Q134" s="134"/>
-      <c r="R134" s="118"/>
+      <c r="Q134" s="127"/>
+      <c r="R134" s="111"/>
       <c r="S134" s="33"/>
       <c r="T134" s="57"/>
       <c r="U134" s="58"/>
-      <c r="V134" s="198">
+      <c r="V134" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W134" s="197">
+      <c r="W134" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X134" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y134" s="62"/>
       <c r="Z134" s="62"/>
       <c r="AA134" s="62"/>
       <c r="AB134" s="62"/>
       <c r="AC134" s="62"/>
       <c r="AD134" s="62"/>
       <c r="AE134" s="62"/>
       <c r="AF134" s="62"/>
       <c r="AG134" s="62"/>
       <c r="AH134" s="62"/>
       <c r="AI134" s="62"/>
       <c r="AJ134" s="62"/>
       <c r="AK134" s="62"/>
       <c r="AL134" s="62"/>
       <c r="AM134" s="62"/>
       <c r="AN134" s="62"/>
       <c r="AO134" s="62"/>
       <c r="AP134" s="62"/>
       <c r="AQ134" s="62"/>
       <c r="AR134" s="62"/>
     </row>
     <row r="135" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A135" s="240"/>
       <c r="B135" s="241"/>
       <c r="C135" s="241"/>
       <c r="D135" s="241"/>
-      <c r="E135" s="139"/>
-      <c r="F135" s="122"/>
+      <c r="E135" s="132"/>
+      <c r="F135" s="115"/>
       <c r="G135" s="51"/>
       <c r="H135" s="51"/>
       <c r="I135" s="51"/>
       <c r="J135" s="51"/>
-      <c r="K135" s="168"/>
-[...1 lines deleted...]
-      <c r="M135" s="170"/>
+      <c r="K135" s="161"/>
+      <c r="L135" s="162"/>
+      <c r="M135" s="163"/>
       <c r="N135" s="31"/>
       <c r="O135" s="32"/>
       <c r="P135" s="32"/>
-      <c r="Q135" s="134"/>
-      <c r="R135" s="118"/>
+      <c r="Q135" s="127"/>
+      <c r="R135" s="111"/>
       <c r="S135" s="33"/>
       <c r="T135" s="57"/>
       <c r="U135" s="58"/>
-      <c r="V135" s="198">
+      <c r="V135" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W135" s="197">
+      <c r="W135" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X135" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y135" s="62"/>
       <c r="Z135" s="62"/>
       <c r="AA135" s="62"/>
       <c r="AB135" s="62"/>
       <c r="AC135" s="62"/>
       <c r="AD135" s="62"/>
       <c r="AE135" s="62"/>
       <c r="AF135" s="62"/>
       <c r="AG135" s="62"/>
       <c r="AH135" s="62"/>
       <c r="AI135" s="62"/>
       <c r="AJ135" s="62"/>
       <c r="AK135" s="62"/>
       <c r="AL135" s="62"/>
       <c r="AM135" s="62"/>
       <c r="AN135" s="62"/>
       <c r="AO135" s="62"/>
       <c r="AP135" s="62"/>
       <c r="AQ135" s="62"/>
       <c r="AR135" s="62"/>
     </row>
     <row r="136" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A136" s="240"/>
       <c r="B136" s="241"/>
       <c r="C136" s="241"/>
       <c r="D136" s="241"/>
-      <c r="E136" s="139"/>
-      <c r="F136" s="122"/>
+      <c r="E136" s="132"/>
+      <c r="F136" s="115"/>
       <c r="G136" s="51"/>
       <c r="H136" s="51"/>
       <c r="I136" s="51"/>
       <c r="J136" s="51"/>
-      <c r="K136" s="168"/>
-[...1 lines deleted...]
-      <c r="M136" s="170"/>
+      <c r="K136" s="161"/>
+      <c r="L136" s="162"/>
+      <c r="M136" s="163"/>
       <c r="N136" s="31"/>
       <c r="O136" s="32"/>
       <c r="P136" s="32"/>
-      <c r="Q136" s="134"/>
-      <c r="R136" s="118"/>
+      <c r="Q136" s="127"/>
+      <c r="R136" s="111"/>
       <c r="S136" s="33"/>
       <c r="T136" s="57"/>
       <c r="U136" s="58"/>
-      <c r="V136" s="198">
+      <c r="V136" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W136" s="197">
+      <c r="W136" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X136" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y136" s="62"/>
       <c r="Z136" s="62"/>
       <c r="AA136" s="62"/>
       <c r="AB136" s="62"/>
       <c r="AC136" s="62"/>
       <c r="AD136" s="62"/>
       <c r="AE136" s="62"/>
       <c r="AF136" s="62"/>
       <c r="AG136" s="62"/>
       <c r="AH136" s="62"/>
       <c r="AI136" s="62"/>
       <c r="AJ136" s="62"/>
       <c r="AK136" s="62"/>
       <c r="AL136" s="62"/>
       <c r="AM136" s="62"/>
       <c r="AN136" s="62"/>
       <c r="AO136" s="62"/>
       <c r="AP136" s="62"/>
       <c r="AQ136" s="62"/>
       <c r="AR136" s="62"/>
     </row>
     <row r="137" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A137" s="240"/>
       <c r="B137" s="241"/>
       <c r="C137" s="241"/>
       <c r="D137" s="241"/>
-      <c r="E137" s="139"/>
-      <c r="F137" s="122"/>
+      <c r="E137" s="132"/>
+      <c r="F137" s="115"/>
       <c r="G137" s="51"/>
       <c r="H137" s="51"/>
       <c r="I137" s="51"/>
       <c r="J137" s="51"/>
-      <c r="K137" s="168"/>
-[...1 lines deleted...]
-      <c r="M137" s="170"/>
+      <c r="K137" s="161"/>
+      <c r="L137" s="162"/>
+      <c r="M137" s="163"/>
       <c r="N137" s="31"/>
       <c r="O137" s="32"/>
       <c r="P137" s="32"/>
-      <c r="Q137" s="134"/>
-      <c r="R137" s="118"/>
+      <c r="Q137" s="127"/>
+      <c r="R137" s="111"/>
       <c r="S137" s="33"/>
       <c r="T137" s="57"/>
       <c r="U137" s="58"/>
-      <c r="V137" s="198">
+      <c r="V137" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W137" s="197">
+      <c r="W137" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X137" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y137" s="62"/>
       <c r="Z137" s="62"/>
       <c r="AA137" s="62"/>
       <c r="AB137" s="62"/>
       <c r="AC137" s="62"/>
       <c r="AD137" s="62"/>
       <c r="AE137" s="62"/>
       <c r="AF137" s="62"/>
       <c r="AG137" s="62"/>
       <c r="AH137" s="62"/>
       <c r="AI137" s="62"/>
       <c r="AJ137" s="62"/>
       <c r="AK137" s="62"/>
       <c r="AL137" s="62"/>
       <c r="AM137" s="62"/>
       <c r="AN137" s="62"/>
       <c r="AO137" s="62"/>
       <c r="AP137" s="62"/>
       <c r="AQ137" s="62"/>
       <c r="AR137" s="62"/>
     </row>
     <row r="138" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A138" s="240"/>
       <c r="B138" s="241"/>
       <c r="C138" s="241"/>
       <c r="D138" s="241"/>
-      <c r="E138" s="139"/>
-      <c r="F138" s="122"/>
+      <c r="E138" s="132"/>
+      <c r="F138" s="115"/>
       <c r="G138" s="51"/>
       <c r="H138" s="51"/>
       <c r="I138" s="51"/>
       <c r="J138" s="51"/>
-      <c r="K138" s="168"/>
-[...1 lines deleted...]
-      <c r="M138" s="170"/>
+      <c r="K138" s="161"/>
+      <c r="L138" s="162"/>
+      <c r="M138" s="163"/>
       <c r="N138" s="31"/>
       <c r="O138" s="32"/>
       <c r="P138" s="32"/>
-      <c r="Q138" s="134"/>
-      <c r="R138" s="118"/>
+      <c r="Q138" s="127"/>
+      <c r="R138" s="111"/>
       <c r="S138" s="33"/>
       <c r="T138" s="57"/>
       <c r="U138" s="58"/>
-      <c r="V138" s="198">
+      <c r="V138" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W138" s="197">
+      <c r="W138" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X138" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y138" s="62"/>
       <c r="Z138" s="62"/>
       <c r="AA138" s="62"/>
       <c r="AB138" s="62"/>
       <c r="AC138" s="62"/>
       <c r="AD138" s="62"/>
       <c r="AE138" s="62"/>
       <c r="AF138" s="62"/>
       <c r="AG138" s="62"/>
       <c r="AH138" s="62"/>
       <c r="AI138" s="62"/>
       <c r="AJ138" s="62"/>
       <c r="AK138" s="62"/>
       <c r="AL138" s="62"/>
       <c r="AM138" s="62"/>
       <c r="AN138" s="62"/>
       <c r="AO138" s="62"/>
       <c r="AP138" s="62"/>
       <c r="AQ138" s="62"/>
       <c r="AR138" s="62"/>
     </row>
     <row r="139" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A139" s="240"/>
       <c r="B139" s="241"/>
       <c r="C139" s="241"/>
       <c r="D139" s="241"/>
-      <c r="E139" s="139"/>
-      <c r="F139" s="122"/>
+      <c r="E139" s="132"/>
+      <c r="F139" s="115"/>
       <c r="G139" s="51"/>
       <c r="H139" s="51"/>
       <c r="I139" s="51"/>
       <c r="J139" s="51"/>
-      <c r="K139" s="168"/>
-[...1 lines deleted...]
-      <c r="M139" s="170"/>
+      <c r="K139" s="161"/>
+      <c r="L139" s="162"/>
+      <c r="M139" s="163"/>
       <c r="N139" s="31"/>
       <c r="O139" s="32"/>
       <c r="P139" s="32"/>
-      <c r="Q139" s="134"/>
-      <c r="R139" s="118"/>
+      <c r="Q139" s="127"/>
+      <c r="R139" s="111"/>
       <c r="S139" s="33"/>
       <c r="T139" s="57"/>
       <c r="U139" s="58"/>
-      <c r="V139" s="198">
+      <c r="V139" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W139" s="197">
+      <c r="W139" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X139" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y139" s="62"/>
       <c r="Z139" s="62"/>
       <c r="AA139" s="62"/>
       <c r="AB139" s="62"/>
       <c r="AC139" s="62"/>
       <c r="AD139" s="62"/>
       <c r="AE139" s="62"/>
       <c r="AF139" s="62"/>
       <c r="AG139" s="62"/>
       <c r="AH139" s="62"/>
       <c r="AI139" s="62"/>
       <c r="AJ139" s="62"/>
       <c r="AK139" s="62"/>
       <c r="AL139" s="62"/>
       <c r="AM139" s="62"/>
       <c r="AN139" s="62"/>
       <c r="AO139" s="62"/>
       <c r="AP139" s="62"/>
       <c r="AQ139" s="62"/>
       <c r="AR139" s="62"/>
     </row>
     <row r="140" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A140" s="240"/>
       <c r="B140" s="241"/>
       <c r="C140" s="241"/>
       <c r="D140" s="241"/>
-      <c r="E140" s="139"/>
-      <c r="F140" s="122"/>
+      <c r="E140" s="132"/>
+      <c r="F140" s="115"/>
       <c r="G140" s="51"/>
       <c r="H140" s="51"/>
       <c r="I140" s="51"/>
       <c r="J140" s="51"/>
-      <c r="K140" s="168"/>
-[...1 lines deleted...]
-      <c r="M140" s="170"/>
+      <c r="K140" s="161"/>
+      <c r="L140" s="162"/>
+      <c r="M140" s="163"/>
       <c r="N140" s="31"/>
       <c r="O140" s="32"/>
       <c r="P140" s="32"/>
-      <c r="Q140" s="134"/>
-      <c r="R140" s="118"/>
+      <c r="Q140" s="127"/>
+      <c r="R140" s="111"/>
       <c r="S140" s="33"/>
       <c r="T140" s="57"/>
       <c r="U140" s="58"/>
-      <c r="V140" s="198">
+      <c r="V140" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W140" s="197">
+      <c r="W140" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X140" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y140" s="62"/>
       <c r="Z140" s="62"/>
       <c r="AA140" s="62"/>
       <c r="AB140" s="62"/>
       <c r="AC140" s="62"/>
       <c r="AD140" s="62"/>
       <c r="AE140" s="62"/>
       <c r="AF140" s="62"/>
       <c r="AG140" s="62"/>
       <c r="AH140" s="62"/>
       <c r="AI140" s="62"/>
       <c r="AJ140" s="62"/>
       <c r="AK140" s="62"/>
       <c r="AL140" s="62"/>
       <c r="AM140" s="62"/>
       <c r="AN140" s="62"/>
       <c r="AO140" s="62"/>
       <c r="AP140" s="62"/>
       <c r="AQ140" s="62"/>
       <c r="AR140" s="62"/>
     </row>
     <row r="141" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A141" s="240"/>
       <c r="B141" s="241"/>
       <c r="C141" s="241"/>
       <c r="D141" s="241"/>
-      <c r="E141" s="139"/>
-      <c r="F141" s="122"/>
+      <c r="E141" s="132"/>
+      <c r="F141" s="115"/>
       <c r="G141" s="51"/>
       <c r="H141" s="51"/>
       <c r="I141" s="51"/>
       <c r="J141" s="51"/>
-      <c r="K141" s="168"/>
-[...1 lines deleted...]
-      <c r="M141" s="170"/>
+      <c r="K141" s="161"/>
+      <c r="L141" s="162"/>
+      <c r="M141" s="163"/>
       <c r="N141" s="31"/>
       <c r="O141" s="32"/>
       <c r="P141" s="32"/>
-      <c r="Q141" s="134"/>
-      <c r="R141" s="118"/>
+      <c r="Q141" s="127"/>
+      <c r="R141" s="111"/>
       <c r="S141" s="33"/>
       <c r="T141" s="57"/>
       <c r="U141" s="58"/>
-      <c r="V141" s="198">
+      <c r="V141" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W141" s="197">
+      <c r="W141" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X141" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y141" s="62"/>
       <c r="Z141" s="62"/>
       <c r="AA141" s="62"/>
       <c r="AB141" s="62"/>
       <c r="AC141" s="62"/>
       <c r="AD141" s="62"/>
       <c r="AE141" s="62"/>
       <c r="AF141" s="62"/>
       <c r="AG141" s="62"/>
       <c r="AH141" s="62"/>
       <c r="AI141" s="62"/>
       <c r="AJ141" s="62"/>
       <c r="AK141" s="62"/>
       <c r="AL141" s="62"/>
       <c r="AM141" s="62"/>
       <c r="AN141" s="62"/>
       <c r="AO141" s="62"/>
       <c r="AP141" s="62"/>
       <c r="AQ141" s="62"/>
       <c r="AR141" s="62"/>
     </row>
     <row r="142" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A142" s="240"/>
       <c r="B142" s="241"/>
       <c r="C142" s="241"/>
       <c r="D142" s="241"/>
-      <c r="E142" s="139"/>
-      <c r="F142" s="122"/>
+      <c r="E142" s="132"/>
+      <c r="F142" s="115"/>
       <c r="G142" s="51"/>
       <c r="H142" s="51"/>
       <c r="I142" s="51"/>
       <c r="J142" s="51"/>
-      <c r="K142" s="168"/>
-[...1 lines deleted...]
-      <c r="M142" s="170"/>
+      <c r="K142" s="161"/>
+      <c r="L142" s="162"/>
+      <c r="M142" s="163"/>
       <c r="N142" s="31"/>
       <c r="O142" s="32"/>
       <c r="P142" s="32"/>
-      <c r="Q142" s="134"/>
-      <c r="R142" s="118"/>
+      <c r="Q142" s="127"/>
+      <c r="R142" s="111"/>
       <c r="S142" s="33"/>
       <c r="T142" s="57"/>
       <c r="U142" s="58"/>
-      <c r="V142" s="198">
+      <c r="V142" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W142" s="197">
+      <c r="W142" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X142" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y142" s="62"/>
       <c r="Z142" s="62"/>
       <c r="AA142" s="62"/>
       <c r="AB142" s="62"/>
       <c r="AC142" s="62"/>
       <c r="AD142" s="62"/>
       <c r="AE142" s="62"/>
       <c r="AF142" s="62"/>
       <c r="AG142" s="62"/>
       <c r="AH142" s="62"/>
       <c r="AI142" s="62"/>
       <c r="AJ142" s="62"/>
       <c r="AK142" s="62"/>
       <c r="AL142" s="62"/>
       <c r="AM142" s="62"/>
       <c r="AN142" s="62"/>
       <c r="AO142" s="62"/>
       <c r="AP142" s="62"/>
       <c r="AQ142" s="62"/>
       <c r="AR142" s="62"/>
     </row>
     <row r="143" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A143" s="240"/>
       <c r="B143" s="241"/>
       <c r="C143" s="241"/>
       <c r="D143" s="241"/>
-      <c r="E143" s="139"/>
-      <c r="F143" s="122"/>
+      <c r="E143" s="132"/>
+      <c r="F143" s="115"/>
       <c r="G143" s="51"/>
       <c r="H143" s="51"/>
       <c r="I143" s="51"/>
       <c r="J143" s="51"/>
-      <c r="K143" s="168"/>
-[...1 lines deleted...]
-      <c r="M143" s="170"/>
+      <c r="K143" s="161"/>
+      <c r="L143" s="162"/>
+      <c r="M143" s="163"/>
       <c r="N143" s="31"/>
       <c r="O143" s="32"/>
       <c r="P143" s="32"/>
-      <c r="Q143" s="134"/>
-      <c r="R143" s="118"/>
+      <c r="Q143" s="127"/>
+      <c r="R143" s="111"/>
       <c r="S143" s="33"/>
       <c r="T143" s="57"/>
       <c r="U143" s="58"/>
-      <c r="V143" s="198">
+      <c r="V143" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W143" s="197">
+      <c r="W143" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X143" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y143" s="62"/>
       <c r="Z143" s="62"/>
       <c r="AA143" s="62"/>
       <c r="AB143" s="62"/>
       <c r="AC143" s="62"/>
       <c r="AD143" s="62"/>
       <c r="AE143" s="62"/>
       <c r="AF143" s="62"/>
       <c r="AG143" s="62"/>
       <c r="AH143" s="62"/>
       <c r="AI143" s="62"/>
       <c r="AJ143" s="62"/>
       <c r="AK143" s="62"/>
       <c r="AL143" s="62"/>
       <c r="AM143" s="62"/>
       <c r="AN143" s="62"/>
       <c r="AO143" s="62"/>
       <c r="AP143" s="62"/>
       <c r="AQ143" s="62"/>
       <c r="AR143" s="62"/>
     </row>
     <row r="144" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A144" s="240"/>
       <c r="B144" s="241"/>
       <c r="C144" s="241"/>
       <c r="D144" s="241"/>
-      <c r="E144" s="139"/>
-      <c r="F144" s="122"/>
+      <c r="E144" s="132"/>
+      <c r="F144" s="115"/>
       <c r="G144" s="51"/>
       <c r="H144" s="51"/>
       <c r="I144" s="51"/>
       <c r="J144" s="51"/>
-      <c r="K144" s="168"/>
-[...1 lines deleted...]
-      <c r="M144" s="170"/>
+      <c r="K144" s="161"/>
+      <c r="L144" s="162"/>
+      <c r="M144" s="163"/>
       <c r="N144" s="31"/>
       <c r="O144" s="32"/>
       <c r="P144" s="32"/>
-      <c r="Q144" s="134"/>
-      <c r="R144" s="118"/>
+      <c r="Q144" s="127"/>
+      <c r="R144" s="111"/>
       <c r="S144" s="33"/>
       <c r="T144" s="57"/>
       <c r="U144" s="58"/>
-      <c r="V144" s="198">
+      <c r="V144" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W144" s="197">
+      <c r="W144" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X144" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y144" s="62"/>
       <c r="Z144" s="62"/>
       <c r="AA144" s="62"/>
       <c r="AB144" s="62"/>
       <c r="AC144" s="62"/>
       <c r="AD144" s="62"/>
       <c r="AE144" s="62"/>
       <c r="AF144" s="62"/>
       <c r="AG144" s="62"/>
       <c r="AH144" s="62"/>
       <c r="AI144" s="62"/>
       <c r="AJ144" s="62"/>
       <c r="AK144" s="62"/>
       <c r="AL144" s="62"/>
       <c r="AM144" s="62"/>
       <c r="AN144" s="62"/>
       <c r="AO144" s="62"/>
       <c r="AP144" s="62"/>
       <c r="AQ144" s="62"/>
       <c r="AR144" s="62"/>
     </row>
     <row r="145" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A145" s="240"/>
       <c r="B145" s="241"/>
       <c r="C145" s="241"/>
       <c r="D145" s="241"/>
-      <c r="E145" s="139"/>
-      <c r="F145" s="122"/>
+      <c r="E145" s="132"/>
+      <c r="F145" s="115"/>
       <c r="G145" s="51"/>
       <c r="H145" s="51"/>
       <c r="I145" s="51"/>
       <c r="J145" s="51"/>
-      <c r="K145" s="168"/>
-[...1 lines deleted...]
-      <c r="M145" s="170"/>
+      <c r="K145" s="161"/>
+      <c r="L145" s="162"/>
+      <c r="M145" s="163"/>
       <c r="N145" s="31"/>
       <c r="O145" s="32"/>
       <c r="P145" s="32"/>
-      <c r="Q145" s="134"/>
-      <c r="R145" s="118"/>
+      <c r="Q145" s="127"/>
+      <c r="R145" s="111"/>
       <c r="S145" s="33"/>
       <c r="T145" s="57"/>
       <c r="U145" s="58"/>
-      <c r="V145" s="198">
+      <c r="V145" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W145" s="197">
+      <c r="W145" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X145" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y145" s="62"/>
       <c r="Z145" s="62"/>
       <c r="AA145" s="62"/>
       <c r="AB145" s="62"/>
       <c r="AC145" s="62"/>
       <c r="AD145" s="62"/>
       <c r="AE145" s="62"/>
       <c r="AF145" s="62"/>
       <c r="AG145" s="62"/>
       <c r="AH145" s="62"/>
       <c r="AI145" s="62"/>
       <c r="AJ145" s="62"/>
       <c r="AK145" s="62"/>
       <c r="AL145" s="62"/>
       <c r="AM145" s="62"/>
       <c r="AN145" s="62"/>
       <c r="AO145" s="62"/>
       <c r="AP145" s="62"/>
       <c r="AQ145" s="62"/>
       <c r="AR145" s="62"/>
     </row>
     <row r="146" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A146" s="240"/>
       <c r="B146" s="241"/>
       <c r="C146" s="241"/>
       <c r="D146" s="241"/>
-      <c r="E146" s="139"/>
-      <c r="F146" s="122"/>
+      <c r="E146" s="132"/>
+      <c r="F146" s="115"/>
       <c r="G146" s="51"/>
       <c r="H146" s="51"/>
       <c r="I146" s="51"/>
       <c r="J146" s="51"/>
-      <c r="K146" s="168"/>
-[...1 lines deleted...]
-      <c r="M146" s="170"/>
+      <c r="K146" s="161"/>
+      <c r="L146" s="162"/>
+      <c r="M146" s="163"/>
       <c r="N146" s="31"/>
       <c r="O146" s="32"/>
       <c r="P146" s="32"/>
-      <c r="Q146" s="134"/>
-      <c r="R146" s="118"/>
+      <c r="Q146" s="127"/>
+      <c r="R146" s="111"/>
       <c r="S146" s="33"/>
       <c r="T146" s="57"/>
       <c r="U146" s="58"/>
-      <c r="V146" s="198">
+      <c r="V146" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W146" s="197">
+      <c r="W146" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X146" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y146" s="62"/>
       <c r="Z146" s="62"/>
       <c r="AA146" s="62"/>
       <c r="AB146" s="62"/>
       <c r="AC146" s="62"/>
       <c r="AD146" s="62"/>
       <c r="AE146" s="62"/>
       <c r="AF146" s="62"/>
       <c r="AG146" s="62"/>
       <c r="AH146" s="62"/>
       <c r="AI146" s="62"/>
       <c r="AJ146" s="62"/>
       <c r="AK146" s="62"/>
       <c r="AL146" s="62"/>
       <c r="AM146" s="62"/>
       <c r="AN146" s="62"/>
       <c r="AO146" s="62"/>
       <c r="AP146" s="62"/>
       <c r="AQ146" s="62"/>
       <c r="AR146" s="62"/>
     </row>
     <row r="147" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A147" s="240"/>
       <c r="B147" s="241"/>
       <c r="C147" s="241"/>
       <c r="D147" s="241"/>
-      <c r="E147" s="139"/>
-      <c r="F147" s="122"/>
+      <c r="E147" s="132"/>
+      <c r="F147" s="115"/>
       <c r="G147" s="51"/>
       <c r="H147" s="51"/>
       <c r="I147" s="51"/>
       <c r="J147" s="51"/>
-      <c r="K147" s="168"/>
-[...1 lines deleted...]
-      <c r="M147" s="170"/>
+      <c r="K147" s="161"/>
+      <c r="L147" s="162"/>
+      <c r="M147" s="163"/>
       <c r="N147" s="31"/>
       <c r="O147" s="32"/>
       <c r="P147" s="32"/>
-      <c r="Q147" s="134"/>
-      <c r="R147" s="118"/>
+      <c r="Q147" s="127"/>
+      <c r="R147" s="111"/>
       <c r="S147" s="33"/>
       <c r="T147" s="57"/>
       <c r="U147" s="58"/>
-      <c r="V147" s="198">
+      <c r="V147" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W147" s="197">
+      <c r="W147" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X147" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y147" s="62"/>
       <c r="Z147" s="62"/>
       <c r="AA147" s="62"/>
       <c r="AB147" s="62"/>
       <c r="AC147" s="62"/>
       <c r="AD147" s="62"/>
       <c r="AE147" s="62"/>
       <c r="AF147" s="62"/>
       <c r="AG147" s="62"/>
       <c r="AH147" s="62"/>
       <c r="AI147" s="62"/>
       <c r="AJ147" s="62"/>
       <c r="AK147" s="62"/>
       <c r="AL147" s="62"/>
       <c r="AM147" s="62"/>
       <c r="AN147" s="62"/>
       <c r="AO147" s="62"/>
       <c r="AP147" s="62"/>
       <c r="AQ147" s="62"/>
       <c r="AR147" s="62"/>
     </row>
     <row r="148" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A148" s="240"/>
       <c r="B148" s="241"/>
       <c r="C148" s="241"/>
       <c r="D148" s="241"/>
-      <c r="E148" s="139"/>
-      <c r="F148" s="122"/>
+      <c r="E148" s="132"/>
+      <c r="F148" s="115"/>
       <c r="G148" s="51"/>
       <c r="H148" s="51"/>
       <c r="I148" s="51"/>
       <c r="J148" s="51"/>
-      <c r="K148" s="168"/>
-[...1 lines deleted...]
-      <c r="M148" s="170"/>
+      <c r="K148" s="161"/>
+      <c r="L148" s="162"/>
+      <c r="M148" s="163"/>
       <c r="N148" s="31"/>
       <c r="O148" s="32"/>
       <c r="P148" s="32"/>
-      <c r="Q148" s="134"/>
-      <c r="R148" s="118"/>
+      <c r="Q148" s="127"/>
+      <c r="R148" s="111"/>
       <c r="S148" s="33"/>
       <c r="T148" s="57"/>
       <c r="U148" s="58"/>
-      <c r="V148" s="198">
+      <c r="V148" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W148" s="197">
+      <c r="W148" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X148" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y148" s="62"/>
       <c r="Z148" s="62"/>
       <c r="AA148" s="62"/>
       <c r="AB148" s="62"/>
       <c r="AC148" s="62"/>
       <c r="AD148" s="62"/>
       <c r="AE148" s="62"/>
       <c r="AF148" s="62"/>
       <c r="AG148" s="62"/>
       <c r="AH148" s="62"/>
       <c r="AI148" s="62"/>
       <c r="AJ148" s="62"/>
       <c r="AK148" s="62"/>
       <c r="AL148" s="62"/>
       <c r="AM148" s="62"/>
       <c r="AN148" s="62"/>
       <c r="AO148" s="62"/>
       <c r="AP148" s="62"/>
       <c r="AQ148" s="62"/>
       <c r="AR148" s="62"/>
     </row>
     <row r="149" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A149" s="240"/>
       <c r="B149" s="241"/>
       <c r="C149" s="241"/>
       <c r="D149" s="241"/>
-      <c r="E149" s="139"/>
-      <c r="F149" s="122"/>
+      <c r="E149" s="132"/>
+      <c r="F149" s="115"/>
       <c r="G149" s="51"/>
       <c r="H149" s="51"/>
       <c r="I149" s="51"/>
       <c r="J149" s="51"/>
-      <c r="K149" s="168"/>
-[...1 lines deleted...]
-      <c r="M149" s="170"/>
+      <c r="K149" s="161"/>
+      <c r="L149" s="162"/>
+      <c r="M149" s="163"/>
       <c r="N149" s="31"/>
       <c r="O149" s="32"/>
       <c r="P149" s="32"/>
-      <c r="Q149" s="134"/>
-      <c r="R149" s="118"/>
+      <c r="Q149" s="127"/>
+      <c r="R149" s="111"/>
       <c r="S149" s="33"/>
       <c r="T149" s="57"/>
       <c r="U149" s="58"/>
-      <c r="V149" s="198">
+      <c r="V149" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W149" s="197">
+      <c r="W149" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X149" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y149" s="62"/>
       <c r="Z149" s="62"/>
       <c r="AA149" s="62"/>
       <c r="AB149" s="62"/>
       <c r="AC149" s="62"/>
       <c r="AD149" s="62"/>
       <c r="AE149" s="62"/>
       <c r="AF149" s="62"/>
       <c r="AG149" s="62"/>
       <c r="AH149" s="62"/>
       <c r="AI149" s="62"/>
       <c r="AJ149" s="62"/>
       <c r="AK149" s="62"/>
       <c r="AL149" s="62"/>
       <c r="AM149" s="62"/>
       <c r="AN149" s="62"/>
       <c r="AO149" s="62"/>
       <c r="AP149" s="62"/>
       <c r="AQ149" s="62"/>
       <c r="AR149" s="62"/>
     </row>
     <row r="150" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A150" s="240"/>
       <c r="B150" s="241"/>
       <c r="C150" s="241"/>
       <c r="D150" s="241"/>
-      <c r="E150" s="139"/>
-      <c r="F150" s="122"/>
+      <c r="E150" s="132"/>
+      <c r="F150" s="115"/>
       <c r="G150" s="51"/>
       <c r="H150" s="51"/>
       <c r="I150" s="51"/>
       <c r="J150" s="51"/>
-      <c r="K150" s="168"/>
-[...1 lines deleted...]
-      <c r="M150" s="170"/>
+      <c r="K150" s="161"/>
+      <c r="L150" s="162"/>
+      <c r="M150" s="163"/>
       <c r="N150" s="31"/>
       <c r="O150" s="32"/>
       <c r="P150" s="32"/>
-      <c r="Q150" s="134"/>
-      <c r="R150" s="118"/>
+      <c r="Q150" s="127"/>
+      <c r="R150" s="111"/>
       <c r="S150" s="33"/>
       <c r="T150" s="57"/>
       <c r="U150" s="58"/>
-      <c r="V150" s="198">
+      <c r="V150" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W150" s="197">
+      <c r="W150" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X150" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y150" s="62"/>
       <c r="Z150" s="62"/>
       <c r="AA150" s="62"/>
       <c r="AB150" s="62"/>
       <c r="AC150" s="62"/>
       <c r="AD150" s="62"/>
       <c r="AE150" s="62"/>
       <c r="AF150" s="62"/>
       <c r="AG150" s="62"/>
       <c r="AH150" s="62"/>
       <c r="AI150" s="62"/>
       <c r="AJ150" s="62"/>
       <c r="AK150" s="62"/>
       <c r="AL150" s="62"/>
       <c r="AM150" s="62"/>
       <c r="AN150" s="62"/>
       <c r="AO150" s="62"/>
       <c r="AP150" s="62"/>
       <c r="AQ150" s="62"/>
       <c r="AR150" s="62"/>
     </row>
     <row r="151" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A151" s="240"/>
       <c r="B151" s="241"/>
       <c r="C151" s="241"/>
       <c r="D151" s="241"/>
-      <c r="E151" s="139"/>
-      <c r="F151" s="122"/>
+      <c r="E151" s="132"/>
+      <c r="F151" s="115"/>
       <c r="G151" s="51"/>
       <c r="H151" s="51"/>
       <c r="I151" s="51"/>
       <c r="J151" s="51"/>
-      <c r="K151" s="168"/>
-[...1 lines deleted...]
-      <c r="M151" s="170"/>
+      <c r="K151" s="161"/>
+      <c r="L151" s="162"/>
+      <c r="M151" s="163"/>
       <c r="N151" s="31"/>
       <c r="O151" s="32"/>
       <c r="P151" s="32"/>
-      <c r="Q151" s="134"/>
-      <c r="R151" s="118"/>
+      <c r="Q151" s="127"/>
+      <c r="R151" s="111"/>
       <c r="S151" s="33"/>
       <c r="T151" s="57"/>
       <c r="U151" s="58"/>
-      <c r="V151" s="198">
+      <c r="V151" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W151" s="197">
+      <c r="W151" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X151" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y151" s="62"/>
       <c r="Z151" s="62"/>
       <c r="AA151" s="62"/>
       <c r="AB151" s="62"/>
       <c r="AC151" s="62"/>
       <c r="AD151" s="62"/>
       <c r="AE151" s="62"/>
       <c r="AF151" s="62"/>
       <c r="AG151" s="62"/>
       <c r="AH151" s="62"/>
       <c r="AI151" s="62"/>
       <c r="AJ151" s="62"/>
       <c r="AK151" s="62"/>
       <c r="AL151" s="62"/>
       <c r="AM151" s="62"/>
       <c r="AN151" s="62"/>
       <c r="AO151" s="62"/>
       <c r="AP151" s="62"/>
       <c r="AQ151" s="62"/>
       <c r="AR151" s="62"/>
     </row>
     <row r="152" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A152" s="240"/>
       <c r="B152" s="241"/>
       <c r="C152" s="241"/>
       <c r="D152" s="241"/>
-      <c r="E152" s="139"/>
-      <c r="F152" s="122"/>
+      <c r="E152" s="132"/>
+      <c r="F152" s="115"/>
       <c r="G152" s="51"/>
       <c r="H152" s="51"/>
       <c r="I152" s="51"/>
       <c r="J152" s="51"/>
-      <c r="K152" s="168"/>
-[...1 lines deleted...]
-      <c r="M152" s="170"/>
+      <c r="K152" s="161"/>
+      <c r="L152" s="162"/>
+      <c r="M152" s="163"/>
       <c r="N152" s="31"/>
       <c r="O152" s="32"/>
       <c r="P152" s="32"/>
-      <c r="Q152" s="134"/>
-      <c r="R152" s="118"/>
+      <c r="Q152" s="127"/>
+      <c r="R152" s="111"/>
       <c r="S152" s="33"/>
       <c r="T152" s="57"/>
       <c r="U152" s="58"/>
-      <c r="V152" s="198">
+      <c r="V152" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W152" s="197">
+      <c r="W152" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X152" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y152" s="62"/>
       <c r="Z152" s="62"/>
       <c r="AA152" s="62"/>
       <c r="AB152" s="62"/>
       <c r="AC152" s="62"/>
       <c r="AD152" s="62"/>
       <c r="AE152" s="62"/>
       <c r="AF152" s="62"/>
       <c r="AG152" s="62"/>
       <c r="AH152" s="62"/>
       <c r="AI152" s="62"/>
       <c r="AJ152" s="62"/>
       <c r="AK152" s="62"/>
       <c r="AL152" s="62"/>
       <c r="AM152" s="62"/>
       <c r="AN152" s="62"/>
       <c r="AO152" s="62"/>
       <c r="AP152" s="62"/>
       <c r="AQ152" s="62"/>
       <c r="AR152" s="62"/>
     </row>
     <row r="153" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A153" s="240"/>
       <c r="B153" s="241"/>
       <c r="C153" s="241"/>
       <c r="D153" s="241"/>
-      <c r="E153" s="139"/>
-      <c r="F153" s="122"/>
+      <c r="E153" s="132"/>
+      <c r="F153" s="115"/>
       <c r="G153" s="51"/>
       <c r="H153" s="51"/>
       <c r="I153" s="51"/>
       <c r="J153" s="51"/>
-      <c r="K153" s="168"/>
-[...1 lines deleted...]
-      <c r="M153" s="170"/>
+      <c r="K153" s="161"/>
+      <c r="L153" s="162"/>
+      <c r="M153" s="163"/>
       <c r="N153" s="31"/>
       <c r="O153" s="32"/>
       <c r="P153" s="32"/>
-      <c r="Q153" s="134"/>
-      <c r="R153" s="118"/>
+      <c r="Q153" s="127"/>
+      <c r="R153" s="111"/>
       <c r="S153" s="33"/>
       <c r="T153" s="57"/>
       <c r="U153" s="58"/>
-      <c r="V153" s="198">
+      <c r="V153" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W153" s="197">
+      <c r="W153" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X153" s="2">
         <f t="shared" ref="X153:X216" si="8">IF(E153="o",0,SUM(N153:U153))</f>
         <v>0</v>
       </c>
       <c r="Y153" s="62"/>
       <c r="Z153" s="62"/>
       <c r="AA153" s="62"/>
       <c r="AB153" s="62"/>
       <c r="AC153" s="62"/>
       <c r="AD153" s="62"/>
       <c r="AE153" s="62"/>
       <c r="AF153" s="62"/>
       <c r="AG153" s="62"/>
       <c r="AH153" s="62"/>
       <c r="AI153" s="62"/>
       <c r="AJ153" s="62"/>
       <c r="AK153" s="62"/>
       <c r="AL153" s="62"/>
       <c r="AM153" s="62"/>
       <c r="AN153" s="62"/>
       <c r="AO153" s="62"/>
       <c r="AP153" s="62"/>
       <c r="AQ153" s="62"/>
       <c r="AR153" s="62"/>
     </row>
     <row r="154" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A154" s="240"/>
       <c r="B154" s="241"/>
       <c r="C154" s="241"/>
       <c r="D154" s="241"/>
-      <c r="E154" s="139"/>
-      <c r="F154" s="122"/>
+      <c r="E154" s="132"/>
+      <c r="F154" s="115"/>
       <c r="G154" s="51"/>
       <c r="H154" s="51"/>
       <c r="I154" s="51"/>
       <c r="J154" s="51"/>
-      <c r="K154" s="168"/>
-[...1 lines deleted...]
-      <c r="M154" s="170"/>
+      <c r="K154" s="161"/>
+      <c r="L154" s="162"/>
+      <c r="M154" s="163"/>
       <c r="N154" s="31"/>
       <c r="O154" s="32"/>
       <c r="P154" s="32"/>
-      <c r="Q154" s="134"/>
-      <c r="R154" s="118"/>
+      <c r="Q154" s="127"/>
+      <c r="R154" s="111"/>
       <c r="S154" s="33"/>
       <c r="T154" s="57"/>
       <c r="U154" s="58"/>
-      <c r="V154" s="198">
+      <c r="V154" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W154" s="197">
+      <c r="W154" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X154" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y154" s="62"/>
       <c r="Z154" s="62"/>
       <c r="AA154" s="62"/>
       <c r="AB154" s="62"/>
       <c r="AC154" s="62"/>
       <c r="AD154" s="62"/>
       <c r="AE154" s="62"/>
       <c r="AF154" s="62"/>
       <c r="AG154" s="62"/>
       <c r="AH154" s="62"/>
       <c r="AI154" s="62"/>
       <c r="AJ154" s="62"/>
       <c r="AK154" s="62"/>
       <c r="AL154" s="62"/>
       <c r="AM154" s="62"/>
       <c r="AN154" s="62"/>
       <c r="AO154" s="62"/>
       <c r="AP154" s="62"/>
       <c r="AQ154" s="62"/>
       <c r="AR154" s="62"/>
     </row>
     <row r="155" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A155" s="240"/>
       <c r="B155" s="241"/>
       <c r="C155" s="241"/>
       <c r="D155" s="241"/>
-      <c r="E155" s="139"/>
-      <c r="F155" s="122"/>
+      <c r="E155" s="132"/>
+      <c r="F155" s="115"/>
       <c r="G155" s="51"/>
       <c r="H155" s="51"/>
       <c r="I155" s="51"/>
       <c r="J155" s="51"/>
-      <c r="K155" s="168"/>
-[...1 lines deleted...]
-      <c r="M155" s="170"/>
+      <c r="K155" s="161"/>
+      <c r="L155" s="162"/>
+      <c r="M155" s="163"/>
       <c r="N155" s="31"/>
       <c r="O155" s="32"/>
       <c r="P155" s="32"/>
-      <c r="Q155" s="134"/>
-      <c r="R155" s="118"/>
+      <c r="Q155" s="127"/>
+      <c r="R155" s="111"/>
       <c r="S155" s="33"/>
       <c r="T155" s="57"/>
       <c r="U155" s="58"/>
-      <c r="V155" s="198">
+      <c r="V155" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W155" s="197">
+      <c r="W155" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X155" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y155" s="62"/>
       <c r="Z155" s="62"/>
       <c r="AA155" s="62"/>
       <c r="AB155" s="62"/>
       <c r="AC155" s="62"/>
       <c r="AD155" s="62"/>
       <c r="AE155" s="62"/>
       <c r="AF155" s="62"/>
       <c r="AG155" s="62"/>
       <c r="AH155" s="62"/>
       <c r="AI155" s="62"/>
       <c r="AJ155" s="62"/>
       <c r="AK155" s="62"/>
       <c r="AL155" s="62"/>
       <c r="AM155" s="62"/>
       <c r="AN155" s="62"/>
       <c r="AO155" s="62"/>
       <c r="AP155" s="62"/>
       <c r="AQ155" s="62"/>
       <c r="AR155" s="62"/>
     </row>
     <row r="156" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A156" s="240"/>
       <c r="B156" s="241"/>
       <c r="C156" s="241"/>
       <c r="D156" s="241"/>
-      <c r="E156" s="139"/>
-      <c r="F156" s="122"/>
+      <c r="E156" s="132"/>
+      <c r="F156" s="115"/>
       <c r="G156" s="51"/>
       <c r="H156" s="51"/>
       <c r="I156" s="51"/>
       <c r="J156" s="51"/>
-      <c r="K156" s="168"/>
-[...1 lines deleted...]
-      <c r="M156" s="170"/>
+      <c r="K156" s="161"/>
+      <c r="L156" s="162"/>
+      <c r="M156" s="163"/>
       <c r="N156" s="31"/>
       <c r="O156" s="32"/>
       <c r="P156" s="32"/>
-      <c r="Q156" s="134"/>
-      <c r="R156" s="118"/>
+      <c r="Q156" s="127"/>
+      <c r="R156" s="111"/>
       <c r="S156" s="33"/>
       <c r="T156" s="57"/>
       <c r="U156" s="58"/>
-      <c r="V156" s="198">
+      <c r="V156" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W156" s="197">
+      <c r="W156" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X156" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y156" s="62"/>
       <c r="Z156" s="62"/>
       <c r="AA156" s="62"/>
       <c r="AB156" s="62"/>
       <c r="AC156" s="62"/>
       <c r="AD156" s="62"/>
       <c r="AE156" s="62"/>
       <c r="AF156" s="62"/>
       <c r="AG156" s="62"/>
       <c r="AH156" s="62"/>
       <c r="AI156" s="62"/>
       <c r="AJ156" s="62"/>
       <c r="AK156" s="62"/>
       <c r="AL156" s="62"/>
       <c r="AM156" s="62"/>
       <c r="AN156" s="62"/>
       <c r="AO156" s="62"/>
       <c r="AP156" s="62"/>
       <c r="AQ156" s="62"/>
       <c r="AR156" s="62"/>
     </row>
     <row r="157" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A157" s="240"/>
       <c r="B157" s="241"/>
       <c r="C157" s="241"/>
       <c r="D157" s="241"/>
-      <c r="E157" s="139"/>
-      <c r="F157" s="122"/>
+      <c r="E157" s="132"/>
+      <c r="F157" s="115"/>
       <c r="G157" s="51"/>
       <c r="H157" s="51"/>
       <c r="I157" s="51"/>
       <c r="J157" s="51"/>
-      <c r="K157" s="168"/>
-[...1 lines deleted...]
-      <c r="M157" s="170"/>
+      <c r="K157" s="161"/>
+      <c r="L157" s="162"/>
+      <c r="M157" s="163"/>
       <c r="N157" s="31"/>
       <c r="O157" s="32"/>
       <c r="P157" s="32"/>
-      <c r="Q157" s="134"/>
-      <c r="R157" s="118"/>
+      <c r="Q157" s="127"/>
+      <c r="R157" s="111"/>
       <c r="S157" s="33"/>
       <c r="T157" s="57"/>
       <c r="U157" s="58"/>
-      <c r="V157" s="198">
+      <c r="V157" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W157" s="197">
+      <c r="W157" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X157" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y157" s="62"/>
       <c r="Z157" s="62"/>
       <c r="AA157" s="62"/>
       <c r="AB157" s="62"/>
       <c r="AC157" s="62"/>
       <c r="AD157" s="62"/>
       <c r="AE157" s="62"/>
       <c r="AF157" s="62"/>
       <c r="AG157" s="62"/>
       <c r="AH157" s="62"/>
       <c r="AI157" s="62"/>
       <c r="AJ157" s="62"/>
       <c r="AK157" s="62"/>
       <c r="AL157" s="62"/>
       <c r="AM157" s="62"/>
       <c r="AN157" s="62"/>
       <c r="AO157" s="62"/>
       <c r="AP157" s="62"/>
       <c r="AQ157" s="62"/>
       <c r="AR157" s="62"/>
     </row>
     <row r="158" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A158" s="240"/>
       <c r="B158" s="241"/>
       <c r="C158" s="241"/>
       <c r="D158" s="241"/>
-      <c r="E158" s="139"/>
-      <c r="F158" s="122"/>
+      <c r="E158" s="132"/>
+      <c r="F158" s="115"/>
       <c r="G158" s="51"/>
       <c r="H158" s="51"/>
       <c r="I158" s="51"/>
       <c r="J158" s="51"/>
-      <c r="K158" s="168"/>
-[...1 lines deleted...]
-      <c r="M158" s="170"/>
+      <c r="K158" s="161"/>
+      <c r="L158" s="162"/>
+      <c r="M158" s="163"/>
       <c r="N158" s="31"/>
       <c r="O158" s="32"/>
       <c r="P158" s="32"/>
-      <c r="Q158" s="134"/>
-      <c r="R158" s="118"/>
+      <c r="Q158" s="127"/>
+      <c r="R158" s="111"/>
       <c r="S158" s="33"/>
       <c r="T158" s="57"/>
       <c r="U158" s="58"/>
-      <c r="V158" s="198">
+      <c r="V158" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W158" s="197">
+      <c r="W158" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X158" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y158" s="62"/>
       <c r="Z158" s="62"/>
       <c r="AA158" s="62"/>
       <c r="AB158" s="62"/>
       <c r="AC158" s="62"/>
       <c r="AD158" s="62"/>
       <c r="AE158" s="62"/>
       <c r="AF158" s="62"/>
       <c r="AG158" s="62"/>
       <c r="AH158" s="62"/>
       <c r="AI158" s="62"/>
       <c r="AJ158" s="62"/>
       <c r="AK158" s="62"/>
       <c r="AL158" s="62"/>
       <c r="AM158" s="62"/>
       <c r="AN158" s="62"/>
       <c r="AO158" s="62"/>
       <c r="AP158" s="62"/>
       <c r="AQ158" s="62"/>
       <c r="AR158" s="62"/>
     </row>
     <row r="159" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A159" s="240"/>
       <c r="B159" s="241"/>
       <c r="C159" s="241"/>
       <c r="D159" s="241"/>
-      <c r="E159" s="139"/>
-      <c r="F159" s="122"/>
+      <c r="E159" s="132"/>
+      <c r="F159" s="115"/>
       <c r="G159" s="51"/>
       <c r="H159" s="51"/>
       <c r="I159" s="51"/>
       <c r="J159" s="51"/>
-      <c r="K159" s="168"/>
-[...1 lines deleted...]
-      <c r="M159" s="170"/>
+      <c r="K159" s="161"/>
+      <c r="L159" s="162"/>
+      <c r="M159" s="163"/>
       <c r="N159" s="31"/>
       <c r="O159" s="32"/>
       <c r="P159" s="32"/>
-      <c r="Q159" s="134"/>
-      <c r="R159" s="118"/>
+      <c r="Q159" s="127"/>
+      <c r="R159" s="111"/>
       <c r="S159" s="33"/>
       <c r="T159" s="57"/>
       <c r="U159" s="58"/>
-      <c r="V159" s="198">
+      <c r="V159" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W159" s="197">
+      <c r="W159" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X159" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y159" s="62"/>
       <c r="Z159" s="62"/>
       <c r="AA159" s="62"/>
       <c r="AB159" s="62"/>
       <c r="AC159" s="62"/>
       <c r="AD159" s="62"/>
       <c r="AE159" s="62"/>
       <c r="AF159" s="62"/>
       <c r="AG159" s="62"/>
       <c r="AH159" s="62"/>
       <c r="AI159" s="62"/>
       <c r="AJ159" s="62"/>
       <c r="AK159" s="62"/>
       <c r="AL159" s="62"/>
       <c r="AM159" s="62"/>
       <c r="AN159" s="62"/>
       <c r="AO159" s="62"/>
       <c r="AP159" s="62"/>
       <c r="AQ159" s="62"/>
       <c r="AR159" s="62"/>
     </row>
     <row r="160" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A160" s="240"/>
       <c r="B160" s="241"/>
       <c r="C160" s="241"/>
       <c r="D160" s="241"/>
-      <c r="E160" s="139"/>
-      <c r="F160" s="122"/>
+      <c r="E160" s="132"/>
+      <c r="F160" s="115"/>
       <c r="G160" s="51"/>
       <c r="H160" s="51"/>
       <c r="I160" s="51"/>
       <c r="J160" s="51"/>
-      <c r="K160" s="168"/>
-[...1 lines deleted...]
-      <c r="M160" s="170"/>
+      <c r="K160" s="161"/>
+      <c r="L160" s="162"/>
+      <c r="M160" s="163"/>
       <c r="N160" s="31"/>
       <c r="O160" s="32"/>
       <c r="P160" s="32"/>
-      <c r="Q160" s="134"/>
-      <c r="R160" s="118"/>
+      <c r="Q160" s="127"/>
+      <c r="R160" s="111"/>
       <c r="S160" s="33"/>
       <c r="T160" s="57"/>
       <c r="U160" s="58"/>
-      <c r="V160" s="198">
+      <c r="V160" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W160" s="197">
+      <c r="W160" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X160" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y160" s="62"/>
       <c r="Z160" s="62"/>
       <c r="AA160" s="62"/>
       <c r="AB160" s="62"/>
       <c r="AC160" s="62"/>
       <c r="AD160" s="62"/>
       <c r="AE160" s="62"/>
       <c r="AF160" s="62"/>
       <c r="AG160" s="62"/>
       <c r="AH160" s="62"/>
       <c r="AI160" s="62"/>
       <c r="AJ160" s="62"/>
       <c r="AK160" s="62"/>
       <c r="AL160" s="62"/>
       <c r="AM160" s="62"/>
       <c r="AN160" s="62"/>
       <c r="AO160" s="62"/>
       <c r="AP160" s="62"/>
       <c r="AQ160" s="62"/>
       <c r="AR160" s="62"/>
     </row>
     <row r="161" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A161" s="240"/>
       <c r="B161" s="241"/>
       <c r="C161" s="241"/>
       <c r="D161" s="241"/>
-      <c r="E161" s="139"/>
-      <c r="F161" s="122"/>
+      <c r="E161" s="132"/>
+      <c r="F161" s="115"/>
       <c r="G161" s="51"/>
       <c r="H161" s="51"/>
       <c r="I161" s="51"/>
       <c r="J161" s="51"/>
-      <c r="K161" s="168"/>
-[...1 lines deleted...]
-      <c r="M161" s="170"/>
+      <c r="K161" s="161"/>
+      <c r="L161" s="162"/>
+      <c r="M161" s="163"/>
       <c r="N161" s="31"/>
       <c r="O161" s="32"/>
       <c r="P161" s="32"/>
-      <c r="Q161" s="134"/>
-      <c r="R161" s="118"/>
+      <c r="Q161" s="127"/>
+      <c r="R161" s="111"/>
       <c r="S161" s="33"/>
       <c r="T161" s="57"/>
       <c r="U161" s="58"/>
-      <c r="V161" s="198">
+      <c r="V161" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W161" s="197">
+      <c r="W161" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X161" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y161" s="62"/>
       <c r="Z161" s="62"/>
       <c r="AA161" s="62"/>
       <c r="AB161" s="62"/>
       <c r="AC161" s="62"/>
       <c r="AD161" s="62"/>
       <c r="AE161" s="62"/>
       <c r="AF161" s="62"/>
       <c r="AG161" s="62"/>
       <c r="AH161" s="62"/>
       <c r="AI161" s="62"/>
       <c r="AJ161" s="62"/>
       <c r="AK161" s="62"/>
       <c r="AL161" s="62"/>
       <c r="AM161" s="62"/>
       <c r="AN161" s="62"/>
       <c r="AO161" s="62"/>
       <c r="AP161" s="62"/>
       <c r="AQ161" s="62"/>
       <c r="AR161" s="62"/>
     </row>
     <row r="162" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A162" s="240"/>
       <c r="B162" s="241"/>
       <c r="C162" s="241"/>
       <c r="D162" s="241"/>
-      <c r="E162" s="139"/>
-      <c r="F162" s="122"/>
+      <c r="E162" s="132"/>
+      <c r="F162" s="115"/>
       <c r="G162" s="51"/>
       <c r="H162" s="51"/>
       <c r="I162" s="51"/>
       <c r="J162" s="51"/>
-      <c r="K162" s="168"/>
-[...1 lines deleted...]
-      <c r="M162" s="170"/>
+      <c r="K162" s="161"/>
+      <c r="L162" s="162"/>
+      <c r="M162" s="163"/>
       <c r="N162" s="31"/>
       <c r="O162" s="32"/>
       <c r="P162" s="32"/>
-      <c r="Q162" s="134"/>
-      <c r="R162" s="118"/>
+      <c r="Q162" s="127"/>
+      <c r="R162" s="111"/>
       <c r="S162" s="33"/>
       <c r="T162" s="57"/>
       <c r="U162" s="58"/>
-      <c r="V162" s="198">
+      <c r="V162" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W162" s="197">
+      <c r="W162" s="190">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X162" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y162" s="62"/>
       <c r="Z162" s="62"/>
       <c r="AA162" s="62"/>
       <c r="AB162" s="62"/>
       <c r="AC162" s="62"/>
       <c r="AD162" s="62"/>
       <c r="AE162" s="62"/>
       <c r="AF162" s="62"/>
       <c r="AG162" s="62"/>
       <c r="AH162" s="62"/>
       <c r="AI162" s="62"/>
       <c r="AJ162" s="62"/>
       <c r="AK162" s="62"/>
       <c r="AL162" s="62"/>
       <c r="AM162" s="62"/>
       <c r="AN162" s="62"/>
       <c r="AO162" s="62"/>
       <c r="AP162" s="62"/>
       <c r="AQ162" s="62"/>
       <c r="AR162" s="62"/>
     </row>
     <row r="163" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A163" s="240"/>
       <c r="B163" s="241"/>
       <c r="C163" s="241"/>
       <c r="D163" s="241"/>
-      <c r="E163" s="139"/>
-      <c r="F163" s="122"/>
+      <c r="E163" s="132"/>
+      <c r="F163" s="115"/>
       <c r="G163" s="51"/>
       <c r="H163" s="51"/>
       <c r="I163" s="51"/>
       <c r="J163" s="51"/>
-      <c r="K163" s="168"/>
-[...1 lines deleted...]
-      <c r="M163" s="170"/>
+      <c r="K163" s="161"/>
+      <c r="L163" s="162"/>
+      <c r="M163" s="163"/>
       <c r="N163" s="31"/>
       <c r="O163" s="32"/>
       <c r="P163" s="32"/>
-      <c r="Q163" s="134"/>
-      <c r="R163" s="118"/>
+      <c r="Q163" s="127"/>
+      <c r="R163" s="111"/>
       <c r="S163" s="33"/>
       <c r="T163" s="57"/>
       <c r="U163" s="58"/>
-      <c r="V163" s="198">
+      <c r="V163" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W163" s="197">
+      <c r="W163" s="190">
         <f t="shared" ref="W163:W226" si="9">IF(E163="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E163="b",(F163/12*N163)+(G163/12*O163)+(H163/12*P163)+(I163/12*Q163)+(J163/12*R163)+(K163/12*S163)+(L163/12*T163)+(M163/12*U163),0),(F163*1.2%*$F$17/12*N163)+(G163*1.2%*$G$17/12*O163)+(H163*1.2%*$H$17/12*P163)+(I163*1.2%*$I$17/12*Q163)+(J163*1.2%*$J$17/12*R163)+(K163*1.2%*$K$17/12*S163)+(L163*1.2%*$L$17/12*T163)+(M163*1.2%*$M$17/12*U163)))</f>
         <v>0</v>
       </c>
       <c r="X163" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y163" s="62"/>
       <c r="Z163" s="62"/>
       <c r="AA163" s="62"/>
       <c r="AB163" s="62"/>
       <c r="AC163" s="62"/>
       <c r="AD163" s="62"/>
       <c r="AE163" s="62"/>
       <c r="AF163" s="62"/>
       <c r="AG163" s="62"/>
       <c r="AH163" s="62"/>
       <c r="AI163" s="62"/>
       <c r="AJ163" s="62"/>
       <c r="AK163" s="62"/>
       <c r="AL163" s="62"/>
       <c r="AM163" s="62"/>
       <c r="AN163" s="62"/>
       <c r="AO163" s="62"/>
       <c r="AP163" s="62"/>
       <c r="AQ163" s="62"/>
       <c r="AR163" s="62"/>
     </row>
     <row r="164" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A164" s="240"/>
       <c r="B164" s="241"/>
       <c r="C164" s="241"/>
       <c r="D164" s="241"/>
-      <c r="E164" s="139"/>
-      <c r="F164" s="122"/>
+      <c r="E164" s="132"/>
+      <c r="F164" s="115"/>
       <c r="G164" s="51"/>
       <c r="H164" s="51"/>
       <c r="I164" s="51"/>
       <c r="J164" s="51"/>
-      <c r="K164" s="168"/>
-[...1 lines deleted...]
-      <c r="M164" s="170"/>
+      <c r="K164" s="161"/>
+      <c r="L164" s="162"/>
+      <c r="M164" s="163"/>
       <c r="N164" s="31"/>
       <c r="O164" s="32"/>
       <c r="P164" s="32"/>
-      <c r="Q164" s="134"/>
-      <c r="R164" s="118"/>
+      <c r="Q164" s="127"/>
+      <c r="R164" s="111"/>
       <c r="S164" s="33"/>
       <c r="T164" s="57"/>
       <c r="U164" s="58"/>
-      <c r="V164" s="198">
+      <c r="V164" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W164" s="197">
+      <c r="W164" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X164" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y164" s="62"/>
       <c r="Z164" s="62"/>
       <c r="AA164" s="62"/>
       <c r="AB164" s="62"/>
       <c r="AC164" s="62"/>
       <c r="AD164" s="62"/>
       <c r="AE164" s="62"/>
       <c r="AF164" s="62"/>
       <c r="AG164" s="62"/>
       <c r="AH164" s="62"/>
       <c r="AI164" s="62"/>
       <c r="AJ164" s="62"/>
       <c r="AK164" s="62"/>
       <c r="AL164" s="62"/>
       <c r="AM164" s="62"/>
       <c r="AN164" s="62"/>
       <c r="AO164" s="62"/>
       <c r="AP164" s="62"/>
       <c r="AQ164" s="62"/>
       <c r="AR164" s="62"/>
     </row>
     <row r="165" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A165" s="240"/>
       <c r="B165" s="241"/>
       <c r="C165" s="241"/>
       <c r="D165" s="241"/>
-      <c r="E165" s="139"/>
-      <c r="F165" s="122"/>
+      <c r="E165" s="132"/>
+      <c r="F165" s="115"/>
       <c r="G165" s="51"/>
       <c r="H165" s="51"/>
       <c r="I165" s="51"/>
       <c r="J165" s="51"/>
-      <c r="K165" s="168"/>
-[...1 lines deleted...]
-      <c r="M165" s="170"/>
+      <c r="K165" s="161"/>
+      <c r="L165" s="162"/>
+      <c r="M165" s="163"/>
       <c r="N165" s="31"/>
       <c r="O165" s="32"/>
       <c r="P165" s="32"/>
-      <c r="Q165" s="134"/>
-      <c r="R165" s="118"/>
+      <c r="Q165" s="127"/>
+      <c r="R165" s="111"/>
       <c r="S165" s="33"/>
       <c r="T165" s="57"/>
       <c r="U165" s="58"/>
-      <c r="V165" s="198">
+      <c r="V165" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W165" s="197">
+      <c r="W165" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X165" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y165" s="62"/>
       <c r="Z165" s="62"/>
       <c r="AA165" s="62"/>
       <c r="AB165" s="62"/>
       <c r="AC165" s="62"/>
       <c r="AD165" s="62"/>
       <c r="AE165" s="62"/>
       <c r="AF165" s="62"/>
       <c r="AG165" s="62"/>
       <c r="AH165" s="62"/>
       <c r="AI165" s="62"/>
       <c r="AJ165" s="62"/>
       <c r="AK165" s="62"/>
       <c r="AL165" s="62"/>
       <c r="AM165" s="62"/>
       <c r="AN165" s="62"/>
       <c r="AO165" s="62"/>
       <c r="AP165" s="62"/>
       <c r="AQ165" s="62"/>
       <c r="AR165" s="62"/>
     </row>
     <row r="166" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A166" s="240"/>
       <c r="B166" s="241"/>
       <c r="C166" s="241"/>
       <c r="D166" s="241"/>
-      <c r="E166" s="139"/>
-      <c r="F166" s="122"/>
+      <c r="E166" s="132"/>
+      <c r="F166" s="115"/>
       <c r="G166" s="51"/>
       <c r="H166" s="51"/>
       <c r="I166" s="51"/>
       <c r="J166" s="51"/>
-      <c r="K166" s="168"/>
-[...1 lines deleted...]
-      <c r="M166" s="170"/>
+      <c r="K166" s="161"/>
+      <c r="L166" s="162"/>
+      <c r="M166" s="163"/>
       <c r="N166" s="31"/>
       <c r="O166" s="32"/>
       <c r="P166" s="32"/>
-      <c r="Q166" s="134"/>
-      <c r="R166" s="118"/>
+      <c r="Q166" s="127"/>
+      <c r="R166" s="111"/>
       <c r="S166" s="33"/>
       <c r="T166" s="57"/>
       <c r="U166" s="58"/>
-      <c r="V166" s="198">
+      <c r="V166" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W166" s="197">
+      <c r="W166" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X166" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y166" s="62"/>
       <c r="Z166" s="62"/>
       <c r="AA166" s="62"/>
       <c r="AB166" s="62"/>
       <c r="AC166" s="62"/>
       <c r="AD166" s="62"/>
       <c r="AE166" s="62"/>
       <c r="AF166" s="62"/>
       <c r="AG166" s="62"/>
       <c r="AH166" s="62"/>
       <c r="AI166" s="62"/>
       <c r="AJ166" s="62"/>
       <c r="AK166" s="62"/>
       <c r="AL166" s="62"/>
       <c r="AM166" s="62"/>
       <c r="AN166" s="62"/>
       <c r="AO166" s="62"/>
       <c r="AP166" s="62"/>
       <c r="AQ166" s="62"/>
       <c r="AR166" s="62"/>
     </row>
     <row r="167" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A167" s="240"/>
       <c r="B167" s="241"/>
       <c r="C167" s="241"/>
       <c r="D167" s="241"/>
-      <c r="E167" s="139"/>
-      <c r="F167" s="122"/>
+      <c r="E167" s="132"/>
+      <c r="F167" s="115"/>
       <c r="G167" s="51"/>
       <c r="H167" s="51"/>
       <c r="I167" s="51"/>
       <c r="J167" s="51"/>
-      <c r="K167" s="168"/>
-[...1 lines deleted...]
-      <c r="M167" s="170"/>
+      <c r="K167" s="161"/>
+      <c r="L167" s="162"/>
+      <c r="M167" s="163"/>
       <c r="N167" s="31"/>
       <c r="O167" s="32"/>
       <c r="P167" s="32"/>
-      <c r="Q167" s="134"/>
-      <c r="R167" s="118"/>
+      <c r="Q167" s="127"/>
+      <c r="R167" s="111"/>
       <c r="S167" s="33"/>
       <c r="T167" s="57"/>
       <c r="U167" s="58"/>
-      <c r="V167" s="198">
+      <c r="V167" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W167" s="197">
+      <c r="W167" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X167" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y167" s="62"/>
       <c r="Z167" s="62"/>
       <c r="AA167" s="62"/>
       <c r="AB167" s="62"/>
       <c r="AC167" s="62"/>
       <c r="AD167" s="62"/>
       <c r="AE167" s="62"/>
       <c r="AF167" s="62"/>
       <c r="AG167" s="62"/>
       <c r="AH167" s="62"/>
       <c r="AI167" s="62"/>
       <c r="AJ167" s="62"/>
       <c r="AK167" s="62"/>
       <c r="AL167" s="62"/>
       <c r="AM167" s="62"/>
       <c r="AN167" s="62"/>
       <c r="AO167" s="62"/>
       <c r="AP167" s="62"/>
       <c r="AQ167" s="62"/>
       <c r="AR167" s="62"/>
     </row>
     <row r="168" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A168" s="240"/>
       <c r="B168" s="241"/>
       <c r="C168" s="241"/>
       <c r="D168" s="241"/>
-      <c r="E168" s="139"/>
-      <c r="F168" s="122"/>
+      <c r="E168" s="132"/>
+      <c r="F168" s="115"/>
       <c r="G168" s="51"/>
       <c r="H168" s="51"/>
       <c r="I168" s="51"/>
       <c r="J168" s="51"/>
-      <c r="K168" s="168"/>
-[...1 lines deleted...]
-      <c r="M168" s="170"/>
+      <c r="K168" s="161"/>
+      <c r="L168" s="162"/>
+      <c r="M168" s="163"/>
       <c r="N168" s="31"/>
       <c r="O168" s="32"/>
       <c r="P168" s="32"/>
-      <c r="Q168" s="134"/>
-      <c r="R168" s="118"/>
+      <c r="Q168" s="127"/>
+      <c r="R168" s="111"/>
       <c r="S168" s="33"/>
       <c r="T168" s="57"/>
       <c r="U168" s="58"/>
-      <c r="V168" s="198">
+      <c r="V168" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W168" s="197">
+      <c r="W168" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X168" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y168" s="62"/>
       <c r="Z168" s="62"/>
       <c r="AA168" s="62"/>
       <c r="AB168" s="62"/>
       <c r="AC168" s="62"/>
       <c r="AD168" s="62"/>
       <c r="AE168" s="62"/>
       <c r="AF168" s="62"/>
       <c r="AG168" s="62"/>
       <c r="AH168" s="62"/>
       <c r="AI168" s="62"/>
       <c r="AJ168" s="62"/>
       <c r="AK168" s="62"/>
       <c r="AL168" s="62"/>
       <c r="AM168" s="62"/>
       <c r="AN168" s="62"/>
       <c r="AO168" s="62"/>
       <c r="AP168" s="62"/>
       <c r="AQ168" s="62"/>
       <c r="AR168" s="62"/>
     </row>
     <row r="169" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A169" s="240"/>
       <c r="B169" s="241"/>
       <c r="C169" s="241"/>
       <c r="D169" s="241"/>
-      <c r="E169" s="139"/>
-      <c r="F169" s="122"/>
+      <c r="E169" s="132"/>
+      <c r="F169" s="115"/>
       <c r="G169" s="51"/>
       <c r="H169" s="51"/>
       <c r="I169" s="51"/>
       <c r="J169" s="51"/>
-      <c r="K169" s="168"/>
-[...1 lines deleted...]
-      <c r="M169" s="170"/>
+      <c r="K169" s="161"/>
+      <c r="L169" s="162"/>
+      <c r="M169" s="163"/>
       <c r="N169" s="31"/>
       <c r="O169" s="32"/>
       <c r="P169" s="32"/>
-      <c r="Q169" s="134"/>
-      <c r="R169" s="118"/>
+      <c r="Q169" s="127"/>
+      <c r="R169" s="111"/>
       <c r="S169" s="33"/>
       <c r="T169" s="57"/>
       <c r="U169" s="58"/>
-      <c r="V169" s="198">
+      <c r="V169" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W169" s="197">
+      <c r="W169" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X169" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y169" s="62"/>
       <c r="Z169" s="62"/>
       <c r="AA169" s="62"/>
       <c r="AB169" s="62"/>
       <c r="AC169" s="62"/>
       <c r="AD169" s="62"/>
       <c r="AE169" s="62"/>
       <c r="AF169" s="62"/>
       <c r="AG169" s="62"/>
       <c r="AH169" s="62"/>
       <c r="AI169" s="62"/>
       <c r="AJ169" s="62"/>
       <c r="AK169" s="62"/>
       <c r="AL169" s="62"/>
       <c r="AM169" s="62"/>
       <c r="AN169" s="62"/>
       <c r="AO169" s="62"/>
       <c r="AP169" s="62"/>
       <c r="AQ169" s="62"/>
       <c r="AR169" s="62"/>
     </row>
     <row r="170" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A170" s="240"/>
       <c r="B170" s="241"/>
       <c r="C170" s="241"/>
       <c r="D170" s="241"/>
-      <c r="E170" s="139"/>
-      <c r="F170" s="122"/>
+      <c r="E170" s="132"/>
+      <c r="F170" s="115"/>
       <c r="G170" s="51"/>
       <c r="H170" s="51"/>
       <c r="I170" s="51"/>
       <c r="J170" s="51"/>
-      <c r="K170" s="168"/>
-[...1 lines deleted...]
-      <c r="M170" s="170"/>
+      <c r="K170" s="161"/>
+      <c r="L170" s="162"/>
+      <c r="M170" s="163"/>
       <c r="N170" s="31"/>
       <c r="O170" s="32"/>
       <c r="P170" s="32"/>
-      <c r="Q170" s="134"/>
-      <c r="R170" s="118"/>
+      <c r="Q170" s="127"/>
+      <c r="R170" s="111"/>
       <c r="S170" s="33"/>
       <c r="T170" s="57"/>
       <c r="U170" s="58"/>
-      <c r="V170" s="198">
+      <c r="V170" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W170" s="197">
+      <c r="W170" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X170" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y170" s="62"/>
       <c r="Z170" s="62"/>
       <c r="AA170" s="62"/>
       <c r="AB170" s="62"/>
       <c r="AC170" s="62"/>
       <c r="AD170" s="62"/>
       <c r="AE170" s="62"/>
       <c r="AF170" s="62"/>
       <c r="AG170" s="62"/>
       <c r="AH170" s="62"/>
       <c r="AI170" s="62"/>
       <c r="AJ170" s="62"/>
       <c r="AK170" s="62"/>
       <c r="AL170" s="62"/>
       <c r="AM170" s="62"/>
       <c r="AN170" s="62"/>
       <c r="AO170" s="62"/>
       <c r="AP170" s="62"/>
       <c r="AQ170" s="62"/>
       <c r="AR170" s="62"/>
     </row>
     <row r="171" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A171" s="240"/>
       <c r="B171" s="241"/>
       <c r="C171" s="241"/>
       <c r="D171" s="241"/>
-      <c r="E171" s="139"/>
-      <c r="F171" s="122"/>
+      <c r="E171" s="132"/>
+      <c r="F171" s="115"/>
       <c r="G171" s="51"/>
       <c r="H171" s="51"/>
       <c r="I171" s="51"/>
       <c r="J171" s="51"/>
-      <c r="K171" s="168"/>
-[...1 lines deleted...]
-      <c r="M171" s="170"/>
+      <c r="K171" s="161"/>
+      <c r="L171" s="162"/>
+      <c r="M171" s="163"/>
       <c r="N171" s="31"/>
       <c r="O171" s="32"/>
       <c r="P171" s="32"/>
-      <c r="Q171" s="134"/>
-      <c r="R171" s="118"/>
+      <c r="Q171" s="127"/>
+      <c r="R171" s="111"/>
       <c r="S171" s="33"/>
       <c r="T171" s="57"/>
       <c r="U171" s="58"/>
-      <c r="V171" s="198">
+      <c r="V171" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W171" s="197">
+      <c r="W171" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X171" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y171" s="62"/>
       <c r="Z171" s="62"/>
       <c r="AA171" s="62"/>
       <c r="AB171" s="62"/>
       <c r="AC171" s="62"/>
       <c r="AD171" s="62"/>
       <c r="AE171" s="62"/>
       <c r="AF171" s="62"/>
       <c r="AG171" s="62"/>
       <c r="AH171" s="62"/>
       <c r="AI171" s="62"/>
       <c r="AJ171" s="62"/>
       <c r="AK171" s="62"/>
       <c r="AL171" s="62"/>
       <c r="AM171" s="62"/>
       <c r="AN171" s="62"/>
       <c r="AO171" s="62"/>
       <c r="AP171" s="62"/>
       <c r="AQ171" s="62"/>
       <c r="AR171" s="62"/>
     </row>
     <row r="172" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A172" s="240"/>
       <c r="B172" s="241"/>
       <c r="C172" s="241"/>
       <c r="D172" s="241"/>
-      <c r="E172" s="139"/>
-      <c r="F172" s="122"/>
+      <c r="E172" s="132"/>
+      <c r="F172" s="115"/>
       <c r="G172" s="51"/>
       <c r="H172" s="51"/>
       <c r="I172" s="51"/>
       <c r="J172" s="51"/>
-      <c r="K172" s="168"/>
-[...1 lines deleted...]
-      <c r="M172" s="170"/>
+      <c r="K172" s="161"/>
+      <c r="L172" s="162"/>
+      <c r="M172" s="163"/>
       <c r="N172" s="31"/>
       <c r="O172" s="32"/>
       <c r="P172" s="32"/>
-      <c r="Q172" s="134"/>
-      <c r="R172" s="118"/>
+      <c r="Q172" s="127"/>
+      <c r="R172" s="111"/>
       <c r="S172" s="33"/>
       <c r="T172" s="57"/>
       <c r="U172" s="58"/>
-      <c r="V172" s="198">
+      <c r="V172" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W172" s="197">
+      <c r="W172" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X172" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y172" s="62"/>
       <c r="Z172" s="62"/>
       <c r="AA172" s="62"/>
       <c r="AB172" s="62"/>
       <c r="AC172" s="62"/>
       <c r="AD172" s="62"/>
       <c r="AE172" s="62"/>
       <c r="AF172" s="62"/>
       <c r="AG172" s="62"/>
       <c r="AH172" s="62"/>
       <c r="AI172" s="62"/>
       <c r="AJ172" s="62"/>
       <c r="AK172" s="62"/>
       <c r="AL172" s="62"/>
       <c r="AM172" s="62"/>
       <c r="AN172" s="62"/>
       <c r="AO172" s="62"/>
       <c r="AP172" s="62"/>
       <c r="AQ172" s="62"/>
       <c r="AR172" s="62"/>
     </row>
     <row r="173" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A173" s="240"/>
       <c r="B173" s="241"/>
       <c r="C173" s="241"/>
       <c r="D173" s="241"/>
-      <c r="E173" s="139"/>
-      <c r="F173" s="122"/>
+      <c r="E173" s="132"/>
+      <c r="F173" s="115"/>
       <c r="G173" s="51"/>
       <c r="H173" s="51"/>
       <c r="I173" s="51"/>
       <c r="J173" s="51"/>
-      <c r="K173" s="168"/>
-[...1 lines deleted...]
-      <c r="M173" s="170"/>
+      <c r="K173" s="161"/>
+      <c r="L173" s="162"/>
+      <c r="M173" s="163"/>
       <c r="N173" s="31"/>
       <c r="O173" s="32"/>
       <c r="P173" s="32"/>
-      <c r="Q173" s="134"/>
-      <c r="R173" s="118"/>
+      <c r="Q173" s="127"/>
+      <c r="R173" s="111"/>
       <c r="S173" s="33"/>
       <c r="T173" s="57"/>
       <c r="U173" s="58"/>
-      <c r="V173" s="198">
+      <c r="V173" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W173" s="197">
+      <c r="W173" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X173" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y173" s="62"/>
       <c r="Z173" s="62"/>
       <c r="AA173" s="62"/>
       <c r="AB173" s="62"/>
       <c r="AC173" s="62"/>
       <c r="AD173" s="62"/>
       <c r="AE173" s="62"/>
       <c r="AF173" s="62"/>
       <c r="AG173" s="62"/>
       <c r="AH173" s="62"/>
       <c r="AI173" s="62"/>
       <c r="AJ173" s="62"/>
       <c r="AK173" s="62"/>
       <c r="AL173" s="62"/>
       <c r="AM173" s="62"/>
       <c r="AN173" s="62"/>
       <c r="AO173" s="62"/>
       <c r="AP173" s="62"/>
       <c r="AQ173" s="62"/>
       <c r="AR173" s="62"/>
     </row>
     <row r="174" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A174" s="240"/>
       <c r="B174" s="241"/>
       <c r="C174" s="241"/>
       <c r="D174" s="241"/>
-      <c r="E174" s="139"/>
-      <c r="F174" s="122"/>
+      <c r="E174" s="132"/>
+      <c r="F174" s="115"/>
       <c r="G174" s="51"/>
       <c r="H174" s="51"/>
       <c r="I174" s="51"/>
       <c r="J174" s="51"/>
-      <c r="K174" s="168"/>
-[...1 lines deleted...]
-      <c r="M174" s="170"/>
+      <c r="K174" s="161"/>
+      <c r="L174" s="162"/>
+      <c r="M174" s="163"/>
       <c r="N174" s="31"/>
       <c r="O174" s="32"/>
       <c r="P174" s="32"/>
-      <c r="Q174" s="134"/>
-      <c r="R174" s="118"/>
+      <c r="Q174" s="127"/>
+      <c r="R174" s="111"/>
       <c r="S174" s="33"/>
       <c r="T174" s="57"/>
       <c r="U174" s="58"/>
-      <c r="V174" s="198">
+      <c r="V174" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W174" s="197">
+      <c r="W174" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X174" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y174" s="62"/>
       <c r="Z174" s="62"/>
       <c r="AA174" s="62"/>
       <c r="AB174" s="62"/>
       <c r="AC174" s="62"/>
       <c r="AD174" s="62"/>
       <c r="AE174" s="62"/>
       <c r="AF174" s="62"/>
       <c r="AG174" s="62"/>
       <c r="AH174" s="62"/>
       <c r="AI174" s="62"/>
       <c r="AJ174" s="62"/>
       <c r="AK174" s="62"/>
       <c r="AL174" s="62"/>
       <c r="AM174" s="62"/>
       <c r="AN174" s="62"/>
       <c r="AO174" s="62"/>
       <c r="AP174" s="62"/>
       <c r="AQ174" s="62"/>
       <c r="AR174" s="62"/>
     </row>
     <row r="175" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A175" s="240"/>
       <c r="B175" s="241"/>
       <c r="C175" s="241"/>
       <c r="D175" s="241"/>
-      <c r="E175" s="139"/>
-      <c r="F175" s="122"/>
+      <c r="E175" s="132"/>
+      <c r="F175" s="115"/>
       <c r="G175" s="51"/>
       <c r="H175" s="51"/>
       <c r="I175" s="51"/>
       <c r="J175" s="51"/>
-      <c r="K175" s="168"/>
-[...1 lines deleted...]
-      <c r="M175" s="170"/>
+      <c r="K175" s="161"/>
+      <c r="L175" s="162"/>
+      <c r="M175" s="163"/>
       <c r="N175" s="31"/>
       <c r="O175" s="32"/>
       <c r="P175" s="32"/>
-      <c r="Q175" s="134"/>
-      <c r="R175" s="118"/>
+      <c r="Q175" s="127"/>
+      <c r="R175" s="111"/>
       <c r="S175" s="33"/>
       <c r="T175" s="57"/>
       <c r="U175" s="58"/>
-      <c r="V175" s="198">
+      <c r="V175" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W175" s="197">
+      <c r="W175" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X175" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y175" s="62"/>
       <c r="Z175" s="62"/>
       <c r="AA175" s="62"/>
       <c r="AB175" s="62"/>
       <c r="AC175" s="62"/>
       <c r="AD175" s="62"/>
       <c r="AE175" s="62"/>
       <c r="AF175" s="62"/>
       <c r="AG175" s="62"/>
       <c r="AH175" s="62"/>
       <c r="AI175" s="62"/>
       <c r="AJ175" s="62"/>
       <c r="AK175" s="62"/>
       <c r="AL175" s="62"/>
       <c r="AM175" s="62"/>
       <c r="AN175" s="62"/>
       <c r="AO175" s="62"/>
       <c r="AP175" s="62"/>
       <c r="AQ175" s="62"/>
       <c r="AR175" s="62"/>
     </row>
     <row r="176" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A176" s="240"/>
       <c r="B176" s="241"/>
       <c r="C176" s="241"/>
       <c r="D176" s="241"/>
-      <c r="E176" s="139"/>
-      <c r="F176" s="122"/>
+      <c r="E176" s="132"/>
+      <c r="F176" s="115"/>
       <c r="G176" s="51"/>
       <c r="H176" s="51"/>
       <c r="I176" s="51"/>
       <c r="J176" s="51"/>
-      <c r="K176" s="168"/>
-[...1 lines deleted...]
-      <c r="M176" s="170"/>
+      <c r="K176" s="161"/>
+      <c r="L176" s="162"/>
+      <c r="M176" s="163"/>
       <c r="N176" s="31"/>
       <c r="O176" s="32"/>
       <c r="P176" s="32"/>
-      <c r="Q176" s="134"/>
-      <c r="R176" s="118"/>
+      <c r="Q176" s="127"/>
+      <c r="R176" s="111"/>
       <c r="S176" s="33"/>
       <c r="T176" s="57"/>
       <c r="U176" s="58"/>
-      <c r="V176" s="198">
+      <c r="V176" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W176" s="197">
+      <c r="W176" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X176" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y176" s="62"/>
       <c r="Z176" s="62"/>
       <c r="AA176" s="62"/>
       <c r="AB176" s="62"/>
       <c r="AC176" s="62"/>
       <c r="AD176" s="62"/>
       <c r="AE176" s="62"/>
       <c r="AF176" s="62"/>
       <c r="AG176" s="62"/>
       <c r="AH176" s="62"/>
       <c r="AI176" s="62"/>
       <c r="AJ176" s="62"/>
       <c r="AK176" s="62"/>
       <c r="AL176" s="62"/>
       <c r="AM176" s="62"/>
       <c r="AN176" s="62"/>
       <c r="AO176" s="62"/>
       <c r="AP176" s="62"/>
       <c r="AQ176" s="62"/>
       <c r="AR176" s="62"/>
     </row>
     <row r="177" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A177" s="240"/>
       <c r="B177" s="241"/>
       <c r="C177" s="241"/>
       <c r="D177" s="241"/>
-      <c r="E177" s="139"/>
-      <c r="F177" s="122"/>
+      <c r="E177" s="132"/>
+      <c r="F177" s="115"/>
       <c r="G177" s="51"/>
       <c r="H177" s="51"/>
       <c r="I177" s="51"/>
       <c r="J177" s="51"/>
-      <c r="K177" s="168"/>
-[...1 lines deleted...]
-      <c r="M177" s="170"/>
+      <c r="K177" s="161"/>
+      <c r="L177" s="162"/>
+      <c r="M177" s="163"/>
       <c r="N177" s="31"/>
       <c r="O177" s="32"/>
       <c r="P177" s="32"/>
-      <c r="Q177" s="134"/>
-      <c r="R177" s="118"/>
+      <c r="Q177" s="127"/>
+      <c r="R177" s="111"/>
       <c r="S177" s="33"/>
       <c r="T177" s="57"/>
       <c r="U177" s="58"/>
-      <c r="V177" s="198">
+      <c r="V177" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W177" s="197">
+      <c r="W177" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X177" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y177" s="62"/>
       <c r="Z177" s="62"/>
       <c r="AA177" s="62"/>
       <c r="AB177" s="62"/>
       <c r="AC177" s="62"/>
       <c r="AD177" s="62"/>
       <c r="AE177" s="62"/>
       <c r="AF177" s="62"/>
       <c r="AG177" s="62"/>
       <c r="AH177" s="62"/>
       <c r="AI177" s="62"/>
       <c r="AJ177" s="62"/>
       <c r="AK177" s="62"/>
       <c r="AL177" s="62"/>
       <c r="AM177" s="62"/>
       <c r="AN177" s="62"/>
       <c r="AO177" s="62"/>
       <c r="AP177" s="62"/>
       <c r="AQ177" s="62"/>
       <c r="AR177" s="62"/>
     </row>
     <row r="178" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A178" s="240"/>
       <c r="B178" s="241"/>
       <c r="C178" s="241"/>
       <c r="D178" s="241"/>
-      <c r="E178" s="139"/>
-      <c r="F178" s="122"/>
+      <c r="E178" s="132"/>
+      <c r="F178" s="115"/>
       <c r="G178" s="51"/>
       <c r="H178" s="51"/>
       <c r="I178" s="51"/>
       <c r="J178" s="51"/>
-      <c r="K178" s="168"/>
-[...1 lines deleted...]
-      <c r="M178" s="170"/>
+      <c r="K178" s="161"/>
+      <c r="L178" s="162"/>
+      <c r="M178" s="163"/>
       <c r="N178" s="31"/>
       <c r="O178" s="32"/>
       <c r="P178" s="32"/>
-      <c r="Q178" s="134"/>
-      <c r="R178" s="118"/>
+      <c r="Q178" s="127"/>
+      <c r="R178" s="111"/>
       <c r="S178" s="33"/>
       <c r="T178" s="57"/>
       <c r="U178" s="58"/>
-      <c r="V178" s="198">
+      <c r="V178" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W178" s="197">
+      <c r="W178" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X178" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y178" s="62"/>
       <c r="Z178" s="62"/>
       <c r="AA178" s="62"/>
       <c r="AB178" s="62"/>
       <c r="AC178" s="62"/>
       <c r="AD178" s="62"/>
       <c r="AE178" s="62"/>
       <c r="AF178" s="62"/>
       <c r="AG178" s="62"/>
       <c r="AH178" s="62"/>
       <c r="AI178" s="62"/>
       <c r="AJ178" s="62"/>
       <c r="AK178" s="62"/>
       <c r="AL178" s="62"/>
       <c r="AM178" s="62"/>
       <c r="AN178" s="62"/>
       <c r="AO178" s="62"/>
       <c r="AP178" s="62"/>
       <c r="AQ178" s="62"/>
       <c r="AR178" s="62"/>
     </row>
     <row r="179" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A179" s="240"/>
       <c r="B179" s="241"/>
       <c r="C179" s="241"/>
       <c r="D179" s="241"/>
-      <c r="E179" s="139"/>
-      <c r="F179" s="122"/>
+      <c r="E179" s="132"/>
+      <c r="F179" s="115"/>
       <c r="G179" s="51"/>
       <c r="H179" s="51"/>
       <c r="I179" s="51"/>
       <c r="J179" s="51"/>
-      <c r="K179" s="168"/>
-[...1 lines deleted...]
-      <c r="M179" s="170"/>
+      <c r="K179" s="161"/>
+      <c r="L179" s="162"/>
+      <c r="M179" s="163"/>
       <c r="N179" s="31"/>
       <c r="O179" s="32"/>
       <c r="P179" s="32"/>
-      <c r="Q179" s="134"/>
-      <c r="R179" s="118"/>
+      <c r="Q179" s="127"/>
+      <c r="R179" s="111"/>
       <c r="S179" s="33"/>
       <c r="T179" s="57"/>
       <c r="U179" s="58"/>
-      <c r="V179" s="198">
+      <c r="V179" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W179" s="197">
+      <c r="W179" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X179" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y179" s="62"/>
       <c r="Z179" s="62"/>
       <c r="AA179" s="62"/>
       <c r="AB179" s="62"/>
       <c r="AC179" s="62"/>
       <c r="AD179" s="62"/>
       <c r="AE179" s="62"/>
       <c r="AF179" s="62"/>
       <c r="AG179" s="62"/>
       <c r="AH179" s="62"/>
       <c r="AI179" s="62"/>
       <c r="AJ179" s="62"/>
       <c r="AK179" s="62"/>
       <c r="AL179" s="62"/>
       <c r="AM179" s="62"/>
       <c r="AN179" s="62"/>
       <c r="AO179" s="62"/>
       <c r="AP179" s="62"/>
       <c r="AQ179" s="62"/>
       <c r="AR179" s="62"/>
     </row>
     <row r="180" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A180" s="240"/>
       <c r="B180" s="241"/>
       <c r="C180" s="241"/>
       <c r="D180" s="241"/>
-      <c r="E180" s="139"/>
-      <c r="F180" s="122"/>
+      <c r="E180" s="132"/>
+      <c r="F180" s="115"/>
       <c r="G180" s="51"/>
       <c r="H180" s="51"/>
       <c r="I180" s="51"/>
       <c r="J180" s="51"/>
-      <c r="K180" s="168"/>
-[...1 lines deleted...]
-      <c r="M180" s="170"/>
+      <c r="K180" s="161"/>
+      <c r="L180" s="162"/>
+      <c r="M180" s="163"/>
       <c r="N180" s="31"/>
       <c r="O180" s="32"/>
       <c r="P180" s="32"/>
-      <c r="Q180" s="134"/>
-      <c r="R180" s="118"/>
+      <c r="Q180" s="127"/>
+      <c r="R180" s="111"/>
       <c r="S180" s="33"/>
       <c r="T180" s="57"/>
       <c r="U180" s="58"/>
-      <c r="V180" s="198">
+      <c r="V180" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W180" s="197">
+      <c r="W180" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X180" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y180" s="62"/>
       <c r="Z180" s="62"/>
       <c r="AA180" s="62"/>
       <c r="AB180" s="62"/>
       <c r="AC180" s="62"/>
       <c r="AD180" s="62"/>
       <c r="AE180" s="62"/>
       <c r="AF180" s="62"/>
       <c r="AG180" s="62"/>
       <c r="AH180" s="62"/>
       <c r="AI180" s="62"/>
       <c r="AJ180" s="62"/>
       <c r="AK180" s="62"/>
       <c r="AL180" s="62"/>
       <c r="AM180" s="62"/>
       <c r="AN180" s="62"/>
       <c r="AO180" s="62"/>
       <c r="AP180" s="62"/>
       <c r="AQ180" s="62"/>
       <c r="AR180" s="62"/>
     </row>
     <row r="181" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A181" s="240"/>
       <c r="B181" s="241"/>
       <c r="C181" s="241"/>
       <c r="D181" s="241"/>
-      <c r="E181" s="139"/>
-      <c r="F181" s="122"/>
+      <c r="E181" s="132"/>
+      <c r="F181" s="115"/>
       <c r="G181" s="51"/>
       <c r="H181" s="51"/>
       <c r="I181" s="51"/>
       <c r="J181" s="51"/>
-      <c r="K181" s="168"/>
-[...1 lines deleted...]
-      <c r="M181" s="170"/>
+      <c r="K181" s="161"/>
+      <c r="L181" s="162"/>
+      <c r="M181" s="163"/>
       <c r="N181" s="31"/>
       <c r="O181" s="32"/>
       <c r="P181" s="32"/>
-      <c r="Q181" s="134"/>
-      <c r="R181" s="118"/>
+      <c r="Q181" s="127"/>
+      <c r="R181" s="111"/>
       <c r="S181" s="33"/>
       <c r="T181" s="57"/>
       <c r="U181" s="58"/>
-      <c r="V181" s="198">
+      <c r="V181" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W181" s="197">
+      <c r="W181" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X181" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y181" s="62"/>
       <c r="Z181" s="62"/>
       <c r="AA181" s="62"/>
       <c r="AB181" s="62"/>
       <c r="AC181" s="62"/>
       <c r="AD181" s="62"/>
       <c r="AE181" s="62"/>
       <c r="AF181" s="62"/>
       <c r="AG181" s="62"/>
       <c r="AH181" s="62"/>
       <c r="AI181" s="62"/>
       <c r="AJ181" s="62"/>
       <c r="AK181" s="62"/>
       <c r="AL181" s="62"/>
       <c r="AM181" s="62"/>
       <c r="AN181" s="62"/>
       <c r="AO181" s="62"/>
       <c r="AP181" s="62"/>
       <c r="AQ181" s="62"/>
       <c r="AR181" s="62"/>
     </row>
     <row r="182" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A182" s="240"/>
       <c r="B182" s="241"/>
       <c r="C182" s="241"/>
       <c r="D182" s="241"/>
-      <c r="E182" s="139"/>
-      <c r="F182" s="122"/>
+      <c r="E182" s="132"/>
+      <c r="F182" s="115"/>
       <c r="G182" s="51"/>
       <c r="H182" s="51"/>
       <c r="I182" s="51"/>
       <c r="J182" s="51"/>
-      <c r="K182" s="168"/>
-[...1 lines deleted...]
-      <c r="M182" s="170"/>
+      <c r="K182" s="161"/>
+      <c r="L182" s="162"/>
+      <c r="M182" s="163"/>
       <c r="N182" s="31"/>
       <c r="O182" s="32"/>
       <c r="P182" s="32"/>
-      <c r="Q182" s="134"/>
-      <c r="R182" s="118"/>
+      <c r="Q182" s="127"/>
+      <c r="R182" s="111"/>
       <c r="S182" s="33"/>
       <c r="T182" s="57"/>
       <c r="U182" s="58"/>
-      <c r="V182" s="198">
+      <c r="V182" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W182" s="197">
+      <c r="W182" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X182" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y182" s="62"/>
       <c r="Z182" s="62"/>
       <c r="AA182" s="62"/>
       <c r="AB182" s="62"/>
       <c r="AC182" s="62"/>
       <c r="AD182" s="62"/>
       <c r="AE182" s="62"/>
       <c r="AF182" s="62"/>
       <c r="AG182" s="62"/>
       <c r="AH182" s="62"/>
       <c r="AI182" s="62"/>
       <c r="AJ182" s="62"/>
       <c r="AK182" s="62"/>
       <c r="AL182" s="62"/>
       <c r="AM182" s="62"/>
       <c r="AN182" s="62"/>
       <c r="AO182" s="62"/>
       <c r="AP182" s="62"/>
       <c r="AQ182" s="62"/>
       <c r="AR182" s="62"/>
     </row>
     <row r="183" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A183" s="240"/>
       <c r="B183" s="241"/>
       <c r="C183" s="241"/>
       <c r="D183" s="241"/>
-      <c r="E183" s="139"/>
-      <c r="F183" s="122"/>
+      <c r="E183" s="132"/>
+      <c r="F183" s="115"/>
       <c r="G183" s="51"/>
       <c r="H183" s="51"/>
       <c r="I183" s="51"/>
       <c r="J183" s="51"/>
-      <c r="K183" s="168"/>
-[...1 lines deleted...]
-      <c r="M183" s="170"/>
+      <c r="K183" s="161"/>
+      <c r="L183" s="162"/>
+      <c r="M183" s="163"/>
       <c r="N183" s="31"/>
       <c r="O183" s="32"/>
       <c r="P183" s="32"/>
-      <c r="Q183" s="134"/>
-      <c r="R183" s="118"/>
+      <c r="Q183" s="127"/>
+      <c r="R183" s="111"/>
       <c r="S183" s="33"/>
       <c r="T183" s="57"/>
       <c r="U183" s="58"/>
-      <c r="V183" s="198">
+      <c r="V183" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W183" s="197">
+      <c r="W183" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X183" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y183" s="62"/>
       <c r="Z183" s="62"/>
       <c r="AA183" s="62"/>
       <c r="AB183" s="62"/>
       <c r="AC183" s="62"/>
       <c r="AD183" s="62"/>
       <c r="AE183" s="62"/>
       <c r="AF183" s="62"/>
       <c r="AG183" s="62"/>
       <c r="AH183" s="62"/>
       <c r="AI183" s="62"/>
       <c r="AJ183" s="62"/>
       <c r="AK183" s="62"/>
       <c r="AL183" s="62"/>
       <c r="AM183" s="62"/>
       <c r="AN183" s="62"/>
       <c r="AO183" s="62"/>
       <c r="AP183" s="62"/>
       <c r="AQ183" s="62"/>
       <c r="AR183" s="62"/>
     </row>
     <row r="184" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A184" s="240"/>
       <c r="B184" s="241"/>
       <c r="C184" s="241"/>
       <c r="D184" s="241"/>
-      <c r="E184" s="139"/>
-      <c r="F184" s="122"/>
+      <c r="E184" s="132"/>
+      <c r="F184" s="115"/>
       <c r="G184" s="51"/>
       <c r="H184" s="51"/>
       <c r="I184" s="51"/>
       <c r="J184" s="51"/>
-      <c r="K184" s="168"/>
-[...1 lines deleted...]
-      <c r="M184" s="170"/>
+      <c r="K184" s="161"/>
+      <c r="L184" s="162"/>
+      <c r="M184" s="163"/>
       <c r="N184" s="31"/>
       <c r="O184" s="32"/>
       <c r="P184" s="32"/>
-      <c r="Q184" s="134"/>
-      <c r="R184" s="118"/>
+      <c r="Q184" s="127"/>
+      <c r="R184" s="111"/>
       <c r="S184" s="33"/>
       <c r="T184" s="57"/>
       <c r="U184" s="58"/>
-      <c r="V184" s="198">
+      <c r="V184" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W184" s="197">
+      <c r="W184" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X184" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y184" s="62"/>
       <c r="Z184" s="62"/>
       <c r="AA184" s="62"/>
       <c r="AB184" s="62"/>
       <c r="AC184" s="62"/>
       <c r="AD184" s="62"/>
       <c r="AE184" s="62"/>
       <c r="AF184" s="62"/>
       <c r="AG184" s="62"/>
       <c r="AH184" s="62"/>
       <c r="AI184" s="62"/>
       <c r="AJ184" s="62"/>
       <c r="AK184" s="62"/>
       <c r="AL184" s="62"/>
       <c r="AM184" s="62"/>
       <c r="AN184" s="62"/>
       <c r="AO184" s="62"/>
       <c r="AP184" s="62"/>
       <c r="AQ184" s="62"/>
       <c r="AR184" s="62"/>
     </row>
     <row r="185" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A185" s="240"/>
       <c r="B185" s="241"/>
       <c r="C185" s="241"/>
       <c r="D185" s="241"/>
-      <c r="E185" s="139"/>
-      <c r="F185" s="122"/>
+      <c r="E185" s="132"/>
+      <c r="F185" s="115"/>
       <c r="G185" s="51"/>
       <c r="H185" s="51"/>
       <c r="I185" s="51"/>
       <c r="J185" s="51"/>
-      <c r="K185" s="168"/>
-[...1 lines deleted...]
-      <c r="M185" s="170"/>
+      <c r="K185" s="161"/>
+      <c r="L185" s="162"/>
+      <c r="M185" s="163"/>
       <c r="N185" s="31"/>
       <c r="O185" s="32"/>
       <c r="P185" s="32"/>
-      <c r="Q185" s="134"/>
-      <c r="R185" s="118"/>
+      <c r="Q185" s="127"/>
+      <c r="R185" s="111"/>
       <c r="S185" s="33"/>
       <c r="T185" s="57"/>
       <c r="U185" s="58"/>
-      <c r="V185" s="198">
+      <c r="V185" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W185" s="197">
+      <c r="W185" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X185" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y185" s="62"/>
       <c r="Z185" s="62"/>
       <c r="AA185" s="62"/>
       <c r="AB185" s="62"/>
       <c r="AC185" s="62"/>
       <c r="AD185" s="62"/>
       <c r="AE185" s="62"/>
       <c r="AF185" s="62"/>
       <c r="AG185" s="62"/>
       <c r="AH185" s="62"/>
       <c r="AI185" s="62"/>
       <c r="AJ185" s="62"/>
       <c r="AK185" s="62"/>
       <c r="AL185" s="62"/>
       <c r="AM185" s="62"/>
       <c r="AN185" s="62"/>
       <c r="AO185" s="62"/>
       <c r="AP185" s="62"/>
       <c r="AQ185" s="62"/>
       <c r="AR185" s="62"/>
     </row>
     <row r="186" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A186" s="240"/>
       <c r="B186" s="241"/>
       <c r="C186" s="241"/>
       <c r="D186" s="241"/>
-      <c r="E186" s="139"/>
-      <c r="F186" s="122"/>
+      <c r="E186" s="132"/>
+      <c r="F186" s="115"/>
       <c r="G186" s="51"/>
       <c r="H186" s="51"/>
       <c r="I186" s="51"/>
       <c r="J186" s="51"/>
-      <c r="K186" s="168"/>
-[...1 lines deleted...]
-      <c r="M186" s="170"/>
+      <c r="K186" s="161"/>
+      <c r="L186" s="162"/>
+      <c r="M186" s="163"/>
       <c r="N186" s="31"/>
       <c r="O186" s="32"/>
       <c r="P186" s="32"/>
-      <c r="Q186" s="134"/>
-      <c r="R186" s="118"/>
+      <c r="Q186" s="127"/>
+      <c r="R186" s="111"/>
       <c r="S186" s="33"/>
       <c r="T186" s="57"/>
       <c r="U186" s="58"/>
-      <c r="V186" s="198">
+      <c r="V186" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W186" s="197">
+      <c r="W186" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X186" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y186" s="62"/>
       <c r="Z186" s="62"/>
       <c r="AA186" s="62"/>
       <c r="AB186" s="62"/>
       <c r="AC186" s="62"/>
       <c r="AD186" s="62"/>
       <c r="AE186" s="62"/>
       <c r="AF186" s="62"/>
       <c r="AG186" s="62"/>
       <c r="AH186" s="62"/>
       <c r="AI186" s="62"/>
       <c r="AJ186" s="62"/>
       <c r="AK186" s="62"/>
       <c r="AL186" s="62"/>
       <c r="AM186" s="62"/>
       <c r="AN186" s="62"/>
       <c r="AO186" s="62"/>
       <c r="AP186" s="62"/>
       <c r="AQ186" s="62"/>
       <c r="AR186" s="62"/>
     </row>
     <row r="187" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A187" s="240"/>
       <c r="B187" s="241"/>
       <c r="C187" s="241"/>
       <c r="D187" s="241"/>
-      <c r="E187" s="139"/>
-      <c r="F187" s="122"/>
+      <c r="E187" s="132"/>
+      <c r="F187" s="115"/>
       <c r="G187" s="51"/>
       <c r="H187" s="51"/>
       <c r="I187" s="51"/>
       <c r="J187" s="51"/>
-      <c r="K187" s="168"/>
-[...1 lines deleted...]
-      <c r="M187" s="170"/>
+      <c r="K187" s="161"/>
+      <c r="L187" s="162"/>
+      <c r="M187" s="163"/>
       <c r="N187" s="31"/>
       <c r="O187" s="32"/>
       <c r="P187" s="32"/>
-      <c r="Q187" s="134"/>
-      <c r="R187" s="118"/>
+      <c r="Q187" s="127"/>
+      <c r="R187" s="111"/>
       <c r="S187" s="33"/>
       <c r="T187" s="57"/>
       <c r="U187" s="58"/>
-      <c r="V187" s="198">
+      <c r="V187" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W187" s="197">
+      <c r="W187" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X187" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y187" s="62"/>
       <c r="Z187" s="62"/>
       <c r="AA187" s="62"/>
       <c r="AB187" s="62"/>
       <c r="AC187" s="62"/>
       <c r="AD187" s="62"/>
       <c r="AE187" s="62"/>
       <c r="AF187" s="62"/>
       <c r="AG187" s="62"/>
       <c r="AH187" s="62"/>
       <c r="AI187" s="62"/>
       <c r="AJ187" s="62"/>
       <c r="AK187" s="62"/>
       <c r="AL187" s="62"/>
       <c r="AM187" s="62"/>
       <c r="AN187" s="62"/>
       <c r="AO187" s="62"/>
       <c r="AP187" s="62"/>
       <c r="AQ187" s="62"/>
       <c r="AR187" s="62"/>
     </row>
     <row r="188" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A188" s="240"/>
       <c r="B188" s="241"/>
       <c r="C188" s="241"/>
       <c r="D188" s="241"/>
-      <c r="E188" s="139"/>
-      <c r="F188" s="122"/>
+      <c r="E188" s="132"/>
+      <c r="F188" s="115"/>
       <c r="G188" s="51"/>
       <c r="H188" s="51"/>
       <c r="I188" s="51"/>
       <c r="J188" s="51"/>
-      <c r="K188" s="168"/>
-[...1 lines deleted...]
-      <c r="M188" s="170"/>
+      <c r="K188" s="161"/>
+      <c r="L188" s="162"/>
+      <c r="M188" s="163"/>
       <c r="N188" s="31"/>
       <c r="O188" s="32"/>
       <c r="P188" s="32"/>
-      <c r="Q188" s="134"/>
-      <c r="R188" s="118"/>
+      <c r="Q188" s="127"/>
+      <c r="R188" s="111"/>
       <c r="S188" s="33"/>
       <c r="T188" s="57"/>
       <c r="U188" s="58"/>
-      <c r="V188" s="198">
+      <c r="V188" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W188" s="197">
+      <c r="W188" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X188" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y188" s="62"/>
       <c r="Z188" s="62"/>
       <c r="AA188" s="62"/>
       <c r="AB188" s="62"/>
       <c r="AC188" s="62"/>
       <c r="AD188" s="62"/>
       <c r="AE188" s="62"/>
       <c r="AF188" s="62"/>
       <c r="AG188" s="62"/>
       <c r="AH188" s="62"/>
       <c r="AI188" s="62"/>
       <c r="AJ188" s="62"/>
       <c r="AK188" s="62"/>
       <c r="AL188" s="62"/>
       <c r="AM188" s="62"/>
       <c r="AN188" s="62"/>
       <c r="AO188" s="62"/>
       <c r="AP188" s="62"/>
       <c r="AQ188" s="62"/>
       <c r="AR188" s="62"/>
     </row>
     <row r="189" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A189" s="240"/>
       <c r="B189" s="241"/>
       <c r="C189" s="241"/>
       <c r="D189" s="241"/>
-      <c r="E189" s="139"/>
-      <c r="F189" s="122"/>
+      <c r="E189" s="132"/>
+      <c r="F189" s="115"/>
       <c r="G189" s="51"/>
       <c r="H189" s="51"/>
       <c r="I189" s="51"/>
       <c r="J189" s="51"/>
-      <c r="K189" s="168"/>
-[...1 lines deleted...]
-      <c r="M189" s="170"/>
+      <c r="K189" s="161"/>
+      <c r="L189" s="162"/>
+      <c r="M189" s="163"/>
       <c r="N189" s="31"/>
       <c r="O189" s="32"/>
       <c r="P189" s="32"/>
-      <c r="Q189" s="134"/>
-      <c r="R189" s="118"/>
+      <c r="Q189" s="127"/>
+      <c r="R189" s="111"/>
       <c r="S189" s="33"/>
       <c r="T189" s="57"/>
       <c r="U189" s="58"/>
-      <c r="V189" s="198">
+      <c r="V189" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W189" s="197">
+      <c r="W189" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X189" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y189" s="62"/>
       <c r="Z189" s="62"/>
       <c r="AA189" s="62"/>
       <c r="AB189" s="62"/>
       <c r="AC189" s="62"/>
       <c r="AD189" s="62"/>
       <c r="AE189" s="62"/>
       <c r="AF189" s="62"/>
       <c r="AG189" s="62"/>
       <c r="AH189" s="62"/>
       <c r="AI189" s="62"/>
       <c r="AJ189" s="62"/>
       <c r="AK189" s="62"/>
       <c r="AL189" s="62"/>
       <c r="AM189" s="62"/>
       <c r="AN189" s="62"/>
       <c r="AO189" s="62"/>
       <c r="AP189" s="62"/>
       <c r="AQ189" s="62"/>
       <c r="AR189" s="62"/>
     </row>
     <row r="190" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A190" s="240"/>
       <c r="B190" s="241"/>
       <c r="C190" s="241"/>
       <c r="D190" s="241"/>
-      <c r="E190" s="139"/>
-      <c r="F190" s="122"/>
+      <c r="E190" s="132"/>
+      <c r="F190" s="115"/>
       <c r="G190" s="51"/>
       <c r="H190" s="51"/>
       <c r="I190" s="51"/>
       <c r="J190" s="51"/>
-      <c r="K190" s="168"/>
-[...1 lines deleted...]
-      <c r="M190" s="170"/>
+      <c r="K190" s="161"/>
+      <c r="L190" s="162"/>
+      <c r="M190" s="163"/>
       <c r="N190" s="31"/>
       <c r="O190" s="32"/>
       <c r="P190" s="32"/>
-      <c r="Q190" s="134"/>
-      <c r="R190" s="118"/>
+      <c r="Q190" s="127"/>
+      <c r="R190" s="111"/>
       <c r="S190" s="33"/>
       <c r="T190" s="57"/>
       <c r="U190" s="58"/>
-      <c r="V190" s="198">
+      <c r="V190" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W190" s="197">
+      <c r="W190" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X190" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y190" s="62"/>
       <c r="Z190" s="62"/>
       <c r="AA190" s="62"/>
       <c r="AB190" s="62"/>
       <c r="AC190" s="62"/>
       <c r="AD190" s="62"/>
       <c r="AE190" s="62"/>
       <c r="AF190" s="62"/>
       <c r="AG190" s="62"/>
       <c r="AH190" s="62"/>
       <c r="AI190" s="62"/>
       <c r="AJ190" s="62"/>
       <c r="AK190" s="62"/>
       <c r="AL190" s="62"/>
       <c r="AM190" s="62"/>
       <c r="AN190" s="62"/>
       <c r="AO190" s="62"/>
       <c r="AP190" s="62"/>
       <c r="AQ190" s="62"/>
       <c r="AR190" s="62"/>
     </row>
     <row r="191" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A191" s="240"/>
       <c r="B191" s="241"/>
       <c r="C191" s="241"/>
       <c r="D191" s="241"/>
-      <c r="E191" s="139"/>
-      <c r="F191" s="122"/>
+      <c r="E191" s="132"/>
+      <c r="F191" s="115"/>
       <c r="G191" s="51"/>
       <c r="H191" s="51"/>
       <c r="I191" s="51"/>
       <c r="J191" s="51"/>
-      <c r="K191" s="168"/>
-[...1 lines deleted...]
-      <c r="M191" s="170"/>
+      <c r="K191" s="161"/>
+      <c r="L191" s="162"/>
+      <c r="M191" s="163"/>
       <c r="N191" s="31"/>
       <c r="O191" s="32"/>
       <c r="P191" s="32"/>
-      <c r="Q191" s="134"/>
-      <c r="R191" s="118"/>
+      <c r="Q191" s="127"/>
+      <c r="R191" s="111"/>
       <c r="S191" s="33"/>
       <c r="T191" s="57"/>
       <c r="U191" s="58"/>
-      <c r="V191" s="198">
+      <c r="V191" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W191" s="197">
+      <c r="W191" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X191" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y191" s="62"/>
       <c r="Z191" s="62"/>
       <c r="AA191" s="62"/>
       <c r="AB191" s="62"/>
       <c r="AC191" s="62"/>
       <c r="AD191" s="62"/>
       <c r="AE191" s="62"/>
       <c r="AF191" s="62"/>
       <c r="AG191" s="62"/>
       <c r="AH191" s="62"/>
       <c r="AI191" s="62"/>
       <c r="AJ191" s="62"/>
       <c r="AK191" s="62"/>
       <c r="AL191" s="62"/>
       <c r="AM191" s="62"/>
       <c r="AN191" s="62"/>
       <c r="AO191" s="62"/>
       <c r="AP191" s="62"/>
       <c r="AQ191" s="62"/>
       <c r="AR191" s="62"/>
     </row>
     <row r="192" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A192" s="240"/>
       <c r="B192" s="241"/>
       <c r="C192" s="241"/>
       <c r="D192" s="241"/>
-      <c r="E192" s="139"/>
-      <c r="F192" s="122"/>
+      <c r="E192" s="132"/>
+      <c r="F192" s="115"/>
       <c r="G192" s="51"/>
       <c r="H192" s="51"/>
       <c r="I192" s="51"/>
       <c r="J192" s="51"/>
-      <c r="K192" s="168"/>
-[...1 lines deleted...]
-      <c r="M192" s="170"/>
+      <c r="K192" s="161"/>
+      <c r="L192" s="162"/>
+      <c r="M192" s="163"/>
       <c r="N192" s="31"/>
       <c r="O192" s="32"/>
       <c r="P192" s="32"/>
-      <c r="Q192" s="134"/>
-      <c r="R192" s="118"/>
+      <c r="Q192" s="127"/>
+      <c r="R192" s="111"/>
       <c r="S192" s="33"/>
       <c r="T192" s="57"/>
       <c r="U192" s="58"/>
-      <c r="V192" s="198">
+      <c r="V192" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W192" s="197">
+      <c r="W192" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X192" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y192" s="62"/>
       <c r="Z192" s="62"/>
       <c r="AA192" s="62"/>
       <c r="AB192" s="62"/>
       <c r="AC192" s="62"/>
       <c r="AD192" s="62"/>
       <c r="AE192" s="62"/>
       <c r="AF192" s="62"/>
       <c r="AG192" s="62"/>
       <c r="AH192" s="62"/>
       <c r="AI192" s="62"/>
       <c r="AJ192" s="62"/>
       <c r="AK192" s="62"/>
       <c r="AL192" s="62"/>
       <c r="AM192" s="62"/>
       <c r="AN192" s="62"/>
       <c r="AO192" s="62"/>
       <c r="AP192" s="62"/>
       <c r="AQ192" s="62"/>
       <c r="AR192" s="62"/>
     </row>
     <row r="193" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A193" s="240"/>
       <c r="B193" s="241"/>
       <c r="C193" s="241"/>
       <c r="D193" s="241"/>
-      <c r="E193" s="139"/>
-      <c r="F193" s="122"/>
+      <c r="E193" s="132"/>
+      <c r="F193" s="115"/>
       <c r="G193" s="51"/>
       <c r="H193" s="51"/>
       <c r="I193" s="51"/>
       <c r="J193" s="51"/>
-      <c r="K193" s="168"/>
-[...1 lines deleted...]
-      <c r="M193" s="170"/>
+      <c r="K193" s="161"/>
+      <c r="L193" s="162"/>
+      <c r="M193" s="163"/>
       <c r="N193" s="31"/>
       <c r="O193" s="32"/>
       <c r="P193" s="32"/>
-      <c r="Q193" s="134"/>
-      <c r="R193" s="118"/>
+      <c r="Q193" s="127"/>
+      <c r="R193" s="111"/>
       <c r="S193" s="33"/>
       <c r="T193" s="57"/>
       <c r="U193" s="58"/>
-      <c r="V193" s="198">
+      <c r="V193" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W193" s="197">
+      <c r="W193" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X193" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y193" s="62"/>
       <c r="Z193" s="62"/>
       <c r="AA193" s="62"/>
       <c r="AB193" s="62"/>
       <c r="AC193" s="62"/>
       <c r="AD193" s="62"/>
       <c r="AE193" s="62"/>
       <c r="AF193" s="62"/>
       <c r="AG193" s="62"/>
       <c r="AH193" s="62"/>
       <c r="AI193" s="62"/>
       <c r="AJ193" s="62"/>
       <c r="AK193" s="62"/>
       <c r="AL193" s="62"/>
       <c r="AM193" s="62"/>
       <c r="AN193" s="62"/>
       <c r="AO193" s="62"/>
       <c r="AP193" s="62"/>
       <c r="AQ193" s="62"/>
       <c r="AR193" s="62"/>
     </row>
     <row r="194" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A194" s="240"/>
       <c r="B194" s="241"/>
       <c r="C194" s="241"/>
       <c r="D194" s="241"/>
-      <c r="E194" s="139"/>
-      <c r="F194" s="122"/>
+      <c r="E194" s="132"/>
+      <c r="F194" s="115"/>
       <c r="G194" s="51"/>
       <c r="H194" s="51"/>
       <c r="I194" s="51"/>
       <c r="J194" s="51"/>
-      <c r="K194" s="168"/>
-[...1 lines deleted...]
-      <c r="M194" s="170"/>
+      <c r="K194" s="161"/>
+      <c r="L194" s="162"/>
+      <c r="M194" s="163"/>
       <c r="N194" s="31"/>
       <c r="O194" s="32"/>
       <c r="P194" s="32"/>
-      <c r="Q194" s="134"/>
-      <c r="R194" s="118"/>
+      <c r="Q194" s="127"/>
+      <c r="R194" s="111"/>
       <c r="S194" s="33"/>
       <c r="T194" s="57"/>
       <c r="U194" s="58"/>
-      <c r="V194" s="198">
+      <c r="V194" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W194" s="197">
+      <c r="W194" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X194" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y194" s="62"/>
       <c r="Z194" s="62"/>
       <c r="AA194" s="62"/>
       <c r="AB194" s="62"/>
       <c r="AC194" s="62"/>
       <c r="AD194" s="62"/>
       <c r="AE194" s="62"/>
       <c r="AF194" s="62"/>
       <c r="AG194" s="62"/>
       <c r="AH194" s="62"/>
       <c r="AI194" s="62"/>
       <c r="AJ194" s="62"/>
       <c r="AK194" s="62"/>
       <c r="AL194" s="62"/>
       <c r="AM194" s="62"/>
       <c r="AN194" s="62"/>
       <c r="AO194" s="62"/>
       <c r="AP194" s="62"/>
       <c r="AQ194" s="62"/>
       <c r="AR194" s="62"/>
     </row>
     <row r="195" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A195" s="240"/>
       <c r="B195" s="241"/>
       <c r="C195" s="241"/>
       <c r="D195" s="241"/>
-      <c r="E195" s="139"/>
-      <c r="F195" s="122"/>
+      <c r="E195" s="132"/>
+      <c r="F195" s="115"/>
       <c r="G195" s="51"/>
       <c r="H195" s="51"/>
       <c r="I195" s="51"/>
       <c r="J195" s="51"/>
-      <c r="K195" s="168"/>
-[...1 lines deleted...]
-      <c r="M195" s="170"/>
+      <c r="K195" s="161"/>
+      <c r="L195" s="162"/>
+      <c r="M195" s="163"/>
       <c r="N195" s="31"/>
       <c r="O195" s="32"/>
       <c r="P195" s="32"/>
-      <c r="Q195" s="134"/>
-      <c r="R195" s="118"/>
+      <c r="Q195" s="127"/>
+      <c r="R195" s="111"/>
       <c r="S195" s="33"/>
       <c r="T195" s="57"/>
       <c r="U195" s="58"/>
-      <c r="V195" s="198">
+      <c r="V195" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W195" s="197">
+      <c r="W195" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X195" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y195" s="62"/>
       <c r="Z195" s="62"/>
       <c r="AA195" s="62"/>
       <c r="AB195" s="62"/>
       <c r="AC195" s="62"/>
       <c r="AD195" s="62"/>
       <c r="AE195" s="62"/>
       <c r="AF195" s="62"/>
       <c r="AG195" s="62"/>
       <c r="AH195" s="62"/>
       <c r="AI195" s="62"/>
       <c r="AJ195" s="62"/>
       <c r="AK195" s="62"/>
       <c r="AL195" s="62"/>
       <c r="AM195" s="62"/>
       <c r="AN195" s="62"/>
       <c r="AO195" s="62"/>
       <c r="AP195" s="62"/>
       <c r="AQ195" s="62"/>
       <c r="AR195" s="62"/>
     </row>
     <row r="196" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A196" s="240"/>
       <c r="B196" s="241"/>
       <c r="C196" s="241"/>
       <c r="D196" s="241"/>
-      <c r="E196" s="139"/>
-      <c r="F196" s="122"/>
+      <c r="E196" s="132"/>
+      <c r="F196" s="115"/>
       <c r="G196" s="51"/>
       <c r="H196" s="51"/>
       <c r="I196" s="51"/>
       <c r="J196" s="51"/>
-      <c r="K196" s="168"/>
-[...1 lines deleted...]
-      <c r="M196" s="170"/>
+      <c r="K196" s="161"/>
+      <c r="L196" s="162"/>
+      <c r="M196" s="163"/>
       <c r="N196" s="31"/>
       <c r="O196" s="32"/>
       <c r="P196" s="32"/>
-      <c r="Q196" s="134"/>
-      <c r="R196" s="118"/>
+      <c r="Q196" s="127"/>
+      <c r="R196" s="111"/>
       <c r="S196" s="33"/>
       <c r="T196" s="57"/>
       <c r="U196" s="58"/>
-      <c r="V196" s="198">
+      <c r="V196" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W196" s="197">
+      <c r="W196" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X196" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y196" s="62"/>
       <c r="Z196" s="62"/>
       <c r="AA196" s="62"/>
       <c r="AB196" s="62"/>
       <c r="AC196" s="62"/>
       <c r="AD196" s="62"/>
       <c r="AE196" s="62"/>
       <c r="AF196" s="62"/>
       <c r="AG196" s="62"/>
       <c r="AH196" s="62"/>
       <c r="AI196" s="62"/>
       <c r="AJ196" s="62"/>
       <c r="AK196" s="62"/>
       <c r="AL196" s="62"/>
       <c r="AM196" s="62"/>
       <c r="AN196" s="62"/>
       <c r="AO196" s="62"/>
       <c r="AP196" s="62"/>
       <c r="AQ196" s="62"/>
       <c r="AR196" s="62"/>
     </row>
     <row r="197" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A197" s="240"/>
       <c r="B197" s="241"/>
       <c r="C197" s="241"/>
       <c r="D197" s="241"/>
-      <c r="E197" s="139"/>
-      <c r="F197" s="122"/>
+      <c r="E197" s="132"/>
+      <c r="F197" s="115"/>
       <c r="G197" s="51"/>
       <c r="H197" s="51"/>
       <c r="I197" s="51"/>
       <c r="J197" s="51"/>
-      <c r="K197" s="168"/>
-[...1 lines deleted...]
-      <c r="M197" s="170"/>
+      <c r="K197" s="161"/>
+      <c r="L197" s="162"/>
+      <c r="M197" s="163"/>
       <c r="N197" s="31"/>
       <c r="O197" s="32"/>
       <c r="P197" s="32"/>
-      <c r="Q197" s="134"/>
-      <c r="R197" s="118"/>
+      <c r="Q197" s="127"/>
+      <c r="R197" s="111"/>
       <c r="S197" s="33"/>
       <c r="T197" s="57"/>
       <c r="U197" s="58"/>
-      <c r="V197" s="198">
+      <c r="V197" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W197" s="197">
+      <c r="W197" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X197" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y197" s="62"/>
       <c r="Z197" s="62"/>
       <c r="AA197" s="62"/>
       <c r="AB197" s="62"/>
       <c r="AC197" s="62"/>
       <c r="AD197" s="62"/>
       <c r="AE197" s="62"/>
       <c r="AF197" s="62"/>
       <c r="AG197" s="62"/>
       <c r="AH197" s="62"/>
       <c r="AI197" s="62"/>
       <c r="AJ197" s="62"/>
       <c r="AK197" s="62"/>
       <c r="AL197" s="62"/>
       <c r="AM197" s="62"/>
       <c r="AN197" s="62"/>
       <c r="AO197" s="62"/>
       <c r="AP197" s="62"/>
       <c r="AQ197" s="62"/>
       <c r="AR197" s="62"/>
     </row>
     <row r="198" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A198" s="240"/>
       <c r="B198" s="241"/>
       <c r="C198" s="241"/>
       <c r="D198" s="241"/>
-      <c r="E198" s="139"/>
-      <c r="F198" s="122"/>
+      <c r="E198" s="132"/>
+      <c r="F198" s="115"/>
       <c r="G198" s="51"/>
       <c r="H198" s="51"/>
       <c r="I198" s="51"/>
       <c r="J198" s="51"/>
-      <c r="K198" s="168"/>
-[...1 lines deleted...]
-      <c r="M198" s="170"/>
+      <c r="K198" s="161"/>
+      <c r="L198" s="162"/>
+      <c r="M198" s="163"/>
       <c r="N198" s="31"/>
       <c r="O198" s="32"/>
       <c r="P198" s="32"/>
-      <c r="Q198" s="134"/>
-      <c r="R198" s="118"/>
+      <c r="Q198" s="127"/>
+      <c r="R198" s="111"/>
       <c r="S198" s="33"/>
       <c r="T198" s="57"/>
       <c r="U198" s="58"/>
-      <c r="V198" s="198">
+      <c r="V198" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W198" s="197">
+      <c r="W198" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X198" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y198" s="62"/>
       <c r="Z198" s="62"/>
       <c r="AA198" s="62"/>
       <c r="AB198" s="62"/>
       <c r="AC198" s="62"/>
       <c r="AD198" s="62"/>
       <c r="AE198" s="62"/>
       <c r="AF198" s="62"/>
       <c r="AG198" s="62"/>
       <c r="AH198" s="62"/>
       <c r="AI198" s="62"/>
       <c r="AJ198" s="62"/>
       <c r="AK198" s="62"/>
       <c r="AL198" s="62"/>
       <c r="AM198" s="62"/>
       <c r="AN198" s="62"/>
       <c r="AO198" s="62"/>
       <c r="AP198" s="62"/>
       <c r="AQ198" s="62"/>
       <c r="AR198" s="62"/>
     </row>
     <row r="199" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A199" s="240"/>
       <c r="B199" s="241"/>
       <c r="C199" s="241"/>
       <c r="D199" s="241"/>
-      <c r="E199" s="139"/>
-      <c r="F199" s="122"/>
+      <c r="E199" s="132"/>
+      <c r="F199" s="115"/>
       <c r="G199" s="51"/>
       <c r="H199" s="51"/>
       <c r="I199" s="51"/>
       <c r="J199" s="51"/>
-      <c r="K199" s="168"/>
-[...1 lines deleted...]
-      <c r="M199" s="170"/>
+      <c r="K199" s="161"/>
+      <c r="L199" s="162"/>
+      <c r="M199" s="163"/>
       <c r="N199" s="31"/>
       <c r="O199" s="32"/>
       <c r="P199" s="32"/>
-      <c r="Q199" s="134"/>
-      <c r="R199" s="118"/>
+      <c r="Q199" s="127"/>
+      <c r="R199" s="111"/>
       <c r="S199" s="33"/>
       <c r="T199" s="57"/>
       <c r="U199" s="58"/>
-      <c r="V199" s="198">
+      <c r="V199" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W199" s="197">
+      <c r="W199" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X199" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y199" s="62"/>
       <c r="Z199" s="62"/>
       <c r="AA199" s="62"/>
       <c r="AB199" s="62"/>
       <c r="AC199" s="62"/>
       <c r="AD199" s="62"/>
       <c r="AE199" s="62"/>
       <c r="AF199" s="62"/>
       <c r="AG199" s="62"/>
       <c r="AH199" s="62"/>
       <c r="AI199" s="62"/>
       <c r="AJ199" s="62"/>
       <c r="AK199" s="62"/>
       <c r="AL199" s="62"/>
       <c r="AM199" s="62"/>
       <c r="AN199" s="62"/>
       <c r="AO199" s="62"/>
       <c r="AP199" s="62"/>
       <c r="AQ199" s="62"/>
       <c r="AR199" s="62"/>
     </row>
     <row r="200" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A200" s="240"/>
       <c r="B200" s="241"/>
       <c r="C200" s="241"/>
       <c r="D200" s="241"/>
-      <c r="E200" s="139"/>
-      <c r="F200" s="122"/>
+      <c r="E200" s="132"/>
+      <c r="F200" s="115"/>
       <c r="G200" s="51"/>
       <c r="H200" s="51"/>
       <c r="I200" s="51"/>
       <c r="J200" s="51"/>
-      <c r="K200" s="168"/>
-[...1 lines deleted...]
-      <c r="M200" s="170"/>
+      <c r="K200" s="161"/>
+      <c r="L200" s="162"/>
+      <c r="M200" s="163"/>
       <c r="N200" s="31"/>
       <c r="O200" s="32"/>
       <c r="P200" s="32"/>
-      <c r="Q200" s="134"/>
-      <c r="R200" s="118"/>
+      <c r="Q200" s="127"/>
+      <c r="R200" s="111"/>
       <c r="S200" s="33"/>
       <c r="T200" s="57"/>
       <c r="U200" s="58"/>
-      <c r="V200" s="198">
+      <c r="V200" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W200" s="197">
+      <c r="W200" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X200" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y200" s="62"/>
       <c r="Z200" s="62"/>
       <c r="AA200" s="62"/>
       <c r="AB200" s="62"/>
       <c r="AC200" s="62"/>
       <c r="AD200" s="62"/>
       <c r="AE200" s="62"/>
       <c r="AF200" s="62"/>
       <c r="AG200" s="62"/>
       <c r="AH200" s="62"/>
       <c r="AI200" s="62"/>
       <c r="AJ200" s="62"/>
       <c r="AK200" s="62"/>
       <c r="AL200" s="62"/>
       <c r="AM200" s="62"/>
       <c r="AN200" s="62"/>
       <c r="AO200" s="62"/>
       <c r="AP200" s="62"/>
       <c r="AQ200" s="62"/>
       <c r="AR200" s="62"/>
     </row>
     <row r="201" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A201" s="240"/>
       <c r="B201" s="241"/>
       <c r="C201" s="241"/>
       <c r="D201" s="241"/>
-      <c r="E201" s="139"/>
-      <c r="F201" s="122"/>
+      <c r="E201" s="132"/>
+      <c r="F201" s="115"/>
       <c r="G201" s="51"/>
       <c r="H201" s="51"/>
       <c r="I201" s="51"/>
       <c r="J201" s="51"/>
-      <c r="K201" s="168"/>
-[...1 lines deleted...]
-      <c r="M201" s="170"/>
+      <c r="K201" s="161"/>
+      <c r="L201" s="162"/>
+      <c r="M201" s="163"/>
       <c r="N201" s="31"/>
       <c r="O201" s="32"/>
       <c r="P201" s="32"/>
-      <c r="Q201" s="134"/>
-      <c r="R201" s="118"/>
+      <c r="Q201" s="127"/>
+      <c r="R201" s="111"/>
       <c r="S201" s="33"/>
       <c r="T201" s="57"/>
       <c r="U201" s="58"/>
-      <c r="V201" s="198">
+      <c r="V201" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W201" s="197">
+      <c r="W201" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X201" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y201" s="62"/>
       <c r="Z201" s="62"/>
       <c r="AA201" s="62"/>
       <c r="AB201" s="62"/>
       <c r="AC201" s="62"/>
       <c r="AD201" s="62"/>
       <c r="AE201" s="62"/>
       <c r="AF201" s="62"/>
       <c r="AG201" s="62"/>
       <c r="AH201" s="62"/>
       <c r="AI201" s="62"/>
       <c r="AJ201" s="62"/>
       <c r="AK201" s="62"/>
       <c r="AL201" s="62"/>
       <c r="AM201" s="62"/>
       <c r="AN201" s="62"/>
       <c r="AO201" s="62"/>
       <c r="AP201" s="62"/>
       <c r="AQ201" s="62"/>
       <c r="AR201" s="62"/>
     </row>
     <row r="202" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A202" s="240"/>
       <c r="B202" s="241"/>
       <c r="C202" s="241"/>
       <c r="D202" s="241"/>
-      <c r="E202" s="139"/>
-      <c r="F202" s="122"/>
+      <c r="E202" s="132"/>
+      <c r="F202" s="115"/>
       <c r="G202" s="51"/>
       <c r="H202" s="51"/>
       <c r="I202" s="51"/>
       <c r="J202" s="51"/>
-      <c r="K202" s="168"/>
-[...1 lines deleted...]
-      <c r="M202" s="170"/>
+      <c r="K202" s="161"/>
+      <c r="L202" s="162"/>
+      <c r="M202" s="163"/>
       <c r="N202" s="31"/>
       <c r="O202" s="32"/>
       <c r="P202" s="32"/>
-      <c r="Q202" s="134"/>
-      <c r="R202" s="118"/>
+      <c r="Q202" s="127"/>
+      <c r="R202" s="111"/>
       <c r="S202" s="33"/>
       <c r="T202" s="57"/>
       <c r="U202" s="58"/>
-      <c r="V202" s="198">
+      <c r="V202" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W202" s="197">
+      <c r="W202" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X202" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y202" s="62"/>
       <c r="Z202" s="62"/>
       <c r="AA202" s="62"/>
       <c r="AB202" s="62"/>
       <c r="AC202" s="62"/>
       <c r="AD202" s="62"/>
       <c r="AE202" s="62"/>
       <c r="AF202" s="62"/>
       <c r="AG202" s="62"/>
       <c r="AH202" s="62"/>
       <c r="AI202" s="62"/>
       <c r="AJ202" s="62"/>
       <c r="AK202" s="62"/>
       <c r="AL202" s="62"/>
       <c r="AM202" s="62"/>
       <c r="AN202" s="62"/>
       <c r="AO202" s="62"/>
       <c r="AP202" s="62"/>
       <c r="AQ202" s="62"/>
       <c r="AR202" s="62"/>
     </row>
     <row r="203" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A203" s="240"/>
       <c r="B203" s="241"/>
       <c r="C203" s="241"/>
       <c r="D203" s="241"/>
-      <c r="E203" s="139"/>
-      <c r="F203" s="122"/>
+      <c r="E203" s="132"/>
+      <c r="F203" s="115"/>
       <c r="G203" s="51"/>
       <c r="H203" s="51"/>
       <c r="I203" s="51"/>
       <c r="J203" s="51"/>
-      <c r="K203" s="168"/>
-[...1 lines deleted...]
-      <c r="M203" s="170"/>
+      <c r="K203" s="161"/>
+      <c r="L203" s="162"/>
+      <c r="M203" s="163"/>
       <c r="N203" s="31"/>
       <c r="O203" s="32"/>
       <c r="P203" s="32"/>
-      <c r="Q203" s="134"/>
-      <c r="R203" s="118"/>
+      <c r="Q203" s="127"/>
+      <c r="R203" s="111"/>
       <c r="S203" s="33"/>
       <c r="T203" s="57"/>
       <c r="U203" s="58"/>
-      <c r="V203" s="198">
+      <c r="V203" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W203" s="197">
+      <c r="W203" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X203" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y203" s="62"/>
       <c r="Z203" s="62"/>
       <c r="AA203" s="62"/>
       <c r="AB203" s="62"/>
       <c r="AC203" s="62"/>
       <c r="AD203" s="62"/>
       <c r="AE203" s="62"/>
       <c r="AF203" s="62"/>
       <c r="AG203" s="62"/>
       <c r="AH203" s="62"/>
       <c r="AI203" s="62"/>
       <c r="AJ203" s="62"/>
       <c r="AK203" s="62"/>
       <c r="AL203" s="62"/>
       <c r="AM203" s="62"/>
       <c r="AN203" s="62"/>
       <c r="AO203" s="62"/>
       <c r="AP203" s="62"/>
       <c r="AQ203" s="62"/>
       <c r="AR203" s="62"/>
     </row>
     <row r="204" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A204" s="240"/>
       <c r="B204" s="241"/>
       <c r="C204" s="241"/>
       <c r="D204" s="241"/>
-      <c r="E204" s="139"/>
-      <c r="F204" s="122"/>
+      <c r="E204" s="132"/>
+      <c r="F204" s="115"/>
       <c r="G204" s="51"/>
       <c r="H204" s="51"/>
       <c r="I204" s="51"/>
       <c r="J204" s="51"/>
-      <c r="K204" s="168"/>
-[...1 lines deleted...]
-      <c r="M204" s="170"/>
+      <c r="K204" s="161"/>
+      <c r="L204" s="162"/>
+      <c r="M204" s="163"/>
       <c r="N204" s="31"/>
       <c r="O204" s="32"/>
       <c r="P204" s="32"/>
-      <c r="Q204" s="134"/>
-      <c r="R204" s="118"/>
+      <c r="Q204" s="127"/>
+      <c r="R204" s="111"/>
       <c r="S204" s="33"/>
       <c r="T204" s="57"/>
       <c r="U204" s="58"/>
-      <c r="V204" s="198">
+      <c r="V204" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W204" s="197">
+      <c r="W204" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X204" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y204" s="62"/>
       <c r="Z204" s="62"/>
       <c r="AA204" s="62"/>
       <c r="AB204" s="62"/>
       <c r="AC204" s="62"/>
       <c r="AD204" s="62"/>
       <c r="AE204" s="62"/>
       <c r="AF204" s="62"/>
       <c r="AG204" s="62"/>
       <c r="AH204" s="62"/>
       <c r="AI204" s="62"/>
       <c r="AJ204" s="62"/>
       <c r="AK204" s="62"/>
       <c r="AL204" s="62"/>
       <c r="AM204" s="62"/>
       <c r="AN204" s="62"/>
       <c r="AO204" s="62"/>
       <c r="AP204" s="62"/>
       <c r="AQ204" s="62"/>
       <c r="AR204" s="62"/>
     </row>
     <row r="205" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A205" s="240"/>
       <c r="B205" s="241"/>
       <c r="C205" s="241"/>
       <c r="D205" s="241"/>
-      <c r="E205" s="139"/>
-      <c r="F205" s="122"/>
+      <c r="E205" s="132"/>
+      <c r="F205" s="115"/>
       <c r="G205" s="51"/>
       <c r="H205" s="51"/>
       <c r="I205" s="51"/>
       <c r="J205" s="51"/>
-      <c r="K205" s="168"/>
-[...1 lines deleted...]
-      <c r="M205" s="170"/>
+      <c r="K205" s="161"/>
+      <c r="L205" s="162"/>
+      <c r="M205" s="163"/>
       <c r="N205" s="31"/>
       <c r="O205" s="32"/>
       <c r="P205" s="32"/>
-      <c r="Q205" s="134"/>
-      <c r="R205" s="118"/>
+      <c r="Q205" s="127"/>
+      <c r="R205" s="111"/>
       <c r="S205" s="33"/>
       <c r="T205" s="57"/>
       <c r="U205" s="58"/>
-      <c r="V205" s="198">
+      <c r="V205" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W205" s="197">
+      <c r="W205" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X205" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y205" s="62"/>
       <c r="Z205" s="62"/>
       <c r="AA205" s="62"/>
       <c r="AB205" s="62"/>
       <c r="AC205" s="62"/>
       <c r="AD205" s="62"/>
       <c r="AE205" s="62"/>
       <c r="AF205" s="62"/>
       <c r="AG205" s="62"/>
       <c r="AH205" s="62"/>
       <c r="AI205" s="62"/>
       <c r="AJ205" s="62"/>
       <c r="AK205" s="62"/>
       <c r="AL205" s="62"/>
       <c r="AM205" s="62"/>
       <c r="AN205" s="62"/>
       <c r="AO205" s="62"/>
       <c r="AP205" s="62"/>
       <c r="AQ205" s="62"/>
       <c r="AR205" s="62"/>
     </row>
     <row r="206" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A206" s="240"/>
       <c r="B206" s="241"/>
       <c r="C206" s="241"/>
       <c r="D206" s="241"/>
-      <c r="E206" s="139"/>
-      <c r="F206" s="122"/>
+      <c r="E206" s="132"/>
+      <c r="F206" s="115"/>
       <c r="G206" s="51"/>
       <c r="H206" s="51"/>
       <c r="I206" s="51"/>
       <c r="J206" s="51"/>
-      <c r="K206" s="168"/>
-[...1 lines deleted...]
-      <c r="M206" s="170"/>
+      <c r="K206" s="161"/>
+      <c r="L206" s="162"/>
+      <c r="M206" s="163"/>
       <c r="N206" s="31"/>
       <c r="O206" s="32"/>
       <c r="P206" s="32"/>
-      <c r="Q206" s="134"/>
-      <c r="R206" s="118"/>
+      <c r="Q206" s="127"/>
+      <c r="R206" s="111"/>
       <c r="S206" s="33"/>
       <c r="T206" s="57"/>
       <c r="U206" s="58"/>
-      <c r="V206" s="198">
+      <c r="V206" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W206" s="197">
+      <c r="W206" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X206" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y206" s="62"/>
       <c r="Z206" s="62"/>
       <c r="AA206" s="62"/>
       <c r="AB206" s="62"/>
       <c r="AC206" s="62"/>
       <c r="AD206" s="62"/>
       <c r="AE206" s="62"/>
       <c r="AF206" s="62"/>
       <c r="AG206" s="62"/>
       <c r="AH206" s="62"/>
       <c r="AI206" s="62"/>
       <c r="AJ206" s="62"/>
       <c r="AK206" s="62"/>
       <c r="AL206" s="62"/>
       <c r="AM206" s="62"/>
       <c r="AN206" s="62"/>
       <c r="AO206" s="62"/>
       <c r="AP206" s="62"/>
       <c r="AQ206" s="62"/>
       <c r="AR206" s="62"/>
     </row>
     <row r="207" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A207" s="240"/>
       <c r="B207" s="241"/>
       <c r="C207" s="241"/>
       <c r="D207" s="241"/>
-      <c r="E207" s="139"/>
-      <c r="F207" s="122"/>
+      <c r="E207" s="132"/>
+      <c r="F207" s="115"/>
       <c r="G207" s="51"/>
       <c r="H207" s="51"/>
       <c r="I207" s="51"/>
       <c r="J207" s="51"/>
-      <c r="K207" s="168"/>
-[...1 lines deleted...]
-      <c r="M207" s="170"/>
+      <c r="K207" s="161"/>
+      <c r="L207" s="162"/>
+      <c r="M207" s="163"/>
       <c r="N207" s="31"/>
       <c r="O207" s="32"/>
       <c r="P207" s="32"/>
-      <c r="Q207" s="134"/>
-      <c r="R207" s="118"/>
+      <c r="Q207" s="127"/>
+      <c r="R207" s="111"/>
       <c r="S207" s="33"/>
       <c r="T207" s="57"/>
       <c r="U207" s="58"/>
-      <c r="V207" s="198">
+      <c r="V207" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W207" s="197">
+      <c r="W207" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X207" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y207" s="62"/>
       <c r="Z207" s="62"/>
       <c r="AA207" s="62"/>
       <c r="AB207" s="62"/>
       <c r="AC207" s="62"/>
       <c r="AD207" s="62"/>
       <c r="AE207" s="62"/>
       <c r="AF207" s="62"/>
       <c r="AG207" s="62"/>
       <c r="AH207" s="62"/>
       <c r="AI207" s="62"/>
       <c r="AJ207" s="62"/>
       <c r="AK207" s="62"/>
       <c r="AL207" s="62"/>
       <c r="AM207" s="62"/>
       <c r="AN207" s="62"/>
       <c r="AO207" s="62"/>
       <c r="AP207" s="62"/>
       <c r="AQ207" s="62"/>
       <c r="AR207" s="62"/>
     </row>
     <row r="208" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A208" s="240"/>
       <c r="B208" s="241"/>
       <c r="C208" s="241"/>
       <c r="D208" s="241"/>
-      <c r="E208" s="139"/>
-      <c r="F208" s="122"/>
+      <c r="E208" s="132"/>
+      <c r="F208" s="115"/>
       <c r="G208" s="51"/>
       <c r="H208" s="51"/>
       <c r="I208" s="51"/>
       <c r="J208" s="51"/>
-      <c r="K208" s="168"/>
-[...1 lines deleted...]
-      <c r="M208" s="170"/>
+      <c r="K208" s="161"/>
+      <c r="L208" s="162"/>
+      <c r="M208" s="163"/>
       <c r="N208" s="31"/>
       <c r="O208" s="32"/>
       <c r="P208" s="32"/>
-      <c r="Q208" s="134"/>
-      <c r="R208" s="118"/>
+      <c r="Q208" s="127"/>
+      <c r="R208" s="111"/>
       <c r="S208" s="33"/>
       <c r="T208" s="57"/>
       <c r="U208" s="58"/>
-      <c r="V208" s="198">
+      <c r="V208" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W208" s="197">
+      <c r="W208" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X208" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y208" s="62"/>
       <c r="Z208" s="62"/>
       <c r="AA208" s="62"/>
       <c r="AB208" s="62"/>
       <c r="AC208" s="62"/>
       <c r="AD208" s="62"/>
       <c r="AE208" s="62"/>
       <c r="AF208" s="62"/>
       <c r="AG208" s="62"/>
       <c r="AH208" s="62"/>
       <c r="AI208" s="62"/>
       <c r="AJ208" s="62"/>
       <c r="AK208" s="62"/>
       <c r="AL208" s="62"/>
       <c r="AM208" s="62"/>
       <c r="AN208" s="62"/>
       <c r="AO208" s="62"/>
       <c r="AP208" s="62"/>
       <c r="AQ208" s="62"/>
       <c r="AR208" s="62"/>
     </row>
     <row r="209" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A209" s="240"/>
       <c r="B209" s="241"/>
       <c r="C209" s="241"/>
       <c r="D209" s="241"/>
-      <c r="E209" s="139"/>
-      <c r="F209" s="122"/>
+      <c r="E209" s="132"/>
+      <c r="F209" s="115"/>
       <c r="G209" s="51"/>
       <c r="H209" s="51"/>
       <c r="I209" s="51"/>
       <c r="J209" s="51"/>
-      <c r="K209" s="168"/>
-[...1 lines deleted...]
-      <c r="M209" s="170"/>
+      <c r="K209" s="161"/>
+      <c r="L209" s="162"/>
+      <c r="M209" s="163"/>
       <c r="N209" s="31"/>
       <c r="O209" s="32"/>
       <c r="P209" s="32"/>
-      <c r="Q209" s="134"/>
-      <c r="R209" s="118"/>
+      <c r="Q209" s="127"/>
+      <c r="R209" s="111"/>
       <c r="S209" s="33"/>
       <c r="T209" s="57"/>
       <c r="U209" s="58"/>
-      <c r="V209" s="198">
+      <c r="V209" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W209" s="197">
+      <c r="W209" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X209" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y209" s="62"/>
       <c r="Z209" s="62"/>
       <c r="AA209" s="62"/>
       <c r="AB209" s="62"/>
       <c r="AC209" s="62"/>
       <c r="AD209" s="62"/>
       <c r="AE209" s="62"/>
       <c r="AF209" s="62"/>
       <c r="AG209" s="62"/>
       <c r="AH209" s="62"/>
       <c r="AI209" s="62"/>
       <c r="AJ209" s="62"/>
       <c r="AK209" s="62"/>
       <c r="AL209" s="62"/>
       <c r="AM209" s="62"/>
       <c r="AN209" s="62"/>
       <c r="AO209" s="62"/>
       <c r="AP209" s="62"/>
       <c r="AQ209" s="62"/>
       <c r="AR209" s="62"/>
     </row>
     <row r="210" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A210" s="240"/>
       <c r="B210" s="241"/>
       <c r="C210" s="241"/>
       <c r="D210" s="241"/>
-      <c r="E210" s="139"/>
-      <c r="F210" s="122"/>
+      <c r="E210" s="132"/>
+      <c r="F210" s="115"/>
       <c r="G210" s="51"/>
       <c r="H210" s="51"/>
       <c r="I210" s="51"/>
       <c r="J210" s="51"/>
-      <c r="K210" s="168"/>
-[...1 lines deleted...]
-      <c r="M210" s="170"/>
+      <c r="K210" s="161"/>
+      <c r="L210" s="162"/>
+      <c r="M210" s="163"/>
       <c r="N210" s="31"/>
       <c r="O210" s="32"/>
       <c r="P210" s="32"/>
-      <c r="Q210" s="134"/>
-      <c r="R210" s="118"/>
+      <c r="Q210" s="127"/>
+      <c r="R210" s="111"/>
       <c r="S210" s="33"/>
       <c r="T210" s="57"/>
       <c r="U210" s="58"/>
-      <c r="V210" s="198">
+      <c r="V210" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W210" s="197">
+      <c r="W210" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X210" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y210" s="62"/>
       <c r="Z210" s="62"/>
       <c r="AA210" s="62"/>
       <c r="AB210" s="62"/>
       <c r="AC210" s="62"/>
       <c r="AD210" s="62"/>
       <c r="AE210" s="62"/>
       <c r="AF210" s="62"/>
       <c r="AG210" s="62"/>
       <c r="AH210" s="62"/>
       <c r="AI210" s="62"/>
       <c r="AJ210" s="62"/>
       <c r="AK210" s="62"/>
       <c r="AL210" s="62"/>
       <c r="AM210" s="62"/>
       <c r="AN210" s="62"/>
       <c r="AO210" s="62"/>
       <c r="AP210" s="62"/>
       <c r="AQ210" s="62"/>
       <c r="AR210" s="62"/>
     </row>
     <row r="211" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A211" s="240"/>
       <c r="B211" s="241"/>
       <c r="C211" s="241"/>
       <c r="D211" s="241"/>
-      <c r="E211" s="139"/>
-      <c r="F211" s="122"/>
+      <c r="E211" s="132"/>
+      <c r="F211" s="115"/>
       <c r="G211" s="51"/>
       <c r="H211" s="51"/>
       <c r="I211" s="51"/>
       <c r="J211" s="51"/>
-      <c r="K211" s="168"/>
-[...1 lines deleted...]
-      <c r="M211" s="170"/>
+      <c r="K211" s="161"/>
+      <c r="L211" s="162"/>
+      <c r="M211" s="163"/>
       <c r="N211" s="31"/>
       <c r="O211" s="32"/>
       <c r="P211" s="32"/>
-      <c r="Q211" s="134"/>
-      <c r="R211" s="118"/>
+      <c r="Q211" s="127"/>
+      <c r="R211" s="111"/>
       <c r="S211" s="33"/>
       <c r="T211" s="57"/>
       <c r="U211" s="58"/>
-      <c r="V211" s="198">
+      <c r="V211" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W211" s="197">
+      <c r="W211" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X211" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y211" s="62"/>
       <c r="Z211" s="62"/>
       <c r="AA211" s="62"/>
       <c r="AB211" s="62"/>
       <c r="AC211" s="62"/>
       <c r="AD211" s="62"/>
       <c r="AE211" s="62"/>
       <c r="AF211" s="62"/>
       <c r="AG211" s="62"/>
       <c r="AH211" s="62"/>
       <c r="AI211" s="62"/>
       <c r="AJ211" s="62"/>
       <c r="AK211" s="62"/>
       <c r="AL211" s="62"/>
       <c r="AM211" s="62"/>
       <c r="AN211" s="62"/>
       <c r="AO211" s="62"/>
       <c r="AP211" s="62"/>
       <c r="AQ211" s="62"/>
       <c r="AR211" s="62"/>
     </row>
     <row r="212" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A212" s="240"/>
       <c r="B212" s="241"/>
       <c r="C212" s="241"/>
       <c r="D212" s="241"/>
-      <c r="E212" s="139"/>
-      <c r="F212" s="122"/>
+      <c r="E212" s="132"/>
+      <c r="F212" s="115"/>
       <c r="G212" s="51"/>
       <c r="H212" s="51"/>
       <c r="I212" s="51"/>
       <c r="J212" s="51"/>
-      <c r="K212" s="168"/>
-[...1 lines deleted...]
-      <c r="M212" s="170"/>
+      <c r="K212" s="161"/>
+      <c r="L212" s="162"/>
+      <c r="M212" s="163"/>
       <c r="N212" s="31"/>
       <c r="O212" s="32"/>
       <c r="P212" s="32"/>
-      <c r="Q212" s="134"/>
-      <c r="R212" s="118"/>
+      <c r="Q212" s="127"/>
+      <c r="R212" s="111"/>
       <c r="S212" s="33"/>
       <c r="T212" s="57"/>
       <c r="U212" s="58"/>
-      <c r="V212" s="198">
+      <c r="V212" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W212" s="197">
+      <c r="W212" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X212" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y212" s="62"/>
       <c r="Z212" s="62"/>
       <c r="AA212" s="62"/>
       <c r="AB212" s="62"/>
       <c r="AC212" s="62"/>
       <c r="AD212" s="62"/>
       <c r="AE212" s="62"/>
       <c r="AF212" s="62"/>
       <c r="AG212" s="62"/>
       <c r="AH212" s="62"/>
       <c r="AI212" s="62"/>
       <c r="AJ212" s="62"/>
       <c r="AK212" s="62"/>
       <c r="AL212" s="62"/>
       <c r="AM212" s="62"/>
       <c r="AN212" s="62"/>
       <c r="AO212" s="62"/>
       <c r="AP212" s="62"/>
       <c r="AQ212" s="62"/>
       <c r="AR212" s="62"/>
     </row>
     <row r="213" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A213" s="240"/>
       <c r="B213" s="241"/>
       <c r="C213" s="241"/>
       <c r="D213" s="241"/>
-      <c r="E213" s="139"/>
-      <c r="F213" s="122"/>
+      <c r="E213" s="132"/>
+      <c r="F213" s="115"/>
       <c r="G213" s="51"/>
       <c r="H213" s="51"/>
       <c r="I213" s="51"/>
       <c r="J213" s="51"/>
-      <c r="K213" s="168"/>
-[...1 lines deleted...]
-      <c r="M213" s="170"/>
+      <c r="K213" s="161"/>
+      <c r="L213" s="162"/>
+      <c r="M213" s="163"/>
       <c r="N213" s="31"/>
       <c r="O213" s="32"/>
       <c r="P213" s="32"/>
-      <c r="Q213" s="134"/>
-      <c r="R213" s="118"/>
+      <c r="Q213" s="127"/>
+      <c r="R213" s="111"/>
       <c r="S213" s="33"/>
       <c r="T213" s="57"/>
       <c r="U213" s="58"/>
-      <c r="V213" s="198">
+      <c r="V213" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W213" s="197">
+      <c r="W213" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X213" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y213" s="62"/>
       <c r="Z213" s="62"/>
       <c r="AA213" s="62"/>
       <c r="AB213" s="62"/>
       <c r="AC213" s="62"/>
       <c r="AD213" s="62"/>
       <c r="AE213" s="62"/>
       <c r="AF213" s="62"/>
       <c r="AG213" s="62"/>
       <c r="AH213" s="62"/>
       <c r="AI213" s="62"/>
       <c r="AJ213" s="62"/>
       <c r="AK213" s="62"/>
       <c r="AL213" s="62"/>
       <c r="AM213" s="62"/>
       <c r="AN213" s="62"/>
       <c r="AO213" s="62"/>
       <c r="AP213" s="62"/>
       <c r="AQ213" s="62"/>
       <c r="AR213" s="62"/>
     </row>
     <row r="214" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A214" s="265"/>
       <c r="B214" s="266"/>
       <c r="C214" s="267"/>
       <c r="D214" s="268"/>
-      <c r="E214" s="139"/>
-      <c r="F214" s="122"/>
+      <c r="E214" s="132"/>
+      <c r="F214" s="115"/>
       <c r="G214" s="51"/>
       <c r="H214" s="51"/>
       <c r="I214" s="51"/>
       <c r="J214" s="51"/>
-      <c r="K214" s="168"/>
-[...1 lines deleted...]
-      <c r="M214" s="170"/>
+      <c r="K214" s="161"/>
+      <c r="L214" s="162"/>
+      <c r="M214" s="163"/>
       <c r="N214" s="31"/>
       <c r="O214" s="32"/>
       <c r="P214" s="32"/>
-      <c r="Q214" s="134"/>
-      <c r="R214" s="118"/>
+      <c r="Q214" s="127"/>
+      <c r="R214" s="111"/>
       <c r="S214" s="33"/>
       <c r="T214" s="57"/>
       <c r="U214" s="58"/>
-      <c r="V214" s="198">
+      <c r="V214" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W214" s="197">
+      <c r="W214" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X214" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y214" s="65"/>
       <c r="Z214" s="62"/>
       <c r="AA214" s="62"/>
       <c r="AB214" s="62"/>
       <c r="AC214" s="62"/>
       <c r="AD214" s="62"/>
       <c r="AE214" s="62"/>
       <c r="AF214" s="62"/>
       <c r="AG214" s="62"/>
       <c r="AH214" s="62"/>
       <c r="AI214" s="62"/>
       <c r="AJ214" s="62"/>
       <c r="AK214" s="62"/>
       <c r="AL214" s="62"/>
       <c r="AM214" s="62"/>
       <c r="AN214" s="62"/>
       <c r="AO214" s="62"/>
       <c r="AP214" s="62"/>
       <c r="AQ214" s="62"/>
       <c r="AR214" s="62"/>
     </row>
     <row r="215" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A215" s="265"/>
       <c r="B215" s="266"/>
       <c r="C215" s="267"/>
       <c r="D215" s="268"/>
-      <c r="E215" s="139"/>
-      <c r="F215" s="122"/>
+      <c r="E215" s="132"/>
+      <c r="F215" s="115"/>
       <c r="G215" s="51"/>
       <c r="H215" s="51"/>
       <c r="I215" s="51"/>
       <c r="J215" s="51"/>
-      <c r="K215" s="168"/>
-[...1 lines deleted...]
-      <c r="M215" s="170"/>
+      <c r="K215" s="161"/>
+      <c r="L215" s="162"/>
+      <c r="M215" s="163"/>
       <c r="N215" s="31"/>
       <c r="O215" s="32"/>
       <c r="P215" s="32"/>
-      <c r="Q215" s="134"/>
-      <c r="R215" s="118"/>
+      <c r="Q215" s="127"/>
+      <c r="R215" s="111"/>
       <c r="S215" s="33"/>
       <c r="T215" s="57"/>
       <c r="U215" s="58"/>
-      <c r="V215" s="198">
+      <c r="V215" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W215" s="197">
+      <c r="W215" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X215" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y215" s="62"/>
       <c r="Z215" s="62"/>
       <c r="AA215" s="62"/>
       <c r="AB215" s="62"/>
       <c r="AC215" s="62"/>
       <c r="AD215" s="62"/>
       <c r="AE215" s="62"/>
       <c r="AF215" s="62"/>
       <c r="AG215" s="62"/>
       <c r="AH215" s="62"/>
       <c r="AI215" s="62"/>
       <c r="AJ215" s="62"/>
       <c r="AK215" s="62"/>
       <c r="AL215" s="62"/>
       <c r="AM215" s="62"/>
       <c r="AN215" s="62"/>
       <c r="AO215" s="62"/>
       <c r="AP215" s="62"/>
       <c r="AQ215" s="62"/>
       <c r="AR215" s="62"/>
     </row>
     <row r="216" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A216" s="265"/>
       <c r="B216" s="266"/>
       <c r="C216" s="267"/>
       <c r="D216" s="268"/>
-      <c r="E216" s="139"/>
-      <c r="F216" s="122"/>
+      <c r="E216" s="132"/>
+      <c r="F216" s="115"/>
       <c r="G216" s="51"/>
       <c r="H216" s="51"/>
       <c r="I216" s="51"/>
       <c r="J216" s="51"/>
-      <c r="K216" s="168"/>
-[...1 lines deleted...]
-      <c r="M216" s="170"/>
+      <c r="K216" s="161"/>
+      <c r="L216" s="162"/>
+      <c r="M216" s="163"/>
       <c r="N216" s="31"/>
       <c r="O216" s="32"/>
       <c r="P216" s="32"/>
-      <c r="Q216" s="134"/>
-      <c r="R216" s="118"/>
+      <c r="Q216" s="127"/>
+      <c r="R216" s="111"/>
       <c r="S216" s="33"/>
       <c r="T216" s="57"/>
       <c r="U216" s="58"/>
-      <c r="V216" s="198">
+      <c r="V216" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W216" s="197">
+      <c r="W216" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X216" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y216" s="62"/>
       <c r="Z216" s="62"/>
       <c r="AA216" s="62"/>
       <c r="AB216" s="62"/>
       <c r="AC216" s="62"/>
       <c r="AD216" s="62"/>
       <c r="AE216" s="62"/>
       <c r="AF216" s="62"/>
       <c r="AG216" s="62"/>
       <c r="AH216" s="62"/>
       <c r="AI216" s="62"/>
       <c r="AJ216" s="62"/>
       <c r="AK216" s="62"/>
       <c r="AL216" s="62"/>
       <c r="AM216" s="62"/>
       <c r="AN216" s="62"/>
       <c r="AO216" s="62"/>
       <c r="AP216" s="62"/>
       <c r="AQ216" s="62"/>
       <c r="AR216" s="62"/>
     </row>
     <row r="217" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A217" s="265"/>
       <c r="B217" s="266"/>
       <c r="C217" s="267"/>
       <c r="D217" s="268"/>
-      <c r="E217" s="139"/>
-      <c r="F217" s="122"/>
+      <c r="E217" s="132"/>
+      <c r="F217" s="115"/>
       <c r="G217" s="51"/>
       <c r="H217" s="51"/>
       <c r="I217" s="51"/>
       <c r="J217" s="51"/>
-      <c r="K217" s="168"/>
-[...1 lines deleted...]
-      <c r="M217" s="170"/>
+      <c r="K217" s="161"/>
+      <c r="L217" s="162"/>
+      <c r="M217" s="163"/>
       <c r="N217" s="31"/>
       <c r="O217" s="32"/>
       <c r="P217" s="32"/>
-      <c r="Q217" s="134"/>
-      <c r="R217" s="118"/>
+      <c r="Q217" s="127"/>
+      <c r="R217" s="111"/>
       <c r="S217" s="33"/>
       <c r="T217" s="57"/>
       <c r="U217" s="58"/>
-      <c r="V217" s="198">
+      <c r="V217" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W217" s="197">
+      <c r="W217" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X217" s="2">
         <f t="shared" ref="X217:X228" si="10">IF(E217="o",0,SUM(N217:U217))</f>
         <v>0</v>
       </c>
       <c r="Y217" s="62"/>
       <c r="Z217" s="62"/>
       <c r="AA217" s="62"/>
       <c r="AB217" s="62"/>
       <c r="AC217" s="62"/>
       <c r="AD217" s="62"/>
       <c r="AE217" s="62"/>
       <c r="AF217" s="62"/>
       <c r="AG217" s="62"/>
       <c r="AH217" s="62"/>
       <c r="AI217" s="62"/>
       <c r="AJ217" s="62"/>
       <c r="AK217" s="62"/>
       <c r="AL217" s="62"/>
       <c r="AM217" s="62"/>
       <c r="AN217" s="62"/>
       <c r="AO217" s="62"/>
       <c r="AP217" s="62"/>
       <c r="AQ217" s="62"/>
       <c r="AR217" s="62"/>
     </row>
     <row r="218" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A218" s="265"/>
       <c r="B218" s="266"/>
       <c r="C218" s="267"/>
       <c r="D218" s="268"/>
-      <c r="E218" s="139"/>
-      <c r="F218" s="122"/>
+      <c r="E218" s="132"/>
+      <c r="F218" s="115"/>
       <c r="G218" s="51"/>
       <c r="H218" s="51"/>
       <c r="I218" s="51"/>
       <c r="J218" s="51"/>
-      <c r="K218" s="168"/>
-[...1 lines deleted...]
-      <c r="M218" s="170"/>
+      <c r="K218" s="161"/>
+      <c r="L218" s="162"/>
+      <c r="M218" s="163"/>
       <c r="N218" s="31"/>
       <c r="O218" s="32"/>
       <c r="P218" s="32"/>
-      <c r="Q218" s="134"/>
-      <c r="R218" s="118"/>
+      <c r="Q218" s="127"/>
+      <c r="R218" s="111"/>
       <c r="S218" s="33"/>
       <c r="T218" s="57"/>
       <c r="U218" s="58"/>
-      <c r="V218" s="198">
+      <c r="V218" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W218" s="197">
+      <c r="W218" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X218" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y218" s="62"/>
       <c r="Z218" s="62"/>
       <c r="AA218" s="62"/>
       <c r="AB218" s="62"/>
       <c r="AC218" s="62"/>
       <c r="AD218" s="62"/>
       <c r="AE218" s="62"/>
       <c r="AF218" s="62"/>
       <c r="AG218" s="62"/>
       <c r="AH218" s="62"/>
       <c r="AI218" s="62"/>
       <c r="AJ218" s="62"/>
       <c r="AK218" s="62"/>
       <c r="AL218" s="62"/>
       <c r="AM218" s="62"/>
       <c r="AN218" s="62"/>
       <c r="AO218" s="62"/>
       <c r="AP218" s="62"/>
       <c r="AQ218" s="62"/>
       <c r="AR218" s="62"/>
     </row>
     <row r="219" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A219" s="240"/>
       <c r="B219" s="241"/>
       <c r="C219" s="241"/>
       <c r="D219" s="241"/>
-      <c r="E219" s="139"/>
-      <c r="F219" s="122"/>
+      <c r="E219" s="132"/>
+      <c r="F219" s="115"/>
       <c r="G219" s="51"/>
       <c r="H219" s="51"/>
       <c r="I219" s="51"/>
       <c r="J219" s="51"/>
-      <c r="K219" s="168"/>
-[...1 lines deleted...]
-      <c r="M219" s="170"/>
+      <c r="K219" s="161"/>
+      <c r="L219" s="162"/>
+      <c r="M219" s="163"/>
       <c r="N219" s="31"/>
       <c r="O219" s="32"/>
       <c r="P219" s="32"/>
-      <c r="Q219" s="134"/>
-      <c r="R219" s="118"/>
+      <c r="Q219" s="127"/>
+      <c r="R219" s="111"/>
       <c r="S219" s="33"/>
       <c r="T219" s="57"/>
       <c r="U219" s="58"/>
-      <c r="V219" s="198">
+      <c r="V219" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W219" s="197">
+      <c r="W219" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X219" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y219" s="62"/>
       <c r="Z219" s="62"/>
       <c r="AA219" s="62"/>
       <c r="AB219" s="62"/>
       <c r="AC219" s="62"/>
       <c r="AD219" s="62"/>
       <c r="AE219" s="62"/>
       <c r="AF219" s="62"/>
       <c r="AG219" s="62"/>
       <c r="AH219" s="62"/>
       <c r="AI219" s="62"/>
       <c r="AJ219" s="62"/>
       <c r="AK219" s="62"/>
       <c r="AL219" s="62"/>
       <c r="AM219" s="62"/>
       <c r="AN219" s="62"/>
       <c r="AO219" s="62"/>
       <c r="AP219" s="62"/>
       <c r="AQ219" s="62"/>
       <c r="AR219" s="62"/>
     </row>
     <row r="220" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A220" s="265"/>
       <c r="B220" s="266"/>
       <c r="C220" s="267"/>
       <c r="D220" s="268"/>
-      <c r="E220" s="139"/>
-      <c r="F220" s="122"/>
+      <c r="E220" s="132"/>
+      <c r="F220" s="115"/>
       <c r="G220" s="51"/>
       <c r="H220" s="51"/>
       <c r="I220" s="51"/>
       <c r="J220" s="51"/>
-      <c r="K220" s="168"/>
-[...1 lines deleted...]
-      <c r="M220" s="170"/>
+      <c r="K220" s="161"/>
+      <c r="L220" s="162"/>
+      <c r="M220" s="163"/>
       <c r="N220" s="31"/>
       <c r="O220" s="32"/>
       <c r="P220" s="32"/>
-      <c r="Q220" s="134"/>
-      <c r="R220" s="118"/>
+      <c r="Q220" s="127"/>
+      <c r="R220" s="111"/>
       <c r="S220" s="33"/>
       <c r="T220" s="57"/>
       <c r="U220" s="58"/>
-      <c r="V220" s="198">
+      <c r="V220" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W220" s="197">
+      <c r="W220" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X220" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y220" s="62"/>
       <c r="Z220" s="62"/>
       <c r="AA220" s="62"/>
       <c r="AB220" s="62"/>
       <c r="AC220" s="62"/>
       <c r="AD220" s="62"/>
       <c r="AE220" s="62"/>
       <c r="AF220" s="62"/>
       <c r="AG220" s="62"/>
       <c r="AH220" s="62"/>
       <c r="AI220" s="62"/>
       <c r="AJ220" s="62"/>
       <c r="AK220" s="62"/>
       <c r="AL220" s="62"/>
       <c r="AM220" s="62"/>
       <c r="AN220" s="62"/>
       <c r="AO220" s="62"/>
       <c r="AP220" s="62"/>
       <c r="AQ220" s="62"/>
       <c r="AR220" s="62"/>
     </row>
     <row r="221" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A221" s="309"/>
       <c r="B221" s="310"/>
       <c r="C221" s="310"/>
       <c r="D221" s="310"/>
-      <c r="E221" s="139"/>
-      <c r="F221" s="122"/>
+      <c r="E221" s="132"/>
+      <c r="F221" s="115"/>
       <c r="G221" s="51"/>
       <c r="H221" s="51"/>
       <c r="I221" s="51"/>
       <c r="J221" s="51"/>
-      <c r="K221" s="168"/>
-[...1 lines deleted...]
-      <c r="M221" s="170"/>
+      <c r="K221" s="161"/>
+      <c r="L221" s="162"/>
+      <c r="M221" s="163"/>
       <c r="N221" s="31"/>
       <c r="O221" s="32"/>
       <c r="P221" s="32"/>
-      <c r="Q221" s="134"/>
-      <c r="R221" s="118"/>
+      <c r="Q221" s="127"/>
+      <c r="R221" s="111"/>
       <c r="S221" s="33"/>
       <c r="T221" s="57"/>
       <c r="U221" s="58"/>
-      <c r="V221" s="198">
+      <c r="V221" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W221" s="197">
+      <c r="W221" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X221" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y221" s="62"/>
       <c r="Z221" s="62"/>
       <c r="AA221" s="62"/>
       <c r="AB221" s="62"/>
       <c r="AC221" s="62"/>
       <c r="AD221" s="62"/>
       <c r="AE221" s="62"/>
       <c r="AF221" s="62"/>
       <c r="AG221" s="62"/>
       <c r="AH221" s="62"/>
       <c r="AI221" s="62"/>
       <c r="AJ221" s="62"/>
       <c r="AK221" s="62"/>
       <c r="AL221" s="62"/>
       <c r="AM221" s="62"/>
       <c r="AN221" s="62"/>
       <c r="AO221" s="62"/>
       <c r="AP221" s="62"/>
       <c r="AQ221" s="62"/>
       <c r="AR221" s="62"/>
     </row>
     <row r="222" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A222" s="240"/>
       <c r="B222" s="241"/>
       <c r="C222" s="241"/>
       <c r="D222" s="241"/>
-      <c r="E222" s="139"/>
-      <c r="F222" s="122"/>
+      <c r="E222" s="132"/>
+      <c r="F222" s="115"/>
       <c r="G222" s="51"/>
       <c r="H222" s="51"/>
       <c r="I222" s="51"/>
       <c r="J222" s="51"/>
-      <c r="K222" s="168"/>
-[...1 lines deleted...]
-      <c r="M222" s="170"/>
+      <c r="K222" s="161"/>
+      <c r="L222" s="162"/>
+      <c r="M222" s="163"/>
       <c r="N222" s="31"/>
       <c r="O222" s="32"/>
       <c r="P222" s="32"/>
-      <c r="Q222" s="134"/>
-      <c r="R222" s="118"/>
+      <c r="Q222" s="127"/>
+      <c r="R222" s="111"/>
       <c r="S222" s="33"/>
       <c r="T222" s="57"/>
       <c r="U222" s="58"/>
-      <c r="V222" s="198">
+      <c r="V222" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W222" s="197">
+      <c r="W222" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X222" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y222" s="62"/>
       <c r="Z222" s="62"/>
       <c r="AA222" s="62"/>
       <c r="AB222" s="62"/>
       <c r="AC222" s="62"/>
       <c r="AD222" s="62"/>
       <c r="AE222" s="62"/>
       <c r="AF222" s="62"/>
       <c r="AG222" s="62"/>
       <c r="AH222" s="62"/>
       <c r="AI222" s="62"/>
       <c r="AJ222" s="62"/>
       <c r="AK222" s="62"/>
       <c r="AL222" s="62"/>
       <c r="AM222" s="62"/>
       <c r="AN222" s="62"/>
       <c r="AO222" s="62"/>
       <c r="AP222" s="62"/>
       <c r="AQ222" s="62"/>
       <c r="AR222" s="62"/>
     </row>
     <row r="223" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A223" s="311"/>
       <c r="B223" s="312"/>
       <c r="C223" s="312"/>
       <c r="D223" s="312"/>
-      <c r="E223" s="139"/>
-      <c r="F223" s="122"/>
+      <c r="E223" s="132"/>
+      <c r="F223" s="115"/>
       <c r="G223" s="51"/>
       <c r="H223" s="51"/>
       <c r="I223" s="51"/>
       <c r="J223" s="51"/>
-      <c r="K223" s="168"/>
-[...1 lines deleted...]
-      <c r="M223" s="170"/>
+      <c r="K223" s="161"/>
+      <c r="L223" s="162"/>
+      <c r="M223" s="163"/>
       <c r="N223" s="31"/>
       <c r="O223" s="32"/>
       <c r="P223" s="32"/>
-      <c r="Q223" s="134"/>
-      <c r="R223" s="118"/>
+      <c r="Q223" s="127"/>
+      <c r="R223" s="111"/>
       <c r="S223" s="33"/>
       <c r="T223" s="57"/>
       <c r="U223" s="58"/>
-      <c r="V223" s="198">
+      <c r="V223" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W223" s="197">
+      <c r="W223" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X223" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y223" s="62"/>
       <c r="Z223" s="62"/>
       <c r="AA223" s="62"/>
       <c r="AB223" s="62"/>
       <c r="AC223" s="62"/>
       <c r="AD223" s="62"/>
       <c r="AE223" s="62"/>
       <c r="AF223" s="62"/>
       <c r="AG223" s="62"/>
       <c r="AH223" s="62"/>
       <c r="AI223" s="62"/>
       <c r="AJ223" s="62"/>
       <c r="AK223" s="62"/>
       <c r="AL223" s="62"/>
       <c r="AM223" s="62"/>
       <c r="AN223" s="62"/>
       <c r="AO223" s="62"/>
       <c r="AP223" s="62"/>
       <c r="AQ223" s="62"/>
       <c r="AR223" s="62"/>
     </row>
     <row r="224" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A224" s="240"/>
       <c r="B224" s="241"/>
       <c r="C224" s="241"/>
       <c r="D224" s="241"/>
-      <c r="E224" s="139"/>
-      <c r="F224" s="122"/>
+      <c r="E224" s="132"/>
+      <c r="F224" s="115"/>
       <c r="G224" s="51"/>
       <c r="H224" s="51"/>
       <c r="I224" s="51"/>
       <c r="J224" s="51"/>
-      <c r="K224" s="168"/>
-[...1 lines deleted...]
-      <c r="M224" s="170"/>
+      <c r="K224" s="161"/>
+      <c r="L224" s="162"/>
+      <c r="M224" s="163"/>
       <c r="N224" s="31"/>
       <c r="O224" s="32"/>
       <c r="P224" s="32"/>
-      <c r="Q224" s="134"/>
-      <c r="R224" s="118"/>
+      <c r="Q224" s="127"/>
+      <c r="R224" s="111"/>
       <c r="S224" s="33"/>
       <c r="T224" s="57"/>
       <c r="U224" s="58"/>
-      <c r="V224" s="198">
+      <c r="V224" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W224" s="197">
+      <c r="W224" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X224" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y224" s="62"/>
       <c r="Z224" s="62"/>
       <c r="AA224" s="62"/>
       <c r="AB224" s="62"/>
       <c r="AC224" s="62"/>
       <c r="AD224" s="62"/>
       <c r="AE224" s="62"/>
       <c r="AF224" s="62"/>
       <c r="AG224" s="62"/>
       <c r="AH224" s="62"/>
       <c r="AI224" s="62"/>
       <c r="AJ224" s="62"/>
       <c r="AK224" s="62"/>
       <c r="AL224" s="62"/>
       <c r="AM224" s="62"/>
       <c r="AN224" s="62"/>
       <c r="AO224" s="62"/>
       <c r="AP224" s="62"/>
       <c r="AQ224" s="62"/>
       <c r="AR224" s="62"/>
     </row>
     <row r="225" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A225" s="240"/>
       <c r="B225" s="241"/>
       <c r="C225" s="241"/>
       <c r="D225" s="241"/>
-      <c r="E225" s="139"/>
-      <c r="F225" s="122"/>
+      <c r="E225" s="132"/>
+      <c r="F225" s="115"/>
       <c r="G225" s="51"/>
       <c r="H225" s="51"/>
       <c r="I225" s="51"/>
       <c r="J225" s="51"/>
-      <c r="K225" s="168"/>
-[...1 lines deleted...]
-      <c r="M225" s="170"/>
+      <c r="K225" s="161"/>
+      <c r="L225" s="162"/>
+      <c r="M225" s="163"/>
       <c r="N225" s="31"/>
       <c r="O225" s="32"/>
       <c r="P225" s="32"/>
-      <c r="Q225" s="134"/>
-      <c r="R225" s="118"/>
+      <c r="Q225" s="127"/>
+      <c r="R225" s="111"/>
       <c r="S225" s="33"/>
       <c r="T225" s="57"/>
       <c r="U225" s="58"/>
-      <c r="V225" s="198">
+      <c r="V225" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W225" s="197">
+      <c r="W225" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X225" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y225" s="62"/>
       <c r="Z225" s="62"/>
       <c r="AA225" s="62"/>
       <c r="AB225" s="62"/>
       <c r="AC225" s="62"/>
       <c r="AD225" s="62"/>
       <c r="AE225" s="62"/>
       <c r="AF225" s="62"/>
       <c r="AG225" s="62"/>
       <c r="AH225" s="62"/>
       <c r="AI225" s="62"/>
       <c r="AJ225" s="62"/>
       <c r="AK225" s="62"/>
       <c r="AL225" s="62"/>
       <c r="AM225" s="62"/>
       <c r="AN225" s="62"/>
       <c r="AO225" s="62"/>
       <c r="AP225" s="62"/>
       <c r="AQ225" s="62"/>
       <c r="AR225" s="62"/>
     </row>
     <row r="226" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A226" s="265"/>
       <c r="B226" s="266"/>
       <c r="C226" s="267"/>
       <c r="D226" s="268"/>
-      <c r="E226" s="139"/>
-      <c r="F226" s="122"/>
+      <c r="E226" s="132"/>
+      <c r="F226" s="115"/>
       <c r="G226" s="51"/>
       <c r="H226" s="51"/>
       <c r="I226" s="51"/>
       <c r="J226" s="51"/>
-      <c r="K226" s="168"/>
-[...1 lines deleted...]
-      <c r="M226" s="170"/>
+      <c r="K226" s="161"/>
+      <c r="L226" s="162"/>
+      <c r="M226" s="163"/>
       <c r="N226" s="31"/>
       <c r="O226" s="32"/>
       <c r="P226" s="32"/>
-      <c r="Q226" s="134"/>
-      <c r="R226" s="118"/>
+      <c r="Q226" s="127"/>
+      <c r="R226" s="111"/>
       <c r="S226" s="33"/>
       <c r="T226" s="57"/>
       <c r="U226" s="58"/>
-      <c r="V226" s="198">
+      <c r="V226" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W226" s="197">
+      <c r="W226" s="190">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X226" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y226" s="62"/>
       <c r="Z226" s="62"/>
       <c r="AA226" s="62"/>
       <c r="AB226" s="62"/>
       <c r="AC226" s="62"/>
       <c r="AD226" s="62"/>
       <c r="AE226" s="62"/>
       <c r="AF226" s="62"/>
       <c r="AG226" s="62"/>
       <c r="AH226" s="62"/>
       <c r="AI226" s="62"/>
       <c r="AJ226" s="62"/>
       <c r="AK226" s="62"/>
       <c r="AL226" s="62"/>
       <c r="AM226" s="62"/>
       <c r="AN226" s="62"/>
       <c r="AO226" s="62"/>
       <c r="AP226" s="62"/>
       <c r="AQ226" s="62"/>
       <c r="AR226" s="62"/>
     </row>
     <row r="227" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A227" s="265"/>
       <c r="B227" s="266"/>
       <c r="C227" s="267"/>
       <c r="D227" s="268"/>
-      <c r="E227" s="139"/>
-      <c r="F227" s="122"/>
+      <c r="E227" s="132"/>
+      <c r="F227" s="115"/>
       <c r="G227" s="51"/>
       <c r="H227" s="51"/>
       <c r="I227" s="51"/>
       <c r="J227" s="51"/>
-      <c r="K227" s="168"/>
-[...1 lines deleted...]
-      <c r="M227" s="170"/>
+      <c r="K227" s="161"/>
+      <c r="L227" s="162"/>
+      <c r="M227" s="163"/>
       <c r="N227" s="31"/>
       <c r="O227" s="32"/>
       <c r="P227" s="32"/>
-      <c r="Q227" s="134"/>
-      <c r="R227" s="118"/>
+      <c r="Q227" s="127"/>
+      <c r="R227" s="111"/>
       <c r="S227" s="33"/>
       <c r="T227" s="57"/>
       <c r="U227" s="58"/>
-      <c r="V227" s="198">
+      <c r="V227" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W227" s="197">
+      <c r="W227" s="190">
         <f t="shared" ref="W227:W277" si="11">IF(E227="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E227="b",(F227/12*N227)+(G227/12*O227)+(H227/12*P227)+(I227/12*Q227)+(J227/12*R227)+(K227/12*S227)+(L227/12*T227)+(M227/12*U227),0),(F227*1.2%*$F$17/12*N227)+(G227*1.2%*$G$17/12*O227)+(H227*1.2%*$H$17/12*P227)+(I227*1.2%*$I$17/12*Q227)+(J227*1.2%*$J$17/12*R227)+(K227*1.2%*$K$17/12*S227)+(L227*1.2%*$L$17/12*T227)+(M227*1.2%*$M$17/12*U227)))</f>
         <v>0</v>
       </c>
       <c r="X227" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y227" s="62"/>
       <c r="Z227" s="62"/>
       <c r="AA227" s="62"/>
       <c r="AB227" s="62"/>
       <c r="AC227" s="62"/>
       <c r="AD227" s="62"/>
       <c r="AE227" s="62"/>
       <c r="AF227" s="62"/>
       <c r="AG227" s="62"/>
       <c r="AH227" s="62"/>
       <c r="AI227" s="62"/>
       <c r="AJ227" s="62"/>
       <c r="AK227" s="62"/>
       <c r="AL227" s="62"/>
       <c r="AM227" s="62"/>
       <c r="AN227" s="62"/>
       <c r="AO227" s="62"/>
       <c r="AP227" s="62"/>
       <c r="AQ227" s="62"/>
       <c r="AR227" s="62"/>
     </row>
     <row r="228" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A228" s="265"/>
       <c r="B228" s="266"/>
       <c r="C228" s="267"/>
       <c r="D228" s="268"/>
-      <c r="E228" s="139"/>
-      <c r="F228" s="122"/>
+      <c r="E228" s="132"/>
+      <c r="F228" s="115"/>
       <c r="G228" s="51"/>
       <c r="H228" s="51"/>
       <c r="I228" s="51"/>
       <c r="J228" s="51"/>
-      <c r="K228" s="168"/>
-[...1 lines deleted...]
-      <c r="M228" s="170"/>
+      <c r="K228" s="161"/>
+      <c r="L228" s="162"/>
+      <c r="M228" s="163"/>
       <c r="N228" s="31"/>
       <c r="O228" s="32"/>
       <c r="P228" s="32"/>
-      <c r="Q228" s="134"/>
-      <c r="R228" s="118"/>
+      <c r="Q228" s="127"/>
+      <c r="R228" s="111"/>
       <c r="S228" s="33"/>
       <c r="T228" s="57"/>
       <c r="U228" s="58"/>
-      <c r="V228" s="198">
+      <c r="V228" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W228" s="197">
+      <c r="W228" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X228" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y228" s="62"/>
       <c r="Z228" s="62"/>
       <c r="AA228" s="62"/>
       <c r="AB228" s="62"/>
       <c r="AC228" s="62"/>
       <c r="AD228" s="62"/>
       <c r="AE228" s="62"/>
       <c r="AF228" s="62"/>
       <c r="AG228" s="62"/>
       <c r="AH228" s="62"/>
       <c r="AI228" s="62"/>
       <c r="AJ228" s="62"/>
       <c r="AK228" s="62"/>
       <c r="AL228" s="62"/>
       <c r="AM228" s="62"/>
       <c r="AN228" s="62"/>
       <c r="AO228" s="62"/>
       <c r="AP228" s="62"/>
       <c r="AQ228" s="62"/>
       <c r="AR228" s="62"/>
     </row>
     <row r="229" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A229" s="265"/>
       <c r="B229" s="266"/>
       <c r="C229" s="267"/>
       <c r="D229" s="268"/>
-      <c r="E229" s="139"/>
-      <c r="F229" s="122"/>
+      <c r="E229" s="132"/>
+      <c r="F229" s="115"/>
       <c r="G229" s="51"/>
       <c r="H229" s="51"/>
       <c r="I229" s="51"/>
       <c r="J229" s="51"/>
-      <c r="K229" s="168"/>
-[...1 lines deleted...]
-      <c r="M229" s="170"/>
+      <c r="K229" s="161"/>
+      <c r="L229" s="162"/>
+      <c r="M229" s="163"/>
       <c r="N229" s="31"/>
       <c r="O229" s="32"/>
       <c r="P229" s="32"/>
-      <c r="Q229" s="134"/>
-      <c r="R229" s="118"/>
+      <c r="Q229" s="127"/>
+      <c r="R229" s="111"/>
       <c r="S229" s="33"/>
       <c r="T229" s="57"/>
       <c r="U229" s="58"/>
-      <c r="V229" s="198">
+      <c r="V229" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W229" s="197">
+      <c r="W229" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X229" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y229" s="62"/>
       <c r="Z229" s="62"/>
       <c r="AA229" s="62"/>
       <c r="AB229" s="62"/>
       <c r="AC229" s="62"/>
       <c r="AD229" s="62"/>
       <c r="AE229" s="62"/>
       <c r="AF229" s="62"/>
       <c r="AG229" s="62"/>
       <c r="AH229" s="62"/>
       <c r="AI229" s="62"/>
       <c r="AJ229" s="62"/>
       <c r="AK229" s="62"/>
       <c r="AL229" s="62"/>
       <c r="AM229" s="62"/>
       <c r="AN229" s="62"/>
       <c r="AO229" s="62"/>
       <c r="AP229" s="62"/>
       <c r="AQ229" s="62"/>
       <c r="AR229" s="62"/>
     </row>
     <row r="230" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A230" s="265"/>
       <c r="B230" s="266"/>
       <c r="C230" s="267"/>
       <c r="D230" s="268"/>
-      <c r="E230" s="139"/>
-      <c r="F230" s="122"/>
+      <c r="E230" s="132"/>
+      <c r="F230" s="115"/>
       <c r="G230" s="51"/>
       <c r="H230" s="51"/>
       <c r="I230" s="51"/>
       <c r="J230" s="51"/>
-      <c r="K230" s="168"/>
-[...1 lines deleted...]
-      <c r="M230" s="170"/>
+      <c r="K230" s="161"/>
+      <c r="L230" s="162"/>
+      <c r="M230" s="163"/>
       <c r="N230" s="31"/>
       <c r="O230" s="32"/>
       <c r="P230" s="32"/>
-      <c r="Q230" s="134"/>
-      <c r="R230" s="118"/>
+      <c r="Q230" s="127"/>
+      <c r="R230" s="111"/>
       <c r="S230" s="33"/>
       <c r="T230" s="57"/>
       <c r="U230" s="58"/>
-      <c r="V230" s="198">
+      <c r="V230" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W230" s="197">
+      <c r="W230" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X230" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y230" s="62"/>
       <c r="Z230" s="62"/>
       <c r="AA230" s="62"/>
       <c r="AB230" s="62"/>
       <c r="AC230" s="62"/>
       <c r="AD230" s="62"/>
       <c r="AE230" s="62"/>
       <c r="AF230" s="62"/>
       <c r="AG230" s="62"/>
       <c r="AH230" s="62"/>
       <c r="AI230" s="62"/>
       <c r="AJ230" s="62"/>
       <c r="AK230" s="62"/>
       <c r="AL230" s="62"/>
       <c r="AM230" s="62"/>
       <c r="AN230" s="62"/>
       <c r="AO230" s="62"/>
       <c r="AP230" s="62"/>
       <c r="AQ230" s="62"/>
       <c r="AR230" s="62"/>
     </row>
     <row r="231" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A231" s="265"/>
       <c r="B231" s="266"/>
       <c r="C231" s="267"/>
       <c r="D231" s="268"/>
-      <c r="E231" s="139"/>
-      <c r="F231" s="122"/>
+      <c r="E231" s="132"/>
+      <c r="F231" s="115"/>
       <c r="G231" s="51"/>
       <c r="H231" s="51"/>
       <c r="I231" s="51"/>
       <c r="J231" s="51"/>
-      <c r="K231" s="168"/>
-[...1 lines deleted...]
-      <c r="M231" s="170"/>
+      <c r="K231" s="161"/>
+      <c r="L231" s="162"/>
+      <c r="M231" s="163"/>
       <c r="N231" s="31"/>
       <c r="O231" s="32"/>
       <c r="P231" s="32"/>
-      <c r="Q231" s="134"/>
-      <c r="R231" s="118"/>
+      <c r="Q231" s="127"/>
+      <c r="R231" s="111"/>
       <c r="S231" s="33"/>
       <c r="T231" s="57"/>
       <c r="U231" s="58"/>
-      <c r="V231" s="198">
+      <c r="V231" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W231" s="197">
+      <c r="W231" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X231" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y231" s="62"/>
       <c r="Z231" s="62"/>
       <c r="AA231" s="62"/>
       <c r="AB231" s="62"/>
       <c r="AC231" s="62"/>
       <c r="AD231" s="62"/>
       <c r="AE231" s="62"/>
       <c r="AF231" s="62"/>
       <c r="AG231" s="62"/>
       <c r="AH231" s="62"/>
       <c r="AI231" s="62"/>
       <c r="AJ231" s="62"/>
       <c r="AK231" s="62"/>
       <c r="AL231" s="62"/>
       <c r="AM231" s="62"/>
       <c r="AN231" s="62"/>
       <c r="AO231" s="62"/>
       <c r="AP231" s="62"/>
       <c r="AQ231" s="62"/>
       <c r="AR231" s="62"/>
     </row>
     <row r="232" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A232" s="265"/>
       <c r="B232" s="266"/>
       <c r="C232" s="267"/>
       <c r="D232" s="268"/>
-      <c r="E232" s="139"/>
-      <c r="F232" s="121"/>
+      <c r="E232" s="132"/>
+      <c r="F232" s="114"/>
       <c r="G232" s="50"/>
       <c r="H232" s="50"/>
       <c r="I232" s="51"/>
       <c r="J232" s="51"/>
-      <c r="K232" s="168"/>
-[...1 lines deleted...]
-      <c r="M232" s="170"/>
+      <c r="K232" s="161"/>
+      <c r="L232" s="162"/>
+      <c r="M232" s="163"/>
       <c r="N232" s="31"/>
       <c r="O232" s="32"/>
       <c r="P232" s="32"/>
-      <c r="Q232" s="134"/>
-      <c r="R232" s="118"/>
+      <c r="Q232" s="127"/>
+      <c r="R232" s="111"/>
       <c r="S232" s="33"/>
       <c r="T232" s="57"/>
       <c r="U232" s="58"/>
-      <c r="V232" s="198">
+      <c r="V232" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W232" s="197">
+      <c r="W232" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X232" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y232" s="62"/>
       <c r="Z232" s="62"/>
       <c r="AA232" s="62"/>
       <c r="AB232" s="62"/>
       <c r="AC232" s="62"/>
       <c r="AD232" s="62"/>
       <c r="AE232" s="62"/>
       <c r="AF232" s="62"/>
       <c r="AG232" s="62"/>
       <c r="AH232" s="62"/>
       <c r="AI232" s="62"/>
       <c r="AJ232" s="62"/>
       <c r="AK232" s="62"/>
       <c r="AL232" s="62"/>
       <c r="AM232" s="62"/>
       <c r="AN232" s="62"/>
       <c r="AO232" s="62"/>
       <c r="AP232" s="62"/>
       <c r="AQ232" s="62"/>
       <c r="AR232" s="62"/>
     </row>
     <row r="233" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A233" s="313"/>
       <c r="B233" s="314"/>
       <c r="C233" s="315"/>
       <c r="D233" s="316"/>
-      <c r="E233" s="139"/>
-      <c r="F233" s="123"/>
+      <c r="E233" s="132"/>
+      <c r="F233" s="116"/>
       <c r="G233" s="52"/>
       <c r="H233" s="52"/>
       <c r="I233" s="30"/>
       <c r="J233" s="30"/>
-      <c r="K233" s="168"/>
-[...1 lines deleted...]
-      <c r="M233" s="170"/>
+      <c r="K233" s="161"/>
+      <c r="L233" s="162"/>
+      <c r="M233" s="163"/>
       <c r="N233" s="31"/>
       <c r="O233" s="32"/>
       <c r="P233" s="32"/>
-      <c r="Q233" s="134"/>
-      <c r="R233" s="118"/>
+      <c r="Q233" s="127"/>
+      <c r="R233" s="111"/>
       <c r="S233" s="33"/>
       <c r="T233" s="57"/>
       <c r="U233" s="58"/>
-      <c r="V233" s="198">
+      <c r="V233" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W233" s="197">
+      <c r="W233" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X233" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y233" s="62"/>
       <c r="Z233" s="62"/>
       <c r="AA233" s="62"/>
       <c r="AB233" s="62"/>
       <c r="AC233" s="62"/>
       <c r="AD233" s="62"/>
       <c r="AE233" s="62"/>
       <c r="AF233" s="62"/>
       <c r="AG233" s="62"/>
       <c r="AH233" s="62"/>
       <c r="AI233" s="62"/>
       <c r="AJ233" s="62"/>
       <c r="AK233" s="62"/>
       <c r="AL233" s="62"/>
       <c r="AM233" s="62"/>
       <c r="AN233" s="62"/>
       <c r="AO233" s="62"/>
       <c r="AP233" s="62"/>
       <c r="AQ233" s="62"/>
       <c r="AR233" s="62"/>
     </row>
     <row r="234" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A234" s="317"/>
       <c r="B234" s="318"/>
       <c r="C234" s="318"/>
       <c r="D234" s="318"/>
-      <c r="E234" s="139"/>
-      <c r="F234" s="124"/>
+      <c r="E234" s="132"/>
+      <c r="F234" s="117"/>
       <c r="G234" s="30"/>
       <c r="H234" s="30"/>
       <c r="I234" s="30"/>
       <c r="J234" s="30"/>
-      <c r="K234" s="168"/>
-[...1 lines deleted...]
-      <c r="M234" s="170"/>
+      <c r="K234" s="161"/>
+      <c r="L234" s="162"/>
+      <c r="M234" s="163"/>
       <c r="N234" s="31"/>
       <c r="O234" s="32"/>
       <c r="P234" s="32"/>
-      <c r="Q234" s="134"/>
-      <c r="R234" s="118"/>
+      <c r="Q234" s="127"/>
+      <c r="R234" s="111"/>
       <c r="S234" s="33"/>
       <c r="T234" s="57"/>
       <c r="U234" s="58"/>
-      <c r="V234" s="198">
+      <c r="V234" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W234" s="197">
+      <c r="W234" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X234" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y234" s="62"/>
       <c r="Z234" s="62"/>
       <c r="AA234" s="62"/>
       <c r="AB234" s="62"/>
       <c r="AC234" s="62"/>
       <c r="AD234" s="62"/>
       <c r="AE234" s="62"/>
       <c r="AF234" s="62"/>
       <c r="AG234" s="62"/>
       <c r="AH234" s="62"/>
       <c r="AI234" s="62"/>
       <c r="AJ234" s="62"/>
       <c r="AK234" s="62"/>
       <c r="AL234" s="62"/>
       <c r="AM234" s="62"/>
       <c r="AN234" s="62"/>
       <c r="AO234" s="62"/>
       <c r="AP234" s="62"/>
       <c r="AQ234" s="62"/>
       <c r="AR234" s="62"/>
     </row>
     <row r="235" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A235" s="317"/>
       <c r="B235" s="318"/>
       <c r="C235" s="318"/>
       <c r="D235" s="318"/>
-      <c r="E235" s="139"/>
-      <c r="F235" s="123"/>
+      <c r="E235" s="132"/>
+      <c r="F235" s="116"/>
       <c r="G235" s="52"/>
       <c r="H235" s="52"/>
       <c r="I235" s="52"/>
       <c r="J235" s="52"/>
-      <c r="K235" s="168"/>
-[...1 lines deleted...]
-      <c r="M235" s="170"/>
+      <c r="K235" s="161"/>
+      <c r="L235" s="162"/>
+      <c r="M235" s="163"/>
       <c r="N235" s="31"/>
       <c r="O235" s="32"/>
       <c r="P235" s="32"/>
-      <c r="Q235" s="134"/>
-      <c r="R235" s="118"/>
+      <c r="Q235" s="127"/>
+      <c r="R235" s="111"/>
       <c r="S235" s="33"/>
       <c r="T235" s="57"/>
       <c r="U235" s="58"/>
-      <c r="V235" s="198">
+      <c r="V235" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W235" s="197">
+      <c r="W235" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X235" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y235" s="62"/>
       <c r="Z235" s="62"/>
       <c r="AA235" s="62"/>
       <c r="AB235" s="62"/>
       <c r="AC235" s="62"/>
       <c r="AD235" s="62"/>
       <c r="AE235" s="62"/>
       <c r="AF235" s="62"/>
       <c r="AG235" s="62"/>
       <c r="AH235" s="62"/>
       <c r="AI235" s="62"/>
       <c r="AJ235" s="62"/>
       <c r="AK235" s="62"/>
       <c r="AL235" s="62"/>
       <c r="AM235" s="62"/>
       <c r="AN235" s="62"/>
       <c r="AO235" s="62"/>
       <c r="AP235" s="62"/>
       <c r="AQ235" s="62"/>
       <c r="AR235" s="62"/>
     </row>
     <row r="236" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A236" s="317"/>
       <c r="B236" s="318"/>
       <c r="C236" s="318"/>
       <c r="D236" s="318"/>
-      <c r="E236" s="139"/>
-      <c r="F236" s="125"/>
+      <c r="E236" s="132"/>
+      <c r="F236" s="118"/>
       <c r="G236" s="59"/>
       <c r="H236" s="59"/>
-      <c r="I236" s="128"/>
+      <c r="I236" s="121"/>
       <c r="J236" s="52"/>
-      <c r="K236" s="168"/>
-[...1 lines deleted...]
-      <c r="M236" s="170"/>
+      <c r="K236" s="161"/>
+      <c r="L236" s="162"/>
+      <c r="M236" s="163"/>
       <c r="N236" s="31"/>
       <c r="O236" s="32"/>
       <c r="P236" s="32"/>
-      <c r="Q236" s="134"/>
-      <c r="R236" s="118"/>
+      <c r="Q236" s="127"/>
+      <c r="R236" s="111"/>
       <c r="S236" s="33"/>
       <c r="T236" s="57"/>
       <c r="U236" s="58"/>
-      <c r="V236" s="198">
+      <c r="V236" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W236" s="197">
+      <c r="W236" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X236" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y236" s="62"/>
       <c r="Z236" s="62"/>
       <c r="AA236" s="62"/>
       <c r="AB236" s="62"/>
       <c r="AC236" s="62"/>
       <c r="AD236" s="62"/>
       <c r="AE236" s="62"/>
       <c r="AF236" s="62"/>
       <c r="AG236" s="62"/>
       <c r="AH236" s="62"/>
       <c r="AI236" s="62"/>
       <c r="AJ236" s="62"/>
       <c r="AK236" s="62"/>
       <c r="AL236" s="62"/>
       <c r="AM236" s="62"/>
       <c r="AN236" s="62"/>
       <c r="AO236" s="62"/>
       <c r="AP236" s="62"/>
       <c r="AQ236" s="62"/>
       <c r="AR236" s="62"/>
     </row>
     <row r="237" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A237" s="317"/>
       <c r="B237" s="318"/>
       <c r="C237" s="318"/>
       <c r="D237" s="318"/>
-      <c r="E237" s="139"/>
-      <c r="F237" s="124"/>
+      <c r="E237" s="132"/>
+      <c r="F237" s="117"/>
       <c r="G237" s="30"/>
       <c r="H237" s="30"/>
       <c r="I237" s="30"/>
       <c r="J237" s="30"/>
-      <c r="K237" s="168"/>
-[...1 lines deleted...]
-      <c r="M237" s="170"/>
+      <c r="K237" s="161"/>
+      <c r="L237" s="162"/>
+      <c r="M237" s="163"/>
       <c r="N237" s="31"/>
       <c r="O237" s="32"/>
       <c r="P237" s="32"/>
-      <c r="Q237" s="134"/>
-      <c r="R237" s="118"/>
+      <c r="Q237" s="127"/>
+      <c r="R237" s="111"/>
       <c r="S237" s="33"/>
       <c r="T237" s="57"/>
       <c r="U237" s="58"/>
-      <c r="V237" s="198">
+      <c r="V237" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W237" s="197">
+      <c r="W237" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X237" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y237" s="62"/>
       <c r="Z237" s="62"/>
       <c r="AA237" s="62"/>
       <c r="AB237" s="62"/>
       <c r="AC237" s="62"/>
       <c r="AD237" s="62"/>
       <c r="AE237" s="62"/>
       <c r="AF237" s="62"/>
       <c r="AG237" s="62"/>
       <c r="AH237" s="62"/>
       <c r="AI237" s="62"/>
       <c r="AJ237" s="62"/>
       <c r="AK237" s="62"/>
       <c r="AL237" s="62"/>
       <c r="AM237" s="62"/>
       <c r="AN237" s="62"/>
       <c r="AO237" s="62"/>
       <c r="AP237" s="62"/>
       <c r="AQ237" s="62"/>
       <c r="AR237" s="62"/>
     </row>
     <row r="238" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A238" s="317"/>
       <c r="B238" s="318"/>
       <c r="C238" s="318"/>
       <c r="D238" s="318"/>
-      <c r="E238" s="139"/>
-      <c r="F238" s="124"/>
+      <c r="E238" s="132"/>
+      <c r="F238" s="117"/>
       <c r="G238" s="30"/>
       <c r="H238" s="30"/>
       <c r="I238" s="30"/>
       <c r="J238" s="30"/>
-      <c r="K238" s="168"/>
-[...1 lines deleted...]
-      <c r="M238" s="170"/>
+      <c r="K238" s="161"/>
+      <c r="L238" s="162"/>
+      <c r="M238" s="163"/>
       <c r="N238" s="31"/>
       <c r="O238" s="32"/>
       <c r="P238" s="32"/>
-      <c r="Q238" s="134"/>
-      <c r="R238" s="118"/>
+      <c r="Q238" s="127"/>
+      <c r="R238" s="111"/>
       <c r="S238" s="33"/>
       <c r="T238" s="57"/>
       <c r="U238" s="58"/>
-      <c r="V238" s="198">
+      <c r="V238" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W238" s="197">
+      <c r="W238" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X238" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y238" s="62"/>
       <c r="Z238" s="62"/>
       <c r="AA238" s="62"/>
       <c r="AB238" s="62"/>
       <c r="AC238" s="62"/>
       <c r="AD238" s="62"/>
       <c r="AE238" s="62"/>
       <c r="AF238" s="62"/>
       <c r="AG238" s="62"/>
       <c r="AH238" s="62"/>
       <c r="AI238" s="62"/>
       <c r="AJ238" s="62"/>
       <c r="AK238" s="62"/>
       <c r="AL238" s="62"/>
       <c r="AM238" s="62"/>
       <c r="AN238" s="62"/>
       <c r="AO238" s="62"/>
       <c r="AP238" s="62"/>
       <c r="AQ238" s="62"/>
       <c r="AR238" s="62"/>
     </row>
     <row r="239" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A239" s="317"/>
       <c r="B239" s="318"/>
       <c r="C239" s="318"/>
       <c r="D239" s="318"/>
-      <c r="E239" s="139"/>
-      <c r="F239" s="124"/>
+      <c r="E239" s="132"/>
+      <c r="F239" s="117"/>
       <c r="G239" s="30"/>
       <c r="H239" s="30"/>
       <c r="I239" s="30"/>
       <c r="J239" s="30"/>
-      <c r="K239" s="168"/>
-[...1 lines deleted...]
-      <c r="M239" s="170"/>
+      <c r="K239" s="161"/>
+      <c r="L239" s="162"/>
+      <c r="M239" s="163"/>
       <c r="N239" s="31"/>
       <c r="O239" s="32"/>
       <c r="P239" s="32"/>
-      <c r="Q239" s="134"/>
-      <c r="R239" s="118"/>
+      <c r="Q239" s="127"/>
+      <c r="R239" s="111"/>
       <c r="S239" s="33"/>
       <c r="T239" s="57"/>
       <c r="U239" s="58"/>
-      <c r="V239" s="198">
+      <c r="V239" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W239" s="197">
+      <c r="W239" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X239" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y239" s="62"/>
       <c r="Z239" s="62"/>
       <c r="AA239" s="62"/>
       <c r="AB239" s="62"/>
       <c r="AC239" s="62"/>
       <c r="AD239" s="62"/>
       <c r="AE239" s="62"/>
       <c r="AF239" s="62"/>
       <c r="AG239" s="62"/>
       <c r="AH239" s="62"/>
       <c r="AI239" s="62"/>
       <c r="AJ239" s="62"/>
       <c r="AK239" s="62"/>
       <c r="AL239" s="62"/>
       <c r="AM239" s="62"/>
       <c r="AN239" s="62"/>
       <c r="AO239" s="62"/>
       <c r="AP239" s="62"/>
       <c r="AQ239" s="62"/>
       <c r="AR239" s="62"/>
     </row>
     <row r="240" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A240" s="317"/>
       <c r="B240" s="318"/>
       <c r="C240" s="318"/>
       <c r="D240" s="318"/>
-      <c r="E240" s="139"/>
-      <c r="F240" s="124"/>
+      <c r="E240" s="132"/>
+      <c r="F240" s="117"/>
       <c r="G240" s="30"/>
       <c r="H240" s="30"/>
       <c r="I240" s="30"/>
       <c r="J240" s="30"/>
-      <c r="K240" s="168"/>
-[...1 lines deleted...]
-      <c r="M240" s="170"/>
+      <c r="K240" s="161"/>
+      <c r="L240" s="162"/>
+      <c r="M240" s="163"/>
       <c r="N240" s="31"/>
       <c r="O240" s="32"/>
       <c r="P240" s="32"/>
-      <c r="Q240" s="134"/>
-      <c r="R240" s="118"/>
+      <c r="Q240" s="127"/>
+      <c r="R240" s="111"/>
       <c r="S240" s="33"/>
       <c r="T240" s="57"/>
       <c r="U240" s="58"/>
-      <c r="V240" s="198">
+      <c r="V240" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W240" s="197">
+      <c r="W240" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X240" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y240" s="62"/>
       <c r="Z240" s="62"/>
       <c r="AA240" s="62"/>
       <c r="AB240" s="62"/>
       <c r="AC240" s="62"/>
       <c r="AD240" s="62"/>
       <c r="AE240" s="62"/>
       <c r="AF240" s="62"/>
       <c r="AG240" s="62"/>
       <c r="AH240" s="62"/>
       <c r="AI240" s="62"/>
       <c r="AJ240" s="62"/>
       <c r="AK240" s="62"/>
       <c r="AL240" s="62"/>
       <c r="AM240" s="62"/>
       <c r="AN240" s="62"/>
       <c r="AO240" s="62"/>
       <c r="AP240" s="62"/>
       <c r="AQ240" s="62"/>
       <c r="AR240" s="62"/>
     </row>
     <row r="241" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A241" s="317"/>
       <c r="B241" s="318"/>
       <c r="C241" s="318"/>
       <c r="D241" s="318"/>
-      <c r="E241" s="139"/>
-      <c r="F241" s="124"/>
+      <c r="E241" s="132"/>
+      <c r="F241" s="117"/>
       <c r="G241" s="30"/>
       <c r="H241" s="30"/>
       <c r="I241" s="30"/>
       <c r="J241" s="30"/>
-      <c r="K241" s="168"/>
-[...1 lines deleted...]
-      <c r="M241" s="170"/>
+      <c r="K241" s="161"/>
+      <c r="L241" s="162"/>
+      <c r="M241" s="163"/>
       <c r="N241" s="31"/>
       <c r="O241" s="32"/>
       <c r="P241" s="32"/>
-      <c r="Q241" s="134"/>
-      <c r="R241" s="118"/>
+      <c r="Q241" s="127"/>
+      <c r="R241" s="111"/>
       <c r="S241" s="33"/>
       <c r="T241" s="57"/>
       <c r="U241" s="58"/>
-      <c r="V241" s="198">
+      <c r="V241" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W241" s="197">
+      <c r="W241" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X241" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y241" s="62"/>
       <c r="Z241" s="62"/>
       <c r="AA241" s="62"/>
       <c r="AB241" s="62"/>
       <c r="AC241" s="62"/>
       <c r="AD241" s="62"/>
       <c r="AE241" s="62"/>
       <c r="AF241" s="62"/>
       <c r="AG241" s="62"/>
       <c r="AH241" s="62"/>
       <c r="AI241" s="62"/>
       <c r="AJ241" s="62"/>
       <c r="AK241" s="62"/>
       <c r="AL241" s="62"/>
       <c r="AM241" s="62"/>
       <c r="AN241" s="62"/>
       <c r="AO241" s="62"/>
       <c r="AP241" s="62"/>
       <c r="AQ241" s="62"/>
       <c r="AR241" s="62"/>
     </row>
     <row r="242" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A242" s="317"/>
       <c r="B242" s="318"/>
       <c r="C242" s="318"/>
       <c r="D242" s="318"/>
-      <c r="E242" s="139"/>
-      <c r="F242" s="124"/>
+      <c r="E242" s="132"/>
+      <c r="F242" s="117"/>
       <c r="G242" s="30"/>
       <c r="H242" s="30"/>
       <c r="I242" s="30"/>
       <c r="J242" s="30"/>
-      <c r="K242" s="168"/>
-[...1 lines deleted...]
-      <c r="M242" s="170"/>
+      <c r="K242" s="161"/>
+      <c r="L242" s="162"/>
+      <c r="M242" s="163"/>
       <c r="N242" s="31"/>
       <c r="O242" s="32"/>
       <c r="P242" s="32"/>
-      <c r="Q242" s="134"/>
-      <c r="R242" s="118"/>
+      <c r="Q242" s="127"/>
+      <c r="R242" s="111"/>
       <c r="S242" s="33"/>
       <c r="T242" s="57"/>
       <c r="U242" s="58"/>
-      <c r="V242" s="198">
+      <c r="V242" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W242" s="197">
+      <c r="W242" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X242" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y242" s="62"/>
       <c r="Z242" s="62"/>
       <c r="AA242" s="62"/>
       <c r="AB242" s="62"/>
       <c r="AC242" s="62"/>
       <c r="AD242" s="62"/>
       <c r="AE242" s="62"/>
       <c r="AF242" s="62"/>
       <c r="AG242" s="62"/>
       <c r="AH242" s="62"/>
       <c r="AI242" s="62"/>
       <c r="AJ242" s="62"/>
       <c r="AK242" s="62"/>
       <c r="AL242" s="62"/>
       <c r="AM242" s="62"/>
       <c r="AN242" s="62"/>
       <c r="AO242" s="62"/>
       <c r="AP242" s="62"/>
       <c r="AQ242" s="62"/>
       <c r="AR242" s="62"/>
     </row>
     <row r="243" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A243" s="317"/>
       <c r="B243" s="318"/>
       <c r="C243" s="318"/>
       <c r="D243" s="318"/>
-      <c r="E243" s="139"/>
-      <c r="F243" s="124"/>
+      <c r="E243" s="132"/>
+      <c r="F243" s="117"/>
       <c r="G243" s="30"/>
       <c r="H243" s="30"/>
       <c r="I243" s="30"/>
       <c r="J243" s="30"/>
-      <c r="K243" s="168"/>
-[...1 lines deleted...]
-      <c r="M243" s="170"/>
+      <c r="K243" s="161"/>
+      <c r="L243" s="162"/>
+      <c r="M243" s="163"/>
       <c r="N243" s="31"/>
       <c r="O243" s="32"/>
       <c r="P243" s="32"/>
-      <c r="Q243" s="134"/>
-      <c r="R243" s="118"/>
+      <c r="Q243" s="127"/>
+      <c r="R243" s="111"/>
       <c r="S243" s="33"/>
       <c r="T243" s="57"/>
       <c r="U243" s="58"/>
-      <c r="V243" s="198">
+      <c r="V243" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W243" s="197">
+      <c r="W243" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X243" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y243" s="62"/>
       <c r="Z243" s="62"/>
       <c r="AA243" s="62"/>
       <c r="AB243" s="62"/>
       <c r="AC243" s="62"/>
       <c r="AD243" s="62"/>
       <c r="AE243" s="62"/>
       <c r="AF243" s="62"/>
       <c r="AG243" s="62"/>
       <c r="AH243" s="62"/>
       <c r="AI243" s="62"/>
       <c r="AJ243" s="62"/>
       <c r="AK243" s="62"/>
       <c r="AL243" s="62"/>
       <c r="AM243" s="62"/>
       <c r="AN243" s="62"/>
       <c r="AO243" s="62"/>
       <c r="AP243" s="62"/>
       <c r="AQ243" s="62"/>
       <c r="AR243" s="62"/>
     </row>
     <row r="244" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A244" s="317"/>
       <c r="B244" s="318"/>
       <c r="C244" s="318"/>
       <c r="D244" s="318"/>
-      <c r="E244" s="139"/>
-      <c r="F244" s="124"/>
+      <c r="E244" s="132"/>
+      <c r="F244" s="117"/>
       <c r="G244" s="30"/>
       <c r="H244" s="30"/>
       <c r="I244" s="30"/>
       <c r="J244" s="30"/>
-      <c r="K244" s="168"/>
-[...1 lines deleted...]
-      <c r="M244" s="170"/>
+      <c r="K244" s="161"/>
+      <c r="L244" s="162"/>
+      <c r="M244" s="163"/>
       <c r="N244" s="31"/>
       <c r="O244" s="32"/>
       <c r="P244" s="32"/>
-      <c r="Q244" s="134"/>
-      <c r="R244" s="118"/>
+      <c r="Q244" s="127"/>
+      <c r="R244" s="111"/>
       <c r="S244" s="33"/>
       <c r="T244" s="57"/>
       <c r="U244" s="58"/>
-      <c r="V244" s="198">
+      <c r="V244" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W244" s="197">
+      <c r="W244" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X244" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y244" s="62"/>
       <c r="Z244" s="62"/>
       <c r="AA244" s="62"/>
       <c r="AB244" s="62"/>
       <c r="AC244" s="62"/>
       <c r="AD244" s="62"/>
       <c r="AE244" s="62"/>
       <c r="AF244" s="62"/>
       <c r="AG244" s="62"/>
       <c r="AH244" s="62"/>
       <c r="AI244" s="62"/>
       <c r="AJ244" s="62"/>
       <c r="AK244" s="62"/>
       <c r="AL244" s="62"/>
       <c r="AM244" s="62"/>
       <c r="AN244" s="62"/>
       <c r="AO244" s="62"/>
       <c r="AP244" s="62"/>
       <c r="AQ244" s="62"/>
       <c r="AR244" s="62"/>
     </row>
     <row r="245" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A245" s="317"/>
       <c r="B245" s="318"/>
       <c r="C245" s="318"/>
       <c r="D245" s="318"/>
-      <c r="E245" s="139"/>
-      <c r="F245" s="124"/>
+      <c r="E245" s="132"/>
+      <c r="F245" s="117"/>
       <c r="G245" s="30"/>
       <c r="H245" s="30"/>
       <c r="I245" s="30"/>
       <c r="J245" s="30"/>
-      <c r="K245" s="168"/>
-[...1 lines deleted...]
-      <c r="M245" s="170"/>
+      <c r="K245" s="161"/>
+      <c r="L245" s="162"/>
+      <c r="M245" s="163"/>
       <c r="N245" s="31"/>
       <c r="O245" s="32"/>
       <c r="P245" s="32"/>
-      <c r="Q245" s="134"/>
-      <c r="R245" s="118"/>
+      <c r="Q245" s="127"/>
+      <c r="R245" s="111"/>
       <c r="S245" s="33"/>
       <c r="T245" s="57"/>
       <c r="U245" s="58"/>
-      <c r="V245" s="198">
+      <c r="V245" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W245" s="197">
+      <c r="W245" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X245" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y245" s="62"/>
       <c r="Z245" s="62"/>
       <c r="AA245" s="62"/>
       <c r="AB245" s="62"/>
       <c r="AC245" s="62"/>
       <c r="AD245" s="62"/>
       <c r="AE245" s="62"/>
       <c r="AF245" s="62"/>
       <c r="AG245" s="62"/>
       <c r="AH245" s="62"/>
       <c r="AI245" s="62"/>
       <c r="AJ245" s="62"/>
       <c r="AK245" s="62"/>
       <c r="AL245" s="62"/>
       <c r="AM245" s="62"/>
       <c r="AN245" s="62"/>
       <c r="AO245" s="62"/>
       <c r="AP245" s="62"/>
       <c r="AQ245" s="62"/>
       <c r="AR245" s="62"/>
     </row>
     <row r="246" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A246" s="317"/>
       <c r="B246" s="318"/>
       <c r="C246" s="318"/>
       <c r="D246" s="318"/>
-      <c r="E246" s="139"/>
-      <c r="F246" s="124"/>
+      <c r="E246" s="132"/>
+      <c r="F246" s="117"/>
       <c r="G246" s="30"/>
       <c r="H246" s="30"/>
       <c r="I246" s="30"/>
       <c r="J246" s="30"/>
-      <c r="K246" s="168"/>
-[...1 lines deleted...]
-      <c r="M246" s="170"/>
+      <c r="K246" s="161"/>
+      <c r="L246" s="162"/>
+      <c r="M246" s="163"/>
       <c r="N246" s="31"/>
       <c r="O246" s="32"/>
       <c r="P246" s="32"/>
-      <c r="Q246" s="134"/>
-      <c r="R246" s="118"/>
+      <c r="Q246" s="127"/>
+      <c r="R246" s="111"/>
       <c r="S246" s="33"/>
       <c r="T246" s="57"/>
       <c r="U246" s="58"/>
-      <c r="V246" s="198">
+      <c r="V246" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W246" s="197">
+      <c r="W246" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X246" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y246" s="62"/>
       <c r="Z246" s="62"/>
       <c r="AA246" s="62"/>
       <c r="AB246" s="62"/>
       <c r="AC246" s="62"/>
       <c r="AD246" s="62"/>
       <c r="AE246" s="62"/>
       <c r="AF246" s="62"/>
       <c r="AG246" s="62"/>
       <c r="AH246" s="62"/>
       <c r="AI246" s="62"/>
       <c r="AJ246" s="62"/>
       <c r="AK246" s="62"/>
       <c r="AL246" s="62"/>
       <c r="AM246" s="62"/>
       <c r="AN246" s="62"/>
       <c r="AO246" s="62"/>
       <c r="AP246" s="62"/>
       <c r="AQ246" s="62"/>
       <c r="AR246" s="62"/>
     </row>
     <row r="247" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A247" s="317"/>
       <c r="B247" s="318"/>
       <c r="C247" s="318"/>
       <c r="D247" s="318"/>
-      <c r="E247" s="139"/>
-      <c r="F247" s="124"/>
+      <c r="E247" s="132"/>
+      <c r="F247" s="117"/>
       <c r="G247" s="30"/>
       <c r="H247" s="30"/>
       <c r="I247" s="30"/>
       <c r="J247" s="30"/>
-      <c r="K247" s="168"/>
-[...1 lines deleted...]
-      <c r="M247" s="170"/>
+      <c r="K247" s="161"/>
+      <c r="L247" s="162"/>
+      <c r="M247" s="163"/>
       <c r="N247" s="31"/>
       <c r="O247" s="32"/>
       <c r="P247" s="32"/>
-      <c r="Q247" s="134"/>
-      <c r="R247" s="118"/>
+      <c r="Q247" s="127"/>
+      <c r="R247" s="111"/>
       <c r="S247" s="33"/>
       <c r="T247" s="57"/>
       <c r="U247" s="58"/>
-      <c r="V247" s="198">
+      <c r="V247" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W247" s="197">
+      <c r="W247" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X247" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y247" s="62"/>
       <c r="Z247" s="62"/>
       <c r="AA247" s="62"/>
       <c r="AB247" s="62"/>
       <c r="AC247" s="62"/>
       <c r="AD247" s="62"/>
       <c r="AE247" s="62"/>
       <c r="AF247" s="62"/>
       <c r="AG247" s="62"/>
       <c r="AH247" s="62"/>
       <c r="AI247" s="62"/>
       <c r="AJ247" s="62"/>
       <c r="AK247" s="62"/>
       <c r="AL247" s="62"/>
       <c r="AM247" s="62"/>
       <c r="AN247" s="62"/>
       <c r="AO247" s="62"/>
       <c r="AP247" s="62"/>
       <c r="AQ247" s="62"/>
       <c r="AR247" s="62"/>
     </row>
     <row r="248" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A248" s="317"/>
       <c r="B248" s="318"/>
       <c r="C248" s="318"/>
       <c r="D248" s="318"/>
-      <c r="E248" s="139"/>
-      <c r="F248" s="124"/>
+      <c r="E248" s="132"/>
+      <c r="F248" s="117"/>
       <c r="G248" s="30"/>
       <c r="H248" s="30"/>
       <c r="I248" s="30"/>
       <c r="J248" s="30"/>
-      <c r="K248" s="168"/>
-[...1 lines deleted...]
-      <c r="M248" s="170"/>
+      <c r="K248" s="161"/>
+      <c r="L248" s="162"/>
+      <c r="M248" s="163"/>
       <c r="N248" s="31"/>
       <c r="O248" s="32"/>
       <c r="P248" s="32"/>
-      <c r="Q248" s="134"/>
-      <c r="R248" s="118"/>
+      <c r="Q248" s="127"/>
+      <c r="R248" s="111"/>
       <c r="S248" s="33"/>
       <c r="T248" s="57"/>
       <c r="U248" s="58"/>
-      <c r="V248" s="198">
+      <c r="V248" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W248" s="197">
+      <c r="W248" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X248" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y248" s="62"/>
       <c r="Z248" s="62"/>
       <c r="AA248" s="62"/>
       <c r="AB248" s="62"/>
       <c r="AC248" s="62"/>
       <c r="AD248" s="62"/>
       <c r="AE248" s="62"/>
       <c r="AF248" s="62"/>
       <c r="AG248" s="62"/>
       <c r="AH248" s="62"/>
       <c r="AI248" s="62"/>
       <c r="AJ248" s="62"/>
       <c r="AK248" s="62"/>
       <c r="AL248" s="62"/>
       <c r="AM248" s="62"/>
       <c r="AN248" s="62"/>
       <c r="AO248" s="62"/>
       <c r="AP248" s="62"/>
       <c r="AQ248" s="62"/>
       <c r="AR248" s="62"/>
     </row>
     <row r="249" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A249" s="317"/>
       <c r="B249" s="318"/>
       <c r="C249" s="318"/>
       <c r="D249" s="318"/>
-      <c r="E249" s="139"/>
-      <c r="F249" s="124"/>
+      <c r="E249" s="132"/>
+      <c r="F249" s="117"/>
       <c r="G249" s="30"/>
       <c r="H249" s="30"/>
       <c r="I249" s="30"/>
       <c r="J249" s="30"/>
-      <c r="K249" s="168"/>
-[...1 lines deleted...]
-      <c r="M249" s="170"/>
+      <c r="K249" s="161"/>
+      <c r="L249" s="162"/>
+      <c r="M249" s="163"/>
       <c r="N249" s="31"/>
       <c r="O249" s="32"/>
       <c r="P249" s="32"/>
-      <c r="Q249" s="134"/>
-      <c r="R249" s="118"/>
+      <c r="Q249" s="127"/>
+      <c r="R249" s="111"/>
       <c r="S249" s="33"/>
       <c r="T249" s="57"/>
       <c r="U249" s="58"/>
-      <c r="V249" s="198">
+      <c r="V249" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W249" s="197">
+      <c r="W249" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X249" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y249" s="62"/>
       <c r="Z249" s="62"/>
       <c r="AA249" s="62"/>
       <c r="AB249" s="62"/>
       <c r="AC249" s="62"/>
       <c r="AD249" s="62"/>
       <c r="AE249" s="62"/>
       <c r="AF249" s="62"/>
       <c r="AG249" s="62"/>
       <c r="AH249" s="62"/>
       <c r="AI249" s="62"/>
       <c r="AJ249" s="62"/>
       <c r="AK249" s="62"/>
       <c r="AL249" s="62"/>
       <c r="AM249" s="62"/>
       <c r="AN249" s="62"/>
       <c r="AO249" s="62"/>
       <c r="AP249" s="62"/>
       <c r="AQ249" s="62"/>
       <c r="AR249" s="62"/>
     </row>
     <row r="250" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A250" s="317"/>
       <c r="B250" s="318"/>
       <c r="C250" s="318"/>
       <c r="D250" s="318"/>
-      <c r="E250" s="139"/>
-      <c r="F250" s="124"/>
+      <c r="E250" s="132"/>
+      <c r="F250" s="117"/>
       <c r="G250" s="30"/>
       <c r="H250" s="30"/>
       <c r="I250" s="30"/>
       <c r="J250" s="30"/>
-      <c r="K250" s="168"/>
-[...1 lines deleted...]
-      <c r="M250" s="170"/>
+      <c r="K250" s="161"/>
+      <c r="L250" s="162"/>
+      <c r="M250" s="163"/>
       <c r="N250" s="31"/>
       <c r="O250" s="32"/>
       <c r="P250" s="32"/>
-      <c r="Q250" s="134"/>
-      <c r="R250" s="118"/>
+      <c r="Q250" s="127"/>
+      <c r="R250" s="111"/>
       <c r="S250" s="33"/>
       <c r="T250" s="57"/>
       <c r="U250" s="58"/>
-      <c r="V250" s="198">
+      <c r="V250" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W250" s="197">
+      <c r="W250" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X250" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y250" s="62"/>
       <c r="Z250" s="62"/>
       <c r="AA250" s="62"/>
       <c r="AB250" s="62"/>
       <c r="AC250" s="62"/>
       <c r="AD250" s="62"/>
       <c r="AE250" s="62"/>
       <c r="AF250" s="62"/>
       <c r="AG250" s="62"/>
       <c r="AH250" s="62"/>
       <c r="AI250" s="62"/>
       <c r="AJ250" s="62"/>
       <c r="AK250" s="62"/>
       <c r="AL250" s="62"/>
       <c r="AM250" s="62"/>
       <c r="AN250" s="62"/>
       <c r="AO250" s="62"/>
       <c r="AP250" s="62"/>
       <c r="AQ250" s="62"/>
       <c r="AR250" s="62"/>
     </row>
     <row r="251" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A251" s="317"/>
       <c r="B251" s="318"/>
       <c r="C251" s="318"/>
       <c r="D251" s="318"/>
-      <c r="E251" s="139"/>
-      <c r="F251" s="124"/>
+      <c r="E251" s="132"/>
+      <c r="F251" s="117"/>
       <c r="G251" s="30"/>
       <c r="H251" s="30"/>
       <c r="I251" s="30"/>
       <c r="J251" s="30"/>
-      <c r="K251" s="168"/>
-[...1 lines deleted...]
-      <c r="M251" s="170"/>
+      <c r="K251" s="161"/>
+      <c r="L251" s="162"/>
+      <c r="M251" s="163"/>
       <c r="N251" s="31"/>
       <c r="O251" s="32"/>
       <c r="P251" s="32"/>
-      <c r="Q251" s="134"/>
-      <c r="R251" s="118"/>
+      <c r="Q251" s="127"/>
+      <c r="R251" s="111"/>
       <c r="S251" s="33"/>
       <c r="T251" s="57"/>
       <c r="U251" s="58"/>
-      <c r="V251" s="198">
+      <c r="V251" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W251" s="197">
+      <c r="W251" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X251" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y251" s="62"/>
       <c r="Z251" s="62"/>
       <c r="AA251" s="62"/>
       <c r="AB251" s="62"/>
       <c r="AC251" s="62"/>
       <c r="AD251" s="62"/>
       <c r="AE251" s="62"/>
       <c r="AF251" s="62"/>
       <c r="AG251" s="62"/>
       <c r="AH251" s="62"/>
       <c r="AI251" s="62"/>
       <c r="AJ251" s="62"/>
       <c r="AK251" s="62"/>
       <c r="AL251" s="62"/>
       <c r="AM251" s="62"/>
       <c r="AN251" s="62"/>
       <c r="AO251" s="62"/>
       <c r="AP251" s="62"/>
       <c r="AQ251" s="62"/>
       <c r="AR251" s="62"/>
     </row>
     <row r="252" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A252" s="317"/>
       <c r="B252" s="318"/>
       <c r="C252" s="318"/>
       <c r="D252" s="318"/>
-      <c r="E252" s="139"/>
-      <c r="F252" s="124"/>
+      <c r="E252" s="132"/>
+      <c r="F252" s="117"/>
       <c r="G252" s="30"/>
       <c r="H252" s="30"/>
       <c r="I252" s="30"/>
       <c r="J252" s="30"/>
-      <c r="K252" s="168"/>
-[...1 lines deleted...]
-      <c r="M252" s="170"/>
+      <c r="K252" s="161"/>
+      <c r="L252" s="162"/>
+      <c r="M252" s="163"/>
       <c r="N252" s="31"/>
       <c r="O252" s="32"/>
       <c r="P252" s="32"/>
-      <c r="Q252" s="134"/>
-      <c r="R252" s="118"/>
+      <c r="Q252" s="127"/>
+      <c r="R252" s="111"/>
       <c r="S252" s="33"/>
       <c r="T252" s="57"/>
       <c r="U252" s="58"/>
-      <c r="V252" s="198">
+      <c r="V252" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W252" s="197">
+      <c r="W252" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X252" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y252" s="62"/>
       <c r="Z252" s="62"/>
       <c r="AA252" s="62"/>
       <c r="AB252" s="62"/>
       <c r="AC252" s="62"/>
       <c r="AD252" s="62"/>
       <c r="AE252" s="62"/>
       <c r="AF252" s="62"/>
       <c r="AG252" s="62"/>
       <c r="AH252" s="62"/>
       <c r="AI252" s="62"/>
       <c r="AJ252" s="62"/>
       <c r="AK252" s="62"/>
       <c r="AL252" s="62"/>
       <c r="AM252" s="62"/>
       <c r="AN252" s="62"/>
       <c r="AO252" s="62"/>
       <c r="AP252" s="62"/>
       <c r="AQ252" s="62"/>
       <c r="AR252" s="62"/>
     </row>
     <row r="253" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A253" s="317"/>
       <c r="B253" s="318"/>
       <c r="C253" s="318"/>
       <c r="D253" s="318"/>
-      <c r="E253" s="139"/>
-      <c r="F253" s="124"/>
+      <c r="E253" s="132"/>
+      <c r="F253" s="117"/>
       <c r="G253" s="30"/>
       <c r="H253" s="30"/>
       <c r="I253" s="30"/>
       <c r="J253" s="30"/>
-      <c r="K253" s="168"/>
-[...1 lines deleted...]
-      <c r="M253" s="170"/>
+      <c r="K253" s="161"/>
+      <c r="L253" s="162"/>
+      <c r="M253" s="163"/>
       <c r="N253" s="31"/>
       <c r="O253" s="32"/>
       <c r="P253" s="32"/>
-      <c r="Q253" s="134"/>
-      <c r="R253" s="118"/>
+      <c r="Q253" s="127"/>
+      <c r="R253" s="111"/>
       <c r="S253" s="33"/>
       <c r="T253" s="57"/>
       <c r="U253" s="58"/>
-      <c r="V253" s="198">
+      <c r="V253" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W253" s="197">
+      <c r="W253" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X253" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y253" s="62"/>
       <c r="Z253" s="62"/>
       <c r="AA253" s="62"/>
       <c r="AB253" s="62"/>
       <c r="AC253" s="62"/>
       <c r="AD253" s="62"/>
       <c r="AE253" s="62"/>
       <c r="AF253" s="62"/>
       <c r="AG253" s="62"/>
       <c r="AH253" s="62"/>
       <c r="AI253" s="62"/>
       <c r="AJ253" s="62"/>
       <c r="AK253" s="62"/>
       <c r="AL253" s="62"/>
       <c r="AM253" s="62"/>
       <c r="AN253" s="62"/>
       <c r="AO253" s="62"/>
       <c r="AP253" s="62"/>
       <c r="AQ253" s="62"/>
       <c r="AR253" s="62"/>
     </row>
     <row r="254" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A254" s="317"/>
       <c r="B254" s="318"/>
       <c r="C254" s="318"/>
       <c r="D254" s="318"/>
-      <c r="E254" s="139"/>
-      <c r="F254" s="124"/>
+      <c r="E254" s="132"/>
+      <c r="F254" s="117"/>
       <c r="G254" s="30"/>
       <c r="H254" s="30"/>
       <c r="I254" s="30"/>
       <c r="J254" s="30"/>
-      <c r="K254" s="168"/>
-[...1 lines deleted...]
-      <c r="M254" s="170"/>
+      <c r="K254" s="161"/>
+      <c r="L254" s="162"/>
+      <c r="M254" s="163"/>
       <c r="N254" s="31"/>
       <c r="O254" s="32"/>
       <c r="P254" s="32"/>
-      <c r="Q254" s="134"/>
-      <c r="R254" s="118"/>
+      <c r="Q254" s="127"/>
+      <c r="R254" s="111"/>
       <c r="S254" s="33"/>
       <c r="T254" s="57"/>
       <c r="U254" s="58"/>
-      <c r="V254" s="198">
+      <c r="V254" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W254" s="197">
+      <c r="W254" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X254" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y254" s="62"/>
       <c r="Z254" s="62"/>
       <c r="AA254" s="62"/>
       <c r="AB254" s="62"/>
       <c r="AC254" s="62"/>
       <c r="AD254" s="62"/>
       <c r="AE254" s="62"/>
       <c r="AF254" s="62"/>
       <c r="AG254" s="62"/>
       <c r="AH254" s="62"/>
       <c r="AI254" s="62"/>
       <c r="AJ254" s="62"/>
       <c r="AK254" s="62"/>
       <c r="AL254" s="62"/>
       <c r="AM254" s="62"/>
       <c r="AN254" s="62"/>
       <c r="AO254" s="62"/>
       <c r="AP254" s="62"/>
       <c r="AQ254" s="62"/>
       <c r="AR254" s="62"/>
     </row>
     <row r="255" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A255" s="317"/>
       <c r="B255" s="318"/>
       <c r="C255" s="318"/>
       <c r="D255" s="318"/>
-      <c r="E255" s="139"/>
-      <c r="F255" s="124"/>
+      <c r="E255" s="132"/>
+      <c r="F255" s="117"/>
       <c r="G255" s="30"/>
       <c r="H255" s="30"/>
       <c r="I255" s="30"/>
       <c r="J255" s="30"/>
-      <c r="K255" s="168"/>
-[...1 lines deleted...]
-      <c r="M255" s="170"/>
+      <c r="K255" s="161"/>
+      <c r="L255" s="162"/>
+      <c r="M255" s="163"/>
       <c r="N255" s="31"/>
       <c r="O255" s="32"/>
       <c r="P255" s="32"/>
-      <c r="Q255" s="134"/>
-      <c r="R255" s="118"/>
+      <c r="Q255" s="127"/>
+      <c r="R255" s="111"/>
       <c r="S255" s="33"/>
       <c r="T255" s="57"/>
       <c r="U255" s="58"/>
-      <c r="V255" s="198">
+      <c r="V255" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W255" s="197">
+      <c r="W255" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X255" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y255" s="62"/>
       <c r="Z255" s="62"/>
       <c r="AA255" s="62"/>
       <c r="AB255" s="62"/>
       <c r="AC255" s="62"/>
       <c r="AD255" s="62"/>
       <c r="AE255" s="62"/>
       <c r="AF255" s="62"/>
       <c r="AG255" s="62"/>
       <c r="AH255" s="62"/>
       <c r="AI255" s="62"/>
       <c r="AJ255" s="62"/>
       <c r="AK255" s="62"/>
       <c r="AL255" s="62"/>
       <c r="AM255" s="62"/>
       <c r="AN255" s="62"/>
       <c r="AO255" s="62"/>
       <c r="AP255" s="62"/>
       <c r="AQ255" s="62"/>
       <c r="AR255" s="62"/>
     </row>
     <row r="256" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A256" s="317"/>
       <c r="B256" s="318"/>
       <c r="C256" s="318"/>
       <c r="D256" s="318"/>
-      <c r="E256" s="139"/>
-      <c r="F256" s="124"/>
+      <c r="E256" s="132"/>
+      <c r="F256" s="117"/>
       <c r="G256" s="30"/>
       <c r="H256" s="30"/>
       <c r="I256" s="30"/>
       <c r="J256" s="30"/>
-      <c r="K256" s="168"/>
-[...1 lines deleted...]
-      <c r="M256" s="170"/>
+      <c r="K256" s="161"/>
+      <c r="L256" s="162"/>
+      <c r="M256" s="163"/>
       <c r="N256" s="31"/>
       <c r="O256" s="32"/>
       <c r="P256" s="32"/>
-      <c r="Q256" s="134"/>
-      <c r="R256" s="118"/>
+      <c r="Q256" s="127"/>
+      <c r="R256" s="111"/>
       <c r="S256" s="33"/>
       <c r="T256" s="57"/>
       <c r="U256" s="58"/>
-      <c r="V256" s="198">
+      <c r="V256" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W256" s="197">
+      <c r="W256" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X256" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y256" s="62"/>
       <c r="Z256" s="62"/>
       <c r="AA256" s="62"/>
       <c r="AB256" s="62"/>
       <c r="AC256" s="62"/>
       <c r="AD256" s="62"/>
       <c r="AE256" s="62"/>
       <c r="AF256" s="62"/>
       <c r="AG256" s="62"/>
       <c r="AH256" s="62"/>
       <c r="AI256" s="62"/>
       <c r="AJ256" s="62"/>
       <c r="AK256" s="62"/>
       <c r="AL256" s="62"/>
       <c r="AM256" s="62"/>
       <c r="AN256" s="62"/>
       <c r="AO256" s="62"/>
       <c r="AP256" s="62"/>
       <c r="AQ256" s="62"/>
       <c r="AR256" s="62"/>
     </row>
     <row r="257" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A257" s="317"/>
       <c r="B257" s="318"/>
       <c r="C257" s="318"/>
       <c r="D257" s="318"/>
-      <c r="E257" s="139"/>
-      <c r="F257" s="124"/>
+      <c r="E257" s="132"/>
+      <c r="F257" s="117"/>
       <c r="G257" s="30"/>
       <c r="H257" s="30"/>
       <c r="I257" s="30"/>
       <c r="J257" s="30"/>
-      <c r="K257" s="168"/>
-[...1 lines deleted...]
-      <c r="M257" s="170"/>
+      <c r="K257" s="161"/>
+      <c r="L257" s="162"/>
+      <c r="M257" s="163"/>
       <c r="N257" s="31"/>
       <c r="O257" s="32"/>
       <c r="P257" s="32"/>
-      <c r="Q257" s="134"/>
-      <c r="R257" s="118"/>
+      <c r="Q257" s="127"/>
+      <c r="R257" s="111"/>
       <c r="S257" s="33"/>
       <c r="T257" s="57"/>
       <c r="U257" s="58"/>
-      <c r="V257" s="198">
+      <c r="V257" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W257" s="197">
+      <c r="W257" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X257" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y257" s="62"/>
       <c r="Z257" s="62"/>
       <c r="AA257" s="62"/>
       <c r="AB257" s="62"/>
       <c r="AC257" s="62"/>
       <c r="AD257" s="62"/>
       <c r="AE257" s="62"/>
       <c r="AF257" s="62"/>
       <c r="AG257" s="62"/>
       <c r="AH257" s="62"/>
       <c r="AI257" s="62"/>
       <c r="AJ257" s="62"/>
       <c r="AK257" s="62"/>
       <c r="AL257" s="62"/>
       <c r="AM257" s="62"/>
       <c r="AN257" s="62"/>
       <c r="AO257" s="62"/>
       <c r="AP257" s="62"/>
       <c r="AQ257" s="62"/>
       <c r="AR257" s="62"/>
     </row>
     <row r="258" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A258" s="317"/>
       <c r="B258" s="318"/>
       <c r="C258" s="318"/>
       <c r="D258" s="318"/>
-      <c r="E258" s="139"/>
-      <c r="F258" s="124"/>
+      <c r="E258" s="132"/>
+      <c r="F258" s="117"/>
       <c r="G258" s="30"/>
       <c r="H258" s="30"/>
       <c r="I258" s="30"/>
       <c r="J258" s="30"/>
-      <c r="K258" s="168"/>
-[...1 lines deleted...]
-      <c r="M258" s="170"/>
+      <c r="K258" s="161"/>
+      <c r="L258" s="162"/>
+      <c r="M258" s="163"/>
       <c r="N258" s="31"/>
       <c r="O258" s="32"/>
       <c r="P258" s="32"/>
-      <c r="Q258" s="134"/>
-      <c r="R258" s="118"/>
+      <c r="Q258" s="127"/>
+      <c r="R258" s="111"/>
       <c r="S258" s="33"/>
       <c r="T258" s="57"/>
       <c r="U258" s="58"/>
-      <c r="V258" s="198">
+      <c r="V258" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W258" s="197">
+      <c r="W258" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X258" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y258" s="62"/>
       <c r="Z258" s="62"/>
       <c r="AA258" s="62"/>
       <c r="AB258" s="62"/>
       <c r="AC258" s="62"/>
       <c r="AD258" s="62"/>
       <c r="AE258" s="62"/>
       <c r="AF258" s="62"/>
       <c r="AG258" s="62"/>
       <c r="AH258" s="62"/>
       <c r="AI258" s="62"/>
       <c r="AJ258" s="62"/>
       <c r="AK258" s="62"/>
       <c r="AL258" s="62"/>
       <c r="AM258" s="62"/>
       <c r="AN258" s="62"/>
       <c r="AO258" s="62"/>
       <c r="AP258" s="62"/>
       <c r="AQ258" s="62"/>
       <c r="AR258" s="62"/>
     </row>
     <row r="259" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A259" s="317"/>
       <c r="B259" s="318"/>
       <c r="C259" s="318"/>
       <c r="D259" s="318"/>
-      <c r="E259" s="139"/>
-      <c r="F259" s="124"/>
+      <c r="E259" s="132"/>
+      <c r="F259" s="117"/>
       <c r="G259" s="30"/>
       <c r="H259" s="30"/>
       <c r="I259" s="30"/>
       <c r="J259" s="30"/>
-      <c r="K259" s="168"/>
-[...1 lines deleted...]
-      <c r="M259" s="170"/>
+      <c r="K259" s="161"/>
+      <c r="L259" s="162"/>
+      <c r="M259" s="163"/>
       <c r="N259" s="31"/>
       <c r="O259" s="32"/>
       <c r="P259" s="32"/>
-      <c r="Q259" s="134"/>
-      <c r="R259" s="118"/>
+      <c r="Q259" s="127"/>
+      <c r="R259" s="111"/>
       <c r="S259" s="33"/>
       <c r="T259" s="57"/>
       <c r="U259" s="58"/>
-      <c r="V259" s="198">
+      <c r="V259" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W259" s="197">
+      <c r="W259" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X259" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y259" s="62"/>
       <c r="Z259" s="62"/>
       <c r="AA259" s="62"/>
       <c r="AB259" s="62"/>
       <c r="AC259" s="62"/>
       <c r="AD259" s="62"/>
       <c r="AE259" s="62"/>
       <c r="AF259" s="62"/>
       <c r="AG259" s="62"/>
       <c r="AH259" s="62"/>
       <c r="AI259" s="62"/>
       <c r="AJ259" s="62"/>
       <c r="AK259" s="62"/>
       <c r="AL259" s="62"/>
       <c r="AM259" s="62"/>
       <c r="AN259" s="62"/>
       <c r="AO259" s="62"/>
       <c r="AP259" s="62"/>
       <c r="AQ259" s="62"/>
       <c r="AR259" s="62"/>
     </row>
     <row r="260" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A260" s="317"/>
       <c r="B260" s="318"/>
       <c r="C260" s="318"/>
       <c r="D260" s="318"/>
-      <c r="E260" s="139"/>
-      <c r="F260" s="124"/>
+      <c r="E260" s="132"/>
+      <c r="F260" s="117"/>
       <c r="G260" s="30"/>
       <c r="H260" s="30"/>
       <c r="I260" s="30"/>
       <c r="J260" s="30"/>
-      <c r="K260" s="168"/>
-[...1 lines deleted...]
-      <c r="M260" s="170"/>
+      <c r="K260" s="161"/>
+      <c r="L260" s="162"/>
+      <c r="M260" s="163"/>
       <c r="N260" s="31"/>
       <c r="O260" s="32"/>
       <c r="P260" s="32"/>
-      <c r="Q260" s="134"/>
-      <c r="R260" s="118"/>
+      <c r="Q260" s="127"/>
+      <c r="R260" s="111"/>
       <c r="S260" s="33"/>
       <c r="T260" s="57"/>
       <c r="U260" s="58"/>
-      <c r="V260" s="198">
+      <c r="V260" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W260" s="197">
+      <c r="W260" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X260" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y260" s="62"/>
       <c r="Z260" s="62"/>
       <c r="AA260" s="62"/>
       <c r="AB260" s="62"/>
       <c r="AC260" s="62"/>
       <c r="AD260" s="62"/>
       <c r="AE260" s="62"/>
       <c r="AF260" s="62"/>
       <c r="AG260" s="62"/>
       <c r="AH260" s="62"/>
       <c r="AI260" s="62"/>
       <c r="AJ260" s="62"/>
       <c r="AK260" s="62"/>
       <c r="AL260" s="62"/>
       <c r="AM260" s="62"/>
       <c r="AN260" s="62"/>
       <c r="AO260" s="62"/>
       <c r="AP260" s="62"/>
       <c r="AQ260" s="62"/>
       <c r="AR260" s="62"/>
     </row>
     <row r="261" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A261" s="317"/>
       <c r="B261" s="318"/>
       <c r="C261" s="318"/>
       <c r="D261" s="318"/>
-      <c r="E261" s="139"/>
-      <c r="F261" s="124"/>
+      <c r="E261" s="132"/>
+      <c r="F261" s="117"/>
       <c r="G261" s="30"/>
       <c r="H261" s="30"/>
       <c r="I261" s="30"/>
       <c r="J261" s="30"/>
-      <c r="K261" s="168"/>
-[...1 lines deleted...]
-      <c r="M261" s="170"/>
+      <c r="K261" s="161"/>
+      <c r="L261" s="162"/>
+      <c r="M261" s="163"/>
       <c r="N261" s="31"/>
       <c r="O261" s="32"/>
       <c r="P261" s="32"/>
-      <c r="Q261" s="134"/>
-      <c r="R261" s="118"/>
+      <c r="Q261" s="127"/>
+      <c r="R261" s="111"/>
       <c r="S261" s="33"/>
       <c r="T261" s="57"/>
       <c r="U261" s="58"/>
-      <c r="V261" s="198">
+      <c r="V261" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W261" s="197">
+      <c r="W261" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X261" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y261" s="62"/>
       <c r="Z261" s="62"/>
       <c r="AA261" s="62"/>
       <c r="AB261" s="62"/>
       <c r="AC261" s="62"/>
       <c r="AD261" s="62"/>
       <c r="AE261" s="62"/>
       <c r="AF261" s="62"/>
       <c r="AG261" s="62"/>
       <c r="AH261" s="62"/>
       <c r="AI261" s="62"/>
       <c r="AJ261" s="62"/>
       <c r="AK261" s="62"/>
       <c r="AL261" s="62"/>
       <c r="AM261" s="62"/>
       <c r="AN261" s="62"/>
       <c r="AO261" s="62"/>
       <c r="AP261" s="62"/>
       <c r="AQ261" s="62"/>
       <c r="AR261" s="62"/>
     </row>
     <row r="262" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A262" s="317"/>
       <c r="B262" s="318"/>
       <c r="C262" s="318"/>
       <c r="D262" s="318"/>
-      <c r="E262" s="139"/>
-      <c r="F262" s="124"/>
+      <c r="E262" s="132"/>
+      <c r="F262" s="117"/>
       <c r="G262" s="30"/>
       <c r="H262" s="30"/>
       <c r="I262" s="30"/>
       <c r="J262" s="30"/>
-      <c r="K262" s="168"/>
-[...1 lines deleted...]
-      <c r="M262" s="170"/>
+      <c r="K262" s="161"/>
+      <c r="L262" s="162"/>
+      <c r="M262" s="163"/>
       <c r="N262" s="31"/>
       <c r="O262" s="32"/>
       <c r="P262" s="32"/>
-      <c r="Q262" s="134"/>
-      <c r="R262" s="118"/>
+      <c r="Q262" s="127"/>
+      <c r="R262" s="111"/>
       <c r="S262" s="33"/>
       <c r="T262" s="57"/>
       <c r="U262" s="58"/>
-      <c r="V262" s="198">
+      <c r="V262" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W262" s="197">
+      <c r="W262" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X262" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y262" s="62"/>
       <c r="Z262" s="62"/>
       <c r="AA262" s="62"/>
       <c r="AB262" s="62"/>
       <c r="AC262" s="62"/>
       <c r="AD262" s="62"/>
       <c r="AE262" s="62"/>
       <c r="AF262" s="62"/>
       <c r="AG262" s="62"/>
       <c r="AH262" s="62"/>
       <c r="AI262" s="62"/>
       <c r="AJ262" s="62"/>
       <c r="AK262" s="62"/>
       <c r="AL262" s="62"/>
       <c r="AM262" s="62"/>
       <c r="AN262" s="62"/>
       <c r="AO262" s="62"/>
       <c r="AP262" s="62"/>
       <c r="AQ262" s="62"/>
       <c r="AR262" s="62"/>
     </row>
     <row r="263" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A263" s="317"/>
       <c r="B263" s="318"/>
       <c r="C263" s="318"/>
       <c r="D263" s="318"/>
-      <c r="E263" s="139"/>
-      <c r="F263" s="124"/>
+      <c r="E263" s="132"/>
+      <c r="F263" s="117"/>
       <c r="G263" s="30"/>
       <c r="H263" s="30"/>
       <c r="I263" s="30"/>
       <c r="J263" s="30"/>
-      <c r="K263" s="168"/>
-[...1 lines deleted...]
-      <c r="M263" s="170"/>
+      <c r="K263" s="161"/>
+      <c r="L263" s="162"/>
+      <c r="M263" s="163"/>
       <c r="N263" s="31"/>
       <c r="O263" s="32"/>
       <c r="P263" s="32"/>
-      <c r="Q263" s="134"/>
-      <c r="R263" s="118"/>
+      <c r="Q263" s="127"/>
+      <c r="R263" s="111"/>
       <c r="S263" s="33"/>
       <c r="T263" s="57"/>
       <c r="U263" s="58"/>
-      <c r="V263" s="198">
+      <c r="V263" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W263" s="197">
+      <c r="W263" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X263" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y263" s="62"/>
       <c r="Z263" s="62"/>
       <c r="AA263" s="62"/>
       <c r="AB263" s="62"/>
       <c r="AC263" s="62"/>
       <c r="AD263" s="62"/>
       <c r="AE263" s="62"/>
       <c r="AF263" s="62"/>
       <c r="AG263" s="62"/>
       <c r="AH263" s="62"/>
       <c r="AI263" s="62"/>
       <c r="AJ263" s="62"/>
       <c r="AK263" s="62"/>
       <c r="AL263" s="62"/>
       <c r="AM263" s="62"/>
       <c r="AN263" s="62"/>
       <c r="AO263" s="62"/>
       <c r="AP263" s="62"/>
       <c r="AQ263" s="62"/>
       <c r="AR263" s="62"/>
     </row>
     <row r="264" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A264" s="317"/>
       <c r="B264" s="318"/>
       <c r="C264" s="318"/>
       <c r="D264" s="318"/>
-      <c r="E264" s="139"/>
-      <c r="F264" s="124"/>
+      <c r="E264" s="132"/>
+      <c r="F264" s="117"/>
       <c r="G264" s="30"/>
       <c r="H264" s="30"/>
       <c r="I264" s="30"/>
       <c r="J264" s="30"/>
-      <c r="K264" s="168"/>
-[...1 lines deleted...]
-      <c r="M264" s="170"/>
+      <c r="K264" s="161"/>
+      <c r="L264" s="162"/>
+      <c r="M264" s="163"/>
       <c r="N264" s="31"/>
       <c r="O264" s="32"/>
       <c r="P264" s="32"/>
-      <c r="Q264" s="134"/>
-      <c r="R264" s="118"/>
+      <c r="Q264" s="127"/>
+      <c r="R264" s="111"/>
       <c r="S264" s="33"/>
       <c r="T264" s="57"/>
       <c r="U264" s="58"/>
-      <c r="V264" s="198">
+      <c r="V264" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W264" s="197">
+      <c r="W264" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X264" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y264" s="62"/>
       <c r="Z264" s="62"/>
       <c r="AA264" s="62"/>
       <c r="AB264" s="62"/>
       <c r="AC264" s="62"/>
       <c r="AD264" s="62"/>
       <c r="AE264" s="62"/>
       <c r="AF264" s="62"/>
       <c r="AG264" s="62"/>
       <c r="AH264" s="62"/>
       <c r="AI264" s="62"/>
       <c r="AJ264" s="62"/>
       <c r="AK264" s="62"/>
       <c r="AL264" s="62"/>
       <c r="AM264" s="62"/>
       <c r="AN264" s="62"/>
       <c r="AO264" s="62"/>
       <c r="AP264" s="62"/>
       <c r="AQ264" s="62"/>
       <c r="AR264" s="62"/>
     </row>
     <row r="265" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A265" s="317"/>
       <c r="B265" s="318"/>
       <c r="C265" s="318"/>
       <c r="D265" s="318"/>
-      <c r="E265" s="139"/>
-      <c r="F265" s="124"/>
+      <c r="E265" s="132"/>
+      <c r="F265" s="117"/>
       <c r="G265" s="30"/>
       <c r="H265" s="30"/>
       <c r="I265" s="30"/>
       <c r="J265" s="30"/>
-      <c r="K265" s="168"/>
-[...1 lines deleted...]
-      <c r="M265" s="170"/>
+      <c r="K265" s="161"/>
+      <c r="L265" s="162"/>
+      <c r="M265" s="163"/>
       <c r="N265" s="31"/>
       <c r="O265" s="32"/>
       <c r="P265" s="32"/>
-      <c r="Q265" s="134"/>
-      <c r="R265" s="118"/>
+      <c r="Q265" s="127"/>
+      <c r="R265" s="111"/>
       <c r="S265" s="33"/>
       <c r="T265" s="57"/>
       <c r="U265" s="58"/>
-      <c r="V265" s="198">
+      <c r="V265" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W265" s="197">
+      <c r="W265" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X265" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y265" s="62"/>
       <c r="Z265" s="62"/>
       <c r="AA265" s="62"/>
       <c r="AB265" s="62"/>
       <c r="AC265" s="62"/>
       <c r="AD265" s="62"/>
       <c r="AE265" s="62"/>
       <c r="AF265" s="62"/>
       <c r="AG265" s="62"/>
       <c r="AH265" s="62"/>
       <c r="AI265" s="62"/>
       <c r="AJ265" s="62"/>
       <c r="AK265" s="62"/>
       <c r="AL265" s="62"/>
       <c r="AM265" s="62"/>
       <c r="AN265" s="62"/>
       <c r="AO265" s="62"/>
       <c r="AP265" s="62"/>
       <c r="AQ265" s="62"/>
       <c r="AR265" s="62"/>
     </row>
     <row r="266" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A266" s="317"/>
       <c r="B266" s="318"/>
       <c r="C266" s="318"/>
       <c r="D266" s="318"/>
-      <c r="E266" s="139"/>
-      <c r="F266" s="124"/>
+      <c r="E266" s="132"/>
+      <c r="F266" s="117"/>
       <c r="G266" s="30"/>
       <c r="H266" s="30"/>
       <c r="I266" s="30"/>
       <c r="J266" s="30"/>
-      <c r="K266" s="168"/>
-[...1 lines deleted...]
-      <c r="M266" s="170"/>
+      <c r="K266" s="161"/>
+      <c r="L266" s="162"/>
+      <c r="M266" s="163"/>
       <c r="N266" s="31"/>
       <c r="O266" s="32"/>
       <c r="P266" s="32"/>
-      <c r="Q266" s="134"/>
-      <c r="R266" s="118"/>
+      <c r="Q266" s="127"/>
+      <c r="R266" s="111"/>
       <c r="S266" s="33"/>
       <c r="T266" s="57"/>
       <c r="U266" s="58"/>
-      <c r="V266" s="198">
+      <c r="V266" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W266" s="197">
+      <c r="W266" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X266" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y266" s="62"/>
       <c r="Z266" s="62"/>
       <c r="AA266" s="62"/>
       <c r="AB266" s="62"/>
       <c r="AC266" s="62"/>
       <c r="AD266" s="62"/>
       <c r="AE266" s="62"/>
       <c r="AF266" s="62"/>
       <c r="AG266" s="62"/>
       <c r="AH266" s="62"/>
       <c r="AI266" s="62"/>
       <c r="AJ266" s="62"/>
       <c r="AK266" s="62"/>
       <c r="AL266" s="62"/>
       <c r="AM266" s="62"/>
       <c r="AN266" s="62"/>
       <c r="AO266" s="62"/>
       <c r="AP266" s="62"/>
       <c r="AQ266" s="62"/>
       <c r="AR266" s="62"/>
     </row>
     <row r="267" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A267" s="317"/>
       <c r="B267" s="318"/>
       <c r="C267" s="318"/>
       <c r="D267" s="318"/>
-      <c r="E267" s="139"/>
-      <c r="F267" s="124"/>
+      <c r="E267" s="132"/>
+      <c r="F267" s="117"/>
       <c r="G267" s="30"/>
       <c r="H267" s="30"/>
       <c r="I267" s="30"/>
       <c r="J267" s="30"/>
-      <c r="K267" s="168"/>
-[...1 lines deleted...]
-      <c r="M267" s="170"/>
+      <c r="K267" s="161"/>
+      <c r="L267" s="162"/>
+      <c r="M267" s="163"/>
       <c r="N267" s="31"/>
       <c r="O267" s="32"/>
       <c r="P267" s="32"/>
-      <c r="Q267" s="134"/>
-      <c r="R267" s="118"/>
+      <c r="Q267" s="127"/>
+      <c r="R267" s="111"/>
       <c r="S267" s="33"/>
       <c r="T267" s="57"/>
       <c r="U267" s="58"/>
-      <c r="V267" s="198">
+      <c r="V267" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W267" s="197">
+      <c r="W267" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X267" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y267" s="62"/>
       <c r="Z267" s="62"/>
       <c r="AA267" s="62"/>
       <c r="AB267" s="62"/>
       <c r="AC267" s="62"/>
       <c r="AD267" s="62"/>
       <c r="AE267" s="62"/>
       <c r="AF267" s="62"/>
       <c r="AG267" s="62"/>
       <c r="AH267" s="62"/>
       <c r="AI267" s="62"/>
       <c r="AJ267" s="62"/>
       <c r="AK267" s="62"/>
       <c r="AL267" s="62"/>
       <c r="AM267" s="62"/>
       <c r="AN267" s="62"/>
       <c r="AO267" s="62"/>
       <c r="AP267" s="62"/>
       <c r="AQ267" s="62"/>
       <c r="AR267" s="62"/>
     </row>
     <row r="268" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A268" s="317"/>
       <c r="B268" s="318"/>
       <c r="C268" s="318"/>
       <c r="D268" s="318"/>
-      <c r="E268" s="139"/>
-      <c r="F268" s="124"/>
+      <c r="E268" s="132"/>
+      <c r="F268" s="117"/>
       <c r="G268" s="30"/>
       <c r="H268" s="30"/>
       <c r="I268" s="30"/>
       <c r="J268" s="30"/>
-      <c r="K268" s="168"/>
-[...1 lines deleted...]
-      <c r="M268" s="170"/>
+      <c r="K268" s="161"/>
+      <c r="L268" s="162"/>
+      <c r="M268" s="163"/>
       <c r="N268" s="31"/>
       <c r="O268" s="32"/>
       <c r="P268" s="32"/>
-      <c r="Q268" s="134"/>
-      <c r="R268" s="118"/>
+      <c r="Q268" s="127"/>
+      <c r="R268" s="111"/>
       <c r="S268" s="33"/>
       <c r="T268" s="57"/>
       <c r="U268" s="58"/>
-      <c r="V268" s="198">
+      <c r="V268" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W268" s="197">
+      <c r="W268" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X268" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y268" s="62"/>
       <c r="Z268" s="62"/>
       <c r="AA268" s="62"/>
       <c r="AB268" s="62"/>
       <c r="AC268" s="62"/>
       <c r="AD268" s="62"/>
       <c r="AE268" s="62"/>
       <c r="AF268" s="62"/>
       <c r="AG268" s="62"/>
       <c r="AH268" s="62"/>
       <c r="AI268" s="62"/>
       <c r="AJ268" s="62"/>
       <c r="AK268" s="62"/>
       <c r="AL268" s="62"/>
       <c r="AM268" s="62"/>
       <c r="AN268" s="62"/>
       <c r="AO268" s="62"/>
       <c r="AP268" s="62"/>
       <c r="AQ268" s="62"/>
       <c r="AR268" s="62"/>
     </row>
     <row r="269" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A269" s="317"/>
       <c r="B269" s="318"/>
       <c r="C269" s="318"/>
       <c r="D269" s="318"/>
-      <c r="E269" s="139"/>
-      <c r="F269" s="124"/>
+      <c r="E269" s="132"/>
+      <c r="F269" s="117"/>
       <c r="G269" s="30"/>
       <c r="H269" s="30"/>
       <c r="I269" s="30"/>
       <c r="J269" s="30"/>
-      <c r="K269" s="168"/>
-[...1 lines deleted...]
-      <c r="M269" s="170"/>
+      <c r="K269" s="161"/>
+      <c r="L269" s="162"/>
+      <c r="M269" s="163"/>
       <c r="N269" s="31"/>
       <c r="O269" s="32"/>
       <c r="P269" s="32"/>
-      <c r="Q269" s="134"/>
-      <c r="R269" s="118"/>
+      <c r="Q269" s="127"/>
+      <c r="R269" s="111"/>
       <c r="S269" s="33"/>
       <c r="T269" s="57"/>
       <c r="U269" s="58"/>
-      <c r="V269" s="198">
+      <c r="V269" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W269" s="197">
+      <c r="W269" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X269" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y269" s="62"/>
       <c r="Z269" s="62"/>
       <c r="AA269" s="62"/>
       <c r="AB269" s="62"/>
       <c r="AC269" s="62"/>
       <c r="AD269" s="62"/>
       <c r="AE269" s="62"/>
       <c r="AF269" s="62"/>
       <c r="AG269" s="62"/>
       <c r="AH269" s="62"/>
       <c r="AI269" s="62"/>
       <c r="AJ269" s="62"/>
       <c r="AK269" s="62"/>
       <c r="AL269" s="62"/>
       <c r="AM269" s="62"/>
       <c r="AN269" s="62"/>
       <c r="AO269" s="62"/>
       <c r="AP269" s="62"/>
       <c r="AQ269" s="62"/>
       <c r="AR269" s="62"/>
     </row>
     <row r="270" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A270" s="317"/>
       <c r="B270" s="318"/>
       <c r="C270" s="318"/>
       <c r="D270" s="318"/>
-      <c r="E270" s="139"/>
-      <c r="F270" s="124"/>
+      <c r="E270" s="132"/>
+      <c r="F270" s="117"/>
       <c r="G270" s="30"/>
       <c r="H270" s="30"/>
       <c r="I270" s="30"/>
       <c r="J270" s="30"/>
-      <c r="K270" s="168"/>
-[...1 lines deleted...]
-      <c r="M270" s="170"/>
+      <c r="K270" s="161"/>
+      <c r="L270" s="162"/>
+      <c r="M270" s="163"/>
       <c r="N270" s="31"/>
       <c r="O270" s="32"/>
       <c r="P270" s="32"/>
-      <c r="Q270" s="134"/>
-      <c r="R270" s="118"/>
+      <c r="Q270" s="127"/>
+      <c r="R270" s="111"/>
       <c r="S270" s="33"/>
       <c r="T270" s="57"/>
       <c r="U270" s="58"/>
-      <c r="V270" s="198">
+      <c r="V270" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W270" s="197">
+      <c r="W270" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X270" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y270" s="62"/>
       <c r="Z270" s="62"/>
       <c r="AA270" s="62"/>
       <c r="AB270" s="62"/>
       <c r="AC270" s="62"/>
       <c r="AD270" s="62"/>
       <c r="AE270" s="62"/>
       <c r="AF270" s="62"/>
       <c r="AG270" s="62"/>
       <c r="AH270" s="62"/>
       <c r="AI270" s="62"/>
       <c r="AJ270" s="62"/>
       <c r="AK270" s="62"/>
       <c r="AL270" s="62"/>
       <c r="AM270" s="62"/>
       <c r="AN270" s="62"/>
       <c r="AO270" s="62"/>
       <c r="AP270" s="62"/>
       <c r="AQ270" s="62"/>
       <c r="AR270" s="62"/>
     </row>
     <row r="271" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A271" s="317"/>
       <c r="B271" s="318"/>
       <c r="C271" s="318"/>
       <c r="D271" s="318"/>
-      <c r="E271" s="139"/>
-      <c r="F271" s="124"/>
+      <c r="E271" s="132"/>
+      <c r="F271" s="117"/>
       <c r="G271" s="30"/>
       <c r="H271" s="30"/>
       <c r="I271" s="30"/>
       <c r="J271" s="30"/>
-      <c r="K271" s="168"/>
-[...1 lines deleted...]
-      <c r="M271" s="170"/>
+      <c r="K271" s="161"/>
+      <c r="L271" s="162"/>
+      <c r="M271" s="163"/>
       <c r="N271" s="31"/>
       <c r="O271" s="32"/>
       <c r="P271" s="32"/>
-      <c r="Q271" s="134"/>
-      <c r="R271" s="118"/>
+      <c r="Q271" s="127"/>
+      <c r="R271" s="111"/>
       <c r="S271" s="33"/>
       <c r="T271" s="57"/>
       <c r="U271" s="58"/>
-      <c r="V271" s="198">
+      <c r="V271" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W271" s="197">
+      <c r="W271" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X271" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y271" s="62"/>
       <c r="Z271" s="62"/>
       <c r="AA271" s="62"/>
       <c r="AB271" s="62"/>
       <c r="AC271" s="62"/>
       <c r="AD271" s="62"/>
       <c r="AE271" s="62"/>
       <c r="AF271" s="62"/>
       <c r="AG271" s="62"/>
       <c r="AH271" s="62"/>
       <c r="AI271" s="62"/>
       <c r="AJ271" s="62"/>
       <c r="AK271" s="62"/>
       <c r="AL271" s="62"/>
       <c r="AM271" s="62"/>
       <c r="AN271" s="62"/>
       <c r="AO271" s="62"/>
       <c r="AP271" s="62"/>
       <c r="AQ271" s="62"/>
       <c r="AR271" s="62"/>
     </row>
     <row r="272" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A272" s="317"/>
       <c r="B272" s="318"/>
       <c r="C272" s="318"/>
       <c r="D272" s="318"/>
-      <c r="E272" s="139"/>
-      <c r="F272" s="124"/>
+      <c r="E272" s="132"/>
+      <c r="F272" s="117"/>
       <c r="G272" s="30"/>
       <c r="H272" s="30"/>
       <c r="I272" s="30"/>
       <c r="J272" s="30"/>
-      <c r="K272" s="168"/>
-[...1 lines deleted...]
-      <c r="M272" s="170"/>
+      <c r="K272" s="161"/>
+      <c r="L272" s="162"/>
+      <c r="M272" s="163"/>
       <c r="N272" s="31"/>
       <c r="O272" s="32"/>
       <c r="P272" s="32"/>
-      <c r="Q272" s="134"/>
-      <c r="R272" s="118"/>
+      <c r="Q272" s="127"/>
+      <c r="R272" s="111"/>
       <c r="S272" s="33"/>
       <c r="T272" s="57"/>
       <c r="U272" s="58"/>
-      <c r="V272" s="198">
+      <c r="V272" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W272" s="197">
+      <c r="W272" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X272" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y272" s="62"/>
       <c r="Z272" s="62"/>
       <c r="AA272" s="62"/>
       <c r="AB272" s="62"/>
       <c r="AC272" s="62"/>
       <c r="AD272" s="62"/>
       <c r="AE272" s="62"/>
       <c r="AF272" s="62"/>
       <c r="AG272" s="62"/>
       <c r="AH272" s="62"/>
       <c r="AI272" s="62"/>
       <c r="AJ272" s="62"/>
       <c r="AK272" s="62"/>
       <c r="AL272" s="62"/>
       <c r="AM272" s="62"/>
       <c r="AN272" s="62"/>
       <c r="AO272" s="62"/>
       <c r="AP272" s="62"/>
       <c r="AQ272" s="62"/>
       <c r="AR272" s="62"/>
     </row>
     <row r="273" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A273" s="317"/>
       <c r="B273" s="318"/>
       <c r="C273" s="318"/>
       <c r="D273" s="318"/>
-      <c r="E273" s="139"/>
-      <c r="F273" s="124"/>
+      <c r="E273" s="132"/>
+      <c r="F273" s="117"/>
       <c r="G273" s="30"/>
       <c r="H273" s="30"/>
       <c r="I273" s="30"/>
       <c r="J273" s="30"/>
-      <c r="K273" s="168"/>
-[...1 lines deleted...]
-      <c r="M273" s="170"/>
+      <c r="K273" s="161"/>
+      <c r="L273" s="162"/>
+      <c r="M273" s="163"/>
       <c r="N273" s="31"/>
       <c r="O273" s="32"/>
       <c r="P273" s="32"/>
-      <c r="Q273" s="134"/>
-      <c r="R273" s="118"/>
+      <c r="Q273" s="127"/>
+      <c r="R273" s="111"/>
       <c r="S273" s="33"/>
       <c r="T273" s="57"/>
       <c r="U273" s="58"/>
-      <c r="V273" s="198">
+      <c r="V273" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W273" s="197">
+      <c r="W273" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X273" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y273" s="62"/>
       <c r="Z273" s="62"/>
       <c r="AA273" s="62"/>
       <c r="AB273" s="62"/>
       <c r="AC273" s="62"/>
       <c r="AD273" s="62"/>
       <c r="AE273" s="62"/>
       <c r="AF273" s="62"/>
       <c r="AG273" s="62"/>
       <c r="AH273" s="62"/>
       <c r="AI273" s="62"/>
       <c r="AJ273" s="62"/>
       <c r="AK273" s="62"/>
       <c r="AL273" s="62"/>
       <c r="AM273" s="62"/>
       <c r="AN273" s="62"/>
       <c r="AO273" s="62"/>
       <c r="AP273" s="62"/>
       <c r="AQ273" s="62"/>
       <c r="AR273" s="62"/>
     </row>
     <row r="274" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A274" s="317"/>
       <c r="B274" s="318"/>
       <c r="C274" s="318"/>
       <c r="D274" s="318"/>
-      <c r="E274" s="139"/>
-      <c r="F274" s="124"/>
+      <c r="E274" s="132"/>
+      <c r="F274" s="117"/>
       <c r="G274" s="30"/>
       <c r="H274" s="30"/>
       <c r="I274" s="30"/>
       <c r="J274" s="30"/>
-      <c r="K274" s="168"/>
-[...1 lines deleted...]
-      <c r="M274" s="170"/>
+      <c r="K274" s="161"/>
+      <c r="L274" s="162"/>
+      <c r="M274" s="163"/>
       <c r="N274" s="31"/>
       <c r="O274" s="32"/>
       <c r="P274" s="32"/>
-      <c r="Q274" s="134"/>
-      <c r="R274" s="118"/>
+      <c r="Q274" s="127"/>
+      <c r="R274" s="111"/>
       <c r="S274" s="33"/>
       <c r="T274" s="57"/>
       <c r="U274" s="58"/>
-      <c r="V274" s="198">
+      <c r="V274" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W274" s="197">
+      <c r="W274" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X274" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y274" s="62"/>
       <c r="Z274" s="62"/>
       <c r="AA274" s="62"/>
       <c r="AB274" s="62"/>
       <c r="AC274" s="62"/>
       <c r="AD274" s="62"/>
       <c r="AE274" s="62"/>
       <c r="AF274" s="62"/>
       <c r="AG274" s="62"/>
       <c r="AH274" s="62"/>
       <c r="AI274" s="62"/>
       <c r="AJ274" s="62"/>
       <c r="AK274" s="62"/>
       <c r="AL274" s="62"/>
       <c r="AM274" s="62"/>
       <c r="AN274" s="62"/>
       <c r="AO274" s="62"/>
       <c r="AP274" s="62"/>
       <c r="AQ274" s="62"/>
       <c r="AR274" s="62"/>
     </row>
     <row r="275" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A275" s="317"/>
       <c r="B275" s="318"/>
       <c r="C275" s="318"/>
       <c r="D275" s="318"/>
-      <c r="E275" s="139"/>
-      <c r="F275" s="124"/>
+      <c r="E275" s="132"/>
+      <c r="F275" s="117"/>
       <c r="G275" s="30"/>
       <c r="H275" s="30"/>
       <c r="I275" s="30"/>
       <c r="J275" s="30"/>
-      <c r="K275" s="168"/>
-[...1 lines deleted...]
-      <c r="M275" s="170"/>
+      <c r="K275" s="161"/>
+      <c r="L275" s="162"/>
+      <c r="M275" s="163"/>
       <c r="N275" s="31"/>
       <c r="O275" s="32"/>
       <c r="P275" s="32"/>
-      <c r="Q275" s="134"/>
-      <c r="R275" s="118"/>
+      <c r="Q275" s="127"/>
+      <c r="R275" s="111"/>
       <c r="S275" s="33"/>
       <c r="T275" s="57"/>
       <c r="U275" s="58"/>
-      <c r="V275" s="198">
+      <c r="V275" s="191">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W275" s="197">
+      <c r="W275" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X275" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y275" s="62"/>
       <c r="Z275" s="62"/>
       <c r="AA275" s="62"/>
       <c r="AB275" s="62"/>
       <c r="AC275" s="62"/>
       <c r="AD275" s="62"/>
       <c r="AE275" s="62"/>
       <c r="AF275" s="62"/>
       <c r="AG275" s="62"/>
       <c r="AH275" s="62"/>
       <c r="AI275" s="62"/>
       <c r="AJ275" s="62"/>
       <c r="AK275" s="62"/>
       <c r="AL275" s="62"/>
       <c r="AM275" s="62"/>
       <c r="AN275" s="62"/>
       <c r="AO275" s="62"/>
       <c r="AP275" s="62"/>
       <c r="AQ275" s="62"/>
       <c r="AR275" s="62"/>
     </row>
     <row r="276" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A276" s="317"/>
       <c r="B276" s="318"/>
       <c r="C276" s="318"/>
       <c r="D276" s="318"/>
-      <c r="E276" s="139"/>
-      <c r="F276" s="124"/>
+      <c r="E276" s="132"/>
+      <c r="F276" s="117"/>
       <c r="G276" s="30"/>
       <c r="H276" s="30"/>
       <c r="I276" s="30"/>
       <c r="J276" s="30"/>
-      <c r="K276" s="168"/>
-[...1 lines deleted...]
-      <c r="M276" s="170"/>
+      <c r="K276" s="161"/>
+      <c r="L276" s="162"/>
+      <c r="M276" s="163"/>
       <c r="N276" s="31"/>
       <c r="O276" s="32"/>
       <c r="P276" s="32"/>
-      <c r="Q276" s="134"/>
-      <c r="R276" s="118"/>
+      <c r="Q276" s="127"/>
+      <c r="R276" s="111"/>
       <c r="S276" s="33"/>
       <c r="T276" s="57"/>
       <c r="U276" s="58"/>
-      <c r="V276" s="198">
+      <c r="V276" s="191">
         <f t="shared" ref="V276:V277" si="12">SUM(N276:U276)</f>
         <v>0</v>
       </c>
-      <c r="W276" s="197">
+      <c r="W276" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X276" s="2">
         <f t="shared" ref="X276:X277" si="13">IF(E276="o",0,SUM(N276:U276))</f>
         <v>0</v>
       </c>
       <c r="Y276" s="62"/>
       <c r="Z276" s="62"/>
       <c r="AA276" s="62"/>
       <c r="AB276" s="62"/>
       <c r="AC276" s="62"/>
       <c r="AD276" s="62"/>
       <c r="AE276" s="62"/>
       <c r="AF276" s="62"/>
       <c r="AG276" s="62"/>
       <c r="AH276" s="62"/>
       <c r="AI276" s="62"/>
       <c r="AJ276" s="62"/>
       <c r="AK276" s="62"/>
       <c r="AL276" s="62"/>
       <c r="AM276" s="62"/>
       <c r="AN276" s="62"/>
       <c r="AO276" s="62"/>
       <c r="AP276" s="62"/>
       <c r="AQ276" s="62"/>
       <c r="AR276" s="62"/>
     </row>
     <row r="277" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A277" s="339"/>
       <c r="B277" s="340"/>
       <c r="C277" s="340"/>
       <c r="D277" s="340"/>
-      <c r="E277" s="140"/>
-      <c r="F277" s="126"/>
+      <c r="E277" s="133"/>
+      <c r="F277" s="119"/>
       <c r="G277" s="44"/>
       <c r="H277" s="44"/>
       <c r="I277" s="44"/>
       <c r="J277" s="44"/>
-      <c r="K277" s="171"/>
-[...6 lines deleted...]
-      <c r="R277" s="129"/>
+      <c r="K277" s="164"/>
+      <c r="L277" s="165"/>
+      <c r="M277" s="166"/>
+      <c r="N277" s="128"/>
+      <c r="O277" s="129"/>
+      <c r="P277" s="129"/>
+      <c r="Q277" s="130"/>
+      <c r="R277" s="122"/>
       <c r="S277" s="33"/>
       <c r="T277" s="57"/>
       <c r="U277" s="58"/>
-      <c r="V277" s="199">
+      <c r="V277" s="192">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="W277" s="197">
+      <c r="W277" s="190">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X277" s="2">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="Y277" s="62"/>
       <c r="Z277" s="62"/>
       <c r="AA277" s="62"/>
       <c r="AB277" s="62"/>
       <c r="AC277" s="62"/>
       <c r="AD277" s="62"/>
       <c r="AE277" s="62"/>
       <c r="AF277" s="62"/>
       <c r="AG277" s="62"/>
       <c r="AH277" s="62"/>
       <c r="AI277" s="62"/>
       <c r="AJ277" s="62"/>
       <c r="AK277" s="62"/>
       <c r="AL277" s="62"/>
       <c r="AM277" s="62"/>
       <c r="AN277" s="62"/>
       <c r="AO277" s="62"/>
       <c r="AP277" s="62"/>
       <c r="AQ277" s="62"/>
       <c r="AR277" s="62"/>
     </row>
     <row r="278" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A278" s="341" t="s">
         <v>37</v>
       </c>
       <c r="B278" s="342"/>
       <c r="C278" s="342"/>
       <c r="D278" s="342"/>
       <c r="E278" s="342"/>
       <c r="F278" s="342"/>
       <c r="G278" s="342"/>
       <c r="H278" s="342"/>
       <c r="I278" s="342"/>
-      <c r="J278" s="202"/>
-[...3 lines deleted...]
-      <c r="N278" s="200">
+      <c r="J278" s="195"/>
+      <c r="K278" s="196"/>
+      <c r="L278" s="196"/>
+      <c r="M278" s="196"/>
+      <c r="N278" s="193">
         <f t="shared" ref="N278:X278" si="14">SUM(N22:N277)</f>
         <v>0</v>
       </c>
-      <c r="O278" s="200">
+      <c r="O278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="P278" s="200">
+      <c r="P278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Q278" s="200">
+      <c r="Q278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="R278" s="200">
+      <c r="R278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S278" s="200">
+      <c r="S278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="T278" s="200">
+      <c r="T278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="U278" s="200">
+      <c r="U278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="V278" s="200">
+      <c r="V278" s="193">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="W278" s="201">
+      <c r="W278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="X278" s="2">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Y278" s="62"/>
       <c r="Z278" s="62"/>
       <c r="AA278" s="62"/>
       <c r="AB278" s="62"/>
       <c r="AC278" s="62"/>
       <c r="AD278" s="62"/>
       <c r="AE278" s="62"/>
       <c r="AF278" s="62"/>
       <c r="AG278" s="62"/>
       <c r="AH278" s="62"/>
       <c r="AI278" s="62"/>
       <c r="AJ278" s="62"/>
       <c r="AK278" s="62"/>
       <c r="AL278" s="62"/>
       <c r="AM278" s="62"/>
       <c r="AN278" s="62"/>
       <c r="AO278" s="62"/>
       <c r="AP278" s="62"/>
       <c r="AQ278" s="62"/>
       <c r="AR278" s="62"/>
     </row>
     <row r="279" spans="1:44" s="5" customFormat="1" ht="159.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A279" s="319" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B279" s="320"/>
       <c r="C279" s="320"/>
       <c r="D279" s="320"/>
       <c r="E279" s="320"/>
       <c r="F279" s="320"/>
       <c r="G279" s="320"/>
       <c r="H279" s="320"/>
       <c r="I279" s="320"/>
       <c r="J279" s="320"/>
       <c r="K279" s="320"/>
       <c r="L279" s="320"/>
       <c r="M279" s="320"/>
       <c r="N279" s="320"/>
       <c r="O279" s="320"/>
       <c r="P279" s="320"/>
       <c r="Q279" s="320"/>
       <c r="R279" s="320"/>
       <c r="S279" s="320"/>
       <c r="T279" s="320"/>
       <c r="U279" s="320"/>
       <c r="V279" s="320"/>
       <c r="W279" s="320"/>
       <c r="Y279" s="66"/>
       <c r="Z279" s="66"/>
       <c r="AA279" s="66"/>
       <c r="AB279" s="66"/>
       <c r="AC279" s="66"/>
       <c r="AD279" s="66"/>
       <c r="AE279" s="66"/>
       <c r="AF279" s="66"/>
       <c r="AG279" s="66"/>
       <c r="AH279" s="66"/>
       <c r="AI279" s="66"/>
       <c r="AJ279" s="66"/>
       <c r="AK279" s="66"/>
       <c r="AL279" s="66"/>
       <c r="AM279" s="66"/>
       <c r="AN279" s="66"/>
       <c r="AO279" s="66"/>
       <c r="AP279" s="66"/>
       <c r="AQ279" s="66"/>
       <c r="AR279" s="66"/>
     </row>
     <row r="280" spans="1:44" s="5" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A280" s="127"/>
+      <c r="A280" s="120"/>
       <c r="B280" s="73"/>
       <c r="C280" s="73"/>
       <c r="D280" s="73"/>
       <c r="E280" s="73"/>
       <c r="F280" s="73"/>
       <c r="G280" s="73"/>
       <c r="H280" s="73"/>
       <c r="I280" s="73"/>
       <c r="J280" s="73"/>
       <c r="K280" s="73"/>
       <c r="L280" s="73"/>
       <c r="M280" s="73"/>
       <c r="N280" s="73"/>
       <c r="O280" s="73"/>
       <c r="P280" s="73"/>
       <c r="Q280" s="73"/>
       <c r="R280" s="73"/>
       <c r="S280" s="73"/>
       <c r="T280" s="73"/>
       <c r="U280" s="73"/>
       <c r="V280" s="73"/>
       <c r="W280" s="73"/>
       <c r="Y280" s="66"/>
       <c r="Z280" s="66"/>
       <c r="AA280" s="66"/>
@@ -22476,161 +22576,161 @@
       <c r="U292" s="2"/>
       <c r="V292" s="2"/>
       <c r="W292" s="2"/>
       <c r="Y292" s="66"/>
       <c r="Z292" s="66"/>
       <c r="AA292" s="66"/>
       <c r="AB292" s="66"/>
       <c r="AC292" s="66"/>
       <c r="AD292" s="66"/>
       <c r="AE292" s="66"/>
       <c r="AF292" s="66"/>
       <c r="AG292" s="66"/>
       <c r="AH292" s="66"/>
       <c r="AI292" s="66"/>
       <c r="AJ292" s="66"/>
       <c r="AK292" s="66"/>
       <c r="AL292" s="66"/>
       <c r="AM292" s="66"/>
       <c r="AN292" s="66"/>
       <c r="AO292" s="66"/>
       <c r="AP292" s="66"/>
       <c r="AQ292" s="66"/>
       <c r="AR292" s="66"/>
     </row>
     <row r="293" spans="1:44" s="5" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A293" s="204"/>
-[...1 lines deleted...]
-      <c r="C293" s="206" t="s">
+      <c r="A293" s="197"/>
+      <c r="B293" s="198"/>
+      <c r="C293" s="199" t="s">
         <v>40</v>
       </c>
-      <c r="D293" s="206" t="s">
+      <c r="D293" s="199" t="s">
         <v>41</v>
       </c>
-      <c r="E293" s="206" t="s">
+      <c r="E293" s="199" t="s">
         <v>42</v>
       </c>
-      <c r="F293" s="207"/>
+      <c r="F293" s="200"/>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
       <c r="I293" s="2"/>
       <c r="J293" s="2"/>
       <c r="K293" s="2"/>
       <c r="L293" s="2"/>
       <c r="M293" s="2"/>
       <c r="N293" s="2"/>
       <c r="O293" s="2"/>
       <c r="P293" s="2"/>
       <c r="Q293" s="2"/>
       <c r="R293" s="2"/>
       <c r="S293" s="2"/>
       <c r="T293" s="2"/>
       <c r="U293" s="2"/>
       <c r="V293" s="2"/>
       <c r="W293" s="2"/>
       <c r="Y293" s="66"/>
       <c r="Z293" s="66"/>
       <c r="AA293" s="66"/>
       <c r="AB293" s="66"/>
       <c r="AC293" s="66"/>
       <c r="AD293" s="66"/>
       <c r="AE293" s="66"/>
       <c r="AF293" s="66"/>
       <c r="AG293" s="66"/>
       <c r="AH293" s="66"/>
       <c r="AI293" s="66"/>
       <c r="AJ293" s="66"/>
       <c r="AK293" s="66"/>
       <c r="AL293" s="66"/>
       <c r="AM293" s="66"/>
       <c r="AN293" s="66"/>
       <c r="AO293" s="66"/>
       <c r="AP293" s="66"/>
       <c r="AQ293" s="66"/>
       <c r="AR293" s="66"/>
     </row>
     <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A294" s="208" t="s">
+      <c r="A294" s="201" t="s">
         <v>43</v>
       </c>
-      <c r="B294" s="209"/>
-      <c r="C294" s="210">
+      <c r="B294" s="202"/>
+      <c r="C294" s="203">
         <f>X278</f>
         <v>0</v>
       </c>
-      <c r="D294" s="211">
+      <c r="D294" s="204">
         <f>C294/12</f>
         <v>0</v>
       </c>
       <c r="E294" s="60">
         <v>25000</v>
       </c>
-      <c r="F294" s="212">
+      <c r="F294" s="205">
         <f>$E$294*$D$294</f>
         <v>0</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
       <c r="I294" s="2"/>
       <c r="J294" s="2"/>
       <c r="K294" s="2"/>
       <c r="L294" s="2"/>
       <c r="M294" s="2"/>
       <c r="N294" s="2"/>
       <c r="O294" s="2"/>
       <c r="P294" s="2"/>
       <c r="Q294" s="2"/>
       <c r="R294" s="2"/>
       <c r="S294" s="2"/>
       <c r="T294" s="2"/>
       <c r="U294" s="2"/>
       <c r="V294" s="2"/>
       <c r="W294" s="2"/>
       <c r="Y294" s="66"/>
       <c r="Z294" s="66"/>
       <c r="AA294" s="66"/>
       <c r="AB294" s="66"/>
       <c r="AC294" s="66"/>
       <c r="AD294" s="66"/>
       <c r="AE294" s="66"/>
       <c r="AF294" s="66"/>
       <c r="AG294" s="66"/>
       <c r="AH294" s="66"/>
       <c r="AI294" s="66"/>
       <c r="AJ294" s="66"/>
       <c r="AK294" s="66"/>
       <c r="AL294" s="66"/>
       <c r="AM294" s="66"/>
       <c r="AN294" s="66"/>
       <c r="AO294" s="66"/>
       <c r="AP294" s="66"/>
       <c r="AQ294" s="66"/>
       <c r="AR294" s="66"/>
     </row>
     <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="336" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B295" s="336"/>
       <c r="C295" s="336"/>
       <c r="D295" s="336"/>
       <c r="E295" s="336"/>
       <c r="F295" s="336"/>
       <c r="G295" s="8"/>
       <c r="H295" s="9"/>
       <c r="I295" s="9"/>
       <c r="J295" s="9"/>
       <c r="K295" s="9"/>
       <c r="L295" s="9"/>
       <c r="M295" s="9"/>
       <c r="N295" s="9"/>
       <c r="O295" s="9"/>
       <c r="P295" s="9"/>
       <c r="Q295" s="9"/>
       <c r="R295" s="9"/>
       <c r="S295" s="2"/>
       <c r="T295" s="2"/>
       <c r="U295" s="2"/>
       <c r="V295" s="2"/>
       <c r="W295" s="2"/>
       <c r="Y295" s="66"/>
       <c r="Z295" s="66"/>
@@ -22724,171 +22824,171 @@
       <c r="U297" s="2"/>
       <c r="V297" s="2"/>
       <c r="W297" s="2"/>
       <c r="Y297" s="66"/>
       <c r="Z297" s="66"/>
       <c r="AA297" s="66"/>
       <c r="AB297" s="66"/>
       <c r="AC297" s="66"/>
       <c r="AD297" s="66"/>
       <c r="AE297" s="66"/>
       <c r="AF297" s="66"/>
       <c r="AG297" s="66"/>
       <c r="AH297" s="66"/>
       <c r="AI297" s="66"/>
       <c r="AJ297" s="66"/>
       <c r="AK297" s="66"/>
       <c r="AL297" s="66"/>
       <c r="AM297" s="66"/>
       <c r="AN297" s="66"/>
       <c r="AO297" s="66"/>
       <c r="AP297" s="66"/>
       <c r="AQ297" s="66"/>
       <c r="AR297" s="66"/>
     </row>
     <row r="298" spans="1:44" s="5" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A298" s="213"/>
-[...1 lines deleted...]
-      <c r="C298" s="206" t="s">
+      <c r="A298" s="206"/>
+      <c r="B298" s="207"/>
+      <c r="C298" s="199" t="s">
         <v>40</v>
       </c>
-      <c r="D298" s="206" t="s">
+      <c r="D298" s="199" t="s">
         <v>41</v>
       </c>
-      <c r="E298" s="206" t="s">
+      <c r="E298" s="199" t="s">
         <v>45</v>
       </c>
-      <c r="F298" s="207" t="s">
+      <c r="F298" s="200" t="s">
         <v>46</v>
       </c>
       <c r="G298" s="11"/>
       <c r="H298" s="11"/>
       <c r="I298" s="11"/>
       <c r="J298" s="11"/>
       <c r="K298" s="11"/>
       <c r="L298" s="11"/>
       <c r="M298" s="11"/>
       <c r="N298" s="11"/>
       <c r="O298" s="11"/>
       <c r="P298" s="11"/>
       <c r="Q298" s="11"/>
       <c r="R298" s="11"/>
       <c r="S298" s="2"/>
       <c r="T298" s="2"/>
       <c r="U298" s="2"/>
       <c r="V298" s="2"/>
       <c r="W298" s="2"/>
       <c r="Y298" s="66"/>
       <c r="Z298" s="66"/>
       <c r="AA298" s="66"/>
       <c r="AB298" s="66"/>
       <c r="AC298" s="66"/>
       <c r="AD298" s="66"/>
       <c r="AE298" s="66"/>
       <c r="AF298" s="66"/>
       <c r="AG298" s="66"/>
       <c r="AH298" s="66"/>
       <c r="AI298" s="66"/>
       <c r="AJ298" s="66"/>
       <c r="AK298" s="66"/>
       <c r="AL298" s="66"/>
       <c r="AM298" s="66"/>
       <c r="AN298" s="66"/>
       <c r="AO298" s="66"/>
       <c r="AP298" s="66"/>
       <c r="AQ298" s="66"/>
       <c r="AR298" s="66"/>
     </row>
     <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A299" s="215" t="s">
+      <c r="A299" s="208" t="s">
         <v>47</v>
       </c>
-      <c r="B299" s="216"/>
-      <c r="C299" s="217">
+      <c r="B299" s="209"/>
+      <c r="C299" s="210">
         <f>V278</f>
         <v>0</v>
       </c>
-      <c r="D299" s="218">
+      <c r="D299" s="211">
         <f>C299/12</f>
         <v>0</v>
       </c>
-      <c r="E299" s="219">
+      <c r="E299" s="212">
         <f>25000*D299</f>
         <v>0</v>
       </c>
       <c r="F299" s="48">
         <v>0</v>
       </c>
       <c r="G299" s="12"/>
       <c r="H299" s="12"/>
       <c r="I299" s="12"/>
       <c r="J299" s="12"/>
       <c r="K299" s="12"/>
       <c r="L299" s="12"/>
       <c r="M299" s="12"/>
       <c r="N299" s="12"/>
       <c r="O299" s="12"/>
       <c r="P299" s="12"/>
       <c r="Q299" s="12"/>
       <c r="R299" s="12"/>
       <c r="S299" s="13"/>
       <c r="T299" s="13"/>
       <c r="U299" s="13"/>
       <c r="V299" s="13"/>
       <c r="W299" s="13"/>
       <c r="Y299" s="66"/>
       <c r="Z299" s="66"/>
       <c r="AA299" s="66"/>
       <c r="AB299" s="66"/>
       <c r="AC299" s="66"/>
       <c r="AD299" s="66"/>
       <c r="AE299" s="66"/>
       <c r="AF299" s="66"/>
       <c r="AG299" s="66"/>
       <c r="AH299" s="66"/>
       <c r="AI299" s="66"/>
       <c r="AJ299" s="66"/>
       <c r="AK299" s="66"/>
       <c r="AL299" s="66"/>
       <c r="AM299" s="66"/>
       <c r="AN299" s="66"/>
       <c r="AO299" s="66"/>
       <c r="AP299" s="66"/>
       <c r="AQ299" s="66"/>
       <c r="AR299" s="66"/>
     </row>
     <row r="300" spans="1:44" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="345" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B300" s="345"/>
       <c r="C300" s="345"/>
       <c r="D300" s="345"/>
       <c r="E300" s="345"/>
       <c r="F300" s="345"/>
       <c r="G300" s="14"/>
-      <c r="H300" s="178"/>
+      <c r="H300" s="171"/>
       <c r="I300" s="14"/>
       <c r="J300" s="14"/>
       <c r="K300" s="14"/>
       <c r="L300" s="14"/>
       <c r="M300" s="14"/>
       <c r="N300" s="14"/>
       <c r="O300" s="14"/>
       <c r="P300" s="14"/>
       <c r="Q300" s="14"/>
       <c r="R300" s="14"/>
       <c r="S300" s="2"/>
       <c r="T300" s="2"/>
       <c r="U300" s="2"/>
       <c r="V300" s="2"/>
       <c r="W300" s="2"/>
       <c r="Y300" s="66"/>
       <c r="Z300" s="66"/>
       <c r="AA300" s="66"/>
       <c r="AB300" s="66"/>
       <c r="AC300" s="66"/>
       <c r="AD300" s="66"/>
       <c r="AE300" s="66"/>
       <c r="AF300" s="66"/>
       <c r="AG300" s="66"/>
       <c r="AH300" s="66"/>
@@ -22915,51 +23015,51 @@
       <c r="I301" s="2"/>
       <c r="J301" s="2"/>
       <c r="Y301" s="62"/>
       <c r="Z301" s="62"/>
       <c r="AA301" s="62"/>
       <c r="AB301" s="62"/>
       <c r="AC301" s="62"/>
       <c r="AD301" s="62"/>
       <c r="AE301" s="62"/>
       <c r="AF301" s="62"/>
       <c r="AG301" s="62"/>
       <c r="AH301" s="62"/>
       <c r="AI301" s="62"/>
       <c r="AJ301" s="62"/>
       <c r="AK301" s="62"/>
       <c r="AL301" s="62"/>
       <c r="AM301" s="62"/>
       <c r="AN301" s="62"/>
       <c r="AO301" s="62"/>
       <c r="AP301" s="62"/>
       <c r="AQ301" s="62"/>
       <c r="AR301" s="62"/>
     </row>
     <row r="302" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="346" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B302" s="347"/>
       <c r="C302" s="347"/>
       <c r="D302" s="347"/>
       <c r="E302" s="347"/>
       <c r="F302" s="347"/>
       <c r="G302" s="347"/>
       <c r="H302" s="347"/>
       <c r="I302" s="347"/>
       <c r="J302" s="347"/>
       <c r="K302" s="347"/>
       <c r="L302" s="347"/>
       <c r="M302" s="347"/>
       <c r="N302" s="347"/>
       <c r="O302" s="347"/>
       <c r="P302" s="347"/>
       <c r="Q302" s="347"/>
       <c r="R302" s="347"/>
       <c r="S302" s="347"/>
       <c r="T302" s="347"/>
       <c r="U302" s="347"/>
       <c r="V302" s="347"/>
       <c r="W302" s="348"/>
       <c r="Y302" s="62"/>
       <c r="Z302" s="62"/>
@@ -23550,67 +23650,67 @@
       <c r="U315" s="347"/>
       <c r="V315" s="347"/>
       <c r="W315" s="348"/>
       <c r="Y315" s="62"/>
       <c r="Z315" s="62"/>
       <c r="AA315" s="62"/>
       <c r="AB315" s="62"/>
       <c r="AC315" s="62"/>
       <c r="AD315" s="62"/>
       <c r="AE315" s="62"/>
       <c r="AF315" s="62"/>
       <c r="AG315" s="62"/>
       <c r="AH315" s="62"/>
       <c r="AI315" s="62"/>
       <c r="AJ315" s="62"/>
       <c r="AK315" s="62"/>
       <c r="AL315" s="62"/>
       <c r="AM315" s="62"/>
       <c r="AN315" s="62"/>
       <c r="AO315" s="62"/>
       <c r="AP315" s="62"/>
       <c r="AQ315" s="62"/>
       <c r="AR315" s="62"/>
     </row>
     <row r="316" spans="1:44" ht="32.4" x14ac:dyDescent="0.2">
-      <c r="A316" s="220" t="s">
+      <c r="A316" s="213" t="s">
         <v>50</v>
       </c>
-      <c r="B316" s="221" t="s">
+      <c r="B316" s="214" t="s">
         <v>51</v>
       </c>
       <c r="C316" s="363" t="s">
         <v>52</v>
       </c>
       <c r="D316" s="364"/>
-      <c r="E316" s="221" t="s">
+      <c r="E316" s="214" t="s">
         <v>53</v>
       </c>
-      <c r="F316" s="222" t="s">
+      <c r="F316" s="215" t="s">
         <v>54</v>
       </c>
-      <c r="G316" s="223" t="s">
+      <c r="G316" s="216" t="s">
         <v>55</v>
       </c>
       <c r="H316" s="12"/>
       <c r="I316" s="12"/>
       <c r="J316" s="12"/>
       <c r="K316" s="12"/>
       <c r="L316" s="12"/>
       <c r="M316" s="12"/>
       <c r="N316" s="352"/>
       <c r="O316" s="353"/>
       <c r="P316" s="353"/>
       <c r="Q316" s="353"/>
       <c r="R316" s="353"/>
       <c r="S316" s="353"/>
       <c r="T316" s="353"/>
       <c r="U316" s="353"/>
       <c r="V316" s="353"/>
       <c r="W316" s="354"/>
       <c r="Y316" s="62"/>
       <c r="Z316" s="62"/>
       <c r="AA316" s="62"/>
       <c r="AB316" s="62"/>
       <c r="AC316" s="62"/>
       <c r="AD316" s="62"/>
       <c r="AE316" s="62"/>
@@ -27165,99 +27265,99 @@
       <c r="U396" s="353"/>
       <c r="V396" s="353"/>
       <c r="W396" s="354"/>
       <c r="Y396" s="62"/>
       <c r="Z396" s="62"/>
       <c r="AA396" s="62"/>
       <c r="AB396" s="62"/>
       <c r="AC396" s="62"/>
       <c r="AD396" s="62"/>
       <c r="AE396" s="62"/>
       <c r="AF396" s="62"/>
       <c r="AG396" s="62"/>
       <c r="AH396" s="62"/>
       <c r="AI396" s="62"/>
       <c r="AJ396" s="62"/>
       <c r="AK396" s="62"/>
       <c r="AL396" s="62"/>
       <c r="AM396" s="62"/>
       <c r="AN396" s="62"/>
       <c r="AO396" s="62"/>
       <c r="AP396" s="62"/>
       <c r="AQ396" s="62"/>
       <c r="AR396" s="62"/>
     </row>
     <row r="397" spans="1:44" ht="11.4" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A397" s="224" t="s">
+      <c r="A397" s="217" t="s">
         <v>56</v>
       </c>
-      <c r="B397" s="225"/>
+      <c r="B397" s="218"/>
       <c r="C397" s="368"/>
       <c r="D397" s="368"/>
-      <c r="E397" s="226"/>
-[...1 lines deleted...]
-      <c r="G397" s="227">
+      <c r="E397" s="219"/>
+      <c r="F397" s="219"/>
+      <c r="G397" s="220">
         <f>SUM(G317:G396)</f>
         <v>0</v>
       </c>
       <c r="H397" s="2"/>
       <c r="I397" s="2"/>
       <c r="J397" s="2"/>
       <c r="N397" s="355"/>
       <c r="O397" s="356"/>
       <c r="P397" s="356"/>
       <c r="Q397" s="356"/>
       <c r="R397" s="356"/>
       <c r="S397" s="356"/>
       <c r="T397" s="356"/>
       <c r="U397" s="356"/>
       <c r="V397" s="356"/>
       <c r="W397" s="357"/>
       <c r="Y397" s="62"/>
       <c r="Z397" s="62"/>
       <c r="AA397" s="62"/>
       <c r="AB397" s="62"/>
       <c r="AC397" s="62"/>
       <c r="AD397" s="62"/>
       <c r="AE397" s="62"/>
       <c r="AF397" s="62"/>
       <c r="AG397" s="62"/>
       <c r="AH397" s="62"/>
       <c r="AI397" s="62"/>
       <c r="AJ397" s="62"/>
       <c r="AK397" s="62"/>
       <c r="AL397" s="62"/>
       <c r="AM397" s="62"/>
       <c r="AN397" s="62"/>
       <c r="AO397" s="62"/>
       <c r="AP397" s="62"/>
       <c r="AQ397" s="62"/>
       <c r="AR397" s="62"/>
     </row>
     <row r="398" spans="1:44" ht="121.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="369" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B398" s="370"/>
       <c r="C398" s="371"/>
       <c r="D398" s="371"/>
       <c r="E398" s="371"/>
       <c r="F398" s="371"/>
       <c r="G398" s="371"/>
       <c r="H398" s="371"/>
       <c r="I398" s="371"/>
       <c r="J398" s="371"/>
       <c r="K398" s="371"/>
       <c r="L398" s="371"/>
       <c r="M398" s="371"/>
       <c r="N398" s="371"/>
       <c r="O398" s="371"/>
       <c r="P398" s="371"/>
       <c r="Q398" s="371"/>
       <c r="R398" s="371"/>
       <c r="S398" s="371"/>
       <c r="T398" s="371"/>
       <c r="U398" s="371"/>
       <c r="V398" s="371"/>
       <c r="W398" s="371"/>
       <c r="Y398" s="62"/>
       <c r="Z398" s="62"/>
@@ -27351,740 +27451,740 @@
       <c r="Z400" s="62"/>
       <c r="AA400" s="62"/>
       <c r="AB400" s="62"/>
       <c r="AC400" s="62"/>
       <c r="AD400" s="62"/>
       <c r="AE400" s="62"/>
       <c r="AF400" s="62"/>
       <c r="AG400" s="62"/>
       <c r="AH400" s="62"/>
       <c r="AI400" s="62"/>
       <c r="AJ400" s="62"/>
       <c r="AK400" s="62"/>
       <c r="AL400" s="62"/>
       <c r="AM400" s="62"/>
       <c r="AN400" s="62"/>
       <c r="AO400" s="62"/>
       <c r="AP400" s="62"/>
       <c r="AQ400" s="62"/>
       <c r="AR400" s="62"/>
     </row>
     <row r="401" spans="1:44" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A401" s="372" t="s">
         <v>59</v>
       </c>
       <c r="B401" s="373"/>
-      <c r="C401" s="229" t="s">
+      <c r="C401" s="222" t="s">
         <v>60</v>
       </c>
-      <c r="D401" s="228" t="s">
+      <c r="D401" s="221" t="s">
         <v>61</v>
       </c>
-      <c r="E401" s="228" t="s">
-[...2 lines deleted...]
-      <c r="F401" s="229" t="s">
+      <c r="E401" s="221" t="s">
+        <v>103</v>
+      </c>
+      <c r="F401" s="222" t="s">
         <v>62</v>
       </c>
-      <c r="G401" s="230" t="s">
+      <c r="G401" s="223" t="s">
         <v>63</v>
       </c>
       <c r="H401" s="12"/>
       <c r="I401" s="12"/>
       <c r="J401" s="12"/>
       <c r="K401" s="12"/>
       <c r="L401" s="12"/>
       <c r="M401" s="12"/>
       <c r="N401" s="352"/>
       <c r="O401" s="353"/>
       <c r="P401" s="353"/>
       <c r="Q401" s="353"/>
       <c r="R401" s="353"/>
       <c r="S401" s="353"/>
       <c r="T401" s="353"/>
       <c r="U401" s="353"/>
       <c r="V401" s="353"/>
       <c r="W401" s="354"/>
       <c r="Y401" s="62"/>
       <c r="Z401" s="62"/>
       <c r="AA401" s="62"/>
       <c r="AB401" s="62"/>
       <c r="AC401" s="62"/>
       <c r="AD401" s="62"/>
       <c r="AE401" s="62"/>
       <c r="AF401" s="62"/>
       <c r="AG401" s="62"/>
       <c r="AH401" s="62"/>
       <c r="AI401" s="62"/>
       <c r="AJ401" s="62"/>
       <c r="AK401" s="62"/>
       <c r="AL401" s="62"/>
       <c r="AM401" s="62"/>
       <c r="AN401" s="62"/>
       <c r="AO401" s="62"/>
       <c r="AP401" s="62"/>
       <c r="AQ401" s="62"/>
       <c r="AR401" s="62"/>
     </row>
     <row r="402" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="374"/>
       <c r="B402" s="374"/>
       <c r="C402" s="36"/>
       <c r="D402" s="37"/>
       <c r="E402" s="38"/>
       <c r="F402" s="39"/>
-      <c r="G402" s="231">
+      <c r="G402" s="224">
         <f>IF(D402=0,0,(C402/D402)*E402*F402)</f>
         <v>0</v>
       </c>
       <c r="H402" s="12"/>
       <c r="I402" s="12"/>
       <c r="J402" s="12"/>
       <c r="K402" s="12"/>
       <c r="L402" s="12"/>
       <c r="M402" s="12"/>
       <c r="N402" s="352"/>
       <c r="O402" s="353"/>
       <c r="P402" s="353"/>
       <c r="Q402" s="353"/>
       <c r="R402" s="353"/>
       <c r="S402" s="353"/>
       <c r="T402" s="353"/>
       <c r="U402" s="353"/>
       <c r="V402" s="353"/>
       <c r="W402" s="354"/>
       <c r="Y402" s="62"/>
       <c r="Z402" s="62"/>
       <c r="AA402" s="62"/>
       <c r="AB402" s="62"/>
       <c r="AC402" s="62"/>
       <c r="AD402" s="62"/>
       <c r="AE402" s="62"/>
       <c r="AF402" s="62"/>
       <c r="AG402" s="62"/>
       <c r="AH402" s="62"/>
       <c r="AI402" s="62"/>
       <c r="AJ402" s="62"/>
       <c r="AK402" s="62"/>
       <c r="AL402" s="62"/>
       <c r="AM402" s="62"/>
       <c r="AN402" s="62"/>
       <c r="AO402" s="62"/>
       <c r="AP402" s="62"/>
       <c r="AQ402" s="62"/>
       <c r="AR402" s="62"/>
     </row>
     <row r="403" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="374"/>
       <c r="B403" s="374"/>
       <c r="C403" s="36"/>
       <c r="D403" s="37"/>
       <c r="E403" s="38"/>
       <c r="F403" s="39"/>
-      <c r="G403" s="231">
+      <c r="G403" s="224">
         <f t="shared" ref="G403:G414" si="15">IF(D403=0,0,(C403/D403)*E403*F403)</f>
         <v>0</v>
       </c>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
       <c r="J403" s="2"/>
       <c r="N403" s="352"/>
       <c r="O403" s="353"/>
       <c r="P403" s="353"/>
       <c r="Q403" s="353"/>
       <c r="R403" s="353"/>
       <c r="S403" s="353"/>
       <c r="T403" s="353"/>
       <c r="U403" s="353"/>
       <c r="V403" s="353"/>
       <c r="W403" s="354"/>
       <c r="Y403" s="62"/>
       <c r="Z403" s="62"/>
       <c r="AA403" s="62"/>
       <c r="AB403" s="62"/>
       <c r="AC403" s="62"/>
       <c r="AD403" s="62"/>
       <c r="AE403" s="62"/>
       <c r="AF403" s="62"/>
       <c r="AG403" s="62"/>
       <c r="AH403" s="62"/>
       <c r="AI403" s="62"/>
       <c r="AJ403" s="62"/>
       <c r="AK403" s="62"/>
       <c r="AL403" s="62"/>
       <c r="AM403" s="62"/>
       <c r="AN403" s="62"/>
       <c r="AO403" s="62"/>
       <c r="AP403" s="62"/>
       <c r="AQ403" s="62"/>
       <c r="AR403" s="62"/>
     </row>
     <row r="404" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="374"/>
       <c r="B404" s="374"/>
       <c r="C404" s="36"/>
       <c r="D404" s="37"/>
       <c r="E404" s="38"/>
       <c r="F404" s="39"/>
-      <c r="G404" s="231">
+      <c r="G404" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
       <c r="J404" s="2"/>
       <c r="N404" s="352"/>
       <c r="O404" s="353"/>
       <c r="P404" s="353"/>
       <c r="Q404" s="353"/>
       <c r="R404" s="353"/>
       <c r="S404" s="353"/>
       <c r="T404" s="353"/>
       <c r="U404" s="353"/>
       <c r="V404" s="353"/>
       <c r="W404" s="354"/>
       <c r="Y404" s="62"/>
       <c r="Z404" s="62"/>
       <c r="AA404" s="62"/>
       <c r="AB404" s="62"/>
       <c r="AC404" s="62"/>
       <c r="AD404" s="62"/>
       <c r="AE404" s="62"/>
       <c r="AF404" s="62"/>
       <c r="AG404" s="62"/>
       <c r="AH404" s="62"/>
       <c r="AI404" s="62"/>
       <c r="AJ404" s="62"/>
       <c r="AK404" s="62"/>
       <c r="AL404" s="62"/>
       <c r="AM404" s="62"/>
       <c r="AN404" s="62"/>
       <c r="AO404" s="62"/>
       <c r="AP404" s="62"/>
       <c r="AQ404" s="62"/>
       <c r="AR404" s="62"/>
     </row>
     <row r="405" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="375"/>
       <c r="B405" s="376"/>
       <c r="C405" s="36"/>
       <c r="D405" s="37"/>
       <c r="E405" s="41"/>
       <c r="F405" s="39"/>
-      <c r="G405" s="231">
+      <c r="G405" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H405" s="2"/>
       <c r="I405" s="2"/>
       <c r="J405" s="2"/>
       <c r="N405" s="352"/>
       <c r="O405" s="353"/>
       <c r="P405" s="353"/>
       <c r="Q405" s="353"/>
       <c r="R405" s="353"/>
       <c r="S405" s="353"/>
       <c r="T405" s="353"/>
       <c r="U405" s="353"/>
       <c r="V405" s="353"/>
       <c r="W405" s="354"/>
       <c r="Y405" s="62"/>
       <c r="Z405" s="62"/>
       <c r="AA405" s="62"/>
       <c r="AB405" s="62"/>
       <c r="AC405" s="62"/>
       <c r="AD405" s="62"/>
       <c r="AE405" s="62"/>
       <c r="AF405" s="62"/>
       <c r="AG405" s="62"/>
       <c r="AH405" s="62"/>
       <c r="AI405" s="62"/>
       <c r="AJ405" s="62"/>
       <c r="AK405" s="62"/>
       <c r="AL405" s="62"/>
       <c r="AM405" s="62"/>
       <c r="AN405" s="62"/>
       <c r="AO405" s="62"/>
       <c r="AP405" s="62"/>
       <c r="AQ405" s="62"/>
       <c r="AR405" s="62"/>
     </row>
     <row r="406" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="375"/>
       <c r="B406" s="376"/>
       <c r="C406" s="36"/>
       <c r="D406" s="37"/>
       <c r="E406" s="41"/>
       <c r="F406" s="39"/>
-      <c r="G406" s="231">
+      <c r="G406" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H406" s="2"/>
       <c r="I406" s="2"/>
       <c r="J406" s="2"/>
       <c r="N406" s="352"/>
       <c r="O406" s="353"/>
       <c r="P406" s="353"/>
       <c r="Q406" s="353"/>
       <c r="R406" s="353"/>
       <c r="S406" s="353"/>
       <c r="T406" s="353"/>
       <c r="U406" s="353"/>
       <c r="V406" s="353"/>
       <c r="W406" s="354"/>
       <c r="Y406" s="62"/>
       <c r="Z406" s="62"/>
       <c r="AA406" s="62"/>
       <c r="AB406" s="62"/>
       <c r="AC406" s="62"/>
       <c r="AD406" s="62"/>
       <c r="AE406" s="62"/>
       <c r="AF406" s="62"/>
       <c r="AG406" s="62"/>
       <c r="AH406" s="62"/>
       <c r="AI406" s="62"/>
       <c r="AJ406" s="62"/>
       <c r="AK406" s="62"/>
       <c r="AL406" s="62"/>
       <c r="AM406" s="62"/>
       <c r="AN406" s="62"/>
       <c r="AO406" s="62"/>
       <c r="AP406" s="62"/>
       <c r="AQ406" s="62"/>
       <c r="AR406" s="62"/>
     </row>
     <row r="407" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="375"/>
       <c r="B407" s="376"/>
       <c r="C407" s="36"/>
       <c r="D407" s="37"/>
       <c r="E407" s="41"/>
       <c r="F407" s="39"/>
-      <c r="G407" s="231">
+      <c r="G407" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H407" s="2"/>
       <c r="I407" s="2"/>
       <c r="J407" s="2"/>
       <c r="N407" s="352"/>
       <c r="O407" s="353"/>
       <c r="P407" s="353"/>
       <c r="Q407" s="353"/>
       <c r="R407" s="353"/>
       <c r="S407" s="353"/>
       <c r="T407" s="353"/>
       <c r="U407" s="353"/>
       <c r="V407" s="353"/>
       <c r="W407" s="354"/>
       <c r="Y407" s="62"/>
       <c r="Z407" s="62"/>
       <c r="AA407" s="62"/>
       <c r="AB407" s="62"/>
       <c r="AC407" s="62"/>
       <c r="AD407" s="62"/>
       <c r="AE407" s="62"/>
       <c r="AF407" s="62"/>
       <c r="AG407" s="62"/>
       <c r="AH407" s="62"/>
       <c r="AI407" s="62"/>
       <c r="AJ407" s="62"/>
       <c r="AK407" s="62"/>
       <c r="AL407" s="62"/>
       <c r="AM407" s="62"/>
       <c r="AN407" s="62"/>
       <c r="AO407" s="62"/>
       <c r="AP407" s="62"/>
       <c r="AQ407" s="62"/>
       <c r="AR407" s="62"/>
     </row>
     <row r="408" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="375"/>
       <c r="B408" s="376"/>
       <c r="C408" s="36"/>
       <c r="D408" s="37"/>
       <c r="E408" s="41"/>
       <c r="F408" s="39"/>
-      <c r="G408" s="231">
+      <c r="G408" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H408" s="2"/>
       <c r="I408" s="2"/>
       <c r="J408" s="2"/>
       <c r="N408" s="352"/>
       <c r="O408" s="353"/>
       <c r="P408" s="353"/>
       <c r="Q408" s="353"/>
       <c r="R408" s="353"/>
       <c r="S408" s="353"/>
       <c r="T408" s="353"/>
       <c r="U408" s="353"/>
       <c r="V408" s="353"/>
       <c r="W408" s="354"/>
       <c r="Y408" s="62"/>
       <c r="Z408" s="62"/>
       <c r="AA408" s="62"/>
       <c r="AB408" s="62"/>
       <c r="AC408" s="62"/>
       <c r="AD408" s="62"/>
       <c r="AE408" s="62"/>
       <c r="AF408" s="62"/>
       <c r="AG408" s="62"/>
       <c r="AH408" s="62"/>
       <c r="AI408" s="62"/>
       <c r="AJ408" s="62"/>
       <c r="AK408" s="62"/>
       <c r="AL408" s="62"/>
       <c r="AM408" s="62"/>
       <c r="AN408" s="62"/>
       <c r="AO408" s="62"/>
       <c r="AP408" s="62"/>
       <c r="AQ408" s="62"/>
       <c r="AR408" s="62"/>
     </row>
     <row r="409" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="375"/>
       <c r="B409" s="376"/>
       <c r="C409" s="36"/>
       <c r="D409" s="37"/>
       <c r="E409" s="41"/>
       <c r="F409" s="39"/>
-      <c r="G409" s="231">
+      <c r="G409" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H409" s="2"/>
       <c r="I409" s="2"/>
       <c r="J409" s="2"/>
       <c r="N409" s="352"/>
       <c r="O409" s="353"/>
       <c r="P409" s="353"/>
       <c r="Q409" s="353"/>
       <c r="R409" s="353"/>
       <c r="S409" s="353"/>
       <c r="T409" s="353"/>
       <c r="U409" s="353"/>
       <c r="V409" s="353"/>
       <c r="W409" s="354"/>
       <c r="Y409" s="62"/>
       <c r="Z409" s="62"/>
       <c r="AA409" s="62"/>
       <c r="AB409" s="62"/>
       <c r="AC409" s="62"/>
       <c r="AD409" s="62"/>
       <c r="AE409" s="62"/>
       <c r="AF409" s="62"/>
       <c r="AG409" s="62"/>
       <c r="AH409" s="62"/>
       <c r="AI409" s="62"/>
       <c r="AJ409" s="62"/>
       <c r="AK409" s="62"/>
       <c r="AL409" s="62"/>
       <c r="AM409" s="62"/>
       <c r="AN409" s="62"/>
       <c r="AO409" s="62"/>
       <c r="AP409" s="62"/>
       <c r="AQ409" s="62"/>
       <c r="AR409" s="62"/>
     </row>
     <row r="410" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="374"/>
       <c r="B410" s="378"/>
       <c r="C410" s="36"/>
       <c r="D410" s="40"/>
       <c r="E410" s="41"/>
       <c r="F410" s="39"/>
-      <c r="G410" s="231">
+      <c r="G410" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
       <c r="J410" s="2"/>
       <c r="N410" s="352"/>
       <c r="O410" s="353"/>
       <c r="P410" s="353"/>
       <c r="Q410" s="353"/>
       <c r="R410" s="353"/>
       <c r="S410" s="353"/>
       <c r="T410" s="353"/>
       <c r="U410" s="353"/>
       <c r="V410" s="353"/>
       <c r="W410" s="354"/>
       <c r="Y410" s="62"/>
       <c r="Z410" s="62"/>
       <c r="AA410" s="62"/>
       <c r="AB410" s="62"/>
       <c r="AC410" s="62"/>
       <c r="AD410" s="62"/>
       <c r="AE410" s="62"/>
       <c r="AF410" s="62"/>
       <c r="AG410" s="62"/>
       <c r="AH410" s="62"/>
       <c r="AI410" s="62"/>
       <c r="AJ410" s="62"/>
       <c r="AK410" s="62"/>
       <c r="AL410" s="62"/>
       <c r="AM410" s="62"/>
       <c r="AN410" s="62"/>
       <c r="AO410" s="62"/>
       <c r="AP410" s="62"/>
       <c r="AQ410" s="62"/>
       <c r="AR410" s="62"/>
     </row>
     <row r="411" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="374"/>
       <c r="B411" s="378"/>
       <c r="C411" s="36"/>
       <c r="D411" s="40"/>
       <c r="E411" s="41"/>
       <c r="F411" s="42"/>
-      <c r="G411" s="231">
+      <c r="G411" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H411" s="2"/>
       <c r="I411" s="2"/>
       <c r="J411" s="2"/>
       <c r="N411" s="352"/>
       <c r="O411" s="353"/>
       <c r="P411" s="353"/>
       <c r="Q411" s="353"/>
       <c r="R411" s="353"/>
       <c r="S411" s="353"/>
       <c r="T411" s="353"/>
       <c r="U411" s="353"/>
       <c r="V411" s="353"/>
       <c r="W411" s="354"/>
       <c r="Y411" s="62"/>
       <c r="Z411" s="62"/>
       <c r="AA411" s="62"/>
       <c r="AB411" s="62"/>
       <c r="AC411" s="62"/>
       <c r="AD411" s="62"/>
       <c r="AE411" s="62"/>
       <c r="AF411" s="62"/>
       <c r="AG411" s="62"/>
       <c r="AH411" s="62"/>
       <c r="AI411" s="62"/>
       <c r="AJ411" s="62"/>
       <c r="AK411" s="62"/>
       <c r="AL411" s="62"/>
       <c r="AM411" s="62"/>
       <c r="AN411" s="62"/>
       <c r="AO411" s="62"/>
       <c r="AP411" s="62"/>
       <c r="AQ411" s="62"/>
       <c r="AR411" s="62"/>
     </row>
     <row r="412" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="374"/>
       <c r="B412" s="378"/>
       <c r="C412" s="36"/>
       <c r="D412" s="40"/>
       <c r="E412" s="41"/>
       <c r="F412" s="42"/>
-      <c r="G412" s="231">
+      <c r="G412" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H412" s="2"/>
       <c r="I412" s="2"/>
       <c r="J412" s="2"/>
       <c r="N412" s="352"/>
       <c r="O412" s="353"/>
       <c r="P412" s="353"/>
       <c r="Q412" s="353"/>
       <c r="R412" s="353"/>
       <c r="S412" s="353"/>
       <c r="T412" s="353"/>
       <c r="U412" s="353"/>
       <c r="V412" s="353"/>
       <c r="W412" s="354"/>
       <c r="Y412" s="62"/>
       <c r="Z412" s="62"/>
       <c r="AA412" s="62"/>
       <c r="AB412" s="62"/>
       <c r="AC412" s="62"/>
       <c r="AD412" s="62"/>
       <c r="AE412" s="62"/>
       <c r="AF412" s="62"/>
       <c r="AG412" s="62"/>
       <c r="AH412" s="62"/>
       <c r="AI412" s="62"/>
       <c r="AJ412" s="62"/>
       <c r="AK412" s="62"/>
       <c r="AL412" s="62"/>
       <c r="AM412" s="62"/>
       <c r="AN412" s="62"/>
       <c r="AO412" s="62"/>
       <c r="AP412" s="62"/>
       <c r="AQ412" s="62"/>
       <c r="AR412" s="62"/>
     </row>
     <row r="413" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="374"/>
       <c r="B413" s="378"/>
       <c r="C413" s="36"/>
       <c r="D413" s="40"/>
       <c r="E413" s="41"/>
       <c r="F413" s="42"/>
-      <c r="G413" s="231">
+      <c r="G413" s="224">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H413" s="2"/>
       <c r="I413" s="2"/>
       <c r="J413" s="2"/>
       <c r="N413" s="352"/>
       <c r="O413" s="353"/>
       <c r="P413" s="353"/>
       <c r="Q413" s="353"/>
       <c r="R413" s="353"/>
       <c r="S413" s="353"/>
       <c r="T413" s="353"/>
       <c r="U413" s="353"/>
       <c r="V413" s="353"/>
       <c r="W413" s="354"/>
       <c r="Y413" s="62"/>
       <c r="Z413" s="62"/>
       <c r="AA413" s="62"/>
       <c r="AB413" s="62"/>
       <c r="AC413" s="62"/>
       <c r="AD413" s="62"/>
       <c r="AE413" s="62"/>
       <c r="AF413" s="62"/>
       <c r="AG413" s="62"/>
       <c r="AH413" s="62"/>
       <c r="AI413" s="62"/>
       <c r="AJ413" s="62"/>
       <c r="AK413" s="62"/>
       <c r="AL413" s="62"/>
       <c r="AM413" s="62"/>
       <c r="AN413" s="62"/>
       <c r="AO413" s="62"/>
       <c r="AP413" s="62"/>
       <c r="AQ413" s="62"/>
       <c r="AR413" s="62"/>
     </row>
     <row r="414" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="374"/>
       <c r="B414" s="379"/>
       <c r="C414" s="36"/>
       <c r="D414" s="40"/>
       <c r="E414" s="41"/>
       <c r="F414" s="42"/>
-      <c r="G414" s="232">
+      <c r="G414" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
       <c r="J414" s="2"/>
       <c r="N414" s="352"/>
       <c r="O414" s="353"/>
       <c r="P414" s="353"/>
       <c r="Q414" s="353"/>
       <c r="R414" s="353"/>
       <c r="S414" s="353"/>
       <c r="T414" s="353"/>
       <c r="U414" s="353"/>
       <c r="V414" s="353"/>
       <c r="W414" s="354"/>
       <c r="Y414" s="62"/>
       <c r="Z414" s="62"/>
       <c r="AA414" s="62"/>
       <c r="AB414" s="62"/>
       <c r="AC414" s="62"/>
       <c r="AD414" s="62"/>
       <c r="AE414" s="62"/>
       <c r="AF414" s="62"/>
       <c r="AG414" s="62"/>
       <c r="AH414" s="62"/>
       <c r="AI414" s="62"/>
       <c r="AJ414" s="62"/>
       <c r="AK414" s="62"/>
       <c r="AL414" s="62"/>
       <c r="AM414" s="62"/>
       <c r="AN414" s="62"/>
       <c r="AO414" s="62"/>
       <c r="AP414" s="62"/>
       <c r="AQ414" s="62"/>
       <c r="AR414" s="62"/>
     </row>
     <row r="415" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A415" s="234" t="s">
+      <c r="A415" s="227" t="s">
         <v>64</v>
       </c>
-      <c r="B415" s="235"/>
+      <c r="B415" s="228"/>
       <c r="C415" s="380"/>
       <c r="D415" s="380"/>
-      <c r="E415" s="236"/>
-[...1 lines deleted...]
-      <c r="G415" s="233">
+      <c r="E415" s="229"/>
+      <c r="F415" s="229"/>
+      <c r="G415" s="226">
         <f>SUM(G402:G414)</f>
         <v>0</v>
       </c>
-      <c r="H415" s="180"/>
+      <c r="H415" s="173"/>
       <c r="I415" s="2"/>
       <c r="J415" s="2"/>
       <c r="N415" s="352"/>
       <c r="O415" s="353"/>
       <c r="P415" s="353"/>
       <c r="Q415" s="353"/>
       <c r="R415" s="353"/>
       <c r="S415" s="353"/>
       <c r="T415" s="353"/>
       <c r="U415" s="353"/>
       <c r="V415" s="353"/>
       <c r="W415" s="354"/>
       <c r="Y415" s="62"/>
       <c r="Z415" s="62"/>
       <c r="AA415" s="62"/>
       <c r="AB415" s="62"/>
       <c r="AC415" s="62"/>
       <c r="AD415" s="62"/>
       <c r="AE415" s="62"/>
       <c r="AF415" s="62"/>
       <c r="AG415" s="62"/>
       <c r="AH415" s="62"/>
       <c r="AI415" s="62"/>
       <c r="AJ415" s="62"/>
       <c r="AK415" s="62"/>
       <c r="AL415" s="62"/>
       <c r="AM415" s="62"/>
       <c r="AN415" s="62"/>
       <c r="AO415" s="62"/>
       <c r="AP415" s="62"/>
       <c r="AQ415" s="62"/>
       <c r="AR415" s="62"/>
     </row>
     <row r="416" spans="1:44" ht="71.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A416" s="381" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B416" s="381"/>
       <c r="C416" s="381"/>
       <c r="D416" s="381"/>
       <c r="E416" s="381"/>
       <c r="F416" s="381"/>
       <c r="G416" s="381"/>
       <c r="H416" s="381"/>
       <c r="I416" s="381"/>
       <c r="J416" s="381"/>
       <c r="K416" s="381"/>
       <c r="L416" s="381"/>
       <c r="M416" s="381"/>
       <c r="N416" s="381"/>
       <c r="O416" s="381"/>
       <c r="P416" s="381"/>
       <c r="Q416" s="381"/>
       <c r="R416" s="381"/>
       <c r="S416" s="381"/>
       <c r="T416" s="381"/>
       <c r="U416" s="381"/>
       <c r="V416" s="381"/>
       <c r="W416" s="381"/>
       <c r="Y416" s="62"/>
       <c r="Z416" s="62"/>
@@ -28130,851 +28230,851 @@
       <c r="T417" s="72"/>
       <c r="U417" s="72"/>
       <c r="V417" s="72"/>
       <c r="W417" s="72"/>
       <c r="Y417" s="62"/>
       <c r="Z417" s="62"/>
       <c r="AA417" s="62"/>
       <c r="AB417" s="62"/>
       <c r="AC417" s="62"/>
       <c r="AD417" s="62"/>
       <c r="AE417" s="62"/>
       <c r="AF417" s="62"/>
       <c r="AG417" s="62"/>
       <c r="AH417" s="62"/>
       <c r="AI417" s="62"/>
       <c r="AJ417" s="62"/>
       <c r="AK417" s="62"/>
       <c r="AL417" s="62"/>
       <c r="AM417" s="62"/>
       <c r="AN417" s="62"/>
       <c r="AO417" s="62"/>
       <c r="AP417" s="62"/>
       <c r="AQ417" s="62"/>
       <c r="AR417" s="62"/>
     </row>
-    <row r="418" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W418" s="174"/>
+    <row r="418" spans="1:44" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="167"/>
+      <c r="B418" s="167"/>
+      <c r="C418" s="167"/>
+      <c r="D418" s="167"/>
+      <c r="E418" s="167"/>
+      <c r="F418" s="167"/>
+      <c r="G418" s="167"/>
+      <c r="H418" s="167"/>
+      <c r="I418" s="167"/>
+      <c r="J418" s="167"/>
+      <c r="K418" s="167"/>
+      <c r="L418" s="167"/>
+      <c r="M418" s="167"/>
+      <c r="N418" s="167"/>
+      <c r="O418" s="167"/>
+      <c r="P418" s="167"/>
+      <c r="Q418" s="167"/>
+      <c r="R418" s="167"/>
+      <c r="S418" s="167"/>
+      <c r="T418" s="167"/>
+      <c r="U418" s="167"/>
+      <c r="V418" s="167"/>
+      <c r="W418" s="167"/>
       <c r="Y418" s="62"/>
       <c r="Z418" s="62"/>
       <c r="AA418" s="62"/>
       <c r="AB418" s="62"/>
       <c r="AC418" s="62"/>
       <c r="AD418" s="62"/>
       <c r="AE418" s="62"/>
       <c r="AF418" s="62"/>
       <c r="AG418" s="62"/>
       <c r="AH418" s="62"/>
       <c r="AI418" s="62"/>
       <c r="AJ418" s="62"/>
       <c r="AK418" s="62"/>
       <c r="AL418" s="62"/>
       <c r="AM418" s="62"/>
       <c r="AN418" s="62"/>
       <c r="AO418" s="62"/>
       <c r="AP418" s="62"/>
       <c r="AQ418" s="62"/>
       <c r="AR418" s="62"/>
     </row>
-    <row r="419" spans="1:44" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:44" ht="14.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A419" s="382" t="s">
         <v>65</v>
       </c>
       <c r="B419" s="383"/>
       <c r="C419" s="383"/>
       <c r="D419" s="383"/>
       <c r="E419" s="383"/>
       <c r="F419" s="383"/>
       <c r="G419" s="383"/>
       <c r="H419" s="383"/>
       <c r="I419" s="383"/>
       <c r="J419" s="383"/>
       <c r="K419" s="383"/>
       <c r="L419" s="383"/>
       <c r="M419" s="383"/>
       <c r="N419" s="383"/>
       <c r="O419" s="383"/>
       <c r="P419" s="383"/>
       <c r="Q419" s="383"/>
       <c r="R419" s="383"/>
       <c r="S419" s="383"/>
       <c r="T419" s="383"/>
       <c r="U419" s="383"/>
       <c r="V419" s="383"/>
       <c r="W419" s="384"/>
       <c r="Y419" s="62"/>
       <c r="Z419" s="62"/>
       <c r="AA419" s="62"/>
       <c r="AB419" s="62"/>
       <c r="AC419" s="62"/>
       <c r="AD419" s="62"/>
       <c r="AE419" s="62"/>
       <c r="AF419" s="62"/>
       <c r="AG419" s="62"/>
       <c r="AH419" s="62"/>
       <c r="AI419" s="62"/>
       <c r="AJ419" s="62"/>
       <c r="AK419" s="62"/>
       <c r="AL419" s="62"/>
       <c r="AM419" s="62"/>
       <c r="AN419" s="62"/>
       <c r="AO419" s="62"/>
       <c r="AP419" s="62"/>
       <c r="AQ419" s="62"/>
       <c r="AR419" s="62"/>
     </row>
-    <row r="420" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:44" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A420" s="85"/>
-      <c r="B420" s="174"/>
-[...20 lines deleted...]
-      <c r="W420" s="174"/>
+      <c r="B420" s="167"/>
+      <c r="C420" s="167"/>
+      <c r="D420" s="167"/>
+      <c r="E420" s="167"/>
+      <c r="F420" s="167"/>
+      <c r="G420" s="167"/>
+      <c r="H420" s="167"/>
+      <c r="I420" s="167"/>
+      <c r="J420" s="167"/>
+      <c r="K420" s="167"/>
+      <c r="L420" s="167"/>
+      <c r="M420" s="167"/>
+      <c r="N420" s="167"/>
+      <c r="O420" s="167"/>
+      <c r="P420" s="167"/>
+      <c r="Q420" s="167"/>
+      <c r="R420" s="167"/>
+      <c r="S420" s="167"/>
+      <c r="T420" s="167"/>
+      <c r="U420" s="167"/>
+      <c r="V420" s="167"/>
+      <c r="W420" s="167"/>
       <c r="Y420" s="62"/>
       <c r="Z420" s="62"/>
       <c r="AA420" s="62"/>
       <c r="AB420" s="62"/>
       <c r="AC420" s="62"/>
       <c r="AD420" s="62"/>
       <c r="AE420" s="62"/>
       <c r="AF420" s="62"/>
       <c r="AG420" s="62"/>
       <c r="AH420" s="62"/>
       <c r="AI420" s="62"/>
       <c r="AJ420" s="62"/>
       <c r="AK420" s="62"/>
       <c r="AL420" s="62"/>
       <c r="AM420" s="62"/>
       <c r="AN420" s="62"/>
       <c r="AO420" s="62"/>
       <c r="AP420" s="62"/>
       <c r="AQ420" s="62"/>
       <c r="AR420" s="62"/>
     </row>
-    <row r="421" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A421" s="237" t="s">
+    <row r="421" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A421" s="230" t="s">
         <v>66</v>
       </c>
-      <c r="B421" s="179">
-[...22 lines deleted...]
-      <c r="W421" s="174"/>
+      <c r="B421" s="172">
+        <v>0</v>
+      </c>
+      <c r="C421" s="167"/>
+      <c r="D421" s="167"/>
+      <c r="E421" s="167"/>
+      <c r="F421" s="167"/>
+      <c r="G421" s="167"/>
+      <c r="H421" s="167"/>
+      <c r="I421" s="167"/>
+      <c r="J421" s="167"/>
+      <c r="K421" s="167"/>
+      <c r="L421" s="167"/>
+      <c r="M421" s="167"/>
+      <c r="N421" s="167"/>
+      <c r="O421" s="167"/>
+      <c r="P421" s="167"/>
+      <c r="Q421" s="167"/>
+      <c r="R421" s="167"/>
+      <c r="S421" s="167"/>
+      <c r="T421" s="167"/>
+      <c r="U421" s="167"/>
+      <c r="V421" s="167"/>
+      <c r="W421" s="167"/>
       <c r="Y421" s="62"/>
       <c r="Z421" s="62"/>
       <c r="AA421" s="62"/>
       <c r="AB421" s="62"/>
       <c r="AC421" s="62"/>
       <c r="AD421" s="62"/>
       <c r="AE421" s="62"/>
       <c r="AF421" s="62"/>
       <c r="AG421" s="62"/>
       <c r="AH421" s="62"/>
       <c r="AI421" s="62"/>
       <c r="AJ421" s="62"/>
       <c r="AK421" s="62"/>
       <c r="AL421" s="62"/>
       <c r="AM421" s="62"/>
       <c r="AN421" s="62"/>
       <c r="AO421" s="62"/>
       <c r="AP421" s="62"/>
       <c r="AQ421" s="62"/>
       <c r="AR421" s="62"/>
     </row>
-    <row r="422" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A422" s="237" t="s">
+    <row r="422" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A422" s="230" t="s">
         <v>67</v>
       </c>
-      <c r="B422" s="175">
+      <c r="B422" s="168">
         <f>V278</f>
         <v>0</v>
       </c>
-      <c r="C422" s="174"/>
-[...19 lines deleted...]
-      <c r="W422" s="174"/>
+      <c r="C422" s="167"/>
+      <c r="D422" s="167"/>
+      <c r="E422" s="167"/>
+      <c r="F422" s="167"/>
+      <c r="G422" s="167"/>
+      <c r="H422" s="167"/>
+      <c r="I422" s="167"/>
+      <c r="J422" s="167"/>
+      <c r="K422" s="167"/>
+      <c r="L422" s="167"/>
+      <c r="M422" s="167"/>
+      <c r="N422" s="167"/>
+      <c r="O422" s="167"/>
+      <c r="P422" s="167"/>
+      <c r="Q422" s="167"/>
+      <c r="R422" s="167"/>
+      <c r="S422" s="167"/>
+      <c r="T422" s="167"/>
+      <c r="U422" s="167"/>
+      <c r="V422" s="167"/>
+      <c r="W422" s="167"/>
       <c r="Y422" s="62"/>
       <c r="Z422" s="62"/>
       <c r="AA422" s="62"/>
       <c r="AB422" s="62"/>
       <c r="AC422" s="62"/>
       <c r="AD422" s="62"/>
       <c r="AE422" s="62"/>
       <c r="AF422" s="62"/>
       <c r="AG422" s="62"/>
       <c r="AH422" s="62"/>
       <c r="AI422" s="62"/>
       <c r="AJ422" s="62"/>
       <c r="AK422" s="62"/>
       <c r="AL422" s="62"/>
       <c r="AM422" s="62"/>
       <c r="AN422" s="62"/>
       <c r="AO422" s="62"/>
       <c r="AP422" s="62"/>
       <c r="AQ422" s="62"/>
       <c r="AR422" s="62"/>
     </row>
-    <row r="423" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:44" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A423" s="85"/>
-      <c r="B423" s="174"/>
-[...20 lines deleted...]
-      <c r="W423" s="174"/>
+      <c r="B423" s="167"/>
+      <c r="C423" s="167"/>
+      <c r="D423" s="167"/>
+      <c r="E423" s="167"/>
+      <c r="F423" s="167"/>
+      <c r="G423" s="167"/>
+      <c r="H423" s="167"/>
+      <c r="I423" s="167"/>
+      <c r="J423" s="167"/>
+      <c r="K423" s="167"/>
+      <c r="L423" s="167"/>
+      <c r="M423" s="167"/>
+      <c r="N423" s="167"/>
+      <c r="O423" s="167"/>
+      <c r="P423" s="167"/>
+      <c r="Q423" s="167"/>
+      <c r="R423" s="167"/>
+      <c r="S423" s="167"/>
+      <c r="T423" s="167"/>
+      <c r="U423" s="167"/>
+      <c r="V423" s="167"/>
+      <c r="W423" s="167"/>
       <c r="Y423" s="62"/>
       <c r="Z423" s="62"/>
       <c r="AA423" s="62"/>
       <c r="AB423" s="62"/>
       <c r="AC423" s="62"/>
       <c r="AD423" s="62"/>
       <c r="AE423" s="62"/>
       <c r="AF423" s="62"/>
       <c r="AG423" s="62"/>
       <c r="AH423" s="62"/>
       <c r="AI423" s="62"/>
       <c r="AJ423" s="62"/>
       <c r="AK423" s="62"/>
       <c r="AL423" s="62"/>
       <c r="AM423" s="62"/>
       <c r="AN423" s="62"/>
       <c r="AO423" s="62"/>
       <c r="AP423" s="62"/>
       <c r="AQ423" s="62"/>
       <c r="AR423" s="62"/>
     </row>
-    <row r="424" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A424" s="237" t="s">
+    <row r="424" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A424" s="230" t="s">
         <v>68</v>
       </c>
-      <c r="B424" s="176">
+      <c r="B424" s="169">
         <f>W278</f>
         <v>0</v>
       </c>
-      <c r="C424" s="174"/>
-[...19 lines deleted...]
-      <c r="W424" s="174"/>
+      <c r="C424" s="167"/>
+      <c r="D424" s="167"/>
+      <c r="E424" s="167"/>
+      <c r="F424" s="167"/>
+      <c r="G424" s="167"/>
+      <c r="H424" s="167"/>
+      <c r="I424" s="167"/>
+      <c r="J424" s="167"/>
+      <c r="K424" s="167"/>
+      <c r="L424" s="167"/>
+      <c r="M424" s="167"/>
+      <c r="N424" s="167"/>
+      <c r="O424" s="167"/>
+      <c r="P424" s="167"/>
+      <c r="Q424" s="167"/>
+      <c r="R424" s="167"/>
+      <c r="S424" s="167"/>
+      <c r="T424" s="167"/>
+      <c r="U424" s="167"/>
+      <c r="V424" s="167"/>
+      <c r="W424" s="167"/>
       <c r="Y424" s="62"/>
       <c r="Z424" s="62"/>
       <c r="AA424" s="62"/>
       <c r="AB424" s="62"/>
       <c r="AC424" s="62"/>
       <c r="AD424" s="62"/>
       <c r="AE424" s="62"/>
       <c r="AF424" s="62"/>
       <c r="AG424" s="62"/>
       <c r="AH424" s="62"/>
       <c r="AI424" s="62"/>
       <c r="AJ424" s="62"/>
       <c r="AK424" s="62"/>
       <c r="AL424" s="62"/>
       <c r="AM424" s="62"/>
       <c r="AN424" s="62"/>
       <c r="AO424" s="62"/>
       <c r="AP424" s="62"/>
       <c r="AQ424" s="62"/>
       <c r="AR424" s="62"/>
     </row>
-    <row r="425" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A425" s="237" t="s">
+    <row r="425" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A425" s="230" t="s">
         <v>69</v>
       </c>
-      <c r="B425" s="176">
+      <c r="B425" s="169">
         <f>F294</f>
         <v>0</v>
       </c>
-      <c r="C425" s="174"/>
-[...19 lines deleted...]
-      <c r="W425" s="174"/>
+      <c r="C425" s="167"/>
+      <c r="D425" s="167"/>
+      <c r="E425" s="167"/>
+      <c r="F425" s="167"/>
+      <c r="G425" s="167"/>
+      <c r="H425" s="167"/>
+      <c r="I425" s="167"/>
+      <c r="J425" s="167"/>
+      <c r="K425" s="167"/>
+      <c r="L425" s="167"/>
+      <c r="M425" s="167"/>
+      <c r="N425" s="167"/>
+      <c r="O425" s="167"/>
+      <c r="P425" s="167"/>
+      <c r="Q425" s="167"/>
+      <c r="R425" s="167"/>
+      <c r="S425" s="167"/>
+      <c r="T425" s="167"/>
+      <c r="U425" s="167"/>
+      <c r="V425" s="167"/>
+      <c r="W425" s="167"/>
       <c r="Y425" s="62"/>
       <c r="Z425" s="62"/>
       <c r="AA425" s="62"/>
       <c r="AB425" s="62"/>
       <c r="AC425" s="62"/>
       <c r="AD425" s="62"/>
       <c r="AE425" s="62"/>
       <c r="AF425" s="62"/>
       <c r="AG425" s="62"/>
       <c r="AH425" s="62"/>
       <c r="AI425" s="62"/>
       <c r="AJ425" s="62"/>
       <c r="AK425" s="62"/>
       <c r="AL425" s="62"/>
       <c r="AM425" s="62"/>
       <c r="AN425" s="62"/>
       <c r="AO425" s="62"/>
       <c r="AP425" s="62"/>
       <c r="AQ425" s="62"/>
       <c r="AR425" s="62"/>
     </row>
-    <row r="426" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A426" s="237" t="s">
+    <row r="426" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A426" s="230" t="s">
         <v>70</v>
       </c>
-      <c r="B426" s="176">
+      <c r="B426" s="169">
         <f>F299</f>
         <v>0</v>
       </c>
-      <c r="C426" s="174"/>
-[...19 lines deleted...]
-      <c r="W426" s="174"/>
+      <c r="C426" s="167"/>
+      <c r="D426" s="167"/>
+      <c r="E426" s="167"/>
+      <c r="F426" s="167"/>
+      <c r="G426" s="167"/>
+      <c r="H426" s="167"/>
+      <c r="I426" s="167"/>
+      <c r="J426" s="167"/>
+      <c r="K426" s="167"/>
+      <c r="L426" s="167"/>
+      <c r="M426" s="167"/>
+      <c r="N426" s="167"/>
+      <c r="O426" s="167"/>
+      <c r="P426" s="167"/>
+      <c r="Q426" s="167"/>
+      <c r="R426" s="167"/>
+      <c r="S426" s="167"/>
+      <c r="T426" s="167"/>
+      <c r="U426" s="167"/>
+      <c r="V426" s="167"/>
+      <c r="W426" s="167"/>
       <c r="Y426" s="62"/>
       <c r="Z426" s="62"/>
       <c r="AA426" s="62"/>
       <c r="AB426" s="62"/>
       <c r="AC426" s="62"/>
       <c r="AD426" s="62"/>
       <c r="AE426" s="62"/>
       <c r="AF426" s="62"/>
       <c r="AG426" s="62"/>
       <c r="AH426" s="62"/>
       <c r="AI426" s="62"/>
       <c r="AJ426" s="62"/>
       <c r="AK426" s="62"/>
       <c r="AL426" s="62"/>
       <c r="AM426" s="62"/>
       <c r="AN426" s="62"/>
       <c r="AO426" s="62"/>
       <c r="AP426" s="62"/>
       <c r="AQ426" s="62"/>
       <c r="AR426" s="62"/>
     </row>
-    <row r="427" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A427" s="237" t="s">
+    <row r="427" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A427" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="B427" s="177">
+      <c r="B427" s="170">
         <f>G397</f>
         <v>0</v>
       </c>
-      <c r="C427" s="174"/>
-[...19 lines deleted...]
-      <c r="W427" s="174"/>
+      <c r="C427" s="167"/>
+      <c r="D427" s="167"/>
+      <c r="E427" s="167"/>
+      <c r="F427" s="167"/>
+      <c r="G427" s="167"/>
+      <c r="H427" s="167"/>
+      <c r="I427" s="167"/>
+      <c r="J427" s="167"/>
+      <c r="K427" s="167"/>
+      <c r="L427" s="167"/>
+      <c r="M427" s="167"/>
+      <c r="N427" s="167"/>
+      <c r="O427" s="167"/>
+      <c r="P427" s="167"/>
+      <c r="Q427" s="167"/>
+      <c r="R427" s="167"/>
+      <c r="S427" s="167"/>
+      <c r="T427" s="167"/>
+      <c r="U427" s="167"/>
+      <c r="V427" s="167"/>
+      <c r="W427" s="167"/>
       <c r="Y427" s="62"/>
       <c r="Z427" s="62"/>
       <c r="AA427" s="62"/>
       <c r="AB427" s="62"/>
       <c r="AC427" s="62"/>
       <c r="AD427" s="62"/>
       <c r="AE427" s="62"/>
       <c r="AF427" s="62"/>
       <c r="AG427" s="62"/>
       <c r="AH427" s="62"/>
       <c r="AI427" s="62"/>
       <c r="AJ427" s="62"/>
       <c r="AK427" s="62"/>
       <c r="AL427" s="62"/>
       <c r="AM427" s="62"/>
       <c r="AN427" s="62"/>
       <c r="AO427" s="62"/>
       <c r="AP427" s="62"/>
       <c r="AQ427" s="62"/>
       <c r="AR427" s="62"/>
     </row>
-    <row r="428" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A428" s="237" t="s">
+    <row r="428" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A428" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="B428" s="177">
+      <c r="B428" s="170">
         <f>G415</f>
         <v>0</v>
       </c>
-      <c r="C428" s="174"/>
-[...19 lines deleted...]
-      <c r="W428" s="174"/>
+      <c r="C428" s="167"/>
+      <c r="D428" s="167"/>
+      <c r="E428" s="167"/>
+      <c r="F428" s="167"/>
+      <c r="G428" s="167"/>
+      <c r="H428" s="167"/>
+      <c r="I428" s="167"/>
+      <c r="J428" s="167"/>
+      <c r="K428" s="167"/>
+      <c r="L428" s="167"/>
+      <c r="M428" s="167"/>
+      <c r="N428" s="167"/>
+      <c r="O428" s="167"/>
+      <c r="P428" s="167"/>
+      <c r="Q428" s="167"/>
+      <c r="R428" s="167"/>
+      <c r="S428" s="167"/>
+      <c r="T428" s="167"/>
+      <c r="U428" s="167"/>
+      <c r="V428" s="167"/>
+      <c r="W428" s="167"/>
       <c r="Y428" s="62"/>
       <c r="Z428" s="62"/>
       <c r="AA428" s="62"/>
       <c r="AB428" s="62"/>
       <c r="AC428" s="62"/>
       <c r="AD428" s="62"/>
       <c r="AE428" s="62"/>
       <c r="AF428" s="62"/>
       <c r="AG428" s="62"/>
       <c r="AH428" s="62"/>
       <c r="AI428" s="62"/>
       <c r="AJ428" s="62"/>
       <c r="AK428" s="62"/>
       <c r="AL428" s="62"/>
       <c r="AM428" s="62"/>
       <c r="AN428" s="62"/>
       <c r="AO428" s="62"/>
       <c r="AP428" s="62"/>
       <c r="AQ428" s="62"/>
       <c r="AR428" s="62"/>
     </row>
-    <row r="429" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A429" s="237" t="s">
+    <row r="429" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A429" s="230" t="s">
         <v>73</v>
       </c>
-      <c r="B429" s="176">
+      <c r="B429" s="169">
         <f>SUM(B424:B428)</f>
         <v>0</v>
       </c>
-      <c r="C429" s="174"/>
-[...19 lines deleted...]
-      <c r="W429" s="174"/>
+      <c r="C429" s="167"/>
+      <c r="D429" s="167"/>
+      <c r="E429" s="167"/>
+      <c r="F429" s="167"/>
+      <c r="G429" s="167"/>
+      <c r="H429" s="167"/>
+      <c r="I429" s="167"/>
+      <c r="J429" s="167"/>
+      <c r="K429" s="167"/>
+      <c r="L429" s="167"/>
+      <c r="M429" s="167"/>
+      <c r="N429" s="167"/>
+      <c r="O429" s="167"/>
+      <c r="P429" s="167"/>
+      <c r="Q429" s="167"/>
+      <c r="R429" s="167"/>
+      <c r="S429" s="167"/>
+      <c r="T429" s="167"/>
+      <c r="U429" s="167"/>
+      <c r="V429" s="167"/>
+      <c r="W429" s="167"/>
       <c r="Y429" s="62"/>
       <c r="Z429" s="62"/>
       <c r="AA429" s="62"/>
       <c r="AB429" s="62"/>
       <c r="AC429" s="62"/>
       <c r="AD429" s="62"/>
       <c r="AE429" s="62"/>
       <c r="AF429" s="62"/>
       <c r="AG429" s="62"/>
       <c r="AH429" s="62"/>
       <c r="AI429" s="62"/>
       <c r="AJ429" s="62"/>
       <c r="AK429" s="62"/>
       <c r="AL429" s="62"/>
       <c r="AM429" s="62"/>
       <c r="AN429" s="62"/>
       <c r="AO429" s="62"/>
       <c r="AP429" s="62"/>
       <c r="AQ429" s="62"/>
       <c r="AR429" s="62"/>
     </row>
-    <row r="430" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A430" s="183" t="s">
+    <row r="430" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A430" s="176" t="s">
         <v>74</v>
       </c>
-      <c r="B430" s="176">
+      <c r="B430" s="169">
         <f>B429*B421</f>
         <v>0</v>
       </c>
-      <c r="C430" s="174"/>
-[...19 lines deleted...]
-      <c r="W430" s="174"/>
+      <c r="C430" s="167"/>
+      <c r="D430" s="167"/>
+      <c r="E430" s="167"/>
+      <c r="F430" s="167"/>
+      <c r="G430" s="167"/>
+      <c r="H430" s="167"/>
+      <c r="I430" s="167"/>
+      <c r="J430" s="167"/>
+      <c r="K430" s="167"/>
+      <c r="L430" s="167"/>
+      <c r="M430" s="167"/>
+      <c r="N430" s="167"/>
+      <c r="O430" s="167"/>
+      <c r="P430" s="167"/>
+      <c r="Q430" s="167"/>
+      <c r="R430" s="167"/>
+      <c r="S430" s="167"/>
+      <c r="T430" s="167"/>
+      <c r="U430" s="167"/>
+      <c r="V430" s="167"/>
+      <c r="W430" s="167"/>
       <c r="Y430" s="62"/>
       <c r="Z430" s="62"/>
       <c r="AA430" s="62"/>
       <c r="AB430" s="62"/>
       <c r="AC430" s="62"/>
       <c r="AD430" s="62"/>
       <c r="AE430" s="62"/>
       <c r="AF430" s="62"/>
       <c r="AG430" s="62"/>
       <c r="AH430" s="62"/>
       <c r="AI430" s="62"/>
       <c r="AJ430" s="62"/>
       <c r="AK430" s="62"/>
       <c r="AL430" s="62"/>
       <c r="AM430" s="62"/>
       <c r="AN430" s="62"/>
       <c r="AO430" s="62"/>
       <c r="AP430" s="62"/>
       <c r="AQ430" s="62"/>
       <c r="AR430" s="62"/>
     </row>
-    <row r="431" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
+    <row r="431" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H431" s="2"/>
       <c r="I431" s="2"/>
       <c r="J431" s="2"/>
       <c r="S431" s="2"/>
       <c r="T431" s="2"/>
       <c r="U431" s="2"/>
       <c r="Y431" s="62"/>
       <c r="Z431" s="62"/>
       <c r="AA431" s="62"/>
       <c r="AB431" s="62"/>
       <c r="AC431" s="62"/>
       <c r="AD431" s="62"/>
       <c r="AE431" s="62"/>
       <c r="AF431" s="62"/>
       <c r="AG431" s="62"/>
       <c r="AH431" s="62"/>
       <c r="AI431" s="62"/>
       <c r="AJ431" s="62"/>
       <c r="AK431" s="62"/>
       <c r="AL431" s="62"/>
       <c r="AM431" s="62"/>
       <c r="AN431" s="62"/>
       <c r="AO431" s="62"/>
       <c r="AP431" s="62"/>
       <c r="AQ431" s="62"/>
       <c r="AR431" s="62"/>
     </row>
-    <row r="432" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
+    <row r="432" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
       <c r="A432" s="385" t="s">
         <v>75</v>
       </c>
       <c r="B432" s="385"/>
       <c r="C432" s="385"/>
       <c r="D432" s="385"/>
       <c r="E432" s="385"/>
       <c r="F432" s="385"/>
       <c r="G432" s="385"/>
       <c r="H432" s="385"/>
       <c r="I432" s="385"/>
       <c r="J432" s="385"/>
       <c r="K432" s="385"/>
       <c r="L432" s="385"/>
       <c r="M432" s="385"/>
       <c r="N432" s="385"/>
       <c r="O432" s="385"/>
       <c r="P432" s="385"/>
       <c r="Q432" s="385"/>
       <c r="R432" s="385"/>
       <c r="S432" s="385"/>
       <c r="T432" s="385"/>
       <c r="U432" s="385"/>
       <c r="V432" s="385"/>
       <c r="W432" s="385"/>
       <c r="X432" s="62"/>
       <c r="Y432" s="62"/>
       <c r="Z432" s="62"/>
       <c r="AA432" s="62"/>
       <c r="AB432" s="62"/>
       <c r="AC432" s="62"/>
       <c r="AD432" s="62"/>
       <c r="AE432" s="62"/>
       <c r="AF432" s="62"/>
       <c r="AG432" s="62"/>
       <c r="AH432" s="62"/>
       <c r="AI432" s="62"/>
       <c r="AJ432" s="62"/>
       <c r="AK432" s="62"/>
       <c r="AL432" s="62"/>
       <c r="AM432" s="62"/>
       <c r="AN432" s="62"/>
       <c r="AO432" s="62"/>
       <c r="AP432" s="62"/>
       <c r="AQ432" s="62"/>
       <c r="AR432" s="62"/>
     </row>
-    <row r="433" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W433" s="174"/>
+    <row r="433" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A433" s="167"/>
+      <c r="B433" s="167"/>
+      <c r="C433" s="167"/>
+      <c r="D433" s="167"/>
+      <c r="E433" s="167"/>
+      <c r="F433" s="167"/>
+      <c r="G433" s="167"/>
+      <c r="H433" s="167"/>
+      <c r="I433" s="167"/>
+      <c r="J433" s="167"/>
+      <c r="K433" s="167"/>
+      <c r="L433" s="167"/>
+      <c r="M433" s="167"/>
+      <c r="N433" s="167"/>
+      <c r="O433" s="167"/>
+      <c r="P433" s="167"/>
+      <c r="Q433" s="167"/>
+      <c r="R433" s="167"/>
+      <c r="S433" s="167"/>
+      <c r="T433" s="167"/>
+      <c r="U433" s="167"/>
+      <c r="V433" s="167"/>
+      <c r="W433" s="167"/>
       <c r="X433" s="62"/>
       <c r="Y433" s="62"/>
       <c r="Z433" s="62"/>
       <c r="AA433" s="62"/>
       <c r="AB433" s="62"/>
       <c r="AC433" s="62"/>
       <c r="AD433" s="62"/>
       <c r="AE433" s="62"/>
       <c r="AF433" s="62"/>
       <c r="AG433" s="62"/>
       <c r="AH433" s="62"/>
       <c r="AI433" s="62"/>
       <c r="AJ433" s="62"/>
       <c r="AK433" s="62"/>
       <c r="AL433" s="62"/>
       <c r="AM433" s="62"/>
       <c r="AN433" s="62"/>
       <c r="AO433" s="62"/>
       <c r="AP433" s="62"/>
       <c r="AQ433" s="62"/>
       <c r="AR433" s="62"/>
     </row>
     <row r="434" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A434" s="174"/>
-[...21 lines deleted...]
-      <c r="W434" s="174"/>
+      <c r="A434" s="167"/>
+      <c r="B434" s="167"/>
+      <c r="C434" s="167"/>
+      <c r="D434" s="167"/>
+      <c r="E434" s="167"/>
+      <c r="F434" s="167"/>
+      <c r="G434" s="167"/>
+      <c r="H434" s="167"/>
+      <c r="I434" s="167"/>
+      <c r="J434" s="167"/>
+      <c r="K434" s="167"/>
+      <c r="L434" s="167"/>
+      <c r="M434" s="167"/>
+      <c r="N434" s="167"/>
+      <c r="O434" s="167"/>
+      <c r="P434" s="167"/>
+      <c r="Q434" s="167"/>
+      <c r="R434" s="167"/>
+      <c r="S434" s="167"/>
+      <c r="T434" s="167"/>
+      <c r="U434" s="167"/>
+      <c r="V434" s="167"/>
+      <c r="W434" s="167"/>
       <c r="X434" s="62"/>
       <c r="Y434" s="62"/>
       <c r="Z434" s="62"/>
       <c r="AA434" s="62"/>
       <c r="AB434" s="62"/>
       <c r="AC434" s="62"/>
       <c r="AD434" s="62"/>
       <c r="AE434" s="62"/>
       <c r="AF434" s="62"/>
       <c r="AG434" s="62"/>
       <c r="AH434" s="62"/>
       <c r="AI434" s="62"/>
       <c r="AJ434" s="62"/>
       <c r="AK434" s="62"/>
       <c r="AL434" s="62"/>
       <c r="AM434" s="62"/>
       <c r="AN434" s="62"/>
       <c r="AO434" s="62"/>
       <c r="AP434" s="62"/>
       <c r="AQ434" s="62"/>
       <c r="AR434" s="62"/>
     </row>
     <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A435" s="91" t="s">
+      <c r="A435" s="89" t="s">
         <v>76</v>
       </c>
       <c r="B435" s="62"/>
       <c r="C435" s="62"/>
       <c r="D435" s="62"/>
       <c r="E435" s="62"/>
       <c r="F435" s="62"/>
       <c r="G435" s="62"/>
       <c r="H435" s="62"/>
       <c r="I435" s="62"/>
       <c r="J435" s="62"/>
       <c r="K435" s="62"/>
       <c r="L435" s="62"/>
       <c r="M435" s="62"/>
       <c r="N435" s="62"/>
       <c r="O435" s="62"/>
       <c r="P435" s="62"/>
       <c r="Q435" s="62"/>
       <c r="R435" s="62"/>
       <c r="S435" s="62"/>
       <c r="T435" s="62"/>
       <c r="U435" s="62"/>
       <c r="V435" s="62"/>
       <c r="W435" s="62"/>
       <c r="X435" s="62"/>
@@ -29071,1331 +29171,1338 @@
       <c r="U437" s="62"/>
       <c r="V437" s="62"/>
       <c r="W437" s="62"/>
       <c r="X437" s="62"/>
       <c r="Y437" s="62"/>
       <c r="Z437" s="62"/>
       <c r="AA437" s="62"/>
       <c r="AB437" s="62"/>
       <c r="AC437" s="62"/>
       <c r="AD437" s="62"/>
       <c r="AE437" s="62"/>
       <c r="AF437" s="62"/>
       <c r="AG437" s="62"/>
       <c r="AH437" s="62"/>
       <c r="AI437" s="62"/>
       <c r="AJ437" s="62"/>
       <c r="AK437" s="62"/>
       <c r="AL437" s="62"/>
       <c r="AM437" s="62"/>
       <c r="AN437" s="62"/>
       <c r="AO437" s="62"/>
       <c r="AP437" s="62"/>
       <c r="AQ437" s="62"/>
       <c r="AR437" s="62"/>
     </row>
-    <row r="438" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="438" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A438" s="75"/>
       <c r="B438" s="76"/>
       <c r="C438" s="5"/>
       <c r="D438" s="76"/>
       <c r="E438" s="76"/>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438"/>
       <c r="I438"/>
       <c r="J438"/>
       <c r="K438"/>
       <c r="L438"/>
       <c r="M438"/>
       <c r="N438" s="62"/>
       <c r="O438" s="62"/>
       <c r="P438" s="62"/>
       <c r="Q438" s="62"/>
       <c r="R438" s="62"/>
       <c r="S438" s="62"/>
       <c r="T438" s="62"/>
       <c r="U438" s="62"/>
       <c r="V438" s="62"/>
       <c r="W438" s="62"/>
       <c r="X438" s="62"/>
       <c r="Y438" s="62"/>
       <c r="Z438" s="62"/>
       <c r="AA438" s="62"/>
       <c r="AB438" s="62"/>
       <c r="AC438" s="62"/>
       <c r="AD438" s="62"/>
       <c r="AE438" s="62"/>
       <c r="AF438" s="62"/>
       <c r="AG438" s="62"/>
       <c r="AH438" s="62"/>
       <c r="AI438" s="62"/>
       <c r="AJ438" s="62"/>
       <c r="AK438" s="62"/>
       <c r="AL438" s="62"/>
       <c r="AM438" s="62"/>
       <c r="AN438" s="62"/>
       <c r="AO438" s="62"/>
       <c r="AP438" s="62"/>
       <c r="AQ438" s="62"/>
       <c r="AR438" s="62"/>
     </row>
     <row r="439" spans="1:44" ht="31.8" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A439" s="77"/>
-      <c r="B439" s="110" t="s">
+      <c r="B439" s="103" t="s">
         <v>73</v>
       </c>
-      <c r="C439" s="111" t="s">
+      <c r="C439" s="104" t="s">
         <v>78</v>
       </c>
-      <c r="D439" s="112" t="s">
+      <c r="D439" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="E439" s="113" t="s">
+      <c r="E439" s="106" t="s">
         <v>80</v>
       </c>
-      <c r="F439" s="143" t="s">
+      <c r="F439" s="136" t="s">
         <v>81</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
       <c r="I439"/>
       <c r="J439"/>
       <c r="S439" s="2"/>
       <c r="T439" s="2"/>
       <c r="U439" s="2"/>
       <c r="X439" s="62"/>
       <c r="Y439" s="62"/>
       <c r="Z439" s="62"/>
       <c r="AA439" s="62"/>
       <c r="AB439" s="62"/>
       <c r="AC439" s="62"/>
       <c r="AD439" s="62"/>
       <c r="AE439" s="62"/>
       <c r="AF439" s="62"/>
       <c r="AG439" s="62"/>
       <c r="AH439" s="62"/>
       <c r="AI439" s="62"/>
       <c r="AJ439" s="62"/>
       <c r="AK439" s="62"/>
       <c r="AL439" s="62"/>
       <c r="AM439" s="62"/>
       <c r="AN439" s="62"/>
       <c r="AO439" s="62"/>
       <c r="AP439" s="62"/>
       <c r="AQ439" s="62"/>
       <c r="AR439" s="62"/>
     </row>
     <row r="440" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A440" s="105" t="s">
+      <c r="A440" s="99" t="s">
         <v>82</v>
       </c>
-      <c r="B440" s="106">
+      <c r="B440" s="100">
         <f>B442+B443+B444+B445+B446</f>
         <v>0</v>
       </c>
-      <c r="C440" s="107">
+      <c r="C440" s="101">
         <f>B440</f>
         <v>0</v>
       </c>
-      <c r="D440" s="108"/>
-      <c r="E440" s="109">
+      <c r="D440" s="102"/>
+      <c r="E440" s="232">
         <f>SUM(E442:E446)</f>
         <v>0</v>
       </c>
-      <c r="F440" s="144">
+      <c r="F440" s="137">
         <f>D440-E440</f>
         <v>0</v>
       </c>
       <c r="G440"/>
       <c r="H440"/>
       <c r="I440"/>
       <c r="J440"/>
       <c r="S440" s="2"/>
       <c r="T440" s="2"/>
       <c r="U440" s="2"/>
       <c r="X440" s="62"/>
       <c r="Y440" s="62"/>
       <c r="Z440" s="62"/>
       <c r="AA440" s="62"/>
       <c r="AB440" s="62"/>
       <c r="AC440" s="62"/>
       <c r="AD440" s="62"/>
       <c r="AE440" s="62"/>
       <c r="AF440" s="62"/>
       <c r="AG440" s="62"/>
       <c r="AH440" s="62"/>
       <c r="AI440" s="62"/>
       <c r="AJ440" s="62"/>
       <c r="AK440" s="62"/>
       <c r="AL440" s="62"/>
       <c r="AM440" s="62"/>
       <c r="AN440" s="62"/>
       <c r="AO440" s="62"/>
       <c r="AP440" s="62"/>
       <c r="AQ440" s="62"/>
       <c r="AR440" s="62"/>
     </row>
     <row r="441" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A441" s="78" t="s">
         <v>83</v>
       </c>
       <c r="B441" s="79">
         <v>0</v>
       </c>
       <c r="C441" s="80"/>
       <c r="D441" s="81"/>
       <c r="E441" s="81">
         <f>B422</f>
         <v>0</v>
       </c>
-      <c r="F441" s="145">
+      <c r="F441" s="138">
         <f>D441-E441</f>
         <v>0</v>
       </c>
       <c r="G441"/>
       <c r="H441"/>
       <c r="I441"/>
       <c r="J441"/>
       <c r="S441" s="2"/>
       <c r="T441" s="2"/>
       <c r="U441" s="2"/>
       <c r="X441" s="62"/>
       <c r="Y441" s="62"/>
       <c r="Z441" s="62"/>
       <c r="AA441" s="62"/>
       <c r="AB441" s="62"/>
       <c r="AC441" s="62"/>
       <c r="AD441" s="62"/>
       <c r="AE441" s="62"/>
       <c r="AF441" s="62"/>
       <c r="AG441" s="62"/>
       <c r="AH441" s="62"/>
       <c r="AI441" s="62"/>
       <c r="AJ441" s="62"/>
       <c r="AK441" s="62"/>
       <c r="AL441" s="62"/>
       <c r="AM441" s="62"/>
       <c r="AN441" s="62"/>
       <c r="AO441" s="62"/>
       <c r="AP441" s="62"/>
       <c r="AQ441" s="62"/>
       <c r="AR441" s="62"/>
     </row>
     <row r="442" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A442" s="78" t="s">
         <v>68</v>
       </c>
       <c r="B442" s="79">
         <v>0</v>
       </c>
       <c r="C442" s="80"/>
       <c r="D442" s="81"/>
       <c r="E442" s="81">
         <f>B424</f>
         <v>0</v>
       </c>
-      <c r="F442" s="145">
+      <c r="F442" s="138">
         <f t="shared" ref="F442:F446" si="16">D442-E442</f>
         <v>0</v>
       </c>
       <c r="G442"/>
       <c r="H442"/>
       <c r="I442"/>
       <c r="J442"/>
       <c r="S442" s="2"/>
       <c r="T442" s="2"/>
       <c r="U442" s="2"/>
       <c r="X442" s="62"/>
       <c r="Y442" s="62"/>
       <c r="Z442" s="62"/>
       <c r="AA442" s="62"/>
       <c r="AB442" s="62"/>
       <c r="AC442" s="62"/>
       <c r="AD442" s="62"/>
       <c r="AE442" s="62"/>
       <c r="AF442" s="62"/>
       <c r="AG442" s="62"/>
       <c r="AH442" s="62"/>
       <c r="AI442" s="62"/>
       <c r="AJ442" s="62"/>
       <c r="AK442" s="62"/>
       <c r="AL442" s="62"/>
       <c r="AM442" s="62"/>
       <c r="AN442" s="62"/>
       <c r="AO442" s="62"/>
       <c r="AP442" s="62"/>
       <c r="AQ442" s="62"/>
       <c r="AR442" s="62"/>
     </row>
     <row r="443" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A443" s="78" t="s">
         <v>69</v>
       </c>
       <c r="B443" s="82">
         <v>0</v>
       </c>
       <c r="C443" s="83"/>
       <c r="D443" s="84"/>
       <c r="E443" s="84">
         <f>B425</f>
         <v>0</v>
       </c>
-      <c r="F443" s="145">
+      <c r="F443" s="138">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
       <c r="I443"/>
       <c r="J443"/>
       <c r="S443" s="2"/>
       <c r="T443" s="2"/>
       <c r="U443" s="2"/>
       <c r="X443" s="62"/>
       <c r="Y443" s="62"/>
       <c r="Z443" s="62"/>
       <c r="AA443" s="62"/>
       <c r="AB443" s="62"/>
       <c r="AC443" s="62"/>
       <c r="AD443" s="62"/>
       <c r="AE443" s="62"/>
       <c r="AF443" s="62"/>
       <c r="AG443" s="62"/>
       <c r="AH443" s="62"/>
       <c r="AI443" s="62"/>
       <c r="AJ443" s="62"/>
       <c r="AK443" s="62"/>
       <c r="AL443" s="62"/>
       <c r="AM443" s="62"/>
       <c r="AN443" s="62"/>
       <c r="AO443" s="62"/>
       <c r="AP443" s="62"/>
       <c r="AQ443" s="62"/>
       <c r="AR443" s="62"/>
     </row>
     <row r="444" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A444" s="78" t="s">
         <v>70</v>
       </c>
       <c r="B444" s="82">
         <v>0</v>
       </c>
       <c r="C444" s="83"/>
       <c r="D444" s="84"/>
       <c r="E444" s="84">
         <f>B426</f>
         <v>0</v>
       </c>
-      <c r="F444" s="145">
+      <c r="F444" s="138">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G444"/>
       <c r="H444"/>
       <c r="I444"/>
       <c r="J444"/>
       <c r="S444" s="2"/>
       <c r="T444" s="2"/>
       <c r="U444" s="2"/>
       <c r="X444" s="62"/>
       <c r="Y444" s="62"/>
       <c r="Z444" s="62"/>
       <c r="AA444" s="62"/>
       <c r="AB444" s="62"/>
       <c r="AC444" s="62"/>
       <c r="AD444" s="62"/>
       <c r="AE444" s="62"/>
       <c r="AF444" s="62"/>
       <c r="AG444" s="62"/>
       <c r="AH444" s="62"/>
       <c r="AI444" s="62"/>
       <c r="AJ444" s="62"/>
       <c r="AK444" s="62"/>
       <c r="AL444" s="62"/>
       <c r="AM444" s="62"/>
       <c r="AN444" s="62"/>
       <c r="AO444" s="62"/>
       <c r="AP444" s="62"/>
       <c r="AQ444" s="62"/>
       <c r="AR444" s="62"/>
     </row>
     <row r="445" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A445" s="78" t="s">
         <v>84</v>
       </c>
       <c r="B445" s="82">
         <v>0</v>
       </c>
       <c r="C445" s="83"/>
       <c r="D445" s="84"/>
       <c r="E445" s="84">
         <f>B427</f>
         <v>0</v>
       </c>
-      <c r="F445" s="145">
+      <c r="F445" s="138">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G445"/>
       <c r="H445"/>
       <c r="I445"/>
       <c r="J445"/>
       <c r="S445" s="2"/>
       <c r="T445" s="2"/>
       <c r="U445" s="2"/>
       <c r="X445" s="62"/>
       <c r="Y445" s="62"/>
       <c r="Z445" s="62"/>
       <c r="AA445" s="62"/>
       <c r="AB445" s="62"/>
       <c r="AC445" s="62"/>
       <c r="AD445" s="62"/>
       <c r="AE445" s="62"/>
       <c r="AF445" s="62"/>
       <c r="AG445" s="62"/>
       <c r="AH445" s="62"/>
       <c r="AI445" s="62"/>
       <c r="AJ445" s="62"/>
       <c r="AK445" s="62"/>
       <c r="AL445" s="62"/>
       <c r="AM445" s="62"/>
       <c r="AN445" s="62"/>
       <c r="AO445" s="62"/>
       <c r="AP445" s="62"/>
       <c r="AQ445" s="62"/>
       <c r="AR445" s="62"/>
     </row>
     <row r="446" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A446" s="78" t="s">
         <v>72</v>
       </c>
       <c r="B446" s="82">
         <v>0</v>
       </c>
       <c r="C446" s="83"/>
       <c r="D446" s="84"/>
       <c r="E446" s="84">
         <f>B428</f>
         <v>0</v>
       </c>
-      <c r="F446" s="145">
+      <c r="F446" s="138">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G446"/>
       <c r="H446"/>
       <c r="I446"/>
       <c r="J446"/>
       <c r="S446" s="2"/>
       <c r="T446" s="2"/>
       <c r="U446" s="2"/>
       <c r="X446" s="62"/>
       <c r="Y446" s="62"/>
       <c r="Z446" s="62"/>
       <c r="AA446" s="62"/>
       <c r="AB446" s="62"/>
       <c r="AC446" s="62"/>
       <c r="AD446" s="62"/>
       <c r="AE446" s="62"/>
       <c r="AF446" s="62"/>
       <c r="AG446" s="62"/>
       <c r="AH446" s="62"/>
       <c r="AI446" s="62"/>
       <c r="AJ446" s="62"/>
       <c r="AK446" s="62"/>
       <c r="AL446" s="62"/>
       <c r="AM446" s="62"/>
       <c r="AN446" s="62"/>
       <c r="AO446" s="62"/>
       <c r="AP446" s="62"/>
       <c r="AQ446" s="62"/>
       <c r="AR446" s="62"/>
     </row>
     <row r="447" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A447" s="97" t="s">
+      <c r="A447" s="91" t="s">
         <v>85</v>
       </c>
-      <c r="B447" s="98">
-[...8 lines deleted...]
-      <c r="F447" s="146"/>
+      <c r="B447" s="92">
+        <v>0</v>
+      </c>
+      <c r="C447" s="93"/>
+      <c r="D447" s="94"/>
+      <c r="E447" s="94">
+        <f>B447</f>
+        <v>0</v>
+      </c>
+      <c r="F447" s="139"/>
       <c r="G447"/>
       <c r="H447"/>
       <c r="I447"/>
       <c r="J447"/>
       <c r="S447" s="2"/>
       <c r="T447" s="2"/>
       <c r="U447" s="2"/>
       <c r="X447" s="62"/>
       <c r="Y447" s="62"/>
       <c r="Z447" s="62"/>
       <c r="AA447" s="62"/>
       <c r="AB447" s="62"/>
       <c r="AC447" s="62"/>
       <c r="AD447" s="62"/>
       <c r="AE447" s="62"/>
       <c r="AF447" s="62"/>
       <c r="AG447" s="62"/>
       <c r="AH447" s="62"/>
       <c r="AI447" s="62"/>
       <c r="AJ447" s="62"/>
       <c r="AK447" s="62"/>
       <c r="AL447" s="62"/>
       <c r="AM447" s="62"/>
       <c r="AN447" s="62"/>
       <c r="AO447" s="62"/>
       <c r="AP447" s="62"/>
       <c r="AQ447" s="62"/>
       <c r="AR447" s="62"/>
     </row>
     <row r="448" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A448" s="101" t="s">
+      <c r="A448" s="95" t="s">
         <v>86</v>
       </c>
-      <c r="B448" s="102">
+      <c r="B448" s="96">
         <f>B440*B447</f>
         <v>0</v>
       </c>
-      <c r="C448" s="103"/>
-[...1 lines deleted...]
-      <c r="E448" s="103">
+      <c r="C448" s="97"/>
+      <c r="D448" s="98"/>
+      <c r="E448" s="231">
         <f>E440*E447</f>
         <v>0</v>
       </c>
-      <c r="F448" s="147">
+      <c r="F448" s="140">
         <f>D448-E448</f>
         <v>0</v>
       </c>
       <c r="G448"/>
       <c r="H448"/>
       <c r="I448"/>
       <c r="J448"/>
       <c r="S448" s="2"/>
       <c r="T448" s="2"/>
       <c r="U448" s="2"/>
       <c r="X448" s="62"/>
       <c r="Y448" s="62"/>
       <c r="Z448" s="62"/>
       <c r="AA448" s="62"/>
       <c r="AB448" s="62"/>
       <c r="AC448" s="62"/>
       <c r="AD448" s="62"/>
       <c r="AE448" s="62"/>
       <c r="AF448" s="62"/>
       <c r="AG448" s="62"/>
       <c r="AH448" s="62"/>
       <c r="AI448" s="62"/>
       <c r="AJ448" s="62"/>
       <c r="AK448" s="62"/>
       <c r="AL448" s="62"/>
       <c r="AM448" s="62"/>
       <c r="AN448" s="62"/>
       <c r="AO448" s="62"/>
       <c r="AP448" s="62"/>
       <c r="AQ448" s="62"/>
       <c r="AR448" s="62"/>
     </row>
-    <row r="449" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F449" s="86"/>
+    <row r="449" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A449"/>
+      <c r="B449"/>
+      <c r="C449"/>
+      <c r="D449"/>
+      <c r="E449"/>
+      <c r="F449"/>
       <c r="G449"/>
       <c r="H449"/>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449" s="62"/>
       <c r="O449" s="62"/>
       <c r="P449" s="62"/>
       <c r="Q449" s="62"/>
       <c r="R449" s="62"/>
       <c r="S449" s="62"/>
       <c r="T449" s="62"/>
       <c r="U449" s="62"/>
       <c r="V449" s="62"/>
       <c r="W449" s="62"/>
       <c r="X449" s="62"/>
       <c r="Y449" s="62"/>
       <c r="Z449" s="62"/>
       <c r="AA449" s="62"/>
       <c r="AB449" s="62"/>
       <c r="AC449" s="62"/>
       <c r="AD449" s="62"/>
       <c r="AE449" s="62"/>
       <c r="AF449" s="62"/>
       <c r="AG449" s="62"/>
       <c r="AH449" s="62"/>
       <c r="AI449" s="62"/>
       <c r="AJ449" s="62"/>
       <c r="AK449" s="62"/>
       <c r="AL449" s="62"/>
       <c r="AM449" s="62"/>
       <c r="AN449" s="62"/>
       <c r="AO449" s="62"/>
       <c r="AP449" s="62"/>
       <c r="AQ449" s="62"/>
       <c r="AR449" s="62"/>
     </row>
     <row r="450" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A450" s="87" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="A450"/>
+      <c r="B450"/>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
       <c r="I450"/>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450" s="62"/>
       <c r="O450" s="62"/>
       <c r="P450" s="62"/>
       <c r="Q450" s="62"/>
       <c r="R450" s="62"/>
       <c r="S450" s="62"/>
       <c r="T450" s="62"/>
       <c r="U450" s="62"/>
       <c r="V450" s="62"/>
       <c r="W450" s="62"/>
       <c r="X450" s="62"/>
       <c r="Y450" s="62"/>
       <c r="Z450" s="62"/>
       <c r="AA450" s="62"/>
       <c r="AB450" s="62"/>
       <c r="AC450" s="62"/>
       <c r="AD450" s="62"/>
       <c r="AE450" s="62"/>
       <c r="AF450" s="62"/>
       <c r="AG450" s="62"/>
       <c r="AH450" s="62"/>
       <c r="AI450" s="62"/>
       <c r="AJ450" s="62"/>
       <c r="AK450" s="62"/>
       <c r="AL450" s="62"/>
       <c r="AM450" s="62"/>
       <c r="AN450" s="62"/>
       <c r="AO450" s="62"/>
       <c r="AP450" s="62"/>
       <c r="AQ450" s="62"/>
       <c r="AR450" s="62"/>
     </row>
     <row r="451" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A451" s="88" t="s">
-[...3 lines deleted...]
-        <f>B447</f>
+      <c r="A451" s="233" t="s">
+        <v>107</v>
+      </c>
+      <c r="B451" s="234">
+        <f>B440</f>
         <v>0</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451"/>
       <c r="I451"/>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451" s="62"/>
       <c r="O451" s="62"/>
       <c r="P451" s="62"/>
       <c r="Q451" s="62"/>
       <c r="R451" s="62"/>
       <c r="S451" s="62"/>
       <c r="T451" s="62"/>
       <c r="U451" s="62"/>
       <c r="V451" s="62"/>
       <c r="W451" s="62"/>
       <c r="X451" s="62"/>
       <c r="Y451" s="62"/>
       <c r="Z451" s="62"/>
       <c r="AA451" s="62"/>
       <c r="AB451" s="62"/>
       <c r="AC451" s="62"/>
       <c r="AD451" s="62"/>
       <c r="AE451" s="62"/>
       <c r="AF451" s="62"/>
       <c r="AG451" s="62"/>
       <c r="AH451" s="62"/>
       <c r="AI451" s="62"/>
       <c r="AJ451" s="62"/>
       <c r="AK451" s="62"/>
       <c r="AL451" s="62"/>
       <c r="AM451" s="62"/>
       <c r="AN451" s="62"/>
       <c r="AO451" s="62"/>
       <c r="AP451" s="62"/>
       <c r="AQ451" s="62"/>
       <c r="AR451" s="62"/>
     </row>
     <row r="452" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A452" s="88" t="s">
-[...3 lines deleted...]
-        <f>B450*B451</f>
+      <c r="A452" s="90" t="s">
+        <v>85</v>
+      </c>
+      <c r="B452" s="235">
+        <f>B447</f>
         <v>0</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452" s="62"/>
       <c r="O452" s="62"/>
       <c r="P452" s="62"/>
       <c r="Q452" s="62"/>
       <c r="R452" s="62"/>
       <c r="S452" s="62"/>
       <c r="T452" s="62"/>
       <c r="U452" s="62"/>
       <c r="V452" s="62"/>
       <c r="W452" s="62"/>
       <c r="X452" s="62"/>
       <c r="Y452" s="62"/>
       <c r="Z452" s="62"/>
       <c r="AA452" s="62"/>
       <c r="AB452" s="62"/>
       <c r="AC452" s="62"/>
       <c r="AD452" s="62"/>
       <c r="AE452" s="62"/>
       <c r="AF452" s="62"/>
       <c r="AG452" s="62"/>
       <c r="AH452" s="62"/>
       <c r="AI452" s="62"/>
       <c r="AJ452" s="62"/>
       <c r="AK452" s="62"/>
       <c r="AL452" s="62"/>
       <c r="AM452" s="62"/>
       <c r="AN452" s="62"/>
       <c r="AO452" s="62"/>
       <c r="AP452" s="62"/>
       <c r="AQ452" s="62"/>
       <c r="AR452" s="62"/>
     </row>
     <row r="453" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A453" s="88"/>
-      <c r="B453" s="89"/>
+      <c r="A453" s="86" t="s">
+        <v>86</v>
+      </c>
+      <c r="B453" s="87">
+        <f>B451*B452</f>
+        <v>0</v>
+      </c>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453" s="62"/>
       <c r="O453" s="62"/>
       <c r="P453" s="62"/>
       <c r="Q453" s="62"/>
       <c r="R453" s="62"/>
       <c r="S453" s="62"/>
       <c r="T453" s="62"/>
       <c r="U453" s="62"/>
       <c r="V453" s="62"/>
       <c r="W453" s="62"/>
       <c r="X453" s="62"/>
       <c r="Y453" s="62"/>
       <c r="Z453" s="62"/>
       <c r="AA453" s="62"/>
       <c r="AB453" s="62"/>
       <c r="AC453" s="62"/>
       <c r="AD453" s="62"/>
       <c r="AE453" s="62"/>
       <c r="AF453" s="62"/>
       <c r="AG453" s="62"/>
       <c r="AH453" s="62"/>
       <c r="AI453" s="62"/>
       <c r="AJ453" s="62"/>
       <c r="AK453" s="62"/>
       <c r="AL453" s="62"/>
       <c r="AM453" s="62"/>
       <c r="AN453" s="62"/>
       <c r="AO453" s="62"/>
       <c r="AP453" s="62"/>
       <c r="AQ453" s="62"/>
       <c r="AR453" s="62"/>
     </row>
     <row r="454" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A454" s="88" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="A454" s="86"/>
+      <c r="B454" s="87"/>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
       <c r="I454"/>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
       <c r="N454" s="62"/>
       <c r="O454" s="62"/>
       <c r="P454" s="62"/>
       <c r="Q454" s="62"/>
       <c r="R454" s="62"/>
       <c r="S454" s="62"/>
       <c r="T454" s="62"/>
       <c r="U454" s="62"/>
       <c r="V454" s="62"/>
       <c r="W454" s="62"/>
       <c r="X454" s="62"/>
       <c r="Y454" s="62"/>
       <c r="Z454" s="62"/>
       <c r="AA454" s="62"/>
       <c r="AB454" s="62"/>
       <c r="AC454" s="62"/>
       <c r="AD454" s="62"/>
       <c r="AE454" s="62"/>
       <c r="AF454" s="62"/>
       <c r="AG454" s="62"/>
       <c r="AH454" s="62"/>
       <c r="AI454" s="62"/>
       <c r="AJ454" s="62"/>
       <c r="AK454" s="62"/>
       <c r="AL454" s="62"/>
       <c r="AM454" s="62"/>
       <c r="AN454" s="62"/>
       <c r="AO454" s="62"/>
       <c r="AP454" s="62"/>
       <c r="AQ454" s="62"/>
       <c r="AR454" s="62"/>
     </row>
     <row r="455" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A455" s="92" t="s">
-[...2 lines deleted...]
-      <c r="B455" s="93">
+      <c r="A455" s="386" t="s">
+        <v>87</v>
+      </c>
+      <c r="B455" s="387">
+        <f>E440</f>
         <v>0</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
       <c r="I455"/>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455" s="62"/>
       <c r="O455" s="62"/>
       <c r="P455" s="62"/>
       <c r="Q455" s="62"/>
       <c r="R455" s="62"/>
       <c r="S455" s="62"/>
       <c r="T455" s="62"/>
       <c r="U455" s="62"/>
       <c r="V455" s="62"/>
       <c r="W455" s="62"/>
       <c r="X455" s="62"/>
       <c r="Y455" s="62"/>
       <c r="Z455" s="62"/>
       <c r="AA455" s="62"/>
       <c r="AB455" s="62"/>
       <c r="AC455" s="62"/>
       <c r="AD455" s="62"/>
       <c r="AE455" s="62"/>
       <c r="AF455" s="62"/>
       <c r="AG455" s="62"/>
       <c r="AH455" s="62"/>
       <c r="AI455" s="62"/>
       <c r="AJ455" s="62"/>
       <c r="AK455" s="62"/>
       <c r="AL455" s="62"/>
       <c r="AM455" s="62"/>
       <c r="AN455" s="62"/>
       <c r="AO455" s="62"/>
       <c r="AP455" s="62"/>
       <c r="AQ455" s="62"/>
       <c r="AR455" s="62"/>
     </row>
     <row r="456" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A456" s="88" t="s">
-[...3 lines deleted...]
-        <f>B454-B455</f>
+      <c r="A456" s="90" t="s">
+        <v>85</v>
+      </c>
+      <c r="B456" s="388">
+        <f>B447</f>
         <v>0</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
       <c r="I456"/>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456" s="62"/>
       <c r="O456" s="62"/>
       <c r="P456" s="62"/>
       <c r="Q456" s="62"/>
       <c r="R456" s="62"/>
       <c r="S456" s="62"/>
       <c r="T456" s="62"/>
       <c r="U456" s="62"/>
       <c r="V456" s="62"/>
       <c r="W456" s="62"/>
       <c r="X456" s="62"/>
       <c r="Y456" s="62"/>
       <c r="Z456" s="62"/>
       <c r="AA456" s="62"/>
       <c r="AB456" s="62"/>
       <c r="AC456" s="62"/>
       <c r="AD456" s="62"/>
       <c r="AE456" s="62"/>
       <c r="AF456" s="62"/>
       <c r="AG456" s="62"/>
       <c r="AH456" s="62"/>
       <c r="AI456" s="62"/>
       <c r="AJ456" s="62"/>
       <c r="AK456" s="62"/>
       <c r="AL456" s="62"/>
       <c r="AM456" s="62"/>
       <c r="AN456" s="62"/>
       <c r="AO456" s="62"/>
       <c r="AP456" s="62"/>
       <c r="AQ456" s="62"/>
       <c r="AR456" s="62"/>
     </row>
     <row r="457" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A457" s="88"/>
-      <c r="B457" s="89"/>
+      <c r="A457" s="86" t="s">
+        <v>104</v>
+      </c>
+      <c r="B457" s="87">
+        <f>E448</f>
+        <v>0</v>
+      </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
       <c r="I457"/>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457" s="62"/>
       <c r="O457" s="62"/>
       <c r="P457" s="62"/>
       <c r="Q457" s="62"/>
       <c r="R457" s="62"/>
       <c r="S457" s="62"/>
       <c r="T457" s="62"/>
       <c r="U457" s="62"/>
       <c r="V457" s="62"/>
       <c r="W457" s="62"/>
       <c r="X457" s="62"/>
       <c r="Y457" s="62"/>
       <c r="Z457" s="62"/>
       <c r="AA457" s="62"/>
       <c r="AB457" s="62"/>
       <c r="AC457" s="62"/>
       <c r="AD457" s="62"/>
       <c r="AE457" s="62"/>
       <c r="AF457" s="62"/>
       <c r="AG457" s="62"/>
       <c r="AH457" s="62"/>
       <c r="AI457" s="62"/>
       <c r="AJ457" s="62"/>
       <c r="AK457" s="62"/>
       <c r="AL457" s="62"/>
       <c r="AM457" s="62"/>
       <c r="AN457" s="62"/>
       <c r="AO457" s="62"/>
       <c r="AP457" s="62"/>
       <c r="AQ457" s="62"/>
       <c r="AR457" s="62"/>
     </row>
-    <row r="458" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      </c>
+    <row r="458" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A458" s="86"/>
+      <c r="B458" s="87"/>
       <c r="C458"/>
       <c r="D458"/>
-      <c r="E458" s="94"/>
+      <c r="E458"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
       <c r="I458"/>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
       <c r="N458" s="62"/>
       <c r="O458" s="62"/>
       <c r="P458" s="62"/>
       <c r="Q458" s="62"/>
       <c r="R458" s="62"/>
       <c r="S458" s="62"/>
       <c r="T458" s="62"/>
       <c r="U458" s="62"/>
       <c r="V458" s="62"/>
       <c r="W458" s="62"/>
       <c r="X458" s="62"/>
       <c r="Y458" s="62"/>
       <c r="Z458" s="62"/>
       <c r="AA458" s="62"/>
       <c r="AB458" s="62"/>
       <c r="AC458" s="62"/>
       <c r="AD458" s="62"/>
       <c r="AE458" s="62"/>
       <c r="AF458" s="62"/>
       <c r="AG458" s="62"/>
       <c r="AH458" s="62"/>
       <c r="AI458" s="62"/>
       <c r="AJ458" s="62"/>
       <c r="AK458" s="62"/>
       <c r="AL458" s="62"/>
       <c r="AM458" s="62"/>
       <c r="AN458" s="62"/>
       <c r="AO458" s="62"/>
       <c r="AP458" s="62"/>
       <c r="AQ458" s="62"/>
       <c r="AR458" s="62"/>
     </row>
     <row r="459" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A459"/>
-      <c r="B459"/>
+      <c r="A459" s="86" t="s">
+        <v>105</v>
+      </c>
+      <c r="B459" s="87">
+        <v>0</v>
+      </c>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
       <c r="I459"/>
       <c r="J459"/>
       <c r="K459"/>
       <c r="L459"/>
       <c r="M459"/>
       <c r="N459" s="62"/>
       <c r="O459" s="62"/>
       <c r="P459" s="62"/>
       <c r="Q459" s="62"/>
       <c r="R459" s="62"/>
       <c r="S459" s="62"/>
       <c r="T459" s="62"/>
       <c r="U459" s="62"/>
       <c r="V459" s="62"/>
       <c r="W459" s="62"/>
       <c r="X459" s="62"/>
       <c r="Y459" s="62"/>
       <c r="Z459" s="62"/>
       <c r="AA459" s="62"/>
       <c r="AB459" s="62"/>
       <c r="AC459" s="62"/>
       <c r="AD459" s="62"/>
       <c r="AE459" s="62"/>
       <c r="AF459" s="62"/>
       <c r="AG459" s="62"/>
       <c r="AH459" s="62"/>
       <c r="AI459" s="62"/>
       <c r="AJ459" s="62"/>
       <c r="AK459" s="62"/>
       <c r="AL459" s="62"/>
       <c r="AM459" s="62"/>
       <c r="AN459" s="62"/>
       <c r="AO459" s="62"/>
       <c r="AP459" s="62"/>
       <c r="AQ459" s="62"/>
       <c r="AR459" s="62"/>
     </row>
     <row r="460" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A460"/>
-      <c r="B460"/>
+      <c r="A460" s="86"/>
+      <c r="B460" s="87"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460" s="62"/>
       <c r="O460" s="62"/>
       <c r="P460" s="62"/>
       <c r="Q460" s="62"/>
       <c r="R460" s="62"/>
       <c r="S460" s="62"/>
       <c r="T460" s="62"/>
       <c r="U460" s="62"/>
       <c r="V460" s="62"/>
       <c r="W460" s="62"/>
       <c r="X460" s="62"/>
       <c r="Y460" s="62"/>
       <c r="Z460" s="62"/>
       <c r="AA460" s="62"/>
       <c r="AB460" s="62"/>
       <c r="AC460" s="62"/>
       <c r="AD460" s="62"/>
       <c r="AE460" s="62"/>
       <c r="AF460" s="62"/>
       <c r="AG460" s="62"/>
       <c r="AH460" s="62"/>
       <c r="AI460" s="62"/>
       <c r="AJ460" s="62"/>
       <c r="AK460" s="62"/>
       <c r="AL460" s="62"/>
       <c r="AM460" s="62"/>
       <c r="AN460" s="62"/>
       <c r="AO460" s="62"/>
       <c r="AP460" s="62"/>
       <c r="AQ460" s="62"/>
       <c r="AR460" s="62"/>
     </row>
-    <row r="461" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="M461" s="62"/>
+    <row r="461" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A461" s="134" t="s">
+        <v>108</v>
+      </c>
+      <c r="B461" s="135">
+        <f>B457-B459</f>
+        <v>0</v>
+      </c>
+      <c r="C461"/>
+      <c r="D461"/>
+      <c r="E461"/>
+      <c r="F461"/>
+      <c r="G461"/>
+      <c r="H461"/>
+      <c r="I461"/>
+      <c r="J461"/>
+      <c r="K461"/>
+      <c r="L461"/>
+      <c r="M461"/>
       <c r="N461" s="62"/>
       <c r="O461" s="62"/>
       <c r="P461" s="62"/>
       <c r="Q461" s="62"/>
       <c r="R461" s="62"/>
       <c r="S461" s="62"/>
       <c r="T461" s="62"/>
       <c r="U461" s="62"/>
       <c r="V461" s="62"/>
       <c r="W461" s="62"/>
       <c r="X461" s="62"/>
       <c r="Y461" s="62"/>
       <c r="Z461" s="62"/>
       <c r="AA461" s="62"/>
       <c r="AB461" s="62"/>
       <c r="AC461" s="62"/>
       <c r="AD461" s="62"/>
       <c r="AE461" s="62"/>
       <c r="AF461" s="62"/>
       <c r="AG461" s="62"/>
       <c r="AH461" s="62"/>
       <c r="AI461" s="62"/>
       <c r="AJ461" s="62"/>
       <c r="AK461" s="62"/>
       <c r="AL461" s="62"/>
       <c r="AM461" s="62"/>
       <c r="AN461" s="62"/>
       <c r="AO461" s="62"/>
       <c r="AP461" s="62"/>
       <c r="AQ461" s="62"/>
       <c r="AR461" s="62"/>
     </row>
-    <row r="462" spans="1:44" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="M462" s="62"/>
+    <row r="462" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A462"/>
+      <c r="B462"/>
+      <c r="C462"/>
+      <c r="D462"/>
+      <c r="E462"/>
+      <c r="F462"/>
+      <c r="G462"/>
+      <c r="H462"/>
+      <c r="I462"/>
+      <c r="J462"/>
+      <c r="K462"/>
+      <c r="L462"/>
+      <c r="M462"/>
       <c r="N462" s="62"/>
       <c r="O462" s="62"/>
       <c r="P462" s="62"/>
       <c r="Q462" s="62"/>
       <c r="R462" s="62"/>
       <c r="S462" s="62"/>
       <c r="T462" s="62"/>
       <c r="U462" s="62"/>
       <c r="V462" s="62"/>
       <c r="W462" s="62"/>
       <c r="X462" s="62"/>
       <c r="Y462" s="62"/>
       <c r="Z462" s="62"/>
       <c r="AA462" s="62"/>
       <c r="AB462" s="62"/>
       <c r="AC462" s="62"/>
       <c r="AD462" s="62"/>
       <c r="AE462" s="62"/>
       <c r="AF462" s="62"/>
       <c r="AG462" s="62"/>
       <c r="AH462" s="62"/>
       <c r="AI462" s="62"/>
       <c r="AJ462" s="62"/>
       <c r="AK462" s="62"/>
       <c r="AL462" s="62"/>
       <c r="AM462" s="62"/>
       <c r="AN462" s="62"/>
       <c r="AO462" s="62"/>
       <c r="AP462" s="62"/>
       <c r="AQ462" s="62"/>
       <c r="AR462" s="62"/>
     </row>
-    <row r="463" spans="1:44" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="M463" s="62"/>
+    <row r="463" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A463"/>
+      <c r="B463"/>
+      <c r="C463"/>
+      <c r="D463"/>
+      <c r="E463"/>
+      <c r="F463"/>
+      <c r="G463"/>
+      <c r="H463"/>
+      <c r="I463"/>
+      <c r="J463"/>
+      <c r="K463"/>
+      <c r="L463"/>
+      <c r="M463"/>
       <c r="N463" s="62"/>
       <c r="O463" s="62"/>
       <c r="P463" s="62"/>
       <c r="Q463" s="62"/>
       <c r="R463" s="62"/>
       <c r="S463" s="62"/>
       <c r="T463" s="62"/>
       <c r="U463" s="62"/>
       <c r="V463" s="62"/>
       <c r="W463" s="62"/>
       <c r="X463" s="62"/>
       <c r="Y463" s="62"/>
       <c r="Z463" s="62"/>
       <c r="AA463" s="62"/>
       <c r="AB463" s="62"/>
       <c r="AC463" s="62"/>
       <c r="AD463" s="62"/>
       <c r="AE463" s="62"/>
       <c r="AF463" s="62"/>
       <c r="AG463" s="62"/>
       <c r="AH463" s="62"/>
       <c r="AI463" s="62"/>
       <c r="AJ463" s="62"/>
       <c r="AK463" s="62"/>
       <c r="AL463" s="62"/>
       <c r="AM463" s="62"/>
       <c r="AN463" s="62"/>
       <c r="AO463" s="62"/>
       <c r="AP463" s="62"/>
       <c r="AQ463" s="62"/>
       <c r="AR463" s="62"/>
     </row>
-    <row r="464" spans="1:44" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W464" s="62"/>
+    <row r="464" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="88" t="s">
+        <v>88</v>
+      </c>
+      <c r="B464" s="238" t="s">
+        <v>106</v>
+      </c>
+      <c r="C464" s="239"/>
+      <c r="D464" s="239"/>
+      <c r="E464" s="239"/>
+      <c r="F464" s="239"/>
+      <c r="G464" s="239"/>
+      <c r="H464" s="239"/>
+      <c r="I464" s="239"/>
+      <c r="J464" s="239"/>
+      <c r="K464" s="239"/>
+      <c r="L464" s="239"/>
+      <c r="M464" s="239"/>
+      <c r="N464" s="239"/>
+      <c r="O464" s="239"/>
+      <c r="P464" s="239"/>
+      <c r="Q464" s="239"/>
+      <c r="R464" s="239"/>
+      <c r="S464" s="239"/>
+      <c r="T464" s="239"/>
+      <c r="U464" s="239"/>
+      <c r="V464" s="239"/>
+      <c r="W464" s="239"/>
       <c r="X464" s="62"/>
       <c r="Y464" s="62"/>
       <c r="Z464" s="62"/>
       <c r="AA464" s="62"/>
       <c r="AB464" s="62"/>
       <c r="AC464" s="62"/>
       <c r="AD464" s="62"/>
       <c r="AE464" s="62"/>
       <c r="AF464" s="62"/>
       <c r="AG464" s="62"/>
       <c r="AH464" s="62"/>
       <c r="AI464" s="62"/>
       <c r="AJ464" s="62"/>
       <c r="AK464" s="62"/>
       <c r="AL464" s="62"/>
       <c r="AM464" s="62"/>
       <c r="AN464" s="62"/>
       <c r="AO464" s="62"/>
       <c r="AP464" s="62"/>
       <c r="AQ464" s="62"/>
       <c r="AR464" s="62"/>
     </row>
-    <row r="465" spans="1:44" x14ac:dyDescent="0.2">
+    <row r="465" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A465" s="62"/>
       <c r="B465" s="62"/>
       <c r="C465" s="62"/>
       <c r="D465" s="62"/>
       <c r="E465" s="62"/>
       <c r="F465" s="62"/>
       <c r="G465" s="62"/>
       <c r="H465" s="62"/>
       <c r="I465" s="62"/>
       <c r="J465" s="62"/>
       <c r="K465" s="62"/>
       <c r="L465" s="62"/>
       <c r="M465" s="62"/>
       <c r="N465" s="62"/>
       <c r="O465" s="62"/>
       <c r="P465" s="62"/>
       <c r="Q465" s="62"/>
       <c r="R465" s="62"/>
       <c r="S465" s="62"/>
       <c r="T465" s="62"/>
       <c r="U465" s="62"/>
       <c r="V465" s="62"/>
       <c r="W465" s="62"/>
       <c r="X465" s="62"/>
       <c r="Y465" s="62"/>
@@ -31594,72 +31701,186 @@
       <c r="V491" s="62"/>
       <c r="W491" s="62"/>
       <c r="X491" s="62"/>
       <c r="Y491" s="62"/>
       <c r="Z491" s="62"/>
       <c r="AA491" s="62"/>
       <c r="AB491" s="62"/>
       <c r="AC491" s="62"/>
       <c r="AD491" s="62"/>
       <c r="AE491" s="62"/>
       <c r="AF491" s="62"/>
       <c r="AG491" s="62"/>
       <c r="AH491" s="62"/>
       <c r="AI491" s="62"/>
       <c r="AJ491" s="62"/>
       <c r="AK491" s="62"/>
       <c r="AL491" s="62"/>
       <c r="AM491" s="62"/>
       <c r="AN491" s="62"/>
       <c r="AO491" s="62"/>
       <c r="AP491" s="62"/>
       <c r="AQ491" s="62"/>
       <c r="AR491" s="62"/>
     </row>
     <row r="492" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H492" s="2"/>
-[...4 lines deleted...]
-      <c r="U492" s="2"/>
+      <c r="A492" s="62"/>
+      <c r="B492" s="62"/>
+      <c r="C492" s="62"/>
+      <c r="D492" s="62"/>
+      <c r="E492" s="62"/>
+      <c r="F492" s="62"/>
+      <c r="G492" s="62"/>
+      <c r="H492" s="62"/>
+      <c r="I492" s="62"/>
+      <c r="J492" s="62"/>
+      <c r="K492" s="62"/>
+      <c r="L492" s="62"/>
+      <c r="M492" s="62"/>
+      <c r="N492" s="62"/>
+      <c r="O492" s="62"/>
+      <c r="P492" s="62"/>
+      <c r="Q492" s="62"/>
+      <c r="R492" s="62"/>
+      <c r="S492" s="62"/>
+      <c r="T492" s="62"/>
+      <c r="U492" s="62"/>
+      <c r="V492" s="62"/>
+      <c r="W492" s="62"/>
+      <c r="X492" s="62"/>
+      <c r="Y492" s="62"/>
+      <c r="Z492" s="62"/>
+      <c r="AA492" s="62"/>
+      <c r="AB492" s="62"/>
+      <c r="AC492" s="62"/>
+      <c r="AD492" s="62"/>
+      <c r="AE492" s="62"/>
+      <c r="AF492" s="62"/>
+      <c r="AG492" s="62"/>
+      <c r="AH492" s="62"/>
+      <c r="AI492" s="62"/>
+      <c r="AJ492" s="62"/>
+      <c r="AK492" s="62"/>
+      <c r="AL492" s="62"/>
+      <c r="AM492" s="62"/>
+      <c r="AN492" s="62"/>
+      <c r="AO492" s="62"/>
+      <c r="AP492" s="62"/>
+      <c r="AQ492" s="62"/>
+      <c r="AR492" s="62"/>
     </row>
     <row r="493" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H493" s="2"/>
-[...4 lines deleted...]
-      <c r="U493" s="2"/>
+      <c r="A493" s="62"/>
+      <c r="B493" s="62"/>
+      <c r="C493" s="62"/>
+      <c r="D493" s="62"/>
+      <c r="E493" s="62"/>
+      <c r="F493" s="62"/>
+      <c r="G493" s="62"/>
+      <c r="H493" s="62"/>
+      <c r="I493" s="62"/>
+      <c r="J493" s="62"/>
+      <c r="K493" s="62"/>
+      <c r="L493" s="62"/>
+      <c r="M493" s="62"/>
+      <c r="N493" s="62"/>
+      <c r="O493" s="62"/>
+      <c r="P493" s="62"/>
+      <c r="Q493" s="62"/>
+      <c r="R493" s="62"/>
+      <c r="S493" s="62"/>
+      <c r="T493" s="62"/>
+      <c r="U493" s="62"/>
+      <c r="V493" s="62"/>
+      <c r="W493" s="62"/>
+      <c r="X493" s="62"/>
+      <c r="Y493" s="62"/>
+      <c r="Z493" s="62"/>
+      <c r="AA493" s="62"/>
+      <c r="AB493" s="62"/>
+      <c r="AC493" s="62"/>
+      <c r="AD493" s="62"/>
+      <c r="AE493" s="62"/>
+      <c r="AF493" s="62"/>
+      <c r="AG493" s="62"/>
+      <c r="AH493" s="62"/>
+      <c r="AI493" s="62"/>
+      <c r="AJ493" s="62"/>
+      <c r="AK493" s="62"/>
+      <c r="AL493" s="62"/>
+      <c r="AM493" s="62"/>
+      <c r="AN493" s="62"/>
+      <c r="AO493" s="62"/>
+      <c r="AP493" s="62"/>
+      <c r="AQ493" s="62"/>
+      <c r="AR493" s="62"/>
     </row>
     <row r="494" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H494" s="2"/>
-[...4 lines deleted...]
-      <c r="U494" s="2"/>
+      <c r="A494" s="62"/>
+      <c r="B494" s="62"/>
+      <c r="C494" s="62"/>
+      <c r="D494" s="62"/>
+      <c r="E494" s="62"/>
+      <c r="F494" s="62"/>
+      <c r="G494" s="62"/>
+      <c r="H494" s="62"/>
+      <c r="I494" s="62"/>
+      <c r="J494" s="62"/>
+      <c r="K494" s="62"/>
+      <c r="L494" s="62"/>
+      <c r="M494" s="62"/>
+      <c r="N494" s="62"/>
+      <c r="O494" s="62"/>
+      <c r="P494" s="62"/>
+      <c r="Q494" s="62"/>
+      <c r="R494" s="62"/>
+      <c r="S494" s="62"/>
+      <c r="T494" s="62"/>
+      <c r="U494" s="62"/>
+      <c r="V494" s="62"/>
+      <c r="W494" s="62"/>
+      <c r="X494" s="62"/>
+      <c r="Y494" s="62"/>
+      <c r="Z494" s="62"/>
+      <c r="AA494" s="62"/>
+      <c r="AB494" s="62"/>
+      <c r="AC494" s="62"/>
+      <c r="AD494" s="62"/>
+      <c r="AE494" s="62"/>
+      <c r="AF494" s="62"/>
+      <c r="AG494" s="62"/>
+      <c r="AH494" s="62"/>
+      <c r="AI494" s="62"/>
+      <c r="AJ494" s="62"/>
+      <c r="AK494" s="62"/>
+      <c r="AL494" s="62"/>
+      <c r="AM494" s="62"/>
+      <c r="AN494" s="62"/>
+      <c r="AO494" s="62"/>
+      <c r="AP494" s="62"/>
+      <c r="AQ494" s="62"/>
+      <c r="AR494" s="62"/>
     </row>
     <row r="495" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H495" s="2"/>
       <c r="I495" s="2"/>
       <c r="J495" s="2"/>
       <c r="S495" s="2"/>
       <c r="T495" s="2"/>
       <c r="U495" s="2"/>
     </row>
     <row r="496" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H496" s="2"/>
       <c r="I496" s="2"/>
       <c r="J496" s="2"/>
       <c r="S496" s="2"/>
       <c r="T496" s="2"/>
       <c r="U496" s="2"/>
     </row>
     <row r="497" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="498" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="499" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="500" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="501" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="502" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="503" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="504" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
@@ -32252,65 +32473,69 @@
     <row r="1091" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1092" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1093" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1094" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1095" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1096" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1097" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1098" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1099" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1100" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1101" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1102" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1103" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1104" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1105" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1106" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1107" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1108" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1109" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1110" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1111" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1112" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1113" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1114" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1115" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1116" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1117" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1118" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3vgV4vWNlJB6OJBawZjxpp/grbG28uF+emQL4BrGr87uFfQjWqP5W+CR7JlOla6yYFKEiRveROhvOgcEtSt4HA==" saltValue="rfZVMSOAleSKqvaprm1kQg==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="3219Zo/25hYBCiNDp7dv6e44Cwkyzsz1pV5HBHFPY5Axrp5u0XPGFfn9i2uY8tJVfRUbtSmVCTRWX8MHwM6uDQ==" saltValue="V4X40cabe9XIt4I6FlnSNA==" spinCount="100000" sheet="1" formatRows="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="tnG9kBV98ZsglmLXeZb9r75oS/pt+h/a0VlxaBAUdWTgcYkqUv+ZR/BIaqD/9EEFTM6Wx3uskL8wShLLikrz9Q==" saltValue="o4m6VpQKfNPqA8Z1RPQmYw==" spinCount="100000" sqref="N401:W415" name="Bereik12"/>
     <protectedRange algorithmName="SHA-512" hashValue="Xqyx8Vb6EhgX7K7QB0ERzSkVp16ShaqssAh/oy43CYwt3bwpmmXvds7FEx/TiADh8FwL4Ye/1EWOWvQW8wRYpQ==" saltValue="f+61GbXIK4j8FWQgczh0jA==" spinCount="100000" sqref="A303:W314" name="Bereik8"/>
     <protectedRange algorithmName="SHA-512" hashValue="rLNJYO6AhsgaG++9+I+iPHVelJbZeHF2KhjfYwTeuqBEUJFTA0ECxunWEEITDw2CRJqh6j1aiVdXNUemGQB8+g==" saltValue="U+xtZuNDHI8fpE+bqwVh2g==" spinCount="100000" sqref="A22:U22 A23:D235 F23:H235 J23:U235 I23:I234 E23:E277" name="Bereik4"/>
     <protectedRange algorithmName="SHA-512" hashValue="kcSyvrX8S096eF+R519oG+IwmmqPTJwsBZHN3lpzHdKGhwaLOYJLXO1mmlg99wWOWYQLHgTfIHrfrracNi2IxA==" saltValue="nfYj0iTxJDUp5NEOcS6I5g==" spinCount="100000" sqref="E11:F13" name="Bereik2"/>
     <protectedRange algorithmName="SHA-512" hashValue="tGPDRSn6RdlypkSgUzrLKqGOjaUUUuTrkr7cHK2dPk0Ok1I0vzaYr5YCscSH8IJzakhxJ3QXaPqZSkSSgtsOCw==" saltValue="451UV9vIlhbHWNrWV7eFDg==" spinCount="100000" sqref="C4:W8" name="Bereik1"/>
     <protectedRange algorithmName="SHA-512" hashValue="kzENZiAFIuXx2OPiWLwlOQTYX6VWCudIP8JUtm9CNyse0X1tri9cuUSFExHiZBT94lIGEMKfft72fiWeXsvMlw==" saltValue="FW/LrjSUvsQaXTsQXsCICw==" spinCount="100000" sqref="F17:M17" name="Bereik3"/>
     <protectedRange sqref="F299" name="Bereik7"/>
     <protectedRange algorithmName="SHA-512" hashValue="r6sxz7ouL8TdnSi08fMLZIY4gmuUBJrQKrRlRVFfnVqapzFz1Wx0laK6yvA4kDVvNsXwjknUbIlsLePy6oPgZw==" saltValue="i7E0k5t3fGQZGQu9qUrhqQ==" spinCount="100000" sqref="A317:G396" name="Bereik9"/>
     <protectedRange algorithmName="SHA-512" hashValue="Yt7ODuNo3texVU6aqI61kCNF6s/E/XSqfLm0hkYadRS2HBrnHENPbzELPzIwFrmXVYgHCGn9E8zrkRqvVGl9mA==" saltValue="aBhPoX/xGbqcASvtP2bZhQ==" spinCount="100000" sqref="A402:F414" name="Bereik11"/>
-    <protectedRange sqref="A435:XFD463" name="Bereik10"/>
+    <protectedRange sqref="A449:XFD450 A463:XFD466 C451:XFD461 A435:XFD448 A462:XFD462" name="Bereik10"/>
+    <protectedRange sqref="A451:B461" name="Bereik10_1"/>
   </protectedRanges>
-  <mergeCells count="400">
+  <mergeCells count="401">
     <mergeCell ref="A437:F437"/>
     <mergeCell ref="A413:B413"/>
     <mergeCell ref="A414:B414"/>
     <mergeCell ref="C415:D415"/>
     <mergeCell ref="A416:W416"/>
     <mergeCell ref="A419:W419"/>
     <mergeCell ref="A432:W432"/>
     <mergeCell ref="A407:B407"/>
     <mergeCell ref="A408:B408"/>
     <mergeCell ref="A409:B409"/>
     <mergeCell ref="A410:B410"/>
     <mergeCell ref="A411:B411"/>
     <mergeCell ref="A412:B412"/>
     <mergeCell ref="A398:W398"/>
     <mergeCell ref="A400:G400"/>
     <mergeCell ref="N400:W400"/>
     <mergeCell ref="A401:B401"/>
     <mergeCell ref="N401:W415"/>
     <mergeCell ref="A402:B402"/>
     <mergeCell ref="A403:B403"/>
     <mergeCell ref="A404:B404"/>
     <mergeCell ref="A405:B405"/>
     <mergeCell ref="A406:B406"/>
     <mergeCell ref="C392:D392"/>
     <mergeCell ref="C393:D393"/>
@@ -32618,1267 +32843,1279 @@
     <mergeCell ref="A74:D74"/>
     <mergeCell ref="A63:D63"/>
     <mergeCell ref="A64:D64"/>
     <mergeCell ref="A65:D65"/>
     <mergeCell ref="A66:D66"/>
     <mergeCell ref="A67:D67"/>
     <mergeCell ref="A68:D68"/>
     <mergeCell ref="A57:D57"/>
     <mergeCell ref="A58:D58"/>
     <mergeCell ref="A59:D59"/>
     <mergeCell ref="A60:D60"/>
     <mergeCell ref="A61:D61"/>
     <mergeCell ref="A62:D62"/>
     <mergeCell ref="A51:D51"/>
     <mergeCell ref="A52:D52"/>
     <mergeCell ref="A53:D53"/>
     <mergeCell ref="A54:D54"/>
     <mergeCell ref="A55:D55"/>
     <mergeCell ref="A56:D56"/>
     <mergeCell ref="A45:D45"/>
     <mergeCell ref="A46:D46"/>
     <mergeCell ref="A47:D47"/>
     <mergeCell ref="A48:D48"/>
     <mergeCell ref="A49:D49"/>
     <mergeCell ref="A50:D50"/>
-    <mergeCell ref="A40:D40"/>
     <mergeCell ref="A41:D41"/>
     <mergeCell ref="A42:D42"/>
     <mergeCell ref="A43:D43"/>
     <mergeCell ref="A44:D44"/>
     <mergeCell ref="A35:D35"/>
     <mergeCell ref="A36:D36"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A3:W3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C4:W4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:W5"/>
     <mergeCell ref="A15:W15"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A10:W10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:W13"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="E13:F13"/>
+    <mergeCell ref="B464:W464"/>
     <mergeCell ref="A34:D34"/>
     <mergeCell ref="A33:D33"/>
     <mergeCell ref="A32:D32"/>
     <mergeCell ref="A31:D31"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="C6:W6"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:W7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:W8"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="F20:M20"/>
     <mergeCell ref="N20:V20"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A23:D23"/>
     <mergeCell ref="A24:D24"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A26:D26"/>
+    <mergeCell ref="A40:D40"/>
   </mergeCells>
   <conditionalFormatting sqref="F299">
     <cfRule type="cellIs" dxfId="7" priority="2" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="6" priority="4">
       <formula>$F$299&gt;$E$299</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:M16">
     <cfRule type="expression" dxfId="5" priority="5">
       <formula>F$17&lt;&gt;1596</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F22:M234 F235:H236 J235:M236 F237:M277">
     <cfRule type="expression" dxfId="4" priority="6">
       <formula>OR(ISBLANK(F$17),$E22="o")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G415">
     <cfRule type="expression" dxfId="3" priority="3">
       <formula>"&lt;0,1*$M$183"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I235">
     <cfRule type="expression" dxfId="2" priority="8">
       <formula>OR(ISBLANK(I$17),$E236="o")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N22:U277">
     <cfRule type="expression" dxfId="1" priority="7" stopIfTrue="1">
       <formula>OR($E22="f",$E22="?")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V278">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$V$278&gt;$E$13</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="12">
-    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="F983256:R983306 F917720:R917770 F852184:R852234 F786648:R786698 F721112:R721162 F655576:R655626 F590040:R590090 F524504:R524554 F458968:R459018 F393432:R393482 F327896:R327946 F262360:R262410 F196824:R196874 F131288:R131338 F65752:R65802 IM22:IR267 WUY22:WVD267 WLC22:WLH267 WBG22:WBL267 VRK22:VRP267 VHO22:VHT267 UXS22:UXX267 UNW22:UOB267 UEA22:UEF267 TUE22:TUJ267 TKI22:TKN267 TAM22:TAR267 SQQ22:SQV267 SGU22:SGZ267 RWY22:RXD267 RNC22:RNH267 RDG22:RDL267 QTK22:QTP267 QJO22:QJT267 PZS22:PZX267 PPW22:PQB267 PGA22:PGF267 OWE22:OWJ267 OMI22:OMN267 OCM22:OCR267 NSQ22:NSV267 NIU22:NIZ267 MYY22:MZD267 MPC22:MPH267 MFG22:MFL267 LVK22:LVP267 LLO22:LLT267 LBS22:LBX267 KRW22:KSB267 KIA22:KIF267 JYE22:JYJ267 JOI22:JON267 JEM22:JER267 IUQ22:IUV267 IKU22:IKZ267 IAY22:IBD267 HRC22:HRH267 HHG22:HHL267 GXK22:GXP267 GNO22:GNT267 GDS22:GDX267 FTW22:FUB267 FKA22:FKF267 FAE22:FAJ267 EQI22:EQN267 EGM22:EGR267 DWQ22:DWV267 DMU22:DMZ267 DCY22:DDD267 CTC22:CTH267 CJG22:CJL267 BZK22:BZP267 BPO22:BPT267 BFS22:BFX267 AVW22:AWB267 AMA22:AMF267 ACE22:ACJ267 SI22:SN267" xr:uid="{308478A2-D2F0-4D1B-A5FE-3EEB104BC20F}">
+    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="F983259:R983309 F917723:R917773 F852187:R852237 F786651:R786701 F721115:R721165 F655579:R655629 F590043:R590093 F524507:R524557 F458971:R459021 F393435:R393485 F327899:R327949 F262363:R262413 F196827:R196877 F131291:R131341 F65755:R65805 IM22:IR267 WUY22:WVD267 WLC22:WLH267 WBG22:WBL267 VRK22:VRP267 VHO22:VHT267 UXS22:UXX267 UNW22:UOB267 UEA22:UEF267 TUE22:TUJ267 TKI22:TKN267 TAM22:TAR267 SQQ22:SQV267 SGU22:SGZ267 RWY22:RXD267 RNC22:RNH267 RDG22:RDL267 QTK22:QTP267 QJO22:QJT267 PZS22:PZX267 PPW22:PQB267 PGA22:PGF267 OWE22:OWJ267 OMI22:OMN267 OCM22:OCR267 NSQ22:NSV267 NIU22:NIZ267 MYY22:MZD267 MPC22:MPH267 MFG22:MFL267 LVK22:LVP267 LLO22:LLT267 LBS22:LBX267 KRW22:KSB267 KIA22:KIF267 JYE22:JYJ267 JOI22:JON267 JEM22:JER267 IUQ22:IUV267 IKU22:IKZ267 IAY22:IBD267 HRC22:HRH267 HHG22:HHL267 GXK22:GXP267 GNO22:GNT267 GDS22:GDX267 FTW22:FUB267 FKA22:FKF267 FAE22:FAJ267 EQI22:EQN267 EGM22:EGR267 DWQ22:DWV267 DMU22:DMZ267 DCY22:DDD267 CTC22:CTH267 CJG22:CJL267 BZK22:BZP267 BPO22:BPT267 BFS22:BFX267 AVW22:AWB267 AMA22:AMF267 ACE22:ACJ267 SI22:SN267" xr:uid="{308478A2-D2F0-4D1B-A5FE-3EEB104BC20F}">
       <formula1>IF($E22="o",F22="",IF($E22="",F22="",F22&gt;0))</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Grote kost" prompt="Gelieve hiernaast het toelichtingsveld te lezen alvorens deze rubriek in te vullen." sqref="G65875 IW65897 SS65897 ACO65897 AMK65897 AWG65897 BGC65897 BPY65897 BZU65897 CJQ65897 CTM65897 DDI65897 DNE65897 DXA65897 EGW65897 EQS65897 FAO65897 FKK65897 FUG65897 GEC65897 GNY65897 GXU65897 HHQ65897 HRM65897 IBI65897 ILE65897 IVA65897 JEW65897 JOS65897 JYO65897 KIK65897 KSG65897 LCC65897 LLY65897 LVU65897 MFQ65897 MPM65897 MZI65897 NJE65897 NTA65897 OCW65897 OMS65897 OWO65897 PGK65897 PQG65897 QAC65897 QJY65897 QTU65897 RDQ65897 RNM65897 RXI65897 SHE65897 SRA65897 TAW65897 TKS65897 TUO65897 UEK65897 UOG65897 UYC65897 VHY65897 VRU65897 WBQ65897 WLM65897 WVI65897 G131411 IW131433 SS131433 ACO131433 AMK131433 AWG131433 BGC131433 BPY131433 BZU131433 CJQ131433 CTM131433 DDI131433 DNE131433 DXA131433 EGW131433 EQS131433 FAO131433 FKK131433 FUG131433 GEC131433 GNY131433 GXU131433 HHQ131433 HRM131433 IBI131433 ILE131433 IVA131433 JEW131433 JOS131433 JYO131433 KIK131433 KSG131433 LCC131433 LLY131433 LVU131433 MFQ131433 MPM131433 MZI131433 NJE131433 NTA131433 OCW131433 OMS131433 OWO131433 PGK131433 PQG131433 QAC131433 QJY131433 QTU131433 RDQ131433 RNM131433 RXI131433 SHE131433 SRA131433 TAW131433 TKS131433 TUO131433 UEK131433 UOG131433 UYC131433 VHY131433 VRU131433 WBQ131433 WLM131433 WVI131433 G196947 IW196969 SS196969 ACO196969 AMK196969 AWG196969 BGC196969 BPY196969 BZU196969 CJQ196969 CTM196969 DDI196969 DNE196969 DXA196969 EGW196969 EQS196969 FAO196969 FKK196969 FUG196969 GEC196969 GNY196969 GXU196969 HHQ196969 HRM196969 IBI196969 ILE196969 IVA196969 JEW196969 JOS196969 JYO196969 KIK196969 KSG196969 LCC196969 LLY196969 LVU196969 MFQ196969 MPM196969 MZI196969 NJE196969 NTA196969 OCW196969 OMS196969 OWO196969 PGK196969 PQG196969 QAC196969 QJY196969 QTU196969 RDQ196969 RNM196969 RXI196969 SHE196969 SRA196969 TAW196969 TKS196969 TUO196969 UEK196969 UOG196969 UYC196969 VHY196969 VRU196969 WBQ196969 WLM196969 WVI196969 G262483 IW262505 SS262505 ACO262505 AMK262505 AWG262505 BGC262505 BPY262505 BZU262505 CJQ262505 CTM262505 DDI262505 DNE262505 DXA262505 EGW262505 EQS262505 FAO262505 FKK262505 FUG262505 GEC262505 GNY262505 GXU262505 HHQ262505 HRM262505 IBI262505 ILE262505 IVA262505 JEW262505 JOS262505 JYO262505 KIK262505 KSG262505 LCC262505 LLY262505 LVU262505 MFQ262505 MPM262505 MZI262505 NJE262505 NTA262505 OCW262505 OMS262505 OWO262505 PGK262505 PQG262505 QAC262505 QJY262505 QTU262505 RDQ262505 RNM262505 RXI262505 SHE262505 SRA262505 TAW262505 TKS262505 TUO262505 UEK262505 UOG262505 UYC262505 VHY262505 VRU262505 WBQ262505 WLM262505 WVI262505 G328019 IW328041 SS328041 ACO328041 AMK328041 AWG328041 BGC328041 BPY328041 BZU328041 CJQ328041 CTM328041 DDI328041 DNE328041 DXA328041 EGW328041 EQS328041 FAO328041 FKK328041 FUG328041 GEC328041 GNY328041 GXU328041 HHQ328041 HRM328041 IBI328041 ILE328041 IVA328041 JEW328041 JOS328041 JYO328041 KIK328041 KSG328041 LCC328041 LLY328041 LVU328041 MFQ328041 MPM328041 MZI328041 NJE328041 NTA328041 OCW328041 OMS328041 OWO328041 PGK328041 PQG328041 QAC328041 QJY328041 QTU328041 RDQ328041 RNM328041 RXI328041 SHE328041 SRA328041 TAW328041 TKS328041 TUO328041 UEK328041 UOG328041 UYC328041 VHY328041 VRU328041 WBQ328041 WLM328041 WVI328041 G393555 IW393577 SS393577 ACO393577 AMK393577 AWG393577 BGC393577 BPY393577 BZU393577 CJQ393577 CTM393577 DDI393577 DNE393577 DXA393577 EGW393577 EQS393577 FAO393577 FKK393577 FUG393577 GEC393577 GNY393577 GXU393577 HHQ393577 HRM393577 IBI393577 ILE393577 IVA393577 JEW393577 JOS393577 JYO393577 KIK393577 KSG393577 LCC393577 LLY393577 LVU393577 MFQ393577 MPM393577 MZI393577 NJE393577 NTA393577 OCW393577 OMS393577 OWO393577 PGK393577 PQG393577 QAC393577 QJY393577 QTU393577 RDQ393577 RNM393577 RXI393577 SHE393577 SRA393577 TAW393577 TKS393577 TUO393577 UEK393577 UOG393577 UYC393577 VHY393577 VRU393577 WBQ393577 WLM393577 WVI393577 G459091 IW459113 SS459113 ACO459113 AMK459113 AWG459113 BGC459113 BPY459113 BZU459113 CJQ459113 CTM459113 DDI459113 DNE459113 DXA459113 EGW459113 EQS459113 FAO459113 FKK459113 FUG459113 GEC459113 GNY459113 GXU459113 HHQ459113 HRM459113 IBI459113 ILE459113 IVA459113 JEW459113 JOS459113 JYO459113 KIK459113 KSG459113 LCC459113 LLY459113 LVU459113 MFQ459113 MPM459113 MZI459113 NJE459113 NTA459113 OCW459113 OMS459113 OWO459113 PGK459113 PQG459113 QAC459113 QJY459113 QTU459113 RDQ459113 RNM459113 RXI459113 SHE459113 SRA459113 TAW459113 TKS459113 TUO459113 UEK459113 UOG459113 UYC459113 VHY459113 VRU459113 WBQ459113 WLM459113 WVI459113 G524627 IW524649 SS524649 ACO524649 AMK524649 AWG524649 BGC524649 BPY524649 BZU524649 CJQ524649 CTM524649 DDI524649 DNE524649 DXA524649 EGW524649 EQS524649 FAO524649 FKK524649 FUG524649 GEC524649 GNY524649 GXU524649 HHQ524649 HRM524649 IBI524649 ILE524649 IVA524649 JEW524649 JOS524649 JYO524649 KIK524649 KSG524649 LCC524649 LLY524649 LVU524649 MFQ524649 MPM524649 MZI524649 NJE524649 NTA524649 OCW524649 OMS524649 OWO524649 PGK524649 PQG524649 QAC524649 QJY524649 QTU524649 RDQ524649 RNM524649 RXI524649 SHE524649 SRA524649 TAW524649 TKS524649 TUO524649 UEK524649 UOG524649 UYC524649 VHY524649 VRU524649 WBQ524649 WLM524649 WVI524649 G590163 IW590185 SS590185 ACO590185 AMK590185 AWG590185 BGC590185 BPY590185 BZU590185 CJQ590185 CTM590185 DDI590185 DNE590185 DXA590185 EGW590185 EQS590185 FAO590185 FKK590185 FUG590185 GEC590185 GNY590185 GXU590185 HHQ590185 HRM590185 IBI590185 ILE590185 IVA590185 JEW590185 JOS590185 JYO590185 KIK590185 KSG590185 LCC590185 LLY590185 LVU590185 MFQ590185 MPM590185 MZI590185 NJE590185 NTA590185 OCW590185 OMS590185 OWO590185 PGK590185 PQG590185 QAC590185 QJY590185 QTU590185 RDQ590185 RNM590185 RXI590185 SHE590185 SRA590185 TAW590185 TKS590185 TUO590185 UEK590185 UOG590185 UYC590185 VHY590185 VRU590185 WBQ590185 WLM590185 WVI590185 G655699 IW655721 SS655721 ACO655721 AMK655721 AWG655721 BGC655721 BPY655721 BZU655721 CJQ655721 CTM655721 DDI655721 DNE655721 DXA655721 EGW655721 EQS655721 FAO655721 FKK655721 FUG655721 GEC655721 GNY655721 GXU655721 HHQ655721 HRM655721 IBI655721 ILE655721 IVA655721 JEW655721 JOS655721 JYO655721 KIK655721 KSG655721 LCC655721 LLY655721 LVU655721 MFQ655721 MPM655721 MZI655721 NJE655721 NTA655721 OCW655721 OMS655721 OWO655721 PGK655721 PQG655721 QAC655721 QJY655721 QTU655721 RDQ655721 RNM655721 RXI655721 SHE655721 SRA655721 TAW655721 TKS655721 TUO655721 UEK655721 UOG655721 UYC655721 VHY655721 VRU655721 WBQ655721 WLM655721 WVI655721 G721235 IW721257 SS721257 ACO721257 AMK721257 AWG721257 BGC721257 BPY721257 BZU721257 CJQ721257 CTM721257 DDI721257 DNE721257 DXA721257 EGW721257 EQS721257 FAO721257 FKK721257 FUG721257 GEC721257 GNY721257 GXU721257 HHQ721257 HRM721257 IBI721257 ILE721257 IVA721257 JEW721257 JOS721257 JYO721257 KIK721257 KSG721257 LCC721257 LLY721257 LVU721257 MFQ721257 MPM721257 MZI721257 NJE721257 NTA721257 OCW721257 OMS721257 OWO721257 PGK721257 PQG721257 QAC721257 QJY721257 QTU721257 RDQ721257 RNM721257 RXI721257 SHE721257 SRA721257 TAW721257 TKS721257 TUO721257 UEK721257 UOG721257 UYC721257 VHY721257 VRU721257 WBQ721257 WLM721257 WVI721257 G786771 IW786793 SS786793 ACO786793 AMK786793 AWG786793 BGC786793 BPY786793 BZU786793 CJQ786793 CTM786793 DDI786793 DNE786793 DXA786793 EGW786793 EQS786793 FAO786793 FKK786793 FUG786793 GEC786793 GNY786793 GXU786793 HHQ786793 HRM786793 IBI786793 ILE786793 IVA786793 JEW786793 JOS786793 JYO786793 KIK786793 KSG786793 LCC786793 LLY786793 LVU786793 MFQ786793 MPM786793 MZI786793 NJE786793 NTA786793 OCW786793 OMS786793 OWO786793 PGK786793 PQG786793 QAC786793 QJY786793 QTU786793 RDQ786793 RNM786793 RXI786793 SHE786793 SRA786793 TAW786793 TKS786793 TUO786793 UEK786793 UOG786793 UYC786793 VHY786793 VRU786793 WBQ786793 WLM786793 WVI786793 G852307 IW852329 SS852329 ACO852329 AMK852329 AWG852329 BGC852329 BPY852329 BZU852329 CJQ852329 CTM852329 DDI852329 DNE852329 DXA852329 EGW852329 EQS852329 FAO852329 FKK852329 FUG852329 GEC852329 GNY852329 GXU852329 HHQ852329 HRM852329 IBI852329 ILE852329 IVA852329 JEW852329 JOS852329 JYO852329 KIK852329 KSG852329 LCC852329 LLY852329 LVU852329 MFQ852329 MPM852329 MZI852329 NJE852329 NTA852329 OCW852329 OMS852329 OWO852329 PGK852329 PQG852329 QAC852329 QJY852329 QTU852329 RDQ852329 RNM852329 RXI852329 SHE852329 SRA852329 TAW852329 TKS852329 TUO852329 UEK852329 UOG852329 UYC852329 VHY852329 VRU852329 WBQ852329 WLM852329 WVI852329 G917843 IW917865 SS917865 ACO917865 AMK917865 AWG917865 BGC917865 BPY917865 BZU917865 CJQ917865 CTM917865 DDI917865 DNE917865 DXA917865 EGW917865 EQS917865 FAO917865 FKK917865 FUG917865 GEC917865 GNY917865 GXU917865 HHQ917865 HRM917865 IBI917865 ILE917865 IVA917865 JEW917865 JOS917865 JYO917865 KIK917865 KSG917865 LCC917865 LLY917865 LVU917865 MFQ917865 MPM917865 MZI917865 NJE917865 NTA917865 OCW917865 OMS917865 OWO917865 PGK917865 PQG917865 QAC917865 QJY917865 QTU917865 RDQ917865 RNM917865 RXI917865 SHE917865 SRA917865 TAW917865 TKS917865 TUO917865 UEK917865 UOG917865 UYC917865 VHY917865 VRU917865 WBQ917865 WLM917865 WVI917865 G983379 IW983401 SS983401 ACO983401 AMK983401 AWG983401 BGC983401 BPY983401 BZU983401 CJQ983401 CTM983401 DDI983401 DNE983401 DXA983401 EGW983401 EQS983401 FAO983401 FKK983401 FUG983401 GEC983401 GNY983401 GXU983401 HHQ983401 HRM983401 IBI983401 ILE983401 IVA983401 JEW983401 JOS983401 JYO983401 KIK983401 KSG983401 LCC983401 LLY983401 LVU983401 MFQ983401 MPM983401 MZI983401 NJE983401 NTA983401 OCW983401 OMS983401 OWO983401 PGK983401 PQG983401 QAC983401 QJY983401 QTU983401 RDQ983401 RNM983401 RXI983401 SHE983401 SRA983401 TAW983401 TKS983401 TUO983401 UEK983401 UOG983401 UYC983401 VHY983401 VRU983401 WBQ983401 WLM983401 WVI983401" xr:uid="{F7F65F49-7C67-4076-BB2A-6D08B7D0DE1B}"/>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan 20.000 EUR in te vullen" sqref="WVG983350 E65824 IU65846 SQ65846 ACM65846 AMI65846 AWE65846 BGA65846 BPW65846 BZS65846 CJO65846 CTK65846 DDG65846 DNC65846 DWY65846 EGU65846 EQQ65846 FAM65846 FKI65846 FUE65846 GEA65846 GNW65846 GXS65846 HHO65846 HRK65846 IBG65846 ILC65846 IUY65846 JEU65846 JOQ65846 JYM65846 KII65846 KSE65846 LCA65846 LLW65846 LVS65846 MFO65846 MPK65846 MZG65846 NJC65846 NSY65846 OCU65846 OMQ65846 OWM65846 PGI65846 PQE65846 QAA65846 QJW65846 QTS65846 RDO65846 RNK65846 RXG65846 SHC65846 SQY65846 TAU65846 TKQ65846 TUM65846 UEI65846 UOE65846 UYA65846 VHW65846 VRS65846 WBO65846 WLK65846 WVG65846 E131360 IU131382 SQ131382 ACM131382 AMI131382 AWE131382 BGA131382 BPW131382 BZS131382 CJO131382 CTK131382 DDG131382 DNC131382 DWY131382 EGU131382 EQQ131382 FAM131382 FKI131382 FUE131382 GEA131382 GNW131382 GXS131382 HHO131382 HRK131382 IBG131382 ILC131382 IUY131382 JEU131382 JOQ131382 JYM131382 KII131382 KSE131382 LCA131382 LLW131382 LVS131382 MFO131382 MPK131382 MZG131382 NJC131382 NSY131382 OCU131382 OMQ131382 OWM131382 PGI131382 PQE131382 QAA131382 QJW131382 QTS131382 RDO131382 RNK131382 RXG131382 SHC131382 SQY131382 TAU131382 TKQ131382 TUM131382 UEI131382 UOE131382 UYA131382 VHW131382 VRS131382 WBO131382 WLK131382 WVG131382 E196896 IU196918 SQ196918 ACM196918 AMI196918 AWE196918 BGA196918 BPW196918 BZS196918 CJO196918 CTK196918 DDG196918 DNC196918 DWY196918 EGU196918 EQQ196918 FAM196918 FKI196918 FUE196918 GEA196918 GNW196918 GXS196918 HHO196918 HRK196918 IBG196918 ILC196918 IUY196918 JEU196918 JOQ196918 JYM196918 KII196918 KSE196918 LCA196918 LLW196918 LVS196918 MFO196918 MPK196918 MZG196918 NJC196918 NSY196918 OCU196918 OMQ196918 OWM196918 PGI196918 PQE196918 QAA196918 QJW196918 QTS196918 RDO196918 RNK196918 RXG196918 SHC196918 SQY196918 TAU196918 TKQ196918 TUM196918 UEI196918 UOE196918 UYA196918 VHW196918 VRS196918 WBO196918 WLK196918 WVG196918 E262432 IU262454 SQ262454 ACM262454 AMI262454 AWE262454 BGA262454 BPW262454 BZS262454 CJO262454 CTK262454 DDG262454 DNC262454 DWY262454 EGU262454 EQQ262454 FAM262454 FKI262454 FUE262454 GEA262454 GNW262454 GXS262454 HHO262454 HRK262454 IBG262454 ILC262454 IUY262454 JEU262454 JOQ262454 JYM262454 KII262454 KSE262454 LCA262454 LLW262454 LVS262454 MFO262454 MPK262454 MZG262454 NJC262454 NSY262454 OCU262454 OMQ262454 OWM262454 PGI262454 PQE262454 QAA262454 QJW262454 QTS262454 RDO262454 RNK262454 RXG262454 SHC262454 SQY262454 TAU262454 TKQ262454 TUM262454 UEI262454 UOE262454 UYA262454 VHW262454 VRS262454 WBO262454 WLK262454 WVG262454 E327968 IU327990 SQ327990 ACM327990 AMI327990 AWE327990 BGA327990 BPW327990 BZS327990 CJO327990 CTK327990 DDG327990 DNC327990 DWY327990 EGU327990 EQQ327990 FAM327990 FKI327990 FUE327990 GEA327990 GNW327990 GXS327990 HHO327990 HRK327990 IBG327990 ILC327990 IUY327990 JEU327990 JOQ327990 JYM327990 KII327990 KSE327990 LCA327990 LLW327990 LVS327990 MFO327990 MPK327990 MZG327990 NJC327990 NSY327990 OCU327990 OMQ327990 OWM327990 PGI327990 PQE327990 QAA327990 QJW327990 QTS327990 RDO327990 RNK327990 RXG327990 SHC327990 SQY327990 TAU327990 TKQ327990 TUM327990 UEI327990 UOE327990 UYA327990 VHW327990 VRS327990 WBO327990 WLK327990 WVG327990 E393504 IU393526 SQ393526 ACM393526 AMI393526 AWE393526 BGA393526 BPW393526 BZS393526 CJO393526 CTK393526 DDG393526 DNC393526 DWY393526 EGU393526 EQQ393526 FAM393526 FKI393526 FUE393526 GEA393526 GNW393526 GXS393526 HHO393526 HRK393526 IBG393526 ILC393526 IUY393526 JEU393526 JOQ393526 JYM393526 KII393526 KSE393526 LCA393526 LLW393526 LVS393526 MFO393526 MPK393526 MZG393526 NJC393526 NSY393526 OCU393526 OMQ393526 OWM393526 PGI393526 PQE393526 QAA393526 QJW393526 QTS393526 RDO393526 RNK393526 RXG393526 SHC393526 SQY393526 TAU393526 TKQ393526 TUM393526 UEI393526 UOE393526 UYA393526 VHW393526 VRS393526 WBO393526 WLK393526 WVG393526 E459040 IU459062 SQ459062 ACM459062 AMI459062 AWE459062 BGA459062 BPW459062 BZS459062 CJO459062 CTK459062 DDG459062 DNC459062 DWY459062 EGU459062 EQQ459062 FAM459062 FKI459062 FUE459062 GEA459062 GNW459062 GXS459062 HHO459062 HRK459062 IBG459062 ILC459062 IUY459062 JEU459062 JOQ459062 JYM459062 KII459062 KSE459062 LCA459062 LLW459062 LVS459062 MFO459062 MPK459062 MZG459062 NJC459062 NSY459062 OCU459062 OMQ459062 OWM459062 PGI459062 PQE459062 QAA459062 QJW459062 QTS459062 RDO459062 RNK459062 RXG459062 SHC459062 SQY459062 TAU459062 TKQ459062 TUM459062 UEI459062 UOE459062 UYA459062 VHW459062 VRS459062 WBO459062 WLK459062 WVG459062 E524576 IU524598 SQ524598 ACM524598 AMI524598 AWE524598 BGA524598 BPW524598 BZS524598 CJO524598 CTK524598 DDG524598 DNC524598 DWY524598 EGU524598 EQQ524598 FAM524598 FKI524598 FUE524598 GEA524598 GNW524598 GXS524598 HHO524598 HRK524598 IBG524598 ILC524598 IUY524598 JEU524598 JOQ524598 JYM524598 KII524598 KSE524598 LCA524598 LLW524598 LVS524598 MFO524598 MPK524598 MZG524598 NJC524598 NSY524598 OCU524598 OMQ524598 OWM524598 PGI524598 PQE524598 QAA524598 QJW524598 QTS524598 RDO524598 RNK524598 RXG524598 SHC524598 SQY524598 TAU524598 TKQ524598 TUM524598 UEI524598 UOE524598 UYA524598 VHW524598 VRS524598 WBO524598 WLK524598 WVG524598 E590112 IU590134 SQ590134 ACM590134 AMI590134 AWE590134 BGA590134 BPW590134 BZS590134 CJO590134 CTK590134 DDG590134 DNC590134 DWY590134 EGU590134 EQQ590134 FAM590134 FKI590134 FUE590134 GEA590134 GNW590134 GXS590134 HHO590134 HRK590134 IBG590134 ILC590134 IUY590134 JEU590134 JOQ590134 JYM590134 KII590134 KSE590134 LCA590134 LLW590134 LVS590134 MFO590134 MPK590134 MZG590134 NJC590134 NSY590134 OCU590134 OMQ590134 OWM590134 PGI590134 PQE590134 QAA590134 QJW590134 QTS590134 RDO590134 RNK590134 RXG590134 SHC590134 SQY590134 TAU590134 TKQ590134 TUM590134 UEI590134 UOE590134 UYA590134 VHW590134 VRS590134 WBO590134 WLK590134 WVG590134 E655648 IU655670 SQ655670 ACM655670 AMI655670 AWE655670 BGA655670 BPW655670 BZS655670 CJO655670 CTK655670 DDG655670 DNC655670 DWY655670 EGU655670 EQQ655670 FAM655670 FKI655670 FUE655670 GEA655670 GNW655670 GXS655670 HHO655670 HRK655670 IBG655670 ILC655670 IUY655670 JEU655670 JOQ655670 JYM655670 KII655670 KSE655670 LCA655670 LLW655670 LVS655670 MFO655670 MPK655670 MZG655670 NJC655670 NSY655670 OCU655670 OMQ655670 OWM655670 PGI655670 PQE655670 QAA655670 QJW655670 QTS655670 RDO655670 RNK655670 RXG655670 SHC655670 SQY655670 TAU655670 TKQ655670 TUM655670 UEI655670 UOE655670 UYA655670 VHW655670 VRS655670 WBO655670 WLK655670 WVG655670 E721184 IU721206 SQ721206 ACM721206 AMI721206 AWE721206 BGA721206 BPW721206 BZS721206 CJO721206 CTK721206 DDG721206 DNC721206 DWY721206 EGU721206 EQQ721206 FAM721206 FKI721206 FUE721206 GEA721206 GNW721206 GXS721206 HHO721206 HRK721206 IBG721206 ILC721206 IUY721206 JEU721206 JOQ721206 JYM721206 KII721206 KSE721206 LCA721206 LLW721206 LVS721206 MFO721206 MPK721206 MZG721206 NJC721206 NSY721206 OCU721206 OMQ721206 OWM721206 PGI721206 PQE721206 QAA721206 QJW721206 QTS721206 RDO721206 RNK721206 RXG721206 SHC721206 SQY721206 TAU721206 TKQ721206 TUM721206 UEI721206 UOE721206 UYA721206 VHW721206 VRS721206 WBO721206 WLK721206 WVG721206 E786720 IU786742 SQ786742 ACM786742 AMI786742 AWE786742 BGA786742 BPW786742 BZS786742 CJO786742 CTK786742 DDG786742 DNC786742 DWY786742 EGU786742 EQQ786742 FAM786742 FKI786742 FUE786742 GEA786742 GNW786742 GXS786742 HHO786742 HRK786742 IBG786742 ILC786742 IUY786742 JEU786742 JOQ786742 JYM786742 KII786742 KSE786742 LCA786742 LLW786742 LVS786742 MFO786742 MPK786742 MZG786742 NJC786742 NSY786742 OCU786742 OMQ786742 OWM786742 PGI786742 PQE786742 QAA786742 QJW786742 QTS786742 RDO786742 RNK786742 RXG786742 SHC786742 SQY786742 TAU786742 TKQ786742 TUM786742 UEI786742 UOE786742 UYA786742 VHW786742 VRS786742 WBO786742 WLK786742 WVG786742 E852256 IU852278 SQ852278 ACM852278 AMI852278 AWE852278 BGA852278 BPW852278 BZS852278 CJO852278 CTK852278 DDG852278 DNC852278 DWY852278 EGU852278 EQQ852278 FAM852278 FKI852278 FUE852278 GEA852278 GNW852278 GXS852278 HHO852278 HRK852278 IBG852278 ILC852278 IUY852278 JEU852278 JOQ852278 JYM852278 KII852278 KSE852278 LCA852278 LLW852278 LVS852278 MFO852278 MPK852278 MZG852278 NJC852278 NSY852278 OCU852278 OMQ852278 OWM852278 PGI852278 PQE852278 QAA852278 QJW852278 QTS852278 RDO852278 RNK852278 RXG852278 SHC852278 SQY852278 TAU852278 TKQ852278 TUM852278 UEI852278 UOE852278 UYA852278 VHW852278 VRS852278 WBO852278 WLK852278 WVG852278 E917792 IU917814 SQ917814 ACM917814 AMI917814 AWE917814 BGA917814 BPW917814 BZS917814 CJO917814 CTK917814 DDG917814 DNC917814 DWY917814 EGU917814 EQQ917814 FAM917814 FKI917814 FUE917814 GEA917814 GNW917814 GXS917814 HHO917814 HRK917814 IBG917814 ILC917814 IUY917814 JEU917814 JOQ917814 JYM917814 KII917814 KSE917814 LCA917814 LLW917814 LVS917814 MFO917814 MPK917814 MZG917814 NJC917814 NSY917814 OCU917814 OMQ917814 OWM917814 PGI917814 PQE917814 QAA917814 QJW917814 QTS917814 RDO917814 RNK917814 RXG917814 SHC917814 SQY917814 TAU917814 TKQ917814 TUM917814 UEI917814 UOE917814 UYA917814 VHW917814 VRS917814 WBO917814 WLK917814 WVG917814 E983328 IU983350 SQ983350 ACM983350 AMI983350 AWE983350 BGA983350 BPW983350 BZS983350 CJO983350 CTK983350 DDG983350 DNC983350 DWY983350 EGU983350 EQQ983350 FAM983350 FKI983350 FUE983350 GEA983350 GNW983350 GXS983350 HHO983350 HRK983350 IBG983350 ILC983350 IUY983350 JEU983350 JOQ983350 JYM983350 KII983350 KSE983350 LCA983350 LLW983350 LVS983350 MFO983350 MPK983350 MZG983350 NJC983350 NSY983350 OCU983350 OMQ983350 OWM983350 PGI983350 PQE983350 QAA983350 QJW983350 QTS983350 RDO983350 RNK983350 RXG983350 SHC983350 SQY983350 TAU983350 TKQ983350 TUM983350 UEI983350 UOE983350 UYA983350 VHW983350 VRS983350 WBO983350 WLK983350" xr:uid="{52399441-3A22-447B-99AC-FF04C88AC252}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Grote kost" prompt="Gelieve hiernaast het toelichtingsveld te lezen alvorens deze rubriek in te vullen." sqref="G65878 IW65900 SS65900 ACO65900 AMK65900 AWG65900 BGC65900 BPY65900 BZU65900 CJQ65900 CTM65900 DDI65900 DNE65900 DXA65900 EGW65900 EQS65900 FAO65900 FKK65900 FUG65900 GEC65900 GNY65900 GXU65900 HHQ65900 HRM65900 IBI65900 ILE65900 IVA65900 JEW65900 JOS65900 JYO65900 KIK65900 KSG65900 LCC65900 LLY65900 LVU65900 MFQ65900 MPM65900 MZI65900 NJE65900 NTA65900 OCW65900 OMS65900 OWO65900 PGK65900 PQG65900 QAC65900 QJY65900 QTU65900 RDQ65900 RNM65900 RXI65900 SHE65900 SRA65900 TAW65900 TKS65900 TUO65900 UEK65900 UOG65900 UYC65900 VHY65900 VRU65900 WBQ65900 WLM65900 WVI65900 G131414 IW131436 SS131436 ACO131436 AMK131436 AWG131436 BGC131436 BPY131436 BZU131436 CJQ131436 CTM131436 DDI131436 DNE131436 DXA131436 EGW131436 EQS131436 FAO131436 FKK131436 FUG131436 GEC131436 GNY131436 GXU131436 HHQ131436 HRM131436 IBI131436 ILE131436 IVA131436 JEW131436 JOS131436 JYO131436 KIK131436 KSG131436 LCC131436 LLY131436 LVU131436 MFQ131436 MPM131436 MZI131436 NJE131436 NTA131436 OCW131436 OMS131436 OWO131436 PGK131436 PQG131436 QAC131436 QJY131436 QTU131436 RDQ131436 RNM131436 RXI131436 SHE131436 SRA131436 TAW131436 TKS131436 TUO131436 UEK131436 UOG131436 UYC131436 VHY131436 VRU131436 WBQ131436 WLM131436 WVI131436 G196950 IW196972 SS196972 ACO196972 AMK196972 AWG196972 BGC196972 BPY196972 BZU196972 CJQ196972 CTM196972 DDI196972 DNE196972 DXA196972 EGW196972 EQS196972 FAO196972 FKK196972 FUG196972 GEC196972 GNY196972 GXU196972 HHQ196972 HRM196972 IBI196972 ILE196972 IVA196972 JEW196972 JOS196972 JYO196972 KIK196972 KSG196972 LCC196972 LLY196972 LVU196972 MFQ196972 MPM196972 MZI196972 NJE196972 NTA196972 OCW196972 OMS196972 OWO196972 PGK196972 PQG196972 QAC196972 QJY196972 QTU196972 RDQ196972 RNM196972 RXI196972 SHE196972 SRA196972 TAW196972 TKS196972 TUO196972 UEK196972 UOG196972 UYC196972 VHY196972 VRU196972 WBQ196972 WLM196972 WVI196972 G262486 IW262508 SS262508 ACO262508 AMK262508 AWG262508 BGC262508 BPY262508 BZU262508 CJQ262508 CTM262508 DDI262508 DNE262508 DXA262508 EGW262508 EQS262508 FAO262508 FKK262508 FUG262508 GEC262508 GNY262508 GXU262508 HHQ262508 HRM262508 IBI262508 ILE262508 IVA262508 JEW262508 JOS262508 JYO262508 KIK262508 KSG262508 LCC262508 LLY262508 LVU262508 MFQ262508 MPM262508 MZI262508 NJE262508 NTA262508 OCW262508 OMS262508 OWO262508 PGK262508 PQG262508 QAC262508 QJY262508 QTU262508 RDQ262508 RNM262508 RXI262508 SHE262508 SRA262508 TAW262508 TKS262508 TUO262508 UEK262508 UOG262508 UYC262508 VHY262508 VRU262508 WBQ262508 WLM262508 WVI262508 G328022 IW328044 SS328044 ACO328044 AMK328044 AWG328044 BGC328044 BPY328044 BZU328044 CJQ328044 CTM328044 DDI328044 DNE328044 DXA328044 EGW328044 EQS328044 FAO328044 FKK328044 FUG328044 GEC328044 GNY328044 GXU328044 HHQ328044 HRM328044 IBI328044 ILE328044 IVA328044 JEW328044 JOS328044 JYO328044 KIK328044 KSG328044 LCC328044 LLY328044 LVU328044 MFQ328044 MPM328044 MZI328044 NJE328044 NTA328044 OCW328044 OMS328044 OWO328044 PGK328044 PQG328044 QAC328044 QJY328044 QTU328044 RDQ328044 RNM328044 RXI328044 SHE328044 SRA328044 TAW328044 TKS328044 TUO328044 UEK328044 UOG328044 UYC328044 VHY328044 VRU328044 WBQ328044 WLM328044 WVI328044 G393558 IW393580 SS393580 ACO393580 AMK393580 AWG393580 BGC393580 BPY393580 BZU393580 CJQ393580 CTM393580 DDI393580 DNE393580 DXA393580 EGW393580 EQS393580 FAO393580 FKK393580 FUG393580 GEC393580 GNY393580 GXU393580 HHQ393580 HRM393580 IBI393580 ILE393580 IVA393580 JEW393580 JOS393580 JYO393580 KIK393580 KSG393580 LCC393580 LLY393580 LVU393580 MFQ393580 MPM393580 MZI393580 NJE393580 NTA393580 OCW393580 OMS393580 OWO393580 PGK393580 PQG393580 QAC393580 QJY393580 QTU393580 RDQ393580 RNM393580 RXI393580 SHE393580 SRA393580 TAW393580 TKS393580 TUO393580 UEK393580 UOG393580 UYC393580 VHY393580 VRU393580 WBQ393580 WLM393580 WVI393580 G459094 IW459116 SS459116 ACO459116 AMK459116 AWG459116 BGC459116 BPY459116 BZU459116 CJQ459116 CTM459116 DDI459116 DNE459116 DXA459116 EGW459116 EQS459116 FAO459116 FKK459116 FUG459116 GEC459116 GNY459116 GXU459116 HHQ459116 HRM459116 IBI459116 ILE459116 IVA459116 JEW459116 JOS459116 JYO459116 KIK459116 KSG459116 LCC459116 LLY459116 LVU459116 MFQ459116 MPM459116 MZI459116 NJE459116 NTA459116 OCW459116 OMS459116 OWO459116 PGK459116 PQG459116 QAC459116 QJY459116 QTU459116 RDQ459116 RNM459116 RXI459116 SHE459116 SRA459116 TAW459116 TKS459116 TUO459116 UEK459116 UOG459116 UYC459116 VHY459116 VRU459116 WBQ459116 WLM459116 WVI459116 G524630 IW524652 SS524652 ACO524652 AMK524652 AWG524652 BGC524652 BPY524652 BZU524652 CJQ524652 CTM524652 DDI524652 DNE524652 DXA524652 EGW524652 EQS524652 FAO524652 FKK524652 FUG524652 GEC524652 GNY524652 GXU524652 HHQ524652 HRM524652 IBI524652 ILE524652 IVA524652 JEW524652 JOS524652 JYO524652 KIK524652 KSG524652 LCC524652 LLY524652 LVU524652 MFQ524652 MPM524652 MZI524652 NJE524652 NTA524652 OCW524652 OMS524652 OWO524652 PGK524652 PQG524652 QAC524652 QJY524652 QTU524652 RDQ524652 RNM524652 RXI524652 SHE524652 SRA524652 TAW524652 TKS524652 TUO524652 UEK524652 UOG524652 UYC524652 VHY524652 VRU524652 WBQ524652 WLM524652 WVI524652 G590166 IW590188 SS590188 ACO590188 AMK590188 AWG590188 BGC590188 BPY590188 BZU590188 CJQ590188 CTM590188 DDI590188 DNE590188 DXA590188 EGW590188 EQS590188 FAO590188 FKK590188 FUG590188 GEC590188 GNY590188 GXU590188 HHQ590188 HRM590188 IBI590188 ILE590188 IVA590188 JEW590188 JOS590188 JYO590188 KIK590188 KSG590188 LCC590188 LLY590188 LVU590188 MFQ590188 MPM590188 MZI590188 NJE590188 NTA590188 OCW590188 OMS590188 OWO590188 PGK590188 PQG590188 QAC590188 QJY590188 QTU590188 RDQ590188 RNM590188 RXI590188 SHE590188 SRA590188 TAW590188 TKS590188 TUO590188 UEK590188 UOG590188 UYC590188 VHY590188 VRU590188 WBQ590188 WLM590188 WVI590188 G655702 IW655724 SS655724 ACO655724 AMK655724 AWG655724 BGC655724 BPY655724 BZU655724 CJQ655724 CTM655724 DDI655724 DNE655724 DXA655724 EGW655724 EQS655724 FAO655724 FKK655724 FUG655724 GEC655724 GNY655724 GXU655724 HHQ655724 HRM655724 IBI655724 ILE655724 IVA655724 JEW655724 JOS655724 JYO655724 KIK655724 KSG655724 LCC655724 LLY655724 LVU655724 MFQ655724 MPM655724 MZI655724 NJE655724 NTA655724 OCW655724 OMS655724 OWO655724 PGK655724 PQG655724 QAC655724 QJY655724 QTU655724 RDQ655724 RNM655724 RXI655724 SHE655724 SRA655724 TAW655724 TKS655724 TUO655724 UEK655724 UOG655724 UYC655724 VHY655724 VRU655724 WBQ655724 WLM655724 WVI655724 G721238 IW721260 SS721260 ACO721260 AMK721260 AWG721260 BGC721260 BPY721260 BZU721260 CJQ721260 CTM721260 DDI721260 DNE721260 DXA721260 EGW721260 EQS721260 FAO721260 FKK721260 FUG721260 GEC721260 GNY721260 GXU721260 HHQ721260 HRM721260 IBI721260 ILE721260 IVA721260 JEW721260 JOS721260 JYO721260 KIK721260 KSG721260 LCC721260 LLY721260 LVU721260 MFQ721260 MPM721260 MZI721260 NJE721260 NTA721260 OCW721260 OMS721260 OWO721260 PGK721260 PQG721260 QAC721260 QJY721260 QTU721260 RDQ721260 RNM721260 RXI721260 SHE721260 SRA721260 TAW721260 TKS721260 TUO721260 UEK721260 UOG721260 UYC721260 VHY721260 VRU721260 WBQ721260 WLM721260 WVI721260 G786774 IW786796 SS786796 ACO786796 AMK786796 AWG786796 BGC786796 BPY786796 BZU786796 CJQ786796 CTM786796 DDI786796 DNE786796 DXA786796 EGW786796 EQS786796 FAO786796 FKK786796 FUG786796 GEC786796 GNY786796 GXU786796 HHQ786796 HRM786796 IBI786796 ILE786796 IVA786796 JEW786796 JOS786796 JYO786796 KIK786796 KSG786796 LCC786796 LLY786796 LVU786796 MFQ786796 MPM786796 MZI786796 NJE786796 NTA786796 OCW786796 OMS786796 OWO786796 PGK786796 PQG786796 QAC786796 QJY786796 QTU786796 RDQ786796 RNM786796 RXI786796 SHE786796 SRA786796 TAW786796 TKS786796 TUO786796 UEK786796 UOG786796 UYC786796 VHY786796 VRU786796 WBQ786796 WLM786796 WVI786796 G852310 IW852332 SS852332 ACO852332 AMK852332 AWG852332 BGC852332 BPY852332 BZU852332 CJQ852332 CTM852332 DDI852332 DNE852332 DXA852332 EGW852332 EQS852332 FAO852332 FKK852332 FUG852332 GEC852332 GNY852332 GXU852332 HHQ852332 HRM852332 IBI852332 ILE852332 IVA852332 JEW852332 JOS852332 JYO852332 KIK852332 KSG852332 LCC852332 LLY852332 LVU852332 MFQ852332 MPM852332 MZI852332 NJE852332 NTA852332 OCW852332 OMS852332 OWO852332 PGK852332 PQG852332 QAC852332 QJY852332 QTU852332 RDQ852332 RNM852332 RXI852332 SHE852332 SRA852332 TAW852332 TKS852332 TUO852332 UEK852332 UOG852332 UYC852332 VHY852332 VRU852332 WBQ852332 WLM852332 WVI852332 G917846 IW917868 SS917868 ACO917868 AMK917868 AWG917868 BGC917868 BPY917868 BZU917868 CJQ917868 CTM917868 DDI917868 DNE917868 DXA917868 EGW917868 EQS917868 FAO917868 FKK917868 FUG917868 GEC917868 GNY917868 GXU917868 HHQ917868 HRM917868 IBI917868 ILE917868 IVA917868 JEW917868 JOS917868 JYO917868 KIK917868 KSG917868 LCC917868 LLY917868 LVU917868 MFQ917868 MPM917868 MZI917868 NJE917868 NTA917868 OCW917868 OMS917868 OWO917868 PGK917868 PQG917868 QAC917868 QJY917868 QTU917868 RDQ917868 RNM917868 RXI917868 SHE917868 SRA917868 TAW917868 TKS917868 TUO917868 UEK917868 UOG917868 UYC917868 VHY917868 VRU917868 WBQ917868 WLM917868 WVI917868 G983382 IW983404 SS983404 ACO983404 AMK983404 AWG983404 BGC983404 BPY983404 BZU983404 CJQ983404 CTM983404 DDI983404 DNE983404 DXA983404 EGW983404 EQS983404 FAO983404 FKK983404 FUG983404 GEC983404 GNY983404 GXU983404 HHQ983404 HRM983404 IBI983404 ILE983404 IVA983404 JEW983404 JOS983404 JYO983404 KIK983404 KSG983404 LCC983404 LLY983404 LVU983404 MFQ983404 MPM983404 MZI983404 NJE983404 NTA983404 OCW983404 OMS983404 OWO983404 PGK983404 PQG983404 QAC983404 QJY983404 QTU983404 RDQ983404 RNM983404 RXI983404 SHE983404 SRA983404 TAW983404 TKS983404 TUO983404 UEK983404 UOG983404 UYC983404 VHY983404 VRU983404 WBQ983404 WLM983404 WVI983404" xr:uid="{F7F65F49-7C67-4076-BB2A-6D08B7D0DE1B}"/>
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan 20.000 EUR in te vullen" sqref="WVG983353 E65827 IU65849 SQ65849 ACM65849 AMI65849 AWE65849 BGA65849 BPW65849 BZS65849 CJO65849 CTK65849 DDG65849 DNC65849 DWY65849 EGU65849 EQQ65849 FAM65849 FKI65849 FUE65849 GEA65849 GNW65849 GXS65849 HHO65849 HRK65849 IBG65849 ILC65849 IUY65849 JEU65849 JOQ65849 JYM65849 KII65849 KSE65849 LCA65849 LLW65849 LVS65849 MFO65849 MPK65849 MZG65849 NJC65849 NSY65849 OCU65849 OMQ65849 OWM65849 PGI65849 PQE65849 QAA65849 QJW65849 QTS65849 RDO65849 RNK65849 RXG65849 SHC65849 SQY65849 TAU65849 TKQ65849 TUM65849 UEI65849 UOE65849 UYA65849 VHW65849 VRS65849 WBO65849 WLK65849 WVG65849 E131363 IU131385 SQ131385 ACM131385 AMI131385 AWE131385 BGA131385 BPW131385 BZS131385 CJO131385 CTK131385 DDG131385 DNC131385 DWY131385 EGU131385 EQQ131385 FAM131385 FKI131385 FUE131385 GEA131385 GNW131385 GXS131385 HHO131385 HRK131385 IBG131385 ILC131385 IUY131385 JEU131385 JOQ131385 JYM131385 KII131385 KSE131385 LCA131385 LLW131385 LVS131385 MFO131385 MPK131385 MZG131385 NJC131385 NSY131385 OCU131385 OMQ131385 OWM131385 PGI131385 PQE131385 QAA131385 QJW131385 QTS131385 RDO131385 RNK131385 RXG131385 SHC131385 SQY131385 TAU131385 TKQ131385 TUM131385 UEI131385 UOE131385 UYA131385 VHW131385 VRS131385 WBO131385 WLK131385 WVG131385 E196899 IU196921 SQ196921 ACM196921 AMI196921 AWE196921 BGA196921 BPW196921 BZS196921 CJO196921 CTK196921 DDG196921 DNC196921 DWY196921 EGU196921 EQQ196921 FAM196921 FKI196921 FUE196921 GEA196921 GNW196921 GXS196921 HHO196921 HRK196921 IBG196921 ILC196921 IUY196921 JEU196921 JOQ196921 JYM196921 KII196921 KSE196921 LCA196921 LLW196921 LVS196921 MFO196921 MPK196921 MZG196921 NJC196921 NSY196921 OCU196921 OMQ196921 OWM196921 PGI196921 PQE196921 QAA196921 QJW196921 QTS196921 RDO196921 RNK196921 RXG196921 SHC196921 SQY196921 TAU196921 TKQ196921 TUM196921 UEI196921 UOE196921 UYA196921 VHW196921 VRS196921 WBO196921 WLK196921 WVG196921 E262435 IU262457 SQ262457 ACM262457 AMI262457 AWE262457 BGA262457 BPW262457 BZS262457 CJO262457 CTK262457 DDG262457 DNC262457 DWY262457 EGU262457 EQQ262457 FAM262457 FKI262457 FUE262457 GEA262457 GNW262457 GXS262457 HHO262457 HRK262457 IBG262457 ILC262457 IUY262457 JEU262457 JOQ262457 JYM262457 KII262457 KSE262457 LCA262457 LLW262457 LVS262457 MFO262457 MPK262457 MZG262457 NJC262457 NSY262457 OCU262457 OMQ262457 OWM262457 PGI262457 PQE262457 QAA262457 QJW262457 QTS262457 RDO262457 RNK262457 RXG262457 SHC262457 SQY262457 TAU262457 TKQ262457 TUM262457 UEI262457 UOE262457 UYA262457 VHW262457 VRS262457 WBO262457 WLK262457 WVG262457 E327971 IU327993 SQ327993 ACM327993 AMI327993 AWE327993 BGA327993 BPW327993 BZS327993 CJO327993 CTK327993 DDG327993 DNC327993 DWY327993 EGU327993 EQQ327993 FAM327993 FKI327993 FUE327993 GEA327993 GNW327993 GXS327993 HHO327993 HRK327993 IBG327993 ILC327993 IUY327993 JEU327993 JOQ327993 JYM327993 KII327993 KSE327993 LCA327993 LLW327993 LVS327993 MFO327993 MPK327993 MZG327993 NJC327993 NSY327993 OCU327993 OMQ327993 OWM327993 PGI327993 PQE327993 QAA327993 QJW327993 QTS327993 RDO327993 RNK327993 RXG327993 SHC327993 SQY327993 TAU327993 TKQ327993 TUM327993 UEI327993 UOE327993 UYA327993 VHW327993 VRS327993 WBO327993 WLK327993 WVG327993 E393507 IU393529 SQ393529 ACM393529 AMI393529 AWE393529 BGA393529 BPW393529 BZS393529 CJO393529 CTK393529 DDG393529 DNC393529 DWY393529 EGU393529 EQQ393529 FAM393529 FKI393529 FUE393529 GEA393529 GNW393529 GXS393529 HHO393529 HRK393529 IBG393529 ILC393529 IUY393529 JEU393529 JOQ393529 JYM393529 KII393529 KSE393529 LCA393529 LLW393529 LVS393529 MFO393529 MPK393529 MZG393529 NJC393529 NSY393529 OCU393529 OMQ393529 OWM393529 PGI393529 PQE393529 QAA393529 QJW393529 QTS393529 RDO393529 RNK393529 RXG393529 SHC393529 SQY393529 TAU393529 TKQ393529 TUM393529 UEI393529 UOE393529 UYA393529 VHW393529 VRS393529 WBO393529 WLK393529 WVG393529 E459043 IU459065 SQ459065 ACM459065 AMI459065 AWE459065 BGA459065 BPW459065 BZS459065 CJO459065 CTK459065 DDG459065 DNC459065 DWY459065 EGU459065 EQQ459065 FAM459065 FKI459065 FUE459065 GEA459065 GNW459065 GXS459065 HHO459065 HRK459065 IBG459065 ILC459065 IUY459065 JEU459065 JOQ459065 JYM459065 KII459065 KSE459065 LCA459065 LLW459065 LVS459065 MFO459065 MPK459065 MZG459065 NJC459065 NSY459065 OCU459065 OMQ459065 OWM459065 PGI459065 PQE459065 QAA459065 QJW459065 QTS459065 RDO459065 RNK459065 RXG459065 SHC459065 SQY459065 TAU459065 TKQ459065 TUM459065 UEI459065 UOE459065 UYA459065 VHW459065 VRS459065 WBO459065 WLK459065 WVG459065 E524579 IU524601 SQ524601 ACM524601 AMI524601 AWE524601 BGA524601 BPW524601 BZS524601 CJO524601 CTK524601 DDG524601 DNC524601 DWY524601 EGU524601 EQQ524601 FAM524601 FKI524601 FUE524601 GEA524601 GNW524601 GXS524601 HHO524601 HRK524601 IBG524601 ILC524601 IUY524601 JEU524601 JOQ524601 JYM524601 KII524601 KSE524601 LCA524601 LLW524601 LVS524601 MFO524601 MPK524601 MZG524601 NJC524601 NSY524601 OCU524601 OMQ524601 OWM524601 PGI524601 PQE524601 QAA524601 QJW524601 QTS524601 RDO524601 RNK524601 RXG524601 SHC524601 SQY524601 TAU524601 TKQ524601 TUM524601 UEI524601 UOE524601 UYA524601 VHW524601 VRS524601 WBO524601 WLK524601 WVG524601 E590115 IU590137 SQ590137 ACM590137 AMI590137 AWE590137 BGA590137 BPW590137 BZS590137 CJO590137 CTK590137 DDG590137 DNC590137 DWY590137 EGU590137 EQQ590137 FAM590137 FKI590137 FUE590137 GEA590137 GNW590137 GXS590137 HHO590137 HRK590137 IBG590137 ILC590137 IUY590137 JEU590137 JOQ590137 JYM590137 KII590137 KSE590137 LCA590137 LLW590137 LVS590137 MFO590137 MPK590137 MZG590137 NJC590137 NSY590137 OCU590137 OMQ590137 OWM590137 PGI590137 PQE590137 QAA590137 QJW590137 QTS590137 RDO590137 RNK590137 RXG590137 SHC590137 SQY590137 TAU590137 TKQ590137 TUM590137 UEI590137 UOE590137 UYA590137 VHW590137 VRS590137 WBO590137 WLK590137 WVG590137 E655651 IU655673 SQ655673 ACM655673 AMI655673 AWE655673 BGA655673 BPW655673 BZS655673 CJO655673 CTK655673 DDG655673 DNC655673 DWY655673 EGU655673 EQQ655673 FAM655673 FKI655673 FUE655673 GEA655673 GNW655673 GXS655673 HHO655673 HRK655673 IBG655673 ILC655673 IUY655673 JEU655673 JOQ655673 JYM655673 KII655673 KSE655673 LCA655673 LLW655673 LVS655673 MFO655673 MPK655673 MZG655673 NJC655673 NSY655673 OCU655673 OMQ655673 OWM655673 PGI655673 PQE655673 QAA655673 QJW655673 QTS655673 RDO655673 RNK655673 RXG655673 SHC655673 SQY655673 TAU655673 TKQ655673 TUM655673 UEI655673 UOE655673 UYA655673 VHW655673 VRS655673 WBO655673 WLK655673 WVG655673 E721187 IU721209 SQ721209 ACM721209 AMI721209 AWE721209 BGA721209 BPW721209 BZS721209 CJO721209 CTK721209 DDG721209 DNC721209 DWY721209 EGU721209 EQQ721209 FAM721209 FKI721209 FUE721209 GEA721209 GNW721209 GXS721209 HHO721209 HRK721209 IBG721209 ILC721209 IUY721209 JEU721209 JOQ721209 JYM721209 KII721209 KSE721209 LCA721209 LLW721209 LVS721209 MFO721209 MPK721209 MZG721209 NJC721209 NSY721209 OCU721209 OMQ721209 OWM721209 PGI721209 PQE721209 QAA721209 QJW721209 QTS721209 RDO721209 RNK721209 RXG721209 SHC721209 SQY721209 TAU721209 TKQ721209 TUM721209 UEI721209 UOE721209 UYA721209 VHW721209 VRS721209 WBO721209 WLK721209 WVG721209 E786723 IU786745 SQ786745 ACM786745 AMI786745 AWE786745 BGA786745 BPW786745 BZS786745 CJO786745 CTK786745 DDG786745 DNC786745 DWY786745 EGU786745 EQQ786745 FAM786745 FKI786745 FUE786745 GEA786745 GNW786745 GXS786745 HHO786745 HRK786745 IBG786745 ILC786745 IUY786745 JEU786745 JOQ786745 JYM786745 KII786745 KSE786745 LCA786745 LLW786745 LVS786745 MFO786745 MPK786745 MZG786745 NJC786745 NSY786745 OCU786745 OMQ786745 OWM786745 PGI786745 PQE786745 QAA786745 QJW786745 QTS786745 RDO786745 RNK786745 RXG786745 SHC786745 SQY786745 TAU786745 TKQ786745 TUM786745 UEI786745 UOE786745 UYA786745 VHW786745 VRS786745 WBO786745 WLK786745 WVG786745 E852259 IU852281 SQ852281 ACM852281 AMI852281 AWE852281 BGA852281 BPW852281 BZS852281 CJO852281 CTK852281 DDG852281 DNC852281 DWY852281 EGU852281 EQQ852281 FAM852281 FKI852281 FUE852281 GEA852281 GNW852281 GXS852281 HHO852281 HRK852281 IBG852281 ILC852281 IUY852281 JEU852281 JOQ852281 JYM852281 KII852281 KSE852281 LCA852281 LLW852281 LVS852281 MFO852281 MPK852281 MZG852281 NJC852281 NSY852281 OCU852281 OMQ852281 OWM852281 PGI852281 PQE852281 QAA852281 QJW852281 QTS852281 RDO852281 RNK852281 RXG852281 SHC852281 SQY852281 TAU852281 TKQ852281 TUM852281 UEI852281 UOE852281 UYA852281 VHW852281 VRS852281 WBO852281 WLK852281 WVG852281 E917795 IU917817 SQ917817 ACM917817 AMI917817 AWE917817 BGA917817 BPW917817 BZS917817 CJO917817 CTK917817 DDG917817 DNC917817 DWY917817 EGU917817 EQQ917817 FAM917817 FKI917817 FUE917817 GEA917817 GNW917817 GXS917817 HHO917817 HRK917817 IBG917817 ILC917817 IUY917817 JEU917817 JOQ917817 JYM917817 KII917817 KSE917817 LCA917817 LLW917817 LVS917817 MFO917817 MPK917817 MZG917817 NJC917817 NSY917817 OCU917817 OMQ917817 OWM917817 PGI917817 PQE917817 QAA917817 QJW917817 QTS917817 RDO917817 RNK917817 RXG917817 SHC917817 SQY917817 TAU917817 TKQ917817 TUM917817 UEI917817 UOE917817 UYA917817 VHW917817 VRS917817 WBO917817 WLK917817 WVG917817 E983331 IU983353 SQ983353 ACM983353 AMI983353 AWE983353 BGA983353 BPW983353 BZS983353 CJO983353 CTK983353 DDG983353 DNC983353 DWY983353 EGU983353 EQQ983353 FAM983353 FKI983353 FUE983353 GEA983353 GNW983353 GXS983353 HHO983353 HRK983353 IBG983353 ILC983353 IUY983353 JEU983353 JOQ983353 JYM983353 KII983353 KSE983353 LCA983353 LLW983353 LVS983353 MFO983353 MPK983353 MZG983353 NJC983353 NSY983353 OCU983353 OMQ983353 OWM983353 PGI983353 PQE983353 QAA983353 QJW983353 QTS983353 RDO983353 RNK983353 RXG983353 SHC983353 SQY983353 TAU983353 TKQ983353 TUM983353 UEI983353 UOE983353 UYA983353 VHW983353 VRS983353 WBO983353 WLK983353" xr:uid="{52399441-3A22-447B-99AC-FF04C88AC252}">
       <formula1>0</formula1>
       <formula2>20000</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="WVG983278:WVG983328 WLK983278:WLK983328 WBO983278:WBO983328 VRS983278:VRS983328 VHW983278:VHW983328 UYA983278:UYA983328 UOE983278:UOE983328 UEI983278:UEI983328 TUM983278:TUM983328 TKQ983278:TKQ983328 TAU983278:TAU983328 SQY983278:SQY983328 SHC983278:SHC983328 RXG983278:RXG983328 RNK983278:RNK983328 RDO983278:RDO983328 QTS983278:QTS983328 QJW983278:QJW983328 QAA983278:QAA983328 PQE983278:PQE983328 PGI983278:PGI983328 OWM983278:OWM983328 OMQ983278:OMQ983328 OCU983278:OCU983328 NSY983278:NSY983328 NJC983278:NJC983328 MZG983278:MZG983328 MPK983278:MPK983328 MFO983278:MFO983328 LVS983278:LVS983328 LLW983278:LLW983328 LCA983278:LCA983328 KSE983278:KSE983328 KII983278:KII983328 JYM983278:JYM983328 JOQ983278:JOQ983328 JEU983278:JEU983328 IUY983278:IUY983328 ILC983278:ILC983328 IBG983278:IBG983328 HRK983278:HRK983328 HHO983278:HHO983328 GXS983278:GXS983328 GNW983278:GNW983328 GEA983278:GEA983328 FUE983278:FUE983328 FKI983278:FKI983328 FAM983278:FAM983328 EQQ983278:EQQ983328 EGU983278:EGU983328 DWY983278:DWY983328 DNC983278:DNC983328 DDG983278:DDG983328 CTK983278:CTK983328 CJO983278:CJO983328 BZS983278:BZS983328 BPW983278:BPW983328 BGA983278:BGA983328 AWE983278:AWE983328 AMI983278:AMI983328 ACM983278:ACM983328 SQ983278:SQ983328 IU983278:IU983328 E983256:E983306 WVG917742:WVG917792 WLK917742:WLK917792 WBO917742:WBO917792 VRS917742:VRS917792 VHW917742:VHW917792 UYA917742:UYA917792 UOE917742:UOE917792 UEI917742:UEI917792 TUM917742:TUM917792 TKQ917742:TKQ917792 TAU917742:TAU917792 SQY917742:SQY917792 SHC917742:SHC917792 RXG917742:RXG917792 RNK917742:RNK917792 RDO917742:RDO917792 QTS917742:QTS917792 QJW917742:QJW917792 QAA917742:QAA917792 PQE917742:PQE917792 PGI917742:PGI917792 OWM917742:OWM917792 OMQ917742:OMQ917792 OCU917742:OCU917792 NSY917742:NSY917792 NJC917742:NJC917792 MZG917742:MZG917792 MPK917742:MPK917792 MFO917742:MFO917792 LVS917742:LVS917792 LLW917742:LLW917792 LCA917742:LCA917792 KSE917742:KSE917792 KII917742:KII917792 JYM917742:JYM917792 JOQ917742:JOQ917792 JEU917742:JEU917792 IUY917742:IUY917792 ILC917742:ILC917792 IBG917742:IBG917792 HRK917742:HRK917792 HHO917742:HHO917792 GXS917742:GXS917792 GNW917742:GNW917792 GEA917742:GEA917792 FUE917742:FUE917792 FKI917742:FKI917792 FAM917742:FAM917792 EQQ917742:EQQ917792 EGU917742:EGU917792 DWY917742:DWY917792 DNC917742:DNC917792 DDG917742:DDG917792 CTK917742:CTK917792 CJO917742:CJO917792 BZS917742:BZS917792 BPW917742:BPW917792 BGA917742:BGA917792 AWE917742:AWE917792 AMI917742:AMI917792 ACM917742:ACM917792 SQ917742:SQ917792 IU917742:IU917792 E917720:E917770 WVG852206:WVG852256 WLK852206:WLK852256 WBO852206:WBO852256 VRS852206:VRS852256 VHW852206:VHW852256 UYA852206:UYA852256 UOE852206:UOE852256 UEI852206:UEI852256 TUM852206:TUM852256 TKQ852206:TKQ852256 TAU852206:TAU852256 SQY852206:SQY852256 SHC852206:SHC852256 RXG852206:RXG852256 RNK852206:RNK852256 RDO852206:RDO852256 QTS852206:QTS852256 QJW852206:QJW852256 QAA852206:QAA852256 PQE852206:PQE852256 PGI852206:PGI852256 OWM852206:OWM852256 OMQ852206:OMQ852256 OCU852206:OCU852256 NSY852206:NSY852256 NJC852206:NJC852256 MZG852206:MZG852256 MPK852206:MPK852256 MFO852206:MFO852256 LVS852206:LVS852256 LLW852206:LLW852256 LCA852206:LCA852256 KSE852206:KSE852256 KII852206:KII852256 JYM852206:JYM852256 JOQ852206:JOQ852256 JEU852206:JEU852256 IUY852206:IUY852256 ILC852206:ILC852256 IBG852206:IBG852256 HRK852206:HRK852256 HHO852206:HHO852256 GXS852206:GXS852256 GNW852206:GNW852256 GEA852206:GEA852256 FUE852206:FUE852256 FKI852206:FKI852256 FAM852206:FAM852256 EQQ852206:EQQ852256 EGU852206:EGU852256 DWY852206:DWY852256 DNC852206:DNC852256 DDG852206:DDG852256 CTK852206:CTK852256 CJO852206:CJO852256 BZS852206:BZS852256 BPW852206:BPW852256 BGA852206:BGA852256 AWE852206:AWE852256 AMI852206:AMI852256 ACM852206:ACM852256 SQ852206:SQ852256 IU852206:IU852256 E852184:E852234 WVG786670:WVG786720 WLK786670:WLK786720 WBO786670:WBO786720 VRS786670:VRS786720 VHW786670:VHW786720 UYA786670:UYA786720 UOE786670:UOE786720 UEI786670:UEI786720 TUM786670:TUM786720 TKQ786670:TKQ786720 TAU786670:TAU786720 SQY786670:SQY786720 SHC786670:SHC786720 RXG786670:RXG786720 RNK786670:RNK786720 RDO786670:RDO786720 QTS786670:QTS786720 QJW786670:QJW786720 QAA786670:QAA786720 PQE786670:PQE786720 PGI786670:PGI786720 OWM786670:OWM786720 OMQ786670:OMQ786720 OCU786670:OCU786720 NSY786670:NSY786720 NJC786670:NJC786720 MZG786670:MZG786720 MPK786670:MPK786720 MFO786670:MFO786720 LVS786670:LVS786720 LLW786670:LLW786720 LCA786670:LCA786720 KSE786670:KSE786720 KII786670:KII786720 JYM786670:JYM786720 JOQ786670:JOQ786720 JEU786670:JEU786720 IUY786670:IUY786720 ILC786670:ILC786720 IBG786670:IBG786720 HRK786670:HRK786720 HHO786670:HHO786720 GXS786670:GXS786720 GNW786670:GNW786720 GEA786670:GEA786720 FUE786670:FUE786720 FKI786670:FKI786720 FAM786670:FAM786720 EQQ786670:EQQ786720 EGU786670:EGU786720 DWY786670:DWY786720 DNC786670:DNC786720 DDG786670:DDG786720 CTK786670:CTK786720 CJO786670:CJO786720 BZS786670:BZS786720 BPW786670:BPW786720 BGA786670:BGA786720 AWE786670:AWE786720 AMI786670:AMI786720 ACM786670:ACM786720 SQ786670:SQ786720 IU786670:IU786720 E786648:E786698 WVG721134:WVG721184 WLK721134:WLK721184 WBO721134:WBO721184 VRS721134:VRS721184 VHW721134:VHW721184 UYA721134:UYA721184 UOE721134:UOE721184 UEI721134:UEI721184 TUM721134:TUM721184 TKQ721134:TKQ721184 TAU721134:TAU721184 SQY721134:SQY721184 SHC721134:SHC721184 RXG721134:RXG721184 RNK721134:RNK721184 RDO721134:RDO721184 QTS721134:QTS721184 QJW721134:QJW721184 QAA721134:QAA721184 PQE721134:PQE721184 PGI721134:PGI721184 OWM721134:OWM721184 OMQ721134:OMQ721184 OCU721134:OCU721184 NSY721134:NSY721184 NJC721134:NJC721184 MZG721134:MZG721184 MPK721134:MPK721184 MFO721134:MFO721184 LVS721134:LVS721184 LLW721134:LLW721184 LCA721134:LCA721184 KSE721134:KSE721184 KII721134:KII721184 JYM721134:JYM721184 JOQ721134:JOQ721184 JEU721134:JEU721184 IUY721134:IUY721184 ILC721134:ILC721184 IBG721134:IBG721184 HRK721134:HRK721184 HHO721134:HHO721184 GXS721134:GXS721184 GNW721134:GNW721184 GEA721134:GEA721184 FUE721134:FUE721184 FKI721134:FKI721184 FAM721134:FAM721184 EQQ721134:EQQ721184 EGU721134:EGU721184 DWY721134:DWY721184 DNC721134:DNC721184 DDG721134:DDG721184 CTK721134:CTK721184 CJO721134:CJO721184 BZS721134:BZS721184 BPW721134:BPW721184 BGA721134:BGA721184 AWE721134:AWE721184 AMI721134:AMI721184 ACM721134:ACM721184 SQ721134:SQ721184 IU721134:IU721184 E721112:E721162 WVG655598:WVG655648 WLK655598:WLK655648 WBO655598:WBO655648 VRS655598:VRS655648 VHW655598:VHW655648 UYA655598:UYA655648 UOE655598:UOE655648 UEI655598:UEI655648 TUM655598:TUM655648 TKQ655598:TKQ655648 TAU655598:TAU655648 SQY655598:SQY655648 SHC655598:SHC655648 RXG655598:RXG655648 RNK655598:RNK655648 RDO655598:RDO655648 QTS655598:QTS655648 QJW655598:QJW655648 QAA655598:QAA655648 PQE655598:PQE655648 PGI655598:PGI655648 OWM655598:OWM655648 OMQ655598:OMQ655648 OCU655598:OCU655648 NSY655598:NSY655648 NJC655598:NJC655648 MZG655598:MZG655648 MPK655598:MPK655648 MFO655598:MFO655648 LVS655598:LVS655648 LLW655598:LLW655648 LCA655598:LCA655648 KSE655598:KSE655648 KII655598:KII655648 JYM655598:JYM655648 JOQ655598:JOQ655648 JEU655598:JEU655648 IUY655598:IUY655648 ILC655598:ILC655648 IBG655598:IBG655648 HRK655598:HRK655648 HHO655598:HHO655648 GXS655598:GXS655648 GNW655598:GNW655648 GEA655598:GEA655648 FUE655598:FUE655648 FKI655598:FKI655648 FAM655598:FAM655648 EQQ655598:EQQ655648 EGU655598:EGU655648 DWY655598:DWY655648 DNC655598:DNC655648 DDG655598:DDG655648 CTK655598:CTK655648 CJO655598:CJO655648 BZS655598:BZS655648 BPW655598:BPW655648 BGA655598:BGA655648 AWE655598:AWE655648 AMI655598:AMI655648 ACM655598:ACM655648 SQ655598:SQ655648 IU655598:IU655648 E655576:E655626 WVG590062:WVG590112 WLK590062:WLK590112 WBO590062:WBO590112 VRS590062:VRS590112 VHW590062:VHW590112 UYA590062:UYA590112 UOE590062:UOE590112 UEI590062:UEI590112 TUM590062:TUM590112 TKQ590062:TKQ590112 TAU590062:TAU590112 SQY590062:SQY590112 SHC590062:SHC590112 RXG590062:RXG590112 RNK590062:RNK590112 RDO590062:RDO590112 QTS590062:QTS590112 QJW590062:QJW590112 QAA590062:QAA590112 PQE590062:PQE590112 PGI590062:PGI590112 OWM590062:OWM590112 OMQ590062:OMQ590112 OCU590062:OCU590112 NSY590062:NSY590112 NJC590062:NJC590112 MZG590062:MZG590112 MPK590062:MPK590112 MFO590062:MFO590112 LVS590062:LVS590112 LLW590062:LLW590112 LCA590062:LCA590112 KSE590062:KSE590112 KII590062:KII590112 JYM590062:JYM590112 JOQ590062:JOQ590112 JEU590062:JEU590112 IUY590062:IUY590112 ILC590062:ILC590112 IBG590062:IBG590112 HRK590062:HRK590112 HHO590062:HHO590112 GXS590062:GXS590112 GNW590062:GNW590112 GEA590062:GEA590112 FUE590062:FUE590112 FKI590062:FKI590112 FAM590062:FAM590112 EQQ590062:EQQ590112 EGU590062:EGU590112 DWY590062:DWY590112 DNC590062:DNC590112 DDG590062:DDG590112 CTK590062:CTK590112 CJO590062:CJO590112 BZS590062:BZS590112 BPW590062:BPW590112 BGA590062:BGA590112 AWE590062:AWE590112 AMI590062:AMI590112 ACM590062:ACM590112 SQ590062:SQ590112 IU590062:IU590112 E590040:E590090 WVG524526:WVG524576 WLK524526:WLK524576 WBO524526:WBO524576 VRS524526:VRS524576 VHW524526:VHW524576 UYA524526:UYA524576 UOE524526:UOE524576 UEI524526:UEI524576 TUM524526:TUM524576 TKQ524526:TKQ524576 TAU524526:TAU524576 SQY524526:SQY524576 SHC524526:SHC524576 RXG524526:RXG524576 RNK524526:RNK524576 RDO524526:RDO524576 QTS524526:QTS524576 QJW524526:QJW524576 QAA524526:QAA524576 PQE524526:PQE524576 PGI524526:PGI524576 OWM524526:OWM524576 OMQ524526:OMQ524576 OCU524526:OCU524576 NSY524526:NSY524576 NJC524526:NJC524576 MZG524526:MZG524576 MPK524526:MPK524576 MFO524526:MFO524576 LVS524526:LVS524576 LLW524526:LLW524576 LCA524526:LCA524576 KSE524526:KSE524576 KII524526:KII524576 JYM524526:JYM524576 JOQ524526:JOQ524576 JEU524526:JEU524576 IUY524526:IUY524576 ILC524526:ILC524576 IBG524526:IBG524576 HRK524526:HRK524576 HHO524526:HHO524576 GXS524526:GXS524576 GNW524526:GNW524576 GEA524526:GEA524576 FUE524526:FUE524576 FKI524526:FKI524576 FAM524526:FAM524576 EQQ524526:EQQ524576 EGU524526:EGU524576 DWY524526:DWY524576 DNC524526:DNC524576 DDG524526:DDG524576 CTK524526:CTK524576 CJO524526:CJO524576 BZS524526:BZS524576 BPW524526:BPW524576 BGA524526:BGA524576 AWE524526:AWE524576 AMI524526:AMI524576 ACM524526:ACM524576 SQ524526:SQ524576 IU524526:IU524576 E524504:E524554 WVG458990:WVG459040 WLK458990:WLK459040 WBO458990:WBO459040 VRS458990:VRS459040 VHW458990:VHW459040 UYA458990:UYA459040 UOE458990:UOE459040 UEI458990:UEI459040 TUM458990:TUM459040 TKQ458990:TKQ459040 TAU458990:TAU459040 SQY458990:SQY459040 SHC458990:SHC459040 RXG458990:RXG459040 RNK458990:RNK459040 RDO458990:RDO459040 QTS458990:QTS459040 QJW458990:QJW459040 QAA458990:QAA459040 PQE458990:PQE459040 PGI458990:PGI459040 OWM458990:OWM459040 OMQ458990:OMQ459040 OCU458990:OCU459040 NSY458990:NSY459040 NJC458990:NJC459040 MZG458990:MZG459040 MPK458990:MPK459040 MFO458990:MFO459040 LVS458990:LVS459040 LLW458990:LLW459040 LCA458990:LCA459040 KSE458990:KSE459040 KII458990:KII459040 JYM458990:JYM459040 JOQ458990:JOQ459040 JEU458990:JEU459040 IUY458990:IUY459040 ILC458990:ILC459040 IBG458990:IBG459040 HRK458990:HRK459040 HHO458990:HHO459040 GXS458990:GXS459040 GNW458990:GNW459040 GEA458990:GEA459040 FUE458990:FUE459040 FKI458990:FKI459040 FAM458990:FAM459040 EQQ458990:EQQ459040 EGU458990:EGU459040 DWY458990:DWY459040 DNC458990:DNC459040 DDG458990:DDG459040 CTK458990:CTK459040 CJO458990:CJO459040 BZS458990:BZS459040 BPW458990:BPW459040 BGA458990:BGA459040 AWE458990:AWE459040 AMI458990:AMI459040 ACM458990:ACM459040 SQ458990:SQ459040 IU458990:IU459040 E458968:E459018 WVG393454:WVG393504 WLK393454:WLK393504 WBO393454:WBO393504 VRS393454:VRS393504 VHW393454:VHW393504 UYA393454:UYA393504 UOE393454:UOE393504 UEI393454:UEI393504 TUM393454:TUM393504 TKQ393454:TKQ393504 TAU393454:TAU393504 SQY393454:SQY393504 SHC393454:SHC393504 RXG393454:RXG393504 RNK393454:RNK393504 RDO393454:RDO393504 QTS393454:QTS393504 QJW393454:QJW393504 QAA393454:QAA393504 PQE393454:PQE393504 PGI393454:PGI393504 OWM393454:OWM393504 OMQ393454:OMQ393504 OCU393454:OCU393504 NSY393454:NSY393504 NJC393454:NJC393504 MZG393454:MZG393504 MPK393454:MPK393504 MFO393454:MFO393504 LVS393454:LVS393504 LLW393454:LLW393504 LCA393454:LCA393504 KSE393454:KSE393504 KII393454:KII393504 JYM393454:JYM393504 JOQ393454:JOQ393504 JEU393454:JEU393504 IUY393454:IUY393504 ILC393454:ILC393504 IBG393454:IBG393504 HRK393454:HRK393504 HHO393454:HHO393504 GXS393454:GXS393504 GNW393454:GNW393504 GEA393454:GEA393504 FUE393454:FUE393504 FKI393454:FKI393504 FAM393454:FAM393504 EQQ393454:EQQ393504 EGU393454:EGU393504 DWY393454:DWY393504 DNC393454:DNC393504 DDG393454:DDG393504 CTK393454:CTK393504 CJO393454:CJO393504 BZS393454:BZS393504 BPW393454:BPW393504 BGA393454:BGA393504 AWE393454:AWE393504 AMI393454:AMI393504 ACM393454:ACM393504 SQ393454:SQ393504 IU393454:IU393504 E393432:E393482 WVG327918:WVG327968 WLK327918:WLK327968 WBO327918:WBO327968 VRS327918:VRS327968 VHW327918:VHW327968 UYA327918:UYA327968 UOE327918:UOE327968 UEI327918:UEI327968 TUM327918:TUM327968 TKQ327918:TKQ327968 TAU327918:TAU327968 SQY327918:SQY327968 SHC327918:SHC327968 RXG327918:RXG327968 RNK327918:RNK327968 RDO327918:RDO327968 QTS327918:QTS327968 QJW327918:QJW327968 QAA327918:QAA327968 PQE327918:PQE327968 PGI327918:PGI327968 OWM327918:OWM327968 OMQ327918:OMQ327968 OCU327918:OCU327968 NSY327918:NSY327968 NJC327918:NJC327968 MZG327918:MZG327968 MPK327918:MPK327968 MFO327918:MFO327968 LVS327918:LVS327968 LLW327918:LLW327968 LCA327918:LCA327968 KSE327918:KSE327968 KII327918:KII327968 JYM327918:JYM327968 JOQ327918:JOQ327968 JEU327918:JEU327968 IUY327918:IUY327968 ILC327918:ILC327968 IBG327918:IBG327968 HRK327918:HRK327968 HHO327918:HHO327968 GXS327918:GXS327968 GNW327918:GNW327968 GEA327918:GEA327968 FUE327918:FUE327968 FKI327918:FKI327968 FAM327918:FAM327968 EQQ327918:EQQ327968 EGU327918:EGU327968 DWY327918:DWY327968 DNC327918:DNC327968 DDG327918:DDG327968 CTK327918:CTK327968 CJO327918:CJO327968 BZS327918:BZS327968 BPW327918:BPW327968 BGA327918:BGA327968 AWE327918:AWE327968 AMI327918:AMI327968 ACM327918:ACM327968 SQ327918:SQ327968 IU327918:IU327968 E327896:E327946 WVG262382:WVG262432 WLK262382:WLK262432 WBO262382:WBO262432 VRS262382:VRS262432 VHW262382:VHW262432 UYA262382:UYA262432 UOE262382:UOE262432 UEI262382:UEI262432 TUM262382:TUM262432 TKQ262382:TKQ262432 TAU262382:TAU262432 SQY262382:SQY262432 SHC262382:SHC262432 RXG262382:RXG262432 RNK262382:RNK262432 RDO262382:RDO262432 QTS262382:QTS262432 QJW262382:QJW262432 QAA262382:QAA262432 PQE262382:PQE262432 PGI262382:PGI262432 OWM262382:OWM262432 OMQ262382:OMQ262432 OCU262382:OCU262432 NSY262382:NSY262432 NJC262382:NJC262432 MZG262382:MZG262432 MPK262382:MPK262432 MFO262382:MFO262432 LVS262382:LVS262432 LLW262382:LLW262432 LCA262382:LCA262432 KSE262382:KSE262432 KII262382:KII262432 JYM262382:JYM262432 JOQ262382:JOQ262432 JEU262382:JEU262432 IUY262382:IUY262432 ILC262382:ILC262432 IBG262382:IBG262432 HRK262382:HRK262432 HHO262382:HHO262432 GXS262382:GXS262432 GNW262382:GNW262432 GEA262382:GEA262432 FUE262382:FUE262432 FKI262382:FKI262432 FAM262382:FAM262432 EQQ262382:EQQ262432 EGU262382:EGU262432 DWY262382:DWY262432 DNC262382:DNC262432 DDG262382:DDG262432 CTK262382:CTK262432 CJO262382:CJO262432 BZS262382:BZS262432 BPW262382:BPW262432 BGA262382:BGA262432 AWE262382:AWE262432 AMI262382:AMI262432 ACM262382:ACM262432 SQ262382:SQ262432 IU262382:IU262432 E262360:E262410 WVG196846:WVG196896 WLK196846:WLK196896 WBO196846:WBO196896 VRS196846:VRS196896 VHW196846:VHW196896 UYA196846:UYA196896 UOE196846:UOE196896 UEI196846:UEI196896 TUM196846:TUM196896 TKQ196846:TKQ196896 TAU196846:TAU196896 SQY196846:SQY196896 SHC196846:SHC196896 RXG196846:RXG196896 RNK196846:RNK196896 RDO196846:RDO196896 QTS196846:QTS196896 QJW196846:QJW196896 QAA196846:QAA196896 PQE196846:PQE196896 PGI196846:PGI196896 OWM196846:OWM196896 OMQ196846:OMQ196896 OCU196846:OCU196896 NSY196846:NSY196896 NJC196846:NJC196896 MZG196846:MZG196896 MPK196846:MPK196896 MFO196846:MFO196896 LVS196846:LVS196896 LLW196846:LLW196896 LCA196846:LCA196896 KSE196846:KSE196896 KII196846:KII196896 JYM196846:JYM196896 JOQ196846:JOQ196896 JEU196846:JEU196896 IUY196846:IUY196896 ILC196846:ILC196896 IBG196846:IBG196896 HRK196846:HRK196896 HHO196846:HHO196896 GXS196846:GXS196896 GNW196846:GNW196896 GEA196846:GEA196896 FUE196846:FUE196896 FKI196846:FKI196896 FAM196846:FAM196896 EQQ196846:EQQ196896 EGU196846:EGU196896 DWY196846:DWY196896 DNC196846:DNC196896 DDG196846:DDG196896 CTK196846:CTK196896 CJO196846:CJO196896 BZS196846:BZS196896 BPW196846:BPW196896 BGA196846:BGA196896 AWE196846:AWE196896 AMI196846:AMI196896 ACM196846:ACM196896 SQ196846:SQ196896 IU196846:IU196896 E196824:E196874 WVG131310:WVG131360 WLK131310:WLK131360 WBO131310:WBO131360 VRS131310:VRS131360 VHW131310:VHW131360 UYA131310:UYA131360 UOE131310:UOE131360 UEI131310:UEI131360 TUM131310:TUM131360 TKQ131310:TKQ131360 TAU131310:TAU131360 SQY131310:SQY131360 SHC131310:SHC131360 RXG131310:RXG131360 RNK131310:RNK131360 RDO131310:RDO131360 QTS131310:QTS131360 QJW131310:QJW131360 QAA131310:QAA131360 PQE131310:PQE131360 PGI131310:PGI131360 OWM131310:OWM131360 OMQ131310:OMQ131360 OCU131310:OCU131360 NSY131310:NSY131360 NJC131310:NJC131360 MZG131310:MZG131360 MPK131310:MPK131360 MFO131310:MFO131360 LVS131310:LVS131360 LLW131310:LLW131360 LCA131310:LCA131360 KSE131310:KSE131360 KII131310:KII131360 JYM131310:JYM131360 JOQ131310:JOQ131360 JEU131310:JEU131360 IUY131310:IUY131360 ILC131310:ILC131360 IBG131310:IBG131360 HRK131310:HRK131360 HHO131310:HHO131360 GXS131310:GXS131360 GNW131310:GNW131360 GEA131310:GEA131360 FUE131310:FUE131360 FKI131310:FKI131360 FAM131310:FAM131360 EQQ131310:EQQ131360 EGU131310:EGU131360 DWY131310:DWY131360 DNC131310:DNC131360 DDG131310:DDG131360 CTK131310:CTK131360 CJO131310:CJO131360 BZS131310:BZS131360 BPW131310:BPW131360 BGA131310:BGA131360 AWE131310:AWE131360 AMI131310:AMI131360 ACM131310:ACM131360 SQ131310:SQ131360 IU131310:IU131360 E131288:E131338 WVG65774:WVG65824 WLK65774:WLK65824 WBO65774:WBO65824 VRS65774:VRS65824 VHW65774:VHW65824 UYA65774:UYA65824 UOE65774:UOE65824 UEI65774:UEI65824 TUM65774:TUM65824 TKQ65774:TKQ65824 TAU65774:TAU65824 SQY65774:SQY65824 SHC65774:SHC65824 RXG65774:RXG65824 RNK65774:RNK65824 RDO65774:RDO65824 QTS65774:QTS65824 QJW65774:QJW65824 QAA65774:QAA65824 PQE65774:PQE65824 PGI65774:PGI65824 OWM65774:OWM65824 OMQ65774:OMQ65824 OCU65774:OCU65824 NSY65774:NSY65824 NJC65774:NJC65824 MZG65774:MZG65824 MPK65774:MPK65824 MFO65774:MFO65824 LVS65774:LVS65824 LLW65774:LLW65824 LCA65774:LCA65824 KSE65774:KSE65824 KII65774:KII65824 JYM65774:JYM65824 JOQ65774:JOQ65824 JEU65774:JEU65824 IUY65774:IUY65824 ILC65774:ILC65824 IBG65774:IBG65824 HRK65774:HRK65824 HHO65774:HHO65824 GXS65774:GXS65824 GNW65774:GNW65824 GEA65774:GEA65824 FUE65774:FUE65824 FKI65774:FKI65824 FAM65774:FAM65824 EQQ65774:EQQ65824 EGU65774:EGU65824 DWY65774:DWY65824 DNC65774:DNC65824 DDG65774:DDG65824 CTK65774:CTK65824 CJO65774:CJO65824 BZS65774:BZS65824 BPW65774:BPW65824 BGA65774:BGA65824 AWE65774:AWE65824 AMI65774:AMI65824 ACM65774:ACM65824 SQ65774:SQ65824 IU65774:IU65824 E65752:E65802 IL22:IL267 SH22:SH267 ACD22:ACD267 ALZ22:ALZ267 AVV22:AVV267 BFR22:BFR267 BPN22:BPN267 BZJ22:BZJ267 CJF22:CJF267 CTB22:CTB267 DCX22:DCX267 DMT22:DMT267 DWP22:DWP267 EGL22:EGL267 EQH22:EQH267 FAD22:FAD267 FJZ22:FJZ267 FTV22:FTV267 GDR22:GDR267 GNN22:GNN267 GXJ22:GXJ267 HHF22:HHF267 HRB22:HRB267 IAX22:IAX267 IKT22:IKT267 IUP22:IUP267 JEL22:JEL267 JOH22:JOH267 JYD22:JYD267 KHZ22:KHZ267 KRV22:KRV267 LBR22:LBR267 LLN22:LLN267 LVJ22:LVJ267 MFF22:MFF267 MPB22:MPB267 MYX22:MYX267 NIT22:NIT267 NSP22:NSP267 OCL22:OCL267 OMH22:OMH267 OWD22:OWD267 PFZ22:PFZ267 PPV22:PPV267 PZR22:PZR267 QJN22:QJN267 QTJ22:QTJ267 RDF22:RDF267 RNB22:RNB267 RWX22:RWX267 SGT22:SGT267 SQP22:SQP267 TAL22:TAL267 TKH22:TKH267 TUD22:TUD267 UDZ22:UDZ267 UNV22:UNV267 UXR22:UXR267 VHN22:VHN267 VRJ22:VRJ267 WBF22:WBF267 WLB22:WLB267 WUX22:WUX267" xr:uid="{5C815FD9-3817-401F-974F-88DCFA7A203E}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="WVG983281:WVG983331 WLK983281:WLK983331 WBO983281:WBO983331 VRS983281:VRS983331 VHW983281:VHW983331 UYA983281:UYA983331 UOE983281:UOE983331 UEI983281:UEI983331 TUM983281:TUM983331 TKQ983281:TKQ983331 TAU983281:TAU983331 SQY983281:SQY983331 SHC983281:SHC983331 RXG983281:RXG983331 RNK983281:RNK983331 RDO983281:RDO983331 QTS983281:QTS983331 QJW983281:QJW983331 QAA983281:QAA983331 PQE983281:PQE983331 PGI983281:PGI983331 OWM983281:OWM983331 OMQ983281:OMQ983331 OCU983281:OCU983331 NSY983281:NSY983331 NJC983281:NJC983331 MZG983281:MZG983331 MPK983281:MPK983331 MFO983281:MFO983331 LVS983281:LVS983331 LLW983281:LLW983331 LCA983281:LCA983331 KSE983281:KSE983331 KII983281:KII983331 JYM983281:JYM983331 JOQ983281:JOQ983331 JEU983281:JEU983331 IUY983281:IUY983331 ILC983281:ILC983331 IBG983281:IBG983331 HRK983281:HRK983331 HHO983281:HHO983331 GXS983281:GXS983331 GNW983281:GNW983331 GEA983281:GEA983331 FUE983281:FUE983331 FKI983281:FKI983331 FAM983281:FAM983331 EQQ983281:EQQ983331 EGU983281:EGU983331 DWY983281:DWY983331 DNC983281:DNC983331 DDG983281:DDG983331 CTK983281:CTK983331 CJO983281:CJO983331 BZS983281:BZS983331 BPW983281:BPW983331 BGA983281:BGA983331 AWE983281:AWE983331 AMI983281:AMI983331 ACM983281:ACM983331 SQ983281:SQ983331 IU983281:IU983331 E983259:E983309 WVG917745:WVG917795 WLK917745:WLK917795 WBO917745:WBO917795 VRS917745:VRS917795 VHW917745:VHW917795 UYA917745:UYA917795 UOE917745:UOE917795 UEI917745:UEI917795 TUM917745:TUM917795 TKQ917745:TKQ917795 TAU917745:TAU917795 SQY917745:SQY917795 SHC917745:SHC917795 RXG917745:RXG917795 RNK917745:RNK917795 RDO917745:RDO917795 QTS917745:QTS917795 QJW917745:QJW917795 QAA917745:QAA917795 PQE917745:PQE917795 PGI917745:PGI917795 OWM917745:OWM917795 OMQ917745:OMQ917795 OCU917745:OCU917795 NSY917745:NSY917795 NJC917745:NJC917795 MZG917745:MZG917795 MPK917745:MPK917795 MFO917745:MFO917795 LVS917745:LVS917795 LLW917745:LLW917795 LCA917745:LCA917795 KSE917745:KSE917795 KII917745:KII917795 JYM917745:JYM917795 JOQ917745:JOQ917795 JEU917745:JEU917795 IUY917745:IUY917795 ILC917745:ILC917795 IBG917745:IBG917795 HRK917745:HRK917795 HHO917745:HHO917795 GXS917745:GXS917795 GNW917745:GNW917795 GEA917745:GEA917795 FUE917745:FUE917795 FKI917745:FKI917795 FAM917745:FAM917795 EQQ917745:EQQ917795 EGU917745:EGU917795 DWY917745:DWY917795 DNC917745:DNC917795 DDG917745:DDG917795 CTK917745:CTK917795 CJO917745:CJO917795 BZS917745:BZS917795 BPW917745:BPW917795 BGA917745:BGA917795 AWE917745:AWE917795 AMI917745:AMI917795 ACM917745:ACM917795 SQ917745:SQ917795 IU917745:IU917795 E917723:E917773 WVG852209:WVG852259 WLK852209:WLK852259 WBO852209:WBO852259 VRS852209:VRS852259 VHW852209:VHW852259 UYA852209:UYA852259 UOE852209:UOE852259 UEI852209:UEI852259 TUM852209:TUM852259 TKQ852209:TKQ852259 TAU852209:TAU852259 SQY852209:SQY852259 SHC852209:SHC852259 RXG852209:RXG852259 RNK852209:RNK852259 RDO852209:RDO852259 QTS852209:QTS852259 QJW852209:QJW852259 QAA852209:QAA852259 PQE852209:PQE852259 PGI852209:PGI852259 OWM852209:OWM852259 OMQ852209:OMQ852259 OCU852209:OCU852259 NSY852209:NSY852259 NJC852209:NJC852259 MZG852209:MZG852259 MPK852209:MPK852259 MFO852209:MFO852259 LVS852209:LVS852259 LLW852209:LLW852259 LCA852209:LCA852259 KSE852209:KSE852259 KII852209:KII852259 JYM852209:JYM852259 JOQ852209:JOQ852259 JEU852209:JEU852259 IUY852209:IUY852259 ILC852209:ILC852259 IBG852209:IBG852259 HRK852209:HRK852259 HHO852209:HHO852259 GXS852209:GXS852259 GNW852209:GNW852259 GEA852209:GEA852259 FUE852209:FUE852259 FKI852209:FKI852259 FAM852209:FAM852259 EQQ852209:EQQ852259 EGU852209:EGU852259 DWY852209:DWY852259 DNC852209:DNC852259 DDG852209:DDG852259 CTK852209:CTK852259 CJO852209:CJO852259 BZS852209:BZS852259 BPW852209:BPW852259 BGA852209:BGA852259 AWE852209:AWE852259 AMI852209:AMI852259 ACM852209:ACM852259 SQ852209:SQ852259 IU852209:IU852259 E852187:E852237 WVG786673:WVG786723 WLK786673:WLK786723 WBO786673:WBO786723 VRS786673:VRS786723 VHW786673:VHW786723 UYA786673:UYA786723 UOE786673:UOE786723 UEI786673:UEI786723 TUM786673:TUM786723 TKQ786673:TKQ786723 TAU786673:TAU786723 SQY786673:SQY786723 SHC786673:SHC786723 RXG786673:RXG786723 RNK786673:RNK786723 RDO786673:RDO786723 QTS786673:QTS786723 QJW786673:QJW786723 QAA786673:QAA786723 PQE786673:PQE786723 PGI786673:PGI786723 OWM786673:OWM786723 OMQ786673:OMQ786723 OCU786673:OCU786723 NSY786673:NSY786723 NJC786673:NJC786723 MZG786673:MZG786723 MPK786673:MPK786723 MFO786673:MFO786723 LVS786673:LVS786723 LLW786673:LLW786723 LCA786673:LCA786723 KSE786673:KSE786723 KII786673:KII786723 JYM786673:JYM786723 JOQ786673:JOQ786723 JEU786673:JEU786723 IUY786673:IUY786723 ILC786673:ILC786723 IBG786673:IBG786723 HRK786673:HRK786723 HHO786673:HHO786723 GXS786673:GXS786723 GNW786673:GNW786723 GEA786673:GEA786723 FUE786673:FUE786723 FKI786673:FKI786723 FAM786673:FAM786723 EQQ786673:EQQ786723 EGU786673:EGU786723 DWY786673:DWY786723 DNC786673:DNC786723 DDG786673:DDG786723 CTK786673:CTK786723 CJO786673:CJO786723 BZS786673:BZS786723 BPW786673:BPW786723 BGA786673:BGA786723 AWE786673:AWE786723 AMI786673:AMI786723 ACM786673:ACM786723 SQ786673:SQ786723 IU786673:IU786723 E786651:E786701 WVG721137:WVG721187 WLK721137:WLK721187 WBO721137:WBO721187 VRS721137:VRS721187 VHW721137:VHW721187 UYA721137:UYA721187 UOE721137:UOE721187 UEI721137:UEI721187 TUM721137:TUM721187 TKQ721137:TKQ721187 TAU721137:TAU721187 SQY721137:SQY721187 SHC721137:SHC721187 RXG721137:RXG721187 RNK721137:RNK721187 RDO721137:RDO721187 QTS721137:QTS721187 QJW721137:QJW721187 QAA721137:QAA721187 PQE721137:PQE721187 PGI721137:PGI721187 OWM721137:OWM721187 OMQ721137:OMQ721187 OCU721137:OCU721187 NSY721137:NSY721187 NJC721137:NJC721187 MZG721137:MZG721187 MPK721137:MPK721187 MFO721137:MFO721187 LVS721137:LVS721187 LLW721137:LLW721187 LCA721137:LCA721187 KSE721137:KSE721187 KII721137:KII721187 JYM721137:JYM721187 JOQ721137:JOQ721187 JEU721137:JEU721187 IUY721137:IUY721187 ILC721137:ILC721187 IBG721137:IBG721187 HRK721137:HRK721187 HHO721137:HHO721187 GXS721137:GXS721187 GNW721137:GNW721187 GEA721137:GEA721187 FUE721137:FUE721187 FKI721137:FKI721187 FAM721137:FAM721187 EQQ721137:EQQ721187 EGU721137:EGU721187 DWY721137:DWY721187 DNC721137:DNC721187 DDG721137:DDG721187 CTK721137:CTK721187 CJO721137:CJO721187 BZS721137:BZS721187 BPW721137:BPW721187 BGA721137:BGA721187 AWE721137:AWE721187 AMI721137:AMI721187 ACM721137:ACM721187 SQ721137:SQ721187 IU721137:IU721187 E721115:E721165 WVG655601:WVG655651 WLK655601:WLK655651 WBO655601:WBO655651 VRS655601:VRS655651 VHW655601:VHW655651 UYA655601:UYA655651 UOE655601:UOE655651 UEI655601:UEI655651 TUM655601:TUM655651 TKQ655601:TKQ655651 TAU655601:TAU655651 SQY655601:SQY655651 SHC655601:SHC655651 RXG655601:RXG655651 RNK655601:RNK655651 RDO655601:RDO655651 QTS655601:QTS655651 QJW655601:QJW655651 QAA655601:QAA655651 PQE655601:PQE655651 PGI655601:PGI655651 OWM655601:OWM655651 OMQ655601:OMQ655651 OCU655601:OCU655651 NSY655601:NSY655651 NJC655601:NJC655651 MZG655601:MZG655651 MPK655601:MPK655651 MFO655601:MFO655651 LVS655601:LVS655651 LLW655601:LLW655651 LCA655601:LCA655651 KSE655601:KSE655651 KII655601:KII655651 JYM655601:JYM655651 JOQ655601:JOQ655651 JEU655601:JEU655651 IUY655601:IUY655651 ILC655601:ILC655651 IBG655601:IBG655651 HRK655601:HRK655651 HHO655601:HHO655651 GXS655601:GXS655651 GNW655601:GNW655651 GEA655601:GEA655651 FUE655601:FUE655651 FKI655601:FKI655651 FAM655601:FAM655651 EQQ655601:EQQ655651 EGU655601:EGU655651 DWY655601:DWY655651 DNC655601:DNC655651 DDG655601:DDG655651 CTK655601:CTK655651 CJO655601:CJO655651 BZS655601:BZS655651 BPW655601:BPW655651 BGA655601:BGA655651 AWE655601:AWE655651 AMI655601:AMI655651 ACM655601:ACM655651 SQ655601:SQ655651 IU655601:IU655651 E655579:E655629 WVG590065:WVG590115 WLK590065:WLK590115 WBO590065:WBO590115 VRS590065:VRS590115 VHW590065:VHW590115 UYA590065:UYA590115 UOE590065:UOE590115 UEI590065:UEI590115 TUM590065:TUM590115 TKQ590065:TKQ590115 TAU590065:TAU590115 SQY590065:SQY590115 SHC590065:SHC590115 RXG590065:RXG590115 RNK590065:RNK590115 RDO590065:RDO590115 QTS590065:QTS590115 QJW590065:QJW590115 QAA590065:QAA590115 PQE590065:PQE590115 PGI590065:PGI590115 OWM590065:OWM590115 OMQ590065:OMQ590115 OCU590065:OCU590115 NSY590065:NSY590115 NJC590065:NJC590115 MZG590065:MZG590115 MPK590065:MPK590115 MFO590065:MFO590115 LVS590065:LVS590115 LLW590065:LLW590115 LCA590065:LCA590115 KSE590065:KSE590115 KII590065:KII590115 JYM590065:JYM590115 JOQ590065:JOQ590115 JEU590065:JEU590115 IUY590065:IUY590115 ILC590065:ILC590115 IBG590065:IBG590115 HRK590065:HRK590115 HHO590065:HHO590115 GXS590065:GXS590115 GNW590065:GNW590115 GEA590065:GEA590115 FUE590065:FUE590115 FKI590065:FKI590115 FAM590065:FAM590115 EQQ590065:EQQ590115 EGU590065:EGU590115 DWY590065:DWY590115 DNC590065:DNC590115 DDG590065:DDG590115 CTK590065:CTK590115 CJO590065:CJO590115 BZS590065:BZS590115 BPW590065:BPW590115 BGA590065:BGA590115 AWE590065:AWE590115 AMI590065:AMI590115 ACM590065:ACM590115 SQ590065:SQ590115 IU590065:IU590115 E590043:E590093 WVG524529:WVG524579 WLK524529:WLK524579 WBO524529:WBO524579 VRS524529:VRS524579 VHW524529:VHW524579 UYA524529:UYA524579 UOE524529:UOE524579 UEI524529:UEI524579 TUM524529:TUM524579 TKQ524529:TKQ524579 TAU524529:TAU524579 SQY524529:SQY524579 SHC524529:SHC524579 RXG524529:RXG524579 RNK524529:RNK524579 RDO524529:RDO524579 QTS524529:QTS524579 QJW524529:QJW524579 QAA524529:QAA524579 PQE524529:PQE524579 PGI524529:PGI524579 OWM524529:OWM524579 OMQ524529:OMQ524579 OCU524529:OCU524579 NSY524529:NSY524579 NJC524529:NJC524579 MZG524529:MZG524579 MPK524529:MPK524579 MFO524529:MFO524579 LVS524529:LVS524579 LLW524529:LLW524579 LCA524529:LCA524579 KSE524529:KSE524579 KII524529:KII524579 JYM524529:JYM524579 JOQ524529:JOQ524579 JEU524529:JEU524579 IUY524529:IUY524579 ILC524529:ILC524579 IBG524529:IBG524579 HRK524529:HRK524579 HHO524529:HHO524579 GXS524529:GXS524579 GNW524529:GNW524579 GEA524529:GEA524579 FUE524529:FUE524579 FKI524529:FKI524579 FAM524529:FAM524579 EQQ524529:EQQ524579 EGU524529:EGU524579 DWY524529:DWY524579 DNC524529:DNC524579 DDG524529:DDG524579 CTK524529:CTK524579 CJO524529:CJO524579 BZS524529:BZS524579 BPW524529:BPW524579 BGA524529:BGA524579 AWE524529:AWE524579 AMI524529:AMI524579 ACM524529:ACM524579 SQ524529:SQ524579 IU524529:IU524579 E524507:E524557 WVG458993:WVG459043 WLK458993:WLK459043 WBO458993:WBO459043 VRS458993:VRS459043 VHW458993:VHW459043 UYA458993:UYA459043 UOE458993:UOE459043 UEI458993:UEI459043 TUM458993:TUM459043 TKQ458993:TKQ459043 TAU458993:TAU459043 SQY458993:SQY459043 SHC458993:SHC459043 RXG458993:RXG459043 RNK458993:RNK459043 RDO458993:RDO459043 QTS458993:QTS459043 QJW458993:QJW459043 QAA458993:QAA459043 PQE458993:PQE459043 PGI458993:PGI459043 OWM458993:OWM459043 OMQ458993:OMQ459043 OCU458993:OCU459043 NSY458993:NSY459043 NJC458993:NJC459043 MZG458993:MZG459043 MPK458993:MPK459043 MFO458993:MFO459043 LVS458993:LVS459043 LLW458993:LLW459043 LCA458993:LCA459043 KSE458993:KSE459043 KII458993:KII459043 JYM458993:JYM459043 JOQ458993:JOQ459043 JEU458993:JEU459043 IUY458993:IUY459043 ILC458993:ILC459043 IBG458993:IBG459043 HRK458993:HRK459043 HHO458993:HHO459043 GXS458993:GXS459043 GNW458993:GNW459043 GEA458993:GEA459043 FUE458993:FUE459043 FKI458993:FKI459043 FAM458993:FAM459043 EQQ458993:EQQ459043 EGU458993:EGU459043 DWY458993:DWY459043 DNC458993:DNC459043 DDG458993:DDG459043 CTK458993:CTK459043 CJO458993:CJO459043 BZS458993:BZS459043 BPW458993:BPW459043 BGA458993:BGA459043 AWE458993:AWE459043 AMI458993:AMI459043 ACM458993:ACM459043 SQ458993:SQ459043 IU458993:IU459043 E458971:E459021 WVG393457:WVG393507 WLK393457:WLK393507 WBO393457:WBO393507 VRS393457:VRS393507 VHW393457:VHW393507 UYA393457:UYA393507 UOE393457:UOE393507 UEI393457:UEI393507 TUM393457:TUM393507 TKQ393457:TKQ393507 TAU393457:TAU393507 SQY393457:SQY393507 SHC393457:SHC393507 RXG393457:RXG393507 RNK393457:RNK393507 RDO393457:RDO393507 QTS393457:QTS393507 QJW393457:QJW393507 QAA393457:QAA393507 PQE393457:PQE393507 PGI393457:PGI393507 OWM393457:OWM393507 OMQ393457:OMQ393507 OCU393457:OCU393507 NSY393457:NSY393507 NJC393457:NJC393507 MZG393457:MZG393507 MPK393457:MPK393507 MFO393457:MFO393507 LVS393457:LVS393507 LLW393457:LLW393507 LCA393457:LCA393507 KSE393457:KSE393507 KII393457:KII393507 JYM393457:JYM393507 JOQ393457:JOQ393507 JEU393457:JEU393507 IUY393457:IUY393507 ILC393457:ILC393507 IBG393457:IBG393507 HRK393457:HRK393507 HHO393457:HHO393507 GXS393457:GXS393507 GNW393457:GNW393507 GEA393457:GEA393507 FUE393457:FUE393507 FKI393457:FKI393507 FAM393457:FAM393507 EQQ393457:EQQ393507 EGU393457:EGU393507 DWY393457:DWY393507 DNC393457:DNC393507 DDG393457:DDG393507 CTK393457:CTK393507 CJO393457:CJO393507 BZS393457:BZS393507 BPW393457:BPW393507 BGA393457:BGA393507 AWE393457:AWE393507 AMI393457:AMI393507 ACM393457:ACM393507 SQ393457:SQ393507 IU393457:IU393507 E393435:E393485 WVG327921:WVG327971 WLK327921:WLK327971 WBO327921:WBO327971 VRS327921:VRS327971 VHW327921:VHW327971 UYA327921:UYA327971 UOE327921:UOE327971 UEI327921:UEI327971 TUM327921:TUM327971 TKQ327921:TKQ327971 TAU327921:TAU327971 SQY327921:SQY327971 SHC327921:SHC327971 RXG327921:RXG327971 RNK327921:RNK327971 RDO327921:RDO327971 QTS327921:QTS327971 QJW327921:QJW327971 QAA327921:QAA327971 PQE327921:PQE327971 PGI327921:PGI327971 OWM327921:OWM327971 OMQ327921:OMQ327971 OCU327921:OCU327971 NSY327921:NSY327971 NJC327921:NJC327971 MZG327921:MZG327971 MPK327921:MPK327971 MFO327921:MFO327971 LVS327921:LVS327971 LLW327921:LLW327971 LCA327921:LCA327971 KSE327921:KSE327971 KII327921:KII327971 JYM327921:JYM327971 JOQ327921:JOQ327971 JEU327921:JEU327971 IUY327921:IUY327971 ILC327921:ILC327971 IBG327921:IBG327971 HRK327921:HRK327971 HHO327921:HHO327971 GXS327921:GXS327971 GNW327921:GNW327971 GEA327921:GEA327971 FUE327921:FUE327971 FKI327921:FKI327971 FAM327921:FAM327971 EQQ327921:EQQ327971 EGU327921:EGU327971 DWY327921:DWY327971 DNC327921:DNC327971 DDG327921:DDG327971 CTK327921:CTK327971 CJO327921:CJO327971 BZS327921:BZS327971 BPW327921:BPW327971 BGA327921:BGA327971 AWE327921:AWE327971 AMI327921:AMI327971 ACM327921:ACM327971 SQ327921:SQ327971 IU327921:IU327971 E327899:E327949 WVG262385:WVG262435 WLK262385:WLK262435 WBO262385:WBO262435 VRS262385:VRS262435 VHW262385:VHW262435 UYA262385:UYA262435 UOE262385:UOE262435 UEI262385:UEI262435 TUM262385:TUM262435 TKQ262385:TKQ262435 TAU262385:TAU262435 SQY262385:SQY262435 SHC262385:SHC262435 RXG262385:RXG262435 RNK262385:RNK262435 RDO262385:RDO262435 QTS262385:QTS262435 QJW262385:QJW262435 QAA262385:QAA262435 PQE262385:PQE262435 PGI262385:PGI262435 OWM262385:OWM262435 OMQ262385:OMQ262435 OCU262385:OCU262435 NSY262385:NSY262435 NJC262385:NJC262435 MZG262385:MZG262435 MPK262385:MPK262435 MFO262385:MFO262435 LVS262385:LVS262435 LLW262385:LLW262435 LCA262385:LCA262435 KSE262385:KSE262435 KII262385:KII262435 JYM262385:JYM262435 JOQ262385:JOQ262435 JEU262385:JEU262435 IUY262385:IUY262435 ILC262385:ILC262435 IBG262385:IBG262435 HRK262385:HRK262435 HHO262385:HHO262435 GXS262385:GXS262435 GNW262385:GNW262435 GEA262385:GEA262435 FUE262385:FUE262435 FKI262385:FKI262435 FAM262385:FAM262435 EQQ262385:EQQ262435 EGU262385:EGU262435 DWY262385:DWY262435 DNC262385:DNC262435 DDG262385:DDG262435 CTK262385:CTK262435 CJO262385:CJO262435 BZS262385:BZS262435 BPW262385:BPW262435 BGA262385:BGA262435 AWE262385:AWE262435 AMI262385:AMI262435 ACM262385:ACM262435 SQ262385:SQ262435 IU262385:IU262435 E262363:E262413 WVG196849:WVG196899 WLK196849:WLK196899 WBO196849:WBO196899 VRS196849:VRS196899 VHW196849:VHW196899 UYA196849:UYA196899 UOE196849:UOE196899 UEI196849:UEI196899 TUM196849:TUM196899 TKQ196849:TKQ196899 TAU196849:TAU196899 SQY196849:SQY196899 SHC196849:SHC196899 RXG196849:RXG196899 RNK196849:RNK196899 RDO196849:RDO196899 QTS196849:QTS196899 QJW196849:QJW196899 QAA196849:QAA196899 PQE196849:PQE196899 PGI196849:PGI196899 OWM196849:OWM196899 OMQ196849:OMQ196899 OCU196849:OCU196899 NSY196849:NSY196899 NJC196849:NJC196899 MZG196849:MZG196899 MPK196849:MPK196899 MFO196849:MFO196899 LVS196849:LVS196899 LLW196849:LLW196899 LCA196849:LCA196899 KSE196849:KSE196899 KII196849:KII196899 JYM196849:JYM196899 JOQ196849:JOQ196899 JEU196849:JEU196899 IUY196849:IUY196899 ILC196849:ILC196899 IBG196849:IBG196899 HRK196849:HRK196899 HHO196849:HHO196899 GXS196849:GXS196899 GNW196849:GNW196899 GEA196849:GEA196899 FUE196849:FUE196899 FKI196849:FKI196899 FAM196849:FAM196899 EQQ196849:EQQ196899 EGU196849:EGU196899 DWY196849:DWY196899 DNC196849:DNC196899 DDG196849:DDG196899 CTK196849:CTK196899 CJO196849:CJO196899 BZS196849:BZS196899 BPW196849:BPW196899 BGA196849:BGA196899 AWE196849:AWE196899 AMI196849:AMI196899 ACM196849:ACM196899 SQ196849:SQ196899 IU196849:IU196899 E196827:E196877 WVG131313:WVG131363 WLK131313:WLK131363 WBO131313:WBO131363 VRS131313:VRS131363 VHW131313:VHW131363 UYA131313:UYA131363 UOE131313:UOE131363 UEI131313:UEI131363 TUM131313:TUM131363 TKQ131313:TKQ131363 TAU131313:TAU131363 SQY131313:SQY131363 SHC131313:SHC131363 RXG131313:RXG131363 RNK131313:RNK131363 RDO131313:RDO131363 QTS131313:QTS131363 QJW131313:QJW131363 QAA131313:QAA131363 PQE131313:PQE131363 PGI131313:PGI131363 OWM131313:OWM131363 OMQ131313:OMQ131363 OCU131313:OCU131363 NSY131313:NSY131363 NJC131313:NJC131363 MZG131313:MZG131363 MPK131313:MPK131363 MFO131313:MFO131363 LVS131313:LVS131363 LLW131313:LLW131363 LCA131313:LCA131363 KSE131313:KSE131363 KII131313:KII131363 JYM131313:JYM131363 JOQ131313:JOQ131363 JEU131313:JEU131363 IUY131313:IUY131363 ILC131313:ILC131363 IBG131313:IBG131363 HRK131313:HRK131363 HHO131313:HHO131363 GXS131313:GXS131363 GNW131313:GNW131363 GEA131313:GEA131363 FUE131313:FUE131363 FKI131313:FKI131363 FAM131313:FAM131363 EQQ131313:EQQ131363 EGU131313:EGU131363 DWY131313:DWY131363 DNC131313:DNC131363 DDG131313:DDG131363 CTK131313:CTK131363 CJO131313:CJO131363 BZS131313:BZS131363 BPW131313:BPW131363 BGA131313:BGA131363 AWE131313:AWE131363 AMI131313:AMI131363 ACM131313:ACM131363 SQ131313:SQ131363 IU131313:IU131363 E131291:E131341 WVG65777:WVG65827 WLK65777:WLK65827 WBO65777:WBO65827 VRS65777:VRS65827 VHW65777:VHW65827 UYA65777:UYA65827 UOE65777:UOE65827 UEI65777:UEI65827 TUM65777:TUM65827 TKQ65777:TKQ65827 TAU65777:TAU65827 SQY65777:SQY65827 SHC65777:SHC65827 RXG65777:RXG65827 RNK65777:RNK65827 RDO65777:RDO65827 QTS65777:QTS65827 QJW65777:QJW65827 QAA65777:QAA65827 PQE65777:PQE65827 PGI65777:PGI65827 OWM65777:OWM65827 OMQ65777:OMQ65827 OCU65777:OCU65827 NSY65777:NSY65827 NJC65777:NJC65827 MZG65777:MZG65827 MPK65777:MPK65827 MFO65777:MFO65827 LVS65777:LVS65827 LLW65777:LLW65827 LCA65777:LCA65827 KSE65777:KSE65827 KII65777:KII65827 JYM65777:JYM65827 JOQ65777:JOQ65827 JEU65777:JEU65827 IUY65777:IUY65827 ILC65777:ILC65827 IBG65777:IBG65827 HRK65777:HRK65827 HHO65777:HHO65827 GXS65777:GXS65827 GNW65777:GNW65827 GEA65777:GEA65827 FUE65777:FUE65827 FKI65777:FKI65827 FAM65777:FAM65827 EQQ65777:EQQ65827 EGU65777:EGU65827 DWY65777:DWY65827 DNC65777:DNC65827 DDG65777:DDG65827 CTK65777:CTK65827 CJO65777:CJO65827 BZS65777:BZS65827 BPW65777:BPW65827 BGA65777:BGA65827 AWE65777:AWE65827 AMI65777:AMI65827 ACM65777:ACM65827 SQ65777:SQ65827 IU65777:IU65827 E65755:E65805 IL22:IL267 SH22:SH267 ACD22:ACD267 ALZ22:ALZ267 AVV22:AVV267 BFR22:BFR267 BPN22:BPN267 BZJ22:BZJ267 CJF22:CJF267 CTB22:CTB267 DCX22:DCX267 DMT22:DMT267 DWP22:DWP267 EGL22:EGL267 EQH22:EQH267 FAD22:FAD267 FJZ22:FJZ267 FTV22:FTV267 GDR22:GDR267 GNN22:GNN267 GXJ22:GXJ267 HHF22:HHF267 HRB22:HRB267 IAX22:IAX267 IKT22:IKT267 IUP22:IUP267 JEL22:JEL267 JOH22:JOH267 JYD22:JYD267 KHZ22:KHZ267 KRV22:KRV267 LBR22:LBR267 LLN22:LLN267 LVJ22:LVJ267 MFF22:MFF267 MPB22:MPB267 MYX22:MYX267 NIT22:NIT267 NSP22:NSP267 OCL22:OCL267 OMH22:OMH267 OWD22:OWD267 PFZ22:PFZ267 PPV22:PPV267 PZR22:PZR267 QJN22:QJN267 QTJ22:QTJ267 RDF22:RDF267 RNB22:RNB267 RWX22:RWX267 SGT22:SGT267 SQP22:SQP267 TAL22:TAL267 TKH22:TKH267 TUD22:TUD267 UDZ22:UDZ267 UNV22:UNV267 UXR22:UXR267 VHN22:VHN267 VRJ22:VRJ267 WBF22:WBF267 WLB22:WLB267 WUX22:WUX267" xr:uid="{5C815FD9-3817-401F-974F-88DCFA7A203E}">
       <formula1>#REF!</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65774:TB65795 JB65774:JF65795 WVN983278:WVR983299 WLR983278:WLV983299 WBV983278:WBZ983299 VRZ983278:VSD983299 VID983278:VIH983299 UYH983278:UYL983299 UOL983278:UOP983299 UEP983278:UET983299 TUT983278:TUX983299 TKX983278:TLB983299 TBB983278:TBF983299 SRF983278:SRJ983299 SHJ983278:SHN983299 RXN983278:RXR983299 RNR983278:RNV983299 RDV983278:RDZ983299 QTZ983278:QUD983299 QKD983278:QKH983299 QAH983278:QAL983299 PQL983278:PQP983299 PGP983278:PGT983299 OWT983278:OWX983299 OMX983278:ONB983299 ODB983278:ODF983299 NTF983278:NTJ983299 NJJ983278:NJN983299 MZN983278:MZR983299 MPR983278:MPV983299 MFV983278:MFZ983299 LVZ983278:LWD983299 LMD983278:LMH983299 LCH983278:LCL983299 KSL983278:KSP983299 KIP983278:KIT983299 JYT983278:JYX983299 JOX983278:JPB983299 JFB983278:JFF983299 IVF983278:IVJ983299 ILJ983278:ILN983299 IBN983278:IBR983299 HRR983278:HRV983299 HHV983278:HHZ983299 GXZ983278:GYD983299 GOD983278:GOH983299 GEH983278:GEL983299 FUL983278:FUP983299 FKP983278:FKT983299 FAT983278:FAX983299 EQX983278:ERB983299 EHB983278:EHF983299 DXF983278:DXJ983299 DNJ983278:DNN983299 DDN983278:DDR983299 CTR983278:CTV983299 CJV983278:CJZ983299 BZZ983278:CAD983299 BQD983278:BQH983299 BGH983278:BGL983299 AWL983278:AWP983299 AMP983278:AMT983299 ACT983278:ACX983299 SX983278:TB983299 JB983278:JF983299 WVN917742:WVR917763 WLR917742:WLV917763 WBV917742:WBZ917763 VRZ917742:VSD917763 VID917742:VIH917763 UYH917742:UYL917763 UOL917742:UOP917763 UEP917742:UET917763 TUT917742:TUX917763 TKX917742:TLB917763 TBB917742:TBF917763 SRF917742:SRJ917763 SHJ917742:SHN917763 RXN917742:RXR917763 RNR917742:RNV917763 RDV917742:RDZ917763 QTZ917742:QUD917763 QKD917742:QKH917763 QAH917742:QAL917763 PQL917742:PQP917763 PGP917742:PGT917763 OWT917742:OWX917763 OMX917742:ONB917763 ODB917742:ODF917763 NTF917742:NTJ917763 NJJ917742:NJN917763 MZN917742:MZR917763 MPR917742:MPV917763 MFV917742:MFZ917763 LVZ917742:LWD917763 LMD917742:LMH917763 LCH917742:LCL917763 KSL917742:KSP917763 KIP917742:KIT917763 JYT917742:JYX917763 JOX917742:JPB917763 JFB917742:JFF917763 IVF917742:IVJ917763 ILJ917742:ILN917763 IBN917742:IBR917763 HRR917742:HRV917763 HHV917742:HHZ917763 GXZ917742:GYD917763 GOD917742:GOH917763 GEH917742:GEL917763 FUL917742:FUP917763 FKP917742:FKT917763 FAT917742:FAX917763 EQX917742:ERB917763 EHB917742:EHF917763 DXF917742:DXJ917763 DNJ917742:DNN917763 DDN917742:DDR917763 CTR917742:CTV917763 CJV917742:CJZ917763 BZZ917742:CAD917763 BQD917742:BQH917763 BGH917742:BGL917763 AWL917742:AWP917763 AMP917742:AMT917763 ACT917742:ACX917763 SX917742:TB917763 JB917742:JF917763 WVN852206:WVR852227 WLR852206:WLV852227 WBV852206:WBZ852227 VRZ852206:VSD852227 VID852206:VIH852227 UYH852206:UYL852227 UOL852206:UOP852227 UEP852206:UET852227 TUT852206:TUX852227 TKX852206:TLB852227 TBB852206:TBF852227 SRF852206:SRJ852227 SHJ852206:SHN852227 RXN852206:RXR852227 RNR852206:RNV852227 RDV852206:RDZ852227 QTZ852206:QUD852227 QKD852206:QKH852227 QAH852206:QAL852227 PQL852206:PQP852227 PGP852206:PGT852227 OWT852206:OWX852227 OMX852206:ONB852227 ODB852206:ODF852227 NTF852206:NTJ852227 NJJ852206:NJN852227 MZN852206:MZR852227 MPR852206:MPV852227 MFV852206:MFZ852227 LVZ852206:LWD852227 LMD852206:LMH852227 LCH852206:LCL852227 KSL852206:KSP852227 KIP852206:KIT852227 JYT852206:JYX852227 JOX852206:JPB852227 JFB852206:JFF852227 IVF852206:IVJ852227 ILJ852206:ILN852227 IBN852206:IBR852227 HRR852206:HRV852227 HHV852206:HHZ852227 GXZ852206:GYD852227 GOD852206:GOH852227 GEH852206:GEL852227 FUL852206:FUP852227 FKP852206:FKT852227 FAT852206:FAX852227 EQX852206:ERB852227 EHB852206:EHF852227 DXF852206:DXJ852227 DNJ852206:DNN852227 DDN852206:DDR852227 CTR852206:CTV852227 CJV852206:CJZ852227 BZZ852206:CAD852227 BQD852206:BQH852227 BGH852206:BGL852227 AWL852206:AWP852227 AMP852206:AMT852227 ACT852206:ACX852227 SX852206:TB852227 JB852206:JF852227 WVN786670:WVR786691 WLR786670:WLV786691 WBV786670:WBZ786691 VRZ786670:VSD786691 VID786670:VIH786691 UYH786670:UYL786691 UOL786670:UOP786691 UEP786670:UET786691 TUT786670:TUX786691 TKX786670:TLB786691 TBB786670:TBF786691 SRF786670:SRJ786691 SHJ786670:SHN786691 RXN786670:RXR786691 RNR786670:RNV786691 RDV786670:RDZ786691 QTZ786670:QUD786691 QKD786670:QKH786691 QAH786670:QAL786691 PQL786670:PQP786691 PGP786670:PGT786691 OWT786670:OWX786691 OMX786670:ONB786691 ODB786670:ODF786691 NTF786670:NTJ786691 NJJ786670:NJN786691 MZN786670:MZR786691 MPR786670:MPV786691 MFV786670:MFZ786691 LVZ786670:LWD786691 LMD786670:LMH786691 LCH786670:LCL786691 KSL786670:KSP786691 KIP786670:KIT786691 JYT786670:JYX786691 JOX786670:JPB786691 JFB786670:JFF786691 IVF786670:IVJ786691 ILJ786670:ILN786691 IBN786670:IBR786691 HRR786670:HRV786691 HHV786670:HHZ786691 GXZ786670:GYD786691 GOD786670:GOH786691 GEH786670:GEL786691 FUL786670:FUP786691 FKP786670:FKT786691 FAT786670:FAX786691 EQX786670:ERB786691 EHB786670:EHF786691 DXF786670:DXJ786691 DNJ786670:DNN786691 DDN786670:DDR786691 CTR786670:CTV786691 CJV786670:CJZ786691 BZZ786670:CAD786691 BQD786670:BQH786691 BGH786670:BGL786691 AWL786670:AWP786691 AMP786670:AMT786691 ACT786670:ACX786691 SX786670:TB786691 JB786670:JF786691 WVN721134:WVR721155 WLR721134:WLV721155 WBV721134:WBZ721155 VRZ721134:VSD721155 VID721134:VIH721155 UYH721134:UYL721155 UOL721134:UOP721155 UEP721134:UET721155 TUT721134:TUX721155 TKX721134:TLB721155 TBB721134:TBF721155 SRF721134:SRJ721155 SHJ721134:SHN721155 RXN721134:RXR721155 RNR721134:RNV721155 RDV721134:RDZ721155 QTZ721134:QUD721155 QKD721134:QKH721155 QAH721134:QAL721155 PQL721134:PQP721155 PGP721134:PGT721155 OWT721134:OWX721155 OMX721134:ONB721155 ODB721134:ODF721155 NTF721134:NTJ721155 NJJ721134:NJN721155 MZN721134:MZR721155 MPR721134:MPV721155 MFV721134:MFZ721155 LVZ721134:LWD721155 LMD721134:LMH721155 LCH721134:LCL721155 KSL721134:KSP721155 KIP721134:KIT721155 JYT721134:JYX721155 JOX721134:JPB721155 JFB721134:JFF721155 IVF721134:IVJ721155 ILJ721134:ILN721155 IBN721134:IBR721155 HRR721134:HRV721155 HHV721134:HHZ721155 GXZ721134:GYD721155 GOD721134:GOH721155 GEH721134:GEL721155 FUL721134:FUP721155 FKP721134:FKT721155 FAT721134:FAX721155 EQX721134:ERB721155 EHB721134:EHF721155 DXF721134:DXJ721155 DNJ721134:DNN721155 DDN721134:DDR721155 CTR721134:CTV721155 CJV721134:CJZ721155 BZZ721134:CAD721155 BQD721134:BQH721155 BGH721134:BGL721155 AWL721134:AWP721155 AMP721134:AMT721155 ACT721134:ACX721155 SX721134:TB721155 JB721134:JF721155 WVN655598:WVR655619 WLR655598:WLV655619 WBV655598:WBZ655619 VRZ655598:VSD655619 VID655598:VIH655619 UYH655598:UYL655619 UOL655598:UOP655619 UEP655598:UET655619 TUT655598:TUX655619 TKX655598:TLB655619 TBB655598:TBF655619 SRF655598:SRJ655619 SHJ655598:SHN655619 RXN655598:RXR655619 RNR655598:RNV655619 RDV655598:RDZ655619 QTZ655598:QUD655619 QKD655598:QKH655619 QAH655598:QAL655619 PQL655598:PQP655619 PGP655598:PGT655619 OWT655598:OWX655619 OMX655598:ONB655619 ODB655598:ODF655619 NTF655598:NTJ655619 NJJ655598:NJN655619 MZN655598:MZR655619 MPR655598:MPV655619 MFV655598:MFZ655619 LVZ655598:LWD655619 LMD655598:LMH655619 LCH655598:LCL655619 KSL655598:KSP655619 KIP655598:KIT655619 JYT655598:JYX655619 JOX655598:JPB655619 JFB655598:JFF655619 IVF655598:IVJ655619 ILJ655598:ILN655619 IBN655598:IBR655619 HRR655598:HRV655619 HHV655598:HHZ655619 GXZ655598:GYD655619 GOD655598:GOH655619 GEH655598:GEL655619 FUL655598:FUP655619 FKP655598:FKT655619 FAT655598:FAX655619 EQX655598:ERB655619 EHB655598:EHF655619 DXF655598:DXJ655619 DNJ655598:DNN655619 DDN655598:DDR655619 CTR655598:CTV655619 CJV655598:CJZ655619 BZZ655598:CAD655619 BQD655598:BQH655619 BGH655598:BGL655619 AWL655598:AWP655619 AMP655598:AMT655619 ACT655598:ACX655619 SX655598:TB655619 JB655598:JF655619 WVN590062:WVR590083 WLR590062:WLV590083 WBV590062:WBZ590083 VRZ590062:VSD590083 VID590062:VIH590083 UYH590062:UYL590083 UOL590062:UOP590083 UEP590062:UET590083 TUT590062:TUX590083 TKX590062:TLB590083 TBB590062:TBF590083 SRF590062:SRJ590083 SHJ590062:SHN590083 RXN590062:RXR590083 RNR590062:RNV590083 RDV590062:RDZ590083 QTZ590062:QUD590083 QKD590062:QKH590083 QAH590062:QAL590083 PQL590062:PQP590083 PGP590062:PGT590083 OWT590062:OWX590083 OMX590062:ONB590083 ODB590062:ODF590083 NTF590062:NTJ590083 NJJ590062:NJN590083 MZN590062:MZR590083 MPR590062:MPV590083 MFV590062:MFZ590083 LVZ590062:LWD590083 LMD590062:LMH590083 LCH590062:LCL590083 KSL590062:KSP590083 KIP590062:KIT590083 JYT590062:JYX590083 JOX590062:JPB590083 JFB590062:JFF590083 IVF590062:IVJ590083 ILJ590062:ILN590083 IBN590062:IBR590083 HRR590062:HRV590083 HHV590062:HHZ590083 GXZ590062:GYD590083 GOD590062:GOH590083 GEH590062:GEL590083 FUL590062:FUP590083 FKP590062:FKT590083 FAT590062:FAX590083 EQX590062:ERB590083 EHB590062:EHF590083 DXF590062:DXJ590083 DNJ590062:DNN590083 DDN590062:DDR590083 CTR590062:CTV590083 CJV590062:CJZ590083 BZZ590062:CAD590083 BQD590062:BQH590083 BGH590062:BGL590083 AWL590062:AWP590083 AMP590062:AMT590083 ACT590062:ACX590083 SX590062:TB590083 JB590062:JF590083 WVN524526:WVR524547 WLR524526:WLV524547 WBV524526:WBZ524547 VRZ524526:VSD524547 VID524526:VIH524547 UYH524526:UYL524547 UOL524526:UOP524547 UEP524526:UET524547 TUT524526:TUX524547 TKX524526:TLB524547 TBB524526:TBF524547 SRF524526:SRJ524547 SHJ524526:SHN524547 RXN524526:RXR524547 RNR524526:RNV524547 RDV524526:RDZ524547 QTZ524526:QUD524547 QKD524526:QKH524547 QAH524526:QAL524547 PQL524526:PQP524547 PGP524526:PGT524547 OWT524526:OWX524547 OMX524526:ONB524547 ODB524526:ODF524547 NTF524526:NTJ524547 NJJ524526:NJN524547 MZN524526:MZR524547 MPR524526:MPV524547 MFV524526:MFZ524547 LVZ524526:LWD524547 LMD524526:LMH524547 LCH524526:LCL524547 KSL524526:KSP524547 KIP524526:KIT524547 JYT524526:JYX524547 JOX524526:JPB524547 JFB524526:JFF524547 IVF524526:IVJ524547 ILJ524526:ILN524547 IBN524526:IBR524547 HRR524526:HRV524547 HHV524526:HHZ524547 GXZ524526:GYD524547 GOD524526:GOH524547 GEH524526:GEL524547 FUL524526:FUP524547 FKP524526:FKT524547 FAT524526:FAX524547 EQX524526:ERB524547 EHB524526:EHF524547 DXF524526:DXJ524547 DNJ524526:DNN524547 DDN524526:DDR524547 CTR524526:CTV524547 CJV524526:CJZ524547 BZZ524526:CAD524547 BQD524526:BQH524547 BGH524526:BGL524547 AWL524526:AWP524547 AMP524526:AMT524547 ACT524526:ACX524547 SX524526:TB524547 JB524526:JF524547 WVN458990:WVR459011 WLR458990:WLV459011 WBV458990:WBZ459011 VRZ458990:VSD459011 VID458990:VIH459011 UYH458990:UYL459011 UOL458990:UOP459011 UEP458990:UET459011 TUT458990:TUX459011 TKX458990:TLB459011 TBB458990:TBF459011 SRF458990:SRJ459011 SHJ458990:SHN459011 RXN458990:RXR459011 RNR458990:RNV459011 RDV458990:RDZ459011 QTZ458990:QUD459011 QKD458990:QKH459011 QAH458990:QAL459011 PQL458990:PQP459011 PGP458990:PGT459011 OWT458990:OWX459011 OMX458990:ONB459011 ODB458990:ODF459011 NTF458990:NTJ459011 NJJ458990:NJN459011 MZN458990:MZR459011 MPR458990:MPV459011 MFV458990:MFZ459011 LVZ458990:LWD459011 LMD458990:LMH459011 LCH458990:LCL459011 KSL458990:KSP459011 KIP458990:KIT459011 JYT458990:JYX459011 JOX458990:JPB459011 JFB458990:JFF459011 IVF458990:IVJ459011 ILJ458990:ILN459011 IBN458990:IBR459011 HRR458990:HRV459011 HHV458990:HHZ459011 GXZ458990:GYD459011 GOD458990:GOH459011 GEH458990:GEL459011 FUL458990:FUP459011 FKP458990:FKT459011 FAT458990:FAX459011 EQX458990:ERB459011 EHB458990:EHF459011 DXF458990:DXJ459011 DNJ458990:DNN459011 DDN458990:DDR459011 CTR458990:CTV459011 CJV458990:CJZ459011 BZZ458990:CAD459011 BQD458990:BQH459011 BGH458990:BGL459011 AWL458990:AWP459011 AMP458990:AMT459011 ACT458990:ACX459011 SX458990:TB459011 JB458990:JF459011 WVN393454:WVR393475 WLR393454:WLV393475 WBV393454:WBZ393475 VRZ393454:VSD393475 VID393454:VIH393475 UYH393454:UYL393475 UOL393454:UOP393475 UEP393454:UET393475 TUT393454:TUX393475 TKX393454:TLB393475 TBB393454:TBF393475 SRF393454:SRJ393475 SHJ393454:SHN393475 RXN393454:RXR393475 RNR393454:RNV393475 RDV393454:RDZ393475 QTZ393454:QUD393475 QKD393454:QKH393475 QAH393454:QAL393475 PQL393454:PQP393475 PGP393454:PGT393475 OWT393454:OWX393475 OMX393454:ONB393475 ODB393454:ODF393475 NTF393454:NTJ393475 NJJ393454:NJN393475 MZN393454:MZR393475 MPR393454:MPV393475 MFV393454:MFZ393475 LVZ393454:LWD393475 LMD393454:LMH393475 LCH393454:LCL393475 KSL393454:KSP393475 KIP393454:KIT393475 JYT393454:JYX393475 JOX393454:JPB393475 JFB393454:JFF393475 IVF393454:IVJ393475 ILJ393454:ILN393475 IBN393454:IBR393475 HRR393454:HRV393475 HHV393454:HHZ393475 GXZ393454:GYD393475 GOD393454:GOH393475 GEH393454:GEL393475 FUL393454:FUP393475 FKP393454:FKT393475 FAT393454:FAX393475 EQX393454:ERB393475 EHB393454:EHF393475 DXF393454:DXJ393475 DNJ393454:DNN393475 DDN393454:DDR393475 CTR393454:CTV393475 CJV393454:CJZ393475 BZZ393454:CAD393475 BQD393454:BQH393475 BGH393454:BGL393475 AWL393454:AWP393475 AMP393454:AMT393475 ACT393454:ACX393475 SX393454:TB393475 JB393454:JF393475 WVN327918:WVR327939 WLR327918:WLV327939 WBV327918:WBZ327939 VRZ327918:VSD327939 VID327918:VIH327939 UYH327918:UYL327939 UOL327918:UOP327939 UEP327918:UET327939 TUT327918:TUX327939 TKX327918:TLB327939 TBB327918:TBF327939 SRF327918:SRJ327939 SHJ327918:SHN327939 RXN327918:RXR327939 RNR327918:RNV327939 RDV327918:RDZ327939 QTZ327918:QUD327939 QKD327918:QKH327939 QAH327918:QAL327939 PQL327918:PQP327939 PGP327918:PGT327939 OWT327918:OWX327939 OMX327918:ONB327939 ODB327918:ODF327939 NTF327918:NTJ327939 NJJ327918:NJN327939 MZN327918:MZR327939 MPR327918:MPV327939 MFV327918:MFZ327939 LVZ327918:LWD327939 LMD327918:LMH327939 LCH327918:LCL327939 KSL327918:KSP327939 KIP327918:KIT327939 JYT327918:JYX327939 JOX327918:JPB327939 JFB327918:JFF327939 IVF327918:IVJ327939 ILJ327918:ILN327939 IBN327918:IBR327939 HRR327918:HRV327939 HHV327918:HHZ327939 GXZ327918:GYD327939 GOD327918:GOH327939 GEH327918:GEL327939 FUL327918:FUP327939 FKP327918:FKT327939 FAT327918:FAX327939 EQX327918:ERB327939 EHB327918:EHF327939 DXF327918:DXJ327939 DNJ327918:DNN327939 DDN327918:DDR327939 CTR327918:CTV327939 CJV327918:CJZ327939 BZZ327918:CAD327939 BQD327918:BQH327939 BGH327918:BGL327939 AWL327918:AWP327939 AMP327918:AMT327939 ACT327918:ACX327939 SX327918:TB327939 JB327918:JF327939 WVN262382:WVR262403 WLR262382:WLV262403 WBV262382:WBZ262403 VRZ262382:VSD262403 VID262382:VIH262403 UYH262382:UYL262403 UOL262382:UOP262403 UEP262382:UET262403 TUT262382:TUX262403 TKX262382:TLB262403 TBB262382:TBF262403 SRF262382:SRJ262403 SHJ262382:SHN262403 RXN262382:RXR262403 RNR262382:RNV262403 RDV262382:RDZ262403 QTZ262382:QUD262403 QKD262382:QKH262403 QAH262382:QAL262403 PQL262382:PQP262403 PGP262382:PGT262403 OWT262382:OWX262403 OMX262382:ONB262403 ODB262382:ODF262403 NTF262382:NTJ262403 NJJ262382:NJN262403 MZN262382:MZR262403 MPR262382:MPV262403 MFV262382:MFZ262403 LVZ262382:LWD262403 LMD262382:LMH262403 LCH262382:LCL262403 KSL262382:KSP262403 KIP262382:KIT262403 JYT262382:JYX262403 JOX262382:JPB262403 JFB262382:JFF262403 IVF262382:IVJ262403 ILJ262382:ILN262403 IBN262382:IBR262403 HRR262382:HRV262403 HHV262382:HHZ262403 GXZ262382:GYD262403 GOD262382:GOH262403 GEH262382:GEL262403 FUL262382:FUP262403 FKP262382:FKT262403 FAT262382:FAX262403 EQX262382:ERB262403 EHB262382:EHF262403 DXF262382:DXJ262403 DNJ262382:DNN262403 DDN262382:DDR262403 CTR262382:CTV262403 CJV262382:CJZ262403 BZZ262382:CAD262403 BQD262382:BQH262403 BGH262382:BGL262403 AWL262382:AWP262403 AMP262382:AMT262403 ACT262382:ACX262403 SX262382:TB262403 JB262382:JF262403 WVN196846:WVR196867 WLR196846:WLV196867 WBV196846:WBZ196867 VRZ196846:VSD196867 VID196846:VIH196867 UYH196846:UYL196867 UOL196846:UOP196867 UEP196846:UET196867 TUT196846:TUX196867 TKX196846:TLB196867 TBB196846:TBF196867 SRF196846:SRJ196867 SHJ196846:SHN196867 RXN196846:RXR196867 RNR196846:RNV196867 RDV196846:RDZ196867 QTZ196846:QUD196867 QKD196846:QKH196867 QAH196846:QAL196867 PQL196846:PQP196867 PGP196846:PGT196867 OWT196846:OWX196867 OMX196846:ONB196867 ODB196846:ODF196867 NTF196846:NTJ196867 NJJ196846:NJN196867 MZN196846:MZR196867 MPR196846:MPV196867 MFV196846:MFZ196867 LVZ196846:LWD196867 LMD196846:LMH196867 LCH196846:LCL196867 KSL196846:KSP196867 KIP196846:KIT196867 JYT196846:JYX196867 JOX196846:JPB196867 JFB196846:JFF196867 IVF196846:IVJ196867 ILJ196846:ILN196867 IBN196846:IBR196867 HRR196846:HRV196867 HHV196846:HHZ196867 GXZ196846:GYD196867 GOD196846:GOH196867 GEH196846:GEL196867 FUL196846:FUP196867 FKP196846:FKT196867 FAT196846:FAX196867 EQX196846:ERB196867 EHB196846:EHF196867 DXF196846:DXJ196867 DNJ196846:DNN196867 DDN196846:DDR196867 CTR196846:CTV196867 CJV196846:CJZ196867 BZZ196846:CAD196867 BQD196846:BQH196867 BGH196846:BGL196867 AWL196846:AWP196867 AMP196846:AMT196867 ACT196846:ACX196867 SX196846:TB196867 JB196846:JF196867 WVN131310:WVR131331 WLR131310:WLV131331 WBV131310:WBZ131331 VRZ131310:VSD131331 VID131310:VIH131331 UYH131310:UYL131331 UOL131310:UOP131331 UEP131310:UET131331 TUT131310:TUX131331 TKX131310:TLB131331 TBB131310:TBF131331 SRF131310:SRJ131331 SHJ131310:SHN131331 RXN131310:RXR131331 RNR131310:RNV131331 RDV131310:RDZ131331 QTZ131310:QUD131331 QKD131310:QKH131331 QAH131310:QAL131331 PQL131310:PQP131331 PGP131310:PGT131331 OWT131310:OWX131331 OMX131310:ONB131331 ODB131310:ODF131331 NTF131310:NTJ131331 NJJ131310:NJN131331 MZN131310:MZR131331 MPR131310:MPV131331 MFV131310:MFZ131331 LVZ131310:LWD131331 LMD131310:LMH131331 LCH131310:LCL131331 KSL131310:KSP131331 KIP131310:KIT131331 JYT131310:JYX131331 JOX131310:JPB131331 JFB131310:JFF131331 IVF131310:IVJ131331 ILJ131310:ILN131331 IBN131310:IBR131331 HRR131310:HRV131331 HHV131310:HHZ131331 GXZ131310:GYD131331 GOD131310:GOH131331 GEH131310:GEL131331 FUL131310:FUP131331 FKP131310:FKT131331 FAT131310:FAX131331 EQX131310:ERB131331 EHB131310:EHF131331 DXF131310:DXJ131331 DNJ131310:DNN131331 DDN131310:DDR131331 CTR131310:CTV131331 CJV131310:CJZ131331 BZZ131310:CAD131331 BQD131310:BQH131331 BGH131310:BGL131331 AWL131310:AWP131331 AMP131310:AMT131331 ACT131310:ACX131331 SX131310:TB131331 JB131310:JF131331 WVN65774:WVR65795 WLR65774:WLV65795 WBV65774:WBZ65795 VRZ65774:VSD65795 VID65774:VIH65795 UYH65774:UYL65795 UOL65774:UOP65795 UEP65774:UET65795 TUT65774:TUX65795 TKX65774:TLB65795 TBB65774:TBF65795 SRF65774:SRJ65795 SHJ65774:SHN65795 RXN65774:RXR65795 RNR65774:RNV65795 RDV65774:RDZ65795 QTZ65774:QUD65795 QKD65774:QKH65795 QAH65774:QAL65795 PQL65774:PQP65795 PGP65774:PGT65795 OWT65774:OWX65795 OMX65774:ONB65795 ODB65774:ODF65795 NTF65774:NTJ65795 NJJ65774:NJN65795 MZN65774:MZR65795 MPR65774:MPV65795 MFV65774:MFZ65795 LVZ65774:LWD65795 LMD65774:LMH65795 LCH65774:LCL65795 KSL65774:KSP65795 KIP65774:KIT65795 JYT65774:JYX65795 JOX65774:JPB65795 JFB65774:JFF65795 IVF65774:IVJ65795 ILJ65774:ILN65795 IBN65774:IBR65795 HRR65774:HRV65795 HHV65774:HHZ65795 GXZ65774:GYD65795 GOD65774:GOH65795 GEH65774:GEL65795 FUL65774:FUP65795 FKP65774:FKT65795 FAT65774:FAX65795 EQX65774:ERB65795 EHB65774:EHF65795 DXF65774:DXJ65795 DNJ65774:DNN65795 DDN65774:DDR65795 CTR65774:CTV65795 CJV65774:CJZ65795 BZZ65774:CAD65795 BQD65774:BQH65795 BGH65774:BGL65795 AWL65774:AWP65795 AMP65774:AMT65795 ACT65774:ACX65795" xr:uid="{88260F5D-68E9-47D0-8DC9-2E8E702B63C6}">
-      <formula1>IF(OR($E65752="f",$E65752="o"),JB65774="",JB65774="x")</formula1>
+    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65777:TB65798 JB65777:JF65798 WVN983281:WVR983302 WLR983281:WLV983302 WBV983281:WBZ983302 VRZ983281:VSD983302 VID983281:VIH983302 UYH983281:UYL983302 UOL983281:UOP983302 UEP983281:UET983302 TUT983281:TUX983302 TKX983281:TLB983302 TBB983281:TBF983302 SRF983281:SRJ983302 SHJ983281:SHN983302 RXN983281:RXR983302 RNR983281:RNV983302 RDV983281:RDZ983302 QTZ983281:QUD983302 QKD983281:QKH983302 QAH983281:QAL983302 PQL983281:PQP983302 PGP983281:PGT983302 OWT983281:OWX983302 OMX983281:ONB983302 ODB983281:ODF983302 NTF983281:NTJ983302 NJJ983281:NJN983302 MZN983281:MZR983302 MPR983281:MPV983302 MFV983281:MFZ983302 LVZ983281:LWD983302 LMD983281:LMH983302 LCH983281:LCL983302 KSL983281:KSP983302 KIP983281:KIT983302 JYT983281:JYX983302 JOX983281:JPB983302 JFB983281:JFF983302 IVF983281:IVJ983302 ILJ983281:ILN983302 IBN983281:IBR983302 HRR983281:HRV983302 HHV983281:HHZ983302 GXZ983281:GYD983302 GOD983281:GOH983302 GEH983281:GEL983302 FUL983281:FUP983302 FKP983281:FKT983302 FAT983281:FAX983302 EQX983281:ERB983302 EHB983281:EHF983302 DXF983281:DXJ983302 DNJ983281:DNN983302 DDN983281:DDR983302 CTR983281:CTV983302 CJV983281:CJZ983302 BZZ983281:CAD983302 BQD983281:BQH983302 BGH983281:BGL983302 AWL983281:AWP983302 AMP983281:AMT983302 ACT983281:ACX983302 SX983281:TB983302 JB983281:JF983302 WVN917745:WVR917766 WLR917745:WLV917766 WBV917745:WBZ917766 VRZ917745:VSD917766 VID917745:VIH917766 UYH917745:UYL917766 UOL917745:UOP917766 UEP917745:UET917766 TUT917745:TUX917766 TKX917745:TLB917766 TBB917745:TBF917766 SRF917745:SRJ917766 SHJ917745:SHN917766 RXN917745:RXR917766 RNR917745:RNV917766 RDV917745:RDZ917766 QTZ917745:QUD917766 QKD917745:QKH917766 QAH917745:QAL917766 PQL917745:PQP917766 PGP917745:PGT917766 OWT917745:OWX917766 OMX917745:ONB917766 ODB917745:ODF917766 NTF917745:NTJ917766 NJJ917745:NJN917766 MZN917745:MZR917766 MPR917745:MPV917766 MFV917745:MFZ917766 LVZ917745:LWD917766 LMD917745:LMH917766 LCH917745:LCL917766 KSL917745:KSP917766 KIP917745:KIT917766 JYT917745:JYX917766 JOX917745:JPB917766 JFB917745:JFF917766 IVF917745:IVJ917766 ILJ917745:ILN917766 IBN917745:IBR917766 HRR917745:HRV917766 HHV917745:HHZ917766 GXZ917745:GYD917766 GOD917745:GOH917766 GEH917745:GEL917766 FUL917745:FUP917766 FKP917745:FKT917766 FAT917745:FAX917766 EQX917745:ERB917766 EHB917745:EHF917766 DXF917745:DXJ917766 DNJ917745:DNN917766 DDN917745:DDR917766 CTR917745:CTV917766 CJV917745:CJZ917766 BZZ917745:CAD917766 BQD917745:BQH917766 BGH917745:BGL917766 AWL917745:AWP917766 AMP917745:AMT917766 ACT917745:ACX917766 SX917745:TB917766 JB917745:JF917766 WVN852209:WVR852230 WLR852209:WLV852230 WBV852209:WBZ852230 VRZ852209:VSD852230 VID852209:VIH852230 UYH852209:UYL852230 UOL852209:UOP852230 UEP852209:UET852230 TUT852209:TUX852230 TKX852209:TLB852230 TBB852209:TBF852230 SRF852209:SRJ852230 SHJ852209:SHN852230 RXN852209:RXR852230 RNR852209:RNV852230 RDV852209:RDZ852230 QTZ852209:QUD852230 QKD852209:QKH852230 QAH852209:QAL852230 PQL852209:PQP852230 PGP852209:PGT852230 OWT852209:OWX852230 OMX852209:ONB852230 ODB852209:ODF852230 NTF852209:NTJ852230 NJJ852209:NJN852230 MZN852209:MZR852230 MPR852209:MPV852230 MFV852209:MFZ852230 LVZ852209:LWD852230 LMD852209:LMH852230 LCH852209:LCL852230 KSL852209:KSP852230 KIP852209:KIT852230 JYT852209:JYX852230 JOX852209:JPB852230 JFB852209:JFF852230 IVF852209:IVJ852230 ILJ852209:ILN852230 IBN852209:IBR852230 HRR852209:HRV852230 HHV852209:HHZ852230 GXZ852209:GYD852230 GOD852209:GOH852230 GEH852209:GEL852230 FUL852209:FUP852230 FKP852209:FKT852230 FAT852209:FAX852230 EQX852209:ERB852230 EHB852209:EHF852230 DXF852209:DXJ852230 DNJ852209:DNN852230 DDN852209:DDR852230 CTR852209:CTV852230 CJV852209:CJZ852230 BZZ852209:CAD852230 BQD852209:BQH852230 BGH852209:BGL852230 AWL852209:AWP852230 AMP852209:AMT852230 ACT852209:ACX852230 SX852209:TB852230 JB852209:JF852230 WVN786673:WVR786694 WLR786673:WLV786694 WBV786673:WBZ786694 VRZ786673:VSD786694 VID786673:VIH786694 UYH786673:UYL786694 UOL786673:UOP786694 UEP786673:UET786694 TUT786673:TUX786694 TKX786673:TLB786694 TBB786673:TBF786694 SRF786673:SRJ786694 SHJ786673:SHN786694 RXN786673:RXR786694 RNR786673:RNV786694 RDV786673:RDZ786694 QTZ786673:QUD786694 QKD786673:QKH786694 QAH786673:QAL786694 PQL786673:PQP786694 PGP786673:PGT786694 OWT786673:OWX786694 OMX786673:ONB786694 ODB786673:ODF786694 NTF786673:NTJ786694 NJJ786673:NJN786694 MZN786673:MZR786694 MPR786673:MPV786694 MFV786673:MFZ786694 LVZ786673:LWD786694 LMD786673:LMH786694 LCH786673:LCL786694 KSL786673:KSP786694 KIP786673:KIT786694 JYT786673:JYX786694 JOX786673:JPB786694 JFB786673:JFF786694 IVF786673:IVJ786694 ILJ786673:ILN786694 IBN786673:IBR786694 HRR786673:HRV786694 HHV786673:HHZ786694 GXZ786673:GYD786694 GOD786673:GOH786694 GEH786673:GEL786694 FUL786673:FUP786694 FKP786673:FKT786694 FAT786673:FAX786694 EQX786673:ERB786694 EHB786673:EHF786694 DXF786673:DXJ786694 DNJ786673:DNN786694 DDN786673:DDR786694 CTR786673:CTV786694 CJV786673:CJZ786694 BZZ786673:CAD786694 BQD786673:BQH786694 BGH786673:BGL786694 AWL786673:AWP786694 AMP786673:AMT786694 ACT786673:ACX786694 SX786673:TB786694 JB786673:JF786694 WVN721137:WVR721158 WLR721137:WLV721158 WBV721137:WBZ721158 VRZ721137:VSD721158 VID721137:VIH721158 UYH721137:UYL721158 UOL721137:UOP721158 UEP721137:UET721158 TUT721137:TUX721158 TKX721137:TLB721158 TBB721137:TBF721158 SRF721137:SRJ721158 SHJ721137:SHN721158 RXN721137:RXR721158 RNR721137:RNV721158 RDV721137:RDZ721158 QTZ721137:QUD721158 QKD721137:QKH721158 QAH721137:QAL721158 PQL721137:PQP721158 PGP721137:PGT721158 OWT721137:OWX721158 OMX721137:ONB721158 ODB721137:ODF721158 NTF721137:NTJ721158 NJJ721137:NJN721158 MZN721137:MZR721158 MPR721137:MPV721158 MFV721137:MFZ721158 LVZ721137:LWD721158 LMD721137:LMH721158 LCH721137:LCL721158 KSL721137:KSP721158 KIP721137:KIT721158 JYT721137:JYX721158 JOX721137:JPB721158 JFB721137:JFF721158 IVF721137:IVJ721158 ILJ721137:ILN721158 IBN721137:IBR721158 HRR721137:HRV721158 HHV721137:HHZ721158 GXZ721137:GYD721158 GOD721137:GOH721158 GEH721137:GEL721158 FUL721137:FUP721158 FKP721137:FKT721158 FAT721137:FAX721158 EQX721137:ERB721158 EHB721137:EHF721158 DXF721137:DXJ721158 DNJ721137:DNN721158 DDN721137:DDR721158 CTR721137:CTV721158 CJV721137:CJZ721158 BZZ721137:CAD721158 BQD721137:BQH721158 BGH721137:BGL721158 AWL721137:AWP721158 AMP721137:AMT721158 ACT721137:ACX721158 SX721137:TB721158 JB721137:JF721158 WVN655601:WVR655622 WLR655601:WLV655622 WBV655601:WBZ655622 VRZ655601:VSD655622 VID655601:VIH655622 UYH655601:UYL655622 UOL655601:UOP655622 UEP655601:UET655622 TUT655601:TUX655622 TKX655601:TLB655622 TBB655601:TBF655622 SRF655601:SRJ655622 SHJ655601:SHN655622 RXN655601:RXR655622 RNR655601:RNV655622 RDV655601:RDZ655622 QTZ655601:QUD655622 QKD655601:QKH655622 QAH655601:QAL655622 PQL655601:PQP655622 PGP655601:PGT655622 OWT655601:OWX655622 OMX655601:ONB655622 ODB655601:ODF655622 NTF655601:NTJ655622 NJJ655601:NJN655622 MZN655601:MZR655622 MPR655601:MPV655622 MFV655601:MFZ655622 LVZ655601:LWD655622 LMD655601:LMH655622 LCH655601:LCL655622 KSL655601:KSP655622 KIP655601:KIT655622 JYT655601:JYX655622 JOX655601:JPB655622 JFB655601:JFF655622 IVF655601:IVJ655622 ILJ655601:ILN655622 IBN655601:IBR655622 HRR655601:HRV655622 HHV655601:HHZ655622 GXZ655601:GYD655622 GOD655601:GOH655622 GEH655601:GEL655622 FUL655601:FUP655622 FKP655601:FKT655622 FAT655601:FAX655622 EQX655601:ERB655622 EHB655601:EHF655622 DXF655601:DXJ655622 DNJ655601:DNN655622 DDN655601:DDR655622 CTR655601:CTV655622 CJV655601:CJZ655622 BZZ655601:CAD655622 BQD655601:BQH655622 BGH655601:BGL655622 AWL655601:AWP655622 AMP655601:AMT655622 ACT655601:ACX655622 SX655601:TB655622 JB655601:JF655622 WVN590065:WVR590086 WLR590065:WLV590086 WBV590065:WBZ590086 VRZ590065:VSD590086 VID590065:VIH590086 UYH590065:UYL590086 UOL590065:UOP590086 UEP590065:UET590086 TUT590065:TUX590086 TKX590065:TLB590086 TBB590065:TBF590086 SRF590065:SRJ590086 SHJ590065:SHN590086 RXN590065:RXR590086 RNR590065:RNV590086 RDV590065:RDZ590086 QTZ590065:QUD590086 QKD590065:QKH590086 QAH590065:QAL590086 PQL590065:PQP590086 PGP590065:PGT590086 OWT590065:OWX590086 OMX590065:ONB590086 ODB590065:ODF590086 NTF590065:NTJ590086 NJJ590065:NJN590086 MZN590065:MZR590086 MPR590065:MPV590086 MFV590065:MFZ590086 LVZ590065:LWD590086 LMD590065:LMH590086 LCH590065:LCL590086 KSL590065:KSP590086 KIP590065:KIT590086 JYT590065:JYX590086 JOX590065:JPB590086 JFB590065:JFF590086 IVF590065:IVJ590086 ILJ590065:ILN590086 IBN590065:IBR590086 HRR590065:HRV590086 HHV590065:HHZ590086 GXZ590065:GYD590086 GOD590065:GOH590086 GEH590065:GEL590086 FUL590065:FUP590086 FKP590065:FKT590086 FAT590065:FAX590086 EQX590065:ERB590086 EHB590065:EHF590086 DXF590065:DXJ590086 DNJ590065:DNN590086 DDN590065:DDR590086 CTR590065:CTV590086 CJV590065:CJZ590086 BZZ590065:CAD590086 BQD590065:BQH590086 BGH590065:BGL590086 AWL590065:AWP590086 AMP590065:AMT590086 ACT590065:ACX590086 SX590065:TB590086 JB590065:JF590086 WVN524529:WVR524550 WLR524529:WLV524550 WBV524529:WBZ524550 VRZ524529:VSD524550 VID524529:VIH524550 UYH524529:UYL524550 UOL524529:UOP524550 UEP524529:UET524550 TUT524529:TUX524550 TKX524529:TLB524550 TBB524529:TBF524550 SRF524529:SRJ524550 SHJ524529:SHN524550 RXN524529:RXR524550 RNR524529:RNV524550 RDV524529:RDZ524550 QTZ524529:QUD524550 QKD524529:QKH524550 QAH524529:QAL524550 PQL524529:PQP524550 PGP524529:PGT524550 OWT524529:OWX524550 OMX524529:ONB524550 ODB524529:ODF524550 NTF524529:NTJ524550 NJJ524529:NJN524550 MZN524529:MZR524550 MPR524529:MPV524550 MFV524529:MFZ524550 LVZ524529:LWD524550 LMD524529:LMH524550 LCH524529:LCL524550 KSL524529:KSP524550 KIP524529:KIT524550 JYT524529:JYX524550 JOX524529:JPB524550 JFB524529:JFF524550 IVF524529:IVJ524550 ILJ524529:ILN524550 IBN524529:IBR524550 HRR524529:HRV524550 HHV524529:HHZ524550 GXZ524529:GYD524550 GOD524529:GOH524550 GEH524529:GEL524550 FUL524529:FUP524550 FKP524529:FKT524550 FAT524529:FAX524550 EQX524529:ERB524550 EHB524529:EHF524550 DXF524529:DXJ524550 DNJ524529:DNN524550 DDN524529:DDR524550 CTR524529:CTV524550 CJV524529:CJZ524550 BZZ524529:CAD524550 BQD524529:BQH524550 BGH524529:BGL524550 AWL524529:AWP524550 AMP524529:AMT524550 ACT524529:ACX524550 SX524529:TB524550 JB524529:JF524550 WVN458993:WVR459014 WLR458993:WLV459014 WBV458993:WBZ459014 VRZ458993:VSD459014 VID458993:VIH459014 UYH458993:UYL459014 UOL458993:UOP459014 UEP458993:UET459014 TUT458993:TUX459014 TKX458993:TLB459014 TBB458993:TBF459014 SRF458993:SRJ459014 SHJ458993:SHN459014 RXN458993:RXR459014 RNR458993:RNV459014 RDV458993:RDZ459014 QTZ458993:QUD459014 QKD458993:QKH459014 QAH458993:QAL459014 PQL458993:PQP459014 PGP458993:PGT459014 OWT458993:OWX459014 OMX458993:ONB459014 ODB458993:ODF459014 NTF458993:NTJ459014 NJJ458993:NJN459014 MZN458993:MZR459014 MPR458993:MPV459014 MFV458993:MFZ459014 LVZ458993:LWD459014 LMD458993:LMH459014 LCH458993:LCL459014 KSL458993:KSP459014 KIP458993:KIT459014 JYT458993:JYX459014 JOX458993:JPB459014 JFB458993:JFF459014 IVF458993:IVJ459014 ILJ458993:ILN459014 IBN458993:IBR459014 HRR458993:HRV459014 HHV458993:HHZ459014 GXZ458993:GYD459014 GOD458993:GOH459014 GEH458993:GEL459014 FUL458993:FUP459014 FKP458993:FKT459014 FAT458993:FAX459014 EQX458993:ERB459014 EHB458993:EHF459014 DXF458993:DXJ459014 DNJ458993:DNN459014 DDN458993:DDR459014 CTR458993:CTV459014 CJV458993:CJZ459014 BZZ458993:CAD459014 BQD458993:BQH459014 BGH458993:BGL459014 AWL458993:AWP459014 AMP458993:AMT459014 ACT458993:ACX459014 SX458993:TB459014 JB458993:JF459014 WVN393457:WVR393478 WLR393457:WLV393478 WBV393457:WBZ393478 VRZ393457:VSD393478 VID393457:VIH393478 UYH393457:UYL393478 UOL393457:UOP393478 UEP393457:UET393478 TUT393457:TUX393478 TKX393457:TLB393478 TBB393457:TBF393478 SRF393457:SRJ393478 SHJ393457:SHN393478 RXN393457:RXR393478 RNR393457:RNV393478 RDV393457:RDZ393478 QTZ393457:QUD393478 QKD393457:QKH393478 QAH393457:QAL393478 PQL393457:PQP393478 PGP393457:PGT393478 OWT393457:OWX393478 OMX393457:ONB393478 ODB393457:ODF393478 NTF393457:NTJ393478 NJJ393457:NJN393478 MZN393457:MZR393478 MPR393457:MPV393478 MFV393457:MFZ393478 LVZ393457:LWD393478 LMD393457:LMH393478 LCH393457:LCL393478 KSL393457:KSP393478 KIP393457:KIT393478 JYT393457:JYX393478 JOX393457:JPB393478 JFB393457:JFF393478 IVF393457:IVJ393478 ILJ393457:ILN393478 IBN393457:IBR393478 HRR393457:HRV393478 HHV393457:HHZ393478 GXZ393457:GYD393478 GOD393457:GOH393478 GEH393457:GEL393478 FUL393457:FUP393478 FKP393457:FKT393478 FAT393457:FAX393478 EQX393457:ERB393478 EHB393457:EHF393478 DXF393457:DXJ393478 DNJ393457:DNN393478 DDN393457:DDR393478 CTR393457:CTV393478 CJV393457:CJZ393478 BZZ393457:CAD393478 BQD393457:BQH393478 BGH393457:BGL393478 AWL393457:AWP393478 AMP393457:AMT393478 ACT393457:ACX393478 SX393457:TB393478 JB393457:JF393478 WVN327921:WVR327942 WLR327921:WLV327942 WBV327921:WBZ327942 VRZ327921:VSD327942 VID327921:VIH327942 UYH327921:UYL327942 UOL327921:UOP327942 UEP327921:UET327942 TUT327921:TUX327942 TKX327921:TLB327942 TBB327921:TBF327942 SRF327921:SRJ327942 SHJ327921:SHN327942 RXN327921:RXR327942 RNR327921:RNV327942 RDV327921:RDZ327942 QTZ327921:QUD327942 QKD327921:QKH327942 QAH327921:QAL327942 PQL327921:PQP327942 PGP327921:PGT327942 OWT327921:OWX327942 OMX327921:ONB327942 ODB327921:ODF327942 NTF327921:NTJ327942 NJJ327921:NJN327942 MZN327921:MZR327942 MPR327921:MPV327942 MFV327921:MFZ327942 LVZ327921:LWD327942 LMD327921:LMH327942 LCH327921:LCL327942 KSL327921:KSP327942 KIP327921:KIT327942 JYT327921:JYX327942 JOX327921:JPB327942 JFB327921:JFF327942 IVF327921:IVJ327942 ILJ327921:ILN327942 IBN327921:IBR327942 HRR327921:HRV327942 HHV327921:HHZ327942 GXZ327921:GYD327942 GOD327921:GOH327942 GEH327921:GEL327942 FUL327921:FUP327942 FKP327921:FKT327942 FAT327921:FAX327942 EQX327921:ERB327942 EHB327921:EHF327942 DXF327921:DXJ327942 DNJ327921:DNN327942 DDN327921:DDR327942 CTR327921:CTV327942 CJV327921:CJZ327942 BZZ327921:CAD327942 BQD327921:BQH327942 BGH327921:BGL327942 AWL327921:AWP327942 AMP327921:AMT327942 ACT327921:ACX327942 SX327921:TB327942 JB327921:JF327942 WVN262385:WVR262406 WLR262385:WLV262406 WBV262385:WBZ262406 VRZ262385:VSD262406 VID262385:VIH262406 UYH262385:UYL262406 UOL262385:UOP262406 UEP262385:UET262406 TUT262385:TUX262406 TKX262385:TLB262406 TBB262385:TBF262406 SRF262385:SRJ262406 SHJ262385:SHN262406 RXN262385:RXR262406 RNR262385:RNV262406 RDV262385:RDZ262406 QTZ262385:QUD262406 QKD262385:QKH262406 QAH262385:QAL262406 PQL262385:PQP262406 PGP262385:PGT262406 OWT262385:OWX262406 OMX262385:ONB262406 ODB262385:ODF262406 NTF262385:NTJ262406 NJJ262385:NJN262406 MZN262385:MZR262406 MPR262385:MPV262406 MFV262385:MFZ262406 LVZ262385:LWD262406 LMD262385:LMH262406 LCH262385:LCL262406 KSL262385:KSP262406 KIP262385:KIT262406 JYT262385:JYX262406 JOX262385:JPB262406 JFB262385:JFF262406 IVF262385:IVJ262406 ILJ262385:ILN262406 IBN262385:IBR262406 HRR262385:HRV262406 HHV262385:HHZ262406 GXZ262385:GYD262406 GOD262385:GOH262406 GEH262385:GEL262406 FUL262385:FUP262406 FKP262385:FKT262406 FAT262385:FAX262406 EQX262385:ERB262406 EHB262385:EHF262406 DXF262385:DXJ262406 DNJ262385:DNN262406 DDN262385:DDR262406 CTR262385:CTV262406 CJV262385:CJZ262406 BZZ262385:CAD262406 BQD262385:BQH262406 BGH262385:BGL262406 AWL262385:AWP262406 AMP262385:AMT262406 ACT262385:ACX262406 SX262385:TB262406 JB262385:JF262406 WVN196849:WVR196870 WLR196849:WLV196870 WBV196849:WBZ196870 VRZ196849:VSD196870 VID196849:VIH196870 UYH196849:UYL196870 UOL196849:UOP196870 UEP196849:UET196870 TUT196849:TUX196870 TKX196849:TLB196870 TBB196849:TBF196870 SRF196849:SRJ196870 SHJ196849:SHN196870 RXN196849:RXR196870 RNR196849:RNV196870 RDV196849:RDZ196870 QTZ196849:QUD196870 QKD196849:QKH196870 QAH196849:QAL196870 PQL196849:PQP196870 PGP196849:PGT196870 OWT196849:OWX196870 OMX196849:ONB196870 ODB196849:ODF196870 NTF196849:NTJ196870 NJJ196849:NJN196870 MZN196849:MZR196870 MPR196849:MPV196870 MFV196849:MFZ196870 LVZ196849:LWD196870 LMD196849:LMH196870 LCH196849:LCL196870 KSL196849:KSP196870 KIP196849:KIT196870 JYT196849:JYX196870 JOX196849:JPB196870 JFB196849:JFF196870 IVF196849:IVJ196870 ILJ196849:ILN196870 IBN196849:IBR196870 HRR196849:HRV196870 HHV196849:HHZ196870 GXZ196849:GYD196870 GOD196849:GOH196870 GEH196849:GEL196870 FUL196849:FUP196870 FKP196849:FKT196870 FAT196849:FAX196870 EQX196849:ERB196870 EHB196849:EHF196870 DXF196849:DXJ196870 DNJ196849:DNN196870 DDN196849:DDR196870 CTR196849:CTV196870 CJV196849:CJZ196870 BZZ196849:CAD196870 BQD196849:BQH196870 BGH196849:BGL196870 AWL196849:AWP196870 AMP196849:AMT196870 ACT196849:ACX196870 SX196849:TB196870 JB196849:JF196870 WVN131313:WVR131334 WLR131313:WLV131334 WBV131313:WBZ131334 VRZ131313:VSD131334 VID131313:VIH131334 UYH131313:UYL131334 UOL131313:UOP131334 UEP131313:UET131334 TUT131313:TUX131334 TKX131313:TLB131334 TBB131313:TBF131334 SRF131313:SRJ131334 SHJ131313:SHN131334 RXN131313:RXR131334 RNR131313:RNV131334 RDV131313:RDZ131334 QTZ131313:QUD131334 QKD131313:QKH131334 QAH131313:QAL131334 PQL131313:PQP131334 PGP131313:PGT131334 OWT131313:OWX131334 OMX131313:ONB131334 ODB131313:ODF131334 NTF131313:NTJ131334 NJJ131313:NJN131334 MZN131313:MZR131334 MPR131313:MPV131334 MFV131313:MFZ131334 LVZ131313:LWD131334 LMD131313:LMH131334 LCH131313:LCL131334 KSL131313:KSP131334 KIP131313:KIT131334 JYT131313:JYX131334 JOX131313:JPB131334 JFB131313:JFF131334 IVF131313:IVJ131334 ILJ131313:ILN131334 IBN131313:IBR131334 HRR131313:HRV131334 HHV131313:HHZ131334 GXZ131313:GYD131334 GOD131313:GOH131334 GEH131313:GEL131334 FUL131313:FUP131334 FKP131313:FKT131334 FAT131313:FAX131334 EQX131313:ERB131334 EHB131313:EHF131334 DXF131313:DXJ131334 DNJ131313:DNN131334 DDN131313:DDR131334 CTR131313:CTV131334 CJV131313:CJZ131334 BZZ131313:CAD131334 BQD131313:BQH131334 BGH131313:BGL131334 AWL131313:AWP131334 AMP131313:AMT131334 ACT131313:ACX131334 SX131313:TB131334 JB131313:JF131334 WVN65777:WVR65798 WLR65777:WLV65798 WBV65777:WBZ65798 VRZ65777:VSD65798 VID65777:VIH65798 UYH65777:UYL65798 UOL65777:UOP65798 UEP65777:UET65798 TUT65777:TUX65798 TKX65777:TLB65798 TBB65777:TBF65798 SRF65777:SRJ65798 SHJ65777:SHN65798 RXN65777:RXR65798 RNR65777:RNV65798 RDV65777:RDZ65798 QTZ65777:QUD65798 QKD65777:QKH65798 QAH65777:QAL65798 PQL65777:PQP65798 PGP65777:PGT65798 OWT65777:OWX65798 OMX65777:ONB65798 ODB65777:ODF65798 NTF65777:NTJ65798 NJJ65777:NJN65798 MZN65777:MZR65798 MPR65777:MPV65798 MFV65777:MFZ65798 LVZ65777:LWD65798 LMD65777:LMH65798 LCH65777:LCL65798 KSL65777:KSP65798 KIP65777:KIT65798 JYT65777:JYX65798 JOX65777:JPB65798 JFB65777:JFF65798 IVF65777:IVJ65798 ILJ65777:ILN65798 IBN65777:IBR65798 HRR65777:HRV65798 HHV65777:HHZ65798 GXZ65777:GYD65798 GOD65777:GOH65798 GEH65777:GEL65798 FUL65777:FUP65798 FKP65777:FKT65798 FAT65777:FAX65798 EQX65777:ERB65798 EHB65777:EHF65798 DXF65777:DXJ65798 DNJ65777:DNN65798 DDN65777:DDR65798 CTR65777:CTV65798 CJV65777:CJZ65798 BZZ65777:CAD65798 BQD65777:BQH65798 BGH65777:BGL65798 AWL65777:AWP65798 AMP65777:AMT65798 ACT65777:ACX65798" xr:uid="{88260F5D-68E9-47D0-8DC9-2E8E702B63C6}">
+      <formula1>IF(OR($E65755="f",$E65755="o"),JB65777="",JB65777="x")</formula1>
     </dataValidation>
-    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="SR65774:SW65824 IV65774:JA65824 WVH983278:WVM983328 WLL983278:WLQ983328 WBP983278:WBU983328 VRT983278:VRY983328 VHX983278:VIC983328 UYB983278:UYG983328 UOF983278:UOK983328 UEJ983278:UEO983328 TUN983278:TUS983328 TKR983278:TKW983328 TAV983278:TBA983328 SQZ983278:SRE983328 SHD983278:SHI983328 RXH983278:RXM983328 RNL983278:RNQ983328 RDP983278:RDU983328 QTT983278:QTY983328 QJX983278:QKC983328 QAB983278:QAG983328 PQF983278:PQK983328 PGJ983278:PGO983328 OWN983278:OWS983328 OMR983278:OMW983328 OCV983278:ODA983328 NSZ983278:NTE983328 NJD983278:NJI983328 MZH983278:MZM983328 MPL983278:MPQ983328 MFP983278:MFU983328 LVT983278:LVY983328 LLX983278:LMC983328 LCB983278:LCG983328 KSF983278:KSK983328 KIJ983278:KIO983328 JYN983278:JYS983328 JOR983278:JOW983328 JEV983278:JFA983328 IUZ983278:IVE983328 ILD983278:ILI983328 IBH983278:IBM983328 HRL983278:HRQ983328 HHP983278:HHU983328 GXT983278:GXY983328 GNX983278:GOC983328 GEB983278:GEG983328 FUF983278:FUK983328 FKJ983278:FKO983328 FAN983278:FAS983328 EQR983278:EQW983328 EGV983278:EHA983328 DWZ983278:DXE983328 DND983278:DNI983328 DDH983278:DDM983328 CTL983278:CTQ983328 CJP983278:CJU983328 BZT983278:BZY983328 BPX983278:BQC983328 BGB983278:BGG983328 AWF983278:AWK983328 AMJ983278:AMO983328 ACN983278:ACS983328 SR983278:SW983328 IV983278:JA983328 WVH917742:WVM917792 WLL917742:WLQ917792 WBP917742:WBU917792 VRT917742:VRY917792 VHX917742:VIC917792 UYB917742:UYG917792 UOF917742:UOK917792 UEJ917742:UEO917792 TUN917742:TUS917792 TKR917742:TKW917792 TAV917742:TBA917792 SQZ917742:SRE917792 SHD917742:SHI917792 RXH917742:RXM917792 RNL917742:RNQ917792 RDP917742:RDU917792 QTT917742:QTY917792 QJX917742:QKC917792 QAB917742:QAG917792 PQF917742:PQK917792 PGJ917742:PGO917792 OWN917742:OWS917792 OMR917742:OMW917792 OCV917742:ODA917792 NSZ917742:NTE917792 NJD917742:NJI917792 MZH917742:MZM917792 MPL917742:MPQ917792 MFP917742:MFU917792 LVT917742:LVY917792 LLX917742:LMC917792 LCB917742:LCG917792 KSF917742:KSK917792 KIJ917742:KIO917792 JYN917742:JYS917792 JOR917742:JOW917792 JEV917742:JFA917792 IUZ917742:IVE917792 ILD917742:ILI917792 IBH917742:IBM917792 HRL917742:HRQ917792 HHP917742:HHU917792 GXT917742:GXY917792 GNX917742:GOC917792 GEB917742:GEG917792 FUF917742:FUK917792 FKJ917742:FKO917792 FAN917742:FAS917792 EQR917742:EQW917792 EGV917742:EHA917792 DWZ917742:DXE917792 DND917742:DNI917792 DDH917742:DDM917792 CTL917742:CTQ917792 CJP917742:CJU917792 BZT917742:BZY917792 BPX917742:BQC917792 BGB917742:BGG917792 AWF917742:AWK917792 AMJ917742:AMO917792 ACN917742:ACS917792 SR917742:SW917792 IV917742:JA917792 WVH852206:WVM852256 WLL852206:WLQ852256 WBP852206:WBU852256 VRT852206:VRY852256 VHX852206:VIC852256 UYB852206:UYG852256 UOF852206:UOK852256 UEJ852206:UEO852256 TUN852206:TUS852256 TKR852206:TKW852256 TAV852206:TBA852256 SQZ852206:SRE852256 SHD852206:SHI852256 RXH852206:RXM852256 RNL852206:RNQ852256 RDP852206:RDU852256 QTT852206:QTY852256 QJX852206:QKC852256 QAB852206:QAG852256 PQF852206:PQK852256 PGJ852206:PGO852256 OWN852206:OWS852256 OMR852206:OMW852256 OCV852206:ODA852256 NSZ852206:NTE852256 NJD852206:NJI852256 MZH852206:MZM852256 MPL852206:MPQ852256 MFP852206:MFU852256 LVT852206:LVY852256 LLX852206:LMC852256 LCB852206:LCG852256 KSF852206:KSK852256 KIJ852206:KIO852256 JYN852206:JYS852256 JOR852206:JOW852256 JEV852206:JFA852256 IUZ852206:IVE852256 ILD852206:ILI852256 IBH852206:IBM852256 HRL852206:HRQ852256 HHP852206:HHU852256 GXT852206:GXY852256 GNX852206:GOC852256 GEB852206:GEG852256 FUF852206:FUK852256 FKJ852206:FKO852256 FAN852206:FAS852256 EQR852206:EQW852256 EGV852206:EHA852256 DWZ852206:DXE852256 DND852206:DNI852256 DDH852206:DDM852256 CTL852206:CTQ852256 CJP852206:CJU852256 BZT852206:BZY852256 BPX852206:BQC852256 BGB852206:BGG852256 AWF852206:AWK852256 AMJ852206:AMO852256 ACN852206:ACS852256 SR852206:SW852256 IV852206:JA852256 WVH786670:WVM786720 WLL786670:WLQ786720 WBP786670:WBU786720 VRT786670:VRY786720 VHX786670:VIC786720 UYB786670:UYG786720 UOF786670:UOK786720 UEJ786670:UEO786720 TUN786670:TUS786720 TKR786670:TKW786720 TAV786670:TBA786720 SQZ786670:SRE786720 SHD786670:SHI786720 RXH786670:RXM786720 RNL786670:RNQ786720 RDP786670:RDU786720 QTT786670:QTY786720 QJX786670:QKC786720 QAB786670:QAG786720 PQF786670:PQK786720 PGJ786670:PGO786720 OWN786670:OWS786720 OMR786670:OMW786720 OCV786670:ODA786720 NSZ786670:NTE786720 NJD786670:NJI786720 MZH786670:MZM786720 MPL786670:MPQ786720 MFP786670:MFU786720 LVT786670:LVY786720 LLX786670:LMC786720 LCB786670:LCG786720 KSF786670:KSK786720 KIJ786670:KIO786720 JYN786670:JYS786720 JOR786670:JOW786720 JEV786670:JFA786720 IUZ786670:IVE786720 ILD786670:ILI786720 IBH786670:IBM786720 HRL786670:HRQ786720 HHP786670:HHU786720 GXT786670:GXY786720 GNX786670:GOC786720 GEB786670:GEG786720 FUF786670:FUK786720 FKJ786670:FKO786720 FAN786670:FAS786720 EQR786670:EQW786720 EGV786670:EHA786720 DWZ786670:DXE786720 DND786670:DNI786720 DDH786670:DDM786720 CTL786670:CTQ786720 CJP786670:CJU786720 BZT786670:BZY786720 BPX786670:BQC786720 BGB786670:BGG786720 AWF786670:AWK786720 AMJ786670:AMO786720 ACN786670:ACS786720 SR786670:SW786720 IV786670:JA786720 WVH721134:WVM721184 WLL721134:WLQ721184 WBP721134:WBU721184 VRT721134:VRY721184 VHX721134:VIC721184 UYB721134:UYG721184 UOF721134:UOK721184 UEJ721134:UEO721184 TUN721134:TUS721184 TKR721134:TKW721184 TAV721134:TBA721184 SQZ721134:SRE721184 SHD721134:SHI721184 RXH721134:RXM721184 RNL721134:RNQ721184 RDP721134:RDU721184 QTT721134:QTY721184 QJX721134:QKC721184 QAB721134:QAG721184 PQF721134:PQK721184 PGJ721134:PGO721184 OWN721134:OWS721184 OMR721134:OMW721184 OCV721134:ODA721184 NSZ721134:NTE721184 NJD721134:NJI721184 MZH721134:MZM721184 MPL721134:MPQ721184 MFP721134:MFU721184 LVT721134:LVY721184 LLX721134:LMC721184 LCB721134:LCG721184 KSF721134:KSK721184 KIJ721134:KIO721184 JYN721134:JYS721184 JOR721134:JOW721184 JEV721134:JFA721184 IUZ721134:IVE721184 ILD721134:ILI721184 IBH721134:IBM721184 HRL721134:HRQ721184 HHP721134:HHU721184 GXT721134:GXY721184 GNX721134:GOC721184 GEB721134:GEG721184 FUF721134:FUK721184 FKJ721134:FKO721184 FAN721134:FAS721184 EQR721134:EQW721184 EGV721134:EHA721184 DWZ721134:DXE721184 DND721134:DNI721184 DDH721134:DDM721184 CTL721134:CTQ721184 CJP721134:CJU721184 BZT721134:BZY721184 BPX721134:BQC721184 BGB721134:BGG721184 AWF721134:AWK721184 AMJ721134:AMO721184 ACN721134:ACS721184 SR721134:SW721184 IV721134:JA721184 WVH655598:WVM655648 WLL655598:WLQ655648 WBP655598:WBU655648 VRT655598:VRY655648 VHX655598:VIC655648 UYB655598:UYG655648 UOF655598:UOK655648 UEJ655598:UEO655648 TUN655598:TUS655648 TKR655598:TKW655648 TAV655598:TBA655648 SQZ655598:SRE655648 SHD655598:SHI655648 RXH655598:RXM655648 RNL655598:RNQ655648 RDP655598:RDU655648 QTT655598:QTY655648 QJX655598:QKC655648 QAB655598:QAG655648 PQF655598:PQK655648 PGJ655598:PGO655648 OWN655598:OWS655648 OMR655598:OMW655648 OCV655598:ODA655648 NSZ655598:NTE655648 NJD655598:NJI655648 MZH655598:MZM655648 MPL655598:MPQ655648 MFP655598:MFU655648 LVT655598:LVY655648 LLX655598:LMC655648 LCB655598:LCG655648 KSF655598:KSK655648 KIJ655598:KIO655648 JYN655598:JYS655648 JOR655598:JOW655648 JEV655598:JFA655648 IUZ655598:IVE655648 ILD655598:ILI655648 IBH655598:IBM655648 HRL655598:HRQ655648 HHP655598:HHU655648 GXT655598:GXY655648 GNX655598:GOC655648 GEB655598:GEG655648 FUF655598:FUK655648 FKJ655598:FKO655648 FAN655598:FAS655648 EQR655598:EQW655648 EGV655598:EHA655648 DWZ655598:DXE655648 DND655598:DNI655648 DDH655598:DDM655648 CTL655598:CTQ655648 CJP655598:CJU655648 BZT655598:BZY655648 BPX655598:BQC655648 BGB655598:BGG655648 AWF655598:AWK655648 AMJ655598:AMO655648 ACN655598:ACS655648 SR655598:SW655648 IV655598:JA655648 WVH590062:WVM590112 WLL590062:WLQ590112 WBP590062:WBU590112 VRT590062:VRY590112 VHX590062:VIC590112 UYB590062:UYG590112 UOF590062:UOK590112 UEJ590062:UEO590112 TUN590062:TUS590112 TKR590062:TKW590112 TAV590062:TBA590112 SQZ590062:SRE590112 SHD590062:SHI590112 RXH590062:RXM590112 RNL590062:RNQ590112 RDP590062:RDU590112 QTT590062:QTY590112 QJX590062:QKC590112 QAB590062:QAG590112 PQF590062:PQK590112 PGJ590062:PGO590112 OWN590062:OWS590112 OMR590062:OMW590112 OCV590062:ODA590112 NSZ590062:NTE590112 NJD590062:NJI590112 MZH590062:MZM590112 MPL590062:MPQ590112 MFP590062:MFU590112 LVT590062:LVY590112 LLX590062:LMC590112 LCB590062:LCG590112 KSF590062:KSK590112 KIJ590062:KIO590112 JYN590062:JYS590112 JOR590062:JOW590112 JEV590062:JFA590112 IUZ590062:IVE590112 ILD590062:ILI590112 IBH590062:IBM590112 HRL590062:HRQ590112 HHP590062:HHU590112 GXT590062:GXY590112 GNX590062:GOC590112 GEB590062:GEG590112 FUF590062:FUK590112 FKJ590062:FKO590112 FAN590062:FAS590112 EQR590062:EQW590112 EGV590062:EHA590112 DWZ590062:DXE590112 DND590062:DNI590112 DDH590062:DDM590112 CTL590062:CTQ590112 CJP590062:CJU590112 BZT590062:BZY590112 BPX590062:BQC590112 BGB590062:BGG590112 AWF590062:AWK590112 AMJ590062:AMO590112 ACN590062:ACS590112 SR590062:SW590112 IV590062:JA590112 WVH524526:WVM524576 WLL524526:WLQ524576 WBP524526:WBU524576 VRT524526:VRY524576 VHX524526:VIC524576 UYB524526:UYG524576 UOF524526:UOK524576 UEJ524526:UEO524576 TUN524526:TUS524576 TKR524526:TKW524576 TAV524526:TBA524576 SQZ524526:SRE524576 SHD524526:SHI524576 RXH524526:RXM524576 RNL524526:RNQ524576 RDP524526:RDU524576 QTT524526:QTY524576 QJX524526:QKC524576 QAB524526:QAG524576 PQF524526:PQK524576 PGJ524526:PGO524576 OWN524526:OWS524576 OMR524526:OMW524576 OCV524526:ODA524576 NSZ524526:NTE524576 NJD524526:NJI524576 MZH524526:MZM524576 MPL524526:MPQ524576 MFP524526:MFU524576 LVT524526:LVY524576 LLX524526:LMC524576 LCB524526:LCG524576 KSF524526:KSK524576 KIJ524526:KIO524576 JYN524526:JYS524576 JOR524526:JOW524576 JEV524526:JFA524576 IUZ524526:IVE524576 ILD524526:ILI524576 IBH524526:IBM524576 HRL524526:HRQ524576 HHP524526:HHU524576 GXT524526:GXY524576 GNX524526:GOC524576 GEB524526:GEG524576 FUF524526:FUK524576 FKJ524526:FKO524576 FAN524526:FAS524576 EQR524526:EQW524576 EGV524526:EHA524576 DWZ524526:DXE524576 DND524526:DNI524576 DDH524526:DDM524576 CTL524526:CTQ524576 CJP524526:CJU524576 BZT524526:BZY524576 BPX524526:BQC524576 BGB524526:BGG524576 AWF524526:AWK524576 AMJ524526:AMO524576 ACN524526:ACS524576 SR524526:SW524576 IV524526:JA524576 WVH458990:WVM459040 WLL458990:WLQ459040 WBP458990:WBU459040 VRT458990:VRY459040 VHX458990:VIC459040 UYB458990:UYG459040 UOF458990:UOK459040 UEJ458990:UEO459040 TUN458990:TUS459040 TKR458990:TKW459040 TAV458990:TBA459040 SQZ458990:SRE459040 SHD458990:SHI459040 RXH458990:RXM459040 RNL458990:RNQ459040 RDP458990:RDU459040 QTT458990:QTY459040 QJX458990:QKC459040 QAB458990:QAG459040 PQF458990:PQK459040 PGJ458990:PGO459040 OWN458990:OWS459040 OMR458990:OMW459040 OCV458990:ODA459040 NSZ458990:NTE459040 NJD458990:NJI459040 MZH458990:MZM459040 MPL458990:MPQ459040 MFP458990:MFU459040 LVT458990:LVY459040 LLX458990:LMC459040 LCB458990:LCG459040 KSF458990:KSK459040 KIJ458990:KIO459040 JYN458990:JYS459040 JOR458990:JOW459040 JEV458990:JFA459040 IUZ458990:IVE459040 ILD458990:ILI459040 IBH458990:IBM459040 HRL458990:HRQ459040 HHP458990:HHU459040 GXT458990:GXY459040 GNX458990:GOC459040 GEB458990:GEG459040 FUF458990:FUK459040 FKJ458990:FKO459040 FAN458990:FAS459040 EQR458990:EQW459040 EGV458990:EHA459040 DWZ458990:DXE459040 DND458990:DNI459040 DDH458990:DDM459040 CTL458990:CTQ459040 CJP458990:CJU459040 BZT458990:BZY459040 BPX458990:BQC459040 BGB458990:BGG459040 AWF458990:AWK459040 AMJ458990:AMO459040 ACN458990:ACS459040 SR458990:SW459040 IV458990:JA459040 WVH393454:WVM393504 WLL393454:WLQ393504 WBP393454:WBU393504 VRT393454:VRY393504 VHX393454:VIC393504 UYB393454:UYG393504 UOF393454:UOK393504 UEJ393454:UEO393504 TUN393454:TUS393504 TKR393454:TKW393504 TAV393454:TBA393504 SQZ393454:SRE393504 SHD393454:SHI393504 RXH393454:RXM393504 RNL393454:RNQ393504 RDP393454:RDU393504 QTT393454:QTY393504 QJX393454:QKC393504 QAB393454:QAG393504 PQF393454:PQK393504 PGJ393454:PGO393504 OWN393454:OWS393504 OMR393454:OMW393504 OCV393454:ODA393504 NSZ393454:NTE393504 NJD393454:NJI393504 MZH393454:MZM393504 MPL393454:MPQ393504 MFP393454:MFU393504 LVT393454:LVY393504 LLX393454:LMC393504 LCB393454:LCG393504 KSF393454:KSK393504 KIJ393454:KIO393504 JYN393454:JYS393504 JOR393454:JOW393504 JEV393454:JFA393504 IUZ393454:IVE393504 ILD393454:ILI393504 IBH393454:IBM393504 HRL393454:HRQ393504 HHP393454:HHU393504 GXT393454:GXY393504 GNX393454:GOC393504 GEB393454:GEG393504 FUF393454:FUK393504 FKJ393454:FKO393504 FAN393454:FAS393504 EQR393454:EQW393504 EGV393454:EHA393504 DWZ393454:DXE393504 DND393454:DNI393504 DDH393454:DDM393504 CTL393454:CTQ393504 CJP393454:CJU393504 BZT393454:BZY393504 BPX393454:BQC393504 BGB393454:BGG393504 AWF393454:AWK393504 AMJ393454:AMO393504 ACN393454:ACS393504 SR393454:SW393504 IV393454:JA393504 WVH327918:WVM327968 WLL327918:WLQ327968 WBP327918:WBU327968 VRT327918:VRY327968 VHX327918:VIC327968 UYB327918:UYG327968 UOF327918:UOK327968 UEJ327918:UEO327968 TUN327918:TUS327968 TKR327918:TKW327968 TAV327918:TBA327968 SQZ327918:SRE327968 SHD327918:SHI327968 RXH327918:RXM327968 RNL327918:RNQ327968 RDP327918:RDU327968 QTT327918:QTY327968 QJX327918:QKC327968 QAB327918:QAG327968 PQF327918:PQK327968 PGJ327918:PGO327968 OWN327918:OWS327968 OMR327918:OMW327968 OCV327918:ODA327968 NSZ327918:NTE327968 NJD327918:NJI327968 MZH327918:MZM327968 MPL327918:MPQ327968 MFP327918:MFU327968 LVT327918:LVY327968 LLX327918:LMC327968 LCB327918:LCG327968 KSF327918:KSK327968 KIJ327918:KIO327968 JYN327918:JYS327968 JOR327918:JOW327968 JEV327918:JFA327968 IUZ327918:IVE327968 ILD327918:ILI327968 IBH327918:IBM327968 HRL327918:HRQ327968 HHP327918:HHU327968 GXT327918:GXY327968 GNX327918:GOC327968 GEB327918:GEG327968 FUF327918:FUK327968 FKJ327918:FKO327968 FAN327918:FAS327968 EQR327918:EQW327968 EGV327918:EHA327968 DWZ327918:DXE327968 DND327918:DNI327968 DDH327918:DDM327968 CTL327918:CTQ327968 CJP327918:CJU327968 BZT327918:BZY327968 BPX327918:BQC327968 BGB327918:BGG327968 AWF327918:AWK327968 AMJ327918:AMO327968 ACN327918:ACS327968 SR327918:SW327968 IV327918:JA327968 WVH262382:WVM262432 WLL262382:WLQ262432 WBP262382:WBU262432 VRT262382:VRY262432 VHX262382:VIC262432 UYB262382:UYG262432 UOF262382:UOK262432 UEJ262382:UEO262432 TUN262382:TUS262432 TKR262382:TKW262432 TAV262382:TBA262432 SQZ262382:SRE262432 SHD262382:SHI262432 RXH262382:RXM262432 RNL262382:RNQ262432 RDP262382:RDU262432 QTT262382:QTY262432 QJX262382:QKC262432 QAB262382:QAG262432 PQF262382:PQK262432 PGJ262382:PGO262432 OWN262382:OWS262432 OMR262382:OMW262432 OCV262382:ODA262432 NSZ262382:NTE262432 NJD262382:NJI262432 MZH262382:MZM262432 MPL262382:MPQ262432 MFP262382:MFU262432 LVT262382:LVY262432 LLX262382:LMC262432 LCB262382:LCG262432 KSF262382:KSK262432 KIJ262382:KIO262432 JYN262382:JYS262432 JOR262382:JOW262432 JEV262382:JFA262432 IUZ262382:IVE262432 ILD262382:ILI262432 IBH262382:IBM262432 HRL262382:HRQ262432 HHP262382:HHU262432 GXT262382:GXY262432 GNX262382:GOC262432 GEB262382:GEG262432 FUF262382:FUK262432 FKJ262382:FKO262432 FAN262382:FAS262432 EQR262382:EQW262432 EGV262382:EHA262432 DWZ262382:DXE262432 DND262382:DNI262432 DDH262382:DDM262432 CTL262382:CTQ262432 CJP262382:CJU262432 BZT262382:BZY262432 BPX262382:BQC262432 BGB262382:BGG262432 AWF262382:AWK262432 AMJ262382:AMO262432 ACN262382:ACS262432 SR262382:SW262432 IV262382:JA262432 WVH196846:WVM196896 WLL196846:WLQ196896 WBP196846:WBU196896 VRT196846:VRY196896 VHX196846:VIC196896 UYB196846:UYG196896 UOF196846:UOK196896 UEJ196846:UEO196896 TUN196846:TUS196896 TKR196846:TKW196896 TAV196846:TBA196896 SQZ196846:SRE196896 SHD196846:SHI196896 RXH196846:RXM196896 RNL196846:RNQ196896 RDP196846:RDU196896 QTT196846:QTY196896 QJX196846:QKC196896 QAB196846:QAG196896 PQF196846:PQK196896 PGJ196846:PGO196896 OWN196846:OWS196896 OMR196846:OMW196896 OCV196846:ODA196896 NSZ196846:NTE196896 NJD196846:NJI196896 MZH196846:MZM196896 MPL196846:MPQ196896 MFP196846:MFU196896 LVT196846:LVY196896 LLX196846:LMC196896 LCB196846:LCG196896 KSF196846:KSK196896 KIJ196846:KIO196896 JYN196846:JYS196896 JOR196846:JOW196896 JEV196846:JFA196896 IUZ196846:IVE196896 ILD196846:ILI196896 IBH196846:IBM196896 HRL196846:HRQ196896 HHP196846:HHU196896 GXT196846:GXY196896 GNX196846:GOC196896 GEB196846:GEG196896 FUF196846:FUK196896 FKJ196846:FKO196896 FAN196846:FAS196896 EQR196846:EQW196896 EGV196846:EHA196896 DWZ196846:DXE196896 DND196846:DNI196896 DDH196846:DDM196896 CTL196846:CTQ196896 CJP196846:CJU196896 BZT196846:BZY196896 BPX196846:BQC196896 BGB196846:BGG196896 AWF196846:AWK196896 AMJ196846:AMO196896 ACN196846:ACS196896 SR196846:SW196896 IV196846:JA196896 WVH131310:WVM131360 WLL131310:WLQ131360 WBP131310:WBU131360 VRT131310:VRY131360 VHX131310:VIC131360 UYB131310:UYG131360 UOF131310:UOK131360 UEJ131310:UEO131360 TUN131310:TUS131360 TKR131310:TKW131360 TAV131310:TBA131360 SQZ131310:SRE131360 SHD131310:SHI131360 RXH131310:RXM131360 RNL131310:RNQ131360 RDP131310:RDU131360 QTT131310:QTY131360 QJX131310:QKC131360 QAB131310:QAG131360 PQF131310:PQK131360 PGJ131310:PGO131360 OWN131310:OWS131360 OMR131310:OMW131360 OCV131310:ODA131360 NSZ131310:NTE131360 NJD131310:NJI131360 MZH131310:MZM131360 MPL131310:MPQ131360 MFP131310:MFU131360 LVT131310:LVY131360 LLX131310:LMC131360 LCB131310:LCG131360 KSF131310:KSK131360 KIJ131310:KIO131360 JYN131310:JYS131360 JOR131310:JOW131360 JEV131310:JFA131360 IUZ131310:IVE131360 ILD131310:ILI131360 IBH131310:IBM131360 HRL131310:HRQ131360 HHP131310:HHU131360 GXT131310:GXY131360 GNX131310:GOC131360 GEB131310:GEG131360 FUF131310:FUK131360 FKJ131310:FKO131360 FAN131310:FAS131360 EQR131310:EQW131360 EGV131310:EHA131360 DWZ131310:DXE131360 DND131310:DNI131360 DDH131310:DDM131360 CTL131310:CTQ131360 CJP131310:CJU131360 BZT131310:BZY131360 BPX131310:BQC131360 BGB131310:BGG131360 AWF131310:AWK131360 AMJ131310:AMO131360 ACN131310:ACS131360 SR131310:SW131360 IV131310:JA131360 WVH65774:WVM65824 WLL65774:WLQ65824 WBP65774:WBU65824 VRT65774:VRY65824 VHX65774:VIC65824 UYB65774:UYG65824 UOF65774:UOK65824 UEJ65774:UEO65824 TUN65774:TUS65824 TKR65774:TKW65824 TAV65774:TBA65824 SQZ65774:SRE65824 SHD65774:SHI65824 RXH65774:RXM65824 RNL65774:RNQ65824 RDP65774:RDU65824 QTT65774:QTY65824 QJX65774:QKC65824 QAB65774:QAG65824 PQF65774:PQK65824 PGJ65774:PGO65824 OWN65774:OWS65824 OMR65774:OMW65824 OCV65774:ODA65824 NSZ65774:NTE65824 NJD65774:NJI65824 MZH65774:MZM65824 MPL65774:MPQ65824 MFP65774:MFU65824 LVT65774:LVY65824 LLX65774:LMC65824 LCB65774:LCG65824 KSF65774:KSK65824 KIJ65774:KIO65824 JYN65774:JYS65824 JOR65774:JOW65824 JEV65774:JFA65824 IUZ65774:IVE65824 ILD65774:ILI65824 IBH65774:IBM65824 HRL65774:HRQ65824 HHP65774:HHU65824 GXT65774:GXY65824 GNX65774:GOC65824 GEB65774:GEG65824 FUF65774:FUK65824 FKJ65774:FKO65824 FAN65774:FAS65824 EQR65774:EQW65824 EGV65774:EHA65824 DWZ65774:DXE65824 DND65774:DNI65824 DDH65774:DDM65824 CTL65774:CTQ65824 CJP65774:CJU65824 BZT65774:BZY65824 BPX65774:BQC65824 BGB65774:BGG65824 AWF65774:AWK65824 AMJ65774:AMO65824 ACN65774:ACS65824" xr:uid="{E1D22CDF-25AB-403B-9D4F-01F8232A9BE7}">
-      <formula1>IF($E65752="o",IV65774="",IF($E65752="",IV65774="",IV65774&gt;0))</formula1>
+    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="SR65777:SW65827 IV65777:JA65827 WVH983281:WVM983331 WLL983281:WLQ983331 WBP983281:WBU983331 VRT983281:VRY983331 VHX983281:VIC983331 UYB983281:UYG983331 UOF983281:UOK983331 UEJ983281:UEO983331 TUN983281:TUS983331 TKR983281:TKW983331 TAV983281:TBA983331 SQZ983281:SRE983331 SHD983281:SHI983331 RXH983281:RXM983331 RNL983281:RNQ983331 RDP983281:RDU983331 QTT983281:QTY983331 QJX983281:QKC983331 QAB983281:QAG983331 PQF983281:PQK983331 PGJ983281:PGO983331 OWN983281:OWS983331 OMR983281:OMW983331 OCV983281:ODA983331 NSZ983281:NTE983331 NJD983281:NJI983331 MZH983281:MZM983331 MPL983281:MPQ983331 MFP983281:MFU983331 LVT983281:LVY983331 LLX983281:LMC983331 LCB983281:LCG983331 KSF983281:KSK983331 KIJ983281:KIO983331 JYN983281:JYS983331 JOR983281:JOW983331 JEV983281:JFA983331 IUZ983281:IVE983331 ILD983281:ILI983331 IBH983281:IBM983331 HRL983281:HRQ983331 HHP983281:HHU983331 GXT983281:GXY983331 GNX983281:GOC983331 GEB983281:GEG983331 FUF983281:FUK983331 FKJ983281:FKO983331 FAN983281:FAS983331 EQR983281:EQW983331 EGV983281:EHA983331 DWZ983281:DXE983331 DND983281:DNI983331 DDH983281:DDM983331 CTL983281:CTQ983331 CJP983281:CJU983331 BZT983281:BZY983331 BPX983281:BQC983331 BGB983281:BGG983331 AWF983281:AWK983331 AMJ983281:AMO983331 ACN983281:ACS983331 SR983281:SW983331 IV983281:JA983331 WVH917745:WVM917795 WLL917745:WLQ917795 WBP917745:WBU917795 VRT917745:VRY917795 VHX917745:VIC917795 UYB917745:UYG917795 UOF917745:UOK917795 UEJ917745:UEO917795 TUN917745:TUS917795 TKR917745:TKW917795 TAV917745:TBA917795 SQZ917745:SRE917795 SHD917745:SHI917795 RXH917745:RXM917795 RNL917745:RNQ917795 RDP917745:RDU917795 QTT917745:QTY917795 QJX917745:QKC917795 QAB917745:QAG917795 PQF917745:PQK917795 PGJ917745:PGO917795 OWN917745:OWS917795 OMR917745:OMW917795 OCV917745:ODA917795 NSZ917745:NTE917795 NJD917745:NJI917795 MZH917745:MZM917795 MPL917745:MPQ917795 MFP917745:MFU917795 LVT917745:LVY917795 LLX917745:LMC917795 LCB917745:LCG917795 KSF917745:KSK917795 KIJ917745:KIO917795 JYN917745:JYS917795 JOR917745:JOW917795 JEV917745:JFA917795 IUZ917745:IVE917795 ILD917745:ILI917795 IBH917745:IBM917795 HRL917745:HRQ917795 HHP917745:HHU917795 GXT917745:GXY917795 GNX917745:GOC917795 GEB917745:GEG917795 FUF917745:FUK917795 FKJ917745:FKO917795 FAN917745:FAS917795 EQR917745:EQW917795 EGV917745:EHA917795 DWZ917745:DXE917795 DND917745:DNI917795 DDH917745:DDM917795 CTL917745:CTQ917795 CJP917745:CJU917795 BZT917745:BZY917795 BPX917745:BQC917795 BGB917745:BGG917795 AWF917745:AWK917795 AMJ917745:AMO917795 ACN917745:ACS917795 SR917745:SW917795 IV917745:JA917795 WVH852209:WVM852259 WLL852209:WLQ852259 WBP852209:WBU852259 VRT852209:VRY852259 VHX852209:VIC852259 UYB852209:UYG852259 UOF852209:UOK852259 UEJ852209:UEO852259 TUN852209:TUS852259 TKR852209:TKW852259 TAV852209:TBA852259 SQZ852209:SRE852259 SHD852209:SHI852259 RXH852209:RXM852259 RNL852209:RNQ852259 RDP852209:RDU852259 QTT852209:QTY852259 QJX852209:QKC852259 QAB852209:QAG852259 PQF852209:PQK852259 PGJ852209:PGO852259 OWN852209:OWS852259 OMR852209:OMW852259 OCV852209:ODA852259 NSZ852209:NTE852259 NJD852209:NJI852259 MZH852209:MZM852259 MPL852209:MPQ852259 MFP852209:MFU852259 LVT852209:LVY852259 LLX852209:LMC852259 LCB852209:LCG852259 KSF852209:KSK852259 KIJ852209:KIO852259 JYN852209:JYS852259 JOR852209:JOW852259 JEV852209:JFA852259 IUZ852209:IVE852259 ILD852209:ILI852259 IBH852209:IBM852259 HRL852209:HRQ852259 HHP852209:HHU852259 GXT852209:GXY852259 GNX852209:GOC852259 GEB852209:GEG852259 FUF852209:FUK852259 FKJ852209:FKO852259 FAN852209:FAS852259 EQR852209:EQW852259 EGV852209:EHA852259 DWZ852209:DXE852259 DND852209:DNI852259 DDH852209:DDM852259 CTL852209:CTQ852259 CJP852209:CJU852259 BZT852209:BZY852259 BPX852209:BQC852259 BGB852209:BGG852259 AWF852209:AWK852259 AMJ852209:AMO852259 ACN852209:ACS852259 SR852209:SW852259 IV852209:JA852259 WVH786673:WVM786723 WLL786673:WLQ786723 WBP786673:WBU786723 VRT786673:VRY786723 VHX786673:VIC786723 UYB786673:UYG786723 UOF786673:UOK786723 UEJ786673:UEO786723 TUN786673:TUS786723 TKR786673:TKW786723 TAV786673:TBA786723 SQZ786673:SRE786723 SHD786673:SHI786723 RXH786673:RXM786723 RNL786673:RNQ786723 RDP786673:RDU786723 QTT786673:QTY786723 QJX786673:QKC786723 QAB786673:QAG786723 PQF786673:PQK786723 PGJ786673:PGO786723 OWN786673:OWS786723 OMR786673:OMW786723 OCV786673:ODA786723 NSZ786673:NTE786723 NJD786673:NJI786723 MZH786673:MZM786723 MPL786673:MPQ786723 MFP786673:MFU786723 LVT786673:LVY786723 LLX786673:LMC786723 LCB786673:LCG786723 KSF786673:KSK786723 KIJ786673:KIO786723 JYN786673:JYS786723 JOR786673:JOW786723 JEV786673:JFA786723 IUZ786673:IVE786723 ILD786673:ILI786723 IBH786673:IBM786723 HRL786673:HRQ786723 HHP786673:HHU786723 GXT786673:GXY786723 GNX786673:GOC786723 GEB786673:GEG786723 FUF786673:FUK786723 FKJ786673:FKO786723 FAN786673:FAS786723 EQR786673:EQW786723 EGV786673:EHA786723 DWZ786673:DXE786723 DND786673:DNI786723 DDH786673:DDM786723 CTL786673:CTQ786723 CJP786673:CJU786723 BZT786673:BZY786723 BPX786673:BQC786723 BGB786673:BGG786723 AWF786673:AWK786723 AMJ786673:AMO786723 ACN786673:ACS786723 SR786673:SW786723 IV786673:JA786723 WVH721137:WVM721187 WLL721137:WLQ721187 WBP721137:WBU721187 VRT721137:VRY721187 VHX721137:VIC721187 UYB721137:UYG721187 UOF721137:UOK721187 UEJ721137:UEO721187 TUN721137:TUS721187 TKR721137:TKW721187 TAV721137:TBA721187 SQZ721137:SRE721187 SHD721137:SHI721187 RXH721137:RXM721187 RNL721137:RNQ721187 RDP721137:RDU721187 QTT721137:QTY721187 QJX721137:QKC721187 QAB721137:QAG721187 PQF721137:PQK721187 PGJ721137:PGO721187 OWN721137:OWS721187 OMR721137:OMW721187 OCV721137:ODA721187 NSZ721137:NTE721187 NJD721137:NJI721187 MZH721137:MZM721187 MPL721137:MPQ721187 MFP721137:MFU721187 LVT721137:LVY721187 LLX721137:LMC721187 LCB721137:LCG721187 KSF721137:KSK721187 KIJ721137:KIO721187 JYN721137:JYS721187 JOR721137:JOW721187 JEV721137:JFA721187 IUZ721137:IVE721187 ILD721137:ILI721187 IBH721137:IBM721187 HRL721137:HRQ721187 HHP721137:HHU721187 GXT721137:GXY721187 GNX721137:GOC721187 GEB721137:GEG721187 FUF721137:FUK721187 FKJ721137:FKO721187 FAN721137:FAS721187 EQR721137:EQW721187 EGV721137:EHA721187 DWZ721137:DXE721187 DND721137:DNI721187 DDH721137:DDM721187 CTL721137:CTQ721187 CJP721137:CJU721187 BZT721137:BZY721187 BPX721137:BQC721187 BGB721137:BGG721187 AWF721137:AWK721187 AMJ721137:AMO721187 ACN721137:ACS721187 SR721137:SW721187 IV721137:JA721187 WVH655601:WVM655651 WLL655601:WLQ655651 WBP655601:WBU655651 VRT655601:VRY655651 VHX655601:VIC655651 UYB655601:UYG655651 UOF655601:UOK655651 UEJ655601:UEO655651 TUN655601:TUS655651 TKR655601:TKW655651 TAV655601:TBA655651 SQZ655601:SRE655651 SHD655601:SHI655651 RXH655601:RXM655651 RNL655601:RNQ655651 RDP655601:RDU655651 QTT655601:QTY655651 QJX655601:QKC655651 QAB655601:QAG655651 PQF655601:PQK655651 PGJ655601:PGO655651 OWN655601:OWS655651 OMR655601:OMW655651 OCV655601:ODA655651 NSZ655601:NTE655651 NJD655601:NJI655651 MZH655601:MZM655651 MPL655601:MPQ655651 MFP655601:MFU655651 LVT655601:LVY655651 LLX655601:LMC655651 LCB655601:LCG655651 KSF655601:KSK655651 KIJ655601:KIO655651 JYN655601:JYS655651 JOR655601:JOW655651 JEV655601:JFA655651 IUZ655601:IVE655651 ILD655601:ILI655651 IBH655601:IBM655651 HRL655601:HRQ655651 HHP655601:HHU655651 GXT655601:GXY655651 GNX655601:GOC655651 GEB655601:GEG655651 FUF655601:FUK655651 FKJ655601:FKO655651 FAN655601:FAS655651 EQR655601:EQW655651 EGV655601:EHA655651 DWZ655601:DXE655651 DND655601:DNI655651 DDH655601:DDM655651 CTL655601:CTQ655651 CJP655601:CJU655651 BZT655601:BZY655651 BPX655601:BQC655651 BGB655601:BGG655651 AWF655601:AWK655651 AMJ655601:AMO655651 ACN655601:ACS655651 SR655601:SW655651 IV655601:JA655651 WVH590065:WVM590115 WLL590065:WLQ590115 WBP590065:WBU590115 VRT590065:VRY590115 VHX590065:VIC590115 UYB590065:UYG590115 UOF590065:UOK590115 UEJ590065:UEO590115 TUN590065:TUS590115 TKR590065:TKW590115 TAV590065:TBA590115 SQZ590065:SRE590115 SHD590065:SHI590115 RXH590065:RXM590115 RNL590065:RNQ590115 RDP590065:RDU590115 QTT590065:QTY590115 QJX590065:QKC590115 QAB590065:QAG590115 PQF590065:PQK590115 PGJ590065:PGO590115 OWN590065:OWS590115 OMR590065:OMW590115 OCV590065:ODA590115 NSZ590065:NTE590115 NJD590065:NJI590115 MZH590065:MZM590115 MPL590065:MPQ590115 MFP590065:MFU590115 LVT590065:LVY590115 LLX590065:LMC590115 LCB590065:LCG590115 KSF590065:KSK590115 KIJ590065:KIO590115 JYN590065:JYS590115 JOR590065:JOW590115 JEV590065:JFA590115 IUZ590065:IVE590115 ILD590065:ILI590115 IBH590065:IBM590115 HRL590065:HRQ590115 HHP590065:HHU590115 GXT590065:GXY590115 GNX590065:GOC590115 GEB590065:GEG590115 FUF590065:FUK590115 FKJ590065:FKO590115 FAN590065:FAS590115 EQR590065:EQW590115 EGV590065:EHA590115 DWZ590065:DXE590115 DND590065:DNI590115 DDH590065:DDM590115 CTL590065:CTQ590115 CJP590065:CJU590115 BZT590065:BZY590115 BPX590065:BQC590115 BGB590065:BGG590115 AWF590065:AWK590115 AMJ590065:AMO590115 ACN590065:ACS590115 SR590065:SW590115 IV590065:JA590115 WVH524529:WVM524579 WLL524529:WLQ524579 WBP524529:WBU524579 VRT524529:VRY524579 VHX524529:VIC524579 UYB524529:UYG524579 UOF524529:UOK524579 UEJ524529:UEO524579 TUN524529:TUS524579 TKR524529:TKW524579 TAV524529:TBA524579 SQZ524529:SRE524579 SHD524529:SHI524579 RXH524529:RXM524579 RNL524529:RNQ524579 RDP524529:RDU524579 QTT524529:QTY524579 QJX524529:QKC524579 QAB524529:QAG524579 PQF524529:PQK524579 PGJ524529:PGO524579 OWN524529:OWS524579 OMR524529:OMW524579 OCV524529:ODA524579 NSZ524529:NTE524579 NJD524529:NJI524579 MZH524529:MZM524579 MPL524529:MPQ524579 MFP524529:MFU524579 LVT524529:LVY524579 LLX524529:LMC524579 LCB524529:LCG524579 KSF524529:KSK524579 KIJ524529:KIO524579 JYN524529:JYS524579 JOR524529:JOW524579 JEV524529:JFA524579 IUZ524529:IVE524579 ILD524529:ILI524579 IBH524529:IBM524579 HRL524529:HRQ524579 HHP524529:HHU524579 GXT524529:GXY524579 GNX524529:GOC524579 GEB524529:GEG524579 FUF524529:FUK524579 FKJ524529:FKO524579 FAN524529:FAS524579 EQR524529:EQW524579 EGV524529:EHA524579 DWZ524529:DXE524579 DND524529:DNI524579 DDH524529:DDM524579 CTL524529:CTQ524579 CJP524529:CJU524579 BZT524529:BZY524579 BPX524529:BQC524579 BGB524529:BGG524579 AWF524529:AWK524579 AMJ524529:AMO524579 ACN524529:ACS524579 SR524529:SW524579 IV524529:JA524579 WVH458993:WVM459043 WLL458993:WLQ459043 WBP458993:WBU459043 VRT458993:VRY459043 VHX458993:VIC459043 UYB458993:UYG459043 UOF458993:UOK459043 UEJ458993:UEO459043 TUN458993:TUS459043 TKR458993:TKW459043 TAV458993:TBA459043 SQZ458993:SRE459043 SHD458993:SHI459043 RXH458993:RXM459043 RNL458993:RNQ459043 RDP458993:RDU459043 QTT458993:QTY459043 QJX458993:QKC459043 QAB458993:QAG459043 PQF458993:PQK459043 PGJ458993:PGO459043 OWN458993:OWS459043 OMR458993:OMW459043 OCV458993:ODA459043 NSZ458993:NTE459043 NJD458993:NJI459043 MZH458993:MZM459043 MPL458993:MPQ459043 MFP458993:MFU459043 LVT458993:LVY459043 LLX458993:LMC459043 LCB458993:LCG459043 KSF458993:KSK459043 KIJ458993:KIO459043 JYN458993:JYS459043 JOR458993:JOW459043 JEV458993:JFA459043 IUZ458993:IVE459043 ILD458993:ILI459043 IBH458993:IBM459043 HRL458993:HRQ459043 HHP458993:HHU459043 GXT458993:GXY459043 GNX458993:GOC459043 GEB458993:GEG459043 FUF458993:FUK459043 FKJ458993:FKO459043 FAN458993:FAS459043 EQR458993:EQW459043 EGV458993:EHA459043 DWZ458993:DXE459043 DND458993:DNI459043 DDH458993:DDM459043 CTL458993:CTQ459043 CJP458993:CJU459043 BZT458993:BZY459043 BPX458993:BQC459043 BGB458993:BGG459043 AWF458993:AWK459043 AMJ458993:AMO459043 ACN458993:ACS459043 SR458993:SW459043 IV458993:JA459043 WVH393457:WVM393507 WLL393457:WLQ393507 WBP393457:WBU393507 VRT393457:VRY393507 VHX393457:VIC393507 UYB393457:UYG393507 UOF393457:UOK393507 UEJ393457:UEO393507 TUN393457:TUS393507 TKR393457:TKW393507 TAV393457:TBA393507 SQZ393457:SRE393507 SHD393457:SHI393507 RXH393457:RXM393507 RNL393457:RNQ393507 RDP393457:RDU393507 QTT393457:QTY393507 QJX393457:QKC393507 QAB393457:QAG393507 PQF393457:PQK393507 PGJ393457:PGO393507 OWN393457:OWS393507 OMR393457:OMW393507 OCV393457:ODA393507 NSZ393457:NTE393507 NJD393457:NJI393507 MZH393457:MZM393507 MPL393457:MPQ393507 MFP393457:MFU393507 LVT393457:LVY393507 LLX393457:LMC393507 LCB393457:LCG393507 KSF393457:KSK393507 KIJ393457:KIO393507 JYN393457:JYS393507 JOR393457:JOW393507 JEV393457:JFA393507 IUZ393457:IVE393507 ILD393457:ILI393507 IBH393457:IBM393507 HRL393457:HRQ393507 HHP393457:HHU393507 GXT393457:GXY393507 GNX393457:GOC393507 GEB393457:GEG393507 FUF393457:FUK393507 FKJ393457:FKO393507 FAN393457:FAS393507 EQR393457:EQW393507 EGV393457:EHA393507 DWZ393457:DXE393507 DND393457:DNI393507 DDH393457:DDM393507 CTL393457:CTQ393507 CJP393457:CJU393507 BZT393457:BZY393507 BPX393457:BQC393507 BGB393457:BGG393507 AWF393457:AWK393507 AMJ393457:AMO393507 ACN393457:ACS393507 SR393457:SW393507 IV393457:JA393507 WVH327921:WVM327971 WLL327921:WLQ327971 WBP327921:WBU327971 VRT327921:VRY327971 VHX327921:VIC327971 UYB327921:UYG327971 UOF327921:UOK327971 UEJ327921:UEO327971 TUN327921:TUS327971 TKR327921:TKW327971 TAV327921:TBA327971 SQZ327921:SRE327971 SHD327921:SHI327971 RXH327921:RXM327971 RNL327921:RNQ327971 RDP327921:RDU327971 QTT327921:QTY327971 QJX327921:QKC327971 QAB327921:QAG327971 PQF327921:PQK327971 PGJ327921:PGO327971 OWN327921:OWS327971 OMR327921:OMW327971 OCV327921:ODA327971 NSZ327921:NTE327971 NJD327921:NJI327971 MZH327921:MZM327971 MPL327921:MPQ327971 MFP327921:MFU327971 LVT327921:LVY327971 LLX327921:LMC327971 LCB327921:LCG327971 KSF327921:KSK327971 KIJ327921:KIO327971 JYN327921:JYS327971 JOR327921:JOW327971 JEV327921:JFA327971 IUZ327921:IVE327971 ILD327921:ILI327971 IBH327921:IBM327971 HRL327921:HRQ327971 HHP327921:HHU327971 GXT327921:GXY327971 GNX327921:GOC327971 GEB327921:GEG327971 FUF327921:FUK327971 FKJ327921:FKO327971 FAN327921:FAS327971 EQR327921:EQW327971 EGV327921:EHA327971 DWZ327921:DXE327971 DND327921:DNI327971 DDH327921:DDM327971 CTL327921:CTQ327971 CJP327921:CJU327971 BZT327921:BZY327971 BPX327921:BQC327971 BGB327921:BGG327971 AWF327921:AWK327971 AMJ327921:AMO327971 ACN327921:ACS327971 SR327921:SW327971 IV327921:JA327971 WVH262385:WVM262435 WLL262385:WLQ262435 WBP262385:WBU262435 VRT262385:VRY262435 VHX262385:VIC262435 UYB262385:UYG262435 UOF262385:UOK262435 UEJ262385:UEO262435 TUN262385:TUS262435 TKR262385:TKW262435 TAV262385:TBA262435 SQZ262385:SRE262435 SHD262385:SHI262435 RXH262385:RXM262435 RNL262385:RNQ262435 RDP262385:RDU262435 QTT262385:QTY262435 QJX262385:QKC262435 QAB262385:QAG262435 PQF262385:PQK262435 PGJ262385:PGO262435 OWN262385:OWS262435 OMR262385:OMW262435 OCV262385:ODA262435 NSZ262385:NTE262435 NJD262385:NJI262435 MZH262385:MZM262435 MPL262385:MPQ262435 MFP262385:MFU262435 LVT262385:LVY262435 LLX262385:LMC262435 LCB262385:LCG262435 KSF262385:KSK262435 KIJ262385:KIO262435 JYN262385:JYS262435 JOR262385:JOW262435 JEV262385:JFA262435 IUZ262385:IVE262435 ILD262385:ILI262435 IBH262385:IBM262435 HRL262385:HRQ262435 HHP262385:HHU262435 GXT262385:GXY262435 GNX262385:GOC262435 GEB262385:GEG262435 FUF262385:FUK262435 FKJ262385:FKO262435 FAN262385:FAS262435 EQR262385:EQW262435 EGV262385:EHA262435 DWZ262385:DXE262435 DND262385:DNI262435 DDH262385:DDM262435 CTL262385:CTQ262435 CJP262385:CJU262435 BZT262385:BZY262435 BPX262385:BQC262435 BGB262385:BGG262435 AWF262385:AWK262435 AMJ262385:AMO262435 ACN262385:ACS262435 SR262385:SW262435 IV262385:JA262435 WVH196849:WVM196899 WLL196849:WLQ196899 WBP196849:WBU196899 VRT196849:VRY196899 VHX196849:VIC196899 UYB196849:UYG196899 UOF196849:UOK196899 UEJ196849:UEO196899 TUN196849:TUS196899 TKR196849:TKW196899 TAV196849:TBA196899 SQZ196849:SRE196899 SHD196849:SHI196899 RXH196849:RXM196899 RNL196849:RNQ196899 RDP196849:RDU196899 QTT196849:QTY196899 QJX196849:QKC196899 QAB196849:QAG196899 PQF196849:PQK196899 PGJ196849:PGO196899 OWN196849:OWS196899 OMR196849:OMW196899 OCV196849:ODA196899 NSZ196849:NTE196899 NJD196849:NJI196899 MZH196849:MZM196899 MPL196849:MPQ196899 MFP196849:MFU196899 LVT196849:LVY196899 LLX196849:LMC196899 LCB196849:LCG196899 KSF196849:KSK196899 KIJ196849:KIO196899 JYN196849:JYS196899 JOR196849:JOW196899 JEV196849:JFA196899 IUZ196849:IVE196899 ILD196849:ILI196899 IBH196849:IBM196899 HRL196849:HRQ196899 HHP196849:HHU196899 GXT196849:GXY196899 GNX196849:GOC196899 GEB196849:GEG196899 FUF196849:FUK196899 FKJ196849:FKO196899 FAN196849:FAS196899 EQR196849:EQW196899 EGV196849:EHA196899 DWZ196849:DXE196899 DND196849:DNI196899 DDH196849:DDM196899 CTL196849:CTQ196899 CJP196849:CJU196899 BZT196849:BZY196899 BPX196849:BQC196899 BGB196849:BGG196899 AWF196849:AWK196899 AMJ196849:AMO196899 ACN196849:ACS196899 SR196849:SW196899 IV196849:JA196899 WVH131313:WVM131363 WLL131313:WLQ131363 WBP131313:WBU131363 VRT131313:VRY131363 VHX131313:VIC131363 UYB131313:UYG131363 UOF131313:UOK131363 UEJ131313:UEO131363 TUN131313:TUS131363 TKR131313:TKW131363 TAV131313:TBA131363 SQZ131313:SRE131363 SHD131313:SHI131363 RXH131313:RXM131363 RNL131313:RNQ131363 RDP131313:RDU131363 QTT131313:QTY131363 QJX131313:QKC131363 QAB131313:QAG131363 PQF131313:PQK131363 PGJ131313:PGO131363 OWN131313:OWS131363 OMR131313:OMW131363 OCV131313:ODA131363 NSZ131313:NTE131363 NJD131313:NJI131363 MZH131313:MZM131363 MPL131313:MPQ131363 MFP131313:MFU131363 LVT131313:LVY131363 LLX131313:LMC131363 LCB131313:LCG131363 KSF131313:KSK131363 KIJ131313:KIO131363 JYN131313:JYS131363 JOR131313:JOW131363 JEV131313:JFA131363 IUZ131313:IVE131363 ILD131313:ILI131363 IBH131313:IBM131363 HRL131313:HRQ131363 HHP131313:HHU131363 GXT131313:GXY131363 GNX131313:GOC131363 GEB131313:GEG131363 FUF131313:FUK131363 FKJ131313:FKO131363 FAN131313:FAS131363 EQR131313:EQW131363 EGV131313:EHA131363 DWZ131313:DXE131363 DND131313:DNI131363 DDH131313:DDM131363 CTL131313:CTQ131363 CJP131313:CJU131363 BZT131313:BZY131363 BPX131313:BQC131363 BGB131313:BGG131363 AWF131313:AWK131363 AMJ131313:AMO131363 ACN131313:ACS131363 SR131313:SW131363 IV131313:JA131363 WVH65777:WVM65827 WLL65777:WLQ65827 WBP65777:WBU65827 VRT65777:VRY65827 VHX65777:VIC65827 UYB65777:UYG65827 UOF65777:UOK65827 UEJ65777:UEO65827 TUN65777:TUS65827 TKR65777:TKW65827 TAV65777:TBA65827 SQZ65777:SRE65827 SHD65777:SHI65827 RXH65777:RXM65827 RNL65777:RNQ65827 RDP65777:RDU65827 QTT65777:QTY65827 QJX65777:QKC65827 QAB65777:QAG65827 PQF65777:PQK65827 PGJ65777:PGO65827 OWN65777:OWS65827 OMR65777:OMW65827 OCV65777:ODA65827 NSZ65777:NTE65827 NJD65777:NJI65827 MZH65777:MZM65827 MPL65777:MPQ65827 MFP65777:MFU65827 LVT65777:LVY65827 LLX65777:LMC65827 LCB65777:LCG65827 KSF65777:KSK65827 KIJ65777:KIO65827 JYN65777:JYS65827 JOR65777:JOW65827 JEV65777:JFA65827 IUZ65777:IVE65827 ILD65777:ILI65827 IBH65777:IBM65827 HRL65777:HRQ65827 HHP65777:HHU65827 GXT65777:GXY65827 GNX65777:GOC65827 GEB65777:GEG65827 FUF65777:FUK65827 FKJ65777:FKO65827 FAN65777:FAS65827 EQR65777:EQW65827 EGV65777:EHA65827 DWZ65777:DXE65827 DND65777:DNI65827 DDH65777:DDM65827 CTL65777:CTQ65827 CJP65777:CJU65827 BZT65777:BZY65827 BPX65777:BQC65827 BGB65777:BGG65827 AWF65777:AWK65827 AMJ65777:AMO65827 ACN65777:ACS65827" xr:uid="{E1D22CDF-25AB-403B-9D4F-01F8232A9BE7}">
+      <formula1>IF($E65755="o",IV65777="",IF($E65755="",IV65777="",IV65777&gt;0))</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65796:TB65824 JB65796:JF65824 WVN983300:WVR983328 WLR983300:WLV983328 WBV983300:WBZ983328 VRZ983300:VSD983328 VID983300:VIH983328 UYH983300:UYL983328 UOL983300:UOP983328 UEP983300:UET983328 TUT983300:TUX983328 TKX983300:TLB983328 TBB983300:TBF983328 SRF983300:SRJ983328 SHJ983300:SHN983328 RXN983300:RXR983328 RNR983300:RNV983328 RDV983300:RDZ983328 QTZ983300:QUD983328 QKD983300:QKH983328 QAH983300:QAL983328 PQL983300:PQP983328 PGP983300:PGT983328 OWT983300:OWX983328 OMX983300:ONB983328 ODB983300:ODF983328 NTF983300:NTJ983328 NJJ983300:NJN983328 MZN983300:MZR983328 MPR983300:MPV983328 MFV983300:MFZ983328 LVZ983300:LWD983328 LMD983300:LMH983328 LCH983300:LCL983328 KSL983300:KSP983328 KIP983300:KIT983328 JYT983300:JYX983328 JOX983300:JPB983328 JFB983300:JFF983328 IVF983300:IVJ983328 ILJ983300:ILN983328 IBN983300:IBR983328 HRR983300:HRV983328 HHV983300:HHZ983328 GXZ983300:GYD983328 GOD983300:GOH983328 GEH983300:GEL983328 FUL983300:FUP983328 FKP983300:FKT983328 FAT983300:FAX983328 EQX983300:ERB983328 EHB983300:EHF983328 DXF983300:DXJ983328 DNJ983300:DNN983328 DDN983300:DDR983328 CTR983300:CTV983328 CJV983300:CJZ983328 BZZ983300:CAD983328 BQD983300:BQH983328 BGH983300:BGL983328 AWL983300:AWP983328 AMP983300:AMT983328 ACT983300:ACX983328 SX983300:TB983328 JB983300:JF983328 WVN917764:WVR917792 WLR917764:WLV917792 WBV917764:WBZ917792 VRZ917764:VSD917792 VID917764:VIH917792 UYH917764:UYL917792 UOL917764:UOP917792 UEP917764:UET917792 TUT917764:TUX917792 TKX917764:TLB917792 TBB917764:TBF917792 SRF917764:SRJ917792 SHJ917764:SHN917792 RXN917764:RXR917792 RNR917764:RNV917792 RDV917764:RDZ917792 QTZ917764:QUD917792 QKD917764:QKH917792 QAH917764:QAL917792 PQL917764:PQP917792 PGP917764:PGT917792 OWT917764:OWX917792 OMX917764:ONB917792 ODB917764:ODF917792 NTF917764:NTJ917792 NJJ917764:NJN917792 MZN917764:MZR917792 MPR917764:MPV917792 MFV917764:MFZ917792 LVZ917764:LWD917792 LMD917764:LMH917792 LCH917764:LCL917792 KSL917764:KSP917792 KIP917764:KIT917792 JYT917764:JYX917792 JOX917764:JPB917792 JFB917764:JFF917792 IVF917764:IVJ917792 ILJ917764:ILN917792 IBN917764:IBR917792 HRR917764:HRV917792 HHV917764:HHZ917792 GXZ917764:GYD917792 GOD917764:GOH917792 GEH917764:GEL917792 FUL917764:FUP917792 FKP917764:FKT917792 FAT917764:FAX917792 EQX917764:ERB917792 EHB917764:EHF917792 DXF917764:DXJ917792 DNJ917764:DNN917792 DDN917764:DDR917792 CTR917764:CTV917792 CJV917764:CJZ917792 BZZ917764:CAD917792 BQD917764:BQH917792 BGH917764:BGL917792 AWL917764:AWP917792 AMP917764:AMT917792 ACT917764:ACX917792 SX917764:TB917792 JB917764:JF917792 WVN852228:WVR852256 WLR852228:WLV852256 WBV852228:WBZ852256 VRZ852228:VSD852256 VID852228:VIH852256 UYH852228:UYL852256 UOL852228:UOP852256 UEP852228:UET852256 TUT852228:TUX852256 TKX852228:TLB852256 TBB852228:TBF852256 SRF852228:SRJ852256 SHJ852228:SHN852256 RXN852228:RXR852256 RNR852228:RNV852256 RDV852228:RDZ852256 QTZ852228:QUD852256 QKD852228:QKH852256 QAH852228:QAL852256 PQL852228:PQP852256 PGP852228:PGT852256 OWT852228:OWX852256 OMX852228:ONB852256 ODB852228:ODF852256 NTF852228:NTJ852256 NJJ852228:NJN852256 MZN852228:MZR852256 MPR852228:MPV852256 MFV852228:MFZ852256 LVZ852228:LWD852256 LMD852228:LMH852256 LCH852228:LCL852256 KSL852228:KSP852256 KIP852228:KIT852256 JYT852228:JYX852256 JOX852228:JPB852256 JFB852228:JFF852256 IVF852228:IVJ852256 ILJ852228:ILN852256 IBN852228:IBR852256 HRR852228:HRV852256 HHV852228:HHZ852256 GXZ852228:GYD852256 GOD852228:GOH852256 GEH852228:GEL852256 FUL852228:FUP852256 FKP852228:FKT852256 FAT852228:FAX852256 EQX852228:ERB852256 EHB852228:EHF852256 DXF852228:DXJ852256 DNJ852228:DNN852256 DDN852228:DDR852256 CTR852228:CTV852256 CJV852228:CJZ852256 BZZ852228:CAD852256 BQD852228:BQH852256 BGH852228:BGL852256 AWL852228:AWP852256 AMP852228:AMT852256 ACT852228:ACX852256 SX852228:TB852256 JB852228:JF852256 WVN786692:WVR786720 WLR786692:WLV786720 WBV786692:WBZ786720 VRZ786692:VSD786720 VID786692:VIH786720 UYH786692:UYL786720 UOL786692:UOP786720 UEP786692:UET786720 TUT786692:TUX786720 TKX786692:TLB786720 TBB786692:TBF786720 SRF786692:SRJ786720 SHJ786692:SHN786720 RXN786692:RXR786720 RNR786692:RNV786720 RDV786692:RDZ786720 QTZ786692:QUD786720 QKD786692:QKH786720 QAH786692:QAL786720 PQL786692:PQP786720 PGP786692:PGT786720 OWT786692:OWX786720 OMX786692:ONB786720 ODB786692:ODF786720 NTF786692:NTJ786720 NJJ786692:NJN786720 MZN786692:MZR786720 MPR786692:MPV786720 MFV786692:MFZ786720 LVZ786692:LWD786720 LMD786692:LMH786720 LCH786692:LCL786720 KSL786692:KSP786720 KIP786692:KIT786720 JYT786692:JYX786720 JOX786692:JPB786720 JFB786692:JFF786720 IVF786692:IVJ786720 ILJ786692:ILN786720 IBN786692:IBR786720 HRR786692:HRV786720 HHV786692:HHZ786720 GXZ786692:GYD786720 GOD786692:GOH786720 GEH786692:GEL786720 FUL786692:FUP786720 FKP786692:FKT786720 FAT786692:FAX786720 EQX786692:ERB786720 EHB786692:EHF786720 DXF786692:DXJ786720 DNJ786692:DNN786720 DDN786692:DDR786720 CTR786692:CTV786720 CJV786692:CJZ786720 BZZ786692:CAD786720 BQD786692:BQH786720 BGH786692:BGL786720 AWL786692:AWP786720 AMP786692:AMT786720 ACT786692:ACX786720 SX786692:TB786720 JB786692:JF786720 WVN721156:WVR721184 WLR721156:WLV721184 WBV721156:WBZ721184 VRZ721156:VSD721184 VID721156:VIH721184 UYH721156:UYL721184 UOL721156:UOP721184 UEP721156:UET721184 TUT721156:TUX721184 TKX721156:TLB721184 TBB721156:TBF721184 SRF721156:SRJ721184 SHJ721156:SHN721184 RXN721156:RXR721184 RNR721156:RNV721184 RDV721156:RDZ721184 QTZ721156:QUD721184 QKD721156:QKH721184 QAH721156:QAL721184 PQL721156:PQP721184 PGP721156:PGT721184 OWT721156:OWX721184 OMX721156:ONB721184 ODB721156:ODF721184 NTF721156:NTJ721184 NJJ721156:NJN721184 MZN721156:MZR721184 MPR721156:MPV721184 MFV721156:MFZ721184 LVZ721156:LWD721184 LMD721156:LMH721184 LCH721156:LCL721184 KSL721156:KSP721184 KIP721156:KIT721184 JYT721156:JYX721184 JOX721156:JPB721184 JFB721156:JFF721184 IVF721156:IVJ721184 ILJ721156:ILN721184 IBN721156:IBR721184 HRR721156:HRV721184 HHV721156:HHZ721184 GXZ721156:GYD721184 GOD721156:GOH721184 GEH721156:GEL721184 FUL721156:FUP721184 FKP721156:FKT721184 FAT721156:FAX721184 EQX721156:ERB721184 EHB721156:EHF721184 DXF721156:DXJ721184 DNJ721156:DNN721184 DDN721156:DDR721184 CTR721156:CTV721184 CJV721156:CJZ721184 BZZ721156:CAD721184 BQD721156:BQH721184 BGH721156:BGL721184 AWL721156:AWP721184 AMP721156:AMT721184 ACT721156:ACX721184 SX721156:TB721184 JB721156:JF721184 WVN655620:WVR655648 WLR655620:WLV655648 WBV655620:WBZ655648 VRZ655620:VSD655648 VID655620:VIH655648 UYH655620:UYL655648 UOL655620:UOP655648 UEP655620:UET655648 TUT655620:TUX655648 TKX655620:TLB655648 TBB655620:TBF655648 SRF655620:SRJ655648 SHJ655620:SHN655648 RXN655620:RXR655648 RNR655620:RNV655648 RDV655620:RDZ655648 QTZ655620:QUD655648 QKD655620:QKH655648 QAH655620:QAL655648 PQL655620:PQP655648 PGP655620:PGT655648 OWT655620:OWX655648 OMX655620:ONB655648 ODB655620:ODF655648 NTF655620:NTJ655648 NJJ655620:NJN655648 MZN655620:MZR655648 MPR655620:MPV655648 MFV655620:MFZ655648 LVZ655620:LWD655648 LMD655620:LMH655648 LCH655620:LCL655648 KSL655620:KSP655648 KIP655620:KIT655648 JYT655620:JYX655648 JOX655620:JPB655648 JFB655620:JFF655648 IVF655620:IVJ655648 ILJ655620:ILN655648 IBN655620:IBR655648 HRR655620:HRV655648 HHV655620:HHZ655648 GXZ655620:GYD655648 GOD655620:GOH655648 GEH655620:GEL655648 FUL655620:FUP655648 FKP655620:FKT655648 FAT655620:FAX655648 EQX655620:ERB655648 EHB655620:EHF655648 DXF655620:DXJ655648 DNJ655620:DNN655648 DDN655620:DDR655648 CTR655620:CTV655648 CJV655620:CJZ655648 BZZ655620:CAD655648 BQD655620:BQH655648 BGH655620:BGL655648 AWL655620:AWP655648 AMP655620:AMT655648 ACT655620:ACX655648 SX655620:TB655648 JB655620:JF655648 WVN590084:WVR590112 WLR590084:WLV590112 WBV590084:WBZ590112 VRZ590084:VSD590112 VID590084:VIH590112 UYH590084:UYL590112 UOL590084:UOP590112 UEP590084:UET590112 TUT590084:TUX590112 TKX590084:TLB590112 TBB590084:TBF590112 SRF590084:SRJ590112 SHJ590084:SHN590112 RXN590084:RXR590112 RNR590084:RNV590112 RDV590084:RDZ590112 QTZ590084:QUD590112 QKD590084:QKH590112 QAH590084:QAL590112 PQL590084:PQP590112 PGP590084:PGT590112 OWT590084:OWX590112 OMX590084:ONB590112 ODB590084:ODF590112 NTF590084:NTJ590112 NJJ590084:NJN590112 MZN590084:MZR590112 MPR590084:MPV590112 MFV590084:MFZ590112 LVZ590084:LWD590112 LMD590084:LMH590112 LCH590084:LCL590112 KSL590084:KSP590112 KIP590084:KIT590112 JYT590084:JYX590112 JOX590084:JPB590112 JFB590084:JFF590112 IVF590084:IVJ590112 ILJ590084:ILN590112 IBN590084:IBR590112 HRR590084:HRV590112 HHV590084:HHZ590112 GXZ590084:GYD590112 GOD590084:GOH590112 GEH590084:GEL590112 FUL590084:FUP590112 FKP590084:FKT590112 FAT590084:FAX590112 EQX590084:ERB590112 EHB590084:EHF590112 DXF590084:DXJ590112 DNJ590084:DNN590112 DDN590084:DDR590112 CTR590084:CTV590112 CJV590084:CJZ590112 BZZ590084:CAD590112 BQD590084:BQH590112 BGH590084:BGL590112 AWL590084:AWP590112 AMP590084:AMT590112 ACT590084:ACX590112 SX590084:TB590112 JB590084:JF590112 WVN524548:WVR524576 WLR524548:WLV524576 WBV524548:WBZ524576 VRZ524548:VSD524576 VID524548:VIH524576 UYH524548:UYL524576 UOL524548:UOP524576 UEP524548:UET524576 TUT524548:TUX524576 TKX524548:TLB524576 TBB524548:TBF524576 SRF524548:SRJ524576 SHJ524548:SHN524576 RXN524548:RXR524576 RNR524548:RNV524576 RDV524548:RDZ524576 QTZ524548:QUD524576 QKD524548:QKH524576 QAH524548:QAL524576 PQL524548:PQP524576 PGP524548:PGT524576 OWT524548:OWX524576 OMX524548:ONB524576 ODB524548:ODF524576 NTF524548:NTJ524576 NJJ524548:NJN524576 MZN524548:MZR524576 MPR524548:MPV524576 MFV524548:MFZ524576 LVZ524548:LWD524576 LMD524548:LMH524576 LCH524548:LCL524576 KSL524548:KSP524576 KIP524548:KIT524576 JYT524548:JYX524576 JOX524548:JPB524576 JFB524548:JFF524576 IVF524548:IVJ524576 ILJ524548:ILN524576 IBN524548:IBR524576 HRR524548:HRV524576 HHV524548:HHZ524576 GXZ524548:GYD524576 GOD524548:GOH524576 GEH524548:GEL524576 FUL524548:FUP524576 FKP524548:FKT524576 FAT524548:FAX524576 EQX524548:ERB524576 EHB524548:EHF524576 DXF524548:DXJ524576 DNJ524548:DNN524576 DDN524548:DDR524576 CTR524548:CTV524576 CJV524548:CJZ524576 BZZ524548:CAD524576 BQD524548:BQH524576 BGH524548:BGL524576 AWL524548:AWP524576 AMP524548:AMT524576 ACT524548:ACX524576 SX524548:TB524576 JB524548:JF524576 WVN459012:WVR459040 WLR459012:WLV459040 WBV459012:WBZ459040 VRZ459012:VSD459040 VID459012:VIH459040 UYH459012:UYL459040 UOL459012:UOP459040 UEP459012:UET459040 TUT459012:TUX459040 TKX459012:TLB459040 TBB459012:TBF459040 SRF459012:SRJ459040 SHJ459012:SHN459040 RXN459012:RXR459040 RNR459012:RNV459040 RDV459012:RDZ459040 QTZ459012:QUD459040 QKD459012:QKH459040 QAH459012:QAL459040 PQL459012:PQP459040 PGP459012:PGT459040 OWT459012:OWX459040 OMX459012:ONB459040 ODB459012:ODF459040 NTF459012:NTJ459040 NJJ459012:NJN459040 MZN459012:MZR459040 MPR459012:MPV459040 MFV459012:MFZ459040 LVZ459012:LWD459040 LMD459012:LMH459040 LCH459012:LCL459040 KSL459012:KSP459040 KIP459012:KIT459040 JYT459012:JYX459040 JOX459012:JPB459040 JFB459012:JFF459040 IVF459012:IVJ459040 ILJ459012:ILN459040 IBN459012:IBR459040 HRR459012:HRV459040 HHV459012:HHZ459040 GXZ459012:GYD459040 GOD459012:GOH459040 GEH459012:GEL459040 FUL459012:FUP459040 FKP459012:FKT459040 FAT459012:FAX459040 EQX459012:ERB459040 EHB459012:EHF459040 DXF459012:DXJ459040 DNJ459012:DNN459040 DDN459012:DDR459040 CTR459012:CTV459040 CJV459012:CJZ459040 BZZ459012:CAD459040 BQD459012:BQH459040 BGH459012:BGL459040 AWL459012:AWP459040 AMP459012:AMT459040 ACT459012:ACX459040 SX459012:TB459040 JB459012:JF459040 WVN393476:WVR393504 WLR393476:WLV393504 WBV393476:WBZ393504 VRZ393476:VSD393504 VID393476:VIH393504 UYH393476:UYL393504 UOL393476:UOP393504 UEP393476:UET393504 TUT393476:TUX393504 TKX393476:TLB393504 TBB393476:TBF393504 SRF393476:SRJ393504 SHJ393476:SHN393504 RXN393476:RXR393504 RNR393476:RNV393504 RDV393476:RDZ393504 QTZ393476:QUD393504 QKD393476:QKH393504 QAH393476:QAL393504 PQL393476:PQP393504 PGP393476:PGT393504 OWT393476:OWX393504 OMX393476:ONB393504 ODB393476:ODF393504 NTF393476:NTJ393504 NJJ393476:NJN393504 MZN393476:MZR393504 MPR393476:MPV393504 MFV393476:MFZ393504 LVZ393476:LWD393504 LMD393476:LMH393504 LCH393476:LCL393504 KSL393476:KSP393504 KIP393476:KIT393504 JYT393476:JYX393504 JOX393476:JPB393504 JFB393476:JFF393504 IVF393476:IVJ393504 ILJ393476:ILN393504 IBN393476:IBR393504 HRR393476:HRV393504 HHV393476:HHZ393504 GXZ393476:GYD393504 GOD393476:GOH393504 GEH393476:GEL393504 FUL393476:FUP393504 FKP393476:FKT393504 FAT393476:FAX393504 EQX393476:ERB393504 EHB393476:EHF393504 DXF393476:DXJ393504 DNJ393476:DNN393504 DDN393476:DDR393504 CTR393476:CTV393504 CJV393476:CJZ393504 BZZ393476:CAD393504 BQD393476:BQH393504 BGH393476:BGL393504 AWL393476:AWP393504 AMP393476:AMT393504 ACT393476:ACX393504 SX393476:TB393504 JB393476:JF393504 WVN327940:WVR327968 WLR327940:WLV327968 WBV327940:WBZ327968 VRZ327940:VSD327968 VID327940:VIH327968 UYH327940:UYL327968 UOL327940:UOP327968 UEP327940:UET327968 TUT327940:TUX327968 TKX327940:TLB327968 TBB327940:TBF327968 SRF327940:SRJ327968 SHJ327940:SHN327968 RXN327940:RXR327968 RNR327940:RNV327968 RDV327940:RDZ327968 QTZ327940:QUD327968 QKD327940:QKH327968 QAH327940:QAL327968 PQL327940:PQP327968 PGP327940:PGT327968 OWT327940:OWX327968 OMX327940:ONB327968 ODB327940:ODF327968 NTF327940:NTJ327968 NJJ327940:NJN327968 MZN327940:MZR327968 MPR327940:MPV327968 MFV327940:MFZ327968 LVZ327940:LWD327968 LMD327940:LMH327968 LCH327940:LCL327968 KSL327940:KSP327968 KIP327940:KIT327968 JYT327940:JYX327968 JOX327940:JPB327968 JFB327940:JFF327968 IVF327940:IVJ327968 ILJ327940:ILN327968 IBN327940:IBR327968 HRR327940:HRV327968 HHV327940:HHZ327968 GXZ327940:GYD327968 GOD327940:GOH327968 GEH327940:GEL327968 FUL327940:FUP327968 FKP327940:FKT327968 FAT327940:FAX327968 EQX327940:ERB327968 EHB327940:EHF327968 DXF327940:DXJ327968 DNJ327940:DNN327968 DDN327940:DDR327968 CTR327940:CTV327968 CJV327940:CJZ327968 BZZ327940:CAD327968 BQD327940:BQH327968 BGH327940:BGL327968 AWL327940:AWP327968 AMP327940:AMT327968 ACT327940:ACX327968 SX327940:TB327968 JB327940:JF327968 WVN262404:WVR262432 WLR262404:WLV262432 WBV262404:WBZ262432 VRZ262404:VSD262432 VID262404:VIH262432 UYH262404:UYL262432 UOL262404:UOP262432 UEP262404:UET262432 TUT262404:TUX262432 TKX262404:TLB262432 TBB262404:TBF262432 SRF262404:SRJ262432 SHJ262404:SHN262432 RXN262404:RXR262432 RNR262404:RNV262432 RDV262404:RDZ262432 QTZ262404:QUD262432 QKD262404:QKH262432 QAH262404:QAL262432 PQL262404:PQP262432 PGP262404:PGT262432 OWT262404:OWX262432 OMX262404:ONB262432 ODB262404:ODF262432 NTF262404:NTJ262432 NJJ262404:NJN262432 MZN262404:MZR262432 MPR262404:MPV262432 MFV262404:MFZ262432 LVZ262404:LWD262432 LMD262404:LMH262432 LCH262404:LCL262432 KSL262404:KSP262432 KIP262404:KIT262432 JYT262404:JYX262432 JOX262404:JPB262432 JFB262404:JFF262432 IVF262404:IVJ262432 ILJ262404:ILN262432 IBN262404:IBR262432 HRR262404:HRV262432 HHV262404:HHZ262432 GXZ262404:GYD262432 GOD262404:GOH262432 GEH262404:GEL262432 FUL262404:FUP262432 FKP262404:FKT262432 FAT262404:FAX262432 EQX262404:ERB262432 EHB262404:EHF262432 DXF262404:DXJ262432 DNJ262404:DNN262432 DDN262404:DDR262432 CTR262404:CTV262432 CJV262404:CJZ262432 BZZ262404:CAD262432 BQD262404:BQH262432 BGH262404:BGL262432 AWL262404:AWP262432 AMP262404:AMT262432 ACT262404:ACX262432 SX262404:TB262432 JB262404:JF262432 WVN196868:WVR196896 WLR196868:WLV196896 WBV196868:WBZ196896 VRZ196868:VSD196896 VID196868:VIH196896 UYH196868:UYL196896 UOL196868:UOP196896 UEP196868:UET196896 TUT196868:TUX196896 TKX196868:TLB196896 TBB196868:TBF196896 SRF196868:SRJ196896 SHJ196868:SHN196896 RXN196868:RXR196896 RNR196868:RNV196896 RDV196868:RDZ196896 QTZ196868:QUD196896 QKD196868:QKH196896 QAH196868:QAL196896 PQL196868:PQP196896 PGP196868:PGT196896 OWT196868:OWX196896 OMX196868:ONB196896 ODB196868:ODF196896 NTF196868:NTJ196896 NJJ196868:NJN196896 MZN196868:MZR196896 MPR196868:MPV196896 MFV196868:MFZ196896 LVZ196868:LWD196896 LMD196868:LMH196896 LCH196868:LCL196896 KSL196868:KSP196896 KIP196868:KIT196896 JYT196868:JYX196896 JOX196868:JPB196896 JFB196868:JFF196896 IVF196868:IVJ196896 ILJ196868:ILN196896 IBN196868:IBR196896 HRR196868:HRV196896 HHV196868:HHZ196896 GXZ196868:GYD196896 GOD196868:GOH196896 GEH196868:GEL196896 FUL196868:FUP196896 FKP196868:FKT196896 FAT196868:FAX196896 EQX196868:ERB196896 EHB196868:EHF196896 DXF196868:DXJ196896 DNJ196868:DNN196896 DDN196868:DDR196896 CTR196868:CTV196896 CJV196868:CJZ196896 BZZ196868:CAD196896 BQD196868:BQH196896 BGH196868:BGL196896 AWL196868:AWP196896 AMP196868:AMT196896 ACT196868:ACX196896 SX196868:TB196896 JB196868:JF196896 WVN131332:WVR131360 WLR131332:WLV131360 WBV131332:WBZ131360 VRZ131332:VSD131360 VID131332:VIH131360 UYH131332:UYL131360 UOL131332:UOP131360 UEP131332:UET131360 TUT131332:TUX131360 TKX131332:TLB131360 TBB131332:TBF131360 SRF131332:SRJ131360 SHJ131332:SHN131360 RXN131332:RXR131360 RNR131332:RNV131360 RDV131332:RDZ131360 QTZ131332:QUD131360 QKD131332:QKH131360 QAH131332:QAL131360 PQL131332:PQP131360 PGP131332:PGT131360 OWT131332:OWX131360 OMX131332:ONB131360 ODB131332:ODF131360 NTF131332:NTJ131360 NJJ131332:NJN131360 MZN131332:MZR131360 MPR131332:MPV131360 MFV131332:MFZ131360 LVZ131332:LWD131360 LMD131332:LMH131360 LCH131332:LCL131360 KSL131332:KSP131360 KIP131332:KIT131360 JYT131332:JYX131360 JOX131332:JPB131360 JFB131332:JFF131360 IVF131332:IVJ131360 ILJ131332:ILN131360 IBN131332:IBR131360 HRR131332:HRV131360 HHV131332:HHZ131360 GXZ131332:GYD131360 GOD131332:GOH131360 GEH131332:GEL131360 FUL131332:FUP131360 FKP131332:FKT131360 FAT131332:FAX131360 EQX131332:ERB131360 EHB131332:EHF131360 DXF131332:DXJ131360 DNJ131332:DNN131360 DDN131332:DDR131360 CTR131332:CTV131360 CJV131332:CJZ131360 BZZ131332:CAD131360 BQD131332:BQH131360 BGH131332:BGL131360 AWL131332:AWP131360 AMP131332:AMT131360 ACT131332:ACX131360 SX131332:TB131360 JB131332:JF131360 WVN65796:WVR65824 WLR65796:WLV65824 WBV65796:WBZ65824 VRZ65796:VSD65824 VID65796:VIH65824 UYH65796:UYL65824 UOL65796:UOP65824 UEP65796:UET65824 TUT65796:TUX65824 TKX65796:TLB65824 TBB65796:TBF65824 SRF65796:SRJ65824 SHJ65796:SHN65824 RXN65796:RXR65824 RNR65796:RNV65824 RDV65796:RDZ65824 QTZ65796:QUD65824 QKD65796:QKH65824 QAH65796:QAL65824 PQL65796:PQP65824 PGP65796:PGT65824 OWT65796:OWX65824 OMX65796:ONB65824 ODB65796:ODF65824 NTF65796:NTJ65824 NJJ65796:NJN65824 MZN65796:MZR65824 MPR65796:MPV65824 MFV65796:MFZ65824 LVZ65796:LWD65824 LMD65796:LMH65824 LCH65796:LCL65824 KSL65796:KSP65824 KIP65796:KIT65824 JYT65796:JYX65824 JOX65796:JPB65824 JFB65796:JFF65824 IVF65796:IVJ65824 ILJ65796:ILN65824 IBN65796:IBR65824 HRR65796:HRV65824 HHV65796:HHZ65824 GXZ65796:GYD65824 GOD65796:GOH65824 GEH65796:GEL65824 FUL65796:FUP65824 FKP65796:FKT65824 FAT65796:FAX65824 EQX65796:ERB65824 EHB65796:EHF65824 DXF65796:DXJ65824 DNJ65796:DNN65824 DDN65796:DDR65824 CTR65796:CTV65824 CJV65796:CJZ65824 BZZ65796:CAD65824 BQD65796:BQH65824 BGH65796:BGL65824 AWL65796:AWP65824 AMP65796:AMT65824 ACT65796:ACX65824" xr:uid="{7D323467-8F67-4BAB-8589-3BA4566711DF}">
-      <formula1>IF(OR($E65774="z",$E65774="o"),JB65796="",JB65796="x")</formula1>
+    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65799:TB65827 JB65799:JF65827 WVN983303:WVR983331 WLR983303:WLV983331 WBV983303:WBZ983331 VRZ983303:VSD983331 VID983303:VIH983331 UYH983303:UYL983331 UOL983303:UOP983331 UEP983303:UET983331 TUT983303:TUX983331 TKX983303:TLB983331 TBB983303:TBF983331 SRF983303:SRJ983331 SHJ983303:SHN983331 RXN983303:RXR983331 RNR983303:RNV983331 RDV983303:RDZ983331 QTZ983303:QUD983331 QKD983303:QKH983331 QAH983303:QAL983331 PQL983303:PQP983331 PGP983303:PGT983331 OWT983303:OWX983331 OMX983303:ONB983331 ODB983303:ODF983331 NTF983303:NTJ983331 NJJ983303:NJN983331 MZN983303:MZR983331 MPR983303:MPV983331 MFV983303:MFZ983331 LVZ983303:LWD983331 LMD983303:LMH983331 LCH983303:LCL983331 KSL983303:KSP983331 KIP983303:KIT983331 JYT983303:JYX983331 JOX983303:JPB983331 JFB983303:JFF983331 IVF983303:IVJ983331 ILJ983303:ILN983331 IBN983303:IBR983331 HRR983303:HRV983331 HHV983303:HHZ983331 GXZ983303:GYD983331 GOD983303:GOH983331 GEH983303:GEL983331 FUL983303:FUP983331 FKP983303:FKT983331 FAT983303:FAX983331 EQX983303:ERB983331 EHB983303:EHF983331 DXF983303:DXJ983331 DNJ983303:DNN983331 DDN983303:DDR983331 CTR983303:CTV983331 CJV983303:CJZ983331 BZZ983303:CAD983331 BQD983303:BQH983331 BGH983303:BGL983331 AWL983303:AWP983331 AMP983303:AMT983331 ACT983303:ACX983331 SX983303:TB983331 JB983303:JF983331 WVN917767:WVR917795 WLR917767:WLV917795 WBV917767:WBZ917795 VRZ917767:VSD917795 VID917767:VIH917795 UYH917767:UYL917795 UOL917767:UOP917795 UEP917767:UET917795 TUT917767:TUX917795 TKX917767:TLB917795 TBB917767:TBF917795 SRF917767:SRJ917795 SHJ917767:SHN917795 RXN917767:RXR917795 RNR917767:RNV917795 RDV917767:RDZ917795 QTZ917767:QUD917795 QKD917767:QKH917795 QAH917767:QAL917795 PQL917767:PQP917795 PGP917767:PGT917795 OWT917767:OWX917795 OMX917767:ONB917795 ODB917767:ODF917795 NTF917767:NTJ917795 NJJ917767:NJN917795 MZN917767:MZR917795 MPR917767:MPV917795 MFV917767:MFZ917795 LVZ917767:LWD917795 LMD917767:LMH917795 LCH917767:LCL917795 KSL917767:KSP917795 KIP917767:KIT917795 JYT917767:JYX917795 JOX917767:JPB917795 JFB917767:JFF917795 IVF917767:IVJ917795 ILJ917767:ILN917795 IBN917767:IBR917795 HRR917767:HRV917795 HHV917767:HHZ917795 GXZ917767:GYD917795 GOD917767:GOH917795 GEH917767:GEL917795 FUL917767:FUP917795 FKP917767:FKT917795 FAT917767:FAX917795 EQX917767:ERB917795 EHB917767:EHF917795 DXF917767:DXJ917795 DNJ917767:DNN917795 DDN917767:DDR917795 CTR917767:CTV917795 CJV917767:CJZ917795 BZZ917767:CAD917795 BQD917767:BQH917795 BGH917767:BGL917795 AWL917767:AWP917795 AMP917767:AMT917795 ACT917767:ACX917795 SX917767:TB917795 JB917767:JF917795 WVN852231:WVR852259 WLR852231:WLV852259 WBV852231:WBZ852259 VRZ852231:VSD852259 VID852231:VIH852259 UYH852231:UYL852259 UOL852231:UOP852259 UEP852231:UET852259 TUT852231:TUX852259 TKX852231:TLB852259 TBB852231:TBF852259 SRF852231:SRJ852259 SHJ852231:SHN852259 RXN852231:RXR852259 RNR852231:RNV852259 RDV852231:RDZ852259 QTZ852231:QUD852259 QKD852231:QKH852259 QAH852231:QAL852259 PQL852231:PQP852259 PGP852231:PGT852259 OWT852231:OWX852259 OMX852231:ONB852259 ODB852231:ODF852259 NTF852231:NTJ852259 NJJ852231:NJN852259 MZN852231:MZR852259 MPR852231:MPV852259 MFV852231:MFZ852259 LVZ852231:LWD852259 LMD852231:LMH852259 LCH852231:LCL852259 KSL852231:KSP852259 KIP852231:KIT852259 JYT852231:JYX852259 JOX852231:JPB852259 JFB852231:JFF852259 IVF852231:IVJ852259 ILJ852231:ILN852259 IBN852231:IBR852259 HRR852231:HRV852259 HHV852231:HHZ852259 GXZ852231:GYD852259 GOD852231:GOH852259 GEH852231:GEL852259 FUL852231:FUP852259 FKP852231:FKT852259 FAT852231:FAX852259 EQX852231:ERB852259 EHB852231:EHF852259 DXF852231:DXJ852259 DNJ852231:DNN852259 DDN852231:DDR852259 CTR852231:CTV852259 CJV852231:CJZ852259 BZZ852231:CAD852259 BQD852231:BQH852259 BGH852231:BGL852259 AWL852231:AWP852259 AMP852231:AMT852259 ACT852231:ACX852259 SX852231:TB852259 JB852231:JF852259 WVN786695:WVR786723 WLR786695:WLV786723 WBV786695:WBZ786723 VRZ786695:VSD786723 VID786695:VIH786723 UYH786695:UYL786723 UOL786695:UOP786723 UEP786695:UET786723 TUT786695:TUX786723 TKX786695:TLB786723 TBB786695:TBF786723 SRF786695:SRJ786723 SHJ786695:SHN786723 RXN786695:RXR786723 RNR786695:RNV786723 RDV786695:RDZ786723 QTZ786695:QUD786723 QKD786695:QKH786723 QAH786695:QAL786723 PQL786695:PQP786723 PGP786695:PGT786723 OWT786695:OWX786723 OMX786695:ONB786723 ODB786695:ODF786723 NTF786695:NTJ786723 NJJ786695:NJN786723 MZN786695:MZR786723 MPR786695:MPV786723 MFV786695:MFZ786723 LVZ786695:LWD786723 LMD786695:LMH786723 LCH786695:LCL786723 KSL786695:KSP786723 KIP786695:KIT786723 JYT786695:JYX786723 JOX786695:JPB786723 JFB786695:JFF786723 IVF786695:IVJ786723 ILJ786695:ILN786723 IBN786695:IBR786723 HRR786695:HRV786723 HHV786695:HHZ786723 GXZ786695:GYD786723 GOD786695:GOH786723 GEH786695:GEL786723 FUL786695:FUP786723 FKP786695:FKT786723 FAT786695:FAX786723 EQX786695:ERB786723 EHB786695:EHF786723 DXF786695:DXJ786723 DNJ786695:DNN786723 DDN786695:DDR786723 CTR786695:CTV786723 CJV786695:CJZ786723 BZZ786695:CAD786723 BQD786695:BQH786723 BGH786695:BGL786723 AWL786695:AWP786723 AMP786695:AMT786723 ACT786695:ACX786723 SX786695:TB786723 JB786695:JF786723 WVN721159:WVR721187 WLR721159:WLV721187 WBV721159:WBZ721187 VRZ721159:VSD721187 VID721159:VIH721187 UYH721159:UYL721187 UOL721159:UOP721187 UEP721159:UET721187 TUT721159:TUX721187 TKX721159:TLB721187 TBB721159:TBF721187 SRF721159:SRJ721187 SHJ721159:SHN721187 RXN721159:RXR721187 RNR721159:RNV721187 RDV721159:RDZ721187 QTZ721159:QUD721187 QKD721159:QKH721187 QAH721159:QAL721187 PQL721159:PQP721187 PGP721159:PGT721187 OWT721159:OWX721187 OMX721159:ONB721187 ODB721159:ODF721187 NTF721159:NTJ721187 NJJ721159:NJN721187 MZN721159:MZR721187 MPR721159:MPV721187 MFV721159:MFZ721187 LVZ721159:LWD721187 LMD721159:LMH721187 LCH721159:LCL721187 KSL721159:KSP721187 KIP721159:KIT721187 JYT721159:JYX721187 JOX721159:JPB721187 JFB721159:JFF721187 IVF721159:IVJ721187 ILJ721159:ILN721187 IBN721159:IBR721187 HRR721159:HRV721187 HHV721159:HHZ721187 GXZ721159:GYD721187 GOD721159:GOH721187 GEH721159:GEL721187 FUL721159:FUP721187 FKP721159:FKT721187 FAT721159:FAX721187 EQX721159:ERB721187 EHB721159:EHF721187 DXF721159:DXJ721187 DNJ721159:DNN721187 DDN721159:DDR721187 CTR721159:CTV721187 CJV721159:CJZ721187 BZZ721159:CAD721187 BQD721159:BQH721187 BGH721159:BGL721187 AWL721159:AWP721187 AMP721159:AMT721187 ACT721159:ACX721187 SX721159:TB721187 JB721159:JF721187 WVN655623:WVR655651 WLR655623:WLV655651 WBV655623:WBZ655651 VRZ655623:VSD655651 VID655623:VIH655651 UYH655623:UYL655651 UOL655623:UOP655651 UEP655623:UET655651 TUT655623:TUX655651 TKX655623:TLB655651 TBB655623:TBF655651 SRF655623:SRJ655651 SHJ655623:SHN655651 RXN655623:RXR655651 RNR655623:RNV655651 RDV655623:RDZ655651 QTZ655623:QUD655651 QKD655623:QKH655651 QAH655623:QAL655651 PQL655623:PQP655651 PGP655623:PGT655651 OWT655623:OWX655651 OMX655623:ONB655651 ODB655623:ODF655651 NTF655623:NTJ655651 NJJ655623:NJN655651 MZN655623:MZR655651 MPR655623:MPV655651 MFV655623:MFZ655651 LVZ655623:LWD655651 LMD655623:LMH655651 LCH655623:LCL655651 KSL655623:KSP655651 KIP655623:KIT655651 JYT655623:JYX655651 JOX655623:JPB655651 JFB655623:JFF655651 IVF655623:IVJ655651 ILJ655623:ILN655651 IBN655623:IBR655651 HRR655623:HRV655651 HHV655623:HHZ655651 GXZ655623:GYD655651 GOD655623:GOH655651 GEH655623:GEL655651 FUL655623:FUP655651 FKP655623:FKT655651 FAT655623:FAX655651 EQX655623:ERB655651 EHB655623:EHF655651 DXF655623:DXJ655651 DNJ655623:DNN655651 DDN655623:DDR655651 CTR655623:CTV655651 CJV655623:CJZ655651 BZZ655623:CAD655651 BQD655623:BQH655651 BGH655623:BGL655651 AWL655623:AWP655651 AMP655623:AMT655651 ACT655623:ACX655651 SX655623:TB655651 JB655623:JF655651 WVN590087:WVR590115 WLR590087:WLV590115 WBV590087:WBZ590115 VRZ590087:VSD590115 VID590087:VIH590115 UYH590087:UYL590115 UOL590087:UOP590115 UEP590087:UET590115 TUT590087:TUX590115 TKX590087:TLB590115 TBB590087:TBF590115 SRF590087:SRJ590115 SHJ590087:SHN590115 RXN590087:RXR590115 RNR590087:RNV590115 RDV590087:RDZ590115 QTZ590087:QUD590115 QKD590087:QKH590115 QAH590087:QAL590115 PQL590087:PQP590115 PGP590087:PGT590115 OWT590087:OWX590115 OMX590087:ONB590115 ODB590087:ODF590115 NTF590087:NTJ590115 NJJ590087:NJN590115 MZN590087:MZR590115 MPR590087:MPV590115 MFV590087:MFZ590115 LVZ590087:LWD590115 LMD590087:LMH590115 LCH590087:LCL590115 KSL590087:KSP590115 KIP590087:KIT590115 JYT590087:JYX590115 JOX590087:JPB590115 JFB590087:JFF590115 IVF590087:IVJ590115 ILJ590087:ILN590115 IBN590087:IBR590115 HRR590087:HRV590115 HHV590087:HHZ590115 GXZ590087:GYD590115 GOD590087:GOH590115 GEH590087:GEL590115 FUL590087:FUP590115 FKP590087:FKT590115 FAT590087:FAX590115 EQX590087:ERB590115 EHB590087:EHF590115 DXF590087:DXJ590115 DNJ590087:DNN590115 DDN590087:DDR590115 CTR590087:CTV590115 CJV590087:CJZ590115 BZZ590087:CAD590115 BQD590087:BQH590115 BGH590087:BGL590115 AWL590087:AWP590115 AMP590087:AMT590115 ACT590087:ACX590115 SX590087:TB590115 JB590087:JF590115 WVN524551:WVR524579 WLR524551:WLV524579 WBV524551:WBZ524579 VRZ524551:VSD524579 VID524551:VIH524579 UYH524551:UYL524579 UOL524551:UOP524579 UEP524551:UET524579 TUT524551:TUX524579 TKX524551:TLB524579 TBB524551:TBF524579 SRF524551:SRJ524579 SHJ524551:SHN524579 RXN524551:RXR524579 RNR524551:RNV524579 RDV524551:RDZ524579 QTZ524551:QUD524579 QKD524551:QKH524579 QAH524551:QAL524579 PQL524551:PQP524579 PGP524551:PGT524579 OWT524551:OWX524579 OMX524551:ONB524579 ODB524551:ODF524579 NTF524551:NTJ524579 NJJ524551:NJN524579 MZN524551:MZR524579 MPR524551:MPV524579 MFV524551:MFZ524579 LVZ524551:LWD524579 LMD524551:LMH524579 LCH524551:LCL524579 KSL524551:KSP524579 KIP524551:KIT524579 JYT524551:JYX524579 JOX524551:JPB524579 JFB524551:JFF524579 IVF524551:IVJ524579 ILJ524551:ILN524579 IBN524551:IBR524579 HRR524551:HRV524579 HHV524551:HHZ524579 GXZ524551:GYD524579 GOD524551:GOH524579 GEH524551:GEL524579 FUL524551:FUP524579 FKP524551:FKT524579 FAT524551:FAX524579 EQX524551:ERB524579 EHB524551:EHF524579 DXF524551:DXJ524579 DNJ524551:DNN524579 DDN524551:DDR524579 CTR524551:CTV524579 CJV524551:CJZ524579 BZZ524551:CAD524579 BQD524551:BQH524579 BGH524551:BGL524579 AWL524551:AWP524579 AMP524551:AMT524579 ACT524551:ACX524579 SX524551:TB524579 JB524551:JF524579 WVN459015:WVR459043 WLR459015:WLV459043 WBV459015:WBZ459043 VRZ459015:VSD459043 VID459015:VIH459043 UYH459015:UYL459043 UOL459015:UOP459043 UEP459015:UET459043 TUT459015:TUX459043 TKX459015:TLB459043 TBB459015:TBF459043 SRF459015:SRJ459043 SHJ459015:SHN459043 RXN459015:RXR459043 RNR459015:RNV459043 RDV459015:RDZ459043 QTZ459015:QUD459043 QKD459015:QKH459043 QAH459015:QAL459043 PQL459015:PQP459043 PGP459015:PGT459043 OWT459015:OWX459043 OMX459015:ONB459043 ODB459015:ODF459043 NTF459015:NTJ459043 NJJ459015:NJN459043 MZN459015:MZR459043 MPR459015:MPV459043 MFV459015:MFZ459043 LVZ459015:LWD459043 LMD459015:LMH459043 LCH459015:LCL459043 KSL459015:KSP459043 KIP459015:KIT459043 JYT459015:JYX459043 JOX459015:JPB459043 JFB459015:JFF459043 IVF459015:IVJ459043 ILJ459015:ILN459043 IBN459015:IBR459043 HRR459015:HRV459043 HHV459015:HHZ459043 GXZ459015:GYD459043 GOD459015:GOH459043 GEH459015:GEL459043 FUL459015:FUP459043 FKP459015:FKT459043 FAT459015:FAX459043 EQX459015:ERB459043 EHB459015:EHF459043 DXF459015:DXJ459043 DNJ459015:DNN459043 DDN459015:DDR459043 CTR459015:CTV459043 CJV459015:CJZ459043 BZZ459015:CAD459043 BQD459015:BQH459043 BGH459015:BGL459043 AWL459015:AWP459043 AMP459015:AMT459043 ACT459015:ACX459043 SX459015:TB459043 JB459015:JF459043 WVN393479:WVR393507 WLR393479:WLV393507 WBV393479:WBZ393507 VRZ393479:VSD393507 VID393479:VIH393507 UYH393479:UYL393507 UOL393479:UOP393507 UEP393479:UET393507 TUT393479:TUX393507 TKX393479:TLB393507 TBB393479:TBF393507 SRF393479:SRJ393507 SHJ393479:SHN393507 RXN393479:RXR393507 RNR393479:RNV393507 RDV393479:RDZ393507 QTZ393479:QUD393507 QKD393479:QKH393507 QAH393479:QAL393507 PQL393479:PQP393507 PGP393479:PGT393507 OWT393479:OWX393507 OMX393479:ONB393507 ODB393479:ODF393507 NTF393479:NTJ393507 NJJ393479:NJN393507 MZN393479:MZR393507 MPR393479:MPV393507 MFV393479:MFZ393507 LVZ393479:LWD393507 LMD393479:LMH393507 LCH393479:LCL393507 KSL393479:KSP393507 KIP393479:KIT393507 JYT393479:JYX393507 JOX393479:JPB393507 JFB393479:JFF393507 IVF393479:IVJ393507 ILJ393479:ILN393507 IBN393479:IBR393507 HRR393479:HRV393507 HHV393479:HHZ393507 GXZ393479:GYD393507 GOD393479:GOH393507 GEH393479:GEL393507 FUL393479:FUP393507 FKP393479:FKT393507 FAT393479:FAX393507 EQX393479:ERB393507 EHB393479:EHF393507 DXF393479:DXJ393507 DNJ393479:DNN393507 DDN393479:DDR393507 CTR393479:CTV393507 CJV393479:CJZ393507 BZZ393479:CAD393507 BQD393479:BQH393507 BGH393479:BGL393507 AWL393479:AWP393507 AMP393479:AMT393507 ACT393479:ACX393507 SX393479:TB393507 JB393479:JF393507 WVN327943:WVR327971 WLR327943:WLV327971 WBV327943:WBZ327971 VRZ327943:VSD327971 VID327943:VIH327971 UYH327943:UYL327971 UOL327943:UOP327971 UEP327943:UET327971 TUT327943:TUX327971 TKX327943:TLB327971 TBB327943:TBF327971 SRF327943:SRJ327971 SHJ327943:SHN327971 RXN327943:RXR327971 RNR327943:RNV327971 RDV327943:RDZ327971 QTZ327943:QUD327971 QKD327943:QKH327971 QAH327943:QAL327971 PQL327943:PQP327971 PGP327943:PGT327971 OWT327943:OWX327971 OMX327943:ONB327971 ODB327943:ODF327971 NTF327943:NTJ327971 NJJ327943:NJN327971 MZN327943:MZR327971 MPR327943:MPV327971 MFV327943:MFZ327971 LVZ327943:LWD327971 LMD327943:LMH327971 LCH327943:LCL327971 KSL327943:KSP327971 KIP327943:KIT327971 JYT327943:JYX327971 JOX327943:JPB327971 JFB327943:JFF327971 IVF327943:IVJ327971 ILJ327943:ILN327971 IBN327943:IBR327971 HRR327943:HRV327971 HHV327943:HHZ327971 GXZ327943:GYD327971 GOD327943:GOH327971 GEH327943:GEL327971 FUL327943:FUP327971 FKP327943:FKT327971 FAT327943:FAX327971 EQX327943:ERB327971 EHB327943:EHF327971 DXF327943:DXJ327971 DNJ327943:DNN327971 DDN327943:DDR327971 CTR327943:CTV327971 CJV327943:CJZ327971 BZZ327943:CAD327971 BQD327943:BQH327971 BGH327943:BGL327971 AWL327943:AWP327971 AMP327943:AMT327971 ACT327943:ACX327971 SX327943:TB327971 JB327943:JF327971 WVN262407:WVR262435 WLR262407:WLV262435 WBV262407:WBZ262435 VRZ262407:VSD262435 VID262407:VIH262435 UYH262407:UYL262435 UOL262407:UOP262435 UEP262407:UET262435 TUT262407:TUX262435 TKX262407:TLB262435 TBB262407:TBF262435 SRF262407:SRJ262435 SHJ262407:SHN262435 RXN262407:RXR262435 RNR262407:RNV262435 RDV262407:RDZ262435 QTZ262407:QUD262435 QKD262407:QKH262435 QAH262407:QAL262435 PQL262407:PQP262435 PGP262407:PGT262435 OWT262407:OWX262435 OMX262407:ONB262435 ODB262407:ODF262435 NTF262407:NTJ262435 NJJ262407:NJN262435 MZN262407:MZR262435 MPR262407:MPV262435 MFV262407:MFZ262435 LVZ262407:LWD262435 LMD262407:LMH262435 LCH262407:LCL262435 KSL262407:KSP262435 KIP262407:KIT262435 JYT262407:JYX262435 JOX262407:JPB262435 JFB262407:JFF262435 IVF262407:IVJ262435 ILJ262407:ILN262435 IBN262407:IBR262435 HRR262407:HRV262435 HHV262407:HHZ262435 GXZ262407:GYD262435 GOD262407:GOH262435 GEH262407:GEL262435 FUL262407:FUP262435 FKP262407:FKT262435 FAT262407:FAX262435 EQX262407:ERB262435 EHB262407:EHF262435 DXF262407:DXJ262435 DNJ262407:DNN262435 DDN262407:DDR262435 CTR262407:CTV262435 CJV262407:CJZ262435 BZZ262407:CAD262435 BQD262407:BQH262435 BGH262407:BGL262435 AWL262407:AWP262435 AMP262407:AMT262435 ACT262407:ACX262435 SX262407:TB262435 JB262407:JF262435 WVN196871:WVR196899 WLR196871:WLV196899 WBV196871:WBZ196899 VRZ196871:VSD196899 VID196871:VIH196899 UYH196871:UYL196899 UOL196871:UOP196899 UEP196871:UET196899 TUT196871:TUX196899 TKX196871:TLB196899 TBB196871:TBF196899 SRF196871:SRJ196899 SHJ196871:SHN196899 RXN196871:RXR196899 RNR196871:RNV196899 RDV196871:RDZ196899 QTZ196871:QUD196899 QKD196871:QKH196899 QAH196871:QAL196899 PQL196871:PQP196899 PGP196871:PGT196899 OWT196871:OWX196899 OMX196871:ONB196899 ODB196871:ODF196899 NTF196871:NTJ196899 NJJ196871:NJN196899 MZN196871:MZR196899 MPR196871:MPV196899 MFV196871:MFZ196899 LVZ196871:LWD196899 LMD196871:LMH196899 LCH196871:LCL196899 KSL196871:KSP196899 KIP196871:KIT196899 JYT196871:JYX196899 JOX196871:JPB196899 JFB196871:JFF196899 IVF196871:IVJ196899 ILJ196871:ILN196899 IBN196871:IBR196899 HRR196871:HRV196899 HHV196871:HHZ196899 GXZ196871:GYD196899 GOD196871:GOH196899 GEH196871:GEL196899 FUL196871:FUP196899 FKP196871:FKT196899 FAT196871:FAX196899 EQX196871:ERB196899 EHB196871:EHF196899 DXF196871:DXJ196899 DNJ196871:DNN196899 DDN196871:DDR196899 CTR196871:CTV196899 CJV196871:CJZ196899 BZZ196871:CAD196899 BQD196871:BQH196899 BGH196871:BGL196899 AWL196871:AWP196899 AMP196871:AMT196899 ACT196871:ACX196899 SX196871:TB196899 JB196871:JF196899 WVN131335:WVR131363 WLR131335:WLV131363 WBV131335:WBZ131363 VRZ131335:VSD131363 VID131335:VIH131363 UYH131335:UYL131363 UOL131335:UOP131363 UEP131335:UET131363 TUT131335:TUX131363 TKX131335:TLB131363 TBB131335:TBF131363 SRF131335:SRJ131363 SHJ131335:SHN131363 RXN131335:RXR131363 RNR131335:RNV131363 RDV131335:RDZ131363 QTZ131335:QUD131363 QKD131335:QKH131363 QAH131335:QAL131363 PQL131335:PQP131363 PGP131335:PGT131363 OWT131335:OWX131363 OMX131335:ONB131363 ODB131335:ODF131363 NTF131335:NTJ131363 NJJ131335:NJN131363 MZN131335:MZR131363 MPR131335:MPV131363 MFV131335:MFZ131363 LVZ131335:LWD131363 LMD131335:LMH131363 LCH131335:LCL131363 KSL131335:KSP131363 KIP131335:KIT131363 JYT131335:JYX131363 JOX131335:JPB131363 JFB131335:JFF131363 IVF131335:IVJ131363 ILJ131335:ILN131363 IBN131335:IBR131363 HRR131335:HRV131363 HHV131335:HHZ131363 GXZ131335:GYD131363 GOD131335:GOH131363 GEH131335:GEL131363 FUL131335:FUP131363 FKP131335:FKT131363 FAT131335:FAX131363 EQX131335:ERB131363 EHB131335:EHF131363 DXF131335:DXJ131363 DNJ131335:DNN131363 DDN131335:DDR131363 CTR131335:CTV131363 CJV131335:CJZ131363 BZZ131335:CAD131363 BQD131335:BQH131363 BGH131335:BGL131363 AWL131335:AWP131363 AMP131335:AMT131363 ACT131335:ACX131363 SX131335:TB131363 JB131335:JF131363 WVN65799:WVR65827 WLR65799:WLV65827 WBV65799:WBZ65827 VRZ65799:VSD65827 VID65799:VIH65827 UYH65799:UYL65827 UOL65799:UOP65827 UEP65799:UET65827 TUT65799:TUX65827 TKX65799:TLB65827 TBB65799:TBF65827 SRF65799:SRJ65827 SHJ65799:SHN65827 RXN65799:RXR65827 RNR65799:RNV65827 RDV65799:RDZ65827 QTZ65799:QUD65827 QKD65799:QKH65827 QAH65799:QAL65827 PQL65799:PQP65827 PGP65799:PGT65827 OWT65799:OWX65827 OMX65799:ONB65827 ODB65799:ODF65827 NTF65799:NTJ65827 NJJ65799:NJN65827 MZN65799:MZR65827 MPR65799:MPV65827 MFV65799:MFZ65827 LVZ65799:LWD65827 LMD65799:LMH65827 LCH65799:LCL65827 KSL65799:KSP65827 KIP65799:KIT65827 JYT65799:JYX65827 JOX65799:JPB65827 JFB65799:JFF65827 IVF65799:IVJ65827 ILJ65799:ILN65827 IBN65799:IBR65827 HRR65799:HRV65827 HHV65799:HHZ65827 GXZ65799:GYD65827 GOD65799:GOH65827 GEH65799:GEL65827 FUL65799:FUP65827 FKP65799:FKT65827 FAT65799:FAX65827 EQX65799:ERB65827 EHB65799:EHF65827 DXF65799:DXJ65827 DNJ65799:DNN65827 DDN65799:DDR65827 CTR65799:CTV65827 CJV65799:CJZ65827 BZZ65799:CAD65827 BQD65799:BQH65827 BGH65799:BGL65827 AWL65799:AWP65827 AMP65799:AMT65827 ACT65799:ACX65827" xr:uid="{7D323467-8F67-4BAB-8589-3BA4566711DF}">
+      <formula1>IF(OR($E65777="z",$E65777="o"),JB65799="",JB65799="x")</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="S65774:W65802 S131310:W131338 S196846:W196874 S262382:W262410 S327918:W327946 S393454:W393482 S458990:W459018 S524526:W524554 S590062:W590090 S655598:W655626 S721134:W721162 S786670:W786698 S852206:W852234 S917742:W917770 S983278:W983306" xr:uid="{0C349042-DE67-4DF0-BA2F-AC292383DBF4}">
-      <formula1>IF(OR($E65774="z",$E65774="o"),S65774="",S65774="x")</formula1>
+    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="S65777:W65805 S131313:W131341 S196849:W196877 S262385:W262413 S327921:W327949 S393457:W393485 S458993:W459021 S524529:W524557 S590065:W590093 S655601:W655629 S721137:W721165 S786673:W786701 S852209:W852237 S917745:W917773 S983281:W983309" xr:uid="{0C349042-DE67-4DF0-BA2F-AC292383DBF4}">
+      <formula1>IF(OR($E65777="z",$E65777="o"),S65777="",S65777="x")</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan of gelijk aan 25.000 EUR in te vullen" sqref="E294" xr:uid="{5DAE413F-150D-488E-A79B-0B8B8A626BF5}">
       <formula1>25000</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="F22:M234 F237:M277 F235:H236 J235:M236" xr:uid="{075D2705-FE18-4C14-863C-35DF1A593178}">
       <formula1>IF(OR(ISBLANK(F$11),$E22="o")=TRUE,F22="",F22&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="I235" xr:uid="{950B7B81-06E5-4DFD-BFFA-52A9EA05F5A9}">
       <formula1>IF(OR(ISBLANK(I$11),$E236="o")=TRUE,I235="",I235&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Voor code &quot;w&quot;" prompt="Bezorg loonbrieven en/of individuele rekeningen" sqref="E22:E277" xr:uid="{A64F6589-2469-46A3-A464-B2DB26F1D12E}">
       <formula1>"w,o,b"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A70883F7-0606-476C-ADAA-262DD573E88D}">
   <sheetPr codeName="Blad4"/>
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.44140625" customWidth="1"/>
     <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A1" s="149" t="s">
+      <c r="A1" s="142" t="s">
+        <v>89</v>
+      </c>
+      <c r="B1" s="142" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1" s="142" t="s">
+        <v>91</v>
+      </c>
+      <c r="D1" s="142" t="s">
+        <v>92</v>
+      </c>
+      <c r="E1" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="F1" s="142" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="149" t="s">
+      <c r="G1" s="142" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="149" t="s">
+      <c r="H1" s="142" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
-      <c r="D2" s="148"/>
+      <c r="D2" s="141"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
-      <c r="H2" s="148"/>
+      <c r="H2" s="141"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
-      <c r="D3" s="148"/>
+      <c r="D3" s="141"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
-      <c r="H3" s="148"/>
+      <c r="H3" s="141"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
-      <c r="D4" s="148"/>
+      <c r="D4" s="141"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
-      <c r="H4" s="148"/>
+      <c r="H4" s="141"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
-      <c r="D5" s="148"/>
+      <c r="D5" s="141"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
-      <c r="H5" s="148"/>
+      <c r="H5" s="141"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
-      <c r="D6" s="148"/>
+      <c r="D6" s="141"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
-      <c r="H6" s="148"/>
+      <c r="H6" s="141"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
-      <c r="D7" s="148"/>
+      <c r="D7" s="141"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
-      <c r="H7" s="148"/>
+      <c r="H7" s="141"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
-      <c r="D8" s="148"/>
+      <c r="D8" s="141"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
-      <c r="H8" s="148"/>
+      <c r="H8" s="141"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
-      <c r="D9" s="148"/>
+      <c r="D9" s="141"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
-      <c r="H9" s="148"/>
+      <c r="H9" s="141"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
-      <c r="D10" s="148"/>
+      <c r="D10" s="141"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
-      <c r="H10" s="148"/>
+      <c r="H10" s="141"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
-      <c r="D11" s="148"/>
+      <c r="D11" s="141"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
-      <c r="H11" s="148"/>
+      <c r="H11" s="141"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
-      <c r="D12" s="148"/>
+      <c r="D12" s="141"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
-      <c r="H12" s="148"/>
+      <c r="H12" s="141"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
-      <c r="D13" s="148"/>
+      <c r="D13" s="141"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
-      <c r="H13" s="148"/>
+      <c r="H13" s="141"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
-      <c r="D14" s="148"/>
+      <c r="D14" s="141"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
-      <c r="H14" s="148"/>
+      <c r="H14" s="141"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
-      <c r="D15" s="148"/>
+      <c r="D15" s="141"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
-      <c r="H15" s="148"/>
+      <c r="H15" s="141"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
-      <c r="D16" s="148"/>
+      <c r="D16" s="141"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
-      <c r="H16" s="148"/>
+      <c r="H16" s="141"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
-      <c r="D17" s="148"/>
+      <c r="D17" s="141"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
-      <c r="H17" s="148"/>
+      <c r="H17" s="141"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
-      <c r="D18" s="148"/>
+      <c r="D18" s="141"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
-      <c r="H18" s="148"/>
+      <c r="H18" s="141"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
-      <c r="D19" s="148"/>
+      <c r="D19" s="141"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
-      <c r="H19" s="148"/>
+      <c r="H19" s="141"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
-      <c r="D20" s="148"/>
+      <c r="D20" s="141"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
-      <c r="H20" s="148"/>
+      <c r="H20" s="141"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
-      <c r="D21" s="148"/>
+      <c r="D21" s="141"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
-      <c r="H21" s="148"/>
+      <c r="H21" s="141"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
-      <c r="D22" s="148"/>
+      <c r="D22" s="141"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
-      <c r="H22" s="148"/>
+      <c r="H22" s="141"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
-      <c r="D23" s="148"/>
+      <c r="D23" s="141"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
-      <c r="H23" s="148"/>
+      <c r="H23" s="141"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
-      <c r="D24" s="148"/>
+      <c r="D24" s="141"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
-      <c r="H24" s="148"/>
+      <c r="H24" s="141"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
-      <c r="D25" s="148"/>
+      <c r="D25" s="141"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
-      <c r="H25" s="148"/>
+      <c r="H25" s="141"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
-      <c r="D26" s="148"/>
+      <c r="D26" s="141"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
-      <c r="H26" s="148"/>
+      <c r="H26" s="141"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
-      <c r="D27" s="148"/>
+      <c r="D27" s="141"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
-      <c r="H27" s="148"/>
+      <c r="H27" s="141"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
-      <c r="D28" s="148"/>
+      <c r="D28" s="141"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
-      <c r="H28" s="148"/>
+      <c r="H28" s="141"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
-      <c r="D29" s="148"/>
+      <c r="D29" s="141"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
-      <c r="H29" s="148"/>
+      <c r="H29" s="141"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
-      <c r="D30" s="148"/>
+      <c r="D30" s="141"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
-      <c r="H30" s="148"/>
+      <c r="H30" s="141"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
-      <c r="D31" s="148"/>
+      <c r="D31" s="141"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
-      <c r="H31" s="148"/>
+      <c r="H31" s="141"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
-      <c r="D32" s="148"/>
+      <c r="D32" s="141"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
-      <c r="H32" s="148"/>
+      <c r="H32" s="141"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
-      <c r="D33" s="148"/>
+      <c r="D33" s="141"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
-      <c r="H33" s="148"/>
+      <c r="H33" s="141"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
-      <c r="D34" s="148"/>
+      <c r="D34" s="141"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
-      <c r="H34" s="148"/>
+      <c r="H34" s="141"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
-      <c r="D35" s="148"/>
+      <c r="D35" s="141"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
-      <c r="H35" s="148"/>
+      <c r="H35" s="141"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
-      <c r="D36" s="148"/>
+      <c r="D36" s="141"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
-      <c r="H36" s="148"/>
+      <c r="H36" s="141"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
-      <c r="D37" s="148"/>
+      <c r="D37" s="141"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
-      <c r="H37" s="148"/>
+      <c r="H37" s="141"/>
     </row>
   </sheetData>
   <phoneticPr fontId="32" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ECC7AB9-A49E-4BDB-B1B3-05873D5DFFB9}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.44140625" customWidth="1"/>
     <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A1" s="149" t="s">
+      <c r="A1" s="142" t="s">
+        <v>89</v>
+      </c>
+      <c r="B1" s="142" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1" s="142" t="s">
+        <v>91</v>
+      </c>
+      <c r="D1" s="142" t="s">
+        <v>92</v>
+      </c>
+      <c r="E1" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="F1" s="142" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="149" t="s">
+      <c r="G1" s="142" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="149" t="s">
+      <c r="H1" s="142" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
-      <c r="D2" s="148"/>
+      <c r="D2" s="141"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
-      <c r="H2" s="148"/>
+      <c r="H2" s="141"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
-      <c r="D3" s="148"/>
+      <c r="D3" s="141"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
-      <c r="H3" s="148"/>
+      <c r="H3" s="141"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
-      <c r="D4" s="148"/>
+      <c r="D4" s="141"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
-      <c r="H4" s="148"/>
+      <c r="H4" s="141"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
-      <c r="D5" s="148"/>
+      <c r="D5" s="141"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
-      <c r="H5" s="148"/>
+      <c r="H5" s="141"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
-      <c r="D6" s="148"/>
+      <c r="D6" s="141"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
-      <c r="H6" s="148"/>
+      <c r="H6" s="141"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
-      <c r="D7" s="148"/>
+      <c r="D7" s="141"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
-      <c r="H7" s="148"/>
+      <c r="H7" s="141"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
-      <c r="D8" s="148"/>
+      <c r="D8" s="141"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
-      <c r="H8" s="148"/>
+      <c r="H8" s="141"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
-      <c r="D9" s="148"/>
+      <c r="D9" s="141"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
-      <c r="H9" s="148"/>
+      <c r="H9" s="141"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
-      <c r="D10" s="148"/>
+      <c r="D10" s="141"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
-      <c r="H10" s="148"/>
+      <c r="H10" s="141"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
-      <c r="D11" s="148"/>
+      <c r="D11" s="141"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
-      <c r="H11" s="148"/>
+      <c r="H11" s="141"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
-      <c r="D12" s="148"/>
+      <c r="D12" s="141"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
-      <c r="H12" s="148"/>
+      <c r="H12" s="141"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
-      <c r="D13" s="148"/>
+      <c r="D13" s="141"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
-      <c r="H13" s="148"/>
+      <c r="H13" s="141"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
-      <c r="D14" s="148"/>
+      <c r="D14" s="141"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
-      <c r="H14" s="148"/>
+      <c r="H14" s="141"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
-      <c r="D15" s="148"/>
+      <c r="D15" s="141"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
-      <c r="H15" s="148"/>
+      <c r="H15" s="141"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
-      <c r="D16" s="148"/>
+      <c r="D16" s="141"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
-      <c r="H16" s="148"/>
+      <c r="H16" s="141"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
-      <c r="D17" s="148"/>
+      <c r="D17" s="141"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
-      <c r="H17" s="148"/>
+      <c r="H17" s="141"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
-      <c r="D18" s="148"/>
+      <c r="D18" s="141"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
-      <c r="H18" s="148"/>
+      <c r="H18" s="141"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
-      <c r="D19" s="148"/>
+      <c r="D19" s="141"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
-      <c r="H19" s="148"/>
+      <c r="H19" s="141"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
-      <c r="D20" s="148"/>
+      <c r="D20" s="141"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
-      <c r="H20" s="148"/>
+      <c r="H20" s="141"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
-      <c r="D21" s="148"/>
+      <c r="D21" s="141"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
-      <c r="H21" s="148"/>
+      <c r="H21" s="141"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
-      <c r="D22" s="148"/>
+      <c r="D22" s="141"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
-      <c r="H22" s="148"/>
+      <c r="H22" s="141"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
-      <c r="D23" s="148"/>
+      <c r="D23" s="141"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
-      <c r="H23" s="148"/>
+      <c r="H23" s="141"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
-      <c r="D24" s="148"/>
+      <c r="D24" s="141"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
-      <c r="H24" s="148"/>
+      <c r="H24" s="141"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
-      <c r="D25" s="148"/>
+      <c r="D25" s="141"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
-      <c r="H25" s="148"/>
+      <c r="H25" s="141"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
-      <c r="D26" s="148"/>
+      <c r="D26" s="141"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
-      <c r="H26" s="148"/>
+      <c r="H26" s="141"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
-      <c r="D27" s="148"/>
+      <c r="D27" s="141"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
-      <c r="H27" s="148"/>
+      <c r="H27" s="141"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
-      <c r="D28" s="148"/>
+      <c r="D28" s="141"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
-      <c r="H28" s="148"/>
+      <c r="H28" s="141"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
-      <c r="D29" s="148"/>
+      <c r="D29" s="141"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
-      <c r="H29" s="148"/>
+      <c r="H29" s="141"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
-      <c r="D30" s="148"/>
+      <c r="D30" s="141"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
-      <c r="H30" s="148"/>
+      <c r="H30" s="141"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
-      <c r="D31" s="148"/>
+      <c r="D31" s="141"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
-      <c r="H31" s="148"/>
+      <c r="H31" s="141"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
-      <c r="D32" s="148"/>
+      <c r="D32" s="141"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
-      <c r="H32" s="148"/>
+      <c r="H32" s="141"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
-      <c r="D33" s="148"/>
+      <c r="D33" s="141"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
-      <c r="H33" s="148"/>
+      <c r="H33" s="141"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
-      <c r="D34" s="148"/>
+      <c r="D34" s="141"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
-      <c r="H34" s="148"/>
+      <c r="H34" s="141"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
-      <c r="D35" s="148"/>
+      <c r="D35" s="141"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
-      <c r="H35" s="148"/>
+      <c r="H35" s="141"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
-      <c r="D36" s="148"/>
+      <c r="D36" s="141"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
-      <c r="H36" s="148"/>
+      <c r="H36" s="141"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
-      <c r="D37" s="148"/>
+      <c r="D37" s="141"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
-      <c r="H37" s="148"/>
+      <c r="H37" s="141"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="69"/>
-      <c r="D38" s="148"/>
+      <c r="D38" s="141"/>
       <c r="F38" s="70"/>
       <c r="G38" s="70"/>
-      <c r="H38" s="148"/>
+      <c r="H38" s="141"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="69"/>
-      <c r="D39" s="148"/>
+      <c r="D39" s="141"/>
       <c r="F39" s="70"/>
       <c r="G39" s="70"/>
-      <c r="H39" s="148"/>
+      <c r="H39" s="141"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="69"/>
-      <c r="D40" s="148"/>
+      <c r="D40" s="141"/>
       <c r="F40" s="70"/>
       <c r="G40" s="70"/>
-      <c r="H40" s="148"/>
+      <c r="H40" s="141"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="69"/>
-      <c r="D41" s="148"/>
+      <c r="D41" s="141"/>
       <c r="F41" s="70"/>
       <c r="G41" s="70"/>
-      <c r="H41" s="148"/>
+      <c r="H41" s="141"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="69"/>
-      <c r="D42" s="148"/>
+      <c r="D42" s="141"/>
       <c r="F42" s="70"/>
       <c r="G42" s="70"/>
-      <c r="H42" s="148"/>
+      <c r="H42" s="141"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="69"/>
-      <c r="D43" s="148"/>
+      <c r="D43" s="141"/>
       <c r="F43" s="70"/>
       <c r="G43" s="70"/>
-      <c r="H43" s="148"/>
+      <c r="H43" s="141"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="69"/>
-      <c r="D44" s="148"/>
+      <c r="D44" s="141"/>
       <c r="F44" s="70"/>
       <c r="G44" s="70"/>
-      <c r="H44" s="148"/>
+      <c r="H44" s="141"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="69"/>
-      <c r="D45" s="148"/>
+      <c r="D45" s="141"/>
       <c r="F45" s="70"/>
       <c r="G45" s="70"/>
-      <c r="H45" s="148"/>
+      <c r="H45" s="141"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="69"/>
-      <c r="D46" s="148"/>
+      <c r="D46" s="141"/>
       <c r="F46" s="70"/>
       <c r="G46" s="70"/>
-      <c r="H46" s="148"/>
+      <c r="H46" s="141"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="69"/>
-      <c r="D47" s="148"/>
+      <c r="D47" s="141"/>
       <c r="F47" s="70"/>
       <c r="G47" s="70"/>
-      <c r="H47" s="148"/>
+      <c r="H47" s="141"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" s="69"/>
-      <c r="D48" s="148"/>
+      <c r="D48" s="141"/>
       <c r="F48" s="70"/>
       <c r="G48" s="70"/>
-      <c r="H48" s="148"/>
+      <c r="H48" s="141"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" s="69"/>
-      <c r="D49" s="148"/>
+      <c r="D49" s="141"/>
       <c r="F49" s="70"/>
       <c r="G49" s="70"/>
-      <c r="H49" s="148"/>
+      <c r="H49" s="141"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" s="69"/>
-      <c r="D50" s="148"/>
+      <c r="D50" s="141"/>
       <c r="F50" s="70"/>
       <c r="G50" s="70"/>
-      <c r="H50" s="148"/>
+      <c r="H50" s="141"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" s="69"/>
-      <c r="D51" s="148"/>
+      <c r="D51" s="141"/>
       <c r="F51" s="70"/>
       <c r="G51" s="70"/>
-      <c r="H51" s="148"/>
+      <c r="H51" s="141"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="69"/>
-      <c r="D52" s="148"/>
+      <c r="D52" s="141"/>
       <c r="F52" s="70"/>
       <c r="G52" s="70"/>
-      <c r="H52" s="148"/>
+      <c r="H52" s="141"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="69"/>
-      <c r="D53" s="148"/>
+      <c r="D53" s="141"/>
       <c r="F53" s="70"/>
       <c r="G53" s="70"/>
-      <c r="H53" s="148"/>
+      <c r="H53" s="141"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" s="69"/>
-      <c r="D54" s="148"/>
+      <c r="D54" s="141"/>
       <c r="F54" s="70"/>
       <c r="G54" s="70"/>
-      <c r="H54" s="148"/>
+      <c r="H54" s="141"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="69"/>
-      <c r="D55" s="148"/>
+      <c r="D55" s="141"/>
       <c r="F55" s="70"/>
       <c r="G55" s="70"/>
-      <c r="H55" s="148"/>
+      <c r="H55" s="141"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="69"/>
-      <c r="D56" s="148"/>
+      <c r="D56" s="141"/>
       <c r="F56" s="70"/>
       <c r="G56" s="70"/>
-      <c r="H56" s="148"/>
+      <c r="H56" s="141"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="69"/>
-      <c r="D57" s="148"/>
+      <c r="D57" s="141"/>
       <c r="F57" s="70"/>
       <c r="G57" s="70"/>
-      <c r="H57" s="148"/>
+      <c r="H57" s="141"/>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="69"/>
-      <c r="D58" s="148"/>
+      <c r="D58" s="141"/>
       <c r="F58" s="70"/>
       <c r="G58" s="70"/>
-      <c r="H58" s="148"/>
+      <c r="H58" s="141"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" s="69"/>
-      <c r="D59" s="148"/>
+      <c r="D59" s="141"/>
       <c r="F59" s="70"/>
       <c r="G59" s="70"/>
-      <c r="H59" s="148"/>
+      <c r="H59" s="141"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="69"/>
-      <c r="D60" s="148"/>
+      <c r="D60" s="141"/>
       <c r="F60" s="70"/>
       <c r="G60" s="70"/>
-      <c r="H60" s="148"/>
+      <c r="H60" s="141"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" s="69"/>
-      <c r="D61" s="148"/>
+      <c r="D61" s="141"/>
       <c r="F61" s="70"/>
       <c r="G61" s="70"/>
-      <c r="H61" s="148"/>
+      <c r="H61" s="141"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" s="69"/>
-      <c r="D62" s="148"/>
+      <c r="D62" s="141"/>
       <c r="F62" s="70"/>
       <c r="G62" s="70"/>
-      <c r="H62" s="148"/>
+      <c r="H62" s="141"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" s="69"/>
-      <c r="D63" s="148"/>
+      <c r="D63" s="141"/>
       <c r="F63" s="70"/>
       <c r="G63" s="70"/>
-      <c r="H63" s="148"/>
+      <c r="H63" s="141"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" s="69"/>
-      <c r="D64" s="148"/>
+      <c r="D64" s="141"/>
       <c r="F64" s="70"/>
       <c r="G64" s="70"/>
-      <c r="H64" s="148"/>
+      <c r="H64" s="141"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" s="69"/>
-      <c r="D65" s="148"/>
+      <c r="D65" s="141"/>
       <c r="F65" s="70"/>
       <c r="G65" s="70"/>
-      <c r="H65" s="148"/>
+      <c r="H65" s="141"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" s="69"/>
-      <c r="D66" s="148"/>
+      <c r="D66" s="141"/>
       <c r="F66" s="70"/>
       <c r="G66" s="70"/>
-      <c r="H66" s="148"/>
+      <c r="H66" s="141"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A67" s="69"/>
-      <c r="D67" s="148"/>
+      <c r="D67" s="141"/>
       <c r="F67" s="70"/>
       <c r="G67" s="70"/>
-      <c r="H67" s="148"/>
+      <c r="H67" s="141"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A68" s="69"/>
-      <c r="D68" s="148"/>
+      <c r="D68" s="141"/>
       <c r="F68" s="70"/>
       <c r="G68" s="70"/>
-      <c r="H68" s="148"/>
+      <c r="H68" s="141"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A69" s="69"/>
-      <c r="D69" s="148"/>
+      <c r="D69" s="141"/>
       <c r="F69" s="70"/>
       <c r="G69" s="70"/>
-      <c r="H69" s="148"/>
+      <c r="H69" s="141"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A70" s="69"/>
-      <c r="D70" s="148"/>
+      <c r="D70" s="141"/>
       <c r="F70" s="70"/>
       <c r="G70" s="70"/>
-      <c r="H70" s="148"/>
+      <c r="H70" s="141"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A71" s="69"/>
-      <c r="D71" s="148"/>
+      <c r="D71" s="141"/>
       <c r="F71" s="70"/>
       <c r="G71" s="70"/>
-      <c r="H71" s="148"/>
+      <c r="H71" s="141"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A72" s="69"/>
-      <c r="D72" s="148"/>
+      <c r="D72" s="141"/>
       <c r="F72" s="70"/>
       <c r="G72" s="70"/>
-      <c r="H72" s="148"/>
+      <c r="H72" s="141"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A73" s="69"/>
-      <c r="D73" s="148"/>
+      <c r="D73" s="141"/>
       <c r="F73" s="70"/>
       <c r="G73" s="70"/>
-      <c r="H73" s="148"/>
+      <c r="H73" s="141"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A74" s="69"/>
-      <c r="D74" s="148"/>
+      <c r="D74" s="141"/>
       <c r="F74" s="70"/>
       <c r="G74" s="70"/>
-      <c r="H74" s="148"/>
+      <c r="H74" s="141"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A75" s="69"/>
-      <c r="D75" s="148"/>
+      <c r="D75" s="141"/>
       <c r="F75" s="70"/>
       <c r="G75" s="70"/>
-      <c r="H75" s="148"/>
+      <c r="H75" s="141"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A76" s="69"/>
-      <c r="D76" s="148"/>
+      <c r="D76" s="141"/>
       <c r="F76" s="70"/>
       <c r="G76" s="70"/>
-      <c r="H76" s="148"/>
+      <c r="H76" s="141"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A77" s="69"/>
-      <c r="D77" s="148"/>
+      <c r="D77" s="141"/>
       <c r="F77" s="70"/>
       <c r="G77" s="70"/>
-      <c r="H77" s="148"/>
+      <c r="H77" s="141"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A78" s="69"/>
-      <c r="D78" s="148"/>
+      <c r="D78" s="141"/>
       <c r="F78" s="70"/>
       <c r="G78" s="70"/>
-      <c r="H78" s="148"/>
+      <c r="H78" s="141"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A79" s="69"/>
-      <c r="D79" s="148"/>
+      <c r="D79" s="141"/>
       <c r="F79" s="70"/>
       <c r="G79" s="70"/>
-      <c r="H79" s="148"/>
+      <c r="H79" s="141"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A80" s="69"/>
-      <c r="D80" s="148"/>
+      <c r="D80" s="141"/>
       <c r="F80" s="70"/>
       <c r="G80" s="70"/>
-      <c r="H80" s="148"/>
+      <c r="H80" s="141"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A81" s="69"/>
-      <c r="D81" s="148"/>
+      <c r="D81" s="141"/>
       <c r="F81" s="70"/>
       <c r="G81" s="70"/>
-      <c r="H81" s="148"/>
+      <c r="H81" s="141"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A82" s="69"/>
-      <c r="D82" s="148"/>
+      <c r="D82" s="141"/>
       <c r="F82" s="70"/>
       <c r="G82" s="70"/>
-      <c r="H82" s="148"/>
+      <c r="H82" s="141"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A83" s="69"/>
-      <c r="D83" s="148"/>
+      <c r="D83" s="141"/>
       <c r="F83" s="70"/>
       <c r="G83" s="70"/>
-      <c r="H83" s="148"/>
+      <c r="H83" s="141"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84" s="69"/>
-      <c r="D84" s="148"/>
+      <c r="D84" s="141"/>
       <c r="F84" s="70"/>
       <c r="G84" s="70"/>
-      <c r="H84" s="148"/>
+      <c r="H84" s="141"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85" s="69"/>
-      <c r="D85" s="148"/>
+      <c r="D85" s="141"/>
       <c r="F85" s="70"/>
       <c r="G85" s="70"/>
-      <c r="H85" s="148"/>
+      <c r="H85" s="141"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A86" s="69"/>
-      <c r="D86" s="148"/>
+      <c r="D86" s="141"/>
       <c r="F86" s="70"/>
       <c r="G86" s="70"/>
-      <c r="H86" s="148"/>
+      <c r="H86" s="141"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A87" s="69"/>
-      <c r="D87" s="148"/>
+      <c r="D87" s="141"/>
       <c r="F87" s="70"/>
       <c r="G87" s="70"/>
-      <c r="H87" s="148"/>
+      <c r="H87" s="141"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A88" s="69"/>
-      <c r="D88" s="148"/>
+      <c r="D88" s="141"/>
       <c r="F88" s="70"/>
       <c r="G88" s="70"/>
-      <c r="H88" s="148"/>
+      <c r="H88" s="141"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A89" s="69"/>
-      <c r="D89" s="148"/>
+      <c r="D89" s="141"/>
       <c r="F89" s="70"/>
       <c r="G89" s="70"/>
-      <c r="H89" s="148"/>
+      <c r="H89" s="141"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A90" s="69"/>
-      <c r="D90" s="148"/>
+      <c r="D90" s="141"/>
       <c r="F90" s="70"/>
       <c r="G90" s="70"/>
-      <c r="H90" s="148"/>
+      <c r="H90" s="141"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A91" s="69"/>
-      <c r="D91" s="148"/>
+      <c r="D91" s="141"/>
       <c r="F91" s="70"/>
       <c r="G91" s="70"/>
-      <c r="H91" s="148"/>
+      <c r="H91" s="141"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A92" s="69"/>
-      <c r="D92" s="148"/>
+      <c r="D92" s="141"/>
       <c r="F92" s="70"/>
       <c r="G92" s="70"/>
-      <c r="H92" s="148"/>
+      <c r="H92" s="141"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A93" s="69"/>
-      <c r="D93" s="148"/>
+      <c r="D93" s="141"/>
       <c r="F93" s="70"/>
       <c r="G93" s="70"/>
-      <c r="H93" s="148"/>
+      <c r="H93" s="141"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A94" s="69"/>
-      <c r="D94" s="148"/>
+      <c r="D94" s="141"/>
       <c r="F94" s="70"/>
       <c r="G94" s="70"/>
-      <c r="H94" s="148"/>
+      <c r="H94" s="141"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A95" s="69"/>
-      <c r="D95" s="148"/>
+      <c r="D95" s="141"/>
       <c r="F95" s="70"/>
       <c r="G95" s="70"/>
-      <c r="H95" s="148"/>
+      <c r="H95" s="141"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A96" s="69"/>
-      <c r="D96" s="148"/>
+      <c r="D96" s="141"/>
       <c r="F96" s="70"/>
       <c r="G96" s="70"/>
-      <c r="H96" s="148"/>
+      <c r="H96" s="141"/>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A97" s="69"/>
-      <c r="D97" s="148"/>
+      <c r="D97" s="141"/>
       <c r="F97" s="70"/>
       <c r="G97" s="70"/>
-      <c r="H97" s="148"/>
+      <c r="H97" s="141"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A98" s="69"/>
-      <c r="D98" s="148"/>
+      <c r="D98" s="141"/>
       <c r="F98" s="70"/>
       <c r="G98" s="70"/>
-      <c r="H98" s="148"/>
+      <c r="H98" s="141"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A99" s="69"/>
-      <c r="D99" s="148"/>
+      <c r="D99" s="141"/>
       <c r="F99" s="70"/>
       <c r="G99" s="70"/>
-      <c r="H99" s="148"/>
+      <c r="H99" s="141"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A100" s="69"/>
-      <c r="D100" s="148"/>
+      <c r="D100" s="141"/>
       <c r="F100" s="70"/>
       <c r="G100" s="70"/>
-      <c r="H100" s="148"/>
+      <c r="H100" s="141"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A101" s="69"/>
-      <c r="D101" s="148"/>
+      <c r="D101" s="141"/>
       <c r="F101" s="70"/>
       <c r="G101" s="70"/>
-      <c r="H101" s="148"/>
+      <c r="H101" s="141"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccada712-f319-4843-a022-0a2703358700">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccada712-f319-4843-a022-0a2703358700" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50bfbbe6679f86dc634812e31a0d2f9e" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7803F4D4853954FBF6CC9ACE0AF8474" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="8fba4e4d8f837bde9688ac9eeecf2abc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccada712-f319-4843-a022-0a2703358700" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7c8a795ced7f088f66c2d042ef3f076e" ns2:_="" ns3:_="">
     <xsd:import namespace="ccada712-f319-4843-a022-0a2703358700"/>
     <xsd:import namespace="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -34027,103 +34264,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B3DB67-D700-42CF-AAEA-CD69DC9403CD}">
-[...25 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E1C58B4-E633-4A2B-9FDC-C501AB212B26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B3DB67-D700-42CF-AAEA-CD69DC9403CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9942D50F-3B79-49C4-BCDF-58A2A4B380FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>