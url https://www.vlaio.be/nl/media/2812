--- v0 (2025-10-13)
+++ v1 (2025-11-06)
@@ -7,90 +7,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-SubVN/Oproep/Oproep City of Things 2025/Lancering/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{B345BAE0-D0B2-4B0A-AEFD-45D189076475}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{36A21CBD-5145-4B74-A714-988CC8FB1945}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{03C66FCD-CC99-40C7-ABB2-31CFB019593F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19090" yWindow="-80" windowWidth="19420" windowHeight="10420" firstSheet="2" activeTab="3" xr2:uid="{1FB1CA7C-CA5C-4C52-8AE6-A0EFFE23CFA7}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{1FB1CA7C-CA5C-4C52-8AE6-A0EFFE23CFA7}"/>
   </bookViews>
   <sheets>
     <sheet name="LEES DIT EERST" sheetId="5" r:id="rId1"/>
     <sheet name="Begrotingsaanvraag per partner" sheetId="1" r:id="rId2"/>
     <sheet name="Toelichting begr.aanvraag" sheetId="3" r:id="rId3"/>
     <sheet name="Totalen begroting" sheetId="4" r:id="rId4"/>
     <sheet name="Berekening personeelsinzet" sheetId="6" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J65" i="1" l="1"/>
+  <c r="J36" i="4" l="1"/>
+  <c r="I36" i="4"/>
+  <c r="H36" i="4"/>
+  <c r="G36" i="4"/>
+  <c r="J153" i="1"/>
+  <c r="I153" i="1"/>
+  <c r="H153" i="1"/>
+  <c r="G153" i="1"/>
+  <c r="J65" i="1"/>
   <c r="J66" i="1"/>
   <c r="J67" i="1"/>
   <c r="J68" i="1"/>
   <c r="J69" i="1"/>
   <c r="J70" i="1"/>
   <c r="J71" i="1"/>
   <c r="J72" i="1"/>
   <c r="J73" i="1"/>
   <c r="J74" i="1"/>
   <c r="J64" i="1"/>
   <c r="I17" i="6" l="1"/>
   <c r="I15" i="6"/>
   <c r="I75" i="1" l="1"/>
   <c r="I61" i="1"/>
   <c r="H61" i="1"/>
   <c r="G61" i="1"/>
   <c r="H75" i="1"/>
   <c r="G75" i="1"/>
   <c r="J75" i="1"/>
   <c r="J29" i="4" l="1"/>
   <c r="A29" i="4"/>
   <c r="J18" i="4"/>
   <c r="J25" i="4" l="1"/>
   <c r="J26" i="4"/>
   <c r="J27" i="4"/>
@@ -277,79 +285,71 @@
   <c r="G38" i="1"/>
   <c r="H31" i="1"/>
   <c r="J40" i="1" l="1"/>
   <c r="J41" i="1"/>
   <c r="J39" i="1"/>
   <c r="J43" i="1"/>
   <c r="J45" i="1"/>
   <c r="J42" i="1"/>
   <c r="J38" i="1"/>
   <c r="I47" i="1"/>
   <c r="I109" i="1" s="1"/>
   <c r="H54" i="1"/>
   <c r="H110" i="1" s="1"/>
   <c r="I54" i="1"/>
   <c r="I110" i="1" s="1"/>
   <c r="G54" i="1"/>
   <c r="G110" i="1" s="1"/>
   <c r="G47" i="1"/>
   <c r="G109" i="1" s="1"/>
   <c r="J37" i="1"/>
   <c r="H47" i="1"/>
   <c r="H109" i="1" s="1"/>
   <c r="J44" i="1"/>
   <c r="J46" i="1"/>
   <c r="I114" i="1" l="1"/>
-  <c r="I153" i="1" s="1"/>
   <c r="H114" i="1"/>
-  <c r="H153" i="1" s="1"/>
   <c r="J110" i="1"/>
   <c r="G114" i="1"/>
-  <c r="G153" i="1" s="1"/>
   <c r="J109" i="1"/>
   <c r="J47" i="1"/>
   <c r="J54" i="1"/>
-  <c r="J153" i="1" l="1"/>
-  <c r="G13" i="4"/>
+  <c r="G13" i="4" l="1"/>
   <c r="I154" i="1"/>
   <c r="I13" i="4"/>
   <c r="H154" i="1"/>
   <c r="H13" i="4"/>
   <c r="H19" i="4" s="1"/>
-  <c r="H36" i="4" s="1"/>
   <c r="J114" i="1"/>
   <c r="G19" i="4" l="1"/>
   <c r="I19" i="4"/>
   <c r="J154" i="1"/>
   <c r="G154" i="1"/>
   <c r="J13" i="4"/>
   <c r="J19" i="4" s="1"/>
   <c r="I37" i="4" l="1"/>
-  <c r="I36" i="4"/>
-[...2 lines deleted...]
-  <c r="J37" i="4" s="1"/>
+  <c r="J37" i="4"/>
   <c r="H37" i="4"/>
   <c r="G37" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="157">
   <si>
     <t>RICHTLIJNEN BIJ HET INVULLEN VAN DIT SJABLOON. Lees deze aandachtig voor u start.</t>
   </si>
   <si>
     <t>PROJECTGEGEVENS</t>
   </si>
   <si>
     <t>Projecttitel/werkingssubsidie voor:</t>
   </si>
   <si>
     <t>Projectperiode (xx/xx/20xx - xx/xx/20xx)</t>
   </si>
   <si>
     <t>Naam organisatie, onderneming, instelling:</t>
   </si>
   <si>
     <t>Contactpersoon voor bijkomende informatie (naam, functie, telefoonnummer en e-mailadres):</t>
   </si>
@@ -2549,648 +2549,648 @@
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...119 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="58" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="9" fontId="0" fillId="4" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="4" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="58" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...82 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Procent" xfId="1" builtinId="5"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Thema">
@@ -3493,6306 +3493,6308 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8308CD53-1A73-45EC-924A-10867A5816F2}">
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3:O38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="154" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="154"/>
       <c r="C1" s="154"/>
       <c r="D1" s="154"/>
       <c r="E1" s="154"/>
       <c r="F1" s="154"/>
       <c r="G1" s="154"/>
       <c r="H1" s="154"/>
       <c r="I1" s="154"/>
       <c r="J1" s="154"/>
       <c r="K1" s="154"/>
       <c r="L1" s="154"/>
       <c r="M1" s="154"/>
       <c r="N1" s="154"/>
       <c r="O1" s="154"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="155"/>
       <c r="B2" s="155"/>
       <c r="C2" s="155"/>
       <c r="D2" s="155"/>
       <c r="E2" s="155"/>
       <c r="F2" s="155"/>
       <c r="G2" s="155"/>
       <c r="H2" s="155"/>
       <c r="I2" s="155"/>
       <c r="J2" s="155"/>
       <c r="K2" s="155"/>
       <c r="L2" s="155"/>
       <c r="M2" s="155"/>
       <c r="N2" s="155"/>
       <c r="O2" s="155"/>
     </row>
-    <row r="3" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:15" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="156" t="s">
         <v>154</v>
       </c>
       <c r="B3" s="156"/>
       <c r="C3" s="156"/>
       <c r="D3" s="156"/>
       <c r="E3" s="156"/>
       <c r="F3" s="156"/>
       <c r="G3" s="156"/>
       <c r="H3" s="156"/>
       <c r="I3" s="156"/>
       <c r="J3" s="156"/>
       <c r="K3" s="156"/>
       <c r="L3" s="156"/>
       <c r="M3" s="156"/>
       <c r="N3" s="156"/>
       <c r="O3" s="156"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="156"/>
       <c r="B4" s="156"/>
       <c r="C4" s="156"/>
       <c r="D4" s="156"/>
       <c r="E4" s="156"/>
       <c r="F4" s="156"/>
       <c r="G4" s="156"/>
       <c r="H4" s="156"/>
       <c r="I4" s="156"/>
       <c r="J4" s="156"/>
       <c r="K4" s="156"/>
       <c r="L4" s="156"/>
       <c r="M4" s="156"/>
       <c r="N4" s="156"/>
       <c r="O4" s="156"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A5" s="156"/>
       <c r="B5" s="156"/>
       <c r="C5" s="156"/>
       <c r="D5" s="156"/>
       <c r="E5" s="156"/>
       <c r="F5" s="156"/>
       <c r="G5" s="156"/>
       <c r="H5" s="156"/>
       <c r="I5" s="156"/>
       <c r="J5" s="156"/>
       <c r="K5" s="156"/>
       <c r="L5" s="156"/>
       <c r="M5" s="156"/>
       <c r="N5" s="156"/>
       <c r="O5" s="156"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="156"/>
       <c r="B6" s="156"/>
       <c r="C6" s="156"/>
       <c r="D6" s="156"/>
       <c r="E6" s="156"/>
       <c r="F6" s="156"/>
       <c r="G6" s="156"/>
       <c r="H6" s="156"/>
       <c r="I6" s="156"/>
       <c r="J6" s="156"/>
       <c r="K6" s="156"/>
       <c r="L6" s="156"/>
       <c r="M6" s="156"/>
       <c r="N6" s="156"/>
       <c r="O6" s="156"/>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="156"/>
       <c r="B7" s="156"/>
       <c r="C7" s="156"/>
       <c r="D7" s="156"/>
       <c r="E7" s="156"/>
       <c r="F7" s="156"/>
       <c r="G7" s="156"/>
       <c r="H7" s="156"/>
       <c r="I7" s="156"/>
       <c r="J7" s="156"/>
       <c r="K7" s="156"/>
       <c r="L7" s="156"/>
       <c r="M7" s="156"/>
       <c r="N7" s="156"/>
       <c r="O7" s="156"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="156"/>
       <c r="B8" s="156"/>
       <c r="C8" s="156"/>
       <c r="D8" s="156"/>
       <c r="E8" s="156"/>
       <c r="F8" s="156"/>
       <c r="G8" s="156"/>
       <c r="H8" s="156"/>
       <c r="I8" s="156"/>
       <c r="J8" s="156"/>
       <c r="K8" s="156"/>
       <c r="L8" s="156"/>
       <c r="M8" s="156"/>
       <c r="N8" s="156"/>
       <c r="O8" s="156"/>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="156"/>
       <c r="B9" s="156"/>
       <c r="C9" s="156"/>
       <c r="D9" s="156"/>
       <c r="E9" s="156"/>
       <c r="F9" s="156"/>
       <c r="G9" s="156"/>
       <c r="H9" s="156"/>
       <c r="I9" s="156"/>
       <c r="J9" s="156"/>
       <c r="K9" s="156"/>
       <c r="L9" s="156"/>
       <c r="M9" s="156"/>
       <c r="N9" s="156"/>
       <c r="O9" s="156"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="156"/>
       <c r="B10" s="156"/>
       <c r="C10" s="156"/>
       <c r="D10" s="156"/>
       <c r="E10" s="156"/>
       <c r="F10" s="156"/>
       <c r="G10" s="156"/>
       <c r="H10" s="156"/>
       <c r="I10" s="156"/>
       <c r="J10" s="156"/>
       <c r="K10" s="156"/>
       <c r="L10" s="156"/>
       <c r="M10" s="156"/>
       <c r="N10" s="156"/>
       <c r="O10" s="156"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="156"/>
       <c r="B11" s="156"/>
       <c r="C11" s="156"/>
       <c r="D11" s="156"/>
       <c r="E11" s="156"/>
       <c r="F11" s="156"/>
       <c r="G11" s="156"/>
       <c r="H11" s="156"/>
       <c r="I11" s="156"/>
       <c r="J11" s="156"/>
       <c r="K11" s="156"/>
       <c r="L11" s="156"/>
       <c r="M11" s="156"/>
       <c r="N11" s="156"/>
       <c r="O11" s="156"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="156"/>
       <c r="B12" s="156"/>
       <c r="C12" s="156"/>
       <c r="D12" s="156"/>
       <c r="E12" s="156"/>
       <c r="F12" s="156"/>
       <c r="G12" s="156"/>
       <c r="H12" s="156"/>
       <c r="I12" s="156"/>
       <c r="J12" s="156"/>
       <c r="K12" s="156"/>
       <c r="L12" s="156"/>
       <c r="M12" s="156"/>
       <c r="N12" s="156"/>
       <c r="O12" s="156"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="156"/>
       <c r="B13" s="156"/>
       <c r="C13" s="156"/>
       <c r="D13" s="156"/>
       <c r="E13" s="156"/>
       <c r="F13" s="156"/>
       <c r="G13" s="156"/>
       <c r="H13" s="156"/>
       <c r="I13" s="156"/>
       <c r="J13" s="156"/>
       <c r="K13" s="156"/>
       <c r="L13" s="156"/>
       <c r="M13" s="156"/>
       <c r="N13" s="156"/>
       <c r="O13" s="156"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="156"/>
       <c r="B14" s="156"/>
       <c r="C14" s="156"/>
       <c r="D14" s="156"/>
       <c r="E14" s="156"/>
       <c r="F14" s="156"/>
       <c r="G14" s="156"/>
       <c r="H14" s="156"/>
       <c r="I14" s="156"/>
       <c r="J14" s="156"/>
       <c r="K14" s="156"/>
       <c r="L14" s="156"/>
       <c r="M14" s="156"/>
       <c r="N14" s="156"/>
       <c r="O14" s="156"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="156"/>
       <c r="B15" s="156"/>
       <c r="C15" s="156"/>
       <c r="D15" s="156"/>
       <c r="E15" s="156"/>
       <c r="F15" s="156"/>
       <c r="G15" s="156"/>
       <c r="H15" s="156"/>
       <c r="I15" s="156"/>
       <c r="J15" s="156"/>
       <c r="K15" s="156"/>
       <c r="L15" s="156"/>
       <c r="M15" s="156"/>
       <c r="N15" s="156"/>
       <c r="O15" s="156"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="156"/>
       <c r="B16" s="156"/>
       <c r="C16" s="156"/>
       <c r="D16" s="156"/>
       <c r="E16" s="156"/>
       <c r="F16" s="156"/>
       <c r="G16" s="156"/>
       <c r="H16" s="156"/>
       <c r="I16" s="156"/>
       <c r="J16" s="156"/>
       <c r="K16" s="156"/>
       <c r="L16" s="156"/>
       <c r="M16" s="156"/>
       <c r="N16" s="156"/>
       <c r="O16" s="156"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="156"/>
       <c r="B17" s="156"/>
       <c r="C17" s="156"/>
       <c r="D17" s="156"/>
       <c r="E17" s="156"/>
       <c r="F17" s="156"/>
       <c r="G17" s="156"/>
       <c r="H17" s="156"/>
       <c r="I17" s="156"/>
       <c r="J17" s="156"/>
       <c r="K17" s="156"/>
       <c r="L17" s="156"/>
       <c r="M17" s="156"/>
       <c r="N17" s="156"/>
       <c r="O17" s="156"/>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="156"/>
       <c r="B18" s="156"/>
       <c r="C18" s="156"/>
       <c r="D18" s="156"/>
       <c r="E18" s="156"/>
       <c r="F18" s="156"/>
       <c r="G18" s="156"/>
       <c r="H18" s="156"/>
       <c r="I18" s="156"/>
       <c r="J18" s="156"/>
       <c r="K18" s="156"/>
       <c r="L18" s="156"/>
       <c r="M18" s="156"/>
       <c r="N18" s="156"/>
       <c r="O18" s="156"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="156"/>
       <c r="B19" s="156"/>
       <c r="C19" s="156"/>
       <c r="D19" s="156"/>
       <c r="E19" s="156"/>
       <c r="F19" s="156"/>
       <c r="G19" s="156"/>
       <c r="H19" s="156"/>
       <c r="I19" s="156"/>
       <c r="J19" s="156"/>
       <c r="K19" s="156"/>
       <c r="L19" s="156"/>
       <c r="M19" s="156"/>
       <c r="N19" s="156"/>
       <c r="O19" s="156"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="156"/>
       <c r="B20" s="156"/>
       <c r="C20" s="156"/>
       <c r="D20" s="156"/>
       <c r="E20" s="156"/>
       <c r="F20" s="156"/>
       <c r="G20" s="156"/>
       <c r="H20" s="156"/>
       <c r="I20" s="156"/>
       <c r="J20" s="156"/>
       <c r="K20" s="156"/>
       <c r="L20" s="156"/>
       <c r="M20" s="156"/>
       <c r="N20" s="156"/>
       <c r="O20" s="156"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="156"/>
       <c r="B21" s="156"/>
       <c r="C21" s="156"/>
       <c r="D21" s="156"/>
       <c r="E21" s="156"/>
       <c r="F21" s="156"/>
       <c r="G21" s="156"/>
       <c r="H21" s="156"/>
       <c r="I21" s="156"/>
       <c r="J21" s="156"/>
       <c r="K21" s="156"/>
       <c r="L21" s="156"/>
       <c r="M21" s="156"/>
       <c r="N21" s="156"/>
       <c r="O21" s="156"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="156"/>
       <c r="B22" s="156"/>
       <c r="C22" s="156"/>
       <c r="D22" s="156"/>
       <c r="E22" s="156"/>
       <c r="F22" s="156"/>
       <c r="G22" s="156"/>
       <c r="H22" s="156"/>
       <c r="I22" s="156"/>
       <c r="J22" s="156"/>
       <c r="K22" s="156"/>
       <c r="L22" s="156"/>
       <c r="M22" s="156"/>
       <c r="N22" s="156"/>
       <c r="O22" s="156"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="156"/>
       <c r="B23" s="156"/>
       <c r="C23" s="156"/>
       <c r="D23" s="156"/>
       <c r="E23" s="156"/>
       <c r="F23" s="156"/>
       <c r="G23" s="156"/>
       <c r="H23" s="156"/>
       <c r="I23" s="156"/>
       <c r="J23" s="156"/>
       <c r="K23" s="156"/>
       <c r="L23" s="156"/>
       <c r="M23" s="156"/>
       <c r="N23" s="156"/>
       <c r="O23" s="156"/>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="156"/>
       <c r="B24" s="156"/>
       <c r="C24" s="156"/>
       <c r="D24" s="156"/>
       <c r="E24" s="156"/>
       <c r="F24" s="156"/>
       <c r="G24" s="156"/>
       <c r="H24" s="156"/>
       <c r="I24" s="156"/>
       <c r="J24" s="156"/>
       <c r="K24" s="156"/>
       <c r="L24" s="156"/>
       <c r="M24" s="156"/>
       <c r="N24" s="156"/>
       <c r="O24" s="156"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="156"/>
       <c r="B25" s="156"/>
       <c r="C25" s="156"/>
       <c r="D25" s="156"/>
       <c r="E25" s="156"/>
       <c r="F25" s="156"/>
       <c r="G25" s="156"/>
       <c r="H25" s="156"/>
       <c r="I25" s="156"/>
       <c r="J25" s="156"/>
       <c r="K25" s="156"/>
       <c r="L25" s="156"/>
       <c r="M25" s="156"/>
       <c r="N25" s="156"/>
       <c r="O25" s="156"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="156"/>
       <c r="B26" s="156"/>
       <c r="C26" s="156"/>
       <c r="D26" s="156"/>
       <c r="E26" s="156"/>
       <c r="F26" s="156"/>
       <c r="G26" s="156"/>
       <c r="H26" s="156"/>
       <c r="I26" s="156"/>
       <c r="J26" s="156"/>
       <c r="K26" s="156"/>
       <c r="L26" s="156"/>
       <c r="M26" s="156"/>
       <c r="N26" s="156"/>
       <c r="O26" s="156"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="156"/>
       <c r="B27" s="156"/>
       <c r="C27" s="156"/>
       <c r="D27" s="156"/>
       <c r="E27" s="156"/>
       <c r="F27" s="156"/>
       <c r="G27" s="156"/>
       <c r="H27" s="156"/>
       <c r="I27" s="156"/>
       <c r="J27" s="156"/>
       <c r="K27" s="156"/>
       <c r="L27" s="156"/>
       <c r="M27" s="156"/>
       <c r="N27" s="156"/>
       <c r="O27" s="156"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="156"/>
       <c r="B28" s="156"/>
       <c r="C28" s="156"/>
       <c r="D28" s="156"/>
       <c r="E28" s="156"/>
       <c r="F28" s="156"/>
       <c r="G28" s="156"/>
       <c r="H28" s="156"/>
       <c r="I28" s="156"/>
       <c r="J28" s="156"/>
       <c r="K28" s="156"/>
       <c r="L28" s="156"/>
       <c r="M28" s="156"/>
       <c r="N28" s="156"/>
       <c r="O28" s="156"/>
     </row>
-    <row r="29" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="156"/>
       <c r="B29" s="156"/>
       <c r="C29" s="156"/>
       <c r="D29" s="156"/>
       <c r="E29" s="156"/>
       <c r="F29" s="156"/>
       <c r="G29" s="156"/>
       <c r="H29" s="156"/>
       <c r="I29" s="156"/>
       <c r="J29" s="156"/>
       <c r="K29" s="156"/>
       <c r="L29" s="156"/>
       <c r="M29" s="156"/>
       <c r="N29" s="156"/>
       <c r="O29" s="156"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="156"/>
       <c r="B30" s="156"/>
       <c r="C30" s="156"/>
       <c r="D30" s="156"/>
       <c r="E30" s="156"/>
       <c r="F30" s="156"/>
       <c r="G30" s="156"/>
       <c r="H30" s="156"/>
       <c r="I30" s="156"/>
       <c r="J30" s="156"/>
       <c r="K30" s="156"/>
       <c r="L30" s="156"/>
       <c r="M30" s="156"/>
       <c r="N30" s="156"/>
       <c r="O30" s="156"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="156"/>
       <c r="B31" s="156"/>
       <c r="C31" s="156"/>
       <c r="D31" s="156"/>
       <c r="E31" s="156"/>
       <c r="F31" s="156"/>
       <c r="G31" s="156"/>
       <c r="H31" s="156"/>
       <c r="I31" s="156"/>
       <c r="J31" s="156"/>
       <c r="K31" s="156"/>
       <c r="L31" s="156"/>
       <c r="M31" s="156"/>
       <c r="N31" s="156"/>
       <c r="O31" s="156"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="156"/>
       <c r="B32" s="156"/>
       <c r="C32" s="156"/>
       <c r="D32" s="156"/>
       <c r="E32" s="156"/>
       <c r="F32" s="156"/>
       <c r="G32" s="156"/>
       <c r="H32" s="156"/>
       <c r="I32" s="156"/>
       <c r="J32" s="156"/>
       <c r="K32" s="156"/>
       <c r="L32" s="156"/>
       <c r="M32" s="156"/>
       <c r="N32" s="156"/>
       <c r="O32" s="156"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="156"/>
       <c r="B33" s="156"/>
       <c r="C33" s="156"/>
       <c r="D33" s="156"/>
       <c r="E33" s="156"/>
       <c r="F33" s="156"/>
       <c r="G33" s="156"/>
       <c r="H33" s="156"/>
       <c r="I33" s="156"/>
       <c r="J33" s="156"/>
       <c r="K33" s="156"/>
       <c r="L33" s="156"/>
       <c r="M33" s="156"/>
       <c r="N33" s="156"/>
       <c r="O33" s="156"/>
     </row>
-    <row r="34" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A34" s="156"/>
       <c r="B34" s="156"/>
       <c r="C34" s="156"/>
       <c r="D34" s="156"/>
       <c r="E34" s="156"/>
       <c r="F34" s="156"/>
       <c r="G34" s="156"/>
       <c r="H34" s="156"/>
       <c r="I34" s="156"/>
       <c r="J34" s="156"/>
       <c r="K34" s="156"/>
       <c r="L34" s="156"/>
       <c r="M34" s="156"/>
       <c r="N34" s="156"/>
       <c r="O34" s="156"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="156"/>
       <c r="B35" s="156"/>
       <c r="C35" s="156"/>
       <c r="D35" s="156"/>
       <c r="E35" s="156"/>
       <c r="F35" s="156"/>
       <c r="G35" s="156"/>
       <c r="H35" s="156"/>
       <c r="I35" s="156"/>
       <c r="J35" s="156"/>
       <c r="K35" s="156"/>
       <c r="L35" s="156"/>
       <c r="M35" s="156"/>
       <c r="N35" s="156"/>
       <c r="O35" s="156"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="156"/>
       <c r="B36" s="156"/>
       <c r="C36" s="156"/>
       <c r="D36" s="156"/>
       <c r="E36" s="156"/>
       <c r="F36" s="156"/>
       <c r="G36" s="156"/>
       <c r="H36" s="156"/>
       <c r="I36" s="156"/>
       <c r="J36" s="156"/>
       <c r="K36" s="156"/>
       <c r="L36" s="156"/>
       <c r="M36" s="156"/>
       <c r="N36" s="156"/>
       <c r="O36" s="156"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="156"/>
       <c r="B37" s="156"/>
       <c r="C37" s="156"/>
       <c r="D37" s="156"/>
       <c r="E37" s="156"/>
       <c r="F37" s="156"/>
       <c r="G37" s="156"/>
       <c r="H37" s="156"/>
       <c r="I37" s="156"/>
       <c r="J37" s="156"/>
       <c r="K37" s="156"/>
       <c r="L37" s="156"/>
       <c r="M37" s="156"/>
       <c r="N37" s="156"/>
       <c r="O37" s="156"/>
     </row>
-    <row r="38" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A38" s="156"/>
       <c r="B38" s="156"/>
       <c r="C38" s="156"/>
       <c r="D38" s="156"/>
       <c r="E38" s="156"/>
       <c r="F38" s="156"/>
       <c r="G38" s="156"/>
       <c r="H38" s="156"/>
       <c r="I38" s="156"/>
       <c r="J38" s="156"/>
       <c r="K38" s="156"/>
       <c r="L38" s="156"/>
       <c r="M38" s="156"/>
       <c r="N38" s="156"/>
       <c r="O38" s="156"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0"/>
   <mergeCells count="3">
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D56DCE59-E8AC-473C-B451-7B15D8526AA3}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K157"/>
   <sheetViews>
-    <sheetView topLeftCell="A75" workbookViewId="0">
-      <selection activeCell="A155" sqref="A155:J155"/>
+    <sheetView topLeftCell="A125" workbookViewId="0">
+      <selection activeCell="N144" sqref="N144"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.7265625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12" max="16384" width="8.81640625" style="1"/>
+    <col min="1" max="1" width="30.77734375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.77734375" style="1" customWidth="1"/>
+    <col min="3" max="6" width="10.77734375" style="1" customWidth="1"/>
+    <col min="7" max="10" width="12.77734375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="9.21875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="3" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="244" t="str">
+    <row r="1" spans="1:10" s="3" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="183" t="str">
         <f>"BEGROTING projectsubsidie/werkingssubsidie: " &amp; C6</f>
         <v xml:space="preserve">BEGROTING projectsubsidie/werkingssubsidie: </v>
       </c>
-      <c r="B1" s="244"/>
-[...11 lines deleted...]
-      <c r="A3" s="245" t="s">
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+    </row>
+    <row r="2" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="184" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="246"/>
-[...10 lines deleted...]
-      <c r="A4" s="165" t="s">
+      <c r="B3" s="185"/>
+      <c r="C3" s="185"/>
+      <c r="D3" s="185"/>
+      <c r="E3" s="185"/>
+      <c r="F3" s="185"/>
+      <c r="G3" s="185"/>
+      <c r="H3" s="185"/>
+      <c r="I3" s="185"/>
+      <c r="J3" s="186"/>
+    </row>
+    <row r="4" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="180" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="166"/>
-[...10 lines deleted...]
-      <c r="A5" s="165" t="s">
+      <c r="B4" s="181"/>
+      <c r="C4" s="192"/>
+      <c r="D4" s="192"/>
+      <c r="E4" s="192"/>
+      <c r="F4" s="192"/>
+      <c r="G4" s="192"/>
+      <c r="H4" s="192"/>
+      <c r="I4" s="192"/>
+      <c r="J4" s="193"/>
+    </row>
+    <row r="5" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="180" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="166"/>
-[...10 lines deleted...]
-      <c r="A6" s="165" t="s">
+      <c r="B5" s="181"/>
+      <c r="C5" s="192"/>
+      <c r="D5" s="192"/>
+      <c r="E5" s="192"/>
+      <c r="F5" s="192"/>
+      <c r="G5" s="192"/>
+      <c r="H5" s="192"/>
+      <c r="I5" s="192"/>
+      <c r="J5" s="193"/>
+    </row>
+    <row r="6" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="180" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="166"/>
-[...10 lines deleted...]
-      <c r="A7" s="248" t="s">
+      <c r="B6" s="181"/>
+      <c r="C6" s="192"/>
+      <c r="D6" s="192"/>
+      <c r="E6" s="192"/>
+      <c r="F6" s="192"/>
+      <c r="G6" s="192"/>
+      <c r="H6" s="192"/>
+      <c r="I6" s="192"/>
+      <c r="J6" s="193"/>
+    </row>
+    <row r="7" spans="1:10" s="3" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="190" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="249"/>
-[...11 lines deleted...]
-      <c r="A9" s="253" t="s">
+      <c r="B7" s="191"/>
+      <c r="C7" s="194"/>
+      <c r="D7" s="194"/>
+      <c r="E7" s="194"/>
+      <c r="F7" s="194"/>
+      <c r="G7" s="194"/>
+      <c r="H7" s="194"/>
+      <c r="I7" s="194"/>
+      <c r="J7" s="195"/>
+    </row>
+    <row r="8" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="9" spans="1:10" s="3" customFormat="1" ht="29.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="199" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="254"/>
-[...11 lines deleted...]
-      <c r="A11" s="186" t="s">
+      <c r="B9" s="200"/>
+      <c r="C9" s="200"/>
+      <c r="D9" s="200"/>
+      <c r="E9" s="200"/>
+      <c r="F9" s="200"/>
+      <c r="G9" s="200"/>
+      <c r="H9" s="200"/>
+      <c r="I9" s="200"/>
+      <c r="J9" s="201"/>
+    </row>
+    <row r="10" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="11" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="196" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="187"/>
-[...9 lines deleted...]
-    <row r="12" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="197"/>
+      <c r="C11" s="197"/>
+      <c r="D11" s="197"/>
+      <c r="E11" s="197"/>
+      <c r="F11" s="197"/>
+      <c r="G11" s="197"/>
+      <c r="H11" s="197"/>
+      <c r="I11" s="197"/>
+      <c r="J11" s="198"/>
+    </row>
+    <row r="12" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="12"/>
       <c r="B12" s="13"/>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="13"/>
       <c r="G12" s="13"/>
       <c r="H12" s="13"/>
       <c r="I12" s="13"/>
       <c r="J12" s="14"/>
     </row>
-    <row r="13" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="179" t="s">
+    <row r="13" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="187" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="180"/>
-[...9 lines deleted...]
-    <row r="14" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="188"/>
+      <c r="C13" s="188"/>
+      <c r="D13" s="188"/>
+      <c r="E13" s="188"/>
+      <c r="F13" s="188"/>
+      <c r="G13" s="188"/>
+      <c r="H13" s="188"/>
+      <c r="I13" s="188"/>
+      <c r="J13" s="189"/>
+    </row>
+    <row r="14" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="8"/>
       <c r="J14" s="9"/>
     </row>
-    <row r="15" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="17"/>
       <c r="C15" s="17"/>
       <c r="D15" s="18"/>
       <c r="E15" s="19" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="20" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="H15" s="261" t="s">
+      <c r="H15" s="160" t="s">
         <v>13</v>
       </c>
-      <c r="I15" s="262"/>
-[...3 lines deleted...]
-      <c r="A16" s="160" t="s">
+      <c r="I15" s="161"/>
+      <c r="J15" s="162"/>
+    </row>
+    <row r="16" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="166" t="s">
         <v>14</v>
       </c>
-      <c r="B16" s="161"/>
-[...1 lines deleted...]
-      <c r="D16" s="164"/>
+      <c r="B16" s="167"/>
+      <c r="C16" s="167"/>
+      <c r="D16" s="168"/>
       <c r="E16" s="108">
         <v>1596</v>
       </c>
       <c r="F16" s="109">
         <v>1596</v>
       </c>
       <c r="G16" s="110">
         <v>1596</v>
       </c>
-      <c r="H16" s="261"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:11" s="3" customFormat="1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H16" s="160"/>
+      <c r="I16" s="161"/>
+      <c r="J16" s="162"/>
+    </row>
+    <row r="17" spans="1:11" s="3" customFormat="1" ht="16.95" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="8"/>
       <c r="E17" s="6">
         <f>IF(E16&gt;1720,1720,E16)</f>
         <v>1596</v>
       </c>
       <c r="F17" s="6">
         <f t="shared" ref="F17:G17" si="0">IF(F16&gt;1720,1720,F16)</f>
         <v>1596</v>
       </c>
       <c r="G17" s="6">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="J17" s="9"/>
     </row>
-    <row r="18" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="8"/>
       <c r="D18" s="7"/>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="J18" s="9"/>
     </row>
-    <row r="19" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="15"/>
       <c r="C19" s="15"/>
       <c r="D19" s="29"/>
-      <c r="E19" s="216" t="s">
+      <c r="E19" s="157" t="s">
         <v>16</v>
       </c>
-      <c r="F19" s="177"/>
-      <c r="G19" s="178"/>
+      <c r="F19" s="158"/>
+      <c r="G19" s="159"/>
       <c r="H19" s="30" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="28"/>
       <c r="J19" s="30" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="20" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="216" t="s">
+    <row r="20" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="157" t="s">
         <v>18</v>
       </c>
-      <c r="B20" s="177"/>
-      <c r="C20" s="177"/>
+      <c r="B20" s="158"/>
+      <c r="C20" s="158"/>
       <c r="D20" s="23" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="24" t="s">
         <v>20</v>
       </c>
       <c r="F20" s="25" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="26" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="28"/>
       <c r="J20" s="27" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2"/>
     </row>
-    <row r="21" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C21" s="228"/>
+    <row r="21" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="163"/>
+      <c r="B21" s="164"/>
+      <c r="C21" s="164"/>
       <c r="D21" s="100"/>
       <c r="E21" s="105">
         <v>0</v>
       </c>
       <c r="F21" s="106">
         <v>0</v>
       </c>
       <c r="G21" s="107">
         <v>0</v>
       </c>
       <c r="H21" s="31">
         <f t="shared" ref="H21:H30" si="1">SUM(E21:G21)</f>
         <v>0</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="31">
         <f t="shared" ref="J21:J30" si="2">IF($E$16&lt;1596,$E$16/1596*E21,E21)+IF($F$16&lt;1596,$F$16/1596*F21,F21)+IF($G$16&lt;1596,$G$16/1596*G21,G21)</f>
         <v>0</v>
       </c>
       <c r="K21" s="5"/>
     </row>
-    <row r="22" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C22" s="228"/>
+    <row r="22" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="163"/>
+      <c r="B22" s="164"/>
+      <c r="C22" s="164"/>
       <c r="D22" s="100"/>
       <c r="E22" s="105">
         <v>0</v>
       </c>
       <c r="F22" s="106">
         <v>0</v>
       </c>
       <c r="G22" s="107">
         <v>0</v>
       </c>
       <c r="H22" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I22" s="18"/>
       <c r="J22" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K22" s="5"/>
     </row>
-    <row r="23" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C23" s="228"/>
+    <row r="23" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="163"/>
+      <c r="B23" s="164"/>
+      <c r="C23" s="164"/>
       <c r="D23" s="100"/>
       <c r="E23" s="105">
         <v>0</v>
       </c>
       <c r="F23" s="106">
         <v>0</v>
       </c>
       <c r="G23" s="107">
         <v>0</v>
       </c>
       <c r="H23" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I23" s="18"/>
       <c r="J23" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K23" s="5"/>
     </row>
-    <row r="24" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C24" s="228"/>
+    <row r="24" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="163"/>
+      <c r="B24" s="164"/>
+      <c r="C24" s="164"/>
       <c r="D24" s="100"/>
       <c r="E24" s="105">
         <v>0</v>
       </c>
       <c r="F24" s="106">
         <v>0</v>
       </c>
       <c r="G24" s="107">
         <v>0</v>
       </c>
       <c r="H24" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I24" s="18"/>
       <c r="J24" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K24" s="5"/>
     </row>
-    <row r="25" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C25" s="228"/>
+    <row r="25" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="163"/>
+      <c r="B25" s="164"/>
+      <c r="C25" s="164"/>
       <c r="D25" s="100"/>
       <c r="E25" s="105">
         <v>0</v>
       </c>
       <c r="F25" s="106">
         <v>0</v>
       </c>
       <c r="G25" s="107">
         <v>0</v>
       </c>
       <c r="H25" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I25" s="18"/>
       <c r="J25" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K25" s="5"/>
     </row>
-    <row r="26" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C26" s="228"/>
+    <row r="26" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="163"/>
+      <c r="B26" s="164"/>
+      <c r="C26" s="164"/>
       <c r="D26" s="100"/>
       <c r="E26" s="105">
         <v>0</v>
       </c>
       <c r="F26" s="106">
         <v>0</v>
       </c>
       <c r="G26" s="107">
         <v>0</v>
       </c>
       <c r="H26" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I26" s="18"/>
       <c r="J26" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K26" s="5"/>
     </row>
-    <row r="27" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C27" s="228"/>
+    <row r="27" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="163"/>
+      <c r="B27" s="164"/>
+      <c r="C27" s="164"/>
       <c r="D27" s="100"/>
       <c r="E27" s="105">
         <v>0</v>
       </c>
       <c r="F27" s="106">
         <v>0</v>
       </c>
       <c r="G27" s="107">
         <v>0</v>
       </c>
       <c r="H27" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I27" s="18"/>
       <c r="J27" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K27" s="5"/>
     </row>
-    <row r="28" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C28" s="228"/>
+    <row r="28" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="163"/>
+      <c r="B28" s="164"/>
+      <c r="C28" s="164"/>
       <c r="D28" s="100"/>
       <c r="E28" s="105">
         <v>0</v>
       </c>
       <c r="F28" s="106">
         <v>0</v>
       </c>
       <c r="G28" s="107">
         <v>0</v>
       </c>
       <c r="H28" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K28" s="5"/>
     </row>
-    <row r="29" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C29" s="228"/>
+    <row r="29" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="163"/>
+      <c r="B29" s="164"/>
+      <c r="C29" s="164"/>
       <c r="D29" s="100"/>
       <c r="E29" s="105">
         <v>0</v>
       </c>
       <c r="F29" s="106">
         <v>0</v>
       </c>
       <c r="G29" s="107">
         <v>0</v>
       </c>
       <c r="H29" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I29" s="18"/>
       <c r="J29" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="5"/>
     </row>
-    <row r="30" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C30" s="228"/>
+    <row r="30" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="163"/>
+      <c r="B30" s="164"/>
+      <c r="C30" s="164"/>
       <c r="D30" s="100"/>
       <c r="E30" s="105">
         <v>0</v>
       </c>
       <c r="F30" s="106">
         <v>0</v>
       </c>
       <c r="G30" s="107">
         <v>0</v>
       </c>
       <c r="H30" s="31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I30" s="18"/>
       <c r="J30" s="31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K30" s="5"/>
     </row>
-    <row r="31" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="259" t="s">
+    <row r="31" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="169" t="s">
         <v>25</v>
       </c>
-      <c r="B31" s="260"/>
-      <c r="C31" s="260"/>
+      <c r="B31" s="170"/>
+      <c r="C31" s="170"/>
       <c r="D31" s="35"/>
       <c r="E31" s="36">
         <f t="shared" ref="E31:G31" si="3">SUM(E21:E30)</f>
         <v>0</v>
       </c>
       <c r="F31" s="37">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G31" s="38">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H31" s="33">
         <f>SUM(H21:H30)</f>
         <v>0</v>
       </c>
       <c r="I31" s="18"/>
       <c r="J31" s="32"/>
       <c r="K31" s="5"/>
     </row>
-    <row r="32" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="259" t="s">
+    <row r="32" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="169" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="260"/>
-      <c r="C32" s="260"/>
+      <c r="B32" s="170"/>
+      <c r="C32" s="170"/>
       <c r="D32" s="35"/>
       <c r="E32" s="36">
         <f>IF($E$16&lt;1596,$E$16/1596*E31,E31)</f>
         <v>0</v>
       </c>
       <c r="F32" s="37">
         <f>IF($F$16&lt;1596,$F$16/1596*F31,F31)</f>
         <v>0</v>
       </c>
       <c r="G32" s="38">
         <f>IF($G$16&lt;1596,$G$16/1596*G31,G31)</f>
         <v>0</v>
       </c>
       <c r="H32" s="32"/>
       <c r="I32" s="18"/>
       <c r="J32" s="33">
         <f>SUM(E32:H32)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="259" t="s">
+    <row r="33" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="169" t="s">
         <v>27</v>
       </c>
-      <c r="B33" s="260"/>
-      <c r="C33" s="260"/>
+      <c r="B33" s="170"/>
+      <c r="C33" s="170"/>
       <c r="D33" s="35"/>
       <c r="E33" s="39">
         <f>E32/12</f>
         <v>0</v>
       </c>
       <c r="F33" s="40">
         <f t="shared" ref="F33:G33" si="4">F32/12</f>
         <v>0</v>
       </c>
       <c r="G33" s="41">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H33" s="42"/>
       <c r="I33" s="18"/>
       <c r="J33" s="34">
         <f>J32/12</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="10"/>
       <c r="J34" s="11"/>
     </row>
-    <row r="35" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="205" t="s">
+    <row r="35" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="229" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="206"/>
-[...1 lines deleted...]
-      <c r="D35" s="213" t="s">
+      <c r="B35" s="230"/>
+      <c r="C35" s="230"/>
+      <c r="D35" s="177" t="s">
         <v>29</v>
       </c>
-      <c r="E35" s="214"/>
-[...1 lines deleted...]
-      <c r="G35" s="213" t="s">
+      <c r="E35" s="178"/>
+      <c r="F35" s="237"/>
+      <c r="G35" s="177" t="s">
         <v>30</v>
       </c>
-      <c r="H35" s="214"/>
-      <c r="I35" s="215"/>
+      <c r="H35" s="178"/>
+      <c r="I35" s="237"/>
       <c r="J35" s="21" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="36" spans="1:11" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="213" t="s">
+    <row r="36" spans="1:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="177" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="214"/>
-      <c r="C36" s="176"/>
+      <c r="B36" s="178"/>
+      <c r="C36" s="179"/>
       <c r="D36" s="43" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="25" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="44" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="43" t="s">
         <v>20</v>
       </c>
       <c r="H36" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I36" s="44" t="s">
         <v>22</v>
       </c>
       <c r="J36" s="26" t="s">
         <v>31</v>
       </c>
       <c r="K36" s="2"/>
     </row>
-    <row r="37" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="165" t="str">
+    <row r="37" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="180" t="str">
         <f t="shared" ref="A37:A46" si="5">IF(A21="","",A21)</f>
         <v/>
       </c>
-      <c r="B37" s="166"/>
-      <c r="C37" s="167"/>
+      <c r="B37" s="181"/>
+      <c r="C37" s="182"/>
       <c r="D37" s="111">
         <v>0</v>
       </c>
       <c r="E37" s="112">
         <v>0</v>
       </c>
       <c r="F37" s="113">
         <v>0</v>
       </c>
       <c r="G37" s="45">
         <f t="shared" ref="G37:G46" si="6">IF(COUNTIFS($D$21:$D$30,"=b")&gt;0,IF(D21="b",D37/12*E21,0),(D37*1.2%*$E$17/12*E21))</f>
         <v>0</v>
       </c>
       <c r="H37" s="46">
         <f t="shared" ref="H37:H46" si="7">IF(COUNTIFS($D$21:$D$30,"=b")&gt;0,IF(D21="b",E37/12*F21,0),(E37*1.2%*$F$17/12*F21))</f>
         <v>0</v>
       </c>
       <c r="I37" s="47">
         <f t="shared" ref="I37:I46" si="8">IF(COUNTIFS($D$21:$D$30,"=b")&gt;0,IF(D21="b",F37/12*G21,0),(F37*1.2%*$G$17/12*G21))</f>
         <v>0</v>
       </c>
       <c r="J37" s="48">
         <f t="shared" ref="J37:J46" si="9">SUM(G37:I37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="165" t="str">
+    <row r="38" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B38" s="166"/>
-      <c r="C38" s="167"/>
+      <c r="B38" s="181"/>
+      <c r="C38" s="182"/>
       <c r="D38" s="111">
         <v>0</v>
       </c>
       <c r="E38" s="112">
         <v>0</v>
       </c>
       <c r="F38" s="113">
         <v>0</v>
       </c>
       <c r="G38" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H38" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I38" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J38" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A39" s="165" t="str">
+    <row r="39" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B39" s="166"/>
-      <c r="C39" s="167"/>
+      <c r="B39" s="181"/>
+      <c r="C39" s="182"/>
       <c r="D39" s="111">
         <v>0</v>
       </c>
       <c r="E39" s="112">
         <v>0</v>
       </c>
       <c r="F39" s="113">
         <v>0</v>
       </c>
       <c r="G39" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H39" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I39" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J39" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="165" t="str">
+    <row r="40" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B40" s="166"/>
-      <c r="C40" s="167"/>
+      <c r="B40" s="181"/>
+      <c r="C40" s="182"/>
       <c r="D40" s="111">
         <v>0</v>
       </c>
       <c r="E40" s="112">
         <v>0</v>
       </c>
       <c r="F40" s="113">
         <v>0</v>
       </c>
       <c r="G40" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H40" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I40" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J40" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="165" t="str">
+    <row r="41" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B41" s="166"/>
-      <c r="C41" s="167"/>
+      <c r="B41" s="181"/>
+      <c r="C41" s="182"/>
       <c r="D41" s="111">
         <v>0</v>
       </c>
       <c r="E41" s="112">
         <v>0</v>
       </c>
       <c r="F41" s="113">
         <v>0</v>
       </c>
       <c r="G41" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H41" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I41" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J41" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A42" s="165" t="str">
+    <row r="42" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B42" s="166"/>
-      <c r="C42" s="167"/>
+      <c r="B42" s="181"/>
+      <c r="C42" s="182"/>
       <c r="D42" s="111">
         <v>0</v>
       </c>
       <c r="E42" s="112">
         <v>0</v>
       </c>
       <c r="F42" s="113">
         <v>0</v>
       </c>
       <c r="G42" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H42" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I42" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J42" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="165" t="str">
+    <row r="43" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B43" s="166"/>
-      <c r="C43" s="167"/>
+      <c r="B43" s="181"/>
+      <c r="C43" s="182"/>
       <c r="D43" s="111">
         <v>0</v>
       </c>
       <c r="E43" s="112">
         <v>0</v>
       </c>
       <c r="F43" s="113">
         <v>0</v>
       </c>
       <c r="G43" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H43" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I43" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J43" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A44" s="165" t="str">
+    <row r="44" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B44" s="166"/>
-      <c r="C44" s="167"/>
+      <c r="B44" s="181"/>
+      <c r="C44" s="182"/>
       <c r="D44" s="111">
         <v>0</v>
       </c>
       <c r="E44" s="112">
         <v>0</v>
       </c>
       <c r="F44" s="113">
         <v>0</v>
       </c>
       <c r="G44" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H44" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I44" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J44" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="165" t="str">
+    <row r="45" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B45" s="166"/>
-      <c r="C45" s="167"/>
+      <c r="B45" s="181"/>
+      <c r="C45" s="182"/>
       <c r="D45" s="111">
         <v>0</v>
       </c>
       <c r="E45" s="112">
         <v>0</v>
       </c>
       <c r="F45" s="113">
         <v>0</v>
       </c>
       <c r="G45" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H45" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I45" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J45" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="165" t="str">
+    <row r="46" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="180" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="B46" s="166"/>
-      <c r="C46" s="167"/>
+      <c r="B46" s="181"/>
+      <c r="C46" s="182"/>
       <c r="D46" s="111">
         <v>0</v>
       </c>
       <c r="E46" s="112">
         <v>0</v>
       </c>
       <c r="F46" s="113">
         <v>0</v>
       </c>
       <c r="G46" s="45">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H46" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I46" s="47">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J46" s="48">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="256" t="s">
+    <row r="47" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="171" t="s">
         <v>32</v>
       </c>
-      <c r="B47" s="257"/>
-      <c r="C47" s="258"/>
+      <c r="B47" s="172"/>
+      <c r="C47" s="173"/>
       <c r="D47" s="53"/>
       <c r="E47" s="54"/>
       <c r="F47" s="55"/>
       <c r="G47" s="49">
         <f>SUM(G37:G46)</f>
         <v>0</v>
       </c>
       <c r="H47" s="50">
         <f t="shared" ref="H47:J47" si="10">SUM(H37:H46)</f>
         <v>0</v>
       </c>
       <c r="I47" s="51">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J47" s="52">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="250.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="210" t="s">
+    <row r="48" spans="1:11" ht="250.2" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="174" t="s">
         <v>33</v>
       </c>
-      <c r="B48" s="195"/>
-[...9 lines deleted...]
-    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B48" s="175"/>
+      <c r="C48" s="175"/>
+      <c r="D48" s="175"/>
+      <c r="E48" s="175"/>
+      <c r="F48" s="175"/>
+      <c r="G48" s="175"/>
+      <c r="H48" s="175"/>
+      <c r="I48" s="175"/>
+      <c r="J48" s="176"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A49" s="10"/>
       <c r="J49" s="11"/>
     </row>
-    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="10"/>
       <c r="J50" s="11"/>
     </row>
-    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="179" t="s">
+    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="187" t="s">
         <v>34</v>
       </c>
-      <c r="B51" s="180"/>
-[...9 lines deleted...]
-    <row r="52" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="188"/>
+      <c r="C51" s="188"/>
+      <c r="D51" s="188"/>
+      <c r="E51" s="188"/>
+      <c r="F51" s="188"/>
+      <c r="G51" s="188"/>
+      <c r="H51" s="188"/>
+      <c r="I51" s="188"/>
+      <c r="J51" s="189"/>
+    </row>
+    <row r="52" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="72"/>
       <c r="B52" s="73"/>
       <c r="C52" s="73"/>
-      <c r="D52" s="217" t="s">
+      <c r="D52" s="238" t="s">
         <v>35</v>
       </c>
-      <c r="E52" s="218"/>
-[...1 lines deleted...]
-      <c r="G52" s="217" t="s">
+      <c r="E52" s="239"/>
+      <c r="F52" s="240"/>
+      <c r="G52" s="238" t="s">
         <v>36</v>
       </c>
-      <c r="H52" s="218"/>
-      <c r="I52" s="219"/>
+      <c r="H52" s="239"/>
+      <c r="I52" s="240"/>
       <c r="J52" s="56" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="53" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B53" s="221"/>
+    <row r="53" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="243"/>
+      <c r="B53" s="244"/>
       <c r="C53" s="44" t="s">
         <v>37</v>
       </c>
       <c r="D53" s="43" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="25" t="s">
         <v>21</v>
       </c>
       <c r="F53" s="44" t="s">
         <v>22</v>
       </c>
       <c r="G53" s="43" t="s">
         <v>20</v>
       </c>
       <c r="H53" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I53" s="44" t="s">
         <v>22</v>
       </c>
       <c r="J53" s="27" t="s">
         <v>38</v>
       </c>
       <c r="K53" s="2"/>
     </row>
-    <row r="54" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="162" t="s">
+    <row r="54" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="241" t="s">
         <v>39</v>
       </c>
-      <c r="B54" s="163"/>
+      <c r="B54" s="242"/>
       <c r="C54" s="114">
         <v>15000</v>
       </c>
       <c r="D54" s="57">
         <f>E33</f>
         <v>0</v>
       </c>
       <c r="E54" s="58">
         <f>F33</f>
         <v>0</v>
       </c>
       <c r="F54" s="59">
         <f>G33</f>
         <v>0</v>
       </c>
       <c r="G54" s="60">
         <f>$C$54*D54</f>
         <v>0</v>
       </c>
       <c r="H54" s="61">
         <f t="shared" ref="H54" si="11">$C$54*E54</f>
         <v>0</v>
       </c>
       <c r="I54" s="62">
         <f>$C$54*F54</f>
         <v>0</v>
       </c>
       <c r="J54" s="63">
         <f>SUM(G54:I54)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:11" ht="35.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="207" t="s">
+    <row r="55" spans="1:11" ht="35.549999999999997" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="231" t="s">
         <v>40</v>
       </c>
-      <c r="B55" s="208"/>
-[...7 lines deleted...]
-      <c r="J55" s="209"/>
+      <c r="B55" s="232"/>
+      <c r="C55" s="232"/>
+      <c r="D55" s="232"/>
+      <c r="E55" s="232"/>
+      <c r="F55" s="232"/>
+      <c r="G55" s="232"/>
+      <c r="H55" s="232"/>
+      <c r="I55" s="232"/>
+      <c r="J55" s="233"/>
       <c r="K55" s="2"/>
     </row>
-    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A56" s="10"/>
       <c r="J56" s="11"/>
     </row>
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="10"/>
       <c r="J57" s="11"/>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="179" t="s">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="187" t="s">
         <v>41</v>
       </c>
-      <c r="B58" s="180"/>
-[...9 lines deleted...]
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="188"/>
+      <c r="C58" s="188"/>
+      <c r="D58" s="188"/>
+      <c r="E58" s="188"/>
+      <c r="F58" s="188"/>
+      <c r="G58" s="188"/>
+      <c r="H58" s="188"/>
+      <c r="I58" s="188"/>
+      <c r="J58" s="189"/>
+    </row>
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="72"/>
       <c r="B59" s="73"/>
       <c r="C59" s="73"/>
-      <c r="D59" s="216" t="s">
+      <c r="D59" s="157" t="s">
         <v>42</v>
       </c>
-      <c r="E59" s="177"/>
-[...1 lines deleted...]
-      <c r="G59" s="216" t="s">
+      <c r="E59" s="158"/>
+      <c r="F59" s="159"/>
+      <c r="G59" s="157" t="s">
         <v>43</v>
       </c>
-      <c r="H59" s="177"/>
-      <c r="I59" s="178"/>
+      <c r="H59" s="158"/>
+      <c r="I59" s="159"/>
       <c r="J59" s="21" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B60" s="203"/>
+    <row r="60" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="227"/>
+      <c r="B60" s="228"/>
       <c r="C60" s="44" t="s">
         <v>44</v>
       </c>
       <c r="D60" s="43" t="s">
         <v>20</v>
       </c>
       <c r="E60" s="25" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="44" t="s">
         <v>22</v>
       </c>
       <c r="G60" s="43" t="s">
         <v>45</v>
       </c>
       <c r="H60" s="25" t="s">
         <v>46</v>
       </c>
       <c r="I60" s="44" t="s">
         <v>47</v>
       </c>
       <c r="J60" s="27" t="s">
         <v>48</v>
       </c>
       <c r="K60" s="2"/>
     </row>
-    <row r="61" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A61" s="222" t="s">
+    <row r="61" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="245" t="s">
         <v>49</v>
       </c>
-      <c r="B61" s="223"/>
+      <c r="B61" s="246"/>
       <c r="C61" s="64">
         <v>25000</v>
       </c>
       <c r="D61" s="148">
         <f>$C$61*E33</f>
         <v>0</v>
       </c>
       <c r="E61" s="149">
         <f>$C$61*F33</f>
         <v>0</v>
       </c>
       <c r="F61" s="150">
         <f>$C$61*G33</f>
         <v>0</v>
       </c>
       <c r="G61" s="151">
         <f>SUM(G64:G73)</f>
         <v>0</v>
       </c>
       <c r="H61" s="152">
         <f>SUM(H64:H73)</f>
         <v>0</v>
       </c>
       <c r="I61" s="96">
         <f>SUM(I64:I73)</f>
         <v>0</v>
       </c>
       <c r="J61" s="153">
         <f>SUM(G61:I61)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="127"/>
       <c r="B62" s="128"/>
       <c r="C62" s="129"/>
       <c r="D62" s="130"/>
       <c r="E62" s="130"/>
       <c r="F62" s="130"/>
       <c r="G62" s="131"/>
       <c r="H62" s="132"/>
       <c r="I62" s="133"/>
       <c r="J62" s="65"/>
     </row>
-    <row r="63" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="160" t="s">
+    <row r="63" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="166" t="s">
         <v>50</v>
       </c>
-      <c r="B63" s="161"/>
-[...3 lines deleted...]
-      <c r="F63" s="164"/>
+      <c r="B63" s="167"/>
+      <c r="C63" s="167"/>
+      <c r="D63" s="167"/>
+      <c r="E63" s="167"/>
+      <c r="F63" s="168"/>
       <c r="G63" s="43" t="s">
         <v>51</v>
       </c>
       <c r="H63" s="25" t="s">
         <v>52</v>
       </c>
       <c r="I63" s="133" t="s">
         <v>53</v>
       </c>
       <c r="J63" s="66"/>
     </row>
-    <row r="64" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F64" s="229"/>
+    <row r="64" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="163"/>
+      <c r="B64" s="164"/>
+      <c r="C64" s="164"/>
+      <c r="D64" s="164"/>
+      <c r="E64" s="164"/>
+      <c r="F64" s="165"/>
       <c r="G64" s="115"/>
       <c r="H64" s="112"/>
       <c r="I64" s="116"/>
       <c r="J64" s="66">
         <f>SUM(G64:I64)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F65" s="229"/>
+    <row r="65" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="163"/>
+      <c r="B65" s="164"/>
+      <c r="C65" s="164"/>
+      <c r="D65" s="164"/>
+      <c r="E65" s="164"/>
+      <c r="F65" s="165"/>
       <c r="G65" s="115"/>
       <c r="H65" s="112"/>
       <c r="I65" s="116"/>
       <c r="J65" s="66">
         <f t="shared" ref="J65:J74" si="12">SUM(G65:I65)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F66" s="229"/>
+    <row r="66" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="163"/>
+      <c r="B66" s="164"/>
+      <c r="C66" s="164"/>
+      <c r="D66" s="164"/>
+      <c r="E66" s="164"/>
+      <c r="F66" s="165"/>
       <c r="G66" s="115"/>
       <c r="H66" s="112"/>
       <c r="I66" s="116"/>
       <c r="J66" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F67" s="229"/>
+    <row r="67" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="163"/>
+      <c r="B67" s="164"/>
+      <c r="C67" s="164"/>
+      <c r="D67" s="164"/>
+      <c r="E67" s="164"/>
+      <c r="F67" s="165"/>
       <c r="G67" s="115"/>
       <c r="H67" s="112"/>
       <c r="I67" s="116"/>
       <c r="J67" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F68" s="229"/>
+    <row r="68" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="163"/>
+      <c r="B68" s="164"/>
+      <c r="C68" s="164"/>
+      <c r="D68" s="164"/>
+      <c r="E68" s="164"/>
+      <c r="F68" s="165"/>
       <c r="G68" s="115"/>
       <c r="H68" s="112"/>
       <c r="I68" s="116"/>
       <c r="J68" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F69" s="229"/>
+    <row r="69" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="163"/>
+      <c r="B69" s="164"/>
+      <c r="C69" s="164"/>
+      <c r="D69" s="164"/>
+      <c r="E69" s="164"/>
+      <c r="F69" s="165"/>
       <c r="G69" s="115"/>
       <c r="H69" s="112"/>
       <c r="I69" s="116"/>
       <c r="J69" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F70" s="229"/>
+    <row r="70" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="163"/>
+      <c r="B70" s="164"/>
+      <c r="C70" s="164"/>
+      <c r="D70" s="164"/>
+      <c r="E70" s="164"/>
+      <c r="F70" s="165"/>
       <c r="G70" s="115"/>
       <c r="H70" s="112"/>
       <c r="I70" s="116"/>
       <c r="J70" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F71" s="229"/>
+    <row r="71" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="163"/>
+      <c r="B71" s="164"/>
+      <c r="C71" s="164"/>
+      <c r="D71" s="164"/>
+      <c r="E71" s="164"/>
+      <c r="F71" s="165"/>
       <c r="G71" s="115"/>
       <c r="H71" s="112"/>
       <c r="I71" s="116"/>
       <c r="J71" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F72" s="229"/>
+    <row r="72" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="163"/>
+      <c r="B72" s="164"/>
+      <c r="C72" s="164"/>
+      <c r="D72" s="164"/>
+      <c r="E72" s="164"/>
+      <c r="F72" s="165"/>
       <c r="G72" s="115"/>
       <c r="H72" s="112"/>
       <c r="I72" s="116"/>
       <c r="J72" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F73" s="229"/>
+    <row r="73" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="163"/>
+      <c r="B73" s="164"/>
+      <c r="C73" s="164"/>
+      <c r="D73" s="164"/>
+      <c r="E73" s="164"/>
+      <c r="F73" s="165"/>
       <c r="G73" s="115"/>
       <c r="H73" s="112"/>
       <c r="I73" s="116"/>
       <c r="J73" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="224" t="s">
+    <row r="74" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="221" t="s">
         <v>54</v>
       </c>
-      <c r="B74" s="225"/>
-[...3 lines deleted...]
-      <c r="F74" s="226"/>
+      <c r="B74" s="222"/>
+      <c r="C74" s="222"/>
+      <c r="D74" s="222"/>
+      <c r="E74" s="222"/>
+      <c r="F74" s="223"/>
       <c r="G74" s="115">
         <v>0</v>
       </c>
       <c r="H74" s="112">
         <v>0</v>
       </c>
       <c r="I74" s="116">
         <v>0</v>
       </c>
       <c r="J74" s="66">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A75" s="192" t="s">
+    <row r="75" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="214" t="s">
         <v>55</v>
       </c>
-      <c r="B75" s="193"/>
-[...3 lines deleted...]
-      <c r="F75" s="194"/>
+      <c r="B75" s="215"/>
+      <c r="C75" s="215"/>
+      <c r="D75" s="215"/>
+      <c r="E75" s="215"/>
+      <c r="F75" s="216"/>
       <c r="G75" s="67">
         <f>SUM(G64:G74)</f>
         <v>0</v>
       </c>
       <c r="H75" s="50">
         <f>SUM(H64:H74)</f>
         <v>0</v>
       </c>
       <c r="I75" s="52">
         <f>SUM(I64:I74)</f>
         <v>0</v>
       </c>
       <c r="J75" s="63">
         <f>SUM(J64:J74)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="111" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="210" t="s">
+    <row r="76" spans="1:11" ht="111" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="174" t="s">
         <v>56</v>
       </c>
-      <c r="B76" s="195"/>
-[...7 lines deleted...]
-      <c r="J76" s="211"/>
+      <c r="B76" s="175"/>
+      <c r="C76" s="175"/>
+      <c r="D76" s="175"/>
+      <c r="E76" s="175"/>
+      <c r="F76" s="175"/>
+      <c r="G76" s="175"/>
+      <c r="H76" s="175"/>
+      <c r="I76" s="175"/>
+      <c r="J76" s="176"/>
       <c r="K76" s="2"/>
     </row>
-    <row r="77" spans="1:11" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="10"/>
       <c r="J77" s="11"/>
     </row>
-    <row r="78" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="10"/>
       <c r="J78" s="11"/>
     </row>
-    <row r="79" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="179" t="s">
+    <row r="79" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="187" t="s">
         <v>57</v>
       </c>
-      <c r="B79" s="180"/>
-[...9 lines deleted...]
-    <row r="80" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="188"/>
+      <c r="C79" s="188"/>
+      <c r="D79" s="188"/>
+      <c r="E79" s="188"/>
+      <c r="F79" s="188"/>
+      <c r="G79" s="188"/>
+      <c r="H79" s="188"/>
+      <c r="I79" s="188"/>
+      <c r="J79" s="189"/>
+    </row>
+    <row r="80" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="72"/>
       <c r="B80" s="73"/>
       <c r="C80" s="73"/>
       <c r="D80" s="73"/>
       <c r="E80" s="73"/>
       <c r="F80" s="73"/>
-      <c r="G80" s="217" t="s">
+      <c r="G80" s="238" t="s">
         <v>58</v>
       </c>
-      <c r="H80" s="218"/>
-      <c r="I80" s="219"/>
+      <c r="H80" s="239"/>
+      <c r="I80" s="240"/>
       <c r="J80" s="68" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="81" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="43" t="s">
         <v>59</v>
       </c>
       <c r="B81" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="C81" s="214" t="s">
+      <c r="C81" s="178" t="s">
         <v>61</v>
       </c>
-      <c r="D81" s="214"/>
+      <c r="D81" s="178"/>
       <c r="E81" s="25" t="s">
         <v>62</v>
       </c>
       <c r="F81" s="23" t="s">
         <v>63</v>
       </c>
       <c r="G81" s="43" t="s">
         <v>20</v>
       </c>
       <c r="H81" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I81" s="44" t="s">
         <v>22</v>
       </c>
       <c r="J81" s="27" t="s">
         <v>64</v>
       </c>
       <c r="K81" s="2"/>
     </row>
-    <row r="82" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="117"/>
       <c r="B82" s="118"/>
-      <c r="C82" s="212"/>
-      <c r="D82" s="212"/>
+      <c r="C82" s="210"/>
+      <c r="D82" s="210"/>
       <c r="E82" s="119"/>
       <c r="F82" s="120"/>
       <c r="G82" s="111">
         <v>0</v>
       </c>
       <c r="H82" s="112">
         <v>0</v>
       </c>
       <c r="I82" s="113">
         <v>0</v>
       </c>
       <c r="J82" s="69">
         <f t="shared" ref="J82:J89" si="13">SUM(G82:I82)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="117"/>
       <c r="B83" s="118"/>
-      <c r="C83" s="212"/>
-      <c r="D83" s="212"/>
+      <c r="C83" s="210"/>
+      <c r="D83" s="210"/>
       <c r="E83" s="119"/>
       <c r="F83" s="120"/>
       <c r="G83" s="111">
         <v>0</v>
       </c>
       <c r="H83" s="112">
         <v>0</v>
       </c>
       <c r="I83" s="113">
         <v>0</v>
       </c>
       <c r="J83" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="117"/>
       <c r="B84" s="118"/>
-      <c r="C84" s="212"/>
-      <c r="D84" s="212"/>
+      <c r="C84" s="210"/>
+      <c r="D84" s="210"/>
       <c r="E84" s="119"/>
       <c r="F84" s="120"/>
       <c r="G84" s="111">
         <v>0</v>
       </c>
       <c r="H84" s="112">
         <v>0</v>
       </c>
       <c r="I84" s="113">
         <v>0</v>
       </c>
       <c r="J84" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="117"/>
       <c r="B85" s="118"/>
-      <c r="C85" s="212"/>
-      <c r="D85" s="212"/>
+      <c r="C85" s="210"/>
+      <c r="D85" s="210"/>
       <c r="E85" s="119"/>
       <c r="F85" s="120"/>
       <c r="G85" s="111">
         <v>0</v>
       </c>
       <c r="H85" s="112">
         <v>0</v>
       </c>
       <c r="I85" s="113">
         <v>0</v>
       </c>
       <c r="J85" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="117"/>
       <c r="B86" s="118"/>
-      <c r="C86" s="212"/>
-      <c r="D86" s="212"/>
+      <c r="C86" s="210"/>
+      <c r="D86" s="210"/>
       <c r="E86" s="119"/>
       <c r="F86" s="120"/>
       <c r="G86" s="111">
         <v>0</v>
       </c>
       <c r="H86" s="112">
         <v>0</v>
       </c>
       <c r="I86" s="113">
         <v>0</v>
       </c>
       <c r="J86" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="117"/>
       <c r="B87" s="118"/>
-      <c r="C87" s="212"/>
-      <c r="D87" s="212"/>
+      <c r="C87" s="210"/>
+      <c r="D87" s="210"/>
       <c r="E87" s="119"/>
       <c r="F87" s="120"/>
       <c r="G87" s="111">
         <v>0</v>
       </c>
       <c r="H87" s="112">
         <v>0</v>
       </c>
       <c r="I87" s="113">
         <v>0</v>
       </c>
       <c r="J87" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="117"/>
       <c r="B88" s="118"/>
-      <c r="C88" s="212"/>
-      <c r="D88" s="212"/>
+      <c r="C88" s="210"/>
+      <c r="D88" s="210"/>
       <c r="E88" s="119"/>
       <c r="F88" s="120"/>
       <c r="G88" s="111">
         <v>0</v>
       </c>
       <c r="H88" s="112">
         <v>0</v>
       </c>
       <c r="I88" s="113">
         <v>0</v>
       </c>
       <c r="J88" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="117"/>
       <c r="B89" s="118"/>
-      <c r="C89" s="212"/>
-      <c r="D89" s="212"/>
+      <c r="C89" s="210"/>
+      <c r="D89" s="210"/>
       <c r="E89" s="119"/>
       <c r="F89" s="120"/>
       <c r="G89" s="111">
         <v>0</v>
       </c>
       <c r="H89" s="112">
         <v>0</v>
       </c>
       <c r="I89" s="113">
         <v>0</v>
       </c>
       <c r="J89" s="69">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A90" s="224" t="s">
+    <row r="90" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="221" t="s">
         <v>65</v>
       </c>
-      <c r="B90" s="225"/>
-[...3 lines deleted...]
-      <c r="F90" s="226"/>
+      <c r="B90" s="222"/>
+      <c r="C90" s="222"/>
+      <c r="D90" s="222"/>
+      <c r="E90" s="222"/>
+      <c r="F90" s="223"/>
       <c r="G90" s="121">
         <v>0</v>
       </c>
       <c r="H90" s="122">
         <v>0</v>
       </c>
       <c r="I90" s="123">
         <v>0</v>
       </c>
       <c r="J90" s="70">
         <f>SUM(G90:I90)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A91" s="236" t="s">
+    <row r="91" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="211" t="s">
         <v>66</v>
       </c>
-      <c r="B91" s="237"/>
-[...3 lines deleted...]
-      <c r="F91" s="238"/>
+      <c r="B91" s="212"/>
+      <c r="C91" s="212"/>
+      <c r="D91" s="212"/>
+      <c r="E91" s="212"/>
+      <c r="F91" s="213"/>
       <c r="G91" s="49">
         <f>SUM(G82:G90)</f>
         <v>0</v>
       </c>
       <c r="H91" s="50">
         <f>SUM(H82:H90)</f>
         <v>0</v>
       </c>
       <c r="I91" s="51">
         <f>SUM(I82:I90)</f>
         <v>0</v>
       </c>
       <c r="J91" s="71">
         <f>SUM(J82:J90)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="120" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="210" t="s">
+    <row r="92" spans="1:11" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="174" t="s">
         <v>67</v>
       </c>
-      <c r="B92" s="195"/>
-[...9 lines deleted...]
-    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B92" s="175"/>
+      <c r="C92" s="175"/>
+      <c r="D92" s="175"/>
+      <c r="E92" s="175"/>
+      <c r="F92" s="175"/>
+      <c r="G92" s="175"/>
+      <c r="H92" s="175"/>
+      <c r="I92" s="175"/>
+      <c r="J92" s="176"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A93" s="10"/>
       <c r="J93" s="11"/>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="10"/>
       <c r="J94" s="11"/>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="179" t="s">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="187" t="s">
         <v>68</v>
       </c>
-      <c r="B95" s="180"/>
-[...9 lines deleted...]
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="188"/>
+      <c r="C95" s="188"/>
+      <c r="D95" s="188"/>
+      <c r="E95" s="188"/>
+      <c r="F95" s="188"/>
+      <c r="G95" s="188"/>
+      <c r="H95" s="188"/>
+      <c r="I95" s="188"/>
+      <c r="J95" s="189"/>
+    </row>
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="72"/>
       <c r="B96" s="73"/>
       <c r="C96" s="73"/>
       <c r="D96" s="73"/>
       <c r="E96" s="73"/>
       <c r="F96" s="73"/>
       <c r="G96" s="68" t="s">
         <v>17</v>
       </c>
-      <c r="H96" s="217" t="s">
+      <c r="H96" s="238" t="s">
         <v>69</v>
       </c>
-      <c r="I96" s="218"/>
-[...3 lines deleted...]
-      <c r="A97" s="213" t="s">
+      <c r="I96" s="239"/>
+      <c r="J96" s="240"/>
+    </row>
+    <row r="97" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="177" t="s">
         <v>70</v>
       </c>
-      <c r="B97" s="214"/>
+      <c r="B97" s="178"/>
       <c r="C97" s="25" t="s">
         <v>71</v>
       </c>
       <c r="D97" s="25" t="s">
         <v>72</v>
       </c>
       <c r="E97" s="25" t="s">
         <v>73</v>
       </c>
       <c r="F97" s="44" t="s">
         <v>74</v>
       </c>
       <c r="G97" s="27" t="s">
         <v>75</v>
       </c>
       <c r="H97" s="43" t="s">
         <v>20</v>
       </c>
       <c r="I97" s="25" t="s">
         <v>21</v>
       </c>
       <c r="J97" s="44" t="s">
         <v>22</v>
       </c>
       <c r="K97" s="2"/>
     </row>
-    <row r="98" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B98" s="243"/>
+    <row r="98" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="220"/>
+      <c r="B98" s="192"/>
       <c r="C98" s="112"/>
       <c r="D98" s="118"/>
       <c r="E98" s="118"/>
       <c r="F98" s="124"/>
       <c r="G98" s="69">
         <f>IF(D98=0,0,(C98/D98)*E98*F98)</f>
         <v>0</v>
       </c>
       <c r="H98" s="111">
         <v>0</v>
       </c>
       <c r="I98" s="112">
         <v>0</v>
       </c>
       <c r="J98" s="113">
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B99" s="243"/>
+    <row r="99" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="220"/>
+      <c r="B99" s="192"/>
       <c r="C99" s="112"/>
       <c r="D99" s="118"/>
       <c r="E99" s="118"/>
       <c r="F99" s="124"/>
       <c r="G99" s="69">
         <f t="shared" ref="G99:G102" si="14">IF(D99=0,0,(C99/D99)*E99*F99)</f>
         <v>0</v>
       </c>
       <c r="H99" s="111">
         <v>0</v>
       </c>
       <c r="I99" s="112">
         <v>0</v>
       </c>
       <c r="J99" s="113">
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B100" s="243"/>
+    <row r="100" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="220"/>
+      <c r="B100" s="192"/>
       <c r="C100" s="112"/>
       <c r="D100" s="118"/>
       <c r="E100" s="118"/>
       <c r="F100" s="124"/>
       <c r="G100" s="69">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="H100" s="111">
         <v>0</v>
       </c>
       <c r="I100" s="112">
         <v>0</v>
       </c>
       <c r="J100" s="113">
         <v>0</v>
       </c>
     </row>
-    <row r="101" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B101" s="243"/>
+    <row r="101" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="220"/>
+      <c r="B101" s="192"/>
       <c r="C101" s="112"/>
       <c r="D101" s="118"/>
       <c r="E101" s="118"/>
       <c r="F101" s="124"/>
       <c r="G101" s="69">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="H101" s="111">
         <v>0</v>
       </c>
       <c r="I101" s="112">
         <v>0</v>
       </c>
       <c r="J101" s="113">
         <v>0</v>
       </c>
     </row>
-    <row r="102" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B102" s="243"/>
+    <row r="102" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="220"/>
+      <c r="B102" s="192"/>
       <c r="C102" s="112"/>
       <c r="D102" s="118"/>
       <c r="E102" s="118"/>
       <c r="F102" s="124"/>
       <c r="G102" s="69">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="H102" s="111">
         <v>0</v>
       </c>
       <c r="I102" s="112">
         <v>0</v>
       </c>
       <c r="J102" s="113">
         <v>0</v>
       </c>
     </row>
-    <row r="103" spans="1:11" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="192" t="s">
+    <row r="103" spans="1:11" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="214" t="s">
         <v>76</v>
       </c>
-      <c r="B103" s="193"/>
-[...3 lines deleted...]
-      <c r="F103" s="194"/>
+      <c r="B103" s="215"/>
+      <c r="C103" s="215"/>
+      <c r="D103" s="215"/>
+      <c r="E103" s="215"/>
+      <c r="F103" s="216"/>
       <c r="G103" s="71">
         <f>SUM(G98:G102)</f>
         <v>0</v>
       </c>
       <c r="H103" s="49">
         <f>SUM(H98:H102)</f>
         <v>0</v>
       </c>
       <c r="I103" s="49">
         <f>SUM(I98:I102)</f>
         <v>0</v>
       </c>
       <c r="J103" s="51">
         <f t="shared" ref="J103" si="15">SUM(J98:J102)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:11" ht="85.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="210" t="s">
+    <row r="104" spans="1:11" ht="85.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="174" t="s">
         <v>77</v>
       </c>
-      <c r="B104" s="195"/>
-[...9 lines deleted...]
-    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B104" s="175"/>
+      <c r="C104" s="175"/>
+      <c r="D104" s="175"/>
+      <c r="E104" s="175"/>
+      <c r="F104" s="175"/>
+      <c r="G104" s="175"/>
+      <c r="H104" s="175"/>
+      <c r="I104" s="175"/>
+      <c r="J104" s="176"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A105" s="10"/>
       <c r="J105" s="11"/>
     </row>
-    <row r="106" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A106" s="10"/>
       <c r="J106" s="11"/>
     </row>
-    <row r="107" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="233" t="s">
+    <row r="107" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="207" t="s">
         <v>78</v>
       </c>
-      <c r="B107" s="234"/>
-[...15 lines deleted...]
-      <c r="F108" s="241"/>
+      <c r="B107" s="208"/>
+      <c r="C107" s="208"/>
+      <c r="D107" s="208"/>
+      <c r="E107" s="208"/>
+      <c r="F107" s="208"/>
+      <c r="G107" s="208"/>
+      <c r="H107" s="208"/>
+      <c r="I107" s="208"/>
+      <c r="J107" s="209"/>
+    </row>
+    <row r="108" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="217"/>
+      <c r="B108" s="218"/>
+      <c r="C108" s="218"/>
+      <c r="D108" s="218"/>
+      <c r="E108" s="218"/>
+      <c r="F108" s="219"/>
       <c r="G108" s="74" t="str">
         <f>E20</f>
         <v>Jaar 1</v>
       </c>
       <c r="H108" s="75" t="str">
         <f>F20</f>
         <v>Jaar 2</v>
       </c>
       <c r="I108" s="76" t="str">
         <f>G20</f>
         <v>Jaar 3</v>
       </c>
       <c r="J108" s="56" t="str">
         <f>J19</f>
         <v>Totaal</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="160" t="str">
+    <row r="109" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="166" t="str">
         <f>A13</f>
         <v>PERSONEELSKOSTEN</v>
       </c>
-      <c r="B109" s="161"/>
-[...3 lines deleted...]
-      <c r="F109" s="164"/>
+      <c r="B109" s="167"/>
+      <c r="C109" s="167"/>
+      <c r="D109" s="167"/>
+      <c r="E109" s="167"/>
+      <c r="F109" s="168"/>
       <c r="G109" s="45">
         <f>G47</f>
         <v>0</v>
       </c>
       <c r="H109" s="77">
         <f>H47</f>
         <v>0</v>
       </c>
       <c r="I109" s="47">
         <f>I47</f>
         <v>0</v>
       </c>
       <c r="J109" s="48">
         <f t="shared" ref="J109:J113" si="16">SUM(G109:I109)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="160" t="str">
+    <row r="110" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="166" t="str">
         <f>A51</f>
         <v>OVERHEADKOSTEN</v>
       </c>
-      <c r="B110" s="161"/>
-[...3 lines deleted...]
-      <c r="F110" s="164"/>
+      <c r="B110" s="167"/>
+      <c r="C110" s="167"/>
+      <c r="D110" s="167"/>
+      <c r="E110" s="167"/>
+      <c r="F110" s="168"/>
       <c r="G110" s="45">
         <f>G54</f>
         <v>0</v>
       </c>
       <c r="H110" s="77">
         <f>H54</f>
         <v>0</v>
       </c>
       <c r="I110" s="47">
         <f>I54</f>
         <v>0</v>
       </c>
       <c r="J110" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="160" t="str">
+    <row r="111" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="166" t="str">
         <f>A58</f>
         <v>WERKINGSKOSTEN</v>
       </c>
-      <c r="B111" s="161"/>
-[...3 lines deleted...]
-      <c r="F111" s="164"/>
+      <c r="B111" s="167"/>
+      <c r="C111" s="167"/>
+      <c r="D111" s="167"/>
+      <c r="E111" s="167"/>
+      <c r="F111" s="168"/>
       <c r="G111" s="45">
         <f>G75</f>
         <v>0</v>
       </c>
       <c r="H111" s="77">
         <f>H75</f>
         <v>0</v>
       </c>
       <c r="I111" s="47">
         <f>I75</f>
         <v>0</v>
       </c>
       <c r="J111" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="160" t="str">
+    <row r="112" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="166" t="str">
         <f>A79</f>
         <v>EXTERNE PRESTATIES</v>
       </c>
-      <c r="B112" s="161"/>
-[...3 lines deleted...]
-      <c r="F112" s="164"/>
+      <c r="B112" s="167"/>
+      <c r="C112" s="167"/>
+      <c r="D112" s="167"/>
+      <c r="E112" s="167"/>
+      <c r="F112" s="168"/>
       <c r="G112" s="45">
         <f>G91</f>
         <v>0</v>
       </c>
       <c r="H112" s="77">
         <f>H91</f>
         <v>0</v>
       </c>
       <c r="I112" s="47">
         <f>I91</f>
         <v>0</v>
       </c>
       <c r="J112" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="160" t="str">
+    <row r="113" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="166" t="str">
         <f>A95</f>
         <v>INVESTERINGSKOSTEN</v>
       </c>
-      <c r="B113" s="161"/>
-[...3 lines deleted...]
-      <c r="F113" s="164"/>
+      <c r="B113" s="167"/>
+      <c r="C113" s="167"/>
+      <c r="D113" s="167"/>
+      <c r="E113" s="167"/>
+      <c r="F113" s="168"/>
       <c r="G113" s="45">
         <f>H103</f>
         <v>0</v>
       </c>
       <c r="H113" s="77">
         <f>I103</f>
         <v>0</v>
       </c>
       <c r="I113" s="47">
         <f>J103</f>
         <v>0</v>
       </c>
       <c r="J113" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A114" s="168" t="s">
+    <row r="114" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="257" t="s">
         <v>79</v>
       </c>
-      <c r="B114" s="169"/>
-[...3 lines deleted...]
-      <c r="F114" s="170"/>
+      <c r="B114" s="258"/>
+      <c r="C114" s="258"/>
+      <c r="D114" s="258"/>
+      <c r="E114" s="258"/>
+      <c r="F114" s="259"/>
       <c r="G114" s="78">
         <f>SUM(G109:G113)</f>
         <v>0</v>
       </c>
       <c r="H114" s="79">
         <f>SUM(H109:H113)</f>
         <v>0</v>
       </c>
       <c r="I114" s="80">
         <f>SUM(I109:I113)</f>
         <v>0</v>
       </c>
       <c r="J114" s="81">
         <f>SUM(J109:J113)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="A117" s="186" t="s">
+    <row r="115" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="117" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="196" t="s">
         <v>80</v>
       </c>
-      <c r="B117" s="187"/>
-[...9 lines deleted...]
-    <row r="118" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B117" s="197"/>
+      <c r="C117" s="197"/>
+      <c r="D117" s="197"/>
+      <c r="E117" s="197"/>
+      <c r="F117" s="197"/>
+      <c r="G117" s="197"/>
+      <c r="H117" s="197"/>
+      <c r="I117" s="197"/>
+      <c r="J117" s="198"/>
+    </row>
+    <row r="118" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="10"/>
       <c r="J118" s="11"/>
     </row>
-    <row r="119" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="179" t="s">
+    <row r="119" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="187" t="s">
         <v>81</v>
       </c>
-      <c r="B119" s="180"/>
-[...9 lines deleted...]
-    <row r="120" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B119" s="188"/>
+      <c r="C119" s="188"/>
+      <c r="D119" s="188"/>
+      <c r="E119" s="188"/>
+      <c r="F119" s="188"/>
+      <c r="G119" s="188"/>
+      <c r="H119" s="188"/>
+      <c r="I119" s="188"/>
+      <c r="J119" s="189"/>
+    </row>
+    <row r="120" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="72"/>
       <c r="B120" s="73"/>
       <c r="C120" s="73"/>
       <c r="D120" s="73"/>
       <c r="E120" s="73"/>
       <c r="F120" s="73"/>
-      <c r="G120" s="196" t="s">
+      <c r="G120" s="234" t="s">
         <v>82</v>
       </c>
-      <c r="H120" s="197"/>
-      <c r="I120" s="198"/>
+      <c r="H120" s="235"/>
+      <c r="I120" s="236"/>
       <c r="J120" s="56" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C121" s="176" t="s">
+    <row r="121" spans="1:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="262"/>
+      <c r="B121" s="263"/>
+      <c r="C121" s="179" t="s">
         <v>83</v>
       </c>
-      <c r="D121" s="177"/>
-[...1 lines deleted...]
-      <c r="F121" s="178"/>
+      <c r="D121" s="158"/>
+      <c r="E121" s="158"/>
+      <c r="F121" s="159"/>
       <c r="G121" s="24" t="s">
         <v>20</v>
       </c>
       <c r="H121" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I121" s="26" t="s">
         <v>22</v>
       </c>
       <c r="J121" s="26" t="s">
         <v>84</v>
       </c>
       <c r="K121" s="2"/>
     </row>
-    <row r="122" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="160" t="s">
+    <row r="122" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="166" t="s">
         <v>85</v>
       </c>
-      <c r="B122" s="161"/>
-[...3 lines deleted...]
-      <c r="F122" s="232"/>
+      <c r="B122" s="167"/>
+      <c r="C122" s="224"/>
+      <c r="D122" s="225"/>
+      <c r="E122" s="225"/>
+      <c r="F122" s="226"/>
       <c r="G122" s="83"/>
       <c r="H122" s="84"/>
       <c r="I122" s="82"/>
       <c r="J122" s="82"/>
     </row>
-    <row r="123" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="184" t="s">
+    <row r="123" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="202" t="s">
         <v>86</v>
       </c>
-      <c r="B123" s="185"/>
-[...3 lines deleted...]
-      <c r="F123" s="175"/>
+      <c r="B123" s="203"/>
+      <c r="C123" s="204"/>
+      <c r="D123" s="205"/>
+      <c r="E123" s="205"/>
+      <c r="F123" s="206"/>
       <c r="G123" s="115">
         <v>0</v>
       </c>
       <c r="H123" s="112">
         <v>0</v>
       </c>
       <c r="I123" s="116">
         <v>0</v>
       </c>
       <c r="J123" s="48">
         <f>SUM(G123:I123)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="184" t="s">
+    <row r="124" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="202" t="s">
         <v>87</v>
       </c>
-      <c r="B124" s="185"/>
-[...3 lines deleted...]
-      <c r="F124" s="175"/>
+      <c r="B124" s="203"/>
+      <c r="C124" s="204"/>
+      <c r="D124" s="205"/>
+      <c r="E124" s="205"/>
+      <c r="F124" s="206"/>
       <c r="G124" s="115">
         <v>0</v>
       </c>
       <c r="H124" s="112">
         <v>0</v>
       </c>
       <c r="I124" s="116">
         <v>0</v>
       </c>
       <c r="J124" s="48">
         <f>SUM(G124:I124)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="160" t="s">
+    <row r="125" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="166" t="s">
         <v>88</v>
       </c>
-      <c r="B125" s="161"/>
-[...3 lines deleted...]
-      <c r="F125" s="232"/>
+      <c r="B125" s="167"/>
+      <c r="C125" s="224"/>
+      <c r="D125" s="225"/>
+      <c r="E125" s="225"/>
+      <c r="F125" s="226"/>
       <c r="G125" s="83"/>
       <c r="H125" s="84"/>
       <c r="I125" s="82"/>
       <c r="J125" s="48"/>
     </row>
-    <row r="126" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="184" t="s">
+    <row r="126" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="202" t="s">
         <v>89</v>
       </c>
-      <c r="B126" s="185"/>
-[...3 lines deleted...]
-      <c r="F126" s="175"/>
+      <c r="B126" s="203"/>
+      <c r="C126" s="204"/>
+      <c r="D126" s="205"/>
+      <c r="E126" s="205"/>
+      <c r="F126" s="206"/>
       <c r="G126" s="115">
         <v>0</v>
       </c>
       <c r="H126" s="112">
         <v>0</v>
       </c>
       <c r="I126" s="116">
         <v>0</v>
       </c>
       <c r="J126" s="48">
         <f>SUM(G126:I126)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="127" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="184" t="s">
+    <row r="127" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="202" t="s">
         <v>90</v>
       </c>
-      <c r="B127" s="185"/>
-[...3 lines deleted...]
-      <c r="F127" s="175"/>
+      <c r="B127" s="203"/>
+      <c r="C127" s="204"/>
+      <c r="D127" s="205"/>
+      <c r="E127" s="205"/>
+      <c r="F127" s="206"/>
       <c r="G127" s="115">
         <v>0</v>
       </c>
       <c r="H127" s="112">
         <v>0</v>
       </c>
       <c r="I127" s="116">
         <v>0</v>
       </c>
       <c r="J127" s="48">
         <f>SUM(G127:I127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="184" t="s">
+    <row r="128" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="202" t="s">
         <v>91</v>
       </c>
-      <c r="B128" s="185"/>
-[...3 lines deleted...]
-      <c r="F128" s="175"/>
+      <c r="B128" s="203"/>
+      <c r="C128" s="204"/>
+      <c r="D128" s="205"/>
+      <c r="E128" s="205"/>
+      <c r="F128" s="206"/>
       <c r="G128" s="115">
         <v>0</v>
       </c>
       <c r="H128" s="112">
         <v>0</v>
       </c>
       <c r="I128" s="116">
         <v>0</v>
       </c>
       <c r="J128" s="48">
         <f>SUM(G128:I128)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="160" t="s">
+    <row r="129" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="166" t="s">
         <v>92</v>
       </c>
-      <c r="B129" s="161"/>
-[...3 lines deleted...]
-      <c r="F129" s="175"/>
+      <c r="B129" s="167"/>
+      <c r="C129" s="204"/>
+      <c r="D129" s="205"/>
+      <c r="E129" s="205"/>
+      <c r="F129" s="206"/>
       <c r="G129" s="115">
         <v>0</v>
       </c>
       <c r="H129" s="112">
         <v>0</v>
       </c>
       <c r="I129" s="116">
         <v>0</v>
       </c>
       <c r="J129" s="48">
         <f>SUM(G129:I129)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:11" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A130" s="192" t="s">
+    <row r="130" spans="1:11" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="214" t="s">
         <v>93</v>
       </c>
-      <c r="B130" s="193"/>
-[...3 lines deleted...]
-      <c r="F130" s="194"/>
+      <c r="B130" s="215"/>
+      <c r="C130" s="215"/>
+      <c r="D130" s="215"/>
+      <c r="E130" s="215"/>
+      <c r="F130" s="216"/>
       <c r="G130" s="67">
         <f>SUM(G122:G129)</f>
         <v>0</v>
       </c>
       <c r="H130" s="50">
         <f t="shared" ref="H130:J130" si="17">SUM(H122:H129)</f>
         <v>0</v>
       </c>
       <c r="I130" s="52">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J130" s="52">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A131" s="157" t="s">
+    <row r="131" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A131" s="250" t="s">
         <v>94</v>
       </c>
-      <c r="B131" s="158"/>
-[...9 lines deleted...]
-    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B131" s="251"/>
+      <c r="C131" s="251"/>
+      <c r="D131" s="251"/>
+      <c r="E131" s="251"/>
+      <c r="F131" s="251"/>
+      <c r="G131" s="251"/>
+      <c r="H131" s="251"/>
+      <c r="I131" s="251"/>
+      <c r="J131" s="252"/>
+    </row>
+    <row r="132" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A132" s="10"/>
       <c r="J132" s="11"/>
     </row>
-    <row r="133" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="10"/>
       <c r="J133" s="11"/>
     </row>
-    <row r="134" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="179" t="s">
+    <row r="134" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="187" t="s">
         <v>95</v>
       </c>
-      <c r="B134" s="180"/>
-[...9 lines deleted...]
-    <row r="135" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B134" s="188"/>
+      <c r="C134" s="188"/>
+      <c r="D134" s="188"/>
+      <c r="E134" s="188"/>
+      <c r="F134" s="188"/>
+      <c r="G134" s="188"/>
+      <c r="H134" s="188"/>
+      <c r="I134" s="188"/>
+      <c r="J134" s="189"/>
+    </row>
+    <row r="135" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="85"/>
       <c r="B135" s="22"/>
       <c r="C135" s="22"/>
       <c r="D135" s="22"/>
       <c r="E135" s="22"/>
       <c r="F135" s="22"/>
-      <c r="G135" s="196" t="s">
+      <c r="G135" s="234" t="s">
         <v>96</v>
       </c>
-      <c r="H135" s="197"/>
-      <c r="I135" s="198"/>
+      <c r="H135" s="235"/>
+      <c r="I135" s="236"/>
       <c r="J135" s="56" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="136" spans="1:11" s="3" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C136" s="176" t="s">
+    <row r="136" spans="1:11" s="3" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="166"/>
+      <c r="B136" s="167"/>
+      <c r="C136" s="179" t="s">
         <v>97</v>
       </c>
-      <c r="D136" s="177"/>
-[...1 lines deleted...]
-      <c r="F136" s="178"/>
+      <c r="D136" s="158"/>
+      <c r="E136" s="158"/>
+      <c r="F136" s="159"/>
       <c r="G136" s="24" t="s">
         <v>20</v>
       </c>
       <c r="H136" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I136" s="26" t="s">
         <v>22</v>
       </c>
       <c r="J136" s="26" t="s">
         <v>98</v>
       </c>
       <c r="K136" s="4"/>
     </row>
-    <row r="137" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A137" s="160" t="s">
+    <row r="137" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="166" t="s">
         <v>99</v>
       </c>
-      <c r="B137" s="161"/>
-[...3 lines deleted...]
-      <c r="F137" s="191"/>
+      <c r="B137" s="167"/>
+      <c r="C137" s="247"/>
+      <c r="D137" s="248"/>
+      <c r="E137" s="248"/>
+      <c r="F137" s="249"/>
       <c r="G137" s="115">
         <v>0</v>
       </c>
       <c r="H137" s="112">
         <v>0</v>
       </c>
       <c r="I137" s="116">
         <v>0</v>
       </c>
       <c r="J137" s="86">
         <f>SUM(G137:I137)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="138" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A138" s="160" t="s">
+    <row r="138" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="166" t="s">
         <v>100</v>
       </c>
-      <c r="B138" s="161"/>
-[...3 lines deleted...]
-      <c r="F138" s="191"/>
+      <c r="B138" s="167"/>
+      <c r="C138" s="247"/>
+      <c r="D138" s="248"/>
+      <c r="E138" s="248"/>
+      <c r="F138" s="249"/>
       <c r="G138" s="115">
         <v>0</v>
       </c>
       <c r="H138" s="112">
         <v>0</v>
       </c>
       <c r="I138" s="116">
         <v>0</v>
       </c>
       <c r="J138" s="87">
         <f>SUM(G138:I138)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="139" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A139" s="192" t="s">
+    <row r="139" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="214" t="s">
         <v>101</v>
       </c>
-      <c r="B139" s="193"/>
-[...3 lines deleted...]
-      <c r="F139" s="194"/>
+      <c r="B139" s="215"/>
+      <c r="C139" s="215"/>
+      <c r="D139" s="215"/>
+      <c r="E139" s="215"/>
+      <c r="F139" s="216"/>
       <c r="G139" s="67">
         <f>SUM(G137:G138)</f>
         <v>0</v>
       </c>
       <c r="H139" s="50">
         <f t="shared" ref="H139:J139" si="18">SUM(H137:H138)</f>
         <v>0</v>
       </c>
       <c r="I139" s="52">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="J139" s="52">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
-    <row r="140" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A140" s="157" t="s">
+    <row r="140" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="250" t="s">
         <v>102</v>
       </c>
-      <c r="B140" s="158"/>
-[...9 lines deleted...]
-    <row r="141" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B140" s="251"/>
+      <c r="C140" s="251"/>
+      <c r="D140" s="251"/>
+      <c r="E140" s="251"/>
+      <c r="F140" s="251"/>
+      <c r="G140" s="251"/>
+      <c r="H140" s="251"/>
+      <c r="I140" s="251"/>
+      <c r="J140" s="252"/>
+    </row>
+    <row r="141" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A141" s="8"/>
       <c r="J141" s="9"/>
     </row>
-    <row r="142" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="142" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A142" s="8"/>
       <c r="J142" s="9"/>
     </row>
-    <row r="143" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A143" s="233" t="s">
+    <row r="143" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="207" t="s">
         <v>103</v>
       </c>
-      <c r="B143" s="234"/>
-[...15 lines deleted...]
-      <c r="F144" s="201"/>
+      <c r="B143" s="208"/>
+      <c r="C143" s="208"/>
+      <c r="D143" s="208"/>
+      <c r="E143" s="208"/>
+      <c r="F143" s="208"/>
+      <c r="G143" s="208"/>
+      <c r="H143" s="208"/>
+      <c r="I143" s="208"/>
+      <c r="J143" s="209"/>
+    </row>
+    <row r="144" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="253"/>
+      <c r="B144" s="254"/>
+      <c r="C144" s="254"/>
+      <c r="D144" s="254"/>
+      <c r="E144" s="254"/>
+      <c r="F144" s="255"/>
       <c r="G144" s="88" t="str">
         <f>G108</f>
         <v>Jaar 1</v>
       </c>
       <c r="H144" s="89" t="str">
         <f>H108</f>
         <v>Jaar 2</v>
       </c>
       <c r="I144" s="90" t="str">
         <f>I108</f>
         <v>Jaar 3</v>
       </c>
       <c r="J144" s="91" t="str">
         <f>J19</f>
         <v>Totaal</v>
       </c>
     </row>
-    <row r="145" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A145" s="165" t="str">
+    <row r="145" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="180" t="str">
         <f>A119</f>
         <v>PRIVATE INBRENG</v>
       </c>
-      <c r="B145" s="166"/>
-[...3 lines deleted...]
-      <c r="F145" s="167"/>
+      <c r="B145" s="181"/>
+      <c r="C145" s="181"/>
+      <c r="D145" s="181"/>
+      <c r="E145" s="181"/>
+      <c r="F145" s="182"/>
       <c r="G145" s="45">
         <f>G130</f>
         <v>0</v>
       </c>
       <c r="H145" s="46">
         <f t="shared" ref="H145:I145" si="19">H130</f>
         <v>0</v>
       </c>
       <c r="I145" s="47">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J145" s="48">
         <f>SUM(G145:I145)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="146" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A146" s="165" t="str">
+    <row r="146" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="180" t="str">
         <f>A134</f>
         <v>PUBLIEKE INBRENG</v>
       </c>
-      <c r="B146" s="166"/>
-[...3 lines deleted...]
-      <c r="F146" s="167"/>
+      <c r="B146" s="181"/>
+      <c r="C146" s="181"/>
+      <c r="D146" s="181"/>
+      <c r="E146" s="181"/>
+      <c r="F146" s="182"/>
       <c r="G146" s="45">
         <f>G139</f>
         <v>0</v>
       </c>
       <c r="H146" s="46">
         <f t="shared" ref="H146:I146" si="20">H139</f>
         <v>0</v>
       </c>
       <c r="I146" s="47">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="J146" s="48">
         <f>SUM(G146:I146)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="147" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A147" s="171" t="s">
+    <row r="147" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="260" t="s">
         <v>79</v>
       </c>
-      <c r="B147" s="172"/>
-[...3 lines deleted...]
-      <c r="F147" s="172"/>
+      <c r="B147" s="261"/>
+      <c r="C147" s="261"/>
+      <c r="D147" s="261"/>
+      <c r="E147" s="261"/>
+      <c r="F147" s="261"/>
       <c r="G147" s="92">
         <f>SUM(G145:G146)</f>
         <v>0</v>
       </c>
       <c r="H147" s="50">
         <f t="shared" ref="H147:J147" si="21">SUM(H145:H146)</f>
         <v>0</v>
       </c>
       <c r="I147" s="81">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="J147" s="81">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
     </row>
-    <row r="148" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-      <c r="A150" s="186" t="s">
+    <row r="148" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="149" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="150" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="196" t="s">
         <v>104</v>
       </c>
-      <c r="B150" s="187"/>
-[...16 lines deleted...]
-      <c r="G151" s="196" t="s">
+      <c r="B150" s="197"/>
+      <c r="C150" s="197"/>
+      <c r="D150" s="197"/>
+      <c r="E150" s="197"/>
+      <c r="F150" s="197"/>
+      <c r="G150" s="197"/>
+      <c r="H150" s="197"/>
+      <c r="I150" s="197"/>
+      <c r="J150" s="198"/>
+    </row>
+    <row r="151" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="227"/>
+      <c r="B151" s="228"/>
+      <c r="C151" s="228"/>
+      <c r="D151" s="228"/>
+      <c r="E151" s="228"/>
+      <c r="F151" s="256"/>
+      <c r="G151" s="234" t="s">
         <v>105</v>
       </c>
-      <c r="H151" s="197"/>
-      <c r="I151" s="198"/>
+      <c r="H151" s="235"/>
+      <c r="I151" s="236"/>
       <c r="J151" s="56" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="152" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F152" s="204"/>
+    <row r="152" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="227"/>
+      <c r="B152" s="228"/>
+      <c r="C152" s="228"/>
+      <c r="D152" s="228"/>
+      <c r="E152" s="228"/>
+      <c r="F152" s="256"/>
       <c r="G152" s="24" t="s">
         <v>20</v>
       </c>
       <c r="H152" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I152" s="26" t="s">
         <v>22</v>
       </c>
       <c r="J152" s="21" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="153" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A153" s="160" t="s">
+    <row r="153" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="166" t="s">
         <v>155</v>
       </c>
-      <c r="B153" s="161"/>
-[...3 lines deleted...]
-      <c r="F153" s="161"/>
+      <c r="B153" s="167"/>
+      <c r="C153" s="167"/>
+      <c r="D153" s="167"/>
+      <c r="E153" s="167"/>
+      <c r="F153" s="167"/>
       <c r="G153" s="93">
-        <f>IF((G114-G147)&lt;=900000,(G114-G147),900000)</f>
+        <f>IF((G114-G147)&lt;=2000000,(G114-G147),2000000)</f>
         <v>0</v>
       </c>
       <c r="H153" s="94">
-        <f t="shared" ref="H153:I153" si="22">IF((H114-H147)&lt;=900000,(H114-H147),900000)</f>
+        <f>IF((H114-H147)&lt;=2000000,(H114-H147),2000000)</f>
         <v>0</v>
       </c>
       <c r="I153" s="95">
-        <f t="shared" si="22"/>
+        <f>IF((I114-I147)&lt;=2000000,(I114-I147),2000000)</f>
         <v>0</v>
       </c>
       <c r="J153" s="96">
-        <f>IF(SUM(G153:I153)&lt;=900000,SUM(G153:I153),900000)</f>
-[...4 lines deleted...]
-      <c r="A154" s="162" t="s">
+        <f>IF(SUM(G153:I153)&lt;=2000000,SUM(G153:I153),2000000)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="241" t="s">
         <v>107</v>
       </c>
-      <c r="B154" s="163"/>
-[...3 lines deleted...]
-      <c r="F154" s="163"/>
+      <c r="B154" s="242"/>
+      <c r="C154" s="242"/>
+      <c r="D154" s="242"/>
+      <c r="E154" s="242"/>
+      <c r="F154" s="242"/>
       <c r="G154" s="97" t="e">
         <f>G153/G114</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H154" s="98" t="e">
-        <f t="shared" ref="H154:J154" si="23">H153/H114</f>
+        <f t="shared" ref="H154:J154" si="22">H153/H114</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I154" s="99" t="e">
-        <f t="shared" si="23"/>
+        <f t="shared" si="22"/>
         <v>#DIV/0!</v>
       </c>
       <c r="J154" s="99" t="e">
-        <f t="shared" si="23"/>
+        <f t="shared" si="22"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="155" spans="1:10" s="3" customFormat="1" ht="37.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A155" s="195" t="s">
+    <row r="155" spans="1:10" s="3" customFormat="1" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="175" t="s">
         <v>156</v>
       </c>
-      <c r="B155" s="195"/>
-[...10 lines deleted...]
-    <row r="157" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="175"/>
+      <c r="C155" s="175"/>
+      <c r="D155" s="175"/>
+      <c r="E155" s="175"/>
+      <c r="F155" s="175"/>
+      <c r="G155" s="175"/>
+      <c r="H155" s="175"/>
+      <c r="I155" s="175"/>
+      <c r="J155" s="175"/>
+    </row>
+    <row r="156" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J157" s="3"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0"/>
   <mergeCells count="148">
+    <mergeCell ref="A131:J131"/>
+    <mergeCell ref="A153:F153"/>
+    <mergeCell ref="A154:F154"/>
+    <mergeCell ref="A109:F109"/>
+    <mergeCell ref="A110:F110"/>
+    <mergeCell ref="A111:F111"/>
+    <mergeCell ref="A112:F112"/>
+    <mergeCell ref="A113:F113"/>
+    <mergeCell ref="A145:F145"/>
+    <mergeCell ref="A146:F146"/>
+    <mergeCell ref="A114:F114"/>
+    <mergeCell ref="A147:F147"/>
+    <mergeCell ref="C126:F126"/>
+    <mergeCell ref="C127:F127"/>
+    <mergeCell ref="C128:F128"/>
+    <mergeCell ref="C121:F121"/>
+    <mergeCell ref="A119:J119"/>
+    <mergeCell ref="A122:B122"/>
+    <mergeCell ref="A121:B121"/>
+    <mergeCell ref="A123:B123"/>
+    <mergeCell ref="A124:B124"/>
+    <mergeCell ref="A150:J150"/>
+    <mergeCell ref="A134:J134"/>
+    <mergeCell ref="A136:B136"/>
+    <mergeCell ref="A137:B137"/>
+    <mergeCell ref="A138:B138"/>
+    <mergeCell ref="C136:F136"/>
+    <mergeCell ref="C137:F137"/>
+    <mergeCell ref="C138:F138"/>
+    <mergeCell ref="A139:F139"/>
+    <mergeCell ref="A155:J155"/>
+    <mergeCell ref="A140:J140"/>
+    <mergeCell ref="G135:I135"/>
+    <mergeCell ref="G151:I151"/>
+    <mergeCell ref="A144:F144"/>
+    <mergeCell ref="A151:F151"/>
+    <mergeCell ref="A152:F152"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A55:J55"/>
+    <mergeCell ref="A76:J76"/>
+    <mergeCell ref="A92:J92"/>
+    <mergeCell ref="A104:J104"/>
+    <mergeCell ref="G120:I120"/>
+    <mergeCell ref="C84:D84"/>
+    <mergeCell ref="C85:D85"/>
+    <mergeCell ref="D35:F35"/>
+    <mergeCell ref="D59:F59"/>
+    <mergeCell ref="H96:J96"/>
+    <mergeCell ref="D52:F52"/>
+    <mergeCell ref="G52:I52"/>
+    <mergeCell ref="G35:I35"/>
+    <mergeCell ref="A51:J51"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="A58:J58"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="A79:J79"/>
+    <mergeCell ref="G80:I80"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A73:F73"/>
+    <mergeCell ref="A126:B126"/>
+    <mergeCell ref="A127:B127"/>
+    <mergeCell ref="A90:F90"/>
+    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A125:B125"/>
+    <mergeCell ref="C122:F122"/>
+    <mergeCell ref="C123:F123"/>
+    <mergeCell ref="C124:F124"/>
+    <mergeCell ref="C125:F125"/>
+    <mergeCell ref="A128:B128"/>
+    <mergeCell ref="A129:B129"/>
+    <mergeCell ref="C129:F129"/>
+    <mergeCell ref="A143:J143"/>
+    <mergeCell ref="C81:D81"/>
+    <mergeCell ref="C82:D82"/>
+    <mergeCell ref="C83:D83"/>
+    <mergeCell ref="A91:F91"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="A107:J107"/>
+    <mergeCell ref="A103:F103"/>
+    <mergeCell ref="A130:F130"/>
+    <mergeCell ref="A108:F108"/>
+    <mergeCell ref="A117:J117"/>
+    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="A101:B101"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C88:D88"/>
+    <mergeCell ref="C89:D89"/>
+    <mergeCell ref="A95:J95"/>
+    <mergeCell ref="A97:B97"/>
+    <mergeCell ref="A98:B98"/>
+    <mergeCell ref="A99:B99"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A13:J13"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="C4:J4"/>
+    <mergeCell ref="C5:J5"/>
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="C7:J7"/>
+    <mergeCell ref="A11:J11"/>
+    <mergeCell ref="A9:J9"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A48:J48"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A38:C38"/>
+    <mergeCell ref="A39:C39"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="A41:C41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A46:C46"/>
     <mergeCell ref="G59:I59"/>
     <mergeCell ref="H15:J16"/>
     <mergeCell ref="A64:F64"/>
     <mergeCell ref="A65:F65"/>
     <mergeCell ref="A66:F66"/>
     <mergeCell ref="A67:F67"/>
     <mergeCell ref="A68:F68"/>
     <mergeCell ref="A69:F69"/>
     <mergeCell ref="A70:F70"/>
     <mergeCell ref="A63:F63"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A29:C29"/>
     <mergeCell ref="A30:C30"/>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="E19:G19"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A23:C23"/>
-    <mergeCell ref="A47:C47"/>
-[...122 lines deleted...]
-    <mergeCell ref="A136:B136"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D21:D30" xr:uid="{FD86B23F-315F-47BE-8C10-2AFE16F9B24D}">
       <formula1>"w,b"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="97" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CD3B315-667B-4711-8C3A-F2FC70423F21}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K122"/>
   <sheetViews>
     <sheetView topLeftCell="A27" workbookViewId="0">
       <selection activeCell="C4" sqref="C4:J4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.7265625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12" max="16384" width="8.81640625" style="1"/>
+    <col min="1" max="1" width="30.77734375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.77734375" style="1" customWidth="1"/>
+    <col min="3" max="6" width="10.77734375" style="1" customWidth="1"/>
+    <col min="7" max="10" width="12.77734375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="9.21875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="3" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="244" t="s">
+    <row r="1" spans="1:10" s="3" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="183" t="s">
         <v>108</v>
       </c>
-      <c r="B1" s="244"/>
-[...11 lines deleted...]
-      <c r="A3" s="245" t="s">
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+    </row>
+    <row r="2" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="184" t="s">
         <v>109</v>
       </c>
-      <c r="B3" s="246"/>
-[...10 lines deleted...]
-      <c r="A4" s="294" t="s">
+      <c r="B3" s="185"/>
+      <c r="C3" s="185"/>
+      <c r="D3" s="185"/>
+      <c r="E3" s="185"/>
+      <c r="F3" s="185"/>
+      <c r="G3" s="185"/>
+      <c r="H3" s="185"/>
+      <c r="I3" s="185"/>
+      <c r="J3" s="186"/>
+    </row>
+    <row r="4" spans="1:10" s="3" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="267" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="295"/>
-[...11 lines deleted...]
-      <c r="A6" s="186" t="s">
+      <c r="B4" s="268"/>
+      <c r="C4" s="269"/>
+      <c r="D4" s="270"/>
+      <c r="E4" s="270"/>
+      <c r="F4" s="270"/>
+      <c r="G4" s="270"/>
+      <c r="H4" s="270"/>
+      <c r="I4" s="270"/>
+      <c r="J4" s="271"/>
+    </row>
+    <row r="5" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="196" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="187"/>
-[...9 lines deleted...]
-    <row r="7" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="197"/>
+      <c r="C6" s="197"/>
+      <c r="D6" s="197"/>
+      <c r="E6" s="197"/>
+      <c r="F6" s="197"/>
+      <c r="G6" s="197"/>
+      <c r="H6" s="197"/>
+      <c r="I6" s="197"/>
+      <c r="J6" s="198"/>
+    </row>
+    <row r="7" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="13"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="14"/>
     </row>
-    <row r="8" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="179" t="s">
+    <row r="8" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="187" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="180"/>
-[...10 lines deleted...]
-      <c r="A9" s="273" t="s">
+      <c r="B8" s="188"/>
+      <c r="C8" s="188"/>
+      <c r="D8" s="188"/>
+      <c r="E8" s="188"/>
+      <c r="F8" s="188"/>
+      <c r="G8" s="188"/>
+      <c r="H8" s="188"/>
+      <c r="I8" s="188"/>
+      <c r="J8" s="189"/>
+    </row>
+    <row r="9" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="282" t="s">
         <v>110</v>
       </c>
-      <c r="B9" s="274"/>
-[...10 lines deleted...]
-      <c r="A10" s="299" t="s">
+      <c r="B9" s="283"/>
+      <c r="C9" s="283"/>
+      <c r="D9" s="283"/>
+      <c r="E9" s="283"/>
+      <c r="F9" s="283"/>
+      <c r="G9" s="283"/>
+      <c r="H9" s="283"/>
+      <c r="I9" s="283"/>
+      <c r="J9" s="284"/>
+    </row>
+    <row r="10" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="272" t="s">
         <v>111</v>
       </c>
-      <c r="B10" s="300"/>
-[...94 lines deleted...]
-      <c r="A18" s="273" t="s">
+      <c r="B10" s="273"/>
+      <c r="C10" s="273"/>
+      <c r="D10" s="273"/>
+      <c r="E10" s="273"/>
+      <c r="F10" s="273"/>
+      <c r="G10" s="273"/>
+      <c r="H10" s="273"/>
+      <c r="I10" s="273"/>
+      <c r="J10" s="274"/>
+    </row>
+    <row r="11" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="275"/>
+      <c r="B11" s="273"/>
+      <c r="C11" s="273"/>
+      <c r="D11" s="273"/>
+      <c r="E11" s="273"/>
+      <c r="F11" s="273"/>
+      <c r="G11" s="273"/>
+      <c r="H11" s="273"/>
+      <c r="I11" s="273"/>
+      <c r="J11" s="274"/>
+    </row>
+    <row r="12" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="275"/>
+      <c r="B12" s="273"/>
+      <c r="C12" s="273"/>
+      <c r="D12" s="273"/>
+      <c r="E12" s="273"/>
+      <c r="F12" s="273"/>
+      <c r="G12" s="273"/>
+      <c r="H12" s="273"/>
+      <c r="I12" s="273"/>
+      <c r="J12" s="274"/>
+    </row>
+    <row r="13" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="275"/>
+      <c r="B13" s="273"/>
+      <c r="C13" s="273"/>
+      <c r="D13" s="273"/>
+      <c r="E13" s="273"/>
+      <c r="F13" s="273"/>
+      <c r="G13" s="273"/>
+      <c r="H13" s="273"/>
+      <c r="I13" s="273"/>
+      <c r="J13" s="274"/>
+    </row>
+    <row r="14" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="275"/>
+      <c r="B14" s="273"/>
+      <c r="C14" s="273"/>
+      <c r="D14" s="273"/>
+      <c r="E14" s="273"/>
+      <c r="F14" s="273"/>
+      <c r="G14" s="273"/>
+      <c r="H14" s="273"/>
+      <c r="I14" s="273"/>
+      <c r="J14" s="274"/>
+    </row>
+    <row r="15" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="275"/>
+      <c r="B15" s="273"/>
+      <c r="C15" s="273"/>
+      <c r="D15" s="273"/>
+      <c r="E15" s="273"/>
+      <c r="F15" s="273"/>
+      <c r="G15" s="273"/>
+      <c r="H15" s="273"/>
+      <c r="I15" s="273"/>
+      <c r="J15" s="274"/>
+    </row>
+    <row r="16" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="275"/>
+      <c r="B16" s="273"/>
+      <c r="C16" s="273"/>
+      <c r="D16" s="273"/>
+      <c r="E16" s="273"/>
+      <c r="F16" s="273"/>
+      <c r="G16" s="273"/>
+      <c r="H16" s="273"/>
+      <c r="I16" s="273"/>
+      <c r="J16" s="274"/>
+    </row>
+    <row r="17" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="275"/>
+      <c r="B17" s="273"/>
+      <c r="C17" s="273"/>
+      <c r="D17" s="273"/>
+      <c r="E17" s="273"/>
+      <c r="F17" s="273"/>
+      <c r="G17" s="273"/>
+      <c r="H17" s="273"/>
+      <c r="I17" s="273"/>
+      <c r="J17" s="274"/>
+    </row>
+    <row r="18" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="282" t="s">
         <v>112</v>
       </c>
-      <c r="B18" s="274"/>
-[...10 lines deleted...]
-      <c r="A19" s="285" t="s">
+      <c r="B18" s="283"/>
+      <c r="C18" s="283"/>
+      <c r="D18" s="283"/>
+      <c r="E18" s="283"/>
+      <c r="F18" s="283"/>
+      <c r="G18" s="283"/>
+      <c r="H18" s="283"/>
+      <c r="I18" s="283"/>
+      <c r="J18" s="284"/>
+    </row>
+    <row r="19" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="276" t="s">
         <v>113</v>
       </c>
-      <c r="B19" s="286"/>
-[...93 lines deleted...]
-    <row r="27" spans="1:11" s="3" customFormat="1" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="277"/>
+      <c r="C19" s="277"/>
+      <c r="D19" s="277"/>
+      <c r="E19" s="277"/>
+      <c r="F19" s="277"/>
+      <c r="G19" s="277"/>
+      <c r="H19" s="277"/>
+      <c r="I19" s="277"/>
+      <c r="J19" s="278"/>
+    </row>
+    <row r="20" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="276"/>
+      <c r="B20" s="277"/>
+      <c r="C20" s="277"/>
+      <c r="D20" s="277"/>
+      <c r="E20" s="277"/>
+      <c r="F20" s="277"/>
+      <c r="G20" s="277"/>
+      <c r="H20" s="277"/>
+      <c r="I20" s="277"/>
+      <c r="J20" s="278"/>
+    </row>
+    <row r="21" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="276"/>
+      <c r="B21" s="277"/>
+      <c r="C21" s="277"/>
+      <c r="D21" s="277"/>
+      <c r="E21" s="277"/>
+      <c r="F21" s="277"/>
+      <c r="G21" s="277"/>
+      <c r="H21" s="277"/>
+      <c r="I21" s="277"/>
+      <c r="J21" s="278"/>
+    </row>
+    <row r="22" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="276"/>
+      <c r="B22" s="277"/>
+      <c r="C22" s="277"/>
+      <c r="D22" s="277"/>
+      <c r="E22" s="277"/>
+      <c r="F22" s="277"/>
+      <c r="G22" s="277"/>
+      <c r="H22" s="277"/>
+      <c r="I22" s="277"/>
+      <c r="J22" s="278"/>
+    </row>
+    <row r="23" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="276"/>
+      <c r="B23" s="277"/>
+      <c r="C23" s="277"/>
+      <c r="D23" s="277"/>
+      <c r="E23" s="277"/>
+      <c r="F23" s="277"/>
+      <c r="G23" s="277"/>
+      <c r="H23" s="277"/>
+      <c r="I23" s="277"/>
+      <c r="J23" s="278"/>
+    </row>
+    <row r="24" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="276"/>
+      <c r="B24" s="277"/>
+      <c r="C24" s="277"/>
+      <c r="D24" s="277"/>
+      <c r="E24" s="277"/>
+      <c r="F24" s="277"/>
+      <c r="G24" s="277"/>
+      <c r="H24" s="277"/>
+      <c r="I24" s="277"/>
+      <c r="J24" s="278"/>
+    </row>
+    <row r="25" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="276"/>
+      <c r="B25" s="277"/>
+      <c r="C25" s="277"/>
+      <c r="D25" s="277"/>
+      <c r="E25" s="277"/>
+      <c r="F25" s="277"/>
+      <c r="G25" s="277"/>
+      <c r="H25" s="277"/>
+      <c r="I25" s="277"/>
+      <c r="J25" s="278"/>
+    </row>
+    <row r="26" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="279"/>
+      <c r="B26" s="280"/>
+      <c r="C26" s="280"/>
+      <c r="D26" s="280"/>
+      <c r="E26" s="280"/>
+      <c r="F26" s="280"/>
+      <c r="G26" s="280"/>
+      <c r="H26" s="280"/>
+      <c r="I26" s="280"/>
+      <c r="J26" s="281"/>
+    </row>
+    <row r="27" spans="1:11" s="3" customFormat="1" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="10"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="11"/>
     </row>
-    <row r="28" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="10"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="11"/>
     </row>
-    <row r="29" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="179" t="s">
+    <row r="29" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="187" t="s">
         <v>34</v>
       </c>
-      <c r="B29" s="180"/>
-[...10 lines deleted...]
-      <c r="A30" s="273" t="s">
+      <c r="B29" s="188"/>
+      <c r="C29" s="188"/>
+      <c r="D29" s="188"/>
+      <c r="E29" s="188"/>
+      <c r="F29" s="188"/>
+      <c r="G29" s="188"/>
+      <c r="H29" s="188"/>
+      <c r="I29" s="188"/>
+      <c r="J29" s="189"/>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="282" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="274"/>
-[...10 lines deleted...]
-      <c r="A31" s="285" t="s">
+      <c r="B30" s="283"/>
+      <c r="C30" s="283"/>
+      <c r="D30" s="283"/>
+      <c r="E30" s="283"/>
+      <c r="F30" s="283"/>
+      <c r="G30" s="283"/>
+      <c r="H30" s="283"/>
+      <c r="I30" s="283"/>
+      <c r="J30" s="284"/>
+    </row>
+    <row r="31" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="276" t="s">
         <v>115</v>
       </c>
-      <c r="B31" s="286"/>
-[...7 lines deleted...]
-      <c r="J31" s="287"/>
+      <c r="B31" s="277"/>
+      <c r="C31" s="277"/>
+      <c r="D31" s="277"/>
+      <c r="E31" s="277"/>
+      <c r="F31" s="277"/>
+      <c r="G31" s="277"/>
+      <c r="H31" s="277"/>
+      <c r="I31" s="277"/>
+      <c r="J31" s="278"/>
       <c r="K31" s="5"/>
     </row>
-    <row r="32" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="J32" s="287"/>
+    <row r="32" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="276"/>
+      <c r="B32" s="277"/>
+      <c r="C32" s="277"/>
+      <c r="D32" s="277"/>
+      <c r="E32" s="277"/>
+      <c r="F32" s="277"/>
+      <c r="G32" s="277"/>
+      <c r="H32" s="277"/>
+      <c r="I32" s="277"/>
+      <c r="J32" s="278"/>
       <c r="K32" s="5"/>
     </row>
-    <row r="33" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="J33" s="287"/>
+    <row r="33" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="276"/>
+      <c r="B33" s="277"/>
+      <c r="C33" s="277"/>
+      <c r="D33" s="277"/>
+      <c r="E33" s="277"/>
+      <c r="F33" s="277"/>
+      <c r="G33" s="277"/>
+      <c r="H33" s="277"/>
+      <c r="I33" s="277"/>
+      <c r="J33" s="278"/>
       <c r="K33" s="5"/>
     </row>
-    <row r="34" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="J34" s="290"/>
+    <row r="34" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="279"/>
+      <c r="B34" s="280"/>
+      <c r="C34" s="280"/>
+      <c r="D34" s="280"/>
+      <c r="E34" s="280"/>
+      <c r="F34" s="280"/>
+      <c r="G34" s="280"/>
+      <c r="H34" s="280"/>
+      <c r="I34" s="280"/>
+      <c r="J34" s="281"/>
       <c r="K34" s="5"/>
     </row>
-    <row r="35" spans="1:11" s="3" customFormat="1" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" s="3" customFormat="1" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="11"/>
       <c r="K35" s="5"/>
     </row>
-    <row r="36" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="10"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="11"/>
       <c r="K36" s="5"/>
     </row>
-    <row r="37" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="179" t="s">
+    <row r="37" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="187" t="s">
         <v>41</v>
       </c>
-      <c r="B37" s="180"/>
-[...7 lines deleted...]
-      <c r="J37" s="181"/>
+      <c r="B37" s="188"/>
+      <c r="C37" s="188"/>
+      <c r="D37" s="188"/>
+      <c r="E37" s="188"/>
+      <c r="F37" s="188"/>
+      <c r="G37" s="188"/>
+      <c r="H37" s="188"/>
+      <c r="I37" s="188"/>
+      <c r="J37" s="189"/>
       <c r="K37" s="5"/>
     </row>
-    <row r="38" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="291" t="s">
+    <row r="38" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="264" t="s">
         <v>116</v>
       </c>
-      <c r="B38" s="292"/>
-[...10 lines deleted...]
-      <c r="A39" s="264" t="s">
+      <c r="B38" s="265"/>
+      <c r="C38" s="265"/>
+      <c r="D38" s="265"/>
+      <c r="E38" s="265"/>
+      <c r="F38" s="265"/>
+      <c r="G38" s="265"/>
+      <c r="H38" s="265"/>
+      <c r="I38" s="265"/>
+      <c r="J38" s="266"/>
+    </row>
+    <row r="39" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="285" t="s">
         <v>117</v>
       </c>
-      <c r="B39" s="265"/>
-[...31 lines deleted...]
-      <c r="J41" s="269"/>
+      <c r="B39" s="286"/>
+      <c r="C39" s="286"/>
+      <c r="D39" s="286"/>
+      <c r="E39" s="286"/>
+      <c r="F39" s="286"/>
+      <c r="G39" s="286"/>
+      <c r="H39" s="286"/>
+      <c r="I39" s="286"/>
+      <c r="J39" s="287"/>
+    </row>
+    <row r="40" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="288"/>
+      <c r="B40" s="289"/>
+      <c r="C40" s="289"/>
+      <c r="D40" s="289"/>
+      <c r="E40" s="289"/>
+      <c r="F40" s="289"/>
+      <c r="G40" s="289"/>
+      <c r="H40" s="289"/>
+      <c r="I40" s="289"/>
+      <c r="J40" s="290"/>
+    </row>
+    <row r="41" spans="1:11" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="288"/>
+      <c r="B41" s="289"/>
+      <c r="C41" s="289"/>
+      <c r="D41" s="289"/>
+      <c r="E41" s="289"/>
+      <c r="F41" s="289"/>
+      <c r="G41" s="289"/>
+      <c r="H41" s="289"/>
+      <c r="I41" s="289"/>
+      <c r="J41" s="290"/>
       <c r="K41" s="2"/>
     </row>
-    <row r="42" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-[...108 lines deleted...]
-      <c r="A51" s="273" t="s">
+    <row r="42" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="288"/>
+      <c r="B42" s="289"/>
+      <c r="C42" s="289"/>
+      <c r="D42" s="289"/>
+      <c r="E42" s="289"/>
+      <c r="F42" s="289"/>
+      <c r="G42" s="289"/>
+      <c r="H42" s="289"/>
+      <c r="I42" s="289"/>
+      <c r="J42" s="290"/>
+    </row>
+    <row r="43" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="288"/>
+      <c r="B43" s="289"/>
+      <c r="C43" s="289"/>
+      <c r="D43" s="289"/>
+      <c r="E43" s="289"/>
+      <c r="F43" s="289"/>
+      <c r="G43" s="289"/>
+      <c r="H43" s="289"/>
+      <c r="I43" s="289"/>
+      <c r="J43" s="290"/>
+    </row>
+    <row r="44" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="288"/>
+      <c r="B44" s="289"/>
+      <c r="C44" s="289"/>
+      <c r="D44" s="289"/>
+      <c r="E44" s="289"/>
+      <c r="F44" s="289"/>
+      <c r="G44" s="289"/>
+      <c r="H44" s="289"/>
+      <c r="I44" s="289"/>
+      <c r="J44" s="290"/>
+    </row>
+    <row r="45" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="288"/>
+      <c r="B45" s="289"/>
+      <c r="C45" s="289"/>
+      <c r="D45" s="289"/>
+      <c r="E45" s="289"/>
+      <c r="F45" s="289"/>
+      <c r="G45" s="289"/>
+      <c r="H45" s="289"/>
+      <c r="I45" s="289"/>
+      <c r="J45" s="290"/>
+    </row>
+    <row r="46" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="288"/>
+      <c r="B46" s="289"/>
+      <c r="C46" s="289"/>
+      <c r="D46" s="289"/>
+      <c r="E46" s="289"/>
+      <c r="F46" s="289"/>
+      <c r="G46" s="289"/>
+      <c r="H46" s="289"/>
+      <c r="I46" s="289"/>
+      <c r="J46" s="290"/>
+    </row>
+    <row r="47" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="288"/>
+      <c r="B47" s="289"/>
+      <c r="C47" s="289"/>
+      <c r="D47" s="289"/>
+      <c r="E47" s="289"/>
+      <c r="F47" s="289"/>
+      <c r="G47" s="289"/>
+      <c r="H47" s="289"/>
+      <c r="I47" s="289"/>
+      <c r="J47" s="290"/>
+    </row>
+    <row r="48" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="288"/>
+      <c r="B48" s="289"/>
+      <c r="C48" s="289"/>
+      <c r="D48" s="289"/>
+      <c r="E48" s="289"/>
+      <c r="F48" s="289"/>
+      <c r="G48" s="289"/>
+      <c r="H48" s="289"/>
+      <c r="I48" s="289"/>
+      <c r="J48" s="290"/>
+    </row>
+    <row r="49" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="288"/>
+      <c r="B49" s="289"/>
+      <c r="C49" s="289"/>
+      <c r="D49" s="289"/>
+      <c r="E49" s="289"/>
+      <c r="F49" s="289"/>
+      <c r="G49" s="289"/>
+      <c r="H49" s="289"/>
+      <c r="I49" s="289"/>
+      <c r="J49" s="290"/>
+    </row>
+    <row r="50" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="291"/>
+      <c r="B50" s="292"/>
+      <c r="C50" s="292"/>
+      <c r="D50" s="292"/>
+      <c r="E50" s="292"/>
+      <c r="F50" s="292"/>
+      <c r="G50" s="292"/>
+      <c r="H50" s="292"/>
+      <c r="I50" s="292"/>
+      <c r="J50" s="293"/>
+    </row>
+    <row r="51" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="282" t="s">
         <v>118</v>
       </c>
-      <c r="B51" s="274"/>
-[...10 lines deleted...]
-      <c r="A52" s="285" t="s">
+      <c r="B51" s="283"/>
+      <c r="C51" s="283"/>
+      <c r="D51" s="283"/>
+      <c r="E51" s="283"/>
+      <c r="F51" s="283"/>
+      <c r="G51" s="283"/>
+      <c r="H51" s="283"/>
+      <c r="I51" s="283"/>
+      <c r="J51" s="284"/>
+    </row>
+    <row r="52" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="276" t="s">
         <v>119</v>
       </c>
-      <c r="B52" s="286"/>
-[...45 lines deleted...]
-    <row r="56" spans="1:10" s="3" customFormat="1" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="277"/>
+      <c r="C52" s="277"/>
+      <c r="D52" s="277"/>
+      <c r="E52" s="277"/>
+      <c r="F52" s="277"/>
+      <c r="G52" s="277"/>
+      <c r="H52" s="277"/>
+      <c r="I52" s="277"/>
+      <c r="J52" s="278"/>
+    </row>
+    <row r="53" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="276"/>
+      <c r="B53" s="277"/>
+      <c r="C53" s="277"/>
+      <c r="D53" s="277"/>
+      <c r="E53" s="277"/>
+      <c r="F53" s="277"/>
+      <c r="G53" s="277"/>
+      <c r="H53" s="277"/>
+      <c r="I53" s="277"/>
+      <c r="J53" s="278"/>
+    </row>
+    <row r="54" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="276"/>
+      <c r="B54" s="277"/>
+      <c r="C54" s="277"/>
+      <c r="D54" s="277"/>
+      <c r="E54" s="277"/>
+      <c r="F54" s="277"/>
+      <c r="G54" s="277"/>
+      <c r="H54" s="277"/>
+      <c r="I54" s="277"/>
+      <c r="J54" s="278"/>
+    </row>
+    <row r="55" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="279"/>
+      <c r="B55" s="280"/>
+      <c r="C55" s="280"/>
+      <c r="D55" s="280"/>
+      <c r="E55" s="280"/>
+      <c r="F55" s="280"/>
+      <c r="G55" s="280"/>
+      <c r="H55" s="280"/>
+      <c r="I55" s="280"/>
+      <c r="J55" s="281"/>
+    </row>
+    <row r="56" spans="1:10" s="3" customFormat="1" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="10"/>
       <c r="B56" s="1"/>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="11"/>
     </row>
-    <row r="57" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="10"/>
       <c r="B57" s="1"/>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="11"/>
     </row>
-    <row r="58" spans="1:10" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A58" s="179" t="s">
+    <row r="58" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="187" t="s">
         <v>57</v>
       </c>
-      <c r="B58" s="180"/>
-[...10 lines deleted...]
-      <c r="A59" s="273" t="s">
+      <c r="B58" s="188"/>
+      <c r="C58" s="188"/>
+      <c r="D58" s="188"/>
+      <c r="E58" s="188"/>
+      <c r="F58" s="188"/>
+      <c r="G58" s="188"/>
+      <c r="H58" s="188"/>
+      <c r="I58" s="188"/>
+      <c r="J58" s="189"/>
+    </row>
+    <row r="59" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="282" t="s">
         <v>120</v>
       </c>
-      <c r="B59" s="274"/>
-[...10 lines deleted...]
-      <c r="A60" s="285" t="s">
+      <c r="B59" s="283"/>
+      <c r="C59" s="283"/>
+      <c r="D59" s="283"/>
+      <c r="E59" s="283"/>
+      <c r="F59" s="283"/>
+      <c r="G59" s="283"/>
+      <c r="H59" s="283"/>
+      <c r="I59" s="283"/>
+      <c r="J59" s="284"/>
+    </row>
+    <row r="60" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="276" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="286"/>
-[...45 lines deleted...]
-    <row r="64" spans="1:10" s="3" customFormat="1" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="277"/>
+      <c r="C60" s="277"/>
+      <c r="D60" s="277"/>
+      <c r="E60" s="277"/>
+      <c r="F60" s="277"/>
+      <c r="G60" s="277"/>
+      <c r="H60" s="277"/>
+      <c r="I60" s="277"/>
+      <c r="J60" s="278"/>
+    </row>
+    <row r="61" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="276"/>
+      <c r="B61" s="277"/>
+      <c r="C61" s="277"/>
+      <c r="D61" s="277"/>
+      <c r="E61" s="277"/>
+      <c r="F61" s="277"/>
+      <c r="G61" s="277"/>
+      <c r="H61" s="277"/>
+      <c r="I61" s="277"/>
+      <c r="J61" s="278"/>
+    </row>
+    <row r="62" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="276"/>
+      <c r="B62" s="277"/>
+      <c r="C62" s="277"/>
+      <c r="D62" s="277"/>
+      <c r="E62" s="277"/>
+      <c r="F62" s="277"/>
+      <c r="G62" s="277"/>
+      <c r="H62" s="277"/>
+      <c r="I62" s="277"/>
+      <c r="J62" s="278"/>
+    </row>
+    <row r="63" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="279"/>
+      <c r="B63" s="280"/>
+      <c r="C63" s="280"/>
+      <c r="D63" s="280"/>
+      <c r="E63" s="280"/>
+      <c r="F63" s="280"/>
+      <c r="G63" s="280"/>
+      <c r="H63" s="280"/>
+      <c r="I63" s="280"/>
+      <c r="J63" s="281"/>
+    </row>
+    <row r="64" spans="1:10" s="3" customFormat="1" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="10"/>
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="101"/>
       <c r="H64" s="101"/>
       <c r="I64" s="101"/>
       <c r="J64" s="102"/>
     </row>
-    <row r="65" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="10"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="11"/>
     </row>
-    <row r="66" spans="1:10" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A66" s="179" t="s">
+    <row r="66" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="187" t="s">
         <v>68</v>
       </c>
-      <c r="B66" s="180"/>
-[...10 lines deleted...]
-      <c r="A67" s="273" t="s">
+      <c r="B66" s="188"/>
+      <c r="C66" s="188"/>
+      <c r="D66" s="188"/>
+      <c r="E66" s="188"/>
+      <c r="F66" s="188"/>
+      <c r="G66" s="188"/>
+      <c r="H66" s="188"/>
+      <c r="I66" s="188"/>
+      <c r="J66" s="189"/>
+    </row>
+    <row r="67" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="282" t="s">
         <v>122</v>
       </c>
-      <c r="B67" s="274"/>
-[...10 lines deleted...]
-      <c r="A68" s="285" t="s">
+      <c r="B67" s="283"/>
+      <c r="C67" s="283"/>
+      <c r="D67" s="283"/>
+      <c r="E67" s="283"/>
+      <c r="F67" s="283"/>
+      <c r="G67" s="283"/>
+      <c r="H67" s="283"/>
+      <c r="I67" s="283"/>
+      <c r="J67" s="284"/>
+    </row>
+    <row r="68" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="276" t="s">
         <v>123</v>
       </c>
-      <c r="B68" s="286"/>
-[...45 lines deleted...]
-    <row r="72" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="277"/>
+      <c r="C68" s="277"/>
+      <c r="D68" s="277"/>
+      <c r="E68" s="277"/>
+      <c r="F68" s="277"/>
+      <c r="G68" s="277"/>
+      <c r="H68" s="277"/>
+      <c r="I68" s="277"/>
+      <c r="J68" s="278"/>
+    </row>
+    <row r="69" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="276"/>
+      <c r="B69" s="277"/>
+      <c r="C69" s="277"/>
+      <c r="D69" s="277"/>
+      <c r="E69" s="277"/>
+      <c r="F69" s="277"/>
+      <c r="G69" s="277"/>
+      <c r="H69" s="277"/>
+      <c r="I69" s="277"/>
+      <c r="J69" s="278"/>
+    </row>
+    <row r="70" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="276"/>
+      <c r="B70" s="277"/>
+      <c r="C70" s="277"/>
+      <c r="D70" s="277"/>
+      <c r="E70" s="277"/>
+      <c r="F70" s="277"/>
+      <c r="G70" s="277"/>
+      <c r="H70" s="277"/>
+      <c r="I70" s="277"/>
+      <c r="J70" s="278"/>
+    </row>
+    <row r="71" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="279"/>
+      <c r="B71" s="280"/>
+      <c r="C71" s="280"/>
+      <c r="D71" s="280"/>
+      <c r="E71" s="280"/>
+      <c r="F71" s="280"/>
+      <c r="G71" s="280"/>
+      <c r="H71" s="280"/>
+      <c r="I71" s="280"/>
+      <c r="J71" s="281"/>
+    </row>
+    <row r="72" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="103"/>
       <c r="J72" s="103"/>
     </row>
-    <row r="73" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A73" s="104"/>
     </row>
-    <row r="74" spans="1:10" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="186" t="s">
+    <row r="74" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="196" t="s">
         <v>80</v>
       </c>
-      <c r="B74" s="187"/>
-[...9 lines deleted...]
-    <row r="75" spans="1:10" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="197"/>
+      <c r="C74" s="197"/>
+      <c r="D74" s="197"/>
+      <c r="E74" s="197"/>
+      <c r="F74" s="197"/>
+      <c r="G74" s="197"/>
+      <c r="H74" s="197"/>
+      <c r="I74" s="197"/>
+      <c r="J74" s="198"/>
+    </row>
+    <row r="75" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="10"/>
       <c r="B75" s="1"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="11"/>
     </row>
-    <row r="76" spans="1:10" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A76" s="179" t="s">
+    <row r="76" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="187" t="s">
         <v>81</v>
       </c>
-      <c r="B76" s="180"/>
-[...10 lines deleted...]
-      <c r="A77" s="273" t="s">
+      <c r="B76" s="188"/>
+      <c r="C76" s="188"/>
+      <c r="D76" s="188"/>
+      <c r="E76" s="188"/>
+      <c r="F76" s="188"/>
+      <c r="G76" s="188"/>
+      <c r="H76" s="188"/>
+      <c r="I76" s="188"/>
+      <c r="J76" s="189"/>
+    </row>
+    <row r="77" spans="1:10" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="282" t="s">
         <v>124</v>
       </c>
-      <c r="B77" s="274"/>
-[...10 lines deleted...]
-      <c r="A78" s="276" t="s">
+      <c r="B77" s="283"/>
+      <c r="C77" s="283"/>
+      <c r="D77" s="283"/>
+      <c r="E77" s="283"/>
+      <c r="F77" s="283"/>
+      <c r="G77" s="283"/>
+      <c r="H77" s="283"/>
+      <c r="I77" s="283"/>
+      <c r="J77" s="284"/>
+    </row>
+    <row r="78" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="294" t="s">
         <v>125</v>
       </c>
-      <c r="B78" s="277"/>
-[...81 lines deleted...]
-    <row r="85" spans="1:10" ht="11.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="295"/>
+      <c r="C78" s="295"/>
+      <c r="D78" s="295"/>
+      <c r="E78" s="295"/>
+      <c r="F78" s="295"/>
+      <c r="G78" s="295"/>
+      <c r="H78" s="295"/>
+      <c r="I78" s="295"/>
+      <c r="J78" s="296"/>
+    </row>
+    <row r="79" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="297"/>
+      <c r="B79" s="298"/>
+      <c r="C79" s="298"/>
+      <c r="D79" s="298"/>
+      <c r="E79" s="298"/>
+      <c r="F79" s="298"/>
+      <c r="G79" s="298"/>
+      <c r="H79" s="298"/>
+      <c r="I79" s="298"/>
+      <c r="J79" s="299"/>
+    </row>
+    <row r="80" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="297"/>
+      <c r="B80" s="298"/>
+      <c r="C80" s="298"/>
+      <c r="D80" s="298"/>
+      <c r="E80" s="298"/>
+      <c r="F80" s="298"/>
+      <c r="G80" s="298"/>
+      <c r="H80" s="298"/>
+      <c r="I80" s="298"/>
+      <c r="J80" s="299"/>
+    </row>
+    <row r="81" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="297"/>
+      <c r="B81" s="298"/>
+      <c r="C81" s="298"/>
+      <c r="D81" s="298"/>
+      <c r="E81" s="298"/>
+      <c r="F81" s="298"/>
+      <c r="G81" s="298"/>
+      <c r="H81" s="298"/>
+      <c r="I81" s="298"/>
+      <c r="J81" s="299"/>
+    </row>
+    <row r="82" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="297"/>
+      <c r="B82" s="298"/>
+      <c r="C82" s="298"/>
+      <c r="D82" s="298"/>
+      <c r="E82" s="298"/>
+      <c r="F82" s="298"/>
+      <c r="G82" s="298"/>
+      <c r="H82" s="298"/>
+      <c r="I82" s="298"/>
+      <c r="J82" s="299"/>
+    </row>
+    <row r="83" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="297"/>
+      <c r="B83" s="298"/>
+      <c r="C83" s="298"/>
+      <c r="D83" s="298"/>
+      <c r="E83" s="298"/>
+      <c r="F83" s="298"/>
+      <c r="G83" s="298"/>
+      <c r="H83" s="298"/>
+      <c r="I83" s="298"/>
+      <c r="J83" s="299"/>
+    </row>
+    <row r="84" spans="1:10" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="300"/>
+      <c r="B84" s="301"/>
+      <c r="C84" s="301"/>
+      <c r="D84" s="301"/>
+      <c r="E84" s="301"/>
+      <c r="F84" s="301"/>
+      <c r="G84" s="301"/>
+      <c r="H84" s="301"/>
+      <c r="I84" s="301"/>
+      <c r="J84" s="302"/>
+    </row>
+    <row r="85" spans="1:10" ht="11.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="10"/>
       <c r="J85" s="11"/>
     </row>
-    <row r="86" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="10"/>
       <c r="J86" s="11"/>
     </row>
-    <row r="87" spans="1:10" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="179" t="s">
+    <row r="87" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="187" t="s">
         <v>95</v>
       </c>
-      <c r="B87" s="180"/>
-[...10 lines deleted...]
-      <c r="A88" s="273" t="s">
+      <c r="B87" s="188"/>
+      <c r="C87" s="188"/>
+      <c r="D87" s="188"/>
+      <c r="E87" s="188"/>
+      <c r="F87" s="188"/>
+      <c r="G87" s="188"/>
+      <c r="H87" s="188"/>
+      <c r="I87" s="188"/>
+      <c r="J87" s="189"/>
+    </row>
+    <row r="88" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="282" t="s">
         <v>126</v>
       </c>
-      <c r="B88" s="274"/>
-[...10 lines deleted...]
-      <c r="A89" s="276" t="s">
+      <c r="B88" s="283"/>
+      <c r="C88" s="283"/>
+      <c r="D88" s="283"/>
+      <c r="E88" s="283"/>
+      <c r="F88" s="283"/>
+      <c r="G88" s="283"/>
+      <c r="H88" s="283"/>
+      <c r="I88" s="283"/>
+      <c r="J88" s="284"/>
+    </row>
+    <row r="89" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="294" t="s">
         <v>127</v>
       </c>
-      <c r="B89" s="277"/>
-[...51 lines deleted...]
-    <row r="101" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="295"/>
+      <c r="C89" s="295"/>
+      <c r="D89" s="295"/>
+      <c r="E89" s="295"/>
+      <c r="F89" s="295"/>
+      <c r="G89" s="295"/>
+      <c r="H89" s="295"/>
+      <c r="I89" s="295"/>
+      <c r="J89" s="296"/>
+    </row>
+    <row r="90" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="297"/>
+      <c r="B90" s="298"/>
+      <c r="C90" s="298"/>
+      <c r="D90" s="298"/>
+      <c r="E90" s="298"/>
+      <c r="F90" s="298"/>
+      <c r="G90" s="298"/>
+      <c r="H90" s="298"/>
+      <c r="I90" s="298"/>
+      <c r="J90" s="299"/>
+    </row>
+    <row r="91" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="297"/>
+      <c r="B91" s="298"/>
+      <c r="C91" s="298"/>
+      <c r="D91" s="298"/>
+      <c r="E91" s="298"/>
+      <c r="F91" s="298"/>
+      <c r="G91" s="298"/>
+      <c r="H91" s="298"/>
+      <c r="I91" s="298"/>
+      <c r="J91" s="299"/>
+    </row>
+    <row r="92" spans="1:10" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="300"/>
+      <c r="B92" s="301"/>
+      <c r="C92" s="301"/>
+      <c r="D92" s="301"/>
+      <c r="E92" s="301"/>
+      <c r="F92" s="301"/>
+      <c r="G92" s="301"/>
+      <c r="H92" s="301"/>
+      <c r="I92" s="301"/>
+      <c r="J92" s="302"/>
+    </row>
+    <row r="93" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="1"/>
       <c r="B101" s="1"/>
       <c r="C101" s="1"/>
       <c r="D101" s="1"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
     </row>
-    <row r="102" spans="1:11" s="3" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" s="3" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="1"/>
       <c r="B102" s="1"/>
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="4"/>
     </row>
-    <row r="103" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="1"/>
       <c r="B103" s="1"/>
       <c r="C103" s="1"/>
       <c r="D103" s="1"/>
       <c r="E103" s="1"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
     </row>
-    <row r="104" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="1"/>
       <c r="B104" s="1"/>
       <c r="C104" s="1"/>
       <c r="D104" s="1"/>
       <c r="E104" s="1"/>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
     </row>
-    <row r="105" spans="1:11" s="3" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" s="3" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="1"/>
       <c r="B105" s="1"/>
       <c r="C105" s="1"/>
       <c r="D105" s="1"/>
       <c r="E105" s="1"/>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
     </row>
-    <row r="106" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A106" s="1"/>
       <c r="B106" s="1"/>
       <c r="C106" s="1"/>
       <c r="D106" s="1"/>
       <c r="E106" s="1"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
     </row>
-    <row r="107" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A107" s="1"/>
       <c r="B107" s="1"/>
       <c r="C107" s="1"/>
       <c r="D107" s="1"/>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
     </row>
-    <row r="108" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="1"/>
       <c r="B108" s="1"/>
       <c r="C108" s="1"/>
       <c r="D108" s="1"/>
       <c r="E108" s="1"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
     </row>
-    <row r="109" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="1"/>
       <c r="B109" s="1"/>
       <c r="C109" s="1"/>
       <c r="D109" s="1"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
     </row>
-    <row r="110" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="1"/>
       <c r="B110" s="1"/>
       <c r="C110" s="1"/>
       <c r="D110" s="1"/>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
     </row>
-    <row r="111" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="1"/>
       <c r="B111" s="1"/>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
     </row>
-    <row r="112" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="1"/>
       <c r="B112" s="1"/>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
     </row>
-    <row r="113" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="1"/>
       <c r="B113" s="1"/>
       <c r="C113" s="1"/>
       <c r="D113" s="1"/>
       <c r="E113" s="1"/>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
     </row>
-    <row r="114" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="1"/>
       <c r="B114" s="1"/>
       <c r="C114" s="1"/>
       <c r="D114" s="1"/>
       <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
     </row>
-    <row r="115" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="1"/>
       <c r="B115" s="1"/>
       <c r="C115" s="1"/>
       <c r="D115" s="1"/>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
     </row>
-    <row r="116" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="1"/>
       <c r="B116" s="1"/>
       <c r="C116" s="1"/>
       <c r="D116" s="1"/>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
     </row>
-    <row r="117" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="1"/>
       <c r="B117" s="1"/>
       <c r="C117" s="1"/>
       <c r="D117" s="1"/>
       <c r="E117" s="1"/>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
     </row>
-    <row r="118" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="1"/>
       <c r="B118" s="1"/>
       <c r="C118" s="1"/>
       <c r="D118" s="1"/>
       <c r="E118" s="1"/>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
     </row>
-    <row r="119" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="1"/>
       <c r="B119" s="1"/>
       <c r="C119" s="1"/>
       <c r="D119" s="1"/>
       <c r="E119" s="1"/>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
     </row>
-    <row r="120" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="1"/>
       <c r="B120" s="1"/>
       <c r="C120" s="1"/>
       <c r="D120" s="1"/>
       <c r="E120" s="1"/>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
     </row>
-    <row r="121" spans="1:10" s="3" customFormat="1" ht="37.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:10" s="3" customFormat="1" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="1"/>
       <c r="B121" s="1"/>
       <c r="C121" s="1"/>
       <c r="D121" s="1"/>
       <c r="E121" s="1"/>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
     </row>
-    <row r="122" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A122" s="1"/>
       <c r="B122" s="1"/>
       <c r="C122" s="1"/>
       <c r="D122" s="1"/>
       <c r="E122" s="1"/>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="A1:J1"/>
-[...13 lines deleted...]
-    <mergeCell ref="A18:J18"/>
     <mergeCell ref="A39:J50"/>
     <mergeCell ref="A77:J77"/>
     <mergeCell ref="A88:J88"/>
     <mergeCell ref="A89:J92"/>
     <mergeCell ref="A87:J87"/>
     <mergeCell ref="A51:J51"/>
     <mergeCell ref="A52:J55"/>
     <mergeCell ref="A59:J59"/>
     <mergeCell ref="A66:J66"/>
     <mergeCell ref="A78:J84"/>
     <mergeCell ref="A74:J74"/>
     <mergeCell ref="A76:J76"/>
     <mergeCell ref="A60:J63"/>
     <mergeCell ref="A67:J67"/>
     <mergeCell ref="A68:J71"/>
     <mergeCell ref="A58:J58"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A38:J38"/>
+    <mergeCell ref="A37:J37"/>
+    <mergeCell ref="A29:J29"/>
+    <mergeCell ref="A8:J8"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C4:J4"/>
+    <mergeCell ref="A6:J6"/>
+    <mergeCell ref="A10:J17"/>
+    <mergeCell ref="A19:J26"/>
+    <mergeCell ref="A31:J34"/>
+    <mergeCell ref="A9:J9"/>
+    <mergeCell ref="A30:J30"/>
+    <mergeCell ref="A18:J18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="97" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{330277A9-04C5-4FFC-8DB6-E425DF051C93}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J39"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G37" sqref="G37"/>
+    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="O30" sqref="O30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.7265625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12" max="16384" width="8.81640625" style="1"/>
+    <col min="1" max="1" width="30.77734375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.77734375" style="1" customWidth="1"/>
+    <col min="3" max="6" width="10.77734375" style="1" customWidth="1"/>
+    <col min="7" max="10" width="12.77734375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="9.21875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="3" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="244" t="s">
+    <row r="1" spans="1:10" s="3" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="183" t="s">
         <v>128</v>
       </c>
-      <c r="B1" s="244"/>
-[...10 lines deleted...]
-      <c r="A2" s="306" t="s">
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+    </row>
+    <row r="2" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="303" t="s">
         <v>129</v>
       </c>
-      <c r="B2" s="306"/>
-[...11 lines deleted...]
-      <c r="A4" s="245" t="s">
+      <c r="B2" s="303"/>
+      <c r="C2" s="303"/>
+      <c r="D2" s="303"/>
+      <c r="E2" s="303"/>
+      <c r="F2" s="303"/>
+      <c r="G2" s="303"/>
+      <c r="H2" s="303"/>
+      <c r="I2" s="303"/>
+      <c r="J2" s="303"/>
+    </row>
+    <row r="3" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="246"/>
-[...10 lines deleted...]
-      <c r="A5" s="165" t="s">
+      <c r="B4" s="185"/>
+      <c r="C4" s="185"/>
+      <c r="D4" s="185"/>
+      <c r="E4" s="185"/>
+      <c r="F4" s="185"/>
+      <c r="G4" s="185"/>
+      <c r="H4" s="185"/>
+      <c r="I4" s="185"/>
+      <c r="J4" s="186"/>
+    </row>
+    <row r="5" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="180" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="166"/>
-[...10 lines deleted...]
-      <c r="A6" s="165" t="s">
+      <c r="B5" s="181"/>
+      <c r="C5" s="192"/>
+      <c r="D5" s="192"/>
+      <c r="E5" s="192"/>
+      <c r="F5" s="192"/>
+      <c r="G5" s="192"/>
+      <c r="H5" s="192"/>
+      <c r="I5" s="192"/>
+      <c r="J5" s="193"/>
+    </row>
+    <row r="6" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="180" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="166"/>
-[...10 lines deleted...]
-      <c r="A7" s="165" t="s">
+      <c r="B6" s="181"/>
+      <c r="C6" s="192"/>
+      <c r="D6" s="192"/>
+      <c r="E6" s="192"/>
+      <c r="F6" s="192"/>
+      <c r="G6" s="192"/>
+      <c r="H6" s="192"/>
+      <c r="I6" s="192"/>
+      <c r="J6" s="193"/>
+    </row>
+    <row r="7" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="180" t="s">
         <v>130</v>
       </c>
-      <c r="B7" s="166"/>
-[...10 lines deleted...]
-      <c r="A8" s="248" t="s">
+      <c r="B7" s="181"/>
+      <c r="C7" s="192"/>
+      <c r="D7" s="192"/>
+      <c r="E7" s="192"/>
+      <c r="F7" s="192"/>
+      <c r="G7" s="192"/>
+      <c r="H7" s="192"/>
+      <c r="I7" s="192"/>
+      <c r="J7" s="193"/>
+    </row>
+    <row r="8" spans="1:10" s="3" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="190" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="249"/>
+      <c r="B8" s="191"/>
       <c r="C8" s="304"/>
       <c r="D8" s="304"/>
       <c r="E8" s="304"/>
       <c r="F8" s="304"/>
       <c r="G8" s="304"/>
       <c r="H8" s="304"/>
       <c r="I8" s="304"/>
       <c r="J8" s="305"/>
     </row>
-    <row r="9" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-      <c r="A11" s="233" t="s">
+    <row r="9" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="10" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="11" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="207" t="s">
         <v>131</v>
       </c>
-      <c r="B11" s="234"/>
-[...15 lines deleted...]
-      <c r="F12" s="241"/>
+      <c r="B11" s="208"/>
+      <c r="C11" s="208"/>
+      <c r="D11" s="208"/>
+      <c r="E11" s="208"/>
+      <c r="F11" s="208"/>
+      <c r="G11" s="208"/>
+      <c r="H11" s="208"/>
+      <c r="I11" s="208"/>
+      <c r="J11" s="209"/>
+    </row>
+    <row r="12" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="217"/>
+      <c r="B12" s="218"/>
+      <c r="C12" s="218"/>
+      <c r="D12" s="218"/>
+      <c r="E12" s="218"/>
+      <c r="F12" s="219"/>
       <c r="G12" s="74" t="s">
         <v>20</v>
       </c>
       <c r="H12" s="75" t="s">
         <v>21</v>
       </c>
       <c r="I12" s="76" t="s">
         <v>22</v>
       </c>
       <c r="J12" s="56" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="227" t="s">
+    <row r="13" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="163" t="s">
         <v>132</v>
       </c>
-      <c r="B13" s="228"/>
-[...3 lines deleted...]
-      <c r="F13" s="229"/>
+      <c r="B13" s="164"/>
+      <c r="C13" s="164"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164"/>
+      <c r="F13" s="165"/>
       <c r="G13" s="111">
         <f>'Begrotingsaanvraag per partner'!G114</f>
         <v>0</v>
       </c>
       <c r="H13" s="125">
         <f>'Begrotingsaanvraag per partner'!H114</f>
         <v>0</v>
       </c>
       <c r="I13" s="113">
         <f>'Begrotingsaanvraag per partner'!I114</f>
         <v>0</v>
       </c>
       <c r="J13" s="48">
         <f t="shared" ref="J13:J18" si="0">SUM(G13:I13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="227" t="s">
+    <row r="14" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="163" t="s">
         <v>133</v>
       </c>
-      <c r="B14" s="228"/>
-[...3 lines deleted...]
-      <c r="F14" s="229"/>
+      <c r="B14" s="164"/>
+      <c r="C14" s="164"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164"/>
+      <c r="F14" s="165"/>
       <c r="G14" s="111">
         <v>0</v>
       </c>
       <c r="H14" s="125">
         <v>0</v>
       </c>
       <c r="I14" s="113">
         <v>0</v>
       </c>
       <c r="J14" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="227" t="s">
+    <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="163" t="s">
         <v>134</v>
       </c>
-      <c r="B15" s="228"/>
-[...3 lines deleted...]
-      <c r="F15" s="229"/>
+      <c r="B15" s="164"/>
+      <c r="C15" s="164"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164"/>
+      <c r="F15" s="165"/>
       <c r="G15" s="111">
         <v>0</v>
       </c>
       <c r="H15" s="125">
         <v>0</v>
       </c>
       <c r="I15" s="113">
         <v>0</v>
       </c>
       <c r="J15" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="227" t="s">
+    <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="163" t="s">
         <v>135</v>
       </c>
-      <c r="B16" s="228"/>
-[...3 lines deleted...]
-      <c r="F16" s="229"/>
+      <c r="B16" s="164"/>
+      <c r="C16" s="164"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164"/>
+      <c r="F16" s="165"/>
       <c r="G16" s="111">
         <v>0</v>
       </c>
       <c r="H16" s="125">
         <v>0</v>
       </c>
       <c r="I16" s="113">
         <v>0</v>
       </c>
       <c r="J16" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="227" t="s">
+    <row r="17" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="163" t="s">
         <v>136</v>
       </c>
-      <c r="B17" s="228"/>
-[...3 lines deleted...]
-      <c r="F17" s="229"/>
+      <c r="B17" s="164"/>
+      <c r="C17" s="164"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164"/>
+      <c r="F17" s="165"/>
       <c r="G17" s="111">
         <v>0</v>
       </c>
       <c r="H17" s="125">
         <v>0</v>
       </c>
       <c r="I17" s="113">
         <v>0</v>
       </c>
       <c r="J17" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="227" t="s">
+    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="163" t="s">
         <v>137</v>
       </c>
-      <c r="B18" s="228"/>
-[...3 lines deleted...]
-      <c r="F18" s="229"/>
+      <c r="B18" s="164"/>
+      <c r="C18" s="164"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164"/>
+      <c r="F18" s="165"/>
       <c r="G18" s="111">
         <v>0</v>
       </c>
       <c r="H18" s="125">
         <v>0</v>
       </c>
       <c r="I18" s="113">
         <v>0</v>
       </c>
       <c r="J18" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="168" t="s">
+    <row r="19" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="257" t="s">
         <v>79</v>
       </c>
-      <c r="B19" s="169"/>
-[...3 lines deleted...]
-      <c r="F19" s="170"/>
+      <c r="B19" s="258"/>
+      <c r="C19" s="258"/>
+      <c r="D19" s="258"/>
+      <c r="E19" s="258"/>
+      <c r="F19" s="259"/>
       <c r="G19" s="78">
         <f>SUM(G13:G18)</f>
         <v>0</v>
       </c>
       <c r="H19" s="79">
         <f>SUM(H13:H18)</f>
         <v>0</v>
       </c>
       <c r="I19" s="80">
         <f>SUM(I13:I18)</f>
         <v>0</v>
       </c>
       <c r="J19" s="81">
         <f>SUM(J13:J18)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="A22" s="233" t="s">
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="21" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="22" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="207" t="s">
         <v>138</v>
       </c>
-      <c r="B22" s="234"/>
-[...15 lines deleted...]
-      <c r="F23" s="201"/>
+      <c r="B22" s="208"/>
+      <c r="C22" s="208"/>
+      <c r="D22" s="208"/>
+      <c r="E22" s="208"/>
+      <c r="F22" s="208"/>
+      <c r="G22" s="208"/>
+      <c r="H22" s="208"/>
+      <c r="I22" s="208"/>
+      <c r="J22" s="209"/>
+    </row>
+    <row r="23" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="253"/>
+      <c r="B23" s="254"/>
+      <c r="C23" s="254"/>
+      <c r="D23" s="254"/>
+      <c r="E23" s="254"/>
+      <c r="F23" s="255"/>
       <c r="G23" s="88" t="str">
         <f>G12</f>
         <v>Jaar 1</v>
       </c>
       <c r="H23" s="89" t="str">
         <f>H12</f>
         <v>Jaar 2</v>
       </c>
       <c r="I23" s="90" t="str">
         <f>I12</f>
         <v>Jaar 3</v>
       </c>
       <c r="J23" s="91" t="str">
         <f>J12</f>
         <v>Totaal</v>
       </c>
     </row>
-    <row r="24" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="242" t="str">
+    <row r="24" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="220" t="str">
         <f t="shared" ref="A24:A29" si="1">A13</f>
         <v xml:space="preserve">Hoofdaanvrager: </v>
       </c>
-      <c r="B24" s="243"/>
-[...3 lines deleted...]
-      <c r="F24" s="303"/>
+      <c r="B24" s="192"/>
+      <c r="C24" s="192"/>
+      <c r="D24" s="192"/>
+      <c r="E24" s="192"/>
+      <c r="F24" s="306"/>
       <c r="G24" s="111">
         <f>'Begrotingsaanvraag per partner'!G147</f>
         <v>0</v>
       </c>
       <c r="H24" s="112">
         <f>'Begrotingsaanvraag per partner'!H147</f>
         <v>0</v>
       </c>
       <c r="I24" s="113">
         <f>'Begrotingsaanvraag per partner'!I147</f>
         <v>0</v>
       </c>
       <c r="J24" s="48">
         <f>SUM(G24:I24)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="227" t="str">
+    <row r="25" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="163" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">Partner 1: </v>
       </c>
-      <c r="B25" s="228"/>
-[...3 lines deleted...]
-      <c r="F25" s="229"/>
+      <c r="B25" s="164"/>
+      <c r="C25" s="164"/>
+      <c r="D25" s="164"/>
+      <c r="E25" s="164"/>
+      <c r="F25" s="165"/>
       <c r="G25" s="111">
         <v>0</v>
       </c>
       <c r="H25" s="112">
         <v>0</v>
       </c>
       <c r="I25" s="113">
         <v>0</v>
       </c>
       <c r="J25" s="48">
         <f t="shared" ref="J25:J27" si="2">SUM(G25:I25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="227" t="str">
+    <row r="26" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="163" t="str">
         <f t="shared" si="1"/>
         <v>Partner 2:</v>
       </c>
-      <c r="B26" s="228"/>
-[...3 lines deleted...]
-      <c r="F26" s="229"/>
+      <c r="B26" s="164"/>
+      <c r="C26" s="164"/>
+      <c r="D26" s="164"/>
+      <c r="E26" s="164"/>
+      <c r="F26" s="165"/>
       <c r="G26" s="111">
         <v>0</v>
       </c>
       <c r="H26" s="112">
         <v>0</v>
       </c>
       <c r="I26" s="113">
         <v>0</v>
       </c>
       <c r="J26" s="48">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="227" t="str">
+    <row r="27" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="163" t="str">
         <f t="shared" si="1"/>
         <v>Partner 3:</v>
       </c>
-      <c r="B27" s="228"/>
-[...3 lines deleted...]
-      <c r="F27" s="229"/>
+      <c r="B27" s="164"/>
+      <c r="C27" s="164"/>
+      <c r="D27" s="164"/>
+      <c r="E27" s="164"/>
+      <c r="F27" s="165"/>
       <c r="G27" s="111">
         <v>0</v>
       </c>
       <c r="H27" s="112">
         <v>0</v>
       </c>
       <c r="I27" s="113">
         <v>0</v>
       </c>
       <c r="J27" s="48">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="242" t="str">
+    <row r="28" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="220" t="str">
         <f t="shared" si="1"/>
         <v>Partner 4:</v>
       </c>
-      <c r="B28" s="243"/>
-[...3 lines deleted...]
-      <c r="F28" s="303"/>
+      <c r="B28" s="192"/>
+      <c r="C28" s="192"/>
+      <c r="D28" s="192"/>
+      <c r="E28" s="192"/>
+      <c r="F28" s="306"/>
       <c r="G28" s="111">
         <v>0</v>
       </c>
       <c r="H28" s="112">
         <v>0</v>
       </c>
       <c r="I28" s="113">
         <v>0</v>
       </c>
       <c r="J28" s="48">
         <f>SUM(G28:I28)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="227" t="str">
+    <row r="29" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="163" t="str">
         <f t="shared" si="1"/>
         <v>Partner 5:</v>
       </c>
-      <c r="B29" s="228"/>
-[...3 lines deleted...]
-      <c r="F29" s="229"/>
+      <c r="B29" s="164"/>
+      <c r="C29" s="164"/>
+      <c r="D29" s="164"/>
+      <c r="E29" s="164"/>
+      <c r="F29" s="165"/>
       <c r="G29" s="115">
         <v>0</v>
       </c>
       <c r="H29" s="112">
         <v>0</v>
       </c>
       <c r="I29" s="116">
         <v>0</v>
       </c>
       <c r="J29" s="48">
         <f>SUM(G29:I29)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="171" t="s">
+    <row r="30" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="260" t="s">
         <v>79</v>
       </c>
-      <c r="B30" s="172"/>
-[...3 lines deleted...]
-      <c r="F30" s="172"/>
+      <c r="B30" s="261"/>
+      <c r="C30" s="261"/>
+      <c r="D30" s="261"/>
+      <c r="E30" s="261"/>
+      <c r="F30" s="261"/>
       <c r="G30" s="92">
         <f>SUM(G24:G29)</f>
         <v>0</v>
       </c>
       <c r="H30" s="126">
         <f>SUM(H24:H29)</f>
         <v>0</v>
       </c>
       <c r="I30" s="81">
         <f>SUM(I24:I29)</f>
         <v>0</v>
       </c>
       <c r="J30" s="81">
         <f t="shared" ref="J30" si="3">SUM(J24:J28)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-      <c r="A33" s="186" t="s">
+    <row r="31" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="33" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="196" t="s">
         <v>104</v>
       </c>
-      <c r="B33" s="187"/>
-[...16 lines deleted...]
-      <c r="G34" s="196" t="s">
+      <c r="B33" s="197"/>
+      <c r="C33" s="197"/>
+      <c r="D33" s="197"/>
+      <c r="E33" s="197"/>
+      <c r="F33" s="197"/>
+      <c r="G33" s="197"/>
+      <c r="H33" s="197"/>
+      <c r="I33" s="197"/>
+      <c r="J33" s="198"/>
+    </row>
+    <row r="34" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="227"/>
+      <c r="B34" s="228"/>
+      <c r="C34" s="228"/>
+      <c r="D34" s="228"/>
+      <c r="E34" s="228"/>
+      <c r="F34" s="256"/>
+      <c r="G34" s="234" t="s">
         <v>105</v>
       </c>
-      <c r="H34" s="197"/>
-      <c r="I34" s="198"/>
+      <c r="H34" s="235"/>
+      <c r="I34" s="236"/>
       <c r="J34" s="56" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="35" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F35" s="204"/>
+    <row r="35" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="227"/>
+      <c r="B35" s="228"/>
+      <c r="C35" s="228"/>
+      <c r="D35" s="228"/>
+      <c r="E35" s="228"/>
+      <c r="F35" s="256"/>
       <c r="G35" s="24" t="s">
         <v>20</v>
       </c>
       <c r="H35" s="25" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="26" t="s">
         <v>22</v>
       </c>
       <c r="J35" s="21" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="36" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="160" t="s">
+    <row r="36" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="166" t="s">
         <v>155</v>
       </c>
-      <c r="B36" s="161"/>
-[...3 lines deleted...]
-      <c r="F36" s="161"/>
+      <c r="B36" s="167"/>
+      <c r="C36" s="167"/>
+      <c r="D36" s="167"/>
+      <c r="E36" s="167"/>
+      <c r="F36" s="167"/>
       <c r="G36" s="93">
-        <f>IF((G19-G30)&lt;=900000,(G19-G30),900000)</f>
+        <f>IF((G19-G30)&lt;=2000000,(G19-G30),2000000)</f>
         <v>0</v>
       </c>
       <c r="H36" s="94">
-        <f>IF((H19-H30)&lt;=900000,(H19-H30),900000)</f>
+        <f>IF((H19-H30)&lt;=2000000,(H19-H30),2000000)</f>
         <v>0</v>
       </c>
       <c r="I36" s="95">
-        <f>IF((I19-I30)&lt;=900000,(I19-I30),900000)</f>
+        <f>IF((I19-I30)&lt;=2000000,(I19-I30),2000000)</f>
         <v>0</v>
       </c>
       <c r="J36" s="96">
-        <f>IF(SUM(G36:I36)&lt;=900000,SUM(G36:I36),900000)</f>
-[...4 lines deleted...]
-      <c r="A37" s="162" t="s">
+        <f>IF(SUM(G36:I36)&lt;=2000000,SUM(G36:I36),2000000)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="241" t="s">
         <v>107</v>
       </c>
-      <c r="B37" s="163"/>
-[...3 lines deleted...]
-      <c r="F37" s="163"/>
+      <c r="B37" s="242"/>
+      <c r="C37" s="242"/>
+      <c r="D37" s="242"/>
+      <c r="E37" s="242"/>
+      <c r="F37" s="242"/>
       <c r="G37" s="97" t="e">
         <f>G36/G19</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H37" s="98" t="e">
         <f>H36/H19</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I37" s="99" t="e">
         <f>I36/I19</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J37" s="99" t="e">
         <f>J36/J19</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="38" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J39" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="35">
-    <mergeCell ref="A1:J1"/>
-[...14 lines deleted...]
-    <mergeCell ref="A11:J11"/>
+    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="A36:F36"/>
+    <mergeCell ref="A37:F37"/>
     <mergeCell ref="A33:J33"/>
     <mergeCell ref="A25:F25"/>
     <mergeCell ref="A26:F26"/>
     <mergeCell ref="A27:F27"/>
     <mergeCell ref="A16:F16"/>
     <mergeCell ref="A19:F19"/>
     <mergeCell ref="A17:F17"/>
     <mergeCell ref="A22:J22"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A28:F28"/>
     <mergeCell ref="A30:F30"/>
     <mergeCell ref="A18:F18"/>
     <mergeCell ref="A29:F29"/>
-    <mergeCell ref="A34:F34"/>
-[...3 lines deleted...]
-    <mergeCell ref="A37:F37"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="C7:J7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="C8:J8"/>
+    <mergeCell ref="A11:J11"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="C5:J5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="97" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="G13:I13 G24:I24" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADE51481-4B24-4FA3-9DF5-96804274ECB0}">
   <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="30.7265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="10" width="12.7265625" customWidth="1"/>
+    <col min="1" max="1" width="30.77734375" customWidth="1"/>
+    <col min="2" max="2" width="12.77734375" customWidth="1"/>
+    <col min="3" max="6" width="10.77734375" customWidth="1"/>
+    <col min="7" max="10" width="12.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.35">
-      <c r="A1" s="244" t="s">
+    <row r="1" spans="1:10" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1" s="183" t="s">
         <v>139</v>
       </c>
-      <c r="B1" s="244"/>
-[...11 lines deleted...]
-      <c r="A3" s="322" t="s">
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="307" t="s">
         <v>140</v>
       </c>
-      <c r="B3" s="323"/>
-[...21 lines deleted...]
-    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B3" s="308"/>
+      <c r="C3" s="308"/>
+      <c r="D3" s="308"/>
+      <c r="E3" s="308"/>
+      <c r="F3" s="308"/>
+      <c r="G3" s="308"/>
+      <c r="H3" s="308"/>
+      <c r="I3" s="308"/>
+      <c r="J3" s="309"/>
+    </row>
+    <row r="4" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="310"/>
+      <c r="B4" s="311"/>
+      <c r="C4" s="311"/>
+      <c r="D4" s="311"/>
+      <c r="E4" s="311"/>
+      <c r="F4" s="311"/>
+      <c r="G4" s="311"/>
+      <c r="H4" s="311"/>
+      <c r="I4" s="311"/>
+      <c r="J4" s="312"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="134"/>
       <c r="B5" s="134"/>
       <c r="C5" s="134"/>
       <c r="D5" s="134"/>
       <c r="E5" s="134"/>
       <c r="F5" s="134"/>
       <c r="G5" s="134"/>
       <c r="H5" s="134"/>
       <c r="I5" s="134"/>
       <c r="J5" s="134"/>
     </row>
-    <row r="6" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="328" t="s">
+    <row r="6" spans="1:10" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="313" t="s">
         <v>141</v>
       </c>
-      <c r="B6" s="329"/>
-[...10 lines deleted...]
-      <c r="A7" s="331"/>
+      <c r="B6" s="314"/>
+      <c r="C6" s="314"/>
+      <c r="D6" s="314"/>
+      <c r="E6" s="314"/>
+      <c r="F6" s="314"/>
+      <c r="G6" s="314"/>
+      <c r="H6" s="314"/>
+      <c r="I6" s="314"/>
+      <c r="J6" s="315"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="316"/>
       <c r="B7" s="156"/>
       <c r="C7" s="156"/>
       <c r="D7" s="156"/>
       <c r="E7" s="156"/>
       <c r="F7" s="156"/>
       <c r="G7" s="156"/>
       <c r="H7" s="156"/>
       <c r="I7" s="156"/>
-      <c r="J7" s="332"/>
-[...2 lines deleted...]
-      <c r="A8" s="331"/>
+      <c r="J7" s="317"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="316"/>
       <c r="B8" s="156"/>
       <c r="C8" s="156"/>
       <c r="D8" s="156"/>
       <c r="E8" s="156"/>
       <c r="F8" s="156"/>
       <c r="G8" s="156"/>
       <c r="H8" s="156"/>
       <c r="I8" s="156"/>
-      <c r="J8" s="332"/>
-[...2 lines deleted...]
-      <c r="A9" s="331"/>
+      <c r="J8" s="317"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="316"/>
       <c r="B9" s="156"/>
       <c r="C9" s="156"/>
       <c r="D9" s="156"/>
       <c r="E9" s="156"/>
       <c r="F9" s="156"/>
       <c r="G9" s="156"/>
       <c r="H9" s="156"/>
       <c r="I9" s="156"/>
-      <c r="J9" s="332"/>
-[...2 lines deleted...]
-      <c r="A10" s="331"/>
+      <c r="J9" s="317"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="316"/>
       <c r="B10" s="156"/>
       <c r="C10" s="156"/>
       <c r="D10" s="156"/>
       <c r="E10" s="156"/>
       <c r="F10" s="156"/>
       <c r="G10" s="156"/>
       <c r="H10" s="156"/>
       <c r="I10" s="156"/>
-      <c r="J10" s="332"/>
-[...15 lines deleted...]
-      <c r="A13" s="336" t="s">
+      <c r="J10" s="317"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="318"/>
+      <c r="B11" s="319"/>
+      <c r="C11" s="319"/>
+      <c r="D11" s="319"/>
+      <c r="E11" s="319"/>
+      <c r="F11" s="319"/>
+      <c r="G11" s="319"/>
+      <c r="H11" s="319"/>
+      <c r="I11" s="319"/>
+      <c r="J11" s="320"/>
+    </row>
+    <row r="12" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="321" t="s">
         <v>142</v>
       </c>
-      <c r="B13" s="337"/>
-[...9 lines deleted...]
-    <row r="14" spans="1:10" ht="28.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="322"/>
+      <c r="C13" s="322"/>
+      <c r="D13" s="322"/>
+      <c r="E13" s="322"/>
+      <c r="F13" s="322"/>
+      <c r="G13" s="322"/>
+      <c r="H13" s="322"/>
+      <c r="I13" s="322"/>
+      <c r="J13" s="323"/>
+    </row>
+    <row r="14" spans="1:10" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="135" t="s">
         <v>143</v>
       </c>
       <c r="B14" s="136" t="s">
         <v>144</v>
       </c>
-      <c r="C14" s="339" t="s">
+      <c r="C14" s="324" t="s">
         <v>145</v>
       </c>
-      <c r="D14" s="339"/>
-      <c r="E14" s="340" t="s">
+      <c r="D14" s="324"/>
+      <c r="E14" s="325" t="s">
         <v>146</v>
       </c>
-      <c r="F14" s="340"/>
-      <c r="G14" s="341" t="s">
+      <c r="F14" s="325"/>
+      <c r="G14" s="326" t="s">
         <v>147</v>
       </c>
-      <c r="H14" s="342"/>
-      <c r="I14" s="341" t="s">
+      <c r="H14" s="327"/>
+      <c r="I14" s="326" t="s">
         <v>148</v>
       </c>
-      <c r="J14" s="343"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J14" s="328"/>
+    </row>
+    <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="137" t="s">
         <v>149</v>
       </c>
       <c r="B15" s="138">
         <v>0</v>
       </c>
-      <c r="C15" s="307">
+      <c r="C15" s="329">
         <v>1</v>
       </c>
-      <c r="D15" s="308"/>
-      <c r="E15" s="307">
+      <c r="D15" s="330"/>
+      <c r="E15" s="329">
         <v>1</v>
       </c>
-      <c r="F15" s="308"/>
-      <c r="G15" s="309">
+      <c r="F15" s="330"/>
+      <c r="G15" s="331">
         <v>12</v>
       </c>
-      <c r="H15" s="310"/>
-      <c r="I15" s="311">
+      <c r="H15" s="332"/>
+      <c r="I15" s="333">
         <f>IF(B15&gt;G15,"FOUT",(B15*C15*E15))</f>
         <v>0</v>
       </c>
-      <c r="J15" s="312"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J15" s="334"/>
+    </row>
+    <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="139" t="s">
         <v>150</v>
       </c>
       <c r="B16" s="140"/>
-      <c r="C16" s="316"/>
-[...8 lines deleted...]
-    <row r="17" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="C16" s="335"/>
+      <c r="D16" s="336"/>
+      <c r="E16" s="335"/>
+      <c r="F16" s="336"/>
+      <c r="G16" s="337"/>
+      <c r="H16" s="338"/>
+      <c r="I16" s="339"/>
+      <c r="J16" s="340"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="141" t="s">
         <v>151</v>
       </c>
       <c r="B17" s="138">
         <v>0</v>
       </c>
-      <c r="C17" s="307">
+      <c r="C17" s="329">
         <v>1</v>
       </c>
-      <c r="D17" s="308"/>
-      <c r="E17" s="307">
+      <c r="D17" s="330"/>
+      <c r="E17" s="329">
         <v>1</v>
       </c>
-      <c r="F17" s="308"/>
-      <c r="G17" s="309">
+      <c r="F17" s="330"/>
+      <c r="G17" s="331">
         <v>12</v>
       </c>
-      <c r="H17" s="310"/>
-      <c r="I17" s="311">
+      <c r="H17" s="332"/>
+      <c r="I17" s="333">
         <f>IF((B17/B18)&gt;G17,"FOUT",((B17/B18)*C17*E17*12))</f>
         <v>0</v>
       </c>
-      <c r="J17" s="312"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="J17" s="334"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="142" t="s">
         <v>152</v>
       </c>
       <c r="B18" s="143">
         <v>210</v>
       </c>
       <c r="C18" s="144"/>
       <c r="D18" s="144"/>
       <c r="E18" s="144"/>
       <c r="F18" s="144"/>
       <c r="G18" s="145"/>
       <c r="H18" s="145"/>
       <c r="I18" s="146"/>
       <c r="J18" s="147"/>
     </row>
-    <row r="19" spans="1:10" ht="316.14999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="313" t="s">
+    <row r="19" spans="1:10" ht="316.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="341" t="s">
         <v>153</v>
       </c>
-      <c r="B19" s="314"/>
-[...7 lines deleted...]
-      <c r="J19" s="315"/>
+      <c r="B19" s="342"/>
+      <c r="C19" s="342"/>
+      <c r="D19" s="342"/>
+      <c r="E19" s="342"/>
+      <c r="F19" s="342"/>
+      <c r="G19" s="342"/>
+      <c r="H19" s="342"/>
+      <c r="I19" s="342"/>
+      <c r="J19" s="343"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="A19:J19"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="I16:J16"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A3:J4"/>
     <mergeCell ref="A6:J11"/>
     <mergeCell ref="A13:J13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="I14:J14"/>
-    <mergeCell ref="C15:D15"/>
-[...11 lines deleted...]
-    <mergeCell ref="A19:J19"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec2496bc-6f9e-4484-bf75-8b735f0b0828">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Jaar xmlns="7be28e6d-f5fb-4588-8b94-cf05c481824e" xsi:nil="true"/>
     <Dossier xmlns="7be28e6d-f5fb-4588-8b94-cf05c481824e" xsi:nil="true"/>
     <DocumentSetDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Datum xmlns="ec2496bc-6f9e-4484-bf75-8b735f0b0828" xsi:nil="true"/>
     <Dossierbehandelaar xmlns="7be28e6d-f5fb-4588-8b94-cf05c481824e">
       <UserInfo>
         <DisplayName>Dooms Evy</DisplayName>
         <AccountId>28</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Walravens Nils</DisplayName>
         <AccountId>501</AccountId>
         <AccountType/>
       </UserInfo>
     </Dossierbehandelaar>
     <lafdc95836964fc5a82eb2c6e5f9045c xmlns="7be28e6d-f5fb-4588-8b94-cf05c481824e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lafdc95836964fc5a82eb2c6e5f9045c>
+    <datum0 xmlns="ec2496bc-6f9e-4484-bf75-8b735f0b0828" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100506D2AE2EA574B40956B44826D451C45" ma:contentTypeVersion="27" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="99f09ef9cd6000a1e1f96f58b2bb46a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="7be28e6d-f5fb-4588-8b94-cf05c481824e" xmlns:ns3="ec2496bc-6f9e-4484-bf75-8b735f0b0828" xmlns:ns4="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d6817b86fc82ed40582c245ea5c4149" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100506D2AE2EA574B40956B44826D451C45" ma:contentTypeVersion="28" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="b36e185d42b3eaaa58f6e3987ae67459">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="7be28e6d-f5fb-4588-8b94-cf05c481824e" xmlns:ns3="ec2496bc-6f9e-4484-bf75-8b735f0b0828" xmlns:ns4="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc47ce38ad18c210f4ff143cf444f685" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="7be28e6d-f5fb-4588-8b94-cf05c481824e"/>
     <xsd:import namespace="ec2496bc-6f9e-4484-bf75-8b735f0b0828"/>
     <xsd:import namespace="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Dossierbehandelaar" minOccurs="0"/>
                 <xsd:element ref="ns2:Dossier" minOccurs="0"/>
                 <xsd:element ref="ns2:Jaar" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:DocumentSetDescription" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lafdc95836964fc5a82eb2c6e5f9045c" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:Datum" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:datum0" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="DocumentSetDescription" ma:index="15" nillable="true" ma:displayName="Beschrijving" ma:description="Een beschrijving van de documentenset" ma:internalName="DocumentSetDescription">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7be28e6d-f5fb-4588-8b94-cf05c481824e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Dossierbehandelaar" ma:index="8" nillable="true" ma:displayName="Dossierbehandelaar" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Dossierbehandelaar" ma:showField="Title">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
@@ -9934,50 +9936,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="28" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Datum" ma:index="29" nillable="true" ma:displayName="Datum" ma:format="DateTime" ma:internalName="Datum">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="30" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="31" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="32" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="datum0" ma:index="33" nillable="true" ma:displayName="datum" ma:format="DateOnly" ma:internalName="datum0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2e0168dd-3179-4b2d-8fe7-fd4c647143c0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7be28e6d-f5fb-4588-8b94-cf05c481824e">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
@@ -10050,73 +10057,95 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49D227CF-33BB-448C-8B1F-B14C145667FA}">
-[...12 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B75D5CD2-011A-494C-B71A-BB8344B08DC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49D227CF-33BB-448C-8B1F-B14C145667FA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="7be28e6d-f5fb-4588-8b94-cf05c481824e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="ec2496bc-6f9e-4484-bf75-8b735f0b0828"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9197F779-9BAE-4489-A5B0-B64F616788F8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{769AEDE1-D83D-494A-A217-D1289F016711}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="7be28e6d-f5fb-4588-8b94-cf05c481824e"/>
+    <ds:schemaRef ds:uri="ec2496bc-6f9e-4484-bf75-8b735f0b0828"/>
+    <ds:schemaRef ds:uri="9a9ec0f0-7796-43d0-ac1f-4c8c46ee0bd1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>LEES DIT EERST</vt:lpstr>
       <vt:lpstr>Begrotingsaanvraag per partner</vt:lpstr>
       <vt:lpstr>Toelichting begr.aanvraag</vt:lpstr>
       <vt:lpstr>Totalen begroting</vt:lpstr>
       <vt:lpstr>Berekening personeelsinzet</vt:lpstr>
     </vt:vector>