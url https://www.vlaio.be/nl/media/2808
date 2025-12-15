--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -133,87 +133,87 @@
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp45.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp46.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp47.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp48.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp49.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX30.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX30.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/ctrlProps/ctrlProp50.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp51.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/maaike_vanovermeire_vlaio_be/Documents/Documenten/SUSTAINABILITY/TOOLS/VSME Tool EEN VLAIO/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="10153" documentId="13_ncr:1_{A71828CA-95B7-4367-A72A-DC5EE046E846}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5471A7EB-E70F-44C8-B1B0-B9621F983327}"/>
+  <xr:revisionPtr revIDLastSave="10169" documentId="13_ncr:1_{A71828CA-95B7-4367-A72A-DC5EE046E846}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F939D6B4-C4A8-4F5B-93CF-4934BF13C01C}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="YXSom/1u9tJuJeTFDg/rHitN/KY+kEmbdjyvsJhguctmUC2bgVM0+yPNXK3cSymOz9lQ9Ao/3k90bzwb/+7iiQ==" workbookSaltValue="h80k6dRGGExkQVWB429BnA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-23148" yWindow="-708" windowWidth="23256" windowHeight="14616" xr2:uid="{BD0C1188-38A6-484B-AFCD-F8264A61E050}"/>
   </bookViews>
   <sheets>
     <sheet name="Voorblad" sheetId="8" r:id="rId1"/>
     <sheet name="Inhoudstabel" sheetId="7" r:id="rId2"/>
     <sheet name="Algemeen" sheetId="1" r:id="rId3"/>
     <sheet name="Milieu" sheetId="2" r:id="rId4"/>
     <sheet name="Sociaal" sheetId="3" r:id="rId5"/>
     <sheet name="Governance" sheetId="4" r:id="rId6"/>
     <sheet name="Gids - Extra info" sheetId="5" r:id="rId7"/>
     <sheet name="Keuzelijsten" sheetId="6" state="hidden" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Algemeen!$A$1:$F$97</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="6">'Gids - Extra info'!$A$1:$E$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'Gids - Extra info'!$A$1:$E$67</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">Governance!$A$1:$F$33</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Inhoudstabel!$A$1:$D$61</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Milieu!$A$1:$F$157</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Sociaal!$A$1:$F$106</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Voorblad!$A$1:$F$25</definedName>
     <definedName name="B._Comprehensive_Module">Algemeen!$A$60</definedName>
-    <definedName name="COND_Biodiversity">'Gids - Extra info'!$A$34</definedName>
-[...4 lines deleted...]
-    <definedName name="COND_Scope3emissions">'Gids - Extra info'!$A$63</definedName>
+    <definedName name="COND_Biodiversity">'Gids - Extra info'!$A$35</definedName>
+    <definedName name="COND_circ_ec_princ">'Gids - Extra info'!$A$49</definedName>
+    <definedName name="COND_hazardous">'Gids - Extra info'!$A$56</definedName>
+    <definedName name="COND_High_Water_stress">'Gids - Extra info'!$A$45</definedName>
+    <definedName name="COND_Land_use_type">'Gids - Extra info'!$A$41</definedName>
+    <definedName name="COND_Scope3emissions">'Gids - Extra info'!$A$64</definedName>
     <definedName name="COND_Tools_for_developing_GHG_emissions_inventory">'Gids - Extra info'!$A$29</definedName>
     <definedName name="CondMet_Conversion_between_different_energy_units">'Gids - Extra info'!$A$10</definedName>
     <definedName name="Conduct_Metrics">'Gids - Extra info'!$A$1</definedName>
     <definedName name="Cover">Voorblad!$A$1</definedName>
     <definedName name="Env_A.1._Energy_and_greenhouse_gas_emissions">Milieu!$A$4</definedName>
     <definedName name="Env_A.2._Pollution_of_air__water_and_soil">Milieu!$A$21</definedName>
     <definedName name="Env_A.3._Biodiversity">Milieu!$A$33</definedName>
     <definedName name="Env_A.4._Water">Milieu!$A$49</definedName>
     <definedName name="Env_A.5._Resource_use__circular_economy_and_waste_management">Milieu!$A$57</definedName>
     <definedName name="ENV_A.5.2.waste">Milieu!$A$63</definedName>
     <definedName name="Env_A.BasicModule">Milieu!$A$2</definedName>
     <definedName name="ENV_A1_1GHG_emissions">Milieu!$A$12</definedName>
     <definedName name="ENV_Additional_information">Milieu!$A$154</definedName>
     <definedName name="Env_B.1._Consideration_when_reporting_on_GHG_emissions">Milieu!$A$85</definedName>
     <definedName name="Env_B.2._GHG_reduction_targets_and_climate_transition">Milieu!$A$104</definedName>
     <definedName name="Env_B.3._Climate_risks">Milieu!$A$129</definedName>
     <definedName name="Env_B.ComprehensiveModule">Milieu!$A$83</definedName>
     <definedName name="ENV_land_use">Milieu!$A$41</definedName>
     <definedName name="Environment">Milieu!$A$1</definedName>
     <definedName name="Gen_A._Basic_Module">Algemeen!$A$2</definedName>
     <definedName name="Gen_A.1._Basic_for_preparation">Algemeen!$A$4</definedName>
     <definedName name="Gen_A.2._Practices__policies_and_future_initiatives_for_transitioning_towards_a_more_sustainable_economy">Algemeen!$A$45</definedName>
     <definedName name="Gen_A.2.1.">Algemeen!$A$47</definedName>
     <definedName name="Gen_Additionalinformation">Algemeen!$A$94</definedName>
     <definedName name="Gen_B.1._Strategy__Business_Model_and_Sustainability_–_Related_Initiatives">Algemeen!$A$62</definedName>
@@ -240,51 +240,52 @@
     <definedName name="Social">Sociaal!$A$1</definedName>
     <definedName name="Table_of_contents">Inhoudstabel!$A$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D7" i="1" l="1" a="1"/>
+  <c r="A19" i="2" l="1"/>
+  <c r="D7" i="1" a="1"/>
   <c r="D7" i="1" s="1"/>
   <c r="B12" i="1" a="1"/>
   <c r="B12" i="1" s="1"/>
   <c r="A60" i="7" l="1"/>
   <c r="A59" i="7"/>
   <c r="A58" i="7"/>
   <c r="A57" i="7"/>
   <c r="A56" i="7"/>
   <c r="A55" i="7"/>
   <c r="A54" i="7"/>
   <c r="A53" i="7"/>
   <c r="A52" i="7"/>
   <c r="A51" i="7"/>
   <c r="A49" i="7"/>
   <c r="A47" i="7"/>
   <c r="A46" i="7"/>
   <c r="A45" i="7"/>
   <c r="A43" i="7"/>
   <c r="A42" i="7"/>
   <c r="A41" i="7"/>
   <c r="A39" i="7"/>
   <c r="A37" i="7"/>
   <c r="A36" i="7"/>
   <c r="A35" i="7"/>
   <c r="A34" i="7"/>
@@ -307,51 +308,50 @@
   <c r="A13" i="7"/>
   <c r="A11" i="7"/>
   <c r="A9" i="7"/>
   <c r="A8" i="7"/>
   <c r="A6" i="7"/>
   <c r="A5" i="7"/>
   <c r="D79" i="2"/>
   <c r="D80" i="2"/>
   <c r="E8" i="2"/>
   <c r="D81" i="2"/>
   <c r="D78" i="2"/>
   <c r="E47" i="2"/>
   <c r="E9" i="2"/>
   <c r="D10" i="2"/>
   <c r="C10" i="2"/>
   <c r="A28" i="4"/>
   <c r="A68" i="3"/>
   <c r="A50" i="3"/>
   <c r="A38" i="3"/>
   <c r="A31" i="3"/>
   <c r="C26" i="3"/>
   <c r="B18" i="3"/>
   <c r="B10" i="3"/>
   <c r="D87" i="2"/>
   <c r="D16" i="2"/>
-  <c r="A19" i="2" s="1"/>
   <c r="A4" i="7"/>
   <c r="E10" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={97F5AB91-6D6A-4172-8F9B-88544CF95B47}</author>
   </authors>
   <commentList>
     <comment ref="A19" authorId="0" shapeId="0" xr:uid="{97F5AB91-6D6A-4172-8F9B-88544CF95B47}">
       <text>
         <t>[Opmerkingenthread]
 U kunt deze opmerkingenthread lezen in uw versie van Excel. Eventuele wijzigingen aan de thread gaan echter verloren als het bestand wordt geopend in een nieuwere versie van Excel. Meer informatie: https://go.microsoft.com/fwlink/?linkid=870924
 Opmerking:
     Voeg uw bedrijfslogo hier in:
 (Invoegen-Afbeeldingen-In cel plaatsen)
 (Insert-Pictures-Place in Cel)</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
@@ -3261,54 +3261,72 @@
   <si>
     <t>Enkel Basis Module</t>
   </si>
   <si>
     <t>Eenmanszaak</t>
   </si>
   <si>
     <t>BV – Besloten vennootschap</t>
   </si>
   <si>
     <t>NV – Naamloze vennootschap</t>
   </si>
   <si>
     <t>CV – Coöperatieve vennootschap</t>
   </si>
   <si>
     <t>Andere rechtsvorm</t>
   </si>
   <si>
     <t>Gelokaliseerd in een biodiversiteitssensitief gebied</t>
   </si>
   <si>
     <t>Gelokaliseerd in de buurt van een biodiversiteitssensitief gebied</t>
   </si>
   <si>
-    <t>Versie september 2025</t>
-[...2 lines deleted...]
-    <t>sdfsdf</t>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF467886"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">• </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF467886"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SMEs and Sustainability Reporting | EFRAG</t>
+    </r>
+  </si>
+  <si>
+    <t>Versie oktober 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="&quot;€&quot;\ #,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;€&quot;\ #,##0"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
     <numFmt numFmtId="168" formatCode="0.0000%"/>
   </numFmts>
   <fonts count="70" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3937,51 +3955,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color rgb="FF006BA6"/>
       </right>
       <top style="thick">
         <color rgb="FF006BA6"/>
       </top>
       <bottom style="thick">
         <color rgb="FF006BA6"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="287">
+  <cellXfs count="288">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
@@ -4400,449 +4418,452 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="5" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="3" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...17 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="4" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="4" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...71 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="4" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="4" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...25 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="5" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="5" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Gevolgde hyperlink" xfId="6" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="5" builtinId="8" customBuiltin="1"/>
     <cellStyle name="KolNiveau_1" xfId="2" builtinId="2" iLevel="0"/>
     <cellStyle name="Kop 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Kop 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="RijNiveau_1" xfId="1" builtinId="1" iLevel="0"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="44">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
@@ -5191,53 +5212,53 @@
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF467886"/>
       <color rgb="FF006BA6"/>
       <color rgb="FF215C98"/>
-      <color rgb="FF467886"/>
       <color rgb="FFECF9FE"/>
       <color rgb="FFE5F6FF"/>
       <color rgb="FFDAE9F8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -5679,63 +5700,63 @@
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing5.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>982980</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>60960</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>315</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>655137</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="6" name="Groep 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A97A66FC-D76D-499D-93EC-A7190D0461FD}"/>
             </a:ext>
           </a:extLst>
@@ -6529,54 +6550,54 @@
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>42</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>1417320</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>1409700</xdr:rowOff>
+          <xdr:rowOff>1417320</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1087" name="TextBox8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1087"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00003F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6587,54 +6608,54 @@
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>65</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>1417320</xdr:colOff>
           <xdr:row>65</xdr:row>
-          <xdr:rowOff>1409700</xdr:rowOff>
+          <xdr:rowOff>1417320</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1088" name="TextBox11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1088"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000040040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6645,54 +6666,54 @@
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>67</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>1417320</xdr:colOff>
           <xdr:row>67</xdr:row>
-          <xdr:rowOff>1409700</xdr:rowOff>
+          <xdr:rowOff>1417320</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1089" name="TextBox15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1089"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000041040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6703,54 +6724,54 @@
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>78</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>1417320</xdr:colOff>
           <xdr:row>78</xdr:row>
-          <xdr:rowOff>1409700</xdr:rowOff>
+          <xdr:rowOff>1417320</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1090" name="TextBox16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1090"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000042040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6761,52 +6782,52 @@
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>96</xdr:row>
           <xdr:rowOff>60960</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>1417320</xdr:colOff>
           <xdr:row>96</xdr:row>
           <xdr:rowOff>1981200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1094" name="TextBox18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1094"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000046040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6820,51 +6841,51 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>1600200</xdr:colOff>
+          <xdr:colOff>1554480</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>297180</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1095" name="TextBox17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1095"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000047040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -8980,51 +9001,51 @@
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Niet van toepassing</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>156</xdr:row>
           <xdr:rowOff>83820</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1188720</xdr:colOff>
           <xdr:row>156</xdr:row>
           <xdr:rowOff>2011680</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9264" name="TextBox7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9264"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000030240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -9038,53 +9059,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>61</xdr:row>
           <xdr:rowOff>137160</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1196340</xdr:colOff>
           <xdr:row>61</xdr:row>
-          <xdr:rowOff>2057400</xdr:rowOff>
+          <xdr:rowOff>2065020</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9265" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9265"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000031240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9096,53 +9117,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>118</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1188720</xdr:colOff>
           <xdr:row>118</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9267" name="TextBox9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9267"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000033240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9154,53 +9175,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>123</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1188720</xdr:colOff>
           <xdr:row>123</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9269" name="TextBox10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9269"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000035240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9212,53 +9233,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>133</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1196340</xdr:colOff>
           <xdr:row>133</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9271" name="TextBox11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9271"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000037240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9270,53 +9291,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>137</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1188720</xdr:colOff>
           <xdr:row>137</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9273" name="TextBox12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9273"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000039240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9328,53 +9349,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>140</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1188720</xdr:colOff>
           <xdr:row>140</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9275" name="TextBox13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9275"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00003B240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9386,53 +9407,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>146</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1394460</xdr:colOff>
+          <xdr:colOff>1188720</xdr:colOff>
           <xdr:row>146</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9277" name="TextBox14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9277"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00003D240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11174,53 +11195,53 @@
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t> No</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>1455420</xdr:colOff>
           <xdr:row>92</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1440180</xdr:colOff>
+          <xdr:colOff>1226820</xdr:colOff>
           <xdr:row>93</xdr:row>
-          <xdr:rowOff>251460</xdr:rowOff>
+          <xdr:rowOff>259080</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10264" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10264"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000018280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11920,51 +11941,51 @@
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Nee</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>104</xdr:row>
           <xdr:rowOff>83820</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1447800</xdr:colOff>
+          <xdr:colOff>1242060</xdr:colOff>
           <xdr:row>104</xdr:row>
           <xdr:rowOff>2011680</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10284" name="TextBox5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10284"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00002C280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -11978,53 +11999,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>95</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1447800</xdr:colOff>
+          <xdr:colOff>1242060</xdr:colOff>
           <xdr:row>95</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10286" name="TextBox4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10286"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00002E280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12036,53 +12057,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>99</xdr:row>
           <xdr:rowOff>99060</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>1447800</xdr:colOff>
+          <xdr:colOff>1242060</xdr:colOff>
           <xdr:row>99</xdr:row>
-          <xdr:rowOff>1417320</xdr:rowOff>
+          <xdr:rowOff>1424940</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10288" name="TextBox7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10288"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000030280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12389,52 +12410,52 @@
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Nee</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>99060</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>83820</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>6</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>1287780</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>2011680</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11275" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11275"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000B2C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -12863,78 +12884,78 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="A19" dT="2025-03-06T08:43:03.82" personId="{66F09450-0C71-4798-BFA1-39E4214098B8}" id="{97F5AB91-6D6A-4172-8F9B-88544CF95B47}">
     <text>Voeg uw bedrijfslogo hier in:
 (Invoegen-Afbeeldingen-In cel plaatsen)
 (Insert-Pictures-Place in Cel)</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enterprise.europe@vlaanderen.be?subject=Feedback%20op%20de%20VSME%20tool" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enterprise.europe@vlaanderen.be?subject=Ik%20wens%20hulp%20of%20heb%20vragen%20bij%20het%20invullen%20van%20de%20VSME%20tool" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX13.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX13.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX15.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX22.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX21.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX24.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX20.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX17.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX23.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX22.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX21.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX17.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX24.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX23.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX29.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX28.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX25.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX27.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX29.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX25.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX28.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX30.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX30.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ghgprotocol.org/scope-3-calculation-guidance-2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protectedplanet.net/en/thematic-areas/wdpa?tab=WDPA" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eea.europa.eu/help/glossary/eea-glossary/european-waste-catalogue-1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smeclimatehub.org/start-measuring/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://businesscarboncalculator.normative.io/en/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wri.org/applications/aqueduct/water-risk-atlas/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucnredlist.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ghgprotocol.org/corporate-value-chain-scope-3-standard" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keybiodiversityareas.org/sites/search" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ellenmacarthurfoundation.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ghgprotocol.org/scope-3-calculation-guidance-2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protectedplanet.net/en/thematic-areas/wdpa?tab=WDPA" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eea.europa.eu/help/glossary/eea-glossary/european-waste-catalogue-1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smeclimatehub.org/start-measuring/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://businesscarboncalculator.normative.io/en/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wri.org/applications/aqueduct/water-risk-atlas/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efrag.org/en/smes-and-sustainability-reporting" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucnredlist.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ghgprotocol.org/corporate-value-chain-scope-3-standard" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keybiodiversityareas.org/sites/search" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ellenmacarthurfoundation.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F234A473-8E91-4699-A219-491700F88CAB}">
   <sheetPr codeName="Blad2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G25"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E19" sqref="E19:F23"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6:F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.6640625" style="96" customWidth="1"/>
     <col min="2" max="2" width="12.109375" style="96" customWidth="1"/>
     <col min="3" max="6" width="17.88671875" style="96" customWidth="1"/>
     <col min="7" max="7" width="17.6640625" style="96" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="331.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="158" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
       <c r="B1" s="158"/>
       <c r="C1" s="158"/>
       <c r="D1" s="158"/>
       <c r="E1" s="158"/>
       <c r="F1" s="158"/>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="135.6" customHeight="1" x14ac:dyDescent="0.3">
@@ -13025,65 +13046,65 @@
       <c r="A20" s="155"/>
       <c r="B20" s="155"/>
       <c r="E20" s="154"/>
       <c r="F20" s="154"/>
     </row>
     <row r="21" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="155"/>
       <c r="B21" s="155"/>
       <c r="E21" s="154"/>
       <c r="F21" s="154"/>
     </row>
     <row r="22" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="155"/>
       <c r="B22" s="155"/>
       <c r="E22" s="154"/>
       <c r="F22" s="154"/>
     </row>
     <row r="23" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="155"/>
       <c r="B23" s="155"/>
       <c r="E23" s="154"/>
       <c r="F23" s="154"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="F24" s="119" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="102.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="e" vm="3">
         <v>#VALUE!</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="iQ9O4ooTjwF9c9lz8LV1BXkd4LWbAT+cI6xHwOEAXPxaMBZbYxS/YACUzfNLy+XsOkq6giFKm9EpQuaG2Mz/Hg==" saltValue="zsGlrJSJJttda8/7mnZlMQ==" spinCount="100000" sheet="1" insertHyperlinks="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="qssOgB6oPrBNOmarth40jcL+Mo1rzT6QQ5RYIZeQVOgPv7d0WDrn4H/fmBA4am3dg8qPc625tWd2C4u8XK1TLQ==" saltValue="HVMvVs3N4po6/VEcYX/4gg==" spinCount="100000" sheet="1" insertHyperlinks="0"/>
   <mergeCells count="11">
     <mergeCell ref="A25:F25"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="E19:F23"/>
     <mergeCell ref="A19:B23"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="B9:F9"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A10:A11"/>
   </mergeCells>
   <conditionalFormatting sqref="B6">
     <cfRule type="containsBlanks" dxfId="43" priority="9">
       <formula>LEN(TRIM(B6))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B9 B11 A19">
     <cfRule type="containsBlanks" dxfId="42" priority="7">
       <formula>LEN(TRIM(A8))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B6:F6 B8:F9 B11:F11">
     <cfRule type="notContainsBlanks" dxfId="41" priority="10">
@@ -13120,265 +13141,265 @@
   <dimension ref="A1:K69"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="23.6640625" style="96" customWidth="1"/>
     <col min="3" max="3" width="25.33203125" style="96" customWidth="1"/>
     <col min="4" max="4" width="23.33203125" style="96" customWidth="1"/>
     <col min="5" max="5" width="8.88671875" style="96"/>
     <col min="6" max="11" width="10.5546875" style="96" customWidth="1"/>
     <col min="12" max="16384" width="8.88671875" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="24" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="98" t="e" vm="4">
         <v>#VALUE!</v>
       </c>
-      <c r="F1" s="160" t="s">
+      <c r="F1" s="164" t="s">
         <v>8</v>
       </c>
-      <c r="G1" s="160"/>
-[...3 lines deleted...]
-      <c r="K1" s="160"/>
+      <c r="G1" s="164"/>
+      <c r="H1" s="164"/>
+      <c r="I1" s="164"/>
+      <c r="J1" s="164"/>
+      <c r="K1" s="164"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
-      <c r="F2" s="161" t="s">
+      <c r="F2" s="165" t="s">
         <v>9</v>
       </c>
-      <c r="G2" s="162"/>
-[...3 lines deleted...]
-      <c r="K2" s="162"/>
+      <c r="G2" s="166"/>
+      <c r="H2" s="166"/>
+      <c r="I2" s="166"/>
+      <c r="J2" s="166"/>
+      <c r="K2" s="166"/>
     </row>
     <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.3">
       <c r="A3" s="51" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="52"/>
       <c r="C3" s="99"/>
       <c r="D3" s="99"/>
       <c r="F3" s="100"/>
       <c r="G3" s="100"/>
       <c r="H3" s="100"/>
       <c r="I3" s="100"/>
     </row>
     <row r="4" spans="1:11" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="47" t="str">
         <f>Algemeen!A2</f>
         <v>A. Basis Module</v>
       </c>
       <c r="B4" s="47"/>
       <c r="C4" s="101"/>
       <c r="D4" s="101"/>
-      <c r="F4" s="160" t="s">
+      <c r="F4" s="164" t="s">
         <v>11</v>
       </c>
-      <c r="G4" s="160"/>
-[...3 lines deleted...]
-      <c r="K4" s="160"/>
+      <c r="G4" s="164"/>
+      <c r="H4" s="164"/>
+      <c r="I4" s="164"/>
+      <c r="J4" s="164"/>
+      <c r="K4" s="164"/>
     </row>
     <row r="5" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="163" t="str">
+      <c r="A5" s="160" t="str">
         <f>Algemeen!A4</f>
         <v>A.1. Basis voor rapportering</v>
       </c>
-      <c r="B5" s="163"/>
+      <c r="B5" s="160"/>
       <c r="C5" s="46"/>
       <c r="D5" s="46"/>
-      <c r="F5" s="161" t="s">
+      <c r="F5" s="165" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="162"/>
-[...3 lines deleted...]
-      <c r="K5" s="162"/>
+      <c r="G5" s="166"/>
+      <c r="H5" s="166"/>
+      <c r="I5" s="166"/>
+      <c r="J5" s="166"/>
+      <c r="K5" s="166"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A6" s="164" t="str">
+      <c r="A6" s="167" t="str">
         <f>Algemeen!A45</f>
         <v>A.2. Praktijken, beleid en toekomstige initiatieven voor de transitie naar een duurzamere economie</v>
       </c>
-      <c r="B6" s="164"/>
-[...1 lines deleted...]
-      <c r="D6" s="164"/>
+      <c r="B6" s="167"/>
+      <c r="C6" s="167"/>
+      <c r="D6" s="167"/>
     </row>
     <row r="7" spans="1:11" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="101"/>
       <c r="B7" s="101"/>
       <c r="C7" s="101"/>
       <c r="D7" s="101"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A8" s="47" t="str">
         <f>B._Comprehensive_Module</f>
         <v>B. Uitgebreide Module</v>
       </c>
       <c r="B8" s="47"/>
       <c r="C8" s="49"/>
       <c r="D8" s="101"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A9" s="164" t="str">
+      <c r="A9" s="167" t="str">
         <f>Algemeen!A62</f>
         <v>B.1. Strategie: businessmodel en duurzaamheidsgerelateerde initiatieven</v>
       </c>
-      <c r="B9" s="164"/>
-      <c r="C9" s="164"/>
+      <c r="B9" s="167"/>
+      <c r="C9" s="167"/>
       <c r="D9" s="101"/>
     </row>
     <row r="10" spans="1:11" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="48"/>
       <c r="B10" s="48"/>
       <c r="C10" s="48"/>
       <c r="D10" s="101"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A11" s="34" t="str">
         <f>Gen_Additionalinformation</f>
         <v>C. Aanvullende informatie</v>
       </c>
       <c r="B11" s="48"/>
       <c r="C11" s="48"/>
       <c r="D11" s="101"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A12" s="101"/>
       <c r="B12" s="101"/>
       <c r="C12" s="101"/>
       <c r="D12" s="101"/>
     </row>
     <row r="13" spans="1:11" ht="18" x14ac:dyDescent="0.3">
       <c r="A13" s="51" t="str">
         <f>Environment</f>
         <v>Milieu</v>
       </c>
       <c r="B13" s="53"/>
       <c r="C13" s="54"/>
       <c r="D13" s="54"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="47" t="str">
         <f>Env_A.BasicModule</f>
         <v>A. Basis Module</v>
       </c>
       <c r="B14" s="46"/>
       <c r="C14" s="101"/>
       <c r="D14" s="101"/>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A15" s="164" t="str">
+      <c r="A15" s="167" t="str">
         <f>Milieu!A4</f>
         <v>A.1. Energie en broeikasgasemissies</v>
       </c>
-      <c r="B15" s="164"/>
+      <c r="B15" s="167"/>
       <c r="C15" s="101"/>
       <c r="D15" s="101"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A16" s="164" t="str">
+      <c r="A16" s="167" t="str">
         <f>Milieu!A21</f>
         <v>A.2. Lucht-, water- en bodemvervuiling</v>
       </c>
-      <c r="B16" s="164"/>
+      <c r="B16" s="167"/>
       <c r="C16" s="101"/>
       <c r="D16" s="101"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A17" s="88" t="str">
         <f>Milieu!A33</f>
         <v>A.3. Biodiversiteit</v>
       </c>
       <c r="B17" s="46"/>
       <c r="C17" s="46"/>
       <c r="D17" s="101"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A18" s="88" t="str">
         <f>Milieu!A49</f>
         <v>A.4. Water</v>
       </c>
       <c r="B18" s="46"/>
       <c r="C18" s="46"/>
       <c r="D18" s="101"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A19" s="164" t="str">
+      <c r="A19" s="167" t="str">
         <f>Milieu!A57</f>
         <v>A.5. Verbruik grondstoffen, circulaire economie en afvalbeheer</v>
       </c>
-      <c r="B19" s="164"/>
-      <c r="C19" s="164"/>
+      <c r="B19" s="167"/>
+      <c r="C19" s="167"/>
       <c r="D19" s="101"/>
     </row>
     <row r="20" spans="1:4" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="48"/>
       <c r="B20" s="48"/>
       <c r="C20" s="48"/>
       <c r="D20" s="101"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A21" s="50" t="str">
         <f>Env_B.ComprehensiveModule</f>
         <v>B. Uitgebreide Module</v>
       </c>
       <c r="B21" s="48"/>
       <c r="C21" s="48"/>
       <c r="D21" s="101"/>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A22" s="163" t="str">
+      <c r="A22" s="160" t="str">
         <f>Milieu!A85</f>
         <v>B.1. Uitbreiding bij het rapporteren van GHG-emissies onder A.1.1.</v>
       </c>
-      <c r="B22" s="163"/>
-      <c r="C22" s="163"/>
+      <c r="B22" s="160"/>
+      <c r="C22" s="160"/>
       <c r="D22" s="101"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A23" s="163" t="str">
+      <c r="A23" s="160" t="str">
         <f>Milieu!A104</f>
         <v>B.2. GHG-reductiedoelen en klimaattransitie</v>
       </c>
-      <c r="B23" s="163"/>
+      <c r="B23" s="160"/>
       <c r="C23" s="87"/>
       <c r="D23" s="101"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A24" s="88" t="str">
         <f>Milieu!A129</f>
         <v>B.3. Klimaatrisico's</v>
       </c>
       <c r="B24" s="88"/>
       <c r="C24" s="88"/>
       <c r="D24" s="46"/>
     </row>
     <row r="25" spans="1:4" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="48"/>
       <c r="B25" s="48"/>
       <c r="C25" s="48"/>
       <c r="D25" s="101"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A26" s="47" t="str">
         <f>ENV_Additional_information</f>
         <v>C. Aanvullende Informatie</v>
       </c>
       <c r="B26" s="48"/>
       <c r="C26" s="48"/>
@@ -13387,307 +13408,307 @@
     <row r="27" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A27" s="101"/>
       <c r="B27" s="101"/>
       <c r="C27" s="101"/>
       <c r="D27" s="101"/>
     </row>
     <row r="28" spans="1:4" ht="18" x14ac:dyDescent="0.3">
       <c r="A28" s="51" t="str">
         <f>Social</f>
         <v>Sociaal</v>
       </c>
       <c r="B28" s="53"/>
       <c r="C28" s="54"/>
       <c r="D28" s="54"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A29" s="47" t="str">
         <f>Soc_A.BasicModule</f>
         <v>A. Basis Module</v>
       </c>
       <c r="B29" s="46"/>
       <c r="C29" s="101"/>
       <c r="D29" s="101"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A30" s="163" t="str">
+      <c r="A30" s="160" t="str">
         <f>Sociaal!A4</f>
         <v>A.1. Werknemers – Algemene kenmerken</v>
       </c>
-      <c r="B30" s="163"/>
+      <c r="B30" s="160"/>
       <c r="C30" s="90"/>
       <c r="D30" s="101"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A31" s="163" t="str">
+      <c r="A31" s="160" t="str">
         <f>Sociaal!A33</f>
         <v>A.2. Werknemers – Gezondheid en veiligheid</v>
       </c>
-      <c r="B31" s="163"/>
+      <c r="B31" s="160"/>
       <c r="C31" s="90"/>
       <c r="D31" s="101"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A32" s="163" t="str">
+      <c r="A32" s="160" t="str">
         <f>Sociaal!A43</f>
         <v>A.3. Werknemers – Beloning, collectieve onderhandelingen en opleiding</v>
       </c>
-      <c r="B32" s="163"/>
-      <c r="C32" s="163"/>
+      <c r="B32" s="160"/>
+      <c r="C32" s="160"/>
       <c r="D32" s="101"/>
     </row>
     <row r="33" spans="1:4" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="48"/>
       <c r="B33" s="48"/>
       <c r="C33" s="48"/>
       <c r="D33" s="101"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A34" s="47" t="str">
         <f>Soc_Comprehensive_Module</f>
         <v>B. Uitgebreide Module</v>
       </c>
       <c r="B34" s="48"/>
       <c r="C34" s="48"/>
       <c r="D34" s="101"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A35" s="163" t="str">
+      <c r="A35" s="160" t="str">
         <f>Sociaal!A63</f>
         <v>B.1. Werknemers - Aanvullende algemene kenmerken</v>
       </c>
-      <c r="B35" s="163"/>
+      <c r="B35" s="160"/>
       <c r="C35" s="87"/>
       <c r="D35" s="101"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A36" s="163" t="str">
+      <c r="A36" s="160" t="str">
         <f>Sociaal!A75</f>
         <v>B.2. Werknemers - Mensenrechtenbeleid en -processen</v>
       </c>
-      <c r="B36" s="163"/>
-      <c r="C36" s="163"/>
+      <c r="B36" s="160"/>
+      <c r="C36" s="160"/>
       <c r="D36" s="101"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A37" s="167" t="str">
+      <c r="A37" s="161" t="str">
         <f>Sociaal!A86</f>
         <v>B.3. Ernstige negatieve incidenten m.b.t. mensenrechten</v>
       </c>
-      <c r="B37" s="167"/>
-      <c r="C37" s="167"/>
+      <c r="B37" s="161"/>
+      <c r="C37" s="161"/>
       <c r="D37" s="101"/>
     </row>
     <row r="38" spans="1:4" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="101"/>
       <c r="B38" s="101"/>
       <c r="C38" s="101"/>
       <c r="D38" s="101"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A39" s="47" t="str">
         <f>Soc_AdditionalInformation</f>
         <v>C. Aanvullende Informatie</v>
       </c>
       <c r="B39" s="101"/>
       <c r="C39" s="101"/>
       <c r="D39" s="101"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A40" s="101"/>
       <c r="B40" s="101"/>
       <c r="C40" s="101"/>
       <c r="D40" s="101"/>
     </row>
     <row r="41" spans="1:4" ht="18" x14ac:dyDescent="0.3">
       <c r="A41" s="51" t="str">
         <f>Governance</f>
         <v>Governance</v>
       </c>
       <c r="B41" s="53"/>
       <c r="C41" s="54"/>
       <c r="D41" s="54"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A42" s="47" t="str">
         <f>Gov_A.BasicModule</f>
         <v>A. Basis Module</v>
       </c>
       <c r="B42" s="101"/>
       <c r="C42" s="101"/>
       <c r="D42" s="101"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A43" s="163" t="str">
+      <c r="A43" s="160" t="str">
         <f>Governance!A4</f>
         <v>A.1. Veroordelingen en boetes voor corruptie en omkoping</v>
       </c>
-      <c r="B43" s="163"/>
-      <c r="C43" s="163"/>
+      <c r="B43" s="160"/>
+      <c r="C43" s="160"/>
       <c r="D43" s="101"/>
     </row>
     <row r="44" spans="1:4" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="101"/>
       <c r="B44" s="101"/>
       <c r="C44" s="101"/>
       <c r="D44" s="101"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A45" s="34" t="str">
         <f>Gov_B.Comprehensivemodule</f>
         <v>B. Uitgebreide Module</v>
       </c>
       <c r="B45" s="35"/>
       <c r="C45" s="101"/>
       <c r="D45" s="101"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A46" s="165" t="str">
+      <c r="A46" s="162" t="str">
         <f>Governance!A12</f>
         <v>B.1. Omzet uit bepaalde sectoren</v>
       </c>
-      <c r="B46" s="165"/>
+      <c r="B46" s="162"/>
       <c r="C46" s="90"/>
       <c r="D46" s="90"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A47" s="166" t="str">
+      <c r="A47" s="163" t="str">
         <f>Governance!A23</f>
         <v>B.2. Genderdiversiteit in het bestuursorgaan (de hoogste besluitvormingsautoriteit binnen het bedrijf)</v>
       </c>
-      <c r="B47" s="166"/>
-[...1 lines deleted...]
-      <c r="D47" s="166"/>
+      <c r="B47" s="163"/>
+      <c r="C47" s="163"/>
+      <c r="D47" s="163"/>
     </row>
     <row r="48" spans="1:4" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="101"/>
       <c r="B48" s="101"/>
       <c r="C48" s="101"/>
       <c r="D48" s="101"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A49" s="47" t="str">
         <f>Gov_AdditionalInformation</f>
         <v>C. Aanvullende Informatie</v>
       </c>
       <c r="B49" s="101"/>
       <c r="C49" s="101"/>
       <c r="D49" s="101"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A50" s="101"/>
       <c r="B50" s="101"/>
       <c r="C50" s="101"/>
       <c r="D50" s="101"/>
     </row>
     <row r="51" spans="1:4" ht="18" x14ac:dyDescent="0.3">
       <c r="A51" s="89" t="str">
         <f>Conduct_Metrics</f>
         <v>Gids met bijkomende informatie</v>
       </c>
       <c r="B51" s="89"/>
       <c r="C51" s="55"/>
       <c r="D51" s="55"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A52" s="163" t="str">
+      <c r="A52" s="160" t="str">
         <f>'Gids - Extra info'!A3</f>
         <v>Overeenkomst van Parijs</v>
       </c>
-      <c r="B52" s="163"/>
+      <c r="B52" s="160"/>
       <c r="C52" s="90"/>
       <c r="D52" s="90"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A53" s="165" t="str">
+      <c r="A53" s="162" t="str">
         <f>CondMet_Conversion_between_different_energy_units</f>
         <v>Conversie tussen verschillende energie-eenheden</v>
       </c>
-      <c r="B53" s="165"/>
+      <c r="B53" s="162"/>
       <c r="C53" s="88"/>
       <c r="D53" s="88"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A54" s="165" t="str">
+      <c r="A54" s="162" t="str">
         <f>COND_Tools_for_developing_GHG_emissions_inventory</f>
         <v>Tools voor het opstellen van een broeikasgasinventaris (GHG-inventaris)</v>
       </c>
-      <c r="B54" s="165"/>
-      <c r="C54" s="165"/>
+      <c r="B54" s="162"/>
+      <c r="C54" s="162"/>
       <c r="D54" s="91"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A55" s="87" t="str">
         <f>COND_Biodiversity</f>
         <v>Databases voor biodiversiteit</v>
       </c>
       <c r="B55" s="87"/>
       <c r="C55" s="88"/>
       <c r="D55" s="88"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A56" s="88" t="str">
         <f>COND_Land_use_type</f>
         <v>Type gebruik grond</v>
       </c>
       <c r="B56" s="88"/>
       <c r="C56" s="88"/>
       <c r="D56" s="88"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A57" s="165" t="str">
-        <f>'Gids - Extra info'!A44</f>
+      <c r="A57" s="162" t="str">
+        <f>'Gids - Extra info'!A45</f>
         <v>Beoordelen of de onderneming actief is in een gebied met hoge waterstress</v>
       </c>
-      <c r="B57" s="165"/>
-[...1 lines deleted...]
-      <c r="D57" s="165"/>
+      <c r="B57" s="162"/>
+      <c r="C57" s="162"/>
+      <c r="D57" s="162"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A58" s="163" t="str">
-        <f>'Gids - Extra info'!A48</f>
+      <c r="A58" s="160" t="str">
+        <f>'Gids - Extra info'!A49</f>
         <v>Richtlijnen over  de principes van de circulaire economie</v>
       </c>
-      <c r="B58" s="163"/>
+      <c r="B58" s="160"/>
       <c r="C58" s="88"/>
       <c r="D58" s="88"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A59" s="163" t="str">
-        <f>'Gids - Extra info'!A55</f>
+      <c r="A59" s="160" t="str">
+        <f>'Gids - Extra info'!A56</f>
         <v>Gevaarlijk en niet-gevaarlijk afval</v>
       </c>
-      <c r="B59" s="163"/>
+      <c r="B59" s="160"/>
       <c r="C59" s="88"/>
       <c r="D59" s="88"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A60" s="163" t="str">
-        <f>'Gids - Extra info'!A63</f>
+      <c r="A60" s="160" t="str">
+        <f>'Gids - Extra info'!A64</f>
         <v>Technische richtlijnen voor Scope 3-emissies</v>
       </c>
-      <c r="B60" s="163"/>
+      <c r="B60" s="160"/>
       <c r="C60" s="88"/>
       <c r="D60" s="88"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A61" s="101"/>
       <c r="B61" s="101"/>
       <c r="C61" s="101"/>
       <c r="D61" s="101"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A62" s="101"/>
       <c r="B62" s="101"/>
       <c r="C62" s="101"/>
       <c r="D62" s="101"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A63" s="101"/>
       <c r="B63" s="101"/>
       <c r="C63" s="101"/>
       <c r="D63" s="101"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A64" s="101"/>
       <c r="B64" s="101"/>
       <c r="C64" s="101"/>
@@ -13704,78 +13725,78 @@
       <c r="B66" s="101"/>
       <c r="C66" s="101"/>
       <c r="D66" s="101"/>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A67" s="101"/>
       <c r="B67" s="101"/>
       <c r="C67" s="101"/>
       <c r="D67" s="101"/>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A68" s="101"/>
       <c r="B68" s="101"/>
       <c r="C68" s="101"/>
       <c r="D68" s="101"/>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A69" s="101"/>
       <c r="B69" s="101"/>
       <c r="C69" s="101"/>
       <c r="D69" s="101"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="J/4esakxPxc/gRvhIQBLyZ2KGhHG5bhs1LqvKPsAXVSnC1Hpp1+kTkyTfW/Sr1rxWVkEYbhjO9rQuLs7tztllw==" saltValue="Y9Z+xR3ViXoA2c5oTE3bUA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="28">
-    <mergeCell ref="A43:C43"/>
-[...12 lines deleted...]
-    <mergeCell ref="A54:C54"/>
     <mergeCell ref="F1:K1"/>
     <mergeCell ref="F2:K2"/>
     <mergeCell ref="A36:C36"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="F4:K4"/>
     <mergeCell ref="F5:K5"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="A57:D57"/>
+    <mergeCell ref="A47:D47"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="A37:C37"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" location="Gen_A._Basic_Module" display="Gen_A._Basic_Module" xr:uid="{9FB941CB-D1FF-4FAC-9081-E19037EF94CD}"/>
     <hyperlink ref="A5" location="Gen_A.1._Basic_for_preparation" display="A.1. Basic for preparation" xr:uid="{50424BB2-C76D-43DC-B1FD-86B0E202DC51}"/>
     <hyperlink ref="A6" location="A.2._Practices__policies_and_future_initiatives_for_transitioning_towards_a_more_sustainable_economy" display="A.2. Practices policies and future initiatives for transitioning towards a more sustainable economy" xr:uid="{F3199A36-1D75-4A8E-8E18-5E772D9231DD}"/>
     <hyperlink ref="A8" location="B._Comprehensive_Module" display="B. Comprehensive Module" xr:uid="{B71ACB79-F654-4BCD-BE2B-4B795FE7EA74}"/>
     <hyperlink ref="A9" location="B.1._Strategy__Business_Model_and_Sustainability_–_Related_Initiatives" display="B.1. Strategy: Business Model and Sustainability - Related Initiatives" xr:uid="{4F4A4F71-F215-4110-B6B7-DB26D5D201B2}"/>
     <hyperlink ref="A3" location="General" display="General" xr:uid="{EA42CFBB-A96D-4367-BA22-E731EADDD757}"/>
     <hyperlink ref="A13" location="Environment" display="Environment" xr:uid="{6C6EE9C2-DD83-46AF-96B6-B5B10D0C6D81}"/>
     <hyperlink ref="A14" location="ENV_A.BasicModule" display="ENV_A.BasicModule" xr:uid="{C92C8C59-E0E0-4CAC-A76D-8D885D007D29}"/>
     <hyperlink ref="A29" location="SOC_A.BasicModule" display="SOC_A.BasicModule" xr:uid="{D7B44D02-5F1A-44C8-800F-323D08C11428}"/>
     <hyperlink ref="A41" location="Governance" display="Governance" xr:uid="{D6D9C806-0CAD-4497-B9BE-AB8DF3DECC50}"/>
     <hyperlink ref="A45" location="Gov_B.Comprehensivemodule" display="A. Comprehensive Module" xr:uid="{7566801D-683F-4BD5-AEEA-FDF83206F463}"/>
     <hyperlink ref="A15" location="A.1._Energy_and_greenhouse_gas_emissions" display="#A.1._Energy_and_greenhouse_gas_emissions" xr:uid="{389D3E74-E47E-42B6-A4CD-0BC62A3AAA33}"/>
     <hyperlink ref="A15:B15" location="Env_A.1._Energy_and_greenhouse_gas_emissions" display="A.1. Energy and greenhouse gas emissions" xr:uid="{A927A0C9-F002-44D3-A3C4-8B01F8AF0731}"/>
     <hyperlink ref="A16:B16" location="Env_A.2._Pollution_of_air__water_and_soil" display="A.2. Pollution of air, water and soil" xr:uid="{37B48359-293E-49A4-8A1B-D5662650415D}"/>
     <hyperlink ref="A17" location="Env_A.3._Biodiversity" display="A.3. Biodiversity" xr:uid="{D2442933-0460-4F7D-8C55-988C98244C27}"/>
     <hyperlink ref="A18" location="Env_A.4._Water" display="A.4. Water" xr:uid="{180BEC65-4D0A-4B5B-ACB3-C70284A7E1E4}"/>
     <hyperlink ref="A19:B19" location="A.5._Resource_use__circular_economy_and_waste_management" display="A.5. Resource use, circular economy and waste management" xr:uid="{5B8B6D13-4663-483B-A748-38C6FD5B7778}"/>
     <hyperlink ref="A21" location="Env_B.ComprehensiveModule" display="B. Comprehensive Module" xr:uid="{CF7E001D-A653-4912-88C5-932B5F9DC40E}"/>
     <hyperlink ref="A22:B22" location="Env_B.1._Consideration_when_reporting_on_GHG_emissions" display="B.1. Consideration when reporting on GHG emissions" xr:uid="{5DA672FC-3654-4A4D-8506-460513FAF8F9}"/>
     <hyperlink ref="A23:B23" location="Env_B.2._GHG_reduction_targets_and_climate_transition" display="B.2. GHG reduction targets and climate transition" xr:uid="{8FFF6244-6371-4490-B628-A83EF15FBEE9}"/>
     <hyperlink ref="A24" location="Env_B.3._Climate_risks" display="B.3. Climate risks" xr:uid="{CE46C848-4881-4828-924A-74010CE80E17}"/>
     <hyperlink ref="A30:B30" location="Soc_A.1._Workforce_–_General_characteristics" display="A.1. Workforce – General characteristics" xr:uid="{45B4B563-3253-4FC8-83CC-38CF616CB272}"/>
     <hyperlink ref="A31:B31" location="Soc_A.2._Workforce___Health_and_safety" display="A.2. Workforce - Health and safety" xr:uid="{0222783D-2630-4C9B-9263-0C6390DC51CF}"/>
@@ -13802,464 +13823,462 @@
     <hyperlink ref="A26" location="ENV_Additional_information" display="C. Additional information" xr:uid="{BBAC1423-A229-46AC-8DF5-E556CF072A6A}"/>
     <hyperlink ref="A39" location="Soc_AdditionalInformation" display="C. Additional Information" xr:uid="{8CCA1B3D-70FD-42F0-8AD6-56443D76345D}"/>
     <hyperlink ref="A49" location="Gov_AdditionalInformation" display="C. Additional Information" xr:uid="{9B78DE3A-9FE1-4385-B014-BEEE32E166CC}"/>
     <hyperlink ref="A11" location="Gen_Additionalinformation" display="C. Additional Information" xr:uid="{FA507316-F602-493C-9AF1-F696BF8C282F}"/>
     <hyperlink ref="A57:D57" location="COND_High_Water_stress" display="COND_High_Water_stress" xr:uid="{38B19B90-963B-43F2-842D-CE331C8136DD}"/>
     <hyperlink ref="A54:B54" location="COND_Tools_for_developing_GHG_emissions_inventory" display="COND_Tools_for_developing_GHG_emissions_inventory" xr:uid="{09422AF1-389F-4F6B-8EF4-8FF0C3F5C2F8}"/>
     <hyperlink ref="A53:B53" location="CondMet_Conversion_between_different_energy_units" display="CondMet_Conversion_between_different_energy_units" xr:uid="{E43A4C28-22E3-4E8B-9340-F8D5F944438E}"/>
     <hyperlink ref="F5:K5" r:id="rId1" display="-&gt; Klik hier voor extra ondersteuning" xr:uid="{F1C43BEA-B520-407F-81E3-E5B41E582B45}"/>
     <hyperlink ref="F2:K2" r:id="rId2" display="-&gt; Klik hier om feedback te delen" xr:uid="{4F52D770-6114-4D59-BF5E-EE7216033928}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" fitToHeight="2" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId3"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8AAFE6D-CCF4-4648-B704-C8BF103D9654}">
   <sheetPr codeName="Blad1">
     <outlinePr applyStyles="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K101"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="25.33203125" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.88671875" style="4" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="4" customWidth="1"/>
     <col min="4" max="4" width="22" style="4" customWidth="1"/>
     <col min="5" max="5" width="17.44140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="22.33203125" style="4" customWidth="1"/>
     <col min="7" max="7" width="15.33203125" style="105" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A1" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
-      <c r="E1" s="189"/>
-      <c r="F1" s="188" t="e" vm="4">
+      <c r="E1" s="203"/>
+      <c r="F1" s="202" t="e" vm="4">
         <v>#VALUE!</v>
       </c>
-      <c r="G1" s="183" t="s">
+      <c r="G1" s="197" t="s">
         <v>13</v>
       </c>
       <c r="H1" s="96"/>
       <c r="I1" s="96"/>
       <c r="J1" s="96"/>
       <c r="K1" s="96"/>
     </row>
     <row r="2" spans="1:11" ht="23.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="18"/>
       <c r="D2" s="17"/>
-      <c r="E2" s="189"/>
-[...1 lines deleted...]
-      <c r="G2" s="184"/>
+      <c r="E2" s="203"/>
+      <c r="F2" s="202"/>
+      <c r="G2" s="198"/>
       <c r="H2" s="96"/>
       <c r="I2" s="96"/>
       <c r="J2" s="96"/>
       <c r="K2" s="96"/>
     </row>
     <row r="3" spans="1:11" ht="11.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="6"/>
       <c r="C3" s="96"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="H3" s="96"/>
       <c r="I3" s="96"/>
       <c r="J3" s="96"/>
       <c r="K3" s="96"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A4" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="122"/>
       <c r="D4" s="13"/>
       <c r="E4" s="122"/>
       <c r="F4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="96"/>
       <c r="I4" s="96"/>
       <c r="J4" s="96"/>
       <c r="K4" s="96"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A5" s="96"/>
       <c r="B5" s="96"/>
       <c r="C5" s="96"/>
       <c r="D5" s="96"/>
       <c r="E5" s="96"/>
       <c r="F5" s="7"/>
       <c r="H5" s="96"/>
       <c r="I5" s="96"/>
       <c r="J5" s="96"/>
       <c r="K5" s="96"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A6" s="185" t="s">
+      <c r="A6" s="199" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="186"/>
-[...3 lines deleted...]
-      <c r="F6" s="186"/>
+      <c r="B6" s="200"/>
+      <c r="C6" s="201"/>
+      <c r="D6" s="200"/>
+      <c r="E6" s="200"/>
+      <c r="F6" s="200"/>
       <c r="H6" s="96"/>
       <c r="I6" s="96"/>
       <c r="J6" s="96"/>
       <c r="K6" s="96"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A7" s="181"/>
-      <c r="B7" s="181"/>
+      <c r="A7" s="195"/>
+      <c r="B7" s="195"/>
       <c r="C7" s="96"/>
       <c r="D7" s="92" t="str" cm="1">
         <f t="array" ref="D7">_xlfn.IFS(A7="","",A7="Enkel Basis Module","-&gt; Vul enkel sectie A. Basis Module in",A7="Basis Module en Uitgebreide Module","-&gt; Vul ook sectie B. Uitgebreide Module in")</f>
         <v/>
       </c>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="H7" s="96"/>
       <c r="I7" s="96"/>
       <c r="J7" s="96"/>
       <c r="K7" s="96"/>
     </row>
     <row r="8" spans="1:11" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="96"/>
       <c r="B8" s="96"/>
       <c r="C8" s="96"/>
       <c r="D8" s="96"/>
       <c r="E8" s="96"/>
       <c r="F8" s="96"/>
       <c r="H8" s="96"/>
       <c r="I8" s="96"/>
       <c r="J8" s="124"/>
       <c r="K8" s="124"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A9" s="185" t="s">
+      <c r="A9" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="B9" s="190"/>
-[...3 lines deleted...]
-      <c r="F9" s="190"/>
+      <c r="B9" s="204"/>
+      <c r="C9" s="201"/>
+      <c r="D9" s="204"/>
+      <c r="E9" s="204"/>
+      <c r="F9" s="204"/>
       <c r="H9" s="96"/>
       <c r="I9" s="96"/>
       <c r="J9" s="96"/>
       <c r="K9" s="96"/>
     </row>
     <row r="10" spans="1:11" ht="70.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="96"/>
       <c r="B10" s="96"/>
       <c r="C10" s="96"/>
       <c r="D10" s="96"/>
       <c r="E10" s="96"/>
       <c r="F10" s="125"/>
       <c r="H10" s="96"/>
       <c r="I10" s="96"/>
       <c r="J10" s="96"/>
       <c r="K10" s="96"/>
     </row>
     <row r="11" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="174" t="s">
+      <c r="A11" s="176" t="s">
         <v>20</v>
       </c>
-      <c r="B11" s="174"/>
-[...3 lines deleted...]
-      <c r="F11" s="174"/>
+      <c r="B11" s="176"/>
+      <c r="C11" s="176"/>
+      <c r="D11" s="176"/>
+      <c r="E11" s="176"/>
+      <c r="F11" s="176"/>
       <c r="H11" s="96"/>
       <c r="I11" s="96"/>
       <c r="J11" s="96"/>
       <c r="K11" s="96"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A12" s="10"/>
       <c r="B12" s="93" t="str" cm="1">
         <f t="array" ref="B12">_xlfn.IFS(A12="","",A12="Individuele basis","-&gt; Sla vraag 3.a. over - ga door met vraag 4. Rechtsvorm",A12="Geconsolideerde basis","-&gt; Ga verder met vraag 3.a.")</f>
         <v/>
       </c>
       <c r="C12" s="96"/>
       <c r="D12" s="96"/>
       <c r="E12" s="96"/>
       <c r="F12" s="96"/>
       <c r="H12" s="96"/>
       <c r="I12" s="96"/>
       <c r="J12" s="96"/>
       <c r="K12" s="96"/>
     </row>
     <row r="13" spans="1:11" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="96"/>
       <c r="B13" s="8"/>
       <c r="C13" s="96"/>
       <c r="D13" s="96"/>
       <c r="E13" s="96"/>
       <c r="F13" s="96"/>
       <c r="H13" s="96"/>
       <c r="I13" s="96"/>
       <c r="J13" s="96"/>
       <c r="K13" s="96"/>
     </row>
     <row r="14" spans="1:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="173" t="s">
+      <c r="A14" s="178" t="s">
         <v>21</v>
       </c>
-      <c r="B14" s="173"/>
-[...3 lines deleted...]
-      <c r="F14" s="173"/>
+      <c r="B14" s="178"/>
+      <c r="C14" s="178"/>
+      <c r="D14" s="178"/>
+      <c r="E14" s="178"/>
+      <c r="F14" s="178"/>
       <c r="H14" s="96"/>
       <c r="I14" s="96"/>
       <c r="J14" s="96"/>
       <c r="K14" s="96"/>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="26" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="26" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="96"/>
       <c r="H15" s="96"/>
       <c r="I15" s="96"/>
       <c r="J15" s="96"/>
       <c r="K15" s="96"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A16" s="126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A16" s="126"/>
       <c r="B16" s="126"/>
       <c r="C16" s="126"/>
       <c r="D16" s="126"/>
       <c r="E16" s="126"/>
       <c r="F16" s="96"/>
       <c r="H16" s="96"/>
       <c r="I16" s="96"/>
       <c r="J16" s="96"/>
       <c r="K16" s="96"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="126"/>
       <c r="B17" s="126"/>
       <c r="C17" s="126"/>
       <c r="D17" s="126"/>
       <c r="E17" s="126"/>
       <c r="F17" s="96"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="126"/>
       <c r="B18" s="126"/>
       <c r="C18" s="126"/>
       <c r="D18" s="126"/>
       <c r="E18" s="126"/>
       <c r="F18" s="96"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A20" s="174" t="s">
+      <c r="A20" s="176" t="s">
         <v>27</v>
       </c>
-      <c r="B20" s="175"/>
-[...3 lines deleted...]
-      <c r="F20" s="175"/>
+      <c r="B20" s="177"/>
+      <c r="C20" s="177"/>
+      <c r="D20" s="177"/>
+      <c r="E20" s="177"/>
+      <c r="F20" s="177"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A21" s="182"/>
-      <c r="B21" s="182"/>
+      <c r="A21" s="196"/>
+      <c r="B21" s="196"/>
       <c r="C21" s="127"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
     </row>
     <row r="22" spans="1:6" ht="40.799999999999997" x14ac:dyDescent="0.3">
       <c r="A22" s="73" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="9"/>
       <c r="C22" s="123"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
     </row>
     <row r="23" spans="1:6" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="96"/>
       <c r="B23" s="96"/>
       <c r="C23" s="96"/>
       <c r="D23" s="96"/>
       <c r="E23" s="96"/>
       <c r="F23" s="125"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A24" s="174" t="s">
+      <c r="A24" s="176" t="s">
         <v>29</v>
       </c>
-      <c r="B24" s="175"/>
-[...3 lines deleted...]
-      <c r="F24" s="175"/>
+      <c r="B24" s="177"/>
+      <c r="C24" s="177"/>
+      <c r="D24" s="177"/>
+      <c r="E24" s="177"/>
+      <c r="F24" s="177"/>
     </row>
     <row r="25" spans="1:6" ht="62.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="96"/>
       <c r="B25" s="96"/>
       <c r="C25" s="96"/>
       <c r="D25" s="96"/>
       <c r="E25" s="96"/>
       <c r="F25" s="96"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A26" s="191" t="s">
+      <c r="A26" s="173" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="192"/>
       <c r="C26" s="193"/>
       <c r="D26" s="192"/>
       <c r="E26" s="192"/>
       <c r="F26" s="192"/>
     </row>
     <row r="27" spans="1:6" ht="62.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="96"/>
       <c r="B27" s="96"/>
       <c r="C27" s="96"/>
       <c r="D27" s="96"/>
       <c r="E27" s="96"/>
       <c r="F27" s="96"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A28" s="191" t="s">
+      <c r="A28" s="173" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="192"/>
       <c r="C28" s="193"/>
       <c r="D28" s="192"/>
       <c r="E28" s="192"/>
       <c r="F28" s="192"/>
     </row>
     <row r="29" spans="1:6" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="63" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="96"/>
       <c r="C29" s="96"/>
       <c r="D29" s="96"/>
       <c r="E29" s="96"/>
       <c r="F29" s="96"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A30" s="191" t="s">
+      <c r="A30" s="173" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="192"/>
       <c r="C30" s="193"/>
       <c r="D30" s="192"/>
       <c r="E30" s="192"/>
       <c r="F30" s="192"/>
     </row>
     <row r="31" spans="1:6" ht="61.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="96"/>
       <c r="B31" s="96"/>
       <c r="C31" s="96"/>
       <c r="D31" s="96"/>
       <c r="E31" s="96"/>
       <c r="F31" s="96"/>
     </row>
     <row r="32" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="174" t="s">
+      <c r="A32" s="176" t="s">
         <v>34</v>
       </c>
-      <c r="B32" s="175"/>
-[...3 lines deleted...]
-      <c r="F32" s="175"/>
+      <c r="B32" s="177"/>
+      <c r="C32" s="177"/>
+      <c r="D32" s="177"/>
+      <c r="E32" s="177"/>
+      <c r="F32" s="177"/>
     </row>
     <row r="33" spans="1:9" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="173" t="s">
+      <c r="A33" s="178" t="s">
         <v>35</v>
       </c>
-      <c r="B33" s="173"/>
-      <c r="C33" s="173"/>
+      <c r="B33" s="178"/>
+      <c r="C33" s="178"/>
       <c r="D33" s="71"/>
       <c r="E33" s="71"/>
       <c r="F33" s="71"/>
       <c r="H33" s="96"/>
       <c r="I33" s="96"/>
     </row>
     <row r="34" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="71"/>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="H34" s="96"/>
       <c r="I34" s="96"/>
     </row>
     <row r="35" spans="1:9" ht="25.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="174" t="s">
+      <c r="A35" s="176" t="s">
         <v>36</v>
       </c>
-      <c r="B35" s="175"/>
-[...3 lines deleted...]
-      <c r="F35" s="175"/>
+      <c r="B35" s="177"/>
+      <c r="C35" s="177"/>
+      <c r="D35" s="177"/>
+      <c r="E35" s="177"/>
+      <c r="F35" s="177"/>
       <c r="H35" s="96"/>
       <c r="I35" s="96"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" s="27" t="s">
         <v>37</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="25" t="s">
         <v>24</v>
       </c>
       <c r="D36" s="25" t="s">
         <v>25</v>
       </c>
       <c r="E36" s="25" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="25" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="96"/>
       <c r="I36" s="96"/>
     </row>
@@ -14290,722 +14309,722 @@
       <c r="I38" s="96"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" s="30" t="s">
         <v>43</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="30"/>
       <c r="D39" s="30"/>
       <c r="E39" s="30"/>
       <c r="F39" s="30"/>
       <c r="H39" s="96"/>
       <c r="I39" s="96"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" s="30"/>
       <c r="B40" s="31"/>
       <c r="C40" s="30"/>
       <c r="D40" s="30"/>
       <c r="E40" s="30"/>
       <c r="F40" s="30"/>
       <c r="H40" s="96"/>
       <c r="I40" s="96"/>
     </row>
     <row r="42" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="174" t="s">
+      <c r="A42" s="176" t="s">
         <v>44</v>
       </c>
-      <c r="B42" s="175"/>
-[...3 lines deleted...]
-      <c r="F42" s="175"/>
+      <c r="B42" s="177"/>
+      <c r="C42" s="177"/>
+      <c r="D42" s="177"/>
+      <c r="E42" s="177"/>
+      <c r="F42" s="177"/>
       <c r="H42" s="96"/>
       <c r="I42" s="96"/>
     </row>
     <row r="43" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="171"/>
-[...4 lines deleted...]
-      <c r="F43" s="171"/>
+      <c r="A43" s="186"/>
+      <c r="B43" s="186"/>
+      <c r="C43" s="187"/>
+      <c r="D43" s="186"/>
+      <c r="E43" s="186"/>
+      <c r="F43" s="186"/>
       <c r="H43" s="96"/>
       <c r="I43" s="128"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A45" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="12"/>
       <c r="C45" s="122"/>
       <c r="D45" s="13"/>
       <c r="E45" s="122"/>
       <c r="F45" s="14" t="s">
         <v>46</v>
       </c>
       <c r="G45" s="66" t="s">
         <v>47</v>
       </c>
       <c r="H45" s="96"/>
       <c r="I45" s="96"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A46" s="96"/>
       <c r="B46" s="96"/>
       <c r="C46" s="96"/>
       <c r="D46" s="96"/>
       <c r="E46" s="96"/>
       <c r="F46" s="42"/>
       <c r="H46" s="96"/>
       <c r="I46" s="96"/>
     </row>
     <row r="47" spans="1:9" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="169" t="s">
+      <c r="A47" s="194" t="s">
         <v>48</v>
       </c>
-      <c r="B47" s="169"/>
-[...3 lines deleted...]
-      <c r="F47" s="169"/>
+      <c r="B47" s="194"/>
+      <c r="C47" s="194"/>
+      <c r="D47" s="194"/>
+      <c r="E47" s="194"/>
+      <c r="F47" s="194"/>
       <c r="H47" s="96"/>
       <c r="I47" s="96"/>
     </row>
     <row r="48" spans="1:9" ht="60.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="95"/>
-      <c r="B48" s="179" t="s">
+      <c r="B48" s="190" t="s">
         <v>49</v>
       </c>
-      <c r="C48" s="180"/>
+      <c r="C48" s="191"/>
       <c r="D48" s="28" t="s">
         <v>50</v>
       </c>
       <c r="E48" s="28" t="s">
         <v>51</v>
       </c>
       <c r="F48" s="96"/>
       <c r="H48" s="96"/>
       <c r="I48" s="96"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="94" t="s">
         <v>52</v>
       </c>
-      <c r="B49" s="194"/>
-      <c r="C49" s="194"/>
+      <c r="B49" s="168"/>
+      <c r="C49" s="168"/>
       <c r="D49" s="97"/>
       <c r="E49" s="97"/>
       <c r="F49" s="96"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="94" t="s">
         <v>53</v>
       </c>
-      <c r="B50" s="194"/>
-      <c r="C50" s="194"/>
+      <c r="B50" s="168"/>
+      <c r="C50" s="168"/>
       <c r="D50" s="97"/>
       <c r="E50" s="97"/>
       <c r="F50" s="96"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A51" s="94" t="s">
         <v>54</v>
       </c>
-      <c r="B51" s="194"/>
-      <c r="C51" s="194"/>
+      <c r="B51" s="168"/>
+      <c r="C51" s="168"/>
       <c r="D51" s="97"/>
       <c r="E51" s="97"/>
       <c r="F51" s="96"/>
     </row>
     <row r="52" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="94" t="s">
         <v>55</v>
       </c>
-      <c r="B52" s="194"/>
-      <c r="C52" s="194"/>
+      <c r="B52" s="168"/>
+      <c r="C52" s="168"/>
       <c r="D52" s="97"/>
       <c r="E52" s="97"/>
       <c r="F52" s="96"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A53" s="94" t="s">
         <v>56</v>
       </c>
-      <c r="B53" s="194"/>
-      <c r="C53" s="194"/>
+      <c r="B53" s="168"/>
+      <c r="C53" s="168"/>
       <c r="D53" s="97"/>
       <c r="E53" s="97"/>
       <c r="F53" s="96"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A54" s="94" t="s">
         <v>57</v>
       </c>
-      <c r="B54" s="194"/>
-      <c r="C54" s="194"/>
+      <c r="B54" s="168"/>
+      <c r="C54" s="168"/>
       <c r="D54" s="97"/>
       <c r="E54" s="97"/>
       <c r="F54" s="96"/>
     </row>
     <row r="55" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="94" t="s">
         <v>58</v>
       </c>
-      <c r="B55" s="194"/>
-      <c r="C55" s="194"/>
+      <c r="B55" s="168"/>
+      <c r="C55" s="168"/>
       <c r="D55" s="97"/>
       <c r="E55" s="97"/>
       <c r="F55" s="96"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A56" s="94" t="s">
         <v>59</v>
       </c>
-      <c r="B56" s="194"/>
-      <c r="C56" s="194"/>
+      <c r="B56" s="168"/>
+      <c r="C56" s="168"/>
       <c r="D56" s="97"/>
       <c r="E56" s="97"/>
       <c r="F56" s="96"/>
     </row>
     <row r="57" spans="1:7" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A57" s="102" t="s">
         <v>60</v>
       </c>
-      <c r="B57" s="194"/>
-      <c r="C57" s="194"/>
+      <c r="B57" s="168"/>
+      <c r="C57" s="168"/>
       <c r="D57" s="97"/>
       <c r="E57" s="97"/>
       <c r="F57" s="96"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A58" s="94" t="s">
         <v>61</v>
       </c>
-      <c r="B58" s="194"/>
-      <c r="C58" s="194"/>
+      <c r="B58" s="168"/>
+      <c r="C58" s="168"/>
       <c r="D58" s="97"/>
       <c r="E58" s="97"/>
       <c r="F58" s="96"/>
     </row>
     <row r="59" spans="1:7" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="96"/>
       <c r="B59" s="96"/>
       <c r="C59" s="96"/>
       <c r="D59" s="96"/>
       <c r="E59" s="96"/>
       <c r="F59" s="96"/>
     </row>
     <row r="60" spans="1:7" s="20" customFormat="1" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="168" t="s">
+      <c r="A60" s="169" t="s">
         <v>62</v>
       </c>
-      <c r="B60" s="168"/>
-[...3 lines deleted...]
-      <c r="F60" s="168"/>
+      <c r="B60" s="169"/>
+      <c r="C60" s="169"/>
+      <c r="D60" s="169"/>
+      <c r="E60" s="169"/>
+      <c r="F60" s="169"/>
       <c r="G60" s="111"/>
     </row>
     <row r="61" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A61" s="96"/>
       <c r="B61" s="96"/>
       <c r="C61" s="21"/>
       <c r="D61" s="96"/>
       <c r="E61" s="96"/>
       <c r="F61" s="96"/>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A62" s="19" t="s">
         <v>63</v>
       </c>
       <c r="B62" s="12"/>
       <c r="C62" s="22"/>
       <c r="D62" s="13"/>
       <c r="E62" s="122"/>
       <c r="F62" s="14" t="s">
         <v>64</v>
       </c>
       <c r="G62" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A63" s="96"/>
       <c r="B63" s="96"/>
       <c r="C63" s="21"/>
       <c r="D63" s="96"/>
       <c r="E63" s="96"/>
       <c r="F63" s="7"/>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A64" s="191" t="s">
+      <c r="A64" s="173" t="s">
         <v>65</v>
       </c>
-      <c r="B64" s="191"/>
-[...3 lines deleted...]
-      <c r="F64" s="191"/>
+      <c r="B64" s="173"/>
+      <c r="C64" s="183"/>
+      <c r="D64" s="173"/>
+      <c r="E64" s="173"/>
+      <c r="F64" s="173"/>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A65" s="204" t="s">
+      <c r="A65" s="184" t="s">
         <v>66</v>
       </c>
-      <c r="B65" s="204"/>
-[...3 lines deleted...]
-      <c r="F65" s="204"/>
+      <c r="B65" s="184"/>
+      <c r="C65" s="185"/>
+      <c r="D65" s="184"/>
+      <c r="E65" s="184"/>
+      <c r="F65" s="184"/>
     </row>
     <row r="66" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="171"/>
-[...4 lines deleted...]
-      <c r="F66" s="171"/>
+      <c r="A66" s="186"/>
+      <c r="B66" s="186"/>
+      <c r="C66" s="187"/>
+      <c r="D66" s="186"/>
+      <c r="E66" s="186"/>
+      <c r="F66" s="186"/>
     </row>
     <row r="67" spans="1:6" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="204" t="s">
+      <c r="A67" s="184" t="s">
         <v>67</v>
       </c>
-      <c r="B67" s="204"/>
-[...3 lines deleted...]
-      <c r="F67" s="204"/>
+      <c r="B67" s="184"/>
+      <c r="C67" s="185"/>
+      <c r="D67" s="184"/>
+      <c r="E67" s="184"/>
+      <c r="F67" s="184"/>
     </row>
     <row r="68" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="171"/>
-[...4 lines deleted...]
-      <c r="F68" s="171"/>
+      <c r="A68" s="186"/>
+      <c r="B68" s="186"/>
+      <c r="C68" s="187"/>
+      <c r="D68" s="186"/>
+      <c r="E68" s="186"/>
+      <c r="F68" s="186"/>
     </row>
     <row r="69" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="173" t="s">
+      <c r="A69" s="178" t="s">
         <v>68</v>
       </c>
-      <c r="B69" s="173"/>
-[...3 lines deleted...]
-      <c r="F69" s="173"/>
+      <c r="B69" s="178"/>
+      <c r="C69" s="179"/>
+      <c r="D69" s="178"/>
+      <c r="E69" s="178"/>
+      <c r="F69" s="178"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A70" s="176" t="s">
+      <c r="A70" s="206" t="s">
         <v>69</v>
       </c>
-      <c r="B70" s="176"/>
-      <c r="C70" s="176" t="s">
+      <c r="B70" s="206"/>
+      <c r="C70" s="206" t="s">
         <v>70</v>
       </c>
-      <c r="D70" s="176"/>
-      <c r="E70" s="176"/>
+      <c r="D70" s="206"/>
+      <c r="E70" s="206"/>
       <c r="F70" s="64"/>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A71" s="178"/>
-[...3 lines deleted...]
-      <c r="E71" s="177"/>
+      <c r="A71" s="170"/>
+      <c r="B71" s="170"/>
+      <c r="C71" s="172"/>
+      <c r="D71" s="172"/>
+      <c r="E71" s="172"/>
       <c r="F71" s="64"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A72" s="178"/>
-[...3 lines deleted...]
-      <c r="E72" s="177"/>
+      <c r="A72" s="170"/>
+      <c r="B72" s="170"/>
+      <c r="C72" s="172"/>
+      <c r="D72" s="172"/>
+      <c r="E72" s="172"/>
       <c r="F72" s="64"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A73" s="178"/>
-[...3 lines deleted...]
-      <c r="E73" s="177"/>
+      <c r="A73" s="170"/>
+      <c r="B73" s="170"/>
+      <c r="C73" s="172"/>
+      <c r="D73" s="172"/>
+      <c r="E73" s="172"/>
       <c r="F73" s="64"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A74" s="178"/>
-[...3 lines deleted...]
-      <c r="E74" s="177"/>
+      <c r="A74" s="170"/>
+      <c r="B74" s="170"/>
+      <c r="C74" s="172"/>
+      <c r="D74" s="172"/>
+      <c r="E74" s="172"/>
       <c r="F74" s="61"/>
     </row>
     <row r="75" spans="1:6" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="175" t="s">
+      <c r="A75" s="177" t="s">
         <v>71</v>
       </c>
-      <c r="B75" s="175"/>
+      <c r="B75" s="177"/>
       <c r="C75" s="72"/>
       <c r="D75" s="72"/>
       <c r="E75" s="72"/>
       <c r="F75" s="72"/>
     </row>
     <row r="76" spans="1:6" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A76" s="28" t="s">
         <v>72</v>
       </c>
       <c r="B76" s="28" t="s">
         <v>73</v>
       </c>
-      <c r="C76" s="206" t="s">
+      <c r="C76" s="171" t="s">
         <v>74</v>
       </c>
-      <c r="D76" s="206"/>
-      <c r="E76" s="206"/>
+      <c r="D76" s="171"/>
+      <c r="E76" s="171"/>
       <c r="F76" s="96"/>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" s="129"/>
       <c r="B77" s="126"/>
-      <c r="C77" s="177"/>
-[...1 lines deleted...]
-      <c r="E77" s="177"/>
+      <c r="C77" s="172"/>
+      <c r="D77" s="172"/>
+      <c r="E77" s="172"/>
       <c r="F77" s="96"/>
     </row>
     <row r="78" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="204" t="s">
+      <c r="A78" s="184" t="s">
         <v>75</v>
       </c>
-      <c r="B78" s="204"/>
-[...3 lines deleted...]
-      <c r="F78" s="204"/>
+      <c r="B78" s="184"/>
+      <c r="C78" s="185"/>
+      <c r="D78" s="184"/>
+      <c r="E78" s="184"/>
+      <c r="F78" s="184"/>
     </row>
     <row r="79" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="171"/>
-[...4 lines deleted...]
-      <c r="F79" s="171"/>
+      <c r="A79" s="186"/>
+      <c r="B79" s="186"/>
+      <c r="C79" s="187"/>
+      <c r="D79" s="186"/>
+      <c r="E79" s="186"/>
+      <c r="F79" s="186"/>
     </row>
     <row r="80" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="191" t="s">
+      <c r="A80" s="173" t="s">
         <v>76</v>
       </c>
-      <c r="B80" s="191"/>
-[...3 lines deleted...]
-      <c r="F80" s="191"/>
+      <c r="B80" s="173"/>
+      <c r="C80" s="173"/>
+      <c r="D80" s="173"/>
+      <c r="E80" s="173"/>
+      <c r="F80" s="173"/>
     </row>
     <row r="81" spans="1:7" ht="9.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="200"/>
-[...4 lines deleted...]
-      <c r="F81" s="201"/>
+      <c r="A81" s="180"/>
+      <c r="B81" s="181"/>
+      <c r="C81" s="182"/>
+      <c r="D81" s="181"/>
+      <c r="E81" s="181"/>
+      <c r="F81" s="181"/>
     </row>
     <row r="82" spans="1:7" ht="89.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="130"/>
-      <c r="B82" s="179" t="s">
+      <c r="B82" s="190" t="s">
         <v>77</v>
       </c>
-      <c r="C82" s="180"/>
-      <c r="D82" s="197" t="s">
+      <c r="C82" s="191"/>
+      <c r="D82" s="188" t="s">
         <v>78</v>
       </c>
-      <c r="E82" s="198"/>
+      <c r="E82" s="189"/>
       <c r="F82" s="28" t="s">
         <v>79</v>
       </c>
       <c r="G82" s="107" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A83" s="94" t="s">
         <v>52</v>
       </c>
-      <c r="B83" s="195"/>
-[...2 lines deleted...]
-      <c r="E83" s="196"/>
+      <c r="B83" s="174"/>
+      <c r="C83" s="175"/>
+      <c r="D83" s="174"/>
+      <c r="E83" s="175"/>
       <c r="F83" s="126"/>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A84" s="94" t="s">
         <v>53</v>
       </c>
-      <c r="B84" s="195"/>
-[...2 lines deleted...]
-      <c r="E84" s="196"/>
+      <c r="B84" s="174"/>
+      <c r="C84" s="175"/>
+      <c r="D84" s="174"/>
+      <c r="E84" s="175"/>
       <c r="F84" s="126"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A85" s="94" t="s">
         <v>54</v>
       </c>
-      <c r="B85" s="195"/>
-[...2 lines deleted...]
-      <c r="E85" s="196"/>
+      <c r="B85" s="174"/>
+      <c r="C85" s="175"/>
+      <c r="D85" s="174"/>
+      <c r="E85" s="175"/>
       <c r="F85" s="126"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A86" s="94" t="s">
         <v>55</v>
       </c>
-      <c r="B86" s="195"/>
-[...2 lines deleted...]
-      <c r="E86" s="196"/>
+      <c r="B86" s="174"/>
+      <c r="C86" s="175"/>
+      <c r="D86" s="174"/>
+      <c r="E86" s="175"/>
       <c r="F86" s="126"/>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A87" s="94" t="s">
         <v>56</v>
       </c>
-      <c r="B87" s="195"/>
-[...2 lines deleted...]
-      <c r="E87" s="196"/>
+      <c r="B87" s="174"/>
+      <c r="C87" s="175"/>
+      <c r="D87" s="174"/>
+      <c r="E87" s="175"/>
       <c r="F87" s="126"/>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A88" s="94" t="s">
         <v>57</v>
       </c>
-      <c r="B88" s="195"/>
-[...2 lines deleted...]
-      <c r="E88" s="196"/>
+      <c r="B88" s="174"/>
+      <c r="C88" s="175"/>
+      <c r="D88" s="174"/>
+      <c r="E88" s="175"/>
       <c r="F88" s="126"/>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A89" s="94" t="s">
         <v>81</v>
       </c>
-      <c r="B89" s="195"/>
-[...2 lines deleted...]
-      <c r="E89" s="196"/>
+      <c r="B89" s="174"/>
+      <c r="C89" s="175"/>
+      <c r="D89" s="174"/>
+      <c r="E89" s="175"/>
       <c r="F89" s="126"/>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A90" s="94" t="s">
         <v>59</v>
       </c>
-      <c r="B90" s="195"/>
-[...2 lines deleted...]
-      <c r="E90" s="196"/>
+      <c r="B90" s="174"/>
+      <c r="C90" s="175"/>
+      <c r="D90" s="174"/>
+      <c r="E90" s="175"/>
       <c r="F90" s="126"/>
     </row>
     <row r="91" spans="1:7" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A91" s="102" t="s">
         <v>82</v>
       </c>
-      <c r="B91" s="195"/>
-[...2 lines deleted...]
-      <c r="E91" s="196"/>
+      <c r="B91" s="174"/>
+      <c r="C91" s="175"/>
+      <c r="D91" s="174"/>
+      <c r="E91" s="175"/>
       <c r="F91" s="126"/>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A92" s="94" t="s">
         <v>61</v>
       </c>
-      <c r="B92" s="195"/>
-[...2 lines deleted...]
-      <c r="E92" s="196"/>
+      <c r="B92" s="174"/>
+      <c r="C92" s="175"/>
+      <c r="D92" s="174"/>
+      <c r="E92" s="175"/>
       <c r="F92" s="126"/>
       <c r="G92" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="96"/>
       <c r="B93" s="132"/>
       <c r="C93" s="96"/>
       <c r="D93" s="96"/>
       <c r="E93" s="96"/>
       <c r="F93" s="96"/>
     </row>
     <row r="94" spans="1:7" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A94" s="168" t="s">
+      <c r="A94" s="169" t="s">
         <v>83</v>
       </c>
-      <c r="B94" s="168"/>
-[...3 lines deleted...]
-      <c r="F94" s="168"/>
+      <c r="B94" s="169"/>
+      <c r="C94" s="169"/>
+      <c r="D94" s="169"/>
+      <c r="E94" s="169"/>
+      <c r="F94" s="169"/>
     </row>
     <row r="95" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A95" s="96"/>
       <c r="B95" s="96"/>
       <c r="C95" s="96"/>
       <c r="D95" s="96"/>
       <c r="E95" s="96"/>
       <c r="F95" s="96"/>
     </row>
     <row r="96" spans="1:7" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="169" t="s">
+      <c r="A96" s="194" t="s">
         <v>84</v>
       </c>
-      <c r="B96" s="170"/>
+      <c r="B96" s="205"/>
       <c r="C96" s="158"/>
-      <c r="D96" s="170"/>
-[...1 lines deleted...]
-      <c r="F96" s="170"/>
+      <c r="D96" s="205"/>
+      <c r="E96" s="205"/>
+      <c r="F96" s="205"/>
     </row>
     <row r="97" spans="1:7" ht="162" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="171"/>
-[...4 lines deleted...]
-      <c r="F97" s="171"/>
+      <c r="A97" s="186"/>
+      <c r="B97" s="186"/>
+      <c r="C97" s="187"/>
+      <c r="D97" s="186"/>
+      <c r="E97" s="186"/>
+      <c r="F97" s="186"/>
       <c r="G97" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="96"/>
       <c r="B99" s="96"/>
       <c r="C99" s="96"/>
       <c r="D99" s="96"/>
       <c r="E99" s="96"/>
       <c r="F99" s="96"/>
     </row>
     <row r="100" spans="1:7" ht="30.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="96"/>
       <c r="B100" s="44" t="s">
         <v>85</v>
       </c>
       <c r="C100" s="96"/>
       <c r="D100" s="45" t="s">
         <v>86</v>
       </c>
       <c r="E100" s="96"/>
       <c r="F100" s="96"/>
     </row>
     <row r="101" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A101" s="96"/>
       <c r="B101"/>
       <c r="C101" s="29"/>
       <c r="D101" s="96"/>
       <c r="E101" s="96"/>
       <c r="F101" s="96"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="m9G9Xbs0Hh58yfJ+WVkla5p/Mt0H/wm04xOE5WorCSiQDfzpx1KKaGXu2jAtP9/b6sIfDSeaQ68SxMTom2zgbA==" saltValue="nPNVWxZCTcr53Or8iQqwcw==" spinCount="100000" sheet="1" objects="1" formatRows="0" insertHyperlinks="0"/>
   <mergeCells count="80">
-    <mergeCell ref="B53:C53"/>
-[...8 lines deleted...]
-    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="A94:F94"/>
+    <mergeCell ref="A96:F96"/>
+    <mergeCell ref="A97:F97"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="C70:E70"/>
+    <mergeCell ref="C71:E71"/>
+    <mergeCell ref="C72:E72"/>
+    <mergeCell ref="C73:E73"/>
+    <mergeCell ref="C74:E74"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A11:F11"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="A26:F26"/>
+    <mergeCell ref="A28:F28"/>
+    <mergeCell ref="A30:F30"/>
+    <mergeCell ref="A24:F24"/>
+    <mergeCell ref="A47:F47"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="A43:F43"/>
+    <mergeCell ref="D88:E88"/>
+    <mergeCell ref="D89:E89"/>
+    <mergeCell ref="D90:E90"/>
+    <mergeCell ref="B86:C86"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="D82:E82"/>
+    <mergeCell ref="D83:E83"/>
+    <mergeCell ref="D84:E84"/>
+    <mergeCell ref="D85:E85"/>
+    <mergeCell ref="D86:E86"/>
+    <mergeCell ref="B82:C82"/>
+    <mergeCell ref="B83:C83"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="B85:C85"/>
+    <mergeCell ref="B92:C92"/>
+    <mergeCell ref="D91:E91"/>
+    <mergeCell ref="D92:E92"/>
+    <mergeCell ref="B88:C88"/>
+    <mergeCell ref="B89:C89"/>
+    <mergeCell ref="B91:C91"/>
+    <mergeCell ref="B90:C90"/>
     <mergeCell ref="D87:E87"/>
     <mergeCell ref="B51:C51"/>
     <mergeCell ref="B52:C52"/>
     <mergeCell ref="B50:C50"/>
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A42:F42"/>
     <mergeCell ref="A69:F69"/>
     <mergeCell ref="B58:C58"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A64:F64"/>
     <mergeCell ref="A65:F65"/>
     <mergeCell ref="A67:F67"/>
     <mergeCell ref="A66:F66"/>
     <mergeCell ref="A68:F68"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
-    <mergeCell ref="B92:C92"/>
-[...52 lines deleted...]
-    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="A60:F60"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="C76:E76"/>
+    <mergeCell ref="C77:E77"/>
+    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="B57:C57"/>
   </mergeCells>
   <conditionalFormatting sqref="A7">
     <cfRule type="containsBlanks" dxfId="40" priority="27">
       <formula>LEN(TRIM(A7))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A12">
     <cfRule type="notContainsBlanks" dxfId="39" priority="11">
       <formula>LEN(TRIM(A12))&gt;0</formula>
     </cfRule>
     <cfRule type="containsBlanks" dxfId="38" priority="28">
       <formula>LEN(TRIM(A12))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A21">
     <cfRule type="containsBlanks" dxfId="37" priority="12">
       <formula>LEN(TRIM(A21))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7:B7">
     <cfRule type="notContainsBlanks" dxfId="36" priority="31">
       <formula>LEN(TRIM(A7))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A21:B21">
@@ -15033,1267 +15052,1267 @@
       <formula>LEN(TRIM(D83))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F83:F92">
     <cfRule type="containsBlanks" dxfId="30" priority="10">
       <formula>LEN(TRIM(F83))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="G1:G2" location="Table_of_contents" display="Table_of_contents" xr:uid="{505D6754-A439-494D-977F-7B5E3130F6F6}"/>
     <hyperlink ref="G45" location="General" display="Top" xr:uid="{EFAC1614-81A5-44EF-8AAD-DFD635AB687F}"/>
     <hyperlink ref="G92" location="General" display="Top" xr:uid="{C72D01DD-1C0C-4735-8561-2D1CE496CA28}"/>
     <hyperlink ref="G82" location="Gen_A.2.1." display="Go To A.2.1. ↑" xr:uid="{9511D144-3B89-45AE-BFEA-43352F784C97}"/>
     <hyperlink ref="D100" location="Environment" display="Tab Environment →" xr:uid="{90BD7C6A-B67C-40D7-9EE0-4E5F091FD73B}"/>
     <hyperlink ref="B100" location="Table_of_contents" display=" Back to Table of contents  ↑" xr:uid="{2A529673-ADC6-4B90-BB3E-C1BF458C8C90}"/>
     <hyperlink ref="G97" location="General" display="Top" xr:uid="{A2357173-37F2-42F7-B132-2FBD19FEFE12}"/>
     <hyperlink ref="G62" location="General" display="Top" xr:uid="{E627BBDB-3C29-4F42-8BA6-D271292646D2}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="69" fitToHeight="10" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1056" r:id="rId4" name="TextBox2">
-          <controlPr autoLine="0" autoPict="0" r:id="rId5">
+        <control shapeId="1095" r:id="rId4" name="TextBox17">
+          <controlPr autoLine="0" r:id="rId5">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>33</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>1554480</xdr:colOff>
+                <xdr:row>33</xdr:row>
+                <xdr:rowOff>297180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1095" r:id="rId4" name="TextBox17"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1094" r:id="rId6" name="TextBox18">
+          <controlPr autoLine="0" r:id="rId7">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>96</xdr:row>
+                <xdr:rowOff>60960</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>96</xdr:row>
+                <xdr:rowOff>1981200</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1094" r:id="rId6" name="TextBox18"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1090" r:id="rId8" name="TextBox16">
+          <controlPr autoLine="0" r:id="rId9">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>78</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>78</xdr:row>
+                <xdr:rowOff>1417320</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1090" r:id="rId8" name="TextBox16"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1089" r:id="rId10" name="TextBox15">
+          <controlPr autoLine="0" r:id="rId9">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>67</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>67</xdr:row>
+                <xdr:rowOff>1417320</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1089" r:id="rId10" name="TextBox15"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1088" r:id="rId11" name="TextBox11">
+          <controlPr autoLine="0" r:id="rId9">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>65</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>65</xdr:row>
+                <xdr:rowOff>1417320</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1088" r:id="rId11" name="TextBox11"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1087" r:id="rId12" name="TextBox8">
+          <controlPr autoLine="0" r:id="rId9">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>42</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>42</xdr:row>
+                <xdr:rowOff>1417320</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1087" r:id="rId12" name="TextBox8"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1083" r:id="rId13" name="TextBox14">
+          <controlPr autoLine="0" autoPict="0" r:id="rId14">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>30</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>30</xdr:row>
+                <xdr:rowOff>685800</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1083" r:id="rId13" name="TextBox14"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1080" r:id="rId15" name="TextBox13">
+          <controlPr autoLine="0" autoPict="0" r:id="rId16">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>1623060</xdr:colOff>
+                <xdr:row>21</xdr:row>
+                <xdr:rowOff>60960</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1402080</xdr:colOff>
+                <xdr:row>22</xdr:row>
+                <xdr:rowOff>114300</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1080" r:id="rId15" name="TextBox13"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1076" r:id="rId17" name="TextBox12">
+          <controlPr autoLine="0" autoPict="0" r:id="rId18">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>78</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>78</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1076" r:id="rId17" name="TextBox12"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1074" r:id="rId19" name="TextBox10">
+          <controlPr autoLine="0" autoPict="0" r:id="rId18">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>67</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>67</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1074" r:id="rId19" name="TextBox10"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1073" r:id="rId20" name="TextBox9">
+          <controlPr autoLine="0" autoPict="0" r:id="rId18">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>65</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>65</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1073" r:id="rId20" name="TextBox9"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1068" r:id="rId21" name="TextBox1">
+          <controlPr autoLine="0" autoPict="0" r:id="rId22">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>9</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>9</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1068" r:id="rId21" name="TextBox1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1060" r:id="rId23" name="TextBox6">
+          <controlPr autoLine="0" autoPict="0" r:id="rId24">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>30</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>236220</xdr:colOff>
+                <xdr:row>30</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1060" r:id="rId23" name="TextBox6"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1059" r:id="rId25" name="TextBox5">
+          <controlPr autoLine="0" autoPict="0" linkedCell="A29" r:id="rId26">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>28</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>28</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1059" r:id="rId25" name="TextBox5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1058" r:id="rId27" name="TextBox4">
+          <controlPr autoLine="0" autoPict="0" r:id="rId26">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>26</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1417320</xdr:colOff>
+                <xdr:row>26</xdr:row>
+                <xdr:rowOff>678180</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1058" r:id="rId27" name="TextBox4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1056" r:id="rId28" name="TextBox2">
+          <controlPr autoLine="0" autoPict="0" r:id="rId14">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>99060</xdr:colOff>
                 <xdr:row>24</xdr:row>
                 <xdr:rowOff>99060</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
                 <xdr:colOff>1417320</xdr:colOff>
                 <xdr:row>24</xdr:row>
                 <xdr:rowOff>685800</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1056" r:id="rId4" name="TextBox2"/>
-[...374 lines deleted...]
-        <control shapeId="1095" r:id="rId27" name="TextBox17"/>
+        <control shapeId="1056" r:id="rId28" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{24ABCDB9-3206-407B-B579-E99C2B026A09}">
           <x14:formula1>
             <xm:f>Keuzelijsten!$A$4:$A$5</xm:f>
           </x14:formula1>
           <xm:sqref>A12</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{33C34306-F53A-4BAC-B6B1-9851A55CC407}">
           <x14:formula1>
             <xm:f>Keuzelijsten!$A$7:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>A7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{81418231-8993-4D0B-8888-8D35CEA7040D}">
           <x14:formula1>
             <xm:f>Keuzelijsten!$A$10:$A$14</xm:f>
           </x14:formula1>
           <xm:sqref>A21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Make your choice,,," xr:uid="{5C8402B3-38EB-4B7C-B848-EB6676EFDD3D}">
           <x14:formula1>
             <xm:f>Keuzelijsten!$A$1:$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>D49:E58</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{158A5EEF-4EAB-40E3-BDE5-AF1EF37F04DB}">
           <x14:formula1>
             <xm:f>Keuzelijsten!$A$1:$A$3</xm:f>
           </x14:formula1>
           <xm:sqref>B49:C58</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{057D54FA-A7E9-4C93-8FE5-4B2E79A6D4B2}">
   <sheetPr codeName="Blad211">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G160"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+      <selection activeCell="A25" sqref="A25:B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.6640625" style="4" customWidth="1"/>
     <col min="2" max="6" width="21" style="4" customWidth="1"/>
     <col min="7" max="7" width="20.6640625" style="105" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A1" s="15" t="s">
         <v>87</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
-      <c r="E1" s="189"/>
-      <c r="F1" s="188" t="e" vm="4">
+      <c r="E1" s="203"/>
+      <c r="F1" s="202" t="e" vm="4">
         <v>#VALUE!</v>
       </c>
-      <c r="G1" s="183" t="s">
+      <c r="G1" s="197" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="23.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="18"/>
       <c r="D2" s="17"/>
-      <c r="E2" s="189"/>
-[...1 lines deleted...]
-      <c r="G2" s="184"/>
+      <c r="E2" s="203"/>
+      <c r="F2" s="202"/>
+      <c r="G2" s="198"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A4" s="19" t="s">
         <v>88</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="122"/>
       <c r="D4" s="13"/>
       <c r="E4" s="122"/>
       <c r="F4" s="14" t="s">
         <v>89</v>
       </c>
       <c r="G4" s="104" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A5" s="96"/>
       <c r="B5" s="96"/>
       <c r="C5" s="96"/>
       <c r="D5" s="96"/>
       <c r="E5" s="96"/>
       <c r="F5" s="7"/>
     </row>
     <row r="6" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="169" t="s">
+      <c r="A6" s="194" t="s">
         <v>91</v>
       </c>
-      <c r="B6" s="238"/>
+      <c r="B6" s="211"/>
       <c r="C6" s="159"/>
-      <c r="D6" s="238"/>
-[...1 lines deleted...]
-      <c r="F6" s="238"/>
+      <c r="D6" s="211"/>
+      <c r="E6" s="211"/>
+      <c r="F6" s="211"/>
     </row>
     <row r="7" spans="1:7" ht="40.799999999999997" x14ac:dyDescent="0.3">
       <c r="A7" s="124"/>
       <c r="B7" s="96"/>
       <c r="C7" s="28" t="s">
         <v>92</v>
       </c>
       <c r="D7" s="28" t="s">
         <v>93</v>
       </c>
       <c r="E7" s="28" t="s">
         <v>94</v>
       </c>
       <c r="F7" s="96"/>
-      <c r="G7" s="247" t="s">
+      <c r="G7" s="207" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A8" s="237" t="s">
+      <c r="A8" s="220" t="s">
         <v>96</v>
       </c>
-      <c r="B8" s="237"/>
+      <c r="B8" s="220"/>
       <c r="C8" s="133"/>
       <c r="D8" s="133"/>
       <c r="E8" s="58" t="str">
         <f>IF(SUM(C8:D8)=0,"",SUM(C8:D8))</f>
         <v/>
       </c>
       <c r="F8" s="96"/>
-      <c r="G8" s="247"/>
+      <c r="G8" s="207"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A9" s="221" t="s">
+      <c r="A9" s="222" t="s">
         <v>97</v>
       </c>
-      <c r="B9" s="222"/>
+      <c r="B9" s="223"/>
       <c r="C9" s="133"/>
       <c r="D9" s="133"/>
       <c r="E9" s="58" t="str">
         <f>IF(SUM(C9:D9)=0,"",SUM(C9:D9))</f>
         <v/>
       </c>
       <c r="F9" s="96"/>
-      <c r="G9" s="247"/>
+      <c r="G9" s="207"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A10" s="246" t="s">
+      <c r="A10" s="221" t="s">
         <v>98</v>
       </c>
-      <c r="B10" s="246"/>
+      <c r="B10" s="221"/>
       <c r="C10" s="58" t="str">
         <f>IF(SUM(C8:C9)=0,"",SUM(C8:C9))</f>
         <v/>
       </c>
       <c r="D10" s="58" t="str">
         <f t="shared" ref="D10:E10" si="0">IF(SUM(D8:D9)=0,"",SUM(D8:D9))</f>
         <v/>
       </c>
       <c r="E10" s="58" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F10" s="96"/>
     </row>
     <row r="12" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="169" t="s">
+      <c r="A12" s="194" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="238"/>
+      <c r="B12" s="211"/>
       <c r="C12" s="159"/>
-      <c r="D12" s="238"/>
-[...1 lines deleted...]
-      <c r="F12" s="238"/>
+      <c r="D12" s="211"/>
+      <c r="E12" s="211"/>
+      <c r="F12" s="211"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="96"/>
       <c r="B13" s="96"/>
       <c r="C13" s="96"/>
       <c r="D13" s="28" t="s">
         <v>100</v>
       </c>
       <c r="E13" s="96"/>
       <c r="F13" s="96"/>
-      <c r="G13" s="247" t="s">
+      <c r="G13" s="207" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="237" t="s">
+      <c r="A14" s="220" t="s">
         <v>102</v>
       </c>
-      <c r="B14" s="237"/>
-      <c r="C14" s="237"/>
+      <c r="B14" s="220"/>
+      <c r="C14" s="220"/>
       <c r="D14" s="134"/>
       <c r="E14" s="96"/>
       <c r="F14" s="96"/>
-      <c r="G14" s="247"/>
+      <c r="G14" s="207"/>
     </row>
     <row r="15" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="237" t="s">
+      <c r="A15" s="220" t="s">
         <v>103</v>
       </c>
-      <c r="B15" s="237"/>
-      <c r="C15" s="237"/>
+      <c r="B15" s="220"/>
+      <c r="C15" s="220"/>
       <c r="D15" s="134"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
-      <c r="G15" s="247"/>
+      <c r="G15" s="207"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A16" s="246" t="s">
+      <c r="A16" s="221" t="s">
         <v>98</v>
       </c>
-      <c r="B16" s="246"/>
-      <c r="C16" s="246"/>
+      <c r="B16" s="221"/>
+      <c r="C16" s="221"/>
       <c r="D16" s="58" t="str">
         <f>IF(SUM(D14:D15)=0,"",SUM(D14:D15))</f>
         <v/>
       </c>
       <c r="E16" s="96"/>
       <c r="F16" s="96"/>
-      <c r="G16" s="247"/>
+      <c r="G16" s="207"/>
     </row>
     <row r="18" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="169" t="s">
+      <c r="A18" s="194" t="s">
         <v>104</v>
       </c>
-      <c r="B18" s="238"/>
+      <c r="B18" s="211"/>
       <c r="C18" s="159"/>
-      <c r="D18" s="238"/>
-[...1 lines deleted...]
-      <c r="F18" s="238"/>
+      <c r="D18" s="211"/>
+      <c r="E18" s="211"/>
+      <c r="F18" s="211"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="74" t="str">
-        <f>IF(OR(Algemeen!A29="",D16=""),"",Algemeen!A29/D16)</f>
+        <f>IF(OR(Algemeen!A29="",D16=""),"",D16/Algemeen!A29)</f>
         <v/>
       </c>
       <c r="B19" s="96"/>
       <c r="C19" s="96"/>
       <c r="D19" s="96"/>
       <c r="E19" s="96"/>
       <c r="F19" s="96"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="19" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="122"/>
       <c r="D21" s="13"/>
       <c r="E21" s="122"/>
       <c r="F21" s="14" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="96"/>
       <c r="B22" s="96"/>
       <c r="C22" s="96"/>
       <c r="D22" s="96"/>
       <c r="E22" s="96"/>
       <c r="F22" s="32"/>
     </row>
     <row r="23" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="169" t="s">
+      <c r="A23" s="194" t="s">
         <v>107</v>
       </c>
-      <c r="B23" s="238"/>
+      <c r="B23" s="211"/>
       <c r="C23" s="159"/>
-      <c r="D23" s="238"/>
-[...1 lines deleted...]
-      <c r="F23" s="238"/>
+      <c r="D23" s="211"/>
+      <c r="E23" s="211"/>
+      <c r="F23" s="211"/>
     </row>
     <row r="24" spans="1:7" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="244" t="s">
+      <c r="A24" s="218" t="s">
         <v>108</v>
       </c>
-      <c r="B24" s="245"/>
-[...3 lines deleted...]
-      <c r="F24" s="245"/>
+      <c r="B24" s="219"/>
+      <c r="C24" s="219"/>
+      <c r="D24" s="219"/>
+      <c r="E24" s="219"/>
+      <c r="F24" s="219"/>
     </row>
     <row r="25" spans="1:7" ht="26.4" x14ac:dyDescent="0.3">
-      <c r="A25" s="176" t="s">
+      <c r="A25" s="206" t="s">
         <v>109</v>
       </c>
-      <c r="B25" s="176"/>
+      <c r="B25" s="206"/>
       <c r="C25" s="28" t="s">
         <v>110</v>
       </c>
       <c r="D25" s="28" t="s">
         <v>111</v>
       </c>
       <c r="E25" s="96"/>
       <c r="F25" s="96"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A26" s="249" t="s">
+      <c r="A26" s="209" t="s">
         <v>112</v>
       </c>
-      <c r="B26" s="250"/>
+      <c r="B26" s="210"/>
       <c r="C26" s="75"/>
       <c r="D26" s="76"/>
       <c r="E26" s="96"/>
       <c r="F26" s="96"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A27" s="248" t="s">
+      <c r="A27" s="208" t="s">
         <v>113</v>
       </c>
-      <c r="B27" s="248"/>
+      <c r="B27" s="208"/>
       <c r="C27" s="75"/>
       <c r="D27" s="76"/>
       <c r="E27" s="96"/>
       <c r="F27" s="96"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A28" s="248" t="s">
+      <c r="A28" s="208" t="s">
         <v>114</v>
       </c>
-      <c r="B28" s="248"/>
+      <c r="B28" s="208"/>
       <c r="C28" s="75"/>
       <c r="D28" s="76"/>
       <c r="E28" s="96"/>
       <c r="F28" s="96"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A29" s="248" t="s">
+      <c r="A29" s="208" t="s">
         <v>115</v>
       </c>
-      <c r="B29" s="248"/>
+      <c r="B29" s="208"/>
       <c r="C29" s="75"/>
       <c r="D29" s="76"/>
       <c r="E29" s="96"/>
       <c r="F29" s="96"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A30" s="248"/>
-      <c r="B30" s="248"/>
+      <c r="A30" s="208"/>
+      <c r="B30" s="208"/>
       <c r="C30" s="75"/>
       <c r="D30" s="76"/>
       <c r="E30" s="96"/>
       <c r="F30" s="96"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A31" s="248"/>
-      <c r="B31" s="248"/>
+      <c r="A31" s="208"/>
+      <c r="B31" s="208"/>
       <c r="C31" s="75"/>
       <c r="D31" s="76"/>
       <c r="E31" s="96"/>
       <c r="F31" s="96"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A33" s="19" t="s">
         <v>116</v>
       </c>
       <c r="B33" s="12"/>
       <c r="C33" s="122"/>
       <c r="D33" s="13"/>
       <c r="E33" s="122"/>
       <c r="F33" s="14" t="s">
         <v>117</v>
       </c>
       <c r="G33" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A34" s="96"/>
       <c r="B34" s="96"/>
       <c r="C34" s="96"/>
       <c r="D34" s="96"/>
       <c r="E34" s="96"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:7" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="169" t="s">
+      <c r="A35" s="194" t="s">
         <v>118</v>
       </c>
-      <c r="B35" s="238"/>
+      <c r="B35" s="211"/>
       <c r="C35" s="159"/>
-      <c r="D35" s="238"/>
-[...1 lines deleted...]
-      <c r="F35" s="238"/>
+      <c r="D35" s="211"/>
+      <c r="E35" s="211"/>
+      <c r="F35" s="211"/>
     </row>
     <row r="36" spans="1:7" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A36" s="59" t="s">
         <v>26</v>
       </c>
       <c r="B36" s="26" t="s">
         <v>119</v>
       </c>
       <c r="C36" s="28" t="s">
         <v>120</v>
       </c>
       <c r="D36" s="28" t="s">
         <v>121</v>
       </c>
-      <c r="E36" s="206" t="s">
+      <c r="E36" s="171" t="s">
         <v>122</v>
       </c>
-      <c r="F36" s="206"/>
-      <c r="G36" s="247" t="s">
+      <c r="F36" s="171"/>
+      <c r="G36" s="207" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A37" s="131"/>
       <c r="B37" s="135"/>
       <c r="C37" s="136"/>
       <c r="D37" s="137"/>
-      <c r="E37" s="251"/>
-[...1 lines deleted...]
-      <c r="G37" s="247"/>
+      <c r="E37" s="212"/>
+      <c r="F37" s="212"/>
+      <c r="G37" s="207"/>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="131"/>
       <c r="B38" s="135"/>
       <c r="C38" s="136"/>
       <c r="D38" s="137"/>
-      <c r="E38" s="251"/>
-[...1 lines deleted...]
-      <c r="G38" s="247"/>
+      <c r="E38" s="212"/>
+      <c r="F38" s="212"/>
+      <c r="G38" s="207"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="131"/>
       <c r="B39" s="135"/>
       <c r="C39" s="136"/>
       <c r="D39" s="137"/>
-      <c r="E39" s="251"/>
-      <c r="F39" s="251"/>
+      <c r="E39" s="212"/>
+      <c r="F39" s="212"/>
     </row>
     <row r="41" spans="1:7" ht="43.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="169" t="s">
+      <c r="A41" s="194" t="s">
         <v>124</v>
       </c>
-      <c r="B41" s="238"/>
+      <c r="B41" s="211"/>
       <c r="C41" s="159"/>
-      <c r="D41" s="238"/>
-[...1 lines deleted...]
-      <c r="F41" s="238"/>
+      <c r="D41" s="211"/>
+      <c r="E41" s="211"/>
+      <c r="F41" s="211"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A42" s="255" t="s">
+      <c r="A42" s="216" t="s">
         <v>125</v>
       </c>
-      <c r="B42" s="255"/>
-      <c r="C42" s="252" t="s">
+      <c r="B42" s="216"/>
+      <c r="C42" s="213" t="s">
         <v>126</v>
       </c>
-      <c r="D42" s="253"/>
-      <c r="E42" s="254"/>
+      <c r="D42" s="214"/>
+      <c r="E42" s="215"/>
       <c r="F42" s="96"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A43" s="255"/>
-      <c r="B43" s="255"/>
+      <c r="A43" s="216"/>
+      <c r="B43" s="216"/>
       <c r="C43" s="36" t="s">
         <v>127</v>
       </c>
       <c r="D43" s="36" t="s">
         <v>128</v>
       </c>
       <c r="E43" s="36" t="s">
         <v>129</v>
       </c>
       <c r="F43" s="96"/>
-      <c r="G43" s="247" t="s">
+      <c r="G43" s="207" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A44" s="235" t="s">
+      <c r="A44" s="217" t="s">
         <v>131</v>
       </c>
-      <c r="B44" s="235"/>
+      <c r="B44" s="217"/>
       <c r="C44" s="138"/>
       <c r="D44" s="138"/>
       <c r="E44" s="139"/>
       <c r="F44" s="96"/>
-      <c r="G44" s="247"/>
+      <c r="G44" s="207"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A45" s="235" t="s">
+      <c r="A45" s="217" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="235"/>
+      <c r="B45" s="217"/>
       <c r="C45" s="138"/>
       <c r="D45" s="138"/>
       <c r="E45" s="139"/>
       <c r="F45" s="96"/>
-      <c r="G45" s="247"/>
+      <c r="G45" s="207"/>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A46" s="235" t="s">
+      <c r="A46" s="217" t="s">
         <v>133</v>
       </c>
-      <c r="B46" s="235"/>
+      <c r="B46" s="217"/>
       <c r="C46" s="138"/>
       <c r="D46" s="138"/>
       <c r="E46" s="139"/>
       <c r="F46" s="96"/>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A47" s="236" t="s">
+      <c r="A47" s="224" t="s">
         <v>134</v>
       </c>
-      <c r="B47" s="236"/>
+      <c r="B47" s="224"/>
       <c r="C47" s="67"/>
       <c r="D47" s="67"/>
       <c r="E47" s="68">
         <f>SUM(E44:E46)</f>
         <v>0</v>
       </c>
       <c r="F47" s="96"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="96"/>
       <c r="B48" s="96"/>
       <c r="C48" s="124"/>
       <c r="D48" s="124"/>
       <c r="E48" s="124"/>
       <c r="F48" s="96"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="19" t="s">
         <v>135</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="122"/>
       <c r="D49" s="13"/>
       <c r="E49" s="122"/>
       <c r="F49" s="14" t="s">
         <v>136</v>
       </c>
       <c r="G49" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="96"/>
       <c r="B50" s="96"/>
       <c r="C50" s="96"/>
       <c r="D50" s="96"/>
       <c r="E50" s="96"/>
       <c r="F50" s="7"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A51" s="169" t="s">
+      <c r="A51" s="194" t="s">
         <v>137</v>
       </c>
-      <c r="B51" s="238"/>
+      <c r="B51" s="211"/>
       <c r="C51" s="159"/>
-      <c r="D51" s="238"/>
-[...1 lines deleted...]
-      <c r="F51" s="238"/>
+      <c r="D51" s="211"/>
+      <c r="E51" s="211"/>
+      <c r="F51" s="211"/>
     </row>
     <row r="52" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="230" t="s">
+      <c r="A52" s="225" t="s">
         <v>138</v>
       </c>
-      <c r="B52" s="231"/>
-[...3 lines deleted...]
-      <c r="F52" s="231"/>
+      <c r="B52" s="226"/>
+      <c r="C52" s="226"/>
+      <c r="D52" s="226"/>
+      <c r="E52" s="226"/>
+      <c r="F52" s="226"/>
     </row>
     <row r="53" spans="1:7" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="96"/>
       <c r="B53" s="96"/>
       <c r="C53" s="28" t="s">
         <v>139</v>
       </c>
       <c r="D53" s="28" t="s">
         <v>140</v>
       </c>
       <c r="E53" s="96"/>
       <c r="F53" s="96"/>
       <c r="G53" s="108"/>
     </row>
     <row r="54" spans="1:7" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="237" t="s">
+      <c r="A54" s="220" t="s">
         <v>141</v>
       </c>
-      <c r="B54" s="237"/>
+      <c r="B54" s="220"/>
       <c r="C54" s="140"/>
       <c r="D54" s="140"/>
       <c r="E54" s="96"/>
       <c r="F54" s="96"/>
-      <c r="G54" s="210" t="s">
+      <c r="G54" s="245" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A55" s="237" t="s">
+      <c r="A55" s="220" t="s">
         <v>143</v>
       </c>
-      <c r="B55" s="237"/>
+      <c r="B55" s="220"/>
       <c r="C55" s="140"/>
       <c r="D55" s="140"/>
       <c r="E55" s="96"/>
       <c r="F55" s="96"/>
-      <c r="G55" s="210"/>
+      <c r="G55" s="245"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A57" s="19" t="s">
         <v>144</v>
       </c>
       <c r="B57" s="12"/>
       <c r="C57" s="122"/>
       <c r="D57" s="13"/>
       <c r="E57" s="122"/>
       <c r="F57" s="14" t="s">
         <v>145</v>
       </c>
       <c r="G57" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A58" s="96"/>
       <c r="B58" s="96"/>
       <c r="C58" s="96"/>
       <c r="D58" s="96"/>
       <c r="E58" s="96"/>
       <c r="F58" s="7"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A59" s="185" t="s">
+      <c r="A59" s="199" t="s">
         <v>146</v>
       </c>
-      <c r="B59" s="190"/>
-[...3 lines deleted...]
-      <c r="F59" s="190"/>
+      <c r="B59" s="204"/>
+      <c r="C59" s="201"/>
+      <c r="D59" s="204"/>
+      <c r="E59" s="204"/>
+      <c r="F59" s="204"/>
     </row>
     <row r="60" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="37"/>
       <c r="B60" s="9"/>
       <c r="C60" s="123"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A61" s="39" t="s">
         <v>147</v>
       </c>
       <c r="B61" s="9"/>
       <c r="C61" s="123"/>
       <c r="D61" s="9"/>
       <c r="E61" s="9"/>
       <c r="F61" s="9"/>
     </row>
     <row r="62" spans="1:7" ht="172.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="96"/>
       <c r="B62" s="96"/>
       <c r="C62" s="96"/>
       <c r="D62" s="96"/>
       <c r="E62" s="96"/>
       <c r="F62" s="125"/>
       <c r="G62" s="109" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A63" s="185" t="s">
+      <c r="A63" s="199" t="s">
         <v>149</v>
       </c>
-      <c r="B63" s="190"/>
-[...3 lines deleted...]
-      <c r="F63" s="190"/>
+      <c r="B63" s="204"/>
+      <c r="C63" s="201"/>
+      <c r="D63" s="204"/>
+      <c r="E63" s="204"/>
+      <c r="F63" s="204"/>
     </row>
     <row r="64" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="173" t="s">
+      <c r="A64" s="178" t="s">
         <v>150</v>
       </c>
-      <c r="B64" s="173"/>
-[...3 lines deleted...]
-      <c r="F64" s="173"/>
+      <c r="B64" s="178"/>
+      <c r="C64" s="178"/>
+      <c r="D64" s="178"/>
+      <c r="E64" s="178"/>
+      <c r="F64" s="178"/>
     </row>
     <row r="65" spans="1:7" ht="52.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A65" s="216" t="s">
+      <c r="A65" s="251" t="s">
         <v>151</v>
       </c>
-      <c r="B65" s="216"/>
-[...3 lines deleted...]
-      <c r="F65" s="216"/>
+      <c r="B65" s="251"/>
+      <c r="C65" s="251"/>
+      <c r="D65" s="251"/>
+      <c r="E65" s="251"/>
+      <c r="F65" s="251"/>
       <c r="G65" s="109" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="96"/>
       <c r="B66" s="96"/>
-      <c r="C66" s="179" t="s">
+      <c r="C66" s="190" t="s">
         <v>153</v>
       </c>
-      <c r="D66" s="180"/>
+      <c r="D66" s="191"/>
       <c r="E66" s="96"/>
       <c r="F66" s="96"/>
     </row>
     <row r="67" spans="1:7" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A67" s="96"/>
       <c r="B67" s="96"/>
       <c r="C67" s="56" t="s">
         <v>154</v>
       </c>
       <c r="D67" s="56" t="s">
         <v>155</v>
       </c>
       <c r="E67" s="124"/>
       <c r="F67" s="96"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A68" s="217" t="s">
+      <c r="A68" s="252" t="s">
         <v>156</v>
       </c>
-      <c r="B68" s="218"/>
-[...1 lines deleted...]
-      <c r="D68" s="219"/>
+      <c r="B68" s="253"/>
+      <c r="C68" s="253"/>
+      <c r="D68" s="254"/>
       <c r="E68" s="96"/>
       <c r="F68" s="96"/>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A69" s="195" t="s">
+      <c r="A69" s="174" t="s">
         <v>157</v>
       </c>
-      <c r="B69" s="196"/>
+      <c r="B69" s="175"/>
       <c r="C69" s="136"/>
       <c r="D69" s="136"/>
       <c r="E69" s="96"/>
       <c r="F69" s="96"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A70" s="209" t="s">
+      <c r="A70" s="244" t="s">
         <v>158</v>
       </c>
-      <c r="B70" s="196"/>
+      <c r="B70" s="175"/>
       <c r="C70" s="136"/>
       <c r="D70" s="136"/>
       <c r="E70" s="96"/>
       <c r="F70" s="96"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A71" s="195" t="s">
+      <c r="A71" s="174" t="s">
         <v>159</v>
       </c>
-      <c r="B71" s="196"/>
+      <c r="B71" s="175"/>
       <c r="C71" s="136"/>
       <c r="D71" s="136"/>
       <c r="E71" s="96"/>
       <c r="F71" s="96"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A72" s="211" t="s">
+      <c r="A72" s="246" t="s">
         <v>160</v>
       </c>
-      <c r="B72" s="212"/>
-[...1 lines deleted...]
-      <c r="D72" s="213"/>
+      <c r="B72" s="247"/>
+      <c r="C72" s="247"/>
+      <c r="D72" s="248"/>
       <c r="E72" s="96"/>
       <c r="F72" s="96"/>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A73" s="195" t="s">
+      <c r="A73" s="174" t="s">
         <v>161</v>
       </c>
-      <c r="B73" s="196"/>
+      <c r="B73" s="175"/>
       <c r="C73" s="136"/>
       <c r="D73" s="136"/>
       <c r="E73" s="96"/>
       <c r="F73" s="96"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A74" s="195" t="s">
+      <c r="A74" s="174" t="s">
         <v>162</v>
       </c>
-      <c r="B74" s="196"/>
+      <c r="B74" s="175"/>
       <c r="C74" s="136"/>
       <c r="D74" s="136"/>
       <c r="E74" s="96"/>
       <c r="F74" s="96"/>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A75" s="195" t="s">
+      <c r="A75" s="174" t="s">
         <v>163</v>
       </c>
-      <c r="B75" s="196"/>
+      <c r="B75" s="175"/>
       <c r="C75" s="136"/>
       <c r="D75" s="136"/>
       <c r="E75" s="96"/>
       <c r="F75" s="96"/>
     </row>
     <row r="77" spans="1:7" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A77" s="56" t="s">
         <v>164</v>
       </c>
       <c r="B77" s="56" t="s">
         <v>165</v>
       </c>
       <c r="C77" s="56" t="s">
         <v>166</v>
       </c>
       <c r="D77" s="56" t="s">
         <v>167</v>
       </c>
       <c r="E77" s="96"/>
       <c r="F77" s="96"/>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A78" s="141" t="s">
         <v>168</v>
       </c>
@@ -16326,921 +16345,921 @@
         <v>0</v>
       </c>
       <c r="E80" s="96"/>
       <c r="F80" s="96"/>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A81" s="141"/>
       <c r="B81" s="136"/>
       <c r="C81" s="136"/>
       <c r="D81" s="142">
         <f>SUM(B81:C81)</f>
         <v>0</v>
       </c>
       <c r="E81" s="96"/>
       <c r="F81" s="96"/>
     </row>
     <row r="82" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="96"/>
       <c r="B82" s="96"/>
       <c r="C82" s="96"/>
       <c r="D82" s="96"/>
       <c r="E82" s="96"/>
       <c r="F82" s="96"/>
     </row>
     <row r="83" spans="1:7" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A83" s="168" t="s">
+      <c r="A83" s="169" t="s">
         <v>62</v>
       </c>
-      <c r="B83" s="168"/>
-[...3 lines deleted...]
-      <c r="F83" s="168"/>
+      <c r="B83" s="169"/>
+      <c r="C83" s="169"/>
+      <c r="D83" s="169"/>
+      <c r="E83" s="169"/>
+      <c r="F83" s="169"/>
       <c r="G83" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A84" s="96"/>
       <c r="B84" s="96"/>
       <c r="C84" s="21"/>
       <c r="D84" s="96"/>
       <c r="E84" s="96"/>
       <c r="F84" s="96"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A85" s="19" t="s">
         <v>169</v>
       </c>
       <c r="B85" s="12"/>
       <c r="C85" s="22"/>
       <c r="D85" s="13"/>
       <c r="E85" s="122"/>
       <c r="F85" s="14" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="62.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="214" t="s">
+      <c r="A86" s="249" t="s">
         <v>171</v>
       </c>
-      <c r="B86" s="215"/>
-[...3 lines deleted...]
-      <c r="F86" s="215"/>
+      <c r="B86" s="250"/>
+      <c r="C86" s="250"/>
+      <c r="D86" s="250"/>
+      <c r="E86" s="250"/>
+      <c r="F86" s="250"/>
       <c r="G86" s="66" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A87" s="176" t="s">
+      <c r="A87" s="206" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="176"/>
-      <c r="C87" s="176"/>
+      <c r="B87" s="206"/>
+      <c r="C87" s="206"/>
       <c r="D87" s="69">
         <f>SUM(D88:D102)</f>
         <v>0</v>
       </c>
       <c r="E87" s="96"/>
       <c r="F87" s="7"/>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A88" s="208" t="s">
+      <c r="A88" s="241" t="s">
         <v>174</v>
       </c>
-      <c r="B88" s="208"/>
-      <c r="C88" s="208"/>
+      <c r="B88" s="241"/>
+      <c r="C88" s="241"/>
       <c r="D88" s="140"/>
       <c r="E88" s="96"/>
       <c r="F88" s="96"/>
-      <c r="G88" s="207" t="s">
+      <c r="G88" s="243" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A89" s="208" t="s">
+      <c r="A89" s="241" t="s">
         <v>176</v>
       </c>
-      <c r="B89" s="208"/>
-      <c r="C89" s="208"/>
+      <c r="B89" s="241"/>
+      <c r="C89" s="241"/>
       <c r="D89" s="140"/>
       <c r="E89" s="96"/>
       <c r="F89" s="96"/>
-      <c r="G89" s="207"/>
+      <c r="G89" s="243"/>
     </row>
     <row r="90" spans="1:7" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="220" t="s">
+      <c r="A90" s="255" t="s">
         <v>177</v>
       </c>
-      <c r="B90" s="208"/>
-      <c r="C90" s="208"/>
+      <c r="B90" s="241"/>
+      <c r="C90" s="241"/>
       <c r="D90" s="140"/>
       <c r="E90" s="96"/>
       <c r="F90" s="96"/>
-      <c r="G90" s="207"/>
+      <c r="G90" s="243"/>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A91" s="208" t="s">
+      <c r="A91" s="241" t="s">
         <v>178</v>
       </c>
-      <c r="B91" s="208"/>
-      <c r="C91" s="208"/>
+      <c r="B91" s="241"/>
+      <c r="C91" s="241"/>
       <c r="D91" s="140"/>
       <c r="E91" s="96"/>
       <c r="F91" s="96"/>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A92" s="208" t="s">
+      <c r="A92" s="241" t="s">
         <v>179</v>
       </c>
-      <c r="B92" s="208"/>
-      <c r="C92" s="208"/>
+      <c r="B92" s="241"/>
+      <c r="C92" s="241"/>
       <c r="D92" s="140"/>
       <c r="E92" s="96"/>
       <c r="F92" s="96"/>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A93" s="208" t="s">
+      <c r="A93" s="241" t="s">
         <v>180</v>
       </c>
-      <c r="B93" s="208"/>
-      <c r="C93" s="208"/>
+      <c r="B93" s="241"/>
+      <c r="C93" s="241"/>
       <c r="D93" s="140"/>
       <c r="E93" s="96"/>
       <c r="F93" s="96"/>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A94" s="208" t="s">
+      <c r="A94" s="241" t="s">
         <v>181</v>
       </c>
-      <c r="B94" s="208"/>
-      <c r="C94" s="208"/>
+      <c r="B94" s="241"/>
+      <c r="C94" s="241"/>
       <c r="D94" s="140"/>
       <c r="E94" s="96"/>
       <c r="F94" s="96"/>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A95" s="208" t="s">
+      <c r="A95" s="241" t="s">
         <v>182</v>
       </c>
-      <c r="B95" s="208"/>
-      <c r="C95" s="208"/>
+      <c r="B95" s="241"/>
+      <c r="C95" s="241"/>
       <c r="D95" s="140"/>
       <c r="E95" s="96"/>
       <c r="F95" s="96"/>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A96" s="208" t="s">
+      <c r="A96" s="241" t="s">
         <v>183</v>
       </c>
-      <c r="B96" s="208"/>
-      <c r="C96" s="208"/>
+      <c r="B96" s="241"/>
+      <c r="C96" s="241"/>
       <c r="D96" s="140"/>
       <c r="E96" s="96"/>
       <c r="F96" s="96"/>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A97" s="208" t="s">
+      <c r="A97" s="241" t="s">
         <v>184</v>
       </c>
-      <c r="B97" s="208"/>
-      <c r="C97" s="208"/>
+      <c r="B97" s="241"/>
+      <c r="C97" s="241"/>
       <c r="D97" s="140"/>
       <c r="E97" s="96"/>
       <c r="F97" s="96"/>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A98" s="208" t="s">
+      <c r="A98" s="241" t="s">
         <v>185</v>
       </c>
-      <c r="B98" s="208"/>
-      <c r="C98" s="208"/>
+      <c r="B98" s="241"/>
+      <c r="C98" s="241"/>
       <c r="D98" s="140"/>
       <c r="E98" s="96"/>
       <c r="F98" s="96"/>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A99" s="208" t="s">
+      <c r="A99" s="241" t="s">
         <v>186</v>
       </c>
-      <c r="B99" s="208"/>
-      <c r="C99" s="208"/>
+      <c r="B99" s="241"/>
+      <c r="C99" s="241"/>
       <c r="D99" s="140"/>
       <c r="E99" s="96"/>
       <c r="F99" s="96"/>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A100" s="208" t="s">
+      <c r="A100" s="241" t="s">
         <v>187</v>
       </c>
-      <c r="B100" s="208"/>
-      <c r="C100" s="208"/>
+      <c r="B100" s="241"/>
+      <c r="C100" s="241"/>
       <c r="D100" s="140"/>
       <c r="E100" s="96"/>
       <c r="F100" s="96"/>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A101" s="208" t="s">
+      <c r="A101" s="241" t="s">
         <v>188</v>
       </c>
-      <c r="B101" s="208"/>
-      <c r="C101" s="208"/>
+      <c r="B101" s="241"/>
+      <c r="C101" s="241"/>
       <c r="D101" s="140"/>
       <c r="E101" s="96"/>
       <c r="F101" s="96"/>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A102" s="208" t="s">
+      <c r="A102" s="241" t="s">
         <v>189</v>
       </c>
-      <c r="B102" s="208"/>
-      <c r="C102" s="208"/>
+      <c r="B102" s="241"/>
+      <c r="C102" s="241"/>
       <c r="D102" s="140"/>
       <c r="E102" s="96"/>
       <c r="F102" s="96"/>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A104" s="19" t="s">
         <v>190</v>
       </c>
       <c r="B104" s="12"/>
       <c r="C104" s="22"/>
       <c r="D104" s="13"/>
       <c r="E104" s="122"/>
       <c r="F104" s="14" t="s">
         <v>191</v>
       </c>
       <c r="G104" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="232" t="s">
+      <c r="A106" s="238" t="s">
         <v>192</v>
       </c>
-      <c r="B106" s="233"/>
-[...3 lines deleted...]
-      <c r="F106" s="233"/>
+      <c r="B106" s="239"/>
+      <c r="C106" s="240"/>
+      <c r="D106" s="239"/>
+      <c r="E106" s="239"/>
+      <c r="F106" s="239"/>
       <c r="G106" s="66" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="107" spans="1:7" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="230" t="s">
+      <c r="A107" s="225" t="s">
         <v>194</v>
       </c>
-      <c r="B107" s="231"/>
-[...3 lines deleted...]
-      <c r="F107" s="231"/>
+      <c r="B107" s="226"/>
+      <c r="C107" s="226"/>
+      <c r="D107" s="226"/>
+      <c r="E107" s="226"/>
+      <c r="F107" s="226"/>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A108" s="101"/>
       <c r="B108" s="101"/>
-      <c r="C108" s="223" t="s">
+      <c r="C108" s="242" t="s">
         <v>195</v>
       </c>
-      <c r="D108" s="223"/>
-[...1 lines deleted...]
-      <c r="F108" s="223"/>
+      <c r="D108" s="242"/>
+      <c r="E108" s="242"/>
+      <c r="F108" s="242"/>
     </row>
     <row r="109" spans="1:7" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A109" s="101"/>
       <c r="B109" s="101"/>
       <c r="C109" s="36" t="s">
         <v>196</v>
       </c>
       <c r="D109" s="36" t="s">
         <v>197</v>
       </c>
       <c r="E109" s="28" t="s">
         <v>198</v>
       </c>
       <c r="F109" s="28" t="s">
         <v>199</v>
       </c>
       <c r="G109" s="110"/>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A110" s="221" t="s">
+      <c r="A110" s="222" t="s">
         <v>200</v>
       </c>
-      <c r="B110" s="222"/>
+      <c r="B110" s="223"/>
       <c r="C110" s="133"/>
       <c r="D110" s="140"/>
       <c r="E110" s="133" t="s">
         <v>201</v>
       </c>
       <c r="F110" s="143"/>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A111" s="221" t="s">
+      <c r="A111" s="222" t="s">
         <v>202</v>
       </c>
-      <c r="B111" s="222"/>
+      <c r="B111" s="223"/>
       <c r="C111" s="133"/>
       <c r="D111" s="140"/>
       <c r="E111" s="133"/>
       <c r="F111" s="143"/>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A112" s="96"/>
       <c r="B112" s="96"/>
       <c r="C112" s="96"/>
       <c r="D112" s="96"/>
       <c r="E112" s="96"/>
       <c r="F112" s="96"/>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A113" s="101"/>
       <c r="B113" s="101"/>
-      <c r="C113" s="223" t="s">
+      <c r="C113" s="242" t="s">
         <v>203</v>
       </c>
-      <c r="D113" s="223"/>
-[...1 lines deleted...]
-      <c r="F113" s="223"/>
+      <c r="D113" s="242"/>
+      <c r="E113" s="242"/>
+      <c r="F113" s="242"/>
     </row>
     <row r="114" spans="1:6" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A114" s="101"/>
       <c r="B114" s="101"/>
       <c r="C114" s="36" t="s">
         <v>196</v>
       </c>
       <c r="D114" s="36" t="s">
         <v>197</v>
       </c>
       <c r="E114" s="28" t="s">
         <v>198</v>
       </c>
       <c r="F114" s="28" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A115" s="221" t="s">
+      <c r="A115" s="222" t="s">
         <v>200</v>
       </c>
-      <c r="B115" s="222"/>
+      <c r="B115" s="223"/>
       <c r="C115" s="133"/>
       <c r="D115" s="140"/>
       <c r="E115" s="133" t="s">
         <v>201</v>
       </c>
       <c r="F115" s="143"/>
     </row>
     <row r="116" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A116" s="221" t="s">
+      <c r="A116" s="222" t="s">
         <v>202</v>
       </c>
-      <c r="B116" s="222"/>
+      <c r="B116" s="223"/>
       <c r="C116" s="133"/>
       <c r="D116" s="140"/>
       <c r="E116" s="140"/>
       <c r="F116" s="143"/>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
         <v>204</v>
       </c>
       <c r="B118" s="96"/>
       <c r="C118" s="96"/>
       <c r="D118" s="96"/>
       <c r="E118" s="96"/>
       <c r="F118" s="96"/>
     </row>
     <row r="119" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="171"/>
-[...4 lines deleted...]
-      <c r="F119" s="171"/>
+      <c r="A119" s="186"/>
+      <c r="B119" s="186"/>
+      <c r="C119" s="187"/>
+      <c r="D119" s="186"/>
+      <c r="E119" s="186"/>
+      <c r="F119" s="186"/>
     </row>
     <row r="120" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A120" s="169" t="s">
+      <c r="A120" s="194" t="s">
         <v>205</v>
       </c>
-      <c r="B120" s="170"/>
+      <c r="B120" s="205"/>
       <c r="C120" s="158"/>
-      <c r="D120" s="170"/>
-[...1 lines deleted...]
-      <c r="F120" s="170"/>
+      <c r="D120" s="205"/>
+      <c r="E120" s="205"/>
+      <c r="F120" s="205"/>
     </row>
     <row r="121" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="37"/>
       <c r="B121" s="9"/>
       <c r="C121" s="123"/>
       <c r="D121" s="9"/>
       <c r="E121" s="9"/>
       <c r="F121" s="9"/>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A122" s="228" t="s">
+      <c r="A122" s="231" t="s">
         <v>206</v>
       </c>
-      <c r="B122" s="229"/>
-[...3 lines deleted...]
-      <c r="F122" s="229"/>
+      <c r="B122" s="232"/>
+      <c r="C122" s="232"/>
+      <c r="D122" s="232"/>
+      <c r="E122" s="232"/>
+      <c r="F122" s="232"/>
     </row>
     <row r="123" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A123" s="230" t="s">
+      <c r="A123" s="225" t="s">
         <v>207</v>
       </c>
-      <c r="B123" s="243"/>
-[...3 lines deleted...]
-      <c r="F123" s="243"/>
+      <c r="B123" s="233"/>
+      <c r="C123" s="233"/>
+      <c r="D123" s="233"/>
+      <c r="E123" s="233"/>
+      <c r="F123" s="233"/>
     </row>
     <row r="124" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="171"/>
-[...4 lines deleted...]
-      <c r="F124" s="171"/>
+      <c r="A124" s="186"/>
+      <c r="B124" s="186"/>
+      <c r="C124" s="187"/>
+      <c r="D124" s="186"/>
+      <c r="E124" s="186"/>
+      <c r="F124" s="186"/>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A125" s="228" t="s">
+      <c r="A125" s="231" t="s">
         <v>208</v>
       </c>
-      <c r="B125" s="229"/>
-[...3 lines deleted...]
-      <c r="F125" s="229"/>
+      <c r="B125" s="232"/>
+      <c r="C125" s="232"/>
+      <c r="D125" s="232"/>
+      <c r="E125" s="232"/>
+      <c r="F125" s="232"/>
     </row>
     <row r="126" spans="1:6" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="37"/>
       <c r="B126" s="96"/>
       <c r="C126" s="123"/>
       <c r="D126" s="9"/>
       <c r="E126" s="9"/>
       <c r="F126" s="9"/>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A127" s="40" t="s">
         <v>209</v>
       </c>
       <c r="B127" s="96"/>
       <c r="C127" s="96"/>
       <c r="D127" s="60"/>
       <c r="E127" s="96"/>
       <c r="F127" s="96"/>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A129" s="19" t="s">
         <v>210</v>
       </c>
       <c r="B129" s="12"/>
       <c r="C129" s="22"/>
       <c r="D129" s="13"/>
       <c r="E129" s="122"/>
       <c r="F129" s="14" t="s">
         <v>211</v>
       </c>
       <c r="G129" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="130" spans="1:7" ht="7.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="96"/>
       <c r="B130" s="96"/>
       <c r="C130" s="96"/>
       <c r="D130" s="96"/>
       <c r="E130" s="96"/>
       <c r="F130" s="96"/>
     </row>
     <row r="131" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="191" t="s">
+      <c r="A131" s="173" t="s">
         <v>212</v>
       </c>
-      <c r="B131" s="190"/>
-[...3 lines deleted...]
-      <c r="F131" s="190"/>
+      <c r="B131" s="204"/>
+      <c r="C131" s="201"/>
+      <c r="D131" s="204"/>
+      <c r="E131" s="204"/>
+      <c r="F131" s="204"/>
     </row>
     <row r="132" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="37"/>
       <c r="B132" s="96"/>
       <c r="C132" s="123"/>
       <c r="D132" s="9"/>
       <c r="E132" s="9"/>
       <c r="F132" s="9"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A133" s="40" t="s">
         <v>213</v>
       </c>
       <c r="B133" s="96"/>
       <c r="C133" s="123"/>
       <c r="D133" s="9"/>
       <c r="E133" s="9"/>
       <c r="F133" s="9"/>
     </row>
     <row r="134" spans="1:7" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="171"/>
-[...4 lines deleted...]
-      <c r="F134" s="171"/>
+      <c r="A134" s="186"/>
+      <c r="B134" s="186"/>
+      <c r="C134" s="187"/>
+      <c r="D134" s="186"/>
+      <c r="E134" s="186"/>
+      <c r="F134" s="186"/>
     </row>
     <row r="135" spans="1:7" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="191" t="s">
+      <c r="A135" s="173" t="s">
         <v>214</v>
       </c>
-      <c r="B135" s="190"/>
-[...3 lines deleted...]
-      <c r="F135" s="190"/>
+      <c r="B135" s="204"/>
+      <c r="C135" s="201"/>
+      <c r="D135" s="204"/>
+      <c r="E135" s="204"/>
+      <c r="F135" s="204"/>
     </row>
     <row r="136" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="37"/>
       <c r="B136" s="96"/>
       <c r="C136" s="123"/>
       <c r="D136" s="9"/>
       <c r="E136" s="9"/>
       <c r="F136" s="9"/>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A137" s="40" t="s">
         <v>213</v>
       </c>
       <c r="B137" s="96"/>
       <c r="C137" s="123"/>
       <c r="D137" s="9"/>
       <c r="E137" s="9"/>
       <c r="F137" s="9"/>
     </row>
     <row r="138" spans="1:7" ht="122.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="171"/>
-[...4 lines deleted...]
-      <c r="F138" s="171"/>
+      <c r="A138" s="186"/>
+      <c r="B138" s="186"/>
+      <c r="C138" s="187"/>
+      <c r="D138" s="186"/>
+      <c r="E138" s="186"/>
+      <c r="F138" s="186"/>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A139" s="191" t="s">
+      <c r="A139" s="173" t="s">
         <v>215</v>
       </c>
-      <c r="B139" s="190"/>
-[...3 lines deleted...]
-      <c r="F139" s="190"/>
+      <c r="B139" s="204"/>
+      <c r="C139" s="201"/>
+      <c r="D139" s="204"/>
+      <c r="E139" s="204"/>
+      <c r="F139" s="204"/>
     </row>
     <row r="140" spans="1:7" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A140" s="241" t="s">
+      <c r="A140" s="229" t="s">
         <v>216</v>
       </c>
-      <c r="B140" s="242"/>
-[...3 lines deleted...]
-      <c r="F140" s="242"/>
+      <c r="B140" s="230"/>
+      <c r="C140" s="230"/>
+      <c r="D140" s="230"/>
+      <c r="E140" s="230"/>
+      <c r="F140" s="230"/>
     </row>
     <row r="141" spans="1:7" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="171"/>
-[...4 lines deleted...]
-      <c r="F141" s="171"/>
+      <c r="A141" s="186"/>
+      <c r="B141" s="186"/>
+      <c r="C141" s="187"/>
+      <c r="D141" s="186"/>
+      <c r="E141" s="186"/>
+      <c r="F141" s="186"/>
     </row>
     <row r="142" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A142" s="191" t="s">
+      <c r="A142" s="173" t="s">
         <v>217</v>
       </c>
-      <c r="B142" s="190"/>
-[...3 lines deleted...]
-      <c r="F142" s="190"/>
+      <c r="B142" s="204"/>
+      <c r="C142" s="201"/>
+      <c r="D142" s="204"/>
+      <c r="E142" s="204"/>
+      <c r="F142" s="204"/>
     </row>
     <row r="143" spans="1:7" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="37"/>
       <c r="B143" s="96"/>
       <c r="C143" s="123"/>
       <c r="D143" s="9"/>
       <c r="E143" s="9"/>
       <c r="F143" s="9"/>
     </row>
     <row r="144" spans="1:7" ht="54" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="191" t="s">
+      <c r="A144" s="173" t="s">
         <v>218</v>
       </c>
-      <c r="B144" s="190"/>
-[...3 lines deleted...]
-      <c r="F144" s="190"/>
+      <c r="B144" s="204"/>
+      <c r="C144" s="201"/>
+      <c r="D144" s="204"/>
+      <c r="E144" s="204"/>
+      <c r="F144" s="204"/>
     </row>
     <row r="145" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="37"/>
       <c r="B145" s="96"/>
       <c r="C145" s="123"/>
       <c r="D145" s="9"/>
       <c r="E145" s="9"/>
       <c r="F145" s="9"/>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A146" s="40" t="s">
         <v>213</v>
       </c>
       <c r="B146" s="96"/>
       <c r="C146" s="123"/>
       <c r="D146" s="9"/>
       <c r="E146" s="9"/>
       <c r="F146" s="9"/>
     </row>
     <row r="147" spans="1:7" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="171"/>
-[...4 lines deleted...]
-      <c r="F147" s="171"/>
+      <c r="A147" s="186"/>
+      <c r="B147" s="186"/>
+      <c r="C147" s="187"/>
+      <c r="D147" s="186"/>
+      <c r="E147" s="186"/>
+      <c r="F147" s="186"/>
     </row>
     <row r="148" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A148" s="169" t="s">
+      <c r="A148" s="194" t="s">
         <v>219</v>
       </c>
-      <c r="B148" s="170"/>
+      <c r="B148" s="205"/>
       <c r="C148" s="158"/>
-      <c r="D148" s="170"/>
-[...1 lines deleted...]
-      <c r="F148" s="170"/>
+      <c r="D148" s="205"/>
+      <c r="E148" s="205"/>
+      <c r="F148" s="205"/>
       <c r="G148" s="107"/>
     </row>
     <row r="149" spans="1:7" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A149" s="28" t="s">
         <v>220</v>
       </c>
-      <c r="B149" s="206" t="s">
+      <c r="B149" s="171" t="s">
         <v>221</v>
       </c>
-      <c r="C149" s="206"/>
-      <c r="D149" s="206"/>
+      <c r="C149" s="171"/>
+      <c r="D149" s="171"/>
       <c r="E149" s="9"/>
       <c r="F149" s="9"/>
       <c r="G149" s="107"/>
     </row>
     <row r="150" spans="1:7" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A150" s="144" t="s">
         <v>222</v>
       </c>
-      <c r="B150" s="224"/>
-[...1 lines deleted...]
-      <c r="D150" s="224"/>
+      <c r="B150" s="234"/>
+      <c r="C150" s="234"/>
+      <c r="D150" s="234"/>
       <c r="E150" s="96"/>
       <c r="F150" s="96"/>
       <c r="G150" s="107" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="151" spans="1:7" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A151" s="144" t="s">
         <v>223</v>
       </c>
-      <c r="B151" s="224"/>
-[...1 lines deleted...]
-      <c r="D151" s="224"/>
+      <c r="B151" s="234"/>
+      <c r="C151" s="234"/>
+      <c r="D151" s="234"/>
       <c r="E151" s="96"/>
       <c r="F151" s="96"/>
       <c r="G151" s="107"/>
     </row>
     <row r="152" spans="1:7" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A152" s="144" t="s">
         <v>224</v>
       </c>
-      <c r="B152" s="225"/>
-[...1 lines deleted...]
-      <c r="D152" s="227"/>
+      <c r="B152" s="235"/>
+      <c r="C152" s="236"/>
+      <c r="D152" s="237"/>
       <c r="E152" s="96"/>
       <c r="F152" s="96"/>
       <c r="G152" s="107"/>
     </row>
     <row r="153" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A153" s="96"/>
       <c r="B153" s="96"/>
       <c r="C153" s="96"/>
       <c r="D153" s="96"/>
       <c r="E153" s="96"/>
       <c r="F153" s="96"/>
     </row>
     <row r="154" spans="1:7" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A154" s="168" t="s">
+      <c r="A154" s="169" t="s">
         <v>225</v>
       </c>
-      <c r="B154" s="168"/>
-[...3 lines deleted...]
-      <c r="F154" s="168"/>
+      <c r="B154" s="169"/>
+      <c r="C154" s="169"/>
+      <c r="D154" s="169"/>
+      <c r="E154" s="169"/>
+      <c r="F154" s="169"/>
     </row>
     <row r="155" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A155" s="96"/>
       <c r="B155" s="96"/>
       <c r="C155" s="96"/>
       <c r="D155" s="96"/>
       <c r="E155" s="96"/>
       <c r="F155" s="96"/>
     </row>
     <row r="156" spans="1:7" ht="62.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A156" s="169" t="s">
+      <c r="A156" s="194" t="s">
         <v>226</v>
       </c>
-      <c r="B156" s="170"/>
+      <c r="B156" s="205"/>
       <c r="C156" s="158"/>
-      <c r="D156" s="170"/>
-[...1 lines deleted...]
-      <c r="F156" s="170"/>
+      <c r="D156" s="205"/>
+      <c r="E156" s="205"/>
+      <c r="F156" s="205"/>
     </row>
     <row r="157" spans="1:7" ht="162" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A157" s="171"/>
-[...4 lines deleted...]
-      <c r="F157" s="171"/>
+      <c r="A157" s="186"/>
+      <c r="B157" s="186"/>
+      <c r="C157" s="187"/>
+      <c r="D157" s="186"/>
+      <c r="E157" s="186"/>
+      <c r="F157" s="186"/>
       <c r="G157" s="107" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A158" s="96"/>
       <c r="B158" s="96"/>
       <c r="C158" s="96"/>
       <c r="D158" s="96"/>
       <c r="E158" s="96"/>
       <c r="F158" s="96"/>
     </row>
     <row r="159" spans="1:7" ht="30" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A159" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B159" s="96"/>
-      <c r="C159" s="239" t="s">
+      <c r="C159" s="227" t="s">
         <v>227</v>
       </c>
-      <c r="D159" s="240"/>
+      <c r="D159" s="228"/>
       <c r="E159" s="96"/>
       <c r="F159" s="45" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="160" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A160" s="96"/>
       <c r="B160" s="96"/>
       <c r="C160" s="96"/>
       <c r="D160" s="96"/>
       <c r="E160" s="96"/>
       <c r="F160" s="96"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="nydrz9j9uUU5m2y94trvxRB3LiGFlXgjMNjmBGs6/3D6jANOt2srOPsJwfhV9Y83amUsM6p5EKAAMntBm2qxlA==" saltValue="gU2D5PAsWnIkpPFe85kTCw==" spinCount="100000" sheet="1" objects="1" formatRows="0" insertRows="0" insertHyperlinks="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="w48EAA1Q58Ij7cgjgyp0WKZD5lBgAkXL7tO2weliDP616m5YAuj679Q5rRphN0yM57WvfUX48dtfTuVZ3znz4A==" saltValue="Z43i2LsTLWDhLpFm9EuTHw==" spinCount="100000" sheet="1" objects="1" formatRows="0" insertRows="0" insertHyperlinks="0"/>
   <mergeCells count="107">
-    <mergeCell ref="G36:G38"/>
-[...33 lines deleted...]
-    <mergeCell ref="G13:G16"/>
+    <mergeCell ref="G88:G90"/>
+    <mergeCell ref="A98:C98"/>
+    <mergeCell ref="A99:C99"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="G54:G55"/>
+    <mergeCell ref="A88:C88"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="C66:D66"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="A72:D72"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A87:C87"/>
+    <mergeCell ref="A86:F86"/>
+    <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A64:F64"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A68:D68"/>
+    <mergeCell ref="A59:F59"/>
+    <mergeCell ref="A89:C89"/>
+    <mergeCell ref="A90:C90"/>
+    <mergeCell ref="A91:C91"/>
+    <mergeCell ref="A92:C92"/>
+    <mergeCell ref="A102:C102"/>
+    <mergeCell ref="A119:F119"/>
+    <mergeCell ref="A124:F124"/>
+    <mergeCell ref="A115:B115"/>
+    <mergeCell ref="A116:B116"/>
+    <mergeCell ref="C108:F108"/>
+    <mergeCell ref="C113:F113"/>
+    <mergeCell ref="A100:C100"/>
+    <mergeCell ref="A101:C101"/>
+    <mergeCell ref="A93:C93"/>
+    <mergeCell ref="A94:C94"/>
+    <mergeCell ref="A95:C95"/>
+    <mergeCell ref="A96:C96"/>
+    <mergeCell ref="A97:C97"/>
+    <mergeCell ref="B150:D150"/>
+    <mergeCell ref="B151:D151"/>
+    <mergeCell ref="B152:D152"/>
+    <mergeCell ref="A120:F120"/>
+    <mergeCell ref="A125:F125"/>
+    <mergeCell ref="A107:F107"/>
+    <mergeCell ref="A106:F106"/>
+    <mergeCell ref="A110:B110"/>
+    <mergeCell ref="A111:B111"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="A51:F51"/>
     <mergeCell ref="A52:F52"/>
     <mergeCell ref="A142:F142"/>
     <mergeCell ref="A144:F144"/>
     <mergeCell ref="C159:D159"/>
     <mergeCell ref="A131:F131"/>
     <mergeCell ref="A135:F135"/>
     <mergeCell ref="A140:F140"/>
     <mergeCell ref="A122:F122"/>
     <mergeCell ref="A123:F123"/>
     <mergeCell ref="A157:F157"/>
     <mergeCell ref="A139:F139"/>
     <mergeCell ref="A134:F134"/>
     <mergeCell ref="A138:F138"/>
     <mergeCell ref="A141:F141"/>
     <mergeCell ref="A147:F147"/>
     <mergeCell ref="A154:F154"/>
     <mergeCell ref="A156:F156"/>
     <mergeCell ref="A148:F148"/>
     <mergeCell ref="B149:D149"/>
-    <mergeCell ref="B150:D150"/>
-[...46 lines deleted...]
-    <mergeCell ref="A91:C91"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A18:F18"/>
+    <mergeCell ref="A23:F23"/>
+    <mergeCell ref="A24:F24"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="G7:G9"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G13:G16"/>
+    <mergeCell ref="G36:G38"/>
+    <mergeCell ref="G43:G45"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="A41:F41"/>
+    <mergeCell ref="C42:E42"/>
+    <mergeCell ref="A42:B43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="A45:B45"/>
   </mergeCells>
   <conditionalFormatting sqref="A26:A31 C26:D31">
     <cfRule type="containsBlanks" dxfId="29" priority="36">
       <formula>LEN(TRIM(A26))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A69:A71 C69:D71">
     <cfRule type="containsBlanks" dxfId="28" priority="23">
       <formula>LEN(TRIM(A69))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A73:A75">
     <cfRule type="containsBlanks" dxfId="27" priority="14">
       <formula>LEN(TRIM(A73))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A78:C81">
     <cfRule type="containsBlanks" dxfId="26" priority="13">
       <formula>LEN(TRIM(A78))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A37:E39">
     <cfRule type="containsBlanks" dxfId="25" priority="1">
       <formula>LEN(TRIM(A37))=0</formula>
     </cfRule>
@@ -17306,246 +17325,246 @@
     <hyperlink ref="G129" location="Environment" display="Top ↑" xr:uid="{88DE57F6-2023-4A9C-AC75-46E5E4631308}"/>
     <hyperlink ref="C159" location="Environment" display="Tab Environment →" xr:uid="{8DBD2B2C-245D-4AF8-9716-16818E2E192B}"/>
     <hyperlink ref="A159" location="Table_of_contents" display=" Back to Table of contents  ↑" xr:uid="{2E88772D-C5B3-4D6E-BEE9-AC9A71311869}"/>
     <hyperlink ref="F159" location="Social" display="Go to tab Social →" xr:uid="{CD110095-B467-4681-A4E3-4463DE7AB248}"/>
     <hyperlink ref="C159:D159" location="General" display="← Go to tab General" xr:uid="{EDE72952-B767-4D1A-AF17-D2B34A1EA990}"/>
     <hyperlink ref="G150" location="Environment" display="Top ↑" xr:uid="{0BEC3D36-4226-4367-8A0F-D89E8BE055A9}"/>
     <hyperlink ref="G7:G9" location="CondMet_Conversion_between_different_energy_units" display="Go to description Conversion between different energy units →" xr:uid="{1295840B-CF31-4639-8D37-F66A2494EA6F}"/>
     <hyperlink ref="G36:G38" location="COND_Biodiversity" display="COND_Biodiversity" xr:uid="{314BFF53-1CCA-4171-853E-87687753DF46}"/>
     <hyperlink ref="G43:G45" location="COND_Land_use_type" display="COND_Land_use_type" xr:uid="{FC9C1E9B-7C2B-4F15-B808-1B1947A2D2BC}"/>
     <hyperlink ref="G53:G54" location="COND_Land_use_type" display="COND_Land_use_type" xr:uid="{74CCE694-C311-4C24-8B3E-292F7027E011}"/>
     <hyperlink ref="G54" location="COND_High_Water_stress" display="COND_High_Water_stress" xr:uid="{232E0685-AB6F-428E-93CE-FF17FBEA7F46}"/>
     <hyperlink ref="G62" location="COND_circ_ec_princ" display="Go to Guidance on circular economy principles  →" xr:uid="{1D93DC78-C6F7-4B17-9DE6-F7C5F5460145}"/>
     <hyperlink ref="G65" location="COND_hazardous" display="Go to European Waste Catalogue (EWC)  →" xr:uid="{24FF3823-4BD5-4491-8872-0CD813E68C16}"/>
     <hyperlink ref="G88:G90" location="COND_Scope3emissions" display="Go to Technical guidance Scope 3 Emissions  →" xr:uid="{34BD41D5-555A-40B9-8489-B133588B5641}"/>
     <hyperlink ref="G157" location="Environment" display="Top ↑" xr:uid="{2892AA54-7DB2-410E-8833-631E8B68C09E}"/>
     <hyperlink ref="G1:G2" location="Table_of_contents" display="Table_of_contents" xr:uid="{90970EB3-9FC0-45A9-B415-82C8E95EDB50}"/>
     <hyperlink ref="G13:G16" location="COND_Tools_for_developing_GHG_emissions_inventory" display="COND_Tools_for_developing_GHG_emissions_inventory" xr:uid="{6EDCAAD1-4D81-484C-B196-41052429E2D2}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="6" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="9264" r:id="rId4" name="TextBox7">
+        <control shapeId="9277" r:id="rId4" name="TextBox14">
           <controlPr autoLine="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>99060</xdr:colOff>
-                <xdr:row>156</xdr:row>
-[...49 lines deleted...]
-                <xdr:row>118</xdr:row>
+                <xdr:row>146</xdr:row>
                 <xdr:rowOff>99060</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
                 <xdr:colOff>1188720</xdr:colOff>
-                <xdr:row>118</xdr:row>
+                <xdr:row>146</xdr:row>
                 <xdr:rowOff>1424940</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="9267" r:id="rId8" name="TextBox9"/>
+        <control shapeId="9277" r:id="rId4" name="TextBox14"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="9275" r:id="rId6" name="TextBox13">
+          <controlPr autoLine="0" r:id="rId5">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>140</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1188720</xdr:colOff>
+                <xdr:row>140</xdr:row>
+                <xdr:rowOff>1424940</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="9275" r:id="rId6" name="TextBox13"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="9273" r:id="rId7" name="TextBox12">
+          <controlPr autoLine="0" r:id="rId5">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>137</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1188720</xdr:colOff>
+                <xdr:row>137</xdr:row>
+                <xdr:rowOff>1424940</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="9273" r:id="rId7" name="TextBox12"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="9271" r:id="rId8" name="TextBox11">
+          <controlPr autoLine="0" r:id="rId9">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>133</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1196340</xdr:colOff>
+                <xdr:row>133</xdr:row>
+                <xdr:rowOff>1424940</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="9271" r:id="rId8" name="TextBox11"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="9269" r:id="rId10" name="TextBox10">
-          <controlPr autoLine="0" r:id="rId9">
+          <controlPr autoLine="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>99060</xdr:colOff>
                 <xdr:row>123</xdr:row>
                 <xdr:rowOff>99060</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
                 <xdr:colOff>1188720</xdr:colOff>
                 <xdr:row>123</xdr:row>
                 <xdr:rowOff>1424940</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="9269" r:id="rId10" name="TextBox10"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="9271" r:id="rId11" name="TextBox11">
-          <controlPr autoLine="0" r:id="rId12">
+        <control shapeId="9267" r:id="rId11" name="TextBox9">
+          <controlPr autoLine="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>99060</xdr:colOff>
-                <xdr:row>133</xdr:row>
+                <xdr:row>118</xdr:row>
                 <xdr:rowOff>99060</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
-                <xdr:colOff>1196340</xdr:colOff>
-                <xdr:row>133</xdr:row>
+                <xdr:colOff>1188720</xdr:colOff>
+                <xdr:row>118</xdr:row>
                 <xdr:rowOff>1424940</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="9271" r:id="rId11" name="TextBox11"/>
+        <control shapeId="9267" r:id="rId11" name="TextBox9"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="9273" r:id="rId13" name="TextBox12">
-          <controlPr autoLine="0" r:id="rId9">
+        <control shapeId="9265" r:id="rId12" name="TextBox1">
+          <controlPr autoLine="0" r:id="rId13">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>99060</xdr:colOff>
-                <xdr:row>137</xdr:row>
-                <xdr:rowOff>99060</xdr:rowOff>
+                <xdr:row>61</xdr:row>
+                <xdr:rowOff>137160</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
-                <xdr:colOff>1188720</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>1424940</xdr:rowOff>
+                <xdr:colOff>1196340</xdr:colOff>
+                <xdr:row>61</xdr:row>
+                <xdr:rowOff>2065020</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="9273" r:id="rId13" name="TextBox12"/>
+        <control shapeId="9265" r:id="rId12" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="9275" r:id="rId14" name="TextBox13">
-          <controlPr autoLine="0" r:id="rId9">
+        <control shapeId="9264" r:id="rId14" name="TextBox7">
+          <controlPr autoLine="0" r:id="rId15">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>99060</xdr:colOff>
-                <xdr:row>140</xdr:row>
-                <xdr:rowOff>99060</xdr:rowOff>
+                <xdr:row>156</xdr:row>
+                <xdr:rowOff>83820</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
                 <xdr:colOff>1188720</xdr:colOff>
-                <xdr:row>140</xdr:row>
-                <xdr:rowOff>1424940</xdr:rowOff>
+                <xdr:row>156</xdr:row>
+                <xdr:rowOff>2011680</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="9275" r:id="rId14" name="TextBox13"/>
-[...24 lines deleted...]
-        <control shapeId="9277" r:id="rId15" name="TextBox14"/>
+        <control shapeId="9264" r:id="rId14" name="TextBox7"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="9219" r:id="rId16" name="Check Box 3">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>297180</xdr:colOff>
                 <xdr:row>59</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>784860</xdr:colOff>
                 <xdr:row>59</xdr:row>
                 <xdr:rowOff>220980</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -18162,836 +18181,836 @@
   <dimension ref="A1:G110"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B10" sqref="B10:C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.33203125" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="21.33203125" style="4" customWidth="1"/>
     <col min="4" max="4" width="16.6640625" style="4" customWidth="1"/>
     <col min="5" max="5" width="17.44140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="22.33203125" style="4" customWidth="1"/>
     <col min="7" max="7" width="16.88671875" style="105" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A1" s="15" t="s">
         <v>229</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
-      <c r="E1" s="189"/>
-      <c r="F1" s="188" t="e" vm="4">
+      <c r="E1" s="203"/>
+      <c r="F1" s="202" t="e" vm="4">
         <v>#VALUE!</v>
       </c>
-      <c r="G1" s="183" t="s">
+      <c r="G1" s="197" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="23.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="18"/>
       <c r="D2" s="17"/>
-      <c r="E2" s="189"/>
-[...1 lines deleted...]
-      <c r="G2" s="184"/>
+      <c r="E2" s="203"/>
+      <c r="F2" s="202"/>
+      <c r="G2" s="198"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A4" s="19" t="s">
         <v>231</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="122"/>
       <c r="D4" s="13"/>
       <c r="E4" s="122"/>
       <c r="F4" s="14" t="s">
         <v>232</v>
       </c>
-      <c r="G4" s="273" t="s">
+      <c r="G4" s="256" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A5" s="96"/>
       <c r="B5" s="96"/>
       <c r="C5" s="96"/>
       <c r="D5" s="96"/>
       <c r="E5" s="96"/>
       <c r="F5" s="7"/>
-      <c r="G5" s="274"/>
+      <c r="G5" s="257"/>
     </row>
     <row r="6" spans="1:7" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="169" t="s">
+      <c r="A6" s="194" t="s">
         <v>234</v>
       </c>
-      <c r="B6" s="238"/>
+      <c r="B6" s="211"/>
       <c r="C6" s="159"/>
-      <c r="D6" s="238"/>
-[...1 lines deleted...]
-      <c r="F6" s="238"/>
+      <c r="D6" s="211"/>
+      <c r="E6" s="211"/>
+      <c r="F6" s="211"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="26" t="s">
         <v>235</v>
       </c>
-      <c r="B7" s="206" t="s">
+      <c r="B7" s="171" t="s">
         <v>236</v>
       </c>
-      <c r="C7" s="206"/>
+      <c r="C7" s="171"/>
       <c r="D7" s="96"/>
       <c r="E7" s="96"/>
       <c r="F7" s="96"/>
-      <c r="G7" s="273" t="s">
+      <c r="G7" s="256" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="144" t="s">
         <v>238</v>
       </c>
-      <c r="B8" s="266"/>
-      <c r="C8" s="266"/>
+      <c r="B8" s="264"/>
+      <c r="C8" s="264"/>
       <c r="D8" s="96"/>
       <c r="E8" s="96"/>
       <c r="F8" s="96"/>
-      <c r="G8" s="274"/>
+      <c r="G8" s="257"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="144" t="s">
         <v>239</v>
       </c>
-      <c r="B9" s="266"/>
-      <c r="C9" s="266"/>
+      <c r="B9" s="264"/>
+      <c r="C9" s="264"/>
       <c r="D9" s="96"/>
       <c r="E9" s="96"/>
       <c r="F9" s="96"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="77" t="s">
         <v>240</v>
       </c>
-      <c r="B10" s="267">
+      <c r="B10" s="265">
         <f>SUM(B8:C9)</f>
         <v>0</v>
       </c>
-      <c r="C10" s="267"/>
+      <c r="C10" s="265"/>
       <c r="D10" s="96"/>
       <c r="E10" s="96"/>
       <c r="F10" s="96"/>
     </row>
     <row r="12" spans="1:7" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="169" t="s">
+      <c r="A12" s="194" t="s">
         <v>241</v>
       </c>
-      <c r="B12" s="238"/>
+      <c r="B12" s="211"/>
       <c r="C12" s="159"/>
-      <c r="D12" s="238"/>
-[...1 lines deleted...]
-      <c r="F12" s="238"/>
+      <c r="D12" s="211"/>
+      <c r="E12" s="211"/>
+      <c r="F12" s="211"/>
     </row>
     <row r="13" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="26" t="s">
         <v>242</v>
       </c>
-      <c r="B13" s="206" t="s">
+      <c r="B13" s="171" t="s">
         <v>236</v>
       </c>
-      <c r="C13" s="206"/>
+      <c r="C13" s="171"/>
       <c r="D13" s="96"/>
       <c r="E13" s="96"/>
       <c r="F13" s="96"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="144" t="s">
         <v>243</v>
       </c>
-      <c r="B14" s="266"/>
-      <c r="C14" s="266"/>
+      <c r="B14" s="264"/>
+      <c r="C14" s="264"/>
       <c r="D14" s="96"/>
       <c r="E14" s="96"/>
       <c r="F14" s="96"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="144" t="s">
         <v>244</v>
       </c>
-      <c r="B15" s="266"/>
-      <c r="C15" s="266"/>
+      <c r="B15" s="264"/>
+      <c r="C15" s="264"/>
       <c r="D15" s="96"/>
       <c r="E15" s="96"/>
       <c r="F15" s="96"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="144" t="s">
         <v>245</v>
       </c>
-      <c r="B16" s="266"/>
-      <c r="C16" s="266"/>
+      <c r="B16" s="264"/>
+      <c r="C16" s="264"/>
       <c r="D16" s="96"/>
       <c r="E16" s="96"/>
       <c r="F16" s="96"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="144" t="s">
         <v>246</v>
       </c>
-      <c r="B17" s="266"/>
-      <c r="C17" s="266"/>
+      <c r="B17" s="264"/>
+      <c r="C17" s="264"/>
       <c r="D17" s="96"/>
       <c r="E17" s="96"/>
       <c r="F17" s="96"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="77" t="s">
         <v>240</v>
       </c>
-      <c r="B18" s="267">
+      <c r="B18" s="265">
         <f>SUM(B14:C17)</f>
         <v>0</v>
       </c>
-      <c r="C18" s="267"/>
+      <c r="C18" s="265"/>
       <c r="D18" s="96"/>
       <c r="E18" s="96"/>
       <c r="F18" s="96"/>
     </row>
     <row r="20" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="259" t="s">
+      <c r="A20" s="262" t="s">
         <v>247</v>
       </c>
-      <c r="B20" s="238"/>
+      <c r="B20" s="211"/>
       <c r="C20" s="159"/>
-      <c r="D20" s="238"/>
-[...1 lines deleted...]
-      <c r="F20" s="238"/>
+      <c r="D20" s="211"/>
+      <c r="E20" s="211"/>
+      <c r="F20" s="211"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A21" s="176" t="s">
+      <c r="A21" s="206" t="s">
         <v>248</v>
       </c>
-      <c r="B21" s="176"/>
-      <c r="C21" s="206" t="s">
+      <c r="B21" s="206"/>
+      <c r="C21" s="171" t="s">
         <v>236</v>
       </c>
-      <c r="D21" s="206"/>
+      <c r="D21" s="171"/>
       <c r="E21" s="96"/>
       <c r="F21" s="96"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A22" s="271"/>
-[...2 lines deleted...]
-      <c r="D22" s="270"/>
+      <c r="A22" s="261"/>
+      <c r="B22" s="261"/>
+      <c r="C22" s="260"/>
+      <c r="D22" s="260"/>
       <c r="E22" s="96"/>
       <c r="F22" s="96"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A23" s="271"/>
-[...2 lines deleted...]
-      <c r="D23" s="270"/>
+      <c r="A23" s="261"/>
+      <c r="B23" s="261"/>
+      <c r="C23" s="260"/>
+      <c r="D23" s="260"/>
       <c r="E23" s="96"/>
       <c r="F23" s="96"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A24" s="271"/>
-[...2 lines deleted...]
-      <c r="D24" s="270"/>
+      <c r="A24" s="261"/>
+      <c r="B24" s="261"/>
+      <c r="C24" s="260"/>
+      <c r="D24" s="260"/>
       <c r="E24" s="96"/>
       <c r="F24" s="96"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A25" s="271"/>
-[...2 lines deleted...]
-      <c r="D25" s="270"/>
+      <c r="A25" s="261"/>
+      <c r="B25" s="261"/>
+      <c r="C25" s="260"/>
+      <c r="D25" s="260"/>
       <c r="E25" s="96"/>
       <c r="F25" s="96"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A26" s="268" t="s">
+      <c r="A26" s="258" t="s">
         <v>240</v>
       </c>
-      <c r="B26" s="268"/>
-      <c r="C26" s="269">
+      <c r="B26" s="258"/>
+      <c r="C26" s="259">
         <f>SUM(C22:D25)</f>
         <v>0</v>
       </c>
-      <c r="D26" s="269"/>
+      <c r="D26" s="259"/>
       <c r="E26" s="96"/>
       <c r="F26" s="96"/>
     </row>
     <row r="28" spans="1:6" ht="34.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="259" t="s">
+      <c r="A28" s="262" t="s">
         <v>249</v>
       </c>
-      <c r="B28" s="238"/>
+      <c r="B28" s="211"/>
       <c r="C28" s="159"/>
-      <c r="D28" s="238"/>
-[...1 lines deleted...]
-      <c r="F28" s="238"/>
+      <c r="D28" s="211"/>
+      <c r="E28" s="211"/>
+      <c r="F28" s="211"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="133"/>
-      <c r="B29" s="272" t="s">
+      <c r="B29" s="263" t="s">
         <v>250</v>
       </c>
-      <c r="C29" s="272"/>
+      <c r="C29" s="263"/>
       <c r="D29" s="96"/>
       <c r="E29" s="96"/>
       <c r="F29" s="96"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="133"/>
-      <c r="B30" s="272" t="s">
+      <c r="B30" s="263" t="s">
         <v>251</v>
       </c>
-      <c r="C30" s="272"/>
+      <c r="C30" s="263"/>
       <c r="D30" s="96"/>
       <c r="E30" s="96"/>
       <c r="F30" s="96"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" s="78" t="str">
         <f>IF(OR(A29="",A30=""),"",A29/A30)</f>
         <v/>
       </c>
-      <c r="B31" s="268" t="s">
+      <c r="B31" s="258" t="s">
         <v>252</v>
       </c>
-      <c r="C31" s="268"/>
+      <c r="C31" s="258"/>
       <c r="D31" s="96"/>
       <c r="E31" s="96"/>
       <c r="F31" s="96"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A33" s="19" t="s">
         <v>253</v>
       </c>
       <c r="B33" s="12"/>
       <c r="C33" s="122"/>
       <c r="D33" s="13"/>
       <c r="E33" s="122"/>
       <c r="F33" s="14" t="s">
         <v>254</v>
       </c>
       <c r="G33" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A34" s="96"/>
       <c r="B34" s="96"/>
       <c r="C34" s="96"/>
       <c r="D34" s="96"/>
       <c r="E34" s="96"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:7" ht="45.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="169" t="s">
+      <c r="A35" s="194" t="s">
         <v>255</v>
       </c>
-      <c r="B35" s="169"/>
-[...3 lines deleted...]
-      <c r="F35" s="169"/>
+      <c r="B35" s="194"/>
+      <c r="C35" s="194"/>
+      <c r="D35" s="194"/>
+      <c r="E35" s="194"/>
+      <c r="F35" s="194"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A36" s="133"/>
-      <c r="B36" s="237" t="s">
+      <c r="B36" s="220" t="s">
         <v>256</v>
       </c>
-      <c r="C36" s="237"/>
-      <c r="D36" s="237"/>
+      <c r="C36" s="220"/>
+      <c r="D36" s="220"/>
       <c r="E36" s="96"/>
       <c r="F36" s="96"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A37" s="133"/>
-      <c r="B37" s="237" t="s">
+      <c r="B37" s="220" t="s">
         <v>257</v>
       </c>
-      <c r="C37" s="237"/>
-      <c r="D37" s="237"/>
+      <c r="C37" s="220"/>
+      <c r="D37" s="220"/>
       <c r="E37" s="96"/>
       <c r="F37" s="96"/>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="79" t="str">
         <f>IF(OR(A36="",A37=""),"",A36/A37)</f>
         <v/>
       </c>
-      <c r="B38" s="246" t="s">
+      <c r="B38" s="221" t="s">
         <v>258</v>
       </c>
-      <c r="C38" s="246"/>
-      <c r="D38" s="246"/>
+      <c r="C38" s="221"/>
+      <c r="D38" s="221"/>
       <c r="E38" s="96"/>
       <c r="F38" s="96"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="117"/>
       <c r="B39" s="118"/>
       <c r="C39" s="118"/>
       <c r="D39" s="118"/>
       <c r="E39" s="96"/>
       <c r="F39" s="96"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="133"/>
-      <c r="B40" s="256" t="s">
+      <c r="B40" s="274" t="s">
         <v>259</v>
       </c>
-      <c r="C40" s="237"/>
-      <c r="D40" s="237"/>
+      <c r="C40" s="220"/>
+      <c r="D40" s="220"/>
       <c r="E40" s="96"/>
       <c r="F40" s="96"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A41" s="133"/>
-      <c r="B41" s="256" t="s">
+      <c r="B41" s="274" t="s">
         <v>260</v>
       </c>
-      <c r="C41" s="237"/>
-      <c r="D41" s="237"/>
+      <c r="C41" s="220"/>
+      <c r="D41" s="220"/>
       <c r="E41" s="96"/>
       <c r="F41" s="96"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A43" s="19" t="s">
         <v>261</v>
       </c>
       <c r="B43" s="12"/>
       <c r="C43" s="122"/>
       <c r="D43" s="13"/>
       <c r="E43" s="122"/>
       <c r="F43" s="14" t="s">
         <v>262</v>
       </c>
       <c r="G43" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="96"/>
       <c r="B44" s="96"/>
       <c r="C44" s="96"/>
       <c r="D44" s="96"/>
       <c r="E44" s="96"/>
       <c r="F44" s="7"/>
     </row>
     <row r="45" spans="1:7" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="169" t="s">
+      <c r="A45" s="194" t="s">
         <v>263</v>
       </c>
-      <c r="B45" s="169"/>
-[...3 lines deleted...]
-      <c r="F45" s="169"/>
+      <c r="B45" s="194"/>
+      <c r="C45" s="194"/>
+      <c r="D45" s="194"/>
+      <c r="E45" s="194"/>
+      <c r="F45" s="194"/>
     </row>
     <row r="46" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="37"/>
       <c r="B46" s="9"/>
       <c r="C46" s="123"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
     </row>
     <row r="47" spans="1:7" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="259" t="s">
+      <c r="A47" s="262" t="s">
         <v>264</v>
       </c>
-      <c r="B47" s="259"/>
-[...3 lines deleted...]
-      <c r="F47" s="259"/>
+      <c r="B47" s="262"/>
+      <c r="C47" s="262"/>
+      <c r="D47" s="262"/>
+      <c r="E47" s="262"/>
+      <c r="F47" s="262"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="146"/>
-      <c r="B48" s="237" t="s">
+      <c r="B48" s="220" t="s">
         <v>265</v>
       </c>
-      <c r="C48" s="237"/>
+      <c r="C48" s="220"/>
       <c r="D48" s="96"/>
       <c r="E48" s="96"/>
       <c r="F48" s="96"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="146"/>
-      <c r="B49" s="237" t="s">
+      <c r="B49" s="220" t="s">
         <v>266</v>
       </c>
-      <c r="C49" s="237"/>
+      <c r="C49" s="220"/>
       <c r="D49" s="96"/>
       <c r="E49" s="96"/>
       <c r="F49" s="96"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="78" t="str">
         <f>IF(OR(A48="",A49=""),"",(A48-A49)/A48)</f>
         <v/>
       </c>
-      <c r="B50" s="246" t="s">
+      <c r="B50" s="221" t="s">
         <v>267</v>
       </c>
-      <c r="C50" s="246"/>
+      <c r="C50" s="221"/>
       <c r="D50" s="96"/>
       <c r="E50" s="96"/>
       <c r="F50" s="96"/>
     </row>
     <row r="52" spans="1:7" ht="22.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="169" t="s">
+      <c r="A52" s="194" t="s">
         <v>268</v>
       </c>
-      <c r="B52" s="169"/>
-[...3 lines deleted...]
-      <c r="F52" s="169"/>
+      <c r="B52" s="194"/>
+      <c r="C52" s="194"/>
+      <c r="D52" s="194"/>
+      <c r="E52" s="194"/>
+      <c r="F52" s="194"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A53" s="147"/>
       <c r="B53" s="96"/>
       <c r="C53" s="96"/>
       <c r="D53" s="96"/>
       <c r="E53" s="96"/>
       <c r="F53" s="96"/>
     </row>
     <row r="55" spans="1:7" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A55" s="169" t="s">
+      <c r="A55" s="194" t="s">
         <v>269</v>
       </c>
-      <c r="B55" s="169"/>
-[...3 lines deleted...]
-      <c r="F55" s="169"/>
+      <c r="B55" s="194"/>
+      <c r="C55" s="194"/>
+      <c r="D55" s="194"/>
+      <c r="E55" s="194"/>
+      <c r="F55" s="194"/>
     </row>
     <row r="56" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="43"/>
-      <c r="B56" s="206" t="s">
+      <c r="B56" s="171" t="s">
         <v>270</v>
       </c>
-      <c r="C56" s="206"/>
+      <c r="C56" s="171"/>
       <c r="D56" s="41"/>
       <c r="E56" s="41"/>
       <c r="F56" s="41"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A57" s="86" t="s">
         <v>271</v>
       </c>
-      <c r="B57" s="265"/>
-      <c r="C57" s="265"/>
+      <c r="B57" s="266"/>
+      <c r="C57" s="266"/>
       <c r="D57" s="41"/>
       <c r="E57" s="41"/>
       <c r="F57" s="41"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A58" s="148" t="s">
         <v>272</v>
       </c>
-      <c r="B58" s="265"/>
-      <c r="C58" s="265"/>
+      <c r="B58" s="266"/>
+      <c r="C58" s="266"/>
       <c r="D58" s="41"/>
       <c r="E58" s="41"/>
       <c r="F58" s="41"/>
     </row>
     <row r="61" spans="1:7" ht="23.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A61" s="168" t="s">
+      <c r="A61" s="169" t="s">
         <v>62</v>
       </c>
-      <c r="B61" s="168"/>
-[...3 lines deleted...]
-      <c r="F61" s="168"/>
+      <c r="B61" s="169"/>
+      <c r="C61" s="169"/>
+      <c r="D61" s="169"/>
+      <c r="E61" s="169"/>
+      <c r="F61" s="169"/>
     </row>
     <row r="62" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A62" s="96"/>
       <c r="B62" s="96"/>
       <c r="C62" s="96"/>
       <c r="D62" s="96"/>
       <c r="E62" s="96"/>
       <c r="F62" s="96"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A63" s="19" t="s">
         <v>273</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="122"/>
       <c r="D63" s="13"/>
       <c r="E63" s="122"/>
       <c r="F63" s="14" t="s">
         <v>274</v>
       </c>
       <c r="G63" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A64" s="96"/>
       <c r="B64" s="96"/>
       <c r="C64" s="96"/>
       <c r="D64" s="96"/>
       <c r="E64" s="96"/>
       <c r="F64" s="83" t="s">
         <v>275</v>
       </c>
       <c r="G64" s="106"/>
     </row>
     <row r="65" spans="1:7" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A65" s="169" t="s">
+      <c r="A65" s="194" t="s">
         <v>276</v>
       </c>
-      <c r="B65" s="169"/>
-[...3 lines deleted...]
-      <c r="F65" s="169"/>
+      <c r="B65" s="194"/>
+      <c r="C65" s="194"/>
+      <c r="D65" s="194"/>
+      <c r="E65" s="194"/>
+      <c r="F65" s="194"/>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A66" s="145"/>
-      <c r="B66" s="237" t="s">
+      <c r="B66" s="220" t="s">
         <v>277</v>
       </c>
-      <c r="C66" s="237"/>
-      <c r="D66" s="237"/>
+      <c r="C66" s="220"/>
+      <c r="D66" s="220"/>
       <c r="E66" s="96"/>
       <c r="F66" s="96"/>
     </row>
     <row r="67" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="145"/>
-      <c r="B67" s="237" t="s">
+      <c r="B67" s="220" t="s">
         <v>278</v>
       </c>
-      <c r="C67" s="237"/>
-      <c r="D67" s="237"/>
+      <c r="C67" s="220"/>
+      <c r="D67" s="220"/>
       <c r="E67" s="96"/>
       <c r="F67" s="96"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A68" s="80" t="str">
         <f>IF(OR(A66="",A67=""),"",A66/A67)</f>
         <v/>
       </c>
-      <c r="B68" s="246" t="s">
+      <c r="B68" s="221" t="s">
         <v>279</v>
       </c>
-      <c r="C68" s="246"/>
-      <c r="D68" s="246"/>
+      <c r="C68" s="221"/>
+      <c r="D68" s="221"/>
       <c r="E68" s="96"/>
       <c r="F68" s="96"/>
     </row>
     <row r="70" spans="1:7" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="169" t="s">
+      <c r="A70" s="194" t="s">
         <v>280</v>
       </c>
-      <c r="B70" s="169"/>
-[...3 lines deleted...]
-      <c r="F70" s="169"/>
+      <c r="B70" s="194"/>
+      <c r="C70" s="194"/>
+      <c r="D70" s="194"/>
+      <c r="E70" s="194"/>
+      <c r="F70" s="194"/>
     </row>
     <row r="71" spans="1:7" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="211" t="s">
+      <c r="A71" s="246" t="s">
         <v>281</v>
       </c>
-      <c r="B71" s="213"/>
-      <c r="C71" s="206" t="s">
+      <c r="B71" s="248"/>
+      <c r="C71" s="171" t="s">
         <v>282</v>
       </c>
-      <c r="D71" s="206"/>
-      <c r="E71" s="206"/>
+      <c r="D71" s="171"/>
+      <c r="E71" s="171"/>
       <c r="F71" s="96"/>
     </row>
     <row r="72" spans="1:7" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="260" t="s">
+      <c r="A72" s="267" t="s">
         <v>283</v>
       </c>
-      <c r="B72" s="261"/>
-[...2 lines deleted...]
-      <c r="E72" s="264"/>
+      <c r="B72" s="268"/>
+      <c r="C72" s="269"/>
+      <c r="D72" s="270"/>
+      <c r="E72" s="271"/>
       <c r="F72" s="96"/>
     </row>
     <row r="73" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="260" t="s">
+      <c r="A73" s="267" t="s">
         <v>284</v>
       </c>
-      <c r="B73" s="261"/>
-[...2 lines deleted...]
-      <c r="E73" s="264"/>
+      <c r="B73" s="268"/>
+      <c r="C73" s="269"/>
+      <c r="D73" s="270"/>
+      <c r="E73" s="271"/>
       <c r="F73" s="96"/>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A75" s="19" t="s">
         <v>285</v>
       </c>
       <c r="B75" s="12"/>
       <c r="C75" s="122"/>
       <c r="D75" s="13"/>
       <c r="E75" s="122"/>
       <c r="F75" s="14" t="s">
         <v>286</v>
       </c>
       <c r="G75" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A76" s="96"/>
       <c r="B76" s="96"/>
       <c r="C76" s="96"/>
       <c r="D76" s="96"/>
       <c r="E76" s="96"/>
       <c r="F76" s="7"/>
       <c r="G76" s="106"/>
     </row>
     <row r="77" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="169" t="s">
+      <c r="A77" s="194" t="s">
         <v>287</v>
       </c>
-      <c r="B77" s="169"/>
-[...3 lines deleted...]
-      <c r="F77" s="169"/>
+      <c r="B77" s="194"/>
+      <c r="C77" s="194"/>
+      <c r="D77" s="194"/>
+      <c r="E77" s="194"/>
+      <c r="F77" s="194"/>
     </row>
     <row r="78" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="37"/>
       <c r="B78" s="9"/>
       <c r="C78" s="123"/>
       <c r="D78" s="9"/>
       <c r="E78" s="9"/>
       <c r="F78" s="9"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A79" s="39" t="s">
         <v>288</v>
       </c>
       <c r="B79" s="9"/>
       <c r="C79" s="123"/>
       <c r="D79" s="9"/>
       <c r="E79" s="9"/>
       <c r="F79" s="9"/>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A80" s="39"/>
       <c r="B80" s="9"/>
       <c r="C80" s="123"/>
       <c r="D80" s="9"/>
       <c r="E80" s="9"/>
       <c r="F80" s="9"/>
     </row>
     <row r="81" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="39"/>
       <c r="B81" s="9"/>
       <c r="C81" s="123"/>
       <c r="D81" s="9"/>
       <c r="E81" s="9"/>
       <c r="F81" s="9"/>
     </row>
     <row r="82" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="96"/>
       <c r="B82" s="96"/>
       <c r="C82" s="96"/>
       <c r="D82" s="96"/>
       <c r="E82" s="96"/>
       <c r="F82" s="125"/>
     </row>
     <row r="83" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="169" t="s">
+      <c r="A83" s="194" t="s">
         <v>289</v>
       </c>
-      <c r="B83" s="169"/>
-[...3 lines deleted...]
-      <c r="F83" s="169"/>
+      <c r="B83" s="194"/>
+      <c r="C83" s="194"/>
+      <c r="D83" s="194"/>
+      <c r="E83" s="194"/>
+      <c r="F83" s="194"/>
     </row>
     <row r="84" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="37"/>
       <c r="B84" s="9"/>
       <c r="C84" s="123"/>
       <c r="D84" s="9"/>
       <c r="E84" s="9"/>
       <c r="F84" s="9"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A85" s="43"/>
       <c r="B85" s="41"/>
       <c r="C85" s="121"/>
       <c r="D85" s="41"/>
       <c r="E85" s="41"/>
       <c r="F85" s="41"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A86" s="19" t="s">
         <v>290</v>
       </c>
       <c r="B86" s="12"/>
       <c r="C86" s="122"/>
       <c r="D86" s="13"/>
       <c r="E86" s="122"/>
       <c r="F86" s="14" t="s">
         <v>291</v>
       </c>
       <c r="G86" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A87" s="96"/>
       <c r="B87" s="96"/>
       <c r="C87" s="96"/>
       <c r="D87" s="96"/>
       <c r="E87" s="96"/>
       <c r="F87" s="7"/>
     </row>
     <row r="88" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="169" t="s">
+      <c r="A88" s="194" t="s">
         <v>292</v>
       </c>
-      <c r="B88" s="169"/>
-[...3 lines deleted...]
-      <c r="F88" s="169"/>
+      <c r="B88" s="194"/>
+      <c r="C88" s="194"/>
+      <c r="D88" s="194"/>
+      <c r="E88" s="194"/>
+      <c r="F88" s="194"/>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A89" s="39" t="s">
         <v>293</v>
       </c>
       <c r="B89" s="9"/>
       <c r="C89" s="123"/>
       <c r="D89" s="9"/>
       <c r="E89" s="9"/>
       <c r="F89" s="9"/>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A90" s="39" t="s">
         <v>294</v>
       </c>
       <c r="B90" s="9"/>
       <c r="C90" s="123"/>
       <c r="D90" s="9"/>
       <c r="E90" s="9"/>
       <c r="F90" s="9"/>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A91" s="39" t="s">
         <v>295</v>
       </c>
@@ -19008,271 +19027,271 @@
       <c r="B92" s="9"/>
       <c r="C92" s="123"/>
       <c r="D92" s="9"/>
       <c r="E92" s="9"/>
       <c r="F92" s="9"/>
     </row>
     <row r="93" spans="1:7" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A93" s="73" t="s">
         <v>297</v>
       </c>
       <c r="B93" s="9"/>
       <c r="C93" s="123"/>
       <c r="D93" s="9"/>
       <c r="E93" s="9"/>
       <c r="F93" s="9"/>
     </row>
     <row r="94" spans="1:7" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="96"/>
       <c r="B94" s="96"/>
       <c r="C94" s="96"/>
       <c r="D94" s="96"/>
       <c r="E94" s="96"/>
       <c r="F94" s="125"/>
     </row>
     <row r="95" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="259" t="s">
+      <c r="A95" s="262" t="s">
         <v>298</v>
       </c>
-      <c r="B95" s="259"/>
-[...3 lines deleted...]
-      <c r="F95" s="259"/>
+      <c r="B95" s="262"/>
+      <c r="C95" s="262"/>
+      <c r="D95" s="262"/>
+      <c r="E95" s="262"/>
+      <c r="F95" s="262"/>
     </row>
     <row r="96" spans="1:7" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="171"/>
-[...4 lines deleted...]
-      <c r="F96" s="171"/>
+      <c r="A96" s="186"/>
+      <c r="B96" s="186"/>
+      <c r="C96" s="186"/>
+      <c r="D96" s="186"/>
+      <c r="E96" s="186"/>
+      <c r="F96" s="186"/>
     </row>
     <row r="97" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="169" t="s">
+      <c r="A97" s="194" t="s">
         <v>299</v>
       </c>
-      <c r="B97" s="169"/>
-[...3 lines deleted...]
-      <c r="F97" s="169"/>
+      <c r="B97" s="194"/>
+      <c r="C97" s="194"/>
+      <c r="D97" s="194"/>
+      <c r="E97" s="194"/>
+      <c r="F97" s="194"/>
     </row>
     <row r="98" spans="1:7" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="37"/>
       <c r="B98" s="9"/>
       <c r="C98" s="123"/>
       <c r="D98" s="9"/>
       <c r="E98" s="9"/>
       <c r="F98" s="9"/>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A99" s="39" t="s">
         <v>300</v>
       </c>
       <c r="B99" s="9"/>
       <c r="C99" s="123"/>
       <c r="D99" s="9"/>
       <c r="E99" s="9"/>
       <c r="F99" s="9"/>
     </row>
     <row r="100" spans="1:7" ht="120" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="171"/>
-[...4 lines deleted...]
-      <c r="F100" s="171"/>
+      <c r="A100" s="186"/>
+      <c r="B100" s="186"/>
+      <c r="C100" s="186"/>
+      <c r="D100" s="186"/>
+      <c r="E100" s="186"/>
+      <c r="F100" s="186"/>
       <c r="G100" s="66" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A101" s="96"/>
       <c r="B101" s="96"/>
       <c r="C101" s="96"/>
       <c r="D101" s="96"/>
       <c r="E101" s="96"/>
       <c r="F101" s="96"/>
       <c r="G101" s="107"/>
     </row>
     <row r="102" spans="1:7" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A102" s="168" t="s">
+      <c r="A102" s="169" t="s">
         <v>225</v>
       </c>
-      <c r="B102" s="168"/>
-[...3 lines deleted...]
-      <c r="F102" s="168"/>
+      <c r="B102" s="169"/>
+      <c r="C102" s="169"/>
+      <c r="D102" s="169"/>
+      <c r="E102" s="169"/>
+      <c r="F102" s="169"/>
     </row>
     <row r="103" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A103" s="96"/>
       <c r="B103" s="96"/>
       <c r="C103" s="96"/>
       <c r="D103" s="96"/>
       <c r="E103" s="96"/>
       <c r="F103" s="96"/>
     </row>
     <row r="104" spans="1:7" ht="62.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="169" t="s">
+      <c r="A104" s="194" t="s">
         <v>301</v>
       </c>
-      <c r="B104" s="169"/>
-[...3 lines deleted...]
-      <c r="F104" s="169"/>
+      <c r="B104" s="194"/>
+      <c r="C104" s="194"/>
+      <c r="D104" s="194"/>
+      <c r="E104" s="194"/>
+      <c r="F104" s="194"/>
     </row>
     <row r="105" spans="1:7" ht="162" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="171"/>
-[...4 lines deleted...]
-      <c r="F105" s="171"/>
+      <c r="A105" s="186"/>
+      <c r="B105" s="186"/>
+      <c r="C105" s="186"/>
+      <c r="D105" s="186"/>
+      <c r="E105" s="186"/>
+      <c r="F105" s="186"/>
       <c r="G105" s="107" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="107" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A107" s="96"/>
       <c r="B107" s="96"/>
       <c r="C107" s="96"/>
       <c r="D107" s="96"/>
       <c r="E107" s="96"/>
       <c r="F107" s="96"/>
     </row>
     <row r="108" spans="1:7" ht="30" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A108" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B108" s="38"/>
-      <c r="C108" s="257" t="s">
+      <c r="C108" s="272" t="s">
         <v>227</v>
       </c>
-      <c r="D108" s="258"/>
+      <c r="D108" s="273"/>
       <c r="E108" s="38"/>
       <c r="F108" s="103" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A109" s="96"/>
       <c r="B109" s="96"/>
-      <c r="C109" s="257" t="s">
+      <c r="C109" s="272" t="s">
         <v>303</v>
       </c>
-      <c r="D109" s="258"/>
+      <c r="D109" s="273"/>
       <c r="E109" s="96"/>
       <c r="F109" s="96"/>
     </row>
     <row r="110" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A110" s="96"/>
       <c r="B110" s="96"/>
       <c r="C110" s="96"/>
       <c r="D110" s="96"/>
       <c r="E110" s="96"/>
       <c r="F110" s="96"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Rm0NZjGFRCUIWF/gSWDoog77YJAd2gdqZkuU6oWBeDA/F5/mQo5XwhcZKJsZCvu7A42MVfSENI7s2goOpsPA2A==" saltValue="xj0OwAhLWBiwuSRVPnZA0A==" spinCount="100000" sheet="1" objects="1" formatRows="0" insertHyperlinks="0"/>
   <mergeCells count="74">
-    <mergeCell ref="E1:E2"/>
-[...5 lines deleted...]
-    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="A45:F45"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="C108:D108"/>
+    <mergeCell ref="C109:D109"/>
+    <mergeCell ref="A95:F95"/>
+    <mergeCell ref="A97:F97"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A102:F102"/>
+    <mergeCell ref="A104:F104"/>
+    <mergeCell ref="A105:F105"/>
+    <mergeCell ref="A96:F96"/>
+    <mergeCell ref="A100:F100"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A88:F88"/>
+    <mergeCell ref="B68:D68"/>
+    <mergeCell ref="B67:D67"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="C71:E71"/>
+    <mergeCell ref="C72:E72"/>
+    <mergeCell ref="C73:E73"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="A47:F47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="A55:F55"/>
+    <mergeCell ref="A52:F52"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="B16:C16"/>
+    <mergeCell ref="B17:C17"/>
+    <mergeCell ref="B18:C18"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A28:F28"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A24:B24"/>
-    <mergeCell ref="A20:F20"/>
-[...49 lines deleted...]
-    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="G7:G8"/>
   </mergeCells>
   <conditionalFormatting sqref="A22:A25">
     <cfRule type="containsBlanks" dxfId="14" priority="12">
       <formula>LEN(TRIM(A22))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A29:A30">
     <cfRule type="containsBlanks" dxfId="13" priority="10">
       <formula>LEN(TRIM(A29))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A36:A37">
     <cfRule type="containsBlanks" dxfId="12" priority="9">
       <formula>LEN(TRIM(A36))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A40:A41">
     <cfRule type="containsBlanks" dxfId="11" priority="1">
       <formula>LEN(TRIM(A40))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A48:A49">
     <cfRule type="containsBlanks" dxfId="10" priority="8">
       <formula>LEN(TRIM(A48))=0</formula>
     </cfRule>
@@ -19315,171 +19334,171 @@
   <hyperlinks>
     <hyperlink ref="G33" location="Social" display="Top ↑" xr:uid="{E615C92E-B986-40C9-81CD-B3F08470D456}"/>
     <hyperlink ref="G43" location="Social" display="Top ↑" xr:uid="{13219BFA-4898-40F9-BBD1-4556C460B868}"/>
     <hyperlink ref="G7" location="General" display="← Back to General" xr:uid="{1099A00C-A6AD-475C-BC8E-A6AE3989BE0B}"/>
     <hyperlink ref="G4" location="General" display="← Back to General" xr:uid="{DFE6D48E-60D9-4D06-AFEC-2726558636BE}"/>
     <hyperlink ref="G7:G8" location="Environment" display="Environment" xr:uid="{4F0EA28E-AE70-449D-9E72-F96C9AE8CBBD}"/>
     <hyperlink ref="C108" location="General" display="← Go to tab General" xr:uid="{6790E7B7-3FC5-43F7-9BA5-FA9675B60141}"/>
     <hyperlink ref="F108" location="Governance" display="Go to tab Governance →" xr:uid="{F84B40F5-ECC0-408C-ACDF-93574102881B}"/>
     <hyperlink ref="C109" location="Environment" display="← Go to tab Evironment" xr:uid="{15F735B9-83C5-40A2-AE2C-8CEE8E8FB44D}"/>
     <hyperlink ref="G61" location="Table_of_contents" display="Table_of_contents" xr:uid="{E4230231-3F88-4C1A-AD42-55B5E1962B7C}"/>
     <hyperlink ref="G63" location="Social" display="Top ↑" xr:uid="{BD98A4C1-EA57-481B-BBF2-0093F02B606F}"/>
     <hyperlink ref="G75" location="Social" display="Top ↑" xr:uid="{91A5FDB7-2A3B-4060-BD56-933CF7ED44AC}"/>
     <hyperlink ref="G86" location="Social" display="Top ↑" xr:uid="{69C2489D-9407-423A-802A-F172037D8E0E}"/>
     <hyperlink ref="G105" location="Social" display="Top ↑" xr:uid="{3FF5B3AC-6D86-49F6-A588-86E1526C7841}"/>
     <hyperlink ref="G100" location="Social" display="Top ↑" xr:uid="{6EBA6F35-764A-446E-95CB-662FDE0C0148}"/>
     <hyperlink ref="G1:G2" location="Table_of_contents" display="Table_of_contents" xr:uid="{3F535862-5E96-441D-9985-358E5F067CCB}"/>
     <hyperlink ref="A108" location="Table_of_contents" display=" Back to Table of contents  ↑" xr:uid="{A301FA2F-6FEA-462A-94B6-6385AB32331A}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="4" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="10251" r:id="rId4" name="TextBox1">
-          <controlPr autoLine="0" autoPict="0" r:id="rId5">
+        <control shapeId="10288" r:id="rId4" name="TextBox7">
+          <controlPr autoLine="0" r:id="rId5">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>99</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1242060</xdr:colOff>
+                <xdr:row>99</xdr:row>
+                <xdr:rowOff>1424940</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="10288" r:id="rId4" name="TextBox7"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="10286" r:id="rId6" name="TextBox4">
+          <controlPr autoLine="0" r:id="rId5">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>95</xdr:row>
+                <xdr:rowOff>99060</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1242060</xdr:colOff>
+                <xdr:row>95</xdr:row>
+                <xdr:rowOff>1424940</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="10286" r:id="rId6" name="TextBox4"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="10284" r:id="rId7" name="TextBox5">
+          <controlPr autoLine="0" r:id="rId8">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>99060</xdr:colOff>
+                <xdr:row>104</xdr:row>
+                <xdr:rowOff>83820</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1242060</xdr:colOff>
+                <xdr:row>104</xdr:row>
+                <xdr:rowOff>2011680</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="10284" r:id="rId7" name="TextBox5"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="10264" r:id="rId9" name="TextBox2">
+          <controlPr autoLine="0" r:id="rId10">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>1455420</xdr:colOff>
+                <xdr:row>92</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>5</xdr:col>
+                <xdr:colOff>1226820</xdr:colOff>
+                <xdr:row>93</xdr:row>
+                <xdr:rowOff>259080</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="10264" r:id="rId9" name="TextBox2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="10251" r:id="rId11" name="TextBox1">
+          <controlPr autoLine="0" autoPict="0" r:id="rId12">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>1432560</xdr:colOff>
                 <xdr:row>80</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>388620</xdr:colOff>
                 <xdr:row>81</xdr:row>
                 <xdr:rowOff>60960</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="10251" r:id="rId4" name="TextBox1"/>
-[...99 lines deleted...]
-        <control shapeId="10288" r:id="rId12" name="TextBox7"/>
+        <control shapeId="10251" r:id="rId11" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="10243" r:id="rId13" name="Check Box 3">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>297180</xdr:colOff>
                 <xdr:row>45</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>784860</xdr:colOff>
                 <xdr:row>45</xdr:row>
                 <xdr:rowOff>220980</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -19954,441 +19973,441 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G39"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="21.33203125" style="4" customWidth="1"/>
     <col min="4" max="4" width="16.6640625" style="4" customWidth="1"/>
     <col min="5" max="5" width="17.44140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="22.33203125" style="4" customWidth="1"/>
     <col min="7" max="7" width="17.33203125" style="105" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A1" s="15" t="s">
         <v>304</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
-      <c r="E1" s="189"/>
-      <c r="F1" s="188" t="e" vm="4">
+      <c r="E1" s="203"/>
+      <c r="F1" s="202" t="e" vm="4">
         <v>#VALUE!</v>
       </c>
-      <c r="G1" s="183" t="s">
+      <c r="G1" s="197" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="23.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="18"/>
       <c r="D2" s="17"/>
-      <c r="E2" s="189"/>
-[...1 lines deleted...]
-      <c r="G2" s="184"/>
+      <c r="E2" s="203"/>
+      <c r="F2" s="202"/>
+      <c r="G2" s="198"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A4" s="19" t="s">
         <v>305</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="122"/>
       <c r="D4" s="13"/>
       <c r="E4" s="122"/>
       <c r="F4" s="14" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A5" s="96"/>
       <c r="B5" s="96"/>
       <c r="C5" s="96"/>
       <c r="D5" s="96"/>
       <c r="E5" s="96"/>
       <c r="F5" s="83" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A6" s="169" t="s">
+      <c r="A6" s="194" t="s">
         <v>308</v>
       </c>
-      <c r="B6" s="238"/>
+      <c r="B6" s="211"/>
       <c r="C6" s="159"/>
-      <c r="D6" s="238"/>
-[...1 lines deleted...]
-      <c r="F6" s="238"/>
+      <c r="D6" s="211"/>
+      <c r="E6" s="211"/>
+      <c r="F6" s="211"/>
     </row>
     <row r="7" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="237" t="s">
+      <c r="A7" s="220" t="s">
         <v>309</v>
       </c>
-      <c r="B7" s="237"/>
-[...2 lines deleted...]
-      <c r="E7" s="237"/>
+      <c r="B7" s="220"/>
+      <c r="C7" s="220"/>
+      <c r="D7" s="220"/>
+      <c r="E7" s="220"/>
       <c r="F7" s="133"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A8" s="256" t="s">
+      <c r="A8" s="274" t="s">
         <v>310</v>
       </c>
-      <c r="B8" s="256"/>
-[...2 lines deleted...]
-      <c r="E8" s="256"/>
+      <c r="B8" s="274"/>
+      <c r="C8" s="274"/>
+      <c r="D8" s="274"/>
+      <c r="E8" s="274"/>
       <c r="F8" s="149"/>
       <c r="G8" s="107" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="168" t="s">
+      <c r="A10" s="169" t="s">
         <v>62</v>
       </c>
-      <c r="B10" s="168"/>
-[...3 lines deleted...]
-      <c r="F10" s="168"/>
+      <c r="B10" s="169"/>
+      <c r="C10" s="169"/>
+      <c r="D10" s="169"/>
+      <c r="E10" s="169"/>
+      <c r="F10" s="169"/>
     </row>
     <row r="11" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A11" s="96"/>
       <c r="B11" s="96"/>
       <c r="C11" s="96"/>
       <c r="D11" s="96"/>
       <c r="E11" s="96"/>
       <c r="F11" s="96"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="19" t="s">
         <v>311</v>
       </c>
       <c r="B12" s="12"/>
       <c r="C12" s="122"/>
       <c r="D12" s="13"/>
       <c r="E12" s="122"/>
       <c r="F12" s="14" t="s">
         <v>312</v>
       </c>
-      <c r="G12" s="273"/>
+      <c r="G12" s="256"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="96"/>
       <c r="B13" s="96"/>
       <c r="C13" s="96"/>
       <c r="D13" s="96"/>
       <c r="E13" s="96"/>
       <c r="F13" s="7"/>
-      <c r="G13" s="274"/>
+      <c r="G13" s="257"/>
     </row>
     <row r="14" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="259" t="s">
+      <c r="A14" s="262" t="s">
         <v>313</v>
       </c>
-      <c r="B14" s="238"/>
+      <c r="B14" s="211"/>
       <c r="C14" s="159"/>
-      <c r="D14" s="238"/>
-[...1 lines deleted...]
-      <c r="F14" s="238"/>
+      <c r="D14" s="211"/>
+      <c r="E14" s="211"/>
+      <c r="F14" s="211"/>
     </row>
     <row r="15" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="235" t="s">
+      <c r="A15" s="217" t="s">
         <v>314</v>
       </c>
-      <c r="B15" s="235"/>
-[...2 lines deleted...]
-      <c r="E15" s="235"/>
+      <c r="B15" s="217"/>
+      <c r="C15" s="217"/>
+      <c r="D15" s="217"/>
+      <c r="E15" s="217"/>
       <c r="F15" s="82"/>
-      <c r="G15" s="273"/>
+      <c r="G15" s="256"/>
     </row>
     <row r="16" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="235" t="s">
+      <c r="A16" s="217" t="s">
         <v>315</v>
       </c>
-      <c r="B16" s="235"/>
-[...2 lines deleted...]
-      <c r="E16" s="235"/>
+      <c r="B16" s="217"/>
+      <c r="C16" s="217"/>
+      <c r="D16" s="217"/>
+      <c r="E16" s="217"/>
       <c r="F16" s="82"/>
-      <c r="G16" s="274"/>
+      <c r="G16" s="257"/>
     </row>
     <row r="17" spans="1:7" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="235" t="s">
+      <c r="A17" s="217" t="s">
         <v>316</v>
       </c>
-      <c r="B17" s="235"/>
-[...2 lines deleted...]
-      <c r="E17" s="235"/>
+      <c r="B17" s="217"/>
+      <c r="C17" s="217"/>
+      <c r="D17" s="217"/>
+      <c r="E17" s="217"/>
       <c r="F17" s="82"/>
     </row>
     <row r="18" spans="1:7" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="235" t="s">
+      <c r="A18" s="217" t="s">
         <v>317</v>
       </c>
-      <c r="B18" s="235"/>
-[...2 lines deleted...]
-      <c r="E18" s="235"/>
+      <c r="B18" s="217"/>
+      <c r="C18" s="217"/>
+      <c r="D18" s="217"/>
+      <c r="E18" s="217"/>
       <c r="F18" s="82"/>
-      <c r="G18" s="273"/>
+      <c r="G18" s="256"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="96"/>
       <c r="B19" s="96"/>
       <c r="C19" s="96"/>
       <c r="D19" s="96"/>
       <c r="E19" s="96"/>
       <c r="F19" s="96"/>
-      <c r="G19" s="274"/>
+      <c r="G19" s="257"/>
     </row>
     <row r="20" spans="1:7" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="169" t="s">
+      <c r="A20" s="194" t="s">
         <v>318</v>
       </c>
-      <c r="B20" s="238"/>
+      <c r="B20" s="211"/>
       <c r="C20" s="159"/>
-      <c r="D20" s="238"/>
-[...2 lines deleted...]
-      <c r="G20" s="247" t="s">
+      <c r="D20" s="211"/>
+      <c r="E20" s="211"/>
+      <c r="F20" s="211"/>
+      <c r="G20" s="207" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="96"/>
       <c r="B21" s="96"/>
       <c r="C21" s="96"/>
       <c r="D21" s="96"/>
       <c r="E21" s="96"/>
       <c r="F21" s="96"/>
-      <c r="G21" s="247"/>
+      <c r="G21" s="207"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A23" s="19" t="s">
         <v>320</v>
       </c>
       <c r="B23" s="12"/>
       <c r="C23" s="122"/>
       <c r="D23" s="13"/>
       <c r="E23" s="122"/>
       <c r="F23" s="14" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A24" s="96"/>
       <c r="B24" s="96"/>
       <c r="C24" s="96"/>
       <c r="D24" s="96"/>
       <c r="E24" s="96"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="259" t="s">
+      <c r="A25" s="262" t="s">
         <v>322</v>
       </c>
-      <c r="B25" s="238"/>
+      <c r="B25" s="211"/>
       <c r="C25" s="159"/>
-      <c r="D25" s="238"/>
-[...1 lines deleted...]
-      <c r="F25" s="238"/>
+      <c r="D25" s="211"/>
+      <c r="E25" s="211"/>
+      <c r="F25" s="211"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="133"/>
-      <c r="B26" s="237" t="s">
+      <c r="B26" s="220" t="s">
         <v>323</v>
       </c>
-      <c r="C26" s="237"/>
+      <c r="C26" s="220"/>
       <c r="D26" s="96"/>
       <c r="E26" s="96"/>
       <c r="F26" s="96"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="133"/>
-      <c r="B27" s="237" t="s">
+      <c r="B27" s="220" t="s">
         <v>324</v>
       </c>
-      <c r="C27" s="237"/>
+      <c r="C27" s="220"/>
       <c r="D27" s="96"/>
       <c r="E27" s="96"/>
       <c r="F27" s="96"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="81" t="str">
         <f>IF(OR(A26="",A27=""),"",A26/A27)</f>
         <v/>
       </c>
-      <c r="B28" s="246" t="s">
+      <c r="B28" s="221" t="s">
         <v>325</v>
       </c>
-      <c r="C28" s="246"/>
+      <c r="C28" s="221"/>
       <c r="D28" s="96"/>
       <c r="E28" s="96"/>
       <c r="F28" s="96"/>
       <c r="G28" s="107" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="96"/>
       <c r="B29" s="96"/>
       <c r="C29" s="96"/>
       <c r="D29" s="96"/>
       <c r="E29" s="96"/>
       <c r="F29" s="96"/>
     </row>
     <row r="30" spans="1:7" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="168" t="s">
+      <c r="A30" s="169" t="s">
         <v>225</v>
       </c>
-      <c r="B30" s="168"/>
-[...3 lines deleted...]
-      <c r="F30" s="168"/>
+      <c r="B30" s="169"/>
+      <c r="C30" s="169"/>
+      <c r="D30" s="169"/>
+      <c r="E30" s="169"/>
+      <c r="F30" s="169"/>
     </row>
     <row r="31" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A31" s="96"/>
       <c r="B31" s="96"/>
       <c r="C31" s="96"/>
       <c r="D31" s="96"/>
       <c r="E31" s="96"/>
       <c r="F31" s="96"/>
     </row>
     <row r="32" spans="1:7" ht="62.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="169" t="s">
+      <c r="A32" s="194" t="s">
         <v>326</v>
       </c>
-      <c r="B32" s="170"/>
+      <c r="B32" s="205"/>
       <c r="C32" s="158"/>
-      <c r="D32" s="170"/>
-[...1 lines deleted...]
-      <c r="F32" s="170"/>
+      <c r="D32" s="205"/>
+      <c r="E32" s="205"/>
+      <c r="F32" s="205"/>
     </row>
     <row r="33" spans="1:7" ht="162" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="171"/>
-[...4 lines deleted...]
-      <c r="F33" s="171"/>
+      <c r="A33" s="186"/>
+      <c r="B33" s="186"/>
+      <c r="C33" s="187"/>
+      <c r="D33" s="186"/>
+      <c r="E33" s="186"/>
+      <c r="F33" s="186"/>
       <c r="G33" s="107" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="96"/>
       <c r="B35" s="96"/>
       <c r="C35" s="96"/>
       <c r="D35" s="96"/>
       <c r="E35" s="96"/>
       <c r="F35" s="96"/>
     </row>
     <row r="36" spans="1:7" ht="30" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B36" s="38"/>
-      <c r="C36" s="257" t="s">
+      <c r="C36" s="272" t="s">
         <v>227</v>
       </c>
-      <c r="D36" s="258"/>
+      <c r="D36" s="273"/>
       <c r="E36" s="38"/>
       <c r="F36" s="70" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="25.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="96"/>
       <c r="B37" s="96"/>
-      <c r="C37" s="257" t="s">
+      <c r="C37" s="272" t="s">
         <v>303</v>
       </c>
-      <c r="D37" s="258"/>
+      <c r="D37" s="273"/>
       <c r="E37" s="96"/>
       <c r="F37" s="96"/>
     </row>
     <row r="38" spans="1:7" ht="27.6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="96"/>
       <c r="B38" s="96"/>
-      <c r="C38" s="257" t="s">
+      <c r="C38" s="272" t="s">
         <v>328</v>
       </c>
-      <c r="D38" s="258"/>
+      <c r="D38" s="273"/>
       <c r="E38" s="96"/>
       <c r="F38" s="96"/>
     </row>
     <row r="39" spans="1:7" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A39" s="96"/>
       <c r="B39" s="96"/>
       <c r="C39" s="96"/>
       <c r="D39" s="96"/>
       <c r="E39" s="96"/>
       <c r="F39" s="96"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="jSPWNmCvTszqSI8TA1n2Wy2AYCGNWcMOUrq2pm3lC9nLeqdHRY9mirGlAsWGP4XMV5yb4sUSYnCd2Lgk47c0wg==" saltValue="VE1vaJOq5IuEJLzrRVvKhA==" spinCount="100000" sheet="1" objects="1" formatRows="0" insertHyperlinks="0"/>
   <mergeCells count="27">
-    <mergeCell ref="E1:E2"/>
-[...7 lines deleted...]
-    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="A30:F30"/>
+    <mergeCell ref="A32:F32"/>
+    <mergeCell ref="A33:F33"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="G20:G21"/>
     <mergeCell ref="A25:F25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="G15:G16"/>
     <mergeCell ref="G18:G19"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="A18:E18"/>
-    <mergeCell ref="B27:C27"/>
-[...6 lines deleted...]
-    <mergeCell ref="A33:F33"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="G12:G13"/>
+    <mergeCell ref="A10:F10"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
   </mergeCells>
   <conditionalFormatting sqref="A26:A27">
     <cfRule type="containsBlanks" dxfId="2" priority="2">
       <formula>LEN(TRIM(A26))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F7:F8">
     <cfRule type="containsBlanks" dxfId="1" priority="1">
       <formula>LEN(TRIM(F7))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F15:F18">
     <cfRule type="containsBlanks" dxfId="0" priority="3">
       <formula>LEN(TRIM(F15))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="G20:G21" location="Paris_Agreement" display="Go to the description of the Paris Agreement →" xr:uid="{918B39D0-ECC1-44BE-B595-6E152C22E898}"/>
     <hyperlink ref="F36" location="Conduct_Metrics" display="Go to tab Governance →" xr:uid="{9AE6155D-134E-4AF9-988F-35AF77D9F95F}"/>
     <hyperlink ref="C38" location="Environment" display="← Go to tab Evironment" xr:uid="{83B5100D-2377-4551-BB70-38AF97B961F8}"/>
     <hyperlink ref="C38:D38" location="Social" display="← Go to tab Social" xr:uid="{532FF015-3385-4EB0-BD0D-29A1B06E8A2F}"/>
     <hyperlink ref="G28" location="Governance" display="Top ↑" xr:uid="{BD961EC3-B34D-4A91-9AB0-C786144E91A4}"/>
     <hyperlink ref="G10" location="Table_of_contents" display="Table_of_contents" xr:uid="{C12E1CA0-D335-4D92-96A4-93E36B0660C3}"/>
     <hyperlink ref="G8" location="Governance" display="Top ↑" xr:uid="{8661BB33-ACE6-4C2C-8892-1484AED03BE7}"/>
     <hyperlink ref="G33" location="Governance" display="Top ↑" xr:uid="{85DEEC5E-5EDB-4B36-AD0C-A1A178709376}"/>
@@ -20458,765 +20477,776 @@
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>937260</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>22860</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>1508760</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>213360</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B0BB050-8CBA-42D1-AE2F-8A3EA81F2F76}">
   <sheetPr codeName="Blad5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F70"/>
+  <dimension ref="A1:F71"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A11" sqref="A11:E11"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="25.109375" style="4" customWidth="1"/>
     <col min="2" max="2" width="15.88671875" style="4" customWidth="1"/>
     <col min="3" max="3" width="21.5546875" style="4" customWidth="1"/>
     <col min="4" max="4" width="15.88671875" style="4" customWidth="1"/>
     <col min="5" max="5" width="22.88671875" style="4" customWidth="1"/>
     <col min="6" max="6" width="24.88671875" style="105" customWidth="1"/>
     <col min="7" max="7" width="15.88671875" style="4" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A1" s="15" t="s">
         <v>329</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
-      <c r="F1" s="183" t="s">
+      <c r="F1" s="197" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A2" s="96"/>
       <c r="B2" s="96"/>
       <c r="C2" s="96"/>
       <c r="D2" s="96"/>
       <c r="E2" s="96"/>
-      <c r="F2" s="184"/>
+      <c r="F2" s="198"/>
     </row>
     <row r="3" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="65" t="s">
         <v>330</v>
       </c>
       <c r="B3" s="96"/>
       <c r="C3" s="96"/>
       <c r="D3" s="96"/>
       <c r="E3" s="96"/>
     </row>
     <row r="4" spans="1:6" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="159" t="s">
         <v>331</v>
       </c>
       <c r="B4" s="159"/>
       <c r="C4" s="159"/>
       <c r="D4" s="159"/>
       <c r="E4" s="159"/>
-      <c r="F4" s="273" t="s">
+      <c r="F4" s="256" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="278" t="s">
+      <c r="A5" s="275" t="s">
         <v>333</v>
       </c>
-      <c r="B5" s="278"/>
-[...3 lines deleted...]
-      <c r="F5" s="274"/>
+      <c r="B5" s="275"/>
+      <c r="C5" s="275"/>
+      <c r="D5" s="275"/>
+      <c r="E5" s="275"/>
+      <c r="F5" s="257"/>
     </row>
     <row r="6" spans="1:6" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="278" t="s">
+      <c r="A6" s="275" t="s">
         <v>334</v>
       </c>
-      <c r="B6" s="278"/>
-[...2 lines deleted...]
-      <c r="E6" s="278"/>
+      <c r="B6" s="275"/>
+      <c r="C6" s="275"/>
+      <c r="D6" s="275"/>
+      <c r="E6" s="275"/>
     </row>
     <row r="7" spans="1:6" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="278" t="s">
+      <c r="A7" s="275" t="s">
         <v>335</v>
       </c>
-      <c r="B7" s="278"/>
-[...2 lines deleted...]
-      <c r="E7" s="278"/>
+      <c r="B7" s="275"/>
+      <c r="C7" s="275"/>
+      <c r="D7" s="275"/>
+      <c r="E7" s="275"/>
     </row>
     <row r="8" spans="1:6" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="278" t="s">
+      <c r="A8" s="275" t="s">
         <v>336</v>
       </c>
-      <c r="B8" s="278"/>
-[...2 lines deleted...]
-      <c r="E8" s="278"/>
+      <c r="B8" s="275"/>
+      <c r="C8" s="275"/>
+      <c r="D8" s="275"/>
+      <c r="E8" s="275"/>
     </row>
     <row r="10" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="85" t="s">
         <v>337</v>
       </c>
       <c r="B10" s="85"/>
       <c r="C10" s="96"/>
       <c r="D10" s="96"/>
       <c r="E10" s="96"/>
     </row>
     <row r="11" spans="1:6" ht="72" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="159" t="s">
         <v>338</v>
       </c>
       <c r="B11" s="159"/>
       <c r="C11" s="159"/>
       <c r="D11" s="159"/>
       <c r="E11" s="159"/>
     </row>
     <row r="12" spans="1:6" ht="48.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="159" t="s">
         <v>339</v>
       </c>
       <c r="B12" s="159"/>
       <c r="C12" s="159"/>
       <c r="D12" s="159"/>
       <c r="E12" s="159"/>
       <c r="F12" s="112" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A13" s="275" t="s">
+      <c r="A13" s="276" t="s">
         <v>341</v>
       </c>
-      <c r="B13" s="275"/>
-[...2 lines deleted...]
-      <c r="E13" s="275"/>
+      <c r="B13" s="276"/>
+      <c r="C13" s="276"/>
+      <c r="D13" s="276"/>
+      <c r="E13" s="276"/>
     </row>
     <row r="14" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="278" t="s">
+      <c r="A14" s="275" t="s">
         <v>342</v>
       </c>
-      <c r="B14" s="278"/>
-[...2 lines deleted...]
-      <c r="E14" s="278"/>
+      <c r="B14" s="275"/>
+      <c r="C14" s="275"/>
+      <c r="D14" s="275"/>
+      <c r="E14" s="275"/>
     </row>
     <row r="15" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="278" t="s">
+      <c r="A15" s="275" t="s">
         <v>343</v>
       </c>
-      <c r="B15" s="278"/>
-[...2 lines deleted...]
-      <c r="E15" s="278"/>
+      <c r="B15" s="275"/>
+      <c r="C15" s="275"/>
+      <c r="D15" s="275"/>
+      <c r="E15" s="275"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="96"/>
       <c r="B16" s="120" t="s">
         <v>344</v>
       </c>
       <c r="C16" s="96"/>
       <c r="D16" s="96"/>
       <c r="E16" s="96"/>
     </row>
     <row r="17" spans="1:6" s="62" customFormat="1" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="120"/>
       <c r="B17" s="120" t="s">
         <v>345</v>
       </c>
       <c r="C17" s="120"/>
       <c r="D17" s="120"/>
       <c r="E17" s="120"/>
       <c r="F17" s="113"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A18" s="278" t="s">
+      <c r="A18" s="275" t="s">
         <v>346</v>
       </c>
-      <c r="B18" s="278"/>
-[...2 lines deleted...]
-      <c r="E18" s="278"/>
+      <c r="B18" s="275"/>
+      <c r="C18" s="275"/>
+      <c r="D18" s="275"/>
+      <c r="E18" s="275"/>
     </row>
     <row r="19" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="96"/>
       <c r="B19" s="96" t="s">
         <v>347</v>
       </c>
       <c r="C19" s="96"/>
       <c r="D19" s="96"/>
       <c r="E19" s="96"/>
     </row>
     <row r="20" spans="1:6" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="38" t="s">
         <v>348</v>
       </c>
       <c r="B20" s="96"/>
       <c r="C20" s="96"/>
       <c r="D20" s="96"/>
       <c r="E20" s="96"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A21" s="278" t="s">
+      <c r="A21" s="275" t="s">
         <v>349</v>
       </c>
-      <c r="B21" s="278"/>
-[...2 lines deleted...]
-      <c r="E21" s="278"/>
+      <c r="B21" s="275"/>
+      <c r="C21" s="275"/>
+      <c r="D21" s="275"/>
+      <c r="E21" s="275"/>
     </row>
     <row r="22" spans="1:6" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="96"/>
       <c r="B22" s="96" t="s">
         <v>350</v>
       </c>
       <c r="C22" s="96"/>
       <c r="D22" s="96"/>
       <c r="E22" s="96"/>
     </row>
     <row r="23" spans="1:6" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="96"/>
       <c r="B23" s="120" t="s">
         <v>351</v>
       </c>
       <c r="C23" s="96"/>
       <c r="D23" s="96"/>
       <c r="E23" s="96"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A24" s="278" t="s">
+      <c r="A24" s="275" t="s">
         <v>352</v>
       </c>
-      <c r="B24" s="278"/>
-[...2 lines deleted...]
-      <c r="E24" s="278"/>
+      <c r="B24" s="275"/>
+      <c r="C24" s="275"/>
+      <c r="D24" s="275"/>
+      <c r="E24" s="275"/>
     </row>
     <row r="25" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="96"/>
       <c r="B25" s="123" t="s">
         <v>353</v>
       </c>
       <c r="C25" s="96"/>
       <c r="D25" s="96"/>
       <c r="E25" s="96"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A26" s="278" t="s">
+      <c r="A26" s="275" t="s">
         <v>354</v>
       </c>
-      <c r="B26" s="278"/>
-[...2 lines deleted...]
-      <c r="E26" s="278"/>
+      <c r="B26" s="275"/>
+      <c r="C26" s="275"/>
+      <c r="D26" s="275"/>
+      <c r="E26" s="275"/>
     </row>
     <row r="27" spans="1:6" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="96"/>
       <c r="B27" s="96" t="s">
         <v>355</v>
       </c>
       <c r="C27" s="96"/>
       <c r="D27" s="96"/>
       <c r="E27" s="96"/>
     </row>
     <row r="29" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A29" s="85" t="s">
         <v>356</v>
       </c>
       <c r="B29" s="85"/>
       <c r="C29" s="85"/>
       <c r="D29" s="85"/>
       <c r="E29" s="85"/>
     </row>
     <row r="30" spans="1:6" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="159" t="s">
         <v>357</v>
       </c>
       <c r="B30" s="159"/>
       <c r="C30" s="159"/>
       <c r="D30" s="159"/>
       <c r="E30" s="159"/>
-      <c r="F30" s="285" t="s">
+      <c r="F30" s="279" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A31" s="286" t="s">
+      <c r="A31" s="280" t="s">
         <v>359</v>
       </c>
-      <c r="B31" s="286"/>
+      <c r="B31" s="280"/>
       <c r="C31" s="96"/>
       <c r="D31" s="96"/>
       <c r="E31" s="96"/>
-      <c r="F31" s="285"/>
+      <c r="F31" s="279"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A32" s="286" t="s">
+      <c r="A32" s="280" t="s">
         <v>360</v>
       </c>
-      <c r="B32" s="286"/>
+      <c r="B32" s="280"/>
       <c r="C32" s="96"/>
       <c r="D32" s="96"/>
       <c r="E32" s="96"/>
     </row>
-    <row r="34" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A34" s="85" t="s">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="282" t="s">
+        <v>412</v>
+      </c>
+      <c r="B33" s="282"/>
+      <c r="C33" s="96"/>
+      <c r="D33" s="96"/>
+      <c r="E33" s="96"/>
+    </row>
+    <row r="35" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="85" t="s">
         <v>361</v>
       </c>
-      <c r="B34" s="85"/>
-[...5 lines deleted...]
-      <c r="A35" s="159" t="s">
+      <c r="B35" s="85"/>
+      <c r="C35" s="85"/>
+      <c r="D35" s="85"/>
+      <c r="E35" s="85"/>
+    </row>
+    <row r="36" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="159" t="s">
         <v>362</v>
       </c>
-      <c r="B35" s="158"/>
-[...3 lines deleted...]
-      <c r="F35" s="285" t="s">
+      <c r="B36" s="158"/>
+      <c r="C36" s="158"/>
+      <c r="D36" s="158"/>
+      <c r="E36" s="158"/>
+      <c r="F36" s="279" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A36" s="286" t="s">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A37" s="280" t="s">
         <v>364</v>
       </c>
-      <c r="B36" s="286"/>
-[...6 lines deleted...]
-      <c r="A37" s="286" t="s">
+      <c r="B37" s="280"/>
+      <c r="C37" s="280"/>
+      <c r="D37" s="280"/>
+      <c r="E37" s="280"/>
+      <c r="F37" s="279"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A38" s="280" t="s">
         <v>365</v>
       </c>
-      <c r="B37" s="286"/>
-[...5 lines deleted...]
-      <c r="A38" s="286" t="s">
+      <c r="B38" s="280"/>
+      <c r="C38" s="280"/>
+      <c r="D38" s="280"/>
+      <c r="E38" s="280"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A39" s="280" t="s">
         <v>366</v>
       </c>
-      <c r="B38" s="286"/>
-[...5 lines deleted...]
-      <c r="A40" s="85" t="s">
+      <c r="B39" s="280"/>
+      <c r="C39" s="280"/>
+      <c r="D39" s="280"/>
+      <c r="E39" s="280"/>
+    </row>
+    <row r="41" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A41" s="85" t="s">
         <v>367</v>
       </c>
-      <c r="B40" s="85"/>
-[...5 lines deleted...]
-      <c r="A41" s="275" t="s">
+      <c r="B41" s="85"/>
+      <c r="C41" s="85"/>
+      <c r="D41" s="85"/>
+      <c r="E41" s="85"/>
+    </row>
+    <row r="42" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="276" t="s">
         <v>368</v>
       </c>
-      <c r="B41" s="159"/>
-[...5 lines deleted...]
-      <c r="A42" s="276" t="s">
+      <c r="B42" s="159"/>
+      <c r="C42" s="159"/>
+      <c r="D42" s="159"/>
+      <c r="E42" s="159"/>
+    </row>
+    <row r="43" spans="1:6" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="283" t="s">
         <v>369</v>
       </c>
-      <c r="B42" s="276"/>
-[...3 lines deleted...]
-      <c r="F42" s="112" t="s">
+      <c r="B43" s="283"/>
+      <c r="C43" s="283"/>
+      <c r="D43" s="283"/>
+      <c r="E43" s="283"/>
+      <c r="F43" s="112" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="A44" s="85" t="s">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A44" s="96"/>
+      <c r="B44" s="96"/>
+      <c r="C44" s="96"/>
+      <c r="D44" s="96"/>
+      <c r="E44" s="96"/>
+      <c r="F44" s="114"/>
+    </row>
+    <row r="45" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A45" s="85" t="s">
         <v>371</v>
       </c>
-      <c r="B44" s="85"/>
-[...6 lines deleted...]
-      <c r="A45" s="159" t="s">
+      <c r="B45" s="85"/>
+      <c r="C45" s="85"/>
+      <c r="D45" s="85"/>
+      <c r="E45" s="85"/>
+      <c r="F45" s="112"/>
+    </row>
+    <row r="46" spans="1:6" ht="88.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="159" t="s">
         <v>372</v>
       </c>
-      <c r="B45" s="159"/>
-[...3 lines deleted...]
-      <c r="F45" s="112" t="s">
+      <c r="B46" s="159"/>
+      <c r="C46" s="159"/>
+      <c r="D46" s="159"/>
+      <c r="E46" s="159"/>
+      <c r="F46" s="112" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A46" s="282" t="s">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A47" s="286" t="s">
         <v>374</v>
       </c>
-      <c r="B46" s="282"/>
-[...7 lines deleted...]
-      <c r="B47" s="96"/>
+      <c r="B47" s="286"/>
       <c r="C47" s="96"/>
       <c r="D47" s="96"/>
       <c r="E47" s="96"/>
       <c r="F47" s="112"/>
     </row>
-    <row r="48" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A48" s="85" t="s">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A48" s="96"/>
+      <c r="B48" s="96"/>
+      <c r="C48" s="96"/>
+      <c r="D48" s="96"/>
+      <c r="E48" s="96"/>
+      <c r="F48" s="112"/>
+    </row>
+    <row r="49" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A49" s="85" t="s">
         <v>375</v>
       </c>
-      <c r="B48" s="85"/>
-[...6 lines deleted...]
-      <c r="A49" s="283" t="s">
+      <c r="B49" s="85"/>
+      <c r="C49" s="85"/>
+      <c r="D49" s="85"/>
+      <c r="E49" s="85"/>
+      <c r="F49" s="112"/>
+    </row>
+    <row r="50" spans="1:6" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="287" t="s">
         <v>376</v>
       </c>
-      <c r="B49" s="159"/>
-[...6 lines deleted...]
-      <c r="A50" s="281" t="s">
+      <c r="B50" s="159"/>
+      <c r="C50" s="159"/>
+      <c r="D50" s="159"/>
+      <c r="E50" s="159"/>
+      <c r="F50" s="115"/>
+    </row>
+    <row r="51" spans="1:6" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="278" t="s">
         <v>377</v>
-      </c>
-[...8 lines deleted...]
-        <v>378</v>
       </c>
       <c r="B51" s="278"/>
       <c r="C51" s="278"/>
       <c r="D51" s="278"/>
       <c r="E51" s="278"/>
-      <c r="F51" s="285" t="s">
+      <c r="F51" s="115"/>
+    </row>
+    <row r="52" spans="1:6" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="275" t="s">
+        <v>378</v>
+      </c>
+      <c r="B52" s="275"/>
+      <c r="C52" s="275"/>
+      <c r="D52" s="275"/>
+      <c r="E52" s="275"/>
+      <c r="F52" s="279" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="77.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="277" t="s">
+    <row r="53" spans="1:6" ht="77.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="281" t="s">
         <v>380</v>
       </c>
-      <c r="B52" s="278"/>
-[...6 lines deleted...]
-      <c r="A53" s="278" t="s">
+      <c r="B53" s="275"/>
+      <c r="C53" s="275"/>
+      <c r="D53" s="275"/>
+      <c r="E53" s="275"/>
+      <c r="F53" s="279"/>
+    </row>
+    <row r="54" spans="1:6" ht="43.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="275" t="s">
         <v>381</v>
       </c>
-      <c r="B53" s="278"/>
-[...5 lines deleted...]
-      <c r="A55" s="85" t="s">
+      <c r="B54" s="275"/>
+      <c r="C54" s="275"/>
+      <c r="D54" s="275"/>
+      <c r="E54" s="275"/>
+    </row>
+    <row r="56" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A56" s="85" t="s">
         <v>382</v>
       </c>
-      <c r="B55" s="85"/>
-[...5 lines deleted...]
-      <c r="A56" s="281" t="s">
+      <c r="B56" s="85"/>
+      <c r="C56" s="85"/>
+      <c r="D56" s="85"/>
+      <c r="E56" s="85"/>
+    </row>
+    <row r="57" spans="1:6" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="278" t="s">
         <v>383</v>
       </c>
-      <c r="B56" s="281"/>
-[...3 lines deleted...]
-      <c r="F56" s="284" t="s">
+      <c r="B57" s="278"/>
+      <c r="C57" s="278"/>
+      <c r="D57" s="278"/>
+      <c r="E57" s="278"/>
+      <c r="F57" s="277" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="57" spans="1:6" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="159" t="s">
+    <row r="58" spans="1:6" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="159" t="s">
         <v>385</v>
       </c>
-      <c r="B57" s="159"/>
-[...6 lines deleted...]
-      <c r="A58" s="278" t="s">
+      <c r="B58" s="159"/>
+      <c r="C58" s="159"/>
+      <c r="D58" s="159"/>
+      <c r="E58" s="159"/>
+      <c r="F58" s="277"/>
+    </row>
+    <row r="59" spans="1:6" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="275" t="s">
         <v>386</v>
       </c>
-      <c r="B58" s="278"/>
-[...5 lines deleted...]
-      <c r="A59" s="278" t="s">
+      <c r="B59" s="275"/>
+      <c r="C59" s="275"/>
+      <c r="D59" s="275"/>
+      <c r="E59" s="275"/>
+    </row>
+    <row r="60" spans="1:6" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="275" t="s">
         <v>387</v>
       </c>
-      <c r="B59" s="278"/>
-[...5 lines deleted...]
-      <c r="A60" s="278" t="s">
+      <c r="B60" s="275"/>
+      <c r="C60" s="275"/>
+      <c r="D60" s="275"/>
+      <c r="E60" s="275"/>
+    </row>
+    <row r="61" spans="1:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="275" t="s">
         <v>388</v>
       </c>
-      <c r="B60" s="278"/>
-[...5 lines deleted...]
-      <c r="A61" s="277" t="s">
+      <c r="B61" s="275"/>
+      <c r="C61" s="275"/>
+      <c r="D61" s="275"/>
+      <c r="E61" s="275"/>
+    </row>
+    <row r="62" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="281" t="s">
         <v>389</v>
       </c>
-      <c r="B61" s="277"/>
-[...12 lines deleted...]
-      <c r="A63" s="85" t="s">
+      <c r="B62" s="281"/>
+      <c r="C62" s="281"/>
+      <c r="D62" s="281"/>
+      <c r="E62" s="281"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A63" s="150"/>
+      <c r="B63" s="150"/>
+      <c r="C63" s="150"/>
+      <c r="D63" s="150"/>
+      <c r="E63" s="150"/>
+    </row>
+    <row r="64" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A64" s="85" t="s">
         <v>390</v>
       </c>
-      <c r="B63" s="85"/>
-[...5 lines deleted...]
-      <c r="A64" s="279" t="s">
+      <c r="B64" s="85"/>
+      <c r="C64" s="85"/>
+      <c r="D64" s="85"/>
+      <c r="E64" s="85"/>
+    </row>
+    <row r="65" spans="1:6" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="284" t="s">
         <v>391</v>
       </c>
-      <c r="B64" s="280"/>
-[...3 lines deleted...]
-      <c r="F64" s="116" t="s">
+      <c r="B65" s="285"/>
+      <c r="C65" s="285"/>
+      <c r="D65" s="285"/>
+      <c r="E65" s="285"/>
+      <c r="F65" s="116" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A65" s="281" t="s">
+    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A66" s="278" t="s">
         <v>393</v>
       </c>
-      <c r="B65" s="281"/>
-[...11 lines deleted...]
-    <row r="68" spans="1:5" ht="15.6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="278"/>
+      <c r="C66" s="278"/>
+      <c r="D66" s="278"/>
+      <c r="E66" s="278"/>
+    </row>
+    <row r="68" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="96"/>
       <c r="B68" s="96"/>
-      <c r="C68" s="57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C68" s="96"/>
       <c r="D68" s="96"/>
-      <c r="E68" s="57" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="E68" s="96"/>
+    </row>
+    <row r="69" spans="1:6" ht="15.6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="96"/>
       <c r="B69" s="96"/>
       <c r="C69" s="57" t="s">
+        <v>227</v>
+      </c>
+      <c r="D69" s="96"/>
+      <c r="E69" s="57" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="27" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="44" t="s">
+        <v>394</v>
+      </c>
+      <c r="B70" s="96"/>
+      <c r="C70" s="57" t="s">
         <v>303</v>
       </c>
-      <c r="D69" s="96"/>
-      <c r="E69" s="45" t="s">
+      <c r="D70" s="96"/>
+      <c r="E70" s="45" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="70" spans="1:5" ht="15.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E70" s="96"/>
+    <row r="71" spans="1:6" ht="15.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="96"/>
+      <c r="B71" s="96"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71" s="96"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="QPVEMyXZyd9jvEZg/A9/I1OjQilud8qdkA3IJgv/WlSrOy+gVxnVJbZo+pkbRHkSpvkt8ehoXHUFovt/dsrWnw==" saltValue="XLSsZ83cnNoK/q9/9rh0Aw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="44">
+  <sheetProtection algorithmName="SHA-512" hashValue="Em8a8O+NVbE3B24juGOPYeFvsjVUyGa2O12j9foT918TEj03jVwTG1PDVtT4Jx5ElPVG3uCN2qDxiOQ2z76Yng==" saltValue="EJ+849/ogZPRY3DpWGTmMQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="45">
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A53:E53"/>
+    <mergeCell ref="A65:E65"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A50:E50"/>
+    <mergeCell ref="A52:E52"/>
+    <mergeCell ref="A51:E51"/>
+    <mergeCell ref="A58:E58"/>
+    <mergeCell ref="A66:E66"/>
+    <mergeCell ref="A59:E59"/>
+    <mergeCell ref="A60:E60"/>
+    <mergeCell ref="A61:E61"/>
+    <mergeCell ref="A62:E62"/>
+    <mergeCell ref="F57:F58"/>
+    <mergeCell ref="A57:E57"/>
+    <mergeCell ref="A54:E54"/>
+    <mergeCell ref="F52:F53"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="F36:F37"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="F30:F31"/>
+    <mergeCell ref="A36:E36"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A30:E30"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A21:E21"/>
-    <mergeCell ref="F1:F2"/>
-[...35 lines deleted...]
-    <mergeCell ref="A57:E57"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F4" location="General" display="← Back to General" xr:uid="{09BEAAA2-68A6-45A4-A015-789951F0DB7D}"/>
     <hyperlink ref="F4:F5" location="Gov_B.1._Revenues_from_certain_sectors" display="← Back to A.1. Revenues from certain sectors" xr:uid="{44B4392F-E24B-43A9-8FDE-892BF2E3E789}"/>
-    <hyperlink ref="A69" location="Table_of_contents" display=" Back to Table of contents  ↑" xr:uid="{055D0B93-B7ED-458F-A942-922D05140669}"/>
-[...3 lines deleted...]
-    <hyperlink ref="E69" location="Governance" display="Go to tab Governance →" xr:uid="{D500A78E-BC12-44A6-8885-EDE20DC058B7}"/>
+    <hyperlink ref="A70" location="Table_of_contents" display=" Back to Table of contents  ↑" xr:uid="{055D0B93-B7ED-458F-A942-922D05140669}"/>
+    <hyperlink ref="C69" location="General" display="← Go to tab General" xr:uid="{211BC955-029B-4EE9-AC37-4806AA952933}"/>
+    <hyperlink ref="C70" location="Environment" display="← Go to tab Evironment" xr:uid="{40F63D38-3E55-4AB3-B165-C26AFA7CA7BD}"/>
+    <hyperlink ref="E69" location="Social" display="← Go to tab Social" xr:uid="{7DCE9B72-16C8-4FAB-803C-735D5B8DDD26}"/>
+    <hyperlink ref="E70" location="Governance" display="Go to tab Governance →" xr:uid="{D500A78E-BC12-44A6-8885-EDE20DC058B7}"/>
     <hyperlink ref="F12" location="Env_A.1._Energy_and_greenhouse_gas_emissions" display="← Back to Environment - A.1. Energy and greenhouse gas emissions " xr:uid="{0D07A27E-DFD1-45C4-9A1B-E10DFEDBCA3C}"/>
     <hyperlink ref="A32:B32" r:id="rId1" display="Business Carbon Calculator by Normative" xr:uid="{7DE16D1A-4AF3-4FF5-9191-ADB8E2F5C505}"/>
     <hyperlink ref="A31:B31" r:id="rId2" display="SME Climate hub" xr:uid="{34C05A2A-B2AA-45E7-BD0A-5F18FD2674D4}"/>
     <hyperlink ref="F30" location="Env_A.1._Energy_and_greenhouse_gas_emissions" display="← Back to Environment - A.1. Energy and greenhouse gas emissions " xr:uid="{4338ED07-87CA-4A4C-8761-570887824AAF}"/>
     <hyperlink ref="F30:F31" location="ENV_A1_1GHG_emissions" display="← Back to Environment - A.1.2. Greenhouse gas (GHG) emissions" xr:uid="{1A6299AD-DBAB-4EDA-B596-7087D75B9FBE}"/>
-    <hyperlink ref="A36:E36" r:id="rId3" display="• World Database on Protected Areas (WDPA) (a global database to help identify marine and terrestrial protected areas)" xr:uid="{FC440E82-857D-4CC5-A563-CA5E03FB0860}"/>
-[...15 lines deleted...]
-    <hyperlink ref="A50:E50" r:id="rId9" display="below. The key principles outlined by the Ellen MacArthur Foundation are underlined below while the key principles" xr:uid="{2B8052DC-3D68-45D7-B629-1CE0F150EFAC}"/>
+    <hyperlink ref="A37:E37" r:id="rId3" display="• World Database on Protected Areas (WDPA) (a global database to help identify marine and terrestrial protected areas)" xr:uid="{FC440E82-857D-4CC5-A563-CA5E03FB0860}"/>
+    <hyperlink ref="A38:E38" r:id="rId4" display="• World Database on Key Biodiversity Areas" xr:uid="{A779A237-4E19-412C-A1D4-DE8850C0F840}"/>
+    <hyperlink ref="A39:E39" r:id="rId5" display="• IUCN Red List of Threatened Species" xr:uid="{FBC135E0-DFF1-4DE7-BEC8-C75C0EEEE74F}"/>
+    <hyperlink ref="F36" location="Env_A.1._Energy_and_greenhouse_gas_emissions" display="← Back to Environment - A.1. Energy and greenhouse gas emissions " xr:uid="{B18CA8F1-DFE2-4343-9C25-64C761056B35}"/>
+    <hyperlink ref="F36:F37" location="Env_A.3._Biodiversity" display="← Back to Environment - A.3.1. Biodiversity" xr:uid="{E956BFE0-C92A-44A3-B6B4-7A553A90DD37}"/>
+    <hyperlink ref="F43" location="Env_A.1._Energy_and_greenhouse_gas_emissions" display="← Back to Environment - A.1. Energy and greenhouse gas emissions " xr:uid="{5B381458-6263-4E47-BD7F-83EEB7060B9A}"/>
+    <hyperlink ref="F43" location="Env_A.3._Biodiversity" display="← Back to Environment - A.3.1. Biodiversity" xr:uid="{664CAC57-95D4-4F12-AF6E-5981529223AE}"/>
+    <hyperlink ref="F43:F44" location="ENV_land_use" display="ENV_land_use" xr:uid="{07D52C85-AEBE-430B-A898-BB9AAE4F714C}"/>
+    <hyperlink ref="F46" location="Env_A.4._Water" display="Env_A.4._Water" xr:uid="{C0278D98-8B28-4915-9852-C6DCCE699EF1}"/>
+    <hyperlink ref="A47:B47" r:id="rId6" location="/?advanced=false&amp;basemap=hydro&amp;indicator=w_awr_def_tot_cat&amp;lat=30&amp;lng=-80&amp;mapMode=view&amp;month=1&amp;opacity=0.5&amp;ponderation=DEF&amp;predefined=false&amp;projection=absolute&amp;scenario=optimistic&amp;scope=baseline&amp;threshold&amp;timeScale=annual&amp;year=baseline&amp;zoom=3" display="• WRI’s Aqueduct Water Risk Atlas" xr:uid="{E673EB49-21EE-4BFB-B237-CE19A372FAD4}"/>
+    <hyperlink ref="F52" location="Env_A.4._Water" display="Env_A.4._Water" xr:uid="{6622AF1B-C9CF-4405-9ED9-45C04BFAB092}"/>
+    <hyperlink ref="F52:F53" location="Env_A.5._Resource_use__circular_economy_and_waste_management" display="Env_A.5._Resource_use__circular_economy_and_waste_management" xr:uid="{57A061CA-E1A7-4E99-BD35-17CAD11957D1}"/>
+    <hyperlink ref="A57:E57" r:id="rId7" display="Undertakings are recommended to classify their hazardous waste using the European Waste Catalogue (EWC), which " xr:uid="{AB153B43-CC63-4B75-9E62-AB9BC87EB33D}"/>
+    <hyperlink ref="F57" location="ENV_A.5.2.waste" display="ENV_A.5.2.waste" xr:uid="{A45AC02F-70DB-4DFC-B4BC-6B70DBA14D60}"/>
+    <hyperlink ref="A66:E66" r:id="rId8" display="When it reports on Scope 3 GHG emissions, the undertaking shall include significant Scope 3 categories (as per the Corporate Value Chain (Scope 3) Accounting and Reporting Standard) based on its own assessment of relevant Scope 3 categories. Undertakings can find further guidance on specific calculation methods for each category in the GHG Protocol’s Technical guidance for Calculating Scope 3 Emissions." xr:uid="{70AFF46D-5CCE-4AF5-AEFD-6234B6148E03}"/>
+    <hyperlink ref="F65" location="Env_B.1._Consideration_when_reporting_on_GHG_emissions" display="Env_B.1._Consideration_when_reporting_on_GHG_emissions" xr:uid="{338B5126-04B6-4299-8F06-4C80D7FDAA9D}"/>
+    <hyperlink ref="A51:E51" r:id="rId9" display="below. The key principles outlined by the Ellen MacArthur Foundation are underlined below while the key principles" xr:uid="{2B8052DC-3D68-45D7-B629-1CE0F150EFAC}"/>
     <hyperlink ref="F1:F2" location="Table_of_contents" display="Table_of_contents" xr:uid="{C40E4197-8BB9-4392-A63B-B4BC3BFF5B71}"/>
-    <hyperlink ref="A64:E64" r:id="rId10" display="If the undertaking decides to provide this metric, it should refer to the 15 types of Scope 3 GHG emissions identified by the GHG Protocol Corporate Standard and detailed by the GHG Protocol Corporate Value Chain (Scope 3) Accounting and Reporting Standard. " xr:uid="{330914A6-F0AF-4B56-95FE-04CBACE52722}"/>
+    <hyperlink ref="A65:E65" r:id="rId10" display="If the undertaking decides to provide this metric, it should refer to the 15 types of Scope 3 GHG emissions identified by the GHG Protocol Corporate Standard and detailed by the GHG Protocol Corporate Value Chain (Scope 3) Accounting and Reporting Standard. " xr:uid="{330914A6-F0AF-4B56-95FE-04CBACE52722}"/>
+    <hyperlink ref="A33:B33" r:id="rId11" display="• SMEs and Sustainability Reporting | EFRAG" xr:uid="{4158F558-E5E6-4D54-A12F-B9576DE17A72}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="86" fitToHeight="4" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId11"/>
+  <pageSetup paperSize="9" scale="86" fitToHeight="4" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId12"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D00098C8-B610-4262-B238-083C877F3595}">
   <sheetPr codeName="Blad6"/>
   <dimension ref="A1:E28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="57.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>396</v>
       </c>
       <c r="C1" s="23">
         <v>2025</v>
       </c>
     </row>