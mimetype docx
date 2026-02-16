--- v0 (2025-10-14)
+++ v1 (2026-02-16)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="080379E0" w14:textId="66CB0263" w:rsidR="00EF1B95" w:rsidRPr="00584259" w:rsidRDefault="00EF1B95" w:rsidP="00EF1B95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PROJECTNAAM (deelgemeente + site): </w:t>
       </w:r>
       <w:r w:rsidRPr="00584259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -124,85 +124,83 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8076"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D7261" w:rsidRPr="00584259" w14:paraId="3459DF35" w14:textId="77777777" w:rsidTr="00814BBD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8076" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E18B163" w14:textId="44E0FE25" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PENVOERENDE ACTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00814BBD" w:rsidRPr="00584259" w14:paraId="5DB1E69F" w14:textId="77777777" w:rsidTr="00EF1B95">
         <w:trPr>
           <w:trHeight w:val="8508"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8076" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76D4CF97" w14:textId="77777777" w:rsidR="00814BBD" w:rsidRPr="00584259" w:rsidRDefault="00814BBD" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D2CBDCD" w14:textId="77777777" w:rsidR="00814BBD" w:rsidRPr="00584259" w:rsidRDefault="00814BBD" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -662,51 +660,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DBFBBD1" w14:textId="16209385" w:rsidR="00EF1B95" w:rsidRDefault="00EF1B95" w:rsidP="00EF1B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AC8190C" w14:textId="77777777" w:rsidR="00C37669" w:rsidRDefault="00C37669" w:rsidP="00EF1B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C3EC710" w14:textId="4C9C629F" w:rsidR="00EF1B95" w:rsidRPr="00EF1B95" w:rsidRDefault="00400732" w:rsidP="00EF1B95">
+          <w:p w14:paraId="5C3EC710" w14:textId="32C08CD6" w:rsidR="00EF1B95" w:rsidRPr="00EF1B95" w:rsidRDefault="00400732" w:rsidP="00EF1B95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00EF1B95" w:rsidRPr="00EF1B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -759,51 +757,62 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>van bovenvermelde organisatie / natuurlijk persoon,</w:t>
             </w:r>
             <w:r w:rsidR="00EF1B95" w:rsidRPr="00EF1B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> kennis te hebben genomen van en akkoord te gaan met de aanvraag tot het opstarten van onderhandelingen tot het bekomen van een Brownfieldconvenant voor bovenstaand project in kader van de </w:t>
             </w:r>
             <w:r w:rsidR="001A1208">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009413BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00EF1B95" w:rsidRPr="00EF1B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00EF1B95" w:rsidRPr="00EF1B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> oproep Brownfieldconvenanten en hiervoor op te treden als penvoerende actor. </w:t>
             </w:r>
           </w:p>
@@ -938,160 +947,160 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="769F2E8A" w14:textId="60A0DBE4" w:rsidR="0036244F" w:rsidRDefault="0036244F" w:rsidP="00C37669">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0036244F" w:rsidSect="006822A3">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BA154E7" w14:textId="77777777" w:rsidR="007A1DD9" w:rsidRDefault="007A1DD9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7C293C88" w14:textId="77777777" w:rsidR="007A1DD9" w:rsidRDefault="007A1DD9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F3E0535" w14:textId="738ADE33" w:rsidR="007A1DD9" w:rsidRDefault="007A1DD9">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="317B35C0" wp14:editId="56237698">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5087816</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-147173</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1406525" cy="769620"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Afbeelding 1" descr="VLAIOtypografisch"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1125,114 +1134,120 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1B0BC263" w14:textId="77777777" w:rsidR="007A1DD9" w:rsidRDefault="007A1DD9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="375944A4" w14:textId="77777777" w:rsidR="007A1DD9" w:rsidRDefault="007A1DD9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4E57B4AA" w14:textId="4BB31DEE" w:rsidR="00AF23C6" w:rsidRPr="00AF23C6" w:rsidRDefault="00AF23C6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E57B4AA" w14:textId="7B7F2EBC" w:rsidR="00AF23C6" w:rsidRPr="00AF23C6" w:rsidRDefault="00AF23C6">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AF23C6">
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
-      <w:t>Brownfieldconvenanten – 15</w:t>
+      <w:t>Brownfieldconvenanten – 1</w:t>
+    </w:r>
+    <w:r w:rsidR="009413BF">
+      <w:rPr>
+        <w:lang w:val="nl-BE"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00AF23C6">
       <w:rPr>
         <w:vertAlign w:val="superscript"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00AF23C6">
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t xml:space="preserve"> oproep: ondertekeningsformulier </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t>penvoerende</w:t>
     </w:r>
     <w:r w:rsidRPr="00AF23C6">
       <w:rPr>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
       <w:t xml:space="preserve"> actor</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03272C00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DACDE18"/>
     <w:lvl w:ilvl="0" w:tplc="315E6D64">
       <w:start w:val="35"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8602,61 +8617,61 @@
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="74" w16cid:durableId="1639338221">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="75" w16cid:durableId="102699146">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="76" w16cid:durableId="839464207">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="77" w16cid:durableId="1077826714">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="78" w16cid:durableId="152530238">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="79" w16cid:durableId="1148791398">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="71"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="37889"/>
+    <o:shapedefaults v:ext="edit" spidmax="39937"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF6ACF"/>
     <w:rsid w:val="00002743"/>
     <w:rsid w:val="00002BBC"/>
     <w:rsid w:val="00002FCE"/>
     <w:rsid w:val="00006A49"/>
     <w:rsid w:val="00007F7B"/>
     <w:rsid w:val="00016C40"/>
@@ -8967,50 +8982,51 @@
     <w:rsid w:val="006B2BAA"/>
     <w:rsid w:val="006B6665"/>
     <w:rsid w:val="006B747C"/>
     <w:rsid w:val="006C1F35"/>
     <w:rsid w:val="006C3BD2"/>
     <w:rsid w:val="006C51A0"/>
     <w:rsid w:val="006D4425"/>
     <w:rsid w:val="006D46F7"/>
     <w:rsid w:val="006D4727"/>
     <w:rsid w:val="006D47CC"/>
     <w:rsid w:val="006D52CE"/>
     <w:rsid w:val="006D5D55"/>
     <w:rsid w:val="006E026E"/>
     <w:rsid w:val="006E1387"/>
     <w:rsid w:val="006E4685"/>
     <w:rsid w:val="006E68FE"/>
     <w:rsid w:val="006F1287"/>
     <w:rsid w:val="006F7993"/>
     <w:rsid w:val="00702F72"/>
     <w:rsid w:val="007068A3"/>
     <w:rsid w:val="00707C74"/>
     <w:rsid w:val="0071510E"/>
     <w:rsid w:val="007211D2"/>
     <w:rsid w:val="007244AB"/>
     <w:rsid w:val="007253E2"/>
+    <w:rsid w:val="00731DA5"/>
     <w:rsid w:val="00731F1F"/>
     <w:rsid w:val="007344F0"/>
     <w:rsid w:val="007356CE"/>
     <w:rsid w:val="00735C35"/>
     <w:rsid w:val="007377B5"/>
     <w:rsid w:val="00744020"/>
     <w:rsid w:val="00747968"/>
     <w:rsid w:val="00747AE7"/>
     <w:rsid w:val="007546D3"/>
     <w:rsid w:val="00755D99"/>
     <w:rsid w:val="00762F34"/>
     <w:rsid w:val="0076398E"/>
     <w:rsid w:val="007732FA"/>
     <w:rsid w:val="007767CA"/>
     <w:rsid w:val="00777977"/>
     <w:rsid w:val="007827A1"/>
     <w:rsid w:val="00785F89"/>
     <w:rsid w:val="00790A63"/>
     <w:rsid w:val="007913F1"/>
     <w:rsid w:val="007945C7"/>
     <w:rsid w:val="007A0223"/>
     <w:rsid w:val="007A1DD9"/>
     <w:rsid w:val="007B1E8F"/>
     <w:rsid w:val="007B72E9"/>
     <w:rsid w:val="007C5CC7"/>
@@ -9061,50 +9077,51 @@
     <w:rsid w:val="008B0499"/>
     <w:rsid w:val="008B0647"/>
     <w:rsid w:val="008C391F"/>
     <w:rsid w:val="008C42E4"/>
     <w:rsid w:val="008D1724"/>
     <w:rsid w:val="008D7704"/>
     <w:rsid w:val="008E2342"/>
     <w:rsid w:val="008E48ED"/>
     <w:rsid w:val="008E6D48"/>
     <w:rsid w:val="008F0F36"/>
     <w:rsid w:val="008F714D"/>
     <w:rsid w:val="008F7E52"/>
     <w:rsid w:val="0090506C"/>
     <w:rsid w:val="0091306B"/>
     <w:rsid w:val="009160DA"/>
     <w:rsid w:val="0091699F"/>
     <w:rsid w:val="00920114"/>
     <w:rsid w:val="00920FBC"/>
     <w:rsid w:val="00922791"/>
     <w:rsid w:val="00923E99"/>
     <w:rsid w:val="00924ABA"/>
     <w:rsid w:val="00926F86"/>
     <w:rsid w:val="00930AEA"/>
     <w:rsid w:val="00932845"/>
     <w:rsid w:val="00936382"/>
+    <w:rsid w:val="009413BF"/>
     <w:rsid w:val="00942229"/>
     <w:rsid w:val="00944875"/>
     <w:rsid w:val="00952116"/>
     <w:rsid w:val="00952B8C"/>
     <w:rsid w:val="00956473"/>
     <w:rsid w:val="00960953"/>
     <w:rsid w:val="00961228"/>
     <w:rsid w:val="00961AE0"/>
     <w:rsid w:val="0096261B"/>
     <w:rsid w:val="00966D11"/>
     <w:rsid w:val="00971968"/>
     <w:rsid w:val="009773CB"/>
     <w:rsid w:val="00987599"/>
     <w:rsid w:val="00996B9E"/>
     <w:rsid w:val="009A0059"/>
     <w:rsid w:val="009A5656"/>
     <w:rsid w:val="009B4E7D"/>
     <w:rsid w:val="009C0EBE"/>
     <w:rsid w:val="009C21CE"/>
     <w:rsid w:val="009C2C6C"/>
     <w:rsid w:val="009C2F93"/>
     <w:rsid w:val="009C4546"/>
     <w:rsid w:val="009C4ADB"/>
     <w:rsid w:val="009C5201"/>
     <w:rsid w:val="009C5BC7"/>
@@ -9366,64 +9383,64 @@
     <w:rsid w:val="00FA5897"/>
     <w:rsid w:val="00FA6318"/>
     <w:rsid w:val="00FB3902"/>
     <w:rsid w:val="00FB6454"/>
     <w:rsid w:val="00FC300D"/>
     <w:rsid w:val="00FD65A0"/>
     <w:rsid w:val="00FF3B26"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="37889"/>
+    <o:shapedefaults v:ext="edit" spidmax="39937"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6590476F"/>
   <w15:docId w15:val="{C3F7D686-3145-4373-B903-12D93346FA1C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-BE" w:eastAsia="nl-BE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9865,50 +9882,51 @@
   <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003851D1"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="180"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="nl-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Opmaakprofiel1">
     <w:name w:val="Opmaakprofiel1"/>
@@ -10407,51 +10425,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:spacing w:val="-3"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tekst">
     <w:name w:val="tekst"/>
     <w:rsid w:val="00F1499E"/>
   </w:style>
   <w:style w:type="character" w:styleId="GevolgdeHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="00174069"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="90511306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="119500645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11509,54 +11527,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C34A36D12C79B74BA3CA90533A3655B1" ma:contentTypeVersion="4" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="3aa30347d5a3ad920ebc9a62d2be58ad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="be6e5fa1-ac6b-4e57-b607-01b3f845d25a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12209f2ab590543d7f46cb9c235fd194" ns2:_="">
     <xsd:import namespace="be6e5fa1-ac6b-4e57-b607-01b3f845d25a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="be6e5fa1-ac6b-4e57-b607-01b3f845d25a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -11656,130 +11670,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2AFE918-9818-4325-9461-D06397644266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="be6e5fa1-ac6b-4e57-b607-01b3f845d25a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F917DAE-9D5C-413E-9208-9705F7F3F657}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2AFE918-9818-4325-9461-D06397644266}"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB72B667-7E23-4539-8D97-DF24BE01EF4D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5ADD9FF0-E73D-41C8-A9B9-62CE3E50280A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>139</Words>
   <Characters>1117</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Begeleidende nota 2de reeks brownfieldconvenanten</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VLAO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1254</CharactersWithSpaces>
+  <CharactersWithSpaces>1242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>1245189</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>286</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.brownfieldconvenanten.be/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5701746</vt:i4>
       </vt:variant>
       <vt:variant>