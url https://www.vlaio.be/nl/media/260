--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -43,51 +43,50 @@
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/ppt/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId38"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId39"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="295" r:id="rId5"/>
@@ -234,96 +233,87 @@
   <p188:author id="{FC8B35D4-E280-A131-0863-96EAA853B9A7}" name="Swyngedouw Caroline" initials="SC" userId="S::caroline.swyngedouw@vlaio.be::6096e855-e35d-4654-813f-fb87359201c7" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="FF0000"/>
     <a:srgbClr val="FFCCCC"/>
     <a:srgbClr val="FF9999"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="17555" autoAdjust="0"/>
     <p:restoredTop sz="95101" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="108" d="100"/>
           <a:sy n="108" d="100"/>
         </p:scale>
         <p:origin x="564" y="318"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId45" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -368,51 +358,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DC70BC46-BAAD-4EE6-9F9E-6E6FBB367632}" type="datetimeFigureOut">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tijdelijke aanduiding voor voettekst 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -537,51 +527,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7742A1EB-85A6-402C-80C5-5F54D824F049}" type="datetimeFigureOut">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tijdelijke aanduiding voor dia-afbeelding 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="527050" y="1143000"/>
             <a:ext cx="5803900" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1121,51 +1111,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Klikken om de ondertitelstijl van het model te bewerken</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CCB3E698-1C65-409B-853D-17EB81A72128}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -1294,51 +1284,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Vijfde niveau</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2748531A-4212-474B-860E-1F219E98D3E8}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -1477,51 +1467,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Vijfde niveau</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF9493B9-3FCC-4EA5-B9DE-5E31D8F412AA}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -1650,51 +1640,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Vijfde niveau</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8B30B676-C67D-4A7C-8461-3244118B95A3}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -1899,51 +1889,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Klikken om de tekststijl van het model te bewerken</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8A679D0-85CF-45C0-B7F3-DE2C4B22FEA4}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -2134,51 +2124,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Vijfde niveau</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3CBAC3E6-1E16-42DE-80D7-10A364AE27F3}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -2504,51 +2494,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Vijfde niveau</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{06CDF6F6-8582-4296-B707-9B8AB6D93991}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -2625,51 +2615,51 @@
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Klik om stijl te bewerken</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DECB90D6-382D-4485-81E3-6536A6C1521C}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -2728,51 +2718,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6084544"/>
             <a:ext cx="2743200" cy="345009"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7F1AE762-F3BF-4D1E-8CD6-A230D4AF74BA}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6084544"/>
             <a:ext cx="4114800" cy="345009"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -3027,51 +3017,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Klikken om de tekststijl van het model te bewerken</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C83C5B77-A0CB-423D-B9DB-76E602B53DF6}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -3287,51 +3277,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nl-NL"/>
               <a:t>Klikken om de tekststijl van het model te bewerken</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A5DA0695-D6D7-41A8-B90F-881E528C11D2}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE"/>
               <a:t>Ecologiepremie Plus - demo aanvraag</a:t>
             </a:r>
           </a:p>
@@ -3507,51 +3497,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6006163"/>
             <a:ext cx="2743200" cy="345009"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1134">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{91C2312C-2114-4297-A409-43D571F3E936}" type="datetime1">
               <a:rPr lang="nl-BE" smtClean="0"/>
-              <a:t>23/09/2025</a:t>
+              <a:t>28/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nl-BE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6006163"/>
             <a:ext cx="4114800" cy="345009"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6429,87 +6419,148 @@
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nl-BE" sz="1134" dirty="0">
                 <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>1. Je ziet hier een lijst van vestigingen van je onderneming zoals gekend in de Kruispuntbank van Ondernemingen (KBO). Vink de vestiging aan waar de investeringen zullen worden uitgevoerd.</a:t>
             </a:r>
             <a:endParaRPr lang="nl-NL" sz="1134" dirty="0">
               <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="AutoShape 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7695525" y="3794121"/>
-            <a:ext cx="2400773" cy="1283546"/>
+            <a:off x="7722158" y="2485748"/>
+            <a:ext cx="2400773" cy="3788637"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
-              <a:gd name="adj1" fmla="val -100644"/>
-              <a:gd name="adj2" fmla="val -59860"/>
+              <a:gd name="adj1" fmla="val -110259"/>
+              <a:gd name="adj2" fmla="val -20655"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent6">
               <a:lumMod val="40000"/>
               <a:lumOff val="60000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nl-BE" sz="1134" dirty="0">
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
                 <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>2. Indien de investeringsplaats niet voorkomt in de lijst, kan je hier zelf de investeringsplaats toevoegen door alle voorziene velden in te vullen. Je kan meerdere investeringsplaatsen toevoegen.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="nl-NL" sz="1134" dirty="0">
+              <a:t>2. Indien de investeringsplaats niet voorkomt in de lijst, kan je hier zelf de investeringsplaats toevoegen door alle voorziene velden in te vullen. Je kan meerdere investeringsplaatsen toevoegen. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>* Indien dit een vestigingsadres van de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nl-BE" sz="900" dirty="0" err="1">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>steunaanvragende</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> onderneming betreft, vul je in de velden ‘Naam’ en ‘Ondernemingsnummer’ niets in. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>* Indien de investering uitgevoerd wordt in een vestiging van een andere onderneming, vul je de naam van die onderneming in en het ondernemingsnummer in volgend formaat: 0XXXXXXXXX. Je gebruikt geen punten tussen de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nl-BE" sz="900">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>cijfers.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nl-BE" sz="900" dirty="0">
+              <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:br>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nl-BE" sz="900" dirty="0">
+                <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Vul vervolgens de postcode van de investeringsplaats in en selecteer de juiste straat in de lijst. De gemeente wordt automatisch ingevuld.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nl-NL" sz="900" dirty="0">
               <a:latin typeface="FlandersArtSans-Regular" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tijdelijke aanduiding voor voettekst 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48F587B1-1FDA-94DC-53AE-29B43F538AC1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14400,67 +14451,52 @@
       <a:srgbClr val="70AD47"/>
     </a:accent6>
     <a:hlink>
       <a:srgbClr val="0563C1"/>
     </a:hlink>
     <a:folHlink>
       <a:srgbClr val="954F72"/>
     </a:folHlink>
   </a:clrScheme>
 </a:themeOverride>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b8d1306d-7855-47f9-b419-55f5f47794a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2a479a4ea7d94a45066be90d398cb1c" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010066666B015340754AB7D07CC0054DF2BD" ma:contentTypeVersion="4" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="5b04356538fea83f5dbd213cfce69e49">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b8d1306d-7855-47f9-b419-55f5f47794a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c59112fd67fad9726781ff569c010fe8" ns2:_="">
     <xsd:import namespace="b8d1306d-7855-47f9-b419-55f5f47794a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8d1306d-7855-47f9-b419-55f5f47794a9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -14558,106 +14594,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56B2AE62-F5C5-4E84-A9CE-63BC578063D1}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12713618-2496-4A0B-AC26-45B713571DDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b8d1306d-7855-47f9-b419-55f5f47794a9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{068F5A24-CACB-44E4-BE9B-29670108337E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AF53822-BE63-48B7-BE39-F4E9ADEBB773}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="b8d1306d-7855-47f9-b419-55f5f47794a9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1656</Words>
+  <Words>1748</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Aangepast</PresentationFormat>
-  <Paragraphs>140</Paragraphs>
+  <Paragraphs>141</Paragraphs>
   <Slides>33</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Gebruikte lettertypen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Diatitels</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>