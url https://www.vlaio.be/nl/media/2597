--- v0 (2025-10-04)
+++ v1 (2026-02-01)
@@ -13,93 +13,105 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-GIS/Bezettingstabellen/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="988" documentId="13_ncr:1_{D31C7266-D03F-4CEE-94DD-148F35C022E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F3466F66-E01E-4528-92B6-0677423196CC}"/>
+  <xr:revisionPtr revIDLastSave="1020" documentId="13_ncr:1_{D31C7266-D03F-4CEE-94DD-148F35C022E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E5D3ED54-440A-4FF7-9CD5-ADBF58AF932E}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Leesmij" sheetId="13" r:id="rId1"/>
     <sheet name="Vlaanderen" sheetId="10" r:id="rId2"/>
     <sheet name="Antwerpen" sheetId="4" r:id="rId3"/>
     <sheet name="Limburg" sheetId="5" r:id="rId4"/>
     <sheet name="Oost-Vlaanderen" sheetId="3" r:id="rId5"/>
     <sheet name="Vlaams-Brabant" sheetId="6" r:id="rId6"/>
     <sheet name="West-Vlaanderen" sheetId="1" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R17" i="6" l="1"/>
+  <c r="R18" i="1" l="1"/>
+  <c r="R19" i="1"/>
+  <c r="R18" i="6"/>
+  <c r="R19" i="6"/>
+  <c r="R18" i="3"/>
+  <c r="R19" i="3"/>
+  <c r="R18" i="5"/>
+  <c r="R19" i="5"/>
+  <c r="R18" i="4"/>
+  <c r="R19" i="4"/>
+  <c r="R18" i="10"/>
+  <c r="R19" i="10"/>
+  <c r="R17" i="6"/>
   <c r="R17" i="1"/>
   <c r="R17" i="3"/>
   <c r="R17" i="5"/>
   <c r="R17" i="4"/>
   <c r="R17" i="10"/>
   <c r="R5" i="3" l="1"/>
   <c r="R6" i="3"/>
   <c r="R7" i="3"/>
   <c r="R8" i="3"/>
   <c r="R16" i="10" l="1"/>
   <c r="R15" i="10"/>
   <c r="R14" i="10"/>
   <c r="R13" i="10"/>
   <c r="R12" i="10"/>
   <c r="R11" i="10"/>
   <c r="R10" i="10"/>
   <c r="R9" i="10"/>
   <c r="R8" i="10"/>
   <c r="R7" i="10"/>
   <c r="R6" i="10"/>
   <c r="R5" i="10"/>
   <c r="R15" i="1" l="1"/>
   <c r="R16" i="1"/>
   <c r="R15" i="6"/>
   <c r="R16" i="6"/>
@@ -1047,51 +1059,51 @@
     <xf numFmtId="0" fontId="3" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="37" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="38" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="19" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="19" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="19" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
@@ -1107,51 +1119,50 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="40" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="41" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="24" fillId="0" borderId="0" xfId="52" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="42" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="41" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
@@ -1565,391 +1576,391 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE0108B1-F6B9-40EC-9EEC-21B516BED061}">
   <dimension ref="A1:M20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="P8" sqref="P8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A1" s="37" t="s">
+      <c r="A1" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="38"/>
-[...10 lines deleted...]
-      <c r="M1" s="39"/>
+      <c r="B1" s="37"/>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="37"/>
+      <c r="F1" s="37"/>
+      <c r="G1" s="37"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="37"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="37"/>
+      <c r="M1" s="38"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A2" s="40"/>
-[...11 lines deleted...]
-      <c r="M2" s="42"/>
+      <c r="A2" s="39"/>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
+      <c r="G2" s="40"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="40"/>
+      <c r="J2" s="40"/>
+      <c r="K2" s="40"/>
+      <c r="L2" s="40"/>
+      <c r="M2" s="41"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A3" s="40"/>
-[...11 lines deleted...]
-      <c r="M3" s="42"/>
+      <c r="A3" s="39"/>
+      <c r="B3" s="40"/>
+      <c r="C3" s="40"/>
+      <c r="D3" s="40"/>
+      <c r="E3" s="40"/>
+      <c r="F3" s="40"/>
+      <c r="G3" s="40"/>
+      <c r="H3" s="40"/>
+      <c r="I3" s="40"/>
+      <c r="J3" s="40"/>
+      <c r="K3" s="40"/>
+      <c r="L3" s="40"/>
+      <c r="M3" s="41"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A4" s="40"/>
-[...11 lines deleted...]
-      <c r="M4" s="42"/>
+      <c r="A4" s="39"/>
+      <c r="B4" s="40"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="40"/>
+      <c r="E4" s="40"/>
+      <c r="F4" s="40"/>
+      <c r="G4" s="40"/>
+      <c r="H4" s="40"/>
+      <c r="I4" s="40"/>
+      <c r="J4" s="40"/>
+      <c r="K4" s="40"/>
+      <c r="L4" s="40"/>
+      <c r="M4" s="41"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A5" s="40"/>
-[...11 lines deleted...]
-      <c r="M5" s="42"/>
+      <c r="A5" s="39"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="40"/>
+      <c r="E5" s="40"/>
+      <c r="F5" s="40"/>
+      <c r="G5" s="40"/>
+      <c r="H5" s="40"/>
+      <c r="I5" s="40"/>
+      <c r="J5" s="40"/>
+      <c r="K5" s="40"/>
+      <c r="L5" s="40"/>
+      <c r="M5" s="41"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A6" s="40"/>
-[...11 lines deleted...]
-      <c r="M6" s="42"/>
+      <c r="A6" s="39"/>
+      <c r="B6" s="40"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="41"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A7" s="40"/>
-[...11 lines deleted...]
-      <c r="M7" s="42"/>
+      <c r="A7" s="39"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="40"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="40"/>
+      <c r="G7" s="40"/>
+      <c r="H7" s="40"/>
+      <c r="I7" s="40"/>
+      <c r="J7" s="40"/>
+      <c r="K7" s="40"/>
+      <c r="L7" s="40"/>
+      <c r="M7" s="41"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A8" s="40"/>
-[...11 lines deleted...]
-      <c r="M8" s="42"/>
+      <c r="A8" s="39"/>
+      <c r="B8" s="40"/>
+      <c r="C8" s="40"/>
+      <c r="D8" s="40"/>
+      <c r="E8" s="40"/>
+      <c r="F8" s="40"/>
+      <c r="G8" s="40"/>
+      <c r="H8" s="40"/>
+      <c r="I8" s="40"/>
+      <c r="J8" s="40"/>
+      <c r="K8" s="40"/>
+      <c r="L8" s="40"/>
+      <c r="M8" s="41"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A9" s="40"/>
-[...11 lines deleted...]
-      <c r="M9" s="42"/>
+      <c r="A9" s="39"/>
+      <c r="B9" s="40"/>
+      <c r="C9" s="40"/>
+      <c r="D9" s="40"/>
+      <c r="E9" s="40"/>
+      <c r="F9" s="40"/>
+      <c r="G9" s="40"/>
+      <c r="H9" s="40"/>
+      <c r="I9" s="40"/>
+      <c r="J9" s="40"/>
+      <c r="K9" s="40"/>
+      <c r="L9" s="40"/>
+      <c r="M9" s="41"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A10" s="40"/>
-[...11 lines deleted...]
-      <c r="M10" s="42"/>
+      <c r="A10" s="39"/>
+      <c r="B10" s="40"/>
+      <c r="C10" s="40"/>
+      <c r="D10" s="40"/>
+      <c r="E10" s="40"/>
+      <c r="F10" s="40"/>
+      <c r="G10" s="40"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="40"/>
+      <c r="J10" s="40"/>
+      <c r="K10" s="40"/>
+      <c r="L10" s="40"/>
+      <c r="M10" s="41"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A11" s="40"/>
-[...11 lines deleted...]
-      <c r="M11" s="42"/>
+      <c r="A11" s="39"/>
+      <c r="B11" s="40"/>
+      <c r="C11" s="40"/>
+      <c r="D11" s="40"/>
+      <c r="E11" s="40"/>
+      <c r="F11" s="40"/>
+      <c r="G11" s="40"/>
+      <c r="H11" s="40"/>
+      <c r="I11" s="40"/>
+      <c r="J11" s="40"/>
+      <c r="K11" s="40"/>
+      <c r="L11" s="40"/>
+      <c r="M11" s="41"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A12" s="40"/>
-[...11 lines deleted...]
-      <c r="M12" s="42"/>
+      <c r="A12" s="39"/>
+      <c r="B12" s="40"/>
+      <c r="C12" s="40"/>
+      <c r="D12" s="40"/>
+      <c r="E12" s="40"/>
+      <c r="F12" s="40"/>
+      <c r="G12" s="40"/>
+      <c r="H12" s="40"/>
+      <c r="I12" s="40"/>
+      <c r="J12" s="40"/>
+      <c r="K12" s="40"/>
+      <c r="L12" s="40"/>
+      <c r="M12" s="41"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A13" s="40"/>
-[...11 lines deleted...]
-      <c r="M13" s="42"/>
+      <c r="A13" s="39"/>
+      <c r="B13" s="40"/>
+      <c r="C13" s="40"/>
+      <c r="D13" s="40"/>
+      <c r="E13" s="40"/>
+      <c r="F13" s="40"/>
+      <c r="G13" s="40"/>
+      <c r="H13" s="40"/>
+      <c r="I13" s="40"/>
+      <c r="J13" s="40"/>
+      <c r="K13" s="40"/>
+      <c r="L13" s="40"/>
+      <c r="M13" s="41"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A14" s="40"/>
-[...11 lines deleted...]
-      <c r="M14" s="42"/>
+      <c r="A14" s="39"/>
+      <c r="B14" s="40"/>
+      <c r="C14" s="40"/>
+      <c r="D14" s="40"/>
+      <c r="E14" s="40"/>
+      <c r="F14" s="40"/>
+      <c r="G14" s="40"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="40"/>
+      <c r="J14" s="40"/>
+      <c r="K14" s="40"/>
+      <c r="L14" s="40"/>
+      <c r="M14" s="41"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A15" s="40"/>
-[...11 lines deleted...]
-      <c r="M15" s="42"/>
+      <c r="A15" s="39"/>
+      <c r="B15" s="40"/>
+      <c r="C15" s="40"/>
+      <c r="D15" s="40"/>
+      <c r="E15" s="40"/>
+      <c r="F15" s="40"/>
+      <c r="G15" s="40"/>
+      <c r="H15" s="40"/>
+      <c r="I15" s="40"/>
+      <c r="J15" s="40"/>
+      <c r="K15" s="40"/>
+      <c r="L15" s="40"/>
+      <c r="M15" s="41"/>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A16" s="40"/>
-[...11 lines deleted...]
-      <c r="M16" s="42"/>
+      <c r="A16" s="39"/>
+      <c r="B16" s="40"/>
+      <c r="C16" s="40"/>
+      <c r="D16" s="40"/>
+      <c r="E16" s="40"/>
+      <c r="F16" s="40"/>
+      <c r="G16" s="40"/>
+      <c r="H16" s="40"/>
+      <c r="I16" s="40"/>
+      <c r="J16" s="40"/>
+      <c r="K16" s="40"/>
+      <c r="L16" s="40"/>
+      <c r="M16" s="41"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A17" s="40"/>
-[...11 lines deleted...]
-      <c r="M17" s="42"/>
+      <c r="A17" s="39"/>
+      <c r="B17" s="40"/>
+      <c r="C17" s="40"/>
+      <c r="D17" s="40"/>
+      <c r="E17" s="40"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="40"/>
+      <c r="H17" s="40"/>
+      <c r="I17" s="40"/>
+      <c r="J17" s="40"/>
+      <c r="K17" s="40"/>
+      <c r="L17" s="40"/>
+      <c r="M17" s="41"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A18" s="40"/>
-[...11 lines deleted...]
-      <c r="M18" s="42"/>
+      <c r="A18" s="39"/>
+      <c r="B18" s="40"/>
+      <c r="C18" s="40"/>
+      <c r="D18" s="40"/>
+      <c r="E18" s="40"/>
+      <c r="F18" s="40"/>
+      <c r="G18" s="40"/>
+      <c r="H18" s="40"/>
+      <c r="I18" s="40"/>
+      <c r="J18" s="40"/>
+      <c r="K18" s="40"/>
+      <c r="L18" s="40"/>
+      <c r="M18" s="41"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A19" s="40"/>
-[...11 lines deleted...]
-      <c r="M19" s="42"/>
+      <c r="A19" s="39"/>
+      <c r="B19" s="40"/>
+      <c r="C19" s="40"/>
+      <c r="D19" s="40"/>
+      <c r="E19" s="40"/>
+      <c r="F19" s="40"/>
+      <c r="G19" s="40"/>
+      <c r="H19" s="40"/>
+      <c r="I19" s="40"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="40"/>
+      <c r="L19" s="40"/>
+      <c r="M19" s="41"/>
     </row>
     <row r="20" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="43"/>
-[...11 lines deleted...]
-      <c r="M20" s="45"/>
+      <c r="A20" s="42"/>
+      <c r="B20" s="43"/>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="43"/>
+      <c r="F20" s="43"/>
+      <c r="G20" s="43"/>
+      <c r="H20" s="43"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="43"/>
+      <c r="L20" s="43"/>
+      <c r="M20" s="44"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:M20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85E41939-B2A6-46EC-821B-5597D035BD2D}">
-  <dimension ref="A1:R18"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="I1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K14" sqref="K14"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.6640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="16.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.33203125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="26.6640625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="22.109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="29.33203125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.109375" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="18.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="15.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="20" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="32.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="20"/>
     </row>
@@ -1993,80 +2004,80 @@
       <c r="B3" s="1"/>
       <c r="C3" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="1"/>
       <c r="G3" s="2"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="13"/>
       <c r="P3" s="30" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="36" t="s">
+      <c r="R3" s="35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="8"/>
       <c r="D4" s="9"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="21" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="21" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="21" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>2012</v>
       </c>
       <c r="B5" s="7">
         <v>5483.432523683</v>
       </c>
       <c r="C5" s="7">
         <v>28804.444920300004</v>
       </c>
       <c r="D5" s="7">
         <v>2477.3198774920002</v>
       </c>
       <c r="E5" s="7">
         <v>1325.0315033106999</v>
       </c>
       <c r="F5" s="7">
         <v>46.706910665670001</v>
       </c>
       <c r="G5" s="7">
         <v>1493.101620553</v>
       </c>
@@ -2079,51 +2090,51 @@
       <c r="J5" s="7">
         <v>411.36183962281001</v>
       </c>
       <c r="K5" s="7">
         <v>701.5367704610801</v>
       </c>
       <c r="L5" s="7">
         <v>1171.9917817804999</v>
       </c>
       <c r="M5" s="7">
         <v>148.15631998769999</v>
       </c>
       <c r="N5" s="7">
         <v>852.256163399</v>
       </c>
       <c r="O5" s="7">
         <v>166.479009453228</v>
       </c>
       <c r="P5" s="7">
         <v>798.48690386409999</v>
       </c>
       <c r="Q5" s="7">
         <v>1433.9713714342001</v>
       </c>
       <c r="R5" s="7">
-        <f t="shared" ref="R5:R17" si="0">SUM(B5:Q5)</f>
+        <f t="shared" ref="R5:R19" si="0">SUM(B5:Q5)</f>
         <v>48410.663332670993</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
         <v>2013</v>
       </c>
       <c r="B6" s="7">
         <v>5438.7388567909993</v>
       </c>
       <c r="C6" s="7">
         <v>28978.75659818</v>
       </c>
       <c r="D6" s="7">
         <v>2456.4018560519999</v>
       </c>
       <c r="E6" s="7">
         <v>1591.4972151930001</v>
       </c>
       <c r="F6" s="7">
         <v>107.00368645176999</v>
       </c>
       <c r="G6" s="7">
         <v>1476.2200152451001</v>
       </c>
@@ -2144,96 +2155,96 @@
       </c>
       <c r="M6" s="7">
         <v>171.57481958720001</v>
       </c>
       <c r="N6" s="7">
         <v>1085.1006631304999</v>
       </c>
       <c r="O6" s="7">
         <v>154.22779645959997</v>
       </c>
       <c r="P6" s="7">
         <v>861.90491013640008</v>
       </c>
       <c r="Q6" s="7">
         <v>1345.5427075289099</v>
       </c>
       <c r="R6" s="7">
         <f t="shared" si="0"/>
         <v>48713.548112252894</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>2014</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="31">
         <v>5415</v>
       </c>
       <c r="C7" s="7">
         <v>29036</v>
       </c>
       <c r="D7" s="7">
         <v>2460</v>
       </c>
-      <c r="E7" s="32">
+      <c r="E7" s="31">
         <v>1587</v>
       </c>
-      <c r="F7" s="32">
+      <c r="F7" s="31">
         <v>107</v>
       </c>
-      <c r="G7" s="32">
+      <c r="G7" s="31">
         <v>1622</v>
       </c>
-      <c r="H7" s="32">
+      <c r="H7" s="31">
         <v>1385</v>
       </c>
-      <c r="I7" s="32">
+      <c r="I7" s="31">
         <v>1961</v>
       </c>
-      <c r="J7" s="32">
+      <c r="J7" s="31">
         <v>391</v>
       </c>
-      <c r="K7" s="32">
+      <c r="K7" s="31">
         <v>516</v>
       </c>
-      <c r="L7" s="32">
+      <c r="L7" s="31">
         <v>1087</v>
       </c>
-      <c r="M7" s="32">
+      <c r="M7" s="31">
         <v>173</v>
       </c>
-      <c r="N7" s="32">
+      <c r="N7" s="31">
         <v>1083</v>
       </c>
-      <c r="O7" s="32">
+      <c r="O7" s="31">
         <v>137</v>
       </c>
-      <c r="P7" s="32">
+      <c r="P7" s="31">
         <v>860</v>
       </c>
-      <c r="Q7" s="32">
+      <c r="Q7" s="31">
         <v>1349</v>
       </c>
       <c r="R7" s="7">
         <f t="shared" si="0"/>
         <v>49169</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A8" s="7">
         <v>2015</v>
       </c>
       <c r="B8" s="7">
         <v>5589.2815472279999</v>
       </c>
       <c r="C8" s="7">
         <v>29309.38436362</v>
       </c>
       <c r="D8" s="7">
         <v>2303.0361075750002</v>
       </c>
       <c r="E8" s="7">
         <v>1569.8465245880002</v>
       </c>
       <c r="F8" s="7">
         <v>124.08586445541</v>
@@ -2768,92 +2779,203 @@
       </c>
       <c r="L17" s="7">
         <v>651.66999999999996</v>
       </c>
       <c r="M17" s="7">
         <v>184.39</v>
       </c>
       <c r="N17" s="7">
         <v>1259.0800000000002</v>
       </c>
       <c r="O17" s="7">
         <v>151.43</v>
       </c>
       <c r="P17" s="7">
         <v>841.42</v>
       </c>
       <c r="Q17" s="7">
         <v>1057.49</v>
       </c>
       <c r="R17" s="7">
         <f t="shared" si="0"/>
         <v>48391.22</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.3">
-      <c r="A18" s="31"/>
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="7">
+        <v>5701.59</v>
+      </c>
+      <c r="C18" s="7">
+        <v>31385.410000000003</v>
+      </c>
+      <c r="D18" s="7">
+        <v>1828.01</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1229.6600000000001</v>
+      </c>
+      <c r="F18" s="7">
+        <v>17.149999999999999</v>
+      </c>
+      <c r="G18" s="7">
+        <v>531.34</v>
+      </c>
+      <c r="H18" s="7">
+        <v>1672.22</v>
+      </c>
+      <c r="I18" s="7">
+        <v>1110.58</v>
+      </c>
+      <c r="J18" s="7">
+        <v>299.19</v>
+      </c>
+      <c r="K18" s="7">
+        <v>351.56</v>
+      </c>
+      <c r="L18" s="7">
+        <v>611.71</v>
+      </c>
+      <c r="M18" s="7">
+        <v>175.39999999999998</v>
+      </c>
+      <c r="N18" s="7">
+        <v>1066.49</v>
+      </c>
+      <c r="O18" s="7">
+        <v>135.29</v>
+      </c>
+      <c r="P18" s="7">
+        <v>776.9</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>976.15000000000009</v>
+      </c>
+      <c r="R18" s="7">
+        <f t="shared" si="0"/>
+        <v>47868.650000000009</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="7">
+        <v>5728.87</v>
+      </c>
+      <c r="C19" s="7">
+        <v>31676.33</v>
+      </c>
+      <c r="D19" s="7">
+        <v>1821.0900000000001</v>
+      </c>
+      <c r="E19" s="7">
+        <v>1064.26</v>
+      </c>
+      <c r="F19" s="7">
+        <v>12.44</v>
+      </c>
+      <c r="G19" s="7">
+        <v>520.87</v>
+      </c>
+      <c r="H19" s="7">
+        <v>1659.04</v>
+      </c>
+      <c r="I19" s="7">
+        <v>1314.0600000000002</v>
+      </c>
+      <c r="J19" s="7">
+        <v>427.1</v>
+      </c>
+      <c r="K19" s="7">
+        <v>471.3</v>
+      </c>
+      <c r="L19" s="7">
+        <v>359.67</v>
+      </c>
+      <c r="M19" s="7">
+        <v>110.69</v>
+      </c>
+      <c r="N19" s="7">
+        <v>1140.2</v>
+      </c>
+      <c r="O19" s="7">
+        <v>132.21</v>
+      </c>
+      <c r="P19" s="7">
+        <v>670.51</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>803.87999999999988</v>
+      </c>
+      <c r="R19" s="7">
+        <f t="shared" si="0"/>
+        <v>47912.520000000011</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
-    <ignoredError sqref="R5:R17" formulaRange="1"/>
+    <ignoredError sqref="R5:R17 R18:R19" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:R17"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
-    <sheetView topLeftCell="I1" workbookViewId="0">
-      <selection activeCell="R4" sqref="R4"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="O21" sqref="O21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="7.109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.88671875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.5546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="29.88671875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="32.44140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.88671875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="24.88671875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.44140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="22.109375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="32.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="20"/>
     </row>
@@ -2897,80 +3019,80 @@
       <c r="B3" s="1"/>
       <c r="C3" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="1"/>
       <c r="G3" s="2"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="13"/>
       <c r="P3" s="30" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="36" t="s">
+      <c r="R3" s="35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="8"/>
       <c r="D4" s="9"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="21" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="21" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="21" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>2012</v>
       </c>
       <c r="B5" s="7">
         <v>1206.3044031899999</v>
       </c>
       <c r="C5" s="7">
         <v>7226.84109352</v>
       </c>
       <c r="D5" s="7">
         <v>640.32044112100004</v>
       </c>
       <c r="E5" s="7">
         <v>403.416678735</v>
       </c>
       <c r="F5" s="7">
         <v>20.667160393</v>
       </c>
       <c r="G5" s="7">
         <v>242.794931741</v>
       </c>
@@ -2983,104 +3105,104 @@
       <c r="J5" s="7">
         <v>12.230557640900001</v>
       </c>
       <c r="K5" s="7">
         <v>257.36924466400001</v>
       </c>
       <c r="L5" s="7">
         <v>113.980620065</v>
       </c>
       <c r="M5" s="7">
         <v>34.618265441200002</v>
       </c>
       <c r="N5" s="7">
         <v>202.713024593</v>
       </c>
       <c r="O5" s="7">
         <v>83.722537115700007</v>
       </c>
       <c r="P5" s="7">
         <v>223.07260812199999</v>
       </c>
       <c r="Q5" s="7">
         <v>414.64425042200003</v>
       </c>
       <c r="R5" s="7">
-        <f t="shared" ref="R5:R17" si="0">SUM(B5:Q5)</f>
+        <f t="shared" ref="R5:R19" si="0">SUM(B5:Q5)</f>
         <v>11667.700175245802</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
         <v>2013</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="31">
         <v>1210</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="31">
         <v>7373</v>
       </c>
-      <c r="D6" s="32">
+      <c r="D6" s="31">
         <v>637</v>
       </c>
-      <c r="E6" s="32">
+      <c r="E6" s="31">
         <v>464</v>
       </c>
-      <c r="F6" s="32">
+      <c r="F6" s="31">
         <v>17</v>
       </c>
-      <c r="G6" s="32">
+      <c r="G6" s="31">
         <v>202</v>
       </c>
-      <c r="H6" s="32">
+      <c r="H6" s="31">
         <v>136</v>
       </c>
-      <c r="I6" s="32">
+      <c r="I6" s="31">
         <v>410</v>
       </c>
-      <c r="J6" s="32">
+      <c r="J6" s="31">
         <v>19</v>
       </c>
-      <c r="K6" s="32">
+      <c r="K6" s="31">
         <v>244</v>
       </c>
-      <c r="L6" s="32">
+      <c r="L6" s="31">
         <v>99</v>
       </c>
-      <c r="M6" s="32">
+      <c r="M6" s="31">
         <v>36</v>
       </c>
-      <c r="N6" s="32">
+      <c r="N6" s="31">
         <v>309</v>
       </c>
-      <c r="O6" s="32">
+      <c r="O6" s="31">
         <v>72</v>
       </c>
-      <c r="P6" s="32">
+      <c r="P6" s="31">
         <v>252</v>
       </c>
-      <c r="Q6" s="32">
+      <c r="Q6" s="31">
         <v>371</v>
       </c>
       <c r="R6" s="7">
         <f t="shared" si="0"/>
         <v>11851</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>2014</v>
       </c>
       <c r="B7" s="7">
         <v>1207.13883839</v>
       </c>
       <c r="C7" s="7">
         <v>7371.0061619600001</v>
       </c>
       <c r="D7" s="7">
         <v>638.17862889800006</v>
       </c>
       <c r="E7" s="7">
         <v>461.56521872500002</v>
       </c>
       <c r="F7" s="7">
         <v>16.936058485099998</v>
@@ -3219,324 +3341,324 @@
       </c>
       <c r="M9" s="7">
         <v>13.8119030533</v>
       </c>
       <c r="N9" s="7">
         <v>399.76215462200003</v>
       </c>
       <c r="O9" s="7">
         <v>59.5880964264</v>
       </c>
       <c r="P9" s="7">
         <v>98.178508431899999</v>
       </c>
       <c r="Q9" s="7">
         <v>206.869381694</v>
       </c>
       <c r="R9" s="7">
         <f t="shared" si="0"/>
         <v>11934.966686143796</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A10" s="7">
         <v>2017</v>
       </c>
-      <c r="B10" s="32">
+      <c r="B10" s="31">
         <v>1521</v>
       </c>
-      <c r="C10" s="32">
+      <c r="C10" s="31">
         <v>7385</v>
       </c>
-      <c r="D10" s="32">
+      <c r="D10" s="31">
         <v>553</v>
       </c>
-      <c r="E10" s="32">
+      <c r="E10" s="31">
         <v>487</v>
       </c>
-      <c r="F10" s="32">
+      <c r="F10" s="31">
         <v>25</v>
       </c>
-      <c r="G10" s="32">
+      <c r="G10" s="31">
         <v>274</v>
       </c>
-      <c r="H10" s="32">
+      <c r="H10" s="31">
         <v>152</v>
       </c>
-      <c r="I10" s="32">
+      <c r="I10" s="31">
         <v>442</v>
       </c>
-      <c r="J10" s="32">
+      <c r="J10" s="31">
         <v>27</v>
       </c>
-      <c r="K10" s="32">
+      <c r="K10" s="31">
         <v>171</v>
       </c>
-      <c r="L10" s="32">
+      <c r="L10" s="31">
         <v>103</v>
       </c>
-      <c r="M10" s="32">
+      <c r="M10" s="31">
         <v>12</v>
       </c>
-      <c r="N10" s="32">
+      <c r="N10" s="31">
         <v>368</v>
       </c>
-      <c r="O10" s="32">
+      <c r="O10" s="31">
         <v>55</v>
       </c>
-      <c r="P10" s="32">
+      <c r="P10" s="31">
         <v>100</v>
       </c>
-      <c r="Q10" s="32">
+      <c r="Q10" s="31">
         <v>218</v>
       </c>
       <c r="R10" s="7">
         <f t="shared" si="0"/>
         <v>11893</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
         <v>2018</v>
       </c>
       <c r="B11" s="7">
         <v>1528</v>
       </c>
       <c r="C11" s="7">
         <v>7513</v>
       </c>
-      <c r="D11" s="32">
+      <c r="D11" s="31">
         <v>528</v>
       </c>
-      <c r="E11" s="32">
+      <c r="E11" s="31">
         <v>414</v>
       </c>
-      <c r="F11" s="32">
+      <c r="F11" s="31">
         <v>18</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G11" s="31">
         <v>222</v>
       </c>
-      <c r="H11" s="32">
+      <c r="H11" s="31">
         <v>135</v>
       </c>
       <c r="I11" s="7">
         <v>455</v>
       </c>
-      <c r="J11" s="32">
+      <c r="J11" s="31">
         <v>26</v>
       </c>
-      <c r="K11" s="32">
+      <c r="K11" s="31">
         <v>141</v>
       </c>
-      <c r="L11" s="32">
+      <c r="L11" s="31">
         <v>80</v>
       </c>
-      <c r="M11" s="32">
+      <c r="M11" s="31">
         <v>11</v>
       </c>
-      <c r="N11" s="32">
+      <c r="N11" s="31">
         <v>410</v>
       </c>
-      <c r="O11" s="32">
+      <c r="O11" s="31">
         <v>52</v>
       </c>
-      <c r="P11" s="32">
+      <c r="P11" s="31">
         <v>108</v>
       </c>
-      <c r="Q11" s="32">
+      <c r="Q11" s="31">
         <v>219</v>
       </c>
       <c r="R11" s="7">
         <f t="shared" si="0"/>
         <v>11860</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
         <v>2019</v>
       </c>
       <c r="B12" s="7">
         <v>1555</v>
       </c>
       <c r="C12" s="7">
         <v>7582</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="31">
         <v>535</v>
       </c>
-      <c r="E12" s="32">
+      <c r="E12" s="31">
         <v>393</v>
       </c>
-      <c r="F12" s="32">
+      <c r="F12" s="31">
         <v>17</v>
       </c>
-      <c r="G12" s="32">
+      <c r="G12" s="31">
         <v>193</v>
       </c>
-      <c r="H12" s="32">
+      <c r="H12" s="31">
         <v>130</v>
       </c>
       <c r="I12" s="7">
         <v>438</v>
       </c>
-      <c r="J12" s="32">
+      <c r="J12" s="31">
         <v>25</v>
       </c>
-      <c r="K12" s="32">
+      <c r="K12" s="31">
         <v>146</v>
       </c>
-      <c r="L12" s="32">
+      <c r="L12" s="31">
         <v>81</v>
       </c>
-      <c r="M12" s="32">
+      <c r="M12" s="31">
         <v>15</v>
       </c>
-      <c r="N12" s="32">
+      <c r="N12" s="31">
         <v>361</v>
       </c>
-      <c r="O12" s="32">
+      <c r="O12" s="31">
         <v>51</v>
       </c>
-      <c r="P12" s="32">
+      <c r="P12" s="31">
         <v>130</v>
       </c>
-      <c r="Q12" s="32">
+      <c r="Q12" s="31">
         <v>218</v>
       </c>
       <c r="R12" s="7">
         <f t="shared" si="0"/>
         <v>11870</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
         <v>2020</v>
       </c>
       <c r="B13" s="7">
         <v>1577</v>
       </c>
       <c r="C13" s="7">
         <v>7612</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="31">
         <v>522</v>
       </c>
-      <c r="E13" s="32">
+      <c r="E13" s="31">
         <v>370</v>
       </c>
-      <c r="F13" s="32">
+      <c r="F13" s="31">
         <v>10</v>
       </c>
-      <c r="G13" s="32">
+      <c r="G13" s="31">
         <v>215</v>
       </c>
-      <c r="H13" s="32">
+      <c r="H13" s="31">
         <v>143</v>
       </c>
       <c r="I13" s="7">
         <v>484</v>
       </c>
-      <c r="J13" s="32">
+      <c r="J13" s="31">
         <v>18</v>
       </c>
-      <c r="K13" s="32">
+      <c r="K13" s="31">
         <v>221</v>
       </c>
-      <c r="L13" s="32">
+      <c r="L13" s="31">
         <v>83</v>
       </c>
-      <c r="M13" s="32">
+      <c r="M13" s="31">
         <v>17</v>
       </c>
       <c r="N13" s="7">
         <v>368</v>
       </c>
-      <c r="O13" s="32">
+      <c r="O13" s="31">
         <v>46</v>
       </c>
-      <c r="P13" s="32">
+      <c r="P13" s="31">
         <v>112</v>
       </c>
-      <c r="Q13" s="32">
+      <c r="Q13" s="31">
         <v>37</v>
       </c>
       <c r="R13" s="7">
         <f t="shared" si="0"/>
         <v>11835</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
         <v>2021</v>
       </c>
       <c r="B14" s="7">
         <v>1584</v>
       </c>
       <c r="C14" s="7">
         <v>7600</v>
       </c>
-      <c r="D14" s="32">
+      <c r="D14" s="31">
         <v>502</v>
       </c>
-      <c r="E14" s="32">
+      <c r="E14" s="31">
         <v>428</v>
       </c>
-      <c r="F14" s="32">
+      <c r="F14" s="31">
         <v>8</v>
       </c>
-      <c r="G14" s="32">
+      <c r="G14" s="31">
         <v>160</v>
       </c>
-      <c r="H14" s="32">
+      <c r="H14" s="31">
         <v>145</v>
       </c>
       <c r="I14" s="7">
         <v>465</v>
       </c>
-      <c r="J14" s="32">
+      <c r="J14" s="31">
         <v>15</v>
       </c>
-      <c r="K14" s="32">
+      <c r="K14" s="31">
         <v>67</v>
       </c>
-      <c r="L14" s="32">
+      <c r="L14" s="31">
         <v>97</v>
       </c>
-      <c r="M14" s="32">
+      <c r="M14" s="31">
         <v>48</v>
       </c>
-      <c r="N14" s="32">
+      <c r="N14" s="31">
         <v>336</v>
       </c>
-      <c r="O14" s="32">
+      <c r="O14" s="31">
         <v>44</v>
       </c>
-      <c r="P14" s="32">
+      <c r="P14" s="31">
         <v>135</v>
       </c>
-      <c r="Q14" s="32">
+      <c r="Q14" s="31">
         <v>173</v>
       </c>
       <c r="R14" s="7">
         <f t="shared" si="0"/>
         <v>11807</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
         <v>2022</v>
       </c>
       <c r="B15" s="7">
         <v>1577.64</v>
       </c>
       <c r="C15" s="7">
         <v>7650.42</v>
       </c>
       <c r="D15" s="7">
         <v>513.96</v>
       </c>
       <c r="E15" s="7">
         <v>384.33</v>
       </c>
       <c r="F15" s="7">
         <v>6.58</v>
@@ -3669,93 +3791,207 @@
       </c>
       <c r="K17" s="7">
         <v>67.63</v>
       </c>
       <c r="L17" s="7">
         <v>91.68</v>
       </c>
       <c r="M17" s="7">
         <v>22.79</v>
       </c>
       <c r="N17" s="7">
         <v>273.36</v>
       </c>
       <c r="O17" s="7">
         <v>28.06</v>
       </c>
       <c r="P17" s="7">
         <v>227.29</v>
       </c>
       <c r="Q17" s="7">
         <v>240.09</v>
       </c>
       <c r="R17" s="7">
         <f t="shared" si="0"/>
         <v>11319.41</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="7">
+        <v>1322.18</v>
+      </c>
+      <c r="C18" s="7">
+        <v>7765.11</v>
+      </c>
+      <c r="D18" s="7">
+        <v>445.58</v>
+      </c>
+      <c r="E18" s="7">
+        <v>232.96</v>
+      </c>
+      <c r="F18" s="7">
+        <v>10.46</v>
+      </c>
+      <c r="G18" s="7">
+        <v>46.93</v>
+      </c>
+      <c r="H18" s="7">
+        <v>199.97</v>
+      </c>
+      <c r="I18" s="7">
+        <v>183.86</v>
+      </c>
+      <c r="J18" s="7">
+        <v>54.83</v>
+      </c>
+      <c r="K18" s="7">
+        <v>78.88</v>
+      </c>
+      <c r="L18" s="7">
+        <v>60.92</v>
+      </c>
+      <c r="M18" s="7">
+        <v>22.15</v>
+      </c>
+      <c r="N18" s="7">
+        <v>224.36</v>
+      </c>
+      <c r="O18" s="7">
+        <v>19.61</v>
+      </c>
+      <c r="P18" s="7">
+        <v>233.46</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>232.03</v>
+      </c>
+      <c r="R18" s="7">
+        <f t="shared" si="0"/>
+        <v>11133.289999999997</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="7">
+        <v>1333.54</v>
+      </c>
+      <c r="C19" s="7">
+        <v>7795.95</v>
+      </c>
+      <c r="D19" s="7">
+        <v>444.15</v>
+      </c>
+      <c r="E19" s="7">
+        <v>231.67</v>
+      </c>
+      <c r="F19" s="7">
+        <v>2.74</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45.8</v>
+      </c>
+      <c r="H19" s="7">
+        <v>200.98</v>
+      </c>
+      <c r="I19" s="7">
+        <v>202.48</v>
+      </c>
+      <c r="J19" s="7">
+        <v>46.42</v>
+      </c>
+      <c r="K19" s="7">
+        <v>72.73</v>
+      </c>
+      <c r="L19" s="7">
+        <v>64.13</v>
+      </c>
+      <c r="M19" s="7">
+        <v>22.15</v>
+      </c>
+      <c r="N19" s="7">
+        <v>216.8</v>
+      </c>
+      <c r="O19" s="7">
+        <v>19.61</v>
+      </c>
+      <c r="P19" s="7">
+        <v>223.36</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>179.47</v>
+      </c>
+      <c r="R19" s="7">
+        <f t="shared" si="0"/>
+        <v>11101.979999999996</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R17" formulaRange="1"/>
+    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R17 R18:R19" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:R17"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
-    <sheetView topLeftCell="H1" workbookViewId="0">
-      <selection activeCell="R17" sqref="R17"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="L21" sqref="L21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="7.109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.5546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="30.33203125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="32.6640625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="25.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.33203125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="22.6640625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="20.33203125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="32.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="20"/>
     </row>
@@ -3799,80 +4035,80 @@
       <c r="B3" s="1"/>
       <c r="C3" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="1"/>
       <c r="G3" s="2"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="13"/>
       <c r="P3" s="30" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="36" t="s">
+      <c r="R3" s="35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="8"/>
       <c r="D4" s="9"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="21" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="21" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="21" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>2012</v>
       </c>
       <c r="B5" s="7">
         <v>1449.6964427200001</v>
       </c>
       <c r="C5" s="7">
         <v>5900.88578134</v>
       </c>
       <c r="D5" s="7">
         <v>349.57389968799998</v>
       </c>
       <c r="E5" s="7">
         <v>158.893178973</v>
       </c>
       <c r="F5" s="7">
         <v>3.23976361248</v>
       </c>
       <c r="G5" s="7">
         <v>698.68921242399995</v>
       </c>
@@ -3885,51 +4121,51 @@
       <c r="J5" s="7">
         <v>7.6974150809099999</v>
       </c>
       <c r="K5" s="7">
         <v>148.890230218</v>
       </c>
       <c r="L5" s="7">
         <v>453.567442777</v>
       </c>
       <c r="M5" s="7">
         <v>10.5616129442</v>
       </c>
       <c r="N5" s="7">
         <v>251.626501601</v>
       </c>
       <c r="O5" s="7">
         <v>33.038270673200003</v>
       </c>
       <c r="P5" s="7">
         <v>86.971301524300003</v>
       </c>
       <c r="Q5" s="7">
         <v>442.03520006999997</v>
       </c>
       <c r="R5" s="7">
-        <f t="shared" ref="R5:R17" si="0">SUM(B5:Q5)</f>
+        <f t="shared" ref="R5:R19" si="0">SUM(B5:Q5)</f>
         <v>10863.776057231091</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
         <v>2013</v>
       </c>
       <c r="B6" s="7">
         <v>1444</v>
       </c>
       <c r="C6" s="7">
         <v>5918</v>
       </c>
       <c r="D6" s="7">
         <v>306</v>
       </c>
       <c r="E6" s="7">
         <v>198</v>
       </c>
       <c r="F6" s="7">
         <v>5</v>
       </c>
       <c r="G6" s="7">
         <v>791</v>
       </c>
@@ -4178,267 +4414,267 @@
       </c>
       <c r="M10" s="7">
         <v>45</v>
       </c>
       <c r="N10" s="7">
         <v>266</v>
       </c>
       <c r="O10" s="7">
         <v>35</v>
       </c>
       <c r="P10" s="7">
         <v>313</v>
       </c>
       <c r="Q10" s="7">
         <v>439</v>
       </c>
       <c r="R10" s="7">
         <f t="shared" si="0"/>
         <v>11330</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
         <v>2018</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="31">
         <v>1473</v>
       </c>
-      <c r="C11" s="32">
+      <c r="C11" s="31">
         <v>6056</v>
       </c>
-      <c r="D11" s="32">
+      <c r="D11" s="31">
         <v>247</v>
       </c>
-      <c r="E11" s="32">
+      <c r="E11" s="31">
         <v>279</v>
       </c>
-      <c r="F11" s="32">
+      <c r="F11" s="31">
         <v>2</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G11" s="31">
         <v>738</v>
       </c>
-      <c r="H11" s="32">
+      <c r="H11" s="31">
         <v>889</v>
       </c>
-      <c r="I11" s="32">
+      <c r="I11" s="31">
         <v>305</v>
       </c>
-      <c r="J11" s="32">
+      <c r="J11" s="31">
         <v>0</v>
       </c>
-      <c r="K11" s="32">
+      <c r="K11" s="31">
         <v>72</v>
       </c>
-      <c r="L11" s="32">
+      <c r="L11" s="31">
         <v>306</v>
       </c>
-      <c r="M11" s="32">
+      <c r="M11" s="31">
         <v>69</v>
       </c>
-      <c r="N11" s="32">
+      <c r="N11" s="31">
         <v>289</v>
       </c>
-      <c r="O11" s="32">
+      <c r="O11" s="31">
         <v>36</v>
       </c>
-      <c r="P11" s="32">
+      <c r="P11" s="31">
         <v>373</v>
       </c>
-      <c r="Q11" s="32">
+      <c r="Q11" s="31">
         <v>398</v>
       </c>
       <c r="R11" s="7">
         <f t="shared" si="0"/>
         <v>11532</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
         <v>2019</v>
       </c>
-      <c r="B12" s="32">
+      <c r="B12" s="31">
         <v>1478</v>
       </c>
-      <c r="C12" s="32">
+      <c r="C12" s="31">
         <v>6014</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="31">
         <v>245</v>
       </c>
-      <c r="E12" s="32">
+      <c r="E12" s="31">
         <v>328</v>
       </c>
-      <c r="F12" s="32">
+      <c r="F12" s="31">
         <v>14</v>
       </c>
-      <c r="G12" s="32">
+      <c r="G12" s="31">
         <v>658</v>
       </c>
-      <c r="H12" s="32">
+      <c r="H12" s="31">
         <v>887</v>
       </c>
-      <c r="I12" s="32">
+      <c r="I12" s="31">
         <v>336</v>
       </c>
-      <c r="J12" s="32">
+      <c r="J12" s="31">
         <v>0</v>
       </c>
-      <c r="K12" s="32">
+      <c r="K12" s="31">
         <v>78</v>
       </c>
-      <c r="L12" s="32">
+      <c r="L12" s="31">
         <v>323</v>
       </c>
-      <c r="M12" s="32">
+      <c r="M12" s="31">
         <v>67</v>
       </c>
-      <c r="N12" s="32">
+      <c r="N12" s="31">
         <v>292</v>
       </c>
-      <c r="O12" s="32">
+      <c r="O12" s="31">
         <v>36</v>
       </c>
-      <c r="P12" s="32">
+      <c r="P12" s="31">
         <v>285</v>
       </c>
-      <c r="Q12" s="32">
+      <c r="Q12" s="31">
         <v>496</v>
       </c>
       <c r="R12" s="7">
         <f t="shared" si="0"/>
         <v>11537</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
         <v>2020</v>
       </c>
-      <c r="B13" s="32">
+      <c r="B13" s="31">
         <v>1537</v>
       </c>
-      <c r="C13" s="32">
+      <c r="C13" s="31">
         <v>6032</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="31">
         <v>214</v>
       </c>
-      <c r="E13" s="32">
+      <c r="E13" s="31">
         <v>381</v>
       </c>
-      <c r="F13" s="32">
+      <c r="F13" s="31">
         <v>71</v>
       </c>
-      <c r="G13" s="32">
+      <c r="G13" s="31">
         <v>632</v>
       </c>
-      <c r="H13" s="32">
+      <c r="H13" s="31">
         <v>923</v>
       </c>
-      <c r="I13" s="32">
+      <c r="I13" s="31">
         <v>397</v>
       </c>
-      <c r="J13" s="32">
+      <c r="J13" s="31">
         <v>62</v>
       </c>
-      <c r="K13" s="32">
+      <c r="K13" s="31">
         <v>82</v>
       </c>
-      <c r="L13" s="32">
+      <c r="L13" s="31">
         <v>344</v>
       </c>
-      <c r="M13" s="32">
+      <c r="M13" s="31">
         <v>59</v>
       </c>
-      <c r="N13" s="32">
+      <c r="N13" s="31">
         <v>341</v>
       </c>
-      <c r="O13" s="32">
+      <c r="O13" s="31">
         <v>53</v>
       </c>
-      <c r="P13" s="32">
+      <c r="P13" s="31">
         <v>323</v>
       </c>
-      <c r="Q13" s="32">
+      <c r="Q13" s="31">
         <v>81</v>
       </c>
       <c r="R13" s="7">
         <f t="shared" si="0"/>
         <v>11532</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
         <v>2021</v>
       </c>
-      <c r="B14" s="32">
+      <c r="B14" s="31">
         <v>1559</v>
       </c>
-      <c r="C14" s="32">
+      <c r="C14" s="31">
         <v>6048</v>
       </c>
-      <c r="D14" s="32">
+      <c r="D14" s="31">
         <v>211</v>
       </c>
-      <c r="E14" s="32">
+      <c r="E14" s="31">
         <v>471</v>
       </c>
-      <c r="F14" s="32">
+      <c r="F14" s="31">
         <v>4</v>
       </c>
-      <c r="G14" s="32">
+      <c r="G14" s="31">
         <v>445</v>
       </c>
-      <c r="H14" s="32">
+      <c r="H14" s="31">
         <v>860</v>
       </c>
-      <c r="I14" s="32">
+      <c r="I14" s="31">
         <v>415</v>
       </c>
-      <c r="J14" s="32">
+      <c r="J14" s="31">
         <v>148</v>
       </c>
-      <c r="K14" s="32">
+      <c r="K14" s="31">
         <v>37</v>
       </c>
-      <c r="L14" s="32">
+      <c r="L14" s="31">
         <v>266</v>
       </c>
-      <c r="M14" s="32">
+      <c r="M14" s="31">
         <v>54</v>
       </c>
-      <c r="N14" s="32">
+      <c r="N14" s="31">
         <v>406</v>
       </c>
-      <c r="O14" s="32">
+      <c r="O14" s="31">
         <v>47</v>
       </c>
-      <c r="P14" s="32">
+      <c r="P14" s="31">
         <v>400</v>
       </c>
-      <c r="Q14" s="32">
+      <c r="Q14" s="31">
         <v>231</v>
       </c>
       <c r="R14" s="7">
         <f t="shared" si="0"/>
         <v>11602</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
         <v>2022</v>
       </c>
       <c r="B15" s="7">
         <v>1551.51</v>
       </c>
       <c r="C15" s="7">
         <v>6145.89</v>
       </c>
       <c r="D15" s="7">
         <v>229.84</v>
       </c>
       <c r="E15" s="7">
         <v>341.85</v>
       </c>
       <c r="F15" s="7">
         <v>2.76</v>
@@ -4571,93 +4807,207 @@
       </c>
       <c r="K17" s="7">
         <v>49.75</v>
       </c>
       <c r="L17" s="7">
         <v>198.33</v>
       </c>
       <c r="M17" s="7">
         <v>33.200000000000003</v>
       </c>
       <c r="N17" s="7">
         <v>304.16000000000003</v>
       </c>
       <c r="O17" s="7">
         <v>69.47</v>
       </c>
       <c r="P17" s="7">
         <v>211.47</v>
       </c>
       <c r="Q17" s="7">
         <v>412.73</v>
       </c>
       <c r="R17" s="7">
         <f t="shared" si="0"/>
         <v>11148.21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="7">
+        <v>1440.14</v>
+      </c>
+      <c r="C18" s="7">
+        <v>6454.48</v>
+      </c>
+      <c r="D18" s="7">
+        <v>229.17</v>
+      </c>
+      <c r="E18" s="7">
+        <v>298</v>
+      </c>
+      <c r="F18" s="7">
+        <v>0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>299.87</v>
+      </c>
+      <c r="H18" s="7">
+        <v>890.81</v>
+      </c>
+      <c r="I18" s="7">
+        <v>271.62</v>
+      </c>
+      <c r="J18" s="7">
+        <v>54.38</v>
+      </c>
+      <c r="K18" s="7">
+        <v>0.25</v>
+      </c>
+      <c r="L18" s="7">
+        <v>181.13</v>
+      </c>
+      <c r="M18" s="7">
+        <v>32.54</v>
+      </c>
+      <c r="N18" s="7">
+        <v>262.7</v>
+      </c>
+      <c r="O18" s="7">
+        <v>54.18</v>
+      </c>
+      <c r="P18" s="7">
+        <v>214.45</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>352.06</v>
+      </c>
+      <c r="R18" s="7">
+        <f t="shared" si="0"/>
+        <v>11035.780000000002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="7">
+        <v>1458.09</v>
+      </c>
+      <c r="C19" s="7">
+        <v>6622.05</v>
+      </c>
+      <c r="D19" s="7">
+        <v>233.41</v>
+      </c>
+      <c r="E19" s="7">
+        <v>209.03</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>240.71</v>
+      </c>
+      <c r="H19" s="7">
+        <v>839.43</v>
+      </c>
+      <c r="I19" s="7">
+        <v>517.62</v>
+      </c>
+      <c r="J19" s="7">
+        <v>198.81</v>
+      </c>
+      <c r="K19" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="L19" s="7">
+        <v>47.25</v>
+      </c>
+      <c r="M19" s="7">
+        <v>19.329999999999998</v>
+      </c>
+      <c r="N19" s="7">
+        <v>299.87</v>
+      </c>
+      <c r="O19" s="7">
+        <v>49.54</v>
+      </c>
+      <c r="P19" s="7">
+        <v>128.26</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>244.29</v>
+      </c>
+      <c r="R19" s="7">
+        <f t="shared" si="0"/>
+        <v>11108.990000000003</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R17" formulaRange="1"/>
+    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R17 R18:R19" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:R17"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
-    <sheetView topLeftCell="I1" workbookViewId="0">
-      <selection activeCell="P15" sqref="P15"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="Q22" sqref="Q22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.88671875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="30.109375" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.44140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="32.88671875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="25.109375" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.88671875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.88671875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="22.5546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="20.109375" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="32.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="19"/>
     </row>
@@ -4701,80 +5051,80 @@
       <c r="B3" s="1"/>
       <c r="C3" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="1"/>
       <c r="G3" s="2"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="13"/>
       <c r="P3" s="30" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="36" t="s">
+      <c r="R3" s="35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="8"/>
       <c r="D4" s="9"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="21" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="21" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="21" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>2012</v>
       </c>
       <c r="B5" s="7">
         <v>1111.65357739</v>
       </c>
       <c r="C5" s="7">
         <v>5110.8062230200003</v>
       </c>
       <c r="D5" s="7">
         <v>595.78328448800005</v>
       </c>
       <c r="E5" s="7">
         <v>315.64914559699997</v>
       </c>
       <c r="F5" s="7">
         <v>6.8871499300199996</v>
       </c>
       <c r="G5" s="7">
         <v>218.495318403</v>
       </c>
@@ -4787,51 +5137,51 @@
       <c r="J5" s="7">
         <v>28.618077640999999</v>
       </c>
       <c r="K5" s="7">
         <v>110.461631328</v>
       </c>
       <c r="L5" s="7">
         <v>451.98843014699997</v>
       </c>
       <c r="M5" s="7">
         <v>52.428507627000002</v>
       </c>
       <c r="N5" s="7">
         <v>58.860099615499998</v>
       </c>
       <c r="O5" s="7">
         <v>0.78011618352800005</v>
       </c>
       <c r="P5" s="7">
         <v>141.32687758200001</v>
       </c>
       <c r="Q5" s="7">
         <v>210.80672091100001</v>
       </c>
       <c r="R5" s="7">
-        <f t="shared" ref="R5:R17" si="0">SUM(B5:Q5)</f>
+        <f t="shared" ref="R5:R16" si="0">SUM(B5:Q5)</f>
         <v>8948.8308460760509</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
         <v>2013</v>
       </c>
       <c r="B6" s="7">
         <v>1110.053001</v>
       </c>
       <c r="C6" s="7">
         <v>5076.1598744299999</v>
       </c>
       <c r="D6" s="7">
         <v>601.766493664</v>
       </c>
       <c r="E6" s="7">
         <v>456.02839948600001</v>
       </c>
       <c r="F6" s="7">
         <v>75.201704814799996</v>
       </c>
       <c r="G6" s="7">
         <v>165.58800665000001</v>
       </c>
@@ -4852,96 +5202,96 @@
       </c>
       <c r="M6" s="7">
         <v>81.034883144999995</v>
       </c>
       <c r="N6" s="7">
         <v>56.8533285249</v>
       </c>
       <c r="O6" s="7">
         <v>11.6842184821</v>
       </c>
       <c r="P6" s="7">
         <v>134.810336076</v>
       </c>
       <c r="Q6" s="7">
         <v>198.56216236399999</v>
       </c>
       <c r="R6" s="7">
         <f t="shared" si="0"/>
         <v>8997.2795116142988</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>2014</v>
       </c>
-      <c r="B7" s="34">
+      <c r="B7" s="33">
         <v>1117.62979122</v>
       </c>
-      <c r="C7" s="34">
+      <c r="C7" s="33">
         <v>5103.9548481600004</v>
       </c>
-      <c r="D7" s="34">
+      <c r="D7" s="33">
         <v>605.69681767400004</v>
       </c>
-      <c r="E7" s="34">
+      <c r="E7" s="33">
         <v>451.837913566</v>
       </c>
-      <c r="F7" s="34">
+      <c r="F7" s="33">
         <v>74.882049394299997</v>
       </c>
-      <c r="G7" s="34">
+      <c r="G7" s="33">
         <v>165.58800665000001</v>
       </c>
-      <c r="H7" s="34">
+      <c r="H7" s="33">
         <v>158.90525158299999</v>
       </c>
-      <c r="I7" s="34">
+      <c r="I7" s="33">
         <v>338.48226213599997</v>
       </c>
-      <c r="J7" s="34">
+      <c r="J7" s="33">
         <v>12.5355055115</v>
       </c>
-      <c r="K7" s="34">
+      <c r="K7" s="33">
         <v>125.43207896200001</v>
       </c>
-      <c r="L7" s="34">
+      <c r="L7" s="33">
         <v>478.174904986</v>
       </c>
-      <c r="M7" s="34">
+      <c r="M7" s="33">
         <v>82.443515594700003</v>
       </c>
-      <c r="N7" s="34">
+      <c r="N7" s="33">
         <v>56.572849374800001</v>
       </c>
-      <c r="O7" s="34">
+      <c r="O7" s="33">
         <v>11.6842184821</v>
       </c>
-      <c r="P7" s="34">
+      <c r="P7" s="33">
         <v>133.84822845299999</v>
       </c>
-      <c r="Q7" s="34">
+      <c r="Q7" s="33">
         <v>191.75274903100001</v>
       </c>
       <c r="R7" s="7">
         <f t="shared" si="0"/>
         <v>9109.4209907783988</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A8" s="7">
         <v>2015</v>
       </c>
       <c r="B8" s="7">
         <v>1139.62736928</v>
       </c>
       <c r="C8" s="7">
         <v>5169.7278996799996</v>
       </c>
       <c r="D8" s="7">
         <v>567.24510089299997</v>
       </c>
       <c r="E8" s="7">
         <v>411.08389937499999</v>
       </c>
       <c r="F8" s="7">
         <v>52.624815007400002</v>
@@ -5080,267 +5430,267 @@
       </c>
       <c r="M10" s="7">
         <v>92</v>
       </c>
       <c r="N10" s="7">
         <v>112</v>
       </c>
       <c r="O10" s="7">
         <v>1</v>
       </c>
       <c r="P10" s="7">
         <v>213</v>
       </c>
       <c r="Q10" s="7">
         <v>144</v>
       </c>
       <c r="R10" s="7">
         <f t="shared" si="0"/>
         <v>9569</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
         <v>2018</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="31">
         <v>1126</v>
       </c>
-      <c r="C11" s="32">
+      <c r="C11" s="31">
         <v>5549</v>
       </c>
-      <c r="D11" s="32">
+      <c r="D11" s="31">
         <v>593</v>
       </c>
-      <c r="E11" s="32">
+      <c r="E11" s="31">
         <v>394</v>
       </c>
-      <c r="F11" s="32">
+      <c r="F11" s="31">
         <v>53</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G11" s="31">
         <v>144</v>
       </c>
-      <c r="H11" s="32">
+      <c r="H11" s="31">
         <v>129</v>
       </c>
-      <c r="I11" s="32">
+      <c r="I11" s="31">
         <v>353</v>
       </c>
-      <c r="J11" s="32">
+      <c r="J11" s="31">
         <v>17</v>
       </c>
-      <c r="K11" s="32">
+      <c r="K11" s="31">
         <v>206</v>
       </c>
-      <c r="L11" s="32">
+      <c r="L11" s="31">
         <v>472</v>
       </c>
-      <c r="M11" s="32">
+      <c r="M11" s="31">
         <v>97</v>
       </c>
-      <c r="N11" s="32">
+      <c r="N11" s="31">
         <v>140</v>
       </c>
-      <c r="O11" s="32">
+      <c r="O11" s="31">
         <v>2</v>
       </c>
-      <c r="P11" s="32">
+      <c r="P11" s="31">
         <v>219</v>
       </c>
-      <c r="Q11" s="32">
+      <c r="Q11" s="31">
         <v>29</v>
       </c>
       <c r="R11" s="7">
         <f t="shared" si="0"/>
         <v>9523</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
         <v>2019</v>
       </c>
-      <c r="B12" s="32">
+      <c r="B12" s="31">
         <v>1179</v>
       </c>
-      <c r="C12" s="32">
+      <c r="C12" s="31">
         <v>5507</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="31">
         <v>570</v>
       </c>
-      <c r="E12" s="32">
+      <c r="E12" s="31">
         <v>400</v>
       </c>
-      <c r="F12" s="32">
+      <c r="F12" s="31">
         <v>55</v>
       </c>
-      <c r="G12" s="32">
+      <c r="G12" s="31">
         <v>162</v>
       </c>
-      <c r="H12" s="32">
+      <c r="H12" s="31">
         <v>119</v>
       </c>
-      <c r="I12" s="32">
+      <c r="I12" s="31">
         <v>229</v>
       </c>
-      <c r="J12" s="32">
+      <c r="J12" s="31">
         <v>47</v>
       </c>
-      <c r="K12" s="32">
+      <c r="K12" s="31">
         <v>175</v>
       </c>
-      <c r="L12" s="32">
+      <c r="L12" s="31">
         <v>424</v>
       </c>
-      <c r="M12" s="32">
+      <c r="M12" s="31">
         <v>100</v>
       </c>
-      <c r="N12" s="32">
+      <c r="N12" s="31">
         <v>148</v>
       </c>
-      <c r="O12" s="32">
+      <c r="O12" s="31">
         <v>2</v>
       </c>
-      <c r="P12" s="32">
+      <c r="P12" s="31">
         <v>221</v>
       </c>
-      <c r="Q12" s="32">
+      <c r="Q12" s="31">
         <v>127</v>
       </c>
       <c r="R12" s="7">
         <f t="shared" si="0"/>
         <v>9465</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
         <v>2020</v>
       </c>
-      <c r="B13" s="32">
+      <c r="B13" s="31">
         <v>1180</v>
       </c>
-      <c r="C13" s="32">
+      <c r="C13" s="31">
         <v>5523</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="31">
         <v>512</v>
       </c>
-      <c r="E13" s="32">
+      <c r="E13" s="31">
         <v>455</v>
       </c>
-      <c r="F13" s="32">
+      <c r="F13" s="31">
         <v>48</v>
       </c>
-      <c r="G13" s="32">
+      <c r="G13" s="31">
         <v>99</v>
       </c>
-      <c r="H13" s="32">
+      <c r="H13" s="31">
         <v>165</v>
       </c>
-      <c r="I13" s="32">
+      <c r="I13" s="31">
         <v>277</v>
       </c>
-      <c r="J13" s="32">
+      <c r="J13" s="31">
         <v>67</v>
       </c>
-      <c r="K13" s="32">
+      <c r="K13" s="31">
         <v>127</v>
       </c>
-      <c r="L13" s="32">
+      <c r="L13" s="31">
         <v>360</v>
       </c>
-      <c r="M13" s="32">
+      <c r="M13" s="31">
         <v>108</v>
       </c>
-      <c r="N13" s="32">
+      <c r="N13" s="31">
         <v>192</v>
       </c>
-      <c r="O13" s="32">
+      <c r="O13" s="31">
         <v>2</v>
       </c>
-      <c r="P13" s="32">
+      <c r="P13" s="31">
         <v>123</v>
       </c>
-      <c r="Q13" s="32">
+      <c r="Q13" s="31">
         <v>78</v>
       </c>
       <c r="R13" s="7">
         <f t="shared" si="0"/>
         <v>9316</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
         <v>2021</v>
       </c>
-      <c r="B14" s="32">
+      <c r="B14" s="31">
         <v>1152</v>
       </c>
-      <c r="C14" s="32">
+      <c r="C14" s="31">
         <v>5482</v>
       </c>
-      <c r="D14" s="32">
+      <c r="D14" s="31">
         <v>508</v>
       </c>
-      <c r="E14" s="32">
+      <c r="E14" s="31">
         <v>488</v>
       </c>
-      <c r="F14" s="32">
+      <c r="F14" s="31">
         <v>48</v>
       </c>
-      <c r="G14" s="32">
+      <c r="G14" s="31">
         <v>67</v>
       </c>
-      <c r="H14" s="32">
+      <c r="H14" s="31">
         <v>162</v>
       </c>
-      <c r="I14" s="32">
+      <c r="I14" s="31">
         <v>255</v>
       </c>
-      <c r="J14" s="32">
+      <c r="J14" s="31">
         <v>34</v>
       </c>
-      <c r="K14" s="32">
+      <c r="K14" s="31">
         <v>197</v>
       </c>
-      <c r="L14" s="32">
+      <c r="L14" s="31">
         <v>149</v>
       </c>
-      <c r="M14" s="32">
+      <c r="M14" s="31">
         <v>71</v>
       </c>
-      <c r="N14" s="32">
+      <c r="N14" s="31">
         <v>176</v>
       </c>
-      <c r="O14" s="32">
+      <c r="O14" s="31">
         <v>2</v>
       </c>
-      <c r="P14" s="32">
+      <c r="P14" s="31">
         <v>123</v>
       </c>
-      <c r="Q14" s="32">
+      <c r="Q14" s="31">
         <v>290</v>
       </c>
       <c r="R14" s="7">
         <f t="shared" si="0"/>
         <v>9204</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
         <v>2022</v>
       </c>
       <c r="B15" s="7">
         <v>1107.94</v>
       </c>
       <c r="C15" s="7">
         <v>5579.49</v>
       </c>
       <c r="D15" s="7">
         <v>504.31</v>
       </c>
       <c r="E15" s="7">
         <v>394.81</v>
       </c>
       <c r="F15" s="7">
         <v>0.19</v>
@@ -5471,95 +5821,209 @@
       <c r="J17" s="7">
         <v>24.52</v>
       </c>
       <c r="K17" s="7">
         <v>169.56</v>
       </c>
       <c r="L17" s="7">
         <v>84.77</v>
       </c>
       <c r="M17" s="7">
         <v>53.72</v>
       </c>
       <c r="N17" s="7">
         <v>183.53</v>
       </c>
       <c r="O17" s="7">
         <v>11.31</v>
       </c>
       <c r="P17" s="7">
         <v>160.05000000000001</v>
       </c>
       <c r="Q17" s="7">
         <v>209.48</v>
       </c>
       <c r="R17" s="7">
-        <f t="shared" si="0"/>
+        <f>SUM(B17:Q17)</f>
         <v>8874</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="7">
+        <v>1092.79</v>
+      </c>
+      <c r="C18" s="7">
+        <v>5808.72</v>
+      </c>
+      <c r="D18" s="7">
+        <v>452.57</v>
+      </c>
+      <c r="E18" s="7">
+        <v>255.21</v>
+      </c>
+      <c r="F18" s="7">
+        <v>0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>66.400000000000006</v>
+      </c>
+      <c r="H18" s="7">
+        <v>163.25</v>
+      </c>
+      <c r="I18" s="7">
+        <v>169.55</v>
+      </c>
+      <c r="J18" s="7">
+        <v>11.97</v>
+      </c>
+      <c r="K18" s="7">
+        <v>123.01</v>
+      </c>
+      <c r="L18" s="7">
+        <v>83.9</v>
+      </c>
+      <c r="M18" s="7">
+        <v>48.79</v>
+      </c>
+      <c r="N18" s="7">
+        <v>165.39</v>
+      </c>
+      <c r="O18" s="7">
+        <v>29.37</v>
+      </c>
+      <c r="P18" s="7">
+        <v>157.72</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>190.97</v>
+      </c>
+      <c r="R18" s="7">
+        <f>SUM(B18:Q18)</f>
+        <v>8819.61</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="7">
+        <v>1080.33</v>
+      </c>
+      <c r="C19" s="7">
+        <v>5851.25</v>
+      </c>
+      <c r="D19" s="7">
+        <v>451.42</v>
+      </c>
+      <c r="E19" s="7">
+        <v>223.01</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>83.17</v>
+      </c>
+      <c r="H19" s="7">
+        <v>177.76</v>
+      </c>
+      <c r="I19" s="7">
+        <v>164.73</v>
+      </c>
+      <c r="J19" s="7">
+        <v>10.83</v>
+      </c>
+      <c r="K19" s="7">
+        <v>130.46</v>
+      </c>
+      <c r="L19" s="7">
+        <v>101.9</v>
+      </c>
+      <c r="M19" s="7">
+        <v>30.98</v>
+      </c>
+      <c r="N19" s="7">
+        <v>165.85</v>
+      </c>
+      <c r="O19" s="7">
+        <v>30.65</v>
+      </c>
+      <c r="P19" s="7">
+        <v>151.56</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>170.81</v>
+      </c>
+      <c r="R19" s="7">
+        <f>SUM(B19:Q19)</f>
+        <v>8824.7099999999991</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R17" formulaRange="1"/>
+    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R17 R18:R19" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:R23"/>
   <sheetViews>
-    <sheetView topLeftCell="J1" workbookViewId="0">
-      <selection activeCell="P23" sqref="P23"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.6640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.5546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.88671875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.5546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="29.88671875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="32.5546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.88671875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="24.88671875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="22.44140625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="32.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="20"/>
     </row>
@@ -5603,80 +6067,80 @@
       <c r="B3" s="1"/>
       <c r="C3" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="1"/>
       <c r="G3" s="2"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="13"/>
       <c r="P3" s="30" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="36" t="s">
+      <c r="R3" s="35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="8"/>
       <c r="D4" s="9"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="21" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="21" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="21" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>2012</v>
       </c>
       <c r="B5" s="7">
         <v>594.36672129299996</v>
       </c>
       <c r="C5" s="7">
         <v>3659.6268281900002</v>
       </c>
       <c r="D5" s="7">
         <v>219.067675896</v>
       </c>
       <c r="E5" s="7">
         <v>99.621271578700004</v>
       </c>
       <c r="F5" s="7">
         <v>3.3776107637699999</v>
       </c>
       <c r="G5" s="7">
         <v>132.02554514600001</v>
       </c>
@@ -5697,96 +6161,96 @@
       </c>
       <c r="M5" s="7">
         <v>27.496490567799999</v>
       </c>
       <c r="N5" s="7">
         <v>287.65394154500001</v>
       </c>
       <c r="O5" s="7">
         <v>26.409632850800001</v>
       </c>
       <c r="P5" s="7">
         <v>46.734897478800001</v>
       </c>
       <c r="Q5" s="7">
         <v>15.4881189242</v>
       </c>
       <c r="R5" s="7">
         <f t="shared" ref="R5:R16" si="0">SUM(B5:Q5)</f>
         <v>5691.308996309449</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
         <v>2013</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="31">
         <v>602</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="31">
         <v>3640</v>
       </c>
-      <c r="D6" s="32">
+      <c r="D6" s="31">
         <v>220</v>
       </c>
-      <c r="E6" s="32">
+      <c r="E6" s="31">
         <v>130</v>
       </c>
-      <c r="F6" s="32">
+      <c r="F6" s="31">
         <v>4</v>
       </c>
-      <c r="G6" s="32">
+      <c r="G6" s="31">
         <v>95</v>
       </c>
-      <c r="H6" s="32">
+      <c r="H6" s="31">
         <v>105</v>
       </c>
-      <c r="I6" s="32">
+      <c r="I6" s="31">
         <v>273</v>
       </c>
-      <c r="J6" s="32">
+      <c r="J6" s="31">
         <v>144</v>
       </c>
-      <c r="K6" s="32">
+      <c r="K6" s="31">
         <v>4</v>
       </c>
-      <c r="L6" s="32">
+      <c r="L6" s="31">
         <v>41</v>
       </c>
-      <c r="M6" s="32">
+      <c r="M6" s="31">
         <v>22</v>
       </c>
-      <c r="N6" s="32">
+      <c r="N6" s="31">
         <v>434</v>
       </c>
-      <c r="O6" s="32">
+      <c r="O6" s="31">
         <v>23</v>
       </c>
-      <c r="P6" s="32">
+      <c r="P6" s="31">
         <v>49</v>
       </c>
-      <c r="Q6" s="32">
+      <c r="Q6" s="31">
         <v>4</v>
       </c>
       <c r="R6" s="7">
         <f t="shared" si="0"/>
         <v>5790</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>2014</v>
       </c>
       <c r="B7" s="7">
         <v>566.64247771299995</v>
       </c>
       <c r="C7" s="7">
         <v>3644.4277448500002</v>
       </c>
       <c r="D7" s="7">
         <v>215.520888953</v>
       </c>
       <c r="E7" s="7">
         <v>124.679113065</v>
       </c>
       <c r="F7" s="7">
         <v>4.2253099650000001</v>
@@ -5982,267 +6446,267 @@
       </c>
       <c r="M10" s="7">
         <v>51</v>
       </c>
       <c r="N10" s="7">
         <v>364</v>
       </c>
       <c r="O10" s="7">
         <v>19</v>
       </c>
       <c r="P10" s="7">
         <v>44</v>
       </c>
       <c r="Q10" s="7">
         <v>6</v>
       </c>
       <c r="R10" s="7">
         <f t="shared" si="0"/>
         <v>5915</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
         <v>2018</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="31">
         <v>729</v>
       </c>
-      <c r="C11" s="32">
+      <c r="C11" s="31">
         <v>3653</v>
       </c>
-      <c r="D11" s="32">
+      <c r="D11" s="31">
         <v>228</v>
       </c>
-      <c r="E11" s="32">
+      <c r="E11" s="31">
         <v>154</v>
       </c>
-      <c r="F11" s="32">
+      <c r="F11" s="31">
         <v>2</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G11" s="31">
         <v>119</v>
       </c>
-      <c r="H11" s="32">
+      <c r="H11" s="31">
         <v>129</v>
       </c>
-      <c r="I11" s="32">
+      <c r="I11" s="31">
         <v>259</v>
       </c>
-      <c r="J11" s="32">
+      <c r="J11" s="31">
         <v>158</v>
       </c>
-      <c r="K11" s="32">
+      <c r="K11" s="31">
         <v>3</v>
       </c>
-      <c r="L11" s="32">
+      <c r="L11" s="31">
         <v>36</v>
       </c>
-      <c r="M11" s="32">
+      <c r="M11" s="31">
         <v>53</v>
       </c>
-      <c r="N11" s="32">
+      <c r="N11" s="31">
         <v>338</v>
       </c>
-      <c r="O11" s="32">
+      <c r="O11" s="31">
         <v>8</v>
       </c>
-      <c r="P11" s="32">
+      <c r="P11" s="31">
         <v>44</v>
       </c>
-      <c r="Q11" s="32">
+      <c r="Q11" s="31">
         <v>1</v>
       </c>
       <c r="R11" s="7">
         <f t="shared" si="0"/>
         <v>5914</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
         <v>2019</v>
       </c>
-      <c r="B12" s="32">
+      <c r="B12" s="31">
         <v>733</v>
       </c>
-      <c r="C12" s="32">
+      <c r="C12" s="31">
         <v>3637</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="31">
         <v>229</v>
       </c>
-      <c r="E12" s="32">
+      <c r="E12" s="31">
         <v>161</v>
       </c>
-      <c r="F12" s="32">
+      <c r="F12" s="31">
         <v>0</v>
       </c>
-      <c r="G12" s="32">
+      <c r="G12" s="31">
         <v>99</v>
       </c>
-      <c r="H12" s="32">
+      <c r="H12" s="31">
         <v>127</v>
       </c>
-      <c r="I12" s="32">
+      <c r="I12" s="31">
         <v>259</v>
       </c>
-      <c r="J12" s="32">
+      <c r="J12" s="31">
         <v>184</v>
       </c>
-      <c r="K12" s="32">
+      <c r="K12" s="31">
         <v>7</v>
       </c>
-      <c r="L12" s="32">
+      <c r="L12" s="31">
         <v>34</v>
       </c>
-      <c r="M12" s="32">
+      <c r="M12" s="31">
         <v>35</v>
       </c>
-      <c r="N12" s="32">
+      <c r="N12" s="31">
         <v>355</v>
       </c>
-      <c r="O12" s="32">
+      <c r="O12" s="31">
         <v>8</v>
       </c>
-      <c r="P12" s="32">
+      <c r="P12" s="31">
         <v>41</v>
       </c>
-      <c r="Q12" s="32">
+      <c r="Q12" s="31">
         <v>0</v>
       </c>
       <c r="R12" s="7">
         <f t="shared" si="0"/>
         <v>5909</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
         <v>2020</v>
       </c>
-      <c r="B13" s="32">
+      <c r="B13" s="31">
         <v>743</v>
       </c>
-      <c r="C13" s="32">
+      <c r="C13" s="31">
         <v>3639</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="31">
         <v>233</v>
       </c>
-      <c r="E13" s="32">
+      <c r="E13" s="31">
         <v>142</v>
       </c>
-      <c r="F13" s="32">
+      <c r="F13" s="31">
         <v>0</v>
       </c>
-      <c r="G13" s="32">
+      <c r="G13" s="31">
         <v>104</v>
       </c>
-      <c r="H13" s="32">
+      <c r="H13" s="31">
         <v>131</v>
       </c>
-      <c r="I13" s="32">
+      <c r="I13" s="31">
         <v>255</v>
       </c>
-      <c r="J13" s="32">
+      <c r="J13" s="31">
         <v>180</v>
       </c>
-      <c r="K13" s="32">
+      <c r="K13" s="31">
         <v>20</v>
       </c>
-      <c r="L13" s="32">
+      <c r="L13" s="31">
         <v>24</v>
       </c>
-      <c r="M13" s="32">
+      <c r="M13" s="31">
         <v>41</v>
       </c>
-      <c r="N13" s="32">
+      <c r="N13" s="31">
         <v>385</v>
       </c>
-      <c r="O13" s="32">
+      <c r="O13" s="31">
         <v>8</v>
       </c>
-      <c r="P13" s="32">
+      <c r="P13" s="31">
         <v>38</v>
       </c>
-      <c r="Q13" s="32">
+      <c r="Q13" s="31">
         <v>0</v>
       </c>
       <c r="R13" s="7">
         <f t="shared" si="0"/>
         <v>5943</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
         <v>2021</v>
       </c>
-      <c r="B14" s="32">
+      <c r="B14" s="31">
         <v>747</v>
       </c>
-      <c r="C14" s="32">
+      <c r="C14" s="31">
         <v>3657</v>
       </c>
-      <c r="D14" s="32">
+      <c r="D14" s="31">
         <v>233</v>
       </c>
-      <c r="E14" s="32">
+      <c r="E14" s="31">
         <v>162</v>
       </c>
-      <c r="F14" s="32">
+      <c r="F14" s="31">
         <v>0</v>
       </c>
-      <c r="G14" s="32">
+      <c r="G14" s="31">
         <v>88</v>
       </c>
-      <c r="H14" s="32">
+      <c r="H14" s="31">
         <v>121</v>
       </c>
-      <c r="I14" s="32">
+      <c r="I14" s="31">
         <v>235</v>
       </c>
-      <c r="J14" s="32">
+      <c r="J14" s="31">
         <v>161</v>
       </c>
-      <c r="K14" s="32">
+      <c r="K14" s="31">
         <v>20</v>
       </c>
-      <c r="L14" s="32">
+      <c r="L14" s="31">
         <v>18</v>
       </c>
-      <c r="M14" s="32">
+      <c r="M14" s="31">
         <v>43</v>
       </c>
-      <c r="N14" s="32">
+      <c r="N14" s="31">
         <v>402</v>
       </c>
-      <c r="O14" s="32">
+      <c r="O14" s="31">
         <v>7</v>
       </c>
-      <c r="P14" s="32">
+      <c r="P14" s="31">
         <v>37</v>
       </c>
-      <c r="Q14" s="32">
+      <c r="Q14" s="31">
         <v>1</v>
       </c>
       <c r="R14" s="7">
         <f t="shared" si="0"/>
         <v>5932</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
         <v>2022</v>
       </c>
       <c r="B15" s="7">
         <v>744.1</v>
       </c>
       <c r="C15" s="7">
         <v>3673.61</v>
       </c>
       <c r="D15" s="7">
         <v>236.7</v>
       </c>
       <c r="E15" s="7">
         <v>135.86000000000001</v>
       </c>
       <c r="F15" s="7">
         <v>0.3</v>
@@ -6375,99 +6839,213 @@
       </c>
       <c r="K17" s="7">
         <v>19.920000000000002</v>
       </c>
       <c r="L17" s="7">
         <v>25.98</v>
       </c>
       <c r="M17" s="7">
         <v>44.07</v>
       </c>
       <c r="N17" s="7">
         <v>341.37</v>
       </c>
       <c r="O17" s="7">
         <v>22.43</v>
       </c>
       <c r="P17" s="7">
         <v>38.58</v>
       </c>
       <c r="Q17" s="7">
         <v>18.420000000000002</v>
       </c>
       <c r="R17" s="7">
         <f>SUM(B17:Q17)</f>
         <v>5908.1699999999992</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="7">
+        <v>750.66</v>
+      </c>
+      <c r="C18" s="7">
+        <v>3666.65</v>
+      </c>
+      <c r="D18" s="7">
+        <v>244.89</v>
+      </c>
+      <c r="E18" s="7">
+        <v>141.97999999999999</v>
+      </c>
+      <c r="F18" s="7">
+        <v>0.59</v>
+      </c>
+      <c r="G18" s="7">
+        <v>63.36</v>
+      </c>
+      <c r="H18" s="7">
+        <v>163.75</v>
+      </c>
+      <c r="I18" s="7">
+        <v>206.29</v>
+      </c>
+      <c r="J18" s="7">
+        <v>133.94</v>
+      </c>
+      <c r="K18" s="7">
+        <v>27.52</v>
+      </c>
+      <c r="L18" s="7">
+        <v>48.14</v>
+      </c>
+      <c r="M18" s="7">
+        <v>45.5</v>
+      </c>
+      <c r="N18" s="7">
+        <v>297.75</v>
+      </c>
+      <c r="O18" s="7">
+        <v>19.309999999999999</v>
+      </c>
+      <c r="P18" s="7">
+        <v>44.79</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>36.590000000000003</v>
+      </c>
+      <c r="R18" s="7">
+        <f t="shared" ref="R18:R19" si="1">SUM(B18:Q18)</f>
+        <v>5891.7100000000009</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="7">
+        <v>750.17</v>
+      </c>
+      <c r="C19" s="7">
+        <v>3687.07</v>
+      </c>
+      <c r="D19" s="7">
+        <v>242</v>
+      </c>
+      <c r="E19" s="7">
+        <v>134.66999999999999</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0.43</v>
+      </c>
+      <c r="G19" s="7">
+        <v>48.98</v>
+      </c>
+      <c r="H19" s="7">
+        <v>176.21</v>
+      </c>
+      <c r="I19" s="7">
+        <v>182.58</v>
+      </c>
+      <c r="J19" s="7">
+        <v>123.55</v>
+      </c>
+      <c r="K19" s="7">
+        <v>22.82</v>
+      </c>
+      <c r="L19" s="7">
+        <v>67.66</v>
+      </c>
+      <c r="M19" s="7">
+        <v>28.73</v>
+      </c>
+      <c r="N19" s="7">
+        <v>288.92</v>
+      </c>
+      <c r="O19" s="7">
+        <v>21.37</v>
+      </c>
+      <c r="P19" s="7">
+        <v>45.69</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>41.17</v>
+      </c>
+      <c r="R19" s="7">
+        <f t="shared" si="1"/>
+        <v>5862.0199999999986</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.3">
       <c r="O23" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R16" formulaRange="1"/>
+    <ignoredError sqref="R5 R6 R7 R8 R12 R9:R11 R13:R16 R17:R19" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Blad1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:R17"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
-    <sheetView topLeftCell="H1" workbookViewId="0">
-      <selection activeCell="F31" sqref="F31"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="Q22" sqref="Q22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="7.109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.5546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.88671875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="29.88671875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="32.109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.88671875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="24.88671875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="24.109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.44140625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.109375" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="22.109375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="32.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="18"/>
       <c r="G1" s="17" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="20"/>
     </row>
@@ -6511,80 +7089,80 @@
       <c r="B3" s="1"/>
       <c r="C3" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="1"/>
       <c r="G3" s="2"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="13"/>
       <c r="P3" s="30" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="36" t="s">
+      <c r="R3" s="35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="8"/>
       <c r="D4" s="9"/>
       <c r="E4" s="6"/>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="21" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="21" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="21" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>2012</v>
       </c>
       <c r="B5" s="7">
         <v>1121.4113790900001</v>
       </c>
       <c r="C5" s="7">
         <v>6906.2849942299999</v>
       </c>
       <c r="D5" s="7">
         <v>672.574576299</v>
       </c>
       <c r="E5" s="7">
         <v>347.45122842699999</v>
       </c>
       <c r="F5" s="7">
         <v>12.535225966400001</v>
       </c>
       <c r="G5" s="7">
         <v>201.09661283899999</v>
       </c>
@@ -6597,104 +7175,104 @@
       <c r="J5" s="7">
         <v>229.18915227100001</v>
       </c>
       <c r="K5" s="7">
         <v>176.19491885799999</v>
       </c>
       <c r="L5" s="7">
         <v>97.2097714712</v>
       </c>
       <c r="M5" s="7">
         <v>23.051443407499999</v>
       </c>
       <c r="N5" s="7">
         <v>51.402596044500001</v>
       </c>
       <c r="O5" s="7">
         <v>22.52845263</v>
       </c>
       <c r="P5" s="7">
         <v>300.38121915699998</v>
       </c>
       <c r="Q5" s="7">
         <v>350.99708110699999</v>
       </c>
       <c r="R5" s="7">
-        <f t="shared" ref="R5:R17" si="0">SUM(B5:Q5)</f>
+        <f t="shared" ref="R5:R19" si="0">SUM(B5:Q5)</f>
         <v>11239.047257808597</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
         <v>2013</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="31">
         <v>1073</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="31">
         <v>6971</v>
       </c>
-      <c r="D6" s="32">
+      <c r="D6" s="31">
         <v>692</v>
       </c>
-      <c r="E6" s="32">
+      <c r="E6" s="31">
         <v>344</v>
       </c>
-      <c r="F6" s="32">
+      <c r="F6" s="31">
         <v>5</v>
       </c>
-      <c r="G6" s="32">
+      <c r="G6" s="31">
         <v>223</v>
       </c>
-      <c r="H6" s="32">
+      <c r="H6" s="31">
         <v>214</v>
       </c>
-      <c r="I6" s="32">
+      <c r="I6" s="31">
         <v>477</v>
       </c>
-      <c r="J6" s="32">
+      <c r="J6" s="31">
         <v>201</v>
       </c>
-      <c r="K6" s="32">
+      <c r="K6" s="31">
         <v>195</v>
       </c>
-      <c r="L6" s="32">
+      <c r="L6" s="31">
         <v>107</v>
       </c>
-      <c r="M6" s="32">
+      <c r="M6" s="31">
         <v>23</v>
       </c>
-      <c r="N6" s="32">
+      <c r="N6" s="31">
         <v>40</v>
       </c>
-      <c r="O6" s="32">
+      <c r="O6" s="31">
         <v>22</v>
       </c>
-      <c r="P6" s="32">
+      <c r="P6" s="31">
         <v>271</v>
       </c>
-      <c r="Q6" s="32">
+      <c r="Q6" s="31">
         <v>379</v>
       </c>
       <c r="R6" s="7">
         <f t="shared" si="0"/>
         <v>11237</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>2014</v>
       </c>
       <c r="B7" s="7">
         <v>1073.3227185799999</v>
       </c>
       <c r="C7" s="7">
         <v>6973.9291486800003</v>
       </c>
       <c r="D7" s="7">
         <v>692.77226271200004</v>
       </c>
       <c r="E7" s="7">
         <v>346.75005159300002</v>
       </c>
       <c r="F7" s="7">
         <v>5.2095994688099996</v>
@@ -6886,271 +7464,271 @@
         <v>97</v>
       </c>
       <c r="L10" s="7">
         <v>398</v>
       </c>
       <c r="M10" s="7">
         <v>24</v>
       </c>
       <c r="N10" s="7">
         <v>107</v>
       </c>
       <c r="O10" s="7">
         <v>18</v>
       </c>
       <c r="P10" s="7">
         <v>265</v>
       </c>
       <c r="Q10" s="7">
         <v>116</v>
       </c>
       <c r="R10" s="7">
         <f t="shared" si="0"/>
         <v>11399</v>
       </c>
     </row>
-    <row r="11" spans="1:18" s="32" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:18" s="31" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
         <v>2018</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="31">
         <v>1130</v>
       </c>
-      <c r="C11" s="32">
+      <c r="C11" s="31">
         <v>7176</v>
       </c>
-      <c r="D11" s="32">
+      <c r="D11" s="31">
         <v>650</v>
       </c>
-      <c r="E11" s="32">
+      <c r="E11" s="31">
         <v>482</v>
       </c>
-      <c r="F11" s="32">
+      <c r="F11" s="31">
         <v>101</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G11" s="31">
         <v>232</v>
       </c>
-      <c r="H11" s="32">
+      <c r="H11" s="31">
         <v>268</v>
       </c>
-      <c r="I11" s="32">
+      <c r="I11" s="31">
         <v>283</v>
       </c>
-      <c r="J11" s="32">
+      <c r="J11" s="31">
         <v>54</v>
       </c>
-      <c r="K11" s="32">
+      <c r="K11" s="31">
         <v>127</v>
       </c>
-      <c r="L11" s="32">
+      <c r="L11" s="31">
         <v>352</v>
       </c>
-      <c r="M11" s="32">
+      <c r="M11" s="31">
         <v>25</v>
       </c>
-      <c r="N11" s="32">
+      <c r="N11" s="31">
         <v>118</v>
       </c>
-      <c r="O11" s="32">
+      <c r="O11" s="31">
         <v>18</v>
       </c>
-      <c r="P11" s="32">
+      <c r="P11" s="31">
         <v>511</v>
       </c>
-      <c r="Q11" s="32">
+      <c r="Q11" s="31">
         <v>141</v>
       </c>
       <c r="R11" s="7">
         <f t="shared" si="0"/>
         <v>11668</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
         <v>2019</v>
       </c>
-      <c r="B12" s="32">
+      <c r="B12" s="31">
         <v>1145</v>
       </c>
-      <c r="C12" s="32">
+      <c r="C12" s="31">
         <v>7293</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="31">
         <v>649</v>
       </c>
-      <c r="E12" s="32">
+      <c r="E12" s="31">
         <v>442</v>
       </c>
-      <c r="F12" s="32">
+      <c r="F12" s="31">
         <v>93</v>
       </c>
-      <c r="G12" s="32">
+      <c r="G12" s="31">
         <v>190</v>
       </c>
-      <c r="H12" s="32">
+      <c r="H12" s="31">
         <v>264</v>
       </c>
-      <c r="I12" s="32">
+      <c r="I12" s="31">
         <v>267</v>
       </c>
-      <c r="J12" s="32">
+      <c r="J12" s="31">
         <v>61</v>
       </c>
-      <c r="K12" s="32">
+      <c r="K12" s="31">
         <v>88</v>
       </c>
-      <c r="L12" s="32">
+      <c r="L12" s="31">
         <v>311</v>
       </c>
-      <c r="M12" s="32">
+      <c r="M12" s="31">
         <v>21</v>
       </c>
-      <c r="N12" s="32">
+      <c r="N12" s="31">
         <v>60</v>
       </c>
-      <c r="O12" s="32">
+      <c r="O12" s="31">
         <v>18</v>
       </c>
-      <c r="P12" s="32">
+      <c r="P12" s="31">
         <v>561</v>
       </c>
-      <c r="Q12" s="32">
+      <c r="Q12" s="31">
         <v>146</v>
       </c>
       <c r="R12" s="7">
         <f t="shared" si="0"/>
         <v>11609</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
         <v>2020</v>
       </c>
-      <c r="B13" s="32">
+      <c r="B13" s="31">
         <v>1159</v>
       </c>
-      <c r="C13" s="32">
+      <c r="C13" s="31">
         <v>7338</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="31">
         <v>576</v>
       </c>
-      <c r="E13" s="32">
+      <c r="E13" s="31">
         <v>506</v>
       </c>
-      <c r="F13" s="32">
+      <c r="F13" s="31">
         <v>59</v>
       </c>
-      <c r="G13" s="32">
+      <c r="G13" s="31">
         <v>107</v>
       </c>
-      <c r="H13" s="32">
+      <c r="H13" s="31">
         <v>247</v>
       </c>
-      <c r="I13" s="32">
+      <c r="I13" s="31">
         <v>437</v>
       </c>
-      <c r="J13" s="32">
+      <c r="J13" s="31">
         <v>54</v>
       </c>
-      <c r="K13" s="32">
+      <c r="K13" s="31">
         <v>110</v>
       </c>
-      <c r="L13" s="32">
+      <c r="L13" s="31">
         <v>357</v>
       </c>
-      <c r="M13" s="32">
+      <c r="M13" s="31">
         <v>28</v>
       </c>
-      <c r="N13" s="32">
+      <c r="N13" s="31">
         <v>207</v>
       </c>
-      <c r="O13" s="32">
+      <c r="O13" s="31">
         <v>20</v>
       </c>
-      <c r="P13" s="32">
+      <c r="P13" s="31">
         <v>214</v>
       </c>
-      <c r="Q13" s="32">
+      <c r="Q13" s="31">
         <v>48</v>
       </c>
       <c r="R13" s="7">
         <f t="shared" si="0"/>
         <v>11467</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
         <v>2021</v>
       </c>
-      <c r="B14" s="32">
+      <c r="B14" s="31">
         <v>1179</v>
       </c>
-      <c r="C14" s="32">
+      <c r="C14" s="31">
         <v>7339</v>
       </c>
-      <c r="D14" s="32">
+      <c r="D14" s="31">
         <v>556</v>
       </c>
-      <c r="E14" s="32">
+      <c r="E14" s="31">
         <v>579</v>
       </c>
-      <c r="F14" s="32">
+      <c r="F14" s="31">
         <v>16</v>
       </c>
-      <c r="G14" s="32">
+      <c r="G14" s="31">
         <v>89</v>
       </c>
-      <c r="H14" s="32">
+      <c r="H14" s="31">
         <v>244</v>
       </c>
-      <c r="I14" s="32">
+      <c r="I14" s="31">
         <v>400</v>
       </c>
-      <c r="J14" s="32">
+      <c r="J14" s="31">
         <v>68</v>
       </c>
-      <c r="K14" s="32">
+      <c r="K14" s="31">
         <v>73</v>
       </c>
-      <c r="L14" s="32">
+      <c r="L14" s="31">
         <v>296</v>
       </c>
-      <c r="M14" s="32">
+      <c r="M14" s="31">
         <v>25</v>
       </c>
-      <c r="N14" s="32">
+      <c r="N14" s="31">
         <v>207</v>
       </c>
-      <c r="O14" s="32">
+      <c r="O14" s="31">
         <v>2</v>
       </c>
-      <c r="P14" s="32">
+      <c r="P14" s="31">
         <v>219</v>
       </c>
-      <c r="Q14" s="32">
+      <c r="Q14" s="31">
         <v>101</v>
       </c>
       <c r="R14" s="7">
         <f t="shared" si="0"/>
         <v>11393</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
         <v>2022</v>
       </c>
       <c r="B15" s="7">
         <v>1172.29</v>
       </c>
       <c r="C15" s="7">
         <v>7528.16</v>
       </c>
       <c r="D15" s="7">
         <v>563.04</v>
       </c>
       <c r="E15" s="7">
         <v>414.29</v>
       </c>
       <c r="F15" s="7">
         <v>0</v>
@@ -7283,96 +7861,190 @@
       </c>
       <c r="K17" s="7">
         <v>74.12</v>
       </c>
       <c r="L17" s="7">
         <v>250.91</v>
       </c>
       <c r="M17" s="7">
         <v>30.61</v>
       </c>
       <c r="N17" s="7">
         <v>156.66</v>
       </c>
       <c r="O17" s="7">
         <v>20.16</v>
       </c>
       <c r="P17" s="7">
         <v>204.03</v>
       </c>
       <c r="Q17" s="7">
         <v>176.77</v>
       </c>
       <c r="R17" s="7">
         <f t="shared" si="0"/>
         <v>11141.43</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="7">
+        <v>1095.82</v>
+      </c>
+      <c r="C18" s="7">
+        <v>7690.45</v>
+      </c>
+      <c r="D18" s="7">
+        <v>455.8</v>
+      </c>
+      <c r="E18" s="7">
+        <v>301.51</v>
+      </c>
+      <c r="F18" s="7">
+        <v>6.1</v>
+      </c>
+      <c r="G18" s="7">
+        <v>54.78</v>
+      </c>
+      <c r="H18" s="7">
+        <v>254.44</v>
+      </c>
+      <c r="I18" s="7">
+        <v>279.26</v>
+      </c>
+      <c r="J18" s="7">
+        <v>44.07</v>
+      </c>
+      <c r="K18" s="7">
+        <v>121.9</v>
+      </c>
+      <c r="L18" s="7">
+        <v>237.62</v>
+      </c>
+      <c r="M18" s="7">
+        <v>26.42</v>
+      </c>
+      <c r="N18" s="7">
+        <v>116.29</v>
+      </c>
+      <c r="O18" s="7">
+        <v>12.82</v>
+      </c>
+      <c r="P18" s="7">
+        <v>126.48</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>164.5</v>
+      </c>
+      <c r="R18" s="7">
+        <f t="shared" si="0"/>
+        <v>10988.260000000002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B19" s="7">
+        <v>1106.74</v>
+      </c>
+      <c r="C19" s="7">
+        <v>7720.01</v>
+      </c>
+      <c r="D19" s="7">
+        <v>450.11</v>
+      </c>
+      <c r="E19" s="7">
+        <v>265.88</v>
+      </c>
+      <c r="F19" s="7">
+        <v>9.27</v>
+      </c>
+      <c r="G19" s="7">
+        <v>102.21</v>
+      </c>
+      <c r="H19" s="7">
+        <v>264.66000000000003</v>
+      </c>
+      <c r="I19" s="7">
+        <v>246.65</v>
+      </c>
+      <c r="J19" s="7">
+        <v>47.49</v>
+      </c>
+      <c r="K19" s="7">
+        <v>243.99</v>
+      </c>
+      <c r="L19" s="7">
+        <v>78.73</v>
+      </c>
+      <c r="M19" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="N19" s="7">
+        <v>168.76</v>
+      </c>
+      <c r="O19" s="7">
+        <v>11.04</v>
+      </c>
+      <c r="P19" s="7">
+        <v>121.64</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>168.14</v>
+      </c>
+      <c r="R19" s="7">
+        <f t="shared" si="0"/>
+        <v>11014.819999999998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="51" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="R6 R5 R7 R8 R12:R13 R9:R11 R14:R17" formulaRange="1"/>
+    <ignoredError sqref="R6 R5 R7 R8 R12:R13 R9:R11 R14:R17 R18:R19" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d06ec732-2d80-4b24-87af-80ab85db3e04" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="457a3d13228e2eb68950fef3a1abe03e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F224FF2093E7CC4EA1A9163A16CA0249" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a789ca8c581eb05423e2fee237c21ebe">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d06ec732-2d80-4b24-87af-80ab85db3e04" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="205e852b3cecdb0d488d70c064d91f8a" ns2:_="" ns3:_="">
     <xsd:import namespace="d06ec732-2d80-4b24-87af-80ab85db3e04"/>
     <xsd:import namespace="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -7521,90 +8193,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d06ec732-2d80-4b24-87af-80ab85db3e04">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b34cf048-79eb-4317-b7ba-a1c40732debe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47E4AAFF-F900-4704-8ABE-15CA91634AE1}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3ECEE31-2DC2-4C6D-8C99-154344EDA7D1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDFC3F30-00E6-496A-9A8A-BC15D0EA6BE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C4ACC24-20F3-4D0E-BC9F-560FDCD7C9F3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47E4AAFF-F900-4704-8ABE-15CA91634AE1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
+    <ds:schemaRef ds:uri="d06ec732-2d80-4b24-87af-80ab85db3e04"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Leesmij</vt:lpstr>
       <vt:lpstr>Vlaanderen</vt:lpstr>
       <vt:lpstr>Antwerpen</vt:lpstr>
       <vt:lpstr>Limburg</vt:lpstr>