--- v0 (2025-10-12)
+++ v1 (2026-03-03)
@@ -1,3714 +1,4432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28623"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/philippe_rousseau_vlaio_be/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="74" documentId="8_{E2C376F2-636C-40EF-9994-86EFC400C459}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B0644C2A-A853-488F-8693-C08F4084AE35}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AAB339A1-73BC-4CF8-9245-701FC0B9A733}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="q_lijst_projecten_voor_website_" sheetId="3" r:id="rId1"/>
-    <sheet name="Blad2" sheetId="5" r:id="rId2"/>
+    <sheet name="result" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...125 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2257" uniqueCount="986">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3438" uniqueCount="1382">
   <si>
     <t>Programma</t>
   </si>
   <si>
     <t>Prioriteit</t>
   </si>
   <si>
-    <t>Operationele doelstelling</t>
-[...2 lines deleted...]
-    <t>Actie ID</t>
+    <t>Operationele_doelstelling</t>
+  </si>
+  <si>
+    <t>Actie_ID</t>
   </si>
   <si>
     <t>Sequentie</t>
   </si>
   <si>
     <t>Hierarchie</t>
   </si>
   <si>
-    <t>Strategische acties</t>
-[...2 lines deleted...]
-    <t>Type van actie</t>
+    <t>Strategische_acties</t>
+  </si>
+  <si>
+    <t>type_van_actie</t>
   </si>
   <si>
     <t>Doel</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Samenvatting</t>
   </si>
   <si>
     <t>Startdatum</t>
   </si>
   <si>
     <t>Einddatum</t>
   </si>
   <si>
-    <t>Mobiele actie</t>
+    <t>Mobiele_actie</t>
+  </si>
+  <si>
+    <t>gps_coordinaten</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Land</t>
   </si>
   <si>
-    <t>Categorisatie code</t>
+    <t>Categorisatie_code</t>
   </si>
   <si>
     <t>Beleidsdoelstelling</t>
   </si>
   <si>
-    <t>Totale kosten</t>
+    <t>Totale_kosten</t>
   </si>
   <si>
     <t>Fonds</t>
   </si>
   <si>
-    <t>EU Bijdrage</t>
-[...2 lines deleted...]
-    <t>EU Co-financieringsgraad</t>
+    <t>EU_Bijdrage</t>
+  </si>
+  <si>
+    <t>EU_Cofinancieringsgraad</t>
+  </si>
+  <si>
+    <t>aantal</t>
+  </si>
+  <si>
+    <t>Begunstigde_id</t>
+  </si>
+  <si>
+    <t>Contractor_name</t>
+  </si>
+  <si>
+    <t>partner_naam</t>
+  </si>
+  <si>
+    <t>rol</t>
+  </si>
+  <si>
+    <t>rechtsvorm</t>
+  </si>
+  <si>
+    <t>The_Union_fishing_fleet_register_identification</t>
   </si>
   <si>
     <t>2021BE16RFPR002</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
+    <t xml:space="preserve">Het XR-competentiepunt de Skip is een innovatiecluster waar ondernemingen en organisaties terecht kunnen voor demonstraties en opleidingen in of via XR-technieken. </t>
+  </si>
+  <si>
+    <t>XR-competentiepunt de Skip</t>
+  </si>
+  <si>
+    <t>01-09-2023</t>
+  </si>
+  <si>
+    <t>30-08-2026</t>
+  </si>
+  <si>
+    <t>51.040194;5.330167</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>306 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>Greener_Europe</t>
+  </si>
+  <si>
+    <t>EFRO</t>
+  </si>
+  <si>
+    <t>0216772432</t>
+  </si>
+  <si>
+    <t>Gemeente Heusden-Zolder - Centraal Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Lead partner</t>
+  </si>
+  <si>
+    <t>Stad / gemeente</t>
+  </si>
+  <si>
+    <t>De uitbouw van een living lab, het 'Digital Health Lab'</t>
+  </si>
+  <si>
+    <t>Digital Health Lab</t>
+  </si>
+  <si>
+    <t>31-08-2026</t>
+  </si>
+  <si>
+    <t>51.195045;3.217069</t>
+  </si>
+  <si>
+    <t>306 - BE251 Arr. Brugge</t>
+  </si>
+  <si>
+    <t>0259366716</t>
+  </si>
+  <si>
+    <t>Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten</t>
+  </si>
+  <si>
+    <t>Openbare instelling</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De Bio Base Advance investering betreft bijkomende apparatuur voor de opzuivering van microbieel eiwit, alsook infrastructuur voor de lokale behandeling van de hierbij geproduceerde proceswaters. </t>
+  </si>
+  <si>
+    <t>Bio Base Advance</t>
+  </si>
+  <si>
+    <t>51.13622422;3.7892830132</t>
+  </si>
+  <si>
+    <t>306 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0806873318</t>
+  </si>
+  <si>
+    <t>BIO BASE EUROPE PILOT PLANT</t>
+  </si>
+  <si>
+    <t>Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Op Slag Energierijk zorgt voor de productie en opslag van hernieuwbaar opgewekte warmte van een nieuw bedrijventerrein in Tervuren. Het verbruiksprofiel van het demoproject valt zo samen met de beschikbaarheid van  zonne-energie.</t>
+  </si>
+  <si>
+    <t>Op Slag Energierijk</t>
+  </si>
+  <si>
+    <t>30-09-2023</t>
+  </si>
+  <si>
+    <t>29-09-2026</t>
+  </si>
+  <si>
+    <t>50.84289;4.558041</t>
+  </si>
+  <si>
+    <t>155 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0205774810</t>
+  </si>
+  <si>
+    <t>Intercommunale Maatschappij voor de Ruimtelijke Ordening en de Economische Sociale Expansie van het Arrondissement Leuven - Interleuven</t>
+  </si>
+  <si>
+    <t>Dienstverlenende vereniging (Vlaams Gewest)</t>
+  </si>
+  <si>
+    <t>ILVO bouwt op de site in Melle een voor Vlaanderen unieke installatie (ILVO Feed Pilot) voor technologisch onderzoek en voor de productie van precisie-dierproefvoeders, zowel voor eigen gebruik als voor gebruik door derden.</t>
+  </si>
+  <si>
+    <t>ILVO Feed Pilot</t>
+  </si>
+  <si>
+    <t>01-10-2023</t>
+  </si>
+  <si>
+    <t>30-09-2026</t>
+  </si>
+  <si>
+    <t>50.985568;3.781284</t>
+  </si>
+  <si>
+    <t>126 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Smarter_Europe</t>
+  </si>
+  <si>
+    <t>0262172489</t>
+  </si>
+  <si>
+    <t>EV-ILVO - EIGEN VERMOGEN VH INSTITUUT VOOR LANDBOUW- EN VISSERIJONDERZOEK - ILVO-Dier 68</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Het project betreft de aanleg van een warmte- en koudenet tussen de hernieuwbare energiebron en warmtevragers van de gasloze residentiële wijk en KMO-site De Voerman in Anzegem. De bron is een drinkwaterleiding, het betreft een 5e generatie warmtenet.</t>
+  </si>
+  <si>
+    <t>Warmtenet De Voerman</t>
+  </si>
+  <si>
+    <t>11-12-2023</t>
+  </si>
+  <si>
+    <t>10-12-2026</t>
+  </si>
+  <si>
+    <t>50.848982;3.441538</t>
+  </si>
+  <si>
+    <t>155 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0205350681</t>
+  </si>
+  <si>
+    <t>Intercommunale Leiedal</t>
+  </si>
+  <si>
+    <t>01-02-2024</t>
+  </si>
+  <si>
+    <t>31-12-2027</t>
+  </si>
+  <si>
+    <t>Besloten Vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realisatie van een poortgebouw als open innovatiecentrum voor de zorg op Health Campus Limburg. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poortgebouw Health Campus Limburg </t>
+  </si>
+  <si>
+    <t>01-02-2023</t>
+  </si>
+  <si>
+    <t>30-06-2028</t>
+  </si>
+  <si>
+    <t>50.93114;5.39483</t>
+  </si>
+  <si>
+    <t>126 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>0437711213|0208359859</t>
+  </si>
+  <si>
+    <t>LIMBURG DIEPENBEEK CAMPUS|Universiteit Hasselt</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap|Openbare instelling</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remote Clinical Monitoring Center (RCMC) Demolab, een brug naar de digitale toekomst._x000D_
+Interactieve proeftuin voor onderzoek, innovatie en dienstverlening ten dienste van het op afstand opvolgen van patiënten._x000D_
+</t>
+  </si>
+  <si>
+    <t>RCMC Demolab</t>
+  </si>
+  <si>
+    <t>01-08-2023</t>
+  </si>
+  <si>
+    <t>31-07-2026</t>
+  </si>
+  <si>
+    <t>50.9260747;5.39241432|50.930004;5.39268257|50.9279824;5.34289595</t>
+  </si>
+  <si>
+    <t>306 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>0208359859|0897657596|0452138972|0535878874</t>
+  </si>
+  <si>
+    <t>Universiteit Hasselt|LIFE SCIENCES DEVELOPMENT CAMPUS - LIFE SCIENCES DEVELOPMENT CAMPUS NV|LIMBURGSE RECONVERSIE MAATSCHAPPIJ - LRM|Hogeschool PXL - Campus Elfde linie - algemene directie</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Openbare instelling|Naamloze vennootschap|Naamloze vennootschap|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Realisatie van een gebouwencomplex voor biomedisch onderzoek met huisvesting van gedeelde geavanceerde technologieplatformen ter versterking van het life sciences ecosysteem in het kader van Health Campus Limburg DC als regionaal economisch speerpunt.</t>
+  </si>
+  <si>
+    <t>BIOMED-VISION - Biomedisch onderzoekscomplex UHasselt op Health Campus Limburg DC</t>
+  </si>
+  <si>
+    <t>01-04-2023</t>
+  </si>
+  <si>
+    <t>50.92895;5.39249</t>
+  </si>
+  <si>
+    <t>0208359859</t>
+  </si>
+  <si>
+    <t>Universiteit Hasselt</t>
+  </si>
+  <si>
+    <t>Innovation Cradle Leuven</t>
+  </si>
+  <si>
+    <t>ICL</t>
+  </si>
+  <si>
+    <t>31-03-2026</t>
+  </si>
+  <si>
+    <t>50.8652;4.67195</t>
+  </si>
+  <si>
+    <t>125 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0767727086</t>
+  </si>
+  <si>
+    <t>Innovation Cradle Leuven - Innovatio Cradle Leuven</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dit project beoogt de realisatie van een hoogtechnologisch bewegings- en belevingslab (MOVELab), welke een demo-, test- en ontwikkelingsomgeving aanbiedt, waarin totstandkoming en vermarkting van co-creaties wordt gestimuleerd. </t>
+  </si>
+  <si>
+    <t>MOVElab</t>
+  </si>
+  <si>
+    <t>50.933075599201196;5.395871432550335</t>
+  </si>
+  <si>
+    <t>Innovatie cluster voor de entertainment technologie</t>
+  </si>
+  <si>
+    <t>Entertainment technology cluster</t>
+  </si>
+  <si>
+    <t>10-03-2023</t>
+  </si>
+  <si>
+    <t>09-03-2026</t>
+  </si>
+  <si>
+    <t>51.085108437586186;4.377051959656782</t>
+  </si>
+  <si>
+    <t>125 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0794789294</t>
+  </si>
+  <si>
+    <t>LoT - Lab Of Tommorrow</t>
+  </si>
+  <si>
+    <t>Verbetering bereikbaarheid Limburg, reductie transportkilometers over de weg en CO2-reductie op de as Genk - Antwerpen door modal shift dankzij aanleg grootschalige containerterminal in logistieke hotspot Genk' </t>
+  </si>
+  <si>
+    <t>Port of Limburg: multimodale accelerator</t>
+  </si>
+  <si>
+    <t>50.927011;5.508571</t>
+  </si>
+  <si>
+    <t>196 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>0732674949</t>
+  </si>
+  <si>
+    <t>Port of Limburg</t>
+  </si>
+  <si>
+    <t>F6 Fietsbrug Schipdonkkanaal Landegem (Deinze)</t>
+  </si>
+  <si>
+    <t>51.06573;3.57132</t>
+  </si>
+  <si>
+    <t>198 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0207725795</t>
+  </si>
+  <si>
+    <t>Provinciebestuur Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Provinciale overheid</t>
+  </si>
+  <si>
+    <t>F4 Fietstunnel N70/L59 Beveren</t>
+  </si>
+  <si>
+    <t>51.198165;4.225211</t>
+  </si>
+  <si>
+    <t>198 - BE236 Arr. Sint-Niklaas</t>
+  </si>
+  <si>
+    <t>Langs de spoorlijn in Asse loopt de fietssnelweg F212: een snelle verbinding richting Brussel.  Met de steun van EFRO wordt een fietstunnel ter hoogte van het station van Asse aangelegd.</t>
+  </si>
+  <si>
+    <t>Knelpunt fietssnelweg F212 - Station Asse</t>
+  </si>
+  <si>
+    <t>50.90737;4.20819</t>
+  </si>
+  <si>
+    <t>198 - BE24 Prov. Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>0884329501</t>
+  </si>
+  <si>
+    <t>De Werkvennootschap</t>
+  </si>
+  <si>
+    <t>Intellibat - een gezamenlijk initiatief van solithor, imec en de Universiteit Hasselt om de batterij innovatiecapaciteit sterk te verhogen door te investeren in 25 state of the art machines voor batterij R&amp;D, productie en testing</t>
+  </si>
+  <si>
+    <t>Intellibat</t>
+  </si>
+  <si>
+    <t>31-01-2027</t>
+  </si>
+  <si>
+    <t>50.8169538;5.2158532|50.93206208555835;5.395206598155537|50.995572;5.53906405|50.8169434;5.2166974</t>
+  </si>
+  <si>
+    <t>307 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>0773820270|0425260668|0208359859</t>
+  </si>
+  <si>
+    <t>SOLITHOR|Interuniversitair Micro-Electronica Centrum - Leuven|Universiteit Hasselt</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Besloten Vennootschap|Vereniging zonder winstoogmerk|Openbare instelling</t>
+  </si>
+  <si>
+    <t>Het project heeft als doel om een fietsbrug over de N60 op de fietssnelweg F45 te bouwen. De bouw kadert in het doortrekken van de fietssnelweg F45 tussen de Watermolenstraat en Onderbos.</t>
+  </si>
+  <si>
+    <t>Bouw Fietsbrug op de fietssnelweg F45 over de N60 te Oudenaarde</t>
+  </si>
+  <si>
+    <t>50.823677596448405;3.603787293693373</t>
+  </si>
+  <si>
+    <t>198 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0316380841</t>
+  </si>
+  <si>
+    <t>Ministeries van de Vlaamse Gemeenschap - Agentschap Wegen en Verkeer (AWV) Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t>Ontwikkeling van een unieke demonstrator die het volledige potentieel van Industrie 4.0, nl. een AI ondersteund productiesysteem, op maat van de KMO tastbaar maakt en ingezet wordt om de (versnelde) digitalisering van de maakindustrie te ondersteunen.</t>
+  </si>
+  <si>
+    <t>Industry 4.0 made real</t>
+  </si>
+  <si>
+    <t>01-06-2023</t>
+  </si>
+  <si>
+    <t>31-05-2025</t>
+  </si>
+  <si>
+    <t>50.99469999719655;5.535884657751539|50.93286885155284;5.396253992076249</t>
+  </si>
+  <si>
+    <t>0406606380</t>
+  </si>
+  <si>
+    <t>Sirris, het collectief centrum van de technologische industrie - SIRRIS LEUVEN</t>
+  </si>
+  <si>
+    <t>Andere privaatrechtelijke vorm met rechtspersoonlijkheid</t>
+  </si>
+  <si>
+    <t>ORSI wil haar impact op de globale gezondheidszorg exponentieel vergroten door in te zetten op het ontwikkelen en faciliteren van innovaties in de medische technologie.</t>
+  </si>
+  <si>
+    <t>OCIM = "Orsi centrum voor innovatieve medtech"</t>
+  </si>
+  <si>
+    <t>01-07-2023</t>
+  </si>
+  <si>
+    <t>30-06-2026</t>
+  </si>
+  <si>
+    <t>50.98012;3.82179</t>
+  </si>
+  <si>
+    <t>0668610607</t>
+  </si>
+  <si>
+    <t>ORSI Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het project PXL BusinessHUB focust op de realisatie van onderzoeksinfrastructuur die het ecosysteem tussen de onderzoeks- en bedrijfswereld naar een hoger niveau tilt. De inhoudelijke leidraad van de BusinessHUB is digitalisering en duurzaam ondernemen. </t>
+  </si>
+  <si>
+    <t>PXL BusinessHUB</t>
+  </si>
+  <si>
+    <t>15-09-2023</t>
+  </si>
+  <si>
+    <t>14-09-2026</t>
+  </si>
+  <si>
+    <t>50.93846;5.34805</t>
+  </si>
+  <si>
+    <t>0535878874</t>
+  </si>
+  <si>
+    <t>Hogeschool PXL - Campus Elfde linie - algemene directie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het BlueChem XL project zal met de EFRO-steun een uitbreiding realiseren van het huidige gebouw van de BlueChem incubator voor duurzame chemie. </t>
+  </si>
+  <si>
+    <t>BlueChem XL</t>
+  </si>
+  <si>
+    <t>15-04-2023</t>
+  </si>
+  <si>
+    <t>14-10-2027</t>
+  </si>
+  <si>
+    <t>51.19334;4.35838</t>
+  </si>
+  <si>
+    <t>306 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0673921455</t>
+  </si>
+  <si>
+    <t>BlueChem</t>
+  </si>
+  <si>
+    <t>GAINS, het deep tech co-innovatie center in artificiële intelligentie (AI) en fotonica, is een grootschalige publiek-private samenwerking ter versnelling van duurzame, deep tech digitale innovaties.</t>
+  </si>
+  <si>
+    <t>GAINS</t>
+  </si>
+  <si>
+    <t>51.01254;3.71038</t>
+  </si>
+  <si>
+    <t>306 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0248015142|1001099287</t>
+  </si>
+  <si>
+    <t>Universiteit Gent - st.-pietersnieuwstraat|AI Campus Hub</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm|Naamloze vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Een Living Lab opzetten voor duurzame innovatie in TRL 6-9, tegen holistische energie-, water-, afval- en natuurdoelstellingen met de mogelijkheid om ervaringen van consumenten/gebruikers met kits in een natuurlijke thuisomgeving te integreren.   </t>
+  </si>
+  <si>
+    <t>Sustainable Homes - SUHO</t>
+  </si>
+  <si>
+    <t>30-04-2026</t>
+  </si>
+  <si>
+    <t>50.905053949999996;4.343029346915894|50.90978202342121;4.386135853972434</t>
+  </si>
+  <si>
+    <t>125 - BE24 Prov. Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>0437862552|0840501634</t>
+  </si>
+  <si>
+    <t>PROCTER AND GAMBLE SERVICES COMPANY - PROCTER &amp; GAMBLE SERVICES CO|LIVING TOMORROW</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap|Naamloze vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bouw en inrichting van innovatie leerhubs binnen de Mastercampus Roeselare voor de domeinen: industrie 4.0; smart, green and connected vehicles; smart buildings/cities; new materials.  </t>
+  </si>
+  <si>
+    <t>Innovatieve Leerhubs Mastercampus Roeselare</t>
+  </si>
+  <si>
+    <t>31-03-2027</t>
+  </si>
+  <si>
+    <t>50.94334;3.17029</t>
+  </si>
+  <si>
+    <t>139 - BE256 Arr. Roeselare</t>
+  </si>
+  <si>
+    <t>0887010362</t>
+  </si>
+  <si>
+    <t>Vlaamse Dienst voor Arbeidsbemiddeling en Beroepsopleiding - VDAB</t>
+  </si>
+  <si>
+    <t>IN2PV is een project van UHasselt, imec en Soltech waarin we investeren in opschaling van productie en verschillende demonstratielocaties voor IPV toepassingen. Zo dekken we de gehele waardeketen van dunne film -en tandem-PV binnen de Thor site in Genk.</t>
+  </si>
+  <si>
+    <t>IN2PV</t>
+  </si>
+  <si>
+    <t>01-05-2023</t>
+  </si>
+  <si>
+    <t>50.995642941708304;5.539080149793202</t>
+  </si>
+  <si>
+    <t>0208359859|0425260668|0768654526</t>
+  </si>
+  <si>
+    <t>Universiteit Hasselt|Interuniversitair Micro-Electronica Centrum - Leuven|SOLTECH</t>
+  </si>
+  <si>
+    <t>Openbare instelling|Vereniging zonder winstoogmerk|Naamloze vennootschap</t>
+  </si>
+  <si>
+    <t>Het InsectMobil project beoogt een antwoord te bieden op de informatienood over de rentabiliteit en de_x000D_
+efficiëntie van insectenkweeksystemen in uiteenlopende omgevingen.</t>
+  </si>
+  <si>
+    <t>InsectMobil</t>
+  </si>
+  <si>
+    <t>51.161023613;4.9616779473</t>
+  </si>
+  <si>
+    <t>139 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0409667028</t>
+  </si>
+  <si>
+    <t>Thomas More Kempen - Thomas More Kempen vzw</t>
+  </si>
+  <si>
+    <t>Pilootinfrastructuur voor de productie van cementvervangers door het opwaarderen van Vlaamse afvalstromen en ondergewaardeerde grondstoffen via flash calcinatie</t>
+  </si>
+  <si>
+    <t>FlashCalciner</t>
+  </si>
+  <si>
+    <t>51.2233620372575;5.099317860085868</t>
+  </si>
+  <si>
+    <t>307 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0244195916</t>
+  </si>
+  <si>
+    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK (VITO)</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap van publiek recht</t>
+  </si>
+  <si>
+    <t>Een state-of-the-art demoruimte en digitale opleidingsinfrastructuur die immersieve technologieën combineert voor de luchthavenwereld</t>
+  </si>
+  <si>
+    <t>Aviation Talent Hub</t>
+  </si>
+  <si>
+    <t>31-05-2026</t>
+  </si>
+  <si>
+    <t>50.895760601981;4.456615386513036</t>
+  </si>
+  <si>
+    <t>139 - BE24 Prov. Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>0726384894</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AHLEX </t>
+  </si>
+  <si>
+    <t>Duurzame innovatieve ecosystemen uitbouwen voor het circulair gebruik en opwaardering van CO2, opslag van waterstof en zuivere lucht voor snellere vermarkting van technologieën en ter verbetering van de kwaliteit van onze leefomgeving</t>
+  </si>
+  <si>
+    <t>BlueApp, de innovatie hub voor de duurzame en circulaire industrie van morgen</t>
+  </si>
+  <si>
+    <t>01-06-2026</t>
+  </si>
+  <si>
+    <t>51.190640967;4.361756234</t>
+  </si>
+  <si>
+    <t>0257216482</t>
+  </si>
+  <si>
+    <t>Universiteit Antwerpen - UAntwerpen - Campus Middelheim</t>
+  </si>
+  <si>
+    <t>Ecopower investeert met dit pilootproject in warmtenetten op basis van collectieve warmtecentrales op houtpellets, om zo de transitie van fossiele brandstoffen naar duurzame energie te versnellen.</t>
+  </si>
+  <si>
+    <t>Warmtenetten op basis van collectieve warmtecentrales op landschapsbeheerhout</t>
+  </si>
+  <si>
+    <t>51.185142213015816;3.577831137030994|51.03259742359136;4.472942558890927|51.203553646211816;4.384934342561537|51.228343107986966;4.383621668609131|50.7355556;3.586738888888889|51.02341396489807;4.487427866401943|51.18334309272865;4.438769987841544|51.19014897443233;3.565805168261986|50.81358238796356;3.270446270282458|51.183609456105096;3.545999578970095</t>
+  </si>
+  <si>
+    <t>282 - BE2 VLAAMS GEWEST</t>
+  </si>
+  <si>
+    <t>0445389356</t>
+  </si>
+  <si>
+    <t>ECOPOWER - ECOPOWER CV</t>
+  </si>
+  <si>
+    <t>Coöperatieve vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aanleg van een distributienet met aflevering van warmte op een bedrijventerrein van 4,5 ha in Tervuren. </t>
+  </si>
+  <si>
+    <t>Op Slag Energieverdeling</t>
+  </si>
+  <si>
+    <t>282 - BE24 Prov. Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>Het project omvat de herbouw van de huidige Pater Sangersbrug (N761) over de Gemeenschappelijk Maas die de verbinding vormt tussen Maaseik (België, provincie Limburg) en Echt-Susteren (Nederland, Provincie Nederlands Limburg</t>
+  </si>
+  <si>
+    <t>Pater Sangersbrug te Maaseik</t>
+  </si>
+  <si>
+    <t>51.092967462993165;5.798222816099146</t>
+  </si>
+  <si>
+    <t>198 - BE222 Arr. Maaseik</t>
+  </si>
+  <si>
+    <t>0216173309</t>
+  </si>
+  <si>
+    <t>DE VLAAMSE WATERWEG - Brussel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het M-Technology Center in Gent, een initiatief van Mtech+, wordt een unieke state-of-the-art trainingsaccommodatie voor de Industry 4.0. </t>
+  </si>
+  <si>
+    <t>M-Technology Center</t>
+  </si>
+  <si>
+    <t>51.0718371750632;3.72666869125135</t>
+  </si>
+  <si>
+    <t>139 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0436785555</t>
+  </si>
+  <si>
+    <t>mtech+ Oost-Vlaanderen - Tewerkstellings- en opleidingsfonds arbeiders metaal- Oost-vlaanderen</t>
+  </si>
+  <si>
+    <t>MyCSN wil via een nieuw (te ontwikkelen) platform de 3D-data van bomen en verhardingen voor de hele regio Limburg beschikbaar stellen voor burgers, ondernemingen en onderzoeksinstellingen.</t>
+  </si>
+  <si>
+    <t>OPEN KLIMAAT LOKET LIMBURG</t>
+  </si>
+  <si>
+    <t>31-12-2025</t>
+  </si>
+  <si>
+    <t>50.94295;5.32437</t>
+  </si>
+  <si>
+    <t>134 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>0724946623|0535878874</t>
+  </si>
+  <si>
+    <t>MyCSN - MyCSN - Administratieve zetel|Hogeschool PXL - Campus Elfde linie - algemene directie</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Het Vlaamse innovatiecentrum voor biogebaseerde bouwmaterialen ondersteunt startende en innoverende bedrijven door hen te verbinden met financiële ondersteuning, netwerkmogelijkheden, opleiding en advies en een testomgeving aan te bieden.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vlaams Innovatiecentrum Biogebaseerd Bouwen </t>
+  </si>
+  <si>
+    <t>01-11-2023</t>
+  </si>
+  <si>
+    <t>31-10-2026</t>
+  </si>
+  <si>
+    <t>51.13206;4.86133</t>
+  </si>
+  <si>
+    <t>126 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0541415101</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Kamp C</t>
+  </si>
+  <si>
+    <t>Autonoom provinciebedrijf</t>
+  </si>
+  <si>
+    <t>Stad Leuven en stad Gent willen een stadsbreed zicht krijgen op nachtlawaai én dit preventief aanpakken d.m.v. nudging. Daarbij wordt verder gewerkt op de successen en leerlessen uit  de projecten Nachtlawaai in de Naamsestraat (Leuven) en SENSOC (Gent).</t>
+  </si>
+  <si>
+    <t>Nudging down night noise</t>
+  </si>
+  <si>
+    <t>01-03-2024</t>
+  </si>
+  <si>
+    <t>51.04733;3.72815|51.05449;3.72528|50.88015;4.71619|50.87811;4.6997</t>
+  </si>
+  <si>
+    <t>134 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0207521503|0248015142|0207451227|0419052173</t>
+  </si>
+  <si>
+    <t>Stad Leuven - Stadskantoor|Universiteit Gent - st.-pietersnieuwstraat|Stad Gent|KU Leuven - Katholieke Universiteit te Leuven - KU Leuven site Hogenheuvelcollege</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Andere rechtsvorm|Stad / gemeente|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Datagedreven locatieadvies voor ondernemingen - adviesverlening vanuit lokale besturen op basis van slim gecombineerde data</t>
+  </si>
+  <si>
+    <t>LocusFocus 2.0</t>
+  </si>
+  <si>
+    <t>01-04-2024</t>
+  </si>
+  <si>
+    <t>31-12-2026</t>
+  </si>
+  <si>
+    <t>50.92145280155742;4.700764441552447|50.878040799466724;4.7165881|50.80064070791031;3.270288339175426|50.82886271394175;3.264511227532797|50.9284456561784;4.422679678337244</t>
+  </si>
+  <si>
+    <t>134 - BE24 Prov. Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>0881704363|0205350681|0207494678|0267390891|0207514474</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij Vlaams-Brabant - POM Vlaams-Brabant|Intercommunale Leiedal|Stad Kortrijk - Stadhuis Kortrijk|AUTONOOM PROVINCIEBEDRIJF VLAAMS-BRABANTS EXTRANET VOOR REGIO EN ADMINISTRATIE - Autonoom Prov. Bedrijf VERA|Stad Vilvoorde - Stadhuis</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Autonoom provinciebedrijf|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Met wij.leveren 2.0 wordt verder gebouwd op het distributieplatform voor pakketverzendingen van lokale handelaars "wij.leveren" (CoT 2019) door opschaling van de werking, focus op open technologie, praktische instrumenten en een geschikt governance model.</t>
+  </si>
+  <si>
+    <t>wij.leveren 2.0</t>
+  </si>
+  <si>
+    <t>01-01-2024</t>
+  </si>
+  <si>
+    <t>50.879202;4.7011675|51.0281381;4.4803453|50.9845665;5.0528735</t>
+  </si>
+  <si>
+    <t>134 - BE2 VLAAMS GEWEST</t>
+  </si>
+  <si>
+    <t>0207521503|0207499430|0207517345</t>
+  </si>
+  <si>
+    <t>Stad Leuven - Stadskantoor|Stad Mechelen - Stadhuis - Algemene diensten|Stad Diest - Lokale economie</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Het project heeft als doel een veilige en betrouwbare digitale omgeving waarin inwoners, bedrijven en instellingen met vertrouwen kunnen wonen, werken en ondernemen. De stad Antwerpen zet in op een organisatie die bestand is tegen cyberdreigingen.</t>
+  </si>
+  <si>
+    <t>Cyberfort Antwerpen</t>
+  </si>
+  <si>
+    <t>51.1948;4.38083</t>
+  </si>
+  <si>
+    <t>134 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0207500123</t>
+  </si>
+  <si>
+    <t>Stad Antwerpen - 915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het project beoogt de verdere uitbouw van de kennisboulevard digital health in Brugge, door het upgraden van de wetenschappelijk test- en valideringsomgevingen bij de kennisinstellingen, en de activering van de community digital health. </t>
+  </si>
+  <si>
+    <t>Upscaling Health Tech labs for Accelerating Innovations</t>
+  </si>
+  <si>
+    <t>51.194563;3.217954|51.192553;3.213524|51.192288;3.203595</t>
+  </si>
+  <si>
+    <t>132 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0881702779|0259366716|0419052173|0455932266|0890146333</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten|Katholieke Universiteit te Leuven - KU Leuven - Campus Brugge - Wetenschap &amp; Technologie (KHBO)|Katholieke Hogeschool VIVES Noord|In4Care - Partezis</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Openbare instelling|Andere rechtsvorm|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Dit project herprofileert een geklasseerde waterloop, centraal in het bedrijventerrein Heidebaan-Noord, als stamas van het regenwatersysteem voor de nieuw te bouwen bedrijven, bestaande bedrijven in de nabije omgeving en de omwonenden.</t>
+  </si>
+  <si>
+    <t>Waterloop als stamas van een collectief hemelwatersysteem</t>
+  </si>
+  <si>
+    <t>07-11-2023</t>
+  </si>
+  <si>
+    <t>30-12-2025</t>
+  </si>
+  <si>
+    <t>51.168448569;4.176903634</t>
+  </si>
+  <si>
+    <t>160 - BE236 Arr. Sint-Niklaas</t>
+  </si>
+  <si>
+    <t>0206460639</t>
+  </si>
+  <si>
+    <t>I.C.W. - Intergemeentelijk Samenwerkingsverband van het Land van Waas</t>
+  </si>
+  <si>
+    <t>ExperienceCenterBouw zal bouwbedrijven in aanraking brengen met digitale technologieën en hen laten ervaren hoe hun werk hiermee ondersteund kan worden. Door in te zetten op sensibilisering, testen en implementatie zal de adoptie gefaciliteerd worden.</t>
+  </si>
+  <si>
+    <t>ExperienceCenterBouw</t>
+  </si>
+  <si>
+    <t>50.871644641381145;4.462303539931065</t>
+  </si>
+  <si>
+    <t>133 - BE2 VLAAMS GEWEST</t>
+  </si>
+  <si>
+    <t>0407695057</t>
+  </si>
+  <si>
+    <t>Buildwise</t>
+  </si>
+  <si>
+    <t>DLW heeft een deel van de voormalige douanepost in Callicanes in ondererfpacht en wenst deze om te vormen tot een nieuwe generatie vrachtwagenparking, waarbij het 3P (People,Planet, Profit) evenwicht maximaal nagestreefd wordt met CO²-reducerend resultaat</t>
+  </si>
+  <si>
+    <t>Next Level Parking</t>
+  </si>
+  <si>
+    <t>25-03-2024</t>
+  </si>
+  <si>
+    <t>24-03-2027</t>
+  </si>
+  <si>
+    <t>50.813585914823754;2.64180907057051</t>
+  </si>
+  <si>
+    <t>196 - BE253 Arr. Ieper</t>
+  </si>
+  <si>
+    <t>0468773086|0881702779</t>
+  </si>
+  <si>
+    <t>WEST-VLAAMSE DUURZAME LOGISTIEKE WERKVENNOOTSCHAP |Provinciale Ontwikkelingsmaatschappij West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t>Innovatieve TEchnologieën voor een duuRzame en Slimme Tuinbouw</t>
+  </si>
+  <si>
+    <t>INTEREST</t>
+  </si>
+  <si>
+    <t>51.45310107806199;4.79494969573093</t>
+  </si>
+  <si>
+    <t>125 - BE2 VLAAMS GEWEST</t>
+  </si>
+  <si>
+    <t>0407592020</t>
+  </si>
+  <si>
+    <t>PROEFCENTRUM HOOGSTRATEN</t>
+  </si>
+  <si>
+    <t>Warmtenet-WERKEN Kempen zet in op de stap naar concrete uitvoering van collectieve warmtecases op het terrein. IOK ondersteunt lokale besturen in de regierol door een concrete ondersteuning op maat in de realisatie van concrete pilots.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warmtenet-WERKEN Kempen (WWK) </t>
+  </si>
+  <si>
+    <t>51.152808368;4.9738532087</t>
+  </si>
+  <si>
+    <t>155 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0204212714</t>
+  </si>
+  <si>
+    <t>Interkommunale Ontwikkelingsmaatschappij voor de Kempen - IOK</t>
+  </si>
+  <si>
+    <t>De gemeentes in de referentieregio Westhoek worden digitaal getransformeerd door producten en diensten te digitaliseren, mensen op te leiden en samenwerkingen over IT op te zetten.</t>
+  </si>
+  <si>
+    <t>NextGen Lokale Besturen: Een Digitale Transformatie voor een Efficiëntere Regio</t>
+  </si>
+  <si>
+    <t>50.978535;2.951075|51.118629;2.634494|51.197687;3.232331|51.069672;2.661493|51.096649;2.588375|51.021553;2.863901|50.851524;2.886114|51.188031;3.190252|51.033417;2.864372|51.089546;2.978418|51.01215;2.70653|51.025395;3.041805|50.855514;2.727755|50.87334;2.987616</t>
+  </si>
+  <si>
+    <t>134 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0695496928|0207484681|0207494579|0207432124|0207532092|0216770254|0207434597|0881702779|0207495074|0205157869|0207532488|0207532389|0207494480|0206751837|0207531894</t>
+  </si>
+  <si>
+    <t>DVV Westhoek - Dienstverlenende vereniging Westhoek - Streekhuis Westhoek|Stad Ieper - Algemene diensten|Stad Veurne - Stad Veurne - Admininstratie|Gemeente Zonnebeke - Gemeentehuis Zonnebeke|Gemeente Houthulst - Gemeentehuis|Gemeente Langemark-Poelkapelle - Gemeentehuis|Gemeente De Panne - Gemeentehuis|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Gemeente Alveringem - Gemeentehuis Hof Van Wyckhuize|West-Vlaamse Intercommunale - Zetel - alle diensten|Gemeente Kortemark - Gemeentehuis|Gemeente Koekelare - Gemeentebestuur|Gemeente Koksijde - Gemeentehuis Koksijde|Stad Poperinge - Administratieve diensten|Stad Diksmuide - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Stad / gemeente|Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>optimaal ontwerp en recyclage van multimateriaalproducten</t>
+  </si>
+  <si>
+    <t>POSTeK</t>
+  </si>
+  <si>
+    <t>28-02-2027</t>
+  </si>
+  <si>
+    <t>50.80707;3.28269|51.19419;3.21807|50.80517;3.29063|50.80739;3.29524</t>
+  </si>
+  <si>
+    <t>146 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0419052173|0881702779|0455922071</t>
+  </si>
+  <si>
+    <t>Katholieke Universiteit te Leuven - KU Leuven - Campus Brugge - Wetenschap &amp; Technologie (KHBO)|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Katholieke Hogeschool Vives Zuid</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Testen op zee vanuit de Blue Accelerator: uitbreiden van de testinfrastructuur in functie van de noden en groeiende vraag</t>
+  </si>
+  <si>
+    <t>Test@Sea</t>
+  </si>
+  <si>
+    <t>51.24675390430557;2.919229332672306</t>
+  </si>
+  <si>
+    <t>126 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0881702779|0449012406|0406606380|0675740206|0466279196|0248015142</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Vrije Universiteit van Brussel - VUB ELSENE|Sirris, het collectief centrum van de technologische industrie - SIRRIS LEUVEN|DBC - De Blauwe Cluster (Blue Cluster) vzw|VLAAMS INSTITUUT VOOR DE ZEE|Universiteit Gent - st.-pietersnieuwstraat</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Andere rechtsvorm|Andere privaatrechtelijke vorm met rechtspersoonlijkheid|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>R3PACK: Niet huishoudelijkeplastic verpakkingen: Rethink, Reuse, Recycle</t>
+  </si>
+  <si>
+    <t>R3PACK</t>
+  </si>
+  <si>
+    <t>50.80558;3.2905|50.82239;3.25011|50.82532;3.25097</t>
+  </si>
+  <si>
+    <t>125 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0259366716|0881702779|0248015142|0459218289</t>
+  </si>
+  <si>
+    <t>Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Universiteit Gent - st.-pietersnieuwstraat|CENTEXBEL - Wetenschappelijk en Technisch Centrum van de Belgische Textielnijverheid - VKC-Centexbel</t>
+  </si>
+  <si>
+    <t>Openbare instelling|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Andere rechtsvorm|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Versterken van de onderzoeks- en innovatiecapaciteit voor een geConTRoLeerde en gerichte SHIFT in de (West-Vlaamse) VOEDINGsindustrie door het gebruik van _x000D_
+ALTernatieve, duurzame grondstoffen</t>
+  </si>
+  <si>
+    <t>Ctrl + Alt + Food + Shift (immaterieel)</t>
+  </si>
+  <si>
+    <t>50.807314;3.296263|50.94664588393225;3.099009712356955</t>
+  </si>
+  <si>
+    <t>0881702779|0419052173|0878017175|0455922071</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Katholieke Universiteit te Leuven - "KU Leuven - Campus Kortrijk - algemene diensten|Flanders'FOOD|Katholieke Hogeschool Vives Zuid</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Andere rechtsvorm|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Via dit project worden onderzoek, innovatie, testing en communityversterking naar BVLOS (Beyond Visual Line of Sight) vluchten met drones in variërende weersomstandigheden en over lange afstanden op structurele en geautomatiseerde manier concreet gemaakt.</t>
+  </si>
+  <si>
+    <t>Vertiports</t>
+  </si>
+  <si>
+    <t>51.200158;2.855411|51.194416;3.217943</t>
+  </si>
+  <si>
+    <t>0881702779|0248015142|0259366716|0455932266|0419052173</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Universiteit Gent - st.-pietersnieuwstraat|Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten|Katholieke Hogeschool Vives Noord - Katholieke Hogeschool Brugge-Oostende|Katholieke Universiteit te Leuven - KU Leuven - Campus Brugge - Wetenschap &amp; Technologie (KHBO)</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Andere rechtsvorm|Openbare instelling|Vereniging zonder winstoogmerk|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Het project Stroommakelaar wil gebruik via een EMS systeem komen tot een efficiënte monitoring en sturing van elektrisch verbruik in gemeentelijke gebouwen.</t>
+  </si>
+  <si>
+    <t>Stroommakelaar Kempen</t>
+  </si>
+  <si>
+    <t>51.15314;4.97363</t>
+  </si>
+  <si>
+    <t>134 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0204212714|0207537042|0207502103|0207502992|0207502497|0207503190|0207215160|0207504675|0207505368|0207502202|0207505566|0207503388</t>
+  </si>
+  <si>
+    <t>Interkommunale Ontwikkelingsmaatschappij voor de Kempen - IOK|Gemeente Balen - Gemeentehuis Balen|Gemeente Herselt - Administratie|Gemeente Meerhout - Gemeentehuis Meerhout|Gemeente Hulshout - Gemeentehuis Hulshout|Gemeente Merksplas - Gemeentehuis|Gemeente Vorselaar - Gemeentehuis Vorselaar|Stad Herentals - Administratief Centrum|Gemeente Arendonk - Administratie Gemeentebestuur Arendonk|Stad Hoogstraten - Administratief Centrum|Gemeente Westerlo - Gemeentehuis Westerlo|Gemeente Mol - Administratief Centrum 'T Getrouw</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>De uitbouw van een onderzoeksinfrastructuur om demonstraties en validaties rond Manufacturing Excellence 4.0 laagdrempeliger op te zetten in functie van bedrijfsspecifieke meetcampagnes en demonstratiescenario’s bij productiebedrijven.</t>
+  </si>
+  <si>
+    <t>Manufacturing Excellence 4.0</t>
+  </si>
+  <si>
+    <t>50.824869266733415;3.248583609237662|50.824312948623884;3.251065485361588|50.823903183199874;3.249441111751857|51.192340484371265;3.21501084014734|50.82427983494565;3.252904593875751</t>
+  </si>
+  <si>
+    <t>0248015142|0259366716|0881702779|0406606380</t>
+  </si>
+  <si>
+    <t>Universiteit Gent - st.-pietersnieuwstraat|Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Sirris, het collectief centrum van de technologische industrie - SIRRIS LEUVEN</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm|Openbare instelling|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Andere privaatrechtelijke vorm met rechtspersoonlijkheid</t>
+  </si>
+  <si>
+    <t>De aanleg van een collectieve hemelwaterput voor gebruik binnen de gemeente.</t>
+  </si>
+  <si>
+    <t>WaterReuse</t>
+  </si>
+  <si>
+    <t>01-06-2024</t>
+  </si>
+  <si>
+    <t>31-05-2027</t>
+  </si>
+  <si>
+    <t>51.22199690857035;5.39727964603857</t>
+  </si>
+  <si>
+    <t>163 - BE222 Arr. Maaseik</t>
+  </si>
+  <si>
+    <t>0207165769</t>
+  </si>
+  <si>
+    <t>Fluvius Limburg</t>
+  </si>
+  <si>
+    <t>Opdrachthoudende vereniging (Vlaams Gewest)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De ‘Innovatieve Proeftuin MIA in Actie' is een ondersteunend, gestructureerd platform voor het verbeteren van de mobiliteit en het uittesten van innovatieve concepten i.f.v. een mobiliteitstransitie in Limburg. </t>
+  </si>
+  <si>
+    <t>Innovatieve Proeftuin MIA in Actie</t>
+  </si>
+  <si>
+    <t>50.932191;5.363258|50.929287;5.388098|50.966295;5.25278</t>
+  </si>
+  <si>
+    <t>0208359859|0407037041|0407571927|0882419490</t>
+  </si>
+  <si>
+    <t>Universiteit Hasselt|Embuild Limburg|CENTRE DE RECHERCHES ROUTIERES - OPZOEKINGSCENTRUM VOOR DE WEGENBOUW|CEGEKA - CEGEKA HASSELT CORDA</t>
+  </si>
+  <si>
+    <t>Openbare instelling|Vereniging zonder winstoogmerk|Andere privaatrechtelijke vorm met rechtspersoonlijkheid|Naamloze vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Via planmatig onderzoek in interactie met bedrijven de expertise ontwikkelen om 2 nieuwe softwaremodules toe te voegen aan SmarThor zodat bedrijven toegang krijgen tot contextrijke datasets en plug&amp;play interfaces om hun softwareoplossingen te testen._x000D_
+</t>
+  </si>
+  <si>
+    <t>Uitbreiding digitale diensten Open Thor Living Lab</t>
+  </si>
+  <si>
+    <t>50.996194;5.537378</t>
+  </si>
+  <si>
+    <t>133 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>0244195916|0419052173</t>
+  </si>
+  <si>
+    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK (VITO)|Katholieke Universiteit te Leuven - "KU Leuven - Campus Arenberg - Wetenschap &amp; Technologie</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap van publiek recht|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Resilient VEG-i-TEC wil als smart food hub een accelerator zijn om voedingsbedrijven te helpen innoveren en daarbij hun energie- en watergerelateerde KPI’s te behalen en te streven naar een zero-waste approach.</t>
+  </si>
+  <si>
+    <t>Resilient VEG-i-TEC</t>
+  </si>
+  <si>
+    <t>50.82529;3.2511</t>
+  </si>
+  <si>
+    <t>0248015142|0259366716|0881702779</t>
+  </si>
+  <si>
+    <t>Universiteit Gent - st.-pietersnieuwstraat|Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm|Openbare instelling|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	_x000D_
+Versterken van de onderzoeks- en innovatiecapaciteit voor een geConTRoLeerde en gerichte SHIFT in de (West-Vlaamse) VOEDINGsindustrie door het gebruik van _x000D_
+ALTernatieve, duurzame grondstoffen_x000D_
+</t>
+  </si>
+  <si>
+    <t>Ctrl + Alt + Food + Shift (materieel)</t>
+  </si>
+  <si>
+    <t>50.94664588393225;3.099009712356955|50.807314;3.296263</t>
+  </si>
+  <si>
+    <t>0881702779|0878017175|0455922071|0419052173</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Flanders'FOOD|Katholieke Hogeschool Vives Zuid|Katholieke Universiteit te Leuven - "KU Leuven - Campus Kortrijk - algemene diensten</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>Met de Digi-connect (=werktitel, de officiële titel is Digihub 2.0), ondersteunt_x000D_
+Voka KvK Oost-Vlaanderen kmo's in hun digitaliseringsuitdagingen_x000D_
+met laagdrempelig en neutraal advies en klankbord.</t>
+  </si>
+  <si>
+    <t>Digihub 2.0</t>
+  </si>
+  <si>
+    <t>30-06-2024</t>
+  </si>
+  <si>
+    <t>51.058714001;3.7732028924</t>
+  </si>
+  <si>
+    <t>133 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0407604688</t>
+  </si>
+  <si>
+    <t>VOKA-KAMER VAN KOOPHANDEL OOST-VLAANDEREN</t>
+  </si>
+  <si>
+    <t>Het XR-Huis heeft als doelstelling de innovatie- en concurrentiekracht van Limburgse bedrijven te verhogen door hen te stimuleren om meer gebruik te maken van XR-technologieën (VR/AR/MR, serious gaming, wearables en sensoren) in hun bedrijfsvoering.</t>
+  </si>
+  <si>
+    <t>XR-Huis: eXtended Reality Huis</t>
+  </si>
+  <si>
+    <t>50.9295;5.38691</t>
+  </si>
+  <si>
+    <t>Ontmanteling en recyclage van complexe textielmaterialen</t>
+  </si>
+  <si>
+    <t>DisT2Tex</t>
+  </si>
+  <si>
+    <t>50.805343094353645;3.290795795390326|50.806496325495;3.292427905850558|50.807149546620685;3.282538493838906</t>
+  </si>
+  <si>
+    <t>0459218289|0881702779|0455922071|0419052173</t>
+  </si>
+  <si>
+    <t>CENTEXBEL - Wetenschappelijk en Technisch Centrum van de Belgische Textielnijverheid - VKC-Centexbel|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Katholieke Hogeschool Vives Zuid|Katholieke Universiteit te Leuven - "KU Leuven - Campus Kortrijk - algemene diensten</t>
+  </si>
+  <si>
+    <t>Vereniging zonder winstoogmerk|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Vereniging zonder winstoogmerk|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KU Leuven en VIVES zullen binnen dit project samenwerken aan de uitbouw van een Industrie 4.0 Product Lifecycle Management (PLM) ecosysteem. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Industrie 4.0 Product Lifecycle Management:  end-to-end digitalisatie in de maakindustrie </t>
+  </si>
+  <si>
+    <t>50.8241;3.2526|51.1943;3.2179</t>
+  </si>
+  <si>
+    <t>0419052173|0455932266|0881702779</t>
+  </si>
+  <si>
+    <t>Katholieke Universiteit te Leuven - KU Leuven - Campus Brugge - Wetenschap &amp; Technologie (KHBO)|Katholieke Hogeschool VIVES Noord|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm|Vereniging zonder winstoogmerk|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Retailsonar wenst, na een succesvol proof of concept, een innovatief platform te ontwikkelen voor Vlaamse (en later Europese) ondernemingen en overheden om de beste locatie voor EV-laadpalen te bepalen. </t>
+  </si>
+  <si>
+    <t>EV-Sonar</t>
+  </si>
+  <si>
+    <t>30-11-2025</t>
+  </si>
+  <si>
+    <t>51.04636088702478;3.740199207716815</t>
+  </si>
+  <si>
+    <t>133 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0836331228</t>
+  </si>
+  <si>
+    <t>RetailSonar</t>
+  </si>
+  <si>
+    <t>De aanleg van een waterneutraal bedrijventerrein door een bekken voor hergebruik en extra ruimte voor infiltratie.</t>
+  </si>
+  <si>
+    <t>Blauwpoort: bedrijven hand in hand met landbouw en natuur</t>
+  </si>
+  <si>
+    <t>15-03-2024</t>
+  </si>
+  <si>
+    <t>14-03-2027</t>
+  </si>
+  <si>
+    <t>50.871908;3.435414</t>
+  </si>
+  <si>
+    <t>163 - BE254 Arr. Kortrijk</t>
+  </si>
+  <si>
+    <t>VEKA zal een extern dataplatform met authentieke, geanonimiseerde gegevens rond energie en klimaat ontwikkelen. Via het externe dataplatform zal data op een veilige en gestructureerde wijze gedeeld kunnen worden met externe partners.</t>
+  </si>
+  <si>
+    <t>Extern dataplatform rond energie en klimaat</t>
+  </si>
+  <si>
+    <t>31-01-2026</t>
+  </si>
+  <si>
+    <t>50.85953467315767;4.357116571695143</t>
+  </si>
+  <si>
+    <t>Ministeries van de Vlaamse Gemeenschap - VEKA, Vlaams Energie- en Klimaatagentschap</t>
+  </si>
+  <si>
+    <t>Met de Digi-connect (=werktitel, de officiële titel is Digihub 2.0), ondersteunt Voka KvK Mechelen-Kempen de kmo's in hun digitaliseringsuitdagingen met laagdrempelig en neutraal advies en klankbord.</t>
+  </si>
+  <si>
+    <t>51.034612281;4.4707736203</t>
+  </si>
+  <si>
+    <t>133 - BE21 Prov. Antwerpen</t>
+  </si>
+  <si>
+    <t>0420868449</t>
+  </si>
+  <si>
+    <t>Voka - Kamer van koophandel Mechelen-Kempen</t>
+  </si>
+  <si>
+    <t>Met de Digihub 2.0 (of werktitel: Digi-connect), ondersteunt Voka KvK Vlaams-Brabant de kmo's in hun digitaliseringsuitdagingen met laagdrempelig en neutraal advies en klankbord.</t>
+  </si>
+  <si>
+    <t>50.874568983;4.7150460835</t>
+  </si>
+  <si>
+    <t>133 - BE24 Prov. Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>0406861451</t>
+  </si>
+  <si>
+    <t>Voka - Kamer van Koophandel Vlaams-Brabant kantoor Leuven</t>
+  </si>
+  <si>
+    <t>Op campus Sterre worden verschillende ingrepen uitgevoerd met het oog op het bevorderen van klimaatadaptatie om de leefomgeving te verbeteren: wegenis ontharden en vergroenen, infiltratievoorzieningen, hemelwater- en grijswaterrecuperatie</t>
+  </si>
+  <si>
+    <t>Groenblauwe Sterre</t>
+  </si>
+  <si>
+    <t>51.026752;3.716764</t>
+  </si>
+  <si>
+    <t>163 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0248015142</t>
+  </si>
+  <si>
+    <t>Universiteit Gent - st.-pietersnieuwstraat</t>
+  </si>
+  <si>
+    <t>DING, wat staat voor Design In Gent, is de nieuwe vleugel van Design Museum Gent, die wordt gebouwd in de periode 2023-2025 in de Drabstraat in Gent.</t>
+  </si>
+  <si>
+    <t>DING, een toekomstgericht en circulair gebouw als third place</t>
+  </si>
+  <si>
+    <t>15-05-2023</t>
+  </si>
+  <si>
+    <t>14-05-2026</t>
+  </si>
+  <si>
+    <t>51.0555240989091;3.719876718470045</t>
+  </si>
+  <si>
+    <t>146 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0537520055|0207451227</t>
+  </si>
+  <si>
+    <t>Autonoom Gemeentebedrijf Kunsten en Design - AGB Kunsten en Design - Design museum|Stad Gent</t>
+  </si>
+  <si>
+    <t>Autonoom gemeentebedrijf|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Uitrol van een pakket cybersecurity maatregelen in Gent, met als doelen: de gebruikers beter beschermen, het cybersecuritybewustzijn verhogen, de kritieke ICT-assets beter beschermen en de toepassingen controleren op kwetsbaarheden.</t>
+  </si>
+  <si>
+    <t>Verhogen cybersecurity maturiteit voor Gent</t>
+  </si>
+  <si>
+    <t>30-09-2025</t>
+  </si>
+  <si>
+    <t>51.054393;3.725288</t>
+  </si>
+  <si>
+    <t>134 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0749998654</t>
+  </si>
+  <si>
+    <t>District09</t>
+  </si>
+  <si>
+    <t>Autonoom gemeentebedrijf</t>
+  </si>
+  <si>
+    <t>Ctrl + Alt + Food + Shift (Incubator)</t>
+  </si>
+  <si>
+    <t>50.94664588393225;3.099009712356955</t>
+  </si>
+  <si>
+    <t>0881702779</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Syntra AB VZW wil als toonaangevende opleidingsorganisatie een Innovatieve Campus van de Toekomst bouwen op haar site in Mechelen (ICTM)  om toekomstgerichte, technische opleidingen te kunnen blijven aanbieden aan ondernemers en KMO-medewerkers. </t>
+  </si>
+  <si>
+    <t>SYNTRA AB Campus van de Toekomst</t>
+  </si>
+  <si>
+    <t>02-12-2024</t>
+  </si>
+  <si>
+    <t>01-12-2027</t>
+  </si>
+  <si>
+    <t>51.05151;4.45973</t>
+  </si>
+  <si>
+    <t>0410797275</t>
+  </si>
+  <si>
+    <t>SYNTRA AB - SYNTRA PROVINCIES ANTWERPEN EN VLAAMS - BRABANT - SYNTRA PROVINCIES ANTWERPEN EN VLAAMS - BRABANT vzw</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Met Digihub 2.0 (Digi-connect) ondersteunt Voka – KvK Limburg de kmo’s in hun digitaliseringsuitdagingen met_x000D_
+laagdrempelig en neutraal advies en klankbord. </t>
+  </si>
+  <si>
+    <t>Digihub 2.0 (DIGI-CONNECT)</t>
+  </si>
+  <si>
+    <t>50.92208;5.355256</t>
+  </si>
+  <si>
+    <t>0407589842</t>
+  </si>
+  <si>
+    <t>VOKA - Kamer van Koophandel Limburg</t>
+  </si>
+  <si>
+    <t>Digiconnect</t>
+  </si>
+  <si>
+    <t>51.1446849150064;3.242725812052311|50.80174840753647;3.270314372274962</t>
+  </si>
+  <si>
+    <t>133 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0430492334</t>
+  </si>
+  <si>
+    <t>VOKA - Kamer van Koophandel W-Vl of VOKA-KvK W-Vl - VOKA - Kamer van Koophandel West-Vlaanderen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realisatie van Bouwcampus 2.0, met kernonderzoeksinfrastructuur (AC3) om circulaire bouwmaterialen versneld te ontwikkelen en te testen. </t>
+  </si>
+  <si>
+    <t>Bouwcampus 2.0</t>
+  </si>
+  <si>
+    <t>01-10-2024</t>
+  </si>
+  <si>
+    <t>30-09-2027</t>
+  </si>
+  <si>
+    <t>50.92951;5.38721</t>
+  </si>
+  <si>
+    <t>307 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAUs: experimentele kamers waar (landbouw)ecosysteemeenheden worden onderworpen aan experimentele behandelingen van enkele weken tot enkele maanden zoals stikstofdepositie en klimaatverandering om de respons van het ecosysteem te testen   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rapid Assessment Units: experimental climate controlled units   </t>
+  </si>
+  <si>
+    <t>51.001826619383;5.701398015343915</t>
+  </si>
+  <si>
+    <t>126 - BE223 Arr. Tongeren</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOST2BIKE wil een multimodale overslag in personenmobiliteit voor de Elfde Linie-campus in Hasselt realiseren. Door de realisatie van diverse investeringen zullen duizenden automobilisten maximaal gestimuleerd worden om zich duurzamer te verplaatsen. </t>
+  </si>
+  <si>
+    <t>BOOST2BIKE</t>
+  </si>
+  <si>
+    <t>50.938067;5.349378</t>
+  </si>
+  <si>
+    <t>198 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>PXL EnergieHUB wordt dé spil voor duurzame energie op en rond de Elfde Liniecampus: door investeringen in geothermie /KWO en innovatieve gebouwgeïntegreerde PV, zal de Hogeschool met haar partners een enorme stap zetten op weg naar klimaatneutraliteit.</t>
+  </si>
+  <si>
+    <t>PXL EnergieHUB</t>
+  </si>
+  <si>
+    <t>282 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>Op de Hoebanxsite te Hasselt gaat de Universiteit Hasselt en De Elfde Linie NV op een innovatieve en demonstratieve manier hernieuwbare energie genereren en op die manier definitief kiezen voor het pad naar klimaatneutraliteit.</t>
+  </si>
+  <si>
+    <t>Hernieuwbare Energie Hoebanxsite</t>
+  </si>
+  <si>
+    <t>50.933263;5.343586</t>
+  </si>
+  <si>
+    <t>1013571905</t>
+  </si>
+  <si>
+    <t>ESCO HOEBANX</t>
+  </si>
+  <si>
+    <t>Het Spoorpark verbindt Draakplaats (Zurenborg) en Luitenant Naeyaertplein (Borgerhout) en vormt een essentiële parkruimte in deze dicht bebouwde en bevolkte wijken en een strategische groene (deel)ruimte binnen de klimaatambities van de stad.</t>
+  </si>
+  <si>
+    <t>Spoorpark tussen Draakplaats en Luitenant Naeyaertplein</t>
+  </si>
+  <si>
+    <t>51.206077;4.432818|51.209419;4.440592|51.207978;4.436772</t>
+  </si>
+  <si>
+    <t>160 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Detectie en identificatie van schadelijke additieven en degradatieproducten ter ondersteuning van textiel-, kunststof- en recyclagebedrijven bij de recyclage van textiel- en kunststofproducten. </t>
+  </si>
+  <si>
+    <t>ID-ADD</t>
+  </si>
+  <si>
+    <t>01-05-2024</t>
+  </si>
+  <si>
+    <t>30-04-2027</t>
+  </si>
+  <si>
+    <t>51.00881423806124;3.710977543217338</t>
+  </si>
+  <si>
+    <t>307 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>0459218289</t>
+  </si>
+  <si>
+    <t>Wetenschappelijk en Technisch Centrum van de Belgische Textielnijverheid - centexbel</t>
+  </si>
+  <si>
+    <t>ILVO bouwt een Post Harvest Pilot op z'n site in Merelbeke-Melle om bedrijven te ondersteunen in het uitbouwen van nieuwe of optimalisatie van bestaande activiteiten tussen het oogsten van (innovatie) gewassen en verdere verwerking of verkoop.</t>
+  </si>
+  <si>
+    <t>ILVO Post Harvest Pilot</t>
+  </si>
+  <si>
+    <t>01-09-2024</t>
+  </si>
+  <si>
+    <t>31-08-2027</t>
+  </si>
+  <si>
+    <t>50.986362;3.771421</t>
+  </si>
+  <si>
+    <t>126 - BE234 Arr. Gent</t>
+  </si>
+  <si>
+    <t>EV-ILVO - EIGEN VERMOGEN VH INSTITUUT VOOR LANDBOUW- EN VISSERIJONDERZOEK - ILVO-Plant 39</t>
+  </si>
+  <si>
+    <t>Oostendse Warmtebuffer 1</t>
+  </si>
+  <si>
+    <t>OWB1</t>
+  </si>
+  <si>
+    <t>01-01-2025</t>
+  </si>
+  <si>
+    <t>51.21011804488565;2.997066168161547</t>
+  </si>
+  <si>
+    <t>282 - BE255 Arr. Oostende</t>
+  </si>
+  <si>
+    <t>0472292307</t>
+  </si>
+  <si>
+    <t>Beauvent - BeauVent Bijkantoor</t>
+  </si>
+  <si>
+    <t>NextGen Demo biedt ruimte en ondersteunende diensten aan innovatieprojecten in de circulaire chemie- en procesindustrie om hun technologie op grotere schaal te testen en te valideren. NextGen Demo focust zich op de pilootfase.</t>
+  </si>
+  <si>
+    <t>NextGen Demo</t>
+  </si>
+  <si>
+    <t>09-02-2024</t>
+  </si>
+  <si>
+    <t>11-02-2027</t>
+  </si>
+  <si>
+    <t>51.287763;4.365258</t>
+  </si>
+  <si>
+    <t>307 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0248399380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haven van Antwerpen - Brugge (Port of Antwerp - Bruges) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SyntraPXL en de gemeente Pelt beogen met dit project een tweede campusgebouw van ongeveer 1863m² op de economische site ‘educatiefcentrum Hoekstraat’ te ontwikkelen en te integreren binnen het aanwezige leerecosysteem. _x000D_
+</t>
+  </si>
+  <si>
+    <t>Talent Campus</t>
+  </si>
+  <si>
+    <t>51.23149;5.42544</t>
+  </si>
+  <si>
+    <t>139 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>0409773728|0697609350</t>
+  </si>
+  <si>
+    <t>SyntraPXL|Gemeente Pelt - Gemeentehuis Overpelt</t>
+  </si>
+  <si>
+    <t>Vereniging zonder winstoogmerk|Stad / gemeente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VITO wil investeren in een pilootlijn voor het 3D printen van functionele componenten voor de duurzame chemie- en energiesector. </t>
+  </si>
+  <si>
+    <t>3DPRIME - 3D Printing pilot for functional chemistry and energy applications</t>
+  </si>
+  <si>
+    <t>01-07-2024</t>
+  </si>
+  <si>
+    <t>30-06-2027</t>
+  </si>
+  <si>
+    <t>51.22343;5.09921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De stad Antwerpen wil het buurtplein 'den Bell' een nieuwe, groene invulling geven, die hittereductie, regenwaterbeheer en biodiversiteit in de wijk verbetert. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vergroening buurtplein Den Bell </t>
+  </si>
+  <si>
+    <t>51.205189769527564;4.398737824499602</t>
+  </si>
+  <si>
+    <t>Vervangen van gas als bron voor het warmtenet op hoge temperatuur (&gt;70°C) voor bestaande gebouwen op het Nieuw-Zuid te Antwerpen door duurzame energiebronnen (riothermie (Aquafin) met water/water warmtepomp aangevuld met lucht-water warmtepompen).</t>
+  </si>
+  <si>
+    <t>Verduurzaming Antwerpen Nieuw-Zuid</t>
+  </si>
+  <si>
+    <t>51.20703833526025;4.38107149782056E+15</t>
+  </si>
+  <si>
+    <t>155 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>1005207337</t>
+  </si>
+  <si>
+    <t>Nieuw Zuid Energy</t>
+  </si>
+  <si>
+    <t>Klimaatadaptieve herinrichting van prominente locaties in de dorpskernen van de Kempen</t>
+  </si>
+  <si>
+    <t>Kempen breekt uit</t>
+  </si>
+  <si>
+    <t>51.12011617307434;4.82072260632807|51.41071064539532;5.006088376068001|51.31301618767899;4.88634660783322|51.32895060157475;4.782700309122843|51.26739577066509;5.084335920075247|51.141941253100846;5.149993949039494</t>
+  </si>
+  <si>
+    <t>160 - BE213 Arr. Turnhout</t>
+  </si>
+  <si>
+    <t>0207504675|0207534765|0207504477|0207504576|0207504378|0207537042</t>
+  </si>
+  <si>
+    <t>Stad Herentals - Administratief Centrum|Gemeente Vosselaar - Gemeentebestuur Vosselaar|Gemeente Retie - Gemeentehuis Retie|Gemeentebestuur Rijkevorsel - Gemeentehuis|Gemeente Ravels - Gemeentehuis|Gemeente Balen - Gemeentehuis Balen</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Met Unlocking Digital Potential beogen we de versterking van het West-Vlaamse valorisatiepotentieel ten gunste van een versnelde digitale en technologische transformatie van de kmo's in onze provincie. </t>
+  </si>
+  <si>
+    <t>Unlocking Digital Potential</t>
+  </si>
+  <si>
+    <t>02-09-2024</t>
+  </si>
+  <si>
+    <t>50.82407382356499;3.250385109654111|51.195113458257744;3.216501248181234|50.8194776;3.2577263</t>
+  </si>
+  <si>
+    <t>0600803746|0455932266|0881702779|0455922071|0259366716</t>
+  </si>
+  <si>
+    <t>Technische Universitaire Alliantie voor economische transformatie in West-Vlaanderen|Katholieke Hogeschool VIVES Noord|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Katholieke Hogeschool Vives Zuid|Hogeschool West-Vlaanderen, Vlaamse autonome hogeschool</t>
+  </si>
+  <si>
+    <t>Private stichting|Vereniging zonder winstoogmerk|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Vereniging zonder winstoogmerk|Openbare instelling</t>
+  </si>
+  <si>
+    <t>Dit projectvoorstel richt zich op het stimuleren van digitale innovatie binnen het kmo-weefsel van West-Vlaanderen door het opzetten van laagdrempelige infopunten op de campussen van Howest in Kortrijk en Brugge.</t>
+  </si>
+  <si>
+    <t>Uitbouw Infopunten Duurzame Digitale Innovatie - Howest</t>
+  </si>
+  <si>
+    <t>50.82407382356499;3.250385109654111|51.195113458257744;3.216501248181234</t>
+  </si>
+  <si>
+    <t>Geen natte vingerwerk voor paludicultuur (natte landbouw). Dit project ontwikkelt een digitaal beslissingsondersteunend instrument voor overheden waarmee zij de haalbaarheid van natte landbouw kunnen inschatten in arrondissement Turnhout.</t>
+  </si>
+  <si>
+    <t>paluDIGIcultuur</t>
+  </si>
+  <si>
+    <t>51.19940595976381;4.41124532789506E+15</t>
+  </si>
+  <si>
+    <t>134 - BE213 Arr. Turnhout</t>
+  </si>
+  <si>
+    <t>0541413220|0207725597|0861484219|0262172489|0443086793</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Provinciaal Secretariaat Europese Structuurfondsen|Provincie Antwerpen - Provinciehuis|RURANT|EV-ILVO - EIGEN VERMOGEN VH INSTITUUT VOOR LANDBOUW- EN VISSERIJONDERZOEK - ILVO-Plant 39|Boerenbondvereniging voor Innovatieve Projecten - Innovatiesteunpunt</t>
+  </si>
+  <si>
+    <t>Autonoom provinciebedrijf|Provinciale overheid|Vereniging zonder winstoogmerk|Andere rechtsvorm|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het FRB zal zich focussen op het bieden van aangepaste infrastructuur voor het opleidingscentrum. Doel is een oplossing te bieden aan de zeer grote nood aan opleidingen en dit voor alle doelgroepen (leerlingen, werkzoekenden, werknemers, …) . </t>
+  </si>
+  <si>
+    <t xml:space="preserve">One-stop opleidingscentrum voor de binnenscheepvaart </t>
+  </si>
+  <si>
+    <t>51.244473;4.41871</t>
+  </si>
+  <si>
+    <t>139 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0416381804</t>
+  </si>
+  <si>
+    <t>FONDS VOOR DE RIJN- EN BINNENSCHEEPVAART - FONDS VOOR DE RIJN- EN BINNENSCHEEPVAART</t>
+  </si>
+  <si>
+    <t>Dit project streeft naar klimaatadaptatie in het ontwerp-, uitvoerings- en beheersproces van gemeentewegen en test dit in twee demonstraties. Het ontwikkelt een beleidsaanpak voor het ontwerpen en monitoren van een klimaatbestendig publiek domein</t>
+  </si>
+  <si>
+    <t>Hart voor ontharding. Groenblauwe klimaatstraten in de Kempen</t>
+  </si>
+  <si>
+    <t>51.318988;4.979163|51.33129;4.95139</t>
+  </si>
+  <si>
+    <t>0207725597|0207533082|0207503982</t>
+  </si>
+  <si>
+    <t>Provincie Antwerpen - Provinciehuis|Stad Turnhout|Gemeente Oud-Turnhout - Gemeentehuis-administratief centrum</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Het project omvat de verwezenlijking van een ongelijkgrondse kruising van de fietssnelweg Antwerpen – Mechelen (F1) met de Arbeidersstraat en aansluiting aan de Posthofbrug in Antwerpen.</t>
+  </si>
+  <si>
+    <t>Fietsbrug F1 Arbeidersstraat Antwerpen</t>
+  </si>
+  <si>
+    <t>51.192857;4.437481</t>
+  </si>
+  <si>
+    <t>198 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0860139085|0207500123</t>
+  </si>
+  <si>
+    <t>BAM - Beheersmaatschappij Antwerpen Mobiel|Stad Antwerpen - 915</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap van publiek recht|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Voorliggend project wil te Opwijk een fietsbrug over de gewestweg N47 realiseren, zodat een ongelijkvloerse kruising tussen de N47 en de fietssnelweg F27 ‘Leirekensroute’ Aalst-Londerzeel mogelijk wordt.</t>
+  </si>
+  <si>
+    <t>Fietsbrug F27 Leirekensroute over de N47</t>
+  </si>
+  <si>
+    <t>28-09-2024</t>
+  </si>
+  <si>
+    <t>27-09-2027</t>
+  </si>
+  <si>
+    <t>50.9693;4.15017</t>
+  </si>
+  <si>
+    <t>198 - BE241 Arr. Halle-Vilvoorde</t>
+  </si>
+  <si>
+    <t>Ministeries van de Vlaamse Gemeenschap - Agentschap Wegen en Verkeer (AWV) - Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>Inspiratie van bedrijven tot digitale innovatie via demonstratie en visualisatie van onderzoeksoutput</t>
+  </si>
+  <si>
+    <t>Uitbouwen loket voor duurzame digitale info VIVES</t>
+  </si>
+  <si>
+    <t>50.8257352145159;3.26680419429943|51.2085526;3.226772</t>
+  </si>
+  <si>
+    <t>0455922071</t>
+  </si>
+  <si>
+    <t>Katholieke Hogeschool Vives Zuid</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementatie van een state-of-the-art multiplex screeningsplatform op de Health Campus waarmee zowel cel veroudering  als ziekte-specifieke merkers gemeten worden.  </t>
+  </si>
+  <si>
+    <t>Aging Screen</t>
+  </si>
+  <si>
+    <t>01-10-2027</t>
+  </si>
+  <si>
+    <t>50.92936760395533;5.392582230683257</t>
+  </si>
+  <si>
+    <t>126 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>Ghent Thermal Energy Conversion Hub</t>
+  </si>
+  <si>
+    <t>G-TECH</t>
+  </si>
+  <si>
+    <t>15-05-2024</t>
+  </si>
+  <si>
+    <t>14-05-2027</t>
+  </si>
+  <si>
+    <t>51.0082;3.71357</t>
+  </si>
+  <si>
+    <t>Het project waAI (winkelgebieden afbakenen met AI) wil een geavanceerd monitoringsysteem opzetten om lokale besturen en ondernemers te connecteren en nieuwe inzichten genereren om ontwikkelingen in een lokaal detailhandelsbeleid te monitoren.</t>
+  </si>
+  <si>
+    <t>waAI</t>
+  </si>
+  <si>
+    <t>51.07606;4.78835|51.07598;4.72826|51.13232;4.56185|51.40132;4.76153|51.3234;4.9476|51.16159;4.98709|51.1994;4.41069|51.05411;4.87971</t>
+  </si>
+  <si>
+    <t>0541413220|0207725597|0881701987</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Provinciaal Secretariaat Europese Structuurfondsen|Provincie Antwerpen - Provinciehuis|Provinciale Ontwikkelingsmaatschappij Antwerpen - POM Antwerpen</t>
+  </si>
+  <si>
+    <t>Autonoom provinciebedrijf|Provinciale overheid|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HORTIVEC omvat de realisatie van een demonstratie-, ontmoetings- en ervaringscentrum met als doel de benodigde praktijkkennis en vaardigheden bij de verschillende actoren van een tuinbouwbedrijf te krijgen om de uitdagingen richting 2030 aan te gaan.  </t>
+  </si>
+  <si>
+    <t>HORTIVEC</t>
+  </si>
+  <si>
+    <t>51.077412644294455;4.52738537115079</t>
+  </si>
+  <si>
+    <t>0407884802</t>
+  </si>
+  <si>
+    <t>Proefstation voor Groenteteelt</t>
+  </si>
+  <si>
+    <t>F7/F45-L86 De Pinte</t>
+  </si>
+  <si>
+    <t>F7/F45-L86 Fietstunnels De Pinte</t>
+  </si>
+  <si>
+    <t>50.995148;3.64622|50.985794;3.637269</t>
+  </si>
+  <si>
+    <t>0207725795|0869763267</t>
+  </si>
+  <si>
+    <t>Provinciebestuur Oost-Vlaanderen|INFRABEL</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Naamloze vennootschap van publiek recht</t>
+  </si>
+  <si>
+    <t>F423/F424-L55/N474 Zelzate</t>
+  </si>
+  <si>
+    <t>F424/F423-L55 Fietstunnel Zelzate</t>
+  </si>
+  <si>
+    <t>51.206171;3.799824</t>
+  </si>
+  <si>
+    <t>198 - BE233 Arr. Eeklo</t>
+  </si>
+  <si>
+    <t>Er wordt steun aangevraagd voor de hoogwaardige infrastructuur van een community gebouw (10.000 m2) dat deel uitmaakt van een nieuwe incubator (28.000 m2 BVO) op de Campus 3 Eiken van de UA en onderdak zal bieden aan spin-offs, startups en incubatoren.</t>
+  </si>
+  <si>
+    <t>Bioscape Antwerpen</t>
+  </si>
+  <si>
+    <t>51.154619558933064;4.404548138804495</t>
+  </si>
+  <si>
+    <t>142 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0800173883</t>
+  </si>
+  <si>
+    <t>Bio-Incubator Antwerpen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vesalius Next is een experience centre dat hedendaagse gezondheidszorguitdagingen verbindt met toekomstige innovaties door samenwerking, co-creatie en kennisdeling tussen relevante stakeholders te stimuleren in een unieke setting. </t>
+  </si>
+  <si>
+    <t>Vesalius Next</t>
+  </si>
+  <si>
+    <t>50.87770671048656;4.69308609682016</t>
+  </si>
+  <si>
+    <t>142 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0419052173</t>
+  </si>
+  <si>
+    <t>Katholieke Universiteit te Leuven</t>
+  </si>
+  <si>
+    <t>Andere Rechtsvormen</t>
+  </si>
+  <si>
+    <t>INNOvatieve PlantGroeiPromotie analyse in duurzame LANdbouw</t>
+  </si>
+  <si>
+    <t>INNOPGPLAN</t>
+  </si>
+  <si>
+    <t>50.925877;5.389747</t>
+  </si>
+  <si>
+    <t>125 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infrastructuur voor de GMP faciliteit Cel- en Gentherapie voor de productie van Geavanceerde Geneesmiddelen voor Industriële Partners.  </t>
+  </si>
+  <si>
+    <t>RNAvance</t>
+  </si>
+  <si>
+    <t>01-08-2024</t>
+  </si>
+  <si>
+    <t>31-07-2027</t>
+  </si>
+  <si>
+    <t>51.024722;3.729389</t>
+  </si>
+  <si>
+    <t>0232987862</t>
+  </si>
+  <si>
+    <t>Universitair Ziekenhuis Gent - UZ GENT</t>
+  </si>
+  <si>
+    <t>Arenberg Community @ Wetenschapspark Arenberg</t>
+  </si>
+  <si>
+    <t>Arenberg Community</t>
+  </si>
+  <si>
+    <t>50.865746;4.671295</t>
+  </si>
+  <si>
+    <t>1014096594</t>
+  </si>
+  <si>
+    <t>Community Building Arenberg</t>
+  </si>
+  <si>
+    <t>Ontwikkelen en testen van een 500 kW AEM-elektrolyser (Anion Exchange Membrane) voor de productie van groene waterstof._x000D_
+Port of Antwerp-Bruges (POAB) dient deze aanvraag in, in naam vaan Power to Hydrogen. Aanvraag Belgische entiteit ongoing.</t>
+  </si>
+  <si>
+    <t>Groene Waterstof Pilot Plant voor een koolstofarme economie</t>
+  </si>
+  <si>
+    <t>18-10-2024</t>
+  </si>
+  <si>
+    <t>17-10-2027</t>
+  </si>
+  <si>
+    <t>1012168670</t>
+  </si>
+  <si>
+    <t>Power to Hydrogen</t>
+  </si>
+  <si>
+    <t>Het uitbreiden van de overslagcapaciteit van de binnenvaarterminal River Terminal Wielsbeke, door middel van het ontwikkelen van de aanpalende zone. Deze ontwikkeling dient tevens als een pilootproject voor de toepassing van circulair beton.</t>
+  </si>
+  <si>
+    <t>CIRCOHUB</t>
+  </si>
+  <si>
+    <t>50.90016029975653;3.365900841562741</t>
+  </si>
+  <si>
+    <t>196 - BE257 Arr. Tielt</t>
+  </si>
+  <si>
+    <t>0468773086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST-VLAAMSE DUURZAME LOGISTIEKE WERKVENNOOTSCHAP </t>
+  </si>
+  <si>
+    <t>SimBIoZo, een herbouw op de campus Aalst van de Odisee Hogeschool, creëert ruimte om realistisch praktijkonderwijs binnen bouw en gezondheidzorg te ondersteunen met innovatieve technologieën. Zowel schil als omsloten ruimte dragen bij aan dit doel.</t>
+  </si>
+  <si>
+    <t>SimBIoZo</t>
+  </si>
+  <si>
+    <t>16-09-2024</t>
+  </si>
+  <si>
+    <t>15-09-2027</t>
+  </si>
+  <si>
+    <t>50.932267;4.020414</t>
+  </si>
+  <si>
+    <t>139 - BE231 Arr. Aalst</t>
+  </si>
+  <si>
+    <t>0408429584</t>
+  </si>
+  <si>
+    <t>Odisee - Odisee vzw</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is investeren in het didactisch materiaal dat ViTalent in staat stelt om het talent op te leiden dat van Vlaanderen dé wereldspeler zal maken voor de innovatieve productie van ATMP’s (Advanced Therapy Medicinal Product).</t>
+  </si>
+  <si>
+    <t>ViTalent 2.0: ATMP productie</t>
+  </si>
+  <si>
+    <t>51.10789457400223;4.358025475533413</t>
+  </si>
+  <si>
+    <t>0744536960</t>
+  </si>
+  <si>
+    <t>ViTalent - ViTalent VZW</t>
+  </si>
+  <si>
+    <t>Met CILO (Circulaire Logistiek) wil VIL ondernemers, en dan vooral kmo’s, uitdagen en sensibiliseren om nieuwe logistieke vaardigheden te ontwikkelen die nodig zijn om de omslag te maken van een lineaire naar een circulaire economie.</t>
+  </si>
+  <si>
+    <t>CILO</t>
+  </si>
+  <si>
+    <t>51.1073159;4.3608913</t>
+  </si>
+  <si>
+    <t>0480185038</t>
+  </si>
+  <si>
+    <t>VLAAMS INSTITUUT VOOR DE LOGISTIEK - VLAAMS INSTITUUT VOOR DE LOGISTIEK vzw</t>
+  </si>
+  <si>
+    <t>De oproep 'Weerbare Westhoek' is een reactie op de wateroverlast in november 2023 in de Westhoek. Deze projectaanvraag werd opgemaakt met alle waterbeheerders, actief in de IJzervallei, samen als gezamenlijke antwoord.</t>
+  </si>
+  <si>
+    <t>Weerbare Westhoek in Werkelijkheid</t>
+  </si>
+  <si>
+    <t>01-09-2027</t>
+  </si>
+  <si>
+    <t>51.028428;2.85507|51.096091;2.842478|50.87009;2.819727|50.975664;2.632596|50.955538;2.713518|50.975739;2.677737|51.131293;2.760053|51.047371;2.854211|50.844981;2.892439|50.919848;2.623864|51.122655;2.969949|51.104299;2.692581|51.135339;2.756006</t>
+  </si>
+  <si>
+    <t>163 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0207725696|0316380841|0316380841|0236506685|0205157176|0207495074|0887290276|0254028251</t>
+  </si>
+  <si>
+    <t>Provincie West-Vlaanderen - Filiaal I|Ministeries van de Vlaamse Gemeenschap - Waterbouwkundig Laboratorium|Ministeries van de Vlaamse Gemeenschap - Agentschap Wegen en Verkeer (AWV) - West-Vlaanderen|Vlaamse Landmaatschappij|Fluvius West|Gemeente Alveringem - Gemeentehuis Hof Van Wyckhuize|Vlaamse Milieumaatschappij|De Vlaamse Waterweg</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Naamloze vennootschap van publiek recht|Opdrachthoudende vereniging (Vlaams Gewest)|Stad / gemeente|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Naamloze vennootschap (Publiek recht)</t>
+  </si>
+  <si>
+    <t>LAR Rail Consolidation Hub: Bestendiging van de rol van L.A.R. als spoorconsolidatiehub door infrastructuur te op te waarderen. Het voorzien van uitbreiding van de yard capaciteit en herstructurering voor het efficiënt behandelen van 750m treinen.</t>
+  </si>
+  <si>
+    <t>LARCOHUB</t>
+  </si>
+  <si>
+    <t>01-03-2025</t>
+  </si>
+  <si>
+    <t>29-02-2028</t>
+  </si>
+  <si>
+    <t>50.776812;3.196506</t>
+  </si>
+  <si>
+    <t>196 - BE254 Arr. Kortrijk</t>
+  </si>
+  <si>
+    <t>Klimaatadaptieve groene en blauwe infrastructuur creëren en verder uitbouwen + innovatieve onthardingsprojecten realiseren</t>
+  </si>
+  <si>
+    <t>KLIMABOOST 1a - Kortrijk Noord</t>
+  </si>
+  <si>
+    <t>51.07870890847235;3.109498830879532|51.07595764071409;3.109377967729785|50.78775266668254;3.100236047379257|51.08032641980075;3.111924417685283|50.78660029858359;3.093765489105895|50.78921192651375;3.099790969873824|50.78880339930807;3.101091300771598|51.080638718568736;3.111420234018846|50.787944084434116;3.096764875559436</t>
+  </si>
+  <si>
+    <t>160 - BE25 Prov. West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0881702779|0455922071</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Katholieke Hogeschool Vives Zuid</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APICA streeft ernaar het digitale brein en zenuwstelsel binnen POAB verder te ontwikkelen door AI technologie verder te integreren in zijn operationele werking. In dit project wordt AI ingezet om de planning van de nautische keten te optimaliseren. _x000D_
+</t>
+  </si>
+  <si>
+    <t>APICA, holistische nautische ketenplanning</t>
+  </si>
+  <si>
+    <t>01-11-2024</t>
+  </si>
+  <si>
+    <t>51.27;4.33667|51.335558995615195;3.20840185254474</t>
+  </si>
+  <si>
+    <t>0248399380|0859981115</t>
+  </si>
+  <si>
+    <t>Haven van Antwerpen - Brugge (Port of Antwerp - Bruges) |AMARIS - ANTWERP MARITIME INFORMATION SYSTEMS/Antwerpse Maritieme Informatiesystemen - ANTWERP MARITIME INFORMATION SYSTEMS</t>
+  </si>
+  <si>
+    <t>Naamloze vennootschap van publiek recht|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Een mobiele versie van het Barge Traffic System (BTS) in het havenplatform Antwerpen. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BTS Mobile </t>
+  </si>
+  <si>
+    <t>51.2409;4.4073</t>
+  </si>
+  <si>
+    <t>PXL GREENOVATION is een investeringsproject dat van de Campus Elfde Linie een klimaatadaptieve en klimaatresistente campus zal maken.</t>
+  </si>
+  <si>
+    <t>PXL GREENOVATION</t>
+  </si>
+  <si>
+    <t>01-02-2025</t>
+  </si>
+  <si>
+    <t>31-01-2028</t>
+  </si>
+  <si>
+    <t>50.937675;5.349074</t>
+  </si>
+  <si>
+    <t>160 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>Markt-Waarde richt zich op het verzamelen, analyseren en verwerken van duurzame inzichten om de economische meerwaarde van wekelijkse markten te bepalen, alsook de impact van deze tijdelijke opstellingen op het bestaande handelsapparaat.</t>
+  </si>
+  <si>
+    <t>Markt-Waarde</t>
+  </si>
+  <si>
+    <t>51.0284;4.4802|51.07643;4.72144|51.34875;4.69033|51.17625;4.83661</t>
+  </si>
+  <si>
+    <t>0541413220|0207500321|0207504675|0207535062|0207499430|0881701987|0207725597|0455411733</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Provinciaal Secretariaat Europese Structuurfondsen|Gemeente Brecht - Gemeentehuis Brecht|Stad Herentals - Administratief Centrum|Gemeente Heist-op-den-Berg - Gemeentelijke administratie|Stad Mechelen - Stadhuis - Algemene diensten|Provinciale Ontwikkelingsmaatschappij Antwerpen - POM Antwerpen|Provincie Antwerpen - Provinciehuis|Thomas More Mechelen-Antwerpen - Campus De Vest</t>
+  </si>
+  <si>
+    <t>Autonoom provinciebedrijf|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Provinciale overheid|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>MELISA: Menswaardig leven In Schuldafbouw - Opschaling digitaliseringstool</t>
+  </si>
+  <si>
+    <t>MELISA</t>
+  </si>
+  <si>
+    <t>51.161094289373125;4.961688678582545</t>
+  </si>
+  <si>
+    <t>Business Intelligence Data Platform</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BI-DP </t>
+  </si>
+  <si>
+    <t>31-10-2027</t>
+  </si>
+  <si>
+    <t>50.790322791190455;3.102686511898231|50.85699813239926;3.258453850800061|51.07919004540792;3.10929135627577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het doel van dit project is het (door)ontwikkelen van DjustConnect tot een Vlaamse data space als open innovatieplatform voor het valoriseren van data en het bijdragen tot de ontwikkeling van een data-economie in de Vlaamse agrovoedingssector </t>
+  </si>
+  <si>
+    <t>DjustConnect: Dataspace voor de Vlaamse agrovoedingssector</t>
+  </si>
+  <si>
+    <t>50.9855;3.7723</t>
+  </si>
+  <si>
+    <t>EIGEN VERMOGEN VH INSTITUUT VOOR LANDBOUW- EN VISSERIJONDERZOEK - ILVO-T&amp;V 115</t>
+  </si>
+  <si>
+    <t>duurzame energieopwekking met windturbines en PV panelen op sociale hoogbouw</t>
+  </si>
+  <si>
+    <t>Kleerroos-powernest</t>
+  </si>
+  <si>
+    <t>25-03-2025</t>
+  </si>
+  <si>
+    <t>24-03-2028</t>
+  </si>
+  <si>
+    <t>51.17249;4.84348</t>
+  </si>
+  <si>
+    <t>155 - BE213 Arr. Turnhout</t>
+  </si>
+  <si>
+    <t>0404144065</t>
+  </si>
+  <si>
+    <t>LeefGoed</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Met dit project wil SyntraPXL haar campussite in Hasselt op een duurzame en ecologische manier verzoenen met water en natuur. Centraal hierin staan watercaptatie en waterrecuperatie om de waterproblematiek op de site aan te pakken. </t>
+  </si>
+  <si>
+    <t>Blauwgroene campus Hasselt</t>
+  </si>
+  <si>
+    <t>50.937017078291206;5.361156176708152</t>
+  </si>
+  <si>
+    <t>163 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>0409773728</t>
+  </si>
+  <si>
+    <t>SyntraPXL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duurzame &amp; Efficiënte Lokale Textielrecyclage voor OnderStromen </t>
+  </si>
+  <si>
+    <t>Deltos</t>
+  </si>
+  <si>
+    <t>50.839866638183594;3.241123914718628</t>
+  </si>
+  <si>
+    <t>0455224265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE KRINGLOOPWINKEL DELTAGROEP </t>
+  </si>
+  <si>
+    <t>RCMC - Samen de digitale Implementatiekloof overbruggen voor een Nieuw hybride normaal in de_x000D_
+Gezondheidszorg</t>
+  </si>
+  <si>
+    <t>RCMC - SprING</t>
+  </si>
+  <si>
+    <t>50.95236543917167;5.35437895117852E+16</t>
+  </si>
+  <si>
+    <t>0208359859|0256543917|0821142117|0559981592</t>
+  </si>
+  <si>
+    <t>Universiteit Hasselt|Z.O.L. AV - Ziekenhuis Oost-Limburg, autonome verzorgingsinstelling - Campus Sint-Jan|Jessa Ziekenhuis|QOMPIUM</t>
+  </si>
+  <si>
+    <t>Openbare instelling|Vereniging van OCMW's|Vereniging zonder winstoogmerk|Naamloze vennootschap</t>
+  </si>
+  <si>
+    <t>Data 4Construction toont bouwbedrijven de mogelijkheden van datacaptatie met praktijkvoorbeelden in het Data Connection Center en ondersteunt professionals bij innovatie, zoals procesoptimalisatie en het monitoren van duurzame materialen.</t>
+  </si>
+  <si>
+    <t>Data4Construction</t>
+  </si>
+  <si>
+    <t>01-07-2025</t>
+  </si>
+  <si>
+    <t>50.871587;4.462282</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aanleg leiding en bouw pompstation om het gezuiverde afvalwater van Tiense Suiker op te waarderen tot drinkwater. Het bouwen van een pompput en bufferbekken om het hemelwater van het terrein "Tiense Watervelden" op te vangen en te bufferen._x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>Tiense Watervelden</t>
+  </si>
+  <si>
+    <t>50.78089;4.96045|50.79853;4.94364</t>
+  </si>
+  <si>
+    <t>163 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0224771467</t>
+  </si>
+  <si>
+    <t>Vlaamse Maatschappij voor Watervoorziening</t>
+  </si>
+  <si>
+    <t>Coöperatieve vennootschap van publiek recht</t>
+  </si>
+  <si>
+    <t>Ter hoogte van de Snepkaai en de Fabiolalaan realiseert sogent een nieuwe vaste oeververbinding over de Leie.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brug Fabiolalaan </t>
+  </si>
+  <si>
+    <t>51.04169803183641;3.69366231822751E+16</t>
+  </si>
+  <si>
+    <t>0367300594</t>
+  </si>
+  <si>
+    <t>Stadsontwikkeling Gent (sogent)</t>
+  </si>
+  <si>
+    <t>Het project DIGIMETALS  staat voor Digital Integration for Green and Innovative Metal Transformation And Lifecycle Sustainability, en beoogt de introductie van digitale toepassingen te versnellen binnen kleine bedrijven in de metaalverwerkende sector.</t>
+  </si>
+  <si>
+    <t>DIGIMETALS</t>
+  </si>
+  <si>
+    <t>51.0098;3.70666</t>
+  </si>
+  <si>
+    <t>0454806769</t>
+  </si>
+  <si>
+    <t>CLUSTA - Cluster van Staalplaatproducenten en -Verwerkers</t>
+  </si>
+  <si>
+    <t>Het project realiseert de bouw van een cross-sectorale wetenschapshub, die cross-sectorale innovatie en valorisatie wil gaan stimuleren bij West-Vlaamse bedrijven. Deze nieuwbouw maakt deel uit van het nieuwe wetenschapspark 't Hooghe in Kortrijk.</t>
+  </si>
+  <si>
+    <t>CrossWise</t>
+  </si>
+  <si>
+    <t>50.80359;3.28152</t>
+  </si>
+  <si>
+    <t>0881702779|0600803746</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|Technische Universitaire Alliantie voor economische transformatie in West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Private stichting</t>
+  </si>
+  <si>
+    <t>Vlaanderen als koploper in het Data Spaces ecosysteem dankzij een NextGen UiTwisselingsplatform.</t>
+  </si>
+  <si>
+    <t>Data Spaces, Audience Data</t>
+  </si>
+  <si>
+    <t>03-02-2025</t>
+  </si>
+  <si>
+    <t>03-02-2027</t>
+  </si>
+  <si>
+    <t>50.85084976478899;4.33738081276104</t>
+  </si>
+  <si>
+    <t>0475250609</t>
+  </si>
+  <si>
+    <t>publiq - publiq vzw</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het winterwater project beoogt om winterwater uit de Dormaalbeek te bufferen en aan te wenden als irrigatiewater in de zomer. _x000D_
+</t>
+  </si>
+  <si>
+    <t>Winterwater voor zomerirrigatie</t>
+  </si>
+  <si>
+    <t>50.785109;5.082567</t>
+  </si>
+  <si>
+    <t>0877867915</t>
+  </si>
+  <si>
+    <t>COLSOUL</t>
+  </si>
+  <si>
+    <t>Commanditaire vennootschap</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dit project wil met gerichte ingrepen de blauwgroene voorzieningen op bedrijventerreinen in het Meetjesland en de Leie-Scheldestreek in Oost-Vlaanderen optimaliseren en verduurzamen en zo de beleefbaarheid ervan voor bedrijven en de buurt versterken. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beleefbare Ruimte voor Water op Bedrijventerreinen </t>
+  </si>
+  <si>
+    <t>10-03-2025</t>
+  </si>
+  <si>
+    <t>09-03-2028</t>
+  </si>
+  <si>
+    <t>51.21219345115085;3.51807822713258|51.19585139664161;3.4648579255522|50.958199667971606;3.5470974886927|51.12735588278161;3.42012229657736|51.18431255658058;3.77744049282801|51.199135694482926;3.76988589966437|50.92744350449722;3.64752502754677</t>
+  </si>
+  <si>
+    <t>160 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>0200065765</t>
+  </si>
+  <si>
+    <t>Intergemeentelijke Vereniging Veneco - VENECO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deze projectaanvraag zet specifiek in op gerichte investeringen in toekomstgerichte testfaciliteiten om bedrijven meer water- en grondstoffen circulair te maken en de uitdagingen rond concentraatstromen aan te pakken. </t>
+  </si>
+  <si>
+    <t>WaterKlimaatHub_Value in Water</t>
+  </si>
+  <si>
+    <t>51.21667631691398;2.99600521643794E+15</t>
+  </si>
+  <si>
+    <t>Het verhogen van de cyberweerbaarheid van lokale besturen, door hun data (en die van de burger), gerelateerde bedrijfsmiddelen en essentiële digitale dienstverlening te beschermen en de beschikbaarheid ervan tijdens een ernstige verstoring te waarborgen.</t>
+  </si>
+  <si>
+    <t>Bedrijfscontinuïteit voor cyberweerbare gemeenten</t>
+  </si>
+  <si>
+    <t>51.04011824259179;3.72297173071529</t>
+  </si>
+  <si>
+    <t>0207725795|0267390891|0259366716</t>
+  </si>
+  <si>
+    <t>Provinciebestuur Oost-Vlaanderen|AUTONOOM PROVINCIEBEDRIJF VLAAMS-BRABANTS EXTRANET VOOR REGIO EN ADMINISTRATIE - Autonoom Prov. Bedrijf VERA|Hogeschool West-Vlaanderen, Vlaamse autonome hogeschool</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Autonoom provinciebedrijf|Openbare instelling</t>
+  </si>
+  <si>
+    <t>Implementatie van een open future proof centraal service platform voor de 285 Vlaamse lokale besturen voor het beheer van de openbare verlichting. Dit om de baten van de digitalisering van de openbare verlichting te behouden en maximaal te benutten.</t>
+  </si>
+  <si>
+    <t>Digitaal Licht</t>
+  </si>
+  <si>
+    <t>10-02-2025</t>
+  </si>
+  <si>
+    <t>15-10-2026</t>
+  </si>
+  <si>
+    <t>51.2119550581991;3.51711478375461</t>
+  </si>
+  <si>
+    <t>0215362368|0220764971|0222030426|0212704370|0207165769|0222343301|0229921078|0215266160</t>
+  </si>
+  <si>
+    <t>FLUVIUS IMEWO|FLUVIUS MIDDEN-VLAANDEREN|FLUVIUS KEMPEN|FLUVIUS Antwerpen|Fluvius Limburg|FLUVIUS ZENNE-DIJLE|Fluvius Halle-Vilvoorde|FLUVIUS WEST</t>
+  </si>
+  <si>
+    <t>Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)|Opdrachthoudende vereniging (Vlaams Gewest)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAslandoNderzoek via prOefveldmaaier met in-line NIRS LAbo:_x000D_
+Proefveldmaaier met in-line NIRS labo voor graslandonderzoek_x000D_
+</t>
+  </si>
+  <si>
+    <t>GRANOLA</t>
+  </si>
+  <si>
+    <t>01-12-2024</t>
+  </si>
+  <si>
+    <t>51.21963753005454;5.02645463178074E+16</t>
+  </si>
+  <si>
+    <t>0541414606</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Hooibeekhoeve</t>
+  </si>
+  <si>
+    <t>De Vlaamse Overheid streeft naar een toekomstgerichte dienstverlening voor bedrijven en ecosystemen, waarbij Data &amp; Digitalisering een sleutelrol spelen. FIT en VLAIO transformeren hun diensten voor meer impact op de Vlaamse Economie</t>
+  </si>
+  <si>
+    <t>Naar een gediversifieerde dienstverlening met meer impact en focus</t>
+  </si>
+  <si>
+    <t>01-04-2025</t>
+  </si>
+  <si>
+    <t>50.86160334644975;4.35775332155296</t>
+  </si>
+  <si>
+    <t>0242401911|0316380841</t>
+  </si>
+  <si>
+    <t>Vlaams Agentschap voor Internationaal Ondernemen|Ministeries van de Vlaamse Gemeenschap - Agentschap Innoveren &amp; Ondernemen - hoofdzetel</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t>DIGIBO: Digitale Innovatie voor een Geoptimaliseerde Bedrijfszekere Organisatie van_x000D_
+Buitenschoolse Opvangactiviteiten</t>
+  </si>
+  <si>
+    <t>DIGIBO</t>
+  </si>
+  <si>
+    <t>50.92757584892322;5.3389170436838E+15|50.93742024754767;5.34804634847282</t>
+  </si>
+  <si>
+    <t>134 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>0207466964|0535878874</t>
+  </si>
+  <si>
+    <t>Stad Hasselt - 't Scheep|Hogeschool PXL - Campus Elfde linie - algemene directie</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dit investeringsproject zet in op een Kempens leerecosysteem van toekomstgerichte opleidingsinfrastructuur voor de groene transitie in de bebouwde omgeving. We investeren in energielabo’s voor gedeeld gebruik tussen onderwijs en ondernemingen. </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eco-build Kempen – energietransitie</t>
+  </si>
+  <si>
+    <t>51.16107071168425;4.96191398205053E+15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ontwikkeling van klimaatadaptieve Limburg Diepenbeek Campus door inrichting groen-blauwe multifunctionele publieke ruimte en inschakelen van de natuurlijke omgeving als oplossing tegen extreme weersomstandigheden. </t>
+  </si>
+  <si>
+    <t>(LDC)² - Leefbare Duurzame Collectieve Limburg Diepenbeek Campus</t>
+  </si>
+  <si>
+    <t>50.926677;5.385586|50.930095;5.392485|50.930302;5.395172|50.927344;5.391017|50.926928;5.39464|50.925852;5.392594|50.930474;5.39036</t>
+  </si>
+  <si>
+    <t>0881704066|0208359859|0417195515</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij Limburg - POM Limburg|Universiteit Hasselt|UCLL - Campus Diepenbeek - UC Limburg</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Openbare instelling|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dit project ontwikkelt een Kempens leerecosysteem voor groene transitie in de bouw. Het investeert in een ruimte voor sensibilisering van bouwprofessionals en in infrastructuur voor het versterken van vaardigheden in circulaire biogebaseerde materialen._x000D_
+</t>
+  </si>
+  <si>
+    <t>Eco-build Kempen - Materialentransitie &amp; Werving</t>
+  </si>
+  <si>
+    <t>51.132439899842915;4.86220856485683E+15</t>
+  </si>
+  <si>
+    <t>01-09-2025</t>
+  </si>
+  <si>
+    <t>31-08-2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LoT versterkt haar rol als centrale hub in de ET-sector met een investering in 2 volwaardige studio’s voor audioproductie en -onderzoek: een “Audio Productie, Editing &amp; Mixing Studio” en een “Immersive Audio Mastering Studio”. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LoT - State-of-the-art Audiostudio’s </t>
+  </si>
+  <si>
+    <t>02-02-2025</t>
+  </si>
+  <si>
+    <t>02-02-2028</t>
+  </si>
+  <si>
+    <t>De Esports campus combineert technologie, opleiding en innovatie. Het biedt bedrijven en andere doelgroepen toegang tot exergaming, Esports en digitale vaardigheden, met focus op talentontwikkeling, experimenteren en samenwerking met industrie.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Innovatieve vaardigheden door Esports en Exergaming </t>
+  </si>
+  <si>
+    <t>51.15026;3.23724</t>
+  </si>
+  <si>
+    <t>132 - BE251 Arr. Brugge</t>
+  </si>
+  <si>
+    <t>0267384458|0259366716|0267384458</t>
+  </si>
+  <si>
+    <t>Scholengroep impact - Hoofdzetel van : GO! technisch atheneum Brugge|Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten|Scholengroep impact - Scholengemeenschapsinstelling GO! Impact</t>
+  </si>
+  <si>
+    <t>Andere rechtsvorm|Openbare instelling|Andere rechtsvorm</t>
+  </si>
+  <si>
+    <t>CHEMHUB is een nieuwe locatie waar studenten en professionals uit de chemie-, life sciences en voedingssectoren beroep kunnen doen op state-of-the-art opleidingsinfrastructuur.</t>
+  </si>
+  <si>
+    <t>UCLL CHEMHUB</t>
+  </si>
+  <si>
+    <t>01-11-2025</t>
+  </si>
+  <si>
+    <t>31-10-2028</t>
+  </si>
+  <si>
+    <t>50.92884304293751;5.396002126782338</t>
+  </si>
+  <si>
+    <t>0417195515</t>
+  </si>
+  <si>
+    <t>UCLL - Campus Diepenbeek - UC Limburg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">'Hart voor Ontharding +. Groenblauwe schoolstraten in de Kempen', streeft naar klimaatadaptatie in het ontwerp-, uitvoerings- en beheersproces van gemeentewegen.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hart voor Ontharding +. </t>
+  </si>
+  <si>
+    <t>01-10-2025</t>
+  </si>
+  <si>
+    <t>30-09-2028</t>
+  </si>
+  <si>
+    <t>51.136593;4.756963</t>
+  </si>
+  <si>
+    <t>0207725597|0207502004</t>
+  </si>
+  <si>
+    <t>Provincie Antwerpen - Provinciehuis|Gemeente Herenthout</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>3-in-1 identificatie van schadelijke vluchtige componenten in (vochthoudende) consumentenartikelen en bouwproducten.</t>
+  </si>
+  <si>
+    <t>3-in-1</t>
+  </si>
+  <si>
+    <t>307 - BE23 Prov. Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Syntra AB wil XR verankeren in beroepsopleidingen om docenten en cursisten beter voor te bereiden op huidige en toekomstige beroepscompetenties en met XR en gamificatie ook moeilijker te scholen groepen te motiveren tot LLL. </t>
+  </si>
+  <si>
+    <t>XR4SKILLS</t>
+  </si>
+  <si>
+    <t>31-03-2028</t>
+  </si>
+  <si>
+    <t>50.84957;4.72417|51.05122;4.4599|51.19947;4.43401</t>
+  </si>
+  <si>
+    <t>139 - BE2 VLAAMS GEWEST</t>
+  </si>
+  <si>
+    <t>Syntra AB bouwt op haar site in Mechelen in fase 2 het bouw-praktijkcomplex als onderdeel van de nieuwe campus (ICTM) om toekomstgerichte, technische en innovatieve opleidingen flexibel te kunnen blijven aanbieden aan de denkenden doeners in Vlaanderen.</t>
+  </si>
+  <si>
+    <t>BUILD4SKILLS</t>
+  </si>
+  <si>
+    <t>01-05-2025</t>
+  </si>
+  <si>
+    <t>30-04-2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dit project heeft als doel om te investeren in de uitbouw van een platform dat onderzoek faciliteert naar schaalbare, duurzame, kostenefficiënte en kwalitatieve precisiefermentatie processen. </t>
+  </si>
+  <si>
+    <t>Global Bio-Product Center of Excellence 2025</t>
+  </si>
+  <si>
+    <t>50.853009732991126;4.725497061160646</t>
+  </si>
+  <si>
+    <t>306 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0417497106</t>
+  </si>
+  <si>
+    <t>AB Inbev - Anheuser-Busch InBev</t>
+  </si>
+  <si>
+    <t>LLL@UHasselt realiseert vier state-of-the-art opleidingslaboratoria in een nieuw gebouw op haar campus op Limburg Diepenbeek Campus en focust op de domeinen energie, bouw, nucleaire technologie en gezondheidszorg.</t>
+  </si>
+  <si>
+    <t>LLL@UHasselt</t>
+  </si>
+  <si>
+    <t>50.92567147878317;5.391354109834491</t>
+  </si>
+  <si>
+    <t>Multifunctionele Transformatie Vogelwijk in Dessel</t>
+  </si>
+  <si>
+    <t>MTV</t>
+  </si>
+  <si>
+    <t>51.241636;5.094069</t>
+  </si>
+  <si>
+    <t>0207536943</t>
+  </si>
+  <si>
+    <t>Gemeente Dessel - Administratief centrum "De Plaetse"</t>
+  </si>
+  <si>
+    <t>Met de PXL MAD STUDIOS realiseert Hogeschool PXL een geïntegreerde, state-of-the-art opleidingsinfrastructuur voor hoogtechnologische profielen in de belevingseconomie.</t>
+  </si>
+  <si>
+    <t>PXL MAD STUDIOS</t>
+  </si>
+  <si>
+    <t>50.93787807721404;5.350237956365344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het Elektrificatie Instituut is het eerste instituut in Vlaanderen dat zich toelegt op de directe elektrificatie (elektrificatie 2.0) van industriële en chemische processen. Het instituut is opgericht in 2024 door UAntwerpen. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het Elektrificatie Instituut </t>
+  </si>
+  <si>
+    <t>01-09-2028</t>
+  </si>
+  <si>
+    <t>51.19049254777618;4.36178492223195</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAU Secours beoogt een analyse van de wederzijdse impact van industriële en stedelijke groei en ontwikkelingen vs. waterkwaliteit en -kwantiteit, toegepast op een pilootgebied langs/op een grensoverschrijdende waterloop, i.c. de Leie, in West-Vlaanderen. </t>
+  </si>
+  <si>
+    <t>EAU Secours</t>
+  </si>
+  <si>
+    <t>15-09-2025</t>
+  </si>
+  <si>
+    <t>14-09-2027</t>
+  </si>
+  <si>
+    <t>50.895282240927465;3.34708807922013</t>
+  </si>
+  <si>
+    <t>0881702779|0244195916</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK (VITO)</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Naamloze vennootschap van publiek recht</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Met "Warm Water Werkt" benutten we de kracht van water om duurzame warmte en schoon water te leveren. Door aquathermie en slimme desinfectietechnologieën te implementeren, maken we sanitair duurzamer, energiezuiniger en toekomstbestendig._x000D_
+</t>
+  </si>
+  <si>
+    <t>Warm Water Werkt - Innovatief sanitair De Lilse Bergen</t>
+  </si>
+  <si>
+    <t>51.2861751842571;4.847945621173275|51.28526259533862;4.841057709180803</t>
+  </si>
+  <si>
+    <t>0207725597|0420392258</t>
+  </si>
+  <si>
+    <t>Provincie Antwerpen - Provinciehuis|EVAP PRLB - Provinciaal Recreatiedomein De Lilse Bergen - De Lilse Bergen</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Met dit project wil SyntraPXL haar bestaande automotive-atelier op de campus te Hasselt transformeren tot een state-of-the-art e-mobility lab gericht op de meest moderne en duurzaamste technieken en technologieën. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">E-mobility lab </t>
+  </si>
+  <si>
+    <t>01-06-2025</t>
+  </si>
+  <si>
+    <t>31-05-2028</t>
+  </si>
+  <si>
+    <t>50.93703244313063;5.361207854315843</t>
+  </si>
+  <si>
+    <t>Concertgebouw wil graag de opportuniteit voor een ecologische renovatie van de gebouwschil van het Concertgebouw exploreren &amp; een innoverende voorbeeldrol opnemen voor de implementatie van fotovoltaïsche oplossingen in een erfgoedcontext</t>
+  </si>
+  <si>
+    <t>Zonne-energetisch potentieel in erfgoedcontext: Concertgebouw Brugge</t>
+  </si>
+  <si>
+    <t>51.20399;3.21857</t>
+  </si>
+  <si>
+    <t>155 - BE251 Arr. Brugge</t>
+  </si>
+  <si>
+    <t>0464499049</t>
+  </si>
+  <si>
+    <t>Concertgebouw Brugge</t>
+  </si>
+  <si>
+    <t>Dit project richt zich op de ontwikkeling van een digitaal mechanisme om de competenties van doelgroepmedewerkers in kaart te brengen, met het oog op een verhoogde efficiëntie, objectiviteit, onderlinge vergelijkbaarheid en evolutiemeeting.</t>
+  </si>
+  <si>
+    <t>Skillscan</t>
+  </si>
+  <si>
+    <t>50.99559848756289;3.127372674670439|50.85049762374753;3.262158392082438|50.78869495396193;3.101016153817141|51.22545691945591;2.950951491260056|51.024523434676766;3.118787667871695|51.193392698387726;3.184114326266424|50.967597287892076;3.260102106900243|51.06827906988009;2.690182653267112</t>
+  </si>
+  <si>
+    <t>0542777851|0881702779|0407079207|0439993582|0407963885|0407762165|0407768895|0425410920|0429649325</t>
+  </si>
+  <si>
+    <t>Federatie van Maatwerkbedrijven 4WERK vzw|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|MARIASTEEN - Mariasteen - Gits|Waak-BW - waak 1|Werkplaats Interwest - MAATWERKBEDRIJF INTERWEST - Beschutte Werkplaats InterWest|De Oesterbank|Westlandia VZW|Forena|Huize Tordale - OptimaT</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Vereniging zonder winstoogmerk|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk|Vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Herentals wil een klimaatbestendige en innovatieve herbestemming geven aan de stadsomwalling door de realisatie van een Vestenpark. Aan de Vest worden een kindvriendelijke groene speelplek en buurttuin gerealiseerd als onderdeel van het Vestenpark.</t>
+  </si>
+  <si>
+    <t>Speelplek en buurttuin Vestje</t>
+  </si>
+  <si>
+    <t>23-10-2024</t>
+  </si>
+  <si>
+    <t>01-12-2026</t>
+  </si>
+  <si>
+    <t>51.17347;4.837|51.17347;4.83753</t>
+  </si>
+  <si>
+    <t>0207504675</t>
+  </si>
+  <si>
+    <t>Stad Herentals - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>Kringwinkel Antwerpen lanceert een praktijk campus (cluster) voor slimme textielsortering. Met AI, traceerbaarheid en NIR-scanning focust het project op hergebruik, recyclage en kennisdeling om duurzaam textielbeheer en circulaire economie te bevorderen.</t>
+  </si>
+  <si>
+    <t>TMRG (Textile Material Recovery GRID)</t>
+  </si>
+  <si>
+    <t>51.24396631859996;4.44981976782841</t>
+  </si>
+  <si>
+    <t>125 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0442423037</t>
+  </si>
+  <si>
+    <t>DKA - DE  KRINGWINKEL ANTWERPEN</t>
+  </si>
+  <si>
+    <t>Post-processing van plantgebaseerde chemicaliën op pilootschaal</t>
+  </si>
+  <si>
+    <t>RECIPE</t>
+  </si>
+  <si>
+    <t>51.22344;5.11101</t>
+  </si>
+  <si>
+    <t>306 - BE213 Arr. Turnhout</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INDUTRAIN beoogt de verdere uitbreiding, specialisering en promotie van opleidingen industrie 4.0 als antwoord op de steeds hoger wordende nood aan geschoolde arbeidskrachten in de industrie in West-Vlaanderen. _x000D_
+</t>
+  </si>
+  <si>
+    <t>INDUTRAIN</t>
+  </si>
+  <si>
+    <t>51.20704033961497;2.941594444997273|50.80231855601361;3.281508364136956</t>
+  </si>
+  <si>
+    <t>0410959009|0881702779</t>
+  </si>
+  <si>
+    <t>SYNTRA WEST|Provinciale Ontwikkelingsmaatschappij West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Vereniging zonder winstoogmerk|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap</t>
+  </si>
+  <si>
+    <t>01-01-2026</t>
+  </si>
+  <si>
+    <t>31-12-2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Renoveren van Cultureel Centrum Neeroeteren_x000D_
+</t>
+  </si>
+  <si>
+    <t>Renovatie CCN (Fase 2)</t>
+  </si>
+  <si>
+    <t>06-01-2021</t>
+  </si>
+  <si>
+    <t>05-01-2028</t>
+  </si>
+  <si>
+    <t>51.087704;5.700425</t>
+  </si>
+  <si>
+    <t>279 - BE222 Arr. Maaseik</t>
+  </si>
+  <si>
+    <t>0207473201</t>
+  </si>
+  <si>
+    <t>Stad Maaseik - Cultureel centrum Neeroeteren</t>
+  </si>
+  <si>
+    <t>EMS NEXT ondersteunt steden en gemeenten bij de slimme, sociale uitrol van laadinfrastructuur aan openbare gebouwen, gekoppeld aan EMS. Zo benutten we zonne-energie beter, creëren we flexibiliteit en maken we laden toegankelijk voor iedereen.</t>
+  </si>
+  <si>
+    <t>EMS NEXT</t>
+  </si>
+  <si>
+    <t>50.81166;3.35448|50.80074;3.27064|50.825;3.25098</t>
+  </si>
+  <si>
+    <t>134 - BE254 Arr. Kortrijk</t>
+  </si>
+  <si>
+    <t>0205350681|0207494678|0207492502|0259366716</t>
+  </si>
+  <si>
+    <t>Intercommunale Leiedal|Stad Kortrijk - Stadhuis Kortrijk|Stad Harelbeke - Stad Harelbeke - Administratie|Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten</t>
+  </si>
+  <si>
+    <t>Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Stad / gemeente|Openbare instelling</t>
+  </si>
+  <si>
+    <t>Syntra Midden-Vlaanderen realiseert een state-of-the-art klimaatdak-opleidingsinfrastructuur voor het trainen van KMO’s uit de Denderregio.</t>
+  </si>
+  <si>
+    <t>Klimaatdaken voor de Denderregio</t>
+  </si>
+  <si>
+    <t>50.96038;4.04613</t>
+  </si>
+  <si>
+    <t>0420803024</t>
+  </si>
+  <si>
+    <t>SYNTRA MIDDEN VLAANDEREN - SYNTRA MIDDEN VLAANDEREN campus Gent</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het project ‘Energierenovatie Jeugdlokalen Adegem (EJA)’ betreft een energetisch verbeterproject van een gemeentelijk publiek gebouw (totaal 960m²) dat gelegen is bij een gemeentelijk recreatie- en ontspanningsterrein. </t>
+  </si>
+  <si>
+    <t>Energierenovatie Jeugdlokalen Adegem (EJA)</t>
+  </si>
+  <si>
+    <t>51.197652;3.480448</t>
+  </si>
+  <si>
+    <t>279 - BE233 Arr. Eeklo</t>
+  </si>
+  <si>
+    <t>0207448554</t>
+  </si>
+  <si>
+    <t>Gemeente Maldegem - Dienst Infrastructuur</t>
+  </si>
+  <si>
+    <t>Tenera Healthregion: de plek waar kennisinstellingen, zorg- en techondernemers de toekomst van de Denderregio vormgeven.</t>
+  </si>
+  <si>
+    <t>Tenera Healthregion</t>
+  </si>
+  <si>
+    <t>50.939745091407815;4.013928062457506</t>
+  </si>
+  <si>
+    <t>142 - BE231 Arr. Aalst</t>
+  </si>
+  <si>
+    <t>0207437468</t>
+  </si>
+  <si>
+    <t>Stad Aalst - Algemene Administratie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Renovatie westvleugel en hernieuwbouw zuidvleugel van de academie om de laatste fase van energetische renovatie uit te voeren met aandacht voor de erfgoeddelen en bredere milieu- en duurzaamheidsacties. _x000D_
+ </t>
+  </si>
+  <si>
+    <t>Energetische renovatie en hernieuwbouw academie stad Geel</t>
+  </si>
+  <si>
+    <t>01-03-2026</t>
+  </si>
+  <si>
+    <t>51.16402;4.990036</t>
+  </si>
+  <si>
+    <t>279 - BE211 Arr. Antwerpen</t>
+  </si>
+  <si>
+    <t>0207533874</t>
+  </si>
+  <si>
+    <t>Stad Geel - Hoofdzetel van : Stedelijke Academie voor Muziek, Woordkunst-Drama en Dans</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het gemeentebestuur wil van sporthal De Kroonaard een state-of-the-art-gebouw maken qua energie-efficiëntie. _x000D_
+We willen gaan naar een sporthal met energielabel A en 100% koolstofneutraliteit. </t>
+  </si>
+  <si>
+    <t>Sporten in Heuvelland met een kleinere voetafdruk</t>
+  </si>
+  <si>
+    <t>17-11-2025</t>
+  </si>
+  <si>
+    <t>50.78944926952217;2.876965693615593</t>
+  </si>
+  <si>
+    <t>279 - BE253 Arr. Ieper</t>
+  </si>
+  <si>
+    <t>0216770056</t>
+  </si>
+  <si>
+    <t>Gemeente Heuvelland - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>F.I.T. in Sportcentrum Laguna: Futureproof, Innovatief en Toegankelijk</t>
+  </si>
+  <si>
+    <t>F.I.T. in Sportcentrum Laguna</t>
+  </si>
+  <si>
+    <t>51.335811546425795;3.252540836809165</t>
+  </si>
+  <si>
+    <t>279 - BE251 Arr. Brugge</t>
+  </si>
+  <si>
+    <t>0207691252</t>
+  </si>
+  <si>
+    <t>Gemeente Knokke-Heist - Vrije tijd - sport</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het project Ringpark Het Schijn Fase 1 omvat de herinrichting van de Schijnvallei stroomopwaarts van het pompgemaal, de inrichting van buurtpleinen als waterbergende ontvangstruimtes voor hemelwater vanuit de wijk en de inrichting van het park met groen. </t>
+  </si>
+  <si>
+    <t>Ringpark Het Schijn Fase 1</t>
+  </si>
+  <si>
+    <t>51.223847;4.451812</t>
+  </si>
+  <si>
+    <t>Deze renovatie zal op een duurzame en energiebewuste manier voor bijkomende huisvesting zorgen voor de lokale verenigingen in het centrum van Vrasene, en dus optimaal bereikbaar zijn met de fiets, te voet en het openbaar vervoer.</t>
+  </si>
+  <si>
+    <t>Renovatie oud gemeentehuis Vrasene</t>
+  </si>
+  <si>
+    <t>51.218812858338694;4.195439372512954</t>
+  </si>
+  <si>
+    <t>279 - BE236 Arr. Sint-Niklaas</t>
+  </si>
+  <si>
+    <t>1010783451</t>
+  </si>
+  <si>
+    <t>Gemeente Beveren-Kruibeke-Zwijndrecht</t>
+  </si>
+  <si>
+    <t>Dit project omvat de renovatie van een oud schoolgebouw in het centrum van Passendale dat een nieuwe bestemming als polyvalente ruimte krijgt.</t>
+  </si>
+  <si>
+    <t>Oude Jongensschool Passendale Re-energised</t>
+  </si>
+  <si>
+    <t>15-10-2025</t>
+  </si>
+  <si>
+    <t>14-10-2028</t>
+  </si>
+  <si>
+    <t>50.899865479303166;3.018714826253009</t>
+  </si>
+  <si>
+    <t>0207432124</t>
+  </si>
+  <si>
+    <t>Gemeente Zonnebeke - Gemeentehuis Zonnebeke</t>
+  </si>
+  <si>
+    <t>De bouwschil van het oude gedeelte van de sporthal in Kruishoutem wordt geïsoleerd en gerenoveerd.</t>
+  </si>
+  <si>
+    <t>Energetische renovatie sporthal Kruishoutem</t>
+  </si>
+  <si>
+    <t>50.90159;3.52752</t>
+  </si>
+  <si>
+    <t>279 - BE235 Arr. Oudenaarde</t>
+  </si>
+  <si>
+    <t>0697608954</t>
+  </si>
+  <si>
+    <t>Gemeente Kruisem - Gemeentehuis Kruisem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Het GzG VLAG-project richt zich op het verbeteren van het beheer van verkeerssignalisatie._x000D_
+Via EFRO willen we VLAG opschalen met: uitbreiding van de Verkeerssignalisatietool, betere grafische kwaliteit, opschaling van de connectiviteit_x000D_
+_x000D_
+_x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>Slim Verkeersbeheer</t>
+  </si>
+  <si>
+    <t>51.04764411503323;3.730702130773637|50.861293686020325;4.356995559527489</t>
+  </si>
+  <si>
+    <t>0207451227|0316380841|0207432520|0207691252</t>
+  </si>
+  <si>
+    <t>Stad Gent|Agentschap Wegen en Verkeer|Stad Roeselare - Stadhuis|Gemeente Knokke-Heist - Stadhuis Knokke</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Dit EFRO project heeft als primair doel een centraal contactpunt per Midwest bestuur te realiseren.</t>
+  </si>
+  <si>
+    <t>Slim contactpunt regio Midwest</t>
+  </si>
+  <si>
+    <t>50.964501069750554;3.419146726207453|50.970399464230674;3.008622137799013|50.85896866423119;3.132809539696291|50.92082849333279;3.333916297370025|50.99502066604233;3.266734555044301|50.89140659594796;3.063752497368653|50.97864728154321;3.082681582031078|50.94642217938823;3.138713139700355|51.00072583292531;3.327159625125493|51.027975719272284;3.140048055045814|50.911164728908595;3.373295043394436</t>
+  </si>
+  <si>
+    <t>134 - BE256 Arr. Roeselare</t>
+  </si>
+  <si>
+    <t>0694591957|0207431629|0207437864|0207438458|0207434203|0207490621|0207436676|0207432916|0207488344|0207435785|0207487354</t>
+  </si>
+  <si>
+    <t>DVV Midwest - Streekhuis|Gemeente Moorslede - Gemeentehuis Moorslede|Gemeente Wielsbeke - Gemeentehuis Wielsbeke|Stad Tielt - Stadhuis|Gemeente Dentergem - Gemeentehuis Dentergem|Gemeente Hooglede - Gemeentehuis Hooglede|Gemeente Oostrozebeke - Gemeentehuis Oostrozebeke|Gemeente Pittem - Gemeentehuis Pittem|Gemeente Staden - Gemeentehuis Staden|Gemeente Lichtervelde - Gemeentehuis Lichtervelde|Gemeente Ledegem - Gemeentehuis Ledegem</t>
+  </si>
+  <si>
+    <t>Lead partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner|Partner</t>
+  </si>
+  <si>
+    <t>Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Verbouwing van het gemeenschapscentrum de Roosenberg tot een energie-efficiënt en multifunctioneel gebouw</t>
+  </si>
+  <si>
+    <t>Renovatie GC de Roosenberg</t>
+  </si>
+  <si>
+    <t>50.822997;4.658411</t>
+  </si>
+  <si>
+    <t>279 - BE242 Arr. Leuven</t>
+  </si>
+  <si>
+    <t>0207523679</t>
+  </si>
+  <si>
+    <t>Gemeente Oud-Heverlee - Gemeentebestuur Oud-Heverlee</t>
+  </si>
+  <si>
+    <t>Met het project "Zee van service" wil Stad Blankenberge haar dienstverlening verbeteren via de implementatie van een digitaal afspraken- en klantengeleidingssysteem.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zee van service </t>
+  </si>
+  <si>
+    <t>51.314528;3.131417|51.310818;3.132394|51.31488;3.142956|51.306388;3.133088</t>
+  </si>
+  <si>
+    <t>134 - BE255 Arr. Oostende</t>
+  </si>
+  <si>
+    <t>0206684927</t>
+  </si>
+  <si>
+    <t>Stad Blankenberge</t>
+  </si>
+  <si>
+    <t>Stad Brugge wil met EFRO-steun de mobiele kit voor identiteitsdocumenten opschalen. De kit maakt klantgerichte dienstverlening op locatie mogelijk en versterkt de digitale weerbaarheid van gemeenten, ook bij cyberincidenten of technische storingen.</t>
+  </si>
+  <si>
+    <t>MOKIT+-toekomstgerichte dienstverlening</t>
+  </si>
+  <si>
+    <t>50.880053;4.715943|51.21881;4.441435|51.196969;3.219244|51.202141;4.459889|51.226159;3.75362|51.202141;4.394048|51.209028;3.445322|51.027983;4.482087|51.242058;4.441435</t>
+  </si>
+  <si>
+    <t>0207528035|0207448554|0207521503|0207499430|0207500123|0207447861</t>
+  </si>
+  <si>
+    <t>Stad Brugge - Huis van de Bruggeling|Gemeente Maldegem|Stad Leuven - Stadskantoor|Stad Mechelen - Stadhuis - Algemene diensten|Stad Antwerpen|Gemeente Assenede - Gemeentehuis Assenede</t>
+  </si>
+  <si>
+    <t>Het project centraliseert het Gebruikers- en Toegangsbeheer (IAM) binnen Stad Gent volgens de NIS2-regelgeving, met als doel een veiligere ICT-omgeving, door efficiënter beheer en monitoring van digitale identiteiten, hun toegangs- en gebruikersrechten.</t>
+  </si>
+  <si>
+    <t>Versterken beveiliging van het digitaal gebruikers- en toegangsbeheer in Gent</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Er is nood om het huidige platform te vernieuwen en te optimaliseren, uit te breiden met een module voor Buitenschoolse Opvang en Activiteiten (BOA) en klaar te stomen voor toekomstgerichte, interoperabele integraties._x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>Intergemeentelijk Loket Kinderopvang 2.0</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>30-11-2028</t>
+  </si>
+  <si>
+    <t>50.80708;4.93766|50.92097;4.50416|50.97968;4.97535|50.77049;4.53495|50.93617;4.90939|50.76603;4.47294|50.94327;4.97659|50.90279;4.67293|50.82872;4.8266|50.82842;4.75379|50.98465;4.46424|50.92664;4.80535|50.827;4.69032|50.88366;4.84|51.00368;4.63018|50.97042;4.63592|50.82515;4.51461|50.882818;4.696078|50.98493;5.04993|50.86615;4.6304|50.98226;4.57187|50.88033;4.71599</t>
+  </si>
+  <si>
+    <t>Geetbets investeert in energie-efficiënte, duurzame ontmoetingsplaatsen. In Grazen staat een energetische renovatie van het buurthuis centraal, met multifunctioneel gebruik voor een toekomstgericht patrimoniumbeheer.</t>
+  </si>
+  <si>
+    <t>Ontmoetingscentrum De Poel in Grazen</t>
+  </si>
+  <si>
+    <t>11-07-2025</t>
+  </si>
+  <si>
+    <t>10-07-2028</t>
+  </si>
+  <si>
+    <t>50.871562;5.126006</t>
+  </si>
+  <si>
+    <t>0207518137</t>
+  </si>
+  <si>
+    <t>Gemeente Geetbets - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>De Pit is een drukbezocht sport- en cultuurcentrum te Buggenhout._x000D_
+Het doel is om dit gebouw energetisch toekomstbestendig te maken door de energie-efficiëntie te verbeteren en de CO2-uitstoot verder te verminderen.</t>
+  </si>
+  <si>
+    <t>Renovatie De Pit Buggenhout</t>
+  </si>
+  <si>
+    <t>51.013;4.19117</t>
+  </si>
+  <si>
+    <t>279 - BE232 Arr. Dendermonde</t>
+  </si>
+  <si>
+    <t>0207445287</t>
+  </si>
+  <si>
+    <t>Gemeente Buggenhout - De Pit</t>
+  </si>
+  <si>
+    <t>Digitale transformatie doorzetten in de regio Westhoek met automatische rechtentoekenningen en 24/7 dienstverleningsautomaat.</t>
+  </si>
+  <si>
+    <t>WestWave: Jouw gemak, onze zorg: snel, slim en digitaal!</t>
+  </si>
+  <si>
+    <t>50.97987341314784;2.749359768631035|51.12924030478075;2.751428439973192|51.01219157276276;2.70724848414491|50.873493071675995;2.987485397631867|50.932348737578884;2.735475418062688|51.021594255308905;2.863907561110785|51.033519093998066;2.864492299750781|51.09660557676717;2.588458097471856|50.85538463404249;2.727281531442467|50.97842339162791;2.950947981280585|51.08917537728396;2.978887568806743|51.069967037122005;2.66132057145924|50.914669787951844;2.91757196297569|51.02534766445882;3.041820797639143|51.11860437553504;2.634404626479095</t>
+  </si>
+  <si>
+    <t>0695496928|0206751837|0207434597|0207494579</t>
+  </si>
+  <si>
+    <t>DVV Westhoek - Dienstverlenende vereniging Westhoek - Streekhuis Westhoek|Stad Poperinge - Administratieve diensten|Gemeente De Panne - Gemeentehuis|Stad Veurne - Stad Veurne - Admininstratie</t>
+  </si>
+  <si>
+    <t>Dienstverlenende vereniging (Vlaams Gewest)|Stad / gemeente|Stad / gemeente|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Emissiedetectie: verdere ontwikkeling en toepassing van slimme sensor- en softwaretechnologie voor het detecteren van emissies die leiden tot geurhinder.</t>
+  </si>
+  <si>
+    <t>E-Detect</t>
+  </si>
+  <si>
+    <t>50.89321;2.61524|50.81879;3.03428|50.93645;3.16577</t>
+  </si>
+  <si>
+    <t>0207725696|0244195916|0207432520</t>
+  </si>
+  <si>
+    <t>Provincie West-Vlaanderen - Filiaal I|VITO - VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK|Stad Roeselare - Stadhuis</t>
+  </si>
+  <si>
+    <t>Provinciale overheid|Naamloze vennootschap van publiek recht|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Via Mijnbestuur.be krijgen burgers toegang tot het maken van meldingen, afspraken, inschrijvingen &amp; patrimonium reserveren. Van aanvraag tot verwerking /opvolging verloopt via dit systeem. Het is herbruik-en schaalbaar &amp; koppelt met Vlaamse bouwstenen.</t>
+  </si>
+  <si>
+    <t>“mijnbestuur.be” uitgerold: lokale besturen digitaal sterker</t>
+  </si>
+  <si>
+    <t>51.01213981482266;2.707353738924216|50.86927308313491;2.891808111955157|50.9324181048988;2.735338664694892|50.89125209841196;3.063839317524217|50.7652336885961;2.898420709332582|50.87333097871881;2.987601696147788|50.978561815621134;2.951220162140938|50.855488588348585;2.727437710479767|51.07001401816215;2.661272547184848</t>
+  </si>
+  <si>
+    <t>0207432124|0695496928</t>
+  </si>
+  <si>
+    <t>Gemeente Zonnebeke - Gemeentehuis Zonnebeke|DVV Westhoek - Dienstverlenende vereniging Westhoek - Streekhuis Westhoek</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Dienstverlenende vereniging (Vlaams Gewest)</t>
+  </si>
+  <si>
+    <t>Met de heraanleg van de kaaivlakte ter hoogte van het voormalige Loodswezen wordt een volgende stap gezet in de bescherming van de stad tegen overstroming en wordt er een duurzame, groene openbare ruimte gecreëerd.</t>
+  </si>
+  <si>
+    <t>Scheldekaaien Loodswezen</t>
+  </si>
+  <si>
+    <t>51.2266;4.39975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We willen de welkom app uitrollen overheen heel Vlaanderen. Zo kunnen nieuwkomers zelfstandig hun weg vinden in hun nieuwe stad of gemeente en kunnen lokale besturen nieuwkomers op een toegankelijke manier onthalen. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uitrol Welkomapp </t>
+  </si>
+  <si>
+    <t>50.8466482810252;4.360553026443529|51.02864129145639;4.485958608381514|51.132215234469484;4.56193696693964</t>
+  </si>
+  <si>
+    <t>0207502301|0543307391|0207499430</t>
+  </si>
+  <si>
+    <t>Stad Lier - Gemeentelijke administratie|Agentschap Integratie en Inburgering|Stad Mechelen - Stadhuis - Algemene diensten</t>
+  </si>
+  <si>
+    <t>Stad / gemeente|Private stichting|Stad / gemeente</t>
+  </si>
+  <si>
+    <t>Energetische renovatie van sporthal en bibliotheek Bertem.</t>
+  </si>
+  <si>
+    <t>Renovatie sporthal/bib Bertem</t>
+  </si>
+  <si>
+    <t>22-09-2025</t>
+  </si>
+  <si>
+    <t>21-09-2028</t>
+  </si>
+  <si>
+    <t>50.86625211965688;4.630614535784078</t>
+  </si>
+  <si>
+    <t>0207516256</t>
+  </si>
+  <si>
+    <t>Gemeente Bertem - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Met het project realiseert gemeentebestuur Glabbeek acties uit het gemeentelijk klimaatactieplan 2030, die als doel hebben het patrimonium energiezuinig te maken. Het project omvat sites die ingezet worden voor jeugdwerking, lokale vereniging en inwoners.</t>
+  </si>
+  <si>
+    <t>Een tweede jeugd voor patrimonium</t>
+  </si>
+  <si>
+    <t>50.88707098078796;4.9552389064113|50.85830601054663;4.924187533481377</t>
+  </si>
+  <si>
+    <t>0207518335</t>
+  </si>
+  <si>
+    <t>Gemeente Glabbeek - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Limburg AI Research Accelerator</t>
+  </si>
+  <si>
+    <t>LARA</t>
+  </si>
+  <si>
+    <t>50.95348903388346;5.351012056967075</t>
+  </si>
+  <si>
+    <t>133 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>opnieuw isoleren van de gebouwschil van het oudste deel van sporthal De_x000D_
+Bemvoort. Het boogdak, gevels en platte daken van hal ABCD worden aangepakt.</t>
+  </si>
+  <si>
+    <t>Isolatie gebouwschil sporthal De Bemvoort</t>
+  </si>
+  <si>
+    <t>51.21249;5.42807</t>
+  </si>
+  <si>
+    <t>0876186449</t>
+  </si>
+  <si>
+    <t>AGB PELT</t>
+  </si>
+  <si>
+    <t>renovatie dak sporthal</t>
+  </si>
+  <si>
+    <t>50.762268;3.4943163</t>
+  </si>
+  <si>
+    <t>0207690757</t>
+  </si>
+  <si>
+    <t>Gemeente Kluisbergen - Sport- en recreatieoord</t>
+  </si>
+  <si>
+    <t>De energetische renovatie van sportcomplex Hoogboom is een pilootproject van AGB Kapellen, met focus op isolatie en fossielvrije verwarming, om dit maatschappelijk relevant gebouw toekomstbestendig te maken als toonaangevend voorbeeld.</t>
+  </si>
+  <si>
+    <t>Energetisch renovatie sportcomplex Hoogboom</t>
+  </si>
+  <si>
+    <t>51.310861;4.45225</t>
+  </si>
+  <si>
+    <t>0643817110</t>
+  </si>
+  <si>
+    <t>AGB Kapellen - Autonoom Gemeentebedrijf Kapellen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transformatie van de gemeentelijke feestzaal tot multifunctionele cultuurhub_x000D_
+</t>
+  </si>
+  <si>
+    <t>C³ (Cultuur x Community x Cordonnier)</t>
+  </si>
+  <si>
+    <t>51.003536;3.886093</t>
+  </si>
+  <si>
+    <t>0207447366</t>
+  </si>
+  <si>
+    <t>Gemeente Wetteren - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>Slim waterbeheer in het bekken van de Mandel</t>
+  </si>
+  <si>
+    <t>Rainbrain 2.0.</t>
+  </si>
+  <si>
+    <t>50.9309130656629;3.09925548586993|50.943208;3.128303|50.952455;3.113637</t>
+  </si>
+  <si>
+    <t>0207725696|0207432520</t>
+  </si>
+  <si>
+    <t>Provincie West-Vlaanderen - Provinciehuis Boeverbos|Stad Roeselare - Stadhuis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dit project beoogt een integrale aanpak voor de integratie van een gemeentelijke bibliotheek en een dienst van algemeen belang  te Wakken._x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>De groene bibliotheek van Dentergem</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>09-12-2028</t>
+  </si>
+  <si>
+    <t>50.933463;3.397134</t>
+  </si>
+  <si>
+    <t>279 - BE257 Arr. Tielt</t>
+  </si>
+  <si>
+    <t>0207434203</t>
+  </si>
+  <si>
+    <t>Gemeente Dentergem</t>
+  </si>
+  <si>
+    <t>Stad Izegem test een vernieuwende, inclusieve stadsdienst met mobiel loket, afhaalautomaat en selfservice kiosk. Flexibel, digitaal én nabij, met oog voor alle inwoners. Een schaalbaar leertraject dat inzet op uitrol in andere gemeenten.</t>
+  </si>
+  <si>
+    <t>Burgerloket in beweging</t>
+  </si>
+  <si>
+    <t>50.92040476010474;3.214122583478523</t>
+  </si>
+  <si>
+    <t>0207489037</t>
+  </si>
+  <si>
+    <t>Stad Izegem - Stad Izegem - Administratie</t>
+  </si>
+  <si>
+    <t>Isoleren van de gebouwschil van de Maeke-Blyde</t>
+  </si>
+  <si>
+    <t>De Maeke-Blyde energetisch vervolmaeke</t>
+  </si>
+  <si>
+    <t>01-07-2028</t>
+  </si>
+  <si>
+    <t>50.859391;2.726893</t>
+  </si>
+  <si>
+    <t>0835121894</t>
+  </si>
+  <si>
+    <t>Autonoom Gemeentebedrijf De Kouter</t>
+  </si>
+  <si>
+    <t>Isoleren van het boogdak, 2 kopgevels en platte daken van sporthal Beverlo waardoor het grootste deel van het verliesoppervlak van de sporthal performanter wordt gemaakt. Het energieverbruik wordt verlaagd terwijl de gebruiker meer comfort zal ervaren.</t>
+  </si>
+  <si>
+    <t>Sporthal Beverlo - isoleren boogdak en kopgevels</t>
+  </si>
+  <si>
+    <t>51.08932;5.22181</t>
+  </si>
+  <si>
+    <t>279 - BE221 Arr. Hasselt</t>
+  </si>
+  <si>
+    <t>0207465281</t>
+  </si>
+  <si>
+    <t>Stad Beringen - Stedelijke Administratief Centrum (S.A.C.)</t>
+  </si>
+  <si>
+    <t>Energetische renovatie van het Buurthuis.</t>
+  </si>
+  <si>
+    <t>Van oud naar goud: Het Buurthuis</t>
+  </si>
+  <si>
+    <t>50.9163;5.1457</t>
+  </si>
+  <si>
+    <t>0842479642</t>
+  </si>
+  <si>
+    <t>AGB HALEN - AUTONOOM GEMEENTEBEDRIJF HALEN</t>
+  </si>
+  <si>
+    <t>Stad Sint-Niklaas investeert actief in het versterken van haar cyberveiligheid en ontwikkelt daarbij een praktische roadmap die ook andere lokale besturen toelaat om snel en doelgericht aan de slag te gaan.</t>
+  </si>
+  <si>
+    <t>Naar een cyberveilig Sint-Niklaas: een slimme aanpak voor lokale besturen</t>
+  </si>
+  <si>
+    <t>51.164903558902076;4.139598111064928</t>
+  </si>
+  <si>
+    <t>134 - BE236 Arr. Sint-Niklaas</t>
+  </si>
+  <si>
+    <t>0207464192</t>
+  </si>
+  <si>
+    <t>Stad Sint-Niklaas - Stadhuis</t>
+  </si>
+  <si>
+    <t>Met de renovatie van sportcentrum Ter Beke investeert stad Sint-Niklaas in energiezuinige en toekomstgerichte sportinfrastructuur.</t>
+  </si>
+  <si>
+    <t>Ter Beke in beweging: naar een energie-efficiënt sportcentrum</t>
+  </si>
+  <si>
+    <t>51.15584037112545;4.048413313290373</t>
+  </si>
+  <si>
+    <t>De gemeente Maasmechelen maakt de monumentale Kunstacademie toekomstbestendig via twee energiebesparende ingrepen: vernieuwen van het buitenschrijnwerk en volledige relighting van het gebouw.</t>
+  </si>
+  <si>
+    <t>Academie Maasmechelen - Energetische renovatie - Relighting &amp; vervangen buitenschrijnwerk</t>
+  </si>
+  <si>
+    <t>01-07-2026</t>
+  </si>
+  <si>
+    <t>51.00074;5.70221</t>
+  </si>
+  <si>
+    <t>279 - BE22 Prov. Limburg</t>
+  </si>
+  <si>
+    <t>0207691351</t>
+  </si>
+  <si>
+    <t>Gemeente Maasmechelen - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>Met dit project wil de Open Manufacturing Campus een flexibele, gedeelde, laagdrempelige cleanroomfaciliteit realiseren waarin kmo's hun producten en productie kunnen prototypen, testen en valideren zonder hoge instapdrempels.</t>
+  </si>
+  <si>
+    <t>Flexible Cleanroom Labs @ OMC</t>
+  </si>
+  <si>
+    <t>51.301597;4.917855</t>
+  </si>
+  <si>
+    <t>125 - BE213 Arr. Turnhout</t>
+  </si>
+  <si>
+    <t>0844370053</t>
+  </si>
+  <si>
+    <t>Open Manufacturing Campus</t>
+  </si>
+  <si>
+    <t>Dit project beoogt de oprichting van een Praktijkcentrum Insecten dat dienst doet als testfaciliteit en innovatiehub voor insectenkweek. De ambitie is om de toepassing en integratie van insectenkweek in Vlaanderen en België versnellen.</t>
+  </si>
+  <si>
+    <t>Praktijkcentrum Insecten</t>
+  </si>
+  <si>
+    <t>01-02-2026</t>
+  </si>
+  <si>
+    <t>31-01-2029</t>
+  </si>
+  <si>
+    <t>51.1545756678242;4.954381765712085</t>
+  </si>
+  <si>
+    <t>Cipal NV realiseert een bedrijfsverzamelgebouw  van ca 4320 m² op de Innovatiecampus in Geel vlakbij de Thomas More Hogeschool en KULeuven campus Geel. 2000 m² van dit gebouw zal als incubator uitgebaat worden.</t>
+  </si>
+  <si>
+    <t>INNcubator</t>
+  </si>
+  <si>
+    <t>51.15850620486311;4.968189302686171</t>
+  </si>
+  <si>
+    <t>0442802030</t>
+  </si>
+  <si>
+    <t>CIPAL - CIPAL NV</t>
+  </si>
+  <si>
+    <t>KLIMABOOST 1b - Mirom Menen</t>
+  </si>
+  <si>
+    <t>50.78880339930807;3.101091300771598</t>
+  </si>
+  <si>
+    <t>160 - BE254 Arr. Kortrijk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klimaatadaptieve groene en blauwe infrastructuur creëren en verder uitbouwen + innovatieve onthardingsprojecten realiseren </t>
+  </si>
+  <si>
+    <t>KLIMABOOST 1c - Torhout en Menen</t>
+  </si>
+  <si>
+    <t>51.07595764071409;3.109377967729785|50.78921192651375;3.099790969873824|50.78660029858359;3.093765489105895|50.787944084434116;3.096764875559436</t>
+  </si>
+  <si>
+    <t>0881702779|0662627883|0871058416|0463120461|0448148314</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen|De Keyzer Immo|MAN WEST-VLAANDEREN|BerryAlloc NV - BERRY ALLOC MENEN|VERTEXCO</t>
+  </si>
+  <si>
+    <t>Overheid van het Vlaamse Gewest en van de Vlaamse Gemeenschap|Naamloze vennootschap|Naamloze vennootschap|Naamloze vennootschap|Naamloze vennootschap</t>
+  </si>
+  <si>
     <t>Het XR-competentiepunt de Skip is een innovatiecluster waar ondernemingen en organisaties terecht kunnen voor demonstraties en opleidingen in of via XR-technieken.</t>
   </si>
   <si>
-    <t>BE</t>
-[...10 lines deleted...]
-  <si>
     <t>De Bio Base Advance investering betreft bijkomende apparatuur voor de opzuivering van microbieel eiwit, alsook infrastructuur voor de lokale behandeling van de hierbij geproduceerde proceswaters.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Het project betreft de aanleg van een warmte- en koudenet tussen de hernieuwbare energiebron en warmtevragers van de gasloze residentiële wijk en KMO-site De Voerman in Anzegem. De bron is een drinkwaterleiding, het betreft een 5e generatie warmtenet.</t>
   </si>
   <si>
     <t>Realisatie van een poortgebouw als open innovatiecentrum voor de zorg op Health Campus Limburg.</t>
   </si>
   <si>
     <t>Remote Clinical Monitoring Center (RCMC) Demolab, een brug naar de digitale toekomst._x000D_
 Interactieve proeftuin voor onderzoek, innovatie en dienstverlening ten dienste van het op afstand opvolgen van patiënten._x000D_</t>
   </si>
   <si>
-    <t>Realisatie van een gebouwencomplex voor biomedisch onderzoek met huisvesting van gedeelde geavanceerde technologieplatformen ter versterking van het life sciences ecosysteem in het kader van Health Campus Limburg DC als regionaal economisch speerpunt.</t>
-[...4 lines deleted...]
-  <si>
     <t>Dit project beoogt de realisatie van een hoogtechnologisch bewegings- en belevingslab (MOVELab), welke een demo-, test- en ontwikkelingsomgeving aanbiedt, waarin totstandkoming en vermarkting van co-creaties wordt gestimuleerd.</t>
   </si>
   <si>
-    <t>Innovatie cluster voor de entertainment technologie</t>
-[...25 lines deleted...]
-  <si>
     <t>Het project PXL BusinessHUB focust op de realisatie van onderzoeksinfrastructuur die het ecosysteem tussen de onderzoeks- en bedrijfswereld naar een hoger niveau tilt. De inhoudelijke leidraad van de BusinessHUB is digitalisering en duurzaam ondernemen.</t>
   </si>
   <si>
     <t>Het BlueChem XL project zal met de EFRO-steun een uitbreiding realiseren van het huidige gebouw van de BlueChem incubator voor duurzame chemie.</t>
   </si>
   <si>
-    <t>GAINS, het deep tech co-innovatie center in artificiële intelligentie (AI) en fotonica, is een grootschalige publiek-private samenwerking ter versnelling van duurzame, deep tech digitale innovaties.</t>
-[...1 lines deleted...]
-  <si>
     <t>Een Living Lab opzetten voor duurzame innovatie in TRL 6-9, tegen holistische energie-, water-, afval- en natuurdoelstellingen met de mogelijkheid om ervaringen van consumenten/gebruikers met kits in een natuurlijke thuisomgeving te integreren.</t>
   </si>
   <si>
     <t>Bouw en inrichting van innovatie leerhubs binnen de Mastercampus Roeselare voor de domeinen: industrie 4.0; smart, green and connected vehicles; smart buildings/cities; new materials.</t>
   </si>
   <si>
-    <t>IN2PV is een project van UHasselt, imec en Soltech waarin we investeren in opschaling van productie en verschillende demonstratielocaties voor IPV toepassingen. Zo dekken we de gehele waardeketen van dunne film -en tandem-PV binnen de Thor site in Genk.</t>
-[...17 lines deleted...]
-  <si>
     <t>Aanleg van een distributienet met aflevering van warmte op een bedrijventerrein van 4,5 ha in Tervuren.</t>
   </si>
   <si>
-    <t>Het project omvat de herbouw van de huidige Pater Sangersbrug (N761) over de Gemeenschappelijk Maas die de verbinding vormt tussen Maaseik (België, provincie Limburg) en Echt-Susteren (Nederland, Provincie Nederlands Limburg</t>
-[...1 lines deleted...]
-  <si>
     <t>Het M-Technology Center in Gent, een initiatief van Mtech+, wordt een unieke state-of-the-art trainingsaccommodatie voor de Industry 4.0.</t>
   </si>
   <si>
-    <t>MyCSN wil via een nieuw (te ontwikkelen) platform de 3D-data van bomen en verhardingen voor de hele regio Limburg beschikbaar stellen voor burgers, ondernemingen en onderzoeksinstellingen.</t>
-[...19 lines deleted...]
-  <si>
     <t>Het project beoogt de verdere uitbouw van de kennisboulevard digital health in Brugge, door het upgraden van de wetenschappelijk test- en valideringsomgevingen bij de kennisinstellingen, en de activering van de community digital health.</t>
   </si>
   <si>
-    <t>Dit project herprofileert een geklasseerde waterloop, centraal in het bedrijventerrein Heidebaan-Noord, als stamas van het regenwatersysteem voor de nieuw te bouwen bedrijven, bestaande bedrijven in de nabije omgeving en de omwonenden.</t>
-[...44 lines deleted...]
-  <si>
     <t>De ‘Innovatieve Proeftuin MIA in Actie' is een ondersteunend, gestructureerd platform voor het verbeteren van de mobiliteit en het uittesten van innovatieve concepten i.f.v. een mobiliteitstransitie in Limburg.</t>
   </si>
   <si>
     <t>Via planmatig onderzoek in interactie met bedrijven de expertise ontwikkelen om 2 nieuwe softwaremodules toe te voegen aan SmarThor zodat bedrijven toegang krijgen tot contextrijke datasets en plug&amp;play interfaces om hun softwareoplossingen te testen._x000D_</t>
-  </si>
-[...1 lines deleted...]
-    <t>Resilient VEG-i-TEC wil als smart food hub een accelerator zijn om voedingsbedrijven te helpen innoveren en daarbij hun energie- en watergerelateerde KPI’s te behalen en te streven naar een zero-waste approach.</t>
   </si>
   <si>
     <t>_x000D_
 Versterken van de onderzoeks- en innovatiecapaciteit voor een geConTRoLeerde en gerichte SHIFT in de (West-Vlaamse) VOEDINGsindustrie door het gebruik van _x000D_
 ALTernatieve, duurzame grondstoffen_x000D_</t>
   </si>
   <si>
-    <t>Het XR-Huis heeft als doelstelling de innovatie- en concurrentiekracht van Limburgse bedrijven te verhogen door hen te stimuleren om meer gebruik te maken van XR-technologieën (VR/AR/MR, serious gaming, wearables en sensoren) in hun bedrijfsvoering.</t>
-[...4 lines deleted...]
-  <si>
     <t>KU Leuven en VIVES zullen binnen dit project samenwerken aan de uitbouw van een Industrie 4.0 Product Lifecycle Management (PLM) ecosysteem.</t>
   </si>
   <si>
     <t>Retailsonar wenst, na een succesvol proof of concept, een innovatief platform te ontwikkelen voor Vlaamse (en later Europese) ondernemingen en overheden om de beste locatie voor EV-laadpalen te bepalen.</t>
-  </si>
-[...19 lines deleted...]
-    <t>Uitrol van een pakket cybersecurity maatregelen in Gent, met als doelen: de gebruikers beter beschermen, het cybersecuritybewustzijn verhogen, de kritieke ICT-assets beter beschermen en de toepassingen controleren op kwetsbaarheden.</t>
   </si>
   <si>
     <t>Syntra AB VZW wil als toonaangevende opleidingsorganisatie een Innovatieve Campus van de Toekomst bouwen op haar site in Mechelen (ICTM)  om toekomstgerichte, technische opleidingen te kunnen blijven aanbieden aan ondernemers en KMO-medewerkers.</t>
   </si>
   <si>
     <t>Met Digihub 2.0 (Digi-connect) ondersteunt Voka – KvK Limburg de kmo’s in hun digitaliseringsuitdagingen met_x000D_
 laagdrempelig en neutraal advies en klankbord.</t>
   </si>
   <si>
-    <t>Digiconnect</t>
+    <t>Realisatie van Bouwcampus 2.0, met kernonderzoeksinfrastructuur (AC3) om circulaire bouwmaterialen versneld te ontwikkelen en te testen.</t>
   </si>
   <si>
     <t>RAUs: experimentele kamers waar (landbouw)ecosysteemeenheden worden onderworpen aan experimentele behandelingen van enkele weken tot enkele maanden zoals stikstofdepositie en klimaatverandering om de respons van het ecosysteem te testen</t>
   </si>
   <si>
-    <t>Het Spoorpark verbindt Draakplaats (Zurenborg) en Luitenant Naeyaertplein (Borgerhout) en vormt een essentiële parkruimte in deze dicht bebouwde en bevolkte wijken en een strategische groene (deel)ruimte binnen de klimaatambities van de stad.</t>
+    <t>BOOST2BIKE wil een multimodale overslag in personenmobiliteit voor de Elfde Linie-campus in Hasselt realiseren. Door de realisatie van diverse investeringen zullen duizenden automobilisten maximaal gestimuleerd worden om zich duurzamer te verplaatsen.</t>
   </si>
   <si>
     <t>Detectie en identificatie van schadelijke additieven en degradatieproducten ter ondersteuning van textiel-, kunststof- en recyclagebedrijven bij de recyclage van textiel- en kunststofproducten.</t>
   </si>
   <si>
-    <t>ILVO bouwt een Post Harvest Pilot op z'n site in Merelbeke-Melle om bedrijven te ondersteunen in het uitbouwen van nieuwe of optimalisatie van bestaande activiteiten tussen het oogsten van (innovatie) gewassen en verdere verwerking of verkoop.</t>
+    <t>SyntraPXL en de gemeente Pelt beogen met dit project een tweede campusgebouw van ongeveer 1863m² op de economische site ‘educatiefcentrum Hoekstraat’ te ontwikkelen en te integreren binnen het aanwezige leerecosysteem. _x000D_</t>
   </si>
   <si>
     <t>VITO wil investeren in een pilootlijn voor het 3D printen van functionele componenten voor de duurzame chemie- en energiesector.</t>
   </si>
   <si>
-    <t>Klimaatadaptieve herinrichting van prominente locaties in de dorpskernen van de Kempen</t>
-[...2 lines deleted...]
-    <t>Dit projectvoorstel richt zich op het stimuleren van digitale innovatie binnen het kmo-weefsel van West-Vlaanderen door het opzetten van laagdrempelige infopunten op de campussen van Howest in Kortrijk en Brugge.</t>
+    <t>De stad Antwerpen wil het buurtplein 'den Bell' een nieuwe, groene invulling geven, die hittereductie, regenwaterbeheer en biodiversiteit in de wijk verbetert.</t>
+  </si>
+  <si>
+    <t>Met Unlocking Digital Potential beogen we de versterking van het West-Vlaamse valorisatiepotentieel ten gunste van een versnelde digitale en technologische transformatie van de kmo's in onze provincie.</t>
   </si>
   <si>
     <t>Het FRB zal zich focussen op het bieden van aangepaste infrastructuur voor het opleidingscentrum. Doel is een oplossing te bieden aan de zeer grote nood aan opleidingen en dit voor alle doelgroepen (leerlingen, werkzoekenden, werknemers, …) .</t>
   </si>
   <si>
-    <t>Dit project streeft naar klimaatadaptatie in het ontwerp-, uitvoerings- en beheersproces van gemeentewegen en test dit in twee demonstraties. Het ontwikkelt een beleidsaanpak voor het ontwerpen en monitoren van een klimaatbestendig publiek domein</t>
-[...10 lines deleted...]
-  <si>
     <t>Implementatie van een state-of-the-art multiplex screeningsplatform op de Health Campus waarmee zowel cel veroudering  als ziekte-specifieke merkers gemeten worden.</t>
   </si>
   <si>
-    <t>Ghent Thermal Energy Conversion Hub</t>
-[...4 lines deleted...]
-  <si>
     <t>HORTIVEC omvat de realisatie van een demonstratie-, ontmoetings- en ervaringscentrum met als doel de benodigde praktijkkennis en vaardigheden bij de verschillende actoren van een tuinbouwbedrijf te krijgen om de uitdagingen richting 2030 aan te gaan.</t>
   </si>
   <si>
-    <t>F7/F45-L86 De Pinte</t>
-[...7 lines deleted...]
-  <si>
     <t>Vesalius Next is een experience centre dat hedendaagse gezondheidszorguitdagingen verbindt met toekomstige innovaties door samenwerking, co-creatie en kennisdeling tussen relevante stakeholders te stimuleren in een unieke setting.</t>
   </si>
   <si>
-    <t>INNOvatieve PlantGroeiPromotie analyse in duurzame LANdbouw</t>
-[...1 lines deleted...]
-  <si>
     <t>Infrastructuur voor de GMP faciliteit Cel- en Gentherapie voor de productie van Geavanceerde Geneesmiddelen voor Industriële Partners.</t>
   </si>
   <si>
-    <t>SimBIoZo, een herbouw op de campus Aalst van de Odisee Hogeschool, creëert ruimte om realistisch praktijkonderwijs binnen bouw en gezondheidzorg te ondersteunen met innovatieve technologieën. Zowel schil als omsloten ruimte dragen bij aan dit doel.</t>
-[...1943 lines deleted...]
-  <si>
     <t>APICA streeft ernaar het digitale brein en zenuwstelsel binnen POAB verder te ontwikkelen door AI technologie verder te integreren in zijn operationele werking. In dit project wordt AI ingezet om de planning van de nautische keten te optimaliseren. _x000D_</t>
   </si>
   <si>
     <t>Een mobiele versie van het Barge Traffic System (BTS) in het havenplatform Antwerpen.</t>
   </si>
   <si>
-    <t>PXL GREENOVATION is een investeringsproject dat van de Campus Elfde Linie een klimaatadaptieve en klimaatresistente campus zal maken.</t>
-[...10 lines deleted...]
-  <si>
     <t>Het doel van dit project is het (door)ontwikkelen van DjustConnect tot een Vlaamse data space als open innovatieplatform voor het valoriseren van data en het bijdragen tot de ontwikkeling van een data-economie in de Vlaamse agrovoedingssector</t>
   </si>
   <si>
-    <t>duurzame energieopwekking met windturbines en PV panelen op sociale hoogbouw</t>
-[...4 lines deleted...]
-  <si>
     <t>Met dit project wil SyntraPXL haar campussite in Hasselt op een duurzame en ecologische manier verzoenen met water en natuur. Centraal hierin staan watercaptatie en waterrecuperatie om de waterproblematiek op de site aan te pakken.</t>
   </si>
   <si>
     <t>Duurzame &amp; Efficiënte Lokale Textielrecyclage voor OnderStromen</t>
-  </si>
-[...5 lines deleted...]
-    <t>Data 4Construction toont bouwbedrijven de mogelijkheden van datacaptatie met praktijkvoorbeelden in het Data Connection Center en ondersteunt professionals bij innovatie, zoals procesoptimalisatie en het monitoren van duurzame materialen.</t>
   </si>
   <si>
     <t>Aanleg leiding en bouw pompstation om het gezuiverde afvalwater van Tiense Suiker op te waarderen tot drinkwater. Het bouwen van een pompput en bufferbekken om het hemelwater van het terrein "Tiense Watervelden" op te vangen en te bufferen._x000D_
 _x000D_</t>
   </si>
   <si>
-    <t>Ter hoogte van de Snepkaai en de Fabiolalaan realiseert sogent een nieuwe vaste oeververbinding over de Leie.</t>
-[...10 lines deleted...]
-  <si>
     <t>Het winterwater project beoogt om winterwater uit de Dormaalbeek te bufferen en aan te wenden als irrigatiewater in de zomer. _x000D_</t>
   </si>
   <si>
+    <t>Dit project wil met gerichte ingrepen de blauwgroene voorzieningen op bedrijventerreinen in het Meetjesland en de Leie-Scheldestreek in Oost-Vlaanderen optimaliseren en verduurzamen en zo de beleefbaarheid ervan voor bedrijven en de buurt versterken.</t>
+  </si>
+  <si>
     <t>Deze projectaanvraag zet specifiek in op gerichte investeringen in toekomstgerichte testfaciliteiten om bedrijven meer water- en grondstoffen circulair te maken en de uitdagingen rond concentraatstromen aan te pakken.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Het verhogen van de cyberweerbaarheid van lokale besturen, door hun data (en die van de burger), gerelateerde bedrijfsmiddelen en essentiële digitale dienstverlening te beschermen en de beschikbaarheid ervan tijdens een ernstige verstoring te waarborgen.</t>
   </si>
   <si>
     <t>GRAslandoNderzoek via prOefveldmaaier met in-line NIRS LAbo:_x000D_
 Proefveldmaaier met in-line NIRS labo voor graslandonderzoek_x000D_</t>
   </si>
   <si>
-    <t>De Vlaamse Overheid streeft naar een toekomstgerichte dienstverlening voor bedrijven en ecosystemen, waarbij Data &amp; Digitalisering een sleutelrol spelen. FIT en VLAIO transformeren hun diensten voor meer impact op de Vlaamse Economie</t>
-[...8 lines deleted...]
-  <si>
     <t>Dit investeringsproject zet in op een Kempens leerecosysteem van toekomstgerichte opleidingsinfrastructuur voor de groene transitie in de bebouwde omgeving. We investeren in energielabo’s voor gedeeld gebruik tussen onderwijs en ondernemingen.</t>
   </si>
   <si>
     <t>Ontwikkeling van klimaatadaptieve Limburg Diepenbeek Campus door inrichting groen-blauwe multifunctionele publieke ruimte en inschakelen van de natuurlijke omgeving als oplossing tegen extreme weersomstandigheden.</t>
   </si>
   <si>
     <t>Dit project ontwikkelt een Kempens leerecosysteem voor groene transitie in de bouw. Het investeert in een ruimte voor sensibilisering van bouwprofessionals en in infrastructuur voor het versterken van vaardigheden in circulaire biogebaseerde materialen._x000D_</t>
   </si>
   <si>
-    <t>50,881444535401855;4,295390765382442</t>
-[...529 lines deleted...]
-  <si>
     <t>Het Elektrificatie Instituut is het eerste instituut in Vlaanderen dat zich toelegt op de directe elektrificatie (elektrificatie 2.0) van industriële en chemische processen. Het instituut is opgericht in 2024 door UAntwerpen.</t>
   </si>
   <si>
-    <t>Concertgebouw wil graag de opportuniteit voor een ecologische renovatie van de gebouwschil van het Concertgebouw exploreren &amp; een innoverende voorbeeldrol opnemen voor de implementatie van fotovoltaïsche oplossingen in een erfgoedcontext</t>
-[...10 lines deleted...]
-  <si>
     <t>INDUTRAIN beoogt de verdere uitbreiding, specialisering en promotie van opleidingen industrie 4.0 als antwoord op de steeds hoger wordende nood aan geschoolde arbeidskrachten in de industrie in West-Vlaanderen. _x000D_</t>
-  </si>
-[...264 lines deleted...]
-    <t xml:space="preserve">POM Limburg, UHasselt en UCLL zullen met dit project de campus Diepenbeek klimaatadaptief inrichten door te investeren in groen-blauwe multifunctionele publieke ruimte en de natuurlijke omgeving in te schakelen als oplossing tegen extreme weersomstandigheden.  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
-    <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0.00"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...19 lines deleted...]
-      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...66 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...55 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Procent" xfId="2" builtinId="5"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
-  <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <dxfs count="1">
+    <dxf>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+    </dxf>
+  </dxfs>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1D4BB6B2-C0B6-477A-BA90-C8EA5CA48FC0}" name="Tabel1" displayName="Tabel1" ref="A1:B167" totalsRowShown="0">
-[...3 lines deleted...]
-    <tableColumn id="2" xr3:uid="{EAB85CCB-A12F-4A60-AF0D-0ECB4058138A}" name="Samenvatting"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F6F794D5-AC5C-4536-BA9D-8B87D185E85B}" name="Tabel1" displayName="Tabel1" ref="A1:AD214" totalsRowShown="0">
+  <autoFilter ref="A1:AD214" xr:uid="{F6F794D5-AC5C-4536-BA9D-8B87D185E85B}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:AD214">
+    <sortCondition ref="D1:D214"/>
+  </sortState>
+  <tableColumns count="30">
+    <tableColumn id="1" xr3:uid="{F5FDA1E4-9D74-4FFF-A726-505DEA9DA297}" name="Programma"/>
+    <tableColumn id="2" xr3:uid="{E73AB0E9-C4F2-455A-A5E8-94E4B5B426EF}" name="Prioriteit"/>
+    <tableColumn id="3" xr3:uid="{9AD0F3DC-A0E6-418E-A9F4-42F811754537}" name="Operationele_doelstelling"/>
+    <tableColumn id="4" xr3:uid="{4CEAD107-759D-495C-AAAB-A4F0C90F38DA}" name="Actie_ID"/>
+    <tableColumn id="5" xr3:uid="{3075A014-0DCC-44AF-87D3-8111B387C3D3}" name="Sequentie"/>
+    <tableColumn id="6" xr3:uid="{B30EF398-DC37-43F0-BC67-A3194D7A1366}" name="Hierarchie"/>
+    <tableColumn id="7" xr3:uid="{D9BD6702-D0B0-40EF-8159-BB0ABDEF5FA6}" name="Strategische_acties"/>
+    <tableColumn id="8" xr3:uid="{C6A09008-2FE1-48FA-BA6E-463215CDC9D7}" name="type_van_actie"/>
+    <tableColumn id="9" xr3:uid="{2F4ADD4E-54F6-45BD-BCAB-FD0DEB0FB000}" name="Doel"/>
+    <tableColumn id="10" xr3:uid="{50644523-6025-42EC-A6CF-2B3CCD1B5A25}" name="Naam"/>
+    <tableColumn id="11" xr3:uid="{DF05EA41-EE31-45D9-A11A-B5373699763C}" name="Samenvatting"/>
+    <tableColumn id="12" xr3:uid="{0041998A-7541-4BAA-BB77-B12461A07006}" name="Startdatum"/>
+    <tableColumn id="13" xr3:uid="{BC0A2424-EA07-4F8E-815E-935313343331}" name="Einddatum"/>
+    <tableColumn id="14" xr3:uid="{4A72EA07-B426-4E99-BD58-78E7A394107F}" name="Mobiele_actie"/>
+    <tableColumn id="15" xr3:uid="{4D113523-0D4F-4B12-83BC-31A035A96DD2}" name="gps_coordinaten"/>
+    <tableColumn id="16" xr3:uid="{DBA7326B-59FE-41C0-9573-4A15B9841877}" name="Adres"/>
+    <tableColumn id="17" xr3:uid="{A46087A5-1E83-4712-8B77-660B857E7FAC}" name="Land"/>
+    <tableColumn id="18" xr3:uid="{D4A60018-F08C-46A3-9788-EB7CE80C792B}" name="Categorisatie_code"/>
+    <tableColumn id="19" xr3:uid="{F7620D44-DA52-4A67-BB57-FD5C0367BAE9}" name="Beleidsdoelstelling"/>
+    <tableColumn id="20" xr3:uid="{61D2A8FD-3067-437C-BA55-EEB0E3380163}" name="Totale_kosten" dataCellStyle="Valuta"/>
+    <tableColumn id="21" xr3:uid="{446DC1E9-8ADD-472C-BB7A-764D47173975}" name="Fonds"/>
+    <tableColumn id="22" xr3:uid="{8DF17FA3-A1BC-42BC-9169-60C79AA24CE0}" name="EU_Bijdrage" dataCellStyle="Valuta"/>
+    <tableColumn id="23" xr3:uid="{1B2A8472-B817-4308-BBBF-7084EFFFCCFC}" name="EU_Cofinancieringsgraad" dataDxfId="0" dataCellStyle="Procent"/>
+    <tableColumn id="24" xr3:uid="{6D0EDA17-1321-4304-ADDD-5B13F155FB55}" name="aantal"/>
+    <tableColumn id="25" xr3:uid="{895E9EED-EE34-4B19-9461-91A48C01D5BF}" name="Begunstigde_id"/>
+    <tableColumn id="26" xr3:uid="{28DEB0B7-039C-49FB-B0FC-35B9B77BE8E8}" name="Contractor_name"/>
+    <tableColumn id="27" xr3:uid="{381C9CE3-AE26-42C2-82B3-265AEBAAD702}" name="partner_naam"/>
+    <tableColumn id="28" xr3:uid="{0802D9F3-4CD2-4262-BF3A-FEA752387453}" name="rol"/>
+    <tableColumn id="29" xr3:uid="{3DE9CFFE-77EC-4F07-BE48-BB59FE3D8D77}" name="rechtsvorm"/>
+    <tableColumn id="30" xr3:uid="{2175F3DD-911F-4245-B459-0C43C2157BEF}" name="The_Union_fishing_fleet_register_identification"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -3736,96 +4454,92 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -3903,12390 +4617,15467 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01556FE5-8F45-4FA1-ABA3-73A369F468B8}">
-  <dimension ref="A1:AD149"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:AD214"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A128" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="M154" sqref="M154"/>
+    <sheetView tabSelected="1" topLeftCell="A170" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="W2" sqref="W2:W214"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.5546875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="30" max="30" width="15.109375" customWidth="1"/>
+    <col min="1" max="1" width="12.19921875" customWidth="1"/>
+    <col min="2" max="2" width="10" customWidth="1"/>
+    <col min="3" max="3" width="24.296875" customWidth="1"/>
+    <col min="4" max="4" width="9.5" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
+    <col min="6" max="6" width="11.09765625" customWidth="1"/>
+    <col min="7" max="7" width="18.5" customWidth="1"/>
+    <col min="8" max="8" width="15.296875" customWidth="1"/>
+    <col min="11" max="11" width="14" customWidth="1"/>
+    <col min="12" max="12" width="12.09765625" customWidth="1"/>
+    <col min="13" max="13" width="11.796875" customWidth="1"/>
+    <col min="14" max="14" width="14.5" customWidth="1"/>
+    <col min="15" max="15" width="16.59765625" customWidth="1"/>
+    <col min="18" max="18" width="18.59765625" customWidth="1"/>
+    <col min="19" max="19" width="18.296875" customWidth="1"/>
+    <col min="20" max="20" width="15.59765625" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="15" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="23.3984375" customWidth="1"/>
+    <col min="25" max="25" width="15.3984375" customWidth="1"/>
+    <col min="26" max="26" width="17.296875" customWidth="1"/>
+    <col min="27" max="27" width="14.59765625" customWidth="1"/>
+    <col min="29" max="29" width="12" customWidth="1"/>
+    <col min="30" max="30" width="42.59765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:30" s="4" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="A2" s="14" t="s">
+    <row r="1" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2">
+        <v>4</v>
+      </c>
+      <c r="C2">
+        <v>6</v>
+      </c>
+      <c r="D2">
+        <v>1638</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J2" t="s">
+        <v>33</v>
+      </c>
+      <c r="K2" t="s">
+        <v>32</v>
+      </c>
+      <c r="L2" t="s">
+        <v>34</v>
+      </c>
+      <c r="M2" t="s">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>37</v>
+      </c>
+      <c r="R2" t="s">
+        <v>38</v>
+      </c>
+      <c r="S2" t="s">
+        <v>39</v>
+      </c>
+      <c r="T2" s="1">
+        <v>4376560</v>
+      </c>
+      <c r="U2" t="s">
+        <v>40</v>
+      </c>
+      <c r="V2" s="1">
+        <v>2188280</v>
+      </c>
+      <c r="W2" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X2">
+        <v>1</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3">
+        <v>4</v>
+      </c>
+      <c r="C3">
+        <v>6</v>
+      </c>
+      <c r="D3">
+        <v>1661</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J3" t="s">
+        <v>46</v>
+      </c>
+      <c r="K3" t="s">
+        <v>45</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>47</v>
+      </c>
+      <c r="O3" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>37</v>
+      </c>
+      <c r="R3" t="s">
+        <v>49</v>
+      </c>
+      <c r="S3" t="s">
+        <v>39</v>
+      </c>
+      <c r="T3" s="1">
+        <v>700000</v>
+      </c>
+      <c r="U3" t="s">
+        <v>40</v>
+      </c>
+      <c r="V3" s="1">
+        <v>280000</v>
+      </c>
+      <c r="W3" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X3">
+        <v>1</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4">
+        <v>4</v>
+      </c>
+      <c r="C4">
+        <v>6</v>
+      </c>
+      <c r="D4">
+        <v>1665</v>
+      </c>
+      <c r="G4">
+        <v>5</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J4" t="s">
+        <v>54</v>
+      </c>
+      <c r="K4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>37</v>
+      </c>
+      <c r="R4" t="s">
+        <v>56</v>
+      </c>
+      <c r="S4" t="s">
+        <v>39</v>
+      </c>
+      <c r="T4" s="1">
+        <v>5189950</v>
+      </c>
+      <c r="U4" t="s">
+        <v>40</v>
+      </c>
+      <c r="V4" s="1">
+        <v>2075980</v>
+      </c>
+      <c r="W4" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X4">
+        <v>1</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5">
+        <v>2</v>
+      </c>
+      <c r="C5">
+        <v>2</v>
+      </c>
+      <c r="D5">
+        <v>1675</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K5" t="s">
+        <v>60</v>
+      </c>
+      <c r="L5" t="s">
+        <v>62</v>
+      </c>
+      <c r="M5" t="s">
+        <v>63</v>
+      </c>
+      <c r="O5" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>37</v>
+      </c>
+      <c r="R5" t="s">
+        <v>65</v>
+      </c>
+      <c r="S5" t="s">
+        <v>39</v>
+      </c>
+      <c r="T5" s="1">
+        <v>2660110.5</v>
+      </c>
+      <c r="U5" t="s">
+        <v>40</v>
+      </c>
+      <c r="V5" s="1">
+        <v>1064044.2</v>
+      </c>
+      <c r="W5" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X5">
+        <v>1</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6">
+        <v>1</v>
+      </c>
+      <c r="C6">
+        <v>1</v>
+      </c>
+      <c r="D6">
+        <v>1677</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+      <c r="I6" t="s">
+        <v>69</v>
+      </c>
+      <c r="J6" t="s">
+        <v>70</v>
+      </c>
+      <c r="K6" t="s">
+        <v>69</v>
+      </c>
+      <c r="L6" t="s">
+        <v>71</v>
+      </c>
+      <c r="M6" t="s">
+        <v>72</v>
+      </c>
+      <c r="O6" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R6" t="s">
+        <v>74</v>
+      </c>
+      <c r="S6" t="s">
+        <v>75</v>
+      </c>
+      <c r="T6" s="1">
+        <v>3275000</v>
+      </c>
+      <c r="U6" t="s">
+        <v>40</v>
+      </c>
+      <c r="V6" s="1">
+        <v>1300000</v>
+      </c>
+      <c r="W6" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X6">
+        <v>1</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="7" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7">
+        <v>2</v>
+      </c>
+      <c r="C7">
+        <v>2</v>
+      </c>
+      <c r="D7">
+        <v>1683</v>
+      </c>
+      <c r="H7" t="s">
+        <v>31</v>
+      </c>
+      <c r="I7" t="s">
+        <v>79</v>
+      </c>
+      <c r="J7" t="s">
+        <v>80</v>
+      </c>
+      <c r="K7" t="s">
+        <v>79</v>
+      </c>
+      <c r="L7" t="s">
+        <v>81</v>
+      </c>
+      <c r="M7" t="s">
+        <v>82</v>
+      </c>
+      <c r="O7" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" t="s">
+        <v>84</v>
+      </c>
+      <c r="S7" t="s">
+        <v>39</v>
+      </c>
+      <c r="T7" s="1">
+        <v>571401</v>
+      </c>
+      <c r="U7" t="s">
+        <v>40</v>
+      </c>
+      <c r="V7" s="1">
+        <v>228560</v>
+      </c>
+      <c r="W7" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X7">
+        <v>1</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>86</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8">
+        <v>1</v>
+      </c>
+      <c r="C8">
+        <v>1</v>
+      </c>
+      <c r="D8">
+        <v>1686</v>
+      </c>
+      <c r="G8">
+        <v>10</v>
+      </c>
+      <c r="H8" t="s">
+        <v>31</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1337</v>
+      </c>
+      <c r="J8" t="s">
+        <v>91</v>
+      </c>
+      <c r="K8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L8" t="s">
+        <v>92</v>
+      </c>
+      <c r="M8" t="s">
+        <v>93</v>
+      </c>
+      <c r="O8" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>37</v>
+      </c>
+      <c r="R8" t="s">
+        <v>95</v>
+      </c>
+      <c r="S8" t="s">
+        <v>75</v>
+      </c>
+      <c r="T8" s="1">
+        <v>25578286</v>
+      </c>
+      <c r="U8" t="s">
+        <v>40</v>
+      </c>
+      <c r="V8" s="1">
+        <v>12789143</v>
+      </c>
+      <c r="W8" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X8">
+        <v>2</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="9" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9">
+        <v>4</v>
+      </c>
+      <c r="C9">
+        <v>6</v>
+      </c>
+      <c r="D9">
+        <v>1689</v>
+      </c>
+      <c r="H9" t="s">
+        <v>31</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J9" t="s">
+        <v>101</v>
+      </c>
+      <c r="K9" t="s">
+        <v>100</v>
+      </c>
+      <c r="L9" t="s">
+        <v>102</v>
+      </c>
+      <c r="M9" t="s">
+        <v>103</v>
+      </c>
+      <c r="O9" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>37</v>
+      </c>
+      <c r="R9" t="s">
+        <v>105</v>
+      </c>
+      <c r="S9" t="s">
+        <v>39</v>
+      </c>
+      <c r="T9" s="1">
+        <v>550000</v>
+      </c>
+      <c r="U9" t="s">
+        <v>40</v>
+      </c>
+      <c r="V9" s="1">
+        <v>275000</v>
+      </c>
+      <c r="W9" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X9">
+        <v>4</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>106</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="10" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10">
+        <v>4</v>
+      </c>
+      <c r="C10">
+        <v>6</v>
+      </c>
+      <c r="D10">
+        <v>1691</v>
+      </c>
+      <c r="G10">
+        <v>10</v>
+      </c>
+      <c r="H10" t="s">
+        <v>31</v>
+      </c>
+      <c r="I10" t="s">
+        <v>110</v>
+      </c>
+      <c r="J10" t="s">
+        <v>111</v>
+      </c>
+      <c r="K10" t="s">
+        <v>110</v>
+      </c>
+      <c r="L10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="O10" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>37</v>
+      </c>
+      <c r="R10" t="s">
+        <v>38</v>
+      </c>
+      <c r="S10" t="s">
+        <v>39</v>
+      </c>
+      <c r="T10" s="1">
+        <v>12000645</v>
+      </c>
+      <c r="U10" t="s">
+        <v>40</v>
+      </c>
+      <c r="V10" s="1">
+        <v>3000161.25</v>
+      </c>
+      <c r="W10" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="X10">
+        <v>1</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11">
+        <v>1</v>
+      </c>
+      <c r="C11">
+        <v>1</v>
+      </c>
+      <c r="D11">
+        <v>1694</v>
+      </c>
+      <c r="G11">
+        <v>10</v>
+      </c>
+      <c r="H11" t="s">
+        <v>31</v>
+      </c>
+      <c r="I11" t="s">
+        <v>116</v>
+      </c>
+      <c r="J11" t="s">
+        <v>117</v>
+      </c>
+      <c r="K11" t="s">
+        <v>116</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>118</v>
+      </c>
+      <c r="O11" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>37</v>
+      </c>
+      <c r="R11" t="s">
+        <v>120</v>
+      </c>
+      <c r="S11" t="s">
+        <v>75</v>
+      </c>
+      <c r="T11" s="1">
+        <v>14982779</v>
+      </c>
+      <c r="U11" t="s">
+        <v>40</v>
+      </c>
+      <c r="V11" s="1">
+        <v>1498277.9</v>
+      </c>
+      <c r="W11" s="2">
+        <v>0.1</v>
+      </c>
+      <c r="X11">
+        <v>1</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>121</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="12" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12">
+        <v>1</v>
+      </c>
+      <c r="C12">
+        <v>1</v>
+      </c>
+      <c r="D12">
+        <v>1699</v>
+      </c>
+      <c r="H12" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1339</v>
+      </c>
+      <c r="J12" t="s">
+        <v>125</v>
+      </c>
+      <c r="K12" t="s">
+        <v>124</v>
+      </c>
+      <c r="L12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="O12" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>37</v>
+      </c>
+      <c r="R12" t="s">
+        <v>95</v>
+      </c>
+      <c r="S12" t="s">
+        <v>75</v>
+      </c>
+      <c r="T12" s="1">
+        <v>1600000</v>
+      </c>
+      <c r="U12" t="s">
+        <v>40</v>
+      </c>
+      <c r="V12" s="1">
+        <v>400000</v>
+      </c>
+      <c r="W12" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="X12">
+        <v>1</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13">
+        <v>1</v>
+      </c>
+      <c r="C13">
+        <v>1</v>
+      </c>
+      <c r="D13">
+        <v>1700</v>
+      </c>
+      <c r="G13">
+        <v>10</v>
+      </c>
+      <c r="H13" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" t="s">
+        <v>127</v>
+      </c>
+      <c r="J13" t="s">
+        <v>128</v>
+      </c>
+      <c r="K13" t="s">
+        <v>127</v>
+      </c>
+      <c r="L13" t="s">
+        <v>129</v>
+      </c>
+      <c r="M13" t="s">
+        <v>130</v>
+      </c>
+      <c r="O13" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>37</v>
+      </c>
+      <c r="R13" t="s">
+        <v>132</v>
+      </c>
+      <c r="S13" t="s">
+        <v>75</v>
+      </c>
+      <c r="T13" s="1">
+        <v>11615964.000000002</v>
+      </c>
+      <c r="U13" t="s">
+        <v>40</v>
+      </c>
+      <c r="V13" s="1">
+        <v>1161596.3999999999</v>
+      </c>
+      <c r="W13" s="2">
+        <v>0.1</v>
+      </c>
+      <c r="X13">
+        <v>1</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>133</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>134</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14">
+        <v>3</v>
+      </c>
+      <c r="C14">
+        <v>1</v>
+      </c>
+      <c r="D14">
+        <v>1703</v>
+      </c>
+      <c r="H14" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" t="s">
+        <v>135</v>
+      </c>
+      <c r="J14" t="s">
+        <v>136</v>
+      </c>
+      <c r="K14" t="s">
+        <v>135</v>
+      </c>
+      <c r="L14" t="s">
+        <v>34</v>
+      </c>
+      <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O14" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>37</v>
+      </c>
+      <c r="R14" t="s">
+        <v>138</v>
+      </c>
+      <c r="S14" t="s">
+        <v>39</v>
+      </c>
+      <c r="T14" s="1">
+        <v>4750000</v>
+      </c>
+      <c r="U14" t="s">
+        <v>40</v>
+      </c>
+      <c r="V14" s="1">
+        <v>1500000</v>
+      </c>
+      <c r="W14" s="2">
+        <v>0.32</v>
+      </c>
+      <c r="X14">
+        <v>1</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>139</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>140</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15">
+        <v>3</v>
+      </c>
+      <c r="C15">
+        <v>1</v>
+      </c>
+      <c r="D15">
+        <v>1704</v>
+      </c>
+      <c r="H15" t="s">
+        <v>31</v>
+      </c>
+      <c r="I15" t="s">
+        <v>141</v>
+      </c>
+      <c r="J15" t="s">
+        <v>141</v>
+      </c>
+      <c r="K15" t="s">
+        <v>141</v>
+      </c>
+      <c r="L15" t="s">
+        <v>62</v>
+      </c>
+      <c r="M15" t="s">
+        <v>63</v>
+      </c>
+      <c r="O15" t="s">
+        <v>142</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>37</v>
+      </c>
+      <c r="R15" t="s">
+        <v>143</v>
+      </c>
+      <c r="S15" t="s">
+        <v>39</v>
+      </c>
+      <c r="T15" s="1">
+        <v>3000000</v>
+      </c>
+      <c r="U15" t="s">
+        <v>40</v>
+      </c>
+      <c r="V15" s="1">
+        <v>1200000</v>
+      </c>
+      <c r="W15" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X15">
+        <v>1</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>144</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>145</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="16" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16">
+        <v>3</v>
+      </c>
+      <c r="C16">
+        <v>1</v>
+      </c>
+      <c r="D16">
+        <v>1705</v>
+      </c>
+      <c r="H16" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" t="s">
+        <v>147</v>
+      </c>
+      <c r="J16" t="s">
+        <v>147</v>
+      </c>
+      <c r="K16" t="s">
+        <v>147</v>
+      </c>
+      <c r="L16" t="s">
+        <v>62</v>
+      </c>
+      <c r="M16" t="s">
+        <v>63</v>
+      </c>
+      <c r="O16" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>37</v>
+      </c>
+      <c r="R16" t="s">
+        <v>149</v>
+      </c>
+      <c r="S16" t="s">
+        <v>39</v>
+      </c>
+      <c r="T16" s="1">
+        <v>1757000</v>
+      </c>
+      <c r="U16" t="s">
+        <v>40</v>
+      </c>
+      <c r="V16" s="1">
+        <v>702800</v>
+      </c>
+      <c r="W16" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X16">
+        <v>1</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>144</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>145</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A17" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17">
+        <v>3</v>
+      </c>
+      <c r="C17">
+        <v>1</v>
+      </c>
+      <c r="D17">
+        <v>1706</v>
+      </c>
+      <c r="H17" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" t="s">
+        <v>150</v>
+      </c>
+      <c r="J17" t="s">
+        <v>151</v>
+      </c>
+      <c r="K17" t="s">
+        <v>150</v>
+      </c>
+      <c r="L17" t="s">
+        <v>62</v>
+      </c>
+      <c r="M17" t="s">
+        <v>63</v>
+      </c>
+      <c r="O17" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>37</v>
+      </c>
+      <c r="R17" t="s">
+        <v>153</v>
+      </c>
+      <c r="S17" t="s">
+        <v>39</v>
+      </c>
+      <c r="T17" s="1">
+        <v>4496081.7</v>
+      </c>
+      <c r="U17" t="s">
+        <v>40</v>
+      </c>
+      <c r="V17" s="1">
+        <v>1798432.68</v>
+      </c>
+      <c r="W17" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X17">
+        <v>1</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>154</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>155</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18">
+        <v>4</v>
+      </c>
+      <c r="C18">
+        <v>6</v>
+      </c>
+      <c r="D18">
+        <v>1708</v>
+      </c>
+      <c r="H18" t="s">
+        <v>31</v>
+      </c>
+      <c r="I18" t="s">
+        <v>156</v>
+      </c>
+      <c r="J18" t="s">
+        <v>157</v>
+      </c>
+      <c r="K18" t="s">
+        <v>156</v>
+      </c>
+      <c r="L18" t="s">
+        <v>92</v>
+      </c>
+      <c r="M18" t="s">
+        <v>158</v>
+      </c>
+      <c r="O18" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>37</v>
+      </c>
+      <c r="R18" t="s">
+        <v>160</v>
+      </c>
+      <c r="S18" t="s">
+        <v>39</v>
+      </c>
+      <c r="T18" s="1">
+        <v>4400000</v>
+      </c>
+      <c r="U18" t="s">
+        <v>40</v>
+      </c>
+      <c r="V18" s="1">
+        <v>2200000</v>
+      </c>
+      <c r="W18" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X18">
+        <v>3</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>161</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>162</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19">
+        <v>3</v>
+      </c>
+      <c r="C19">
+        <v>1</v>
+      </c>
+      <c r="D19">
+        <v>1709</v>
+      </c>
+      <c r="H19" t="s">
+        <v>31</v>
+      </c>
+      <c r="I19" t="s">
+        <v>165</v>
+      </c>
+      <c r="J19" t="s">
+        <v>166</v>
+      </c>
+      <c r="K19" t="s">
+        <v>165</v>
+      </c>
+      <c r="L19" t="s">
+        <v>62</v>
+      </c>
+      <c r="M19" t="s">
+        <v>63</v>
+      </c>
+      <c r="O19" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>37</v>
+      </c>
+      <c r="R19" t="s">
+        <v>168</v>
+      </c>
+      <c r="S19" t="s">
+        <v>39</v>
+      </c>
+      <c r="T19" s="1">
+        <v>4023187.75</v>
+      </c>
+      <c r="U19" t="s">
+        <v>40</v>
+      </c>
+      <c r="V19" s="1">
+        <v>1000000</v>
+      </c>
+      <c r="W19" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="X19">
+        <v>1</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>169</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>170</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A20" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20">
+        <v>1</v>
+      </c>
+      <c r="C20">
+        <v>1</v>
+      </c>
+      <c r="D20">
+        <v>1710</v>
+      </c>
+      <c r="H20" t="s">
+        <v>31</v>
+      </c>
+      <c r="I20" t="s">
+        <v>172</v>
+      </c>
+      <c r="J20" t="s">
+        <v>173</v>
+      </c>
+      <c r="K20" t="s">
+        <v>172</v>
+      </c>
+      <c r="L20" t="s">
+        <v>174</v>
+      </c>
+      <c r="M20" t="s">
+        <v>175</v>
+      </c>
+      <c r="O20" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>37</v>
+      </c>
+      <c r="R20" t="s">
+        <v>95</v>
+      </c>
+      <c r="S20" t="s">
+        <v>75</v>
+      </c>
+      <c r="T20" s="1">
+        <v>722000</v>
+      </c>
+      <c r="U20" t="s">
+        <v>40</v>
+      </c>
+      <c r="V20" s="1">
+        <v>180500</v>
+      </c>
+      <c r="W20" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="X20">
+        <v>1</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>177</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>178</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A21" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21">
+        <v>4</v>
+      </c>
+      <c r="C21">
+        <v>6</v>
+      </c>
+      <c r="D21">
+        <v>1712</v>
+      </c>
+      <c r="G21">
+        <v>10</v>
+      </c>
+      <c r="H21" t="s">
+        <v>31</v>
+      </c>
+      <c r="I21" t="s">
+        <v>180</v>
+      </c>
+      <c r="J21" t="s">
+        <v>181</v>
+      </c>
+      <c r="K21" t="s">
+        <v>180</v>
+      </c>
+      <c r="L21" t="s">
+        <v>182</v>
+      </c>
+      <c r="M21" t="s">
+        <v>183</v>
+      </c>
+      <c r="O21" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>37</v>
+      </c>
+      <c r="R21" t="s">
+        <v>56</v>
+      </c>
+      <c r="S21" t="s">
+        <v>39</v>
+      </c>
+      <c r="T21" s="1">
+        <v>11001100</v>
+      </c>
+      <c r="U21" t="s">
+        <v>40</v>
+      </c>
+      <c r="V21" s="1">
+        <v>2750275</v>
+      </c>
+      <c r="W21" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="X21">
+        <v>1</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>185</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>186</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A22" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22">
+        <v>1</v>
+      </c>
+      <c r="C22">
+        <v>1</v>
+      </c>
+      <c r="D22">
+        <v>1715</v>
+      </c>
+      <c r="G22">
+        <v>10</v>
+      </c>
+      <c r="H22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1340</v>
+      </c>
+      <c r="J22" t="s">
+        <v>188</v>
+      </c>
+      <c r="K22" t="s">
+        <v>187</v>
+      </c>
+      <c r="L22" t="s">
+        <v>189</v>
+      </c>
+      <c r="M22" t="s">
+        <v>190</v>
+      </c>
+      <c r="O22" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>37</v>
+      </c>
+      <c r="R22" t="s">
+        <v>95</v>
+      </c>
+      <c r="S22" t="s">
+        <v>75</v>
+      </c>
+      <c r="T22" s="1">
+        <v>11174860.16</v>
+      </c>
+      <c r="U22" t="s">
+        <v>40</v>
+      </c>
+      <c r="V22" s="1">
+        <v>2750000</v>
+      </c>
+      <c r="W22" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="X22">
+        <v>1</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>192</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>193</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A23" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23">
+        <v>4</v>
+      </c>
+      <c r="C23">
+        <v>6</v>
+      </c>
+      <c r="D23">
+        <v>1716</v>
+      </c>
+      <c r="G23">
+        <v>5</v>
+      </c>
+      <c r="H23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1341</v>
+      </c>
+      <c r="J23" t="s">
+        <v>195</v>
+      </c>
+      <c r="K23" t="s">
+        <v>194</v>
+      </c>
+      <c r="L23" t="s">
+        <v>196</v>
+      </c>
+      <c r="M23" t="s">
+        <v>197</v>
+      </c>
+      <c r="O23" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>37</v>
+      </c>
+      <c r="R23" t="s">
+        <v>199</v>
+      </c>
+      <c r="S23" t="s">
+        <v>39</v>
+      </c>
+      <c r="T23" s="1">
+        <v>6857801.2999999998</v>
+      </c>
+      <c r="U23" t="s">
+        <v>40</v>
+      </c>
+      <c r="V23" s="1">
+        <v>2347121.79</v>
+      </c>
+      <c r="W23" s="2">
+        <v>0.34</v>
+      </c>
+      <c r="X23">
+        <v>1</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>200</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A24" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24">
+        <v>4</v>
+      </c>
+      <c r="C24">
+        <v>6</v>
+      </c>
+      <c r="D24">
+        <v>1718</v>
+      </c>
+      <c r="G24">
+        <v>10</v>
+      </c>
+      <c r="H24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" t="s">
+        <v>202</v>
+      </c>
+      <c r="J24" t="s">
+        <v>203</v>
+      </c>
+      <c r="K24" t="s">
+        <v>202</v>
+      </c>
+      <c r="L24" t="s">
+        <v>34</v>
+      </c>
+      <c r="M24" t="s">
+        <v>47</v>
+      </c>
+      <c r="O24" t="s">
+        <v>204</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>37</v>
+      </c>
+      <c r="R24" t="s">
+        <v>205</v>
+      </c>
+      <c r="S24" t="s">
+        <v>39</v>
+      </c>
+      <c r="T24" s="1">
+        <v>27582835</v>
+      </c>
+      <c r="U24" t="s">
+        <v>40</v>
+      </c>
+      <c r="V24" s="1">
+        <v>4993496.83</v>
+      </c>
+      <c r="W24" s="2">
+        <v>0.18</v>
+      </c>
+      <c r="X24">
+        <v>2</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>206</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>207</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A25" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25">
+        <v>1</v>
+      </c>
+      <c r="C25">
+        <v>1</v>
+      </c>
+      <c r="D25">
+        <v>1725</v>
+      </c>
+      <c r="H25" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1342</v>
+      </c>
+      <c r="J25" t="s">
+        <v>210</v>
+      </c>
+      <c r="K25" t="s">
+        <v>209</v>
+      </c>
+      <c r="L25" t="s">
+        <v>92</v>
+      </c>
+      <c r="M25" t="s">
+        <v>211</v>
+      </c>
+      <c r="O25" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>37</v>
+      </c>
+      <c r="R25" t="s">
+        <v>213</v>
+      </c>
+      <c r="S25" t="s">
+        <v>75</v>
+      </c>
+      <c r="T25" s="1">
+        <v>4701880.8499999996</v>
+      </c>
+      <c r="U25" t="s">
+        <v>40</v>
+      </c>
+      <c r="V25" s="1">
+        <v>1880752.34</v>
+      </c>
+      <c r="W25" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X25">
+        <v>2</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>214</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>215</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A26" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26">
+        <v>1</v>
+      </c>
+      <c r="C26">
+        <v>4</v>
+      </c>
+      <c r="D26">
+        <v>1726</v>
+      </c>
+      <c r="G26">
+        <v>10</v>
+      </c>
+      <c r="H26" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J26" t="s">
+        <v>218</v>
+      </c>
+      <c r="K26" t="s">
+        <v>217</v>
+      </c>
+      <c r="L26" t="s">
+        <v>112</v>
+      </c>
+      <c r="M26" t="s">
+        <v>219</v>
+      </c>
+      <c r="O26" t="s">
+        <v>220</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>37</v>
+      </c>
+      <c r="R26" t="s">
+        <v>221</v>
+      </c>
+      <c r="S26" t="s">
+        <v>75</v>
+      </c>
+      <c r="T26" s="1">
+        <v>24940000</v>
+      </c>
+      <c r="U26" t="s">
+        <v>40</v>
+      </c>
+      <c r="V26" s="1">
+        <v>6716901.9400000004</v>
+      </c>
+      <c r="W26" s="2">
+        <v>0.27</v>
+      </c>
+      <c r="X26">
+        <v>1</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>222</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>223</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27">
+        <v>4</v>
+      </c>
+      <c r="C27">
+        <v>6</v>
+      </c>
+      <c r="D27">
+        <v>1729</v>
+      </c>
+      <c r="H27" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" t="s">
+        <v>224</v>
+      </c>
+      <c r="J27" t="s">
+        <v>225</v>
+      </c>
+      <c r="K27" t="s">
+        <v>224</v>
+      </c>
+      <c r="L27" t="s">
+        <v>226</v>
+      </c>
+      <c r="M27" t="s">
+        <v>211</v>
+      </c>
+      <c r="O27" t="s">
+        <v>227</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R27" t="s">
+        <v>160</v>
+      </c>
+      <c r="S27" t="s">
+        <v>39</v>
+      </c>
+      <c r="T27" s="1">
+        <v>2000000</v>
+      </c>
+      <c r="U27" t="s">
+        <v>40</v>
+      </c>
+      <c r="V27" s="1">
+        <v>1000000</v>
+      </c>
+      <c r="W27" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>228</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>229</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28">
+        <v>1</v>
+      </c>
+      <c r="C28">
+        <v>4</v>
+      </c>
+      <c r="D28">
+        <v>1731</v>
+      </c>
+      <c r="H28" t="s">
+        <v>31</v>
+      </c>
+      <c r="I28" t="s">
+        <v>231</v>
+      </c>
+      <c r="J28" t="s">
+        <v>232</v>
+      </c>
+      <c r="K28" t="s">
+        <v>231</v>
+      </c>
+      <c r="L28" t="s">
+        <v>34</v>
+      </c>
+      <c r="M28" t="s">
+        <v>47</v>
+      </c>
+      <c r="O28" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>37</v>
+      </c>
+      <c r="R28" t="s">
+        <v>234</v>
+      </c>
+      <c r="S28" t="s">
+        <v>75</v>
+      </c>
+      <c r="T28" s="1">
+        <v>724999.99849999999</v>
+      </c>
+      <c r="U28" t="s">
+        <v>40</v>
+      </c>
+      <c r="V28" s="1">
+        <v>290000</v>
+      </c>
+      <c r="W28" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X28">
+        <v>1</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>235</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>236</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A29" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29">
+        <v>4</v>
+      </c>
+      <c r="C29">
+        <v>6</v>
+      </c>
+      <c r="D29">
+        <v>1734</v>
+      </c>
+      <c r="H29" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" t="s">
+        <v>237</v>
+      </c>
+      <c r="J29" t="s">
+        <v>238</v>
+      </c>
+      <c r="K29" t="s">
+        <v>237</v>
+      </c>
+      <c r="L29" t="s">
+        <v>71</v>
+      </c>
+      <c r="M29" t="s">
+        <v>72</v>
+      </c>
+      <c r="O29" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>37</v>
+      </c>
+      <c r="R29" t="s">
+        <v>240</v>
+      </c>
+      <c r="S29" t="s">
+        <v>39</v>
+      </c>
+      <c r="T29" s="1">
+        <v>708000</v>
+      </c>
+      <c r="U29" t="s">
+        <v>40</v>
+      </c>
+      <c r="V29" s="1">
+        <v>283200</v>
+      </c>
+      <c r="W29" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X29">
+        <v>1</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>241</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>242</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A30" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30">
+        <v>1</v>
+      </c>
+      <c r="C30">
+        <v>4</v>
+      </c>
+      <c r="D30">
+        <v>1739</v>
+      </c>
+      <c r="H30" t="s">
+        <v>31</v>
+      </c>
+      <c r="I30" t="s">
+        <v>244</v>
+      </c>
+      <c r="J30" t="s">
+        <v>245</v>
+      </c>
+      <c r="K30" t="s">
+        <v>244</v>
+      </c>
+      <c r="L30" t="s">
+        <v>174</v>
+      </c>
+      <c r="M30" t="s">
+        <v>246</v>
+      </c>
+      <c r="O30" t="s">
+        <v>247</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>37</v>
+      </c>
+      <c r="R30" t="s">
+        <v>248</v>
+      </c>
+      <c r="S30" t="s">
+        <v>75</v>
+      </c>
+      <c r="T30" s="1">
+        <v>1880816.888</v>
+      </c>
+      <c r="U30" t="s">
+        <v>40</v>
+      </c>
+      <c r="V30" s="1">
+        <v>752326.75</v>
+      </c>
+      <c r="W30" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X30">
+        <v>1</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>249</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>250</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A31" t="s">
+        <v>30</v>
+      </c>
+      <c r="B31">
+        <v>4</v>
+      </c>
+      <c r="C31">
+        <v>6</v>
+      </c>
+      <c r="D31">
+        <v>1744</v>
+      </c>
+      <c r="H31" t="s">
+        <v>31</v>
+      </c>
+      <c r="I31" t="s">
+        <v>251</v>
+      </c>
+      <c r="J31" t="s">
+        <v>252</v>
+      </c>
+      <c r="K31" t="s">
+        <v>251</v>
+      </c>
+      <c r="L31" t="s">
+        <v>174</v>
+      </c>
+      <c r="M31" t="s">
+        <v>253</v>
+      </c>
+      <c r="O31" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>37</v>
+      </c>
+      <c r="R31" t="s">
+        <v>240</v>
+      </c>
+      <c r="S31" t="s">
+        <v>39</v>
+      </c>
+      <c r="T31" s="1">
+        <v>3140591.85</v>
+      </c>
+      <c r="U31" t="s">
+        <v>40</v>
+      </c>
+      <c r="V31" s="1">
+        <v>1256236.74</v>
+      </c>
+      <c r="W31" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X31">
+        <v>1</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>255</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>256</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A32" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32">
+        <v>2</v>
+      </c>
+      <c r="C32">
+        <v>2</v>
+      </c>
+      <c r="D32">
+        <v>1749</v>
+      </c>
+      <c r="H32" t="s">
+        <v>31</v>
+      </c>
+      <c r="I32" t="s">
+        <v>257</v>
+      </c>
+      <c r="J32" t="s">
+        <v>258</v>
+      </c>
+      <c r="K32" t="s">
+        <v>257</v>
+      </c>
+      <c r="L32" t="s">
+        <v>62</v>
+      </c>
+      <c r="M32" t="s">
+        <v>63</v>
+      </c>
+      <c r="O32" t="s">
+        <v>259</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>37</v>
+      </c>
+      <c r="R32" t="s">
+        <v>260</v>
+      </c>
+      <c r="S32" t="s">
+        <v>39</v>
+      </c>
+      <c r="T32" s="1">
+        <v>1650000</v>
+      </c>
+      <c r="U32" t="s">
+        <v>40</v>
+      </c>
+      <c r="V32" s="1">
+        <v>660000</v>
+      </c>
+      <c r="W32" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X32">
+        <v>1</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>261</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>262</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A33" t="s">
+        <v>30</v>
+      </c>
+      <c r="B33">
+        <v>2</v>
+      </c>
+      <c r="C33">
+        <v>2</v>
+      </c>
+      <c r="D33">
+        <v>1751</v>
+      </c>
+      <c r="H33" t="s">
+        <v>31</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J33" t="s">
+        <v>265</v>
+      </c>
+      <c r="K33" t="s">
+        <v>264</v>
+      </c>
+      <c r="L33" t="s">
+        <v>62</v>
+      </c>
+      <c r="M33" t="s">
+        <v>63</v>
+      </c>
+      <c r="O33" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>37</v>
+      </c>
+      <c r="R33" t="s">
+        <v>266</v>
+      </c>
+      <c r="S33" t="s">
+        <v>39</v>
+      </c>
+      <c r="T33" s="1">
+        <v>990264</v>
+      </c>
+      <c r="U33" t="s">
+        <v>40</v>
+      </c>
+      <c r="V33" s="1">
+        <v>330325.03999999998</v>
+      </c>
+      <c r="W33" s="2">
+        <v>0.33</v>
+      </c>
+      <c r="X33">
+        <v>1</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A34" t="s">
+        <v>30</v>
+      </c>
+      <c r="B34">
+        <v>3</v>
+      </c>
+      <c r="C34">
+        <v>1</v>
+      </c>
+      <c r="D34">
+        <v>1752</v>
+      </c>
+      <c r="G34">
+        <v>10</v>
+      </c>
+      <c r="H34" t="s">
+        <v>31</v>
+      </c>
+      <c r="I34" t="s">
+        <v>267</v>
+      </c>
+      <c r="J34" t="s">
+        <v>268</v>
+      </c>
+      <c r="K34" t="s">
+        <v>267</v>
+      </c>
+      <c r="L34" t="s">
+        <v>62</v>
+      </c>
+      <c r="M34" t="s">
+        <v>63</v>
+      </c>
+      <c r="O34" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>37</v>
+      </c>
+      <c r="R34" t="s">
+        <v>270</v>
+      </c>
+      <c r="S34" t="s">
+        <v>39</v>
+      </c>
+      <c r="T34" s="1">
+        <v>10100000</v>
+      </c>
+      <c r="U34" t="s">
+        <v>40</v>
+      </c>
+      <c r="V34" s="1">
+        <v>6060000</v>
+      </c>
+      <c r="W34" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X34">
+        <v>1</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>271</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>272</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B35">
+        <v>1</v>
+      </c>
+      <c r="C35">
+        <v>4</v>
+      </c>
+      <c r="D35">
+        <v>1753</v>
+      </c>
+      <c r="H35" t="s">
+        <v>31</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1345</v>
+      </c>
+      <c r="J35" t="s">
+        <v>274</v>
+      </c>
+      <c r="K35" t="s">
+        <v>273</v>
+      </c>
+      <c r="L35" t="s">
+        <v>87</v>
+      </c>
+      <c r="M35" t="s">
+        <v>158</v>
+      </c>
+      <c r="O35" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>37</v>
+      </c>
+      <c r="R35" t="s">
+        <v>276</v>
+      </c>
+      <c r="S35" t="s">
+        <v>75</v>
+      </c>
+      <c r="T35" s="1">
+        <v>2874134.298</v>
+      </c>
+      <c r="U35" t="s">
+        <v>40</v>
+      </c>
+      <c r="V35" s="1">
+        <v>1149653.72</v>
+      </c>
+      <c r="W35" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X35">
+        <v>1</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>277</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>278</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A36" t="s">
+        <v>30</v>
+      </c>
+      <c r="B36">
+        <v>1</v>
+      </c>
+      <c r="C36">
+        <v>2</v>
+      </c>
+      <c r="D36">
+        <v>1836</v>
+      </c>
+      <c r="H36" t="s">
+        <v>31</v>
+      </c>
+      <c r="I36" t="s">
+        <v>279</v>
+      </c>
+      <c r="J36" t="s">
+        <v>280</v>
+      </c>
+      <c r="K36" t="s">
+        <v>279</v>
+      </c>
+      <c r="L36" t="s">
+        <v>71</v>
+      </c>
+      <c r="M36" t="s">
+        <v>281</v>
+      </c>
+      <c r="O36" t="s">
+        <v>282</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>37</v>
+      </c>
+      <c r="R36" t="s">
+        <v>283</v>
+      </c>
+      <c r="S36" t="s">
+        <v>75</v>
+      </c>
+      <c r="T36" s="1">
+        <v>3106782.8000000003</v>
+      </c>
+      <c r="U36" t="s">
+        <v>40</v>
+      </c>
+      <c r="V36" s="1">
+        <v>1242713.1200000001</v>
+      </c>
+      <c r="W36" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X36">
+        <v>2</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>284</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>285</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A37" t="s">
+        <v>30</v>
+      </c>
+      <c r="B37">
+        <v>1</v>
+      </c>
+      <c r="C37">
+        <v>1</v>
+      </c>
+      <c r="D37">
+        <v>1842</v>
+      </c>
+      <c r="H37" t="s">
+        <v>31</v>
+      </c>
+      <c r="I37" t="s">
+        <v>287</v>
+      </c>
+      <c r="J37" t="s">
+        <v>288</v>
+      </c>
+      <c r="K37" t="s">
+        <v>287</v>
+      </c>
+      <c r="L37" t="s">
+        <v>289</v>
+      </c>
+      <c r="M37" t="s">
+        <v>290</v>
+      </c>
+      <c r="O37" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>37</v>
+      </c>
+      <c r="R37" t="s">
+        <v>292</v>
+      </c>
+      <c r="S37" t="s">
+        <v>75</v>
+      </c>
+      <c r="T37" s="1">
+        <v>922500.2415</v>
+      </c>
+      <c r="U37" t="s">
+        <v>40</v>
+      </c>
+      <c r="V37" s="1">
+        <v>369000.07</v>
+      </c>
+      <c r="W37" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X37">
+        <v>1</v>
+      </c>
+      <c r="Y37" t="s">
         <v>293</v>
       </c>
-      <c r="B2" s="15"/>
-[...1 lines deleted...]
-      <c r="D2" s="17" t="s">
+      <c r="AA37" t="s">
         <v>294</v>
       </c>
-      <c r="E2" s="15"/>
-[...12 lines deleted...]
-      <c r="R2" s="17" t="s">
+      <c r="AB37" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC37" t="s">
         <v>295</v>
       </c>
-      <c r="S2" s="15"/>
-      <c r="T2" s="17" t="s">
+    </row>
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A38" t="s">
+        <v>30</v>
+      </c>
+      <c r="B38">
+        <v>1</v>
+      </c>
+      <c r="C38">
+        <v>2</v>
+      </c>
+      <c r="D38">
+        <v>1843</v>
+      </c>
+      <c r="H38" t="s">
+        <v>31</v>
+      </c>
+      <c r="I38" t="s">
         <v>296</v>
       </c>
-      <c r="U2" s="15"/>
-[...2 lines deleted...]
-      <c r="X2" s="17" t="s">
+      <c r="J38" t="s">
         <v>297</v>
       </c>
-      <c r="Y2" s="15"/>
-[...10 lines deleted...]
-      <c r="B3" s="8" t="s">
+      <c r="K38" t="s">
+        <v>296</v>
+      </c>
+      <c r="L38" t="s">
         <v>298</v>
       </c>
-      <c r="C3" s="8" t="s">
+      <c r="M38" t="s">
+        <v>246</v>
+      </c>
+      <c r="O38" t="s">
         <v>299</v>
       </c>
-      <c r="D3" s="8" t="s">
+      <c r="Q38" t="s">
+        <v>37</v>
+      </c>
+      <c r="R38" t="s">
         <v>300</v>
       </c>
-      <c r="E3" s="8" t="s">
+      <c r="S38" t="s">
+        <v>75</v>
+      </c>
+      <c r="T38" s="1">
+        <v>1666616.2</v>
+      </c>
+      <c r="U38" t="s">
+        <v>40</v>
+      </c>
+      <c r="V38" s="1">
+        <v>499984.86</v>
+      </c>
+      <c r="W38" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X38">
+        <v>4</v>
+      </c>
+      <c r="Y38" t="s">
         <v>301</v>
       </c>
-      <c r="F3" s="8" t="s">
+      <c r="AA38" t="s">
         <v>302</v>
       </c>
-      <c r="G3" s="8" t="s">
+      <c r="AB38" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC38" t="s">
         <v>303</v>
       </c>
-      <c r="H3" s="8" t="s">
+    </row>
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A39" t="s">
+        <v>30</v>
+      </c>
+      <c r="B39">
+        <v>1</v>
+      </c>
+      <c r="C39">
+        <v>2</v>
+      </c>
+      <c r="D39">
+        <v>1845</v>
+      </c>
+      <c r="H39" t="s">
+        <v>31</v>
+      </c>
+      <c r="I39" t="s">
         <v>304</v>
       </c>
-      <c r="I3" s="8" t="s">
+      <c r="J39" t="s">
         <v>305</v>
       </c>
-      <c r="J3" s="8" t="s">
+      <c r="K39" t="s">
+        <v>304</v>
+      </c>
+      <c r="L39" t="s">
         <v>306</v>
       </c>
-      <c r="K3" s="8" t="s">
+      <c r="M39" t="s">
         <v>307</v>
       </c>
-      <c r="L3" s="9" t="s">
+      <c r="O39" t="s">
         <v>308</v>
       </c>
-      <c r="M3" s="9" t="s">
+      <c r="Q39" t="s">
+        <v>37</v>
+      </c>
+      <c r="R39" t="s">
         <v>309</v>
       </c>
-      <c r="N3" s="8" t="s">
+      <c r="S39" t="s">
+        <v>75</v>
+      </c>
+      <c r="T39" s="1">
+        <v>909851.03899999999</v>
+      </c>
+      <c r="U39" t="s">
+        <v>40</v>
+      </c>
+      <c r="V39" s="1">
+        <v>272955.31</v>
+      </c>
+      <c r="W39" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X39">
+        <v>5</v>
+      </c>
+      <c r="Y39" t="s">
         <v>310</v>
       </c>
-      <c r="O3" s="8" t="s">
+      <c r="AA39" t="s">
         <v>311</v>
       </c>
-      <c r="P3" s="8" t="s">
+      <c r="AB39" t="s">
         <v>312</v>
       </c>
-      <c r="Q3" s="8" t="s">
+      <c r="AC39" t="s">
         <v>313</v>
       </c>
-      <c r="R3" s="8" t="s">
+    </row>
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A40" t="s">
+        <v>30</v>
+      </c>
+      <c r="B40">
+        <v>1</v>
+      </c>
+      <c r="C40">
+        <v>2</v>
+      </c>
+      <c r="D40">
+        <v>1848</v>
+      </c>
+      <c r="H40" t="s">
+        <v>31</v>
+      </c>
+      <c r="I40" t="s">
         <v>314</v>
       </c>
-      <c r="S3" s="8" t="s">
+      <c r="J40" t="s">
         <v>315</v>
       </c>
-      <c r="T3" s="10" t="s">
+      <c r="K40" t="s">
+        <v>314</v>
+      </c>
+      <c r="L40" t="s">
         <v>316</v>
       </c>
-      <c r="U3" s="8" t="s">
+      <c r="M40" t="s">
+        <v>118</v>
+      </c>
+      <c r="O40" t="s">
         <v>317</v>
       </c>
-      <c r="V3" s="10" t="s">
+      <c r="Q40" t="s">
+        <v>37</v>
+      </c>
+      <c r="R40" t="s">
         <v>318</v>
       </c>
-      <c r="W3" s="11" t="s">
+      <c r="S40" t="s">
+        <v>75</v>
+      </c>
+      <c r="T40" s="1">
+        <v>600000</v>
+      </c>
+      <c r="U40" t="s">
+        <v>40</v>
+      </c>
+      <c r="V40" s="1">
+        <v>180000</v>
+      </c>
+      <c r="W40" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X40">
+        <v>3</v>
+      </c>
+      <c r="Y40" t="s">
         <v>319</v>
       </c>
-      <c r="X3" s="8" t="s">
+      <c r="AA40" t="s">
         <v>320</v>
       </c>
-      <c r="Y3" s="8" t="s">
+      <c r="AB40" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC40" t="s">
         <v>321</v>
       </c>
-      <c r="Z3" s="8" t="s">
+    </row>
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A41" t="s">
+        <v>30</v>
+      </c>
+      <c r="B41">
+        <v>1</v>
+      </c>
+      <c r="C41">
+        <v>2</v>
+      </c>
+      <c r="D41">
+        <v>1849</v>
+      </c>
+      <c r="G41">
+        <v>5</v>
+      </c>
+      <c r="H41" t="s">
+        <v>31</v>
+      </c>
+      <c r="I41" t="s">
         <v>322</v>
       </c>
-      <c r="AA3" s="8" t="s">
+      <c r="J41" t="s">
+        <v>323</v>
+      </c>
+      <c r="K41" t="s">
+        <v>322</v>
+      </c>
+      <c r="L41" t="s">
+        <v>34</v>
+      </c>
+      <c r="M41" t="s">
+        <v>47</v>
+      </c>
+      <c r="O41" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>37</v>
+      </c>
+      <c r="R41" t="s">
+        <v>325</v>
+      </c>
+      <c r="S41" t="s">
+        <v>75</v>
+      </c>
+      <c r="T41" s="1">
+        <v>8000000</v>
+      </c>
+      <c r="U41" t="s">
+        <v>40</v>
+      </c>
+      <c r="V41" s="1">
+        <v>3200000</v>
+      </c>
+      <c r="W41" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X41">
+        <v>1</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>326</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>327</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC41" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A42" t="s">
+        <v>30</v>
+      </c>
+      <c r="B42">
+        <v>1</v>
+      </c>
+      <c r="C42">
+        <v>1</v>
+      </c>
+      <c r="D42">
+        <v>1850</v>
+      </c>
+      <c r="H42" t="s">
+        <v>31</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1346</v>
+      </c>
+      <c r="J42" t="s">
+        <v>329</v>
+      </c>
+      <c r="K42" t="s">
+        <v>328</v>
+      </c>
+      <c r="L42" t="s">
+        <v>316</v>
+      </c>
+      <c r="M42" t="s">
+        <v>290</v>
+      </c>
+      <c r="O42" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>37</v>
+      </c>
+      <c r="R42" t="s">
+        <v>331</v>
+      </c>
+      <c r="S42" t="s">
+        <v>75</v>
+      </c>
+      <c r="T42" s="1">
+        <v>1450734.2859999998</v>
+      </c>
+      <c r="U42" t="s">
+        <v>40</v>
+      </c>
+      <c r="V42" s="1">
+        <v>580293.71</v>
+      </c>
+      <c r="W42" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X42">
+        <v>5</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>332</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>333</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>312</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A43" t="s">
+        <v>30</v>
+      </c>
+      <c r="B43">
+        <v>2</v>
+      </c>
+      <c r="C43">
+        <v>4</v>
+      </c>
+      <c r="D43">
+        <v>1852</v>
+      </c>
+      <c r="H43" t="s">
+        <v>31</v>
+      </c>
+      <c r="I43" t="s">
+        <v>335</v>
+      </c>
+      <c r="J43" t="s">
+        <v>336</v>
+      </c>
+      <c r="K43" t="s">
+        <v>335</v>
+      </c>
+      <c r="L43" t="s">
+        <v>337</v>
+      </c>
+      <c r="M43" t="s">
+        <v>338</v>
+      </c>
+      <c r="O43" t="s">
+        <v>339</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>37</v>
+      </c>
+      <c r="R43" t="s">
+        <v>340</v>
+      </c>
+      <c r="S43" t="s">
+        <v>39</v>
+      </c>
+      <c r="T43" s="1">
+        <v>647990</v>
+      </c>
+      <c r="U43" t="s">
+        <v>40</v>
+      </c>
+      <c r="V43" s="1">
+        <v>259196</v>
+      </c>
+      <c r="W43" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X43">
+        <v>1</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>341</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>342</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A44" t="s">
+        <v>30</v>
+      </c>
+      <c r="B44">
+        <v>1</v>
+      </c>
+      <c r="C44">
+        <v>2</v>
+      </c>
+      <c r="D44">
+        <v>1853</v>
+      </c>
+      <c r="H44" t="s">
+        <v>31</v>
+      </c>
+      <c r="I44" t="s">
+        <v>343</v>
+      </c>
+      <c r="J44" t="s">
+        <v>344</v>
+      </c>
+      <c r="K44" t="s">
+        <v>343</v>
+      </c>
+      <c r="L44" t="s">
+        <v>316</v>
+      </c>
+      <c r="M44" t="s">
+        <v>118</v>
+      </c>
+      <c r="O44" t="s">
+        <v>345</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>37</v>
+      </c>
+      <c r="R44" t="s">
+        <v>346</v>
+      </c>
+      <c r="S44" t="s">
+        <v>75</v>
+      </c>
+      <c r="T44" s="1">
+        <v>2097074.264</v>
+      </c>
+      <c r="U44" t="s">
+        <v>40</v>
+      </c>
+      <c r="V44" s="1">
+        <v>838829.7</v>
+      </c>
+      <c r="W44" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X44">
+        <v>1</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>347</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>348</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A45" t="s">
+        <v>30</v>
+      </c>
+      <c r="B45">
+        <v>3</v>
+      </c>
+      <c r="C45">
+        <v>1</v>
+      </c>
+      <c r="D45">
+        <v>1854</v>
+      </c>
+      <c r="H45" t="s">
+        <v>31</v>
+      </c>
+      <c r="I45" t="s">
+        <v>349</v>
+      </c>
+      <c r="J45" t="s">
+        <v>350</v>
+      </c>
+      <c r="K45" t="s">
+        <v>349</v>
+      </c>
+      <c r="L45" t="s">
+        <v>351</v>
+      </c>
+      <c r="M45" t="s">
+        <v>352</v>
+      </c>
+      <c r="O45" t="s">
+        <v>353</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>37</v>
+      </c>
+      <c r="R45" t="s">
+        <v>354</v>
+      </c>
+      <c r="S45" t="s">
+        <v>39</v>
+      </c>
+      <c r="T45" s="1">
+        <v>1500000</v>
+      </c>
+      <c r="U45" t="s">
+        <v>40</v>
+      </c>
+      <c r="V45" s="1">
+        <v>600000</v>
+      </c>
+      <c r="W45" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X45">
+        <v>2</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>355</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>356</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A46" t="s">
+        <v>30</v>
+      </c>
+      <c r="B46">
+        <v>1</v>
+      </c>
+      <c r="C46">
+        <v>1</v>
+      </c>
+      <c r="D46">
+        <v>1857</v>
+      </c>
+      <c r="H46" t="s">
+        <v>31</v>
+      </c>
+      <c r="I46" t="s">
+        <v>358</v>
+      </c>
+      <c r="J46" t="s">
+        <v>359</v>
+      </c>
+      <c r="K46" t="s">
+        <v>358</v>
+      </c>
+      <c r="L46" t="s">
+        <v>316</v>
+      </c>
+      <c r="M46" t="s">
+        <v>307</v>
+      </c>
+      <c r="O46" t="s">
+        <v>360</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>37</v>
+      </c>
+      <c r="R46" t="s">
+        <v>361</v>
+      </c>
+      <c r="S46" t="s">
+        <v>75</v>
+      </c>
+      <c r="T46" s="1">
+        <v>430100.00499999995</v>
+      </c>
+      <c r="U46" t="s">
+        <v>40</v>
+      </c>
+      <c r="V46" s="1">
+        <v>172040</v>
+      </c>
+      <c r="W46" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X46">
+        <v>1</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>362</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>363</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A47" t="s">
+        <v>30</v>
+      </c>
+      <c r="B47">
+        <v>2</v>
+      </c>
+      <c r="C47">
+        <v>2</v>
+      </c>
+      <c r="D47">
+        <v>1859</v>
+      </c>
+      <c r="H47" t="s">
+        <v>31</v>
+      </c>
+      <c r="I47" t="s">
+        <v>364</v>
+      </c>
+      <c r="J47" t="s">
+        <v>365</v>
+      </c>
+      <c r="K47" t="s">
+        <v>364</v>
+      </c>
+      <c r="L47" t="s">
+        <v>71</v>
+      </c>
+      <c r="M47" t="s">
+        <v>183</v>
+      </c>
+      <c r="O47" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>37</v>
+      </c>
+      <c r="R47" t="s">
+        <v>367</v>
+      </c>
+      <c r="S47" t="s">
+        <v>39</v>
+      </c>
+      <c r="T47" s="1">
+        <v>790708.64899999998</v>
+      </c>
+      <c r="U47" t="s">
+        <v>40</v>
+      </c>
+      <c r="V47" s="1">
+        <v>316283.46000000002</v>
+      </c>
+      <c r="W47" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X47">
+        <v>1</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>368</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>369</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A48" t="s">
+        <v>30</v>
+      </c>
+      <c r="B48">
+        <v>1</v>
+      </c>
+      <c r="C48">
+        <v>2</v>
+      </c>
+      <c r="D48">
+        <v>1861</v>
+      </c>
+      <c r="H48" t="s">
+        <v>31</v>
+      </c>
+      <c r="I48" t="s">
+        <v>370</v>
+      </c>
+      <c r="J48" t="s">
+        <v>371</v>
+      </c>
+      <c r="K48" t="s">
+        <v>370</v>
+      </c>
+      <c r="L48" t="s">
+        <v>316</v>
+      </c>
+      <c r="M48" t="s">
+        <v>307</v>
+      </c>
+      <c r="O48" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>37</v>
+      </c>
+      <c r="R48" t="s">
+        <v>373</v>
+      </c>
+      <c r="S48" t="s">
+        <v>75</v>
+      </c>
+      <c r="T48" s="1">
+        <v>1269402.5980000002</v>
+      </c>
+      <c r="U48" t="s">
+        <v>40</v>
+      </c>
+      <c r="V48" s="1">
+        <v>507760.98</v>
+      </c>
+      <c r="W48" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X48">
+        <v>15</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>374</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>375</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>376</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A49" t="s">
+        <v>30</v>
+      </c>
+      <c r="B49">
+        <v>1</v>
+      </c>
+      <c r="C49">
+        <v>1</v>
+      </c>
+      <c r="D49">
+        <v>1862</v>
+      </c>
+      <c r="H49" t="s">
+        <v>31</v>
+      </c>
+      <c r="I49" t="s">
+        <v>378</v>
+      </c>
+      <c r="J49" t="s">
+        <v>379</v>
+      </c>
+      <c r="K49" t="s">
+        <v>378</v>
+      </c>
+      <c r="L49" t="s">
+        <v>298</v>
+      </c>
+      <c r="M49" t="s">
+        <v>380</v>
+      </c>
+      <c r="O49" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>37</v>
+      </c>
+      <c r="R49" t="s">
+        <v>382</v>
+      </c>
+      <c r="S49" t="s">
+        <v>75</v>
+      </c>
+      <c r="T49" s="1">
+        <v>901450.00150000001</v>
+      </c>
+      <c r="U49" t="s">
+        <v>40</v>
+      </c>
+      <c r="V49" s="1">
+        <v>360580</v>
+      </c>
+      <c r="W49" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X49">
+        <v>3</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>383</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>384</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A50" t="s">
+        <v>30</v>
+      </c>
+      <c r="B50">
+        <v>1</v>
+      </c>
+      <c r="C50">
+        <v>1</v>
+      </c>
+      <c r="D50">
+        <v>1865</v>
+      </c>
+      <c r="H50" t="s">
+        <v>31</v>
+      </c>
+      <c r="I50" t="s">
+        <v>386</v>
+      </c>
+      <c r="J50" t="s">
+        <v>387</v>
+      </c>
+      <c r="K50" t="s">
+        <v>386</v>
+      </c>
+      <c r="L50" t="s">
+        <v>316</v>
+      </c>
+      <c r="M50" t="s">
+        <v>307</v>
+      </c>
+      <c r="O50" t="s">
+        <v>388</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>37</v>
+      </c>
+      <c r="R50" t="s">
+        <v>389</v>
+      </c>
+      <c r="S50" t="s">
+        <v>75</v>
+      </c>
+      <c r="T50" s="1">
+        <v>3400455.2029999997</v>
+      </c>
+      <c r="U50" t="s">
+        <v>40</v>
+      </c>
+      <c r="V50" s="1">
+        <v>1360182.08</v>
+      </c>
+      <c r="W50" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X50">
+        <v>6</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>390</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>391</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>392</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A51" t="s">
+        <v>30</v>
+      </c>
+      <c r="B51">
+        <v>1</v>
+      </c>
+      <c r="C51">
+        <v>1</v>
+      </c>
+      <c r="D51">
+        <v>1869</v>
+      </c>
+      <c r="H51" t="s">
+        <v>31</v>
+      </c>
+      <c r="I51" t="s">
+        <v>394</v>
+      </c>
+      <c r="J51" t="s">
+        <v>395</v>
+      </c>
+      <c r="K51" t="s">
+        <v>394</v>
+      </c>
+      <c r="L51" t="s">
+        <v>87</v>
+      </c>
+      <c r="M51" t="s">
+        <v>158</v>
+      </c>
+      <c r="O51" t="s">
+        <v>396</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>37</v>
+      </c>
+      <c r="R51" t="s">
+        <v>397</v>
+      </c>
+      <c r="S51" t="s">
+        <v>75</v>
+      </c>
+      <c r="T51" s="1">
+        <v>1615999.9989999998</v>
+      </c>
+      <c r="U51" t="s">
+        <v>40</v>
+      </c>
+      <c r="V51" s="1">
+        <v>646400</v>
+      </c>
+      <c r="W51" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X51">
+        <v>4</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>398</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A52" t="s">
+        <v>30</v>
+      </c>
+      <c r="B52">
+        <v>1</v>
+      </c>
+      <c r="C52">
+        <v>1</v>
+      </c>
+      <c r="D52">
+        <v>1870</v>
+      </c>
+      <c r="H52" t="s">
+        <v>31</v>
+      </c>
+      <c r="I52" t="s">
+        <v>401</v>
+      </c>
+      <c r="J52" t="s">
+        <v>402</v>
+      </c>
+      <c r="K52" t="s">
+        <v>401</v>
+      </c>
+      <c r="L52" t="s">
+        <v>87</v>
+      </c>
+      <c r="M52" t="s">
+        <v>158</v>
+      </c>
+      <c r="O52" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>37</v>
+      </c>
+      <c r="R52" t="s">
+        <v>397</v>
+      </c>
+      <c r="S52" t="s">
+        <v>75</v>
+      </c>
+      <c r="T52" s="1">
+        <v>1107575.8715000001</v>
+      </c>
+      <c r="U52" t="s">
+        <v>40</v>
+      </c>
+      <c r="V52" s="1">
+        <v>443030.34</v>
+      </c>
+      <c r="W52" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X52">
+        <v>4</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>404</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>405</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A53" t="s">
+        <v>30</v>
+      </c>
+      <c r="B53">
+        <v>1</v>
+      </c>
+      <c r="C53">
+        <v>1</v>
+      </c>
+      <c r="D53">
+        <v>1871</v>
+      </c>
+      <c r="H53" t="s">
+        <v>31</v>
+      </c>
+      <c r="I53" t="s">
+        <v>407</v>
+      </c>
+      <c r="J53" t="s">
+        <v>408</v>
+      </c>
+      <c r="K53" t="s">
+        <v>407</v>
+      </c>
+      <c r="L53" t="s">
+        <v>316</v>
+      </c>
+      <c r="M53" t="s">
+        <v>307</v>
+      </c>
+      <c r="O53" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>37</v>
+      </c>
+      <c r="R53" t="s">
+        <v>389</v>
+      </c>
+      <c r="S53" t="s">
+        <v>75</v>
+      </c>
+      <c r="T53" s="1">
+        <v>2313335.0024999999</v>
+      </c>
+      <c r="U53" t="s">
+        <v>40</v>
+      </c>
+      <c r="V53" s="1">
+        <v>925334</v>
+      </c>
+      <c r="W53" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X53">
+        <v>5</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>410</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>411</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>312</v>
+      </c>
+      <c r="AC53" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A54" t="s">
+        <v>30</v>
+      </c>
+      <c r="B54">
+        <v>1</v>
+      </c>
+      <c r="C54">
+        <v>2</v>
+      </c>
+      <c r="D54">
+        <v>1872</v>
+      </c>
+      <c r="H54" t="s">
+        <v>31</v>
+      </c>
+      <c r="I54" t="s">
+        <v>413</v>
+      </c>
+      <c r="J54" t="s">
+        <v>414</v>
+      </c>
+      <c r="K54" t="s">
+        <v>413</v>
+      </c>
+      <c r="L54" t="s">
+        <v>316</v>
+      </c>
+      <c r="M54" t="s">
+        <v>307</v>
+      </c>
+      <c r="O54" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>37</v>
+      </c>
+      <c r="R54" t="s">
+        <v>416</v>
+      </c>
+      <c r="S54" t="s">
+        <v>75</v>
+      </c>
+      <c r="T54" s="1">
+        <v>799999.99799999991</v>
+      </c>
+      <c r="U54" t="s">
+        <v>40</v>
+      </c>
+      <c r="V54" s="1">
+        <v>240000</v>
+      </c>
+      <c r="W54" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X54">
+        <v>12</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>417</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>418</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>419</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A55" t="s">
+        <v>30</v>
+      </c>
+      <c r="B55">
+        <v>1</v>
+      </c>
+      <c r="C55">
+        <v>1</v>
+      </c>
+      <c r="D55">
+        <v>1873</v>
+      </c>
+      <c r="H55" t="s">
+        <v>31</v>
+      </c>
+      <c r="I55" t="s">
+        <v>421</v>
+      </c>
+      <c r="J55" t="s">
+        <v>422</v>
+      </c>
+      <c r="K55" t="s">
+        <v>421</v>
+      </c>
+      <c r="L55" t="s">
+        <v>316</v>
+      </c>
+      <c r="M55" t="s">
+        <v>183</v>
+      </c>
+      <c r="O55" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>37</v>
+      </c>
+      <c r="R55" t="s">
+        <v>397</v>
+      </c>
+      <c r="S55" t="s">
+        <v>75</v>
+      </c>
+      <c r="T55" s="1">
+        <v>1859998.8015000001</v>
+      </c>
+      <c r="U55" t="s">
+        <v>40</v>
+      </c>
+      <c r="V55" s="1">
+        <v>743999.52</v>
+      </c>
+      <c r="W55" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X55">
+        <v>4</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>424</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>425</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A56" t="s">
+        <v>30</v>
+      </c>
+      <c r="B56">
+        <v>2</v>
+      </c>
+      <c r="C56">
+        <v>4</v>
+      </c>
+      <c r="D56">
+        <v>1874</v>
+      </c>
+      <c r="H56" t="s">
+        <v>31</v>
+      </c>
+      <c r="I56" t="s">
+        <v>427</v>
+      </c>
+      <c r="J56" t="s">
+        <v>428</v>
+      </c>
+      <c r="K56" t="s">
+        <v>427</v>
+      </c>
+      <c r="L56" t="s">
+        <v>429</v>
+      </c>
+      <c r="M56" t="s">
+        <v>430</v>
+      </c>
+      <c r="O56" t="s">
+        <v>431</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>37</v>
+      </c>
+      <c r="R56" t="s">
+        <v>432</v>
+      </c>
+      <c r="S56" t="s">
+        <v>39</v>
+      </c>
+      <c r="T56" s="1">
+        <v>742600</v>
+      </c>
+      <c r="U56" t="s">
+        <v>40</v>
+      </c>
+      <c r="V56" s="1">
+        <v>445560</v>
+      </c>
+      <c r="W56" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X56">
+        <v>1</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>433</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>434</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A57" t="s">
+        <v>30</v>
+      </c>
+      <c r="B57">
+        <v>1</v>
+      </c>
+      <c r="C57">
+        <v>2</v>
+      </c>
+      <c r="D57">
+        <v>1880</v>
+      </c>
+      <c r="H57" t="s">
+        <v>31</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J57" t="s">
+        <v>437</v>
+      </c>
+      <c r="K57" t="s">
+        <v>436</v>
+      </c>
+      <c r="L57" t="s">
+        <v>316</v>
+      </c>
+      <c r="M57" t="s">
+        <v>183</v>
+      </c>
+      <c r="O57" t="s">
+        <v>438</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>37</v>
+      </c>
+      <c r="R57" t="s">
+        <v>283</v>
+      </c>
+      <c r="S57" t="s">
+        <v>75</v>
+      </c>
+      <c r="T57" s="1">
+        <v>1436241.5560000001</v>
+      </c>
+      <c r="U57" t="s">
+        <v>40</v>
+      </c>
+      <c r="V57" s="1">
+        <v>574485.56000000006</v>
+      </c>
+      <c r="W57" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X57">
+        <v>4</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>439</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="58" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A58" t="s">
+        <v>30</v>
+      </c>
+      <c r="B58">
+        <v>1</v>
+      </c>
+      <c r="C58">
+        <v>2</v>
+      </c>
+      <c r="D58">
+        <v>1881</v>
+      </c>
+      <c r="H58" t="s">
+        <v>31</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J58" t="s">
+        <v>443</v>
+      </c>
+      <c r="K58" t="s">
+        <v>442</v>
+      </c>
+      <c r="L58" t="s">
         <v>306</v>
       </c>
-      <c r="AB3" s="8" t="s">
-[...16 lines deleted...]
-      <c r="C4" s="8" t="s">
+      <c r="M58" t="s">
+        <v>183</v>
+      </c>
+      <c r="O58" t="s">
+        <v>444</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>37</v>
+      </c>
+      <c r="R58" t="s">
+        <v>445</v>
+      </c>
+      <c r="S58" t="s">
+        <v>75</v>
+      </c>
+      <c r="T58" s="1">
+        <v>1371388.32</v>
+      </c>
+      <c r="U58" t="s">
+        <v>40</v>
+      </c>
+      <c r="V58" s="1">
+        <v>822832.99</v>
+      </c>
+      <c r="W58" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X58">
         <v>2</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="Y58" t="s">
+        <v>446</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>447</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="59" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A59" t="s">
+        <v>30</v>
+      </c>
+      <c r="B59">
+        <v>1</v>
+      </c>
+      <c r="C59">
+        <v>1</v>
+      </c>
+      <c r="D59">
+        <v>1887</v>
+      </c>
+      <c r="H59" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" t="s">
+        <v>449</v>
+      </c>
+      <c r="J59" t="s">
+        <v>450</v>
+      </c>
+      <c r="K59" t="s">
+        <v>449</v>
+      </c>
+      <c r="L59" t="s">
+        <v>316</v>
+      </c>
+      <c r="M59" t="s">
+        <v>307</v>
+      </c>
+      <c r="O59" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>37</v>
+      </c>
+      <c r="R59" t="s">
+        <v>389</v>
+      </c>
+      <c r="S59" t="s">
+        <v>75</v>
+      </c>
+      <c r="T59" s="1">
+        <v>1996400.8444999999</v>
+      </c>
+      <c r="U59" t="s">
+        <v>40</v>
+      </c>
+      <c r="V59" s="1">
+        <v>798560.33</v>
+      </c>
+      <c r="W59" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X59">
         <v>3</v>
       </c>
-      <c r="E4" s="8" t="s">
+      <c r="Y59" t="s">
+        <v>452</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>453</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="60" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A60" t="s">
+        <v>30</v>
+      </c>
+      <c r="B60">
+        <v>1</v>
+      </c>
+      <c r="C60">
+        <v>1</v>
+      </c>
+      <c r="D60">
+        <v>1888</v>
+      </c>
+      <c r="H60" t="s">
+        <v>31</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1349</v>
+      </c>
+      <c r="J60" t="s">
+        <v>456</v>
+      </c>
+      <c r="K60" t="s">
+        <v>455</v>
+      </c>
+      <c r="L60" t="s">
+        <v>87</v>
+      </c>
+      <c r="M60" t="s">
+        <v>158</v>
+      </c>
+      <c r="O60" t="s">
+        <v>457</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>37</v>
+      </c>
+      <c r="R60" t="s">
+        <v>397</v>
+      </c>
+      <c r="S60" t="s">
+        <v>75</v>
+      </c>
+      <c r="T60" s="1">
+        <v>2130000</v>
+      </c>
+      <c r="U60" t="s">
+        <v>40</v>
+      </c>
+      <c r="V60" s="1">
+        <v>852000</v>
+      </c>
+      <c r="W60" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X60">
         <v>4</v>
       </c>
-      <c r="F4" s="8" t="s">
+      <c r="Y60" t="s">
+        <v>458</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>459</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A61" t="s">
+        <v>30</v>
+      </c>
+      <c r="B61">
+        <v>1</v>
+      </c>
+      <c r="C61">
+        <v>2</v>
+      </c>
+      <c r="D61">
+        <v>1889</v>
+      </c>
+      <c r="H61" t="s">
+        <v>31</v>
+      </c>
+      <c r="I61" t="s">
+        <v>461</v>
+      </c>
+      <c r="J61" t="s">
+        <v>462</v>
+      </c>
+      <c r="K61" t="s">
+        <v>461</v>
+      </c>
+      <c r="L61" t="s">
+        <v>316</v>
+      </c>
+      <c r="M61" t="s">
+        <v>463</v>
+      </c>
+      <c r="O61" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>37</v>
+      </c>
+      <c r="R61" t="s">
+        <v>465</v>
+      </c>
+      <c r="S61" t="s">
+        <v>75</v>
+      </c>
+      <c r="T61" s="1">
+        <v>49981.345999999998</v>
+      </c>
+      <c r="U61" t="s">
+        <v>40</v>
+      </c>
+      <c r="V61" s="1">
+        <v>19992.54</v>
+      </c>
+      <c r="W61" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X61">
+        <v>1</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>466</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>467</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="62" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A62" t="s">
+        <v>30</v>
+      </c>
+      <c r="B62">
+        <v>4</v>
+      </c>
+      <c r="C62">
+        <v>6</v>
+      </c>
+      <c r="D62">
+        <v>1895</v>
+      </c>
+      <c r="H62" t="s">
+        <v>31</v>
+      </c>
+      <c r="I62" t="s">
+        <v>468</v>
+      </c>
+      <c r="J62" t="s">
+        <v>469</v>
+      </c>
+      <c r="K62" t="s">
+        <v>468</v>
+      </c>
+      <c r="L62" t="s">
+        <v>71</v>
+      </c>
+      <c r="M62" t="s">
+        <v>72</v>
+      </c>
+      <c r="O62" t="s">
+        <v>470</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>37</v>
+      </c>
+      <c r="R62" t="s">
+        <v>38</v>
+      </c>
+      <c r="S62" t="s">
+        <v>39</v>
+      </c>
+      <c r="T62" s="1">
+        <v>489888.57799999998</v>
+      </c>
+      <c r="U62" t="s">
+        <v>40</v>
+      </c>
+      <c r="V62" s="1">
+        <v>244944.29</v>
+      </c>
+      <c r="W62" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X62">
+        <v>1</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="63" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A63" t="s">
+        <v>30</v>
+      </c>
+      <c r="B63">
+        <v>1</v>
+      </c>
+      <c r="C63">
+        <v>1</v>
+      </c>
+      <c r="D63">
+        <v>1896</v>
+      </c>
+      <c r="H63" t="s">
+        <v>31</v>
+      </c>
+      <c r="I63" t="s">
+        <v>471</v>
+      </c>
+      <c r="J63" t="s">
+        <v>472</v>
+      </c>
+      <c r="K63" t="s">
+        <v>471</v>
+      </c>
+      <c r="L63" t="s">
+        <v>316</v>
+      </c>
+      <c r="M63" t="s">
+        <v>307</v>
+      </c>
+      <c r="O63" t="s">
+        <v>473</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>37</v>
+      </c>
+      <c r="R63" t="s">
+        <v>331</v>
+      </c>
+      <c r="S63" t="s">
+        <v>75</v>
+      </c>
+      <c r="T63" s="1">
+        <v>1295999.9990000001</v>
+      </c>
+      <c r="U63" t="s">
+        <v>40</v>
+      </c>
+      <c r="V63" s="1">
+        <v>518400</v>
+      </c>
+      <c r="W63" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X63">
+        <v>4</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>474</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>475</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="64" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A64" t="s">
+        <v>30</v>
+      </c>
+      <c r="B64">
+        <v>1</v>
+      </c>
+      <c r="C64">
+        <v>1</v>
+      </c>
+      <c r="D64">
+        <v>1898</v>
+      </c>
+      <c r="H64" t="s">
+        <v>31</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1350</v>
+      </c>
+      <c r="J64" t="s">
+        <v>478</v>
+      </c>
+      <c r="K64" t="s">
+        <v>477</v>
+      </c>
+      <c r="L64" t="s">
+        <v>316</v>
+      </c>
+      <c r="M64" t="s">
+        <v>307</v>
+      </c>
+      <c r="O64" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>37</v>
+      </c>
+      <c r="R64" t="s">
+        <v>397</v>
+      </c>
+      <c r="S64" t="s">
+        <v>75</v>
+      </c>
+      <c r="T64" s="1">
+        <v>2213500.0035000001</v>
+      </c>
+      <c r="U64" t="s">
+        <v>40</v>
+      </c>
+      <c r="V64" s="1">
+        <v>885400</v>
+      </c>
+      <c r="W64" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X64">
+        <v>3</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>480</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>481</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A65" t="s">
+        <v>30</v>
+      </c>
+      <c r="B65">
+        <v>1</v>
+      </c>
+      <c r="C65">
+        <v>2</v>
+      </c>
+      <c r="D65">
+        <v>1899</v>
+      </c>
+      <c r="H65" t="s">
+        <v>31</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J65" t="s">
+        <v>484</v>
+      </c>
+      <c r="K65" t="s">
+        <v>483</v>
+      </c>
+      <c r="L65" t="s">
+        <v>34</v>
+      </c>
+      <c r="M65" t="s">
+        <v>485</v>
+      </c>
+      <c r="O65" t="s">
+        <v>486</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>37</v>
+      </c>
+      <c r="R65" t="s">
+        <v>487</v>
+      </c>
+      <c r="S65" t="s">
+        <v>75</v>
+      </c>
+      <c r="T65" s="1">
+        <v>788718.69</v>
+      </c>
+      <c r="U65" t="s">
+        <v>40</v>
+      </c>
+      <c r="V65" s="1">
+        <v>315487.46999999997</v>
+      </c>
+      <c r="W65" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X65">
+        <v>1</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>488</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>489</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A66" t="s">
+        <v>30</v>
+      </c>
+      <c r="B66">
+        <v>2</v>
+      </c>
+      <c r="C66">
+        <v>4</v>
+      </c>
+      <c r="D66">
+        <v>1907</v>
+      </c>
+      <c r="H66" t="s">
+        <v>31</v>
+      </c>
+      <c r="I66" t="s">
+        <v>490</v>
+      </c>
+      <c r="J66" t="s">
+        <v>491</v>
+      </c>
+      <c r="K66" t="s">
+        <v>490</v>
+      </c>
+      <c r="L66" t="s">
+        <v>492</v>
+      </c>
+      <c r="M66" t="s">
+        <v>493</v>
+      </c>
+      <c r="O66" t="s">
+        <v>494</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>37</v>
+      </c>
+      <c r="R66" t="s">
+        <v>495</v>
+      </c>
+      <c r="S66" t="s">
+        <v>39</v>
+      </c>
+      <c r="T66" s="1">
+        <v>2019894.8</v>
+      </c>
+      <c r="U66" t="s">
+        <v>40</v>
+      </c>
+      <c r="V66" s="1">
+        <v>807957.92</v>
+      </c>
+      <c r="W66" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X66">
+        <v>1</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>86</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC66" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A67" t="s">
+        <v>30</v>
+      </c>
+      <c r="B67">
+        <v>1</v>
+      </c>
+      <c r="C67">
+        <v>2</v>
+      </c>
+      <c r="D67">
+        <v>1909</v>
+      </c>
+      <c r="H67" t="s">
+        <v>31</v>
+      </c>
+      <c r="I67" t="s">
+        <v>496</v>
+      </c>
+      <c r="J67" t="s">
+        <v>497</v>
+      </c>
+      <c r="K67" t="s">
+        <v>496</v>
+      </c>
+      <c r="L67" t="s">
+        <v>87</v>
+      </c>
+      <c r="M67" t="s">
+        <v>498</v>
+      </c>
+      <c r="O67" t="s">
+        <v>499</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>37</v>
+      </c>
+      <c r="R67" t="s">
+        <v>309</v>
+      </c>
+      <c r="S67" t="s">
+        <v>75</v>
+      </c>
+      <c r="T67" s="1">
+        <v>654284.30000000005</v>
+      </c>
+      <c r="U67" t="s">
+        <v>40</v>
+      </c>
+      <c r="V67" s="1">
+        <v>261713.72</v>
+      </c>
+      <c r="W67" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X67">
+        <v>1</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>169</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>500</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A68" t="s">
+        <v>30</v>
+      </c>
+      <c r="B68">
+        <v>1</v>
+      </c>
+      <c r="C68">
+        <v>2</v>
+      </c>
+      <c r="D68">
+        <v>1912</v>
+      </c>
+      <c r="H68" t="s">
+        <v>31</v>
+      </c>
+      <c r="I68" t="s">
+        <v>501</v>
+      </c>
+      <c r="J68" t="s">
+        <v>462</v>
+      </c>
+      <c r="K68" t="s">
+        <v>501</v>
+      </c>
+      <c r="L68" t="s">
+        <v>316</v>
+      </c>
+      <c r="M68" t="s">
+        <v>463</v>
+      </c>
+      <c r="O68" t="s">
+        <v>502</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>37</v>
+      </c>
+      <c r="R68" t="s">
+        <v>503</v>
+      </c>
+      <c r="S68" t="s">
+        <v>75</v>
+      </c>
+      <c r="T68" s="1">
+        <v>49981.35</v>
+      </c>
+      <c r="U68" t="s">
+        <v>40</v>
+      </c>
+      <c r="V68" s="1">
+        <v>19992.54</v>
+      </c>
+      <c r="W68" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X68">
+        <v>1</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>504</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>505</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A69" t="s">
+        <v>30</v>
+      </c>
+      <c r="B69">
+        <v>1</v>
+      </c>
+      <c r="C69">
+        <v>2</v>
+      </c>
+      <c r="D69">
+        <v>1916</v>
+      </c>
+      <c r="H69" t="s">
+        <v>31</v>
+      </c>
+      <c r="I69" t="s">
+        <v>506</v>
+      </c>
+      <c r="J69" t="s">
+        <v>462</v>
+      </c>
+      <c r="K69" t="s">
+        <v>506</v>
+      </c>
+      <c r="L69" t="s">
+        <v>316</v>
+      </c>
+      <c r="M69" t="s">
+        <v>463</v>
+      </c>
+      <c r="O69" t="s">
+        <v>507</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>37</v>
+      </c>
+      <c r="R69" t="s">
+        <v>508</v>
+      </c>
+      <c r="S69" t="s">
+        <v>75</v>
+      </c>
+      <c r="T69" s="1">
+        <v>49981.345999999998</v>
+      </c>
+      <c r="U69" t="s">
+        <v>40</v>
+      </c>
+      <c r="V69" s="1">
+        <v>19992.54</v>
+      </c>
+      <c r="W69" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X69">
+        <v>1</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>509</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>510</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A70" t="s">
+        <v>30</v>
+      </c>
+      <c r="B70">
+        <v>2</v>
+      </c>
+      <c r="C70">
+        <v>4</v>
+      </c>
+      <c r="D70">
+        <v>1926</v>
+      </c>
+      <c r="H70" t="s">
+        <v>31</v>
+      </c>
+      <c r="I70" t="s">
+        <v>511</v>
+      </c>
+      <c r="J70" t="s">
+        <v>512</v>
+      </c>
+      <c r="K70" t="s">
+        <v>511</v>
+      </c>
+      <c r="L70" t="s">
+        <v>351</v>
+      </c>
+      <c r="M70" t="s">
+        <v>352</v>
+      </c>
+      <c r="O70" t="s">
+        <v>513</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>37</v>
+      </c>
+      <c r="R70" t="s">
+        <v>514</v>
+      </c>
+      <c r="S70" t="s">
+        <v>39</v>
+      </c>
+      <c r="T70" s="1">
+        <v>801400</v>
+      </c>
+      <c r="U70" t="s">
+        <v>40</v>
+      </c>
+      <c r="V70" s="1">
+        <v>320560</v>
+      </c>
+      <c r="W70" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X70">
+        <v>1</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>515</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>516</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A71" t="s">
+        <v>30</v>
+      </c>
+      <c r="B71">
+        <v>1</v>
+      </c>
+      <c r="C71">
+        <v>4</v>
+      </c>
+      <c r="D71">
+        <v>1932</v>
+      </c>
+      <c r="G71">
         <v>5</v>
       </c>
-      <c r="G4" s="8" t="s">
+      <c r="H71" t="s">
+        <v>31</v>
+      </c>
+      <c r="I71" t="s">
+        <v>517</v>
+      </c>
+      <c r="J71" t="s">
+        <v>518</v>
+      </c>
+      <c r="K71" t="s">
+        <v>517</v>
+      </c>
+      <c r="L71" t="s">
+        <v>519</v>
+      </c>
+      <c r="M71" t="s">
+        <v>520</v>
+      </c>
+      <c r="O71" t="s">
+        <v>521</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>37</v>
+      </c>
+      <c r="R71" t="s">
+        <v>522</v>
+      </c>
+      <c r="S71" t="s">
+        <v>75</v>
+      </c>
+      <c r="T71" s="1">
+        <v>7788447.5</v>
+      </c>
+      <c r="U71" t="s">
+        <v>40</v>
+      </c>
+      <c r="V71" s="1">
+        <v>3115378.5</v>
+      </c>
+      <c r="W71" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X71">
+        <v>2</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>524</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A72" t="s">
+        <v>30</v>
+      </c>
+      <c r="B72">
+        <v>1</v>
+      </c>
+      <c r="C72">
+        <v>2</v>
+      </c>
+      <c r="D72">
+        <v>1941</v>
+      </c>
+      <c r="H72" t="s">
+        <v>31</v>
+      </c>
+      <c r="I72" t="s">
+        <v>526</v>
+      </c>
+      <c r="J72" t="s">
+        <v>527</v>
+      </c>
+      <c r="K72" t="s">
+        <v>526</v>
+      </c>
+      <c r="L72" t="s">
+        <v>71</v>
+      </c>
+      <c r="M72" t="s">
+        <v>528</v>
+      </c>
+      <c r="O72" t="s">
+        <v>529</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>37</v>
+      </c>
+      <c r="R72" t="s">
+        <v>530</v>
+      </c>
+      <c r="S72" t="s">
+        <v>75</v>
+      </c>
+      <c r="T72" s="1">
+        <v>2994684.55</v>
+      </c>
+      <c r="U72" t="s">
+        <v>40</v>
+      </c>
+      <c r="V72" s="1">
+        <v>1197873.82</v>
+      </c>
+      <c r="W72" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X72">
+        <v>1</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>531</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>532</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A73" t="s">
+        <v>30</v>
+      </c>
+      <c r="B73">
+        <v>1</v>
+      </c>
+      <c r="C73">
+        <v>1</v>
+      </c>
+      <c r="D73">
+        <v>2026</v>
+      </c>
+      <c r="H73" t="s">
+        <v>31</v>
+      </c>
+      <c r="I73" t="s">
+        <v>401</v>
+      </c>
+      <c r="J73" t="s">
+        <v>534</v>
+      </c>
+      <c r="K73" t="s">
+        <v>401</v>
+      </c>
+      <c r="L73" t="s">
+        <v>87</v>
+      </c>
+      <c r="M73" t="s">
+        <v>158</v>
+      </c>
+      <c r="O73" t="s">
+        <v>535</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>37</v>
+      </c>
+      <c r="R73" t="s">
+        <v>397</v>
+      </c>
+      <c r="S73" t="s">
+        <v>75</v>
+      </c>
+      <c r="T73" s="1">
+        <v>1825000</v>
+      </c>
+      <c r="U73" t="s">
+        <v>40</v>
+      </c>
+      <c r="V73" s="1">
+        <v>730000</v>
+      </c>
+      <c r="W73" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X73">
+        <v>1</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>536</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>537</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A74" t="s">
+        <v>30</v>
+      </c>
+      <c r="B74">
+        <v>1</v>
+      </c>
+      <c r="C74">
+        <v>4</v>
+      </c>
+      <c r="D74">
+        <v>2027</v>
+      </c>
+      <c r="G74">
+        <v>5</v>
+      </c>
+      <c r="H74" t="s">
+        <v>31</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1352</v>
+      </c>
+      <c r="J74" t="s">
+        <v>539</v>
+      </c>
+      <c r="K74" t="s">
+        <v>538</v>
+      </c>
+      <c r="L74" t="s">
+        <v>540</v>
+      </c>
+      <c r="M74" t="s">
+        <v>541</v>
+      </c>
+      <c r="O74" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>37</v>
+      </c>
+      <c r="R74" t="s">
+        <v>234</v>
+      </c>
+      <c r="S74" t="s">
+        <v>75</v>
+      </c>
+      <c r="T74" s="1">
+        <v>8951098.9800000004</v>
+      </c>
+      <c r="U74" t="s">
+        <v>40</v>
+      </c>
+      <c r="V74" s="1">
+        <v>1500000</v>
+      </c>
+      <c r="W74" s="2">
+        <v>0.17</v>
+      </c>
+      <c r="X74">
+        <v>1</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>543</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>544</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A75" t="s">
+        <v>30</v>
+      </c>
+      <c r="B75">
+        <v>1</v>
+      </c>
+      <c r="C75">
+        <v>2</v>
+      </c>
+      <c r="D75">
+        <v>2028</v>
+      </c>
+      <c r="H75" t="s">
+        <v>31</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1353</v>
+      </c>
+      <c r="J75" t="s">
+        <v>546</v>
+      </c>
+      <c r="K75" t="s">
+        <v>545</v>
+      </c>
+      <c r="L75" t="s">
+        <v>316</v>
+      </c>
+      <c r="M75" t="s">
+        <v>463</v>
+      </c>
+      <c r="O75" t="s">
+        <v>547</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>37</v>
+      </c>
+      <c r="R75" t="s">
+        <v>445</v>
+      </c>
+      <c r="S75" t="s">
+        <v>75</v>
+      </c>
+      <c r="T75" s="1">
+        <v>50000</v>
+      </c>
+      <c r="U75" t="s">
+        <v>40</v>
+      </c>
+      <c r="V75" s="1">
+        <v>20000</v>
+      </c>
+      <c r="W75" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X75">
+        <v>1</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>548</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>549</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A76" t="s">
+        <v>30</v>
+      </c>
+      <c r="B76">
+        <v>1</v>
+      </c>
+      <c r="C76">
+        <v>2</v>
+      </c>
+      <c r="D76">
+        <v>2029</v>
+      </c>
+      <c r="H76" t="s">
+        <v>31</v>
+      </c>
+      <c r="I76" t="s">
+        <v>550</v>
+      </c>
+      <c r="J76" t="s">
+        <v>462</v>
+      </c>
+      <c r="K76" t="s">
+        <v>550</v>
+      </c>
+      <c r="L76" t="s">
+        <v>316</v>
+      </c>
+      <c r="M76" t="s">
+        <v>463</v>
+      </c>
+      <c r="O76" t="s">
+        <v>551</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>37</v>
+      </c>
+      <c r="R76" t="s">
+        <v>552</v>
+      </c>
+      <c r="S76" t="s">
+        <v>75</v>
+      </c>
+      <c r="T76" s="1">
+        <v>50000</v>
+      </c>
+      <c r="U76" t="s">
+        <v>40</v>
+      </c>
+      <c r="V76" s="1">
+        <v>20000</v>
+      </c>
+      <c r="W76" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X76">
+        <v>1</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>553</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>554</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A77" t="s">
+        <v>30</v>
+      </c>
+      <c r="B77">
+        <v>4</v>
+      </c>
+      <c r="C77">
         <v>6</v>
       </c>
-      <c r="H4" s="8" t="s">
-[...8 lines deleted...]
-      <c r="K4" s="8" t="s">
+      <c r="D77">
+        <v>2032</v>
+      </c>
+      <c r="G77">
         <v>10</v>
       </c>
-      <c r="L4" s="9" t="s">
-[...8 lines deleted...]
-      <c r="O4" s="8" t="s">
+      <c r="H77" t="s">
+        <v>31</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J77" t="s">
+        <v>556</v>
+      </c>
+      <c r="K77" t="s">
+        <v>555</v>
+      </c>
+      <c r="L77" t="s">
+        <v>557</v>
+      </c>
+      <c r="M77" t="s">
+        <v>558</v>
+      </c>
+      <c r="O77" t="s">
+        <v>559</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>37</v>
+      </c>
+      <c r="R77" t="s">
+        <v>560</v>
+      </c>
+      <c r="S77" t="s">
+        <v>39</v>
+      </c>
+      <c r="T77" s="1">
+        <v>25892530</v>
+      </c>
+      <c r="U77" t="s">
+        <v>40</v>
+      </c>
+      <c r="V77" s="1">
+        <v>9425000</v>
+      </c>
+      <c r="W77" s="2">
+        <v>0.36</v>
+      </c>
+      <c r="X77">
+        <v>2</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A78" t="s">
+        <v>30</v>
+      </c>
+      <c r="B78">
+        <v>1</v>
+      </c>
+      <c r="C78">
+        <v>1</v>
+      </c>
+      <c r="D78">
+        <v>2035</v>
+      </c>
+      <c r="H78" t="s">
+        <v>31</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J78" t="s">
+        <v>562</v>
+      </c>
+      <c r="K78" t="s">
+        <v>561</v>
+      </c>
+      <c r="L78" t="s">
+        <v>557</v>
+      </c>
+      <c r="M78" t="s">
+        <v>558</v>
+      </c>
+      <c r="O78" t="s">
+        <v>563</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>37</v>
+      </c>
+      <c r="R78" t="s">
+        <v>564</v>
+      </c>
+      <c r="S78" t="s">
+        <v>75</v>
+      </c>
+      <c r="T78" s="1">
+        <v>495400</v>
+      </c>
+      <c r="U78" t="s">
+        <v>40</v>
+      </c>
+      <c r="V78" s="1">
+        <v>247700</v>
+      </c>
+      <c r="W78" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X78">
+        <v>1</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A79" t="s">
+        <v>30</v>
+      </c>
+      <c r="B79">
+        <v>3</v>
+      </c>
+      <c r="C79">
+        <v>1</v>
+      </c>
+      <c r="D79">
+        <v>2036</v>
+      </c>
+      <c r="H79" t="s">
+        <v>31</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J79" t="s">
+        <v>566</v>
+      </c>
+      <c r="K79" t="s">
+        <v>565</v>
+      </c>
+      <c r="L79" t="s">
+        <v>557</v>
+      </c>
+      <c r="M79" t="s">
+        <v>558</v>
+      </c>
+      <c r="O79" t="s">
+        <v>567</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>37</v>
+      </c>
+      <c r="R79" t="s">
+        <v>568</v>
+      </c>
+      <c r="S79" t="s">
+        <v>39</v>
+      </c>
+      <c r="T79" s="1">
+        <v>1650000</v>
+      </c>
+      <c r="U79" t="s">
+        <v>40</v>
+      </c>
+      <c r="V79" s="1">
+        <v>825000</v>
+      </c>
+      <c r="W79" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X79">
+        <v>1</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>192</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>193</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A80" t="s">
+        <v>30</v>
+      </c>
+      <c r="B80">
+        <v>2</v>
+      </c>
+      <c r="C80">
+        <v>2</v>
+      </c>
+      <c r="D80">
+        <v>2037</v>
+      </c>
+      <c r="H80" t="s">
+        <v>31</v>
+      </c>
+      <c r="I80" t="s">
+        <v>569</v>
+      </c>
+      <c r="J80" t="s">
+        <v>570</v>
+      </c>
+      <c r="K80" t="s">
+        <v>569</v>
+      </c>
+      <c r="L80" t="s">
+        <v>557</v>
+      </c>
+      <c r="M80" t="s">
+        <v>558</v>
+      </c>
+      <c r="O80" t="s">
+        <v>567</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>37</v>
+      </c>
+      <c r="R80" t="s">
+        <v>571</v>
+      </c>
+      <c r="S80" t="s">
+        <v>39</v>
+      </c>
+      <c r="T80" s="1">
+        <v>3097201.66</v>
+      </c>
+      <c r="U80" t="s">
+        <v>40</v>
+      </c>
+      <c r="V80" s="1">
+        <v>1393740.75</v>
+      </c>
+      <c r="W80" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="X80">
+        <v>1</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>192</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>193</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A81" t="s">
+        <v>30</v>
+      </c>
+      <c r="B81">
+        <v>2</v>
+      </c>
+      <c r="C81">
+        <v>2</v>
+      </c>
+      <c r="D81">
+        <v>2039</v>
+      </c>
+      <c r="H81" t="s">
+        <v>31</v>
+      </c>
+      <c r="I81" t="s">
+        <v>572</v>
+      </c>
+      <c r="J81" t="s">
+        <v>573</v>
+      </c>
+      <c r="K81" t="s">
+        <v>572</v>
+      </c>
+      <c r="L81" t="s">
+        <v>557</v>
+      </c>
+      <c r="M81" t="s">
+        <v>558</v>
+      </c>
+      <c r="O81" t="s">
+        <v>574</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>37</v>
+      </c>
+      <c r="R81" t="s">
+        <v>571</v>
+      </c>
+      <c r="S81" t="s">
+        <v>39</v>
+      </c>
+      <c r="T81" s="1">
+        <v>4600940</v>
+      </c>
+      <c r="U81" t="s">
+        <v>40</v>
+      </c>
+      <c r="V81" s="1">
+        <v>2070423</v>
+      </c>
+      <c r="W81" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="X81">
+        <v>1</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>575</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>576</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A82" t="s">
+        <v>30</v>
+      </c>
+      <c r="B82">
+        <v>2</v>
+      </c>
+      <c r="C82">
+        <v>4</v>
+      </c>
+      <c r="D82">
+        <v>2041</v>
+      </c>
+      <c r="H82" t="s">
+        <v>31</v>
+      </c>
+      <c r="I82" t="s">
+        <v>577</v>
+      </c>
+      <c r="J82" t="s">
+        <v>578</v>
+      </c>
+      <c r="K82" t="s">
+        <v>577</v>
+      </c>
+      <c r="L82" t="s">
+        <v>557</v>
+      </c>
+      <c r="M82" t="s">
+        <v>558</v>
+      </c>
+      <c r="O82" t="s">
+        <v>579</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>37</v>
+      </c>
+      <c r="R82" t="s">
+        <v>580</v>
+      </c>
+      <c r="S82" t="s">
+        <v>39</v>
+      </c>
+      <c r="T82" s="1">
+        <v>4204316.2</v>
+      </c>
+      <c r="U82" t="s">
+        <v>40</v>
+      </c>
+      <c r="V82" s="1">
+        <v>1681726.48</v>
+      </c>
+      <c r="W82" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X82">
+        <v>1</v>
+      </c>
+      <c r="Y82" t="s">
         <v>326</v>
       </c>
-      <c r="P4" s="8" t="s">
-[...23 lines deleted...]
-      <c r="X4" s="8" t="s">
+      <c r="AA82" t="s">
         <v>327</v>
       </c>
-      <c r="Y4" s="8" t="s">
-[...1297 lines deleted...]
-      <c r="I22" s="4" t="s">
+      <c r="AB82" t="s">
         <v>43</v>
       </c>
-      <c r="J22" s="4" t="s">
-[...68 lines deleted...]
-      <c r="I23" s="4" t="s">
+      <c r="AC82" t="s">
         <v>44</v>
-      </c>
-[...4336 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>22</v>
-[...13 lines deleted...]
-        <v>10</v>
+        <v>30</v>
+      </c>
+      <c r="B83">
+        <v>4</v>
+      </c>
+      <c r="C83">
+        <v>6</v>
+      </c>
+      <c r="D83">
+        <v>2043</v>
       </c>
       <c r="H83" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I83" t="s">
-        <v>668</v>
+        <v>1357</v>
       </c>
       <c r="J83" t="s">
-        <v>669</v>
+        <v>582</v>
       </c>
       <c r="K83" t="s">
-        <v>668</v>
-[...5 lines deleted...]
-        <v>46660</v>
+        <v>581</v>
+      </c>
+      <c r="L83" t="s">
+        <v>583</v>
+      </c>
+      <c r="M83" t="s">
+        <v>584</v>
       </c>
       <c r="O83" t="s">
-        <v>719</v>
+        <v>585</v>
       </c>
       <c r="Q83" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R83" t="s">
+        <v>586</v>
       </c>
       <c r="S83" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>25892530</v>
+        <v>39</v>
+      </c>
+      <c r="T83" s="1">
+        <v>2168000</v>
       </c>
       <c r="U83" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>388</v>
+        <v>40</v>
+      </c>
+      <c r="V83" s="1">
+        <v>867200</v>
+      </c>
+      <c r="W83" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X83">
+        <v>1</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>587</v>
       </c>
       <c r="AA83" t="s">
-        <v>204</v>
+        <v>588</v>
       </c>
       <c r="AB83" t="s">
-        <v>205</v>
+        <v>43</v>
       </c>
       <c r="AC83" t="s">
-        <v>389</v>
+        <v>59</v>
       </c>
     </row>
     <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G84" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B84">
+        <v>1</v>
+      </c>
+      <c r="C84">
+        <v>1</v>
+      </c>
+      <c r="D84">
+        <v>2044</v>
+      </c>
       <c r="H84" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I84" t="s">
-        <v>103</v>
+        <v>589</v>
       </c>
       <c r="J84" t="s">
-        <v>901</v>
+        <v>590</v>
       </c>
       <c r="K84" t="s">
-        <v>273</v>
-[...5 lines deleted...]
-        <v>46660</v>
+        <v>589</v>
+      </c>
+      <c r="L84" t="s">
+        <v>591</v>
+      </c>
+      <c r="M84" t="s">
+        <v>592</v>
       </c>
       <c r="O84" t="s">
-        <v>176</v>
+        <v>593</v>
       </c>
       <c r="Q84" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R84" t="s">
+        <v>594</v>
       </c>
       <c r="S84" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>495400</v>
+        <v>75</v>
+      </c>
+      <c r="T84" s="1">
+        <v>981347</v>
       </c>
       <c r="U84" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-        <v>398</v>
+        <v>40</v>
+      </c>
+      <c r="V84" s="1">
+        <v>390000</v>
+      </c>
+      <c r="W84" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X84">
+        <v>1</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>76</v>
       </c>
       <c r="AA84" t="s">
-        <v>207</v>
+        <v>595</v>
       </c>
       <c r="AB84" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G85" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B85">
+        <v>2</v>
+      </c>
+      <c r="C85">
+        <v>2</v>
+      </c>
+      <c r="D85">
+        <v>2046</v>
+      </c>
+      <c r="G85">
+        <v>5</v>
+      </c>
       <c r="H85" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I85" t="s">
-        <v>670</v>
+        <v>596</v>
       </c>
       <c r="J85" t="s">
-        <v>903</v>
-[...8 lines deleted...]
-        <v>46660</v>
+        <v>597</v>
+      </c>
+      <c r="K85" t="s">
+        <v>596</v>
+      </c>
+      <c r="L85" t="s">
+        <v>598</v>
+      </c>
+      <c r="M85" t="s">
+        <v>88</v>
       </c>
       <c r="O85" t="s">
-        <v>720</v>
+        <v>599</v>
       </c>
       <c r="Q85" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>37</v>
+      </c>
+      <c r="R85" t="s">
+        <v>600</v>
       </c>
       <c r="S85" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1650000</v>
+        <v>39</v>
+      </c>
+      <c r="T85" s="1">
+        <v>5293500</v>
       </c>
       <c r="U85" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>438</v>
+        <v>40</v>
+      </c>
+      <c r="V85" s="1">
+        <v>2062347.6</v>
+      </c>
+      <c r="W85" s="2">
+        <v>0.39</v>
+      </c>
+      <c r="X85">
+        <v>1</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>601</v>
       </c>
       <c r="AA85" t="s">
-        <v>218</v>
+        <v>602</v>
       </c>
       <c r="AB85" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC85" t="s">
-        <v>382</v>
+        <v>263</v>
       </c>
     </row>
     <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G86" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B86">
+        <v>4</v>
+      </c>
+      <c r="C86">
+        <v>6</v>
+      </c>
+      <c r="D86">
+        <v>2047</v>
+      </c>
+      <c r="G86">
+        <v>5</v>
+      </c>
       <c r="H86" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I86" t="s">
-        <v>671</v>
+        <v>603</v>
       </c>
       <c r="J86" t="s">
-        <v>904</v>
-[...8 lines deleted...]
-        <v>46660</v>
+        <v>604</v>
+      </c>
+      <c r="K86" t="s">
+        <v>603</v>
+      </c>
+      <c r="L86" t="s">
+        <v>605</v>
+      </c>
+      <c r="M86" t="s">
+        <v>606</v>
       </c>
       <c r="O86" t="s">
-        <v>720</v>
+        <v>607</v>
       </c>
       <c r="Q86" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>37</v>
+      </c>
+      <c r="R86" t="s">
+        <v>608</v>
       </c>
       <c r="S86" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3097201.66</v>
+        <v>39</v>
+      </c>
+      <c r="T86" s="1">
+        <v>5100000.4099999992</v>
       </c>
       <c r="U86" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>438</v>
+        <v>40</v>
+      </c>
+      <c r="V86" s="1">
+        <v>750000</v>
+      </c>
+      <c r="W86" s="2">
+        <v>0.15</v>
+      </c>
+      <c r="X86">
+        <v>1</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>609</v>
       </c>
       <c r="AA86" t="s">
-        <v>218</v>
+        <v>610</v>
       </c>
       <c r="AB86" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC86" t="s">
-        <v>382</v>
+        <v>243</v>
       </c>
     </row>
     <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B87" s="4">
+        <v>30</v>
+      </c>
+      <c r="B87">
+        <v>1</v>
+      </c>
+      <c r="C87">
+        <v>4</v>
+      </c>
+      <c r="D87">
+        <v>2050</v>
+      </c>
+      <c r="G87">
+        <v>5</v>
+      </c>
+      <c r="H87" t="s">
+        <v>31</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1358</v>
+      </c>
+      <c r="J87" t="s">
+        <v>612</v>
+      </c>
+      <c r="K87" t="s">
+        <v>611</v>
+      </c>
+      <c r="L87" t="s">
+        <v>583</v>
+      </c>
+      <c r="M87" t="s">
+        <v>584</v>
+      </c>
+      <c r="O87" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>37</v>
+      </c>
+      <c r="R87" t="s">
+        <v>614</v>
+      </c>
+      <c r="S87" t="s">
+        <v>75</v>
+      </c>
+      <c r="T87" s="1">
+        <v>7193946.0000000009</v>
+      </c>
+      <c r="U87" t="s">
+        <v>40</v>
+      </c>
+      <c r="V87" s="1">
+        <v>4316367.5999999996</v>
+      </c>
+      <c r="W87" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X87">
         <v>2</v>
       </c>
-      <c r="C87" s="4">
-[...55 lines deleted...]
-        <v>828</v>
+      <c r="Y87" t="s">
+        <v>615</v>
       </c>
       <c r="AA87" t="s">
-        <v>765</v>
+        <v>616</v>
       </c>
       <c r="AB87" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="AC87" t="s">
-        <v>407</v>
+        <v>617</v>
       </c>
     </row>
     <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C88" s="4">
+        <v>30</v>
+      </c>
+      <c r="B88">
         <v>4</v>
       </c>
-      <c r="D88" s="4">
-[...4 lines deleted...]
-      <c r="G88" s="4"/>
+      <c r="C88">
+        <v>6</v>
+      </c>
+      <c r="D88">
+        <v>2051</v>
+      </c>
       <c r="H88" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I88" t="s">
-        <v>104</v>
+        <v>1359</v>
       </c>
       <c r="J88" t="s">
-        <v>906</v>
+        <v>619</v>
       </c>
       <c r="K88" t="s">
-        <v>282</v>
-[...5 lines deleted...]
-        <v>46660</v>
+        <v>618</v>
+      </c>
+      <c r="L88" t="s">
+        <v>620</v>
+      </c>
+      <c r="M88" t="s">
+        <v>621</v>
       </c>
       <c r="O88" t="s">
-        <v>177</v>
+        <v>622</v>
       </c>
       <c r="Q88" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>37</v>
+      </c>
+      <c r="R88" t="s">
+        <v>240</v>
       </c>
       <c r="S88" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>4204316.2</v>
+        <v>39</v>
+      </c>
+      <c r="T88" s="1">
+        <v>4080000</v>
       </c>
       <c r="U88" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-        <v>506</v>
+        <v>40</v>
+      </c>
+      <c r="V88" s="1">
+        <v>1632000</v>
+      </c>
+      <c r="W88" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X88">
+        <v>1</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>241</v>
       </c>
       <c r="AA88" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="AB88" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC88" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G89" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B89">
+        <v>2</v>
+      </c>
+      <c r="C89">
+        <v>4</v>
+      </c>
+      <c r="D89">
+        <v>2055</v>
+      </c>
       <c r="H89" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I89" t="s">
-        <v>105</v>
+        <v>1360</v>
       </c>
       <c r="J89" t="s">
-        <v>907</v>
+        <v>624</v>
       </c>
       <c r="K89" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        <v>46507</v>
+        <v>623</v>
+      </c>
+      <c r="L89" t="s">
+        <v>316</v>
+      </c>
+      <c r="M89" t="s">
+        <v>281</v>
       </c>
       <c r="O89" t="s">
-        <v>178</v>
+        <v>625</v>
       </c>
       <c r="Q89" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R89" t="s">
+        <v>580</v>
       </c>
       <c r="S89" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2168000</v>
+        <v>39</v>
+      </c>
+      <c r="T89" s="1">
+        <v>3238892.03</v>
       </c>
       <c r="U89" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="W89" s="7">
+        <v>40</v>
+      </c>
+      <c r="V89" s="1">
+        <v>1295556.81</v>
+      </c>
+      <c r="W89" s="2">
         <v>0.4</v>
       </c>
-      <c r="X89" s="4">
-[...3 lines deleted...]
-        <v>818</v>
+      <c r="X89">
+        <v>1</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>326</v>
       </c>
       <c r="AA89" t="s">
-        <v>253</v>
+        <v>327</v>
       </c>
       <c r="AB89" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC89" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G90" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B90">
+        <v>2</v>
+      </c>
+      <c r="C90">
+        <v>2</v>
+      </c>
+      <c r="D90">
+        <v>2056</v>
+      </c>
+      <c r="G90">
+        <v>5</v>
+      </c>
       <c r="H90" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I90" t="s">
-        <v>106</v>
+        <v>626</v>
       </c>
       <c r="J90" t="s">
-        <v>908</v>
+        <v>627</v>
       </c>
       <c r="K90" t="s">
-        <v>284</v>
-[...5 lines deleted...]
-        <v>46630</v>
+        <v>626</v>
+      </c>
+      <c r="L90" t="s">
+        <v>298</v>
+      </c>
+      <c r="M90" t="s">
+        <v>380</v>
       </c>
       <c r="O90" t="s">
-        <v>179</v>
+        <v>628</v>
       </c>
       <c r="Q90" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R90" t="s">
+        <v>629</v>
       </c>
       <c r="S90" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>981347</v>
+        <v>39</v>
+      </c>
+      <c r="T90" s="1">
+        <v>12992380.539999999</v>
       </c>
       <c r="U90" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-        <v>381</v>
+        <v>40</v>
+      </c>
+      <c r="V90" s="1">
+        <v>1171000</v>
+      </c>
+      <c r="W90" s="2">
+        <v>0.09</v>
+      </c>
+      <c r="X90">
+        <v>1</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>630</v>
       </c>
       <c r="AA90" t="s">
-        <v>254</v>
+        <v>631</v>
       </c>
       <c r="AB90" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC90" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B91" s="4">
+        <v>30</v>
+      </c>
+      <c r="B91">
         <v>2</v>
       </c>
-      <c r="C91" s="4">
-[...8 lines deleted...]
-        <v>5</v>
+      <c r="C91">
+        <v>4</v>
+      </c>
+      <c r="D91">
+        <v>2057</v>
       </c>
       <c r="H91" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I91" t="s">
-        <v>673</v>
+        <v>632</v>
       </c>
       <c r="J91" t="s">
-        <v>909</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>633</v>
+      </c>
+      <c r="K91" t="s">
+        <v>632</v>
+      </c>
+      <c r="L91" t="s">
+        <v>620</v>
+      </c>
+      <c r="M91" t="s">
+        <v>621</v>
       </c>
       <c r="O91" t="s">
-        <v>722</v>
+        <v>634</v>
       </c>
       <c r="Q91" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>37</v>
+      </c>
+      <c r="R91" t="s">
+        <v>635</v>
       </c>
       <c r="S91" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>5293500</v>
+        <v>39</v>
+      </c>
+      <c r="T91" s="1">
+        <v>2880908.3279999993</v>
       </c>
       <c r="U91" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>829</v>
+        <v>40</v>
+      </c>
+      <c r="V91" s="1">
+        <v>1152363.33</v>
+      </c>
+      <c r="W91" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X91">
+        <v>6</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>636</v>
       </c>
       <c r="AA91" t="s">
-        <v>766</v>
+        <v>637</v>
       </c>
       <c r="AB91" t="s">
-        <v>198</v>
+        <v>392</v>
       </c>
       <c r="AC91" t="s">
-        <v>476</v>
+        <v>638</v>
       </c>
     </row>
     <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G92" s="4">
+        <v>30</v>
+      </c>
+      <c r="B92">
+        <v>1</v>
+      </c>
+      <c r="C92">
+        <v>2</v>
+      </c>
+      <c r="D92">
+        <v>2058</v>
+      </c>
+      <c r="H92" t="s">
+        <v>31</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1361</v>
+      </c>
+      <c r="J92" t="s">
+        <v>640</v>
+      </c>
+      <c r="K92" t="s">
+        <v>639</v>
+      </c>
+      <c r="L92" t="s">
+        <v>641</v>
+      </c>
+      <c r="M92" t="s">
+        <v>592</v>
+      </c>
+      <c r="O92" t="s">
+        <v>642</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>37</v>
+      </c>
+      <c r="R92" t="s">
+        <v>552</v>
+      </c>
+      <c r="S92" t="s">
+        <v>75</v>
+      </c>
+      <c r="T92" s="1">
+        <v>2520500</v>
+      </c>
+      <c r="U92" t="s">
+        <v>40</v>
+      </c>
+      <c r="V92" s="1">
+        <v>1008200</v>
+      </c>
+      <c r="W92" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X92">
         <v>5</v>
       </c>
-      <c r="H92" t="s">
-[...46 lines deleted...]
-        <v>830</v>
+      <c r="Y92" t="s">
+        <v>643</v>
       </c>
       <c r="AA92" t="s">
-        <v>767</v>
+        <v>644</v>
       </c>
       <c r="AB92" t="s">
-        <v>198</v>
+        <v>312</v>
       </c>
       <c r="AC92" t="s">
-        <v>465</v>
+        <v>645</v>
       </c>
     </row>
     <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
-        <v>22</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="B93">
+        <v>1</v>
+      </c>
+      <c r="C93">
+        <v>2</v>
+      </c>
+      <c r="D93">
+        <v>2060</v>
       </c>
       <c r="H93" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I93" t="s">
-        <v>675</v>
+        <v>646</v>
       </c>
       <c r="J93" t="s">
-        <v>911</v>
-[...8 lines deleted...]
-        <v>46507</v>
+        <v>647</v>
+      </c>
+      <c r="K93" t="s">
+        <v>646</v>
+      </c>
+      <c r="L93" t="s">
+        <v>591</v>
+      </c>
+      <c r="M93" t="s">
+        <v>592</v>
       </c>
       <c r="O93" t="s">
-        <v>724</v>
+        <v>648</v>
       </c>
       <c r="Q93" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>37</v>
+      </c>
+      <c r="R93" t="s">
+        <v>552</v>
       </c>
       <c r="S93" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>7193946</v>
+        <v>75</v>
+      </c>
+      <c r="T93" s="1">
+        <v>887693</v>
       </c>
       <c r="U93" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>848</v>
+        <v>40</v>
+      </c>
+      <c r="V93" s="1">
+        <v>355077.2</v>
+      </c>
+      <c r="W93" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X93">
+        <v>1</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>50</v>
       </c>
       <c r="AA93" t="s">
-        <v>768</v>
+        <v>51</v>
       </c>
       <c r="AB93" t="s">
-        <v>205</v>
+        <v>43</v>
       </c>
       <c r="AC93" t="s">
-        <v>769</v>
+        <v>52</v>
       </c>
     </row>
     <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G94" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B94">
+        <v>1</v>
+      </c>
+      <c r="C94">
+        <v>2</v>
+      </c>
+      <c r="D94">
+        <v>2063</v>
+      </c>
       <c r="H94" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I94" t="s">
-        <v>107</v>
+        <v>649</v>
       </c>
       <c r="J94" t="s">
-        <v>912</v>
+        <v>650</v>
       </c>
       <c r="K94" t="s">
-        <v>274</v>
-[...5 lines deleted...]
-        <v>46568</v>
+        <v>649</v>
+      </c>
+      <c r="L94" t="s">
+        <v>598</v>
+      </c>
+      <c r="M94" t="s">
+        <v>307</v>
       </c>
       <c r="O94" t="s">
-        <v>180</v>
+        <v>651</v>
       </c>
       <c r="Q94" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>37</v>
+      </c>
+      <c r="R94" t="s">
+        <v>652</v>
       </c>
       <c r="S94" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>4080000</v>
+        <v>75</v>
+      </c>
+      <c r="T94" s="1">
+        <v>552340.39600000007</v>
       </c>
       <c r="U94" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="W94" s="7">
+        <v>40</v>
+      </c>
+      <c r="V94" s="1">
+        <v>220936.16</v>
+      </c>
+      <c r="W94" s="2">
         <v>0.4</v>
       </c>
-      <c r="X94" s="4">
-[...3 lines deleted...]
-        <v>464</v>
+      <c r="X94">
+        <v>5</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>653</v>
       </c>
       <c r="AA94" t="s">
-        <v>224</v>
+        <v>654</v>
       </c>
       <c r="AB94" t="s">
-        <v>198</v>
+        <v>312</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C95" s="4">
+        <v>30</v>
+      </c>
+      <c r="B95">
+        <v>1</v>
+      </c>
+      <c r="C95">
         <v>4</v>
       </c>
-      <c r="D95" s="4">
-[...4 lines deleted...]
-      <c r="G95" s="4"/>
+      <c r="D95">
+        <v>2066</v>
+      </c>
       <c r="H95" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I95" t="s">
-        <v>676</v>
+        <v>1362</v>
       </c>
       <c r="J95" t="s">
-        <v>913</v>
-[...8 lines deleted...]
-        <v>46022</v>
+        <v>657</v>
+      </c>
+      <c r="K95" t="s">
+        <v>656</v>
+      </c>
+      <c r="L95" t="s">
+        <v>87</v>
+      </c>
+      <c r="M95" t="s">
+        <v>158</v>
       </c>
       <c r="O95" t="s">
-        <v>725</v>
+        <v>658</v>
       </c>
       <c r="Q95" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>37</v>
+      </c>
+      <c r="R95" t="s">
+        <v>659</v>
       </c>
       <c r="S95" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3238892.03</v>
+        <v>75</v>
+      </c>
+      <c r="T95" s="1">
+        <v>1497050</v>
       </c>
       <c r="U95" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>506</v>
+        <v>40</v>
+      </c>
+      <c r="V95" s="1">
+        <v>598820</v>
+      </c>
+      <c r="W95" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X95">
+        <v>1</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>660</v>
       </c>
       <c r="AA95" t="s">
-        <v>234</v>
+        <v>661</v>
       </c>
       <c r="AB95" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC95" t="s">
-        <v>507</v>
+        <v>179</v>
       </c>
     </row>
     <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B96" s="4">
+        <v>30</v>
+      </c>
+      <c r="B96">
         <v>2</v>
       </c>
-      <c r="C96" s="4">
+      <c r="C96">
+        <v>4</v>
+      </c>
+      <c r="D96">
+        <v>2067</v>
+      </c>
+      <c r="H96" t="s">
+        <v>31</v>
+      </c>
+      <c r="I96" t="s">
+        <v>662</v>
+      </c>
+      <c r="J96" t="s">
+        <v>663</v>
+      </c>
+      <c r="K96" t="s">
+        <v>662</v>
+      </c>
+      <c r="L96" t="s">
+        <v>557</v>
+      </c>
+      <c r="M96" t="s">
+        <v>558</v>
+      </c>
+      <c r="O96" t="s">
+        <v>664</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>37</v>
+      </c>
+      <c r="R96" t="s">
+        <v>635</v>
+      </c>
+      <c r="S96" t="s">
+        <v>39</v>
+      </c>
+      <c r="T96" s="1">
+        <v>1578924</v>
+      </c>
+      <c r="U96" t="s">
+        <v>40</v>
+      </c>
+      <c r="V96" s="1">
+        <v>631569.6</v>
+      </c>
+      <c r="W96" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X96">
+        <v>3</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>665</v>
+      </c>
+      <c r="AA96" t="s">
+        <v>666</v>
+      </c>
+      <c r="AB96" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC96" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A97" t="s">
+        <v>30</v>
+      </c>
+      <c r="B97">
+        <v>3</v>
+      </c>
+      <c r="C97">
+        <v>1</v>
+      </c>
+      <c r="D97">
+        <v>2069</v>
+      </c>
+      <c r="G97">
+        <v>5</v>
+      </c>
+      <c r="H97" t="s">
+        <v>31</v>
+      </c>
+      <c r="I97" t="s">
+        <v>668</v>
+      </c>
+      <c r="J97" t="s">
+        <v>669</v>
+      </c>
+      <c r="K97" t="s">
+        <v>668</v>
+      </c>
+      <c r="L97" t="s">
+        <v>620</v>
+      </c>
+      <c r="M97" t="s">
+        <v>621</v>
+      </c>
+      <c r="O97" t="s">
+        <v>670</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>37</v>
+      </c>
+      <c r="R97" t="s">
+        <v>671</v>
+      </c>
+      <c r="S97" t="s">
+        <v>39</v>
+      </c>
+      <c r="T97" s="1">
+        <v>5615601.0199999996</v>
+      </c>
+      <c r="U97" t="s">
+        <v>40</v>
+      </c>
+      <c r="V97" s="1">
+        <v>1800000</v>
+      </c>
+      <c r="W97" s="2">
+        <v>0.32</v>
+      </c>
+      <c r="X97">
         <v>2</v>
       </c>
-      <c r="D96" s="4">
-[...4 lines deleted...]
-      <c r="G96" s="4">
+      <c r="Y97" t="s">
+        <v>672</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>673</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A98" t="s">
+        <v>30</v>
+      </c>
+      <c r="B98">
+        <v>3</v>
+      </c>
+      <c r="C98">
+        <v>1</v>
+      </c>
+      <c r="D98">
+        <v>2071</v>
+      </c>
+      <c r="G98">
         <v>5</v>
       </c>
-      <c r="H96" t="s">
-[...2 lines deleted...]
-      <c r="I96" t="s">
+      <c r="H98" t="s">
+        <v>31</v>
+      </c>
+      <c r="I98" t="s">
+        <v>675</v>
+      </c>
+      <c r="J98" t="s">
+        <v>676</v>
+      </c>
+      <c r="K98" t="s">
+        <v>675</v>
+      </c>
+      <c r="L98" t="s">
         <v>677</v>
       </c>
-      <c r="J96" t="s">
+      <c r="M98" t="s">
         <v>678</v>
       </c>
-      <c r="K96" s="19" t="s">
+      <c r="O98" t="s">
+        <v>679</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>37</v>
+      </c>
+      <c r="R98" t="s">
+        <v>680</v>
+      </c>
+      <c r="S98" t="s">
+        <v>39</v>
+      </c>
+      <c r="T98" s="1">
+        <v>5944659.5999999996</v>
+      </c>
+      <c r="U98" t="s">
+        <v>40</v>
+      </c>
+      <c r="V98" s="1">
+        <v>1800000</v>
+      </c>
+      <c r="W98" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X98">
+        <v>1</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>169</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>681</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A99" t="s">
+        <v>30</v>
+      </c>
+      <c r="B99">
+        <v>1</v>
+      </c>
+      <c r="C99">
+        <v>2</v>
+      </c>
+      <c r="D99">
+        <v>2072</v>
+      </c>
+      <c r="H99" t="s">
+        <v>31</v>
+      </c>
+      <c r="I99" t="s">
+        <v>682</v>
+      </c>
+      <c r="J99" t="s">
+        <v>683</v>
+      </c>
+      <c r="K99" t="s">
+        <v>682</v>
+      </c>
+      <c r="L99" t="s">
+        <v>591</v>
+      </c>
+      <c r="M99" t="s">
+        <v>592</v>
+      </c>
+      <c r="O99" t="s">
+        <v>684</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>37</v>
+      </c>
+      <c r="R99" t="s">
+        <v>552</v>
+      </c>
+      <c r="S99" t="s">
+        <v>75</v>
+      </c>
+      <c r="T99" s="1">
+        <v>900000</v>
+      </c>
+      <c r="U99" t="s">
+        <v>40</v>
+      </c>
+      <c r="V99" s="1">
+        <v>360000</v>
+      </c>
+      <c r="W99" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X99">
+        <v>1</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>685</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>686</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A100" t="s">
+        <v>30</v>
+      </c>
+      <c r="B100">
+        <v>1</v>
+      </c>
+      <c r="C100">
+        <v>1</v>
+      </c>
+      <c r="D100">
+        <v>2073</v>
+      </c>
+      <c r="H100" t="s">
+        <v>31</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J100" t="s">
+        <v>688</v>
+      </c>
+      <c r="K100" t="s">
+        <v>687</v>
+      </c>
+      <c r="L100" t="s">
+        <v>557</v>
+      </c>
+      <c r="M100" t="s">
+        <v>689</v>
+      </c>
+      <c r="O100" t="s">
+        <v>690</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>37</v>
+      </c>
+      <c r="R100" t="s">
+        <v>691</v>
+      </c>
+      <c r="S100" t="s">
+        <v>75</v>
+      </c>
+      <c r="T100" s="1">
+        <v>480000</v>
+      </c>
+      <c r="U100" t="s">
+        <v>40</v>
+      </c>
+      <c r="V100" s="1">
+        <v>240000</v>
+      </c>
+      <c r="W100" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X100">
+        <v>1</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A101" t="s">
+        <v>30</v>
+      </c>
+      <c r="B101">
+        <v>4</v>
+      </c>
+      <c r="C101">
+        <v>6</v>
+      </c>
+      <c r="D101">
+        <v>2077</v>
+      </c>
+      <c r="G101">
+        <v>5</v>
+      </c>
+      <c r="H101" t="s">
+        <v>31</v>
+      </c>
+      <c r="I101" t="s">
+        <v>692</v>
+      </c>
+      <c r="J101" t="s">
+        <v>693</v>
+      </c>
+      <c r="K101" t="s">
+        <v>692</v>
+      </c>
+      <c r="L101" t="s">
+        <v>694</v>
+      </c>
+      <c r="M101" t="s">
+        <v>695</v>
+      </c>
+      <c r="O101" t="s">
+        <v>696</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>37</v>
+      </c>
+      <c r="R101" t="s">
+        <v>586</v>
+      </c>
+      <c r="S101" t="s">
+        <v>39</v>
+      </c>
+      <c r="T101" s="1">
+        <v>7588533</v>
+      </c>
+      <c r="U101" t="s">
+        <v>40</v>
+      </c>
+      <c r="V101" s="1">
+        <v>1700000</v>
+      </c>
+      <c r="W101" s="2">
+        <v>0.22</v>
+      </c>
+      <c r="X101">
+        <v>1</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>515</v>
+      </c>
+      <c r="AA101" t="s">
+        <v>516</v>
+      </c>
+      <c r="AB101" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC101" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A102" t="s">
+        <v>30</v>
+      </c>
+      <c r="B102">
+        <v>1</v>
+      </c>
+      <c r="C102">
+        <v>2</v>
+      </c>
+      <c r="D102">
+        <v>2078</v>
+      </c>
+      <c r="H102" t="s">
+        <v>31</v>
+      </c>
+      <c r="I102" t="s">
+        <v>697</v>
+      </c>
+      <c r="J102" t="s">
+        <v>698</v>
+      </c>
+      <c r="K102" t="s">
+        <v>697</v>
+      </c>
+      <c r="L102" t="s">
+        <v>591</v>
+      </c>
+      <c r="M102" t="s">
+        <v>47</v>
+      </c>
+      <c r="O102" t="s">
+        <v>699</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>37</v>
+      </c>
+      <c r="R102" t="s">
+        <v>652</v>
+      </c>
+      <c r="S102" t="s">
+        <v>75</v>
+      </c>
+      <c r="T102" s="1">
+        <v>335000</v>
+      </c>
+      <c r="U102" t="s">
+        <v>40</v>
+      </c>
+      <c r="V102" s="1">
+        <v>134000</v>
+      </c>
+      <c r="W102" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X102">
+        <v>3</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>700</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>701</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A103" t="s">
+        <v>30</v>
+      </c>
+      <c r="B103">
+        <v>1</v>
+      </c>
+      <c r="C103">
+        <v>4</v>
+      </c>
+      <c r="D103">
+        <v>2079</v>
+      </c>
+      <c r="H103" t="s">
+        <v>31</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J103" t="s">
+        <v>704</v>
+      </c>
+      <c r="K103" t="s">
+        <v>703</v>
+      </c>
+      <c r="L103" t="s">
+        <v>620</v>
+      </c>
+      <c r="M103" t="s">
+        <v>621</v>
+      </c>
+      <c r="O103" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>37</v>
+      </c>
+      <c r="R103" t="s">
+        <v>234</v>
+      </c>
+      <c r="S103" t="s">
+        <v>75</v>
+      </c>
+      <c r="T103" s="1">
+        <v>1289857</v>
+      </c>
+      <c r="U103" t="s">
+        <v>40</v>
+      </c>
+      <c r="V103" s="1">
+        <v>515942.8</v>
+      </c>
+      <c r="W103" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X103">
+        <v>1</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>706</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>707</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A104" t="s">
+        <v>30</v>
+      </c>
+      <c r="B104">
+        <v>3</v>
+      </c>
+      <c r="C104">
+        <v>1</v>
+      </c>
+      <c r="D104">
+        <v>2082</v>
+      </c>
+      <c r="H104" t="s">
+        <v>31</v>
+      </c>
+      <c r="I104" t="s">
+        <v>708</v>
+      </c>
+      <c r="J104" t="s">
+        <v>709</v>
+      </c>
+      <c r="K104" t="s">
+        <v>708</v>
+      </c>
+      <c r="L104" t="s">
         <v>677</v>
       </c>
-      <c r="L96" s="1">
-[...5 lines deleted...]
-      <c r="O96" t="s">
+      <c r="M104" t="s">
+        <v>678</v>
+      </c>
+      <c r="O104" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>37</v>
+      </c>
+      <c r="R104" t="s">
+        <v>143</v>
+      </c>
+      <c r="S104" t="s">
+        <v>39</v>
+      </c>
+      <c r="T104" s="1">
+        <v>2050000</v>
+      </c>
+      <c r="U104" t="s">
+        <v>40</v>
+      </c>
+      <c r="V104" s="1">
+        <v>820000</v>
+      </c>
+      <c r="W104" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X104">
+        <v>2</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>711</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>712</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A105" t="s">
+        <v>30</v>
+      </c>
+      <c r="B105">
+        <v>3</v>
+      </c>
+      <c r="C105">
+        <v>1</v>
+      </c>
+      <c r="D105">
+        <v>2084</v>
+      </c>
+      <c r="H105" t="s">
+        <v>31</v>
+      </c>
+      <c r="I105" t="s">
+        <v>714</v>
+      </c>
+      <c r="J105" t="s">
+        <v>715</v>
+      </c>
+      <c r="K105" t="s">
+        <v>714</v>
+      </c>
+      <c r="L105" t="s">
+        <v>677</v>
+      </c>
+      <c r="M105" t="s">
+        <v>678</v>
+      </c>
+      <c r="O105" t="s">
+        <v>716</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>37</v>
+      </c>
+      <c r="R105" t="s">
+        <v>717</v>
+      </c>
+      <c r="S105" t="s">
+        <v>39</v>
+      </c>
+      <c r="T105" s="1">
+        <v>2700000</v>
+      </c>
+      <c r="U105" t="s">
+        <v>40</v>
+      </c>
+      <c r="V105" s="1">
+        <v>1080000</v>
+      </c>
+      <c r="W105" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X105">
+        <v>1</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>144</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>145</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A106" t="s">
+        <v>30</v>
+      </c>
+      <c r="B106">
+        <v>1</v>
+      </c>
+      <c r="C106">
+        <v>1</v>
+      </c>
+      <c r="D106">
+        <v>2085</v>
+      </c>
+      <c r="G106">
+        <v>10</v>
+      </c>
+      <c r="H106" t="s">
+        <v>31</v>
+      </c>
+      <c r="I106" t="s">
+        <v>718</v>
+      </c>
+      <c r="J106" t="s">
+        <v>719</v>
+      </c>
+      <c r="K106" t="s">
+        <v>718</v>
+      </c>
+      <c r="L106" t="s">
+        <v>557</v>
+      </c>
+      <c r="M106" t="s">
+        <v>558</v>
+      </c>
+      <c r="O106" t="s">
+        <v>720</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>37</v>
+      </c>
+      <c r="R106" t="s">
+        <v>721</v>
+      </c>
+      <c r="S106" t="s">
+        <v>75</v>
+      </c>
+      <c r="T106" s="1">
+        <v>13667903.07</v>
+      </c>
+      <c r="U106" t="s">
+        <v>40</v>
+      </c>
+      <c r="V106" s="1">
+        <v>750000</v>
+      </c>
+      <c r="W106" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="X106">
+        <v>1</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>722</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>723</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A107" t="s">
+        <v>30</v>
+      </c>
+      <c r="B107">
+        <v>1</v>
+      </c>
+      <c r="C107">
+        <v>4</v>
+      </c>
+      <c r="D107">
+        <v>2090</v>
+      </c>
+      <c r="H107" t="s">
+        <v>31</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J107" t="s">
+        <v>725</v>
+      </c>
+      <c r="K107" t="s">
+        <v>724</v>
+      </c>
+      <c r="L107" t="s">
+        <v>429</v>
+      </c>
+      <c r="M107" t="s">
+        <v>430</v>
+      </c>
+      <c r="O107" t="s">
         <v>726</v>
       </c>
-      <c r="Q96" t="s">
-[...41 lines deleted...]
-      <c r="B97" s="4">
+      <c r="Q107" t="s">
+        <v>37</v>
+      </c>
+      <c r="R107" t="s">
+        <v>727</v>
+      </c>
+      <c r="S107" t="s">
+        <v>75</v>
+      </c>
+      <c r="T107" s="1">
+        <v>797375</v>
+      </c>
+      <c r="U107" t="s">
+        <v>40</v>
+      </c>
+      <c r="V107" s="1">
+        <v>318950</v>
+      </c>
+      <c r="W107" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X107">
+        <v>1</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>728</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>729</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A108" t="s">
+        <v>30</v>
+      </c>
+      <c r="B108">
+        <v>1</v>
+      </c>
+      <c r="C108">
+        <v>1</v>
+      </c>
+      <c r="D108">
+        <v>2092</v>
+      </c>
+      <c r="H108" t="s">
+        <v>31</v>
+      </c>
+      <c r="I108" t="s">
+        <v>731</v>
+      </c>
+      <c r="J108" t="s">
+        <v>732</v>
+      </c>
+      <c r="K108" t="s">
+        <v>731</v>
+      </c>
+      <c r="L108" t="s">
+        <v>306</v>
+      </c>
+      <c r="M108" t="s">
+        <v>219</v>
+      </c>
+      <c r="O108" t="s">
+        <v>733</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>37</v>
+      </c>
+      <c r="R108" t="s">
+        <v>734</v>
+      </c>
+      <c r="S108" t="s">
+        <v>75</v>
+      </c>
+      <c r="T108" s="1">
+        <v>170000</v>
+      </c>
+      <c r="U108" t="s">
+        <v>40</v>
+      </c>
+      <c r="V108" s="1">
+        <v>85000</v>
+      </c>
+      <c r="W108" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X108">
+        <v>1</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A109" t="s">
+        <v>30</v>
+      </c>
+      <c r="B109">
+        <v>4</v>
+      </c>
+      <c r="C109">
+        <v>6</v>
+      </c>
+      <c r="D109">
+        <v>2099</v>
+      </c>
+      <c r="H109" t="s">
+        <v>31</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1366</v>
+      </c>
+      <c r="J109" t="s">
+        <v>736</v>
+      </c>
+      <c r="K109" t="s">
+        <v>735</v>
+      </c>
+      <c r="L109" t="s">
+        <v>737</v>
+      </c>
+      <c r="M109" t="s">
+        <v>738</v>
+      </c>
+      <c r="O109" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>37</v>
+      </c>
+      <c r="R109" t="s">
+        <v>205</v>
+      </c>
+      <c r="S109" t="s">
+        <v>39</v>
+      </c>
+      <c r="T109" s="1">
+        <v>4374200</v>
+      </c>
+      <c r="U109" t="s">
+        <v>40</v>
+      </c>
+      <c r="V109" s="1">
+        <v>1749680</v>
+      </c>
+      <c r="W109" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X109">
+        <v>1</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>740</v>
+      </c>
+      <c r="AA109" t="s">
+        <v>741</v>
+      </c>
+      <c r="AB109" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC109" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A110" t="s">
+        <v>30</v>
+      </c>
+      <c r="B110">
+        <v>1</v>
+      </c>
+      <c r="C110">
+        <v>1</v>
+      </c>
+      <c r="D110">
+        <v>2101</v>
+      </c>
+      <c r="G110">
+        <v>10</v>
+      </c>
+      <c r="H110" t="s">
+        <v>31</v>
+      </c>
+      <c r="I110" t="s">
+        <v>742</v>
+      </c>
+      <c r="J110" t="s">
+        <v>743</v>
+      </c>
+      <c r="K110" t="s">
+        <v>742</v>
+      </c>
+      <c r="L110" t="s">
+        <v>591</v>
+      </c>
+      <c r="M110" t="s">
+        <v>592</v>
+      </c>
+      <c r="O110" t="s">
+        <v>744</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>37</v>
+      </c>
+      <c r="R110" t="s">
+        <v>120</v>
+      </c>
+      <c r="S110" t="s">
+        <v>75</v>
+      </c>
+      <c r="T110" s="1">
+        <v>12440000</v>
+      </c>
+      <c r="U110" t="s">
+        <v>40</v>
+      </c>
+      <c r="V110" s="1">
+        <v>750000</v>
+      </c>
+      <c r="W110" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="X110">
+        <v>1</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>745</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>746</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A111" t="s">
+        <v>30</v>
+      </c>
+      <c r="B111">
         <v>2</v>
       </c>
-      <c r="C97" s="4">
-[...56 lines deleted...]
-      <c r="Y97" s="4" t="s">
+      <c r="C111">
+        <v>2</v>
+      </c>
+      <c r="D111">
+        <v>2103</v>
+      </c>
+      <c r="H111" t="s">
+        <v>31</v>
+      </c>
+      <c r="I111" t="s">
+        <v>747</v>
+      </c>
+      <c r="J111" t="s">
+        <v>748</v>
+      </c>
+      <c r="K111" t="s">
+        <v>747</v>
+      </c>
+      <c r="L111" t="s">
+        <v>749</v>
+      </c>
+      <c r="M111" t="s">
+        <v>750</v>
+      </c>
+      <c r="O111" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>37</v>
+      </c>
+      <c r="R111" t="s">
         <v>629</v>
       </c>
-      <c r="Z97" s="4"/>
-[...67 lines deleted...]
-        <f>V98/T98</f>
+      <c r="S111" t="s">
+        <v>39</v>
+      </c>
+      <c r="T111" s="1">
+        <v>1358550</v>
+      </c>
+      <c r="U111" t="s">
+        <v>40</v>
+      </c>
+      <c r="V111" s="1">
+        <v>543420</v>
+      </c>
+      <c r="W111" s="2">
         <v>0.4</v>
       </c>
-      <c r="X98" s="4">
-[...70 lines deleted...]
-      <c r="W99" s="7">
+      <c r="X111">
+        <v>1</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>751</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>752</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A112" t="s">
+        <v>30</v>
+      </c>
+      <c r="B112">
+        <v>3</v>
+      </c>
+      <c r="C112">
+        <v>1</v>
+      </c>
+      <c r="D112">
+        <v>2105</v>
+      </c>
+      <c r="H112" t="s">
+        <v>31</v>
+      </c>
+      <c r="I112" t="s">
+        <v>753</v>
+      </c>
+      <c r="J112" t="s">
+        <v>754</v>
+      </c>
+      <c r="K112" t="s">
+        <v>753</v>
+      </c>
+      <c r="L112" t="s">
+        <v>749</v>
+      </c>
+      <c r="M112" t="s">
+        <v>750</v>
+      </c>
+      <c r="O112" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>37</v>
+      </c>
+      <c r="R112" t="s">
+        <v>756</v>
+      </c>
+      <c r="S112" t="s">
+        <v>39</v>
+      </c>
+      <c r="T112" s="1">
+        <v>4000000</v>
+      </c>
+      <c r="U112" t="s">
+        <v>40</v>
+      </c>
+      <c r="V112" s="1">
+        <v>1600000</v>
+      </c>
+      <c r="W112" s="2">
         <v>0.4</v>
       </c>
-      <c r="X99" s="4">
-[...974 lines deleted...]
-        <v>823</v>
+      <c r="X112">
+        <v>1</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>757</v>
       </c>
       <c r="AA112" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="AB112" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G113" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B113">
+        <v>1</v>
+      </c>
+      <c r="C113">
+        <v>4</v>
+      </c>
+      <c r="D113">
+        <v>2106</v>
+      </c>
       <c r="H113" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I113" t="s">
-        <v>123</v>
+        <v>759</v>
       </c>
       <c r="J113" t="s">
-        <v>924</v>
+        <v>760</v>
       </c>
       <c r="K113" t="s">
-        <v>278</v>
-[...5 lines deleted...]
-        <v>46477</v>
+        <v>759</v>
+      </c>
+      <c r="L113" t="s">
+        <v>761</v>
+      </c>
+      <c r="M113" t="s">
+        <v>762</v>
       </c>
       <c r="O113" t="s">
-        <v>192</v>
+        <v>763</v>
       </c>
       <c r="Q113" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>37</v>
+      </c>
+      <c r="R113" t="s">
+        <v>764</v>
       </c>
       <c r="S113" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>170000</v>
+        <v>75</v>
+      </c>
+      <c r="T113" s="1">
+        <v>1277557.5</v>
       </c>
       <c r="U113" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-        <v>398</v>
+        <v>40</v>
+      </c>
+      <c r="V113" s="1">
+        <v>511023</v>
+      </c>
+      <c r="W113" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X113">
+        <v>1</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>765</v>
       </c>
       <c r="AA113" t="s">
-        <v>207</v>
+        <v>766</v>
       </c>
       <c r="AB113" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G114" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B114">
+        <v>4</v>
+      </c>
+      <c r="C114">
+        <v>6</v>
+      </c>
+      <c r="D114">
+        <v>2107</v>
+      </c>
       <c r="H114" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I114" t="s">
-        <v>124</v>
+        <v>767</v>
       </c>
       <c r="J114" t="s">
-        <v>925</v>
+        <v>768</v>
       </c>
       <c r="K114" t="s">
-        <v>279</v>
-[...5 lines deleted...]
-        <v>46599</v>
+        <v>767</v>
+      </c>
+      <c r="L114" t="s">
+        <v>429</v>
+      </c>
+      <c r="M114" t="s">
+        <v>430</v>
       </c>
       <c r="O114" t="s">
-        <v>193</v>
+        <v>769</v>
       </c>
       <c r="Q114" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R114" t="s">
+        <v>199</v>
       </c>
       <c r="S114" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>4374200</v>
+        <v>39</v>
+      </c>
+      <c r="T114" s="1">
+        <v>806546</v>
       </c>
       <c r="U114" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="W114" s="7">
+        <v>40</v>
+      </c>
+      <c r="V114" s="1">
+        <v>322618.40000000002</v>
+      </c>
+      <c r="W114" s="2">
         <v>0.4</v>
       </c>
-      <c r="X114" s="4">
-[...3 lines deleted...]
-        <v>824</v>
+      <c r="X114">
+        <v>1</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>770</v>
       </c>
       <c r="AA114" t="s">
-        <v>266</v>
+        <v>771</v>
       </c>
       <c r="AB114" t="s">
-        <v>198</v>
+        <v>43</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
-        <v>22</v>
-[...13 lines deleted...]
-        <v>10</v>
+        <v>30</v>
+      </c>
+      <c r="B115">
+        <v>1</v>
+      </c>
+      <c r="C115">
+        <v>4</v>
+      </c>
+      <c r="D115">
+        <v>2108</v>
       </c>
       <c r="H115" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I115" t="s">
-        <v>680</v>
+        <v>772</v>
       </c>
       <c r="J115" t="s">
-        <v>926</v>
-[...8 lines deleted...]
-        <v>46630</v>
+        <v>773</v>
+      </c>
+      <c r="K115" t="s">
+        <v>772</v>
+      </c>
+      <c r="L115" t="s">
+        <v>583</v>
+      </c>
+      <c r="M115" t="s">
+        <v>281</v>
       </c>
       <c r="O115" t="s">
-        <v>728</v>
+        <v>774</v>
       </c>
       <c r="Q115" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>37</v>
+      </c>
+      <c r="R115" t="s">
+        <v>234</v>
       </c>
       <c r="S115" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>12440000</v>
+        <v>75</v>
+      </c>
+      <c r="T115" s="1">
+        <v>341834.76799999998</v>
       </c>
       <c r="U115" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>832</v>
+        <v>40</v>
+      </c>
+      <c r="V115" s="1">
+        <v>136733.9</v>
+      </c>
+      <c r="W115" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X115">
+        <v>1</v>
+      </c>
+      <c r="Y115" t="s">
+        <v>775</v>
       </c>
       <c r="AA115" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="AB115" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC115" t="s">
-        <v>407</v>
+        <v>59</v>
       </c>
     </row>
     <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B116" s="4">
+        <v>30</v>
+      </c>
+      <c r="B116">
         <v>2</v>
       </c>
-      <c r="C116" s="4">
-[...7 lines deleted...]
-      <c r="G116" s="4"/>
+      <c r="C116">
+        <v>4</v>
+      </c>
+      <c r="D116">
+        <v>2115</v>
+      </c>
+      <c r="G116">
+        <v>10</v>
+      </c>
       <c r="H116" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I116" t="s">
-        <v>681</v>
+        <v>777</v>
       </c>
       <c r="J116" t="s">
-        <v>927</v>
-[...8 lines deleted...]
-        <v>46677</v>
+        <v>778</v>
+      </c>
+      <c r="K116" t="s">
+        <v>777</v>
+      </c>
+      <c r="L116" t="s">
+        <v>641</v>
+      </c>
+      <c r="M116" t="s">
+        <v>779</v>
       </c>
       <c r="O116" t="s">
-        <v>723</v>
+        <v>780</v>
       </c>
       <c r="Q116" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>37</v>
+      </c>
+      <c r="R116" t="s">
+        <v>781</v>
       </c>
       <c r="S116" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1358550</v>
+        <v>39</v>
+      </c>
+      <c r="T116" s="1">
+        <v>19152999.998247001</v>
       </c>
       <c r="U116" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>833</v>
+        <v>40</v>
+      </c>
+      <c r="V116" s="1">
+        <v>5000000</v>
+      </c>
+      <c r="W116" s="2">
+        <v>0.26</v>
+      </c>
+      <c r="X116">
+        <v>8</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>782</v>
       </c>
       <c r="AA116" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="AB116" t="s">
-        <v>198</v>
+        <v>784</v>
       </c>
       <c r="AC116" t="s">
-        <v>407</v>
+        <v>785</v>
       </c>
     </row>
     <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B117" s="4">
+        <v>30</v>
+      </c>
+      <c r="B117">
         <v>3</v>
       </c>
-      <c r="C117" s="4">
-[...7 lines deleted...]
-      <c r="G117" s="4"/>
+      <c r="C117">
+        <v>1</v>
+      </c>
+      <c r="D117">
+        <v>2118</v>
+      </c>
+      <c r="G117">
+        <v>5</v>
+      </c>
       <c r="H117" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I117" t="s">
-        <v>682</v>
+        <v>786</v>
       </c>
       <c r="J117" t="s">
-        <v>928</v>
-[...8 lines deleted...]
-        <v>46677</v>
+        <v>787</v>
+      </c>
+      <c r="K117" t="s">
+        <v>786</v>
+      </c>
+      <c r="L117" t="s">
+        <v>788</v>
+      </c>
+      <c r="M117" t="s">
+        <v>789</v>
       </c>
       <c r="O117" t="s">
-        <v>729</v>
+        <v>790</v>
       </c>
       <c r="Q117" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>37</v>
+      </c>
+      <c r="R117" t="s">
+        <v>791</v>
       </c>
       <c r="S117" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>4000000</v>
+        <v>39</v>
+      </c>
+      <c r="T117" s="1">
+        <v>5250000</v>
       </c>
       <c r="U117" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f>V117/T117</f>
+        <v>40</v>
+      </c>
+      <c r="V117" s="1">
+        <v>2100000</v>
+      </c>
+      <c r="W117" s="2">
         <v>0.4</v>
       </c>
-      <c r="X117" s="4">
-[...3 lines deleted...]
-        <v>834</v>
+      <c r="X117">
+        <v>2</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>355</v>
       </c>
       <c r="AA117" t="s">
-        <v>776</v>
+        <v>356</v>
       </c>
       <c r="AB117" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="AC117" t="s">
-        <v>401</v>
+        <v>357</v>
       </c>
     </row>
     <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C118" s="4">
+        <v>30</v>
+      </c>
+      <c r="B118">
+        <v>2</v>
+      </c>
+      <c r="C118">
         <v>4</v>
       </c>
-      <c r="D118" s="4">
-[...4 lines deleted...]
-      <c r="G118" s="4"/>
+      <c r="D118">
+        <v>2120</v>
+      </c>
       <c r="H118" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I118" t="s">
-        <v>125</v>
+        <v>792</v>
       </c>
       <c r="J118" t="s">
-        <v>929</v>
+        <v>793</v>
       </c>
       <c r="K118" t="s">
-        <v>290</v>
-[...5 lines deleted...]
-        <v>46645</v>
+        <v>792</v>
+      </c>
+      <c r="L118" t="s">
+        <v>788</v>
+      </c>
+      <c r="M118" t="s">
+        <v>789</v>
       </c>
       <c r="O118" t="s">
-        <v>194</v>
+        <v>794</v>
       </c>
       <c r="Q118" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>37</v>
+      </c>
+      <c r="R118" t="s">
+        <v>795</v>
       </c>
       <c r="S118" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1277557.5</v>
+        <v>39</v>
+      </c>
+      <c r="T118" s="1">
+        <v>3750000</v>
       </c>
       <c r="U118" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="W118" s="7">
+        <v>40</v>
+      </c>
+      <c r="V118" s="1">
+        <v>1500000</v>
+      </c>
+      <c r="W118" s="2">
         <v>0.4</v>
       </c>
-      <c r="X118" s="4">
-[...3 lines deleted...]
-        <v>825</v>
+      <c r="X118">
+        <v>2</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>796</v>
       </c>
       <c r="AA118" t="s">
-        <v>267</v>
+        <v>797</v>
       </c>
       <c r="AB118" t="s">
-        <v>198</v>
+        <v>98</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>798</v>
       </c>
     </row>
     <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G119" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B119">
+        <v>1</v>
+      </c>
+      <c r="C119">
+        <v>2</v>
+      </c>
+      <c r="D119">
+        <v>2121</v>
+      </c>
       <c r="H119" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I119" t="s">
-        <v>126</v>
+        <v>1367</v>
       </c>
       <c r="J119" t="s">
-        <v>930</v>
+        <v>800</v>
       </c>
       <c r="K119" t="s">
-        <v>291</v>
-[...5 lines deleted...]
-        <v>46538</v>
+        <v>799</v>
+      </c>
+      <c r="L119" t="s">
+        <v>801</v>
+      </c>
+      <c r="M119" t="s">
+        <v>290</v>
       </c>
       <c r="O119" t="s">
-        <v>195</v>
+        <v>802</v>
       </c>
       <c r="Q119" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>37</v>
+      </c>
+      <c r="R119" t="s">
+        <v>416</v>
       </c>
       <c r="S119" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>806546</v>
+        <v>75</v>
+      </c>
+      <c r="T119" s="1">
+        <v>777384</v>
       </c>
       <c r="U119" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-        <v>826</v>
+        <v>40</v>
+      </c>
+      <c r="V119" s="1">
+        <v>300000</v>
+      </c>
+      <c r="W119" s="2">
+        <v>0.39</v>
+      </c>
+      <c r="X119">
+        <v>2</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>803</v>
       </c>
       <c r="AA119" t="s">
-        <v>268</v>
+        <v>804</v>
       </c>
       <c r="AB119" t="s">
-        <v>198</v>
+        <v>98</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>805</v>
       </c>
     </row>
     <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G120" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B120">
+        <v>1</v>
+      </c>
+      <c r="C120">
+        <v>2</v>
+      </c>
+      <c r="D120">
+        <v>2125</v>
+      </c>
       <c r="H120" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I120" t="s">
-        <v>127</v>
+        <v>1368</v>
       </c>
       <c r="J120" t="s">
-        <v>931</v>
+        <v>807</v>
       </c>
       <c r="K120" t="s">
-        <v>292</v>
-[...5 lines deleted...]
-        <v>45930</v>
+        <v>806</v>
+      </c>
+      <c r="L120" t="s">
+        <v>801</v>
+      </c>
+      <c r="M120" t="s">
+        <v>290</v>
       </c>
       <c r="O120" t="s">
-        <v>196</v>
+        <v>808</v>
       </c>
       <c r="Q120" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>37</v>
+      </c>
+      <c r="R120" t="s">
+        <v>416</v>
       </c>
       <c r="S120" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>341834.76799999998</v>
+        <v>75</v>
+      </c>
+      <c r="T120" s="1">
+        <v>135024</v>
       </c>
       <c r="U120" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-        <v>827</v>
+        <v>40</v>
+      </c>
+      <c r="V120" s="1">
+        <v>54009.599999999999</v>
+      </c>
+      <c r="W120" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X120">
+        <v>2</v>
+      </c>
+      <c r="Y120" t="s">
+        <v>803</v>
       </c>
       <c r="AA120" t="s">
-        <v>269</v>
+        <v>804</v>
       </c>
       <c r="AB120" t="s">
-        <v>198</v>
+        <v>98</v>
+      </c>
+      <c r="AC120" t="s">
+        <v>805</v>
       </c>
     </row>
     <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B121" s="4">
+        <v>30</v>
+      </c>
+      <c r="B121">
         <v>2</v>
       </c>
-      <c r="C121" s="4">
+      <c r="C121">
         <v>4</v>
       </c>
-      <c r="D121" s="4">
-[...5 lines deleted...]
-        <v>10</v>
+      <c r="D121">
+        <v>2126</v>
       </c>
       <c r="H121" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I121" t="s">
-        <v>683</v>
+        <v>809</v>
       </c>
       <c r="J121" t="s">
-        <v>684</v>
-[...8 lines deleted...]
-        <v>46631</v>
+        <v>810</v>
+      </c>
+      <c r="K121" t="s">
+        <v>809</v>
+      </c>
+      <c r="L121" t="s">
+        <v>811</v>
+      </c>
+      <c r="M121" t="s">
+        <v>812</v>
       </c>
       <c r="O121" t="s">
-        <v>730</v>
+        <v>813</v>
       </c>
       <c r="Q121" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>37</v>
+      </c>
+      <c r="R121" t="s">
+        <v>814</v>
       </c>
       <c r="S121" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>19153000</v>
+        <v>39</v>
+      </c>
+      <c r="T121" s="1">
+        <v>2914490.97</v>
       </c>
       <c r="U121" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>850</v>
+        <v>40</v>
+      </c>
+      <c r="V121" s="1">
+        <v>1748694.58</v>
+      </c>
+      <c r="W121" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X121">
+        <v>1</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>192</v>
       </c>
       <c r="AA121" t="s">
-        <v>777</v>
+        <v>193</v>
       </c>
       <c r="AB121" t="s">
-        <v>778</v>
+        <v>43</v>
       </c>
       <c r="AC121" t="s">
-        <v>779</v>
+        <v>78</v>
       </c>
     </row>
     <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
-        <v>22</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="B122">
+        <v>1</v>
+      </c>
+      <c r="C122">
+        <v>2</v>
+      </c>
+      <c r="D122">
+        <v>2127</v>
       </c>
       <c r="H122" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I122" t="s">
-        <v>685</v>
+        <v>815</v>
       </c>
       <c r="J122" t="s">
-        <v>932</v>
-[...8 lines deleted...]
-        <v>46812</v>
+        <v>816</v>
+      </c>
+      <c r="K122" t="s">
+        <v>815</v>
+      </c>
+      <c r="L122" t="s">
+        <v>788</v>
+      </c>
+      <c r="M122" t="s">
+        <v>380</v>
       </c>
       <c r="O122" t="s">
-        <v>731</v>
+        <v>817</v>
       </c>
       <c r="Q122" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>37</v>
+      </c>
+      <c r="R122" t="s">
+        <v>416</v>
       </c>
       <c r="S122" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>5250000</v>
+        <v>75</v>
+      </c>
+      <c r="T122" s="1">
+        <v>560762.4</v>
       </c>
       <c r="U122" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
+      <c r="V122" s="1">
+        <v>224304.96</v>
+      </c>
+      <c r="W122" s="2">
         <v>0.4</v>
       </c>
-      <c r="X122" s="4">
-[...3 lines deleted...]
-        <v>845</v>
+      <c r="X122">
+        <v>8</v>
+      </c>
+      <c r="Y122" t="s">
+        <v>818</v>
       </c>
       <c r="AA122" t="s">
-        <v>761</v>
+        <v>819</v>
       </c>
       <c r="AB122" t="s">
-        <v>205</v>
+        <v>784</v>
       </c>
       <c r="AC122" t="s">
-        <v>762</v>
+        <v>820</v>
       </c>
     </row>
     <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B123" s="4">
+        <v>30</v>
+      </c>
+      <c r="B123">
+        <v>1</v>
+      </c>
+      <c r="C123">
         <v>2</v>
       </c>
-      <c r="C123" s="4">
-[...7 lines deleted...]
-      <c r="G123" s="4"/>
+      <c r="D123">
+        <v>2129</v>
+      </c>
       <c r="H123" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I123" t="s">
-        <v>686</v>
+        <v>821</v>
       </c>
       <c r="J123" t="s">
-        <v>687</v>
-[...8 lines deleted...]
-        <v>46812</v>
+        <v>822</v>
+      </c>
+      <c r="K123" t="s">
+        <v>821</v>
+      </c>
+      <c r="L123" t="s">
+        <v>641</v>
+      </c>
+      <c r="M123" t="s">
+        <v>47</v>
       </c>
       <c r="O123" t="s">
-        <v>732</v>
+        <v>823</v>
       </c>
       <c r="Q123" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>37</v>
+      </c>
+      <c r="R123" t="s">
+        <v>318</v>
       </c>
       <c r="S123" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3750000</v>
+        <v>75</v>
+      </c>
+      <c r="T123" s="1">
+        <v>199774.54749999999</v>
       </c>
       <c r="U123" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
+      <c r="V123" s="1">
+        <v>79908.55</v>
+      </c>
+      <c r="W123" s="2">
         <v>0.4</v>
       </c>
-      <c r="X123" s="4">
-[...3 lines deleted...]
-        <v>851</v>
+      <c r="X123">
+        <v>1</v>
+      </c>
+      <c r="Y123" t="s">
+        <v>235</v>
       </c>
       <c r="AA123" t="s">
-        <v>780</v>
+        <v>236</v>
       </c>
       <c r="AB123" t="s">
-        <v>205</v>
+        <v>43</v>
       </c>
       <c r="AC123" t="s">
-        <v>781</v>
+        <v>59</v>
       </c>
     </row>
     <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C124" s="4">
+        <v>30</v>
+      </c>
+      <c r="B124">
+        <v>1</v>
+      </c>
+      <c r="C124">
         <v>2</v>
       </c>
-      <c r="D124" s="4">
-[...4 lines deleted...]
-      <c r="G124" s="4"/>
+      <c r="D124">
+        <v>2132</v>
+      </c>
       <c r="H124" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I124" t="s">
-        <v>688</v>
+        <v>824</v>
       </c>
       <c r="J124" t="s">
-        <v>933</v>
-[...8 lines deleted...]
-        <v>46326</v>
+        <v>825</v>
+      </c>
+      <c r="K124" t="s">
+        <v>824</v>
+      </c>
+      <c r="L124" t="s">
+        <v>801</v>
+      </c>
+      <c r="M124" t="s">
+        <v>826</v>
       </c>
       <c r="O124" t="s">
-        <v>733</v>
+        <v>827</v>
       </c>
       <c r="Q124" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R124" t="s">
+        <v>552</v>
       </c>
       <c r="S124" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>777384</v>
+        <v>75</v>
+      </c>
+      <c r="T124" s="1">
+        <v>1000000</v>
       </c>
       <c r="U124" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>852</v>
+        <v>40</v>
+      </c>
+      <c r="V124" s="1">
+        <v>400000</v>
+      </c>
+      <c r="W124" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X124">
+        <v>1</v>
+      </c>
+      <c r="Y124" t="s">
+        <v>536</v>
       </c>
       <c r="AA124" t="s">
-        <v>782</v>
+        <v>537</v>
       </c>
       <c r="AB124" t="s">
-        <v>205</v>
+        <v>43</v>
       </c>
       <c r="AC124" t="s">
-        <v>783</v>
+        <v>171</v>
       </c>
     </row>
     <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C125" s="4">
+        <v>30</v>
+      </c>
+      <c r="B125">
+        <v>1</v>
+      </c>
+      <c r="C125">
         <v>2</v>
       </c>
-      <c r="D125" s="4">
-[...4 lines deleted...]
-      <c r="G125" s="4"/>
+      <c r="D125">
+        <v>2135</v>
+      </c>
       <c r="H125" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I125" t="s">
-        <v>689</v>
+        <v>1369</v>
       </c>
       <c r="J125" t="s">
-        <v>934</v>
-[...8 lines deleted...]
-        <v>46326</v>
+        <v>829</v>
+      </c>
+      <c r="K125" t="s">
+        <v>828</v>
+      </c>
+      <c r="L125" t="s">
+        <v>598</v>
+      </c>
+      <c r="M125" t="s">
+        <v>307</v>
       </c>
       <c r="O125" t="s">
-        <v>734</v>
+        <v>830</v>
       </c>
       <c r="Q125" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R125" t="s">
+        <v>346</v>
       </c>
       <c r="S125" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>135024</v>
+        <v>75</v>
+      </c>
+      <c r="T125" s="1">
+        <v>600008.02</v>
       </c>
       <c r="U125" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>853</v>
+        <v>40</v>
+      </c>
+      <c r="V125" s="1">
+        <v>240000</v>
+      </c>
+      <c r="W125" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X125">
+        <v>1</v>
+      </c>
+      <c r="Y125" t="s">
+        <v>76</v>
       </c>
       <c r="AA125" t="s">
-        <v>784</v>
+        <v>831</v>
       </c>
       <c r="AB125" t="s">
-        <v>220</v>
+        <v>43</v>
       </c>
       <c r="AC125" t="s">
-        <v>785</v>
+        <v>78</v>
       </c>
     </row>
     <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B126" s="4">
+        <v>30</v>
+      </c>
+      <c r="B126">
         <v>2</v>
       </c>
-      <c r="C126" s="4">
-[...7 lines deleted...]
-      <c r="G126" s="4"/>
+      <c r="C126">
+        <v>2</v>
+      </c>
+      <c r="D126">
+        <v>2137</v>
+      </c>
       <c r="H126" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I126" t="s">
-        <v>690</v>
+        <v>832</v>
       </c>
       <c r="J126" t="s">
-        <v>935</v>
-[...8 lines deleted...]
-        <v>46783</v>
+        <v>833</v>
+      </c>
+      <c r="K126" t="s">
+        <v>832</v>
+      </c>
+      <c r="L126" t="s">
+        <v>834</v>
+      </c>
+      <c r="M126" t="s">
+        <v>835</v>
       </c>
       <c r="O126" t="s">
-        <v>735</v>
+        <v>836</v>
       </c>
       <c r="Q126" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>37</v>
+      </c>
+      <c r="R126" t="s">
+        <v>837</v>
       </c>
       <c r="S126" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2914490.97</v>
+        <v>39</v>
+      </c>
+      <c r="T126" s="1">
+        <v>1190575</v>
       </c>
       <c r="U126" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>438</v>
+        <v>40</v>
+      </c>
+      <c r="V126" s="1">
+        <v>420000</v>
+      </c>
+      <c r="W126" s="2">
+        <v>0.35</v>
+      </c>
+      <c r="X126">
+        <v>1</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>838</v>
       </c>
       <c r="AA126" t="s">
-        <v>218</v>
+        <v>839</v>
       </c>
       <c r="AB126" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC126" t="s">
-        <v>382</v>
+        <v>89</v>
       </c>
     </row>
     <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C127" s="4">
+        <v>30</v>
+      </c>
+      <c r="B127">
         <v>2</v>
       </c>
-      <c r="D127" s="4">
-[...4 lines deleted...]
-      <c r="G127" s="4"/>
+      <c r="C127">
+        <v>4</v>
+      </c>
+      <c r="D127">
+        <v>2138</v>
+      </c>
       <c r="H127" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I127" t="s">
-        <v>691</v>
+        <v>1370</v>
       </c>
       <c r="J127" t="s">
-        <v>936</v>
-[...8 lines deleted...]
-        <v>46387</v>
+        <v>841</v>
+      </c>
+      <c r="K127" t="s">
+        <v>840</v>
+      </c>
+      <c r="L127" t="s">
+        <v>557</v>
+      </c>
+      <c r="M127" t="s">
+        <v>558</v>
       </c>
       <c r="O127" t="s">
-        <v>736</v>
+        <v>842</v>
       </c>
       <c r="Q127" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R127" t="s">
+        <v>843</v>
       </c>
       <c r="S127" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>560762.4</v>
+        <v>39</v>
+      </c>
+      <c r="T127" s="1">
+        <v>860784.45</v>
       </c>
       <c r="U127" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>854</v>
+        <v>40</v>
+      </c>
+      <c r="V127" s="1">
+        <v>516470.66</v>
+      </c>
+      <c r="W127" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X127">
+        <v>1</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>844</v>
       </c>
       <c r="AA127" t="s">
-        <v>786</v>
+        <v>845</v>
       </c>
       <c r="AB127" t="s">
-        <v>787</v>
+        <v>43</v>
       </c>
       <c r="AC127" t="s">
-        <v>788</v>
+        <v>59</v>
       </c>
     </row>
     <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G128" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B128">
+        <v>1</v>
+      </c>
+      <c r="C128">
+        <v>1</v>
+      </c>
+      <c r="D128">
+        <v>2139</v>
+      </c>
       <c r="H128" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I128" t="s">
-        <v>692</v>
+        <v>1371</v>
       </c>
       <c r="J128" t="s">
-        <v>937</v>
-[...8 lines deleted...]
-        <v>46265</v>
+        <v>847</v>
+      </c>
+      <c r="K128" t="s">
+        <v>846</v>
+      </c>
+      <c r="L128" t="s">
+        <v>598</v>
+      </c>
+      <c r="M128" t="s">
+        <v>88</v>
       </c>
       <c r="O128" t="s">
-        <v>737</v>
+        <v>848</v>
       </c>
       <c r="Q128" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R128" t="s">
+        <v>382</v>
       </c>
       <c r="S128" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>199774.55</v>
+        <v>75</v>
+      </c>
+      <c r="T128" s="1">
+        <v>1677500</v>
       </c>
       <c r="U128" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>461</v>
+        <v>40</v>
+      </c>
+      <c r="V128" s="1">
+        <v>587125</v>
+      </c>
+      <c r="W128" s="2">
+        <v>0.35</v>
+      </c>
+      <c r="X128">
+        <v>1</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>849</v>
       </c>
       <c r="AA128" t="s">
-        <v>223</v>
+        <v>850</v>
       </c>
       <c r="AB128" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC128" t="s">
-        <v>374</v>
+        <v>59</v>
       </c>
     </row>
     <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C129" s="4">
+        <v>30</v>
+      </c>
+      <c r="B129">
+        <v>1</v>
+      </c>
+      <c r="C129">
         <v>2</v>
       </c>
-      <c r="D129" s="4">
-[...4 lines deleted...]
-      <c r="G129" s="4"/>
+      <c r="D129">
+        <v>2143</v>
+      </c>
       <c r="H129" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I129" t="s">
-        <v>693</v>
+        <v>851</v>
       </c>
       <c r="J129" t="s">
-        <v>938</v>
-[...8 lines deleted...]
-        <v>46691</v>
+        <v>852</v>
+      </c>
+      <c r="K129" t="s">
+        <v>851</v>
+      </c>
+      <c r="L129" t="s">
+        <v>811</v>
+      </c>
+      <c r="M129" t="s">
+        <v>158</v>
       </c>
       <c r="O129" t="s">
-        <v>738</v>
+        <v>853</v>
       </c>
       <c r="Q129" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>37</v>
+      </c>
+      <c r="R129" t="s">
+        <v>283</v>
       </c>
       <c r="S129" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1000000</v>
+        <v>75</v>
+      </c>
+      <c r="T129" s="1">
+        <v>843199.76</v>
       </c>
       <c r="U129" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>620</v>
+        <v>40</v>
+      </c>
+      <c r="V129" s="1">
+        <v>505919.85</v>
+      </c>
+      <c r="W129" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X129">
+        <v>4</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>854</v>
       </c>
       <c r="AA129" t="s">
-        <v>249</v>
+        <v>855</v>
       </c>
       <c r="AB129" t="s">
-        <v>198</v>
+        <v>108</v>
       </c>
       <c r="AC129" t="s">
-        <v>426</v>
+        <v>856</v>
       </c>
     </row>
     <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C130" s="4">
+        <v>30</v>
+      </c>
+      <c r="B130">
+        <v>1</v>
+      </c>
+      <c r="C130">
         <v>2</v>
       </c>
-      <c r="D130" s="4">
-[...4 lines deleted...]
-      <c r="G130" s="4"/>
+      <c r="D130">
+        <v>2147</v>
+      </c>
       <c r="H130" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I130" t="s">
-        <v>694</v>
+        <v>857</v>
       </c>
       <c r="J130" t="s">
-        <v>939</v>
-[...8 lines deleted...]
-        <v>46387</v>
+        <v>858</v>
+      </c>
+      <c r="K130" t="s">
+        <v>857</v>
+      </c>
+      <c r="L130" t="s">
+        <v>859</v>
+      </c>
+      <c r="M130" t="s">
+        <v>621</v>
       </c>
       <c r="O130" t="s">
-        <v>739</v>
+        <v>860</v>
       </c>
       <c r="Q130" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>37</v>
+      </c>
+      <c r="R130" t="s">
+        <v>508</v>
       </c>
       <c r="S130" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>600008.02</v>
+        <v>75</v>
+      </c>
+      <c r="T130" s="1">
+        <v>1423464.79</v>
       </c>
       <c r="U130" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>381</v>
+        <v>40</v>
+      </c>
+      <c r="V130" s="1">
+        <v>569385.9</v>
+      </c>
+      <c r="W130" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X130">
+        <v>1</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>347</v>
       </c>
       <c r="AA130" t="s">
-        <v>789</v>
+        <v>348</v>
       </c>
       <c r="AB130" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC130" t="s">
-        <v>382</v>
+        <v>179</v>
       </c>
     </row>
     <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B131" s="4">
+        <v>30</v>
+      </c>
+      <c r="B131">
         <v>2</v>
       </c>
-      <c r="C131" s="4">
-[...7 lines deleted...]
-      <c r="G131" s="4"/>
+      <c r="C131">
+        <v>4</v>
+      </c>
+      <c r="D131">
+        <v>2151</v>
+      </c>
       <c r="H131" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I131" t="s">
-        <v>695</v>
+        <v>1372</v>
       </c>
       <c r="J131" t="s">
-        <v>696</v>
-[...8 lines deleted...]
-        <v>46837</v>
+        <v>862</v>
+      </c>
+      <c r="K131" t="s">
+        <v>861</v>
+      </c>
+      <c r="L131" t="s">
+        <v>801</v>
+      </c>
+      <c r="M131" t="s">
+        <v>826</v>
       </c>
       <c r="O131" t="s">
-        <v>740</v>
+        <v>863</v>
       </c>
       <c r="Q131" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="R131" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="R131" t="s">
         <v>864</v>
       </c>
       <c r="S131" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1190575</v>
+        <v>39</v>
+      </c>
+      <c r="T131" s="1">
+        <v>2719350</v>
       </c>
       <c r="U131" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>835</v>
+        <v>40</v>
+      </c>
+      <c r="V131" s="1">
+        <v>1087740</v>
+      </c>
+      <c r="W131" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X131">
+        <v>1</v>
+      </c>
+      <c r="Y131" t="s">
+        <v>865</v>
       </c>
       <c r="AA131" t="s">
-        <v>790</v>
+        <v>866</v>
       </c>
       <c r="AB131" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC131" t="s">
-        <v>407</v>
+        <v>867</v>
       </c>
     </row>
     <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G132" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B132">
+        <v>3</v>
+      </c>
+      <c r="C132">
+        <v>1</v>
+      </c>
+      <c r="D132">
+        <v>2152</v>
+      </c>
+      <c r="G132">
+        <v>5</v>
+      </c>
       <c r="H132" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I132" t="s">
-        <v>697</v>
+        <v>868</v>
       </c>
       <c r="J132" t="s">
-        <v>940</v>
-[...8 lines deleted...]
-        <v>46660</v>
+        <v>869</v>
+      </c>
+      <c r="K132" t="s">
+        <v>868</v>
+      </c>
+      <c r="L132" t="s">
+        <v>598</v>
+      </c>
+      <c r="M132" t="s">
+        <v>88</v>
       </c>
       <c r="O132" t="s">
-        <v>741</v>
+        <v>870</v>
       </c>
       <c r="Q132" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>37</v>
+      </c>
+      <c r="R132" t="s">
+        <v>143</v>
       </c>
       <c r="S132" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>860784.45</v>
+        <v>39</v>
+      </c>
+      <c r="T132" s="1">
+        <v>6314385</v>
       </c>
       <c r="U132" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>836</v>
+        <v>40</v>
+      </c>
+      <c r="V132" s="1">
+        <v>2525754</v>
+      </c>
+      <c r="W132" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X132">
+        <v>1</v>
+      </c>
+      <c r="Y132" t="s">
+        <v>871</v>
       </c>
       <c r="AA132" t="s">
-        <v>791</v>
+        <v>872</v>
       </c>
       <c r="AB132" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC132" t="s">
-        <v>374</v>
+        <v>533</v>
       </c>
     </row>
     <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G133" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B133">
+        <v>1</v>
+      </c>
+      <c r="C133">
+        <v>2</v>
+      </c>
+      <c r="D133">
+        <v>2154</v>
+      </c>
       <c r="H133" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I133" t="s">
-        <v>698</v>
+        <v>873</v>
       </c>
       <c r="J133" t="s">
-        <v>941</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>874</v>
+      </c>
+      <c r="K133" t="s">
+        <v>873</v>
+      </c>
+      <c r="L133" t="s">
+        <v>801</v>
+      </c>
+      <c r="M133" t="s">
+        <v>290</v>
       </c>
       <c r="O133" t="s">
-        <v>742</v>
+        <v>875</v>
       </c>
       <c r="Q133" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>37</v>
+      </c>
+      <c r="R133" t="s">
+        <v>346</v>
       </c>
       <c r="S133" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1677500</v>
+        <v>75</v>
+      </c>
+      <c r="T133" s="1">
+        <v>679750</v>
       </c>
       <c r="U133" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>837</v>
+        <v>40</v>
+      </c>
+      <c r="V133" s="1">
+        <v>271900</v>
+      </c>
+      <c r="W133" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X133">
+        <v>1</v>
+      </c>
+      <c r="Y133" t="s">
+        <v>876</v>
       </c>
       <c r="AA133" t="s">
-        <v>792</v>
+        <v>877</v>
       </c>
       <c r="AB133" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC133" t="s">
-        <v>374</v>
+        <v>59</v>
       </c>
     </row>
     <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C134" s="4">
+        <v>30</v>
+      </c>
+      <c r="B134">
+        <v>1</v>
+      </c>
+      <c r="C134">
+        <v>1</v>
+      </c>
+      <c r="D134">
+        <v>2155</v>
+      </c>
+      <c r="H134" t="s">
+        <v>31</v>
+      </c>
+      <c r="I134" t="s">
+        <v>878</v>
+      </c>
+      <c r="J134" t="s">
+        <v>879</v>
+      </c>
+      <c r="K134" t="s">
+        <v>878</v>
+      </c>
+      <c r="L134" t="s">
+        <v>620</v>
+      </c>
+      <c r="M134" t="s">
+        <v>621</v>
+      </c>
+      <c r="O134" t="s">
+        <v>880</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>37</v>
+      </c>
+      <c r="R134" t="s">
+        <v>389</v>
+      </c>
+      <c r="S134" t="s">
+        <v>75</v>
+      </c>
+      <c r="T134" s="1">
+        <v>3774550</v>
+      </c>
+      <c r="U134" t="s">
+        <v>40</v>
+      </c>
+      <c r="V134" s="1">
+        <v>1509820</v>
+      </c>
+      <c r="W134" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X134">
         <v>2</v>
       </c>
-      <c r="D134" s="4">
-[...52 lines deleted...]
-        <v>855</v>
+      <c r="Y134" t="s">
+        <v>881</v>
       </c>
       <c r="AA134" t="s">
-        <v>793</v>
+        <v>882</v>
       </c>
       <c r="AB134" t="s">
-        <v>239</v>
+        <v>98</v>
       </c>
       <c r="AC134" t="s">
-        <v>794</v>
+        <v>883</v>
       </c>
     </row>
     <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C135" s="4">
+        <v>30</v>
+      </c>
+      <c r="B135">
+        <v>1</v>
+      </c>
+      <c r="C135">
         <v>2</v>
       </c>
-      <c r="D135" s="4">
-[...4 lines deleted...]
-      <c r="G135" s="4"/>
+      <c r="D135">
+        <v>2156</v>
+      </c>
       <c r="H135" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I135" t="s">
-        <v>700</v>
+        <v>884</v>
       </c>
       <c r="J135" t="s">
-        <v>943</v>
-[...8 lines deleted...]
-        <v>46568</v>
+        <v>885</v>
+      </c>
+      <c r="K135" t="s">
+        <v>884</v>
+      </c>
+      <c r="L135" t="s">
+        <v>886</v>
+      </c>
+      <c r="M135" t="s">
+        <v>887</v>
       </c>
       <c r="O135" t="s">
-        <v>744</v>
+        <v>888</v>
       </c>
       <c r="Q135" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>37</v>
+      </c>
+      <c r="R135" t="s">
+        <v>318</v>
       </c>
       <c r="S135" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1423464.79</v>
+        <v>75</v>
+      </c>
+      <c r="T135" s="1">
+        <v>704489.13750000007</v>
       </c>
       <c r="U135" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>518</v>
+        <v>40</v>
+      </c>
+      <c r="V135" s="1">
+        <v>281795.65000000002</v>
+      </c>
+      <c r="W135" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X135">
+        <v>1</v>
+      </c>
+      <c r="Y135" t="s">
+        <v>889</v>
       </c>
       <c r="AA135" t="s">
-        <v>795</v>
+        <v>890</v>
       </c>
       <c r="AB135" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC135" t="s">
-        <v>431</v>
+        <v>59</v>
       </c>
     </row>
     <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B136" s="4">
+        <v>30</v>
+      </c>
+      <c r="B136">
         <v>2</v>
       </c>
-      <c r="C136" s="4">
+      <c r="C136">
         <v>4</v>
       </c>
-      <c r="D136" s="4">
-[...4 lines deleted...]
-      <c r="G136" s="4"/>
+      <c r="D136">
+        <v>2157</v>
+      </c>
       <c r="H136" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I136" t="s">
-        <v>701</v>
+        <v>1373</v>
       </c>
       <c r="J136" t="s">
-        <v>944</v>
-[...8 lines deleted...]
-        <v>46691</v>
+        <v>892</v>
+      </c>
+      <c r="K136" t="s">
+        <v>891</v>
+      </c>
+      <c r="L136" t="s">
+        <v>598</v>
+      </c>
+      <c r="M136" t="s">
+        <v>88</v>
       </c>
       <c r="O136" t="s">
-        <v>745</v>
+        <v>893</v>
       </c>
       <c r="Q136" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>37</v>
+      </c>
+      <c r="R136" t="s">
+        <v>864</v>
       </c>
       <c r="S136" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2719350</v>
+        <v>39</v>
+      </c>
+      <c r="T136" s="1">
+        <v>2552684</v>
       </c>
       <c r="U136" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
+      <c r="V136" s="1">
+        <v>1021073</v>
+      </c>
+      <c r="W136" s="2">
         <v>0.4</v>
       </c>
-      <c r="X136" s="4">
-[...3 lines deleted...]
-        <v>838</v>
+      <c r="X136">
+        <v>1</v>
+      </c>
+      <c r="Y136" t="s">
+        <v>894</v>
       </c>
       <c r="AA136" t="s">
-        <v>796</v>
+        <v>895</v>
       </c>
       <c r="AB136" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC136" t="s">
-        <v>797</v>
+        <v>896</v>
       </c>
     </row>
     <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
-        <v>22</v>
-[...13 lines deleted...]
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="B137">
+        <v>2</v>
+      </c>
+      <c r="C137">
+        <v>4</v>
+      </c>
+      <c r="D137">
+        <v>2158</v>
       </c>
       <c r="H137" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I137" t="s">
-        <v>702</v>
+        <v>1374</v>
       </c>
       <c r="J137" t="s">
-        <v>945</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>898</v>
+      </c>
+      <c r="K137" t="s">
+        <v>897</v>
+      </c>
+      <c r="L137" t="s">
+        <v>899</v>
+      </c>
+      <c r="M137" t="s">
+        <v>900</v>
       </c>
       <c r="O137" t="s">
-        <v>746</v>
+        <v>901</v>
       </c>
       <c r="Q137" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>37</v>
+      </c>
+      <c r="R137" t="s">
+        <v>902</v>
       </c>
       <c r="S137" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>6314385</v>
+        <v>39</v>
+      </c>
+      <c r="T137" s="1">
+        <v>730500</v>
       </c>
       <c r="U137" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
+      <c r="V137" s="1">
+        <v>292200</v>
+      </c>
+      <c r="W137" s="2">
         <v>0.4</v>
       </c>
-      <c r="X137" s="4">
-[...3 lines deleted...]
-        <v>839</v>
+      <c r="X137">
+        <v>1</v>
+      </c>
+      <c r="Y137" t="s">
+        <v>903</v>
       </c>
       <c r="AA137" t="s">
-        <v>798</v>
+        <v>904</v>
       </c>
       <c r="AB137" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC137" t="s">
-        <v>618</v>
+        <v>68</v>
       </c>
     </row>
     <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G138" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B138">
+        <v>1</v>
+      </c>
+      <c r="C138">
+        <v>1</v>
+      </c>
+      <c r="D138">
+        <v>2161</v>
+      </c>
       <c r="H138" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I138" t="s">
-        <v>703</v>
+        <v>1375</v>
       </c>
       <c r="J138" t="s">
-        <v>946</v>
-[...8 lines deleted...]
-        <v>46326</v>
+        <v>906</v>
+      </c>
+      <c r="K138" t="s">
+        <v>905</v>
+      </c>
+      <c r="L138" t="s">
+        <v>598</v>
+      </c>
+      <c r="M138" t="s">
+        <v>88</v>
       </c>
       <c r="O138" t="s">
-        <v>747</v>
+        <v>907</v>
       </c>
       <c r="Q138" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>37</v>
+      </c>
+      <c r="R138" t="s">
+        <v>389</v>
       </c>
       <c r="S138" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>679750</v>
+        <v>75</v>
+      </c>
+      <c r="T138" s="1">
+        <v>1548765.4939999999</v>
       </c>
       <c r="U138" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
+      <c r="V138" s="1">
+        <v>619506.18999999994</v>
+      </c>
+      <c r="W138" s="2">
         <v>0.4</v>
       </c>
-      <c r="X138" s="4">
-[...3 lines deleted...]
-        <v>840</v>
+      <c r="X138">
+        <v>1</v>
+      </c>
+      <c r="Y138" t="s">
+        <v>241</v>
       </c>
       <c r="AA138" t="s">
-        <v>799</v>
+        <v>242</v>
       </c>
       <c r="AB138" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC138" t="s">
-        <v>374</v>
+        <v>243</v>
       </c>
     </row>
     <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G139" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B139">
+        <v>1</v>
+      </c>
+      <c r="C139">
+        <v>2</v>
+      </c>
+      <c r="D139">
+        <v>2162</v>
+      </c>
       <c r="H139" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I139" t="s">
-        <v>704</v>
+        <v>908</v>
       </c>
       <c r="J139" t="s">
-        <v>947</v>
-[...8 lines deleted...]
-        <v>46568</v>
+        <v>909</v>
+      </c>
+      <c r="K139" t="s">
+        <v>908</v>
+      </c>
+      <c r="L139" t="s">
+        <v>598</v>
+      </c>
+      <c r="M139" t="s">
+        <v>307</v>
       </c>
       <c r="O139" t="s">
-        <v>748</v>
+        <v>910</v>
       </c>
       <c r="Q139" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R139" t="s">
+        <v>318</v>
       </c>
       <c r="S139" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3774550</v>
+        <v>75</v>
+      </c>
+      <c r="T139" s="1">
+        <v>500238.45699999999</v>
       </c>
       <c r="U139" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>856</v>
+        <v>40</v>
+      </c>
+      <c r="V139" s="1">
+        <v>175950.5</v>
+      </c>
+      <c r="W139" s="2">
+        <v>0.35</v>
+      </c>
+      <c r="X139">
+        <v>3</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>911</v>
       </c>
       <c r="AA139" t="s">
-        <v>800</v>
+        <v>912</v>
       </c>
       <c r="AB139" t="s">
-        <v>205</v>
+        <v>163</v>
       </c>
       <c r="AC139" t="s">
-        <v>801</v>
+        <v>913</v>
       </c>
     </row>
     <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C140" s="4">
+        <v>30</v>
+      </c>
+      <c r="B140">
+        <v>1</v>
+      </c>
+      <c r="C140">
         <v>2</v>
       </c>
-      <c r="D140" s="4">
-[...4 lines deleted...]
-      <c r="G140" s="4"/>
+      <c r="D140">
+        <v>2164</v>
+      </c>
       <c r="H140" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I140" t="s">
-        <v>705</v>
+        <v>914</v>
       </c>
       <c r="J140" t="s">
-        <v>948</v>
-[...8 lines deleted...]
-        <v>46421</v>
+        <v>915</v>
+      </c>
+      <c r="K140" t="s">
+        <v>914</v>
+      </c>
+      <c r="L140" t="s">
+        <v>916</v>
+      </c>
+      <c r="M140" t="s">
+        <v>917</v>
       </c>
       <c r="O140" t="s">
-        <v>749</v>
+        <v>918</v>
       </c>
       <c r="Q140" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R140" t="s">
+        <v>318</v>
       </c>
       <c r="S140" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>704489.14</v>
+        <v>75</v>
+      </c>
+      <c r="T140" s="1">
+        <v>1100800</v>
       </c>
       <c r="U140" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>841</v>
+        <v>40</v>
+      </c>
+      <c r="V140" s="1">
+        <v>440320</v>
+      </c>
+      <c r="W140" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X140">
+        <v>8</v>
+      </c>
+      <c r="Y140" t="s">
+        <v>919</v>
       </c>
       <c r="AA140" t="s">
-        <v>802</v>
+        <v>920</v>
       </c>
       <c r="AB140" t="s">
-        <v>198</v>
+        <v>784</v>
       </c>
       <c r="AC140" t="s">
-        <v>374</v>
+        <v>921</v>
       </c>
     </row>
     <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G141" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B141">
+        <v>1</v>
+      </c>
+      <c r="C141">
+        <v>1</v>
+      </c>
+      <c r="D141">
+        <v>2165</v>
+      </c>
       <c r="H141" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I141" t="s">
-        <v>706</v>
+        <v>1376</v>
       </c>
       <c r="J141" t="s">
-        <v>949</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>923</v>
+      </c>
+      <c r="K141" t="s">
+        <v>922</v>
+      </c>
+      <c r="L141" t="s">
+        <v>924</v>
+      </c>
+      <c r="M141" t="s">
+        <v>541</v>
       </c>
       <c r="O141" t="s">
-        <v>750</v>
+        <v>925</v>
       </c>
       <c r="Q141" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>37</v>
+      </c>
+      <c r="R141" t="s">
+        <v>292</v>
       </c>
       <c r="S141" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2552684</v>
+        <v>75</v>
+      </c>
+      <c r="T141" s="1">
+        <v>611850</v>
       </c>
       <c r="U141" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>842</v>
+        <v>40</v>
+      </c>
+      <c r="V141" s="1">
+        <v>244740</v>
+      </c>
+      <c r="W141" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X141">
+        <v>1</v>
+      </c>
+      <c r="Y141" t="s">
+        <v>926</v>
       </c>
       <c r="AA141" t="s">
-        <v>803</v>
+        <v>927</v>
       </c>
       <c r="AB141" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC141" t="s">
-        <v>804</v>
+        <v>295</v>
       </c>
     </row>
     <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G142" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B142">
+        <v>1</v>
+      </c>
+      <c r="C142">
+        <v>2</v>
+      </c>
+      <c r="D142">
+        <v>2170</v>
+      </c>
       <c r="H142" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I142" t="s">
-        <v>707</v>
+        <v>928</v>
       </c>
       <c r="J142" t="s">
-        <v>950</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>929</v>
+      </c>
+      <c r="K142" t="s">
+        <v>928</v>
+      </c>
+      <c r="L142" t="s">
+        <v>930</v>
+      </c>
+      <c r="M142" t="s">
+        <v>219</v>
       </c>
       <c r="O142" t="s">
-        <v>751</v>
+        <v>931</v>
       </c>
       <c r="Q142" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R142" t="s">
+        <v>318</v>
       </c>
       <c r="S142" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1548765.49</v>
+        <v>75</v>
+      </c>
+      <c r="T142" s="1">
+        <v>588000</v>
       </c>
       <c r="U142" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>464</v>
+        <v>40</v>
+      </c>
+      <c r="V142" s="1">
+        <v>235200</v>
+      </c>
+      <c r="W142" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X142">
+        <v>2</v>
+      </c>
+      <c r="Y142" t="s">
+        <v>932</v>
       </c>
       <c r="AA142" t="s">
-        <v>805</v>
+        <v>933</v>
       </c>
       <c r="AB142" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="AC142" t="s">
-        <v>465</v>
+        <v>934</v>
       </c>
     </row>
     <row r="143" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C143" s="4">
+        <v>30</v>
+      </c>
+      <c r="B143">
+        <v>1</v>
+      </c>
+      <c r="C143">
         <v>2</v>
       </c>
-      <c r="D143" s="4">
-[...4 lines deleted...]
-      <c r="G143" s="4"/>
+      <c r="D143">
+        <v>2172</v>
+      </c>
       <c r="H143" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I143" t="s">
-        <v>708</v>
+        <v>935</v>
       </c>
       <c r="J143" t="s">
-        <v>951</v>
-[...8 lines deleted...]
-        <v>46387</v>
+        <v>936</v>
+      </c>
+      <c r="K143" t="s">
+        <v>935</v>
+      </c>
+      <c r="L143" t="s">
+        <v>598</v>
+      </c>
+      <c r="M143" t="s">
+        <v>88</v>
       </c>
       <c r="O143" t="s">
-        <v>752</v>
+        <v>937</v>
       </c>
       <c r="Q143" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R143" t="s">
+        <v>938</v>
       </c>
       <c r="S143" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>500238.46</v>
+        <v>75</v>
+      </c>
+      <c r="T143" s="1">
+        <v>1157807.75</v>
       </c>
       <c r="U143" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>857</v>
+        <v>40</v>
+      </c>
+      <c r="V143" s="1">
+        <v>694684.65</v>
+      </c>
+      <c r="W143" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X143">
+        <v>2</v>
+      </c>
+      <c r="Y143" t="s">
+        <v>939</v>
       </c>
       <c r="AA143" t="s">
-        <v>806</v>
+        <v>940</v>
       </c>
       <c r="AB143" t="s">
-        <v>233</v>
+        <v>98</v>
       </c>
       <c r="AC143" t="s">
-        <v>807</v>
+        <v>941</v>
       </c>
     </row>
     <row r="144" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G144" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B144">
+        <v>1</v>
+      </c>
+      <c r="C144">
+        <v>4</v>
+      </c>
+      <c r="D144">
+        <v>2176</v>
+      </c>
       <c r="H144" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I144" t="s">
-        <v>709</v>
+        <v>1377</v>
       </c>
       <c r="J144" t="s">
-        <v>952</v>
-[...8 lines deleted...]
-        <v>46722</v>
+        <v>943</v>
+      </c>
+      <c r="K144" t="s">
+        <v>942</v>
+      </c>
+      <c r="L144" t="s">
+        <v>598</v>
+      </c>
+      <c r="M144" t="s">
+        <v>88</v>
       </c>
       <c r="O144" t="s">
-        <v>753</v>
+        <v>944</v>
       </c>
       <c r="Q144" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>37</v>
+      </c>
+      <c r="R144" t="s">
+        <v>234</v>
       </c>
       <c r="S144" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>611850</v>
+        <v>75</v>
+      </c>
+      <c r="T144" s="1">
+        <v>743984.5</v>
       </c>
       <c r="U144" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
+      <c r="V144" s="1">
+        <v>297593.8</v>
+      </c>
+      <c r="W144" s="2">
         <v>0.4</v>
       </c>
-      <c r="X144" s="4">
-[...3 lines deleted...]
-        <v>843</v>
+      <c r="X144">
+        <v>1</v>
+      </c>
+      <c r="Y144" t="s">
+        <v>235</v>
       </c>
       <c r="AA144" t="s">
-        <v>808</v>
+        <v>236</v>
       </c>
       <c r="AB144" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC144" t="s">
-        <v>773</v>
+        <v>59</v>
       </c>
     </row>
     <row r="145" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C145" s="4">
+        <v>30</v>
+      </c>
+      <c r="B145">
         <v>2</v>
       </c>
-      <c r="D145" s="4">
-[...4 lines deleted...]
-      <c r="G145" s="4"/>
+      <c r="C145">
+        <v>4</v>
+      </c>
+      <c r="D145">
+        <v>2177</v>
+      </c>
       <c r="H145" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I145" t="s">
-        <v>710</v>
+        <v>1378</v>
       </c>
       <c r="J145" t="s">
-        <v>953</v>
-[...8 lines deleted...]
-        <v>46477</v>
+        <v>946</v>
+      </c>
+      <c r="K145" t="s">
+        <v>945</v>
+      </c>
+      <c r="L145" t="s">
+        <v>598</v>
+      </c>
+      <c r="M145" t="s">
+        <v>88</v>
       </c>
       <c r="O145" t="s">
-        <v>754</v>
+        <v>947</v>
       </c>
       <c r="Q145" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R145" t="s">
+        <v>814</v>
       </c>
       <c r="S145" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>588000</v>
+        <v>39</v>
+      </c>
+      <c r="T145" s="1">
+        <v>4880000</v>
       </c>
       <c r="U145" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>858</v>
+        <v>40</v>
+      </c>
+      <c r="V145" s="1">
+        <v>2928000</v>
+      </c>
+      <c r="W145" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X145">
+        <v>3</v>
+      </c>
+      <c r="Y145" t="s">
+        <v>948</v>
       </c>
       <c r="AA145" t="s">
-        <v>809</v>
+        <v>949</v>
       </c>
       <c r="AB145" t="s">
-        <v>205</v>
+        <v>163</v>
       </c>
       <c r="AC145" t="s">
-        <v>810</v>
+        <v>950</v>
       </c>
     </row>
     <row r="146" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G146" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B146">
+        <v>1</v>
+      </c>
+      <c r="C146">
+        <v>4</v>
+      </c>
+      <c r="D146">
+        <v>2178</v>
+      </c>
       <c r="H146" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I146" t="s">
-        <v>711</v>
+        <v>1379</v>
       </c>
       <c r="J146" t="s">
-        <v>712</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>952</v>
+      </c>
+      <c r="K146" t="s">
+        <v>951</v>
+      </c>
+      <c r="L146" t="s">
+        <v>598</v>
+      </c>
+      <c r="M146" t="s">
+        <v>88</v>
       </c>
       <c r="O146" t="s">
-        <v>755</v>
+        <v>953</v>
       </c>
       <c r="Q146" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>37</v>
+      </c>
+      <c r="R146" t="s">
+        <v>234</v>
       </c>
       <c r="S146" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1157807.75</v>
+        <v>75</v>
+      </c>
+      <c r="T146" s="1">
+        <v>1608023</v>
       </c>
       <c r="U146" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>859</v>
+        <v>40</v>
+      </c>
+      <c r="V146" s="1">
+        <v>643209.19999999995</v>
+      </c>
+      <c r="W146" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X146">
+        <v>1</v>
+      </c>
+      <c r="Y146" t="s">
+        <v>293</v>
       </c>
       <c r="AA146" t="s">
-        <v>811</v>
+        <v>294</v>
       </c>
       <c r="AB146" t="s">
-        <v>205</v>
+        <v>43</v>
       </c>
       <c r="AC146" t="s">
-        <v>812</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
-        <v>22</v>
-[...12 lines deleted...]
-      <c r="G147" s="4"/>
+        <v>30</v>
+      </c>
+      <c r="B147">
+        <v>1</v>
+      </c>
+      <c r="C147">
+        <v>1</v>
+      </c>
+      <c r="D147">
+        <v>2182</v>
+      </c>
       <c r="H147" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I147" t="s">
-        <v>713</v>
+        <v>956</v>
       </c>
       <c r="J147" t="s">
-        <v>954</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>957</v>
+      </c>
+      <c r="K147" t="s">
+        <v>956</v>
+      </c>
+      <c r="L147" t="s">
+        <v>958</v>
+      </c>
+      <c r="M147" t="s">
+        <v>959</v>
       </c>
       <c r="O147" t="s">
-        <v>756</v>
+        <v>131</v>
       </c>
       <c r="Q147" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>37</v>
+      </c>
+      <c r="R147" t="s">
+        <v>132</v>
       </c>
       <c r="S147" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>743984.5</v>
+        <v>75</v>
+      </c>
+      <c r="T147" s="1">
+        <v>975523.45400000014</v>
       </c>
       <c r="U147" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>461</v>
+        <v>40</v>
+      </c>
+      <c r="V147" s="1">
+        <v>390209.38</v>
+      </c>
+      <c r="W147" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X147">
+        <v>1</v>
+      </c>
+      <c r="Y147" t="s">
+        <v>133</v>
       </c>
       <c r="AA147" t="s">
-        <v>223</v>
+        <v>134</v>
       </c>
       <c r="AB147" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC147" t="s">
-        <v>374</v>
+        <v>89</v>
       </c>
     </row>
     <row r="148" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C148" s="4">
+        <v>30</v>
+      </c>
+      <c r="B148">
+        <v>1</v>
+      </c>
+      <c r="C148">
         <v>4</v>
       </c>
-      <c r="D148" s="4">
-[...4 lines deleted...]
-      <c r="G148" s="4"/>
+      <c r="D148">
+        <v>2183</v>
+      </c>
       <c r="H148" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I148" t="s">
-        <v>714</v>
+        <v>960</v>
       </c>
       <c r="J148" t="s">
+        <v>961</v>
+      </c>
+      <c r="K148" t="s">
+        <v>960</v>
+      </c>
+      <c r="L148" t="s">
+        <v>954</v>
+      </c>
+      <c r="M148" t="s">
         <v>955</v>
       </c>
-      <c r="K148" s="19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O148" t="s">
-        <v>757</v>
+        <v>962</v>
       </c>
       <c r="Q148" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>37</v>
+      </c>
+      <c r="R148" t="s">
+        <v>963</v>
       </c>
       <c r="S148" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>4880000</v>
+        <v>75</v>
+      </c>
+      <c r="T148" s="1">
+        <v>1657662.12</v>
       </c>
       <c r="U148" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-      <c r="X148" s="4">
+        <v>40</v>
+      </c>
+      <c r="V148" s="1">
+        <v>663064.84</v>
+      </c>
+      <c r="W148" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X148">
         <v>3</v>
       </c>
-      <c r="Y148" s="2" t="s">
-        <v>860</v>
+      <c r="Y148" t="s">
+        <v>964</v>
       </c>
       <c r="AA148" t="s">
-        <v>813</v>
+        <v>965</v>
       </c>
       <c r="AB148" t="s">
-        <v>214</v>
+        <v>163</v>
       </c>
       <c r="AC148" t="s">
-        <v>814</v>
+        <v>966</v>
       </c>
     </row>
     <row r="149" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C149" s="4">
+        <v>30</v>
+      </c>
+      <c r="B149">
         <v>4</v>
       </c>
-      <c r="D149" s="4">
-[...4 lines deleted...]
-      <c r="G149" s="4"/>
+      <c r="C149">
+        <v>6</v>
+      </c>
+      <c r="D149">
+        <v>2190</v>
+      </c>
+      <c r="G149">
+        <v>5</v>
+      </c>
       <c r="H149" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I149" t="s">
-        <v>715</v>
+        <v>967</v>
       </c>
       <c r="J149" t="s">
-        <v>956</v>
-[...8 lines deleted...]
-        <v>46752</v>
+        <v>968</v>
+      </c>
+      <c r="K149" t="s">
+        <v>967</v>
+      </c>
+      <c r="L149" t="s">
+        <v>969</v>
+      </c>
+      <c r="M149" t="s">
+        <v>970</v>
       </c>
       <c r="O149" t="s">
-        <v>758</v>
+        <v>971</v>
       </c>
       <c r="Q149" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>37</v>
+      </c>
+      <c r="R149" t="s">
+        <v>105</v>
       </c>
       <c r="S149" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1608023</v>
+        <v>39</v>
+      </c>
+      <c r="T149" s="1">
+        <v>8940000</v>
       </c>
       <c r="U149" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-        <v>815</v>
+        <v>40</v>
+      </c>
+      <c r="V149" s="1">
+        <v>5364000</v>
+      </c>
+      <c r="W149" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X149">
+        <v>1</v>
+      </c>
+      <c r="Y149" t="s">
+        <v>972</v>
       </c>
       <c r="AA149" t="s">
-        <v>230</v>
+        <v>973</v>
       </c>
       <c r="AB149" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="AC149" t="s">
-        <v>773</v>
-[...34 lines deleted...]
-      <c r="A1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="150" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A150" t="s">
+        <v>30</v>
+      </c>
+      <c r="B150">
+        <v>2</v>
+      </c>
+      <c r="C150">
+        <v>4</v>
+      </c>
+      <c r="D150">
+        <v>2191</v>
+      </c>
+      <c r="H150" t="s">
+        <v>31</v>
+      </c>
+      <c r="I150" t="s">
+        <v>974</v>
+      </c>
+      <c r="J150" t="s">
+        <v>975</v>
+      </c>
+      <c r="K150" t="s">
+        <v>974</v>
+      </c>
+      <c r="L150" t="s">
+        <v>976</v>
+      </c>
+      <c r="M150" t="s">
+        <v>977</v>
+      </c>
+      <c r="O150" t="s">
+        <v>978</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>37</v>
+      </c>
+      <c r="R150" t="s">
+        <v>635</v>
+      </c>
+      <c r="S150" t="s">
+        <v>39</v>
+      </c>
+      <c r="T150" s="1">
+        <v>538988.25</v>
+      </c>
+      <c r="U150" t="s">
+        <v>40</v>
+      </c>
+      <c r="V150" s="1">
+        <v>215595.3</v>
+      </c>
+      <c r="W150" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X150">
+        <v>2</v>
+      </c>
+      <c r="Y150" t="s">
+        <v>979</v>
+      </c>
+      <c r="AA150" t="s">
+        <v>980</v>
+      </c>
+      <c r="AB150" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC150" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="151" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A151" t="s">
+        <v>30</v>
+      </c>
+      <c r="B151">
+        <v>4</v>
+      </c>
+      <c r="C151">
+        <v>6</v>
+      </c>
+      <c r="D151">
+        <v>2194</v>
+      </c>
+      <c r="H151" t="s">
+        <v>31</v>
+      </c>
+      <c r="I151" t="s">
+        <v>982</v>
+      </c>
+      <c r="J151" t="s">
+        <v>983</v>
+      </c>
+      <c r="K151" t="s">
+        <v>982</v>
+      </c>
+      <c r="L151" t="s">
+        <v>954</v>
+      </c>
+      <c r="M151" t="s">
+        <v>955</v>
+      </c>
+      <c r="O151" t="s">
+        <v>585</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>37</v>
+      </c>
+      <c r="R151" t="s">
+        <v>984</v>
+      </c>
+      <c r="S151" t="s">
+        <v>39</v>
+      </c>
+      <c r="T151" s="1">
+        <v>395000</v>
+      </c>
+      <c r="U151" t="s">
+        <v>40</v>
+      </c>
+      <c r="V151" s="1">
+        <v>158000</v>
+      </c>
+      <c r="W151" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X151">
+        <v>1</v>
+      </c>
+      <c r="Y151" t="s">
+        <v>587</v>
+      </c>
+      <c r="AA151" t="s">
+        <v>588</v>
+      </c>
+      <c r="AB151" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC151" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="152" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A152" t="s">
+        <v>30</v>
+      </c>
+      <c r="B152">
+        <v>1</v>
+      </c>
+      <c r="C152">
+        <v>4</v>
+      </c>
+      <c r="D152">
+        <v>2195</v>
+      </c>
+      <c r="H152" t="s">
+        <v>31</v>
+      </c>
+      <c r="I152" t="s">
+        <v>985</v>
+      </c>
+      <c r="J152" t="s">
+        <v>986</v>
+      </c>
+      <c r="K152" t="s">
+        <v>985</v>
+      </c>
+      <c r="L152" t="s">
+        <v>930</v>
+      </c>
+      <c r="M152" t="s">
+        <v>987</v>
+      </c>
+      <c r="O152" t="s">
+        <v>988</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>37</v>
+      </c>
+      <c r="R152" t="s">
+        <v>989</v>
+      </c>
+      <c r="S152" t="s">
+        <v>75</v>
+      </c>
+      <c r="T152" s="1">
+        <v>263746.09600000002</v>
+      </c>
+      <c r="U152" t="s">
+        <v>40</v>
+      </c>
+      <c r="V152" s="1">
+        <v>105498.44</v>
+      </c>
+      <c r="W152" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X152">
+        <v>1</v>
+      </c>
+      <c r="Y152" t="s">
+        <v>543</v>
+      </c>
+      <c r="AA152" t="s">
+        <v>544</v>
+      </c>
+      <c r="AB152" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC152" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="153" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A153" t="s">
+        <v>30</v>
+      </c>
+      <c r="B153">
+        <v>1</v>
+      </c>
+      <c r="C153">
+        <v>4</v>
+      </c>
+      <c r="D153">
+        <v>2196</v>
+      </c>
+      <c r="G153">
+        <v>5</v>
+      </c>
+      <c r="H153" t="s">
+        <v>31</v>
+      </c>
+      <c r="I153" t="s">
+        <v>990</v>
+      </c>
+      <c r="J153" t="s">
+        <v>991</v>
+      </c>
+      <c r="K153" t="s">
+        <v>990</v>
+      </c>
+      <c r="L153" t="s">
+        <v>992</v>
+      </c>
+      <c r="M153" t="s">
+        <v>993</v>
+      </c>
+      <c r="O153" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>37</v>
+      </c>
+      <c r="R153" t="s">
+        <v>234</v>
+      </c>
+      <c r="S153" t="s">
+        <v>75</v>
+      </c>
+      <c r="T153" s="1">
+        <v>8001011.8899999997</v>
+      </c>
+      <c r="U153" t="s">
+        <v>40</v>
+      </c>
+      <c r="V153" s="1">
+        <v>1500000</v>
+      </c>
+      <c r="W153" s="2">
+        <v>0.19</v>
+      </c>
+      <c r="X153">
+        <v>1</v>
+      </c>
+      <c r="Y153" t="s">
+        <v>543</v>
+      </c>
+      <c r="AA153" t="s">
+        <v>544</v>
+      </c>
+      <c r="AB153" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC153" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="154" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A154" t="s">
+        <v>30</v>
+      </c>
+      <c r="B154">
+        <v>4</v>
+      </c>
+      <c r="C154">
+        <v>6</v>
+      </c>
+      <c r="D154">
+        <v>2197</v>
+      </c>
+      <c r="G154">
+        <v>5</v>
+      </c>
+      <c r="H154" t="s">
+        <v>31</v>
+      </c>
+      <c r="I154" t="s">
+        <v>994</v>
+      </c>
+      <c r="J154" t="s">
+        <v>995</v>
+      </c>
+      <c r="K154" t="s">
+        <v>994</v>
+      </c>
+      <c r="L154" t="s">
+        <v>886</v>
+      </c>
+      <c r="M154" t="s">
+        <v>88</v>
+      </c>
+      <c r="O154" t="s">
+        <v>996</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>37</v>
+      </c>
+      <c r="R154" t="s">
+        <v>997</v>
+      </c>
+      <c r="S154" t="s">
+        <v>39</v>
+      </c>
+      <c r="T154" s="1">
+        <v>6516105</v>
+      </c>
+      <c r="U154" t="s">
+        <v>40</v>
+      </c>
+      <c r="V154" s="1">
+        <v>1500000</v>
+      </c>
+      <c r="W154" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="X154">
+        <v>1</v>
+      </c>
+      <c r="Y154" t="s">
+        <v>998</v>
+      </c>
+      <c r="AA154" t="s">
+        <v>999</v>
+      </c>
+      <c r="AB154" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC154" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="155" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A155" t="s">
+        <v>30</v>
+      </c>
+      <c r="B155">
+        <v>1</v>
+      </c>
+      <c r="C155">
+        <v>4</v>
+      </c>
+      <c r="D155">
+        <v>2201</v>
+      </c>
+      <c r="G155">
+        <v>5</v>
+      </c>
+      <c r="H155" t="s">
+        <v>31</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1000</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1001</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L155" t="s">
+        <v>969</v>
+      </c>
+      <c r="M155" t="s">
+        <v>970</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>37</v>
+      </c>
+      <c r="R155" t="s">
+        <v>614</v>
+      </c>
+      <c r="S155" t="s">
+        <v>75</v>
+      </c>
+      <c r="T155" s="1">
+        <v>7191450</v>
+      </c>
+      <c r="U155" t="s">
+        <v>40</v>
+      </c>
+      <c r="V155" s="1">
+        <v>4314870</v>
+      </c>
+      <c r="W155" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X155">
+        <v>1</v>
+      </c>
+      <c r="Y155" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA155" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB155" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC155" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="156" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A156" t="s">
+        <v>30</v>
+      </c>
+      <c r="B156">
+        <v>2</v>
+      </c>
+      <c r="C156">
+        <v>4</v>
+      </c>
+      <c r="D156">
+        <v>2205</v>
+      </c>
+      <c r="H156" t="s">
+        <v>31</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1003</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L156" t="s">
+        <v>859</v>
+      </c>
+      <c r="M156" t="s">
+        <v>93</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1005</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>37</v>
+      </c>
+      <c r="R156" t="s">
+        <v>635</v>
+      </c>
+      <c r="S156" t="s">
+        <v>39</v>
+      </c>
+      <c r="T156" s="1">
+        <v>418966.04749999999</v>
+      </c>
+      <c r="U156" t="s">
+        <v>40</v>
+      </c>
+      <c r="V156" s="1">
+        <v>167586.42000000001</v>
+      </c>
+      <c r="W156" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X156">
+        <v>1</v>
+      </c>
+      <c r="Y156" t="s">
+        <v>1006</v>
+      </c>
+      <c r="AA156" t="s">
+        <v>1007</v>
+      </c>
+      <c r="AB156" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC156" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="157" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A157" t="s">
+        <v>30</v>
+      </c>
+      <c r="B157">
+        <v>1</v>
+      </c>
+      <c r="C157">
+        <v>4</v>
+      </c>
+      <c r="D157">
+        <v>2210</v>
+      </c>
+      <c r="H157" t="s">
+        <v>31</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L157" t="s">
+        <v>969</v>
+      </c>
+      <c r="M157" t="s">
+        <v>970</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1010</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>37</v>
+      </c>
+      <c r="R157" t="s">
+        <v>691</v>
+      </c>
+      <c r="S157" t="s">
+        <v>75</v>
+      </c>
+      <c r="T157" s="1">
+        <v>2400000</v>
+      </c>
+      <c r="U157" t="s">
+        <v>40</v>
+      </c>
+      <c r="V157" s="1">
+        <v>1200000</v>
+      </c>
+      <c r="W157" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="X157">
+        <v>1</v>
+      </c>
+      <c r="Y157" t="s">
+        <v>192</v>
+      </c>
+      <c r="AA157" t="s">
+        <v>193</v>
+      </c>
+      <c r="AB157" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC157" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="158" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A158" t="s">
+        <v>30</v>
+      </c>
+      <c r="B158">
+        <v>4</v>
+      </c>
+      <c r="C158">
+        <v>6</v>
+      </c>
+      <c r="D158">
+        <v>2217</v>
+      </c>
+      <c r="H158" t="s">
+        <v>31</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L158" t="s">
+        <v>954</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1014</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>37</v>
+      </c>
+      <c r="R158" t="s">
+        <v>240</v>
+      </c>
+      <c r="S158" t="s">
+        <v>39</v>
+      </c>
+      <c r="T158" s="1">
+        <v>1700000</v>
+      </c>
+      <c r="U158" t="s">
+        <v>40</v>
+      </c>
+      <c r="V158" s="1">
+        <v>680000</v>
+      </c>
+      <c r="W158" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X158">
+        <v>1</v>
+      </c>
+      <c r="Y158" t="s">
+        <v>255</v>
+      </c>
+      <c r="AA158" t="s">
+        <v>256</v>
+      </c>
+      <c r="AB158" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC158" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="159" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A159" t="s">
+        <v>30</v>
+      </c>
+      <c r="B159">
+        <v>2</v>
+      </c>
+      <c r="C159">
+        <v>4</v>
+      </c>
+      <c r="D159">
+        <v>2218</v>
+      </c>
+      <c r="H159" t="s">
+        <v>31</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1015</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1016</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1018</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1019</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>37</v>
+      </c>
+      <c r="R159" t="s">
+        <v>795</v>
+      </c>
+      <c r="S159" t="s">
+        <v>39</v>
+      </c>
+      <c r="T159" s="1">
+        <v>500000</v>
+      </c>
+      <c r="U159" t="s">
+        <v>40</v>
+      </c>
+      <c r="V159" s="1">
+        <v>200000</v>
+      </c>
+      <c r="W159" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X159">
+        <v>2</v>
+      </c>
+      <c r="Y159" t="s">
+        <v>1020</v>
+      </c>
+      <c r="AA159" t="s">
+        <v>1021</v>
+      </c>
+      <c r="AB159" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC159" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="160" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A160" t="s">
+        <v>30</v>
+      </c>
+      <c r="B160">
+        <v>2</v>
+      </c>
+      <c r="C160">
+        <v>2</v>
+      </c>
+      <c r="D160">
+        <v>2221</v>
+      </c>
+      <c r="H160" t="s">
+        <v>31</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L160" t="s">
+        <v>930</v>
+      </c>
+      <c r="M160" t="s">
+        <v>541</v>
+      </c>
+      <c r="O160" t="s">
+        <v>1025</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>37</v>
+      </c>
+      <c r="R160" t="s">
+        <v>837</v>
+      </c>
+      <c r="S160" t="s">
+        <v>39</v>
+      </c>
+      <c r="T160" s="1">
+        <v>550414.21</v>
+      </c>
+      <c r="U160" t="s">
+        <v>40</v>
+      </c>
+      <c r="V160" s="1">
+        <v>201752.98</v>
+      </c>
+      <c r="W160" s="2">
+        <v>0.37</v>
+      </c>
+      <c r="X160">
+        <v>2</v>
+      </c>
+      <c r="Y160" t="s">
+        <v>1026</v>
+      </c>
+      <c r="AA160" t="s">
+        <v>1027</v>
+      </c>
+      <c r="AB160" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC160" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="161" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A161" t="s">
+        <v>30</v>
+      </c>
+      <c r="B161">
+        <v>1</v>
+      </c>
+      <c r="C161">
+        <v>4</v>
+      </c>
+      <c r="D161">
+        <v>2222</v>
+      </c>
+      <c r="H161" t="s">
+        <v>31</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1029</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1032</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1033</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>37</v>
+      </c>
+      <c r="R161" t="s">
+        <v>614</v>
+      </c>
+      <c r="S161" t="s">
+        <v>75</v>
+      </c>
+      <c r="T161" s="1">
+        <v>552443.5</v>
+      </c>
+      <c r="U161" t="s">
+        <v>40</v>
+      </c>
+      <c r="V161" s="1">
+        <v>331466.09999999998</v>
+      </c>
+      <c r="W161" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X161">
+        <v>1</v>
+      </c>
+      <c r="Y161" t="s">
+        <v>844</v>
+      </c>
+      <c r="AA161" t="s">
+        <v>845</v>
+      </c>
+      <c r="AB161" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC161" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="162" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A162" t="s">
+        <v>30</v>
+      </c>
+      <c r="B162">
+        <v>2</v>
+      </c>
+      <c r="C162">
+        <v>2</v>
+      </c>
+      <c r="D162">
+        <v>2225</v>
+      </c>
+      <c r="G162">
+        <v>5</v>
+      </c>
+      <c r="H162" t="s">
+        <v>31</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1034</v>
+      </c>
+      <c r="L162" t="s">
+        <v>976</v>
+      </c>
+      <c r="M162" t="s">
+        <v>977</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>37</v>
+      </c>
+      <c r="R162" t="s">
+        <v>1037</v>
+      </c>
+      <c r="S162" t="s">
+        <v>39</v>
+      </c>
+      <c r="T162" s="1">
+        <v>7390281</v>
+      </c>
+      <c r="U162" t="s">
+        <v>40</v>
+      </c>
+      <c r="V162" s="1">
+        <v>2956112</v>
+      </c>
+      <c r="W162" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X162">
+        <v>1</v>
+      </c>
+      <c r="Y162" t="s">
+        <v>1038</v>
+      </c>
+      <c r="AA162" t="s">
+        <v>1039</v>
+      </c>
+      <c r="AB162" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC162" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="163" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A163" t="s">
+        <v>30</v>
+      </c>
+      <c r="B163">
+        <v>1</v>
+      </c>
+      <c r="C163">
+        <v>2</v>
+      </c>
+      <c r="D163">
+        <v>2226</v>
+      </c>
+      <c r="H163" t="s">
+        <v>31</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1040</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1041</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1040</v>
+      </c>
+      <c r="L163" t="s">
+        <v>992</v>
+      </c>
+      <c r="M163" t="s">
+        <v>584</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1042</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>37</v>
+      </c>
+      <c r="R163" t="s">
+        <v>552</v>
+      </c>
+      <c r="S163" t="s">
+        <v>75</v>
+      </c>
+      <c r="T163" s="1">
+        <v>499999.99999999994</v>
+      </c>
+      <c r="U163" t="s">
+        <v>40</v>
+      </c>
+      <c r="V163" s="1">
+        <v>200000</v>
+      </c>
+      <c r="W163" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X163">
+        <v>9</v>
+      </c>
+      <c r="Y163" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>1044</v>
+      </c>
+      <c r="AB163" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AC163" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="164" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A164" t="s">
+        <v>30</v>
+      </c>
+      <c r="B164">
+        <v>2</v>
+      </c>
+      <c r="C164">
+        <v>4</v>
+      </c>
+      <c r="D164">
+        <v>2228</v>
+      </c>
+      <c r="H164" t="s">
+        <v>31</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K164" t="s">
+        <v>1047</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1050</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1051</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>37</v>
+      </c>
+      <c r="R164" t="s">
+        <v>635</v>
+      </c>
+      <c r="S164" t="s">
+        <v>39</v>
+      </c>
+      <c r="T164" s="1">
+        <v>303000</v>
+      </c>
+      <c r="U164" t="s">
+        <v>40</v>
+      </c>
+      <c r="V164" s="1">
+        <v>121200</v>
+      </c>
+      <c r="W164" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X164">
+        <v>1</v>
+      </c>
+      <c r="Y164" t="s">
+        <v>1052</v>
+      </c>
+      <c r="AA164" t="s">
+        <v>1053</v>
+      </c>
+      <c r="AB164" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC164" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="165" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A165" t="s">
+        <v>30</v>
+      </c>
+      <c r="B165">
+        <v>1</v>
+      </c>
+      <c r="C165">
+        <v>1</v>
+      </c>
+      <c r="D165">
+        <v>2229</v>
+      </c>
+      <c r="H165" t="s">
+        <v>31</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J165" t="s">
+        <v>1055</v>
+      </c>
+      <c r="K165" t="s">
+        <v>1054</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1032</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1056</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>37</v>
+      </c>
+      <c r="R165" t="s">
+        <v>1057</v>
+      </c>
+      <c r="S165" t="s">
+        <v>75</v>
+      </c>
+      <c r="T165" s="1">
+        <v>3379000</v>
+      </c>
+      <c r="U165" t="s">
+        <v>40</v>
+      </c>
+      <c r="V165" s="1">
+        <v>1351600</v>
+      </c>
+      <c r="W165" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X165">
+        <v>1</v>
+      </c>
+      <c r="Y165" t="s">
+        <v>1058</v>
+      </c>
+      <c r="AA165" t="s">
+        <v>1059</v>
+      </c>
+      <c r="AB165" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC165" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="166" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A166" t="s">
+        <v>30</v>
+      </c>
+      <c r="B166">
+        <v>4</v>
+      </c>
+      <c r="C166">
+        <v>6</v>
+      </c>
+      <c r="D166">
+        <v>2230</v>
+      </c>
+      <c r="H166" t="s">
+        <v>31</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J166" t="s">
+        <v>1061</v>
+      </c>
+      <c r="K166" t="s">
+        <v>1060</v>
+      </c>
+      <c r="L166" t="s">
+        <v>992</v>
+      </c>
+      <c r="M166" t="s">
+        <v>993</v>
+      </c>
+      <c r="O166" t="s">
+        <v>1062</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>37</v>
+      </c>
+      <c r="R166" t="s">
+        <v>1063</v>
+      </c>
+      <c r="S166" t="s">
+        <v>39</v>
+      </c>
+      <c r="T166" s="1">
+        <v>1100000</v>
+      </c>
+      <c r="U166" t="s">
+        <v>40</v>
+      </c>
+      <c r="V166" s="1">
+        <v>440000</v>
+      </c>
+      <c r="W166" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X166">
+        <v>1</v>
+      </c>
+      <c r="Y166" t="s">
+        <v>241</v>
+      </c>
+      <c r="AA166" t="s">
+        <v>242</v>
+      </c>
+      <c r="AB166" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC166" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="167" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A167" t="s">
+        <v>30</v>
+      </c>
+      <c r="B167">
+        <v>1</v>
+      </c>
+      <c r="C167">
+        <v>4</v>
+      </c>
+      <c r="D167">
+        <v>2235</v>
+      </c>
+      <c r="H167" t="s">
+        <v>31</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L167" t="s">
+        <v>992</v>
+      </c>
+      <c r="M167" t="s">
+        <v>993</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1066</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>37</v>
+      </c>
+      <c r="R167" t="s">
+        <v>331</v>
+      </c>
+      <c r="S167" t="s">
+        <v>75</v>
+      </c>
+      <c r="T167" s="1">
+        <v>482800</v>
+      </c>
+      <c r="U167" t="s">
+        <v>40</v>
+      </c>
+      <c r="V167" s="1">
+        <v>193120</v>
+      </c>
+      <c r="W167" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X167">
+        <v>2</v>
+      </c>
+      <c r="Y167" t="s">
+        <v>1067</v>
+      </c>
+      <c r="AA167" t="s">
+        <v>1068</v>
+      </c>
+      <c r="AB167" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC167" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="168" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A168" t="s">
+        <v>30</v>
+      </c>
+      <c r="B168">
+        <v>2</v>
+      </c>
+      <c r="C168">
+        <v>1</v>
+      </c>
+      <c r="D168">
+        <v>2249</v>
+      </c>
+      <c r="H168" t="s">
+        <v>31</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1073</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1072</v>
+      </c>
+      <c r="L168" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M168" t="s">
+        <v>1075</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1076</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>37</v>
+      </c>
+      <c r="R168" t="s">
+        <v>1077</v>
+      </c>
+      <c r="S168" t="s">
+        <v>39</v>
+      </c>
+      <c r="T168" s="1">
+        <v>2048354.9</v>
+      </c>
+      <c r="U168" t="s">
+        <v>40</v>
+      </c>
+      <c r="V168" s="1">
+        <v>1191094.44</v>
+      </c>
+      <c r="W168" s="2">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="X168">
+        <v>1</v>
+      </c>
+      <c r="Y168" t="s">
+        <v>1078</v>
+      </c>
+      <c r="AA168" t="s">
+        <v>1079</v>
+      </c>
+      <c r="AB168" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC168" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="169" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A169" t="s">
+        <v>30</v>
+      </c>
+      <c r="B169">
+        <v>1</v>
+      </c>
+      <c r="C169">
+        <v>2</v>
+      </c>
+      <c r="D169">
+        <v>2250</v>
+      </c>
+      <c r="H169" t="s">
+        <v>31</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M169" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1082</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>37</v>
+      </c>
+      <c r="R169" t="s">
+        <v>1083</v>
+      </c>
+      <c r="S169" t="s">
+        <v>75</v>
+      </c>
+      <c r="T169" s="1">
+        <v>724314.95000000007</v>
+      </c>
+      <c r="U169" t="s">
+        <v>40</v>
+      </c>
+      <c r="V169" s="1">
+        <v>289725.98</v>
+      </c>
+      <c r="W169" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X169">
+        <v>4</v>
+      </c>
+      <c r="Y169" t="s">
+        <v>1084</v>
+      </c>
+      <c r="AA169" t="s">
+        <v>1085</v>
+      </c>
+      <c r="AB169" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC169" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="170" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A170" t="s">
+        <v>30</v>
+      </c>
+      <c r="B170">
+        <v>1</v>
+      </c>
+      <c r="C170">
+        <v>4</v>
+      </c>
+      <c r="D170">
+        <v>2264</v>
+      </c>
+      <c r="H170" t="s">
+        <v>31</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1087</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1089</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>37</v>
+      </c>
+      <c r="R170" t="s">
+        <v>764</v>
+      </c>
+      <c r="S170" t="s">
+        <v>75</v>
+      </c>
+      <c r="T170" s="1">
+        <v>1897519.5119999999</v>
+      </c>
+      <c r="U170" t="s">
+        <v>40</v>
+      </c>
+      <c r="V170" s="1">
+        <v>569255.85</v>
+      </c>
+      <c r="W170" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X170">
+        <v>1</v>
+      </c>
+      <c r="Y170" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AA170" t="s">
+        <v>1091</v>
+      </c>
+      <c r="AB170" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC170" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="171" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A171" t="s">
+        <v>30</v>
+      </c>
+      <c r="B171">
+        <v>2</v>
+      </c>
+      <c r="C171">
+        <v>1</v>
+      </c>
+      <c r="D171">
+        <v>2266</v>
+      </c>
+      <c r="H171" t="s">
+        <v>31</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J171" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K171" t="s">
+        <v>1092</v>
+      </c>
+      <c r="L171" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M171" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1094</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>37</v>
+      </c>
+      <c r="R171" t="s">
+        <v>1095</v>
+      </c>
+      <c r="S171" t="s">
+        <v>39</v>
+      </c>
+      <c r="T171" s="1">
+        <v>793267.09000000008</v>
+      </c>
+      <c r="U171" t="s">
+        <v>40</v>
+      </c>
+      <c r="V171" s="1">
+        <v>317306.83</v>
+      </c>
+      <c r="W171" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X171">
+        <v>1</v>
+      </c>
+      <c r="Y171" t="s">
+        <v>1096</v>
+      </c>
+      <c r="AA171" t="s">
+        <v>1097</v>
+      </c>
+      <c r="AB171" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC171" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="172" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A172" t="s">
+        <v>30</v>
+      </c>
+      <c r="B172">
+        <v>1</v>
+      </c>
+      <c r="C172">
+        <v>4</v>
+      </c>
+      <c r="D172">
+        <v>2267</v>
+      </c>
+      <c r="H172" t="s">
+        <v>31</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1098</v>
+      </c>
+      <c r="J172" t="s">
+        <v>1099</v>
+      </c>
+      <c r="K172" t="s">
+        <v>1098</v>
+      </c>
+      <c r="L172" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M172" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1100</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>37</v>
+      </c>
+      <c r="R172" t="s">
+        <v>1101</v>
+      </c>
+      <c r="S172" t="s">
+        <v>75</v>
+      </c>
+      <c r="T172" s="1">
+        <v>4840500</v>
+      </c>
+      <c r="U172" t="s">
+        <v>40</v>
+      </c>
+      <c r="V172" s="1">
+        <v>1452150</v>
+      </c>
+      <c r="W172" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="X172">
+        <v>1</v>
+      </c>
+      <c r="Y172" t="s">
+        <v>1102</v>
+      </c>
+      <c r="AA172" t="s">
+        <v>1103</v>
+      </c>
+      <c r="AB172" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC172" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="173" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A173" t="s">
+        <v>30</v>
+      </c>
+      <c r="B173">
+        <v>2</v>
+      </c>
+      <c r="C173">
+        <v>1</v>
+      </c>
+      <c r="D173">
+        <v>2280</v>
+      </c>
+      <c r="H173" t="s">
+        <v>31</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1105</v>
+      </c>
+      <c r="K173" t="s">
+        <v>1104</v>
+      </c>
+      <c r="L173" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M173" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1107</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>37</v>
+      </c>
+      <c r="R173" t="s">
+        <v>1108</v>
+      </c>
+      <c r="S173" t="s">
+        <v>39</v>
+      </c>
+      <c r="T173" s="1">
+        <v>1157470.79</v>
+      </c>
+      <c r="U173" t="s">
+        <v>40</v>
+      </c>
+      <c r="V173" s="1">
+        <v>462988.3</v>
+      </c>
+      <c r="W173" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X173">
+        <v>1</v>
+      </c>
+      <c r="Y173" t="s">
+        <v>1109</v>
+      </c>
+      <c r="AA173" t="s">
+        <v>1110</v>
+      </c>
+      <c r="AB173" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC173" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="174" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A174" t="s">
+        <v>30</v>
+      </c>
+      <c r="B174">
+        <v>2</v>
+      </c>
+      <c r="C174">
+        <v>1</v>
+      </c>
+      <c r="D174">
+        <v>2293</v>
+      </c>
+      <c r="H174" t="s">
+        <v>31</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1112</v>
+      </c>
+      <c r="K174" t="s">
+        <v>1111</v>
+      </c>
+      <c r="L174" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M174" t="s">
+        <v>93</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1114</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>37</v>
+      </c>
+      <c r="R174" t="s">
+        <v>1115</v>
+      </c>
+      <c r="S174" t="s">
+        <v>39</v>
+      </c>
+      <c r="T174" s="1">
+        <v>731737</v>
+      </c>
+      <c r="U174" t="s">
+        <v>40</v>
+      </c>
+      <c r="V174" s="1">
+        <v>292694.8</v>
+      </c>
+      <c r="W174" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X174">
+        <v>1</v>
+      </c>
+      <c r="Y174" t="s">
+        <v>1116</v>
+      </c>
+      <c r="AA174" t="s">
+        <v>1117</v>
+      </c>
+      <c r="AB174" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC174" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="175" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A175" t="s">
+        <v>30</v>
+      </c>
+      <c r="B175">
+        <v>2</v>
+      </c>
+      <c r="C175">
+        <v>1</v>
+      </c>
+      <c r="D175">
+        <v>2296</v>
+      </c>
+      <c r="H175" t="s">
+        <v>31</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1118</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1118</v>
+      </c>
+      <c r="L175" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>37</v>
+      </c>
+      <c r="R175" t="s">
+        <v>1121</v>
+      </c>
+      <c r="S175" t="s">
+        <v>39</v>
+      </c>
+      <c r="T175" s="1">
+        <v>532059</v>
+      </c>
+      <c r="U175" t="s">
+        <v>40</v>
+      </c>
+      <c r="V175" s="1">
+        <v>212823.6</v>
+      </c>
+      <c r="W175" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X175">
+        <v>1</v>
+      </c>
+      <c r="Y175" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AA175" t="s">
+        <v>1123</v>
+      </c>
+      <c r="AB175" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC175" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="176" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A176" t="s">
+        <v>30</v>
+      </c>
+      <c r="B176">
+        <v>2</v>
+      </c>
+      <c r="C176">
+        <v>4</v>
+      </c>
+      <c r="D176">
+        <v>2298</v>
+      </c>
+      <c r="G176">
+        <v>10</v>
+      </c>
+      <c r="H176" t="s">
+        <v>31</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1124</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1125</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1124</v>
+      </c>
+      <c r="L176" t="s">
+        <v>859</v>
+      </c>
+      <c r="M176" t="s">
+        <v>93</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1126</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>37</v>
+      </c>
+      <c r="R176" t="s">
+        <v>580</v>
+      </c>
+      <c r="S176" t="s">
+        <v>39</v>
+      </c>
+      <c r="T176" s="1">
+        <v>16572659.939999999</v>
+      </c>
+      <c r="U176" t="s">
+        <v>40</v>
+      </c>
+      <c r="V176" s="1">
+        <v>3648996.35</v>
+      </c>
+      <c r="W176" s="2">
+        <v>0.22</v>
+      </c>
+      <c r="X176">
+        <v>1</v>
+      </c>
+      <c r="Y176" t="s">
+        <v>326</v>
+      </c>
+      <c r="AA176" t="s">
+        <v>327</v>
+      </c>
+      <c r="AB176" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC176" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="177" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A177" t="s">
+        <v>30</v>
+      </c>
+      <c r="B177">
+        <v>2</v>
+      </c>
+      <c r="C177">
+        <v>1</v>
+      </c>
+      <c r="D177">
+        <v>2302</v>
+      </c>
+      <c r="H177" t="s">
+        <v>31</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J177" t="s">
+        <v>1128</v>
+      </c>
+      <c r="K177" t="s">
+        <v>1127</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M177" t="s">
+        <v>1032</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1129</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>37</v>
+      </c>
+      <c r="R177" t="s">
+        <v>1130</v>
+      </c>
+      <c r="S177" t="s">
+        <v>39</v>
+      </c>
+      <c r="T177" s="1">
+        <v>681944.03</v>
+      </c>
+      <c r="U177" t="s">
+        <v>40</v>
+      </c>
+      <c r="V177" s="1">
+        <v>272777.61</v>
+      </c>
+      <c r="W177" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X177">
+        <v>1</v>
+      </c>
+      <c r="Y177" t="s">
+        <v>1131</v>
+      </c>
+      <c r="AA177" t="s">
+        <v>1132</v>
+      </c>
+      <c r="AB177" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC177" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="178" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A178" t="s">
+        <v>30</v>
+      </c>
+      <c r="B178">
+        <v>2</v>
+      </c>
+      <c r="C178">
+        <v>1</v>
+      </c>
+      <c r="D178">
+        <v>2303</v>
+      </c>
+      <c r="H178" t="s">
+        <v>31</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1133</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1134</v>
+      </c>
+      <c r="K178" t="s">
+        <v>1133</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1136</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1137</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>37</v>
+      </c>
+      <c r="R178" t="s">
+        <v>1115</v>
+      </c>
+      <c r="S178" t="s">
+        <v>39</v>
+      </c>
+      <c r="T178" s="1">
+        <v>630879.37</v>
+      </c>
+      <c r="U178" t="s">
+        <v>40</v>
+      </c>
+      <c r="V178" s="1">
+        <v>252351.74</v>
+      </c>
+      <c r="W178" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X178">
+        <v>1</v>
+      </c>
+      <c r="Y178" t="s">
+        <v>1138</v>
+      </c>
+      <c r="AA178" t="s">
+        <v>1139</v>
+      </c>
+      <c r="AB178" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC178" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="179" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A179" t="s">
+        <v>30</v>
+      </c>
+      <c r="B179">
+        <v>2</v>
+      </c>
+      <c r="C179">
+        <v>1</v>
+      </c>
+      <c r="D179">
+        <v>2307</v>
+      </c>
+      <c r="H179" t="s">
+        <v>31</v>
+      </c>
+      <c r="I179" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1141</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1142</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>37</v>
+      </c>
+      <c r="R179" t="s">
+        <v>1143</v>
+      </c>
+      <c r="S179" t="s">
+        <v>39</v>
+      </c>
+      <c r="T179" s="1">
+        <v>1035723.84</v>
+      </c>
+      <c r="U179" t="s">
+        <v>40</v>
+      </c>
+      <c r="V179" s="1">
+        <v>414289.53</v>
+      </c>
+      <c r="W179" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X179">
+        <v>1</v>
+      </c>
+      <c r="Y179" t="s">
+        <v>1144</v>
+      </c>
+      <c r="AA179" t="s">
+        <v>1145</v>
+      </c>
+      <c r="AB179" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC179" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="180" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A180" t="s">
+        <v>30</v>
+      </c>
+      <c r="B180">
+        <v>1</v>
+      </c>
+      <c r="C180">
+        <v>2</v>
+      </c>
+      <c r="D180">
+        <v>2312</v>
+      </c>
+      <c r="H180" t="s">
+        <v>31</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J180" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1146</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1148</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>37</v>
+      </c>
+      <c r="R180" t="s">
+        <v>530</v>
+      </c>
+      <c r="S180" t="s">
+        <v>75</v>
+      </c>
+      <c r="T180" s="1">
+        <v>504300</v>
+      </c>
+      <c r="U180" t="s">
+        <v>40</v>
+      </c>
+      <c r="V180" s="1">
+        <v>201720</v>
+      </c>
+      <c r="W180" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X180">
+        <v>4</v>
+      </c>
+      <c r="Y180" t="s">
+        <v>1149</v>
+      </c>
+      <c r="AA180" t="s">
+        <v>1150</v>
+      </c>
+      <c r="AB180" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC180" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="181" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A181" t="s">
+        <v>30</v>
+      </c>
+      <c r="B181">
+        <v>1</v>
+      </c>
+      <c r="C181">
+        <v>2</v>
+      </c>
+      <c r="D181">
+        <v>2313</v>
+      </c>
+      <c r="H181" t="s">
+        <v>31</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1152</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1154</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>37</v>
+      </c>
+      <c r="R181" t="s">
+        <v>1155</v>
+      </c>
+      <c r="S181" t="s">
+        <v>75</v>
+      </c>
+      <c r="T181" s="1">
+        <v>1047056</v>
+      </c>
+      <c r="U181" t="s">
+        <v>40</v>
+      </c>
+      <c r="V181" s="1">
+        <v>390798.93</v>
+      </c>
+      <c r="W181" s="2">
+        <v>0.37</v>
+      </c>
+      <c r="X181">
+        <v>11</v>
+      </c>
+      <c r="Y181" t="s">
+        <v>1156</v>
+      </c>
+      <c r="AA181" t="s">
+        <v>1157</v>
+      </c>
+      <c r="AB181" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AC181" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="182" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A182" t="s">
+        <v>30</v>
+      </c>
+      <c r="B182">
+        <v>2</v>
+      </c>
+      <c r="C182">
+        <v>1</v>
+      </c>
+      <c r="D182">
+        <v>2318</v>
+      </c>
+      <c r="H182" t="s">
+        <v>31</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J182" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K182" t="s">
+        <v>1160</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>37</v>
+      </c>
+      <c r="R182" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S182" t="s">
+        <v>39</v>
+      </c>
+      <c r="T182" s="1">
+        <v>1320264.75</v>
+      </c>
+      <c r="U182" t="s">
+        <v>40</v>
+      </c>
+      <c r="V182" s="1">
+        <v>500000</v>
+      </c>
+      <c r="W182" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="X182">
+        <v>1</v>
+      </c>
+      <c r="Y182" t="s">
+        <v>1164</v>
+      </c>
+      <c r="AA182" t="s">
+        <v>1165</v>
+      </c>
+      <c r="AB182" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC182" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="183" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A183" t="s">
+        <v>30</v>
+      </c>
+      <c r="B183">
+        <v>1</v>
+      </c>
+      <c r="C183">
+        <v>2</v>
+      </c>
+      <c r="D183">
+        <v>2319</v>
+      </c>
+      <c r="H183" t="s">
+        <v>31</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J183" t="s">
+        <v>1167</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1168</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>37</v>
+      </c>
+      <c r="R183" t="s">
+        <v>1169</v>
+      </c>
+      <c r="S183" t="s">
+        <v>75</v>
+      </c>
+      <c r="T183" s="1">
+        <v>329690.67799999996</v>
+      </c>
+      <c r="U183" t="s">
+        <v>40</v>
+      </c>
+      <c r="V183" s="1">
+        <v>131876.26999999999</v>
+      </c>
+      <c r="W183" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X183">
+        <v>1</v>
+      </c>
+      <c r="Y183" t="s">
+        <v>1170</v>
+      </c>
+      <c r="AA183" t="s">
+        <v>1171</v>
+      </c>
+      <c r="AB183" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC183" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="184" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A184" t="s">
+        <v>30</v>
+      </c>
+      <c r="B184">
+        <v>1</v>
+      </c>
+      <c r="C184">
+        <v>2</v>
+      </c>
+      <c r="D184">
+        <v>2320</v>
+      </c>
+      <c r="H184" t="s">
+        <v>31</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1172</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1174</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>37</v>
+      </c>
+      <c r="R184" t="s">
+        <v>318</v>
+      </c>
+      <c r="S184" t="s">
+        <v>75</v>
+      </c>
+      <c r="T184" s="1">
+        <v>412566.375</v>
+      </c>
+      <c r="U184" t="s">
+        <v>40</v>
+      </c>
+      <c r="V184" s="1">
+        <v>163427</v>
+      </c>
+      <c r="W184" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X184">
+        <v>6</v>
+      </c>
+      <c r="Y184" t="s">
+        <v>1175</v>
+      </c>
+      <c r="AA184" t="s">
+        <v>1176</v>
+      </c>
+      <c r="AB184" t="s">
+        <v>392</v>
+      </c>
+      <c r="AC184" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="185" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A185" t="s">
+        <v>30</v>
+      </c>
+      <c r="B185">
+        <v>1</v>
+      </c>
+      <c r="C185">
+        <v>2</v>
+      </c>
+      <c r="D185">
+        <v>2325</v>
+      </c>
+      <c r="H185" t="s">
+        <v>31</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1177</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M185" t="s">
+        <v>93</v>
+      </c>
+      <c r="O185" t="s">
+        <v>529</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>37</v>
+      </c>
+      <c r="R185" t="s">
+        <v>325</v>
+      </c>
+      <c r="S185" t="s">
+        <v>75</v>
+      </c>
+      <c r="T185" s="1">
+        <v>1899935.6</v>
+      </c>
+      <c r="U185" t="s">
+        <v>40</v>
+      </c>
+      <c r="V185" s="1">
+        <v>316768.95</v>
+      </c>
+      <c r="W185" s="2">
+        <v>0.17</v>
+      </c>
+      <c r="X185">
+        <v>1</v>
+      </c>
+      <c r="Y185" t="s">
+        <v>531</v>
+      </c>
+      <c r="AA185" t="s">
+        <v>532</v>
+      </c>
+      <c r="AB185" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC185" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="186" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A186" t="s">
+        <v>30</v>
+      </c>
+      <c r="B186">
+        <v>1</v>
+      </c>
+      <c r="C186">
+        <v>2</v>
+      </c>
+      <c r="D186">
+        <v>2326</v>
+      </c>
+      <c r="H186" t="s">
+        <v>31</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J186" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1179</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1182</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1183</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>37</v>
+      </c>
+      <c r="R186" t="s">
+        <v>300</v>
+      </c>
+      <c r="S186" t="s">
+        <v>75</v>
+      </c>
+      <c r="T186" s="1">
+        <v>724832</v>
+      </c>
+      <c r="U186" t="s">
+        <v>40</v>
+      </c>
+      <c r="V186" s="1">
+        <v>289932.79999999999</v>
+      </c>
+      <c r="W186" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X186">
+        <v>1</v>
+      </c>
+      <c r="Y186" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA186" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB186" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC186" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="187" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A187" t="s">
+        <v>30</v>
+      </c>
+      <c r="B187">
+        <v>2</v>
+      </c>
+      <c r="C187">
+        <v>1</v>
+      </c>
+      <c r="D187">
+        <v>2327</v>
+      </c>
+      <c r="H187" t="s">
+        <v>31</v>
+      </c>
+      <c r="I187" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1185</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1184</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1187</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1188</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>37</v>
+      </c>
+      <c r="R187" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S187" t="s">
+        <v>39</v>
+      </c>
+      <c r="T187" s="1">
+        <v>510804.06000000006</v>
+      </c>
+      <c r="U187" t="s">
+        <v>40</v>
+      </c>
+      <c r="V187" s="1">
+        <v>204321.6</v>
+      </c>
+      <c r="W187" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X187">
+        <v>1</v>
+      </c>
+      <c r="Y187" t="s">
+        <v>1189</v>
+      </c>
+      <c r="AA187" t="s">
+        <v>1190</v>
+      </c>
+      <c r="AB187" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC187" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="188" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A188" t="s">
+        <v>30</v>
+      </c>
+      <c r="B188">
+        <v>2</v>
+      </c>
+      <c r="C188">
+        <v>1</v>
+      </c>
+      <c r="D188">
+        <v>2328</v>
+      </c>
+      <c r="H188" t="s">
+        <v>31</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1191</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1191</v>
+      </c>
+      <c r="L188" t="s">
+        <v>969</v>
+      </c>
+      <c r="M188" t="s">
+        <v>970</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1193</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>37</v>
+      </c>
+      <c r="R188" t="s">
+        <v>1194</v>
+      </c>
+      <c r="S188" t="s">
+        <v>39</v>
+      </c>
+      <c r="T188" s="1">
+        <v>534020.38</v>
+      </c>
+      <c r="U188" t="s">
+        <v>40</v>
+      </c>
+      <c r="V188" s="1">
+        <v>213608.15</v>
+      </c>
+      <c r="W188" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X188">
+        <v>1</v>
+      </c>
+      <c r="Y188" t="s">
+        <v>1195</v>
+      </c>
+      <c r="AA188" t="s">
+        <v>1196</v>
+      </c>
+      <c r="AB188" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC188" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="189" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A189" t="s">
+        <v>30</v>
+      </c>
+      <c r="B189">
+        <v>1</v>
+      </c>
+      <c r="C189">
+        <v>2</v>
+      </c>
+      <c r="D189">
+        <v>2329</v>
+      </c>
+      <c r="H189" t="s">
+        <v>31</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K189" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1199</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>37</v>
+      </c>
+      <c r="R189" t="s">
+        <v>373</v>
+      </c>
+      <c r="S189" t="s">
+        <v>75</v>
+      </c>
+      <c r="T189" s="1">
+        <v>512427.5</v>
+      </c>
+      <c r="U189" t="s">
+        <v>40</v>
+      </c>
+      <c r="V189" s="1">
+        <v>204971</v>
+      </c>
+      <c r="W189" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X189">
+        <v>4</v>
+      </c>
+      <c r="Y189" t="s">
+        <v>1200</v>
+      </c>
+      <c r="AA189" t="s">
+        <v>1201</v>
+      </c>
+      <c r="AB189" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC189" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="190" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A190" t="s">
+        <v>30</v>
+      </c>
+      <c r="B190">
+        <v>1</v>
+      </c>
+      <c r="C190">
+        <v>2</v>
+      </c>
+      <c r="D190">
+        <v>2330</v>
+      </c>
+      <c r="H190" t="s">
+        <v>31</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1203</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1204</v>
+      </c>
+      <c r="K190" t="s">
+        <v>1203</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1205</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>37</v>
+      </c>
+      <c r="R190" t="s">
+        <v>1155</v>
+      </c>
+      <c r="S190" t="s">
+        <v>75</v>
+      </c>
+      <c r="T190" s="1">
+        <v>707100.00400000007</v>
+      </c>
+      <c r="U190" t="s">
+        <v>40</v>
+      </c>
+      <c r="V190" s="1">
+        <v>282840</v>
+      </c>
+      <c r="W190" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X190">
         <v>3</v>
       </c>
-      <c r="B1" t="s">
-[...103 lines deleted...]
-      <c r="B14" t="s">
+      <c r="Y190" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AA190" t="s">
+        <v>1207</v>
+      </c>
+      <c r="AB190" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC190" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="191" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A191" t="s">
+        <v>30</v>
+      </c>
+      <c r="B191">
+        <v>1</v>
+      </c>
+      <c r="C191">
+        <v>2</v>
+      </c>
+      <c r="D191">
+        <v>2331</v>
+      </c>
+      <c r="H191" t="s">
+        <v>31</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K191" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1211</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>37</v>
+      </c>
+      <c r="R191" t="s">
+        <v>373</v>
+      </c>
+      <c r="S191" t="s">
+        <v>75</v>
+      </c>
+      <c r="T191" s="1">
+        <v>1458168</v>
+      </c>
+      <c r="U191" t="s">
+        <v>40</v>
+      </c>
+      <c r="V191" s="1">
+        <v>583267.19999999995</v>
+      </c>
+      <c r="W191" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X191">
+        <v>2</v>
+      </c>
+      <c r="Y191" t="s">
+        <v>1212</v>
+      </c>
+      <c r="AA191" t="s">
+        <v>1213</v>
+      </c>
+      <c r="AB191" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC191" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="192" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A192" t="s">
+        <v>30</v>
+      </c>
+      <c r="B192">
+        <v>2</v>
+      </c>
+      <c r="C192">
+        <v>4</v>
+      </c>
+      <c r="D192">
+        <v>2334</v>
+      </c>
+      <c r="G192">
+        <v>5</v>
+      </c>
+      <c r="H192" t="s">
+        <v>31</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1216</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L192" t="s">
+        <v>598</v>
+      </c>
+      <c r="M192" t="s">
+        <v>88</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1217</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>37</v>
+      </c>
+      <c r="R192" t="s">
+        <v>580</v>
+      </c>
+      <c r="S192" t="s">
         <v>39</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="B18" t="s">
+      <c r="T192" s="1">
+        <v>5120558.16</v>
+      </c>
+      <c r="U192" t="s">
+        <v>40</v>
+      </c>
+      <c r="V192" s="1">
+        <v>2048223.26</v>
+      </c>
+      <c r="W192" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X192">
+        <v>1</v>
+      </c>
+      <c r="Y192" t="s">
+        <v>326</v>
+      </c>
+      <c r="AA192" t="s">
+        <v>327</v>
+      </c>
+      <c r="AB192" t="s">
         <v>43</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B19" t="s">
+      <c r="AC192" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
-[...59 lines deleted...]
-      <c r="B27" t="s">
+    <row r="193" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A193" t="s">
+        <v>30</v>
+      </c>
+      <c r="B193">
+        <v>1</v>
+      </c>
+      <c r="C193">
+        <v>2</v>
+      </c>
+      <c r="D193">
+        <v>2336</v>
+      </c>
+      <c r="H193" t="s">
+        <v>31</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1220</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>37</v>
+      </c>
+      <c r="R193" t="s">
+        <v>416</v>
+      </c>
+      <c r="S193" t="s">
+        <v>75</v>
+      </c>
+      <c r="T193" s="1">
+        <v>694101.75</v>
+      </c>
+      <c r="U193" t="s">
+        <v>40</v>
+      </c>
+      <c r="V193" s="1">
+        <v>277640.7</v>
+      </c>
+      <c r="W193" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X193">
+        <v>3</v>
+      </c>
+      <c r="Y193" t="s">
+        <v>1221</v>
+      </c>
+      <c r="AA193" t="s">
+        <v>1222</v>
+      </c>
+      <c r="AB193" t="s">
+        <v>163</v>
+      </c>
+      <c r="AC193" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="194" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A194" t="s">
+        <v>30</v>
+      </c>
+      <c r="B194">
+        <v>2</v>
+      </c>
+      <c r="C194">
+        <v>1</v>
+      </c>
+      <c r="D194">
+        <v>2337</v>
+      </c>
+      <c r="H194" t="s">
+        <v>31</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1225</v>
+      </c>
+      <c r="K194" t="s">
+        <v>1224</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1226</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1227</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1228</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>37</v>
+      </c>
+      <c r="R194" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S194" t="s">
+        <v>39</v>
+      </c>
+      <c r="T194" s="1">
+        <v>486400</v>
+      </c>
+      <c r="U194" t="s">
+        <v>40</v>
+      </c>
+      <c r="V194" s="1">
+        <v>194560</v>
+      </c>
+      <c r="W194" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X194">
+        <v>1</v>
+      </c>
+      <c r="Y194" t="s">
+        <v>1229</v>
+      </c>
+      <c r="AA194" t="s">
+        <v>1230</v>
+      </c>
+      <c r="AB194" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC194" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="195" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A195" t="s">
+        <v>30</v>
+      </c>
+      <c r="B195">
+        <v>2</v>
+      </c>
+      <c r="C195">
+        <v>1</v>
+      </c>
+      <c r="D195">
+        <v>2342</v>
+      </c>
+      <c r="H195" t="s">
+        <v>31</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J195" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K195" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L195" t="s">
+        <v>954</v>
+      </c>
+      <c r="M195" t="s">
+        <v>88</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1233</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>37</v>
+      </c>
+      <c r="R195" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S195" t="s">
+        <v>39</v>
+      </c>
+      <c r="T195" s="1">
+        <v>342122.17</v>
+      </c>
+      <c r="U195" t="s">
+        <v>40</v>
+      </c>
+      <c r="V195" s="1">
+        <v>136848.85999999999</v>
+      </c>
+      <c r="W195" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X195">
+        <v>1</v>
+      </c>
+      <c r="Y195" t="s">
+        <v>1234</v>
+      </c>
+      <c r="AA195" t="s">
+        <v>1235</v>
+      </c>
+      <c r="AB195" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC195" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="196" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A196" t="s">
+        <v>30</v>
+      </c>
+      <c r="B196">
+        <v>1</v>
+      </c>
+      <c r="C196">
+        <v>2</v>
+      </c>
+      <c r="D196">
+        <v>2346</v>
+      </c>
+      <c r="H196" t="s">
+        <v>31</v>
+      </c>
+      <c r="I196" t="s">
+        <v>1236</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K196" t="s">
+        <v>1236</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1238</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>37</v>
+      </c>
+      <c r="R196" t="s">
+        <v>1239</v>
+      </c>
+      <c r="S196" t="s">
+        <v>75</v>
+      </c>
+      <c r="T196" s="1">
+        <v>1622987.9</v>
+      </c>
+      <c r="U196" t="s">
+        <v>40</v>
+      </c>
+      <c r="V196" s="1">
+        <v>972987.9</v>
+      </c>
+      <c r="W196" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X196">
+        <v>1</v>
+      </c>
+      <c r="Y196" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA196" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB196" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC196" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
-[...51 lines deleted...]
-      <c r="B34" t="s">
+    <row r="197" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A197" t="s">
+        <v>30</v>
+      </c>
+      <c r="B197">
+        <v>2</v>
+      </c>
+      <c r="C197">
+        <v>1</v>
+      </c>
+      <c r="D197">
+        <v>2347</v>
+      </c>
+      <c r="H197" t="s">
+        <v>31</v>
+      </c>
+      <c r="I197" t="s">
+        <v>1240</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1241</v>
+      </c>
+      <c r="K197" t="s">
+        <v>1240</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1242</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>37</v>
+      </c>
+      <c r="R197" t="s">
+        <v>1077</v>
+      </c>
+      <c r="S197" t="s">
+        <v>39</v>
+      </c>
+      <c r="T197" s="1">
+        <v>734688.14</v>
+      </c>
+      <c r="U197" t="s">
+        <v>40</v>
+      </c>
+      <c r="V197" s="1">
+        <v>440812.88</v>
+      </c>
+      <c r="W197" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X197">
+        <v>1</v>
+      </c>
+      <c r="Y197" t="s">
+        <v>1243</v>
+      </c>
+      <c r="AA197" t="s">
+        <v>1244</v>
+      </c>
+      <c r="AB197" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC197" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="198" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A198" t="s">
+        <v>30</v>
+      </c>
+      <c r="B198">
+        <v>2</v>
+      </c>
+      <c r="C198">
+        <v>1</v>
+      </c>
+      <c r="D198">
+        <v>2353</v>
+      </c>
+      <c r="H198" t="s">
+        <v>31</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1245</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1245</v>
+      </c>
+      <c r="K198" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1246</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>37</v>
+      </c>
+      <c r="R198" t="s">
+        <v>1143</v>
+      </c>
+      <c r="S198" t="s">
+        <v>39</v>
+      </c>
+      <c r="T198" s="1">
+        <v>780417.36</v>
+      </c>
+      <c r="U198" t="s">
+        <v>40</v>
+      </c>
+      <c r="V198" s="1">
+        <v>312166.94</v>
+      </c>
+      <c r="W198" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X198">
+        <v>1</v>
+      </c>
+      <c r="Y198" t="s">
+        <v>1247</v>
+      </c>
+      <c r="AA198" t="s">
+        <v>1248</v>
+      </c>
+      <c r="AB198" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC198" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="199" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A199" t="s">
+        <v>30</v>
+      </c>
+      <c r="B199">
+        <v>2</v>
+      </c>
+      <c r="C199">
+        <v>1</v>
+      </c>
+      <c r="D199">
+        <v>2355</v>
+      </c>
+      <c r="H199" t="s">
+        <v>31</v>
+      </c>
+      <c r="I199" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1250</v>
+      </c>
+      <c r="K199" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1182</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1251</v>
+      </c>
+      <c r="Q199" t="s">
+        <v>37</v>
+      </c>
+      <c r="R199" t="s">
+        <v>1108</v>
+      </c>
+      <c r="S199" t="s">
+        <v>39</v>
+      </c>
+      <c r="T199" s="1">
+        <v>1021996</v>
+      </c>
+      <c r="U199" t="s">
+        <v>40</v>
+      </c>
+      <c r="V199" s="1">
+        <v>408798.4</v>
+      </c>
+      <c r="W199" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X199">
+        <v>1</v>
+      </c>
+      <c r="Y199" t="s">
+        <v>1252</v>
+      </c>
+      <c r="AA199" t="s">
+        <v>1253</v>
+      </c>
+      <c r="AB199" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC199" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="200" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A200" t="s">
+        <v>30</v>
+      </c>
+      <c r="B200">
+        <v>2</v>
+      </c>
+      <c r="C200">
+        <v>1</v>
+      </c>
+      <c r="D200">
+        <v>2361</v>
+      </c>
+      <c r="H200" t="s">
+        <v>31</v>
+      </c>
+      <c r="I200" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1255</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1254</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1256</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>37</v>
+      </c>
+      <c r="R200" t="s">
+        <v>1194</v>
+      </c>
+      <c r="S200" t="s">
+        <v>39</v>
+      </c>
+      <c r="T200" s="1">
+        <v>1460538.99</v>
+      </c>
+      <c r="U200" t="s">
+        <v>40</v>
+      </c>
+      <c r="V200" s="1">
+        <v>500000</v>
+      </c>
+      <c r="W200" s="2">
+        <v>0.34</v>
+      </c>
+      <c r="X200">
+        <v>1</v>
+      </c>
+      <c r="Y200" t="s">
+        <v>1257</v>
+      </c>
+      <c r="AA200" t="s">
+        <v>1258</v>
+      </c>
+      <c r="AB200" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC200" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="201" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A201" t="s">
+        <v>30</v>
+      </c>
+      <c r="B201">
+        <v>1</v>
+      </c>
+      <c r="C201">
+        <v>2</v>
+      </c>
+      <c r="D201">
+        <v>2362</v>
+      </c>
+      <c r="H201" t="s">
+        <v>31</v>
+      </c>
+      <c r="I201" t="s">
+        <v>1259</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1260</v>
+      </c>
+      <c r="K201" t="s">
+        <v>1259</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1261</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>37</v>
+      </c>
+      <c r="R201" t="s">
+        <v>1155</v>
+      </c>
+      <c r="S201" t="s">
+        <v>75</v>
+      </c>
+      <c r="T201" s="1">
+        <v>805950</v>
+      </c>
+      <c r="U201" t="s">
+        <v>40</v>
+      </c>
+      <c r="V201" s="1">
+        <v>322380</v>
+      </c>
+      <c r="W201" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X201">
+        <v>2</v>
+      </c>
+      <c r="Y201" t="s">
+        <v>1262</v>
+      </c>
+      <c r="AA201" t="s">
+        <v>1263</v>
+      </c>
+      <c r="AB201" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC201" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="202" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A202" t="s">
+        <v>30</v>
+      </c>
+      <c r="B202">
+        <v>2</v>
+      </c>
+      <c r="C202">
+        <v>1</v>
+      </c>
+      <c r="D202">
+        <v>2365</v>
+      </c>
+      <c r="H202" t="s">
+        <v>31</v>
+      </c>
+      <c r="I202" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K202" t="s">
+        <v>1264</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1266</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1267</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1268</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>37</v>
+      </c>
+      <c r="R202" t="s">
+        <v>1269</v>
+      </c>
+      <c r="S202" t="s">
+        <v>39</v>
+      </c>
+      <c r="T202" s="1">
+        <v>861322.52</v>
+      </c>
+      <c r="U202" t="s">
+        <v>40</v>
+      </c>
+      <c r="V202" s="1">
+        <v>344529</v>
+      </c>
+      <c r="W202" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X202">
+        <v>1</v>
+      </c>
+      <c r="Y202" t="s">
+        <v>1270</v>
+      </c>
+      <c r="AA202" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AB202" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC202" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="203" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A203" t="s">
+        <v>30</v>
+      </c>
+      <c r="B203">
+        <v>1</v>
+      </c>
+      <c r="C203">
+        <v>2</v>
+      </c>
+      <c r="D203">
+        <v>2370</v>
+      </c>
+      <c r="H203" t="s">
+        <v>31</v>
+      </c>
+      <c r="I203" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1273</v>
+      </c>
+      <c r="K203" t="s">
+        <v>1272</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1274</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>37</v>
+      </c>
+      <c r="R203" t="s">
+        <v>1155</v>
+      </c>
+      <c r="S203" t="s">
+        <v>75</v>
+      </c>
+      <c r="T203" s="1">
+        <v>399752.7</v>
+      </c>
+      <c r="U203" t="s">
+        <v>40</v>
+      </c>
+      <c r="V203" s="1">
+        <v>159901.07999999999</v>
+      </c>
+      <c r="W203" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X203">
+        <v>1</v>
+      </c>
+      <c r="Y203" t="s">
+        <v>1275</v>
+      </c>
+      <c r="AA203" t="s">
+        <v>1276</v>
+      </c>
+      <c r="AB203" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC203" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="204" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A204" t="s">
+        <v>30</v>
+      </c>
+      <c r="B204">
+        <v>2</v>
+      </c>
+      <c r="C204">
+        <v>1</v>
+      </c>
+      <c r="D204">
+        <v>2374</v>
+      </c>
+      <c r="H204" t="s">
+        <v>31</v>
+      </c>
+      <c r="I204" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J204" t="s">
+        <v>1278</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1277</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1279</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1280</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>37</v>
+      </c>
+      <c r="R204" t="s">
+        <v>1115</v>
+      </c>
+      <c r="S204" t="s">
+        <v>39</v>
+      </c>
+      <c r="T204" s="1">
+        <v>945225</v>
+      </c>
+      <c r="U204" t="s">
+        <v>40</v>
+      </c>
+      <c r="V204" s="1">
+        <v>378090</v>
+      </c>
+      <c r="W204" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X204">
+        <v>1</v>
+      </c>
+      <c r="Y204" t="s">
+        <v>1281</v>
+      </c>
+      <c r="AA204" t="s">
+        <v>1282</v>
+      </c>
+      <c r="AB204" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC204" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="205" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A205" t="s">
+        <v>30</v>
+      </c>
+      <c r="B205">
+        <v>2</v>
+      </c>
+      <c r="C205">
+        <v>1</v>
+      </c>
+      <c r="D205">
+        <v>2376</v>
+      </c>
+      <c r="H205" t="s">
+        <v>31</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1284</v>
+      </c>
+      <c r="K205" t="s">
+        <v>1283</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1285</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>37</v>
+      </c>
+      <c r="R205" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S205" t="s">
+        <v>39</v>
+      </c>
+      <c r="T205" s="1">
+        <v>810100</v>
+      </c>
+      <c r="U205" t="s">
+        <v>40</v>
+      </c>
+      <c r="V205" s="1">
+        <v>486000</v>
+      </c>
+      <c r="W205" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X205">
+        <v>1</v>
+      </c>
+      <c r="Y205" t="s">
+        <v>1287</v>
+      </c>
+      <c r="AA205" t="s">
+        <v>1288</v>
+      </c>
+      <c r="AB205" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC205" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="206" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A206" t="s">
+        <v>30</v>
+      </c>
+      <c r="B206">
+        <v>2</v>
+      </c>
+      <c r="C206">
+        <v>1</v>
+      </c>
+      <c r="D206">
+        <v>2378</v>
+      </c>
+      <c r="H206" t="s">
+        <v>31</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1289</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1290</v>
+      </c>
+      <c r="K206" t="s">
+        <v>1289</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1291</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>37</v>
+      </c>
+      <c r="R206" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S206" t="s">
+        <v>39</v>
+      </c>
+      <c r="T206" s="1">
+        <v>751000</v>
+      </c>
+      <c r="U206" t="s">
+        <v>40</v>
+      </c>
+      <c r="V206" s="1">
+        <v>450600</v>
+      </c>
+      <c r="W206" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X206">
+        <v>1</v>
+      </c>
+      <c r="Y206" t="s">
+        <v>1292</v>
+      </c>
+      <c r="AA206" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AB206" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC206" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="207" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A207" t="s">
+        <v>30</v>
+      </c>
+      <c r="B207">
+        <v>1</v>
+      </c>
+      <c r="C207">
+        <v>2</v>
+      </c>
+      <c r="D207">
+        <v>2384</v>
+      </c>
+      <c r="H207" t="s">
+        <v>31</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1294</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1294</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>37</v>
+      </c>
+      <c r="R207" t="s">
+        <v>1297</v>
+      </c>
+      <c r="S207" t="s">
+        <v>75</v>
+      </c>
+      <c r="T207" s="1">
+        <v>1435959.9979999999</v>
+      </c>
+      <c r="U207" t="s">
+        <v>40</v>
+      </c>
+      <c r="V207" s="1">
+        <v>574384</v>
+      </c>
+      <c r="W207" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X207">
+        <v>1</v>
+      </c>
+      <c r="Y207" t="s">
+        <v>1298</v>
+      </c>
+      <c r="AA207" t="s">
+        <v>1299</v>
+      </c>
+      <c r="AB207" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC207" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="208" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A208" t="s">
+        <v>30</v>
+      </c>
+      <c r="B208">
+        <v>2</v>
+      </c>
+      <c r="C208">
+        <v>1</v>
+      </c>
+      <c r="D208">
+        <v>2386</v>
+      </c>
+      <c r="H208" t="s">
+        <v>31</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1301</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1300</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1302</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>37</v>
+      </c>
+      <c r="R208" t="s">
+        <v>1130</v>
+      </c>
+      <c r="S208" t="s">
+        <v>39</v>
+      </c>
+      <c r="T208" s="1">
+        <v>1155757.8700000001</v>
+      </c>
+      <c r="U208" t="s">
+        <v>40</v>
+      </c>
+      <c r="V208" s="1">
+        <v>462303.14</v>
+      </c>
+      <c r="W208" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X208">
+        <v>1</v>
+      </c>
+      <c r="Y208" t="s">
+        <v>1298</v>
+      </c>
+      <c r="AA208" t="s">
+        <v>1299</v>
+      </c>
+      <c r="AB208" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC208" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="209" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A209" t="s">
+        <v>30</v>
+      </c>
+      <c r="B209">
+        <v>2</v>
+      </c>
+      <c r="C209">
+        <v>1</v>
+      </c>
+      <c r="D209">
+        <v>2390</v>
+      </c>
+      <c r="H209" t="s">
+        <v>31</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1303</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M209" t="s">
+        <v>621</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1306</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>37</v>
+      </c>
+      <c r="R209" t="s">
+        <v>1307</v>
+      </c>
+      <c r="S209" t="s">
+        <v>39</v>
+      </c>
+      <c r="T209" s="1">
+        <v>1150000</v>
+      </c>
+      <c r="U209" t="s">
+        <v>40</v>
+      </c>
+      <c r="V209" s="1">
+        <v>690000</v>
+      </c>
+      <c r="W209" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="X209">
+        <v>1</v>
+      </c>
+      <c r="Y209" t="s">
+        <v>1308</v>
+      </c>
+      <c r="AA209" t="s">
+        <v>1309</v>
+      </c>
+      <c r="AB209" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC209" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="210" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A210" t="s">
+        <v>30</v>
+      </c>
+      <c r="B210">
+        <v>1</v>
+      </c>
+      <c r="C210">
+        <v>1</v>
+      </c>
+      <c r="D210">
+        <v>2391</v>
+      </c>
+      <c r="H210" t="s">
+        <v>31</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1310</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1312</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>37</v>
+      </c>
+      <c r="R210" t="s">
+        <v>1313</v>
+      </c>
+      <c r="S210" t="s">
+        <v>75</v>
+      </c>
+      <c r="T210" s="1">
+        <v>650120</v>
+      </c>
+      <c r="U210" t="s">
+        <v>40</v>
+      </c>
+      <c r="V210" s="1">
+        <v>260048</v>
+      </c>
+      <c r="W210" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X210">
+        <v>1</v>
+      </c>
+      <c r="Y210" t="s">
+        <v>1314</v>
+      </c>
+      <c r="AA210" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AB210" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC210" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.3">
-[...131 lines deleted...]
-      <c r="B51" t="s">
+    <row r="211" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A211" t="s">
+        <v>30</v>
+      </c>
+      <c r="B211">
+        <v>1</v>
+      </c>
+      <c r="C211">
+        <v>1</v>
+      </c>
+      <c r="D211">
+        <v>2393</v>
+      </c>
+      <c r="H211" t="s">
+        <v>31</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1316</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K211" t="s">
+        <v>1316</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1318</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1319</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1320</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>37</v>
+      </c>
+      <c r="R211" t="s">
+        <v>292</v>
+      </c>
+      <c r="S211" t="s">
         <v>75</v>
       </c>
-    </row>
-[...492 lines deleted...]
-      <c r="B113" t="s">
+      <c r="T211" s="1">
+        <v>1058961.0719999999</v>
+      </c>
+      <c r="U211" t="s">
+        <v>40</v>
+      </c>
+      <c r="V211" s="1">
+        <v>423584.42</v>
+      </c>
+      <c r="W211" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X211">
+        <v>1</v>
+      </c>
+      <c r="Y211" t="s">
+        <v>235</v>
+      </c>
+      <c r="AA211" t="s">
+        <v>236</v>
+      </c>
+      <c r="AB211" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC211" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="212" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A212" t="s">
+        <v>30</v>
+      </c>
+      <c r="B212">
+        <v>1</v>
+      </c>
+      <c r="C212">
+        <v>1</v>
+      </c>
+      <c r="D212">
+        <v>2394</v>
+      </c>
+      <c r="H212" t="s">
+        <v>31</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1322</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1321</v>
+      </c>
+      <c r="L212" t="s">
+        <v>969</v>
+      </c>
+      <c r="M212" t="s">
+        <v>970</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1323</v>
+      </c>
+      <c r="Q212" t="s">
+        <v>37</v>
+      </c>
+      <c r="R212" t="s">
+        <v>1313</v>
+      </c>
+      <c r="S212" t="s">
+        <v>75</v>
+      </c>
+      <c r="T212" s="1">
+        <v>5000000</v>
+      </c>
+      <c r="U212" t="s">
+        <v>40</v>
+      </c>
+      <c r="V212" s="1">
+        <v>2000000</v>
+      </c>
+      <c r="W212" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X212">
+        <v>1</v>
+      </c>
+      <c r="Y212" t="s">
+        <v>1324</v>
+      </c>
+      <c r="AA212" t="s">
+        <v>1325</v>
+      </c>
+      <c r="AB212" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC212" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="114" spans="1:2" x14ac:dyDescent="0.3">
-[...428 lines deleted...]
-        <v>898</v>
+    <row r="213" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A213" t="s">
+        <v>30</v>
+      </c>
+      <c r="B213">
+        <v>2</v>
+      </c>
+      <c r="C213">
+        <v>4</v>
+      </c>
+      <c r="D213">
+        <v>2398</v>
+      </c>
+      <c r="H213" t="s">
+        <v>31</v>
+      </c>
+      <c r="I213" t="s">
+        <v>792</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1326</v>
+      </c>
+      <c r="K213" t="s">
+        <v>792</v>
+      </c>
+      <c r="L213" t="s">
+        <v>788</v>
+      </c>
+      <c r="M213" t="s">
+        <v>789</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1327</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>37</v>
+      </c>
+      <c r="R213" t="s">
+        <v>1328</v>
+      </c>
+      <c r="S213" t="s">
+        <v>39</v>
+      </c>
+      <c r="T213" s="1">
+        <v>730084.8</v>
+      </c>
+      <c r="U213" t="s">
+        <v>40</v>
+      </c>
+      <c r="V213" s="1">
+        <v>292033.91999999998</v>
+      </c>
+      <c r="W213" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X213">
+        <v>1</v>
+      </c>
+      <c r="Y213" t="s">
+        <v>536</v>
+      </c>
+      <c r="AA213" t="s">
+        <v>537</v>
+      </c>
+      <c r="AB213" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC213" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="214" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A214" t="s">
+        <v>30</v>
+      </c>
+      <c r="B214">
+        <v>2</v>
+      </c>
+      <c r="C214">
+        <v>4</v>
+      </c>
+      <c r="D214">
+        <v>2399</v>
+      </c>
+      <c r="H214" t="s">
+        <v>31</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1330</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1329</v>
+      </c>
+      <c r="L214" t="s">
+        <v>788</v>
+      </c>
+      <c r="M214" t="s">
+        <v>789</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1331</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>37</v>
+      </c>
+      <c r="R214" t="s">
+        <v>795</v>
+      </c>
+      <c r="S214" t="s">
+        <v>39</v>
+      </c>
+      <c r="T214" s="1">
+        <v>354576.16000000003</v>
+      </c>
+      <c r="U214" t="s">
+        <v>40</v>
+      </c>
+      <c r="V214" s="1">
+        <v>141830.46</v>
+      </c>
+      <c r="W214" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="X214">
+        <v>5</v>
+      </c>
+      <c r="Y214" t="s">
+        <v>1332</v>
+      </c>
+      <c r="AA214" t="s">
+        <v>1333</v>
+      </c>
+      <c r="AB214" t="s">
+        <v>312</v>
+      </c>
+      <c r="AC214" t="s">
+        <v>1334</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Blad2</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>result</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Vanderhoudelingen, Jelle</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>