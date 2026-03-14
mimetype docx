--- v0 (2025-10-13)
+++ v1 (2026-03-14)
@@ -229,65 +229,52 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="08FD686D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp560/YQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xX282oU2QtMgwo&#10;2mLp0LMiS4kxWdQkJnb260vJTpp1u3TYxab4Evnxoy6v2tqwnfKhAlvw0WDImbISysquC/79cfHh&#10;I2cBhS2FAasKvleBX83ev7tsXK7GsAFTKs8oiQ154wq+QXR5lgW5UbUIA3DKklGDrwXS0a+z0ouG&#10;stcmGw+H51kDvnQepAqBtDedkc9Sfq2VxHutg0JmCk61Yfr69F3Fbza7FPnaC7epZF+G+IcqalFZ&#10;uvSY6kagYFtf/ZGqrqSHABoHEuoMtK6kSj1QN6Phq26WG+FU6oXACe4IU/h/aeXdbukePMP2M7Q0&#10;wAhI40IeSBn7abWv458qZWQnCPdH2FSLTJLyfHQxpllwJsk2OZtOJnSgPNlLuPMBvyioWRQK7mku&#10;CS6xuw3YuR5c4m0WFpUxaTbG/qagnJ1GpeH20S8VJwn3RsUoY78pzaoyFR4ViVbq2ni2E0QIIaWy&#10;mHpOeck7emm6+y2BvX8M7ap6S/AxIt0MFo/BdWXBJ5RelV3+OJSsO3+C+qTvKGK7avtJrqDc04A9&#10;dNwPTi4qGsKtCPggPJGdBkcLjPf00QaagkMvcbYB/+tv+uhPHCQrZw0tT8HDz63wijPz1RI7P42m&#10;07ht6TA9uxjTwZ9aVqcWu62vgcYxoqfCySRGfzQHUXuon2jP5/FWMgkr6e6C40G8xm6l6Z2Qaj5P&#10;TrRfTuCtXToZU0d4I8Ue2yfhXc9DJArfwWHNRP6Kjp1vjLQw3yLoKnE1Atyh2gNPu5nY3r8jcflP&#10;z8nr5bWbPQMAAP//AwBQSwMEFAAGAAgAAAAhALvx7GnfAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYwtjarTSdEIgraBtM2i1rvLaicaomW8u/xzux23v20/PnfDW6Vpyx&#10;D40nDY8TBQKp9LahSsPX9v1hASJEQ9a0nlDDLwZYFbc3ucmsH2iN502sBJdQyIyGOsYukzKUNToT&#10;Jr5D4t3R985Etn0lbW8GLnetnCqVSGca4gu16fC1xvJnc3Iavj+O+91MfVZvbt4NflSS3FJqfX83&#10;vjyDiDjG/zBc8BkdCmY6+BPZIFr2apZwVEM6n6YgLgmVJjw6sHpiDbLI5fUXxR8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAKeetP2ECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu/Hsad8AAAANAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="37CE66D3" w14:textId="6AF7BF4D" w:rsidR="009636F1" w:rsidRDefault="000202AC" w:rsidP="00814FE9">
                       <w:pPr>
                         <w:pStyle w:val="Title"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Template </w:t>
                       </w:r>
                       <w:r w:rsidR="00301EC8">
-                        <w:t xml:space="preserve">progress report on research </w:t>
+                        <w:t>progress report on research and development projects</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                     <w:p w14:paraId="044B84B2" w14:textId="4E3911F0" w:rsidR="009636F1" w:rsidRDefault="007D04BC" w:rsidP="0019462C">
                       <w:pPr>
                         <w:pStyle w:val="Subtitle"/>
                       </w:pPr>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:t>versi</w:t>
                       </w:r>
                       <w:r w:rsidR="00E46692">
                         <w:t>on</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:t>januar</w:t>
                       </w:r>
                       <w:r w:rsidR="00E46692">
                         <w:t>y</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r>
@@ -318,87 +305,115 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Important preliminary note:</w:t>
       </w:r>
       <w:r w:rsidRPr="0094032F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004325A6" w:rsidRPr="004325A6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>This text is just a translation made for reading convenience purposes. In case of dispute, the Dutch-language version shall have sole legal validity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1808BE2B" w14:textId="48D728BA" w:rsidR="007A0132" w:rsidRPr="004325A6" w:rsidRDefault="00D536C4" w:rsidP="00190081">
+    <w:p w14:paraId="1808BE2B" w14:textId="712E5E39" w:rsidR="007A0132" w:rsidRPr="004325A6" w:rsidRDefault="00D536C4" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004325A6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Si</w:t>
       </w:r>
       <w:r w:rsidR="00C461E5" w:rsidRPr="004325A6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>tuation interim report</w:t>
+        <w:t xml:space="preserve">tuation </w:t>
+      </w:r>
+      <w:r w:rsidR="0089150B" w:rsidRPr="00197431">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>progress</w:t>
+      </w:r>
+      <w:r w:rsidR="00C461E5" w:rsidRPr="004325A6">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562AE561" w14:textId="48ABD6D7" w:rsidR="002A19CC" w:rsidRDefault="00564FB4" w:rsidP="00564FB4">
+    <w:p w14:paraId="562AE561" w14:textId="3FCE49A6" w:rsidR="002A19CC" w:rsidRDefault="00564FB4" w:rsidP="00564FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564FB4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The progress report shall be submitted by the coordinator on the dates as specified in Art. 4 of the Project Specific Provisions. In theory this will be every 12 months, unless another report is requested at the same time. The report forms the basis for all communication between the beneficiary and Flanders Innovation &amp; Entrepreneurship (VLAIO), and its main purpose is to check whether the project is progressing according to pla</w:t>
+        <w:t xml:space="preserve">The progress report shall be submitted by the coordinator on the dates as specified in Art. 4 of the Project Specific Provisions. In theory this will be every 12 months, unless another report is requested at the same time. The report forms the basis for all communication between the beneficiary and </w:t>
+      </w:r>
+      <w:r w:rsidR="002A34F0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>VLAIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564FB4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, and its main purpose is to check whether the project is progressing according to pla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00FD2981" w:rsidRPr="00564FB4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A2206A" w14:textId="77777777" w:rsidR="001458FB" w:rsidRDefault="001458FB" w:rsidP="00564FB4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -407,51 +422,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="777934B3" w14:textId="64F76CA0" w:rsidR="006E4CD5" w:rsidRPr="00A27D6E" w:rsidRDefault="00791C6D" w:rsidP="00BD05A3">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk184721765"/>
       <w:r w:rsidRPr="00A27D6E">
         <w:t>Part</w:t>
       </w:r>
       <w:r w:rsidR="00F33DA4" w:rsidRPr="00A27D6E">
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidRPr="00A27D6E">
         <w:t xml:space="preserve">: General information and </w:t>
       </w:r>
       <w:r w:rsidR="00F33DA4" w:rsidRPr="00A27D6E">
         <w:t>indicator</w:t>
       </w:r>
       <w:r w:rsidRPr="00A27D6E">
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="405CEBBA" w14:textId="268F596D" w:rsidR="00576375" w:rsidRPr="00576375" w:rsidRDefault="000E0FBA" w:rsidP="00576375">
+    <w:p w14:paraId="405CEBBA" w14:textId="268F596D" w:rsidR="00576375" w:rsidRPr="00576375" w:rsidRDefault="000E0FBA" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200E82">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">General information </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F01C72" w14:textId="77777777" w:rsidR="00B872A3" w:rsidRPr="00B872A3" w:rsidRDefault="00B872A3" w:rsidP="00B872A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B872A3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Project number (</w:t>
@@ -515,778 +530,863 @@
         <w:t xml:space="preserve">Your name and organisation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="600DA9C4" w14:textId="77777777" w:rsidR="00B872A3" w:rsidRPr="006B381E" w:rsidRDefault="00B872A3" w:rsidP="00B872A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E88ADF4" w14:textId="4D7927F3" w:rsidR="00B872A3" w:rsidRPr="006B381E" w:rsidRDefault="00B872A3" w:rsidP="00B872A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B381E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of this interim report: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF1BD5A" w14:textId="361E6CF8" w:rsidR="00D536C4" w:rsidRDefault="006B0F11" w:rsidP="00D536C4">
+    <w:p w14:paraId="0AF1BD5A" w14:textId="361E6CF8" w:rsidR="00D536C4" w:rsidRDefault="006B0F11" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="006B0F11">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0F11">
         <w:t>project’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B0F11">
         <w:t xml:space="preserve"> content development</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F010E" w:rsidRPr="006B381E" w14:paraId="1E55D75C" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="007F010E" w:rsidRPr="00197431" w14:paraId="1E55D75C" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1977401685"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="38C26431" w14:textId="77777777" w:rsidR="007F010E" w:rsidRDefault="007F010E" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="148A7276" w14:textId="77777777" w:rsidR="007F010E" w:rsidRPr="00660DC9" w:rsidRDefault="007F010E" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00660DC9">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The project is largely on schedule and the milestones set for this phase of the project have (largely) been met</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F010E" w:rsidRPr="006B381E" w14:paraId="66D90720" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="007F010E" w:rsidRPr="00197431" w14:paraId="66D90720" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1365870390"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5E33AAA1" w14:textId="77777777" w:rsidR="007F010E" w:rsidRDefault="007F010E" w:rsidP="00F26AAE">
+              <w:p w14:paraId="5E33AAA1" w14:textId="6E2AD21E" w:rsidR="007F010E" w:rsidRDefault="004508B3" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F25C3E4" w14:textId="77777777" w:rsidR="007F010E" w:rsidRPr="00A636EA" w:rsidRDefault="007F010E" w:rsidP="00F26AAE">
+          <w:p w14:paraId="7F25C3E4" w14:textId="221D55C1" w:rsidR="004508B3" w:rsidRPr="00A636EA" w:rsidRDefault="007F010E" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A636EA">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The execution deviates from the plan without any expected significant impact  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="004508B3" w:rsidRPr="00197431" w14:paraId="2A81A8E5" w14:textId="77777777" w:rsidTr="00F26AAE">
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-695234623"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="562" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="010CB31B" w14:textId="23F2268F" w:rsidR="004508B3" w:rsidRDefault="004508B3" w:rsidP="00F26AAE">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3FB7F9" w14:textId="55AC110C" w:rsidR="004508B3" w:rsidRPr="00A636EA" w:rsidRDefault="00B32414" w:rsidP="00F26AAE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00197431">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Important milestones are not achieved (in a timely manner) and/or there are significant changes to the implementation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6ED438F1" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRPr="00316702" w:rsidRDefault="00DA3489" w:rsidP="00DA3489">
+    <w:p w14:paraId="6ED438F1" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRPr="00316702" w:rsidRDefault="00DA3489" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00316702">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Feasibility of the innovation g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>oal</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA3489" w:rsidRPr="006B381E" w14:paraId="4B1DB460" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00DA3489" w:rsidRPr="00197431" w14:paraId="4B1DB460" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1636528834"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5E9979CC" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40E277E0" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRPr="00302789" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302789">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The innovation goal described in the specific conditions remains achievable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3489" w:rsidRPr="006B381E" w14:paraId="7A48A8FE" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00DA3489" w:rsidRPr="00197431" w14:paraId="7A48A8FE" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-611361378"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4D9DA536" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33D7D665" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRPr="001E17A8" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E17A8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>There is additional uncertainty regarding the achieving of the innovation goal but the project will not fundamentally be adjusted</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3489" w:rsidRPr="006B381E" w14:paraId="25A9D0D0" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00DA3489" w:rsidRPr="00197431" w14:paraId="25A9D0D0" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1147509706"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="50882357" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C09F3E" w14:textId="77777777" w:rsidR="00DA3489" w:rsidRPr="001E17A8" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
+          <w:p w14:paraId="11C09F3E" w14:textId="2AF894D1" w:rsidR="00DA3489" w:rsidRPr="001E17A8" w:rsidRDefault="00DA3489" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E17A8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The innovation goal is not, or not sufficiently achievable and the project must therefore be adjusted</w:t>
+            </w:r>
+            <w:r w:rsidR="00055F53">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00055F53" w:rsidRPr="00197431">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="008812EC" w:rsidRPr="00197431">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>/or</w:t>
+            </w:r>
+            <w:r w:rsidR="00055F53" w:rsidRPr="00197431">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the innovation goal</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5FF6" w:rsidRPr="00197431">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> needs to be </w:t>
+            </w:r>
+            <w:r w:rsidR="00B9216C" w:rsidRPr="00197431">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>adapted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36E3CEF9" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRDefault="00C459E9" w:rsidP="00C459E9">
+    <w:p w14:paraId="36E3CEF9" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRDefault="00C459E9" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Use</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of resources</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C459E9" w:rsidRPr="006B381E" w14:paraId="0FA918E9" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00C459E9" w:rsidRPr="00197431" w14:paraId="0FA918E9" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1591740737"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5C88016B" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRDefault="00C459E9" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68AB5357" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRPr="00AF558E" w:rsidRDefault="00C459E9" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF558E">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Resources and manpower will be deployed according to plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C459E9" w:rsidRPr="006B381E" w14:paraId="2521F6F6" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00C459E9" w:rsidRPr="00197431" w14:paraId="2521F6F6" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1464695204"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="652D5020" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRDefault="00C459E9" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1667BF48" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRPr="00A70335" w:rsidRDefault="00C459E9" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A70335">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>There are delays/accelerations/changes in the resources deployed, but it is expected that the changes will be limited over the lifetime of the project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C459E9" w:rsidRPr="006B381E" w14:paraId="1BB08B31" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00C459E9" w:rsidRPr="00197431" w14:paraId="1BB08B31" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-415626431"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="230C11FD" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRDefault="00C459E9" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="211AC97D" w14:textId="77777777" w:rsidR="00C459E9" w:rsidRPr="00A70335" w:rsidRDefault="00C459E9" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A70335">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>There are major changes to the use of resources </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D2D50E7" w14:textId="77777777" w:rsidR="00A43055" w:rsidRPr="004F63D3" w:rsidRDefault="00A43055" w:rsidP="00A43055">
+    <w:p w14:paraId="1D2D50E7" w14:textId="77777777" w:rsidR="00A43055" w:rsidRPr="004F63D3" w:rsidRDefault="00A43055" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F63D3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Changed external circumstances or c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>hanges among the beneficiaries or implementers</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A43055" w:rsidRPr="006B381E" w14:paraId="57DA68CE" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00A43055" w:rsidRPr="00197431" w14:paraId="57DA68CE" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1940523371"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6E857433" w14:textId="77777777" w:rsidR="00A43055" w:rsidRDefault="00A43055" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10C7B0E8" w14:textId="77777777" w:rsidR="00A43055" w:rsidRPr="00C273B8" w:rsidRDefault="00A43055" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C273B8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>There are no relevant changed circumstances that will strongly influence the valorisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A43055" w:rsidRPr="006B381E" w14:paraId="7993354D" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00A43055" w:rsidRPr="00197431" w14:paraId="7993354D" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="292792250"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="70F38D56" w14:textId="77777777" w:rsidR="00A43055" w:rsidRDefault="00A43055" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8208AA" w14:textId="77777777" w:rsidR="00A43055" w:rsidRPr="00784384" w:rsidRDefault="00A43055" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784384">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>There are changes among the beneficiaries or implementers but the valorisation will not be compromised</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A43055" w:rsidRPr="006B381E" w14:paraId="72B35C4B" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00A43055" w:rsidRPr="00197431" w14:paraId="72B35C4B" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-176818165"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1F70B91F" w14:textId="77777777" w:rsidR="00A43055" w:rsidRDefault="00A43055" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="427A8E56" w14:textId="77777777" w:rsidR="00A43055" w:rsidRPr="00784384" w:rsidRDefault="00A43055" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784384">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>There are changed internal or external circumstances that will strongly influence the valorisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A3B5FCC" w14:textId="13E82833" w:rsidR="00F33F2E" w:rsidRDefault="003C6AB6" w:rsidP="00F33F2E">
+    <w:p w14:paraId="0A3B5FCC" w14:textId="13E82833" w:rsidR="00F33F2E" w:rsidRDefault="003C6AB6" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Notifications</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D67512">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33F2E" w:rsidRPr="006B381E" w14:paraId="095B4E6C" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="00F33F2E" w:rsidRPr="00197431" w14:paraId="095B4E6C" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="406885776"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="562" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="22D6D673" w14:textId="3867269E" w:rsidR="00F33F2E" w:rsidRDefault="00A1034B" w:rsidP="00F26AAE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1349,51 +1449,51 @@
       <w:r w:rsidR="00DA4D73">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>header</w:t>
       </w:r>
       <w:r w:rsidR="008B74C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Explanation</w:t>
       </w:r>
       <w:r w:rsidR="00A1034B" w:rsidRPr="000D264F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006388E8" w14:textId="36AB0978" w:rsidR="00F32F29" w:rsidRPr="009F1A69" w:rsidRDefault="008B74C4" w:rsidP="00F32F29">
+    <w:p w14:paraId="006388E8" w14:textId="6953F243" w:rsidR="00F32F29" w:rsidRPr="009F1A69" w:rsidRDefault="008B74C4" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Explanation</w:t>
       </w:r>
       <w:r w:rsidR="00A95EE5" w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="009F1A69" w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>mandatory if you have ticked the</w:t>
       </w:r>
       <w:r w:rsidR="00893510" w:rsidRPr="009F1A69">
@@ -1403,70 +1503,82 @@
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="009F1A69">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="00893510" w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="009F1A69" w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00893510" w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F1A69">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00893510" w:rsidRPr="00197431">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF41A8" w:rsidRPr="00197431">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00893510" w:rsidRPr="009F1A69">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="00893510" w:rsidRPr="00197431">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> opti</w:t>
       </w:r>
+      <w:r w:rsidR="00261160" w:rsidRPr="00197431">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
       <w:r w:rsidR="00261160">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>on in any of the previous</w:t>
+        <w:t xml:space="preserve"> in any of the previous</w:t>
       </w:r>
       <w:r w:rsidR="00012B15">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> boxes</w:t>
       </w:r>
       <w:r w:rsidR="00893510" w:rsidRPr="009F1A69">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0803EE1A" w14:textId="63C2EA03" w:rsidR="00424FC1" w:rsidRPr="00424FC1" w:rsidRDefault="00424FC1" w:rsidP="00424FC1">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00424FC1">
         <w:rPr>
           <w:i/>
@@ -1506,61 +1618,62 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Please explain in more detail if you have marked the 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00424FC1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidRPr="00424FC1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> option anywhere or if you want this report to include a notification. In this case, do not limit yourself to reporting just what has happened, but explain what the consequences will be and what you will do to take them into account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6CCBBA" w14:textId="0296290D" w:rsidR="002065D7" w:rsidRPr="002A152A" w:rsidRDefault="004B53FC" w:rsidP="002065D7">
+    <w:p w14:paraId="7B6CCBBA" w14:textId="0296290D" w:rsidR="002065D7" w:rsidRPr="002A152A" w:rsidRDefault="004B53FC" w:rsidP="008812EC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A152A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Explanatory notes or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A152A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>addional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A152A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> comments</w:t>
       </w:r>
       <w:r w:rsidR="000845D3" w:rsidRPr="002A152A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001A037F" w:rsidRPr="002A152A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -1794,65 +1907,64 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9510" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1905"/>
         <w:gridCol w:w="1995"/>
         <w:gridCol w:w="1755"/>
         <w:gridCol w:w="1875"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008739DA" w:rsidRPr="006B381E" w14:paraId="7A89B3C5" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="008739DA" w:rsidRPr="00197431" w14:paraId="7A89B3C5" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9510" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74AD19F8" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00855F93" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855F93">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Performances between &lt;date&gt; and &lt;date&gt;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FCA2F6A" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="008D69C3" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D69C3">
@@ -1862,825 +1974,799 @@
               <w:t>month ... tot month ... of t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>he project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008739DA" w:rsidRPr="00473B65" w14:paraId="39894576" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9510" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FC28A99" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00BF2A9F" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>Name of</w:t>
             </w:r>
             <w:r w:rsidRPr="00473B65">
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> partner:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="354BD724" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00473B65" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008739DA" w:rsidRPr="006B381E" w14:paraId="0B883FEC" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="008739DA" w:rsidRPr="00197431" w14:paraId="0B883FEC" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="623AA159" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="0006624D" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of staff member</w:t>
             </w:r>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E4CB93B" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="0006624D" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Function/role within the project</w:t>
             </w:r>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="606B0DD5" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="0006624D" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Most important work packages that have been contributed to</w:t>
             </w:r>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05FE98E5" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="0006624D" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of man months performed during this period</w:t>
             </w:r>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="133C4DFB" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="0006624D" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cumulative until end of period</w:t>
             </w:r>
             <w:r w:rsidRPr="0006624D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:cs="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008739DA" w:rsidRPr="006B381E" w14:paraId="7841D58A" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="008739DA" w:rsidRPr="00197431" w14:paraId="7841D58A" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0508FAE2" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="448D61C7" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EECF98A" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="642E12B3" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="569048B3" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008739DA" w:rsidRPr="006B381E" w14:paraId="40E6CAAF" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="008739DA" w:rsidRPr="00197431" w14:paraId="40E6CAAF" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10A9F929" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63C84E44" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="166F85A2" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F666627" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2669B8E4" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008739DA" w:rsidRPr="006B381E" w14:paraId="1E58B015" w14:textId="77777777" w:rsidTr="00F26AAE">
+      <w:tr w:rsidR="008739DA" w:rsidRPr="00197431" w14:paraId="1E58B015" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70FA7CD4" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5493C860" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="447AF25A" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BB03A9E" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72C583A8" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008739DA" w:rsidRPr="00473B65" w14:paraId="41198E72" w14:textId="77777777" w:rsidTr="00F26AAE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B67C668" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67336722" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00B62463" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62463">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A087E03" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00473B65" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00473B65">
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>total</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00473B65">
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72D6F9D3" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00473B65" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473B65">
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C3B1175" w14:textId="77777777" w:rsidR="008739DA" w:rsidRPr="00473B65" w:rsidRDefault="008739DA" w:rsidP="00F26AAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473B65">
               <w:rPr>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57FB0E6C" w14:textId="77777777" w:rsidR="00306873" w:rsidRDefault="00306873" w:rsidP="008D618C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -2902,61 +2988,61 @@
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000107F1" w:rsidRPr="000107F1" w:rsidSect="0035561A">
       <w:headerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A72797B" w14:textId="77777777" w:rsidR="00C73313" w:rsidRDefault="00C73313" w:rsidP="007918E4">
+    <w:p w14:paraId="33B89FA9" w14:textId="77777777" w:rsidR="00053515" w:rsidRDefault="00053515" w:rsidP="007918E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4927868F" w14:textId="77777777" w:rsidR="00C73313" w:rsidRDefault="00C73313" w:rsidP="007918E4">
+    <w:p w14:paraId="2D95387D" w14:textId="77777777" w:rsidR="00053515" w:rsidRDefault="00053515" w:rsidP="007918E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3572,61 +3658,61 @@
     </w:r>
     <w:r w:rsidRPr="009636F1">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>AGENTSCHAPONDERNEMEN.be</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6AC870FC" w14:textId="77777777" w:rsidR="00F6742A" w:rsidRPr="00F6742A" w:rsidRDefault="00F6742A" w:rsidP="00F6742A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22271A3E" w14:textId="77777777" w:rsidR="00C73313" w:rsidRDefault="00C73313" w:rsidP="007918E4">
+    <w:p w14:paraId="28AC617D" w14:textId="77777777" w:rsidR="00053515" w:rsidRDefault="00053515" w:rsidP="007918E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FD665CB" w14:textId="77777777" w:rsidR="00C73313" w:rsidRDefault="00C73313" w:rsidP="007918E4">
+    <w:p w14:paraId="32CEAA88" w14:textId="77777777" w:rsidR="00053515" w:rsidRDefault="00053515" w:rsidP="007918E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6AA77329" w14:textId="77777777" w:rsidR="00F6742A" w:rsidRDefault="00F6742A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C3C5092" w14:textId="77777777" w:rsidR="00F6742A" w:rsidRDefault="00F6742A">
     <w:pPr>
@@ -4227,208 +4313,224 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000107F1"/>
     <w:rsid w:val="000079D4"/>
     <w:rsid w:val="000107F1"/>
     <w:rsid w:val="00012B15"/>
     <w:rsid w:val="000202AC"/>
     <w:rsid w:val="00020790"/>
     <w:rsid w:val="00025007"/>
+    <w:rsid w:val="00053515"/>
+    <w:rsid w:val="00055F53"/>
     <w:rsid w:val="00062966"/>
     <w:rsid w:val="00076ACF"/>
     <w:rsid w:val="000845D3"/>
     <w:rsid w:val="000D264F"/>
     <w:rsid w:val="000E0FBA"/>
     <w:rsid w:val="000E73D8"/>
     <w:rsid w:val="0012487C"/>
     <w:rsid w:val="00131E7A"/>
     <w:rsid w:val="00143183"/>
     <w:rsid w:val="00145404"/>
     <w:rsid w:val="001458FB"/>
     <w:rsid w:val="0015281B"/>
     <w:rsid w:val="001557E5"/>
     <w:rsid w:val="00181B84"/>
     <w:rsid w:val="00190081"/>
     <w:rsid w:val="0019462C"/>
+    <w:rsid w:val="00197431"/>
     <w:rsid w:val="001A037F"/>
     <w:rsid w:val="001E52D3"/>
+    <w:rsid w:val="001F3C0C"/>
     <w:rsid w:val="001F62A8"/>
     <w:rsid w:val="00200E82"/>
     <w:rsid w:val="002065D7"/>
+    <w:rsid w:val="002514C7"/>
     <w:rsid w:val="00261160"/>
     <w:rsid w:val="0026431B"/>
     <w:rsid w:val="002A152A"/>
     <w:rsid w:val="002A19CC"/>
+    <w:rsid w:val="002A34F0"/>
     <w:rsid w:val="002A4C4C"/>
     <w:rsid w:val="002A783E"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002C50A3"/>
     <w:rsid w:val="002D7439"/>
     <w:rsid w:val="002E4A74"/>
     <w:rsid w:val="00301EC8"/>
     <w:rsid w:val="00306873"/>
     <w:rsid w:val="003428C6"/>
     <w:rsid w:val="0035561A"/>
     <w:rsid w:val="003868A0"/>
     <w:rsid w:val="003932A9"/>
     <w:rsid w:val="00393D79"/>
     <w:rsid w:val="003B1F64"/>
+    <w:rsid w:val="003B5FF6"/>
     <w:rsid w:val="003C6AB6"/>
     <w:rsid w:val="003E73DB"/>
     <w:rsid w:val="003E745B"/>
     <w:rsid w:val="003F2AFF"/>
     <w:rsid w:val="003F3D49"/>
     <w:rsid w:val="00417218"/>
     <w:rsid w:val="00424FC1"/>
     <w:rsid w:val="0043101F"/>
     <w:rsid w:val="004325A6"/>
     <w:rsid w:val="00436D42"/>
+    <w:rsid w:val="004508B3"/>
     <w:rsid w:val="004516AE"/>
     <w:rsid w:val="00473B65"/>
     <w:rsid w:val="004A0080"/>
+    <w:rsid w:val="004A4D9B"/>
     <w:rsid w:val="004B53FC"/>
     <w:rsid w:val="004E494A"/>
     <w:rsid w:val="00507275"/>
     <w:rsid w:val="00532698"/>
     <w:rsid w:val="005443CD"/>
     <w:rsid w:val="005528D4"/>
     <w:rsid w:val="00561897"/>
     <w:rsid w:val="00564FB4"/>
     <w:rsid w:val="00576375"/>
     <w:rsid w:val="005A76AE"/>
     <w:rsid w:val="005C13C4"/>
     <w:rsid w:val="005E0109"/>
     <w:rsid w:val="005E4EC8"/>
     <w:rsid w:val="005F1EBF"/>
     <w:rsid w:val="006065AA"/>
     <w:rsid w:val="00610A98"/>
     <w:rsid w:val="006300D5"/>
     <w:rsid w:val="00631C2F"/>
     <w:rsid w:val="0065280D"/>
     <w:rsid w:val="00666F91"/>
     <w:rsid w:val="00687DB3"/>
     <w:rsid w:val="006B0F11"/>
     <w:rsid w:val="006B381E"/>
     <w:rsid w:val="006B65D2"/>
     <w:rsid w:val="006D3F21"/>
     <w:rsid w:val="006E4CD5"/>
     <w:rsid w:val="006F4A1C"/>
     <w:rsid w:val="00736185"/>
     <w:rsid w:val="007918E4"/>
     <w:rsid w:val="00791C6D"/>
     <w:rsid w:val="007A0132"/>
     <w:rsid w:val="007A20F2"/>
     <w:rsid w:val="007B3493"/>
     <w:rsid w:val="007B51B5"/>
     <w:rsid w:val="007D04BC"/>
     <w:rsid w:val="007D23FB"/>
     <w:rsid w:val="007D3D7F"/>
     <w:rsid w:val="007D67DD"/>
     <w:rsid w:val="007E042F"/>
     <w:rsid w:val="007E108E"/>
     <w:rsid w:val="007F010E"/>
     <w:rsid w:val="007F6158"/>
     <w:rsid w:val="00814FE9"/>
     <w:rsid w:val="00825CAD"/>
     <w:rsid w:val="00846E88"/>
     <w:rsid w:val="00850119"/>
     <w:rsid w:val="00856757"/>
     <w:rsid w:val="008639C9"/>
     <w:rsid w:val="008739DA"/>
+    <w:rsid w:val="008812EC"/>
+    <w:rsid w:val="0089150B"/>
     <w:rsid w:val="00893510"/>
     <w:rsid w:val="0089602B"/>
     <w:rsid w:val="00896CDA"/>
     <w:rsid w:val="008A6FF1"/>
     <w:rsid w:val="008B5B08"/>
     <w:rsid w:val="008B74C4"/>
     <w:rsid w:val="008C2845"/>
     <w:rsid w:val="008C7B3A"/>
     <w:rsid w:val="008D162A"/>
     <w:rsid w:val="008D1A66"/>
     <w:rsid w:val="008D1B59"/>
     <w:rsid w:val="008D618C"/>
     <w:rsid w:val="00900D31"/>
     <w:rsid w:val="009110BB"/>
     <w:rsid w:val="0094032F"/>
     <w:rsid w:val="009636F1"/>
     <w:rsid w:val="00966CB8"/>
     <w:rsid w:val="00984618"/>
     <w:rsid w:val="009969BF"/>
     <w:rsid w:val="009F1A69"/>
     <w:rsid w:val="00A06AE7"/>
     <w:rsid w:val="00A1034B"/>
     <w:rsid w:val="00A22290"/>
     <w:rsid w:val="00A2265B"/>
     <w:rsid w:val="00A27D6E"/>
     <w:rsid w:val="00A43055"/>
     <w:rsid w:val="00A641AA"/>
     <w:rsid w:val="00A91776"/>
     <w:rsid w:val="00A95EE5"/>
     <w:rsid w:val="00AB3E9C"/>
     <w:rsid w:val="00B220D9"/>
     <w:rsid w:val="00B228F1"/>
     <w:rsid w:val="00B246D0"/>
     <w:rsid w:val="00B2582A"/>
+    <w:rsid w:val="00B32414"/>
     <w:rsid w:val="00B54F0E"/>
     <w:rsid w:val="00B857BE"/>
     <w:rsid w:val="00B872A3"/>
+    <w:rsid w:val="00B9216C"/>
     <w:rsid w:val="00BB760D"/>
     <w:rsid w:val="00BC175D"/>
     <w:rsid w:val="00BD05A3"/>
     <w:rsid w:val="00BE59B3"/>
     <w:rsid w:val="00BF2A9F"/>
+    <w:rsid w:val="00BF41A8"/>
     <w:rsid w:val="00C07015"/>
     <w:rsid w:val="00C420C8"/>
     <w:rsid w:val="00C459E9"/>
     <w:rsid w:val="00C461E5"/>
     <w:rsid w:val="00C5045F"/>
     <w:rsid w:val="00C65EC3"/>
     <w:rsid w:val="00C73313"/>
     <w:rsid w:val="00C75C3B"/>
     <w:rsid w:val="00C764C5"/>
     <w:rsid w:val="00CC7BB3"/>
     <w:rsid w:val="00CD2474"/>
     <w:rsid w:val="00CE0A32"/>
     <w:rsid w:val="00CE4671"/>
+    <w:rsid w:val="00CF299D"/>
     <w:rsid w:val="00D02B02"/>
     <w:rsid w:val="00D049FA"/>
+    <w:rsid w:val="00D054E7"/>
     <w:rsid w:val="00D157D6"/>
     <w:rsid w:val="00D237C3"/>
     <w:rsid w:val="00D536C4"/>
     <w:rsid w:val="00D673DC"/>
     <w:rsid w:val="00D67512"/>
     <w:rsid w:val="00D925C1"/>
     <w:rsid w:val="00DA3489"/>
     <w:rsid w:val="00DA4D73"/>
     <w:rsid w:val="00DB600A"/>
     <w:rsid w:val="00DC013F"/>
     <w:rsid w:val="00E24F60"/>
     <w:rsid w:val="00E46692"/>
     <w:rsid w:val="00E84175"/>
     <w:rsid w:val="00EA5692"/>
     <w:rsid w:val="00EB3226"/>
     <w:rsid w:val="00ED622A"/>
     <w:rsid w:val="00ED6C3D"/>
     <w:rsid w:val="00F21FDE"/>
     <w:rsid w:val="00F3235B"/>
     <w:rsid w:val="00F32F29"/>
     <w:rsid w:val="00F33DA4"/>
     <w:rsid w:val="00F33F2E"/>
     <w:rsid w:val="00F52546"/>
     <w:rsid w:val="00F61DE6"/>
     <w:rsid w:val="00F6742A"/>
@@ -4852,51 +4954,51 @@
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00145404"/>
     <w:pPr>
       <w:spacing w:after="220" w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00145404"/>
+    <w:rsid w:val="008812EC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="720" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="002776"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED6C3D"/>
     <w:pPr>
@@ -4982,51 +5084,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000107F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00145404"/>
+    <w:rsid w:val="008812EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="002776"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED6C3D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="232322"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -8158,65 +8260,81 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Programma xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a">
+      <Value>ONTW</Value>
+      <Value>ONDZ</Value>
+    </Programma>
+    <Type_x0020_Document xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a">Doc. verslaggeving</Type_x0020_Document>
+    <Opmerkingen_x0020_wijzigingen xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a" xsi:nil="true"/>
+    <Einddatum xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a" xsi:nil="true"/>
+    <Versienummer xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a">2025 januari</Versienummer>
+    <Start_x0020_datum xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a">2024-12-31T23:00:00+00:00</Start_x0020_datum>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="03b5b8fc-3e5c-4ed4-9843-7050b6f27b2e" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b685f1e5f3137378d908ad2c063b433a" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B43B87A3EAECA43A1B97C56387FA9B3" ma:contentTypeVersion="7" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="3df23ebb97ea94224039c412d26aa53b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="03b5b8fc-3e5c-4ed4-9843-7050b6f27b2e" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="71e476f438a717a76a26afd30ba85029" ns2:_="" ns3:_="">
     <xsd:import namespace="03b5b8fc-3e5c-4ed4-9843-7050b6f27b2e"/>
     <xsd:import namespace="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:Versienummer" minOccurs="0"/>
                 <xsd:element ref="ns3:Start_x0020_datum" minOccurs="0"/>
                 <xsd:element ref="ns3:Einddatum" minOccurs="0"/>
                 <xsd:element ref="ns3:Type_x0020_Document" minOccurs="0"/>
                 <xsd:element ref="ns3:Programma" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:Opmerkingen_x0020_wijzigingen" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -8278,50 +8396,52 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Programma" ma:index="14" nillable="true" ma:displayName="Steuninstrument" ma:description="De steuninstrumenten waarop het document van toepassing is." ma:internalName="Programma">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoice">
             <xsd:sequence>
               <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
                 <xsd:simpleType>
                   <xsd:restriction base="dms:Choice">
                     <xsd:enumeration value="ONTW"/>
                     <xsd:enumeration value="ONDZ"/>
                     <xsd:enumeration value="HS"/>
                     <xsd:enumeration value="ISS"/>
                     <xsd:enumeration value="BM"/>
                     <xsd:enumeration value="IM"/>
                     <xsd:enumeration value="ICON"/>
                     <xsd:enumeration value="SOC ICON"/>
                     <xsd:enumeration value="CLUS ICON ONDZ"/>
                     <xsd:enumeration value="TETRA"/>
                     <xsd:enumeration value="LA-TR"/>
                     <xsd:enumeration value="COOCK+"/>
                     <xsd:enumeration value="GREEN"/>
                     <xsd:enumeration value="Schaalklaar"/>
+                    <xsd:enumeration value="STRES"/>
+                    <xsd:enumeration value="OIHS"/>
                   </xsd:restriction>
                 </xsd:simpleType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Opmerkingen_x0020_wijzigingen" ma:index="16" nillable="true" ma:displayName="Opmerkingen wijzigingen" ma:internalName="Opmerkingen_x0020_wijzigingen">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
@@ -8393,191 +8513,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81E84C96-A26B-4F13-A0B6-AD685DDA0D98}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4889F76F-3508-4C18-B005-B013E7B0B8AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{675CFDB3-5E38-7A44-A792-F99795F9F2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49687A1B-2DB8-4419-8324-A0F133CB2526}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11C892D4-EDFC-4852-8873-25F741264A2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="03b5b8fc-3e5c-4ed4-9843-7050b6f27b2e"/>
     <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>706</Words>
-  <Characters>3883</Characters>
+  <Words>759</Words>
+  <Characters>3962</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Titel document</vt:lpstr>
-      <vt:lpstr>Situation interim report</vt:lpstr>
-[...9 lines deleted...]
-      <vt:lpstr>Deel B : prestatietabel</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4580</CharactersWithSpaces>
+  <CharactersWithSpaces>4644</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Titel document</dc:title>
   <dc:subject/>
   <dc:creator>VLAIO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008B43B87A3EAECA43A1B97C56387FA9B3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_docset_NoMedatataSyncRequired">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>