--- v0 (2025-11-03)
+++ v1 (2026-01-27)
@@ -3,267 +3,270 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hans\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-STEUN/Overlegmomenten/PB-Overleg - O&amp;O&amp;I/Documentsaanpassingen 2026 - Januari/Werkdocumenten/Werkdocs_gefinaliseerd_referentiebib/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6D27C3E-DBF8-4A77-8A2F-15EE1BF0DD97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{084CDFFF-18F3-4A4C-AB26-57F10BB36F98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{497AD31D-6369-4169-93FB-C9278463A74B}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-38510" yWindow="-10780" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="lees dit eerst" sheetId="2" r:id="rId1"/>
     <sheet name="geproj. resultatenrekening" sheetId="3" r:id="rId2"/>
     <sheet name="motivatie bedrijfsopbrengsten" sheetId="7" r:id="rId3"/>
     <sheet name="kasstroomplan" sheetId="1" r:id="rId4"/>
     <sheet name="aan te leveren bijlagen" sheetId="6" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">kasstroomplan!$A$1:$BM$46</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">kasstroomplan!$A$1:$BM$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'lees dit eerst'!$A$1:$K$38</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BM13" i="1" l="1"/>
+  <c r="D40" i="1" l="1"/>
+  <c r="D18" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="C18" i="3" l="1"/>
+  <c r="C17" i="3" s="1"/>
+  <c r="BM13" i="1"/>
   <c r="BM14" i="1"/>
-  <c r="BM46" i="1"/>
   <c r="BM47" i="1"/>
-  <c r="BI39" i="1"/>
-[...20 lines deleted...]
-  <c r="BA39" i="1" s="1"/>
+  <c r="BM48" i="1"/>
+  <c r="BC40" i="1"/>
+  <c r="BK33" i="1"/>
+  <c r="BK40" i="1" s="1"/>
+  <c r="BJ33" i="1"/>
+  <c r="BJ40" i="1" s="1"/>
+  <c r="BI33" i="1"/>
+  <c r="BI40" i="1" s="1"/>
+  <c r="BH33" i="1"/>
+  <c r="BH40" i="1" s="1"/>
+  <c r="BG33" i="1"/>
+  <c r="BG40" i="1" s="1"/>
+  <c r="BF33" i="1"/>
+  <c r="BF40" i="1" s="1"/>
+  <c r="BE33" i="1"/>
+  <c r="BE40" i="1" s="1"/>
+  <c r="BD33" i="1"/>
+  <c r="BD40" i="1" s="1"/>
+  <c r="BC33" i="1"/>
+  <c r="BB33" i="1"/>
+  <c r="BB40" i="1" s="1"/>
+  <c r="BA33" i="1"/>
+  <c r="BA40" i="1" s="1"/>
   <c r="BI25" i="1"/>
   <c r="BH25" i="1"/>
   <c r="BC25" i="1"/>
   <c r="BA25" i="1"/>
   <c r="BK18" i="1"/>
   <c r="BK25" i="1" s="1"/>
   <c r="BJ18" i="1"/>
   <c r="BJ25" i="1" s="1"/>
   <c r="BI18" i="1"/>
   <c r="BH18" i="1"/>
   <c r="BG18" i="1"/>
   <c r="BG25" i="1" s="1"/>
   <c r="BF18" i="1"/>
   <c r="BF25" i="1" s="1"/>
   <c r="BE18" i="1"/>
   <c r="BE25" i="1" s="1"/>
   <c r="BD18" i="1"/>
   <c r="BD25" i="1" s="1"/>
   <c r="BC18" i="1"/>
   <c r="BB18" i="1"/>
   <c r="BB25" i="1" s="1"/>
   <c r="BA18" i="1"/>
   <c r="BK9" i="1"/>
   <c r="BJ9" i="1"/>
   <c r="BI9" i="1"/>
   <c r="BH9" i="1"/>
   <c r="BG9" i="1"/>
   <c r="BF9" i="1"/>
   <c r="BE9" i="1"/>
   <c r="BD9" i="1"/>
   <c r="BC9" i="1"/>
   <c r="BB9" i="1"/>
   <c r="BA9" i="1"/>
   <c r="BK8" i="1"/>
   <c r="BJ8" i="1"/>
   <c r="BI8" i="1"/>
   <c r="BH8" i="1"/>
   <c r="BG8" i="1"/>
   <c r="BF8" i="1"/>
   <c r="BE8" i="1"/>
   <c r="BD8" i="1"/>
   <c r="BC8" i="1"/>
   <c r="BB8" i="1"/>
   <c r="BA8" i="1"/>
-  <c r="BK4" i="1"/>
-[...5 lines deleted...]
-  <c r="BD3" i="1"/>
   <c r="BJ18" i="3"/>
   <c r="BJ17" i="3" s="1"/>
   <c r="BI18" i="3"/>
   <c r="BI17" i="3" s="1"/>
   <c r="BH18" i="3"/>
   <c r="BG18" i="3"/>
   <c r="BF18" i="3"/>
   <c r="BF17" i="3" s="1"/>
   <c r="BE18" i="3"/>
   <c r="BD18" i="3"/>
   <c r="BD17" i="3" s="1"/>
   <c r="BC18" i="3"/>
   <c r="BC17" i="3" s="1"/>
   <c r="BB18" i="3"/>
   <c r="BB17" i="3" s="1"/>
   <c r="BA18" i="3"/>
   <c r="BA17" i="3" s="1"/>
   <c r="AZ18" i="3"/>
   <c r="AZ17" i="3" s="1"/>
   <c r="BH17" i="3"/>
   <c r="BG17" i="3"/>
   <c r="BE17" i="3"/>
   <c r="BJ7" i="3"/>
   <c r="BJ6" i="3" s="1"/>
   <c r="BI7" i="3"/>
   <c r="BI6" i="3" s="1"/>
   <c r="BI29" i="3" s="1"/>
   <c r="BI34" i="3" s="1"/>
   <c r="BJ6" i="1" s="1"/>
-  <c r="BJ12" i="1" s="1"/>
   <c r="BH7" i="3"/>
   <c r="BG7" i="3"/>
   <c r="BG6" i="3" s="1"/>
   <c r="BF7" i="3"/>
   <c r="BF6" i="3" s="1"/>
   <c r="BE7" i="3"/>
   <c r="BE6" i="3" s="1"/>
   <c r="BE29" i="3" s="1"/>
   <c r="BE34" i="3" s="1"/>
   <c r="BF6" i="1" s="1"/>
   <c r="BD7" i="3"/>
   <c r="BD6" i="3" s="1"/>
   <c r="BC7" i="3"/>
   <c r="BC6" i="3" s="1"/>
   <c r="BB7" i="3"/>
   <c r="BB6" i="3" s="1"/>
   <c r="BB29" i="3" s="1"/>
   <c r="BB34" i="3" s="1"/>
   <c r="BC6" i="1" s="1"/>
   <c r="BA7" i="3"/>
   <c r="BA6" i="3" s="1"/>
   <c r="BA29" i="3" s="1"/>
   <c r="BA34" i="3" s="1"/>
   <c r="BB6" i="1" s="1"/>
   <c r="BB12" i="1" s="1"/>
   <c r="AZ7" i="3"/>
   <c r="BH6" i="3"/>
   <c r="BH29" i="3" s="1"/>
   <c r="BH34" i="3" s="1"/>
   <c r="BI6" i="1" s="1"/>
   <c r="AZ6" i="3"/>
   <c r="BJ3" i="3"/>
   <c r="BJ4" i="3" s="1"/>
+  <c r="BK4" i="1" s="1"/>
   <c r="BI3" i="3"/>
   <c r="BI4" i="3" s="1"/>
   <c r="BJ4" i="1" s="1"/>
   <c r="BH3" i="3"/>
   <c r="BH4" i="3" s="1"/>
   <c r="BI4" i="1" s="1"/>
   <c r="BG3" i="3"/>
   <c r="BG4" i="3" s="1"/>
+  <c r="BH4" i="1" s="1"/>
   <c r="BF3" i="3"/>
   <c r="BF4" i="3" s="1"/>
   <c r="BG4" i="1" s="1"/>
   <c r="BE3" i="3"/>
   <c r="BE4" i="3" s="1"/>
   <c r="BF4" i="1" s="1"/>
   <c r="BD3" i="3"/>
   <c r="BD4" i="3" s="1"/>
   <c r="BE4" i="1" s="1"/>
   <c r="BC3" i="3"/>
   <c r="BC4" i="3" s="1"/>
+  <c r="BD4" i="1" s="1"/>
   <c r="BB3" i="3"/>
   <c r="BB4" i="3" s="1"/>
+  <c r="BC4" i="1" s="1"/>
   <c r="BA3" i="3"/>
   <c r="BA4" i="3" s="1"/>
   <c r="BB4" i="1" s="1"/>
   <c r="AZ3" i="3"/>
   <c r="AZ4" i="3" s="1"/>
   <c r="BA4" i="1" s="1"/>
   <c r="D9" i="1"/>
   <c r="C7" i="3"/>
   <c r="B4" i="3"/>
   <c r="R8" i="1"/>
   <c r="D7" i="3"/>
   <c r="D6" i="3" s="1"/>
   <c r="B3" i="1"/>
   <c r="B2" i="1"/>
   <c r="H7" i="3"/>
   <c r="H6" i="3" s="1"/>
   <c r="I7" i="3"/>
   <c r="I6" i="3" s="1"/>
   <c r="J7" i="3"/>
   <c r="J6" i="3" s="1"/>
   <c r="K7" i="3"/>
   <c r="K6" i="3" s="1"/>
   <c r="L7" i="3"/>
   <c r="L6" i="3" s="1"/>
   <c r="E7" i="3"/>
@@ -374,50 +377,52 @@
   <c r="AR3" i="1" s="1"/>
   <c r="AP3" i="3"/>
   <c r="AP4" i="3" s="1"/>
   <c r="AQ4" i="1" s="1"/>
   <c r="AO3" i="3"/>
   <c r="AO4" i="3" s="1"/>
   <c r="AP4" i="1" s="1"/>
   <c r="AN3" i="3"/>
   <c r="AM3" i="3"/>
   <c r="AN3" i="1" s="1"/>
   <c r="AL3" i="3"/>
   <c r="AM3" i="1" s="1"/>
   <c r="AK3" i="3"/>
   <c r="AL3" i="1" s="1"/>
   <c r="AJ3" i="3"/>
   <c r="AK3" i="1" s="1"/>
   <c r="AI3" i="3"/>
   <c r="AI4" i="3" s="1"/>
   <c r="AJ4" i="1" s="1"/>
   <c r="AH3" i="3"/>
   <c r="AH4" i="3" s="1"/>
   <c r="AI4" i="1" s="1"/>
   <c r="AG3" i="3"/>
   <c r="AH3" i="1" s="1"/>
   <c r="AF3" i="3"/>
+  <c r="AF4" i="3" s="1"/>
+  <c r="AG4" i="1" s="1"/>
   <c r="AE3" i="3"/>
   <c r="AF3" i="1" s="1"/>
   <c r="AD3" i="3"/>
   <c r="AD4" i="3" s="1"/>
   <c r="AE4" i="1" s="1"/>
   <c r="AC3" i="3"/>
   <c r="AD3" i="1" s="1"/>
   <c r="AB3" i="3"/>
   <c r="AC3" i="1" s="1"/>
   <c r="AA3" i="3"/>
   <c r="AB3" i="1" s="1"/>
   <c r="Z3" i="3"/>
   <c r="AA3" i="1" s="1"/>
   <c r="Y3" i="3"/>
   <c r="Y4" i="3" s="1"/>
   <c r="Z4" i="1" s="1"/>
   <c r="X3" i="3"/>
   <c r="Y3" i="1" s="1"/>
   <c r="W3" i="3"/>
   <c r="X3" i="1" s="1"/>
   <c r="V3" i="3"/>
   <c r="W3" i="1" s="1"/>
   <c r="U3" i="3"/>
   <c r="U4" i="3" s="1"/>
   <c r="V4" i="1" s="1"/>
@@ -622,142 +627,142 @@
   <c r="AN25" i="1" s="1"/>
   <c r="AO18" i="1"/>
   <c r="AO25" i="1" s="1"/>
   <c r="AP18" i="1"/>
   <c r="AP25" i="1" s="1"/>
   <c r="AQ18" i="1"/>
   <c r="AQ25" i="1"/>
   <c r="AR18" i="1"/>
   <c r="AR25" i="1" s="1"/>
   <c r="AS18" i="1"/>
   <c r="AS25" i="1" s="1"/>
   <c r="AT18" i="1"/>
   <c r="AT25" i="1" s="1"/>
   <c r="AU18" i="1"/>
   <c r="AU25" i="1" s="1"/>
   <c r="AV18" i="1"/>
   <c r="AV25" i="1" s="1"/>
   <c r="AW18" i="1"/>
   <c r="AW25" i="1" s="1"/>
   <c r="AX18" i="1"/>
   <c r="AX25" i="1" s="1"/>
   <c r="AY18" i="1"/>
   <c r="AY25" i="1" s="1"/>
   <c r="AZ18" i="1"/>
   <c r="AZ25" i="1" s="1"/>
-  <c r="G32" i="1"/>
-[...90 lines deleted...]
-  <c r="AZ39" i="1"/>
+  <c r="G33" i="1"/>
+  <c r="G40" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="H40" i="1"/>
+  <c r="I33" i="1"/>
+  <c r="I40" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="J40" i="1" s="1"/>
+  <c r="K33" i="1"/>
+  <c r="K40" i="1"/>
+  <c r="L33" i="1"/>
+  <c r="L40" i="1" s="1"/>
+  <c r="M33" i="1"/>
+  <c r="M40" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="N40" i="1" s="1"/>
+  <c r="O33" i="1"/>
+  <c r="O40" i="1"/>
+  <c r="P33" i="1"/>
+  <c r="P40" i="1"/>
+  <c r="Q33" i="1"/>
+  <c r="Q40" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="R40" i="1" s="1"/>
+  <c r="S33" i="1"/>
+  <c r="S40" i="1" s="1"/>
+  <c r="T33" i="1"/>
+  <c r="T40" i="1"/>
+  <c r="U33" i="1"/>
+  <c r="U40" i="1"/>
+  <c r="V33" i="1"/>
+  <c r="V40" i="1" s="1"/>
+  <c r="W33" i="1"/>
+  <c r="W40" i="1"/>
+  <c r="X33" i="1"/>
+  <c r="X40" i="1"/>
+  <c r="Y33" i="1"/>
+  <c r="Y40" i="1"/>
+  <c r="Z33" i="1"/>
+  <c r="Z40" i="1" s="1"/>
+  <c r="AA33" i="1"/>
+  <c r="AA40" i="1"/>
+  <c r="AB33" i="1"/>
+  <c r="AB40" i="1"/>
+  <c r="AC33" i="1"/>
+  <c r="AC40" i="1"/>
+  <c r="AD33" i="1"/>
+  <c r="AD40" i="1" s="1"/>
+  <c r="AE33" i="1"/>
+  <c r="AE40" i="1"/>
+  <c r="AF33" i="1"/>
+  <c r="AF40" i="1"/>
+  <c r="AG33" i="1"/>
+  <c r="AG40" i="1" s="1"/>
+  <c r="AH33" i="1"/>
+  <c r="AH40" i="1" s="1"/>
+  <c r="AI33" i="1"/>
+  <c r="AI40" i="1"/>
+  <c r="AJ33" i="1"/>
+  <c r="AJ40" i="1"/>
+  <c r="AK33" i="1"/>
+  <c r="AK40" i="1"/>
+  <c r="AL33" i="1"/>
+  <c r="AL40" i="1" s="1"/>
+  <c r="AM33" i="1"/>
+  <c r="AM40" i="1"/>
+  <c r="AN33" i="1"/>
+  <c r="AN40" i="1" s="1"/>
+  <c r="AO33" i="1"/>
+  <c r="AO40" i="1"/>
+  <c r="AP33" i="1"/>
+  <c r="AP40" i="1" s="1"/>
+  <c r="AQ33" i="1"/>
+  <c r="AQ40" i="1"/>
+  <c r="AR33" i="1"/>
+  <c r="AR40" i="1"/>
+  <c r="AS33" i="1"/>
+  <c r="AS40" i="1"/>
+  <c r="AT33" i="1"/>
+  <c r="AT40" i="1" s="1"/>
+  <c r="AU33" i="1"/>
+  <c r="AU40" i="1" s="1"/>
+  <c r="AV33" i="1"/>
+  <c r="AV40" i="1"/>
+  <c r="AW33" i="1"/>
+  <c r="AW40" i="1"/>
+  <c r="AX33" i="1"/>
+  <c r="AX40" i="1" s="1"/>
+  <c r="AY33" i="1"/>
+  <c r="AY40" i="1"/>
+  <c r="AZ33" i="1"/>
+  <c r="AZ40" i="1"/>
   <c r="F18" i="3"/>
   <c r="F17" i="3" s="1"/>
   <c r="G18" i="3"/>
   <c r="G17" i="3" s="1"/>
   <c r="H18" i="3"/>
   <c r="H17" i="3" s="1"/>
   <c r="I18" i="3"/>
   <c r="I17" i="3" s="1"/>
   <c r="J18" i="3"/>
   <c r="J17" i="3" s="1"/>
   <c r="J29" i="3" s="1"/>
   <c r="J34" i="3" s="1"/>
   <c r="K6" i="1" s="1"/>
   <c r="K18" i="3"/>
   <c r="K17" i="3" s="1"/>
   <c r="L18" i="3"/>
   <c r="L17" i="3" s="1"/>
   <c r="M18" i="3"/>
   <c r="M17" i="3" s="1"/>
   <c r="N18" i="3"/>
   <c r="N17" i="3" s="1"/>
   <c r="O18" i="3"/>
   <c r="O17" i="3" s="1"/>
   <c r="P18" i="3"/>
   <c r="P17" i="3" s="1"/>
@@ -809,637 +814,633 @@
   <c r="AM17" i="3" s="1"/>
   <c r="AN18" i="3"/>
   <c r="AN17" i="3"/>
   <c r="AO18" i="3"/>
   <c r="AO17" i="3" s="1"/>
   <c r="AP18" i="3"/>
   <c r="AP17" i="3" s="1"/>
   <c r="AQ18" i="3"/>
   <c r="AQ17" i="3" s="1"/>
   <c r="AR18" i="3"/>
   <c r="AR17" i="3" s="1"/>
   <c r="AS18" i="3"/>
   <c r="AS17" i="3" s="1"/>
   <c r="AT18" i="3"/>
   <c r="AT17" i="3" s="1"/>
   <c r="AU18" i="3"/>
   <c r="AU17" i="3" s="1"/>
   <c r="AV18" i="3"/>
   <c r="AV17" i="3" s="1"/>
   <c r="AW18" i="3"/>
   <c r="AW17" i="3" s="1"/>
   <c r="AX18" i="3"/>
   <c r="AX17" i="3" s="1"/>
   <c r="AY18" i="3"/>
   <c r="AY17" i="3" s="1"/>
-  <c r="B34" i="1"/>
   <c r="B35" i="1"/>
   <c r="B36" i="1"/>
   <c r="B37" i="1"/>
-  <c r="C35" i="1"/>
+  <c r="B38" i="1"/>
   <c r="C36" i="1"/>
   <c r="C37" i="1"/>
+  <c r="C38" i="1"/>
+  <c r="C35" i="1"/>
   <c r="C34" i="1"/>
-  <c r="C33" i="1"/>
-  <c r="B33" i="1"/>
+  <c r="B34" i="1"/>
   <c r="E18" i="1"/>
-  <c r="E25" i="1"/>
+  <c r="E25" i="1" s="1"/>
   <c r="F18" i="1"/>
   <c r="F25" i="1" s="1"/>
-  <c r="D18" i="1"/>
-[...6 lines deleted...]
-  <c r="D39" i="1" s="1"/>
+  <c r="E33" i="1"/>
+  <c r="E40" i="1" s="1"/>
+  <c r="F33" i="1"/>
+  <c r="F40" i="1" s="1"/>
   <c r="E8" i="1"/>
   <c r="F8" i="1"/>
   <c r="D8" i="1"/>
   <c r="E9" i="1"/>
   <c r="F9" i="1"/>
   <c r="E18" i="3"/>
   <c r="E17" i="3" s="1"/>
   <c r="D18" i="3"/>
   <c r="D17" i="3" s="1"/>
-  <c r="C18" i="3"/>
-  <c r="C17" i="3" s="1"/>
   <c r="AB4" i="3"/>
   <c r="AC4" i="1" s="1"/>
   <c r="AT3" i="1"/>
-  <c r="AE3" i="1"/>
   <c r="AG3" i="1"/>
-  <c r="AF4" i="3"/>
-  <c r="AG4" i="1" s="1"/>
   <c r="AO3" i="1"/>
   <c r="AN4" i="3"/>
   <c r="AO4" i="1"/>
-  <c r="J3" i="1"/>
-[...1 lines deleted...]
-  <c r="Z3" i="1"/>
   <c r="AP3" i="1"/>
   <c r="D3" i="1"/>
   <c r="C4" i="3"/>
   <c r="D4" i="1" s="1"/>
-  <c r="BF12" i="1" l="1"/>
-  <c r="BF41" i="1" s="1"/>
+  <c r="BJ12" i="1" l="1"/>
+  <c r="AE3" i="1"/>
+  <c r="BH3" i="1"/>
+  <c r="Z3" i="1"/>
+  <c r="R3" i="1"/>
+  <c r="BD3" i="1"/>
+  <c r="J3" i="1"/>
+  <c r="BG3" i="1"/>
+  <c r="BF12" i="1"/>
+  <c r="BF42" i="1" s="1"/>
   <c r="BC12" i="1"/>
-  <c r="BC41" i="1" s="1"/>
+  <c r="BC42" i="1" s="1"/>
   <c r="BA3" i="1"/>
   <c r="BI3" i="1"/>
   <c r="BB3" i="1"/>
   <c r="BJ3" i="1"/>
   <c r="BC3" i="1"/>
   <c r="BK3" i="1"/>
   <c r="W4" i="3"/>
   <c r="X4" i="1" s="1"/>
   <c r="BG29" i="3"/>
   <c r="BG34" i="3" s="1"/>
   <c r="BH6" i="1" s="1"/>
   <c r="BH12" i="1" s="1"/>
-  <c r="BH41" i="1" s="1"/>
+  <c r="BH42" i="1" s="1"/>
   <c r="BE3" i="1"/>
-  <c r="BA12" i="1"/>
-  <c r="BA41" i="1" s="1"/>
   <c r="BI12" i="1"/>
-  <c r="BI41" i="1" s="1"/>
+  <c r="BI42" i="1" s="1"/>
   <c r="BF3" i="1"/>
-  <c r="BB41" i="1"/>
-  <c r="BJ41" i="1"/>
+  <c r="BB42" i="1"/>
+  <c r="BJ42" i="1"/>
   <c r="AW3" i="1"/>
   <c r="AW4" i="1"/>
   <c r="AW4" i="3"/>
   <c r="AX4" i="1" s="1"/>
   <c r="F29" i="3"/>
   <c r="F34" i="3" s="1"/>
   <c r="G6" i="1" s="1"/>
   <c r="G12" i="1" s="1"/>
-  <c r="G41" i="1" s="1"/>
+  <c r="G42" i="1" s="1"/>
   <c r="BJ29" i="3"/>
   <c r="BJ34" i="3" s="1"/>
   <c r="BK6" i="1" s="1"/>
   <c r="BK12" i="1" s="1"/>
-  <c r="BK41" i="1" s="1"/>
+  <c r="BK42" i="1" s="1"/>
   <c r="G4" i="3"/>
   <c r="H4" i="1" s="1"/>
   <c r="Y29" i="3"/>
   <c r="Y34" i="3" s="1"/>
   <c r="Z6" i="1" s="1"/>
   <c r="Z12" i="1" s="1"/>
-  <c r="Z41" i="1" s="1"/>
+  <c r="Z42" i="1" s="1"/>
   <c r="AZ29" i="3"/>
   <c r="AZ34" i="3" s="1"/>
   <c r="BA6" i="1" s="1"/>
+  <c r="BA12" i="1" s="1"/>
+  <c r="BA42" i="1" s="1"/>
   <c r="V3" i="1"/>
   <c r="BF29" i="3"/>
   <c r="BF34" i="3" s="1"/>
   <c r="BG6" i="1" s="1"/>
   <c r="BG12" i="1" s="1"/>
-  <c r="BG41" i="1" s="1"/>
+  <c r="BG42" i="1" s="1"/>
   <c r="BC29" i="3"/>
   <c r="BC34" i="3" s="1"/>
   <c r="BD6" i="1" s="1"/>
   <c r="BD12" i="1" s="1"/>
-  <c r="BD41" i="1" s="1"/>
+  <c r="BD42" i="1" s="1"/>
   <c r="BD29" i="3"/>
   <c r="BD34" i="3" s="1"/>
   <c r="BE6" i="1" s="1"/>
   <c r="BE12" i="1" s="1"/>
-  <c r="BE41" i="1" s="1"/>
+  <c r="BE42" i="1" s="1"/>
   <c r="O4" i="3"/>
   <c r="P4" i="1" s="1"/>
   <c r="M29" i="3"/>
   <c r="M34" i="3" s="1"/>
   <c r="N6" i="1" s="1"/>
   <c r="N12" i="1" s="1"/>
-  <c r="N41" i="1" s="1"/>
+  <c r="N42" i="1" s="1"/>
   <c r="V4" i="3"/>
   <c r="W4" i="1" s="1"/>
   <c r="L29" i="3"/>
   <c r="L34" i="3" s="1"/>
   <c r="M6" i="1" s="1"/>
   <c r="M12" i="1" s="1"/>
-  <c r="M41" i="1" s="1"/>
+  <c r="M42" i="1" s="1"/>
   <c r="Z4" i="3"/>
   <c r="AA4" i="1" s="1"/>
   <c r="W29" i="3"/>
   <c r="W34" i="3" s="1"/>
   <c r="X6" i="1" s="1"/>
   <c r="X12" i="1" s="1"/>
-  <c r="X41" i="1" s="1"/>
+  <c r="X42" i="1" s="1"/>
   <c r="K12" i="1"/>
-  <c r="K41" i="1" s="1"/>
+  <c r="K42" i="1" s="1"/>
   <c r="AQ3" i="1"/>
   <c r="K29" i="3"/>
   <c r="K34" i="3" s="1"/>
   <c r="L6" i="1" s="1"/>
+  <c r="L12" i="1" s="1"/>
+  <c r="L42" i="1" s="1"/>
   <c r="AM4" i="3"/>
   <c r="AN4" i="1" s="1"/>
   <c r="AT4" i="3"/>
   <c r="AU4" i="1" s="1"/>
   <c r="AC29" i="3"/>
   <c r="AC34" i="3" s="1"/>
   <c r="AD6" i="1" s="1"/>
   <c r="AD12" i="1" s="1"/>
-  <c r="AD41" i="1" s="1"/>
+  <c r="AD42" i="1" s="1"/>
   <c r="AO29" i="3"/>
   <c r="AO34" i="3" s="1"/>
   <c r="AP6" i="1" s="1"/>
   <c r="AP12" i="1" s="1"/>
-  <c r="AP41" i="1" s="1"/>
+  <c r="AP42" i="1" s="1"/>
   <c r="P29" i="3"/>
   <c r="P34" i="3" s="1"/>
   <c r="Q6" i="1" s="1"/>
   <c r="Q12" i="1" s="1"/>
-  <c r="Q41" i="1" s="1"/>
+  <c r="Q42" i="1" s="1"/>
   <c r="H29" i="3"/>
   <c r="H34" i="3" s="1"/>
   <c r="I6" i="1" s="1"/>
   <c r="I12" i="1" s="1"/>
-  <c r="I41" i="1" s="1"/>
+  <c r="I42" i="1" s="1"/>
   <c r="AJ3" i="1"/>
   <c r="AJ29" i="3"/>
   <c r="AJ34" i="3" s="1"/>
   <c r="AK6" i="1" s="1"/>
   <c r="AK12" i="1" s="1"/>
   <c r="T29" i="3"/>
   <c r="T34" i="3" s="1"/>
   <c r="U6" i="1" s="1"/>
   <c r="U12" i="1" s="1"/>
-  <c r="U41" i="1" s="1"/>
+  <c r="U42" i="1" s="1"/>
   <c r="AI3" i="1"/>
   <c r="AS29" i="3"/>
   <c r="AS34" i="3" s="1"/>
   <c r="AT6" i="1" s="1"/>
   <c r="AT12" i="1" s="1"/>
-  <c r="AT41" i="1" s="1"/>
+  <c r="AT42" i="1" s="1"/>
   <c r="AT29" i="3"/>
   <c r="AT34" i="3" s="1"/>
   <c r="AU6" i="1" s="1"/>
   <c r="AU12" i="1" s="1"/>
-  <c r="AU41" i="1" s="1"/>
+  <c r="AU42" i="1" s="1"/>
   <c r="AD29" i="3"/>
   <c r="AD34" i="3" s="1"/>
   <c r="AE6" i="1" s="1"/>
   <c r="AE12" i="1" s="1"/>
-  <c r="AE41" i="1" s="1"/>
+  <c r="AE42" i="1" s="1"/>
   <c r="N29" i="3"/>
   <c r="N34" i="3" s="1"/>
   <c r="O6" i="1" s="1"/>
   <c r="O12" i="1" s="1"/>
-  <c r="O41" i="1" s="1"/>
+  <c r="O42" i="1" s="1"/>
   <c r="AF29" i="3"/>
   <c r="AF34" i="3" s="1"/>
   <c r="AG6" i="1" s="1"/>
   <c r="AG12" i="1" s="1"/>
-  <c r="AG41" i="1" s="1"/>
+  <c r="AG42" i="1" s="1"/>
   <c r="Q29" i="3"/>
   <c r="Q34" i="3" s="1"/>
   <c r="R6" i="1" s="1"/>
   <c r="R12" i="1" s="1"/>
-  <c r="L12" i="1"/>
-  <c r="L41" i="1" s="1"/>
+  <c r="R42" i="1" s="1"/>
   <c r="AV29" i="3"/>
   <c r="AV34" i="3" s="1"/>
   <c r="AW6" i="1" s="1"/>
   <c r="AW12" i="1" s="1"/>
-  <c r="AW41" i="1" s="1"/>
+  <c r="AW42" i="1" s="1"/>
   <c r="AQ4" i="3"/>
   <c r="AR4" i="1" s="1"/>
   <c r="AI29" i="3"/>
   <c r="AI34" i="3" s="1"/>
   <c r="AJ6" i="1" s="1"/>
   <c r="AJ12" i="1" s="1"/>
-  <c r="AJ41" i="1" s="1"/>
+  <c r="AJ42" i="1" s="1"/>
   <c r="F4" i="3"/>
   <c r="G4" i="1" s="1"/>
   <c r="AG29" i="3"/>
   <c r="AG34" i="3" s="1"/>
   <c r="AH6" i="1" s="1"/>
   <c r="AH12" i="1" s="1"/>
-  <c r="AH41" i="1" s="1"/>
+  <c r="AH42" i="1" s="1"/>
   <c r="AN29" i="3"/>
   <c r="AN34" i="3" s="1"/>
   <c r="AO6" i="1" s="1"/>
   <c r="AO12" i="1" s="1"/>
+  <c r="AO42" i="1" s="1"/>
   <c r="X29" i="3"/>
   <c r="X34" i="3" s="1"/>
   <c r="Y6" i="1" s="1"/>
   <c r="Y12" i="1" s="1"/>
-  <c r="Y41" i="1" s="1"/>
+  <c r="Y42" i="1" s="1"/>
   <c r="P4" i="3"/>
   <c r="Q4" i="1" s="1"/>
   <c r="AJ4" i="3"/>
   <c r="AK4" i="1" s="1"/>
   <c r="AW29" i="3"/>
   <c r="AW34" i="3" s="1"/>
   <c r="AX6" i="1" s="1"/>
   <c r="AX12" i="1" s="1"/>
+  <c r="AX42" i="1" s="1"/>
   <c r="AA29" i="3"/>
   <c r="AA34" i="3" s="1"/>
   <c r="AB6" i="1" s="1"/>
   <c r="AB12" i="1" s="1"/>
-  <c r="AB41" i="1" s="1"/>
+  <c r="AB42" i="1" s="1"/>
   <c r="AX29" i="3"/>
   <c r="AX34" i="3" s="1"/>
   <c r="AY6" i="1" s="1"/>
   <c r="AY12" i="1" s="1"/>
-  <c r="AY41" i="1" s="1"/>
+  <c r="AY42" i="1" s="1"/>
   <c r="AH29" i="3"/>
   <c r="AH34" i="3" s="1"/>
   <c r="AI6" i="1" s="1"/>
   <c r="AI12" i="1" s="1"/>
-  <c r="AI41" i="1" s="1"/>
+  <c r="AI42" i="1" s="1"/>
   <c r="R29" i="3"/>
   <c r="R34" i="3" s="1"/>
   <c r="S6" i="1" s="1"/>
   <c r="S12" i="1" s="1"/>
-  <c r="S41" i="1" s="1"/>
+  <c r="S42" i="1" s="1"/>
   <c r="AU29" i="3"/>
   <c r="AU34" i="3" s="1"/>
   <c r="AV6" i="1" s="1"/>
   <c r="AV12" i="1" s="1"/>
-  <c r="AV41" i="1" s="1"/>
+  <c r="AV42" i="1" s="1"/>
   <c r="AY29" i="3"/>
   <c r="AY34" i="3" s="1"/>
   <c r="AZ6" i="1" s="1"/>
   <c r="AZ12" i="1" s="1"/>
-  <c r="AZ41" i="1" s="1"/>
+  <c r="AZ42" i="1" s="1"/>
   <c r="AM29" i="3"/>
   <c r="AM34" i="3" s="1"/>
   <c r="AN6" i="1" s="1"/>
   <c r="AN12" i="1" s="1"/>
-  <c r="AN41" i="1" s="1"/>
+  <c r="AN42" i="1" s="1"/>
   <c r="D4" i="3"/>
   <c r="E4" i="1" s="1"/>
   <c r="I3" i="1"/>
   <c r="D29" i="3"/>
   <c r="D34" i="3" s="1"/>
   <c r="E6" i="1" s="1"/>
   <c r="E12" i="1" s="1"/>
-  <c r="E41" i="1" s="1"/>
+  <c r="E42" i="1" s="1"/>
   <c r="AQ29" i="3"/>
   <c r="AQ34" i="3" s="1"/>
   <c r="AR6" i="1" s="1"/>
   <c r="AR12" i="1" s="1"/>
-  <c r="AR41" i="1" s="1"/>
+  <c r="AR42" i="1" s="1"/>
   <c r="U29" i="3"/>
   <c r="U34" i="3" s="1"/>
   <c r="V6" i="1" s="1"/>
   <c r="V12" i="1" s="1"/>
-  <c r="V41" i="1" s="1"/>
+  <c r="V42" i="1" s="1"/>
   <c r="AR29" i="3"/>
   <c r="AR34" i="3" s="1"/>
   <c r="AS6" i="1" s="1"/>
   <c r="AS12" i="1" s="1"/>
-  <c r="AS41" i="1" s="1"/>
+  <c r="AS42" i="1" s="1"/>
   <c r="AB29" i="3"/>
   <c r="AB34" i="3" s="1"/>
   <c r="AC6" i="1" s="1"/>
   <c r="AC12" i="1" s="1"/>
-  <c r="AC41" i="1" s="1"/>
+  <c r="AC42" i="1" s="1"/>
   <c r="AK29" i="3"/>
   <c r="AK34" i="3" s="1"/>
   <c r="AL6" i="1" s="1"/>
   <c r="AL12" i="1" s="1"/>
-  <c r="AL41" i="1" s="1"/>
+  <c r="AL42" i="1" s="1"/>
   <c r="AE29" i="3"/>
   <c r="AE34" i="3" s="1"/>
   <c r="AF6" i="1" s="1"/>
   <c r="AF12" i="1" s="1"/>
-  <c r="AF41" i="1" s="1"/>
+  <c r="AF42" i="1" s="1"/>
   <c r="O29" i="3"/>
   <c r="O34" i="3" s="1"/>
   <c r="P6" i="1" s="1"/>
   <c r="P12" i="1" s="1"/>
-  <c r="P41" i="1" s="1"/>
+  <c r="P42" i="1" s="1"/>
   <c r="AA4" i="3"/>
   <c r="AB4" i="1" s="1"/>
   <c r="AL29" i="3"/>
   <c r="AL34" i="3" s="1"/>
   <c r="AM6" i="1" s="1"/>
   <c r="AM12" i="1" s="1"/>
-  <c r="AM41" i="1" s="1"/>
+  <c r="AM42" i="1" s="1"/>
   <c r="V29" i="3"/>
   <c r="V34" i="3" s="1"/>
   <c r="W6" i="1" s="1"/>
   <c r="W12" i="1" s="1"/>
-  <c r="W41" i="1" s="1"/>
+  <c r="W42" i="1" s="1"/>
   <c r="S29" i="3"/>
   <c r="S34" i="3" s="1"/>
   <c r="T6" i="1" s="1"/>
   <c r="T12" i="1" s="1"/>
-  <c r="T41" i="1" s="1"/>
+  <c r="T42" i="1" s="1"/>
   <c r="AP29" i="3"/>
   <c r="AP34" i="3" s="1"/>
   <c r="AQ6" i="1" s="1"/>
   <c r="AQ12" i="1" s="1"/>
-  <c r="AQ41" i="1" s="1"/>
+  <c r="AQ42" i="1" s="1"/>
   <c r="Z29" i="3"/>
   <c r="Z34" i="3" s="1"/>
   <c r="AA6" i="1" s="1"/>
   <c r="AA12" i="1" s="1"/>
-  <c r="AA41" i="1" s="1"/>
+  <c r="AA42" i="1" s="1"/>
   <c r="E29" i="3"/>
   <c r="E34" i="3" s="1"/>
   <c r="F6" i="1" s="1"/>
   <c r="F12" i="1" s="1"/>
-  <c r="F41" i="1" s="1"/>
+  <c r="F42" i="1" s="1"/>
   <c r="G29" i="3"/>
   <c r="G34" i="3" s="1"/>
   <c r="H6" i="1" s="1"/>
   <c r="H12" i="1" s="1"/>
-  <c r="H41" i="1" s="1"/>
+  <c r="H42" i="1" s="1"/>
   <c r="I29" i="3"/>
   <c r="I34" i="3" s="1"/>
   <c r="J6" i="1" s="1"/>
   <c r="J12" i="1" s="1"/>
-  <c r="J41" i="1" s="1"/>
+  <c r="J42" i="1" s="1"/>
   <c r="AV3" i="1"/>
   <c r="L3" i="1"/>
-  <c r="AK41" i="1"/>
+  <c r="AK42" i="1"/>
   <c r="T4" i="3"/>
   <c r="U4" i="1" s="1"/>
   <c r="AE4" i="3"/>
   <c r="AF4" i="1" s="1"/>
   <c r="AX4" i="3"/>
   <c r="AY4" i="1" s="1"/>
   <c r="L4" i="3"/>
   <c r="M4" i="1" s="1"/>
   <c r="N3" i="1"/>
-  <c r="R41" i="1"/>
   <c r="AZ3" i="1"/>
-  <c r="AO41" i="1"/>
-  <c r="AX41" i="1"/>
   <c r="T3" i="1"/>
   <c r="AC4" i="3"/>
   <c r="AD4" i="1" s="1"/>
   <c r="J4" i="3"/>
   <c r="K4" i="1" s="1"/>
   <c r="AK4" i="3"/>
   <c r="AL4" i="1" s="1"/>
   <c r="X4" i="3"/>
   <c r="Y4" i="1" s="1"/>
   <c r="AR4" i="3"/>
   <c r="AS4" i="1" s="1"/>
   <c r="AL4" i="3"/>
   <c r="AM4" i="1" s="1"/>
   <c r="AG4" i="3"/>
   <c r="AH4" i="1" s="1"/>
   <c r="N4" i="3"/>
   <c r="O4" i="1" s="1"/>
   <c r="E4" i="3"/>
   <c r="R4" i="3"/>
   <c r="S4" i="1" s="1"/>
   <c r="C6" i="3"/>
   <c r="C29" i="3" s="1"/>
   <c r="C34" i="3" s="1"/>
   <c r="D6" i="1" s="1"/>
   <c r="BL7" i="3" l="1"/>
   <c r="BL24" i="3"/>
   <c r="BL21" i="3"/>
   <c r="BL15" i="3"/>
   <c r="BL18" i="3"/>
   <c r="BL11" i="3"/>
   <c r="BL14" i="3"/>
   <c r="BL8" i="3"/>
   <c r="BL9" i="3"/>
   <c r="BL22" i="3"/>
   <c r="BL12" i="3"/>
   <c r="BL20" i="3"/>
   <c r="BL23" i="3"/>
   <c r="BL32" i="3"/>
   <c r="BL6" i="3"/>
   <c r="BL31" i="3"/>
   <c r="BL26" i="3"/>
   <c r="BL17" i="3"/>
   <c r="BL29" i="3"/>
   <c r="BL34" i="3"/>
   <c r="BL27" i="3"/>
   <c r="BL25" i="3"/>
   <c r="BL10" i="3"/>
   <c r="BL13" i="3"/>
   <c r="BL19" i="3"/>
   <c r="F4" i="1"/>
-  <c r="BM38" i="1" s="1"/>
+  <c r="BM39" i="1" s="1"/>
   <c r="BM9" i="1" l="1"/>
   <c r="BM21" i="1"/>
-  <c r="BM39" i="1"/>
+  <c r="BM40" i="1"/>
   <c r="BM18" i="1"/>
   <c r="BM22" i="1"/>
   <c r="BM6" i="1"/>
-  <c r="BM31" i="1"/>
+  <c r="BM32" i="1"/>
   <c r="BM7" i="1"/>
   <c r="BM28" i="1"/>
-  <c r="BM34" i="1"/>
-  <c r="BM44" i="1"/>
+  <c r="BM35" i="1"/>
+  <c r="BM45" i="1"/>
   <c r="BM25" i="1"/>
-  <c r="BM35" i="1"/>
-  <c r="BM37" i="1"/>
+  <c r="BM36" i="1"/>
+  <c r="BM38" i="1"/>
   <c r="BM30" i="1"/>
-  <c r="BM42" i="1"/>
+  <c r="BM43" i="1"/>
   <c r="BM16" i="1"/>
   <c r="BM11" i="1"/>
+  <c r="BM34" i="1"/>
+  <c r="BM15" i="1"/>
   <c r="BM33" i="1"/>
-  <c r="BM15" i="1"/>
-  <c r="BM32" i="1"/>
   <c r="BM19" i="1"/>
   <c r="BM20" i="1"/>
   <c r="BM17" i="1"/>
   <c r="BM24" i="1"/>
-  <c r="BM40" i="1"/>
+  <c r="BM41" i="1"/>
   <c r="BM29" i="1"/>
   <c r="BM26" i="1"/>
   <c r="BM8" i="1"/>
   <c r="BM23" i="1"/>
   <c r="BM27" i="1"/>
-  <c r="BM36" i="1"/>
+  <c r="BM37" i="1"/>
   <c r="BM10" i="1"/>
   <c r="D12" i="1"/>
   <c r="BM12" i="1" s="1"/>
-  <c r="D41" i="1" l="1"/>
-[...119 lines deleted...]
-  <c r="BK45" i="1" s="1"/>
+  <c r="D42" i="1" l="1"/>
+  <c r="BM42" i="1" s="1"/>
+  <c r="D46" i="1" l="1"/>
+  <c r="E44" i="1" s="1"/>
+  <c r="E46" i="1" l="1"/>
+  <c r="F44" i="1" s="1"/>
+  <c r="F46" i="1" s="1"/>
+  <c r="G44" i="1" s="1"/>
+  <c r="G46" i="1" s="1"/>
+  <c r="H44" i="1" s="1"/>
+  <c r="H46" i="1" s="1"/>
+  <c r="I44" i="1" s="1"/>
+  <c r="I46" i="1" s="1"/>
+  <c r="J44" i="1" s="1"/>
+  <c r="J46" i="1" s="1"/>
+  <c r="K44" i="1" s="1"/>
+  <c r="K46" i="1" s="1"/>
+  <c r="L44" i="1" s="1"/>
+  <c r="L46" i="1" s="1"/>
+  <c r="M44" i="1" s="1"/>
+  <c r="M46" i="1" s="1"/>
+  <c r="N44" i="1" s="1"/>
+  <c r="N46" i="1" s="1"/>
+  <c r="O44" i="1" s="1"/>
+  <c r="O46" i="1" s="1"/>
+  <c r="P44" i="1" s="1"/>
+  <c r="P46" i="1" s="1"/>
+  <c r="Q44" i="1" s="1"/>
+  <c r="Q46" i="1" s="1"/>
+  <c r="R44" i="1" s="1"/>
+  <c r="R46" i="1" s="1"/>
+  <c r="S44" i="1" s="1"/>
+  <c r="S46" i="1" s="1"/>
+  <c r="T44" i="1" s="1"/>
+  <c r="T46" i="1" s="1"/>
+  <c r="U44" i="1" s="1"/>
+  <c r="U46" i="1" s="1"/>
+  <c r="V44" i="1" s="1"/>
+  <c r="V46" i="1" s="1"/>
+  <c r="W44" i="1" s="1"/>
+  <c r="W46" i="1" s="1"/>
+  <c r="X44" i="1" s="1"/>
+  <c r="X46" i="1" s="1"/>
+  <c r="Y44" i="1" s="1"/>
+  <c r="Y46" i="1" s="1"/>
+  <c r="Z44" i="1" s="1"/>
+  <c r="Z46" i="1" s="1"/>
+  <c r="AA44" i="1" s="1"/>
+  <c r="AA46" i="1" s="1"/>
+  <c r="AB44" i="1" s="1"/>
+  <c r="AB46" i="1" s="1"/>
+  <c r="AC44" i="1" s="1"/>
+  <c r="AC46" i="1" s="1"/>
+  <c r="AD44" i="1" s="1"/>
+  <c r="AD46" i="1" s="1"/>
+  <c r="AE44" i="1" s="1"/>
+  <c r="AE46" i="1" s="1"/>
+  <c r="AF44" i="1" s="1"/>
+  <c r="AF46" i="1" s="1"/>
+  <c r="AG44" i="1" s="1"/>
+  <c r="AG46" i="1" s="1"/>
+  <c r="AH44" i="1" s="1"/>
+  <c r="AH46" i="1" s="1"/>
+  <c r="AI44" i="1" s="1"/>
+  <c r="AI46" i="1" s="1"/>
+  <c r="AJ44" i="1" s="1"/>
+  <c r="AJ46" i="1" s="1"/>
+  <c r="AK44" i="1" s="1"/>
+  <c r="AK46" i="1" s="1"/>
+  <c r="AL44" i="1" s="1"/>
+  <c r="AL46" i="1" s="1"/>
+  <c r="AM44" i="1" s="1"/>
+  <c r="AM46" i="1" s="1"/>
+  <c r="AN44" i="1" s="1"/>
+  <c r="AN46" i="1" s="1"/>
+  <c r="AO44" i="1" s="1"/>
+  <c r="AO46" i="1" s="1"/>
+  <c r="AP44" i="1" s="1"/>
+  <c r="AP46" i="1" s="1"/>
+  <c r="AQ44" i="1" s="1"/>
+  <c r="AQ46" i="1" s="1"/>
+  <c r="AR44" i="1" s="1"/>
+  <c r="AR46" i="1" s="1"/>
+  <c r="AS44" i="1" s="1"/>
+  <c r="AS46" i="1" s="1"/>
+  <c r="AT44" i="1" s="1"/>
+  <c r="AT46" i="1" s="1"/>
+  <c r="AU44" i="1" s="1"/>
+  <c r="AU46" i="1" s="1"/>
+  <c r="AV44" i="1" s="1"/>
+  <c r="AV46" i="1" s="1"/>
+  <c r="AW44" i="1" s="1"/>
+  <c r="AW46" i="1" s="1"/>
+  <c r="AX44" i="1" s="1"/>
+  <c r="AX46" i="1" s="1"/>
+  <c r="AY44" i="1" s="1"/>
+  <c r="AY46" i="1" s="1"/>
+  <c r="AZ44" i="1" s="1"/>
+  <c r="AZ46" i="1" s="1"/>
+  <c r="BA44" i="1" s="1"/>
+  <c r="BA46" i="1" s="1"/>
+  <c r="BB44" i="1" s="1"/>
+  <c r="BB46" i="1" s="1"/>
+  <c r="BC44" i="1" s="1"/>
+  <c r="BC46" i="1" s="1"/>
+  <c r="BD44" i="1" s="1"/>
+  <c r="BD46" i="1" s="1"/>
+  <c r="BE44" i="1" s="1"/>
+  <c r="BE46" i="1" s="1"/>
+  <c r="BF44" i="1" s="1"/>
+  <c r="BF46" i="1" s="1"/>
+  <c r="BG44" i="1" s="1"/>
+  <c r="BG46" i="1" s="1"/>
+  <c r="BH44" i="1" s="1"/>
+  <c r="BH46" i="1" s="1"/>
+  <c r="BI44" i="1" s="1"/>
+  <c r="BI46" i="1" s="1"/>
+  <c r="BJ44" i="1" s="1"/>
+  <c r="BJ46" i="1" s="1"/>
+  <c r="BK44" i="1" s="1"/>
+  <c r="BK46" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Administrator</author>
     <author>Bie Boudolf</author>
   </authors>
   <commentList>
     <comment ref="A2" authorId="0" shapeId="0" xr:uid="{19E56AD8-2B5F-4790-91D2-2944E4C7DAF6}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Dit is de maand die aansluit op de tussentijdse cijfers</t>
         </r>
       </text>
     </comment>
     <comment ref="A3" authorId="0" shapeId="0" xr:uid="{29137C08-736B-48FB-ADED-1A8959A8DE21}">
@@ -1602,152 +1603,152 @@
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
     <comment ref="A20" authorId="1" shapeId="0" xr:uid="{B937ED0F-5A1F-42DA-A275-A46BC1D3AEE6}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t xml:space="preserve">Vermeld andere gesubsidieerde innovatieprojecten die in de projectperiode vallen (= Europese projecten, ontwikkelingsprojecten, onderzoeksprojecten, ICON-projecten, Baekeland-mandaten, innovatiemandaten,...)
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A33" authorId="1" shapeId="0" xr:uid="{5480A208-AF20-4D7B-9E34-BAFD9FFA9A16}">
+    <comment ref="A34" authorId="1" shapeId="0" xr:uid="{5480A208-AF20-4D7B-9E34-BAFD9FFA9A16}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Het subsidiebedrag vind je in jouw 'Template begrotingsaanvraag'
 De maand waarin de subsidiebedragen worden uitgekeerd kan je inschatten op basis van de tekst onderaan dit tabblad</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C33" authorId="1" shapeId="0" xr:uid="{77D10739-B267-45E1-976F-219FD7075F58}">
+    <comment ref="C34" authorId="1" shapeId="0" xr:uid="{77D10739-B267-45E1-976F-219FD7075F58}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>vul het aanvraagnummer in, indien reeds gekend</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A34" authorId="1" shapeId="0" xr:uid="{6C5262E1-21AB-4684-AEBE-A1BE67C72354}">
+    <comment ref="A35" authorId="1" shapeId="0" xr:uid="{6C5262E1-21AB-4684-AEBE-A1BE67C72354}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Vermeld andere gesubsidieerde innovatieprojecten die in de projectperiode vallen (= Europese projecten, ontwikkelingsprojecten, onderzoeksprojecten, ICON-projecten, Baekeland-mandaten, innovatiemandaten,...)</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="D43" authorId="1" shapeId="0" xr:uid="{ABDDB6AE-110A-4DDA-8C3A-DA6DBFCE141D}">
+    <comment ref="D44" authorId="1" shapeId="0" xr:uid="{ABDDB6AE-110A-4DDA-8C3A-DA6DBFCE141D}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Hier vul je de kaspositie zoals deze was in de laatste neergelegde balans (boekhoudpost 54/58 van het actief). Dit is dus wat jouw bedrijf aan cash heeft bij de start van het kasstroomplan</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="99">
   <si>
     <t>EDIT</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TBv1</t>
   </si>
   <si>
     <t>VLAIO</t>
   </si>
   <si>
     <t>AbC4</t>
   </si>
   <si>
     <t>eFg5</t>
   </si>
   <si>
     <t>ghi9</t>
   </si>
   <si>
     <t>Jwd3</t>
   </si>
   <si>
@@ -2075,50 +2076,53 @@
     <t xml:space="preserve">Uitbetaling subsidie ander subsidieproject  (+)  </t>
   </si>
   <si>
     <r>
       <t>Totale cash flow uit financieringsactiviteiten</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Netto cash flow </t>
   </si>
   <si>
     <t xml:space="preserve">Begin cash positie    </t>
   </si>
   <si>
     <t xml:space="preserve">Eind cash positie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rekening courant-omzettingen bestuurdersvergoeding/bedrijfsleidersbezoldiging tijdens looptijd project: toename (+) of afname (-) </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0\ _€"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
     <numFmt numFmtId="166" formatCode=";;;"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3053,51 +3057,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="185">
+  <cellXfs count="186">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -3607,76 +3611,79 @@
     <xf numFmtId="164" fontId="4" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Standaard" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <numFmt numFmtId="166" formatCode=";;;"/>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
+      <numFmt numFmtId="166" formatCode=";;;"/>
       <fill>
-        <patternFill>
-          <bgColor theme="0"/>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
-      <numFmt numFmtId="166" formatCode=";;;"/>
       <fill>
-        <patternFill patternType="none">
-          <bgColor auto="1"/>
+        <patternFill>
+          <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3871,51 +3878,51 @@
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>- Een tussentijdse resultatenrekening die maximaal 1 maand oud is op moment van indiening. De startdatum van deze tussentijdse cijfers moet aansluiten op de einddatum van de laatste neergelegde jaarrekening. </a:t>
+            <a:t>- Een tussentijdse balans en resultatenrekening van het laatst afgelopen kwartaal op moment van indiening. De startdatum van deze tussentijdse cijfers moet aansluiten op de einddatum van de laatste neergelegde jaarrekening. Indien er nog geen neergelegde jaarrekening is, is de startdatum gelijk aan de oprichtingsdatum van de vennootschap. </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="107000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
@@ -4265,58 +4272,75 @@
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Voor prille starters die nog geen balans- of resultatenrekening hebben valt de start samen met het begin van het project. </a:t>
+            <a:t>Voor prille starters die nog geen balans of resultatenrekening hebben valt de start </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>samen met de oprichtingsdatum van de vennootschap. </a:t>
           </a:r>
           <a:endParaRPr kumimoji="0" lang="nl-BE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
-              <a:prstClr val="black"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uLnTx/>
             <a:uFillTx/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
@@ -4615,87 +4639,51 @@
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> zullen evolueren. </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>De kosten en de subsidie verbonden aan jouw project neem je niet mee op in deze cijfers! Let op! een gedeelte van het loon van bepaalde werknemers (of werkende vennoten) zit vervat in het project en zal je dus uit dit tabblad moeten filteren. </a:t>
-[...35 lines deleted...]
-            <a:t>Startende bedrijven die geen opbrengsten en kosten hebben buiten het project, mogen dit tabblad leeg laten.</a:t>
+            <a:t>De kosten en de subsidie verbonden aan jouw project neem je niet mee op in deze cijfers! Let op! Een gedeelte van het loon van bepaalde werknemers (of meewerkende vennoten) zit vervat in het project en zal je dus uit dit tabblad moeten filteren. </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-BE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
@@ -4723,125 +4711,94 @@
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>Je maakte in vorig tabblad (geprojecteerde resultatenrekening) een inschatting van de omzet uit je toekomstige bedrijfsvoering. Op het tabblad 'motivatie bedrijfsopbrengsten' motiveer je waarom die inschatting aannemelijk is rekening houdend dat het aantal beschikbare werknemers lager is dan normaal. Een aantal werknemers (of zaakvoerders) moeten immers tijd vrij maken voor het project.   </a:t>
+            <a:t>Je maakte in het vorig tabblad (geprojecteerde resultatenrekening) een inschatting van de omzet uit je toekomstige bedrijfsvoering. Op het tabblad 'motivatie bedrijfsopbrengsten' motiveer je waarom die inschatting aannemelijk is rekening houdend dat het aantal beschikbare werknemers lager is dan normaal. Een aantal werknemers (of zaakvoerders) moeten immers tijd vrij maken voor het project.   </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>VLAIO zal de cijfers van jouw neergelegde jaarrekening (vertaald naar maandbasis), die van de tussentijdse jaarrekening (zoals ingevuld) en de geprojecteerde jaarrekening (zoals ingevuld) bekijken. Deze cijfers horen logisch op elkaar aan te sluiten. </a:t>
-[...30 lines deleted...]
-            <a:t>Startende bedrijven die geen opbrengsten en kosten hebben buiten het project, mogen dit tabblad leeg laten.</a:t>
+            <a:t>VLAIO zal de cijfers van jouw neergelegde jaarrekening (vertaald naar maandbasis), die van de tussentijdse jaarrekening (zoals ingevuld) en de geprojecteerde resultatenrekening (zoals ingevuld) bekijken. Deze cijfers horen logisch op elkaar aan te sluiten. Hogere bedrijfsopbrengsten dan de actuele bedrijfsopbrengsten dienen gemotiveerd te worden aan de hand van verkoopcontracten of getekende offertes. </a:t>
           </a:r>
           <a:endParaRPr kumimoji="0" lang="nl-BE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
-              <a:prstClr val="black"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uLnTx/>
             <a:uFillTx/>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
@@ -4939,236 +4896,236 @@
         </a:p>
         <a:p>
           <a:pPr marL="457200" marR="0" lvl="1" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>- De uitgaven en inkomsten (uitkering subsidie) van je project </a:t>
+            <a:t>- De uitgaven (negatieve bedragen)</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>en inkomsten (uitkering subsidie) van je project </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="457200" marR="0" lvl="1" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>- Extra financieringsbronnen (leningen, kapitaalinbreng,...) </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-NL" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>De optelsom van al deze geldstromen geeft een beeld van jouw kaspositie. </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-BE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Je kaspositie moet over de hele periode positief blijven. Het kan dus zijn dat je extra financieringsbronnen moet aanspreken (bv. leningen, kapitaalinbreng,...). </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-BE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Een positieve kaspositie is nodig opdat VLAIO jouw project kan subsidiëren.  </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="nl-BE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:prstClr val="black"/>
-[...15 lines deleted...]
-              <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>'aan te leveren </a:t>
-[...16 lines deleted...]
-            <a:t>bijlagen'</a:t>
+            <a:t>5. Tabblad 'aan te leveren bijlagen'. Voeg deze toe bij de indiening.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
           </a:pPr>
           <a:endParaRPr lang="nl-BE" sz="1400" b="1">
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="nl-BE" sz="1400" b="1">
               <a:solidFill>
@@ -5555,51 +5512,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> lopende subsidie</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="nl-BE" sz="1200" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>projecten (of -voorstellen) moet je een aantal mensen vrijmaken. Deze werknemers</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="nl-BE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t> werken aan een project en staan dus tijdelijk niet ter beschikking van de gewone bedrijfsvoering. Doordat je minder mensen overhoudt voor je gewone bedrijfsvoering zal de omzet in de meeste gevallen krimpen. Voor veel bedrijven is de omzet immers sterk gecorrelleerd met het aantal beschikbare werknemers (er zijn ook bedrijven waar dit niet het geval is).  </a:t>
+            <a:t> werken aan een project en staan dus tijdelijk niet ter beschikking van de gewone bedrijfsvoering. Doordat je minder mensen overhoudt voor je gewone bedrijfsvoering zal de omzet in de meeste gevallen krimpen. Voor veel bedrijven is de omzet immers sterk gecorreleerd met het aantal beschikbare werknemers (er zijn ook bedrijven waar dit niet het geval is).  </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="150000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr lang="nl-BE" sz="1200" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> =&gt;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="nl-BE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -6024,51 +5981,51 @@
             <a:rPr lang="nl-BE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>... (leg uit)</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>4838700</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>83820</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Tekstvak 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5478780" y="14257020"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -6079,57 +6036,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="nl-BE" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>7619</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>21770</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Tekstvak 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7619" y="13132526"/>
           <a:ext cx="10007237" cy="6564085"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
@@ -6698,219 +6655,399 @@
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>20 % na eindverslag project (deze uitkering valt buiten de kasstroomperiode) </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="nl-BE" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>6350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>15240</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>441960</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>60960</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="154" name="Tekstvak 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00009A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="6350"/>
-          <a:ext cx="7797800" cy="2934970"/>
+          <a:ext cx="10195560" cy="3346450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:lumMod val="95000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="nl-BE" sz="1400" b="1" baseline="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Aan te leveren bijlagen</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="nl-BE" sz="1100" b="1" baseline="0"/>
-            <a:t>- Verplichte documenten:</a:t>
+            <a:t>- Verplichte </a:t>
           </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="1" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>documenten</a:t>
+          </a:r>
+          <a:endParaRPr lang="nl-BE" sz="1100" baseline="0">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
         <a:p>
+          <a:pPr fontAlgn="base"/>
           <a:r>
-            <a:rPr lang="nl-BE" sz="1100" baseline="0"/>
-[...18 lines deleted...]
-            <a:rPr lang="nl-BE" sz="1100" baseline="0"/>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
             <a:t>	-  </a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+            <a:rPr lang="nl-BE" sz="1100" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="dk1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>bankrekeninguittreksel dat de stand van je rekening weergeeft op startdatum periode kasstroomplan</a:t>
+            <a:t>Tussentijdse balans en resultatenrekening van het laatst afgelopen kwartaal voorafgaand aan datum</a:t>
           </a:r>
-          <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0" i="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0" i="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>projectindiening</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr fontAlgn="base"/>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>	-  </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0" i="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Bankrekeninguittreksel dat de stand van de rekening weergeeft op startdatum van het kasstroomplan</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+          </a:br>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>	-  </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0" i="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Interne balans en resultatenrekening van het laatst afgesloten boekjaar</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0" i="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>	-  Kopie van de notariële akte in geval van kapitaalsoperatie(s) die dateren van na de laatst neergelegde jaarrekening</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr fontAlgn="base"/>
+          <a:endParaRPr lang="nl-BE" sz="1100" b="0" i="0">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="nl-BE" sz="1100" baseline="0"/>
             <a:t>Wanneer er geen bewijs (kopie) geleverd kan worden van een vermelde lening/kapitaalsverhoging, dan wordt deze financieringsbron als te vervullen voorwaarde opgenomen in geval van goedkeuring van het project. </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="nl-BE" sz="1100" b="1" baseline="0"/>
             <a:t>- Optioneel aan te leveren documenten: </a:t>
           </a:r>
         </a:p>
         <a:p>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>	</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>- Ondertekende verkoopcontracten, letters of intent, offertes die de omzet onderbouwen </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>indien hogere bedrijfsopbrengsten dan de actuele omzet van het  	</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>  </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nl-BE" sz="1100" b="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>afgelopen jaar worden voorspeld. </a:t>
+          </a:r>
+          <a:endParaRPr lang="nl-BE" sz="1100" b="0" baseline="0">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nl-BE" sz="1100" baseline="0"/>
+            <a:rPr lang="nl-BE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
             <a:t>	- </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="nl-BE" sz="1100" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="dk1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>balans- en resultatenrekening die definitief is, maar nog niet neergelegd</a:t>
+            <a:t>Kopie van het contract in geval van bankleningen of andere leningen + bankafschrift waaruit de storting kan worden afgeleid (indien reeds beschikbaar)</a:t>
           </a:r>
-          <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
+          <a:endParaRPr lang="nl-BE">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+          </a:endParaRPr>
         </a:p>
         <a:p>
-          <a:r>
-[...2 lines deleted...]
-          </a:r>
+          <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:endParaRPr lang="nl-BE" sz="1100" baseline="0"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -7166,52 +7303,52 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Blad1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T49"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A59" sqref="A59"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="170.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" customWidth="1"/>
     <col min="8" max="8" width="11.5546875" customWidth="1"/>
     <col min="15" max="15" width="3.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="133" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
@@ -7818,54 +7955,54 @@
     </row>
     <row r="47" spans="1:20" ht="21" x14ac:dyDescent="0.3">
       <c r="A47" s="8"/>
     </row>
     <row r="48" spans="1:20" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A48" s="12"/>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="44" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="wks1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BL37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="BB5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="AY5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomRight" activeCell="C19" sqref="C19:BJ19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15.6" outlineLevelRow="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="107.33203125" style="11" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="11" customWidth="1"/>
     <col min="3" max="26" width="12.6640625" style="11" customWidth="1"/>
     <col min="27" max="27" width="12.5546875" style="11" customWidth="1"/>
     <col min="28" max="63" width="12.6640625" style="11" customWidth="1"/>
     <col min="64" max="64" width="14.6640625" style="23" customWidth="1"/>
     <col min="65" max="16384" width="9.33203125" style="11"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:64" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="141" t="s">
         <v>19</v>
       </c>
       <c r="B1" s="142"/>
       <c r="C1" s="135"/>
       <c r="D1" s="135"/>
       <c r="E1" s="135"/>
       <c r="F1" s="135"/>
       <c r="G1" s="135"/>
       <c r="H1" s="135"/>
       <c r="I1" s="135"/>
@@ -7908,51 +8045,51 @@
       <c r="AT1" s="135"/>
       <c r="AU1" s="135"/>
       <c r="AV1" s="135"/>
       <c r="AW1" s="135"/>
       <c r="AX1" s="135"/>
       <c r="AY1" s="135"/>
       <c r="AZ1" s="135"/>
       <c r="BA1" s="135"/>
       <c r="BB1" s="135"/>
       <c r="BC1" s="135"/>
       <c r="BD1" s="135"/>
       <c r="BE1" s="135"/>
       <c r="BF1" s="135"/>
       <c r="BG1" s="135"/>
       <c r="BH1" s="135"/>
       <c r="BI1" s="135"/>
       <c r="BJ1" s="135"/>
       <c r="BK1" s="135"/>
       <c r="BL1" s="11"/>
     </row>
     <row r="2" spans="1:64" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="151" t="s">
         <v>20</v>
       </c>
       <c r="B2" s="149">
-        <v>44927</v>
+        <v>46023</v>
       </c>
       <c r="C2" s="183"/>
       <c r="D2" s="184"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
       <c r="I2" s="35"/>
       <c r="J2" s="35"/>
       <c r="K2" s="35"/>
       <c r="L2" s="35"/>
       <c r="M2" s="35"/>
       <c r="N2" s="35"/>
       <c r="O2" s="35"/>
       <c r="P2" s="35"/>
       <c r="Q2" s="35"/>
       <c r="R2" s="35"/>
       <c r="S2" s="35"/>
       <c r="T2" s="35"/>
       <c r="U2" s="35"/>
       <c r="V2" s="35"/>
       <c r="W2" s="35"/>
       <c r="X2" s="35"/>
       <c r="Y2" s="35"/>
       <c r="Z2" s="35"/>
@@ -7978,291 +8115,291 @@
       <c r="AT2" s="35"/>
       <c r="AU2" s="35"/>
       <c r="AV2" s="35"/>
       <c r="AW2" s="35"/>
       <c r="AX2" s="35"/>
       <c r="AY2" s="35"/>
       <c r="AZ2" s="35"/>
       <c r="BA2" s="35"/>
       <c r="BB2" s="35"/>
       <c r="BC2" s="35"/>
       <c r="BD2" s="35"/>
       <c r="BE2" s="35"/>
       <c r="BF2" s="35"/>
       <c r="BG2" s="35"/>
       <c r="BH2" s="35"/>
       <c r="BI2" s="35"/>
       <c r="BJ2" s="35"/>
       <c r="BK2" s="13"/>
       <c r="BL2" s="14"/>
     </row>
     <row r="3" spans="1:64" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="49" t="s">
         <v>21</v>
       </c>
       <c r="B3" s="149">
-        <v>47818</v>
+        <v>48914</v>
       </c>
       <c r="C3" s="123">
         <f t="shared" ref="C3:AH3" si="0">EDATE($B$2,C5)</f>
-        <v>44927</v>
+        <v>46023</v>
       </c>
       <c r="D3" s="124">
         <f t="shared" si="0"/>
-        <v>44958</v>
+        <v>46054</v>
       </c>
       <c r="E3" s="124">
         <f t="shared" si="0"/>
-        <v>44986</v>
+        <v>46082</v>
       </c>
       <c r="F3" s="124">
         <f t="shared" si="0"/>
-        <v>45017</v>
+        <v>46113</v>
       </c>
       <c r="G3" s="124">
         <f t="shared" si="0"/>
-        <v>45047</v>
+        <v>46143</v>
       </c>
       <c r="H3" s="124">
         <f t="shared" si="0"/>
-        <v>45078</v>
+        <v>46174</v>
       </c>
       <c r="I3" s="124">
         <f t="shared" si="0"/>
-        <v>45108</v>
+        <v>46204</v>
       </c>
       <c r="J3" s="124">
         <f t="shared" si="0"/>
-        <v>45139</v>
+        <v>46235</v>
       </c>
       <c r="K3" s="124">
         <f t="shared" si="0"/>
-        <v>45170</v>
+        <v>46266</v>
       </c>
       <c r="L3" s="124">
         <f t="shared" si="0"/>
-        <v>45200</v>
+        <v>46296</v>
       </c>
       <c r="M3" s="124">
         <f t="shared" si="0"/>
-        <v>45231</v>
+        <v>46327</v>
       </c>
       <c r="N3" s="124">
         <f t="shared" si="0"/>
-        <v>45261</v>
+        <v>46357</v>
       </c>
       <c r="O3" s="124">
         <f t="shared" si="0"/>
-        <v>45292</v>
+        <v>46388</v>
       </c>
       <c r="P3" s="124">
         <f t="shared" si="0"/>
-        <v>45323</v>
+        <v>46419</v>
       </c>
       <c r="Q3" s="124">
         <f t="shared" si="0"/>
-        <v>45352</v>
+        <v>46447</v>
       </c>
       <c r="R3" s="124">
         <f t="shared" si="0"/>
-        <v>45383</v>
+        <v>46478</v>
       </c>
       <c r="S3" s="124">
         <f t="shared" si="0"/>
-        <v>45413</v>
+        <v>46508</v>
       </c>
       <c r="T3" s="124">
         <f t="shared" si="0"/>
-        <v>45444</v>
+        <v>46539</v>
       </c>
       <c r="U3" s="124">
         <f t="shared" si="0"/>
-        <v>45474</v>
+        <v>46569</v>
       </c>
       <c r="V3" s="124">
         <f t="shared" si="0"/>
-        <v>45505</v>
+        <v>46600</v>
       </c>
       <c r="W3" s="124">
         <f t="shared" si="0"/>
-        <v>45536</v>
+        <v>46631</v>
       </c>
       <c r="X3" s="124">
         <f t="shared" si="0"/>
-        <v>45566</v>
+        <v>46661</v>
       </c>
       <c r="Y3" s="125">
         <f t="shared" si="0"/>
-        <v>45597</v>
+        <v>46692</v>
       </c>
       <c r="Z3" s="125">
         <f t="shared" si="0"/>
-        <v>45627</v>
+        <v>46722</v>
       </c>
       <c r="AA3" s="125">
         <f t="shared" si="0"/>
-        <v>45658</v>
+        <v>46753</v>
       </c>
       <c r="AB3" s="125">
         <f t="shared" si="0"/>
-        <v>45689</v>
+        <v>46784</v>
       </c>
       <c r="AC3" s="125">
         <f t="shared" si="0"/>
-        <v>45717</v>
+        <v>46813</v>
       </c>
       <c r="AD3" s="125">
         <f t="shared" si="0"/>
-        <v>45748</v>
+        <v>46844</v>
       </c>
       <c r="AE3" s="125">
         <f t="shared" si="0"/>
-        <v>45778</v>
+        <v>46874</v>
       </c>
       <c r="AF3" s="125">
         <f t="shared" si="0"/>
-        <v>45809</v>
+        <v>46905</v>
       </c>
       <c r="AG3" s="125">
         <f t="shared" si="0"/>
-        <v>45839</v>
+        <v>46935</v>
       </c>
       <c r="AH3" s="125">
         <f t="shared" si="0"/>
-        <v>45870</v>
+        <v>46966</v>
       </c>
       <c r="AI3" s="125">
         <f t="shared" ref="AI3:AY3" si="1">EDATE($B$2,AI5)</f>
-        <v>45901</v>
+        <v>46997</v>
       </c>
       <c r="AJ3" s="125">
         <f t="shared" si="1"/>
-        <v>45931</v>
+        <v>47027</v>
       </c>
       <c r="AK3" s="125">
         <f t="shared" si="1"/>
-        <v>45962</v>
+        <v>47058</v>
       </c>
       <c r="AL3" s="125">
         <f t="shared" si="1"/>
-        <v>45992</v>
+        <v>47088</v>
       </c>
       <c r="AM3" s="125">
         <f t="shared" si="1"/>
-        <v>46023</v>
+        <v>47119</v>
       </c>
       <c r="AN3" s="125">
         <f t="shared" si="1"/>
-        <v>46054</v>
+        <v>47150</v>
       </c>
       <c r="AO3" s="125">
         <f t="shared" si="1"/>
-        <v>46082</v>
+        <v>47178</v>
       </c>
       <c r="AP3" s="125">
         <f t="shared" si="1"/>
-        <v>46113</v>
+        <v>47209</v>
       </c>
       <c r="AQ3" s="125">
         <f t="shared" si="1"/>
-        <v>46143</v>
+        <v>47239</v>
       </c>
       <c r="AR3" s="125">
         <f t="shared" si="1"/>
-        <v>46174</v>
+        <v>47270</v>
       </c>
       <c r="AS3" s="125">
         <f t="shared" si="1"/>
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="AT3" s="125">
         <f t="shared" si="1"/>
-        <v>46235</v>
+        <v>47331</v>
       </c>
       <c r="AU3" s="125">
         <f t="shared" si="1"/>
-        <v>46266</v>
+        <v>47362</v>
       </c>
       <c r="AV3" s="125">
         <f t="shared" si="1"/>
-        <v>46296</v>
+        <v>47392</v>
       </c>
       <c r="AW3" s="125">
         <f t="shared" si="1"/>
-        <v>46327</v>
+        <v>47423</v>
       </c>
       <c r="AX3" s="125">
         <f t="shared" si="1"/>
-        <v>46357</v>
+        <v>47453</v>
       </c>
       <c r="AY3" s="125">
         <f t="shared" si="1"/>
-        <v>46388</v>
+        <v>47484</v>
       </c>
       <c r="AZ3" s="125">
         <f t="shared" ref="AZ3:BJ3" si="2">EDATE($B$2,AZ5)</f>
-        <v>46419</v>
+        <v>47515</v>
       </c>
       <c r="BA3" s="125">
         <f t="shared" si="2"/>
-        <v>46447</v>
+        <v>47543</v>
       </c>
       <c r="BB3" s="125">
         <f t="shared" si="2"/>
-        <v>46478</v>
+        <v>47574</v>
       </c>
       <c r="BC3" s="125">
         <f t="shared" si="2"/>
-        <v>46508</v>
+        <v>47604</v>
       </c>
       <c r="BD3" s="125">
         <f t="shared" si="2"/>
-        <v>46539</v>
+        <v>47635</v>
       </c>
       <c r="BE3" s="125">
         <f t="shared" si="2"/>
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="BF3" s="125">
         <f t="shared" si="2"/>
-        <v>46600</v>
+        <v>47696</v>
       </c>
       <c r="BG3" s="125">
         <f t="shared" si="2"/>
-        <v>46631</v>
+        <v>47727</v>
       </c>
       <c r="BH3" s="125">
         <f t="shared" si="2"/>
-        <v>46661</v>
+        <v>47757</v>
       </c>
       <c r="BI3" s="125">
         <f t="shared" si="2"/>
-        <v>46692</v>
+        <v>47788</v>
       </c>
       <c r="BJ3" s="125">
         <f t="shared" si="2"/>
-        <v>46722</v>
+        <v>47818</v>
       </c>
       <c r="BK3" s="36"/>
       <c r="BL3" s="127" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:64" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="140" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="150">
         <f>(YEAR($B$3)-YEAR($B$2))*12+(MONTH($B$3)-MONTH($B$2))+1</f>
         <v>96</v>
       </c>
       <c r="C4" s="136">
         <f>IF(C$3&lt;=$B3,1,0)</f>
         <v>1</v>
       </c>
       <c r="D4" s="136">
         <f>IF(D3&lt;=$B3,1,0)</f>
         <v>1</v>
       </c>
       <c r="E4" s="136">
         <f t="shared" ref="E4:AY4" si="3">IF(E3&lt;=$B3,1,0)</f>
         <v>1</v>
@@ -14177,73 +14314,81 @@
       <c r="BA35" s="16"/>
       <c r="BB35" s="16"/>
       <c r="BC35" s="16"/>
       <c r="BD35" s="16"/>
       <c r="BE35" s="16"/>
       <c r="BF35" s="16"/>
       <c r="BG35" s="16"/>
       <c r="BH35" s="16"/>
       <c r="BI35" s="16"/>
       <c r="BJ35" s="16"/>
       <c r="BK35" s="16"/>
       <c r="BL35" s="11"/>
     </row>
     <row r="36" spans="1:64" x14ac:dyDescent="0.3">
       <c r="BL36" s="18"/>
     </row>
     <row r="37" spans="1:64" x14ac:dyDescent="0.3">
       <c r="A37" s="22"/>
       <c r="BL37" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:D2"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
+  <conditionalFormatting sqref="B1">
+    <cfRule type="expression" dxfId="2" priority="3">
+      <formula>"C$4=0"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="C1:BK1048576">
-    <cfRule type="expression" dxfId="2" priority="4">
+    <cfRule type="expression" dxfId="1" priority="4">
       <formula>C$4=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B1">
-[...3 lines deleted...]
-  </conditionalFormatting>
+  <dataValidations count="2">
+    <dataValidation type="custom" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige invoer" error="Alleen positieve bedragen zijn toegestaan" sqref="C26:BJ27 C19:BJ19 C21:BJ23" xr:uid="{6124BDA5-1F73-4128-B588-E5103EE3B82C}">
+      <formula1>C19&gt;=0</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige invoer" error="Opgepast, enkel positieve bedragen kunnen worden ingevuld. " sqref="C31:BJ32" xr:uid="{8CE7B44F-E35F-4861-8055-1EA95FC82E74}">
+      <formula1>C31&gt;=0</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="30" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{462CC94F-03EF-4B3B-B43A-2F652E119057}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:A20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="F28" sqref="F28"/>
+      <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="170.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A1" s="133" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A2" s="133" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" s="133" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" s="133" t="s">
         <v>4</v>
@@ -14318,333 +14463,333 @@
       <c r="A18" s="133" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" s="133" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="133"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="YpOFhgf0k32CnS769Szt4z7u7KysShHQLq3h8uNR+/Ss/7DxR8v/tNkpR+OSVdaBY0KjNUxoo4ZteUYEkJGcPg==" saltValue="8h59a54t7waiQnaRjZX96A==" spinCount="100000" sheet="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="wks2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CQ65"/>
+  <dimension ref="A1:CQ66"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="C28" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="C7" sqref="C7"/>
+      <selection pane="bottomRight" activeCell="A31" sqref="A31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="14.4" outlineLevelRow="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="96.6640625" style="81" customWidth="1"/>
     <col min="2" max="2" width="26.33203125" style="81" customWidth="1"/>
     <col min="3" max="3" width="22.6640625" style="81" customWidth="1"/>
     <col min="4" max="63" width="12.6640625" style="81" customWidth="1"/>
     <col min="64" max="64" width="9.33203125" style="81"/>
     <col min="65" max="65" width="14.6640625" style="82" customWidth="1"/>
     <col min="66" max="95" width="9.33203125" style="81"/>
     <col min="96" max="16384" width="9.33203125" style="131"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:95" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="100" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:95" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="49" t="s">
         <v>66</v>
       </c>
       <c r="B2" s="129">
         <f>'geproj. resultatenrekening'!$B$2</f>
-        <v>44927</v>
+        <v>46023</v>
       </c>
     </row>
     <row r="3" spans="1:95" s="132" customFormat="1" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="49" t="s">
         <v>67</v>
       </c>
       <c r="B3" s="129">
         <f>'geproj. resultatenrekening'!$B$3</f>
-        <v>47818</v>
+        <v>48914</v>
       </c>
       <c r="C3" s="144"/>
       <c r="D3" s="143">
         <f>'geproj. resultatenrekening'!C3</f>
-        <v>44927</v>
+        <v>46023</v>
       </c>
       <c r="E3" s="122">
         <f>'geproj. resultatenrekening'!D3</f>
-        <v>44958</v>
+        <v>46054</v>
       </c>
       <c r="F3" s="122">
         <f>'geproj. resultatenrekening'!E3</f>
-        <v>44986</v>
+        <v>46082</v>
       </c>
       <c r="G3" s="122">
         <f>'geproj. resultatenrekening'!F3</f>
-        <v>45017</v>
+        <v>46113</v>
       </c>
       <c r="H3" s="122">
         <f>'geproj. resultatenrekening'!G3</f>
-        <v>45047</v>
+        <v>46143</v>
       </c>
       <c r="I3" s="122">
         <f>'geproj. resultatenrekening'!H3</f>
-        <v>45078</v>
+        <v>46174</v>
       </c>
       <c r="J3" s="122">
         <f>'geproj. resultatenrekening'!I3</f>
-        <v>45108</v>
+        <v>46204</v>
       </c>
       <c r="K3" s="122">
         <f>'geproj. resultatenrekening'!J3</f>
-        <v>45139</v>
+        <v>46235</v>
       </c>
       <c r="L3" s="122">
         <f>'geproj. resultatenrekening'!K3</f>
-        <v>45170</v>
+        <v>46266</v>
       </c>
       <c r="M3" s="122">
         <f>'geproj. resultatenrekening'!L3</f>
-        <v>45200</v>
+        <v>46296</v>
       </c>
       <c r="N3" s="122">
         <f>'geproj. resultatenrekening'!M3</f>
-        <v>45231</v>
+        <v>46327</v>
       </c>
       <c r="O3" s="122">
         <f>'geproj. resultatenrekening'!N3</f>
-        <v>45261</v>
+        <v>46357</v>
       </c>
       <c r="P3" s="122">
         <f>'geproj. resultatenrekening'!O3</f>
-        <v>45292</v>
+        <v>46388</v>
       </c>
       <c r="Q3" s="122">
         <f>'geproj. resultatenrekening'!P3</f>
-        <v>45323</v>
+        <v>46419</v>
       </c>
       <c r="R3" s="122">
         <f>'geproj. resultatenrekening'!Q3</f>
-        <v>45352</v>
+        <v>46447</v>
       </c>
       <c r="S3" s="122">
         <f>'geproj. resultatenrekening'!R3</f>
-        <v>45383</v>
+        <v>46478</v>
       </c>
       <c r="T3" s="122">
         <f>'geproj. resultatenrekening'!S3</f>
-        <v>45413</v>
+        <v>46508</v>
       </c>
       <c r="U3" s="122">
         <f>'geproj. resultatenrekening'!T3</f>
-        <v>45444</v>
+        <v>46539</v>
       </c>
       <c r="V3" s="122">
         <f>'geproj. resultatenrekening'!U3</f>
-        <v>45474</v>
+        <v>46569</v>
       </c>
       <c r="W3" s="122">
         <f>'geproj. resultatenrekening'!V3</f>
-        <v>45505</v>
+        <v>46600</v>
       </c>
       <c r="X3" s="122">
         <f>'geproj. resultatenrekening'!W3</f>
-        <v>45536</v>
+        <v>46631</v>
       </c>
       <c r="Y3" s="122">
         <f>'geproj. resultatenrekening'!X3</f>
-        <v>45566</v>
+        <v>46661</v>
       </c>
       <c r="Z3" s="122">
         <f>'geproj. resultatenrekening'!Y3</f>
-        <v>45597</v>
+        <v>46692</v>
       </c>
       <c r="AA3" s="122">
         <f>'geproj. resultatenrekening'!Z3</f>
-        <v>45627</v>
+        <v>46722</v>
       </c>
       <c r="AB3" s="122">
         <f>'geproj. resultatenrekening'!AA3</f>
-        <v>45658</v>
+        <v>46753</v>
       </c>
       <c r="AC3" s="122">
         <f>'geproj. resultatenrekening'!AB3</f>
-        <v>45689</v>
+        <v>46784</v>
       </c>
       <c r="AD3" s="122">
         <f>'geproj. resultatenrekening'!AC3</f>
-        <v>45717</v>
+        <v>46813</v>
       </c>
       <c r="AE3" s="122">
         <f>'geproj. resultatenrekening'!AD3</f>
-        <v>45748</v>
+        <v>46844</v>
       </c>
       <c r="AF3" s="122">
         <f>'geproj. resultatenrekening'!AE3</f>
-        <v>45778</v>
+        <v>46874</v>
       </c>
       <c r="AG3" s="122">
         <f>'geproj. resultatenrekening'!AF3</f>
-        <v>45809</v>
+        <v>46905</v>
       </c>
       <c r="AH3" s="122">
         <f>'geproj. resultatenrekening'!AG3</f>
-        <v>45839</v>
+        <v>46935</v>
       </c>
       <c r="AI3" s="122">
         <f>'geproj. resultatenrekening'!AH3</f>
-        <v>45870</v>
+        <v>46966</v>
       </c>
       <c r="AJ3" s="122">
         <f>'geproj. resultatenrekening'!AI3</f>
-        <v>45901</v>
+        <v>46997</v>
       </c>
       <c r="AK3" s="122">
         <f>'geproj. resultatenrekening'!AJ3</f>
-        <v>45931</v>
+        <v>47027</v>
       </c>
       <c r="AL3" s="122">
         <f>'geproj. resultatenrekening'!AK3</f>
-        <v>45962</v>
+        <v>47058</v>
       </c>
       <c r="AM3" s="122">
         <f>'geproj. resultatenrekening'!AL3</f>
-        <v>45992</v>
+        <v>47088</v>
       </c>
       <c r="AN3" s="122">
         <f>'geproj. resultatenrekening'!AM3</f>
-        <v>46023</v>
+        <v>47119</v>
       </c>
       <c r="AO3" s="122">
         <f>'geproj. resultatenrekening'!AN3</f>
-        <v>46054</v>
+        <v>47150</v>
       </c>
       <c r="AP3" s="122">
         <f>'geproj. resultatenrekening'!AO3</f>
-        <v>46082</v>
+        <v>47178</v>
       </c>
       <c r="AQ3" s="122">
         <f>'geproj. resultatenrekening'!AP3</f>
-        <v>46113</v>
+        <v>47209</v>
       </c>
       <c r="AR3" s="122">
         <f>'geproj. resultatenrekening'!AQ3</f>
-        <v>46143</v>
+        <v>47239</v>
       </c>
       <c r="AS3" s="122">
         <f>'geproj. resultatenrekening'!AR3</f>
-        <v>46174</v>
+        <v>47270</v>
       </c>
       <c r="AT3" s="122">
         <f>'geproj. resultatenrekening'!AS3</f>
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="AU3" s="122">
         <f>'geproj. resultatenrekening'!AT3</f>
-        <v>46235</v>
+        <v>47331</v>
       </c>
       <c r="AV3" s="122">
         <f>'geproj. resultatenrekening'!AU3</f>
-        <v>46266</v>
+        <v>47362</v>
       </c>
       <c r="AW3" s="122">
         <f>'geproj. resultatenrekening'!AV3</f>
-        <v>46296</v>
+        <v>47392</v>
       </c>
       <c r="AX3" s="122">
         <f>'geproj. resultatenrekening'!AW3</f>
-        <v>46327</v>
+        <v>47423</v>
       </c>
       <c r="AY3" s="122">
         <f>'geproj. resultatenrekening'!AX3</f>
-        <v>46357</v>
+        <v>47453</v>
       </c>
       <c r="AZ3" s="122">
         <f>'geproj. resultatenrekening'!AY3</f>
-        <v>46388</v>
+        <v>47484</v>
       </c>
       <c r="BA3" s="122">
         <f>'geproj. resultatenrekening'!AZ3</f>
-        <v>46419</v>
+        <v>47515</v>
       </c>
       <c r="BB3" s="122">
         <f>'geproj. resultatenrekening'!BA3</f>
-        <v>46447</v>
+        <v>47543</v>
       </c>
       <c r="BC3" s="122">
         <f>'geproj. resultatenrekening'!BB3</f>
-        <v>46478</v>
+        <v>47574</v>
       </c>
       <c r="BD3" s="122">
         <f>'geproj. resultatenrekening'!BC3</f>
-        <v>46508</v>
+        <v>47604</v>
       </c>
       <c r="BE3" s="122">
         <f>'geproj. resultatenrekening'!BD3</f>
-        <v>46539</v>
+        <v>47635</v>
       </c>
       <c r="BF3" s="122">
         <f>'geproj. resultatenrekening'!BE3</f>
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="BG3" s="122">
         <f>'geproj. resultatenrekening'!BF3</f>
-        <v>46600</v>
+        <v>47696</v>
       </c>
       <c r="BH3" s="122">
         <f>'geproj. resultatenrekening'!BG3</f>
-        <v>46631</v>
+        <v>47727</v>
       </c>
       <c r="BI3" s="122">
         <f>'geproj. resultatenrekening'!BH3</f>
-        <v>46661</v>
+        <v>47757</v>
       </c>
       <c r="BJ3" s="122">
         <f>'geproj. resultatenrekening'!BI3</f>
-        <v>46692</v>
+        <v>47788</v>
       </c>
       <c r="BK3" s="122">
         <f>'geproj. resultatenrekening'!BJ3</f>
-        <v>46722</v>
+        <v>47818</v>
       </c>
       <c r="BL3" s="19"/>
       <c r="BM3" s="126" t="s">
         <v>22</v>
       </c>
       <c r="BN3" s="83"/>
       <c r="BO3" s="83"/>
       <c r="BP3" s="83"/>
       <c r="BQ3" s="83"/>
       <c r="BR3" s="83"/>
       <c r="BS3" s="83"/>
       <c r="BT3" s="83"/>
       <c r="BU3" s="83"/>
       <c r="BV3" s="83"/>
       <c r="BW3" s="83"/>
       <c r="BX3" s="83"/>
       <c r="BY3" s="83"/>
       <c r="BZ3" s="83"/>
       <c r="CA3" s="83"/>
       <c r="CB3" s="83"/>
       <c r="CC3" s="83"/>
       <c r="CD3" s="83"/>
       <c r="CE3" s="83"/>
       <c r="CF3" s="83"/>
       <c r="CG3" s="83"/>
@@ -16794,51 +16939,51 @@
         <v>0</v>
       </c>
       <c r="BE15" s="170">
         <v>0</v>
       </c>
       <c r="BF15" s="170">
         <v>0</v>
       </c>
       <c r="BG15" s="170">
         <v>0</v>
       </c>
       <c r="BH15" s="170">
         <v>0</v>
       </c>
       <c r="BI15" s="170">
         <v>0</v>
       </c>
       <c r="BJ15" s="170">
         <v>0</v>
       </c>
       <c r="BK15" s="170">
         <v>0</v>
       </c>
       <c r="BL15" s="86"/>
       <c r="BM15" s="153">
-        <f t="shared" ref="BM15:BM42" si="4">SUMIF(D$4:BK$4,1,D15:BK15)</f>
+        <f t="shared" ref="BM15:BM43" si="4">SUMIF(D$4:BK$4,1,D15:BK15)</f>
         <v>0</v>
       </c>
       <c r="BN15" s="19"/>
       <c r="BO15" s="19"/>
       <c r="BP15" s="19"/>
     </row>
     <row r="16" spans="1:95" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="107" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="79"/>
       <c r="C16" s="80"/>
       <c r="D16" s="171">
         <v>0</v>
       </c>
       <c r="E16" s="172">
         <v>0</v>
       </c>
       <c r="F16" s="172">
         <v>0</v>
       </c>
       <c r="G16" s="172">
         <v>0</v>
       </c>
       <c r="H16" s="172">
@@ -18513,55 +18658,55 @@
       <c r="BG24" s="165"/>
       <c r="BH24" s="165"/>
       <c r="BI24" s="165"/>
       <c r="BJ24" s="165"/>
       <c r="BK24" s="165"/>
       <c r="BL24" s="86"/>
       <c r="BM24" s="166">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN24" s="19"/>
       <c r="BO24" s="19"/>
       <c r="BP24" s="19"/>
     </row>
     <row r="25" spans="1:68" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="105" t="s">
         <v>85</v>
       </c>
       <c r="B25" s="79"/>
       <c r="C25" s="79"/>
       <c r="D25" s="167">
         <f>SUM(D15:D18)</f>
         <v>0</v>
       </c>
       <c r="E25" s="168">
-        <f t="shared" ref="E25:F25" si="8">SUM(E15:E18)</f>
+        <f>SUM(E15:E18)</f>
         <v>0</v>
       </c>
       <c r="F25" s="168">
-        <f t="shared" si="8"/>
+        <f t="shared" ref="F25" si="8">SUM(F15:F18)</f>
         <v>0</v>
       </c>
       <c r="G25" s="168">
         <f t="shared" ref="G25:AZ25" si="9">SUM(G15:G18)</f>
         <v>0</v>
       </c>
       <c r="H25" s="168">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I25" s="168">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J25" s="168">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="K25" s="168">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L25" s="168">
         <f t="shared" si="9"/>
         <v>0</v>
@@ -19486,53 +19631,53 @@
       </c>
       <c r="BG30" s="159">
         <v>0</v>
       </c>
       <c r="BH30" s="159">
         <v>0</v>
       </c>
       <c r="BI30" s="159">
         <v>0</v>
       </c>
       <c r="BJ30" s="159">
         <v>0</v>
       </c>
       <c r="BK30" s="159">
         <v>0</v>
       </c>
       <c r="BL30" s="86"/>
       <c r="BM30" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN30" s="19"/>
       <c r="BO30" s="19"/>
       <c r="BP30" s="19"/>
     </row>
-    <row r="31" spans="1:68" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>90</v>
+    <row r="31" spans="1:68" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="185" t="s">
+        <v>98</v>
       </c>
       <c r="B31" s="79"/>
       <c r="C31" s="79"/>
       <c r="D31" s="174">
         <v>0</v>
       </c>
       <c r="E31" s="159">
         <v>0</v>
       </c>
       <c r="F31" s="159">
         <v>0</v>
       </c>
       <c r="G31" s="159">
         <v>0</v>
       </c>
       <c r="H31" s="159">
         <v>0</v>
       </c>
       <c r="I31" s="159">
         <v>0</v>
       </c>
       <c r="J31" s="159">
         <v>0</v>
       </c>
       <c r="K31" s="159">
@@ -19673,529 +19818,520 @@
       <c r="BD31" s="159">
         <v>0</v>
       </c>
       <c r="BE31" s="159">
         <v>0</v>
       </c>
       <c r="BF31" s="159">
         <v>0</v>
       </c>
       <c r="BG31" s="159">
         <v>0</v>
       </c>
       <c r="BH31" s="159">
         <v>0</v>
       </c>
       <c r="BI31" s="159">
         <v>0</v>
       </c>
       <c r="BJ31" s="159">
         <v>0</v>
       </c>
       <c r="BK31" s="159">
         <v>0</v>
       </c>
       <c r="BL31" s="86"/>
-      <c r="BM31" s="154">
-[...2 lines deleted...]
-      </c>
+      <c r="BM31" s="154"/>
       <c r="BN31" s="19"/>
       <c r="BO31" s="19"/>
       <c r="BP31" s="19"/>
     </row>
-    <row r="32" spans="1:68" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...246 lines deleted...]
-        <f t="shared" si="13"/>
+    <row r="32" spans="1:68" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="114" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="79"/>
+      <c r="C32" s="79"/>
+      <c r="D32" s="174">
+        <v>0</v>
+      </c>
+      <c r="E32" s="159">
+        <v>0</v>
+      </c>
+      <c r="F32" s="159">
+        <v>0</v>
+      </c>
+      <c r="G32" s="159">
+        <v>0</v>
+      </c>
+      <c r="H32" s="159">
+        <v>0</v>
+      </c>
+      <c r="I32" s="159">
+        <v>0</v>
+      </c>
+      <c r="J32" s="159">
+        <v>0</v>
+      </c>
+      <c r="K32" s="159">
+        <v>0</v>
+      </c>
+      <c r="L32" s="159">
+        <v>0</v>
+      </c>
+      <c r="M32" s="159">
+        <v>0</v>
+      </c>
+      <c r="N32" s="159">
+        <v>0</v>
+      </c>
+      <c r="O32" s="159">
+        <v>0</v>
+      </c>
+      <c r="P32" s="159">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="159">
+        <v>0</v>
+      </c>
+      <c r="R32" s="159">
+        <v>0</v>
+      </c>
+      <c r="S32" s="159">
+        <v>0</v>
+      </c>
+      <c r="T32" s="159">
+        <v>0</v>
+      </c>
+      <c r="U32" s="159">
+        <v>0</v>
+      </c>
+      <c r="V32" s="159">
+        <v>0</v>
+      </c>
+      <c r="W32" s="159">
+        <v>0</v>
+      </c>
+      <c r="X32" s="159">
+        <v>0</v>
+      </c>
+      <c r="Y32" s="159">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AB32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AD32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AE32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AF32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AG32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AH32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AI32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AJ32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AK32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AL32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AM32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AN32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AO32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AP32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AQ32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AR32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AS32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AT32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AU32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AV32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AW32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AX32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AY32" s="159">
+        <v>0</v>
+      </c>
+      <c r="AZ32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BA32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BB32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BC32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BD32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BE32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BF32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BG32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BH32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BI32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BJ32" s="159">
+        <v>0</v>
+      </c>
+      <c r="BK32" s="159">
         <v>0</v>
       </c>
       <c r="BL32" s="86"/>
       <c r="BM32" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN32" s="19"/>
       <c r="BO32" s="19"/>
       <c r="BP32" s="19"/>
     </row>
-    <row r="33" spans="1:68" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-[...188 lines deleted...]
-      <c r="BK33" s="159">
+    <row r="33" spans="1:68" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="109" t="s">
+        <v>91</v>
+      </c>
+      <c r="B33" s="115" t="s">
+        <v>80</v>
+      </c>
+      <c r="C33" s="116" t="s">
+        <v>81</v>
+      </c>
+      <c r="D33" s="173">
+        <f>SUM(D34:D38)</f>
+        <v>0</v>
+      </c>
+      <c r="E33" s="162">
+        <f t="shared" ref="E33:F33" si="11">SUM(E34:E38)</f>
+        <v>0</v>
+      </c>
+      <c r="F33" s="162">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="G33" s="162">
+        <f t="shared" ref="G33:AZ33" si="12">SUM(G34:G38)</f>
+        <v>0</v>
+      </c>
+      <c r="H33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="I33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="L33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="M33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="N33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="O33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="P33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="Q33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="R33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="S33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="T33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="U33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="V33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="W33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="X33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="Y33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="Z33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AA33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AB33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AC33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AD33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AE33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AF33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AG33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AH33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AI33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AJ33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AK33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AL33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AM33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AN33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AO33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AP33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AQ33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AR33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AS33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AT33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AU33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AV33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AW33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AX33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AY33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AZ33" s="162">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="BA33" s="162">
+        <f t="shared" ref="BA33:BK33" si="13">SUM(BA34:BA38)</f>
+        <v>0</v>
+      </c>
+      <c r="BB33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BC33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BD33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BE33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BF33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BG33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BH33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BI33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BJ33" s="162">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="BK33" s="162">
+        <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="BL33" s="86"/>
       <c r="BM33" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN33" s="19"/>
       <c r="BO33" s="19"/>
       <c r="BP33" s="19"/>
     </row>
-    <row r="34" spans="1:68" ht="19.95" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-        <v>0</v>
+    <row r="34" spans="1:68" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="92" t="s">
+        <v>92</v>
+      </c>
+      <c r="B34" s="72" t="str">
+        <f t="shared" ref="B34:C38" si="14">B19</f>
+        <v>VLAIO</v>
+      </c>
+      <c r="C34" s="93" t="str">
+        <f t="shared" si="14"/>
+        <v>HBC.20xx.xxxx</v>
       </c>
       <c r="D34" s="174">
         <v>0</v>
       </c>
       <c r="E34" s="159">
         <v>0</v>
       </c>
       <c r="F34" s="159">
         <v>0</v>
       </c>
       <c r="G34" s="159">
         <v>0</v>
       </c>
       <c r="H34" s="159">
         <v>0</v>
       </c>
       <c r="I34" s="159">
         <v>0</v>
       </c>
       <c r="J34" s="159">
         <v>0</v>
       </c>
       <c r="K34" s="159">
         <v>0</v>
       </c>
@@ -20351,51 +20487,51 @@
       </c>
       <c r="BJ34" s="159">
         <v>0</v>
       </c>
       <c r="BK34" s="159">
         <v>0</v>
       </c>
       <c r="BL34" s="86"/>
       <c r="BM34" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN34" s="19"/>
       <c r="BO34" s="19"/>
       <c r="BP34" s="19"/>
     </row>
     <row r="35" spans="1:68" ht="19.95" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
       <c r="A35" s="94" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="95">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="C35" s="96">
-        <f t="shared" ref="C35:C37" si="15">C21</f>
+        <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="D35" s="174">
         <v>0</v>
       </c>
       <c r="E35" s="159">
         <v>0</v>
       </c>
       <c r="F35" s="159">
         <v>0</v>
       </c>
       <c r="G35" s="159">
         <v>0</v>
       </c>
       <c r="H35" s="159">
         <v>0</v>
       </c>
       <c r="I35" s="159">
         <v>0</v>
       </c>
       <c r="J35" s="159">
         <v>0</v>
       </c>
       <c r="K35" s="159">
         <v>0</v>
@@ -20552,51 +20688,51 @@
       </c>
       <c r="BJ35" s="159">
         <v>0</v>
       </c>
       <c r="BK35" s="159">
         <v>0</v>
       </c>
       <c r="BL35" s="86"/>
       <c r="BM35" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN35" s="19"/>
       <c r="BO35" s="19"/>
       <c r="BP35" s="19"/>
     </row>
     <row r="36" spans="1:68" ht="19.95" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
       <c r="A36" s="94" t="s">
         <v>93</v>
       </c>
       <c r="B36" s="95">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="C36" s="96">
-        <f t="shared" si="15"/>
+        <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="D36" s="174">
         <v>0</v>
       </c>
       <c r="E36" s="159">
         <v>0</v>
       </c>
       <c r="F36" s="159">
         <v>0</v>
       </c>
       <c r="G36" s="159">
         <v>0</v>
       </c>
       <c r="H36" s="159">
         <v>0</v>
       </c>
       <c r="I36" s="159">
         <v>0</v>
       </c>
       <c r="J36" s="159">
         <v>0</v>
       </c>
       <c r="K36" s="159">
         <v>0</v>
@@ -20744,1575 +20880,1770 @@
       </c>
       <c r="BG36" s="159">
         <v>0</v>
       </c>
       <c r="BH36" s="159">
         <v>0</v>
       </c>
       <c r="BI36" s="159">
         <v>0</v>
       </c>
       <c r="BJ36" s="159">
         <v>0</v>
       </c>
       <c r="BK36" s="159">
         <v>0</v>
       </c>
       <c r="BL36" s="86"/>
       <c r="BM36" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN36" s="19"/>
       <c r="BO36" s="19"/>
       <c r="BP36" s="19"/>
     </row>
-    <row r="37" spans="1:68" ht="19.95" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:68" ht="19.95" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.3">
       <c r="A37" s="94" t="s">
         <v>93</v>
       </c>
-      <c r="B37" s="97">
+      <c r="B37" s="95">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="C37" s="98">
-[...180 lines deleted...]
-      <c r="BK37" s="164">
+      <c r="C37" s="96">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="D37" s="174">
+        <v>0</v>
+      </c>
+      <c r="E37" s="159">
+        <v>0</v>
+      </c>
+      <c r="F37" s="159">
+        <v>0</v>
+      </c>
+      <c r="G37" s="159">
+        <v>0</v>
+      </c>
+      <c r="H37" s="159">
+        <v>0</v>
+      </c>
+      <c r="I37" s="159">
+        <v>0</v>
+      </c>
+      <c r="J37" s="159">
+        <v>0</v>
+      </c>
+      <c r="K37" s="159">
+        <v>0</v>
+      </c>
+      <c r="L37" s="159">
+        <v>0</v>
+      </c>
+      <c r="M37" s="159">
+        <v>0</v>
+      </c>
+      <c r="N37" s="159">
+        <v>0</v>
+      </c>
+      <c r="O37" s="159">
+        <v>0</v>
+      </c>
+      <c r="P37" s="159">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="159">
+        <v>0</v>
+      </c>
+      <c r="R37" s="159">
+        <v>0</v>
+      </c>
+      <c r="S37" s="159">
+        <v>0</v>
+      </c>
+      <c r="T37" s="159">
+        <v>0</v>
+      </c>
+      <c r="U37" s="159">
+        <v>0</v>
+      </c>
+      <c r="V37" s="159">
+        <v>0</v>
+      </c>
+      <c r="W37" s="159">
+        <v>0</v>
+      </c>
+      <c r="X37" s="159">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="159">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AB37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AC37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AD37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AE37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AF37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AG37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AH37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AI37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AJ37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AK37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AL37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AM37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AN37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AO37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AP37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AQ37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AR37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AS37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AT37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AU37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AV37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AW37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AX37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AY37" s="159">
+        <v>0</v>
+      </c>
+      <c r="AZ37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BA37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BB37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BC37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BD37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BE37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BF37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BG37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BH37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BI37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BJ37" s="159">
+        <v>0</v>
+      </c>
+      <c r="BK37" s="159">
         <v>0</v>
       </c>
       <c r="BL37" s="86"/>
-      <c r="BM37" s="155">
+      <c r="BM37" s="154">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN37" s="19"/>
       <c r="BO37" s="19"/>
       <c r="BP37" s="19"/>
     </row>
-    <row r="38" spans="1:68" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...62 lines deleted...]
-      <c r="BK38" s="165"/>
+    <row r="38" spans="1:68" ht="19.95" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="B38" s="97">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="C38" s="98">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="D38" s="175">
+        <v>0</v>
+      </c>
+      <c r="E38" s="164">
+        <v>0</v>
+      </c>
+      <c r="F38" s="164">
+        <v>0</v>
+      </c>
+      <c r="G38" s="164">
+        <v>0</v>
+      </c>
+      <c r="H38" s="164">
+        <v>0</v>
+      </c>
+      <c r="I38" s="164">
+        <v>0</v>
+      </c>
+      <c r="J38" s="164">
+        <v>0</v>
+      </c>
+      <c r="K38" s="164">
+        <v>0</v>
+      </c>
+      <c r="L38" s="164">
+        <v>0</v>
+      </c>
+      <c r="M38" s="164">
+        <v>0</v>
+      </c>
+      <c r="N38" s="164">
+        <v>0</v>
+      </c>
+      <c r="O38" s="164">
+        <v>0</v>
+      </c>
+      <c r="P38" s="164">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="164">
+        <v>0</v>
+      </c>
+      <c r="R38" s="164">
+        <v>0</v>
+      </c>
+      <c r="S38" s="164">
+        <v>0</v>
+      </c>
+      <c r="T38" s="164">
+        <v>0</v>
+      </c>
+      <c r="U38" s="164">
+        <v>0</v>
+      </c>
+      <c r="V38" s="164">
+        <v>0</v>
+      </c>
+      <c r="W38" s="164">
+        <v>0</v>
+      </c>
+      <c r="X38" s="164">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="164">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AB38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AD38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AE38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AF38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AG38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AH38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AI38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AJ38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AK38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AL38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AM38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AN38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AO38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AP38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AQ38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AR38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AS38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AT38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AU38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AV38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AW38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AX38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AY38" s="164">
+        <v>0</v>
+      </c>
+      <c r="AZ38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BA38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BB38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BC38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BD38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BE38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BF38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BG38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BH38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BI38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BJ38" s="164">
+        <v>0</v>
+      </c>
+      <c r="BK38" s="164">
+        <v>0</v>
+      </c>
       <c r="BL38" s="86"/>
-      <c r="BM38" s="166">
+      <c r="BM38" s="155">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN38" s="19"/>
       <c r="BO38" s="19"/>
       <c r="BP38" s="19"/>
     </row>
-    <row r="39" spans="1:68" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...246 lines deleted...]
-      <c r="BM39" s="152">
+    <row r="39" spans="1:68" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="87"/>
+      <c r="B39" s="87"/>
+      <c r="C39" s="87"/>
+      <c r="D39" s="165"/>
+      <c r="E39" s="165"/>
+      <c r="F39" s="165"/>
+      <c r="G39" s="165"/>
+      <c r="H39" s="165"/>
+      <c r="I39" s="165"/>
+      <c r="J39" s="165"/>
+      <c r="K39" s="165"/>
+      <c r="L39" s="165"/>
+      <c r="M39" s="165"/>
+      <c r="N39" s="165"/>
+      <c r="O39" s="165"/>
+      <c r="P39" s="165"/>
+      <c r="Q39" s="165"/>
+      <c r="R39" s="165"/>
+      <c r="S39" s="165"/>
+      <c r="T39" s="165"/>
+      <c r="U39" s="165"/>
+      <c r="V39" s="165"/>
+      <c r="W39" s="165"/>
+      <c r="X39" s="165"/>
+      <c r="Y39" s="165"/>
+      <c r="Z39" s="165"/>
+      <c r="AA39" s="165"/>
+      <c r="AB39" s="165"/>
+      <c r="AC39" s="165"/>
+      <c r="AD39" s="165"/>
+      <c r="AE39" s="165"/>
+      <c r="AF39" s="165"/>
+      <c r="AG39" s="165"/>
+      <c r="AH39" s="165"/>
+      <c r="AI39" s="165"/>
+      <c r="AJ39" s="165"/>
+      <c r="AK39" s="165"/>
+      <c r="AL39" s="165"/>
+      <c r="AM39" s="165"/>
+      <c r="AN39" s="165"/>
+      <c r="AO39" s="165"/>
+      <c r="AP39" s="165"/>
+      <c r="AQ39" s="165"/>
+      <c r="AR39" s="165"/>
+      <c r="AS39" s="165"/>
+      <c r="AT39" s="165"/>
+      <c r="AU39" s="165"/>
+      <c r="AV39" s="165"/>
+      <c r="AW39" s="165"/>
+      <c r="AX39" s="165"/>
+      <c r="AY39" s="165"/>
+      <c r="AZ39" s="165"/>
+      <c r="BA39" s="165"/>
+      <c r="BB39" s="165"/>
+      <c r="BC39" s="165"/>
+      <c r="BD39" s="165"/>
+      <c r="BE39" s="165"/>
+      <c r="BF39" s="165"/>
+      <c r="BG39" s="165"/>
+      <c r="BH39" s="165"/>
+      <c r="BI39" s="165"/>
+      <c r="BJ39" s="165"/>
+      <c r="BK39" s="165"/>
+      <c r="BL39" s="86"/>
+      <c r="BM39" s="166">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN39" s="19"/>
       <c r="BO39" s="19"/>
       <c r="BP39" s="19"/>
     </row>
-    <row r="40" spans="1:68" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...64 lines deleted...]
-      <c r="BM40" s="166">
+    <row r="40" spans="1:68" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="105" t="s">
+        <v>94</v>
+      </c>
+      <c r="B40" s="79"/>
+      <c r="C40" s="79"/>
+      <c r="D40" s="167">
+        <f>SUM(D28:D33)</f>
+        <v>0</v>
+      </c>
+      <c r="E40" s="168">
+        <f t="shared" ref="E40:F40" si="15">SUM(E28:E33)</f>
+        <v>0</v>
+      </c>
+      <c r="F40" s="168">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="G40" s="168">
+        <f t="shared" ref="G40:AZ40" si="16">SUM(G28:G33)</f>
+        <v>0</v>
+      </c>
+      <c r="H40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="I40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="J40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="K40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="L40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="M40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="N40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="O40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="P40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="Q40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="R40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="S40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="T40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="U40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="V40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="W40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="X40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="Y40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="Z40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AA40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AB40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AC40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AD40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AE40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AF40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AG40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AH40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AI40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AJ40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AK40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AL40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AM40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AN40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AO40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AP40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AQ40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AR40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AS40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AT40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AU40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AV40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AW40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AX40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AY40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AZ40" s="168">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="BA40" s="168">
+        <f t="shared" ref="BA40:BK40" si="17">SUM(BA28:BA33)</f>
+        <v>0</v>
+      </c>
+      <c r="BB40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BC40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BD40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BE40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BF40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BG40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BH40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BI40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BJ40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BK40" s="168">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="BL40" s="88"/>
+      <c r="BM40" s="152">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN40" s="19"/>
       <c r="BO40" s="19"/>
       <c r="BP40" s="19"/>
     </row>
-    <row r="41" spans="1:68" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...244 lines deleted...]
-      </c>
+    <row r="41" spans="1:68" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="117"/>
+      <c r="B41" s="87"/>
+      <c r="C41" s="87"/>
+      <c r="D41" s="165"/>
+      <c r="E41" s="165"/>
+      <c r="F41" s="165"/>
+      <c r="G41" s="165"/>
+      <c r="H41" s="165"/>
+      <c r="I41" s="165"/>
+      <c r="J41" s="165"/>
+      <c r="K41" s="165"/>
+      <c r="L41" s="165"/>
+      <c r="M41" s="165"/>
+      <c r="N41" s="165"/>
+      <c r="O41" s="165"/>
+      <c r="P41" s="165"/>
+      <c r="Q41" s="165"/>
+      <c r="R41" s="165"/>
+      <c r="S41" s="165"/>
+      <c r="T41" s="165"/>
+      <c r="U41" s="165"/>
+      <c r="V41" s="165"/>
+      <c r="W41" s="165"/>
+      <c r="X41" s="165"/>
+      <c r="Y41" s="165"/>
+      <c r="Z41" s="165"/>
+      <c r="AA41" s="165"/>
+      <c r="AB41" s="165"/>
+      <c r="AC41" s="165"/>
+      <c r="AD41" s="165"/>
+      <c r="AE41" s="165"/>
+      <c r="AF41" s="165"/>
+      <c r="AG41" s="165"/>
+      <c r="AH41" s="165"/>
+      <c r="AI41" s="165"/>
+      <c r="AJ41" s="165"/>
+      <c r="AK41" s="165"/>
+      <c r="AL41" s="165"/>
+      <c r="AM41" s="165"/>
+      <c r="AN41" s="165"/>
+      <c r="AO41" s="165"/>
+      <c r="AP41" s="165"/>
+      <c r="AQ41" s="165"/>
+      <c r="AR41" s="165"/>
+      <c r="AS41" s="165"/>
+      <c r="AT41" s="165"/>
+      <c r="AU41" s="165"/>
+      <c r="AV41" s="165"/>
+      <c r="AW41" s="165"/>
+      <c r="AX41" s="165"/>
+      <c r="AY41" s="165"/>
+      <c r="AZ41" s="165"/>
+      <c r="BA41" s="165"/>
+      <c r="BB41" s="165"/>
+      <c r="BC41" s="165"/>
+      <c r="BD41" s="165"/>
+      <c r="BE41" s="165"/>
+      <c r="BF41" s="165"/>
+      <c r="BG41" s="165"/>
+      <c r="BH41" s="165"/>
+      <c r="BI41" s="165"/>
+      <c r="BJ41" s="165"/>
+      <c r="BK41" s="165"/>
       <c r="BL41" s="86"/>
-      <c r="BM41" s="152">
+      <c r="BM41" s="166">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN41" s="19"/>
       <c r="BO41" s="19"/>
       <c r="BP41" s="19"/>
     </row>
-    <row r="42" spans="1:68" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...62 lines deleted...]
-      <c r="BK42" s="165"/>
+    <row r="42" spans="1:68" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="118" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42" s="79"/>
+      <c r="C42" s="79"/>
+      <c r="D42" s="176">
+        <f t="shared" ref="D42:F42" si="18">D12+D25+D40</f>
+        <v>0</v>
+      </c>
+      <c r="E42" s="177">
+        <f t="shared" si="18"/>
+        <v>0</v>
+      </c>
+      <c r="F42" s="177">
+        <f t="shared" si="18"/>
+        <v>0</v>
+      </c>
+      <c r="G42" s="177">
+        <f t="shared" ref="G42:AZ42" si="19">G12+G25+G40</f>
+        <v>0</v>
+      </c>
+      <c r="H42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="I42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="J42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="L42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="M42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="N42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="O42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="P42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="Q42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="R42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="S42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="T42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="U42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="V42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="W42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="X42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="Y42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="Z42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AA42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AB42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AC42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AD42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AE42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AF42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AG42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AH42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AI42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AJ42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AK42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AL42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AM42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AN42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AO42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AP42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AQ42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AR42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AS42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AT42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AU42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AV42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AW42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AX42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AY42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AZ42" s="177">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="BA42" s="177">
+        <f t="shared" ref="BA42:BK42" si="20">BA12+BA25+BA40</f>
+        <v>0</v>
+      </c>
+      <c r="BB42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BC42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BD42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BE42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BF42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BG42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BH42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BI42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BJ42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="BK42" s="177">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
       <c r="BL42" s="86"/>
-      <c r="BM42" s="166">
+      <c r="BM42" s="152">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="BN42" s="19"/>
       <c r="BO42" s="19"/>
       <c r="BP42" s="19"/>
     </row>
-    <row r="43" spans="1:68" ht="19.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...241 lines deleted...]
-      </c>
+    <row r="43" spans="1:68" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="117"/>
+      <c r="B43" s="87"/>
+      <c r="C43" s="87"/>
+      <c r="D43" s="165"/>
+      <c r="E43" s="165"/>
+      <c r="F43" s="165"/>
+      <c r="G43" s="165"/>
+      <c r="H43" s="165"/>
+      <c r="I43" s="165"/>
+      <c r="J43" s="165"/>
+      <c r="K43" s="165"/>
+      <c r="L43" s="165"/>
+      <c r="M43" s="165"/>
+      <c r="N43" s="165"/>
+      <c r="O43" s="165"/>
+      <c r="P43" s="165"/>
+      <c r="Q43" s="165"/>
+      <c r="R43" s="165"/>
+      <c r="S43" s="165"/>
+      <c r="T43" s="165"/>
+      <c r="U43" s="165"/>
+      <c r="V43" s="165"/>
+      <c r="W43" s="165"/>
+      <c r="X43" s="165"/>
+      <c r="Y43" s="165"/>
+      <c r="Z43" s="165"/>
+      <c r="AA43" s="165"/>
+      <c r="AB43" s="165"/>
+      <c r="AC43" s="165"/>
+      <c r="AD43" s="165"/>
+      <c r="AE43" s="165"/>
+      <c r="AF43" s="165"/>
+      <c r="AG43" s="165"/>
+      <c r="AH43" s="165"/>
+      <c r="AI43" s="165"/>
+      <c r="AJ43" s="165"/>
+      <c r="AK43" s="165"/>
+      <c r="AL43" s="165"/>
+      <c r="AM43" s="165"/>
+      <c r="AN43" s="165"/>
+      <c r="AO43" s="165"/>
+      <c r="AP43" s="165"/>
+      <c r="AQ43" s="165"/>
+      <c r="AR43" s="165"/>
+      <c r="AS43" s="165"/>
+      <c r="AT43" s="165"/>
+      <c r="AU43" s="165"/>
+      <c r="AV43" s="165"/>
+      <c r="AW43" s="165"/>
+      <c r="AX43" s="165"/>
+      <c r="AY43" s="165"/>
+      <c r="AZ43" s="165"/>
+      <c r="BA43" s="165"/>
+      <c r="BB43" s="165"/>
+      <c r="BC43" s="165"/>
+      <c r="BD43" s="165"/>
+      <c r="BE43" s="165"/>
+      <c r="BF43" s="165"/>
+      <c r="BG43" s="165"/>
+      <c r="BH43" s="165"/>
+      <c r="BI43" s="165"/>
+      <c r="BJ43" s="165"/>
+      <c r="BK43" s="165"/>
       <c r="BL43" s="86"/>
-      <c r="BM43" s="152"/>
+      <c r="BM43" s="166">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
       <c r="BN43" s="19"/>
       <c r="BO43" s="19"/>
       <c r="BP43" s="19"/>
     </row>
-    <row r="44" spans="1:68" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...62 lines deleted...]
-      <c r="BK44" s="165"/>
+    <row r="44" spans="1:68" ht="19.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="118" t="s">
+        <v>96</v>
+      </c>
+      <c r="D44" s="178">
+        <v>0</v>
+      </c>
+      <c r="E44" s="177">
+        <f>D46</f>
+        <v>0</v>
+      </c>
+      <c r="F44" s="177">
+        <f t="shared" ref="F44" si="21">E46</f>
+        <v>0</v>
+      </c>
+      <c r="G44" s="177">
+        <f t="shared" ref="G44" si="22">F46</f>
+        <v>0</v>
+      </c>
+      <c r="H44" s="177">
+        <f t="shared" ref="H44" si="23">G46</f>
+        <v>0</v>
+      </c>
+      <c r="I44" s="177">
+        <f t="shared" ref="I44" si="24">H46</f>
+        <v>0</v>
+      </c>
+      <c r="J44" s="177">
+        <f t="shared" ref="J44" si="25">I46</f>
+        <v>0</v>
+      </c>
+      <c r="K44" s="177">
+        <f t="shared" ref="K44" si="26">J46</f>
+        <v>0</v>
+      </c>
+      <c r="L44" s="177">
+        <f t="shared" ref="L44" si="27">K46</f>
+        <v>0</v>
+      </c>
+      <c r="M44" s="177">
+        <f t="shared" ref="M44" si="28">L46</f>
+        <v>0</v>
+      </c>
+      <c r="N44" s="177">
+        <f t="shared" ref="N44" si="29">M46</f>
+        <v>0</v>
+      </c>
+      <c r="O44" s="177">
+        <f t="shared" ref="O44" si="30">N46</f>
+        <v>0</v>
+      </c>
+      <c r="P44" s="177">
+        <f t="shared" ref="P44" si="31">O46</f>
+        <v>0</v>
+      </c>
+      <c r="Q44" s="177">
+        <f t="shared" ref="Q44" si="32">P46</f>
+        <v>0</v>
+      </c>
+      <c r="R44" s="177">
+        <f t="shared" ref="R44" si="33">Q46</f>
+        <v>0</v>
+      </c>
+      <c r="S44" s="177">
+        <f t="shared" ref="S44" si="34">R46</f>
+        <v>0</v>
+      </c>
+      <c r="T44" s="177">
+        <f t="shared" ref="T44" si="35">S46</f>
+        <v>0</v>
+      </c>
+      <c r="U44" s="177">
+        <f t="shared" ref="U44" si="36">T46</f>
+        <v>0</v>
+      </c>
+      <c r="V44" s="177">
+        <f t="shared" ref="V44" si="37">U46</f>
+        <v>0</v>
+      </c>
+      <c r="W44" s="177">
+        <f t="shared" ref="W44" si="38">V46</f>
+        <v>0</v>
+      </c>
+      <c r="X44" s="177">
+        <f t="shared" ref="X44" si="39">W46</f>
+        <v>0</v>
+      </c>
+      <c r="Y44" s="177">
+        <f t="shared" ref="Y44" si="40">X46</f>
+        <v>0</v>
+      </c>
+      <c r="Z44" s="177">
+        <f t="shared" ref="Z44" si="41">Y46</f>
+        <v>0</v>
+      </c>
+      <c r="AA44" s="177">
+        <f t="shared" ref="AA44" si="42">Z46</f>
+        <v>0</v>
+      </c>
+      <c r="AB44" s="177">
+        <f t="shared" ref="AB44" si="43">AA46</f>
+        <v>0</v>
+      </c>
+      <c r="AC44" s="177">
+        <f t="shared" ref="AC44" si="44">AB46</f>
+        <v>0</v>
+      </c>
+      <c r="AD44" s="177">
+        <f t="shared" ref="AD44" si="45">AC46</f>
+        <v>0</v>
+      </c>
+      <c r="AE44" s="177">
+        <f t="shared" ref="AE44" si="46">AD46</f>
+        <v>0</v>
+      </c>
+      <c r="AF44" s="177">
+        <f t="shared" ref="AF44" si="47">AE46</f>
+        <v>0</v>
+      </c>
+      <c r="AG44" s="177">
+        <f t="shared" ref="AG44" si="48">AF46</f>
+        <v>0</v>
+      </c>
+      <c r="AH44" s="177">
+        <f t="shared" ref="AH44" si="49">AG46</f>
+        <v>0</v>
+      </c>
+      <c r="AI44" s="177">
+        <f t="shared" ref="AI44" si="50">AH46</f>
+        <v>0</v>
+      </c>
+      <c r="AJ44" s="177">
+        <f t="shared" ref="AJ44" si="51">AI46</f>
+        <v>0</v>
+      </c>
+      <c r="AK44" s="177">
+        <f t="shared" ref="AK44" si="52">AJ46</f>
+        <v>0</v>
+      </c>
+      <c r="AL44" s="177">
+        <f t="shared" ref="AL44" si="53">AK46</f>
+        <v>0</v>
+      </c>
+      <c r="AM44" s="177">
+        <f t="shared" ref="AM44" si="54">AL46</f>
+        <v>0</v>
+      </c>
+      <c r="AN44" s="177">
+        <f t="shared" ref="AN44" si="55">AM46</f>
+        <v>0</v>
+      </c>
+      <c r="AO44" s="177">
+        <f t="shared" ref="AO44" si="56">AN46</f>
+        <v>0</v>
+      </c>
+      <c r="AP44" s="177">
+        <f t="shared" ref="AP44" si="57">AO46</f>
+        <v>0</v>
+      </c>
+      <c r="AQ44" s="177">
+        <f t="shared" ref="AQ44" si="58">AP46</f>
+        <v>0</v>
+      </c>
+      <c r="AR44" s="177">
+        <f t="shared" ref="AR44" si="59">AQ46</f>
+        <v>0</v>
+      </c>
+      <c r="AS44" s="177">
+        <f t="shared" ref="AS44" si="60">AR46</f>
+        <v>0</v>
+      </c>
+      <c r="AT44" s="177">
+        <f t="shared" ref="AT44" si="61">AS46</f>
+        <v>0</v>
+      </c>
+      <c r="AU44" s="177">
+        <f t="shared" ref="AU44" si="62">AT46</f>
+        <v>0</v>
+      </c>
+      <c r="AV44" s="177">
+        <f t="shared" ref="AV44" si="63">AU46</f>
+        <v>0</v>
+      </c>
+      <c r="AW44" s="177">
+        <f t="shared" ref="AW44" si="64">AV46</f>
+        <v>0</v>
+      </c>
+      <c r="AX44" s="177">
+        <f t="shared" ref="AX44" si="65">AW46</f>
+        <v>0</v>
+      </c>
+      <c r="AY44" s="177">
+        <f t="shared" ref="AY44" si="66">AX46</f>
+        <v>0</v>
+      </c>
+      <c r="AZ44" s="177">
+        <f t="shared" ref="AZ44" si="67">AY46</f>
+        <v>0</v>
+      </c>
+      <c r="BA44" s="177">
+        <f t="shared" ref="BA44" si="68">AZ46</f>
+        <v>0</v>
+      </c>
+      <c r="BB44" s="177">
+        <f t="shared" ref="BB44" si="69">BA46</f>
+        <v>0</v>
+      </c>
+      <c r="BC44" s="177">
+        <f t="shared" ref="BC44" si="70">BB46</f>
+        <v>0</v>
+      </c>
+      <c r="BD44" s="177">
+        <f t="shared" ref="BD44" si="71">BC46</f>
+        <v>0</v>
+      </c>
+      <c r="BE44" s="177">
+        <f t="shared" ref="BE44" si="72">BD46</f>
+        <v>0</v>
+      </c>
+      <c r="BF44" s="177">
+        <f t="shared" ref="BF44" si="73">BE46</f>
+        <v>0</v>
+      </c>
+      <c r="BG44" s="177">
+        <f t="shared" ref="BG44" si="74">BF46</f>
+        <v>0</v>
+      </c>
+      <c r="BH44" s="177">
+        <f t="shared" ref="BH44" si="75">BG46</f>
+        <v>0</v>
+      </c>
+      <c r="BI44" s="177">
+        <f t="shared" ref="BI44" si="76">BH46</f>
+        <v>0</v>
+      </c>
+      <c r="BJ44" s="177">
+        <f t="shared" ref="BJ44" si="77">BI46</f>
+        <v>0</v>
+      </c>
+      <c r="BK44" s="177">
+        <f t="shared" ref="BK44" si="78">BJ46</f>
+        <v>0</v>
+      </c>
       <c r="BL44" s="86"/>
-      <c r="BM44" s="166">
-[...2 lines deleted...]
-      </c>
+      <c r="BM44" s="152"/>
       <c r="BN44" s="19"/>
       <c r="BO44" s="19"/>
       <c r="BP44" s="19"/>
     </row>
-    <row r="45" spans="1:68" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...246 lines deleted...]
-      <c r="BM45" s="181"/>
+    <row r="45" spans="1:68" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="117"/>
+      <c r="B45" s="87"/>
+      <c r="C45" s="87"/>
+      <c r="D45" s="165"/>
+      <c r="E45" s="165"/>
+      <c r="F45" s="165"/>
+      <c r="G45" s="165"/>
+      <c r="H45" s="165"/>
+      <c r="I45" s="165"/>
+      <c r="J45" s="165"/>
+      <c r="K45" s="165"/>
+      <c r="L45" s="165"/>
+      <c r="M45" s="165"/>
+      <c r="N45" s="165"/>
+      <c r="O45" s="165"/>
+      <c r="P45" s="165"/>
+      <c r="Q45" s="165"/>
+      <c r="R45" s="165"/>
+      <c r="S45" s="165"/>
+      <c r="T45" s="165"/>
+      <c r="U45" s="165"/>
+      <c r="V45" s="165"/>
+      <c r="W45" s="165"/>
+      <c r="X45" s="165"/>
+      <c r="Y45" s="165"/>
+      <c r="Z45" s="165"/>
+      <c r="AA45" s="165"/>
+      <c r="AB45" s="165"/>
+      <c r="AC45" s="165"/>
+      <c r="AD45" s="165"/>
+      <c r="AE45" s="165"/>
+      <c r="AF45" s="165"/>
+      <c r="AG45" s="165"/>
+      <c r="AH45" s="165"/>
+      <c r="AI45" s="165"/>
+      <c r="AJ45" s="165"/>
+      <c r="AK45" s="165"/>
+      <c r="AL45" s="165"/>
+      <c r="AM45" s="165"/>
+      <c r="AN45" s="165"/>
+      <c r="AO45" s="165"/>
+      <c r="AP45" s="165"/>
+      <c r="AQ45" s="165"/>
+      <c r="AR45" s="165"/>
+      <c r="AS45" s="165"/>
+      <c r="AT45" s="165"/>
+      <c r="AU45" s="165"/>
+      <c r="AV45" s="165"/>
+      <c r="AW45" s="165"/>
+      <c r="AX45" s="165"/>
+      <c r="AY45" s="165"/>
+      <c r="AZ45" s="165"/>
+      <c r="BA45" s="165"/>
+      <c r="BB45" s="165"/>
+      <c r="BC45" s="165"/>
+      <c r="BD45" s="165"/>
+      <c r="BE45" s="165"/>
+      <c r="BF45" s="165"/>
+      <c r="BG45" s="165"/>
+      <c r="BH45" s="165"/>
+      <c r="BI45" s="165"/>
+      <c r="BJ45" s="165"/>
+      <c r="BK45" s="165"/>
+      <c r="BL45" s="86"/>
+      <c r="BM45" s="166">
+        <f>SUMIF(D$4:BK$4,1,D45:BK45)</f>
+        <v>0</v>
+      </c>
       <c r="BN45" s="19"/>
       <c r="BO45" s="19"/>
       <c r="BP45" s="19"/>
     </row>
-    <row r="46" spans="1:68" ht="15" thickTop="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      </c>
+    <row r="46" spans="1:68" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="119" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="79"/>
+      <c r="C46" s="79"/>
+      <c r="D46" s="179">
+        <f>D42+D44</f>
+        <v>0</v>
+      </c>
+      <c r="E46" s="180">
+        <f t="shared" ref="E46:F46" si="79">E42+E44</f>
+        <v>0</v>
+      </c>
+      <c r="F46" s="180">
+        <f t="shared" si="79"/>
+        <v>0</v>
+      </c>
+      <c r="G46" s="180">
+        <f t="shared" ref="G46:AZ46" si="80">G42+G44</f>
+        <v>0</v>
+      </c>
+      <c r="H46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="I46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="J46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="K46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="L46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="M46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="N46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="O46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="P46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="Q46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="R46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="S46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="T46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="U46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="V46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="W46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="X46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="Y46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="Z46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AA46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AB46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AC46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AD46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AE46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AF46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AG46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AH46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AI46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AJ46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AK46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AL46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AM46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AN46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AO46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AP46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AQ46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AR46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AS46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AT46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AU46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AV46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AW46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AX46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AY46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="AZ46" s="180">
+        <f t="shared" si="80"/>
+        <v>0</v>
+      </c>
+      <c r="BA46" s="180">
+        <f t="shared" ref="BA46:BK46" si="81">BA42+BA44</f>
+        <v>0</v>
+      </c>
+      <c r="BB46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BC46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BD46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BE46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BF46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BG46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BH46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BI46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BJ46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BK46" s="180">
+        <f t="shared" si="81"/>
+        <v>0</v>
+      </c>
+      <c r="BL46" s="88"/>
+      <c r="BM46" s="181"/>
+      <c r="BN46" s="19"/>
+      <c r="BO46" s="19"/>
+      <c r="BP46" s="19"/>
     </row>
-    <row r="47" spans="1:68" x14ac:dyDescent="0.3">
-      <c r="A47" s="99"/>
+    <row r="47" spans="1:68" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="BM47" s="134">
         <f>SUM($D47:G47)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:68" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="D48" s="121"/>
+    <row r="48" spans="1:68" x14ac:dyDescent="0.3">
+      <c r="A48" s="99"/>
+      <c r="BM48" s="134">
+        <f>SUM($D48:G48)</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A49" s="121"/>
+    <row r="49" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A49" s="120"/>
       <c r="B49" s="121"/>
       <c r="C49" s="121"/>
       <c r="D49" s="121"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A50" s="121"/>
       <c r="B50" s="121"/>
       <c r="C50" s="121"/>
       <c r="D50" s="121"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A51" s="121"/>
       <c r="B51" s="121"/>
       <c r="C51" s="121"/>
       <c r="D51" s="121"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A52" s="121"/>
       <c r="B52" s="121"/>
       <c r="C52" s="121"/>
       <c r="D52" s="121"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A53" s="121"/>
       <c r="B53" s="121"/>
@@ -22369,199 +22700,212 @@
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A62" s="121"/>
       <c r="B62" s="121"/>
       <c r="C62" s="121"/>
       <c r="D62" s="121"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A63" s="121"/>
       <c r="B63" s="121"/>
       <c r="C63" s="121"/>
       <c r="D63" s="121"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A64" s="121"/>
       <c r="B64" s="121"/>
       <c r="C64" s="121"/>
       <c r="D64" s="121"/>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A65" s="121"/>
       <c r="B65" s="121"/>
       <c r="C65" s="121"/>
       <c r="D65" s="121"/>
     </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A66" s="121"/>
+      <c r="B66" s="121"/>
+      <c r="C66" s="121"/>
+      <c r="D66" s="121"/>
+    </row>
   </sheetData>
   <dataConsolidate/>
   <phoneticPr fontId="5" type="noConversion"/>
   <conditionalFormatting sqref="D1:BK1048576">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>D$4=0</formula>
     </cfRule>
   </conditionalFormatting>
+  <dataValidations count="1">
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ongeldige invoer" error="Alleen negatieve bedragen of 0 zijn toegestaan." sqref="D19:BK23" xr:uid="{8A62E533-744E-4E89-858E-90A230459E04}">
+      <formula1>D19&lt;=0</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="14" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2E4BC4F-0627-4106-A659-C2BA5B500D4E}">
   <sheetPr codeName="Blad5"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B20" sqref="B20"/>
+      <selection activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <sheetProtection algorithmName="SHA-512" hashValue="YEJyTJVI8b5RiUhCKUxUZuKnFz2KY/ncwHOHI70/ZfgbwsiAMcY4Oyn1xRFfX4I+orrpHJzwCsntg7SAWM6pug==" saltValue="86R9LvAJzmbceVBNDSUWBg==" spinCount="100000" sheet="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...30 lines deleted...]
-    <xsd:import namespace="976edd66-4b95-4e2e-94aa-b6e5e9eb2dbc"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="9499400d38a9f9d214d14d91a668f6d6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d05fed5db075eb8ebc7a69d832869e4" ns2:_="" ns3:_="">
+    <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c6524b90-8d08-46cc-8038-5b133ddb17b0" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9788433e-09c9-45d6-b37e-647a3dcd40bc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
-        <xsd:complexContent>
-[...13 lines deleted...]
-        </xsd:complexContent>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Gedeeld met details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="20" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a9791f0e-b41f-4de0-98e2-7befb4a51de1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -22619,127 +22963,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC8651BB-8DF2-4D14-A7E4-78A7B401A746}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3EE136E-D57C-4437-AC9A-2B5D20131EDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="c6524b90-8d08-46cc-8038-5b133ddb17b0"/>
-    <ds:schemaRef ds:uri="976edd66-4b95-4e2e-94aa-b6e5e9eb2dbc"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FED3FE0-6E8F-44DF-97A6-193D3D48B49A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12F63C22-FEE4-460B-A345-B84FE4F8466C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Werkbladen</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Benoemde bereiken</vt:lpstr>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>lees dit eerst</vt:lpstr>
       <vt:lpstr>geproj. resultatenrekening</vt:lpstr>
       <vt:lpstr>motivatie bedrijfsopbrengsten</vt:lpstr>
       <vt:lpstr>kasstroomplan</vt:lpstr>
       <vt:lpstr>aan te leveren bijlagen</vt:lpstr>
-      <vt:lpstr>kasstroomplan!Afdrukbereik</vt:lpstr>
-      <vt:lpstr>'lees dit eerst'!Afdrukbereik</vt:lpstr>
+      <vt:lpstr>kasstroomplan!Print_Area</vt:lpstr>
+      <vt:lpstr>'lees dit eerst'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Vlaamse overheid</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mels, Johan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A4098B094FAA3B41908050B993F75E3B</vt:lpwstr>
+    <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>100</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>