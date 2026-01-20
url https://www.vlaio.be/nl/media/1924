--- v0 (2025-11-21)
+++ v1 (2026-01-20)
@@ -19,57 +19,57 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/word/intelligence.xml" ContentType="application/vnd.ms-office.intelligence+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D6E2D0F" w14:textId="7860F462" w:rsidR="00314F39" w:rsidRDefault="00B5559F" w:rsidP="00314F39">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A8C4AF7" wp14:editId="2B8BB665">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A8C4AF7" wp14:editId="762CA16F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:align>left</wp:align>
+              <wp:posOffset>-57150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
-              <wp:align>top</wp:align>
+              <wp:posOffset>-209550</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7559400" cy="10684800"/>
             <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559400" cy="10684800"/>
@@ -143,116 +143,116 @@
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
                             <ma14:wrappingTextBoxFlag xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="307382CC" w14:textId="2827381A" w:rsidR="00314F39" w:rsidRPr="00314F39" w:rsidRDefault="00314F39" w:rsidP="00314F39">
                             <w:pPr>
-                              <w:pStyle w:val="Title"/>
+                              <w:pStyle w:val="Titel"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00314F39">
                               <w:t>Innovatieve starters</w:t>
                             </w:r>
                             <w:r w:rsidR="00E45BFD">
                               <w:t>s</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00314F39">
                               <w:t>teun</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="579A2A49" w14:textId="47ADB71D" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00314F39">
                             <w:pPr>
-                              <w:pStyle w:val="Subtitle"/>
+                              <w:pStyle w:val="Ondertitel"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00314F39">
                               <w:t>Aanmeldingstemplate</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="639803D2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Title: Titel van het document - Description: Titel van het document" style="position:absolute;margin-left:30.9pt;margin-top:216.6pt;width:507.6pt;height:79.2pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhBn6oYQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0iKWsYiUtSBOk1C&#10;gCgTz65jk2iOz7OvTbq/fmcnLR3bC9NeHOd+33ff+eKybw3bKh8asCWfnOScKSuhauxzyb89Lj+c&#10;cxZQ2EoYsKrkOxX45fz9u4vOFeoUajCV8oyC2FB0ruQ1oiuyLMhatSKcgFOWlBp8K5B+/XNWedFR&#10;9NZkp3l+lnXgK+dBqhBIej0o+TzF11pJvNM6KGSm5FQbptOncx3PbH4himcvXN3IsQzxD1W0orGU&#10;9BDqWqBgG9/8EaptpIcAGk8ktBlo3UiVeqBuJvmrbla1cCr1QuAEd4Ap/L+w8na7cveeYf8Zehpg&#10;BKRzoQgkjP302rfxS5Uy0hOEuwNsqkcmSXg2nZ7NTkklSTfJ89n5NAGbvbg7H/CLgpbFS8k9zSXB&#10;JbY3ASklme5NYjYLy8aYNBtjfxOQ4SBRabij90vF6YY7o6KXsQ9Ks6ZKhUdBopW6Mp5tBRFCSKks&#10;pp5TXLKOVppyv8VxtI+uQ1VvcT54pMxg8eDcNhZ8QulV2dX3fcl6sCf8jvqOV+zX/TjJNVQ7GrCH&#10;gfvByWVDQ7gRAe+FJ7LT4GiB8Y4ObaArOYw3zmrwP/8mj/bEQdJy1tHylDz82AivODNfLbHz02RK&#10;FGCYfqazj5Ec/lizPtbYTXsFNI4JPRVOpmu0R7O/ag/tE+35ImYllbCScpcc99crHFaa3gmpFotk&#10;RPvlBN7YlZMxdIQ3UuyxfxLejTxEovAt7NdMFK/oONhGTwuLDYJuElcjwAOqI/C0m4nC4zsSl//4&#10;P1m9vHbzXwAAAP//AwBQSwMEFAAGAAgAAAAhAA676ErfAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IfQdrkbhRO/1JacimQiCuINqCxM2Nt0nUeB3FbhPeHvcEx9GMZr7JN6NtxYV6&#10;3zhGSKYKBHHpTMMVwn73ev8AwgfNRreOCeGHPGyKyU2uM+MG/qDLNlQilrDPNEIdQpdJ6cuarPZT&#10;1xFH7+h6q0OUfSVNr4dYbls5UyqVVjccF2rd0XNN5Wl7tgifb8fvr4V6r17sshvcqCTbtUS8ux2f&#10;HkEEGsNfGK74ER2KyHRwZzZetAhpEskDwmI+n4G4BtRqFd8dEJbrJAVZ5PL/h+IXAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA4QZ+qGECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADrvoSt8AAAALAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Titel: Titel van het document - Beschrijving: Titel van het document" style="position:absolute;margin-left:30.9pt;margin-top:216.6pt;width:507.6pt;height:79.2pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhBn6oYQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0iKWsYiUtSBOk1C&#10;gCgTz65jk2iOz7OvTbq/fmcnLR3bC9NeHOd+33ff+eKybw3bKh8asCWfnOScKSuhauxzyb89Lj+c&#10;cxZQ2EoYsKrkOxX45fz9u4vOFeoUajCV8oyC2FB0ruQ1oiuyLMhatSKcgFOWlBp8K5B+/XNWedFR&#10;9NZkp3l+lnXgK+dBqhBIej0o+TzF11pJvNM6KGSm5FQbptOncx3PbH4himcvXN3IsQzxD1W0orGU&#10;9BDqWqBgG9/8EaptpIcAGk8ktBlo3UiVeqBuJvmrbla1cCr1QuAEd4Ap/L+w8na7cveeYf8Zehpg&#10;BKRzoQgkjP302rfxS5Uy0hOEuwNsqkcmSXg2nZ7NTkklSTfJ89n5NAGbvbg7H/CLgpbFS8k9zSXB&#10;JbY3ASklme5NYjYLy8aYNBtjfxOQ4SBRabij90vF6YY7o6KXsQ9Ks6ZKhUdBopW6Mp5tBRFCSKks&#10;pp5TXLKOVppyv8VxtI+uQ1VvcT54pMxg8eDcNhZ8QulV2dX3fcl6sCf8jvqOV+zX/TjJNVQ7GrCH&#10;gfvByWVDQ7gRAe+FJ7LT4GiB8Y4ObaArOYw3zmrwP/8mj/bEQdJy1tHylDz82AivODNfLbHz02RK&#10;FGCYfqazj5Ec/lizPtbYTXsFNI4JPRVOpmu0R7O/ag/tE+35ImYllbCScpcc99crHFaa3gmpFotk&#10;RPvlBN7YlZMxdIQ3UuyxfxLejTxEovAt7NdMFK/oONhGTwuLDYJuElcjwAOqI/C0m4nC4zsSl//4&#10;P1m9vHbzXwAAAP//AwBQSwMEFAAGAAgAAAAhAA676ErfAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IfQdrkbhRO/1JacimQiCuINqCxM2Nt0nUeB3FbhPeHvcEx9GMZr7JN6NtxYV6&#10;3zhGSKYKBHHpTMMVwn73ev8AwgfNRreOCeGHPGyKyU2uM+MG/qDLNlQilrDPNEIdQpdJ6cuarPZT&#10;1xFH7+h6q0OUfSVNr4dYbls5UyqVVjccF2rd0XNN5Wl7tgifb8fvr4V6r17sshvcqCTbtUS8ux2f&#10;HkEEGsNfGK74ER2KyHRwZzZetAhpEskDwmI+n4G4BtRqFd8dEJbrJAVZ5PL/h+IXAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA4QZ+qGECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADrvoSt8AAAALAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="307382CC" w14:textId="2827381A" w:rsidR="00314F39" w:rsidRPr="00314F39" w:rsidRDefault="00314F39" w:rsidP="00314F39">
                       <w:pPr>
-                        <w:pStyle w:val="Title"/>
+                        <w:pStyle w:val="Titel"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00314F39">
                         <w:t>Innovatieve starters</w:t>
                       </w:r>
                       <w:r w:rsidR="00E45BFD">
                         <w:t>s</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00314F39">
                         <w:t>teun</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="579A2A49" w14:textId="47ADB71D" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00314F39">
                       <w:pPr>
-                        <w:pStyle w:val="Subtitle"/>
+                        <w:pStyle w:val="Ondertitel"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00314F39">
                         <w:t>Aanmeldingstemplate</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A65E0D" w14:textId="77777777" w:rsidR="00357873" w:rsidRDefault="00357873" w:rsidP="00357873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36109233" w14:textId="77777777" w:rsidR="00357873" w:rsidRDefault="00357873" w:rsidP="00357873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18FC1099" w14:textId="1B22A841" w:rsidR="00357873" w:rsidRDefault="00357873" w:rsidP="00357873">
@@ -455,101 +455,101 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>pagina’s voor het totaal):</w:t>
       </w:r>
       <w:r w:rsidR="7A7E523E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003817A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637B8B56" w14:textId="77777777" w:rsidR="0003797D" w:rsidRDefault="0003797D" w:rsidP="00357873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3246"/>
         <w:gridCol w:w="5796"/>
       </w:tblGrid>
       <w:tr w:rsidR="00314F39" w14:paraId="44A4BA1C" w14:textId="77777777" w:rsidTr="008A7E45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="589311B7" w14:textId="5BFC0C02" w:rsidR="00314F39" w:rsidRDefault="7A7E523E" w:rsidP="00A26ABF">
             <w:r>
               <w:t xml:space="preserve">Naam </w:t>
             </w:r>
             <w:r w:rsidR="3885324E">
               <w:t xml:space="preserve">startende onderneming </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D1B8AB3" w14:textId="48AD4077" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00A26ABF"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00314F39" w14:paraId="4669EDC5" w14:textId="77777777" w:rsidTr="008A7E45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BD3C1FA" w14:textId="095161E2" w:rsidR="00C62BEA" w:rsidRDefault="7A7E523E" w:rsidP="00A26ABF">
             <w:r>
               <w:t xml:space="preserve">Adres </w:t>
             </w:r>
             <w:r w:rsidR="003E5725">
               <w:t>exploitatiezetel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E84B024" w14:textId="27D3E3EC" w:rsidR="00314F39" w:rsidRPr="003D5A0D" w:rsidRDefault="00C62BEA" w:rsidP="00A26ABF">
+          <w:p w14:paraId="7E84B024" w14:textId="692956D4" w:rsidR="00044756" w:rsidRPr="003D5A0D" w:rsidRDefault="00C62BEA" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D5A0D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Straat, huisnummer, postcode, plaats</w:t>
             </w:r>
             <w:r w:rsidR="00A70419">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5796" w:type="dxa"/>
@@ -669,50 +669,104 @@
           <w:tcPr>
             <w:tcW w:w="5796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26B6ECD7" w14:textId="792FD24A" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00A26ABF"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="3AD498BE" w14:paraId="7ADAA72F" w14:textId="77777777" w:rsidTr="3AD498BE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D463DC6" w14:textId="767EDD67" w:rsidR="68A55470" w:rsidRDefault="68A55470" w:rsidP="3AD498BE">
             <w:r>
               <w:t>Aantal founders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A47862C" w14:textId="108CB565" w:rsidR="3AD498BE" w:rsidRDefault="3AD498BE" w:rsidP="3AD498BE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C27A7B" w14:paraId="49FF8877" w14:textId="77777777" w:rsidTr="3AD498BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556A2D82" w14:textId="6A85264B" w:rsidR="00C27A7B" w:rsidRPr="00B614C8" w:rsidRDefault="00C27A7B" w:rsidP="3AD498BE">
+            <w:r w:rsidRPr="00B614C8">
+              <w:t>Startdatum project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6560B4A8" w14:textId="77777777" w:rsidR="00C27A7B" w:rsidRPr="00C27A7B" w:rsidRDefault="00C27A7B" w:rsidP="3AD498BE">
+            <w:pPr>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C27A7B" w14:paraId="2FBD29CE" w14:textId="77777777" w:rsidTr="3AD498BE">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7191D9E2" w14:textId="38F95C72" w:rsidR="00C27A7B" w:rsidRPr="00B614C8" w:rsidRDefault="00C27A7B" w:rsidP="3AD498BE">
+            <w:r w:rsidRPr="00B614C8">
+              <w:t>Projectduur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0360B2EF" w14:textId="77777777" w:rsidR="00C27A7B" w:rsidRPr="00C27A7B" w:rsidRDefault="00C27A7B" w:rsidP="3AD498BE">
+            <w:pPr>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A1587" w14:paraId="13ABE8A6" w14:textId="77777777" w:rsidTr="008A7E45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14906012" w14:textId="7E70BEFC" w:rsidR="006A1587" w:rsidRDefault="006A1587" w:rsidP="00A26ABF">
             <w:hyperlink r:id="rId13" w:anchor="Keuze-VLAIO-partners" w:history="1">
               <w:r w:rsidRPr="001E2F2D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Partner</w:t>
               </w:r>
               <w:r w:rsidR="00F33B55" w:rsidRPr="001E2F2D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>organisatie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1618,51 +1672,51 @@
         <w:t xml:space="preserve"> dat als bijlage gaat bij het toelichtingsdocument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7325D577" w14:textId="33E5B4DD" w:rsidR="00314F39" w:rsidRPr="00552044" w:rsidRDefault="00314F39" w:rsidP="00995532">
       <w:r w:rsidRPr="00552044">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Pionier</w:t>
       </w:r>
       <w:r w:rsidR="004D0705" w:rsidRPr="00552044">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>srol</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7782"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00314F39" w14:paraId="1127CB47" w14:textId="77777777" w:rsidTr="183B8B57">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43B15293" w14:textId="2D538E81" w:rsidR="00314F39" w:rsidRPr="00C43C67" w:rsidRDefault="7286963A" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1732,135 +1786,135 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> steunen we 3 vormen van pioniers</w:t>
             </w:r>
             <w:r w:rsidR="00F574B5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. Welke is/zijn van toepassing op jou?</w:t>
             </w:r>
             <w:r w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61B1BDC8" w14:textId="673DE90C" w:rsidR="00314F39" w:rsidRPr="00671C0D" w:rsidRDefault="00314F39" w:rsidP="00A05386">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05386">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>De ontwikkeling van producten, diensten, (productie)processen die nieuw zijn voor jouw markt</w:t>
             </w:r>
             <w:r w:rsidR="00E45BFD" w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ACA80BD" w14:textId="4D224EA5" w:rsidR="00314F39" w:rsidRPr="00671C0D" w:rsidRDefault="00314F39" w:rsidP="00A05386">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Het als eerste toepassen van een technologie of wetenschappelijk inzicht in jouw markt</w:t>
             </w:r>
             <w:r w:rsidR="00E45BFD" w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A4EDCB5" w14:textId="382FEF40" w:rsidR="00314F39" w:rsidRPr="00671C0D" w:rsidRDefault="00314F39" w:rsidP="00A05386">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Het als eerste toepassen van een nieuw businessmodel binnen jouw markt</w:t>
             </w:r>
             <w:r w:rsidR="00E45BFD" w:rsidRPr="00671C0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -1972,51 +2026,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3EAE1E37" w14:textId="14F6BA99" w:rsidR="00314F39" w:rsidRPr="008D156C" w:rsidRDefault="006078D0" w:rsidP="00314F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk145421403"/>
       <w:r w:rsidRPr="008D156C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Zaken waarop je kunt ingaan:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1F0B0F2B" w14:textId="39F3FFAA" w:rsidR="007C0C53" w:rsidRPr="00570739" w:rsidRDefault="00BE29FE" w:rsidP="007C0C53">
+    <w:p w14:paraId="2778EEAB" w14:textId="3B119F14" w:rsidR="00BF2A9C" w:rsidRDefault="00BE29FE" w:rsidP="007C0C53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00570739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="35EEAE00" w:rsidRPr="00570739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -2117,60 +2171,136 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00570739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Op welke criteria scoort jouw oplossing beter? Waarop eventueel slechter? </w:t>
       </w:r>
       <w:r w:rsidR="0031465E" w:rsidRPr="00570739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Wat is je Unique Selling Proposition?</w:t>
       </w:r>
-      <w:r w:rsidR="002779D0" w:rsidRPr="00570739">
-[...8 lines deleted...]
-      <w:r w:rsidR="00844445" w:rsidRPr="00844445">
+    </w:p>
+    <w:p w14:paraId="0191B2AB" w14:textId="40CF9D05" w:rsidR="00BF2A9C" w:rsidRDefault="005E48C4" w:rsidP="007C0C53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sta je stil bij de bescherming van je geplande activiteiten en zo ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00175D0A" w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> op welke manier (via intellectuele eigendomsrechten zoals bijv. een octrooi, merk, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B614C8" w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>auteursrecht...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of via een alternatieve strategie zoals bijv. geheimhouding, defensieve publicatie, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B614C8" w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>NDA…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B614C8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0B0F2B" w14:textId="191615E9" w:rsidR="007C0C53" w:rsidRPr="00570739" w:rsidRDefault="00844445" w:rsidP="007C0C53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844445">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Geef hier toelichting </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk192696373"/>
       <w:r w:rsidR="668B2E09" w:rsidRPr="00570739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FE5D21">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -2239,51 +2369,51 @@
     </w:p>
     <w:p w14:paraId="14FA3535" w14:textId="77777777" w:rsidR="00314F39" w:rsidRPr="00CD3F56" w:rsidRDefault="00314F39" w:rsidP="00314F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FC5BAE6" w14:textId="0D208843" w:rsidR="00314F39" w:rsidRPr="00552044" w:rsidRDefault="00314F39" w:rsidP="00CD3F56">
       <w:r w:rsidRPr="00552044">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Onzekerheden</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7782"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00314F39" w14:paraId="767E467A" w14:textId="77777777" w:rsidTr="7081D4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F9FD41C" w14:textId="77777777" w:rsidR="00314F39" w:rsidRPr="000F0AFF" w:rsidRDefault="00314F39" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -2299,113 +2429,77 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="519905BF" w14:textId="77777777" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00A26ABF"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00314F39" w14:paraId="11885499" w14:textId="77777777" w:rsidTr="7081D4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="082F1F40" w14:textId="77777777" w:rsidR="00971C44" w:rsidRDefault="389D6428" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003817A2">
               <w:t>Is het resultaat van jouw project</w:t>
             </w:r>
             <w:r w:rsidR="7A7E523E" w:rsidRPr="00971C44">
-              <w:t xml:space="preserve"> een Proof Of Business (</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Of Concept (PoC)?</w:t>
+              <w:t xml:space="preserve"> een Proof Of Business (PoB) en/of een Proof Of Concept (PoC)?</w:t>
             </w:r>
             <w:r w:rsidR="00BD115B" w:rsidRPr="000F0AFF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6562AB35" w14:textId="33BD81F3" w:rsidR="00314F39" w:rsidRPr="000F0AFF" w:rsidRDefault="006A003A" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F0AFF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Louter werken aan de PoC kan alleen als de </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Louter werken aan de PoC kan alleen als de PoB </w:t>
             </w:r>
             <w:r w:rsidR="00610B39" w:rsidRPr="000F0AFF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reeds</w:t>
             </w:r>
             <w:r w:rsidR="000A657D" w:rsidRPr="000F0AFF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> aanwezig is bij de aanvang van het project.</w:t>
             </w:r>
             <w:r w:rsidR="00D962CE" w:rsidRPr="000F0AFF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2415,73 +2509,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="154EF7E2" w14:textId="0AB9FC75" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00A26ABF"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00314F39" w14:paraId="188BE031" w14:textId="77777777" w:rsidTr="7081D4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44348E84" w14:textId="77777777" w:rsidR="00971C44" w:rsidRDefault="00244ACD" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003817A2">
               <w:t>Bedragen</w:t>
             </w:r>
             <w:r w:rsidR="00314F39" w:rsidRPr="003817A2">
-              <w:t xml:space="preserve"> de vermoedelijke kosten om tot die </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> de vermoedelijke kosten om tot die PoB </w:t>
             </w:r>
             <w:r w:rsidR="000A6222" w:rsidRPr="00971C44">
               <w:t>en/</w:t>
             </w:r>
             <w:r w:rsidR="00314F39" w:rsidRPr="00971C44">
-              <w:t xml:space="preserve">of </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> te komen </w:t>
+              <w:t xml:space="preserve">of PoC te komen </w:t>
             </w:r>
             <w:r w:rsidR="00CC3DCA" w:rsidRPr="00971C44">
               <w:t xml:space="preserve">minstens </w:t>
             </w:r>
             <w:r w:rsidR="000208DC" w:rsidRPr="00971C44">
               <w:t>€</w:t>
             </w:r>
             <w:r w:rsidR="00BE4282" w:rsidRPr="00971C44">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000208DC" w:rsidRPr="00971C44">
               <w:t>70.000</w:t>
             </w:r>
             <w:r w:rsidR="00382762" w:rsidRPr="00971C44">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00314F39" w:rsidRPr="00971C44">
               <w:t xml:space="preserve">(externe kosten </w:t>
             </w:r>
             <w:r w:rsidR="00175A4A" w:rsidRPr="00971C44">
               <w:t>en/</w:t>
             </w:r>
             <w:r w:rsidR="00314F39" w:rsidRPr="00971C44">
               <w:t>of interne kosten</w:t>
             </w:r>
@@ -2670,51 +2748,61 @@
       <w:r w:rsidR="006F7873">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>noemen</w:t>
       </w:r>
       <w:r w:rsidR="00C46AFA" w:rsidRPr="00957BF4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00C85186">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kun je al </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85186">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Kun je al </w:t>
       </w:r>
       <w:r w:rsidR="00883BF9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>doelstellingen geven en beslissings</w:t>
       </w:r>
       <w:r w:rsidR="00FB6BC7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00883BF9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2951,59 +3039,59 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>pagina</w:t>
       </w:r>
       <w:r w:rsidR="00CD3C3F" w:rsidRPr="00957BF4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEB133A" w14:textId="77777777" w:rsidR="00314F39" w:rsidRPr="00613985" w:rsidRDefault="00314F39" w:rsidP="00314F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34D0849E" w14:textId="77777777" w:rsidR="00570739" w:rsidRDefault="00570739" w:rsidP="00570739"/>
     <w:p w14:paraId="51F211B0" w14:textId="6B2C4902" w:rsidR="00314F39" w:rsidRPr="009A3513" w:rsidRDefault="00314F39" w:rsidP="000826ED">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3513">
         <w:t>Team en netwerk</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7782"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00314F39" w14:paraId="306A19D7" w14:textId="77777777" w:rsidTr="7081D4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FF3FE7C" w14:textId="77777777" w:rsidR="00971C44" w:rsidRPr="00C43C67" w:rsidRDefault="7A7E523E" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -3363,62 +3451,62 @@
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B976E4C" w14:textId="77777777" w:rsidR="001F6523" w:rsidRPr="000E5F2F" w:rsidRDefault="001F6523" w:rsidP="00314F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D581C4C" w14:textId="77777777" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="000826ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A55E773" w14:textId="395A3346" w:rsidR="002228BB" w:rsidRPr="009A3513" w:rsidRDefault="00CA7C00" w:rsidP="000826ED">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3513">
         <w:t>Eigen risico</w:t>
       </w:r>
       <w:r w:rsidR="00314F39" w:rsidRPr="009A3513">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7782"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
       <w:tr w:rsidR="002228BB" w14:paraId="577DB5DA" w14:textId="77777777" w:rsidTr="00737665">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="243E4602" w14:textId="77777777" w:rsidR="002228BB" w:rsidRDefault="000F7D76" w:rsidP="00E111E1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -3465,51 +3553,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40E73965" w14:textId="77777777" w:rsidR="001D7758" w:rsidRPr="009B417C" w:rsidRDefault="001D7758" w:rsidP="001D7758">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B417C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Zaken waarop je kunt ingaan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAC5066" w14:textId="360FF27B" w:rsidR="002228BB" w:rsidRPr="0093178B" w:rsidRDefault="00DF6294" w:rsidP="7081D4AF">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0093178B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoeveel (halve) dagen heeft het team per week ter beschikking om aan het project te werken </w:t>
       </w:r>
       <w:r w:rsidR="0022114C" w:rsidRPr="0093178B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
@@ -3764,84 +3852,84 @@
       <w:r w:rsidR="004B07D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>pagina</w:t>
       </w:r>
       <w:r w:rsidR="00652D55" w:rsidRPr="00652D55">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E01B397" w14:textId="77777777" w:rsidR="002228BB" w:rsidRPr="00613985" w:rsidRDefault="002228BB" w:rsidP="7081D4AF">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F6E670C" w14:textId="77777777" w:rsidR="002228BB" w:rsidRPr="00613985" w:rsidRDefault="002228BB" w:rsidP="7081D4AF">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13106582" w14:textId="71E3E684" w:rsidR="00314F39" w:rsidRPr="009A3513" w:rsidRDefault="00830AF1" w:rsidP="000826ED">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t>Impact en p</w:t>
       </w:r>
       <w:r w:rsidR="00314F39" w:rsidRPr="009A3513">
         <w:t>otentieel</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7782"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00314F39" w14:paraId="7D187278" w14:textId="77777777" w:rsidTr="7081D4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ABF2C26" w14:textId="75A7081F" w:rsidR="00256AF3" w:rsidRDefault="00E94408" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -3882,51 +3970,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00322295" w:rsidRPr="00322295">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Is er een positieve maatschappelijke impact</w:t>
             </w:r>
             <w:r w:rsidR="003B5C49">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> en is deze onderbouwd</w:t>
             </w:r>
             <w:r w:rsidR="00322295" w:rsidRPr="00322295">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7712D6B5" w14:textId="224AFA8B" w:rsidR="00314F39" w:rsidRPr="0021300E" w:rsidRDefault="00256AF3" w:rsidP="00A26ABF">
+          <w:p w14:paraId="7712D6B5" w14:textId="4864D3E3" w:rsidR="00314F39" w:rsidRPr="0021300E" w:rsidRDefault="00256AF3" w:rsidP="00A26ABF">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">We stellen als voorwaarde dat </w:t>
             </w:r>
             <w:r w:rsidR="2FB9BEAB" w:rsidRPr="0021300E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>er dankzij het project tegen het 5</w:t>
@@ -3962,141 +4050,141 @@
             <w:r w:rsidR="2FB9BEAB" w:rsidRPr="0021300E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>einde van het project</w:t>
             </w:r>
             <w:r w:rsidR="26D2B083" w:rsidRPr="0021300E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="7A7E523E" w:rsidRPr="0021300E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> minstens 5 VTE</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="5A8B10B1" w:rsidRPr="0021300E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7A7E523E" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (voltijds equivalenten)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="7A7E523E" w:rsidRPr="0021300E">
+              <w:t>minstens 5 VTE</w:t>
+            </w:r>
+            <w:r w:rsidR="5A8B10B1" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="2FB9BEAB" w:rsidRPr="0021300E">
+              <w:t xml:space="preserve"> (voltijds equivalenten)</w:t>
+            </w:r>
+            <w:r w:rsidR="7A7E523E" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">extra </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="7A7E523E" w:rsidRPr="0021300E">
+              <w:t xml:space="preserve"> tewerk</w:t>
+            </w:r>
+            <w:r w:rsidR="2FB9BEAB" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tewerk</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="2FB9BEAB" w:rsidRPr="0021300E">
+              <w:t>gesteld</w:t>
+            </w:r>
+            <w:r w:rsidR="00B14E33" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>gesteld</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B14E33">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2FB9BEAB" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="2FB9BEAB" w:rsidRPr="0021300E">
+              <w:t>worden</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>worden</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1E82" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009C1E82">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="34D7920C" w:rsidRPr="00B614C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Let op</w:t>
             </w:r>
             <w:r w:rsidR="34D7920C" w:rsidRPr="0C6417B4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Let op: we verwachten een gefundeerde onderbouwing van je voorspelling van de tewerkstelling</w:t>
+              <w:t>: we verwachten een gefundeerde onderbouwing van je voorspelling van de tewerkstelling</w:t>
             </w:r>
             <w:r w:rsidR="64FA48BE" w:rsidRPr="0C6417B4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28C3DD95" w14:textId="77777777" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="00A26ABF"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32B48C65" w14:textId="77777777" w:rsidR="001D7758" w:rsidRPr="009B417C" w:rsidRDefault="001D7758" w:rsidP="001D7758">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
@@ -4458,61 +4546,61 @@
     <w:p w14:paraId="496877F7" w14:textId="77777777" w:rsidR="00314F39" w:rsidRDefault="00314F39" w:rsidP="006C44A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EDD7472" w14:textId="4AC9D405" w:rsidR="00A8545D" w:rsidRDefault="00A8545D" w:rsidP="006C44A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A8545D" w:rsidSect="00043772">
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25A4919E" w14:textId="77777777" w:rsidR="00043772" w:rsidRDefault="00043772" w:rsidP="00043772">
+    <w:p w14:paraId="61DCA424" w14:textId="77777777" w:rsidR="00717CC4" w:rsidRDefault="00717CC4" w:rsidP="00043772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15693E95" w14:textId="77777777" w:rsidR="00043772" w:rsidRDefault="00043772" w:rsidP="00043772">
+    <w:p w14:paraId="414645A6" w14:textId="77777777" w:rsidR="00717CC4" w:rsidRDefault="00717CC4" w:rsidP="00043772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4558,53 +4646,53 @@
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3025D584" w14:textId="5A45F0F5" w:rsidR="00043772" w:rsidRPr="000533FC" w:rsidRDefault="00043772" w:rsidP="00043772">
+  <w:p w14:paraId="3025D584" w14:textId="665EB162" w:rsidR="00043772" w:rsidRPr="000533FC" w:rsidRDefault="00043772" w:rsidP="00043772">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Voettekst"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003628E7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="003628E7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -4661,80 +4749,80 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Starterssteun</w:t>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – ver</w:t>
     </w:r>
     <w:r w:rsidR="00A437C4" w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>sie</w:t>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="000533FC">
+    <w:r w:rsidR="006A4CF6">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>maart</w:t>
+      <w:t>januari 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025 - </w:t>
+      <w:t xml:space="preserve"> - </w:t>
     </w:r>
     <w:r w:rsidR="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>VERTROUWELIJK</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18B163A5" w14:textId="6EFE14A5" w:rsidR="00043772" w:rsidRPr="000533FC" w:rsidRDefault="000533FC" w:rsidP="000533FC">
+  <w:p w14:paraId="18B163A5" w14:textId="490F9A61" w:rsidR="00043772" w:rsidRPr="000533FC" w:rsidRDefault="000533FC" w:rsidP="000533FC">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Voettekst"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003628E7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="003628E7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -4742,101 +4830,101 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="003628E7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">    VLAIO Template aanmelding Innovatieve Starterssteun – versie </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="006A4CF6">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>maart</w:t>
+      <w:t>januari 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="000533FC">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025 - </w:t>
+      <w:t xml:space="preserve"> - </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>VERTROUWELIJ</w:t>
     </w:r>
     <w:r w:rsidR="00C9613F">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>K</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="71C79B1C" w14:textId="77777777" w:rsidR="00043772" w:rsidRDefault="00043772">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04955E5A" w14:textId="77777777" w:rsidR="00043772" w:rsidRDefault="00043772" w:rsidP="00043772">
+    <w:p w14:paraId="4E9573BE" w14:textId="77777777" w:rsidR="00717CC4" w:rsidRDefault="00717CC4" w:rsidP="00043772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="666E7DC6" w14:textId="77777777" w:rsidR="00043772" w:rsidRDefault="00043772" w:rsidP="00043772">
+    <w:p w14:paraId="6FC959E8" w14:textId="77777777" w:rsidR="00717CC4" w:rsidRDefault="00717CC4" w:rsidP="00043772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/intelligence.xml><?xml version="1.0" encoding="utf-8"?>
 <int:Intelligence xmlns:int="http://schemas.microsoft.com/office/intelligence/2019/intelligence">
   <int:IntelligenceSettings/>
   <int:Manifest>
     <int:ParagraphRange paragraphId="729619662" textId="336850065" start="122" length="7" invalidationStart="122" invalidationLength="7" id="Y1rgBEpG"/>
   </int:Manifest>
   <int:Observations>
     <int:Content id="Y1rgBEpG">
       <int:Rejection type="LegacyProofing"/>
     </int:Content>
   </int:Observations>
 </int:Intelligence>
 </file>
 
@@ -5261,162 +5349,167 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1092360496">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1115178187">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="978190945">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="977488679">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F04E23"/>
     <w:rsid w:val="00007047"/>
     <w:rsid w:val="000105E5"/>
     <w:rsid w:val="00011E9D"/>
     <w:rsid w:val="00015D39"/>
     <w:rsid w:val="00016519"/>
     <w:rsid w:val="000172F6"/>
     <w:rsid w:val="000208DC"/>
     <w:rsid w:val="00030F56"/>
     <w:rsid w:val="0003797D"/>
     <w:rsid w:val="0004084D"/>
     <w:rsid w:val="00043772"/>
+    <w:rsid w:val="00044756"/>
     <w:rsid w:val="00050043"/>
     <w:rsid w:val="000533FC"/>
     <w:rsid w:val="000559C3"/>
     <w:rsid w:val="0006364A"/>
     <w:rsid w:val="000700A9"/>
     <w:rsid w:val="0007266A"/>
     <w:rsid w:val="000826ED"/>
     <w:rsid w:val="00084998"/>
     <w:rsid w:val="00085EAA"/>
     <w:rsid w:val="00094D7F"/>
     <w:rsid w:val="000962D5"/>
     <w:rsid w:val="000A227C"/>
     <w:rsid w:val="000A2342"/>
     <w:rsid w:val="000A508C"/>
     <w:rsid w:val="000A6222"/>
     <w:rsid w:val="000A657D"/>
     <w:rsid w:val="000A6B2D"/>
     <w:rsid w:val="000A7343"/>
     <w:rsid w:val="000A7789"/>
     <w:rsid w:val="000B0B3C"/>
     <w:rsid w:val="000C0249"/>
     <w:rsid w:val="000C14B6"/>
     <w:rsid w:val="000C3847"/>
     <w:rsid w:val="000C71D8"/>
     <w:rsid w:val="000D271B"/>
     <w:rsid w:val="000D7BC8"/>
     <w:rsid w:val="000E09FF"/>
     <w:rsid w:val="000E358C"/>
     <w:rsid w:val="000E37F0"/>
     <w:rsid w:val="000E5F2F"/>
     <w:rsid w:val="000E7239"/>
     <w:rsid w:val="000F0AFF"/>
     <w:rsid w:val="000F4C20"/>
     <w:rsid w:val="000F53D6"/>
     <w:rsid w:val="000F684F"/>
     <w:rsid w:val="000F7D76"/>
     <w:rsid w:val="0011039B"/>
     <w:rsid w:val="00117B65"/>
     <w:rsid w:val="00127A87"/>
     <w:rsid w:val="00135D0A"/>
     <w:rsid w:val="00136CCC"/>
     <w:rsid w:val="00141220"/>
     <w:rsid w:val="001566AC"/>
     <w:rsid w:val="00162034"/>
     <w:rsid w:val="00162A9E"/>
     <w:rsid w:val="00175A4A"/>
+    <w:rsid w:val="00175D0A"/>
     <w:rsid w:val="001770A8"/>
     <w:rsid w:val="00181CF3"/>
     <w:rsid w:val="001840A2"/>
+    <w:rsid w:val="001936C5"/>
     <w:rsid w:val="00194091"/>
     <w:rsid w:val="001A0A15"/>
     <w:rsid w:val="001A3E8C"/>
+    <w:rsid w:val="001A5A54"/>
     <w:rsid w:val="001A6773"/>
     <w:rsid w:val="001B55B1"/>
     <w:rsid w:val="001C0479"/>
     <w:rsid w:val="001D3117"/>
     <w:rsid w:val="001D4CAA"/>
     <w:rsid w:val="001D6A92"/>
     <w:rsid w:val="001D7758"/>
     <w:rsid w:val="001E1C6A"/>
     <w:rsid w:val="001E2F2D"/>
     <w:rsid w:val="001E45FE"/>
     <w:rsid w:val="001E61FE"/>
     <w:rsid w:val="001F1AFA"/>
     <w:rsid w:val="001F258F"/>
     <w:rsid w:val="001F3523"/>
     <w:rsid w:val="001F6172"/>
     <w:rsid w:val="001F6523"/>
+    <w:rsid w:val="001F6943"/>
     <w:rsid w:val="00202E7B"/>
     <w:rsid w:val="002105D6"/>
     <w:rsid w:val="00212FC1"/>
     <w:rsid w:val="0021300E"/>
     <w:rsid w:val="0021349D"/>
     <w:rsid w:val="00214475"/>
     <w:rsid w:val="0022114C"/>
     <w:rsid w:val="00221EA1"/>
     <w:rsid w:val="002228BB"/>
     <w:rsid w:val="00225366"/>
+    <w:rsid w:val="00225C5C"/>
     <w:rsid w:val="00226555"/>
     <w:rsid w:val="0022710A"/>
     <w:rsid w:val="0023167B"/>
     <w:rsid w:val="00232134"/>
     <w:rsid w:val="00235FD0"/>
     <w:rsid w:val="00240191"/>
     <w:rsid w:val="00244ACD"/>
     <w:rsid w:val="00244BBF"/>
     <w:rsid w:val="00251212"/>
     <w:rsid w:val="00254965"/>
     <w:rsid w:val="00254E59"/>
     <w:rsid w:val="002554E6"/>
     <w:rsid w:val="00256AF3"/>
     <w:rsid w:val="00257AC9"/>
     <w:rsid w:val="00266408"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="002717FD"/>
     <w:rsid w:val="00271C04"/>
     <w:rsid w:val="002772AF"/>
     <w:rsid w:val="002779D0"/>
     <w:rsid w:val="0028495A"/>
     <w:rsid w:val="002955B5"/>
     <w:rsid w:val="00296EAE"/>
     <w:rsid w:val="002A10F2"/>
     <w:rsid w:val="002A1BC7"/>
@@ -5446,287 +5539,298 @@
     <w:rsid w:val="0033291C"/>
     <w:rsid w:val="00332BFC"/>
     <w:rsid w:val="003441FF"/>
     <w:rsid w:val="00345895"/>
     <w:rsid w:val="003477CD"/>
     <w:rsid w:val="003572E4"/>
     <w:rsid w:val="00357873"/>
     <w:rsid w:val="003634A3"/>
     <w:rsid w:val="003654BB"/>
     <w:rsid w:val="003657EA"/>
     <w:rsid w:val="003700D0"/>
     <w:rsid w:val="00371A18"/>
     <w:rsid w:val="00374DEA"/>
     <w:rsid w:val="00380BC1"/>
     <w:rsid w:val="003817A2"/>
     <w:rsid w:val="00382762"/>
     <w:rsid w:val="00391B8A"/>
     <w:rsid w:val="003925F7"/>
     <w:rsid w:val="00392660"/>
     <w:rsid w:val="00393FEA"/>
     <w:rsid w:val="003971E6"/>
     <w:rsid w:val="003A3C40"/>
     <w:rsid w:val="003A4AB5"/>
     <w:rsid w:val="003B5C49"/>
     <w:rsid w:val="003C0445"/>
+    <w:rsid w:val="003C4067"/>
     <w:rsid w:val="003C4E13"/>
     <w:rsid w:val="003D21C6"/>
     <w:rsid w:val="003D2BD8"/>
     <w:rsid w:val="003D5A0D"/>
     <w:rsid w:val="003E0EA9"/>
     <w:rsid w:val="003E5725"/>
     <w:rsid w:val="003F0091"/>
     <w:rsid w:val="003F35FD"/>
     <w:rsid w:val="003F4E83"/>
     <w:rsid w:val="0040057E"/>
     <w:rsid w:val="0041148D"/>
     <w:rsid w:val="004114A8"/>
     <w:rsid w:val="00412D81"/>
     <w:rsid w:val="00416103"/>
     <w:rsid w:val="00425849"/>
     <w:rsid w:val="00436BAD"/>
     <w:rsid w:val="00437D03"/>
     <w:rsid w:val="00440A5C"/>
     <w:rsid w:val="00440E9A"/>
     <w:rsid w:val="00442A90"/>
     <w:rsid w:val="0044469D"/>
     <w:rsid w:val="00454CC5"/>
     <w:rsid w:val="00455AAE"/>
     <w:rsid w:val="00456FC3"/>
     <w:rsid w:val="0046515A"/>
     <w:rsid w:val="00474D63"/>
     <w:rsid w:val="004772AA"/>
     <w:rsid w:val="00477599"/>
     <w:rsid w:val="00480BCC"/>
     <w:rsid w:val="0048574E"/>
     <w:rsid w:val="004A2AE1"/>
     <w:rsid w:val="004A316E"/>
     <w:rsid w:val="004A3510"/>
     <w:rsid w:val="004A538A"/>
     <w:rsid w:val="004B07D0"/>
     <w:rsid w:val="004B1DBF"/>
     <w:rsid w:val="004B2D2C"/>
     <w:rsid w:val="004B3CC5"/>
     <w:rsid w:val="004B657C"/>
     <w:rsid w:val="004B6D55"/>
     <w:rsid w:val="004B790E"/>
     <w:rsid w:val="004C0EC9"/>
     <w:rsid w:val="004C15CB"/>
     <w:rsid w:val="004C3BFA"/>
     <w:rsid w:val="004C4570"/>
+    <w:rsid w:val="004C632A"/>
     <w:rsid w:val="004D01C3"/>
     <w:rsid w:val="004D0705"/>
     <w:rsid w:val="004D1AC2"/>
     <w:rsid w:val="004D5BCD"/>
     <w:rsid w:val="004E1218"/>
     <w:rsid w:val="004E3522"/>
     <w:rsid w:val="004E41DB"/>
     <w:rsid w:val="004E4985"/>
     <w:rsid w:val="004E5324"/>
     <w:rsid w:val="004F0CDF"/>
     <w:rsid w:val="004F17F9"/>
     <w:rsid w:val="004F6435"/>
     <w:rsid w:val="005011BC"/>
     <w:rsid w:val="00501826"/>
     <w:rsid w:val="005048AA"/>
     <w:rsid w:val="00504DAD"/>
     <w:rsid w:val="005064D3"/>
     <w:rsid w:val="00510C60"/>
     <w:rsid w:val="00514307"/>
     <w:rsid w:val="00520EED"/>
     <w:rsid w:val="0052246D"/>
     <w:rsid w:val="005274DB"/>
     <w:rsid w:val="0053469D"/>
     <w:rsid w:val="00543C35"/>
     <w:rsid w:val="00543F9B"/>
     <w:rsid w:val="0054512E"/>
     <w:rsid w:val="00545A9F"/>
     <w:rsid w:val="00546B82"/>
     <w:rsid w:val="00552044"/>
     <w:rsid w:val="0055282A"/>
     <w:rsid w:val="00570739"/>
     <w:rsid w:val="00574490"/>
     <w:rsid w:val="005808FF"/>
     <w:rsid w:val="00583015"/>
     <w:rsid w:val="00583210"/>
     <w:rsid w:val="00586D3F"/>
     <w:rsid w:val="00596881"/>
     <w:rsid w:val="00596ADB"/>
     <w:rsid w:val="005A6120"/>
     <w:rsid w:val="005A6756"/>
     <w:rsid w:val="005B0337"/>
     <w:rsid w:val="005B3474"/>
     <w:rsid w:val="005B4CB8"/>
     <w:rsid w:val="005B5D24"/>
     <w:rsid w:val="005D0B2E"/>
     <w:rsid w:val="005D1476"/>
     <w:rsid w:val="005D3B63"/>
     <w:rsid w:val="005D511C"/>
     <w:rsid w:val="005E25DD"/>
+    <w:rsid w:val="005E48C4"/>
     <w:rsid w:val="005E59AD"/>
     <w:rsid w:val="005F5EDA"/>
     <w:rsid w:val="00606977"/>
     <w:rsid w:val="00606AD7"/>
     <w:rsid w:val="006078D0"/>
     <w:rsid w:val="00610B39"/>
     <w:rsid w:val="006113AE"/>
     <w:rsid w:val="00613985"/>
     <w:rsid w:val="00613A70"/>
     <w:rsid w:val="00613FD9"/>
     <w:rsid w:val="006161CD"/>
     <w:rsid w:val="0061669B"/>
     <w:rsid w:val="00622102"/>
     <w:rsid w:val="00622AB6"/>
+    <w:rsid w:val="00624685"/>
     <w:rsid w:val="0062744C"/>
     <w:rsid w:val="006332E9"/>
     <w:rsid w:val="00633647"/>
     <w:rsid w:val="00646EB0"/>
     <w:rsid w:val="006500D1"/>
     <w:rsid w:val="00652D55"/>
     <w:rsid w:val="0065305D"/>
     <w:rsid w:val="00657EAA"/>
     <w:rsid w:val="00663D05"/>
     <w:rsid w:val="00671570"/>
     <w:rsid w:val="00671C0D"/>
     <w:rsid w:val="00673150"/>
     <w:rsid w:val="00674433"/>
     <w:rsid w:val="0068605E"/>
     <w:rsid w:val="006876D5"/>
     <w:rsid w:val="006A003A"/>
     <w:rsid w:val="006A1587"/>
+    <w:rsid w:val="006A4CF6"/>
     <w:rsid w:val="006B3723"/>
     <w:rsid w:val="006B47BB"/>
     <w:rsid w:val="006B627D"/>
     <w:rsid w:val="006C0669"/>
     <w:rsid w:val="006C21FB"/>
     <w:rsid w:val="006C29EB"/>
     <w:rsid w:val="006C3F7E"/>
     <w:rsid w:val="006C44A4"/>
     <w:rsid w:val="006D30FF"/>
     <w:rsid w:val="006D384C"/>
     <w:rsid w:val="006D4746"/>
     <w:rsid w:val="006D75BE"/>
     <w:rsid w:val="006E0B7A"/>
     <w:rsid w:val="006E2F0E"/>
     <w:rsid w:val="006E323C"/>
     <w:rsid w:val="006F09DC"/>
     <w:rsid w:val="006F1150"/>
     <w:rsid w:val="006F5637"/>
     <w:rsid w:val="006F7873"/>
     <w:rsid w:val="007011DF"/>
     <w:rsid w:val="0070523B"/>
     <w:rsid w:val="007074B6"/>
+    <w:rsid w:val="00717CC4"/>
     <w:rsid w:val="00720D66"/>
     <w:rsid w:val="0072263F"/>
     <w:rsid w:val="0073411A"/>
     <w:rsid w:val="00737665"/>
     <w:rsid w:val="00737E11"/>
     <w:rsid w:val="00740310"/>
     <w:rsid w:val="007420D6"/>
     <w:rsid w:val="00751D5C"/>
     <w:rsid w:val="007528C7"/>
     <w:rsid w:val="00755B10"/>
     <w:rsid w:val="00764589"/>
     <w:rsid w:val="00764D14"/>
     <w:rsid w:val="00766D73"/>
     <w:rsid w:val="00770A48"/>
     <w:rsid w:val="00775CDD"/>
     <w:rsid w:val="007952B9"/>
     <w:rsid w:val="00795CDB"/>
     <w:rsid w:val="007A2572"/>
     <w:rsid w:val="007A34CB"/>
     <w:rsid w:val="007A57C2"/>
     <w:rsid w:val="007A5C21"/>
     <w:rsid w:val="007A6C54"/>
     <w:rsid w:val="007B0573"/>
     <w:rsid w:val="007B0E85"/>
+    <w:rsid w:val="007B1E59"/>
     <w:rsid w:val="007B24D3"/>
     <w:rsid w:val="007B7E26"/>
     <w:rsid w:val="007C04F8"/>
     <w:rsid w:val="007C0C53"/>
     <w:rsid w:val="007C5288"/>
     <w:rsid w:val="007D11A8"/>
     <w:rsid w:val="007E6972"/>
     <w:rsid w:val="007F130D"/>
+    <w:rsid w:val="007F5B98"/>
     <w:rsid w:val="007F7BCC"/>
     <w:rsid w:val="00800422"/>
     <w:rsid w:val="0080510D"/>
     <w:rsid w:val="0080749C"/>
     <w:rsid w:val="0081062D"/>
     <w:rsid w:val="00811829"/>
     <w:rsid w:val="008120ED"/>
     <w:rsid w:val="008146F3"/>
     <w:rsid w:val="00821C6C"/>
     <w:rsid w:val="00821C86"/>
     <w:rsid w:val="008252A0"/>
     <w:rsid w:val="008273B0"/>
     <w:rsid w:val="0083006A"/>
     <w:rsid w:val="00830AF1"/>
     <w:rsid w:val="00830C23"/>
     <w:rsid w:val="00832FB6"/>
     <w:rsid w:val="008362B8"/>
     <w:rsid w:val="0083775D"/>
     <w:rsid w:val="008415D9"/>
+    <w:rsid w:val="00841909"/>
     <w:rsid w:val="00844445"/>
     <w:rsid w:val="00847812"/>
     <w:rsid w:val="00851EDF"/>
     <w:rsid w:val="0085788B"/>
     <w:rsid w:val="0086100A"/>
     <w:rsid w:val="008641F0"/>
     <w:rsid w:val="00865B26"/>
     <w:rsid w:val="00870BE2"/>
     <w:rsid w:val="0087214C"/>
     <w:rsid w:val="0088160B"/>
     <w:rsid w:val="00883BF9"/>
     <w:rsid w:val="0088452D"/>
     <w:rsid w:val="008859F8"/>
     <w:rsid w:val="008928A3"/>
     <w:rsid w:val="00895530"/>
     <w:rsid w:val="008A261A"/>
     <w:rsid w:val="008A31AF"/>
     <w:rsid w:val="008A6293"/>
     <w:rsid w:val="008A7E45"/>
     <w:rsid w:val="008B2D7F"/>
     <w:rsid w:val="008B3F14"/>
     <w:rsid w:val="008C09C1"/>
     <w:rsid w:val="008C0BC5"/>
     <w:rsid w:val="008C64DA"/>
     <w:rsid w:val="008C74DA"/>
     <w:rsid w:val="008C7887"/>
     <w:rsid w:val="008D156C"/>
     <w:rsid w:val="008D457D"/>
     <w:rsid w:val="008D6B9A"/>
     <w:rsid w:val="008D7161"/>
     <w:rsid w:val="008E0943"/>
     <w:rsid w:val="008F2359"/>
     <w:rsid w:val="00900963"/>
     <w:rsid w:val="00903732"/>
     <w:rsid w:val="00910723"/>
+    <w:rsid w:val="00914DA6"/>
     <w:rsid w:val="009150AD"/>
     <w:rsid w:val="009219A6"/>
     <w:rsid w:val="00923B06"/>
     <w:rsid w:val="00925BB5"/>
+    <w:rsid w:val="00927081"/>
     <w:rsid w:val="0093178B"/>
     <w:rsid w:val="0093467E"/>
     <w:rsid w:val="009378AA"/>
     <w:rsid w:val="00956AF3"/>
     <w:rsid w:val="00956BC5"/>
     <w:rsid w:val="00957BF4"/>
     <w:rsid w:val="0096057F"/>
     <w:rsid w:val="00960CC5"/>
     <w:rsid w:val="0096184F"/>
     <w:rsid w:val="00964673"/>
     <w:rsid w:val="00966D53"/>
     <w:rsid w:val="00971C44"/>
     <w:rsid w:val="00972546"/>
     <w:rsid w:val="00975755"/>
     <w:rsid w:val="00975796"/>
     <w:rsid w:val="009773B1"/>
     <w:rsid w:val="00981938"/>
     <w:rsid w:val="0098506D"/>
     <w:rsid w:val="00986CFA"/>
     <w:rsid w:val="0099259B"/>
     <w:rsid w:val="00994139"/>
     <w:rsid w:val="00995532"/>
     <w:rsid w:val="00997295"/>
     <w:rsid w:val="00997EE0"/>
     <w:rsid w:val="009A3513"/>
@@ -5791,253 +5895,267 @@
     <w:rsid w:val="00AD1F30"/>
     <w:rsid w:val="00AD47C5"/>
     <w:rsid w:val="00AD62F0"/>
     <w:rsid w:val="00AE27E0"/>
     <w:rsid w:val="00AE28AA"/>
     <w:rsid w:val="00AE37BF"/>
     <w:rsid w:val="00AE6CD2"/>
     <w:rsid w:val="00AE7398"/>
     <w:rsid w:val="00AF41C0"/>
     <w:rsid w:val="00B02AB5"/>
     <w:rsid w:val="00B04ACA"/>
     <w:rsid w:val="00B06AB2"/>
     <w:rsid w:val="00B07405"/>
     <w:rsid w:val="00B1485D"/>
     <w:rsid w:val="00B14E33"/>
     <w:rsid w:val="00B1718B"/>
     <w:rsid w:val="00B2082A"/>
     <w:rsid w:val="00B25161"/>
     <w:rsid w:val="00B2755D"/>
     <w:rsid w:val="00B34A51"/>
     <w:rsid w:val="00B36F42"/>
     <w:rsid w:val="00B37627"/>
     <w:rsid w:val="00B5342F"/>
     <w:rsid w:val="00B54D6C"/>
     <w:rsid w:val="00B5559F"/>
+    <w:rsid w:val="00B609E6"/>
+    <w:rsid w:val="00B614C8"/>
     <w:rsid w:val="00B7568C"/>
     <w:rsid w:val="00B85B2C"/>
     <w:rsid w:val="00B953FE"/>
     <w:rsid w:val="00B97E6A"/>
     <w:rsid w:val="00BA1C7C"/>
     <w:rsid w:val="00BA360F"/>
     <w:rsid w:val="00BC1C95"/>
     <w:rsid w:val="00BC1DE5"/>
     <w:rsid w:val="00BC23AB"/>
     <w:rsid w:val="00BD115B"/>
     <w:rsid w:val="00BD23A5"/>
     <w:rsid w:val="00BD4263"/>
     <w:rsid w:val="00BD5DC4"/>
     <w:rsid w:val="00BE0C53"/>
     <w:rsid w:val="00BE1210"/>
     <w:rsid w:val="00BE29FE"/>
     <w:rsid w:val="00BE4282"/>
     <w:rsid w:val="00BE714B"/>
     <w:rsid w:val="00BE71FC"/>
     <w:rsid w:val="00BF090D"/>
+    <w:rsid w:val="00BF2A9C"/>
+    <w:rsid w:val="00BF4A90"/>
     <w:rsid w:val="00C015C6"/>
     <w:rsid w:val="00C0186B"/>
     <w:rsid w:val="00C01F00"/>
     <w:rsid w:val="00C045D9"/>
     <w:rsid w:val="00C04AFF"/>
     <w:rsid w:val="00C07AE9"/>
     <w:rsid w:val="00C1120A"/>
     <w:rsid w:val="00C12C8C"/>
     <w:rsid w:val="00C14C05"/>
     <w:rsid w:val="00C153B0"/>
+    <w:rsid w:val="00C27A7B"/>
     <w:rsid w:val="00C32616"/>
     <w:rsid w:val="00C33686"/>
     <w:rsid w:val="00C354F9"/>
     <w:rsid w:val="00C40BB9"/>
     <w:rsid w:val="00C43C67"/>
     <w:rsid w:val="00C442CA"/>
     <w:rsid w:val="00C45DD8"/>
     <w:rsid w:val="00C46AFA"/>
     <w:rsid w:val="00C47A98"/>
     <w:rsid w:val="00C47C61"/>
     <w:rsid w:val="00C508AA"/>
     <w:rsid w:val="00C5445E"/>
+    <w:rsid w:val="00C55350"/>
     <w:rsid w:val="00C573D9"/>
     <w:rsid w:val="00C61BE8"/>
     <w:rsid w:val="00C62BEA"/>
     <w:rsid w:val="00C62E38"/>
     <w:rsid w:val="00C64DA4"/>
     <w:rsid w:val="00C66126"/>
     <w:rsid w:val="00C66D22"/>
     <w:rsid w:val="00C670E2"/>
     <w:rsid w:val="00C824DF"/>
     <w:rsid w:val="00C84CD9"/>
     <w:rsid w:val="00C85186"/>
     <w:rsid w:val="00C856C1"/>
     <w:rsid w:val="00C9613F"/>
     <w:rsid w:val="00CA0C71"/>
     <w:rsid w:val="00CA11CF"/>
     <w:rsid w:val="00CA2288"/>
+    <w:rsid w:val="00CA713E"/>
     <w:rsid w:val="00CA7B0E"/>
     <w:rsid w:val="00CA7C00"/>
     <w:rsid w:val="00CA7F01"/>
     <w:rsid w:val="00CB1AAE"/>
     <w:rsid w:val="00CB595A"/>
     <w:rsid w:val="00CB7468"/>
     <w:rsid w:val="00CC3DCA"/>
     <w:rsid w:val="00CC5AF6"/>
     <w:rsid w:val="00CC6B0F"/>
     <w:rsid w:val="00CD12A5"/>
     <w:rsid w:val="00CD3C3F"/>
     <w:rsid w:val="00CD3F56"/>
     <w:rsid w:val="00CE56AA"/>
     <w:rsid w:val="00CF19C3"/>
     <w:rsid w:val="00CF5756"/>
     <w:rsid w:val="00CF584C"/>
     <w:rsid w:val="00CF7B7C"/>
     <w:rsid w:val="00D01820"/>
     <w:rsid w:val="00D03D90"/>
     <w:rsid w:val="00D07ABA"/>
     <w:rsid w:val="00D10931"/>
     <w:rsid w:val="00D1432C"/>
     <w:rsid w:val="00D170B4"/>
     <w:rsid w:val="00D17F26"/>
     <w:rsid w:val="00D201FD"/>
     <w:rsid w:val="00D21382"/>
     <w:rsid w:val="00D23356"/>
     <w:rsid w:val="00D24AA7"/>
     <w:rsid w:val="00D24C90"/>
     <w:rsid w:val="00D2573B"/>
     <w:rsid w:val="00D30DD9"/>
+    <w:rsid w:val="00D40DE2"/>
     <w:rsid w:val="00D414A8"/>
     <w:rsid w:val="00D41604"/>
     <w:rsid w:val="00D42116"/>
     <w:rsid w:val="00D43F7B"/>
     <w:rsid w:val="00D453E1"/>
     <w:rsid w:val="00D471BB"/>
     <w:rsid w:val="00D47C8B"/>
     <w:rsid w:val="00D54C12"/>
     <w:rsid w:val="00D57925"/>
     <w:rsid w:val="00D6301A"/>
     <w:rsid w:val="00D6798F"/>
     <w:rsid w:val="00D721BC"/>
     <w:rsid w:val="00D755C0"/>
     <w:rsid w:val="00D825D8"/>
     <w:rsid w:val="00D84CD2"/>
     <w:rsid w:val="00D855ED"/>
     <w:rsid w:val="00D90703"/>
     <w:rsid w:val="00D95346"/>
     <w:rsid w:val="00D962CE"/>
     <w:rsid w:val="00DA4455"/>
     <w:rsid w:val="00DA593E"/>
     <w:rsid w:val="00DB114D"/>
     <w:rsid w:val="00DB1571"/>
     <w:rsid w:val="00DB7A61"/>
+    <w:rsid w:val="00DC0744"/>
     <w:rsid w:val="00DC606F"/>
     <w:rsid w:val="00DC64B1"/>
     <w:rsid w:val="00DD01D7"/>
     <w:rsid w:val="00DD27F9"/>
     <w:rsid w:val="00DD4DF4"/>
     <w:rsid w:val="00DE4250"/>
     <w:rsid w:val="00DF372B"/>
     <w:rsid w:val="00DF6294"/>
     <w:rsid w:val="00E03259"/>
     <w:rsid w:val="00E05394"/>
     <w:rsid w:val="00E07A46"/>
     <w:rsid w:val="00E111E1"/>
     <w:rsid w:val="00E130E3"/>
     <w:rsid w:val="00E147B5"/>
     <w:rsid w:val="00E213BB"/>
     <w:rsid w:val="00E2145F"/>
     <w:rsid w:val="00E23A90"/>
+    <w:rsid w:val="00E32EF9"/>
     <w:rsid w:val="00E3422D"/>
     <w:rsid w:val="00E42201"/>
     <w:rsid w:val="00E433BC"/>
     <w:rsid w:val="00E442A4"/>
     <w:rsid w:val="00E448DC"/>
     <w:rsid w:val="00E45BFD"/>
     <w:rsid w:val="00E46D2F"/>
     <w:rsid w:val="00E474A6"/>
     <w:rsid w:val="00E51431"/>
     <w:rsid w:val="00E5194F"/>
     <w:rsid w:val="00E51EAD"/>
     <w:rsid w:val="00E53733"/>
     <w:rsid w:val="00E539AE"/>
     <w:rsid w:val="00E543DA"/>
     <w:rsid w:val="00E57874"/>
     <w:rsid w:val="00E67D56"/>
     <w:rsid w:val="00E76473"/>
     <w:rsid w:val="00E817F9"/>
     <w:rsid w:val="00E82752"/>
     <w:rsid w:val="00E8488D"/>
     <w:rsid w:val="00E86781"/>
     <w:rsid w:val="00E86FB4"/>
     <w:rsid w:val="00E87855"/>
     <w:rsid w:val="00E94408"/>
     <w:rsid w:val="00E978BA"/>
     <w:rsid w:val="00EA612C"/>
     <w:rsid w:val="00EB04BB"/>
     <w:rsid w:val="00EB192C"/>
     <w:rsid w:val="00EB51FF"/>
     <w:rsid w:val="00ED2FF0"/>
     <w:rsid w:val="00ED3043"/>
     <w:rsid w:val="00EE12CB"/>
     <w:rsid w:val="00EE2235"/>
     <w:rsid w:val="00EE333F"/>
     <w:rsid w:val="00EE3F89"/>
     <w:rsid w:val="00EE577D"/>
     <w:rsid w:val="00EF0C91"/>
     <w:rsid w:val="00F01D9F"/>
     <w:rsid w:val="00F04E23"/>
     <w:rsid w:val="00F04F66"/>
     <w:rsid w:val="00F05D7E"/>
+    <w:rsid w:val="00F074ED"/>
     <w:rsid w:val="00F07BC7"/>
     <w:rsid w:val="00F1054D"/>
     <w:rsid w:val="00F1454F"/>
     <w:rsid w:val="00F15466"/>
     <w:rsid w:val="00F20C22"/>
     <w:rsid w:val="00F25B7B"/>
     <w:rsid w:val="00F25C54"/>
     <w:rsid w:val="00F32940"/>
     <w:rsid w:val="00F33B55"/>
     <w:rsid w:val="00F37C3E"/>
     <w:rsid w:val="00F41F5E"/>
     <w:rsid w:val="00F53157"/>
     <w:rsid w:val="00F574B5"/>
     <w:rsid w:val="00F63663"/>
     <w:rsid w:val="00F64CCE"/>
     <w:rsid w:val="00F658B9"/>
+    <w:rsid w:val="00F66D66"/>
     <w:rsid w:val="00F67CD0"/>
     <w:rsid w:val="00F70942"/>
     <w:rsid w:val="00F725CC"/>
     <w:rsid w:val="00F73839"/>
     <w:rsid w:val="00F740F2"/>
     <w:rsid w:val="00F75531"/>
     <w:rsid w:val="00F76CE0"/>
     <w:rsid w:val="00F846BC"/>
     <w:rsid w:val="00F92317"/>
     <w:rsid w:val="00F93EF8"/>
     <w:rsid w:val="00FA0E6D"/>
     <w:rsid w:val="00FA7E2A"/>
     <w:rsid w:val="00FB27B8"/>
     <w:rsid w:val="00FB66F4"/>
     <w:rsid w:val="00FB6BC7"/>
     <w:rsid w:val="00FC10F8"/>
+    <w:rsid w:val="00FC175E"/>
+    <w:rsid w:val="00FC309F"/>
     <w:rsid w:val="00FC45CE"/>
     <w:rsid w:val="00FD54B9"/>
     <w:rsid w:val="00FE05A7"/>
     <w:rsid w:val="00FE53E8"/>
     <w:rsid w:val="00FE5D21"/>
     <w:rsid w:val="00FE79E2"/>
     <w:rsid w:val="0165E128"/>
     <w:rsid w:val="018EE2EC"/>
     <w:rsid w:val="01F4E074"/>
     <w:rsid w:val="035D284F"/>
     <w:rsid w:val="0399803F"/>
     <w:rsid w:val="078ABD8D"/>
     <w:rsid w:val="07FA7D12"/>
     <w:rsid w:val="08DEE5D3"/>
     <w:rsid w:val="0A5651D4"/>
     <w:rsid w:val="0AFDB3A6"/>
     <w:rsid w:val="0C6417B4"/>
     <w:rsid w:val="0C7E584B"/>
     <w:rsid w:val="0DBE84DC"/>
     <w:rsid w:val="0E87CF55"/>
     <w:rsid w:val="0EAE3945"/>
     <w:rsid w:val="1506AB0A"/>
     <w:rsid w:val="16421B90"/>
     <w:rsid w:val="16D6D5D5"/>
     <w:rsid w:val="183B8B57"/>
@@ -6175,52 +6293,52 @@
     <w:rsid w:val="7EF8731C"/>
     <w:rsid w:val="7F35408C"/>
     <w:rsid w:val="7FE4EE30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="56C737F1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1D0C5B0B-95AF-4DC1-9F61-64DAA87324DB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -6578,901 +6696,901 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D7758"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Kop5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading5Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Kop6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading6Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Kop7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading7Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Kop8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading8Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Kop9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="Kop9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabelraster">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Standaardtabel"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F04E23"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F04E23"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C74DA"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C74DA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C74DA"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E817F9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Verwijzingopmerking">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E817F9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Tekstopmerking">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="TekstopmerkingChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E817F9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
+    <w:name w:val="Tekst opmerking Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Tekstopmerking"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E817F9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Tekstopmerking"/>
+    <w:next w:val="Tekstopmerking"/>
+    <w:link w:val="OnderwerpvanopmerkingChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E817F9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
+    <w:name w:val="Onderwerp van opmerking Char"/>
+    <w:basedOn w:val="TekstopmerkingChar"/>
+    <w:link w:val="Onderwerpvanopmerking"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E817F9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballontekst">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="BallontekstChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC0C52"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
+    <w:name w:val="Ballontekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Ballontekst"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC0C52"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
+    <w:name w:val="Kop 1 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
+    <w:name w:val="Kop 2 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
+    <w:name w:val="Kop 3 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
+    <w:name w:val="Kop 4 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="TitelChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
+    <w:name w:val="Titel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Titel"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Ondertitel">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="OndertitelChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
+    <w:name w:val="Ondertitel Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Ondertitel"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
+    <w:name w:val="Kop 5 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
+    <w:name w:val="Kop 6 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
+    <w:name w:val="Kop 7 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
+    <w:name w:val="Kop 8 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
+    <w:name w:val="Kop 9 Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Kop9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Bijschrift">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Zwaar">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Nadruk">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Geenafstand">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citaat">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="QuoteChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="CitaatChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
+    <w:name w:val="Citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Citaat"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:next w:val="Standaard"/>
+    <w:link w:val="DuidelijkcitaatChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
+    <w:name w:val="Duidelijk citaat Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Duidelijkcitaat"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtleEmphasis">
+  <w:style w:type="character" w:styleId="Subtielebenadrukking">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
+  <w:style w:type="character" w:styleId="Intensievebenadrukking">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtleReference">
+  <w:style w:type="character" w:styleId="Subtieleverwijzing">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
+  <w:style w:type="character" w:styleId="Intensieveverwijzing">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BookTitle">
+  <w:style w:type="character" w:styleId="Titelvanboek">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="Kopvaninhoudsopgave">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Heading1"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Kop1"/>
+    <w:next w:val="Standaard"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F75531"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Revisie">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A30377"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="000208DC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="006B3723"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Koptekst">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="KoptekstChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00043772"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
+    <w:name w:val="Koptekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Koptekst"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043772"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Voettekst">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Standaard"/>
+    <w:link w:val="VoettekstChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00043772"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
+    <w:name w:val="Voettekst Char"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:link w:val="Voettekst"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043772"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="361788609">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1320307569">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
@@ -7863,116 +7981,156 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009E18000D8FB72745A9B0E736E086557E" ma:contentTypeVersion="8" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="97e69b12a8be8b79ea6464e12d8060cd">
-[...1 lines deleted...]
-    <xsd:import namespace="2bc05c13-0f5f-41f7-bfb6-3be92b77f184"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002C96D7EFA8846243A7211BB434FAADA8" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="da3f15314925318d8099584d2906f7a0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="45ff3c15-3588-44bd-8fe3-b32b25e1a051" xmlns:ns3="f8d50802-d2a3-4d66-abb7-746920eb2521" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="56c705e5492de9b11b11cd487a98d19d" ns2:_="" ns3:_="">
+    <xsd:import namespace="45ff3c15-3588-44bd-8fe3-b32b25e1a051"/>
+    <xsd:import namespace="f8d50802-d2a3-4d66-abb7-746920eb2521"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2bc05c13-0f5f-41f7-bfb6-3be92b77f184" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="45ff3c15-3588-44bd-8fe3-b32b25e1a051" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f8d50802-d2a3-4d66-abb7-746920eb2521" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{83435dcf-7105-4a03-85ad-2632ee7959cd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f8d50802-d2a3-4d66-abb7-746920eb2521">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -8030,181 +8188,184 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="45ff3c15-3588-44bd-8fe3-b32b25e1a051">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f8d50802-d2a3-4d66-abb7-746920eb2521" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEF47546-C7AC-47AE-9060-6E2E0A691219}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0479D75-3A2E-4C09-B023-C96AC3A251BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1B08438-012E-4862-8318-EA8ADAC475D0}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EEFAF4D-832A-4287-AA83-4D779F6C814F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="2bc05c13-0f5f-41f7-bfb6-3be92b77f184"/>
+    <ds:schemaRef ds:uri="45ff3c15-3588-44bd-8fe3-b32b25e1a051"/>
+    <ds:schemaRef ds:uri="f8d50802-d2a3-4d66-abb7-746920eb2521"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28AAA3B0-7CC8-4298-BD7A-EE28A37214AE}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="f8d50802-d2a3-4d66-abb7-746920eb2521"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="45ff3c15-3588-44bd-8fe3-b32b25e1a051"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="2bc05c13-0f5f-41f7-bfb6-3be92b77f184"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>970</Words>
-  <Characters>5341</Characters>
+  <Words>1007</Words>
+  <Characters>5593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>159</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6299</CharactersWithSpaces>
+  <CharactersWithSpaces>6528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Haagdorens Hans</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101009E18000D8FB72745A9B0E736E086557E</vt:lpwstr>
+    <vt:lpwstr>0x0101002C96D7EFA8846243A7211BB434FAADA8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>84300</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="VLAIO_TB_Domein">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ce07e44b2bb3476e8a308c296960dbdc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="docLang">
+    <vt:lpwstr>nl</vt:lpwstr>
+  </property>
 </Properties>
 </file>