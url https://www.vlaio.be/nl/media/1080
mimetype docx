--- v0 (2025-10-14)
+++ v1 (2026-02-16)
@@ -4,59 +4,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="48B3B421" w14:textId="106F4001" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="00DC0116">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00584259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3112366C" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
@@ -318,115 +319,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E71D4BF" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FFB6C38" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B73691A" w14:textId="39FB288B" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="006246A5" w:rsidP="009D7261">
+    <w:p w14:paraId="2B73691A" w14:textId="2EE04951" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="006246A5" w:rsidP="009D7261">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="0023216C">
+      <w:r w:rsidR="005A5BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006246A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> oproep 202</w:t>
       </w:r>
-      <w:r w:rsidR="0023216C">
+      <w:r w:rsidR="005A5BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00063958">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="0023216C">
+      <w:r w:rsidR="005A5BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0593CC3C" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="120EDFB5" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FA8E849" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="009D7261" w:rsidP="009D7261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -960,51 +961,50 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8076"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D16360" w:rsidRPr="00584259" w14:paraId="14593603" w14:textId="77777777" w:rsidTr="00931878">
         <w:trPr>
           <w:trHeight w:val="4101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8076" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C2311BF" w14:textId="4AFCA0EC" w:rsidR="00D16360" w:rsidRPr="00584259" w:rsidRDefault="00D16360" w:rsidP="00D16360">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Projectnaam (deelgemeente + site) : </w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -1051,65 +1051,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="25EACC33" w14:textId="4CE93BB0" w:rsidR="00D16360" w:rsidRDefault="00D16360" w:rsidP="00D16360">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79991CBC" w14:textId="0F191A97" w:rsidR="00D16360" w:rsidRPr="00584259" w:rsidRDefault="00D16360" w:rsidP="00D16360">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>envoerende actor:</w:t>
+              <w:t>envoerende</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> actor:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
@@ -1233,51 +1243,65 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5683AB8D" w14:textId="1CB7A04B" w:rsidR="00D16360" w:rsidRPr="00584259" w:rsidRDefault="00D16360" w:rsidP="00D16360">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11FB52F3" w14:textId="77777777" w:rsidR="00D16360" w:rsidRDefault="00D16360" w:rsidP="00E91C8E"/>
     <w:p w14:paraId="2E895EAF" w14:textId="105B1FCB" w:rsidR="00D16360" w:rsidRPr="00F3434D" w:rsidRDefault="00F3434D" w:rsidP="00E91C8E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Algemene richtlijn bij de opmaak van dit aanvraagformulier: gebruik de oproeptekst uit het Belgisch Staatsblad waarin de verschillende criteria voor ontvankelijkheid en gegrondheid van een brownfielddossier zijn opgesomd. </w:t>
+        <w:t xml:space="preserve">Algemene richtlijn bij de opmaak van dit aanvraagformulier: gebruik de oproeptekst uit het Belgisch Staatsblad waarin de verschillende criteria voor ontvankelijkheid en gegrondheid van een </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>brownfielddossier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zijn opgesomd. </w:t>
       </w:r>
       <w:r w:rsidR="00AF1B18">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">De via dit aanvraagformulier aangeleverde informatie en de aan te leveren bijlagen dienen aan te tonen dat het dossier </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">aan deze criteria beantwoordt. De verschillende onderdelen en vragen helpen hierbij.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1273AF43" w14:textId="77777777" w:rsidR="00816122" w:rsidRDefault="00816122" w:rsidP="00E91C8E"/>
     <w:p w14:paraId="5B16AC8A" w14:textId="77777777" w:rsidR="00D16360" w:rsidRDefault="00D16360" w:rsidP="00E91C8E"/>
     <w:p w14:paraId="1D253542" w14:textId="7F8790E4" w:rsidR="009D7261" w:rsidRPr="00E91C8E" w:rsidRDefault="00645930" w:rsidP="00E91C8E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1289,89 +1313,651 @@
       <w:r>
         <w:t>BESCHRIJVING</w:t>
       </w:r>
       <w:r w:rsidR="008D6268">
         <w:t xml:space="preserve"> VAN HET PROJECTGEBIED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B24A281" w14:textId="235F9A76" w:rsidR="00971968" w:rsidRDefault="00971968" w:rsidP="009D7261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
+      <w:tr w:rsidR="00490BD2" w14:paraId="25D5B443" w14:textId="77777777" w:rsidTr="00D130C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59943582" w14:textId="547D6418" w:rsidR="00490BD2" w:rsidRPr="00645930" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>KENMERKEN BROWNFIELD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00490BD2" w14:paraId="159D184A" w14:textId="77777777" w:rsidTr="00D130C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127147BB" w14:textId="7B21460C" w:rsidR="00490BD2" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beschrijft de toestand van het projectgebied en geef aan in welke mate (de percelen gelegen binnen) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD40C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dit </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">voldoet aan de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">definitie van een </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>rownfield</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A20781">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>volgens het decreet van 30 maart 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD40C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. In welke </w:t>
+            </w:r>
+            <w:r w:rsidR="00180439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>toestand</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD40C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zijn</w:t>
+            </w:r>
+            <w:r w:rsidR="00180439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD40C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gebouwen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(leegstand, verwaarlozing, onderbenutting,…), </w:t>
+            </w:r>
+            <w:r w:rsidR="00180439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is er </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eventuele bodemvervuiling,…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED99F29" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRPr="00993030" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Documenteer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de beschrijving (bv. door conclusies bodemonderzoeken, registratieattest leegstand, foto</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>materiaal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,…</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> als optionele bijlagen toe te voegen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DBBB3A6" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44E7B348" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D5B20B" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C1BFE27" w14:textId="60C3D1EB" w:rsidR="00490BD2" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indien het project</w:t>
+            </w:r>
+            <w:r w:rsidR="00312854">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gebied</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> een </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>stortplaats</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00312854">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>omvat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dient </w:t>
+            </w:r>
+            <w:r w:rsidR="00312854">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– voor zover bekend – de omvang en de aard van de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stortplaats </w:t>
+            </w:r>
+            <w:r w:rsidR="00312854">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>te worden aangegeven en de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relatie tot het projectgebied.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F1F3D0" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRPr="0098638B" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05233DA5" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRPr="00584259" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34009691" w14:textId="77777777" w:rsidR="00490BD2" w:rsidRDefault="00490BD2" w:rsidP="00D130C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00A97990" w14:paraId="4FACF8A6" w14:textId="77777777" w:rsidTr="01F3BA59">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="212CD325" w14:textId="0ECE666E" w:rsidR="00A97990" w:rsidRDefault="00A97990" w:rsidP="008D6268">
+          <w:p w14:paraId="212CD325" w14:textId="68E44FE0" w:rsidR="00A97990" w:rsidRDefault="00A97990" w:rsidP="008D6268">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00490BD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AFBAKENING</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB27B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
@@ -1381,51 +1967,85 @@
             </w:r>
             <w:r w:rsidR="008D6268">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>EN EIGENDOMSSITUATIE</w:t>
             </w:r>
             <w:r w:rsidR="000A7DA4">
               <w:rPr>
                 <w:rStyle w:val="Voetnootmarkering"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97990" w14:paraId="5C6BFA0D" w14:textId="77777777" w:rsidTr="01F3BA59">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35555B01" w14:textId="6344AF88" w:rsidR="00A20781" w:rsidRDefault="00A20781" w:rsidP="00A20781">
+          <w:p w14:paraId="3F00A444" w14:textId="5359215A" w:rsidR="00BE4313" w:rsidRDefault="00D64245" w:rsidP="00A20781">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Via de indieningsmodule geef je </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1D04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">voor elk perceel in het projectgebied de houder van zakelijke rechten op, en of deze al dan niet de aanvraag mee onderschrijft. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35555B01" w14:textId="0B290064" w:rsidR="00A20781" w:rsidRDefault="00A20781" w:rsidP="00A20781">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645930">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Voor de percelen waarvoor een akkoord om mee te werken aan de totstandkoming van het Brownfieldproject ontbreekt, </w:t>
             </w:r>
             <w:r w:rsidR="00AF1B18">
               <w:rPr>
@@ -1577,50 +2197,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E9012E7" w14:textId="14C3C978" w:rsidR="00A20781" w:rsidRDefault="00A20781" w:rsidP="00A20781">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645930">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Voor elk perceel gedeeltelijk of volledig in het projectgebied gelegen, dient een recent (minder dan 2 maand oud bij indiening van project) </w:t>
             </w:r>
             <w:r w:rsidRPr="00A20781">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>kadastraal plan en legger</w:t>
             </w:r>
             <w:r w:rsidRPr="00645930">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> te worden toegevoegd. Mogelijke gekende afwijkingen t.o.v. deze recente documenten dienen hier te worden aangegeven.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25E3B63E" w14:textId="77777777" w:rsidR="001174C0" w:rsidRDefault="001174C0" w:rsidP="001174C0">
             <w:pPr>
               <w:pBdr>
@@ -1711,614 +2332,50 @@
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39CBD9B6" w14:textId="5909FDB7" w:rsidR="001174C0" w:rsidRPr="001174C0" w:rsidRDefault="001174C0" w:rsidP="001174C0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="22"/>
-[...562 lines deleted...]
-                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D6268" w14:paraId="4DC8F9E6" w14:textId="77777777" w:rsidTr="01F3BA59">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59C0A00D" w14:textId="6E611FF0" w:rsidR="008D6268" w:rsidRPr="00BA67B7" w:rsidRDefault="008D6268" w:rsidP="008D6268">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -2393,51 +2450,71 @@
             <w:r w:rsidR="00D0682C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>op vlak</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> van </w:t>
             </w:r>
             <w:r w:rsidR="001174C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">functioneren op meso- en microniveau (o.a. m.b.t. </w:t>
+              <w:t xml:space="preserve">functioneren op </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001174C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>meso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001174C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- en microniveau (o.a. m.b.t. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ontsluiting (auto(snel)wegennet, vaarwegen, spoorwegen,…), nabijheid </w:t>
             </w:r>
             <w:r w:rsidR="00D0682C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>stedelijke kernen, voorzieningenniveau, onmiddellijke omgeving,…</w:t>
             </w:r>
             <w:r w:rsidR="001174C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
@@ -2577,479 +2654,488 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3227CAF7" w14:textId="61F198DB" w:rsidR="008D6268" w:rsidRPr="00BA67B7" w:rsidRDefault="008D6268" w:rsidP="008A38FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A7B39" w14:paraId="7EB5CF50" w14:textId="77777777" w:rsidTr="01F3BA59">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36809A8C" w14:textId="4F1850C4" w:rsidR="005A7B39" w:rsidRDefault="005A7B39" w:rsidP="008D6268">
+          <w:p w14:paraId="36809A8C" w14:textId="627FC483" w:rsidR="005A7B39" w:rsidRDefault="005A7B39" w:rsidP="008D6268">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E95359">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>NOODZAAK BROWNFIELDCONVENANT</w:t>
+              <w:t>COMPLEXITEIT HERONTWIKKELING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A7B39" w14:paraId="4E6E47EB" w14:textId="77777777" w:rsidTr="01F3BA59">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EA2CC40" w14:textId="2746A499" w:rsidR="005A7B39" w:rsidRPr="00191DF9" w:rsidRDefault="005A7B39" w:rsidP="01F3BA59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="01F3BA59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Geef aan welke </w:t>
             </w:r>
             <w:r w:rsidR="42C64E2E" w:rsidRPr="01F3BA59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="01F3BA59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>omgevings</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="57DC169D" w:rsidRPr="01F3BA59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="01F3BA59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">aspecten de site kenmerken en een invloed kunnen hebben op de ontwikkelingspotenties: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36828107" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="36828107" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="674"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="501319307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>geïnventariseerd of beschermd erfgoed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="479CB1D9" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="479CB1D9" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="674"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-486248590"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>bodemvervuiling</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="615FB689" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="615FB689" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="674"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2016297539"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>slechte ontsluiting via weg / spoor / water</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FEA8468" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="2FEA8468" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="674"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1109475247"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>waterproblematiek (overstromingsrisico, waterloop gelegen in of grenzend aan de site,…)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52E64D11" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="52E64D11" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="674"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1907746056"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>te wijzigen planologische bestemming</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6827635C" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="6827635C" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="674"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1508428654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>waardevolle natuur gelegen in of grenzend aan projectgebied</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A1BA6A0" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="00000000" w:rsidP="005A7B39">
+          <w:p w14:paraId="4A1BA6A0" w14:textId="77777777" w:rsidR="005A7B39" w:rsidRDefault="000D0E32" w:rsidP="005A7B39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1494986240"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7B39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005A7B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">andere: </w:t>
             </w:r>
             <w:r w:rsidR="005A7B39" w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3679,51 +3765,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Geef aan welke </w:t>
             </w:r>
             <w:r w:rsidR="008371E2" w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>planningsprocessen</w:t>
             </w:r>
             <w:r w:rsidR="008371E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> i.k.v. het Brownfieldproject nodig zijn om tot (her)ontwikkeling te komen.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008371E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i.k.v</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008371E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. het Brownfieldproject nodig zijn om tot (her)ontwikkeling te komen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41885D57" w14:textId="77777777" w:rsidR="0080688D" w:rsidRDefault="0080688D" w:rsidP="005A7B39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E6EA0AC" w14:textId="77777777" w:rsidR="0080688D" w:rsidRDefault="005A7B39" w:rsidP="0080688D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
@@ -4870,159 +4976,159 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALGEMENE BESCHRIJVING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B105C" w14:paraId="617EAF80" w14:textId="77777777" w:rsidTr="74E805EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFBFBBB" w14:textId="7904AF39" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="005F2651">
+          <w:p w14:paraId="7FFBFBBB" w14:textId="19952B41" w:rsidR="004B105C" w:rsidRDefault="00775956" w:rsidP="005F2651">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005F2651">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beschrijf de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00802424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>aard en invulling</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2651">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>van het project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: welke harde en zachte bestemmingen worden gerealiseerd? </w:t>
+            </w:r>
+            <w:r w:rsidR="004B105C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve">Geef aan welke </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD3FC1">
+            <w:r w:rsidR="004B105C" w:rsidRPr="00CD3FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>structurele maatregelen</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="004B105C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (sloop- en saneringswerken, ontsluiting,…) </w:t>
             </w:r>
             <w:r w:rsidR="00D60BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">nodig zijn </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="004B105C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>om tot (her)ontwikkeling te komen</w:t>
             </w:r>
             <w:r w:rsidR="00D60BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
-            </w:r>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">: welke harde en zachte bestemmingen worden gerealiseerd? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35665ACB" w14:textId="77777777" w:rsidR="00812EFD" w:rsidRDefault="00812EFD" w:rsidP="00812EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32B5DBDD" w14:textId="77777777" w:rsidR="00812EFD" w:rsidRDefault="00812EFD" w:rsidP="00812EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5111,67 +5217,103 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.2. PROJECTDOELSTELLINGEN – ruimtelijke kwaliteit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B105C" w14:paraId="1704DA9C" w14:textId="77777777" w:rsidTr="74E805EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35F91433" w14:textId="77777777" w:rsidR="00FE448C" w:rsidRDefault="00FE448C" w:rsidP="00FE448C">
+          <w:p w14:paraId="35F91433" w14:textId="4B418933" w:rsidR="00FE448C" w:rsidRDefault="00FE448C" w:rsidP="00FE448C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Op welke manier speelt de inrichting in op de ligging? Geef aan hoe het project een kwaliteitsvolle bijdrage levert aan de ontwikkeling van de site, rekening houdend met de </w:t>
+              <w:t xml:space="preserve">Op welke manier </w:t>
+            </w:r>
+            <w:r w:rsidR="00B547B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>houdt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de inrichting </w:t>
+            </w:r>
+            <w:r w:rsidR="00B547B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rekening met</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de ligging? Geef aan hoe het project een kwaliteitsvolle bijdrage levert aan de ontwikkeling van de site, rekening houdend met de </w:t>
             </w:r>
             <w:r w:rsidRPr="00F97A65">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>knooppuntwaarde en het voorzieningenniveau</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F88A66B" w14:textId="77777777" w:rsidR="00FE448C" w:rsidRPr="0098638B" w:rsidRDefault="00FE448C" w:rsidP="00FE448C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5228,96 +5370,125 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                                          </w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D3E4576" w14:textId="77777777" w:rsidR="00FE448C" w:rsidRDefault="00FE448C" w:rsidP="00FE448C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2331EA0A" w14:textId="77777777" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
+          <w:p w14:paraId="2331EA0A" w14:textId="2D65E629" w:rsidR="004B105C" w:rsidRDefault="00C80A37" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Op welke manier wordt ingezet op het verhogen van de ruimtelijke kwaliteit van de site? Hoe wordt rekening gehouden met de </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000C52C2">
+              <w:t xml:space="preserve">Geef aan op welke manieren wordt rekening gehouden met de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906599">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 kernkwaliteiten van </w:t>
+              <w:t>zes ruimtelijke ontwikkelingsprincipes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> (bv. door verhogen hittebestendigheid, ontharding, integratie groenblauwe infrastructuur, multifunctioneel ruimtegebruik,…) ? </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> van het Ruimtelijk Kompas (Conceptnota BRV </w:t>
+            </w:r>
+            <w:r w:rsidR="00933A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="00933A01" w:rsidRPr="00CD67B6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://www.vlaanderen.be/publicaties/krachtlijnen-voor-het-beleidsplan-ruimte-vlaanderen-plan-voor-de-ruimte-van-morgen-voor-deze-en-volgende-generaties-conceptnota-beleidsplan-ruimte-vlaanderen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00933A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00906599">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CEC49DD" w14:textId="77777777" w:rsidR="004B105C" w:rsidRPr="0098638B" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1FDA8106" w14:textId="77777777" w:rsidR="004B105C" w:rsidRPr="00584259" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5420,96 +5591,165 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="74E805EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. PROJECTDOELSTELLINGEN - bedrijfshuisvesting</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B105C" w14:paraId="3F911CC4" w14:textId="77777777" w:rsidTr="74E805EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCC7B2D" w14:textId="4DE0E84B" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
+          <w:p w14:paraId="2CCC7B2D" w14:textId="4B2586B8" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Welk is het </w:t>
             </w:r>
             <w:r w:rsidRPr="005809E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>aandeel en het type</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5088">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (bedrijfs)huisvesting</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A5088">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>bedrijfs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A5088">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>)huisvesting</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> dat wordt beoogd (logistiek, maakindustrie, diensten, KMO, ,…) en waarom …? Wordt met de herontwikkeling ingespeeld op een bestaande behoefte…? Worden er specifieke doelgroepen beoogd? </w:t>
+              <w:t xml:space="preserve"> dat wordt beoogd (logistiek, maakindustrie, diensten, KMO, ,…) en waarom …? Wordt met de herontwikkeling ingespeeld op een bestaande </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>behoefte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>…? Worden er specifieke doelgroepen beoogd</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? Wordt rekening gehouden met een bovenlokale </w:t>
+            </w:r>
+            <w:r w:rsidR="00A41C9D" w:rsidRPr="00A41C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>visie op uitgifte</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7573AB60" w14:textId="77777777" w:rsidR="00812EFD" w:rsidRDefault="00812EFD" w:rsidP="00812EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="718278EF" w14:textId="77777777" w:rsidR="00812EFD" w:rsidRDefault="00812EFD" w:rsidP="00812EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5568,51 +5808,70 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F82E363" w14:textId="77777777" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geef aan op welke manier een kwalitatief lange termijnbeheer zal gewaarborgd worden (op vlak van onderhoud, fondsvorming, uitgifte, …). </w:t>
+              <w:t xml:space="preserve">Geef aan op welke manier een </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>kwalitatief lange termijnbeheer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zal gewaarborgd worden (op vlak van onderhoud, fondsvorming, uitgifte, …). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B5A2EBF" w14:textId="77777777" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0DC030CD" w14:textId="77777777" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5687,131 +5946,151 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.4. PROJECTDOELSTELLINGEN – duurzaamheid en circulariteit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B105C" w:rsidRPr="0098638B" w14:paraId="1ED33490" w14:textId="77777777" w:rsidTr="74E805EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78161C39" w14:textId="777DF489" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
+          <w:p w14:paraId="78161C39" w14:textId="3DAFAD60" w:rsidR="004B105C" w:rsidRDefault="00F16E58" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="74E805EE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aan de hand van een </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="74E805EE">
+              <w:t>Geef aan</w:t>
+            </w:r>
+            <w:r w:rsidR="004B105C" w:rsidRPr="74E805EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> op welke manier het project invulling geeft aan </w:t>
+            </w:r>
+            <w:r w:rsidR="004B105C" w:rsidRPr="74E805EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>zelf gekozen duurzaamheidsmeter</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="74E805EE">
+              <w:t>duurzaamheid op sociaal, economisch en/of milieuvlak</w:t>
+            </w:r>
+            <w:r w:rsidR="0028322F" w:rsidRPr="0028322F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> dient aangegeven te worden op welke manier het project invulling geeft aan </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="74E805EE">
+              <w:t>, daarbij</w:t>
+            </w:r>
+            <w:r w:rsidR="0028322F" w:rsidRPr="74E805EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="74E805EE">
+              </w:rPr>
+              <w:t xml:space="preserve"> maximaal inspelend op de potenties van de site en haar omgeving.</w:t>
+            </w:r>
+            <w:r w:rsidR="004B105C" w:rsidRPr="74E805EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Het ambitieniveau wordt indicatief bij aanvang van het project aangeduid en wordt verder opgevolgd en mogelijk  bijgesteld gedurende het onderhandelings- en realisatieproces. Geef aan welke engagementen worden genomen op vlak van duurzaamheid, maximaal inspelend op de potenties van de site en haar omgeving. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A260F6">
+              <w:t xml:space="preserve"> Het ambitieniveau wordt indicatief bij aanvang van het project aangeduid en wordt verder opgevolgd en mogelijk  bijgesteld gedurende het onderhandelings- en realisatieproces. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF5D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>D</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A260F6" w:rsidRPr="00A260F6">
+              <w:t xml:space="preserve">Dit kan ook worden </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF5D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>e duurzaamheidsmeter met nulmeting dient aan het aanvraagdossier te worden toegevoegd</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">uitgeschreven in een duurzaamheidsnota als bijlage. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Een duurzaamheidsmeter kan opgegeven worden, maar is niet verplicht. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70F7838D" w14:textId="627EAEE8" w:rsidR="004B105C" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5270E154" w14:textId="77777777" w:rsidR="004B105C" w:rsidRPr="00BE385A" w:rsidRDefault="004B105C" w:rsidP="004B105C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6277,51 +6556,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>bijlage)</w:t>
             </w:r>
             <w:r w:rsidR="002C7D07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C7D07" w:rsidRPr="002C7D07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">waarop de haalbaarheid van het project kan worden beoordeeld. Indien gewenst kan voor het financieel projectoverzicht gebruik gemaakt worden van het sjabloon op </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="000E0200" w:rsidRPr="00FA523E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.vlaio.be/brownfieldconvenanten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="160ABE91" w14:textId="5D85D100" w:rsidR="002C7D07" w:rsidRDefault="00BE385A" w:rsidP="0098638B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -6433,58 +6712,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6498,58 +6777,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6581,105 +6860,125 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Van w</w:t>
             </w:r>
             <w:r w:rsidRPr="002335C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">elke financiële </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ondersteuning wenst men (al dan niet i.k.v. de Brownfieldconvenanten) gebruik te maken:</w:t>
+              <w:t xml:space="preserve">ondersteuning wenst men (al dan niet </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i.k.v</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. de Brownfieldconvenanten) gebruik te maken:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="175AC66E" w14:textId="4AEBEB9A" w:rsidR="002335C4" w:rsidRDefault="002335C4" w:rsidP="005F2651">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D40AB5C" w14:textId="2A0B7633" w:rsidR="002335C4" w:rsidRDefault="002335C4" w:rsidP="002335C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6703,58 +7002,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6778,58 +7077,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6852,58 +7151,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD4FB5">
               <w:rPr>
@@ -6934,58 +7233,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD4FB5">
               <w:rPr>
@@ -7016,58 +7315,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD4FB5">
               <w:rPr>
@@ -7098,58 +7397,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD4FB5">
               <w:rPr>
@@ -7180,58 +7479,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
@@ -7655,52 +7954,64 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C7D07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Situeer van start- tot einddatum de </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE385A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>verschillende fasen en milestones</w:t>
-            </w:r>
+              <w:t xml:space="preserve">verschillende fasen en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE385A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>milestones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002C7D07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> binnen het globale tijdskader van het project. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7234DD9F" w14:textId="77777777" w:rsidR="002C7D07" w:rsidRPr="00584259" w:rsidRDefault="002C7D07" w:rsidP="002C7D07">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="71270D87" w14:textId="77777777" w:rsidR="002C7D07" w:rsidRPr="00584259" w:rsidRDefault="002C7D07" w:rsidP="002C7D07">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -8315,153 +8626,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D7261" w:rsidRPr="00584259" w14:paraId="6F29B414" w14:textId="77777777" w:rsidTr="74E805EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DCEBCB2" w14:textId="3E07F6FF" w:rsidR="009D7261" w:rsidRPr="00584259" w:rsidRDefault="005910D9" w:rsidP="005910D9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="002C7D07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VERPLICHTE BIJLAGEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D7261" w:rsidRPr="00430868" w14:paraId="6739F25B" w14:textId="77777777" w:rsidTr="74E805EE">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BA1F77B" w14:textId="21951E1A" w:rsidR="005910D9" w:rsidRPr="00584259" w:rsidRDefault="005910D9" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3280D138" w14:textId="77777777" w:rsidR="00816122" w:rsidRDefault="00BE385A" w:rsidP="00BE385A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00816122">
               <w:rPr>
@@ -8484,58 +8793,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00816122">
               <w:rPr>
@@ -8558,58 +8867,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8632,690 +8941,693 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005910D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Verklaring lokaal bestuur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F7B80AE" w14:textId="1AB4B524" w:rsidR="00BA658A" w:rsidRPr="00F777D4" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+          <w:p w14:paraId="59CD9B2B" w14:textId="611A04FD" w:rsidR="00430868" w:rsidRPr="00430868" w:rsidRDefault="00AA4C78" w:rsidP="00430868">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F777D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
-              <w:t>Powerpoint presentatie project</w:t>
+              <w:t>Powerpoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F777D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> presentatie project</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59CD9B2B" w14:textId="60B25107" w:rsidR="00430868" w:rsidRPr="00430868" w:rsidRDefault="00430868" w:rsidP="00430868">
+          <w:p w14:paraId="398680BD" w14:textId="77777777" w:rsidR="00430868" w:rsidRPr="00430868" w:rsidRDefault="00430868" w:rsidP="00AA4C78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59CEA26C" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="00430868" w:rsidRDefault="009D7261" w:rsidP="00AA4C78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA4C78" w:rsidRPr="00AA4C78" w14:paraId="7633F652" w14:textId="77777777" w:rsidTr="74E805EE">
+        <w:trPr>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9067" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3088410A" w14:textId="6E862117" w:rsidR="00AA4C78" w:rsidRPr="00584259" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>OPTIONELE BIJLAGEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA4C78" w:rsidRPr="009D7261" w14:paraId="08E1F390" w14:textId="77777777" w:rsidTr="74E805EE">
+        <w:trPr>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9067" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FCB3248" w14:textId="77777777" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BBC779C" w14:textId="5DFE6EE8" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00430868">
-[...4 lines deleted...]
-                <w:lang w:val="nl-BE"/>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="436A9D21" w:rsidRPr="00430868">
-[...4 lines deleted...]
-                <w:lang w:val="nl-BE"/>
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A077B0">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> met startmeting ingevuld</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Conclusies rapporten bodemonderzoeken</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="398680BD" w14:textId="77777777" w:rsidR="00430868" w:rsidRPr="00430868" w:rsidRDefault="00430868" w:rsidP="00AA4C78">
-[...89 lines deleted...]
-          <w:p w14:paraId="6BBC779C" w14:textId="5DFE6EE8" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+          <w:p w14:paraId="04F1AECC" w14:textId="698A87F2" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Conclusies rapporten bodemonderzoeken</w:t>
+              <w:t>Registratieattest leegstand</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04F1AECC" w14:textId="698A87F2" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+          <w:p w14:paraId="604A6FBA" w14:textId="2DFADAD4" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Registratieattest leegstand</w:t>
+              <w:t>Fotoreportage</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="604A6FBA" w14:textId="2DFADAD4" w:rsidR="00AA4C78" w:rsidRDefault="00AA4C78" w:rsidP="00AA4C78">
+          <w:p w14:paraId="304024F3" w14:textId="77777777" w:rsidR="00300FAD" w:rsidRDefault="00AA4C78" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Fotoreportage</w:t>
+            <w:r w:rsidR="00300FAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nota duurzaamheid</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="304024F3" w14:textId="77777777" w:rsidR="00300FAD" w:rsidRDefault="00AA4C78" w:rsidP="009D7261">
+          <w:p w14:paraId="7E48046F" w14:textId="4058FF19" w:rsidR="000D0E32" w:rsidRDefault="000D0E32" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00300FAD">
-[...5 lines deleted...]
-              <w:t>Nota duurzaamheid</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>uurzaamheid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>smeter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20F4793C" w14:textId="01F78B0C" w:rsidR="00AA4C78" w:rsidRDefault="00300FAD" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Selectievakje1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00584259">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00584259">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AA4C78" w:rsidRPr="00584259">
               <w:rPr>
@@ -9382,205 +9694,205 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66529318" w14:textId="5DDBB961" w:rsidR="00EC46B5" w:rsidRPr="00584259" w:rsidRDefault="00EC46B5" w:rsidP="009D7261">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35138731" w14:textId="77777777" w:rsidR="009D7261" w:rsidRPr="009D7261" w:rsidRDefault="009D7261" w:rsidP="00613445">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009D7261" w:rsidRPr="009D7261" w:rsidSect="006822A3">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A39B7FB" w14:textId="77777777" w:rsidR="003B211B" w:rsidRDefault="003B211B">
+    <w:p w14:paraId="1618ED22" w14:textId="77777777" w:rsidR="00F72153" w:rsidRDefault="00F72153">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D635244" w14:textId="77777777" w:rsidR="003B211B" w:rsidRDefault="003B211B">
+    <w:p w14:paraId="2B138AE0" w14:textId="77777777" w:rsidR="00F72153" w:rsidRDefault="00F72153">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FC4E962" w14:textId="77777777" w:rsidR="006246A5" w:rsidRDefault="006246A5">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F3E0535" w14:textId="738ADE33" w:rsidR="00A97990" w:rsidRDefault="00A97990">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="317B35C0" wp14:editId="56237698">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="317B35C0" wp14:editId="56237698">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5087816</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-147173</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1406525" cy="769620"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Afbeelding 1" descr="VLAIOtypografisch"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="VLAIOtypografisch"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -9603,135 +9915,149 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AFA1C5D" w14:textId="77777777" w:rsidR="006246A5" w:rsidRDefault="006246A5">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D269F4D" w14:textId="77777777" w:rsidR="003B211B" w:rsidRDefault="003B211B">
+    <w:p w14:paraId="05A050FB" w14:textId="77777777" w:rsidR="00F72153" w:rsidRDefault="00F72153">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="491F4EDB" w14:textId="77777777" w:rsidR="003B211B" w:rsidRDefault="003B211B">
+    <w:p w14:paraId="6A9800ED" w14:textId="77777777" w:rsidR="00F72153" w:rsidRDefault="00F72153">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="1F3C3725" w14:textId="77777777" w:rsidR="000A7DA4" w:rsidRPr="00534457" w:rsidRDefault="000A7DA4" w:rsidP="000A7DA4">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>Na indiening van het dossier wordt een voorlopige afbakening van het projectgebied gepubliceerd in het Belgisch Staatsblad en worden de houders van zakelijke rechten die de aanvraag niet mee onderschrijven, aangetekend aangeschreven om hen de mogelijkheid te bieden bezwaar in te dienen tegen de afbakening van het brownfieldprojectgebied.</w:t>
+        <w:t xml:space="preserve">Na indiening van het dossier wordt een voorlopige afbakening van het projectgebied gepubliceerd in het Belgisch Staatsblad en worden de houders van zakelijke rechten die de aanvraag niet mee onderschrijven, aangetekend aangeschreven om hen de mogelijkheid te bieden bezwaar in te dienen tegen de afbakening van het </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>brownfieldprojectgebied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7465AAD4" w14:textId="77777777" w:rsidR="006246A5" w:rsidRDefault="006246A5">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="645EE9F5" w14:textId="77777777" w:rsidR="006246A5" w:rsidRDefault="006246A5">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2073D4FD" w14:textId="77777777" w:rsidR="006246A5" w:rsidRDefault="006246A5">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010A0A0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70ECA9EC"/>
     <w:lvl w:ilvl="0" w:tplc="F59E4E26">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -17217,52 +17543,53 @@
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="75" w16cid:durableId="1901136991">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="76" w16cid:durableId="1044789429">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="77" w16cid:durableId="480584437">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="78" w16cid:durableId="493109032">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="79" w16cid:durableId="524558554">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="80" w16cid:durableId="419062912">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="71"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -17286,200 +17613,208 @@
     <w:rsid w:val="0005746B"/>
     <w:rsid w:val="00057E65"/>
     <w:rsid w:val="00061366"/>
     <w:rsid w:val="00061E00"/>
     <w:rsid w:val="00063958"/>
     <w:rsid w:val="0006713F"/>
     <w:rsid w:val="00072734"/>
     <w:rsid w:val="000762D2"/>
     <w:rsid w:val="000762DA"/>
     <w:rsid w:val="00080128"/>
     <w:rsid w:val="00084E9E"/>
     <w:rsid w:val="00091FB0"/>
     <w:rsid w:val="00092BD7"/>
     <w:rsid w:val="000A7DA4"/>
     <w:rsid w:val="000B0B80"/>
     <w:rsid w:val="000B4100"/>
     <w:rsid w:val="000B4DC0"/>
     <w:rsid w:val="000B4E00"/>
     <w:rsid w:val="000B5C68"/>
     <w:rsid w:val="000C1E3C"/>
     <w:rsid w:val="000C22BD"/>
     <w:rsid w:val="000C363F"/>
     <w:rsid w:val="000C4378"/>
     <w:rsid w:val="000C52C2"/>
     <w:rsid w:val="000C67A5"/>
+    <w:rsid w:val="000D0E32"/>
+    <w:rsid w:val="000D1D04"/>
     <w:rsid w:val="000D209B"/>
     <w:rsid w:val="000D30DC"/>
     <w:rsid w:val="000D4351"/>
     <w:rsid w:val="000D7D74"/>
     <w:rsid w:val="000D7DE8"/>
     <w:rsid w:val="000E0200"/>
     <w:rsid w:val="000E279E"/>
     <w:rsid w:val="000E30B5"/>
     <w:rsid w:val="000F00E8"/>
     <w:rsid w:val="000F16B5"/>
     <w:rsid w:val="000F5B4D"/>
     <w:rsid w:val="000F73F9"/>
     <w:rsid w:val="00100551"/>
     <w:rsid w:val="001027DD"/>
     <w:rsid w:val="00102FD4"/>
     <w:rsid w:val="00104F05"/>
     <w:rsid w:val="00111A43"/>
     <w:rsid w:val="001121D0"/>
     <w:rsid w:val="00112739"/>
     <w:rsid w:val="00115CAC"/>
     <w:rsid w:val="00115D71"/>
     <w:rsid w:val="001174C0"/>
     <w:rsid w:val="00121F99"/>
     <w:rsid w:val="0012459B"/>
     <w:rsid w:val="001252D5"/>
     <w:rsid w:val="00130E0E"/>
     <w:rsid w:val="001354E4"/>
     <w:rsid w:val="00137854"/>
     <w:rsid w:val="00146628"/>
     <w:rsid w:val="0014722C"/>
     <w:rsid w:val="00152129"/>
     <w:rsid w:val="00152B7B"/>
     <w:rsid w:val="0015312A"/>
     <w:rsid w:val="001539E8"/>
     <w:rsid w:val="00154AE6"/>
     <w:rsid w:val="0015646E"/>
     <w:rsid w:val="00156603"/>
     <w:rsid w:val="00162557"/>
     <w:rsid w:val="0016447B"/>
     <w:rsid w:val="00173CB6"/>
     <w:rsid w:val="00174069"/>
     <w:rsid w:val="001753B7"/>
     <w:rsid w:val="00175F85"/>
     <w:rsid w:val="00177762"/>
+    <w:rsid w:val="00180439"/>
     <w:rsid w:val="001853D9"/>
     <w:rsid w:val="001914A9"/>
     <w:rsid w:val="00191DF9"/>
     <w:rsid w:val="00194C6C"/>
     <w:rsid w:val="00195147"/>
     <w:rsid w:val="001A02D4"/>
     <w:rsid w:val="001A2049"/>
     <w:rsid w:val="001A243D"/>
     <w:rsid w:val="001A6605"/>
     <w:rsid w:val="001A6DE9"/>
     <w:rsid w:val="001B0B01"/>
     <w:rsid w:val="001B125B"/>
     <w:rsid w:val="001B4F6F"/>
     <w:rsid w:val="001B5920"/>
     <w:rsid w:val="001B7A5B"/>
     <w:rsid w:val="001C00DF"/>
     <w:rsid w:val="001C34EB"/>
+    <w:rsid w:val="001C4087"/>
     <w:rsid w:val="001C44C6"/>
     <w:rsid w:val="001C5F9E"/>
     <w:rsid w:val="001D1831"/>
     <w:rsid w:val="001D3CF8"/>
     <w:rsid w:val="001D57DA"/>
     <w:rsid w:val="001D65FE"/>
     <w:rsid w:val="001E10E1"/>
     <w:rsid w:val="001E281E"/>
     <w:rsid w:val="001E492E"/>
     <w:rsid w:val="001E5C93"/>
     <w:rsid w:val="001E64F7"/>
     <w:rsid w:val="001F4577"/>
     <w:rsid w:val="001F717C"/>
     <w:rsid w:val="002022F8"/>
     <w:rsid w:val="00206AA8"/>
     <w:rsid w:val="00211E2E"/>
     <w:rsid w:val="00214BB7"/>
     <w:rsid w:val="0021543C"/>
     <w:rsid w:val="00215DAC"/>
     <w:rsid w:val="002169D6"/>
     <w:rsid w:val="00223F84"/>
     <w:rsid w:val="00226ACB"/>
     <w:rsid w:val="00230B3C"/>
     <w:rsid w:val="0023216C"/>
     <w:rsid w:val="002324E6"/>
     <w:rsid w:val="002335C4"/>
     <w:rsid w:val="0023763F"/>
     <w:rsid w:val="00237FC5"/>
     <w:rsid w:val="00246F93"/>
     <w:rsid w:val="002476AA"/>
     <w:rsid w:val="00251299"/>
     <w:rsid w:val="00256A44"/>
     <w:rsid w:val="002607AD"/>
     <w:rsid w:val="00260E8C"/>
     <w:rsid w:val="0026160D"/>
     <w:rsid w:val="00261DD3"/>
     <w:rsid w:val="00266715"/>
+    <w:rsid w:val="002739D6"/>
     <w:rsid w:val="002743CD"/>
     <w:rsid w:val="0027767F"/>
     <w:rsid w:val="00282379"/>
     <w:rsid w:val="00283003"/>
+    <w:rsid w:val="0028322F"/>
     <w:rsid w:val="002849A3"/>
     <w:rsid w:val="002859CD"/>
     <w:rsid w:val="00286415"/>
     <w:rsid w:val="002878CA"/>
     <w:rsid w:val="002902FD"/>
     <w:rsid w:val="00290770"/>
     <w:rsid w:val="00293F59"/>
     <w:rsid w:val="0029440F"/>
     <w:rsid w:val="0029515F"/>
     <w:rsid w:val="002A21CF"/>
     <w:rsid w:val="002A373D"/>
     <w:rsid w:val="002A591B"/>
     <w:rsid w:val="002A7145"/>
     <w:rsid w:val="002B3844"/>
     <w:rsid w:val="002B5D8F"/>
     <w:rsid w:val="002C031C"/>
     <w:rsid w:val="002C1F7F"/>
     <w:rsid w:val="002C1FB7"/>
     <w:rsid w:val="002C2694"/>
     <w:rsid w:val="002C7D07"/>
     <w:rsid w:val="002D0A91"/>
     <w:rsid w:val="002D1C18"/>
     <w:rsid w:val="002D52F1"/>
     <w:rsid w:val="002D7B13"/>
     <w:rsid w:val="002E077C"/>
     <w:rsid w:val="002E2B2C"/>
     <w:rsid w:val="002E6F77"/>
     <w:rsid w:val="002F07CD"/>
     <w:rsid w:val="002F09E1"/>
     <w:rsid w:val="002F1826"/>
     <w:rsid w:val="002F363B"/>
     <w:rsid w:val="002F4E9C"/>
     <w:rsid w:val="002F5C19"/>
     <w:rsid w:val="00300FAD"/>
     <w:rsid w:val="00301E8E"/>
     <w:rsid w:val="0030392F"/>
     <w:rsid w:val="003076C4"/>
+    <w:rsid w:val="00312854"/>
     <w:rsid w:val="00315F47"/>
     <w:rsid w:val="00326FDD"/>
     <w:rsid w:val="003307A3"/>
     <w:rsid w:val="00332C08"/>
     <w:rsid w:val="00333916"/>
     <w:rsid w:val="00334215"/>
     <w:rsid w:val="0033463C"/>
     <w:rsid w:val="003352CB"/>
     <w:rsid w:val="00337DB7"/>
     <w:rsid w:val="003421E1"/>
     <w:rsid w:val="003462D8"/>
+    <w:rsid w:val="00353A9C"/>
     <w:rsid w:val="003565EE"/>
     <w:rsid w:val="00357D4D"/>
     <w:rsid w:val="0036244F"/>
     <w:rsid w:val="003646F7"/>
     <w:rsid w:val="00364C26"/>
     <w:rsid w:val="00366092"/>
     <w:rsid w:val="003668F9"/>
     <w:rsid w:val="00370189"/>
     <w:rsid w:val="00370286"/>
     <w:rsid w:val="003753A6"/>
     <w:rsid w:val="00377256"/>
     <w:rsid w:val="0038274D"/>
     <w:rsid w:val="00382AA6"/>
     <w:rsid w:val="003851D1"/>
     <w:rsid w:val="00387AE4"/>
     <w:rsid w:val="00393FD2"/>
     <w:rsid w:val="00397095"/>
     <w:rsid w:val="003A5088"/>
     <w:rsid w:val="003A5A45"/>
     <w:rsid w:val="003A6C6C"/>
     <w:rsid w:val="003B0380"/>
     <w:rsid w:val="003B0D33"/>
     <w:rsid w:val="003B211B"/>
     <w:rsid w:val="003B2DBE"/>
     <w:rsid w:val="003B70B0"/>
@@ -17498,146 +17833,151 @@
     <w:rsid w:val="003F7A43"/>
     <w:rsid w:val="00400EF3"/>
     <w:rsid w:val="004019C0"/>
     <w:rsid w:val="0040256E"/>
     <w:rsid w:val="004039FB"/>
     <w:rsid w:val="00403B89"/>
     <w:rsid w:val="00403D34"/>
     <w:rsid w:val="00404AEF"/>
     <w:rsid w:val="00404B18"/>
     <w:rsid w:val="00404FE7"/>
     <w:rsid w:val="004141BC"/>
     <w:rsid w:val="004147C8"/>
     <w:rsid w:val="00421558"/>
     <w:rsid w:val="004261F6"/>
     <w:rsid w:val="00430868"/>
     <w:rsid w:val="00430C20"/>
     <w:rsid w:val="00434E02"/>
     <w:rsid w:val="00441EFC"/>
     <w:rsid w:val="004541D5"/>
     <w:rsid w:val="00462D61"/>
     <w:rsid w:val="004709EB"/>
     <w:rsid w:val="0047113B"/>
     <w:rsid w:val="004714E9"/>
     <w:rsid w:val="00472C0C"/>
     <w:rsid w:val="00487C57"/>
+    <w:rsid w:val="00490BD2"/>
     <w:rsid w:val="00491FA7"/>
     <w:rsid w:val="0049286C"/>
     <w:rsid w:val="00493BAD"/>
     <w:rsid w:val="0049497D"/>
     <w:rsid w:val="00495504"/>
     <w:rsid w:val="004A1EEC"/>
     <w:rsid w:val="004B105C"/>
+    <w:rsid w:val="004B31F4"/>
     <w:rsid w:val="004B4B4E"/>
     <w:rsid w:val="004C0A73"/>
     <w:rsid w:val="004C2300"/>
     <w:rsid w:val="004D4F7A"/>
     <w:rsid w:val="004E0185"/>
     <w:rsid w:val="004E2F84"/>
     <w:rsid w:val="004E3049"/>
     <w:rsid w:val="004E3C95"/>
     <w:rsid w:val="004E4C7B"/>
     <w:rsid w:val="004E6B2B"/>
     <w:rsid w:val="004E6F93"/>
     <w:rsid w:val="004F2B20"/>
     <w:rsid w:val="00502D08"/>
     <w:rsid w:val="005055F9"/>
     <w:rsid w:val="00512C17"/>
     <w:rsid w:val="005135E1"/>
     <w:rsid w:val="00513A3C"/>
     <w:rsid w:val="00513B32"/>
     <w:rsid w:val="005163B1"/>
+    <w:rsid w:val="00517EE0"/>
     <w:rsid w:val="00521945"/>
     <w:rsid w:val="00522A55"/>
     <w:rsid w:val="00531564"/>
     <w:rsid w:val="00531D34"/>
     <w:rsid w:val="00532F91"/>
     <w:rsid w:val="00533BA2"/>
     <w:rsid w:val="00534457"/>
     <w:rsid w:val="00536B98"/>
     <w:rsid w:val="00536D84"/>
     <w:rsid w:val="00541DED"/>
     <w:rsid w:val="0055305F"/>
     <w:rsid w:val="00553562"/>
     <w:rsid w:val="00554AD0"/>
     <w:rsid w:val="0055611A"/>
     <w:rsid w:val="00557CE7"/>
     <w:rsid w:val="0056302B"/>
     <w:rsid w:val="00565A66"/>
     <w:rsid w:val="00566B2D"/>
     <w:rsid w:val="00576661"/>
     <w:rsid w:val="005809E9"/>
     <w:rsid w:val="0058296F"/>
     <w:rsid w:val="00583068"/>
     <w:rsid w:val="00583541"/>
     <w:rsid w:val="0058393E"/>
     <w:rsid w:val="00584259"/>
     <w:rsid w:val="005861B6"/>
     <w:rsid w:val="00586501"/>
     <w:rsid w:val="005910D9"/>
     <w:rsid w:val="005943D2"/>
     <w:rsid w:val="005946AE"/>
     <w:rsid w:val="005A087E"/>
     <w:rsid w:val="005A1F8E"/>
     <w:rsid w:val="005A3A0C"/>
+    <w:rsid w:val="005A5BF1"/>
     <w:rsid w:val="005A7B39"/>
     <w:rsid w:val="005B0DB0"/>
     <w:rsid w:val="005B4623"/>
     <w:rsid w:val="005C43BC"/>
     <w:rsid w:val="005C471C"/>
     <w:rsid w:val="005C7759"/>
     <w:rsid w:val="005C7D39"/>
     <w:rsid w:val="005D22D2"/>
     <w:rsid w:val="005D3278"/>
     <w:rsid w:val="005D3B82"/>
     <w:rsid w:val="005D3CDB"/>
     <w:rsid w:val="005D62C4"/>
     <w:rsid w:val="005D73FB"/>
     <w:rsid w:val="005D7494"/>
     <w:rsid w:val="005E0311"/>
     <w:rsid w:val="005E1616"/>
     <w:rsid w:val="005E29CF"/>
     <w:rsid w:val="005F2651"/>
     <w:rsid w:val="005F51FA"/>
     <w:rsid w:val="005F5FEA"/>
     <w:rsid w:val="00602DA9"/>
     <w:rsid w:val="00602FD5"/>
     <w:rsid w:val="00603C3B"/>
     <w:rsid w:val="00604E7E"/>
     <w:rsid w:val="00610C68"/>
     <w:rsid w:val="00613445"/>
     <w:rsid w:val="00614354"/>
     <w:rsid w:val="00615361"/>
     <w:rsid w:val="006165EF"/>
     <w:rsid w:val="00617FD6"/>
     <w:rsid w:val="00620195"/>
     <w:rsid w:val="00620591"/>
     <w:rsid w:val="006246A5"/>
     <w:rsid w:val="006322A7"/>
     <w:rsid w:val="00641D30"/>
     <w:rsid w:val="00642960"/>
     <w:rsid w:val="00645930"/>
+    <w:rsid w:val="00647FCB"/>
     <w:rsid w:val="00650901"/>
     <w:rsid w:val="0065219A"/>
     <w:rsid w:val="00652EF3"/>
     <w:rsid w:val="00654FBD"/>
     <w:rsid w:val="0065517D"/>
     <w:rsid w:val="006563A8"/>
     <w:rsid w:val="00656FFE"/>
     <w:rsid w:val="006644DB"/>
     <w:rsid w:val="00673691"/>
     <w:rsid w:val="006742D6"/>
     <w:rsid w:val="006811C7"/>
     <w:rsid w:val="0068130E"/>
     <w:rsid w:val="006822A3"/>
     <w:rsid w:val="006833DB"/>
     <w:rsid w:val="00684346"/>
     <w:rsid w:val="006858A8"/>
     <w:rsid w:val="00687BDE"/>
     <w:rsid w:val="006901C8"/>
     <w:rsid w:val="00691FB6"/>
     <w:rsid w:val="006A3FD1"/>
     <w:rsid w:val="006A6C4B"/>
     <w:rsid w:val="006B112C"/>
     <w:rsid w:val="006B2BAA"/>
     <w:rsid w:val="006B6665"/>
     <w:rsid w:val="006B7328"/>
@@ -17659,71 +17999,73 @@
     <w:rsid w:val="006E6CD9"/>
     <w:rsid w:val="006F1287"/>
     <w:rsid w:val="006F7993"/>
     <w:rsid w:val="00700E23"/>
     <w:rsid w:val="00702F72"/>
     <w:rsid w:val="007068A3"/>
     <w:rsid w:val="00706DBA"/>
     <w:rsid w:val="00707C74"/>
     <w:rsid w:val="0071510E"/>
     <w:rsid w:val="007211D2"/>
     <w:rsid w:val="007244AB"/>
     <w:rsid w:val="007253E2"/>
     <w:rsid w:val="00726791"/>
     <w:rsid w:val="00731F1F"/>
     <w:rsid w:val="007344F0"/>
     <w:rsid w:val="007356CE"/>
     <w:rsid w:val="00735C35"/>
     <w:rsid w:val="007377B5"/>
     <w:rsid w:val="00744020"/>
     <w:rsid w:val="00747968"/>
     <w:rsid w:val="00747AE7"/>
     <w:rsid w:val="00755D99"/>
     <w:rsid w:val="00762F34"/>
     <w:rsid w:val="0076398E"/>
     <w:rsid w:val="007732FA"/>
+    <w:rsid w:val="00775956"/>
     <w:rsid w:val="007767CA"/>
     <w:rsid w:val="00777977"/>
     <w:rsid w:val="007827A1"/>
     <w:rsid w:val="00785F89"/>
     <w:rsid w:val="00790A63"/>
     <w:rsid w:val="007913F1"/>
     <w:rsid w:val="00792740"/>
     <w:rsid w:val="007945C7"/>
     <w:rsid w:val="007A0223"/>
     <w:rsid w:val="007A1DD9"/>
     <w:rsid w:val="007A7D34"/>
     <w:rsid w:val="007B1E8F"/>
     <w:rsid w:val="007B55A5"/>
     <w:rsid w:val="007B72E9"/>
     <w:rsid w:val="007C1FE0"/>
     <w:rsid w:val="007C40C9"/>
     <w:rsid w:val="007C5CC7"/>
     <w:rsid w:val="007D07D0"/>
     <w:rsid w:val="007D14FF"/>
     <w:rsid w:val="007D158D"/>
     <w:rsid w:val="007D15B8"/>
+    <w:rsid w:val="007D2F9A"/>
     <w:rsid w:val="007D394B"/>
     <w:rsid w:val="007E053E"/>
     <w:rsid w:val="007E2E7A"/>
     <w:rsid w:val="007E2F7C"/>
     <w:rsid w:val="007E6936"/>
     <w:rsid w:val="007F2964"/>
     <w:rsid w:val="007F4EC3"/>
     <w:rsid w:val="007F7AB9"/>
     <w:rsid w:val="00802424"/>
     <w:rsid w:val="0080688D"/>
     <w:rsid w:val="00807DC3"/>
     <w:rsid w:val="00807F4C"/>
     <w:rsid w:val="00810868"/>
     <w:rsid w:val="00812EFD"/>
     <w:rsid w:val="00814BBD"/>
     <w:rsid w:val="00816122"/>
     <w:rsid w:val="00820B92"/>
     <w:rsid w:val="0082102A"/>
     <w:rsid w:val="00823E81"/>
     <w:rsid w:val="008270AA"/>
     <w:rsid w:val="00830CF2"/>
     <w:rsid w:val="00830DFA"/>
     <w:rsid w:val="00831207"/>
     <w:rsid w:val="00834827"/>
     <w:rsid w:val="00834D6E"/>
@@ -17741,388 +18083,411 @@
     <w:rsid w:val="00867A79"/>
     <w:rsid w:val="00873E20"/>
     <w:rsid w:val="008835E6"/>
     <w:rsid w:val="00885E54"/>
     <w:rsid w:val="008912F1"/>
     <w:rsid w:val="00891B89"/>
     <w:rsid w:val="008967E0"/>
     <w:rsid w:val="008A471E"/>
     <w:rsid w:val="008A5760"/>
     <w:rsid w:val="008A60F0"/>
     <w:rsid w:val="008A7E69"/>
     <w:rsid w:val="008B0499"/>
     <w:rsid w:val="008B0647"/>
     <w:rsid w:val="008C391F"/>
     <w:rsid w:val="008C42E4"/>
     <w:rsid w:val="008D1724"/>
     <w:rsid w:val="008D6268"/>
     <w:rsid w:val="008D7704"/>
     <w:rsid w:val="008E2342"/>
     <w:rsid w:val="008E48ED"/>
     <w:rsid w:val="008E6D48"/>
     <w:rsid w:val="008F0F36"/>
     <w:rsid w:val="008F714D"/>
     <w:rsid w:val="008F7E52"/>
     <w:rsid w:val="0090506C"/>
+    <w:rsid w:val="00906599"/>
     <w:rsid w:val="0091306B"/>
     <w:rsid w:val="009160DA"/>
     <w:rsid w:val="0091699F"/>
     <w:rsid w:val="00920114"/>
     <w:rsid w:val="00920FBC"/>
     <w:rsid w:val="00922791"/>
     <w:rsid w:val="00923E99"/>
     <w:rsid w:val="00924ABA"/>
     <w:rsid w:val="00926F86"/>
     <w:rsid w:val="00927070"/>
     <w:rsid w:val="00930AEA"/>
     <w:rsid w:val="00931878"/>
     <w:rsid w:val="00932845"/>
     <w:rsid w:val="00933760"/>
+    <w:rsid w:val="00933A01"/>
     <w:rsid w:val="00936382"/>
     <w:rsid w:val="00942229"/>
     <w:rsid w:val="00944875"/>
     <w:rsid w:val="00952116"/>
     <w:rsid w:val="00952B8C"/>
     <w:rsid w:val="00956473"/>
     <w:rsid w:val="00960953"/>
     <w:rsid w:val="00961228"/>
     <w:rsid w:val="00961AE0"/>
     <w:rsid w:val="0096261B"/>
     <w:rsid w:val="00965522"/>
     <w:rsid w:val="00966D11"/>
     <w:rsid w:val="00971968"/>
     <w:rsid w:val="00972376"/>
     <w:rsid w:val="009773CB"/>
     <w:rsid w:val="0098638B"/>
     <w:rsid w:val="00987599"/>
     <w:rsid w:val="00993030"/>
+    <w:rsid w:val="0099577A"/>
     <w:rsid w:val="00996B9E"/>
     <w:rsid w:val="009A0059"/>
     <w:rsid w:val="009A5656"/>
     <w:rsid w:val="009A6DC5"/>
     <w:rsid w:val="009B4E7D"/>
     <w:rsid w:val="009C0EBE"/>
     <w:rsid w:val="009C21CE"/>
     <w:rsid w:val="009C2C6C"/>
     <w:rsid w:val="009C2F93"/>
     <w:rsid w:val="009C4546"/>
     <w:rsid w:val="009C5201"/>
     <w:rsid w:val="009C5BC7"/>
     <w:rsid w:val="009C664E"/>
     <w:rsid w:val="009D0D7F"/>
     <w:rsid w:val="009D534A"/>
     <w:rsid w:val="009D6D90"/>
     <w:rsid w:val="009D7261"/>
     <w:rsid w:val="009D78B1"/>
     <w:rsid w:val="009E4EFA"/>
     <w:rsid w:val="009E5493"/>
     <w:rsid w:val="009F0029"/>
     <w:rsid w:val="009F4121"/>
     <w:rsid w:val="009F6BD0"/>
+    <w:rsid w:val="009F6E29"/>
     <w:rsid w:val="009F7D57"/>
     <w:rsid w:val="009F7E9E"/>
     <w:rsid w:val="009F7EF4"/>
     <w:rsid w:val="00A04697"/>
     <w:rsid w:val="00A077B0"/>
     <w:rsid w:val="00A1566F"/>
     <w:rsid w:val="00A20781"/>
     <w:rsid w:val="00A20A44"/>
     <w:rsid w:val="00A23310"/>
     <w:rsid w:val="00A237B9"/>
     <w:rsid w:val="00A260F6"/>
     <w:rsid w:val="00A327CD"/>
     <w:rsid w:val="00A37DC4"/>
     <w:rsid w:val="00A4175F"/>
     <w:rsid w:val="00A41822"/>
+    <w:rsid w:val="00A41C9D"/>
     <w:rsid w:val="00A549E3"/>
     <w:rsid w:val="00A55E1F"/>
     <w:rsid w:val="00A56AF4"/>
     <w:rsid w:val="00A56FB6"/>
     <w:rsid w:val="00A610EF"/>
     <w:rsid w:val="00A6704D"/>
     <w:rsid w:val="00A71D96"/>
     <w:rsid w:val="00A7668C"/>
     <w:rsid w:val="00A76865"/>
     <w:rsid w:val="00A778B3"/>
     <w:rsid w:val="00A77D9A"/>
     <w:rsid w:val="00A857F2"/>
     <w:rsid w:val="00A860C6"/>
     <w:rsid w:val="00A86657"/>
     <w:rsid w:val="00A91408"/>
     <w:rsid w:val="00A9188E"/>
+    <w:rsid w:val="00A92982"/>
     <w:rsid w:val="00A944BD"/>
     <w:rsid w:val="00A96C4F"/>
     <w:rsid w:val="00A97990"/>
     <w:rsid w:val="00AA4C78"/>
     <w:rsid w:val="00AA7196"/>
     <w:rsid w:val="00AB07A4"/>
     <w:rsid w:val="00AB0E5C"/>
     <w:rsid w:val="00AB3B54"/>
     <w:rsid w:val="00AB3C15"/>
     <w:rsid w:val="00AB49DC"/>
     <w:rsid w:val="00AC3590"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC6964"/>
     <w:rsid w:val="00AC7360"/>
     <w:rsid w:val="00AD13C8"/>
     <w:rsid w:val="00AD317A"/>
+    <w:rsid w:val="00AD40C4"/>
     <w:rsid w:val="00AE41B5"/>
     <w:rsid w:val="00AE4F7C"/>
     <w:rsid w:val="00AF0438"/>
     <w:rsid w:val="00AF19DB"/>
     <w:rsid w:val="00AF1B18"/>
     <w:rsid w:val="00AF1EE3"/>
+    <w:rsid w:val="00AF648C"/>
     <w:rsid w:val="00B01344"/>
     <w:rsid w:val="00B03373"/>
     <w:rsid w:val="00B04DDD"/>
     <w:rsid w:val="00B050C1"/>
     <w:rsid w:val="00B054FD"/>
     <w:rsid w:val="00B12010"/>
     <w:rsid w:val="00B12302"/>
     <w:rsid w:val="00B14707"/>
     <w:rsid w:val="00B16683"/>
     <w:rsid w:val="00B2041B"/>
     <w:rsid w:val="00B20E2F"/>
     <w:rsid w:val="00B23A59"/>
     <w:rsid w:val="00B25B72"/>
     <w:rsid w:val="00B347D8"/>
     <w:rsid w:val="00B362CD"/>
     <w:rsid w:val="00B36726"/>
     <w:rsid w:val="00B412B7"/>
     <w:rsid w:val="00B4541D"/>
     <w:rsid w:val="00B53174"/>
     <w:rsid w:val="00B53C8D"/>
+    <w:rsid w:val="00B547B9"/>
     <w:rsid w:val="00B560F8"/>
     <w:rsid w:val="00B5727C"/>
     <w:rsid w:val="00B60254"/>
     <w:rsid w:val="00B65141"/>
+    <w:rsid w:val="00B71820"/>
     <w:rsid w:val="00B73AC9"/>
     <w:rsid w:val="00B815D0"/>
     <w:rsid w:val="00B82A25"/>
     <w:rsid w:val="00B850D0"/>
     <w:rsid w:val="00B853A7"/>
     <w:rsid w:val="00B85BD5"/>
     <w:rsid w:val="00B85D52"/>
     <w:rsid w:val="00B90505"/>
     <w:rsid w:val="00B91D46"/>
     <w:rsid w:val="00B95BF1"/>
     <w:rsid w:val="00BA6258"/>
     <w:rsid w:val="00BA658A"/>
     <w:rsid w:val="00BA67B7"/>
     <w:rsid w:val="00BB3895"/>
     <w:rsid w:val="00BC2A10"/>
     <w:rsid w:val="00BC320E"/>
     <w:rsid w:val="00BC5049"/>
     <w:rsid w:val="00BC6D25"/>
     <w:rsid w:val="00BD070E"/>
     <w:rsid w:val="00BD1B15"/>
     <w:rsid w:val="00BD205D"/>
     <w:rsid w:val="00BD6708"/>
     <w:rsid w:val="00BD7AE8"/>
     <w:rsid w:val="00BE2F4F"/>
     <w:rsid w:val="00BE385A"/>
     <w:rsid w:val="00BE407E"/>
     <w:rsid w:val="00BE417A"/>
+    <w:rsid w:val="00BE4313"/>
+    <w:rsid w:val="00BE4829"/>
     <w:rsid w:val="00BE5810"/>
     <w:rsid w:val="00BF2559"/>
     <w:rsid w:val="00BF36FD"/>
     <w:rsid w:val="00BF3A94"/>
     <w:rsid w:val="00BF4D7D"/>
     <w:rsid w:val="00BF6AD9"/>
     <w:rsid w:val="00C027D9"/>
     <w:rsid w:val="00C05491"/>
     <w:rsid w:val="00C0556B"/>
     <w:rsid w:val="00C209D0"/>
     <w:rsid w:val="00C277E6"/>
     <w:rsid w:val="00C27BBC"/>
     <w:rsid w:val="00C30629"/>
     <w:rsid w:val="00C3406D"/>
     <w:rsid w:val="00C36751"/>
     <w:rsid w:val="00C376B5"/>
     <w:rsid w:val="00C42EE8"/>
     <w:rsid w:val="00C45436"/>
     <w:rsid w:val="00C50124"/>
     <w:rsid w:val="00C5371C"/>
     <w:rsid w:val="00C56B59"/>
     <w:rsid w:val="00C57E1E"/>
     <w:rsid w:val="00C6025E"/>
     <w:rsid w:val="00C62973"/>
     <w:rsid w:val="00C63433"/>
     <w:rsid w:val="00C6535F"/>
     <w:rsid w:val="00C66B89"/>
     <w:rsid w:val="00C710FC"/>
     <w:rsid w:val="00C738C9"/>
     <w:rsid w:val="00C754D6"/>
     <w:rsid w:val="00C76F59"/>
+    <w:rsid w:val="00C80A37"/>
     <w:rsid w:val="00C84A18"/>
     <w:rsid w:val="00C86354"/>
     <w:rsid w:val="00C934E8"/>
     <w:rsid w:val="00CA0F49"/>
     <w:rsid w:val="00CA2CAA"/>
     <w:rsid w:val="00CA7155"/>
     <w:rsid w:val="00CB12DE"/>
     <w:rsid w:val="00CB137B"/>
     <w:rsid w:val="00CB2F56"/>
     <w:rsid w:val="00CB3AE0"/>
     <w:rsid w:val="00CB49E3"/>
     <w:rsid w:val="00CB5FE8"/>
     <w:rsid w:val="00CB7FD4"/>
     <w:rsid w:val="00CC298B"/>
     <w:rsid w:val="00CC613E"/>
     <w:rsid w:val="00CC6C21"/>
     <w:rsid w:val="00CC6C87"/>
     <w:rsid w:val="00CD3C27"/>
     <w:rsid w:val="00CD3FC1"/>
     <w:rsid w:val="00CD468B"/>
+    <w:rsid w:val="00CD5319"/>
     <w:rsid w:val="00CD6CDD"/>
     <w:rsid w:val="00CE1F63"/>
     <w:rsid w:val="00CE4488"/>
     <w:rsid w:val="00CE4F95"/>
     <w:rsid w:val="00CF16B0"/>
     <w:rsid w:val="00CF3F9E"/>
+    <w:rsid w:val="00CF5D3C"/>
     <w:rsid w:val="00CF7502"/>
     <w:rsid w:val="00D01748"/>
     <w:rsid w:val="00D0682C"/>
     <w:rsid w:val="00D07452"/>
     <w:rsid w:val="00D07E26"/>
     <w:rsid w:val="00D10465"/>
     <w:rsid w:val="00D119D1"/>
     <w:rsid w:val="00D12632"/>
     <w:rsid w:val="00D13BFA"/>
     <w:rsid w:val="00D16360"/>
     <w:rsid w:val="00D16D46"/>
     <w:rsid w:val="00D170C0"/>
     <w:rsid w:val="00D20864"/>
     <w:rsid w:val="00D22025"/>
     <w:rsid w:val="00D23A9D"/>
     <w:rsid w:val="00D24907"/>
     <w:rsid w:val="00D24A77"/>
     <w:rsid w:val="00D3054F"/>
     <w:rsid w:val="00D31A58"/>
     <w:rsid w:val="00D321C4"/>
     <w:rsid w:val="00D34509"/>
     <w:rsid w:val="00D44DF8"/>
     <w:rsid w:val="00D47EA3"/>
     <w:rsid w:val="00D50C05"/>
     <w:rsid w:val="00D515E9"/>
     <w:rsid w:val="00D55C6C"/>
     <w:rsid w:val="00D567AB"/>
     <w:rsid w:val="00D60BD6"/>
     <w:rsid w:val="00D616B5"/>
     <w:rsid w:val="00D62463"/>
+    <w:rsid w:val="00D64245"/>
     <w:rsid w:val="00D659CC"/>
     <w:rsid w:val="00D715CE"/>
     <w:rsid w:val="00D74775"/>
     <w:rsid w:val="00D75809"/>
     <w:rsid w:val="00D811C6"/>
     <w:rsid w:val="00D8709A"/>
     <w:rsid w:val="00D944F9"/>
     <w:rsid w:val="00DB2528"/>
     <w:rsid w:val="00DB5ACF"/>
     <w:rsid w:val="00DC0116"/>
     <w:rsid w:val="00DC37E9"/>
     <w:rsid w:val="00DC6627"/>
+    <w:rsid w:val="00DC703D"/>
     <w:rsid w:val="00DD1BC6"/>
     <w:rsid w:val="00DD68F6"/>
     <w:rsid w:val="00DD7389"/>
     <w:rsid w:val="00DD7DD9"/>
     <w:rsid w:val="00DE290E"/>
     <w:rsid w:val="00DE3434"/>
     <w:rsid w:val="00DE7607"/>
     <w:rsid w:val="00DF004E"/>
     <w:rsid w:val="00DF141C"/>
     <w:rsid w:val="00DF36C5"/>
     <w:rsid w:val="00DF3B87"/>
     <w:rsid w:val="00E011ED"/>
     <w:rsid w:val="00E028A7"/>
     <w:rsid w:val="00E06DFC"/>
     <w:rsid w:val="00E13310"/>
     <w:rsid w:val="00E136B9"/>
     <w:rsid w:val="00E14764"/>
     <w:rsid w:val="00E156BB"/>
     <w:rsid w:val="00E173DE"/>
     <w:rsid w:val="00E2467C"/>
     <w:rsid w:val="00E2534D"/>
     <w:rsid w:val="00E256C5"/>
     <w:rsid w:val="00E25DAE"/>
     <w:rsid w:val="00E267EE"/>
     <w:rsid w:val="00E26AF3"/>
     <w:rsid w:val="00E34B02"/>
     <w:rsid w:val="00E36579"/>
     <w:rsid w:val="00E4205D"/>
     <w:rsid w:val="00E44FBC"/>
     <w:rsid w:val="00E459FA"/>
     <w:rsid w:val="00E47607"/>
     <w:rsid w:val="00E54F70"/>
     <w:rsid w:val="00E6455B"/>
     <w:rsid w:val="00E81111"/>
     <w:rsid w:val="00E82C2F"/>
     <w:rsid w:val="00E82D89"/>
     <w:rsid w:val="00E84907"/>
     <w:rsid w:val="00E85F17"/>
     <w:rsid w:val="00E8798F"/>
     <w:rsid w:val="00E9038D"/>
     <w:rsid w:val="00E91C8E"/>
     <w:rsid w:val="00E944C9"/>
     <w:rsid w:val="00E94B59"/>
+    <w:rsid w:val="00E95359"/>
     <w:rsid w:val="00E96B26"/>
     <w:rsid w:val="00E9795F"/>
     <w:rsid w:val="00EA1AA5"/>
+    <w:rsid w:val="00EA267E"/>
     <w:rsid w:val="00EA3B1F"/>
     <w:rsid w:val="00EA3D66"/>
     <w:rsid w:val="00EA64FB"/>
     <w:rsid w:val="00EA71C5"/>
     <w:rsid w:val="00EC1265"/>
     <w:rsid w:val="00EC1EA6"/>
     <w:rsid w:val="00EC2008"/>
     <w:rsid w:val="00EC46B5"/>
     <w:rsid w:val="00EC6183"/>
+    <w:rsid w:val="00EC6E89"/>
     <w:rsid w:val="00ED05FA"/>
     <w:rsid w:val="00ED24F2"/>
+    <w:rsid w:val="00EE3DAF"/>
     <w:rsid w:val="00EF277F"/>
     <w:rsid w:val="00EF4DF3"/>
     <w:rsid w:val="00EF62F4"/>
     <w:rsid w:val="00EF6ACF"/>
     <w:rsid w:val="00F0231F"/>
     <w:rsid w:val="00F058F9"/>
     <w:rsid w:val="00F11AB6"/>
     <w:rsid w:val="00F1499E"/>
+    <w:rsid w:val="00F16E58"/>
     <w:rsid w:val="00F17E7F"/>
     <w:rsid w:val="00F2098F"/>
     <w:rsid w:val="00F2500C"/>
     <w:rsid w:val="00F27F87"/>
     <w:rsid w:val="00F30F53"/>
     <w:rsid w:val="00F3434D"/>
     <w:rsid w:val="00F372F8"/>
     <w:rsid w:val="00F37EFB"/>
     <w:rsid w:val="00F40020"/>
     <w:rsid w:val="00F43EA2"/>
     <w:rsid w:val="00F456B5"/>
     <w:rsid w:val="00F52438"/>
     <w:rsid w:val="00F6124C"/>
     <w:rsid w:val="00F639E1"/>
     <w:rsid w:val="00F66172"/>
+    <w:rsid w:val="00F72153"/>
     <w:rsid w:val="00F7288B"/>
     <w:rsid w:val="00F72E89"/>
     <w:rsid w:val="00F777D4"/>
     <w:rsid w:val="00F83198"/>
     <w:rsid w:val="00F837EF"/>
     <w:rsid w:val="00F85AB7"/>
     <w:rsid w:val="00F96C08"/>
     <w:rsid w:val="00F97A65"/>
     <w:rsid w:val="00FA4549"/>
     <w:rsid w:val="00FA52A6"/>
     <w:rsid w:val="00FA5836"/>
     <w:rsid w:val="00FA5897"/>
     <w:rsid w:val="00FA6318"/>
     <w:rsid w:val="00FA6F83"/>
     <w:rsid w:val="00FB169A"/>
     <w:rsid w:val="00FB27B9"/>
     <w:rsid w:val="00FB3902"/>
     <w:rsid w:val="00FB6454"/>
     <w:rsid w:val="00FC300D"/>
     <w:rsid w:val="00FC6413"/>
     <w:rsid w:val="00FD0D38"/>
     <w:rsid w:val="00FD4FB5"/>
     <w:rsid w:val="00FD65A0"/>
     <w:rsid w:val="00FD70A8"/>
     <w:rsid w:val="00FD7CFB"/>
@@ -18153,51 +18518,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6590476F"/>
   <w15:docId w15:val="{CE81EB7C-EC5E-4E7A-A71A-372333A9C5E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-BE" w:eastAsia="nl-BE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19178,55 +19543,67 @@
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:ind w:right="27"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:spacing w:val="-3"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tekst">
     <w:name w:val="tekst"/>
     <w:rsid w:val="00F1499E"/>
   </w:style>
   <w:style w:type="character" w:styleId="GevolgdeHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="00174069"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00933A01"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="90511306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="119500645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19986,51 +20363,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2051415809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vlaio.be/brownfieldconvenanten" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brownfield.convenant@vlaio.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vlaanderen.be/publicaties/krachtlijnen-voor-het-beleidsplan-ruimte-vlaanderen-plan-voor-de-ruimte-van-morgen-voor-deze-en-volgende-generaties-conceptnota-beleidsplan-ruimte-vlaanderen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brownfield.convenant@vlaio.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vlaio.be/brownfieldconvenanten" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -20271,50 +20648,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b34cf048-79eb-4317-b7ba-a1c40732debe" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="66a30986-5a28-4047-b2e3-26fd714f7387">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="66a30986-5a28-4047-b2e3-26fd714f7387" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010064E02966E3DFFE4E90B15E859C6479BE" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="8ae81ec98f47fe8255137216199b7a62">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="66a30986-5a28-4047-b2e3-26fd714f7387" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f8094c4afde43679f207503dcab2d4a" ns2:_="" ns3:_="">
     <xsd:import namespace="66a30986-5a28-4047-b2e3-26fd714f7387"/>
     <xsd:import namespace="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -20471,136 +20873,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AE42AA5-AE83-4DDB-B4F8-5B0246FEFF51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4CF729D-6CEB-4B71-AA55-3E5358F1E8FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCDCDDF7-4AFA-46F9-92E1-5ED857708450}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="66a30986-5a28-4047-b2e3-26fd714f7387"/>
+    <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B07F75CB-8619-4A8F-B0D5-D64BD8B9A2A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="66a30986-5a28-4047-b2e3-26fd714f7387"/>
     <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1665</Words>
-  <Characters>9158</Characters>
+  <Words>1118</Words>
+  <Characters>10000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>434</Lines>
+  <Paragraphs>158</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>VLAO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10802</CharactersWithSpaces>
+  <CharactersWithSpaces>10960</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Stassen Bert</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010064E02966E3DFFE4E90B15E859C6479BE</vt:lpwstr>
   </property>