--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -1,102 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="68C5040D" w14:textId="419E9DD7" w:rsidR="009C41B8" w:rsidRDefault="00973D99" w:rsidP="009C41B8">
+    <w:p w14:paraId="68C5040D" w14:textId="37A3A714" w:rsidR="009C41B8" w:rsidRDefault="00B24258" w:rsidP="009C41B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F83240">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="nl-BE"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660307" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D1A08BC" wp14:editId="1E4C2867">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660309" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54DE402F" wp14:editId="2ED17112">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>5715</wp:posOffset>
+              <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
-            <wp:extent cx="7559040" cy="10684290"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
+            <wp:extent cx="7559400" cy="10684800"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
             <wp:wrapNone/>
-            <wp:docPr id="3" name="Afbeelding 3"/>
+            <wp:docPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Afbeelding 3"/>
+                    <pic:cNvPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7559040" cy="10684290"/>
+                      <a:ext cx="7559400" cy="10684800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                         <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
@@ -126,255 +132,274 @@
                 </wp:positionV>
                 <wp:extent cx="6172200" cy="3543300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="4" name="Tekstvak 4" descr="Titel van het document" title="Titel van het document"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6172200" cy="3543300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-                            <ma14:wrappingTextBoxFlag xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
+                            <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="51A15CA3" w14:textId="5CF72A8E" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00D57661" w:rsidP="009C41B8">
                             <w:pPr>
-                              <w:pStyle w:val="Titel"/>
+                              <w:pStyle w:val="Title"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Determining the size of </w:t>
                             </w:r>
                             <w:r w:rsidR="0019316F">
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t>an enterprise</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="366BC82F" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="009C41B8">
                             <w:pPr>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5FEB8D49" w14:textId="01570D32" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="009C41B8">
+                          <w:p w14:paraId="5FEB8D49" w14:textId="0BCAF972" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="009C41B8">
                             <w:pPr>
-                              <w:pStyle w:val="Ondertitel"/>
+                              <w:pStyle w:val="Subtitle"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Version valid </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009575AA">
                               <w:rPr>
                                 <w:color w:val="auto"/>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">from </w:t>
+                              <w:t>from</w:t>
                             </w:r>
-                            <w:r w:rsidR="002156B2">
+                            <w:r w:rsidR="00DD72E8">
                               <w:rPr>
                                 <w:color w:val="auto"/>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
-                              <w:t>MAY</w:t>
+                              <w:t xml:space="preserve"> JANUARY</w:t>
                             </w:r>
                             <w:r w:rsidR="00D85AED" w:rsidRPr="009575AA">
                               <w:rPr>
                                 <w:color w:val="auto"/>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 1, 2024</w:t>
+                              <w:t xml:space="preserve"> 1, 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DD72E8">
+                              <w:rPr>
+                                <w:color w:val="auto"/>
+                                <w:lang w:val="en-GB" w:bidi="en-GB"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3F66463D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Titel: Titel van het document - Beschrijving: Titel van het document" style="position:absolute;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp560/YQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xX282oU2QtMgwo&#10;2mLp0LMiS4kxWdQkJnb260vJTpp1u3TYxab4Evnxoy6v2tqwnfKhAlvw0WDImbISysquC/79cfHh&#10;I2cBhS2FAasKvleBX83ev7tsXK7GsAFTKs8oiQ154wq+QXR5lgW5UbUIA3DKklGDrwXS0a+z0ouG&#10;stcmGw+H51kDvnQepAqBtDedkc9Sfq2VxHutg0JmCk61Yfr69F3Fbza7FPnaC7epZF+G+IcqalFZ&#10;uvSY6kagYFtf/ZGqrqSHABoHEuoMtK6kSj1QN6Phq26WG+FU6oXACe4IU/h/aeXdbukePMP2M7Q0&#10;wAhI40IeSBn7abWv458qZWQnCPdH2FSLTJLyfHQxpllwJsk2OZtOJnSgPNlLuPMBvyioWRQK7mku&#10;CS6xuw3YuR5c4m0WFpUxaTbG/qagnJ1GpeH20S8VJwn3RsUoY78pzaoyFR4ViVbq2ni2E0QIIaWy&#10;mHpOeck7emm6+y2BvX8M7ap6S/AxIt0MFo/BdWXBJ5RelV3+OJSsO3+C+qTvKGK7avtJrqDc04A9&#10;dNwPTi4qGsKtCPggPJGdBkcLjPf00QaagkMvcbYB/+tv+uhPHCQrZw0tT8HDz63wijPz1RI7P42m&#10;07ht6TA9uxjTwZ9aVqcWu62vgcYxoqfCySRGfzQHUXuon2jP5/FWMgkr6e6C40G8xm6l6Z2Qaj5P&#10;TrRfTuCtXToZU0d4I8Ue2yfhXc9DJArfwWHNRP6Kjp1vjLQw3yLoKnE1Atyh2gNPu5nY3r8jcflP&#10;z8nr5bWbPQMAAP//AwBQSwMEFAAGAAgAAAAhALvx7GnfAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYwtjarTSdEIgraBtM2i1rvLaicaomW8u/xzux23v20/PnfDW6Vpyx&#10;D40nDY8TBQKp9LahSsPX9v1hASJEQ9a0nlDDLwZYFbc3ucmsH2iN502sBJdQyIyGOsYukzKUNToT&#10;Jr5D4t3R985Etn0lbW8GLnetnCqVSGca4gu16fC1xvJnc3Iavj+O+91MfVZvbt4NflSS3FJqfX83&#10;vjyDiDjG/zBc8BkdCmY6+BPZIFr2apZwVEM6n6YgLgmVJjw6sHpiDbLI5fUXxR8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAKeetP2ECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu/Hsad8AAAANAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Title: Titel van het document - Description: Titel van het document" style="position:absolute;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp560/YQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xX282oU2QtMgwo&#10;2mLp0LMiS4kxWdQkJnb260vJTpp1u3TYxab4Evnxoy6v2tqwnfKhAlvw0WDImbISysquC/79cfHh&#10;I2cBhS2FAasKvleBX83ev7tsXK7GsAFTKs8oiQ154wq+QXR5lgW5UbUIA3DKklGDrwXS0a+z0ouG&#10;stcmGw+H51kDvnQepAqBtDedkc9Sfq2VxHutg0JmCk61Yfr69F3Fbza7FPnaC7epZF+G+IcqalFZ&#10;uvSY6kagYFtf/ZGqrqSHABoHEuoMtK6kSj1QN6Phq26WG+FU6oXACe4IU/h/aeXdbukePMP2M7Q0&#10;wAhI40IeSBn7abWv458qZWQnCPdH2FSLTJLyfHQxpllwJsk2OZtOJnSgPNlLuPMBvyioWRQK7mku&#10;CS6xuw3YuR5c4m0WFpUxaTbG/qagnJ1GpeH20S8VJwn3RsUoY78pzaoyFR4ViVbq2ni2E0QIIaWy&#10;mHpOeck7emm6+y2BvX8M7ap6S/AxIt0MFo/BdWXBJ5RelV3+OJSsO3+C+qTvKGK7avtJrqDc04A9&#10;dNwPTi4qGsKtCPggPJGdBkcLjPf00QaagkMvcbYB/+tv+uhPHCQrZw0tT8HDz63wijPz1RI7P42m&#10;07ht6TA9uxjTwZ9aVqcWu62vgcYxoqfCySRGfzQHUXuon2jP5/FWMgkr6e6C40G8xm6l6Z2Qaj5P&#10;TrRfTuCtXToZU0d4I8Ue2yfhXc9DJArfwWHNRP6Kjp1vjLQw3yLoKnE1Atyh2gNPu5nY3r8jcflP&#10;z8nr5bWbPQMAAP//AwBQSwMEFAAGAAgAAAAhALvx7GnfAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYwtjarTSdEIgraBtM2i1rvLaicaomW8u/xzux23v20/PnfDW6Vpyx&#10;D40nDY8TBQKp9LahSsPX9v1hASJEQ9a0nlDDLwZYFbc3ucmsH2iN502sBJdQyIyGOsYukzKUNToT&#10;Jr5D4t3R985Etn0lbW8GLnetnCqVSGca4gu16fC1xvJnc3Iavj+O+91MfVZvbt4NflSS3FJqfX83&#10;vjyDiDjG/zBc8BkdCmY6+BPZIFr2apZwVEM6n6YgLgmVJjw6sHpiDbLI5fUXxR8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAKeetP2ECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu/Hsad8AAAANAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="51A15CA3" w14:textId="5CF72A8E" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00D57661" w:rsidP="009C41B8">
                       <w:pPr>
-                        <w:pStyle w:val="Titel"/>
+                        <w:pStyle w:val="Title"/>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Determining the size of </w:t>
                       </w:r>
                       <w:r w:rsidR="0019316F">
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t>an enterprise</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="366BC82F" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="009C41B8">
                       <w:pPr>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5FEB8D49" w14:textId="01570D32" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="009C41B8">
+                    <w:p w14:paraId="5FEB8D49" w14:textId="0BCAF972" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="009C41B8">
                       <w:pPr>
-                        <w:pStyle w:val="Ondertitel"/>
+                        <w:pStyle w:val="Subtitle"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Version valid </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009575AA">
                         <w:rPr>
                           <w:color w:val="auto"/>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">from </w:t>
+                        <w:t>from</w:t>
                       </w:r>
-                      <w:r w:rsidR="002156B2">
+                      <w:r w:rsidR="00DD72E8">
                         <w:rPr>
                           <w:color w:val="auto"/>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
-                        <w:t>MAY</w:t>
+                        <w:t xml:space="preserve"> JANUARY</w:t>
                       </w:r>
                       <w:r w:rsidR="00D85AED" w:rsidRPr="009575AA">
                         <w:rPr>
                           <w:color w:val="auto"/>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 1, 2024</w:t>
+                        <w:t xml:space="preserve"> 1, 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DD72E8">
+                        <w:rPr>
+                          <w:color w:val="auto"/>
+                          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B8B495" w14:textId="77777777" w:rsidR="009C41B8" w:rsidRDefault="009C41B8" w:rsidP="009C41B8">
+    <w:p w14:paraId="58B8B495" w14:textId="131F6CF5" w:rsidR="009C41B8" w:rsidRDefault="009C41B8" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="009C41B8">
-          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="even" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3697237E" w14:textId="7857F8ED" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00F15BF8" w:rsidP="0026625A">
       <w:pPr>
-        <w:pStyle w:val="Kop1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D6730">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Is my organization a small enterprise (SE), medium</w:t>
       </w:r>
       <w:r w:rsidR="00F30227">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>-s</w:t>
       </w:r>
       <w:r w:rsidR="00FC1A8E">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>ized</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6730">
         <w:rPr>
@@ -431,116 +456,116 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Using this document, you can determine and verify your size. We use</w:t>
       </w:r>
       <w:r w:rsidR="005354CD">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> herewith</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00035D91" w:rsidRPr="001D32BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
             <w:lang w:val="en-GB" w:bidi="en-GB"/>
           </w:rPr>
           <w:t>European SME definition</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0A74DB" w14:textId="77777777" w:rsidR="00BA0C81" w:rsidRPr="0019316F" w:rsidRDefault="00BA0C81" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DCC62BF" w14:textId="67323AE6" w:rsidR="00D64974" w:rsidRPr="0019316F" w:rsidRDefault="00FC61A0" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>This document contains two sections:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0337836F" w14:textId="03E94B25" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00F15BF8" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059423A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A. Size determination of the enterprise </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B9FA71" w14:textId="440DB963" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00F15BF8" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456606">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>B. Information to be added by type of enterprise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06846F3F" w14:textId="640F6A60" w:rsidR="00ED0DCD" w:rsidRPr="0019316F" w:rsidRDefault="00E21ACF" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -648,51 +673,51 @@
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">You must upload this document when submitting your subsidy application. The legal representative of your company must declare and sign the entire digital application (and implicitly also this document) to confirm it is complete and correct. </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="06589E7F" w14:textId="04018395" w:rsidR="00ED0DCD" w:rsidRPr="0019316F" w:rsidRDefault="00ED0DCD" w:rsidP="00ED0DCD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="716E6D46" w14:textId="0AA12B86" w:rsidR="00F30809" w:rsidRPr="0019316F" w:rsidRDefault="00F30809" w:rsidP="00456606">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C1ADB65" w14:textId="77777777" w:rsidR="00A16831" w:rsidRPr="0019316F" w:rsidRDefault="00A16831" w:rsidP="00A16831">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DF587FA" w14:textId="3DBAAE0D" w:rsidR="00A16831" w:rsidRPr="0019316F" w:rsidRDefault="00A16831" w:rsidP="00456606">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -705,86 +730,86 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71603AEB" w14:textId="77777777" w:rsidR="00F971DA" w:rsidRPr="0019316F" w:rsidRDefault="00F971DA">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="232322"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk77249374"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5E4017" w14:textId="2ED6026B" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00AD3B21" w:rsidP="00C56248">
       <w:pPr>
-        <w:pStyle w:val="Kop2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A. Size determination </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>of the enterprise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E8B7795" w14:textId="77777777" w:rsidR="00BA0C81" w:rsidRPr="0019316F" w:rsidRDefault="00BA0C81" w:rsidP="00E356ED">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48FC6C45" w14:textId="77DEEF33" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00F15BF8" w:rsidP="00E356ED">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>A.1 Organizational chart shareholders</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C46EE4" w14:textId="77777777" w:rsidR="00BA0C81" w:rsidRPr="0019316F" w:rsidRDefault="00BA0C81" w:rsidP="0091643E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04E53BAC" w14:textId="29F936CF" w:rsidR="00125B99" w:rsidRPr="0019316F" w:rsidRDefault="00BA0C81" w:rsidP="00A22405">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -1299,51 +1324,51 @@
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="009B48"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="0FB9F015" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+              <v:shapetype w14:anchorId="05A4865A" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum height 0 #1"/>
                   <v:f eqn="sum 10800 0 #1"/>
                   <v:f eqn="sum width 0 #0"/>
                   <v:f eqn="prod @4 @3 10800"/>
                   <v:f eqn="sum width 0 @5"/>
                 </v:formulas>
                 <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                 <v:handles>
                   <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
               <v:shape id="AutoShape 58" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:-117.4pt;margin-top:22.3pt;width:32pt;height:61.7pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEA8mNcIt8AAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblvSrSpTaTpNnRjiyMYDZI3XVjRO&#10;1WRd9/aYExxtf/r9/cV2dr2YcAydJw3JUoFAqr3tqNHwdXpbbECEaMia3hNquGOAbfn4UJjc+ht9&#10;4nSMjeAQCrnR0MY45FKGukVnwtIPSHy7+NGZyOPYSDuaG4e7Xq6UyqQzHfGH1gxYtVh/H69OwyUc&#10;6ik57O7795OrPtJ9Zdeq0vr5ad69gog4xz8YfvVZHUp2Ovsr2SB6DYvVOmX3qCFNMxBMLJIXxZsz&#10;s9lGgSwL+b9E+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdL1FQPAIAAHgEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDyY1wi3wAAAAwBAAAP&#10;AAAAAAAAAAAAAAAAAJYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" adj="15653" fillcolor="#009b48" strokecolor="black [3213]">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDCA807" w14:textId="0827C98F" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
@@ -2124,67 +2149,51 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="181E833C" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
-[...15 lines deleted...]
-              <v:shape id="AutoShape 58" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:-102.15pt;margin-top:11.75pt;width:32pt;height:58.85pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQGL1ZPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtpJnSYx6hRduw4D&#10;ugvQ7QMUSY61SaImKXHSrx8lO1m6vQ3Lg0Ca0uHhIZnrm73RZCd9UGAbOrkoKZGWg1B209BvXx/e&#10;LCgJkVnBNFjZ0IMM9Gb1+tV172o5hQ60kJ4giA117xraxejqogi8k4aFC3DSYrAFb1hE128K4VmP&#10;6EYX07K8KnrwwnngMgT8ej8E6Srjt63k8XPbBhmJbihyi/n0+Vyns1hds3rjmesUH2mwf2BhmLKY&#10;9AR1zyIjW6/+gjKKewjQxgsOpoC2VVzmGrCaSflHNU8dczLXguIEd5Ip/D9Y/mn35L74RD24R+A/&#10;ArFw1zG7kbfeQ99JJjDdJAlV9C7UpwfJCfiUrPuPILC1bBsha7BvvUmAWB3ZZ6kPJ6nlPhKOH6vy&#10;qiqxIRxD82peTS9zBlYfHzsf4nsJhiSjoQJ6mwnlDGz3GGKWWxDLTEouvk8oaY3G7u2YJrMSf2N3&#10;z+5MX9y5LKvlmHZELFh9TJwlAa3Eg9I6O36zvtOeIDyWUy7fVovxcTi/pi3pG7qcTWeZ6otYHmt5&#10;Aon7QVfU/hzBqIg7oZVp6CKVMdaRWvHOijyxkSk92MhY20RP5mlHXY6dSs1JexDqNYgDNsrDMP64&#10;rmh04J8p6XH0Gxp+bpmXlOgPFpu9nFRV2pXsVLP5FB1/HlmfR5jlCNXQSMlg3sVhv7bOq02HmSZZ&#10;CAu3OCCtOvEbWI1jheON1ov9Offzrd9/GKtfAAAA//8DAFBLAwQUAAYACAAAACEAqOtDOuIAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbFBq50FVQpyKIkErNogWia0bD3FE&#10;bEex2wa+vsMKljNzdO+ZajnZnh1xDJ13EtKZAIau8bpzrYT33VOyABaiclr13qGEbwywrC8vKlVq&#10;f3JveNzGllGIC6WSYGIcSs5DY9CqMPMDOrp9+tGqSOPYcj2qE4XbnmdCzLlVnaMGowZ8NNh8bQ+W&#10;Sl43N6v07mX9sd7sTB6fV/6nN1JeX00P98AiTvEPhl99UoeanPb+4HRgvYQkE0VOrIQsvwVGRJIW&#10;gjZ7Yos0A15X/P8T9RkAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDQGL1ZPAIAAHgEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCo60M64gAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAAJYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" adj="15370" fillcolor="#009b48" strokecolor="black [3213]">
+              <v:shape w14:anchorId="0BE50D37" id="AutoShape 58" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:-102.15pt;margin-top:11.75pt;width:32pt;height:58.85pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQGL1ZPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtpJnSYx6hRduw4D&#10;ugvQ7QMUSY61SaImKXHSrx8lO1m6vQ3Lg0Ca0uHhIZnrm73RZCd9UGAbOrkoKZGWg1B209BvXx/e&#10;LCgJkVnBNFjZ0IMM9Gb1+tV172o5hQ60kJ4giA117xraxejqogi8k4aFC3DSYrAFb1hE128K4VmP&#10;6EYX07K8KnrwwnngMgT8ej8E6Srjt63k8XPbBhmJbihyi/n0+Vyns1hds3rjmesUH2mwf2BhmLKY&#10;9AR1zyIjW6/+gjKKewjQxgsOpoC2VVzmGrCaSflHNU8dczLXguIEd5Ip/D9Y/mn35L74RD24R+A/&#10;ArFw1zG7kbfeQ99JJjDdJAlV9C7UpwfJCfiUrPuPILC1bBsha7BvvUmAWB3ZZ6kPJ6nlPhKOH6vy&#10;qiqxIRxD82peTS9zBlYfHzsf4nsJhiSjoQJ6mwnlDGz3GGKWWxDLTEouvk8oaY3G7u2YJrMSf2N3&#10;z+5MX9y5LKvlmHZELFh9TJwlAa3Eg9I6O36zvtOeIDyWUy7fVovxcTi/pi3pG7qcTWeZ6otYHmt5&#10;Aon7QVfU/hzBqIg7oZVp6CKVMdaRWvHOijyxkSk92MhY20RP5mlHXY6dSs1JexDqNYgDNsrDMP64&#10;rmh04J8p6XH0Gxp+bpmXlOgPFpu9nFRV2pXsVLP5FB1/HlmfR5jlCNXQSMlg3sVhv7bOq02HmSZZ&#10;CAu3OCCtOvEbWI1jheON1ov9Offzrd9/GKtfAAAA//8DAFBLAwQUAAYACAAAACEAqOtDOuIAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbFBq50FVQpyKIkErNogWia0bD3FE&#10;bEex2wa+vsMKljNzdO+ZajnZnh1xDJ13EtKZAIau8bpzrYT33VOyABaiclr13qGEbwywrC8vKlVq&#10;f3JveNzGllGIC6WSYGIcSs5DY9CqMPMDOrp9+tGqSOPYcj2qE4XbnmdCzLlVnaMGowZ8NNh8bQ+W&#10;Sl43N6v07mX9sd7sTB6fV/6nN1JeX00P98AiTvEPhl99UoeanPb+4HRgvYQkE0VOrIQsvwVGRJIW&#10;gjZ7Yos0A15X/P8T9RkAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDQGL1ZPAIAAHgEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCo60M64gAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAAJYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" adj="15370" fillcolor="#009b48" strokecolor="black [3213]">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19E5B239" wp14:editId="2939513D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3436620</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>156652</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406400" cy="747423"/>
                 <wp:effectExtent l="19050" t="0" r="12700" b="33655"/>
@@ -2215,51 +2224,51 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5C74EBA8" id="AutoShape 20" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:270.6pt;margin-top:12.35pt;width:32pt;height:58.85pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgoVMdOgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8XhIgLLvRhtUKulWl&#10;7UXa9gOM7RC3tse1DYF+fccOUGjfqvJgzWTsM2fOzHD/sDea7KQPCmxDx6OSEmk5CGU3Df365enN&#10;LSUhMiuYBisbepCBPixev7rvXS0n0IEW0hMEsaHuXUO7GF1dFIF30rAwAictBlvwhkV0/aYQnvWI&#10;bnQxKcubogcvnAcuQ8CvqyFIFxm/bSWPn9o2yEh0Q5FbzKfP5zqdxeKe1RvPXKf4kQb7BxaGKYtJ&#10;z1ArFhnZevUXlFHcQ4A2jjiYAtpWcZlrwGrG5R/VvHTMyVwLihPcWabw/2D5x92L++wT9eCegX8P&#10;xMKyY3YjH72HvpNMYLpxEqroXajPD5IT8ClZ9x9AYGvZNkLWYN96kwCxOrLPUh/OUst9JBw/VuVN&#10;VWJDOIbm1byaTHMGVp8eOx/iOwmGJKOhAnqbCeUMbPccYpZbEMtMSi6+jSlpjcbu7ZgmsxJ/x+5e&#10;3Jlc3ZlPp6e0R8SC1afEWRLQSjwprbPjN+ul9gThG3q3XC1Xd0fO4fKatqTH+Gwyy1SvYnms5Rkk&#10;7gddUftLBKMi7oRWpqG3qYxjHakVb63IExuZ0oONjLVN9GSedtTl1KnUnLQHoV6DOGCjPAzjj+uK&#10;Rgf+JyU9jn5Dw48t85IS/d5is+/GVZV2JTvVbD5Bx19G1pcRZjlCNTRSMpjLOOzX1nm16TDTOAth&#10;4REHpFVnfgOr41jheKN1tT+Xfr71+w9j8QsAAP//AwBQSwMEFAAGAAgAAAAhAOFkkEbfAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sbenGVJpOgLQdthMFcU4b0xYap0qy&#10;rfD0mBMcbX/6/f3lZrajOKEPgyMF6SIBgdQ6M1Cn4PVle7MGEaImo0dHqOALA2yqy4tSF8ad6RlP&#10;dewEh1AotII+xqmQMrQ9Wh0WbkLi27vzVkcefSeN12cOt6PMkmQlrR6IP/R6wqce28/6aBXsP95S&#10;u/9uDn63s/P61s/bQ/2o1PXV/HAPIuIc/2D41Wd1qNipcUcyQYwKlnmaMaogy+9AMLBKlrxomMyz&#10;HGRVyv8Vqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIKFTHToCAAB4BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4WSQRt8AAAAKAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" adj="14866" fillcolor="#9cdcd9" strokecolor="black [3213]"/>
+              <v:shape w14:anchorId="0DA440FC" id="AutoShape 20" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:270.6pt;margin-top:12.35pt;width:32pt;height:58.85pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgoVMdOgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8XhIgLLvRhtUKulWl&#10;7UXa9gOM7RC3tse1DYF+fccOUGjfqvJgzWTsM2fOzHD/sDea7KQPCmxDx6OSEmk5CGU3Df365enN&#10;LSUhMiuYBisbepCBPixev7rvXS0n0IEW0hMEsaHuXUO7GF1dFIF30rAwAictBlvwhkV0/aYQnvWI&#10;bnQxKcubogcvnAcuQ8CvqyFIFxm/bSWPn9o2yEh0Q5FbzKfP5zqdxeKe1RvPXKf4kQb7BxaGKYtJ&#10;z1ArFhnZevUXlFHcQ4A2jjiYAtpWcZlrwGrG5R/VvHTMyVwLihPcWabw/2D5x92L++wT9eCegX8P&#10;xMKyY3YjH72HvpNMYLpxEqroXajPD5IT8ClZ9x9AYGvZNkLWYN96kwCxOrLPUh/OUst9JBw/VuVN&#10;VWJDOIbm1byaTHMGVp8eOx/iOwmGJKOhAnqbCeUMbPccYpZbEMtMSi6+jSlpjcbu7ZgmsxJ/x+5e&#10;3Jlc3ZlPp6e0R8SC1afEWRLQSjwprbPjN+ul9gThG3q3XC1Xd0fO4fKatqTH+Gwyy1SvYnms5Rkk&#10;7gddUftLBKMi7oRWpqG3qYxjHakVb63IExuZ0oONjLVN9GSedtTl1KnUnLQHoV6DOGCjPAzjj+uK&#10;Rgf+JyU9jn5Dw48t85IS/d5is+/GVZV2JTvVbD5Bx19G1pcRZjlCNTRSMpjLOOzX1nm16TDTOAth&#10;4REHpFVnfgOr41jheKN1tT+Xfr71+w9j8QsAAP//AwBQSwMEFAAGAAgAAAAhAOFkkEbfAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sbenGVJpOgLQdthMFcU4b0xYap0qy&#10;rfD0mBMcbX/6/f3lZrajOKEPgyMF6SIBgdQ6M1Cn4PVle7MGEaImo0dHqOALA2yqy4tSF8ad6RlP&#10;dewEh1AotII+xqmQMrQ9Wh0WbkLi27vzVkcefSeN12cOt6PMkmQlrR6IP/R6wqce28/6aBXsP95S&#10;u/9uDn63s/P61s/bQ/2o1PXV/HAPIuIc/2D41Wd1qNipcUcyQYwKlnmaMaogy+9AMLBKlrxomMyz&#10;HGRVyv8Vqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIKFTHToCAAB4BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4WSQRt8AAAAKAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" adj="14866" fillcolor="#9cdcd9" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51B0BA03" wp14:editId="6D316743">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1965297</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201544</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406400" cy="699715"/>
                 <wp:effectExtent l="19050" t="0" r="12700" b="43815"/>
                 <wp:wrapNone/>
                 <wp:docPr id="62" name="AutoShape 18"/>
@@ -2288,51 +2297,51 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="065CFE3E" id="AutoShape 18" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:154.75pt;margin-top:15.85pt;width:32pt;height:55.1pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFLlxlOwIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtjOpW2MOkWRrMOA&#10;7gJ0+wBFkmNtkqhJSpzu60fJTpZub8PyIJCmdHh4SOb27mg0OUgfFNiGVpOSEmk5CGV3Df365eHN&#10;DSUhMiuYBisb+iwDvVu9fnXbu1pOoQMtpCcIYkPdu4Z2Mbq6KALvpGFhAk5aDLbgDYvo+l0hPOsR&#10;3ehiWpZXRQ9eOA9choBfN0OQrjJ+20oeP7VtkJHohiK3mE+fz206i9Utq3eeuU7xkQb7BxaGKYtJ&#10;z1AbFhnZe/UXlFHcQ4A2TjiYAtpWcZlrwGqq8o9qnjrmZK4FxQnuLFP4f7D84+HJffaJenCPwL8H&#10;YmHdMbuT995D30kmMF2VhCp6F+rzg+QEfEq2/QcQ2Fq2j5A1OLbeJECsjhyz1M9nqeUxEo4f5+XV&#10;vMSGcAxdLZfX1SJnYPXpsfMhvpNgSDIaKqC3mVDOwA6PIWa5BbHMpOTiW0VJazR278A0WZT4G7t7&#10;cWf64s71bDYb046IBatPibMkoJV4UFpnx++2a+0Jwjd0ud6sN8vxcbi8pi3pMb6YLjLVF7E81vIM&#10;Eo+Drqj9JYJREXdCK9PQm1TGWEdqxVsr8sRGpvRgI2NtEz2Zpx11OXUqNSftQai3IJ6xUR6G8cd1&#10;RaMD/5OSHke/oeHHnnlJiX5vsdnLaj5Pu5Kd+eJ6io6/jGwvI8xyhGpopGQw13HYr73zatdhpioL&#10;YeEeB6RVZ34Dq3GscLzRerE/l36+9fsPY/ULAAD//wMAUEsDBBQABgAIAAAAIQCQSnMk3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfgHayp1V5xHeaVxEEKqyoaKAh9g4mkSEY+j&#10;2EDar++wanfzOLpzJl8OthVX7H3jSEE8jkAglc40VCk4Ht6e5yB80GR06wgVfKOHZTF6yHVm3I0+&#10;8boPleAQ8plWUIfQZVL6skar/dh1SLz7cr3Vgdu+kqbXNw63rUyiaCqtbogv1LrDdY3leX+xCoI9&#10;z4M5/ryvk8122OHWHj4miVJPj8PqFUTAIfzBcNdndSjY6eQuZLxoFaTRYsIoF/EMBAPpLOXBicmX&#10;eAGyyOX/F4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAUuXGU7AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJBKcyTfAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="14407" fillcolor="#9cdcd9" strokecolor="black [3213]"/>
+              <v:shape w14:anchorId="742E67D3" id="AutoShape 18" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:154.75pt;margin-top:15.85pt;width:32pt;height:55.1pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFLlxlOwIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtjOpW2MOkWRrMOA&#10;7gJ0+wBFkmNtkqhJSpzu60fJTpZub8PyIJCmdHh4SOb27mg0OUgfFNiGVpOSEmk5CGV3Df365eHN&#10;DSUhMiuYBisb+iwDvVu9fnXbu1pOoQMtpCcIYkPdu4Z2Mbq6KALvpGFhAk5aDLbgDYvo+l0hPOsR&#10;3ehiWpZXRQ9eOA9choBfN0OQrjJ+20oeP7VtkJHohiK3mE+fz206i9Utq3eeuU7xkQb7BxaGKYtJ&#10;z1AbFhnZe/UXlFHcQ4A2TjiYAtpWcZlrwGqq8o9qnjrmZK4FxQnuLFP4f7D84+HJffaJenCPwL8H&#10;YmHdMbuT995D30kmMF2VhCp6F+rzg+QEfEq2/QcQ2Fq2j5A1OLbeJECsjhyz1M9nqeUxEo4f5+XV&#10;vMSGcAxdLZfX1SJnYPXpsfMhvpNgSDIaKqC3mVDOwA6PIWa5BbHMpOTiW0VJazR278A0WZT4G7t7&#10;cWf64s71bDYb046IBatPibMkoJV4UFpnx++2a+0Jwjd0ud6sN8vxcbi8pi3pMb6YLjLVF7E81vIM&#10;Eo+Drqj9JYJREXdCK9PQm1TGWEdqxVsr8sRGpvRgI2NtEz2Zpx11OXUqNSftQai3IJ6xUR6G8cd1&#10;RaMD/5OSHke/oeHHnnlJiX5vsdnLaj5Pu5Kd+eJ6io6/jGwvI8xyhGpopGQw13HYr73zatdhpioL&#10;YeEeB6RVZ34Dq3GscLzRerE/l36+9fsPY/ULAAD//wMAUEsDBBQABgAIAAAAIQCQSnMk3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfgHayp1V5xHeaVxEEKqyoaKAh9g4mkSEY+j&#10;2EDar++wanfzOLpzJl8OthVX7H3jSEE8jkAglc40VCk4Ht6e5yB80GR06wgVfKOHZTF6yHVm3I0+&#10;8boPleAQ8plWUIfQZVL6skar/dh1SLz7cr3Vgdu+kqbXNw63rUyiaCqtbogv1LrDdY3leX+xCoI9&#10;z4M5/ryvk8122OHWHj4miVJPj8PqFUTAIfzBcNdndSjY6eQuZLxoFaTRYsIoF/EMBAPpLOXBicmX&#10;eAGyyOX/F4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAUuXGU7AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJBKcyTfAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="14407" fillcolor="#9cdcd9" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57D91DC0" wp14:editId="7EF0A0B3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>899823</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>193288</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="386080" cy="715617"/>
                 <wp:effectExtent l="19050" t="0" r="13970" b="46990"/>
                 <wp:wrapNone/>
                 <wp:docPr id="64" name="AutoShape 54"/>
@@ -2364,51 +2373,51 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2B8E0561" id="AutoShape 54" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:70.85pt;margin-top:15.2pt;width:30.4pt;height:56.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClZPRFOwIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtpOczXqFEW6DgO6&#10;C9DtAxRJjrVJoiYpcbqvHyW7WbK9DcuDQJrS4eEhmZvbo9HkIH1QYBtaXZWUSMtBKLtr6NcvD2+W&#10;lITIrGAarGzoswz0dv361U3vajmBDrSQniCIDXXvGtrF6OqiCLyThoUrcNJisAVvWETX7wrhWY/o&#10;RheTspwXPXjhPHAZAn69H4J0nfHbVvL4qW2DjEQ3FLnFfPp8btNZrG9YvfPMdYqPNNg/sDBMWUx6&#10;grpnkZG9V39BGcU9BGjjFQdTQNsqLnMNWE1V/lHNU8eczLWgOMGdZAr/D5Z/PDy5zz5RD+4R+PdA&#10;LGw6ZnfyznvoO8kEpquSUEXvQn16kJyAT8m2/wACW8v2EbIGx9abBIjVkWOW+vkktTxGwvHj9XJe&#10;LrEhHEOLajavFjkDq18eOx/iOwmGJKOhAnqbCeUM7PAYYpZbEMtMSi6+VZS0RmP3DkyTWYm/sbtn&#10;dyYXd67L6WpMOyIWrH5JnCUBrcSD0jo7frfdaE8QHsspJ4vFfHwczq9pS/qGrmaTWaZ6EctjLU8g&#10;8TjoitqfIxgVcSe0Mg1dpjLGOlIr3lqRJzYypQcbGWub6Mk87ajLS6dSc9IehHoL4hkb5WEYf1xX&#10;NDrwPynpcfQbGn7smZeU6PcWm72qptO0K9mZzhYTdPx5ZHseYZYjVEMjJYO5icN+7Z1Xuw4zVVkI&#10;C3c4IK068RtYjWOF443Wxf6c+/nW7z+M9S8AAAD//wMAUEsDBBQABgAIAAAAIQDeOEQz3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2kFBTiVAgUUE+oASSObrxNImI7&#10;st0k/D3bExxH8zT7ttguZmAT+tA7KyFZCWBoG6d720r4eK9u7oGFqKxWg7Mo4QcDbMvLi0Ll2s12&#10;j1MdW0YjNuRKQhfjmHMemg6NCis3oqXu6LxRkaJvufZqpnEz8FSIDTeqt3ShUyM+ddh81ycjwT9n&#10;yeyq+vOl2k+b3dvuyx9fnZTXV8vjA7CIS/yD4axP6lCS08GdrA5soLxO7giVkIk1MAJSkd4CO5yb&#10;LAFeFvz/C+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKVk9EU7AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN44RDPfAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15418" fillcolor="#002776" strokecolor="black [3213]"/>
+              <v:shape w14:anchorId="3BDD2835" id="AutoShape 54" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:70.85pt;margin-top:15.2pt;width:30.4pt;height:56.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClZPRFOwIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtpOczXqFEW6DgO6&#10;C9DtAxRJjrVJoiYpcbqvHyW7WbK9DcuDQJrS4eEhmZvbo9HkIH1QYBtaXZWUSMtBKLtr6NcvD2+W&#10;lITIrGAarGzoswz0dv361U3vajmBDrSQniCIDXXvGtrF6OqiCLyThoUrcNJisAVvWETX7wrhWY/o&#10;RheTspwXPXjhPHAZAn69H4J0nfHbVvL4qW2DjEQ3FLnFfPp8btNZrG9YvfPMdYqPNNg/sDBMWUx6&#10;grpnkZG9V39BGcU9BGjjFQdTQNsqLnMNWE1V/lHNU8eczLWgOMGdZAr/D5Z/PDy5zz5RD+4R+PdA&#10;LGw6ZnfyznvoO8kEpquSUEXvQn16kJyAT8m2/wACW8v2EbIGx9abBIjVkWOW+vkktTxGwvHj9XJe&#10;LrEhHEOLajavFjkDq18eOx/iOwmGJKOhAnqbCeUM7PAYYpZbEMtMSi6+VZS0RmP3DkyTWYm/sbtn&#10;dyYXd67L6WpMOyIWrH5JnCUBrcSD0jo7frfdaE8QHsspJ4vFfHwczq9pS/qGrmaTWaZ6EctjLU8g&#10;8TjoitqfIxgVcSe0Mg1dpjLGOlIr3lqRJzYypQcbGWub6Mk87ajLS6dSc9IehHoL4hkb5WEYf1xX&#10;NDrwPynpcfQbGn7smZeU6PcWm72qptO0K9mZzhYTdPx5ZHseYZYjVEMjJYO5icN+7Z1Xuw4zVVkI&#10;C3c4IK068RtYjWOF443Wxf6c+/nW7z+M9S8AAAD//wMAUEsDBBQABgAIAAAAIQDeOEQz3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2kFBTiVAgUUE+oASSObrxNImI7&#10;st0k/D3bExxH8zT7ttguZmAT+tA7KyFZCWBoG6d720r4eK9u7oGFqKxWg7Mo4QcDbMvLi0Ll2s12&#10;j1MdW0YjNuRKQhfjmHMemg6NCis3oqXu6LxRkaJvufZqpnEz8FSIDTeqt3ShUyM+ddh81ycjwT9n&#10;yeyq+vOl2k+b3dvuyx9fnZTXV8vjA7CIS/yD4axP6lCS08GdrA5soLxO7giVkIk1MAJSkd4CO5yb&#10;LAFeFvz/C+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKVk9EU7AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN44RDPfAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15418" fillcolor="#002776" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D30A8D8" w14:textId="2778956E" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ECA5BA8" w14:textId="1027E232" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="242B192B" w14:textId="54BAC88D" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00E129BC" w:rsidP="00C335C9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -3746,51 +3755,51 @@
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="009B48"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="367E2779" id="AutoShape 25" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:152.8pt;margin-top:12.15pt;width:32pt;height:61.7pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEAEUwc5t4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpEn7TZSaFdGaYpQ0Zh2HOwBQmPaao1T&#10;NaGUt593Gkfbn35/f76ZbCdGHHzrSMF8FoFAqpxpqVbwfXx/eQPhgyajO0eo4IYeNsXjQ64z4670&#10;heMh1IJDyGdaQRNCn0npqwat9jPXI/Ht7AarA49DLc2grxxuO7mIolRa3RJ/aHSPZYPVz+FiFZz9&#10;vhrn++1t93G05WeyK00clUo9P03bNYiAU/iH4U+f1aFgp5O7kPGiUxBHrymjChZJDIKBOF3x4sRk&#10;slyCLHJ5X6H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF0vUVA8AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABFMHObeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15653" fillcolor="#009b48" strokecolor="black [3213]"/>
+              <v:shape w14:anchorId="4E67FE25" id="AutoShape 25" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:152.8pt;margin-top:12.15pt;width:32pt;height:61.7pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEAEUwc5t4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpEn7TZSaFdGaYpQ0Zh2HOwBQmPaao1T&#10;NaGUt593Gkfbn35/f76ZbCdGHHzrSMF8FoFAqpxpqVbwfXx/eQPhgyajO0eo4IYeNsXjQ64z4670&#10;heMh1IJDyGdaQRNCn0npqwat9jPXI/Ht7AarA49DLc2grxxuO7mIolRa3RJ/aHSPZYPVz+FiFZz9&#10;vhrn++1t93G05WeyK00clUo9P03bNYiAU/iH4U+f1aFgp5O7kPGiUxBHrymjChZJDIKBOF3x4sRk&#10;slyCLHJ5X6H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF0vUVA8AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABFMHObeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15653" fillcolor="#009b48" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B747856" w14:textId="352F6DA2" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E3961D1" w14:textId="71034CD2" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A6A8264" w14:textId="78F73306" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00E129BC" w:rsidP="00C335C9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -4332,66 +4341,50 @@
                             </w14:textFill>
                           </w:rPr>
                           <w:t xml:space="preserve">List all shareholders, regardless of their </w:t>
                         </w:r>
                         <w:r w:rsidR="00D62C45">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-GB" w:bidi="en-GB"/>
                             <w14:textFill>
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000">
                                   <w14:alpha w14:val="1000"/>
                                 </w14:srgbClr>
                               </w14:solidFill>
                             </w14:textFill>
                           </w:rPr>
                           <w:t>participation rate</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
-[...14 lines deleted...]
-                </v:shapetype>
                 <v:shape id="AutoShape 63" o:spid="_x0000_s1036" type="#_x0000_t67" style="position:absolute;left:2019;top:1219;width:2406;height:3761;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnVEsdwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJujZwSWuNGCU0gxaeC83NfrK1lbK0cS7Gdt48KhR6HmfmGWW8n24qBel87VrBcJCCI&#10;S6drrhScT4eXFIQPyBpbx6TgTh62m9nTGjPtRi5oOIZKRAj7DBWYELpMSl8asugXriOO3o/rLYYo&#10;+0rqHscIt618TZI3abHmuGCwo72hsjnerIJLu7vuD3ZKV7fvPO121jRfTaHU/Hn6/AARaAr/4b92&#10;rhW8L+H3S/wBcvMAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ1RLHcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="15235" fillcolor="#009b48" strokecolor="#009b48"/>
                 <v:shape id="AutoShape 45" o:spid="_x0000_s1037" type="#_x0000_t67" style="position:absolute;left:2019;top:10515;width:2393;height:3761;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMxtIWwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96aYpaImuIQjaeqwWen3NPpPY7NuY3fz79t1CweMwM79hNuloatFT6yrLCp4XEQji&#10;3OqKCwWf5/38FYTzyBpry6RgIgfp9mG2wUTbgT+oP/lCBAi7BBWU3jeJlC4vyaBb2IY4eBfbGvRB&#10;toXULQ4BbmoZR9FSGqw4LJTY0K6k/OfUGQXR9bA7Xg5f9XSTOnt7+bZjF1ulnh7HbA3C0+jv4f/2&#10;u1awiuHvS/gBcvsLAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADMbSFsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="15270" fillcolor="#9cdcd9" strokecolor="#9cdcd9"/>
                 <v:shape id="AutoShape 54" o:spid="_x0000_s1038" type="#_x0000_t67" style="position:absolute;left:2095;top:5867;width:2232;height:3715;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAzSWYJxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EIuJZbSmiS4VkJoCc0t5OeQ42JtbFNrZSzVdt6+KgRyHGbmGyZfj7YRPXW+dqxhligQ&#10;xIUzNZcazqftdAnCB2SDjWPScCMP69XzU46ZcQMfqD+GUkQI+ww1VCG0mZS+qMiiT1xLHL2r6yyG&#10;KLtSmg6HCLeNfFNqLi3WHBcqbOmzouLn+Gs1pKfLPjh8Tetvu5t/pbfzotwrrScv4+YDRKAxPML3&#10;9s5oWLzD/5f4A+TqDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADNJZgnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="14715" fillcolor="#002776" strokecolor="#002776"/>
                 <w10:wrap anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74452590" wp14:editId="5791C536">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>48260</wp:posOffset>
                 </wp:positionV>
@@ -4942,666 +4935,834 @@
       <w:r w:rsidR="0089177F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>ox</w:t>
       </w:r>
       <w:r w:rsidR="0089177F" w:rsidRPr="0089177F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C835006" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A1D9C3" w14:textId="0B9375EB" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="43824905" w14:textId="530C7619" w:rsidR="006C671D" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00BD6CAD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Start with the green box (= applicant company). </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>State the</w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> balance sheet total,</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B5669B" w:rsidRPr="00D62C45">
+      <w:r w:rsidR="00B5669B" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>turnover</w:t>
       </w:r>
-      <w:r w:rsidR="00BB23E5" w:rsidRPr="00D62C45">
+      <w:r w:rsidR="00BB23E5" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>(= code 70)</w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00AB5BD4">
+      <w:r w:rsidR="00AB5BD4" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>staff headcount</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the last annual financial statements filed. Start-ups that have not yet filed financial statements, please state ‘not yet available’. Please express the </w:t>
       </w:r>
-      <w:r w:rsidR="00AB5BD4">
+      <w:r w:rsidR="00AB5BD4" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>staff headcount</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in full-time equivalents (FTE). </w:t>
       </w:r>
-      <w:r w:rsidR="00775C17">
+      <w:r w:rsidR="00775C17" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>So two people working half-time count as 1 FTE. State the same figures for the other legal entities within the organizational chart.</w:t>
       </w:r>
+      <w:r w:rsidR="00BD6CAD" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Companies</w:t>
+      </w:r>
+      <w:r w:rsidR="00581892" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6A39" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E75" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>LE</w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in th</w:t>
+      </w:r>
+      <w:r w:rsidR="006869A2" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eir own right</w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> write out the </w:t>
+      </w:r>
+      <w:r w:rsidR="00643F14" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organizational chart</w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but do not have to fill in the balance sheet total, turnover, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D5CA4" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and staff headcount</w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in detail</w:t>
+      </w:r>
+      <w:r w:rsidR="00225484" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the other </w:t>
+      </w:r>
+      <w:r w:rsidR="001934F3" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>legal entities</w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but they </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74CD6" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">still </w:t>
+      </w:r>
+      <w:r w:rsidR="006C671D" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>do have to fill in the participation rate.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="502BD0C0" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="502BD0C0" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF43775" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="3BF43775" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to the blue box (= subsidiary company(s) Y). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230057F3" w14:textId="025128CC" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+    <w:p w14:paraId="230057F3" w14:textId="025128CC" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Create a blue box for all subsidiaries in which the applicant company holds at least 25% of the capital or voting rights. Indicate in the blue box the percentage of </w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>participation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> owned by the applicant company. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3AD3F3" w14:textId="5FE77D67" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+    <w:p w14:paraId="5F3AD3F3" w14:textId="5FE77D67" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Repeat this step for each subsequent layer. For these next layers, you only need to list the subsidiaries in which the parent company owns more than 50%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE206D6" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+    <w:p w14:paraId="6EE206D6" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="702D3FB8" w14:textId="347144DE" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="702D3FB8" w14:textId="347144DE" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to the pink boxes (= shareholders of the applicant company). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F258FA" w14:textId="46FBEF0F" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+    <w:p w14:paraId="12F258FA" w14:textId="46FBEF0F" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="348"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Provide the name of all shareholders, regardless of participation</w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> rate.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Indicate in the pink box the percentage of</w:t>
       </w:r>
-      <w:r w:rsidR="00600F1B">
+      <w:r w:rsidR="00600F1B" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> participation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the applicant company held by shareholders.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764C2E48" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+    <w:p w14:paraId="764C2E48" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="348"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63987A96" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="63987A96" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Go to the black box (= parent companies)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA3C533" w14:textId="461ABB5F" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+    <w:p w14:paraId="6BA3C533" w14:textId="461ABB5F" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For each legal entity with a </w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>participation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of 25% or more in the applicant company A, state all other parent participations of 50% or more (= parent companies) until you get to the level of natural persons. To do so, create a new black box each time and state the participation rate in the underlying company each time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D12746" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="04D12746" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66DC51B7" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="0019316F" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="66DC51B7" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00DD5155" w:rsidRDefault="00C335C9" w:rsidP="00A22405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Go to the orange box(es) (= other participations of the shareholders of the applicant company; i.e. sister companies V and W of the applicant company).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B82F267" w14:textId="65DE9B52" w:rsidR="006D0B89" w:rsidRPr="0019316F" w:rsidRDefault="006D0B89" w:rsidP="00A22405">
+    <w:p w14:paraId="4B82F267" w14:textId="68F65A80" w:rsidR="006D0B89" w:rsidRPr="00DD5155" w:rsidRDefault="006D0B89" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a legal entity holds </w:t>
+      </w:r>
+      <w:r w:rsidR="00484A08" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directly (and/or indirectly </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2538C" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidR="00484A08" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24F30" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a natural person) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25% or more of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>participation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in your company, state all other</w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> participations </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of 25% or more of this legal entity in other companies. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBE5C2D" w14:textId="26215042" w:rsidR="005D24B5" w:rsidRPr="0019316F" w:rsidRDefault="005D24B5" w:rsidP="00A22405">
+    <w:p w14:paraId="3FBE5C2D" w14:textId="505C0618" w:rsidR="005D24B5" w:rsidRPr="0019316F" w:rsidRDefault="005D24B5" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>If a natural person</w:t>
+      </w:r>
+      <w:r w:rsidR="007722DC" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> directly (and/or indirectly through a legal entity)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has more than 50% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>participation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in your company, state all other</w:t>
       </w:r>
-      <w:r w:rsidR="00D62C45">
+      <w:r w:rsidR="00D62C45" w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> participations</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DD5155">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of more than 50% of this person in other companies. </w:t>
       </w:r>
+      <w:r w:rsidR="007E0EF6" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>Please include in the block diagram the companies in which persons acting jointly</w:t>
+      </w:r>
+      <w:r w:rsidR="006B10FE" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0EF6" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>own more than 50% of the shares</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03DDA" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0064350A" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individually or together</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0EF6" w:rsidRPr="00DD5155">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t>. See A.2.1 for more information about</w:t>
+      </w:r>
       <w:r w:rsidR="007E0EF6" w:rsidRPr="007E0EF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please include in the block diagram the companies in which persons acting </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">. See A.2.1 for more information about </w:t>
       </w:r>
       <w:r w:rsidR="0022665C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">natural persons </w:t>
       </w:r>
       <w:r w:rsidR="007E0EF6" w:rsidRPr="007E0EF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">acting </w:t>
       </w:r>
       <w:r w:rsidR="0022665C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>jointly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36DC2B42" w14:textId="1569A7F9" w:rsidR="00BF6735" w:rsidRPr="0019316F" w:rsidRDefault="00BF6735" w:rsidP="00BF6735">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45B8ECA1" w14:textId="0FB7038D" w:rsidR="004D2F54" w:rsidRPr="0019316F" w:rsidRDefault="004D2F54" w:rsidP="004D2F54">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>A.2 Required information for the organizational chart</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C614F32" w14:textId="77777777" w:rsidR="00BF6735" w:rsidRPr="0019316F" w:rsidRDefault="00BF6735" w:rsidP="00BF6735">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A509867" w14:textId="3BA2EBFE" w:rsidR="009E620B" w:rsidRPr="00416E85" w:rsidRDefault="00BF6735" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416E85">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Natural persons </w:t>
       </w:r>
       <w:r w:rsidR="00051D62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>acting jointly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06CC41DF" w14:textId="6700A2DD" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00BF6735" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Identify natural persons </w:t>
       </w:r>
       <w:r w:rsidR="00051D62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>acting jointly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C335C9">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>This applies, for example, to spouses, cohabitants and relatives up to the second degree (parents, children, grandparents, grandchildren, brothers and sisters).</w:t>
       </w:r>
       <w:r w:rsidR="00EC7425">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
@@ -5625,113 +5786,112 @@
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00C07818" w:rsidRPr="00C07818">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C07818">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">company </w:t>
       </w:r>
       <w:r w:rsidR="00C07818" w:rsidRPr="00C07818">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>in the organizational chart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD56C5E" w14:textId="5EC02A6D" w:rsidR="004D294A" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D5293DB" wp14:editId="711339DB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>264795</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5740400" cy="881380"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="13970"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1" name="Tekstvak 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5740842" cy="881380"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="7493794C" w14:textId="63CDFA81" w:rsidR="004D294A" w:rsidRPr="0019316F" w:rsidRDefault="004D294A" w:rsidP="004D294A">
                             <w:pPr>
-                              <w:pStyle w:val="Lijstalinea"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:ind w:left="0"/>
                               <w:contextualSpacing w:val="0"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The following persons are </w:t>
                             </w:r>
                             <w:r w:rsidR="00051D62">
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t>acting jointly</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                           </w:p>
@@ -5744,95 +5904,95 @@
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3D5293DB" id="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:400.8pt;margin-top:20.85pt;width:452pt;height:69.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3zdCbFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01aWrYbNV0tXYqQ&#10;lg9p4QEmjtNYOB5ju03K0zN2ut1qgQvCB8vjsf+e+c14dTN0mh2k8wpNyaeTnDNpBNbK7Er+7ev2&#10;1ZIzH8DUoNHIkh+l5zfrly9WvS3kDFvUtXSMRIwvelvyNgRbZJkXrezAT9BKQ84GXQeBTLfLagc9&#10;qXc6m+X5m6xHV1uHQnpPu3ejk6+TftNIET43jZeB6ZJTbCHNLs1VnLP1CoqdA9sqcQoD/iGKDpSh&#10;R89SdxCA7Z36TapTwqHHJkwEdhk2jRIy5UDZTPNn2Ty0YGXKheB4e8bk/5+s+HR4sF8cC8NbHKiA&#10;KQlv71F898zgpgWzk7fOYd9KqOnhaUSW9dYXp6sRtS98FKn6j1hTkWEfMAkNjesiFcqTkToV4HiG&#10;LofABG0urub5cj7jTJBvuZy+XqaqZFA83rbOh/cSOxYXJXdU1KQOh3sfYjRQPB6Jj3nUqt4qrZPh&#10;dtVGO3YAaoBtGimBZ8e0YX3JrxezxQjgrxJ5Gn+S6FSgTtaqoyzOh6CI2N6ZOvVZAKXHNYWszYlj&#10;RDdCDEM1MFUT5IQgcq2wPhJZh2Pn0k+jRYvuJ2c9dW3J/Y89OMmZ/mCoOtfT+Ty2eTLmi6sZGe7S&#10;U116wAiSKnngbFxuQvoaEZzBW6pioxLgp0hOMVM3Ju6nnxPb/dJOp57+9/oXAAAA//8DAFBLAwQU&#10;AAYACAAAACEAcZizId0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;C6FNQ5wKIYHoDQqCqxtvkwh7HWI3DX/PcoLj7Ixm3pbryTsx4hC7QBrmMwUCqQ62o0bD2+vDZQ4i&#10;JkPWuECo4RsjrKvTk9IUNhzpBcdtagSXUCyMhjalvpAy1i16E2ehR2JvHwZvEsuhkXYwRy73Tl4p&#10;tZDedMQLrenxvsX6c3vwGvLsafyIm+vn93qxd6t0sRwfvwatz8+mu1sQCaf0F4ZffEaHipl24UA2&#10;CqeBH0kasvkSBLsrlfFhx7Fc3YCsSvmfv/oBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;d83QmxUCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAcZizId0AAAAHAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7493794C" w14:textId="63CDFA81" w:rsidR="004D294A" w:rsidRPr="0019316F" w:rsidRDefault="004D294A" w:rsidP="004D294A">
                       <w:pPr>
-                        <w:pStyle w:val="Lijstalinea"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:ind w:left="0"/>
                         <w:contextualSpacing w:val="0"/>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">The following persons are </w:t>
                       </w:r>
                       <w:r w:rsidR="00051D62">
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t>acting jointly</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="25AB3F52" w14:textId="1F900EC6" w:rsidR="004D294A" w:rsidRPr="0019316F" w:rsidRDefault="004D294A" w:rsidP="004D294A">
                       <w:pPr>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A77C2B0" w14:textId="6B53AE18" w:rsidR="00C114A8" w:rsidRPr="0019316F" w:rsidRDefault="009E620B" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>The participation rate is in line with control</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A2B48A" w14:textId="46394BEB" w:rsidR="00EA4D8D" w:rsidRPr="0019316F" w:rsidRDefault="00EA4D8D" w:rsidP="00A22405">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
@@ -5892,51 +6052,51 @@
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">If control anywhere in the organizational chart does not match the specified participation rate, please specify </w:t>
                             </w:r>
                             <w:r w:rsidR="004F7F55">
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">this </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
                               </w:rPr>
                               <w:t>here:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="015DC8E4" w14:textId="091D08F7" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0">
                             <w:pPr>
-                              <w:pStyle w:val="Lijstalinea"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:ind w:left="0"/>
                               <w:contextualSpacing w:val="0"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="05F07A78" w14:textId="77777777" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0">
                             <w:pPr>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
@@ -5957,90 +6117,90 @@
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">If control anywhere in the organizational chart does not match the specified participation rate, please specify </w:t>
                       </w:r>
                       <w:r w:rsidR="004F7F55">
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">this </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:lang w:val="en-GB" w:bidi="en-GB"/>
                         </w:rPr>
                         <w:t>here:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="015DC8E4" w14:textId="091D08F7" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0">
                       <w:pPr>
-                        <w:pStyle w:val="Lijstalinea"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:ind w:left="0"/>
                         <w:contextualSpacing w:val="0"/>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="05F07A78" w14:textId="77777777" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0">
                       <w:pPr>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001E3C32">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Generally, control of the companies in the organizational chart is in line with the stated participation rate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5704BF" w14:textId="77777777" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="009E620B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="776618E6" w14:textId="1FC903D6" w:rsidR="00C114A8" w:rsidRPr="0019316F" w:rsidRDefault="00C114A8" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Nature of participation shareholder-natural persons</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54624B7A" w14:textId="6C6F3012" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="003168D7" w:rsidP="00A22405">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
@@ -6168,59 +6328,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> has </w:t>
       </w:r>
       <w:r w:rsidR="00600F1B">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>participation</w:t>
       </w:r>
       <w:r w:rsidR="00472B7B">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s of more than 50% in different companies, VLAIO considers these activities to be interrelated by default. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BAF76ED" w14:textId="2D19EF96" w:rsidR="00FF16B0" w:rsidRPr="0019316F" w:rsidRDefault="00FF16B0" w:rsidP="009E620B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E98A51B" w14:textId="77777777" w:rsidR="00ED4B1D" w:rsidRPr="0019316F" w:rsidRDefault="00ED4B1D" w:rsidP="00D93E1A">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="482C73EC" w14:textId="7B0FF729" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00F336DF" w:rsidP="00D93E1A">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>A.3 Use the organizational chart to determine the size of the applicant company</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2019D87F" w14:textId="77777777" w:rsidR="00287118" w:rsidRPr="0019316F" w:rsidRDefault="00287118" w:rsidP="00F15BF8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F9084D9" w14:textId="6227E377" w:rsidR="00244755" w:rsidRPr="0019316F" w:rsidRDefault="00244755" w:rsidP="00A22405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -6244,62 +6404,62 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and staff</w:t>
       </w:r>
       <w:r w:rsidR="00601D4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> headcount</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283B831A" w14:textId="2B671220" w:rsidR="00244755" w:rsidRPr="0019316F" w:rsidRDefault="00244755" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2439"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2381"/>
       </w:tblGrid>
       <w:tr w:rsidR="00480BE3" w:rsidRPr="00E77AF4" w14:paraId="5F937EAF" w14:textId="77777777" w:rsidTr="00D93E1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1373EC3D" w14:textId="77777777" w:rsidR="00480BE3" w:rsidRPr="0019316F" w:rsidRDefault="00480BE3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -6734,126 +6894,134 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77AF4">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
               </w:rPr>
               <w:t>≥250</w:t>
             </w:r>
             <w:r w:rsidR="00E90622">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:lang w:val="en-GB" w:bidi="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AB19AAD" w14:textId="77777777" w:rsidR="00B31F89" w:rsidRDefault="00B31F89" w:rsidP="00B31F89">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="013D1EB0" w14:textId="77777777" w:rsidR="00646216" w:rsidRDefault="00081A88" w:rsidP="00775C17">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>The employment criterion must always be met. For the criteria concerning balance sheet total</w:t>
       </w:r>
       <w:r w:rsidR="00775C17">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and turnover</w:t>
       </w:r>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>, the most favo</w:t>
       </w:r>
       <w:r w:rsidR="00B5669B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
-        <w:t>rable threshold may be used, so it is sufficient to meet one of these criteria. You change your company size category only when you meet the criteria of that category for 2 consecutive financial years.</w:t>
+        <w:t xml:space="preserve">rable threshold may be used, so it is sufficient to meet one of these criteria. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00081A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>You change your company size category only when you meet the criteria of that category for 2 consecutive financial years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C6A4A3" w14:textId="655B78FB" w:rsidR="001E3C32" w:rsidRDefault="00081A88" w:rsidP="00775C17">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0CA10E" w14:textId="22DEB22E" w:rsidR="00646216" w:rsidRDefault="00646216" w:rsidP="00775C17">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002156B2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00646216">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: a company has 100 employees, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6892,641 +7060,641 @@
       </w:r>
       <w:r w:rsidRPr="00646216">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. However, if its balance sheet total is 50 million euros AND its turnover is 55 million euros, it will be considered as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LE</w:t>
       </w:r>
       <w:r w:rsidRPr="00646216">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051E0EED" w14:textId="52C5DF90" w:rsidR="00081A88" w:rsidRDefault="00646216" w:rsidP="00775C17">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002156B2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Example 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00646216">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: a company has 30 employees, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">so </w:t>
       </w:r>
       <w:r w:rsidRPr="00646216">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">it is considered </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>as SE</w:t>
       </w:r>
       <w:r w:rsidRPr="00646216">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. However, if its balance sheet total is 30 million euros AND its turnover is 55 million euros, it will be considered as MO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C89990" w14:textId="77777777" w:rsidR="00646216" w:rsidRPr="0019316F" w:rsidRDefault="00646216" w:rsidP="00775C17">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DE9335B" w14:textId="0AA57448" w:rsidR="00F26B87" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00AB5BD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The numbers you need to apply are based on your company's figures, but possibly also on those of companies in your organizational chart. The entities to </w:t>
       </w:r>
       <w:r w:rsidR="00AB5BD4">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>be taken into account</w:t>
       </w:r>
       <w:r w:rsidR="00F33A96" w:rsidRPr="00F33A96">
         <w:rPr>
-          <w:rStyle w:val="Verwijzingopmerking"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>and the percentage of their balance sheet total</w:t>
       </w:r>
       <w:r w:rsidR="00775C17">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>, turnover</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="006E32D7">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>staff</w:t>
       </w:r>
       <w:r w:rsidR="0074132C">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> headcount</w:t>
       </w:r>
       <w:r w:rsidR="006E32D7">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">is determined by the European SME definition. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6CDBB2" w14:textId="35399A82" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00A6104C" w:rsidP="00AB5BD4">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">You will find a detailed explanation of the consolidation rules using examples in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00F15BF8" w:rsidRPr="000C2D24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:val="en-GB" w:bidi="en-GB"/>
           </w:rPr>
           <w:t>European Commission User Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179FE8D7" w14:textId="6CB442CA" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A73328C" w14:textId="03D7E2D0" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>The main consolidation rule</w:t>
       </w:r>
       <w:r w:rsidR="00106E5C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in this guide states: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E41BBC" w14:textId="4E08F069" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76967C90" w14:textId="4C50BE3E" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006038FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Partner companies are companies that have a participation relationship - directly or together with one or more </w:t>
       </w:r>
       <w:r w:rsidR="00051D62">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>linked</w:t>
       </w:r>
       <w:r w:rsidRPr="006038FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> companies - of 25% to 50% in the capital or voting rights (≥25% - ≤50%).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E5DF14" w14:textId="4ADAAFB6" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4293BC3F" w14:textId="36CB7BD2" w:rsidR="00D92C87" w:rsidRPr="0019316F" w:rsidRDefault="00D92C87" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The figures of partner companies must be added up in accordance with the participation relationship. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CA7AED" w14:textId="77777777" w:rsidR="00D92C87" w:rsidRPr="0019316F" w:rsidRDefault="00D92C87" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47FBC250" w14:textId="17E41C77" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00051D62" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Linked</w:t>
       </w:r>
       <w:r w:rsidR="00485567" w:rsidRPr="006038FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> companies are companies that have a participation relationship - directly or through another company - of more than 50% in the capital or voting rights (&gt;50%).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A95847" w14:textId="7BAC5928" w:rsidR="00D92C87" w:rsidRPr="0019316F" w:rsidRDefault="00D92C87" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DE54AAC" w14:textId="1BCF7A83" w:rsidR="00D92C87" w:rsidRPr="0019316F" w:rsidRDefault="00D92C87" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The figures of </w:t>
       </w:r>
       <w:r w:rsidR="00051D62">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>linked</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> companies must be 100% aggregated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3298BAEA" w14:textId="4FEA8B88" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F5CBE3C" w14:textId="095F1E1C" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="007242C0" w:rsidP="00A22405">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>VLAIO consolidates all shareholders according to standard rules. However, some shareholders may be consolidated in a favo</w:t>
       </w:r>
       <w:r w:rsidR="00AB5BD4">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>rable manner. The following types of shareholders are subject to a favo</w:t>
       </w:r>
       <w:r w:rsidR="004C269E">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rable regime as stated in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00991389">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:val="en-GB" w:bidi="en-GB"/>
           </w:rPr>
           <w:t>European Commission User Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FB0A4C" w14:textId="6FD3CCEB" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Public equity firms, venture capital firms </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C6BAE1" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Non-profit universities or research </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>centers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including their spin-off funds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12FC4F90" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Institutional investors, including regional development funds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74850AAC" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Autonomous local governments with an annual budget of less than 10 million euros and with less than 5,000 inhabitants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF74DA4" w14:textId="396055D3" w:rsidR="00485567" w:rsidRPr="0019316F" w:rsidRDefault="00485567" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Business Angels participating for less than 1.25 million</w:t>
       </w:r>
       <w:r w:rsidR="00D62C45">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> euro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1894D1E5" w14:textId="2DE9C11A" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00D84E80" w:rsidP="00F15BF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="686A1C45" wp14:editId="5E675232">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>239395</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5756275" cy="2369820"/>
                 <wp:effectExtent l="0" t="0" r="15875" b="11430"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="20" name="Tekstvak 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -7816,51 +7984,51 @@
     </w:p>
     <w:p w14:paraId="076E7DA2" w14:textId="1D442EC7" w:rsidR="00A22211" w:rsidRPr="0019316F" w:rsidRDefault="00A22211" w:rsidP="00F15BF8">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="184380BC" w14:textId="737C6D00" w:rsidR="00F15BF8" w:rsidRPr="0019316F" w:rsidRDefault="00F15BF8" w:rsidP="00F15BF8">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC7EF0E" w14:textId="22172F61" w:rsidR="00B41234" w:rsidRPr="0019316F" w:rsidRDefault="0038272F" w:rsidP="00465504">
       <w:pPr>
-        <w:pStyle w:val="Kop2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>B. Information to be added by type of enterprise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18FBD950" w14:textId="77777777" w:rsidR="00D17D3E" w:rsidRPr="0019316F" w:rsidRDefault="00D17D3E" w:rsidP="005B4E6B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -7892,133 +8060,133 @@
         <w:t xml:space="preserve">applies for </w:t>
       </w:r>
       <w:r w:rsidRPr="27935F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">your company in terms of size (your result in </w:t>
       </w:r>
       <w:r w:rsidR="00131D0E">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>A. Size determination of the company</w:t>
       </w:r>
       <w:r w:rsidR="004B6ABA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="199785C8" w14:textId="64F41183" w:rsidR="00374B1E" w:rsidRDefault="00CA288F" w:rsidP="0038272F">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>SE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AA1044" w14:textId="1480505C" w:rsidR="00CA288F" w:rsidRPr="00166CE0" w:rsidRDefault="00B31A47" w:rsidP="0038272F">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>ME</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327D1F58" w14:textId="3182C38B" w:rsidR="00987533" w:rsidRPr="00987533" w:rsidRDefault="00CA288F" w:rsidP="00987533">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="13A546E0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>LE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C03FDC" w14:textId="29665C17" w:rsidR="004F1E39" w:rsidRPr="004F1E39" w:rsidRDefault="004F1E39" w:rsidP="004F1E39">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EEE795B" w14:textId="773587F8" w:rsidR="7C0207BF" w:rsidRPr="0019316F" w:rsidRDefault="7C0207BF" w:rsidP="37CDC998">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5B1FDF9F">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>And in terms of the type of legal form:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="356CCB42" w14:textId="3A96397B" w:rsidR="38D133CB" w:rsidRPr="0019316F" w:rsidRDefault="00F26B87" w:rsidP="38D133CB">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>bv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -8044,51 +8212,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>vof</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>, partnership</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A4BE56" w14:textId="4CA18EE0" w:rsidR="009452AB" w:rsidRPr="0019316F" w:rsidRDefault="007000C7" w:rsidP="0038272F">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all other legal forms such as, e.g., non-profit organization, foundation or public law organization </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="031A0D78" w14:textId="3027EADE" w:rsidR="000E6A05" w:rsidRPr="0019316F" w:rsidRDefault="00053815" w:rsidP="004B75BA">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -8098,51 +8266,51 @@
       <w:r w:rsidRPr="3D5D5103">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please find the additional information you will need to upload as an attachment to your grant application for each type of organization below. The </w:t>
       </w:r>
       <w:r w:rsidRPr="3D5D5103">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>bold text</w:t>
       </w:r>
       <w:r w:rsidRPr="3D5D5103">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> indicates the document’s file name.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A61940" w14:textId="18D68BF9" w:rsidR="005B4E6B" w:rsidRPr="0019316F" w:rsidRDefault="009F590D" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Limited liability company (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>bv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -8195,120 +8363,120 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>) with size SME (small enterprise or medium-sized enterprise)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A859C8B" w14:textId="48C2F653" w:rsidR="000F5C8D" w:rsidRPr="0019316F" w:rsidRDefault="001528A9" w:rsidP="004B75BA">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>In the digital application portal, you will need to upload the following attachments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8D955A" w14:textId="0AC58019" w:rsidR="0013347E" w:rsidRPr="0019316F" w:rsidRDefault="00C70476" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">'Determining Enterprise Size' </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>(this document)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEBFF6C" w14:textId="48F44358" w:rsidR="00306A00" w:rsidRPr="001D681E" w:rsidRDefault="003872F9" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="614606E7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If the most recent annual financial accounts (final version) have not yet been formally filed, we ask you to add them in a document called </w:t>
       </w:r>
       <w:r w:rsidRPr="614606E7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">'latest balance sheet and income statement'. </w:t>
       </w:r>
       <w:r w:rsidRPr="614606E7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Do this even if your company is not required to file annual financial statements with the National Bank of Belgium.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72577CC8" w14:textId="10CEBBE3" w:rsidR="002D2E87" w:rsidRPr="009575AA" w:rsidRDefault="002D2E87" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D2E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The filed consolidated financial statements, or internally </w:t>
       </w:r>
       <w:r w:rsidRPr="000C1AE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
@@ -8324,51 +8492,51 @@
       </w:r>
       <w:r w:rsidRPr="009575AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">registered </w:t>
       </w:r>
       <w:r w:rsidR="002F186D" w:rsidRPr="009575AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>company auditor or certified accountant</w:t>
       </w:r>
       <w:r w:rsidR="005062B0" w:rsidRPr="009575AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A0E96D" w14:textId="3BCFDE9D" w:rsidR="00E60C42" w:rsidRPr="00B945F9" w:rsidRDefault="00C7139F" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7139F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If there are no consolidated figures available, the latest balance sheet and income statement must be added to your application for those companies listed under “Organizational chart shareholders” which are exempt from a filing obligation for their annual financial statements (final version) with the National Bank of Belgium.</w:t>
       </w:r>
       <w:r w:rsidR="00D01360" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> This document must bear the name ‘</w:t>
       </w:r>
@@ -8415,51 +8583,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>), partnership (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D01360" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>maatschap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D01360" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">), or  associations and foundations that keep simplified accounts,… </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B77ECD" w14:textId="3BA0FD71" w:rsidR="000F5C8D" w:rsidRPr="0019316F" w:rsidRDefault="009F590D" w:rsidP="00465504">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>Bv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
@@ -8519,81 +8687,81 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with size LE (large enterprise)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366A86CB" w14:textId="78940ECD" w:rsidR="00A03EE7" w:rsidRPr="0019316F" w:rsidRDefault="00957551" w:rsidP="004B75BA">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>In the digital application portal, you will need to upload the following attachments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2027B9" w14:textId="2BCB64AC" w:rsidR="00F24E44" w:rsidRPr="0019316F" w:rsidRDefault="00C70476" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>'Determining enterprise size'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (this document)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08729815" w14:textId="660AAFB5" w:rsidR="004F0A42" w:rsidRPr="002D2E87" w:rsidRDefault="004F0A42" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D2E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The filed consolidated financial statements, or internally </w:t>
       </w:r>
       <w:r w:rsidRPr="000C1AE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -8601,51 +8769,51 @@
       </w:r>
       <w:r w:rsidRPr="002D2E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> certified by a </w:t>
       </w:r>
       <w:r w:rsidRPr="009575AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">registered </w:t>
       </w:r>
       <w:r w:rsidR="005062B0" w:rsidRPr="009575AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>company auditor or certified accountant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F41100F" w14:textId="4378310B" w:rsidR="004F0A42" w:rsidRPr="00B945F9" w:rsidRDefault="00C7139F" w:rsidP="00A22405">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7139F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If there are no consolidated figures available, the latest balance sheet and income statement must be added to your application for those companies listed under “Organizational chart shareholders” which are exempt from a filing obligation for their annual financial statements (final version) with the National Bank of Belgium.</w:t>
       </w:r>
       <w:r w:rsidR="004F0A42" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> This document must bear the name ‘</w:t>
       </w:r>
       <w:r w:rsidR="004F0A42" w:rsidRPr="00BE3730">
@@ -8691,125 +8859,125 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>), partnership (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004F0A42" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>maatschap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F0A42" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">), or  associations and foundations that keep simplified accounts,… </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E35FE9" w14:textId="77777777" w:rsidR="00D5644C" w:rsidRPr="0019316F" w:rsidRDefault="00D5644C" w:rsidP="00D5644C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CB66833" w14:textId="18EBD3EE" w:rsidR="005B4E6B" w:rsidRPr="0019316F" w:rsidRDefault="006B4B72" w:rsidP="00465504">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4B72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>All other legal forms, such as non-profit organizations, foundations or public law organizations regardless of size</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="202364A3" w14:textId="658E61C4" w:rsidR="004632A9" w:rsidRPr="0019316F" w:rsidRDefault="00572DB1" w:rsidP="004B75BA">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>In the digital application portal, you will need to upload the following attachments:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F2077F" w14:textId="707E1AB8" w:rsidR="008065AF" w:rsidRPr="0019316F" w:rsidRDefault="00662EC9" w:rsidP="00D822E5">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>'Determining enterprise size'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (this document)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B494DE" w14:textId="2B32B3DD" w:rsidR="00101E37" w:rsidRPr="0019316F" w:rsidRDefault="00603936" w:rsidP="00D822E5">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The current composition of the </w:t>
       </w:r>
       <w:r w:rsidR="00D62C45">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00253229" w:rsidRPr="00D62C45">
@@ -8846,170 +9014,170 @@
         <w:t>'General Meeting'</w:t>
       </w:r>
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B0112D">
         <w:rPr>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>names + organization these individuals represent</w:t>
       </w:r>
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) of your organization. Indicate whether each Board member is eligible to vote or not. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4B1998" w14:textId="1FE7330F" w:rsidR="005B4E6B" w:rsidRPr="0019316F" w:rsidRDefault="00504890" w:rsidP="00D822E5">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The latest version of your organization's </w:t>
       </w:r>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>‘Articles of Association'</w:t>
       </w:r>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="655C0FE6" w14:textId="4352EAA2" w:rsidR="00E91762" w:rsidRPr="00296164" w:rsidRDefault="00E91762" w:rsidP="00D822E5">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E91762">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The latest </w:t>
       </w:r>
       <w:r w:rsidRPr="00E91762">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t>'balance sheet and income statement'</w:t>
       </w:r>
       <w:r w:rsidRPr="00E91762">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or equivalent) of the non-profit association if it is not required to file annual statements with the National Bank of Belgium.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEF92E5" w14:textId="43038E17" w:rsidR="004F0A42" w:rsidRPr="009575AA" w:rsidRDefault="004F0A42" w:rsidP="00D822E5">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D2E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The filed consolidated financial statements, or internally </w:t>
       </w:r>
       <w:r w:rsidRPr="000C1AE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‘consolidated group figures’</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2E87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> certified by a registered </w:t>
       </w:r>
       <w:r w:rsidR="005062B0" w:rsidRPr="009575AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>company auditor or certified accountant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE347C3" w14:textId="16BDC8AA" w:rsidR="004F0A42" w:rsidRPr="00B945F9" w:rsidRDefault="00D73C0F" w:rsidP="00D822E5">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73C0F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If there are no consolidated figures available, the latest balance sheet and income statement must be added to your application for those companies listed under “Organizational chart shareholders” which are exempt from a filing obligation for their annual financial statements (final version) with the National Bank of Belgium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F0A42" w:rsidRPr="00D01360">
@@ -9076,222 +9244,231 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F0A42" w:rsidRPr="00D01360">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">), or  associations and foundations that keep simplified accounts,… </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D29AB4C" w14:textId="6AB6B635" w:rsidR="00973D99" w:rsidRDefault="00973D99">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E78F155" w14:textId="27BFFD09" w:rsidR="00296164" w:rsidRPr="0019316F" w:rsidRDefault="00BB547B" w:rsidP="00296164">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="7E78F155" w14:textId="1F4B4198" w:rsidR="00296164" w:rsidRPr="0019316F" w:rsidRDefault="00DD5155" w:rsidP="00296164">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F83240">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662355" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B5B0110" wp14:editId="2757A87F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662357" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2520316F" wp14:editId="1E79F222">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>433070</wp:posOffset>
+              <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
-              <wp:posOffset>233045</wp:posOffset>
+              <wp:posOffset>10795</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="7559040" cy="10684290"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="7556400" cy="10680558"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="6985"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Afbeelding 5"/>
+            <wp:docPr id="879834914" name="Afbeelding 5" descr="A green and white grid&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="Afbeelding 5"/>
+                    <pic:cNvPr id="879834914" name="Afbeelding 5" descr="A green and white grid&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7559040" cy="10684290"/>
+                      <a:ext cx="7556400" cy="10680558"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                         <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00296164" w:rsidRPr="0019316F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ED187AD" w14:textId="77777777" w:rsidR="00366CA9" w:rsidRDefault="00366CA9" w:rsidP="009C41B8">
+    <w:p w14:paraId="75C9B483" w14:textId="77777777" w:rsidR="008B122E" w:rsidRDefault="008B122E" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17FFA565" w14:textId="77777777" w:rsidR="00366CA9" w:rsidRDefault="00366CA9" w:rsidP="009C41B8">
+    <w:p w14:paraId="7BD29515" w14:textId="77777777" w:rsidR="008B122E" w:rsidRDefault="008B122E" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="45B9EB94" w14:textId="77777777" w:rsidR="00366CA9" w:rsidRDefault="00366CA9">
+    <w:p w14:paraId="317E4417" w14:textId="77777777" w:rsidR="008B122E" w:rsidRDefault="008B122E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2894993A" w14:textId="0068B1EA" w:rsidR="00483983" w:rsidRPr="00483983" w:rsidRDefault="002156B2" w:rsidP="00483983">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78846ABC" w14:textId="77777777" w:rsidR="00DD72E8" w:rsidRDefault="00DD72E8">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2894993A" w14:textId="064A4216" w:rsidR="00483983" w:rsidRPr="00483983" w:rsidRDefault="00000000" w:rsidP="00483983">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1981797484"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00483983" w:rsidRPr="00ED5C0A">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -9332,141 +9509,163 @@
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">   VLAIO – Determining the size of an enterprise – versi</w:t>
         </w:r>
         <w:r w:rsidR="00483983">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>on</w:t>
         </w:r>
         <w:r w:rsidR="00483983" w:rsidRPr="00483983">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00DD72E8">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>May</w:t>
-[...17 lines deleted...]
-          <w:t>4</w:t>
+          <w:t>January 2026</w:t>
         </w:r>
         <w:r w:rsidR="00331D94">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> - CONFIDENTIAL</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="123521E2" w14:textId="77777777" w:rsidR="00BB547B" w:rsidRPr="00483983" w:rsidRDefault="00BB547B">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2DEFF3C6" w14:textId="77777777" w:rsidR="00DD72E8" w:rsidRDefault="00DD72E8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="714FDC7F" w14:textId="77777777" w:rsidR="00366CA9" w:rsidRDefault="00366CA9" w:rsidP="009C41B8">
+    <w:p w14:paraId="2F544ADE" w14:textId="77777777" w:rsidR="008B122E" w:rsidRDefault="008B122E" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48AD781C" w14:textId="77777777" w:rsidR="00366CA9" w:rsidRDefault="00366CA9" w:rsidP="009C41B8">
+    <w:p w14:paraId="6B94FF0E" w14:textId="77777777" w:rsidR="008B122E" w:rsidRDefault="008B122E" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="22B4EE8C" w14:textId="77777777" w:rsidR="00366CA9" w:rsidRDefault="00366CA9">
+    <w:p w14:paraId="66135A01" w14:textId="77777777" w:rsidR="008B122E" w:rsidRDefault="008B122E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4558D4B0" w14:textId="77777777" w:rsidR="00DD72E8" w:rsidRDefault="00DD72E8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E454B69" w14:textId="77777777" w:rsidR="00DD72E8" w:rsidRDefault="00DD72E8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AF37790" w14:textId="77777777" w:rsidR="00DD72E8" w:rsidRDefault="00DD72E8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="039E74CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9AC9694"/>
     <w:lvl w:ilvl="0" w:tplc="183E65C4">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Kop2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -13010,51 +13209,51 @@
   <w:num w:numId="28" w16cid:durableId="647127292">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="580412483">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="625237893">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="304507153">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="553154207">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1322195176">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="161969769">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -13143,482 +13342,507 @@
     <w:rsid w:val="00125CA4"/>
     <w:rsid w:val="00131D0E"/>
     <w:rsid w:val="0013347E"/>
     <w:rsid w:val="00133E0C"/>
     <w:rsid w:val="00134E58"/>
     <w:rsid w:val="00135EB3"/>
     <w:rsid w:val="00137CD5"/>
     <w:rsid w:val="00145044"/>
     <w:rsid w:val="00146343"/>
     <w:rsid w:val="00147538"/>
     <w:rsid w:val="00150C8D"/>
     <w:rsid w:val="001528A9"/>
     <w:rsid w:val="00152DAE"/>
     <w:rsid w:val="00156CAB"/>
     <w:rsid w:val="00157071"/>
     <w:rsid w:val="0016547A"/>
     <w:rsid w:val="00165C10"/>
     <w:rsid w:val="00165C2C"/>
     <w:rsid w:val="00166CE0"/>
     <w:rsid w:val="00167859"/>
     <w:rsid w:val="00172F5A"/>
     <w:rsid w:val="00174E25"/>
     <w:rsid w:val="0017706D"/>
     <w:rsid w:val="00177A8B"/>
     <w:rsid w:val="00177B30"/>
+    <w:rsid w:val="001808AE"/>
     <w:rsid w:val="001828B1"/>
     <w:rsid w:val="00183CE1"/>
     <w:rsid w:val="0018577B"/>
     <w:rsid w:val="0018636A"/>
     <w:rsid w:val="00186549"/>
     <w:rsid w:val="00186913"/>
     <w:rsid w:val="0018700C"/>
     <w:rsid w:val="001911D0"/>
     <w:rsid w:val="00192865"/>
     <w:rsid w:val="00192CE5"/>
     <w:rsid w:val="0019316F"/>
+    <w:rsid w:val="001934F3"/>
     <w:rsid w:val="00194B1B"/>
     <w:rsid w:val="00195853"/>
     <w:rsid w:val="0019794C"/>
     <w:rsid w:val="001A1645"/>
+    <w:rsid w:val="001A710E"/>
     <w:rsid w:val="001B1920"/>
     <w:rsid w:val="001B3792"/>
     <w:rsid w:val="001B40D7"/>
     <w:rsid w:val="001C44FD"/>
     <w:rsid w:val="001C7296"/>
     <w:rsid w:val="001D1F0E"/>
     <w:rsid w:val="001D2373"/>
     <w:rsid w:val="001D32BF"/>
     <w:rsid w:val="001D681E"/>
     <w:rsid w:val="001D7DE3"/>
     <w:rsid w:val="001E3C32"/>
     <w:rsid w:val="001E537D"/>
     <w:rsid w:val="001E7AEC"/>
     <w:rsid w:val="001F4B1F"/>
     <w:rsid w:val="00204057"/>
     <w:rsid w:val="002059FE"/>
     <w:rsid w:val="00214735"/>
     <w:rsid w:val="002156B2"/>
+    <w:rsid w:val="00225484"/>
     <w:rsid w:val="0022665C"/>
     <w:rsid w:val="0022728C"/>
     <w:rsid w:val="00230693"/>
     <w:rsid w:val="00231F2E"/>
     <w:rsid w:val="00234509"/>
     <w:rsid w:val="00235EDA"/>
     <w:rsid w:val="0023603B"/>
     <w:rsid w:val="00240FA7"/>
     <w:rsid w:val="00244755"/>
     <w:rsid w:val="0024587E"/>
     <w:rsid w:val="002463CC"/>
     <w:rsid w:val="002520C9"/>
     <w:rsid w:val="00253229"/>
     <w:rsid w:val="00254259"/>
     <w:rsid w:val="002556E5"/>
     <w:rsid w:val="00256B7E"/>
     <w:rsid w:val="0025711E"/>
     <w:rsid w:val="00262054"/>
     <w:rsid w:val="00263545"/>
     <w:rsid w:val="0026571D"/>
     <w:rsid w:val="0026625A"/>
     <w:rsid w:val="00271C09"/>
     <w:rsid w:val="00273B9F"/>
     <w:rsid w:val="00280941"/>
     <w:rsid w:val="00285FAA"/>
     <w:rsid w:val="00286F27"/>
     <w:rsid w:val="00287118"/>
     <w:rsid w:val="002873AC"/>
     <w:rsid w:val="00291634"/>
     <w:rsid w:val="00294C7A"/>
     <w:rsid w:val="00296164"/>
     <w:rsid w:val="00296EC4"/>
     <w:rsid w:val="002A147A"/>
+    <w:rsid w:val="002A24D5"/>
     <w:rsid w:val="002A3201"/>
     <w:rsid w:val="002B41BF"/>
     <w:rsid w:val="002B438A"/>
     <w:rsid w:val="002C3FC2"/>
     <w:rsid w:val="002D0D89"/>
     <w:rsid w:val="002D2E87"/>
     <w:rsid w:val="002D6730"/>
+    <w:rsid w:val="002D7200"/>
     <w:rsid w:val="002E45FD"/>
     <w:rsid w:val="002E4AF8"/>
     <w:rsid w:val="002E5733"/>
     <w:rsid w:val="002E5E4E"/>
     <w:rsid w:val="002E6DAF"/>
     <w:rsid w:val="002F186D"/>
     <w:rsid w:val="002F2259"/>
     <w:rsid w:val="002F3AE0"/>
     <w:rsid w:val="002F4499"/>
     <w:rsid w:val="002F45BB"/>
     <w:rsid w:val="002F4D38"/>
     <w:rsid w:val="002F6525"/>
     <w:rsid w:val="002F664A"/>
     <w:rsid w:val="003013AF"/>
     <w:rsid w:val="00301D6B"/>
     <w:rsid w:val="003025DF"/>
     <w:rsid w:val="00305E03"/>
     <w:rsid w:val="00305FB9"/>
     <w:rsid w:val="00306509"/>
     <w:rsid w:val="00306A00"/>
     <w:rsid w:val="0030799B"/>
     <w:rsid w:val="00310C58"/>
     <w:rsid w:val="00314CA3"/>
     <w:rsid w:val="0031581D"/>
     <w:rsid w:val="003168D7"/>
     <w:rsid w:val="00317BD8"/>
     <w:rsid w:val="00317F03"/>
     <w:rsid w:val="0032611D"/>
     <w:rsid w:val="00330FB3"/>
     <w:rsid w:val="00331D94"/>
     <w:rsid w:val="00333363"/>
+    <w:rsid w:val="003338B5"/>
     <w:rsid w:val="00337A2A"/>
     <w:rsid w:val="00341810"/>
     <w:rsid w:val="00342D77"/>
     <w:rsid w:val="00347F30"/>
     <w:rsid w:val="0035017C"/>
     <w:rsid w:val="003502B6"/>
     <w:rsid w:val="003527EB"/>
     <w:rsid w:val="00353BFF"/>
     <w:rsid w:val="00360D55"/>
     <w:rsid w:val="0036173A"/>
     <w:rsid w:val="0036361A"/>
     <w:rsid w:val="00366414"/>
     <w:rsid w:val="00366CA9"/>
     <w:rsid w:val="00370025"/>
     <w:rsid w:val="003719E2"/>
     <w:rsid w:val="003728D5"/>
     <w:rsid w:val="00374AD2"/>
     <w:rsid w:val="00374B1E"/>
     <w:rsid w:val="00375683"/>
     <w:rsid w:val="00376697"/>
     <w:rsid w:val="0038272F"/>
     <w:rsid w:val="00383559"/>
     <w:rsid w:val="003872F9"/>
+    <w:rsid w:val="00393DC3"/>
     <w:rsid w:val="00393E07"/>
     <w:rsid w:val="00394099"/>
     <w:rsid w:val="003A1DCA"/>
     <w:rsid w:val="003A68B5"/>
+    <w:rsid w:val="003A71C7"/>
     <w:rsid w:val="003B1FD0"/>
     <w:rsid w:val="003B2464"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003C123A"/>
     <w:rsid w:val="003C3C49"/>
     <w:rsid w:val="003C6C43"/>
+    <w:rsid w:val="003E0AB8"/>
     <w:rsid w:val="003E6EB4"/>
     <w:rsid w:val="003F0C5B"/>
     <w:rsid w:val="003F2582"/>
     <w:rsid w:val="003F2FF2"/>
     <w:rsid w:val="003F3603"/>
     <w:rsid w:val="003F59E6"/>
     <w:rsid w:val="003F68D3"/>
     <w:rsid w:val="003F68D9"/>
     <w:rsid w:val="003F6979"/>
     <w:rsid w:val="004001FE"/>
     <w:rsid w:val="0040031E"/>
     <w:rsid w:val="0040657B"/>
     <w:rsid w:val="00406C64"/>
     <w:rsid w:val="00406F7D"/>
     <w:rsid w:val="004112D2"/>
     <w:rsid w:val="00416E85"/>
     <w:rsid w:val="00421987"/>
     <w:rsid w:val="0042364E"/>
     <w:rsid w:val="004241B3"/>
     <w:rsid w:val="00427188"/>
     <w:rsid w:val="00431E42"/>
     <w:rsid w:val="0043512E"/>
     <w:rsid w:val="00435A44"/>
     <w:rsid w:val="0043699C"/>
     <w:rsid w:val="00437012"/>
     <w:rsid w:val="00441495"/>
     <w:rsid w:val="004459BB"/>
     <w:rsid w:val="00455486"/>
     <w:rsid w:val="00456606"/>
     <w:rsid w:val="00457D48"/>
     <w:rsid w:val="004632A9"/>
     <w:rsid w:val="00465504"/>
     <w:rsid w:val="00467BFD"/>
     <w:rsid w:val="00472B7B"/>
     <w:rsid w:val="0047443E"/>
+    <w:rsid w:val="00480598"/>
     <w:rsid w:val="00480BE3"/>
     <w:rsid w:val="00483983"/>
+    <w:rsid w:val="00484A08"/>
     <w:rsid w:val="00485567"/>
     <w:rsid w:val="00486F50"/>
     <w:rsid w:val="00490CA1"/>
     <w:rsid w:val="00491051"/>
     <w:rsid w:val="0049197F"/>
     <w:rsid w:val="00492A75"/>
     <w:rsid w:val="00493AA6"/>
     <w:rsid w:val="004946CD"/>
     <w:rsid w:val="0049584A"/>
     <w:rsid w:val="00495A0E"/>
     <w:rsid w:val="00495ACD"/>
     <w:rsid w:val="004B5FE7"/>
+    <w:rsid w:val="004B6A39"/>
     <w:rsid w:val="004B6ABA"/>
     <w:rsid w:val="004B75BA"/>
     <w:rsid w:val="004C1DA9"/>
     <w:rsid w:val="004C22E2"/>
     <w:rsid w:val="004C269E"/>
     <w:rsid w:val="004C5821"/>
     <w:rsid w:val="004D19CB"/>
     <w:rsid w:val="004D294A"/>
     <w:rsid w:val="004D2F54"/>
     <w:rsid w:val="004D4BE5"/>
     <w:rsid w:val="004D4D34"/>
     <w:rsid w:val="004D4EBC"/>
     <w:rsid w:val="004D5D2E"/>
     <w:rsid w:val="004E3CAC"/>
     <w:rsid w:val="004E65AF"/>
     <w:rsid w:val="004F02E8"/>
     <w:rsid w:val="004F0A42"/>
     <w:rsid w:val="004F1E39"/>
     <w:rsid w:val="004F3B14"/>
     <w:rsid w:val="004F3F28"/>
     <w:rsid w:val="004F7F55"/>
     <w:rsid w:val="00500204"/>
     <w:rsid w:val="00504890"/>
     <w:rsid w:val="005062B0"/>
     <w:rsid w:val="00510D5F"/>
     <w:rsid w:val="005110E7"/>
     <w:rsid w:val="00513062"/>
     <w:rsid w:val="00515761"/>
+    <w:rsid w:val="00516248"/>
     <w:rsid w:val="00520D16"/>
     <w:rsid w:val="00520EA8"/>
     <w:rsid w:val="00522256"/>
     <w:rsid w:val="00526308"/>
     <w:rsid w:val="00526C5D"/>
     <w:rsid w:val="005354CD"/>
     <w:rsid w:val="00542492"/>
     <w:rsid w:val="005460C2"/>
     <w:rsid w:val="00546698"/>
     <w:rsid w:val="00550DDB"/>
     <w:rsid w:val="005517E7"/>
+    <w:rsid w:val="00553962"/>
     <w:rsid w:val="00554ECC"/>
     <w:rsid w:val="005559EA"/>
     <w:rsid w:val="00556E11"/>
+    <w:rsid w:val="005574EA"/>
     <w:rsid w:val="0057040D"/>
     <w:rsid w:val="00571A39"/>
     <w:rsid w:val="005728C7"/>
     <w:rsid w:val="00572DB1"/>
     <w:rsid w:val="00576CE2"/>
     <w:rsid w:val="00580445"/>
     <w:rsid w:val="00581872"/>
+    <w:rsid w:val="00581892"/>
     <w:rsid w:val="00582812"/>
     <w:rsid w:val="005860B1"/>
     <w:rsid w:val="00586FC0"/>
     <w:rsid w:val="00592F82"/>
     <w:rsid w:val="00593ED3"/>
     <w:rsid w:val="005952AA"/>
     <w:rsid w:val="005A0299"/>
     <w:rsid w:val="005A0453"/>
     <w:rsid w:val="005A1689"/>
     <w:rsid w:val="005A299D"/>
     <w:rsid w:val="005A3E49"/>
     <w:rsid w:val="005B2276"/>
     <w:rsid w:val="005B3E08"/>
     <w:rsid w:val="005B44D8"/>
     <w:rsid w:val="005B4E6B"/>
     <w:rsid w:val="005B5AFB"/>
     <w:rsid w:val="005C3CC7"/>
     <w:rsid w:val="005C3F7C"/>
     <w:rsid w:val="005C4A4B"/>
     <w:rsid w:val="005D24B5"/>
     <w:rsid w:val="005D2A2E"/>
     <w:rsid w:val="005E1629"/>
     <w:rsid w:val="005E1882"/>
     <w:rsid w:val="005E5481"/>
     <w:rsid w:val="005E5656"/>
     <w:rsid w:val="005E5909"/>
     <w:rsid w:val="005E591A"/>
     <w:rsid w:val="005E7E20"/>
     <w:rsid w:val="005F2A31"/>
     <w:rsid w:val="00600F1B"/>
     <w:rsid w:val="0060116C"/>
     <w:rsid w:val="00601D4E"/>
     <w:rsid w:val="006038FF"/>
     <w:rsid w:val="00603936"/>
     <w:rsid w:val="0060511E"/>
     <w:rsid w:val="0061074E"/>
+    <w:rsid w:val="00613AFF"/>
     <w:rsid w:val="006140D1"/>
     <w:rsid w:val="006151BE"/>
     <w:rsid w:val="006205E5"/>
     <w:rsid w:val="00630995"/>
     <w:rsid w:val="006329DC"/>
     <w:rsid w:val="006414D0"/>
     <w:rsid w:val="00643008"/>
     <w:rsid w:val="0064350A"/>
+    <w:rsid w:val="00643F14"/>
     <w:rsid w:val="00645544"/>
     <w:rsid w:val="00646216"/>
     <w:rsid w:val="00647E4F"/>
     <w:rsid w:val="00649B41"/>
     <w:rsid w:val="0065330B"/>
     <w:rsid w:val="00653A48"/>
     <w:rsid w:val="006541AE"/>
     <w:rsid w:val="00654860"/>
     <w:rsid w:val="00655D04"/>
     <w:rsid w:val="00657776"/>
     <w:rsid w:val="00662543"/>
     <w:rsid w:val="00662EC9"/>
     <w:rsid w:val="00664BE7"/>
     <w:rsid w:val="00664F9E"/>
     <w:rsid w:val="00666A36"/>
     <w:rsid w:val="00667CF5"/>
     <w:rsid w:val="00667DB1"/>
     <w:rsid w:val="006712F7"/>
     <w:rsid w:val="0067244C"/>
     <w:rsid w:val="00672FD6"/>
     <w:rsid w:val="006733C5"/>
     <w:rsid w:val="00673807"/>
     <w:rsid w:val="0067448F"/>
     <w:rsid w:val="00675D2E"/>
     <w:rsid w:val="006772FC"/>
     <w:rsid w:val="00682993"/>
+    <w:rsid w:val="006869A2"/>
     <w:rsid w:val="00687758"/>
     <w:rsid w:val="00687F4C"/>
     <w:rsid w:val="0069337F"/>
     <w:rsid w:val="00695183"/>
     <w:rsid w:val="00696A3E"/>
     <w:rsid w:val="006A3979"/>
     <w:rsid w:val="006A6499"/>
     <w:rsid w:val="006B0E36"/>
     <w:rsid w:val="006B10FE"/>
     <w:rsid w:val="006B20E5"/>
     <w:rsid w:val="006B280F"/>
     <w:rsid w:val="006B4B72"/>
     <w:rsid w:val="006C1638"/>
+    <w:rsid w:val="006C671D"/>
     <w:rsid w:val="006D0B89"/>
+    <w:rsid w:val="006D5CA4"/>
     <w:rsid w:val="006D6B0E"/>
     <w:rsid w:val="006E1077"/>
     <w:rsid w:val="006E18C2"/>
     <w:rsid w:val="006E19EE"/>
     <w:rsid w:val="006E1AA0"/>
     <w:rsid w:val="006E32D7"/>
     <w:rsid w:val="006E6119"/>
     <w:rsid w:val="006F18E7"/>
     <w:rsid w:val="006F1A39"/>
     <w:rsid w:val="006F380C"/>
     <w:rsid w:val="006F3F2B"/>
     <w:rsid w:val="007000C7"/>
     <w:rsid w:val="007038D8"/>
     <w:rsid w:val="00706CB8"/>
     <w:rsid w:val="00706E5D"/>
     <w:rsid w:val="00707687"/>
     <w:rsid w:val="007078A3"/>
     <w:rsid w:val="00712939"/>
     <w:rsid w:val="00713378"/>
     <w:rsid w:val="0071373A"/>
     <w:rsid w:val="00721F27"/>
     <w:rsid w:val="007242C0"/>
     <w:rsid w:val="00725A82"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="0073410C"/>
     <w:rsid w:val="007356E2"/>
     <w:rsid w:val="0073788C"/>
     <w:rsid w:val="00740406"/>
     <w:rsid w:val="00740471"/>
     <w:rsid w:val="0074132C"/>
     <w:rsid w:val="007440C3"/>
     <w:rsid w:val="00753FB2"/>
     <w:rsid w:val="007569F0"/>
     <w:rsid w:val="00757D00"/>
     <w:rsid w:val="007664CF"/>
     <w:rsid w:val="0076681A"/>
     <w:rsid w:val="00766BE1"/>
     <w:rsid w:val="00767265"/>
     <w:rsid w:val="00767828"/>
     <w:rsid w:val="00767F2D"/>
     <w:rsid w:val="007706C2"/>
+    <w:rsid w:val="007722DC"/>
     <w:rsid w:val="00772EE1"/>
     <w:rsid w:val="0077466D"/>
     <w:rsid w:val="0077557C"/>
     <w:rsid w:val="00775C17"/>
     <w:rsid w:val="00782D18"/>
     <w:rsid w:val="0078505E"/>
     <w:rsid w:val="007861B5"/>
     <w:rsid w:val="00787677"/>
     <w:rsid w:val="00787C22"/>
     <w:rsid w:val="00791894"/>
     <w:rsid w:val="00793271"/>
     <w:rsid w:val="00793CB1"/>
     <w:rsid w:val="007944DE"/>
     <w:rsid w:val="00794830"/>
     <w:rsid w:val="007A0743"/>
     <w:rsid w:val="007A16D5"/>
     <w:rsid w:val="007A193D"/>
     <w:rsid w:val="007A4B1D"/>
     <w:rsid w:val="007A5F2D"/>
     <w:rsid w:val="007B1FEE"/>
     <w:rsid w:val="007B2C0E"/>
     <w:rsid w:val="007B3345"/>
     <w:rsid w:val="007B48DC"/>
     <w:rsid w:val="007B6B34"/>
     <w:rsid w:val="007C2F18"/>
     <w:rsid w:val="007C406D"/>
     <w:rsid w:val="007C66EB"/>
     <w:rsid w:val="007C6CDB"/>
     <w:rsid w:val="007D261B"/>
+    <w:rsid w:val="007D754C"/>
     <w:rsid w:val="007E0674"/>
     <w:rsid w:val="007E0EF6"/>
     <w:rsid w:val="007E53E6"/>
     <w:rsid w:val="007F3C9A"/>
     <w:rsid w:val="007F3F6A"/>
     <w:rsid w:val="007F552E"/>
     <w:rsid w:val="008023EB"/>
     <w:rsid w:val="008065AF"/>
     <w:rsid w:val="00810552"/>
     <w:rsid w:val="00811C6A"/>
     <w:rsid w:val="00813C50"/>
     <w:rsid w:val="00814A2B"/>
     <w:rsid w:val="00823A9D"/>
     <w:rsid w:val="00824566"/>
     <w:rsid w:val="0083249F"/>
     <w:rsid w:val="00832A38"/>
     <w:rsid w:val="00834361"/>
     <w:rsid w:val="008347B3"/>
     <w:rsid w:val="00835B43"/>
     <w:rsid w:val="0084095E"/>
     <w:rsid w:val="00842B21"/>
     <w:rsid w:val="00853127"/>
     <w:rsid w:val="0086060E"/>
     <w:rsid w:val="00860D3D"/>
     <w:rsid w:val="00863316"/>
     <w:rsid w:val="00866200"/>
     <w:rsid w:val="0086677B"/>
     <w:rsid w:val="0087044A"/>
     <w:rsid w:val="00870D1E"/>
     <w:rsid w:val="00871B99"/>
     <w:rsid w:val="0087612D"/>
     <w:rsid w:val="008761A6"/>
     <w:rsid w:val="00876781"/>
     <w:rsid w:val="0088148B"/>
     <w:rsid w:val="00886CD0"/>
     <w:rsid w:val="008916F3"/>
     <w:rsid w:val="0089177F"/>
     <w:rsid w:val="00891902"/>
     <w:rsid w:val="0089206D"/>
     <w:rsid w:val="00894C4E"/>
     <w:rsid w:val="00897C03"/>
     <w:rsid w:val="008A6587"/>
     <w:rsid w:val="008A7B79"/>
+    <w:rsid w:val="008B122E"/>
     <w:rsid w:val="008B48A3"/>
     <w:rsid w:val="008B676B"/>
     <w:rsid w:val="008C4EE9"/>
     <w:rsid w:val="008D0688"/>
     <w:rsid w:val="008D0BA2"/>
     <w:rsid w:val="008D171C"/>
     <w:rsid w:val="008D3E11"/>
     <w:rsid w:val="008E053A"/>
     <w:rsid w:val="008E24EA"/>
     <w:rsid w:val="008E2A26"/>
     <w:rsid w:val="008E42FF"/>
     <w:rsid w:val="008E497A"/>
     <w:rsid w:val="008E5799"/>
     <w:rsid w:val="008E62B3"/>
     <w:rsid w:val="008E7BB1"/>
     <w:rsid w:val="008E7FA7"/>
     <w:rsid w:val="008F2DCC"/>
     <w:rsid w:val="008F6465"/>
     <w:rsid w:val="00903EA9"/>
     <w:rsid w:val="00907024"/>
     <w:rsid w:val="00912586"/>
     <w:rsid w:val="009127F1"/>
     <w:rsid w:val="0091643E"/>
     <w:rsid w:val="00922F96"/>
     <w:rsid w:val="009262E0"/>
@@ -13674,190 +13898,198 @@
     <w:rsid w:val="009F590D"/>
     <w:rsid w:val="00A00290"/>
     <w:rsid w:val="00A01334"/>
     <w:rsid w:val="00A034D6"/>
     <w:rsid w:val="00A034F2"/>
     <w:rsid w:val="00A0355A"/>
     <w:rsid w:val="00A03EE7"/>
     <w:rsid w:val="00A06521"/>
     <w:rsid w:val="00A14E51"/>
     <w:rsid w:val="00A164A7"/>
     <w:rsid w:val="00A16831"/>
     <w:rsid w:val="00A176F6"/>
     <w:rsid w:val="00A210B2"/>
     <w:rsid w:val="00A22211"/>
     <w:rsid w:val="00A22405"/>
     <w:rsid w:val="00A23184"/>
     <w:rsid w:val="00A2341C"/>
     <w:rsid w:val="00A247D8"/>
     <w:rsid w:val="00A252C7"/>
     <w:rsid w:val="00A36D92"/>
     <w:rsid w:val="00A450D5"/>
     <w:rsid w:val="00A45E75"/>
     <w:rsid w:val="00A50BA4"/>
     <w:rsid w:val="00A51DB0"/>
     <w:rsid w:val="00A54A82"/>
+    <w:rsid w:val="00A56BF0"/>
     <w:rsid w:val="00A6104C"/>
     <w:rsid w:val="00A6127E"/>
     <w:rsid w:val="00A62616"/>
     <w:rsid w:val="00A637DB"/>
     <w:rsid w:val="00A66932"/>
     <w:rsid w:val="00A66BBC"/>
     <w:rsid w:val="00A7009A"/>
     <w:rsid w:val="00A70FFD"/>
     <w:rsid w:val="00A71616"/>
     <w:rsid w:val="00A72318"/>
+    <w:rsid w:val="00A74B6F"/>
     <w:rsid w:val="00A755CA"/>
     <w:rsid w:val="00A770F5"/>
     <w:rsid w:val="00A82F00"/>
     <w:rsid w:val="00A85992"/>
     <w:rsid w:val="00A87A5F"/>
     <w:rsid w:val="00A9479D"/>
     <w:rsid w:val="00A9676F"/>
     <w:rsid w:val="00AA1D09"/>
     <w:rsid w:val="00AA3A19"/>
     <w:rsid w:val="00AA44F2"/>
     <w:rsid w:val="00AA518D"/>
     <w:rsid w:val="00AA5530"/>
     <w:rsid w:val="00AA74DD"/>
     <w:rsid w:val="00AB5BD4"/>
     <w:rsid w:val="00AC761D"/>
     <w:rsid w:val="00AD3B21"/>
     <w:rsid w:val="00AD4F17"/>
     <w:rsid w:val="00AD575B"/>
     <w:rsid w:val="00AD5F58"/>
     <w:rsid w:val="00AE0CD2"/>
     <w:rsid w:val="00AE11B5"/>
     <w:rsid w:val="00AE3CC1"/>
     <w:rsid w:val="00AE462A"/>
     <w:rsid w:val="00AE4A2A"/>
     <w:rsid w:val="00AE4D3F"/>
     <w:rsid w:val="00AF0BC6"/>
     <w:rsid w:val="00AF0E19"/>
     <w:rsid w:val="00AF31EF"/>
+    <w:rsid w:val="00AF6E18"/>
     <w:rsid w:val="00B0112D"/>
     <w:rsid w:val="00B015D1"/>
     <w:rsid w:val="00B03DDA"/>
     <w:rsid w:val="00B03ED5"/>
     <w:rsid w:val="00B04F84"/>
     <w:rsid w:val="00B077A9"/>
     <w:rsid w:val="00B10607"/>
     <w:rsid w:val="00B14E07"/>
     <w:rsid w:val="00B168F0"/>
     <w:rsid w:val="00B20DDF"/>
     <w:rsid w:val="00B2225B"/>
     <w:rsid w:val="00B24236"/>
+    <w:rsid w:val="00B24258"/>
     <w:rsid w:val="00B25EE6"/>
     <w:rsid w:val="00B25FCD"/>
     <w:rsid w:val="00B26FAC"/>
     <w:rsid w:val="00B279D5"/>
     <w:rsid w:val="00B31A47"/>
     <w:rsid w:val="00B31F89"/>
     <w:rsid w:val="00B32443"/>
     <w:rsid w:val="00B32CBA"/>
     <w:rsid w:val="00B35288"/>
     <w:rsid w:val="00B35E0C"/>
     <w:rsid w:val="00B41234"/>
     <w:rsid w:val="00B42C18"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B52C53"/>
     <w:rsid w:val="00B56544"/>
     <w:rsid w:val="00B5669B"/>
     <w:rsid w:val="00B57194"/>
     <w:rsid w:val="00B65A73"/>
     <w:rsid w:val="00B71C37"/>
     <w:rsid w:val="00B77C83"/>
     <w:rsid w:val="00B82478"/>
     <w:rsid w:val="00B8313D"/>
     <w:rsid w:val="00B86166"/>
     <w:rsid w:val="00B90243"/>
     <w:rsid w:val="00B9405A"/>
     <w:rsid w:val="00B945F9"/>
     <w:rsid w:val="00BA0C81"/>
     <w:rsid w:val="00BA3983"/>
     <w:rsid w:val="00BA6E68"/>
     <w:rsid w:val="00BA7EDD"/>
     <w:rsid w:val="00BB23E5"/>
     <w:rsid w:val="00BB4A9D"/>
     <w:rsid w:val="00BB547B"/>
     <w:rsid w:val="00BB777D"/>
     <w:rsid w:val="00BC1A28"/>
     <w:rsid w:val="00BC728A"/>
     <w:rsid w:val="00BD4305"/>
     <w:rsid w:val="00BD495F"/>
     <w:rsid w:val="00BD5A5C"/>
+    <w:rsid w:val="00BD6CAD"/>
     <w:rsid w:val="00BD786F"/>
     <w:rsid w:val="00BE00DB"/>
     <w:rsid w:val="00BE04ED"/>
     <w:rsid w:val="00BE3730"/>
     <w:rsid w:val="00BE4662"/>
     <w:rsid w:val="00BE4D4A"/>
     <w:rsid w:val="00BE5896"/>
     <w:rsid w:val="00BE6E3E"/>
     <w:rsid w:val="00BE79EB"/>
     <w:rsid w:val="00BE7C0A"/>
     <w:rsid w:val="00BE7E59"/>
+    <w:rsid w:val="00BF2E75"/>
     <w:rsid w:val="00BF6735"/>
     <w:rsid w:val="00BF6C10"/>
     <w:rsid w:val="00BF7736"/>
     <w:rsid w:val="00C01D4C"/>
     <w:rsid w:val="00C0225C"/>
     <w:rsid w:val="00C07818"/>
     <w:rsid w:val="00C07ECE"/>
     <w:rsid w:val="00C10D64"/>
     <w:rsid w:val="00C114A8"/>
     <w:rsid w:val="00C152DB"/>
     <w:rsid w:val="00C21382"/>
     <w:rsid w:val="00C23AF9"/>
     <w:rsid w:val="00C2596A"/>
     <w:rsid w:val="00C3291B"/>
     <w:rsid w:val="00C335C9"/>
     <w:rsid w:val="00C434BA"/>
     <w:rsid w:val="00C442F1"/>
     <w:rsid w:val="00C4457B"/>
     <w:rsid w:val="00C4778B"/>
     <w:rsid w:val="00C51A53"/>
     <w:rsid w:val="00C523ED"/>
     <w:rsid w:val="00C55697"/>
     <w:rsid w:val="00C56248"/>
     <w:rsid w:val="00C600FF"/>
     <w:rsid w:val="00C63D31"/>
+    <w:rsid w:val="00C65401"/>
     <w:rsid w:val="00C6550B"/>
     <w:rsid w:val="00C6604E"/>
     <w:rsid w:val="00C66F3C"/>
     <w:rsid w:val="00C70476"/>
     <w:rsid w:val="00C7139F"/>
     <w:rsid w:val="00C72AC3"/>
     <w:rsid w:val="00C72F54"/>
     <w:rsid w:val="00C743BF"/>
     <w:rsid w:val="00C758EB"/>
     <w:rsid w:val="00C8161D"/>
     <w:rsid w:val="00C85CBE"/>
     <w:rsid w:val="00C9194C"/>
     <w:rsid w:val="00C92B5E"/>
     <w:rsid w:val="00C94C0B"/>
     <w:rsid w:val="00C960A3"/>
+    <w:rsid w:val="00C97606"/>
     <w:rsid w:val="00CA0DCB"/>
     <w:rsid w:val="00CA288F"/>
     <w:rsid w:val="00CA34B9"/>
     <w:rsid w:val="00CA399B"/>
     <w:rsid w:val="00CB093A"/>
     <w:rsid w:val="00CB0CC0"/>
     <w:rsid w:val="00CB37CA"/>
     <w:rsid w:val="00CB54A5"/>
     <w:rsid w:val="00CB660B"/>
     <w:rsid w:val="00CC06CC"/>
     <w:rsid w:val="00CC1581"/>
     <w:rsid w:val="00CC3002"/>
     <w:rsid w:val="00CD346D"/>
     <w:rsid w:val="00CD36E0"/>
     <w:rsid w:val="00CD38B6"/>
     <w:rsid w:val="00CD4105"/>
     <w:rsid w:val="00CE011D"/>
     <w:rsid w:val="00CE293F"/>
     <w:rsid w:val="00CE40EA"/>
     <w:rsid w:val="00CE4E48"/>
     <w:rsid w:val="00CF14C0"/>
     <w:rsid w:val="00CF6AEE"/>
     <w:rsid w:val="00D003AB"/>
     <w:rsid w:val="00D009C6"/>
     <w:rsid w:val="00D01360"/>
@@ -13871,192 +14103,204 @@
     <w:rsid w:val="00D23DF1"/>
     <w:rsid w:val="00D346DA"/>
     <w:rsid w:val="00D34D0B"/>
     <w:rsid w:val="00D35CA2"/>
     <w:rsid w:val="00D377C2"/>
     <w:rsid w:val="00D37D17"/>
     <w:rsid w:val="00D404EA"/>
     <w:rsid w:val="00D418EF"/>
     <w:rsid w:val="00D43F36"/>
     <w:rsid w:val="00D4407E"/>
     <w:rsid w:val="00D45EBF"/>
     <w:rsid w:val="00D52181"/>
     <w:rsid w:val="00D527B0"/>
     <w:rsid w:val="00D5644C"/>
     <w:rsid w:val="00D57661"/>
     <w:rsid w:val="00D6272D"/>
     <w:rsid w:val="00D62C45"/>
     <w:rsid w:val="00D6317B"/>
     <w:rsid w:val="00D637E9"/>
     <w:rsid w:val="00D6382D"/>
     <w:rsid w:val="00D641E0"/>
     <w:rsid w:val="00D64974"/>
     <w:rsid w:val="00D73522"/>
     <w:rsid w:val="00D73C0F"/>
     <w:rsid w:val="00D742CD"/>
+    <w:rsid w:val="00D74CD6"/>
     <w:rsid w:val="00D7604E"/>
     <w:rsid w:val="00D80A28"/>
     <w:rsid w:val="00D822E5"/>
     <w:rsid w:val="00D84E80"/>
     <w:rsid w:val="00D85AED"/>
     <w:rsid w:val="00D865FA"/>
     <w:rsid w:val="00D874D2"/>
     <w:rsid w:val="00D907A0"/>
     <w:rsid w:val="00D91C25"/>
     <w:rsid w:val="00D92C87"/>
     <w:rsid w:val="00D93E1A"/>
     <w:rsid w:val="00D97E98"/>
     <w:rsid w:val="00DA1968"/>
     <w:rsid w:val="00DA4A48"/>
     <w:rsid w:val="00DA5D66"/>
     <w:rsid w:val="00DB007E"/>
     <w:rsid w:val="00DB0FC5"/>
     <w:rsid w:val="00DB103C"/>
     <w:rsid w:val="00DB2781"/>
     <w:rsid w:val="00DB2997"/>
     <w:rsid w:val="00DB422C"/>
     <w:rsid w:val="00DB7081"/>
     <w:rsid w:val="00DC62F5"/>
     <w:rsid w:val="00DD4F21"/>
+    <w:rsid w:val="00DD5155"/>
     <w:rsid w:val="00DD5991"/>
     <w:rsid w:val="00DD6085"/>
+    <w:rsid w:val="00DD72E8"/>
     <w:rsid w:val="00DD7E90"/>
     <w:rsid w:val="00DE00BF"/>
     <w:rsid w:val="00DE041F"/>
     <w:rsid w:val="00DE3F6D"/>
     <w:rsid w:val="00DE49B3"/>
     <w:rsid w:val="00DF0BC0"/>
     <w:rsid w:val="00DF293C"/>
     <w:rsid w:val="00DF2A4C"/>
     <w:rsid w:val="00DF374C"/>
     <w:rsid w:val="00E024C9"/>
     <w:rsid w:val="00E115F4"/>
     <w:rsid w:val="00E129BC"/>
     <w:rsid w:val="00E14433"/>
     <w:rsid w:val="00E20D0F"/>
     <w:rsid w:val="00E21ACF"/>
     <w:rsid w:val="00E2407B"/>
     <w:rsid w:val="00E2409F"/>
+    <w:rsid w:val="00E2538C"/>
     <w:rsid w:val="00E3009C"/>
     <w:rsid w:val="00E30B3C"/>
     <w:rsid w:val="00E30BCA"/>
     <w:rsid w:val="00E356ED"/>
     <w:rsid w:val="00E374E7"/>
     <w:rsid w:val="00E37885"/>
     <w:rsid w:val="00E4096A"/>
     <w:rsid w:val="00E43261"/>
+    <w:rsid w:val="00E47744"/>
     <w:rsid w:val="00E51180"/>
+    <w:rsid w:val="00E51773"/>
     <w:rsid w:val="00E60C42"/>
     <w:rsid w:val="00E61C9B"/>
     <w:rsid w:val="00E639C7"/>
     <w:rsid w:val="00E72AA7"/>
     <w:rsid w:val="00E74F51"/>
     <w:rsid w:val="00E77AF4"/>
     <w:rsid w:val="00E84290"/>
     <w:rsid w:val="00E86B2D"/>
     <w:rsid w:val="00E90622"/>
     <w:rsid w:val="00E907B6"/>
     <w:rsid w:val="00E91762"/>
     <w:rsid w:val="00E9260C"/>
     <w:rsid w:val="00E95000"/>
     <w:rsid w:val="00EA410E"/>
     <w:rsid w:val="00EA4D8D"/>
     <w:rsid w:val="00EA5843"/>
     <w:rsid w:val="00EA61F4"/>
     <w:rsid w:val="00EA7D1C"/>
     <w:rsid w:val="00EC08BD"/>
     <w:rsid w:val="00EC242A"/>
     <w:rsid w:val="00EC7344"/>
     <w:rsid w:val="00EC7425"/>
     <w:rsid w:val="00ED0DCD"/>
     <w:rsid w:val="00ED10B3"/>
     <w:rsid w:val="00ED21B3"/>
     <w:rsid w:val="00ED492C"/>
     <w:rsid w:val="00ED4B1D"/>
     <w:rsid w:val="00EE6A21"/>
     <w:rsid w:val="00EF1236"/>
     <w:rsid w:val="00EF770D"/>
     <w:rsid w:val="00F0034D"/>
     <w:rsid w:val="00F051CD"/>
     <w:rsid w:val="00F06C9A"/>
     <w:rsid w:val="00F071C3"/>
     <w:rsid w:val="00F07BAA"/>
     <w:rsid w:val="00F1451F"/>
     <w:rsid w:val="00F14A67"/>
     <w:rsid w:val="00F15BF8"/>
     <w:rsid w:val="00F21ECE"/>
     <w:rsid w:val="00F24E44"/>
+    <w:rsid w:val="00F24F30"/>
     <w:rsid w:val="00F25941"/>
     <w:rsid w:val="00F26B87"/>
     <w:rsid w:val="00F27176"/>
     <w:rsid w:val="00F30227"/>
     <w:rsid w:val="00F30809"/>
     <w:rsid w:val="00F30A14"/>
     <w:rsid w:val="00F30FC1"/>
     <w:rsid w:val="00F336DF"/>
     <w:rsid w:val="00F33A96"/>
     <w:rsid w:val="00F466DD"/>
     <w:rsid w:val="00F51EBA"/>
     <w:rsid w:val="00F525E9"/>
     <w:rsid w:val="00F52CBE"/>
     <w:rsid w:val="00F52EC1"/>
     <w:rsid w:val="00F53D32"/>
+    <w:rsid w:val="00F53F61"/>
     <w:rsid w:val="00F559F4"/>
     <w:rsid w:val="00F60033"/>
     <w:rsid w:val="00F6192B"/>
     <w:rsid w:val="00F71D0E"/>
     <w:rsid w:val="00F7294D"/>
+    <w:rsid w:val="00F73CD5"/>
     <w:rsid w:val="00F745DA"/>
+    <w:rsid w:val="00F75541"/>
     <w:rsid w:val="00F80121"/>
     <w:rsid w:val="00F80680"/>
     <w:rsid w:val="00F82DCC"/>
     <w:rsid w:val="00F84664"/>
     <w:rsid w:val="00F84886"/>
     <w:rsid w:val="00F866B4"/>
     <w:rsid w:val="00F9263E"/>
     <w:rsid w:val="00F92A99"/>
     <w:rsid w:val="00F971DA"/>
     <w:rsid w:val="00FA135F"/>
     <w:rsid w:val="00FA1A1D"/>
     <w:rsid w:val="00FA2545"/>
+    <w:rsid w:val="00FA3E95"/>
     <w:rsid w:val="00FB01D1"/>
     <w:rsid w:val="00FB1A21"/>
     <w:rsid w:val="00FB2A6C"/>
     <w:rsid w:val="00FB5112"/>
     <w:rsid w:val="00FC080B"/>
     <w:rsid w:val="00FC1907"/>
     <w:rsid w:val="00FC1A8E"/>
     <w:rsid w:val="00FC61A0"/>
     <w:rsid w:val="00FC71DA"/>
     <w:rsid w:val="00FC772C"/>
     <w:rsid w:val="00FD4525"/>
     <w:rsid w:val="00FD7AB6"/>
     <w:rsid w:val="00FE16D2"/>
     <w:rsid w:val="00FE1A89"/>
     <w:rsid w:val="00FE290C"/>
     <w:rsid w:val="00FE386C"/>
     <w:rsid w:val="00FE4FDD"/>
+    <w:rsid w:val="00FE622D"/>
     <w:rsid w:val="00FF0278"/>
     <w:rsid w:val="00FF06EE"/>
     <w:rsid w:val="00FF1283"/>
     <w:rsid w:val="00FF16B0"/>
     <w:rsid w:val="00FF1D33"/>
     <w:rsid w:val="00FF2643"/>
     <w:rsid w:val="00FF346A"/>
     <w:rsid w:val="00FF65AD"/>
     <w:rsid w:val="01A8FEF1"/>
     <w:rsid w:val="02035F97"/>
     <w:rsid w:val="04414919"/>
     <w:rsid w:val="08F5061A"/>
     <w:rsid w:val="0A109C8B"/>
     <w:rsid w:val="0CBDB7F7"/>
     <w:rsid w:val="13A546E0"/>
     <w:rsid w:val="1758F4A8"/>
     <w:rsid w:val="1FEDBF3C"/>
     <w:rsid w:val="229CAE25"/>
     <w:rsid w:val="24892087"/>
     <w:rsid w:val="27175315"/>
     <w:rsid w:val="27935F20"/>
     <w:rsid w:val="2CE8BB2D"/>
     <w:rsid w:val="300FCDFE"/>
     <w:rsid w:val="33B60932"/>
     <w:rsid w:val="343187AE"/>
@@ -14098,59 +14342,59 @@
     <w:rsid w:val="7DD9F1C1"/>
     <w:rsid w:val="7E71F5A6"/>
     <w:rsid w:val="7F16471E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E22ECDE"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14500,659 +14744,659 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F26B87"/>
     <w:pPr>
       <w:spacing w:after="220" w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop1Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0026625A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop2Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003B1FD0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="232322"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop3Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F51EBA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop4Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00485567"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="TitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="1134"/>
       <w:contextualSpacing/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="232322"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
-[...2 lines deleted...]
-    <w:link w:val="Titel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="232322"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ondertitel">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="OndertitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:ind w:right="1134"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:smallCaps/>
       <w:color w:val="232322"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
-[...2 lines deleted...]
-    <w:link w:val="Ondertitel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:smallCaps/>
       <w:color w:val="232322"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Koptekst">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="KoptekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Koptekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voettekst">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoettekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voettekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B10607"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0026625A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003B1FD0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="232322"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voetnoottekst">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoetnoottekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0017706D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voetnoottekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Voetnootmarkering">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelraster">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Standaardtabel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0017706D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="0017706D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Nadruk">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Verwijzingopmerking">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstopmerking">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="TekstopmerkingChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2464"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
-[...2 lines deleted...]
-    <w:link w:val="Tekstopmerking"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Tekstopmerking"/>
-[...1 lines deleted...]
-    <w:link w:val="OnderwerpvanopmerkingChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
-[...2 lines deleted...]
-    <w:link w:val="Onderwerpvanopmerking"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Onopgelostemelding">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00740406"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F51EBA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B5FE7"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00485567"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Geenafstand">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00E20D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballontekst">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="BallontekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F53D32"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballontekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F53D32"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisie">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF2643"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E86B2D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-BE" w:eastAsia="nl-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E86B2D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="157426691">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="452137095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15233,51 +15477,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1766998884">
           <w:marLeft w:val="1267"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15548,116 +15792,155 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="8" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="0d89dcaf815ba9c29abf4ca8e832b281">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1e6df36193c9e310e6fac5631e2201b" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="9499400d38a9f9d214d14d91a668f6d6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d05fed5db075eb8ebc7a69d832869e4" ns2:_="" ns3:_="">
     <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9788433e-09c9-45d6-b37e-647a3dcd40bc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="20" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a9791f0e-b41f-4de0-98e2-7befb4a51de1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -15716,127 +15999,166 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E18AD3F-0EDD-4AB9-8465-5458B87CDC50}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2D92E36-B7E4-4EDF-8CA0-F43ABCDD1DA2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3026A3-21AB-4C63-A473-232500AAED49}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B277F52-D0B2-4719-A91D-314D70737F1D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{345B8583-B0D7-40A7-83E7-B43ED81A42C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{682BDAB0-B857-4590-98B9-455A4DB63B1C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3026A3-21AB-4C63-A473-232500AAED49}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>10320</Characters>
+  <Pages>11</Pages>
+  <Words>1932</Words>
+  <Characters>10628</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>24</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>88</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12172</CharactersWithSpaces>
+  <CharactersWithSpaces>12535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>