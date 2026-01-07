--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -1,102 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="68C5040D" w14:textId="0B4D5BD8" w:rsidR="009C41B8" w:rsidRDefault="00936832" w:rsidP="009C41B8">
+    <w:p w14:paraId="68C5040D" w14:textId="008B325A" w:rsidR="009C41B8" w:rsidRDefault="008407B9" w:rsidP="009C41B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F83240">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="nl-BE"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660307" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31C91E19" wp14:editId="1B699FEC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664403" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77174736" wp14:editId="64319D83">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:align>left</wp:align>
+              <wp:posOffset>-10160</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
-            <wp:extent cx="7559040" cy="10684290"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
+            <wp:extent cx="7559400" cy="10684800"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
             <wp:wrapNone/>
-            <wp:docPr id="3" name="Afbeelding 3"/>
+            <wp:docPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Afbeelding 3"/>
+                    <pic:cNvPr id="3" name="Afbeelding 3" descr="A white background with green and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7559040" cy="10684290"/>
+                      <a:ext cx="7559400" cy="10684800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                         <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
@@ -147,197 +153,214 @@
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
                             <ma14:wrappingTextBoxFlag xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="51A15CA3" w14:textId="69ACBA43" w:rsidR="00485567" w:rsidRDefault="00D57661" w:rsidP="009C41B8">
                             <w:pPr>
-                              <w:pStyle w:val="Titel"/>
+                              <w:pStyle w:val="Title"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Be</w:t>
                             </w:r>
                             <w:r w:rsidR="001D1F0E">
                               <w:t>paling grootte onderneming</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="366BC82F" w14:textId="77777777" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="009C41B8"/>
-                          <w:p w14:paraId="5FEB8D49" w14:textId="23C6ECC8" w:rsidR="00485567" w:rsidRPr="00650FC4" w:rsidRDefault="00485567" w:rsidP="009C41B8">
+                          <w:p w14:paraId="5FEB8D49" w14:textId="4D6E4316" w:rsidR="00485567" w:rsidRPr="00650FC4" w:rsidRDefault="00485567" w:rsidP="009C41B8">
                             <w:pPr>
-                              <w:pStyle w:val="Ondertitel"/>
+                              <w:pStyle w:val="Subtitle"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Versie geldig </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00650FC4">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
                               <w:t xml:space="preserve">vanaf </w:t>
                             </w:r>
                             <w:r w:rsidR="00834361" w:rsidRPr="00650FC4">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
                               <w:t xml:space="preserve">1 </w:t>
                             </w:r>
-                            <w:r w:rsidR="00057332">
+                            <w:r w:rsidR="008666C6">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
-                              <w:t>mei</w:t>
+                              <w:t>JANUARI</w:t>
                             </w:r>
                             <w:r w:rsidR="00B36501" w:rsidRPr="00650FC4">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 2024</w:t>
+                              <w:t xml:space="preserve"> 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008666C6">
+                              <w:rPr>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3F66463D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Titel: Titel van het document - Beschrijving: Titel van het document" style="position:absolute;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp560/YQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xX282oU2QtMgwo&#10;2mLp0LMiS4kxWdQkJnb260vJTpp1u3TYxab4Evnxoy6v2tqwnfKhAlvw0WDImbISysquC/79cfHh&#10;I2cBhS2FAasKvleBX83ev7tsXK7GsAFTKs8oiQ154wq+QXR5lgW5UbUIA3DKklGDrwXS0a+z0ouG&#10;stcmGw+H51kDvnQepAqBtDedkc9Sfq2VxHutg0JmCk61Yfr69F3Fbza7FPnaC7epZF+G+IcqalFZ&#10;uvSY6kagYFtf/ZGqrqSHABoHEuoMtK6kSj1QN6Phq26WG+FU6oXACe4IU/h/aeXdbukePMP2M7Q0&#10;wAhI40IeSBn7abWv458qZWQnCPdH2FSLTJLyfHQxpllwJsk2OZtOJnSgPNlLuPMBvyioWRQK7mku&#10;CS6xuw3YuR5c4m0WFpUxaTbG/qagnJ1GpeH20S8VJwn3RsUoY78pzaoyFR4ViVbq2ni2E0QIIaWy&#10;mHpOeck7emm6+y2BvX8M7ap6S/AxIt0MFo/BdWXBJ5RelV3+OJSsO3+C+qTvKGK7avtJrqDc04A9&#10;dNwPTi4qGsKtCPggPJGdBkcLjPf00QaagkMvcbYB/+tv+uhPHCQrZw0tT8HDz63wijPz1RI7P42m&#10;07ht6TA9uxjTwZ9aVqcWu62vgcYxoqfCySRGfzQHUXuon2jP5/FWMgkr6e6C40G8xm6l6Z2Qaj5P&#10;TrRfTuCtXToZU0d4I8Ue2yfhXc9DJArfwWHNRP6Kjp1vjLQw3yLoKnE1Atyh2gNPu5nY3r8jcflP&#10;z8nr5bWbPQMAAP//AwBQSwMEFAAGAAgAAAAhALvx7GnfAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYwtjarTSdEIgraBtM2i1rvLaicaomW8u/xzux23v20/PnfDW6Vpyx&#10;D40nDY8TBQKp9LahSsPX9v1hASJEQ9a0nlDDLwZYFbc3ucmsH2iN502sBJdQyIyGOsYukzKUNToT&#10;Jr5D4t3R985Etn0lbW8GLnetnCqVSGca4gu16fC1xvJnc3Iavj+O+91MfVZvbt4NflSS3FJqfX83&#10;vjyDiDjG/zBc8BkdCmY6+BPZIFr2apZwVEM6n6YgLgmVJjw6sHpiDbLI5fUXxR8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAKeetP2ECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu/Hsad8AAAANAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Tekstvak 4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Title: Titel van het document - Description: Titel van het document" style="position:absolute;margin-left:52.3pt;margin-top:376.35pt;width:486pt;height:279pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp560/YQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xX282oU2QtMgwo&#10;2mLp0LMiS4kxWdQkJnb260vJTpp1u3TYxab4Evnxoy6v2tqwnfKhAlvw0WDImbISysquC/79cfHh&#10;I2cBhS2FAasKvleBX83ev7tsXK7GsAFTKs8oiQ154wq+QXR5lgW5UbUIA3DKklGDrwXS0a+z0ouG&#10;stcmGw+H51kDvnQepAqBtDedkc9Sfq2VxHutg0JmCk61Yfr69F3Fbza7FPnaC7epZF+G+IcqalFZ&#10;uvSY6kagYFtf/ZGqrqSHABoHEuoMtK6kSj1QN6Phq26WG+FU6oXACe4IU/h/aeXdbukePMP2M7Q0&#10;wAhI40IeSBn7abWv458qZWQnCPdH2FSLTJLyfHQxpllwJsk2OZtOJnSgPNlLuPMBvyioWRQK7mku&#10;CS6xuw3YuR5c4m0WFpUxaTbG/qagnJ1GpeH20S8VJwn3RsUoY78pzaoyFR4ViVbq2ni2E0QIIaWy&#10;mHpOeck7emm6+y2BvX8M7ap6S/AxIt0MFo/BdWXBJ5RelV3+OJSsO3+C+qTvKGK7avtJrqDc04A9&#10;dNwPTi4qGsKtCPggPJGdBkcLjPf00QaagkMvcbYB/+tv+uhPHCQrZw0tT8HDz63wijPz1RI7P42m&#10;07ht6TA9uxjTwZ9aVqcWu62vgcYxoqfCySRGfzQHUXuon2jP5/FWMgkr6e6C40G8xm6l6Z2Qaj5P&#10;TrRfTuCtXToZU0d4I8Ue2yfhXc9DJArfwWHNRP6Kjp1vjLQw3yLoKnE1Atyh2gNPu5nY3r8jcflP&#10;z8nr5bWbPQMAAP//AwBQSwMEFAAGAAgAAAAhALvx7GnfAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYwtjarTSdEIgraBtM2i1rvLaicaomW8u/xzux23v20/PnfDW6Vpyx&#10;D40nDY8TBQKp9LahSsPX9v1hASJEQ9a0nlDDLwZYFbc3ucmsH2iN502sBJdQyIyGOsYukzKUNToT&#10;Jr5D4t3R985Etn0lbW8GLnetnCqVSGca4gu16fC1xvJnc3Iavj+O+91MfVZvbt4NflSS3FJqfX83&#10;vjyDiDjG/zBc8BkdCmY6+BPZIFr2apZwVEM6n6YgLgmVJjw6sHpiDbLI5fUXxR8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAKeetP2ECAAA1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAu/Hsad8AAAANAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="51A15CA3" w14:textId="69ACBA43" w:rsidR="00485567" w:rsidRDefault="00D57661" w:rsidP="009C41B8">
                       <w:pPr>
-                        <w:pStyle w:val="Titel"/>
+                        <w:pStyle w:val="Title"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Be</w:t>
                       </w:r>
                       <w:r w:rsidR="001D1F0E">
                         <w:t>paling grootte onderneming</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="366BC82F" w14:textId="77777777" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="009C41B8"/>
-                    <w:p w14:paraId="5FEB8D49" w14:textId="23C6ECC8" w:rsidR="00485567" w:rsidRPr="00650FC4" w:rsidRDefault="00485567" w:rsidP="009C41B8">
+                    <w:p w14:paraId="5FEB8D49" w14:textId="4D6E4316" w:rsidR="00485567" w:rsidRPr="00650FC4" w:rsidRDefault="00485567" w:rsidP="009C41B8">
                       <w:pPr>
-                        <w:pStyle w:val="Ondertitel"/>
+                        <w:pStyle w:val="Subtitle"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Versie geldig </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00650FC4">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                         <w:t xml:space="preserve">vanaf </w:t>
                       </w:r>
                       <w:r w:rsidR="00834361" w:rsidRPr="00650FC4">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                         <w:t xml:space="preserve">1 </w:t>
                       </w:r>
-                      <w:r w:rsidR="00057332">
+                      <w:r w:rsidR="008666C6">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
-                        <w:t>mei</w:t>
+                        <w:t>JANUARI</w:t>
                       </w:r>
                       <w:r w:rsidR="00B36501" w:rsidRPr="00650FC4">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 2024</w:t>
+                        <w:t xml:space="preserve"> 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008666C6">
+                        <w:rPr>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B8B495" w14:textId="77777777" w:rsidR="009C41B8" w:rsidRDefault="009C41B8" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="009C41B8">
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="even" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3697237E" w14:textId="666DE718" w:rsidR="00F15BF8" w:rsidRPr="002D6730" w:rsidRDefault="00F15BF8" w:rsidP="005E1882">
       <w:pPr>
-        <w:pStyle w:val="Kop1"/>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="002D6730">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Is mijn organisatie een kleine onderneming (KO), </w:t>
       </w:r>
       <w:r w:rsidR="00D64974">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6730">
         <w:t>iddelgrote</w:t>
       </w:r>
       <w:r w:rsidR="002D6730">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D6730">
         <w:t xml:space="preserve">onderneming (MO) of </w:t>
       </w:r>
       <w:r w:rsidR="00D64974">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6730">
         <w:t>rote onderneming (GO)?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F395BFC" w14:textId="77777777" w:rsidR="00F15BF8" w:rsidRDefault="00F15BF8" w:rsidP="00F15BF8">
@@ -463,51 +486,51 @@
       </w:r>
       <w:r w:rsidR="00740471">
         <w:t>ouw</w:t>
       </w:r>
       <w:r w:rsidR="0067448F">
         <w:t xml:space="preserve"> grootte</w:t>
       </w:r>
       <w:r w:rsidR="00035D91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>bepalen</w:t>
       </w:r>
       <w:r w:rsidR="00150C8D">
         <w:t xml:space="preserve"> en onderbouwen</w:t>
       </w:r>
       <w:r w:rsidR="00035D91">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00035D91" w:rsidRPr="00035D91">
         <w:t xml:space="preserve">We hanteren daarbij de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00035D91" w:rsidRPr="001D32BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">Europese </w:t>
         </w:r>
         <w:r w:rsidR="00437012">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>kmo</w:t>
         </w:r>
         <w:r w:rsidR="00BA0C81" w:rsidRPr="001D32BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidR="00035D91" w:rsidRPr="001D32BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
@@ -518,93 +541,93 @@
       <w:r w:rsidR="00AC761D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DA5D66">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0A74DB" w14:textId="77777777" w:rsidR="00BA0C81" w:rsidRDefault="00BA0C81" w:rsidP="00456606">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DCC62BF" w14:textId="67323AE6" w:rsidR="00D64974" w:rsidRDefault="00FC61A0" w:rsidP="00456606">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Dit document bevat twee hoofd</w:t>
       </w:r>
       <w:r w:rsidR="003719E2">
         <w:t>stukken:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0337836F" w14:textId="03E94B25" w:rsidR="00F15BF8" w:rsidRDefault="00F15BF8" w:rsidP="00456606">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059423A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">A. Groottebepaling </w:t>
       </w:r>
       <w:r w:rsidR="003719E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>van de o</w:t>
       </w:r>
       <w:r w:rsidR="00BE4662">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nderneming</w:t>
       </w:r>
       <w:r w:rsidR="003719E2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B9FA71" w14:textId="440DB963" w:rsidR="00F15BF8" w:rsidRPr="00ED0DCD" w:rsidRDefault="00F15BF8" w:rsidP="00AC761D">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456606">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="00BA0C81">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Toe te voegen informatie per type onderneming</w:t>
       </w:r>
@@ -834,126 +857,126 @@
                         <w:t>verklaren en ondertekenen</w:t>
                       </w:r>
                       <w:r w:rsidR="00FB2A6C">
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="06589E7F" w14:textId="04018395" w:rsidR="00ED0DCD" w:rsidRPr="00ED0DCD" w:rsidRDefault="00ED0DCD" w:rsidP="00ED0DCD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="716E6D46" w14:textId="0AA12B86" w:rsidR="00F30809" w:rsidRDefault="00F30809" w:rsidP="00456606">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C1ADB65" w14:textId="77777777" w:rsidR="00A16831" w:rsidRPr="00A16831" w:rsidRDefault="00A16831" w:rsidP="00A16831">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DF587FA" w14:textId="3DBAAE0D" w:rsidR="00A16831" w:rsidRPr="00456606" w:rsidRDefault="00A16831" w:rsidP="00456606">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10C97A1C" w14:textId="77777777" w:rsidR="00F15BF8" w:rsidRPr="008C5CDF" w:rsidRDefault="00F15BF8" w:rsidP="00F15BF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71603AEB" w14:textId="77777777" w:rsidR="00F971DA" w:rsidRDefault="00F971DA">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="232322"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk77249374"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5E4017" w14:textId="2ED6026B" w:rsidR="00F15BF8" w:rsidRPr="008C5CDF" w:rsidRDefault="00AD3B21" w:rsidP="00C56248">
       <w:pPr>
-        <w:pStyle w:val="Kop2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00F15BF8" w:rsidRPr="008C5CDF">
         <w:t xml:space="preserve">Groottebepaling </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="006A3979">
         <w:t>van de onderneming</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E8B7795" w14:textId="77777777" w:rsidR="00BA0C81" w:rsidRDefault="00BA0C81" w:rsidP="00E356ED">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48FC6C45" w14:textId="77DEEF33" w:rsidR="00F15BF8" w:rsidRPr="00E77AF4" w:rsidRDefault="00F15BF8" w:rsidP="00E356ED">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A.1 Blokdiagram a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77AF4">
         <w:t>andeelhouder</w:t>
       </w:r>
       <w:r w:rsidR="00BA0C81">
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C46EE4" w14:textId="77777777" w:rsidR="00BA0C81" w:rsidRDefault="00BA0C81" w:rsidP="0091643E"/>
     <w:p w14:paraId="04E53BAC" w14:textId="567EC0FE" w:rsidR="00125B99" w:rsidRDefault="00BA0C81" w:rsidP="00684B5E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Met de grootte van een onderneming doelen we op KO (kleine onderneming), MO (middelgrote) of GO (grote onderneming). Iedere</w:t>
       </w:r>
       <w:r w:rsidR="000A79FC">
         <w:t xml:space="preserve"> onderneming</w:t>
       </w:r>
       <w:r w:rsidR="00DE49B3">
         <w:t xml:space="preserve"> (ook </w:t>
       </w:r>
@@ -1574,69 +1597,69 @@
                             <a:gd name="adj2" fmla="val 53049"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="009B48"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="422AD769">
+              <v:shapetype w14:anchorId="6AC2A287" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum height 0 #1"/>
                   <v:f eqn="sum 10800 0 #1"/>
                   <v:f eqn="sum width 0 #0"/>
                   <v:f eqn="prod @4 @3 10800"/>
                   <v:f eqn="sum width 0 @5"/>
                 </v:formulas>
-                <v:path textboxrect="@1,0,@2,@6" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
+                <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                 <v:handles>
                   <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
-              <v:shape id="AutoShape 58" style="position:absolute;margin-left:-120.45pt;margin-top:1.25pt;width:32pt;height:61.7pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#009b48" strokecolor="black [3213]" type="#_x0000_t67" adj="15653" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEAQ/Uiit8AAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpEn7VbSdsCgNEWoaEw7DvYAoTFttcap&#10;mlDK2887bUfbn35/f76dbCdGHHzrSEEyi0EgVc60VCv4Or1FKxA+aDK6c4QK7uhhWzw+5Doz7kaf&#10;OB5DLTiEfKYVNCH0mZS+atBqP3M9Et8ubrA68DjU0gz6xuG2k2kcL6XVLfGHRvdYNlh9H69WwcUf&#10;qjE57O7795MtP+b70rzEpVLPT9NuAyLgFP5g+NVndSjY6eyuZLzoFETpPF4zqyBdgGAgSl6XvDgz&#10;mi7WIItc/u9Q/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdL1FQPAIAAHgEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBD9SKK3wAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAJYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;">
+              <v:shape id="AutoShape 58" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:-120.45pt;margin-top:1.25pt;width:32pt;height:61.7pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEAQ/Uiit8AAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpEn7VbSdsCgNEWoaEw7DvYAoTFttcap&#10;mlDK2887bUfbn35/f76dbCdGHHzrSEEyi0EgVc60VCv4Or1FKxA+aDK6c4QK7uhhWzw+5Doz7kaf&#10;OB5DLTiEfKYVNCH0mZS+atBqP3M9Et8ubrA68DjU0gz6xuG2k2kcL6XVLfGHRvdYNlh9H69WwcUf&#10;qjE57O7795MtP+b70rzEpVLPT9NuAyLgFP5g+NVndSjY6eyuZLzoFETpPF4zqyBdgGAgSl6XvDgz&#10;mi7WIItc/u9Q/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdL1FQPAIAAHgEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBD9SKK3wAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAJYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" adj="15653" fillcolor="#009b48" strokecolor="black [3213]">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F271EB6" w14:textId="6470B037" w:rsidR="00C335C9" w:rsidRPr="0041122D" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AD203DC" w14:textId="006DC561" w:rsidR="00C335C9" w:rsidRPr="0041122D" w:rsidRDefault="0025158A" w:rsidP="00C335C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
@@ -2438,69 +2461,53 @@
                         <a:solidFill>
                           <a:srgbClr val="9CDCD9"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="376496D1">
-[...15 lines deleted...]
-              <v:shape id="AutoShape 20" style="position:absolute;margin-left:272.5pt;margin-top:18.05pt;width:32pt;height:60.35pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#9cdcd9" strokecolor="black [3213]" type="#_x0000_t67" adj="15034" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7pbLvOQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOEzEMfUfiH6K805net6NOV6uWRUjL&#10;RVr4gDTJdAJJHJK00+XrcTJtaeEN0YfIHifHx8d2l/dHo8lB+qDA1nQ4KCmRloNQdlfTr18e39xR&#10;EiKzgmmwsqYvMtD71etXy85VcgQtaCE9QRAbqs7VtI3RVUUReCsNCwNw0mKwAW9YRNfvCuFZh+hG&#10;F6OynBUdeOE8cBkCft30QbrK+E0jefzUNEFGomuK3GI+fT636SxWS1btPHOt4ica7B9YGKYsJr1A&#10;bVhkZO/VX1BGcQ8BmjjgYApoGsVlrgGrGZZ/VPPcMidzLShOcBeZwv+D5R8Pz+6zT9SDewL+PRAL&#10;65bZnXzwHrpWMoHphkmoonOhujxITsCnZNt9AIGtZfsIWYNj400CxOrIMUv9cpFaHiPh+HFSziYl&#10;NoRjaD6bTebjnIFV58fOh/hOgiHJqKmAzmZCOQM7PIWY5RbEMpOSi29DShqjsXsHpsm0xN+pu1d3&#10;Rjd35uPxOe0JsWDVOXGWBLQSj0rr7Pjddq09QfiaLtab9WZx4hyur2lLOoxPR9NM9SaWx1peQOKx&#10;1xW1v0YwKuJOaGVqepfKONWRWvHWijyxkSnd28hY20RP5mlHXc6dSs1JexCqLYgXbJSHfvxxXdFo&#10;wf+kpMPRr2n4sWdeUqLfW2z2YjiZpF3JzmQ6H6HjryPb6wizHKFqGinpzXXs92vvvNq1mGmYhbDw&#10;gAPSqAu/ntVprHC80brZn2s/3/r9h7H6BQAA//8DAFBLAwQUAAYACAAAACEAzAY0TuEAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbiwt0GqUphMCTQiEkFbgwC1rTNvROCXJ&#10;uvL2mBMcbX/6/f3laraDmNCH3pGCdJGAQGqc6alV8PqyPluCCFGT0YMjVPCNAVbV8VGpC+MOtMGp&#10;jq3gEAqFVtDFOBZShqZDq8PCjUh8+3De6sijb6Xx+sDhdpDnSZJLq3viD50e8bbD5rPeWwXvm4d0&#10;PT1O95l52/mvp3rn5fOdUqcn8801iIhz/IPhV5/VoWKnrduTCWJQkF1m3CUquMhTEAzkyRUvtkxm&#10;+RJkVcr/FaofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALulsu85AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMwGNE7hAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;"/>
+              <v:shape w14:anchorId="245A5210" id="AutoShape 20" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:272.5pt;margin-top:18.05pt;width:32pt;height:60.35pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7pbLvOQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOEzEMfUfiH6K805net6NOV6uWRUjL&#10;RVr4gDTJdAJJHJK00+XrcTJtaeEN0YfIHifHx8d2l/dHo8lB+qDA1nQ4KCmRloNQdlfTr18e39xR&#10;EiKzgmmwsqYvMtD71etXy85VcgQtaCE9QRAbqs7VtI3RVUUReCsNCwNw0mKwAW9YRNfvCuFZh+hG&#10;F6OynBUdeOE8cBkCft30QbrK+E0jefzUNEFGomuK3GI+fT636SxWS1btPHOt4ica7B9YGKYsJr1A&#10;bVhkZO/VX1BGcQ8BmjjgYApoGsVlrgGrGZZ/VPPcMidzLShOcBeZwv+D5R8Pz+6zT9SDewL+PRAL&#10;65bZnXzwHrpWMoHphkmoonOhujxITsCnZNt9AIGtZfsIWYNj400CxOrIMUv9cpFaHiPh+HFSziYl&#10;NoRjaD6bTebjnIFV58fOh/hOgiHJqKmAzmZCOQM7PIWY5RbEMpOSi29DShqjsXsHpsm0xN+pu1d3&#10;Rjd35uPxOe0JsWDVOXGWBLQSj0rr7Pjddq09QfiaLtab9WZx4hyur2lLOoxPR9NM9SaWx1peQOKx&#10;1xW1v0YwKuJOaGVqepfKONWRWvHWijyxkSnd28hY20RP5mlHXc6dSs1JexCqLYgXbJSHfvxxXdFo&#10;wf+kpMPRr2n4sWdeUqLfW2z2YjiZpF3JzmQ6H6HjryPb6wizHKFqGinpzXXs92vvvNq1mGmYhbDw&#10;gAPSqAu/ntVprHC80brZn2s/3/r9h7H6BQAA//8DAFBLAwQUAAYACAAAACEAzAY0TuEAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbiwt0GqUphMCTQiEkFbgwC1rTNvROCXJ&#10;uvL2mBMcbX/6/f3laraDmNCH3pGCdJGAQGqc6alV8PqyPluCCFGT0YMjVPCNAVbV8VGpC+MOtMGp&#10;jq3gEAqFVtDFOBZShqZDq8PCjUh8+3De6sijb6Xx+sDhdpDnSZJLq3viD50e8bbD5rPeWwXvm4d0&#10;PT1O95l52/mvp3rn5fOdUqcn8801iIhz/IPhV5/VoWKnrduTCWJQkF1m3CUquMhTEAzkyRUvtkxm&#10;+RJkVcr/FaofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALulsu85AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMwGNE7hAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15034" fillcolor="#9cdcd9" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BCB7D59" wp14:editId="39F3A2AC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4852339</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>232769</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406513" cy="783322"/>
                 <wp:effectExtent l="19050" t="0" r="31750" b="36195"/>
                 <wp:wrapNone/>
                 <wp:docPr id="63" name="AutoShape 58"/>
                 <wp:cNvGraphicFramePr>
@@ -2523,53 +2530,53 @@
                             <a:gd name="adj2" fmla="val 53049"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="009B48"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="AutoShape 58" style="position:absolute;margin-left:382.05pt;margin-top:18.35pt;width:32pt;height:61.7pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#009b48" strokecolor="black [3213]" type="#_x0000_t67" adj="15653" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2qg+HPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvqSpE2MOkXXrsOA&#10;7gJ0+wBFkmNtkqhJSpz260fJbpZub8PyIJCmdHh4SOby6mA02UsfFNiWVmclJdJyEMpuW/rt692b&#10;JSUhMiuYBitb+igDvVq/fnU5uEbW0IMW0hMEsaEZXEv7GF1TFIH30rBwBk5aDHbgDYvo+m0hPBsQ&#10;3eiiLsvzYgAvnAcuQ8Cvt2OQrjN+10keP3ddkJHoliK3mE+fz006i/Ula7aeuV7xiQb7BxaGKYtJ&#10;j1C3LDKy8+ovKKO4hwBdPONgCug6xWWuAaupyj+qeeiZk7kWFCe4o0zh/8HyT/sH98Un6sHdA/8R&#10;iIWbntmtvPYehl4ygemqJFQxuNAcHyQn4FOyGT6CwNayXYSswaHzJgFideSQpX48Si0PkXD8OC/P&#10;F9WMEo6hi+VsVtc5A2ueHzsf4nsJhiSjpQIGmwnlDGx/H2KWWxDLTEouvleUdEZj9/ZMk0WJv6m7&#10;J3fqF3dm5Xw1pZ0QC9Y8J86SgFbiTmmdHb/d3GhPEB7LKVdv58vpcTi9pi0ZWrpa1ItM9UUsj7U8&#10;gsTDqCtqf4pgVMSd0Mq0dJnKmOpIrXhnRZ7YyJQebWSsbaIn87SjLs+dSs1JexCaDYhHbJSHcfxx&#10;XdHowT9RMuDotzT83DEvKdEfLDZ7Vc3naVeyM19c1Oj408jmNMIsR6iWRkpG8yaO+7VzXm17zFRl&#10;ISxc44B06shvZDWNFY43Wi/259TPt37/Yax/AQAA//8DAFBLAwQUAAYACAAAACEASVkJld4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizpNnVVaTpNnRjiyMYDZI3XVjRO&#10;1WRd9/aYExxtf/r9/cV2dr2YcAydJw3JQoFAqr3tqNHwdXp7yUCEaMia3hNquGOAbfn4UJjc+ht9&#10;4nSMjeAQCrnR0MY45FKGukVnwsIPSHy7+NGZyOPYSDuaG4e7Xi6VSqUzHfGH1gxYtVh/H69OwyUc&#10;6ik57O7795OrPtb7yq5UpfXz07x7BRFxjn8w/OqzOpTsdPZXskH0GjbpOmFUwyrdgGAgW2a8ODOZ&#10;qgRkWcj/FcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHaqD4c8AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAElZCZXeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" w14:anchorId="33E1D658"/>
+              <v:shape w14:anchorId="0F8A65A0" id="AutoShape 58" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:382.05pt;margin-top:18.35pt;width:32pt;height:61.7pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2qg+HPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvqSpE2MOkXXrsOA&#10;7gJ0+wBFkmNtkqhJSpz260fJbpZub8PyIJCmdHh4SOby6mA02UsfFNiWVmclJdJyEMpuW/rt692b&#10;JSUhMiuYBitb+igDvVq/fnU5uEbW0IMW0hMEsaEZXEv7GF1TFIH30rBwBk5aDHbgDYvo+m0hPBsQ&#10;3eiiLsvzYgAvnAcuQ8Cvt2OQrjN+10keP3ddkJHoliK3mE+fz006i/Ula7aeuV7xiQb7BxaGKYtJ&#10;j1C3LDKy8+ovKKO4hwBdPONgCug6xWWuAaupyj+qeeiZk7kWFCe4o0zh/8HyT/sH98Un6sHdA/8R&#10;iIWbntmtvPYehl4ygemqJFQxuNAcHyQn4FOyGT6CwNayXYSswaHzJgFideSQpX48Si0PkXD8OC/P&#10;F9WMEo6hi+VsVtc5A2ueHzsf4nsJhiSjpQIGmwnlDGx/H2KWWxDLTEouvleUdEZj9/ZMk0WJv6m7&#10;J3fqF3dm5Xw1pZ0QC9Y8J86SgFbiTmmdHb/d3GhPEB7LKVdv58vpcTi9pi0ZWrpa1ItM9UUsj7U8&#10;gsTDqCtqf4pgVMSd0Mq0dJnKmOpIrXhnRZ7YyJQebWSsbaIn87SjLs+dSs1JexCaDYhHbJSHcfxx&#10;XdHowT9RMuDotzT83DEvKdEfLDZ7Vc3naVeyM19c1Oj408jmNMIsR6iWRkpG8yaO+7VzXm17zFRl&#10;ISxc44B06shvZDWNFY43Wi/259TPt37/Yax/AQAA//8DAFBLAwQUAAYACAAAACEASVkJld4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizpNnVVaTpNnRjiyMYDZI3XVjRO&#10;1WRd9/aYExxtf/r9/cV2dr2YcAydJw3JQoFAqr3tqNHwdXp7yUCEaMia3hNquGOAbfn4UJjc+ht9&#10;4nSMjeAQCrnR0MY45FKGukVnwsIPSHy7+NGZyOPYSDuaG4e7Xi6VSqUzHfGH1gxYtVh/H69OwyUc&#10;6ik57O7795OrPtb7yq5UpfXz07x7BRFxjn8w/OqzOpTsdPZXskH0GjbpOmFUwyrdgGAgW2a8ODOZ&#10;qgRkWcj/FcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHaqD4c8AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAElZCZXeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15653" fillcolor="#009b48" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0025158A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57D91DC0" wp14:editId="0BEB64E8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1472841</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>205436</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="386080" cy="753718"/>
                 <wp:effectExtent l="19050" t="0" r="33020" b="46990"/>
                 <wp:wrapNone/>
                 <wp:docPr id="64" name="AutoShape 54"/>
                 <wp:cNvGraphicFramePr>
@@ -2598,53 +2605,53 @@
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="AutoShape 54" style="position:absolute;margin-left:115.95pt;margin-top:16.2pt;width:30.4pt;height:59.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#002776" strokecolor="black [3213]" type="#_x0000_t67" adj="15731" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsKz5lPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtrOpUmNOEWRrsOA&#10;7gJ0+wBFkmNtkqhJSpzu60fJbpZsb8PyIJCmdHh4SGZ1ezSaHKQPCmxDq6uSEmk5CGV3Df365eHN&#10;kpIQmRVMg5UNfZaB3q5fv1r1rpYT6EAL6QmC2FD3rqFdjK4uisA7aVi4AictBlvwhkV0/a4QnvWI&#10;bnQxKcvrogcvnAcuQ8Cv90OQrjN+20oeP7VtkJHohiK3mE+fz206i/WK1TvPXKf4SIP9AwvDlMWk&#10;J6h7FhnZe/UXlFHcQ4A2XnEwBbSt4jLXgNVU5R/VPHXMyVwLihPcSabw/2D5x8OT++wT9eAegX8P&#10;xMKmY3Yn77yHvpNMYLoqCVX0LtSnB8kJ+JRs+w8gsLVsHyFrcGy9SYBYHTlmqZ9PUstjJBw/TpfX&#10;5RIbwjG0mE8X1TJnYPXLY+dDfCfBkGQ0VEBvM6GcgR0eQ8xyC2KZScnFt4qS1mjs3oFpMi/xN3b3&#10;7M7k4s60nN2MaUfEgtUvibMkoJV4UFpnx++2G+0JwmM55WSxuB4fh/Nr2pK+oTfzyTxTvYjlsZYn&#10;kHgcdEXtzxGMirgTWpmGLlMZYx2pFW+tyBMbmdKDjYy1TfRknnbU5aVTqTlpD0K9BfGMjfIwjD+u&#10;Kxod+J+U9Dj6DQ0/9sxLSvR7i82+qWaztCvZmc0XE3T8eWR7HmGWI1RDIyWDuYnDfu2dV7sOM1VZ&#10;CAt3OCCtOvEbWI1jheON1sX+nPv51u8/jPUvAAAA//8DAFBLAwQUAAYACAAAACEA9NPWOuAAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokdtRJCqUJcSqKxKaqkJpyADcekgh7&#10;HGK3DT09wwqWo//0/5tyNTkrTjiG3pOCdJaAQGq86alV8L5/vVuCCFGT0dYTKvjGAKvq+qrUhfFn&#10;2uGpjq3gEgqFVtDFOBRShqZDp8PMD0icffjR6cjn2Eoz6jOXOyuzJFlIp3vihU4P+NJh81kfnYLd&#10;/s3nbruN68XXpr60tLZuOSl1ezM9P4GIOMU/GH71WR0qdjr4I5kgrIJsnuaMKphn9yAYyPLsEcSB&#10;yYc0BVmV8v8L1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7Cs+ZTwCAAB4BAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9NPWOuAAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAACWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" w14:anchorId="35E23560"/>
+              <v:shape w14:anchorId="74044085" id="AutoShape 54" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:115.95pt;margin-top:16.2pt;width:30.4pt;height:59.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsKz5lPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtrOpUmNOEWRrsOA&#10;7gJ0+wBFkmNtkqhJSpzu60fJbpZsb8PyIJCmdHh4SGZ1ezSaHKQPCmxDq6uSEmk5CGV3Df365eHN&#10;kpIQmRVMg5UNfZaB3q5fv1r1rpYT6EAL6QmC2FD3rqFdjK4uisA7aVi4AictBlvwhkV0/a4QnvWI&#10;bnQxKcvrogcvnAcuQ8Cv90OQrjN+20oeP7VtkJHohiK3mE+fz206i/WK1TvPXKf4SIP9AwvDlMWk&#10;J6h7FhnZe/UXlFHcQ4A2XnEwBbSt4jLXgNVU5R/VPHXMyVwLihPcSabw/2D5x8OT++wT9eAegX8P&#10;xMKmY3Yn77yHvpNMYLoqCVX0LtSnB8kJ+JRs+w8gsLVsHyFrcGy9SYBYHTlmqZ9PUstjJBw/TpfX&#10;5RIbwjG0mE8X1TJnYPXLY+dDfCfBkGQ0VEBvM6GcgR0eQ8xyC2KZScnFt4qS1mjs3oFpMi/xN3b3&#10;7M7k4s60nN2MaUfEgtUvibMkoJV4UFpnx++2G+0JwmM55WSxuB4fh/Nr2pK+oTfzyTxTvYjlsZYn&#10;kHgcdEXtzxGMirgTWpmGLlMZYx2pFW+tyBMbmdKDjYy1TfRknnbU5aVTqTlpD0K9BfGMjfIwjD+u&#10;Kxod+J+U9Dj6DQ0/9sxLSvR7i82+qWaztCvZmc0XE3T8eWR7HmGWI1RDIyWDuYnDfu2dV7sOM1VZ&#10;CAt3OCCtOvEbWI1jheON1sX+nPv51u8/jPUvAAAA//8DAFBLAwQUAAYACAAAACEA9NPWOuAAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokdtRJCqUJcSqKxKaqkJpyADcekgh7&#10;HGK3DT09wwqWo//0/5tyNTkrTjiG3pOCdJaAQGq86alV8L5/vVuCCFGT0dYTKvjGAKvq+qrUhfFn&#10;2uGpjq3gEgqFVtDFOBRShqZDp8PMD0icffjR6cjn2Eoz6jOXOyuzJFlIp3vihU4P+NJh81kfnYLd&#10;/s3nbruN68XXpr60tLZuOSl1ezM9P4GIOMU/GH71WR0qdjr4I5kgrIJsnuaMKphn9yAYyPLsEcSB&#10;yYc0BVmV8v8L1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7Cs+ZTwCAAB4BAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9NPWOuAAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAACWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" adj="15731" fillcolor="#002776" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0025158A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51B0BA03" wp14:editId="244CEB03">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>2360019</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>205132</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406514" cy="783322"/>
                 <wp:effectExtent l="19050" t="0" r="12700" b="36195"/>
                 <wp:wrapNone/>
                 <wp:docPr id="62" name="AutoShape 18"/>
                 <wp:cNvGraphicFramePr>
@@ -2667,53 +2674,53 @@
                             <a:gd name="adj2" fmla="val 57333"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="9CDCD9"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="AutoShape 18" style="position:absolute;margin-left:185.85pt;margin-top:16.15pt;width:32pt;height:61.7pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#9cdcd9" strokecolor="black [3213]" type="#_x0000_t67" adj="15173" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtlr8UPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjh2kjY16hRFsg4D&#10;ugvQ7QMUSY61SaImKXGyrx8lu1m6vQ3Lg0Ca0uHhIZnbu6PR5CB9UGAbWk6mlEjLQSi7a+jXLw9v&#10;lpSEyKxgGqxs6EkGerd6/eq2d7WsoAMtpCcIYkPdu4Z2Mbq6KALvpGFhAk5aDLbgDYvo+l0hPOsR&#10;3eiimk6vih68cB64DAG/boYgXWX8tpU8fmrbICPRDUVuMZ8+n9t0FqtbVu88c53iIw32DywMUxaT&#10;nqE2LDKy9+ovKKO4hwBtnHAwBbSt4jLXgNWU0z+qeeqYk7kWFCe4s0zh/8Hyj4cn99kn6sE9Av8e&#10;iIV1x+xO3nsPfSeZwHRlEqroXajPD5IT8CnZ9h9AYGvZPkLW4Nh6kwCxOnLMUp/OUstjJBw/zqdX&#10;i3JOCcfQ9XI2q6qcgdXPj50P8Z0EQ5LRUAG9zYRyBnZ4DDHLLYhlJiUX30pKWqOxewemyWKKv7G7&#10;F3eqF3euZ7PZmHZELFj9nDhLAlqJB6V1dvxuu9aeIHxDb9ab9eZmfBwur2lLeowvqkWm+iKWx1qe&#10;QeJx0BW1v0QwKuJOaGUaukxljHWkVry1Ik9sZEoPNjLWNtGTedpRl+dOpeakPQj1FsQJG+VhGH9c&#10;VzQ68D8p6XH0Gxp+7JmXlOj3Fpt9U87naVeyM19cV+j4y8j2MsIsR6iGRkoGcx2H/do7r3YdZiqz&#10;EBbucUBadeY3sBrHCscbrRf7c+nnW7//MFa/AAAA//8DAFBLAwQUAAYACAAAACEA87lyxN4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJMtFISUbonBGG8kUOS8dMe2tjtb&#10;ukup/97xpLc38768eZNuRtuKAXtfO1IwnUQgkApnaioVHPO3pxUIHzQZ3TpCBd/oYZPd36U6Me5G&#10;exwOoRQcQj7RCqoQukRKX1RotZ+4Dom9T9dbHXjsS2l6feNw28pZFD1Lq2viC5XucFth0RyuVoEe&#10;9s1qd7pQ/rFr8vn2/fUSjl9KPT6ML2sQAcfwB8Nvfa4OGXc6uysZL1oF8XK6ZJTFLAbBwDxe8OLM&#10;5IKFzFL5/4XsBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK2WvxQ8AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPO5csTeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" w14:anchorId="37D36256">
+              <v:shape w14:anchorId="39EF7B32" id="AutoShape 18" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:185.85pt;margin-top:16.15pt;width:32pt;height:61.7pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtlr8UPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjh2kjY16hRFsg4D&#10;ugvQ7QMUSY61SaImKXGyrx8lu1m6vQ3Lg0Ca0uHhIZnbu6PR5CB9UGAbWk6mlEjLQSi7a+jXLw9v&#10;lpSEyKxgGqxs6EkGerd6/eq2d7WsoAMtpCcIYkPdu4Z2Mbq6KALvpGFhAk5aDLbgDYvo+l0hPOsR&#10;3eiimk6vih68cB64DAG/boYgXWX8tpU8fmrbICPRDUVuMZ8+n9t0FqtbVu88c53iIw32DywMUxaT&#10;nqE2LDKy9+ovKKO4hwBtnHAwBbSt4jLXgNWU0z+qeeqYk7kWFCe4s0zh/8Hyj4cn99kn6sE9Av8e&#10;iIV1x+xO3nsPfSeZwHRlEqroXajPD5IT8CnZ9h9AYGvZPkLW4Nh6kwCxOnLMUp/OUstjJBw/zqdX&#10;i3JOCcfQ9XI2q6qcgdXPj50P8Z0EQ5LRUAG9zYRyBnZ4DDHLLYhlJiUX30pKWqOxewemyWKKv7G7&#10;F3eqF3euZ7PZmHZELFj9nDhLAlqJB6V1dvxuu9aeIHxDb9ab9eZmfBwur2lLeowvqkWm+iKWx1qe&#10;QeJx0BW1v0QwKuJOaGUaukxljHWkVry1Ik9sZEoPNjLWNtGTedpRl+dOpeakPQj1FsQJG+VhGH9c&#10;VzQ68D8p6XH0Gxp+7JmXlOj3Fpt9U87naVeyM19cV+j4y8j2MsIsR6iGRkoGcx2H/do7r3YdZiqz&#10;EBbucUBadeY3sBrHCscbrRf7c+nnW7//MFa/AAAA//8DAFBLAwQUAAYACAAAACEA87lyxN4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJMtFISUbonBGG8kUOS8dMe2tjtb&#10;ukup/97xpLc38768eZNuRtuKAXtfO1IwnUQgkApnaioVHPO3pxUIHzQZ3TpCBd/oYZPd36U6Me5G&#10;exwOoRQcQj7RCqoQukRKX1RotZ+4Dom9T9dbHXjsS2l6feNw28pZFD1Lq2viC5XucFth0RyuVoEe&#10;9s1qd7pQ/rFr8vn2/fUSjl9KPT6ML2sQAcfwB8Nvfa4OGXc6uysZL1oF8XK6ZJTFLAbBwDxe8OLM&#10;5IKFzFL5/4XsBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK2WvxQ8AgAAeAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPO5csTeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" adj="15173" fillcolor="#9cdcd9" strokecolor="black [3213]">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D30A8D8" w14:textId="47C5D485" w:rsidR="00C335C9" w:rsidRPr="00E77AF4" w:rsidRDefault="00C335C9" w:rsidP="00C335C9"/>
     <w:p w14:paraId="2ECA5BA8" w14:textId="6A7A583F" w:rsidR="00C335C9" w:rsidRPr="00E77AF4" w:rsidRDefault="00C335C9" w:rsidP="00C335C9"/>
     <w:p w14:paraId="242B192B" w14:textId="0747074F" w:rsidR="00C335C9" w:rsidRPr="00E77AF4" w:rsidRDefault="009736F1" w:rsidP="00C335C9">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28D30C7B" wp14:editId="09EF45C9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137022</wp:posOffset>
                 </wp:positionV>
@@ -4046,53 +4053,53 @@
                             <a:gd name="adj2" fmla="val 53049"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="009B48"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="AutoShape 25" style="position:absolute;margin-left:177.05pt;margin-top:8.85pt;width:32pt;height:61.7pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#009b48" strokecolor="black [3213]" type="#_x0000_t67" adj="15653" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEAyed9Qd0AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW6q04LmlBIQ5CQaXqEegHmHhJIuJ1&#10;FJsQ/r7bU3vcmafZmXw9uU6MOITWkwY1S0AgVd62VGv4Pn68LEGEaMiazhNquGOAdfH4kJvM+hvt&#10;cTzEWnAIhcxoaGLsMylD1aAzYeZ7JPbOfnAm8jnU0g7mxuGuk69J8i6daYk/NKbHssHqcrg6Deew&#10;q0a129y3n0dXfqXb0s6TUuvnp2mzAhFxin8w/Nbn6lBwp5O/kg2i0zB/SxWjbCwWIBhI1ZKFEwup&#10;UiCLXP6fUPwAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXS9RUDwCAAB4BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyed9Qd0AAAAKAQAADwAA&#10;AAAAAAAAAAAAAACWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" w14:anchorId="376A6753"/>
+              <v:shape w14:anchorId="4EF10BBF" id="AutoShape 25" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:177.05pt;margin-top:8.85pt;width:32pt;height:61.7pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdL1FQPAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvpSp02MOkXXrsOA&#10;3YBuH6BIcqxNEjVJidN9/SjZzdLtbVgeBNKUDg8PyVxdH4wme+mDAtvR6qykRFoOQtltR79+uX+1&#10;pCREZgXTYGVHH2Wg1+uXL65G18oaBtBCeoIgNrSj6+gQo2uLIvBBGhbOwEmLwR68YRFdvy2EZyOi&#10;G13UZXlRjOCF88BlCPj1bgrSdcbve8njp74PMhLdUeQW8+nzuUlnsb5i7dYzNyg+02D/wMIwZTHp&#10;EeqORUZ2Xv0FZRT3EKCPZxxMAX2vuMw1YDVV+Uc1DwNzMteC4gR3lCn8P1j+cf/gPvtEPbj3wL8H&#10;YuF2YHYrb7yHcZBMYLoqCVWMLrTHB8kJ+JRsxg8gsLVsFyFrcOi9SYBYHTlkqR+PUstDJBw/NuXF&#10;omoo4Ri6XJ6f13XOwNqnx86H+FaCIcnoqIDRZkI5A9u/DzHLLYhlJiUX3ypKeqOxe3umyaLE39zd&#10;kzv1szvnZbOa086IBWufEmdJQCtxr7TOjt9ubrUnCI/llKvXzXJ+HE6vaUvGjq4W9SJTfRbLYy2P&#10;IPEw6YranyIYFXEntDIdXaYy5jpSK95YkSc2MqUnGxlrm+jJPO2oy1OnUnPSHoR2A+IRG+VhGn9c&#10;VzQG8D8pGXH0Oxp+7JiXlOh3Fpu9qpom7Up2msVljY4/jWxOI8xyhOpopGQyb+O0Xzvn1XbATFUW&#10;wsINDkivjvwmVvNY4Xij9Wx/Tv186/cfxvoXAAAA//8DAFBLAwQUAAYACAAAACEAyed9Qd0AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW6q04LmlBIQ5CQaXqEegHmHhJIuJ1&#10;FJsQ/r7bU3vcmafZmXw9uU6MOITWkwY1S0AgVd62VGv4Pn68LEGEaMiazhNquGOAdfH4kJvM+hvt&#10;cTzEWnAIhcxoaGLsMylD1aAzYeZ7JPbOfnAm8jnU0g7mxuGuk69J8i6daYk/NKbHssHqcrg6Deew&#10;q0a129y3n0dXfqXb0s6TUuvnp2mzAhFxin8w/Nbn6lBwp5O/kg2i0zB/SxWjbCwWIBhI1ZKFEwup&#10;UiCLXP6fUPwAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXS9RUDwCAAB4BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyed9Qd0AAAAKAQAADwAA&#10;AAAAAAAAAAAAAACWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" adj="15653" fillcolor="#009b48" strokecolor="black [3213]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A6A8264" w14:textId="31FE30A4" w:rsidR="00C335C9" w:rsidRDefault="00C335C9" w:rsidP="00C335C9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BB0FEAE" w14:textId="7FDECFB0" w:rsidR="00DB2781" w:rsidRDefault="009736F1">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6773EF" wp14:editId="3D5D5553">
@@ -4476,66 +4483,50 @@
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0041122D">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="nl-BE"/>
                             <w14:textFill>
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000">
                                   <w14:alpha w14:val="1000"/>
                                 </w14:srgbClr>
                               </w14:solidFill>
                             </w14:textFill>
                           </w:rPr>
                           <w:t>Alle aandeelhouders vermelden, ongeacht hun participatiegraad</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="47339863" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRDefault="00C335C9" w:rsidP="00C335C9"/>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
-[...14 lines deleted...]
-                </v:shapetype>
                 <v:shape id="AutoShape 63" o:spid="_x0000_s1036" type="#_x0000_t67" style="position:absolute;left:2019;top:1219;width:2406;height:3761;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnVEsdwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJujZwSWuNGCU0gxaeC83NfrK1lbK0cS7Gdt48KhR6HmfmGWW8n24qBel87VrBcJCCI&#10;S6drrhScT4eXFIQPyBpbx6TgTh62m9nTGjPtRi5oOIZKRAj7DBWYELpMSl8asugXriOO3o/rLYYo&#10;+0rqHscIt618TZI3abHmuGCwo72hsjnerIJLu7vuD3ZKV7fvPO121jRfTaHU/Hn6/AARaAr/4b92&#10;rhW8L+H3S/wBcvMAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ1RLHcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="15235" fillcolor="#009b48" strokecolor="#009b48"/>
                 <v:shape id="AutoShape 45" o:spid="_x0000_s1037" type="#_x0000_t67" style="position:absolute;left:2019;top:10515;width:2393;height:3761;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMxtIWwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96aYpaImuIQjaeqwWen3NPpPY7NuY3fz79t1CweMwM79hNuloatFT6yrLCp4XEQji&#10;3OqKCwWf5/38FYTzyBpry6RgIgfp9mG2wUTbgT+oP/lCBAi7BBWU3jeJlC4vyaBb2IY4eBfbGvRB&#10;toXULQ4BbmoZR9FSGqw4LJTY0K6k/OfUGQXR9bA7Xg5f9XSTOnt7+bZjF1ulnh7HbA3C0+jv4f/2&#10;u1awiuHvS/gBcvsLAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADMbSFsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="15270" fillcolor="#9cdcd9" strokecolor="#9cdcd9"/>
                 <v:shape id="AutoShape 54" o:spid="_x0000_s1038" type="#_x0000_t67" style="position:absolute;left:2095;top:5867;width:2232;height:3715;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAzSWYJxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EIuJZbSmiS4VkJoCc0t5OeQ42JtbFNrZSzVdt6+KgRyHGbmGyZfj7YRPXW+dqxhligQ&#10;xIUzNZcazqftdAnCB2SDjWPScCMP69XzU46ZcQMfqD+GUkQI+ww1VCG0mZS+qMiiT1xLHL2r6yyG&#10;KLtSmg6HCLeNfFNqLi3WHBcqbOmzouLn+Gs1pKfLPjh8Tetvu5t/pbfzotwrrScv4+YDRKAxPML3&#10;9s5oWLzD/5f4A+TqDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADNJZgnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="14715" fillcolor="#002776" strokecolor="#002776"/>
                 <w10:wrap anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74452590" wp14:editId="27ABC967">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>307229</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2557173" cy="1567335"/>
@@ -4980,686 +4971,806 @@
       <w:r w:rsidR="008E62B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">van het </w:t>
       </w:r>
       <w:r w:rsidRPr="00273B9F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>blokdiagram</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69791EF0" w14:textId="77777777" w:rsidR="00273B9F" w:rsidRDefault="00273B9F" w:rsidP="00C335C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C835006" w14:textId="6B9E4559" w:rsidR="00C335C9" w:rsidRDefault="00C335C9" w:rsidP="000C3AF2">
+    <w:p w14:paraId="6C835006" w14:textId="6B9E4559" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="000C3AF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00306509">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Hieronder staan de stappen beschreven</w:t>
       </w:r>
       <w:r w:rsidR="00053F69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> om</w:t>
       </w:r>
       <w:r w:rsidRPr="00306509">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> moeder-, dochter- en zusterondernemingen in een dichte ‘kring’ rond de aanvragende onderneming</w:t>
       </w:r>
       <w:r w:rsidR="00053F69">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> weer te geven</w:t>
       </w:r>
       <w:r w:rsidRPr="00306509">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Mochten er zich ondernemingen in een volgende laag(en) bevinden moet je het blokdiagram daar waar nodig </w:t>
       </w:r>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>uitbreiden.</w:t>
       </w:r>
       <w:r w:rsidR="000C3AF2" w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Wanneer een blok niet van toepassing is, mag je deze blok schrappen. Voorbeeld: wanneer jouw vennootschap geen dochteronderneming heeft, schrap je het blauwe blok. Omgekeerd: wanneer jouw vennootschap 2 dochterondernemingen heeft, dan voeg je net een extra blauwe blok toe.</w:t>
+        <w:t xml:space="preserve"> Wanneer een blok niet van toepassing is, mag je deze blok schrappen. Voorbeeld: wanneer jouw vennootschap geen dochteronderneming heeft, schrap je het blauwe blok. Omgekeerd: wanneer jouw vennootschap 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3AF2" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dochterondernemingen heeft, dan voeg je net een extra blauwe blok toe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7DF22C" w14:textId="77777777" w:rsidR="000C3AF2" w:rsidRPr="00306509" w:rsidRDefault="000C3AF2" w:rsidP="000C3AF2">
+    <w:p w14:paraId="2E7DF22C" w14:textId="77777777" w:rsidR="000C3AF2" w:rsidRPr="008407B9" w:rsidRDefault="000C3AF2" w:rsidP="000C3AF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A1D9C3" w14:textId="3F8A4542" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="04A1D9C3" w14:textId="07D9DFCC" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Start met het groene blok (= </w:t>
       </w:r>
-      <w:r w:rsidR="000E5AD0">
+      <w:r w:rsidR="000E5AD0" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>aanvragende onderneming</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t xml:space="preserve">Vermeld </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4CD0">
+      <w:r w:rsidR="00AD4CD0" w:rsidRPr="008407B9">
         <w:t xml:space="preserve">het balanstotaal, </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t>omzetcijfer (= code 70) en</w:t>
       </w:r>
-      <w:r w:rsidR="00147538">
+      <w:r w:rsidR="00147538" w:rsidRPr="008407B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D346DA">
+      <w:r w:rsidR="00D346DA" w:rsidRPr="008407B9">
         <w:t>personeelstotaal</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2545">
+      <w:r w:rsidR="00FA2545" w:rsidRPr="008407B9">
         <w:t>van de</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t xml:space="preserve"> laatst neergelegde </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2545">
+      <w:r w:rsidR="00FA2545" w:rsidRPr="008407B9">
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t>aar</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2545">
+      <w:r w:rsidR="00FA2545" w:rsidRPr="008407B9">
         <w:t>rekening</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D346DA">
+      <w:r w:rsidR="00D346DA" w:rsidRPr="008407B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA399B">
+      <w:r w:rsidR="00CA399B" w:rsidRPr="008407B9">
         <w:t>Starters die nog geen neergelegde jaarreke</w:t>
       </w:r>
-      <w:r w:rsidR="005E1629">
+      <w:r w:rsidR="005E1629" w:rsidRPr="008407B9">
         <w:t xml:space="preserve">ning hebben, </w:t>
       </w:r>
-      <w:r w:rsidR="0040657B">
+      <w:r w:rsidR="0040657B" w:rsidRPr="008407B9">
         <w:t>vermelden</w:t>
       </w:r>
-      <w:r w:rsidR="005E1629">
+      <w:r w:rsidR="005E1629" w:rsidRPr="008407B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0040657B">
+      <w:r w:rsidR="0040657B" w:rsidRPr="008407B9">
         <w:t xml:space="preserve">“nog niet beschikbaar”. </w:t>
       </w:r>
-      <w:r w:rsidR="00123FFB">
+      <w:r w:rsidR="00123FFB" w:rsidRPr="008407B9">
         <w:t>Het personeelstotaal druk je uit in voltijds equivalenten (VTE). Twee personen die halftijds werken tellen dus als 1 VTE.</w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D4407E">
+      <w:r w:rsidR="00D4407E" w:rsidRPr="008407B9">
         <w:t xml:space="preserve">Geef deze cijfers ook voor </w:t>
       </w:r>
-      <w:r w:rsidR="00BF6735">
+      <w:r w:rsidR="00BF6735" w:rsidRPr="008407B9">
         <w:t>de andere rechtspersonen binnen het blokdiagram.</w:t>
       </w:r>
+      <w:r w:rsidR="00CB3219" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DC8" w:rsidRPr="008407B9">
+        <w:t>Ondernemingen die op zichzelf GO zijn</w:t>
+      </w:r>
+      <w:r w:rsidR="003457FB" w:rsidRPr="008407B9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DC8" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B019D" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve">schrijven </w:t>
+      </w:r>
+      <w:r w:rsidR="000B153D" w:rsidRPr="008407B9">
+        <w:t>het</w:t>
+      </w:r>
+      <w:r w:rsidR="00000C5F" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> blokdiagram aandeelhouders</w:t>
+      </w:r>
+      <w:r w:rsidR="005B019D" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D75" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve">verder </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6BEB" w:rsidRPr="008407B9">
+        <w:t>uit</w:t>
+      </w:r>
+      <w:r w:rsidR="000761EA" w:rsidRPr="008407B9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6BEB" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> maar hoeven </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2225" w:rsidRPr="008407B9">
+        <w:t>het balanstotaal, omzetcijfer</w:t>
+      </w:r>
+      <w:r w:rsidR="00431FAC" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2225" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve">personeelstotaal </w:t>
+      </w:r>
+      <w:r w:rsidR="00002D99" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve">voor de andere rechtspersonen </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2225" w:rsidRPr="008407B9">
+        <w:t>niet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E638CE" w:rsidRPr="008407B9">
+        <w:t xml:space="preserve"> in te vullen</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7FDB" w:rsidRPr="008407B9">
+        <w:t>, wel nog de participatiegraad</w:t>
+      </w:r>
+      <w:r w:rsidR="009458F8" w:rsidRPr="008407B9">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="502BD0C0" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="502BD0C0" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF43775" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="3BF43775" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Ga naar het blauwe blok (= dochteronderneming(en) Y). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230057F3" w14:textId="6B3FDCCC" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+    <w:p w14:paraId="230057F3" w14:textId="6B3FDCCC" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Maak een blauw blok aan voor alle dochterondernemingen waarin de aanvragende onderneming minstens 25% van het kapitaal of de stemrechten bezit. Vermeld in het blauwe blok hoeveel procent van de aandelen in handen zijn van de aanvragende onderneming. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3AD3F3" w14:textId="08075A9D" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="75C6CA3D">
+    <w:p w14:paraId="5F3AD3F3" w14:textId="08075A9D" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="75C6CA3D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="75C6CA3D">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Herhaal deze stap voor iedere volgende la</w:t>
       </w:r>
-      <w:r w:rsidR="001017A5" w:rsidRPr="75C6CA3D">
+      <w:r w:rsidR="001017A5" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ag. Voor deze volgende lagen hoef je alleen de dochterondernemingen te vermelden waarin de bovenliggende onderneming meer dan 50% bezit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE206D6" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+    <w:p w14:paraId="6EE206D6" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="702D3FB8" w14:textId="347144DE" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="702D3FB8" w14:textId="347144DE" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Ga naar de roze blokken (= aandeelhouders van de aanvragende onderneming). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F258FA" w14:textId="54D4BF5B" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+    <w:p w14:paraId="12F258FA" w14:textId="54D4BF5B" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="348"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Geef de naam van alle aandeelhouders, ongeacht de participatiegraad. Vermeld in het roze blok hoeveel procent van de aandelen</w:t>
       </w:r>
-      <w:r w:rsidR="00F80121">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidR="00F80121" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> van de aanvragende onderneming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> in handen zijn</w:t>
       </w:r>
-      <w:r w:rsidR="0071373A">
+      <w:r w:rsidR="0071373A" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> van</w:t>
       </w:r>
-      <w:r w:rsidR="00F80121">
+      <w:r w:rsidR="00F80121" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de aandeelhouders</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764C2E48" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+    <w:p w14:paraId="764C2E48" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="348"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63987A96" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="63987A96" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Ga naar het zwarte blok (= moederondernemingen)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA3C533" w14:textId="361F2CEF" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+    <w:p w14:paraId="6BA3C533" w14:textId="361F2CEF" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Geef voor elke rechtspersoon, die een participatie van 25% of meer heeft in de aanvragende onderneming A, alle andere bovenliggende participaties van </w:t>
       </w:r>
-      <w:r w:rsidR="00F0034D">
+      <w:r w:rsidR="00F0034D" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">% of meer (= </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>moeder</w:t>
       </w:r>
-      <w:r w:rsidR="00F26B87">
+      <w:r w:rsidR="00F26B87" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ondernemingen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>) tot je aan het niveau van natuurlijke personen komt. Creëer hiervoor telkens een nieuw zwart blok en vermeld daarin telkens de participatiegraad in de onderliggende onderneming.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D12746" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="04D12746" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="00E003CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66DC51B7" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="00306509" w:rsidRDefault="00C335C9" w:rsidP="005665E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+    <w:p w14:paraId="66DC51B7" w14:textId="77777777" w:rsidR="00C335C9" w:rsidRPr="008407B9" w:rsidRDefault="00C335C9" w:rsidP="005665E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00306509">
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Ga naar de oranje blok(ken) (= overige participaties van de aandeelhouders van de aanvragende onderneming; m.a.w. de zusterondernemingen V en W van de aanvragende onderneming)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B82F267" w14:textId="70A76F9B" w:rsidR="006D0B89" w:rsidRPr="00306509" w:rsidRDefault="006D0B89" w:rsidP="005665E0">
+    <w:p w14:paraId="4B82F267" w14:textId="01386CC3" w:rsidR="006D0B89" w:rsidRPr="008407B9" w:rsidRDefault="006D0B89" w:rsidP="005665E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00B26FAC">
+      <w:r w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indien een rechtspersoon </w:t>
+      </w:r>
+      <w:r w:rsidR="00915687" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>rechtstree</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED183B" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ks (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF022E" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en/</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED183B" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of onrechtstreeks via een natuurlijke persoon) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>25%</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26FAC" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> of meer</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> van de aandelen in jouw onderneming heeft, geef dan alle andere participaties van 25% </w:t>
       </w:r>
-      <w:r w:rsidR="00B26FAC">
+      <w:r w:rsidR="00B26FAC" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">of meer </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">van deze </w:t>
       </w:r>
-      <w:r w:rsidR="00FF346A">
+      <w:r w:rsidR="00FF346A" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>rechtspersoon</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> in andere ondernemingen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBE5C2D" w14:textId="6BA1A04F" w:rsidR="005D24B5" w:rsidRDefault="005D24B5" w:rsidP="005665E0">
+    <w:p w14:paraId="3FBE5C2D" w14:textId="31B9EDF6" w:rsidR="005D24B5" w:rsidRDefault="005D24B5" w:rsidP="005665E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="0073788C">
+      <w:r w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Indien een natuurlijk persoon</w:t>
+      </w:r>
+      <w:r w:rsidR="009A15E3" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rechtstreeks (en/of onrechtstreeks via een rechtspersoon)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meer dan 50% van de aandelen in jouw onderneming heeft, geef dan</w:t>
+      </w:r>
+      <w:r w:rsidR="0073788C" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> alle andere participaties van meer dan 50% </w:t>
       </w:r>
-      <w:r w:rsidR="006D0B89">
+      <w:r w:rsidR="006D0B89" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">van deze persoon </w:t>
       </w:r>
-      <w:r w:rsidR="0073788C">
+      <w:r w:rsidR="0073788C" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>in andere ondernemingen.</w:t>
       </w:r>
-      <w:r w:rsidR="00390BEE">
-[...11 lines deleted...]
-      <w:r w:rsidR="00406C23">
+      <w:r w:rsidR="00390BEE" w:rsidRPr="008407B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gelieve de ondernemingen waar de in gemeenschappelijk overleg handelende personen individueel of tezamen meer dan 50 % van de aandelen bezitten, mee op te nemen in het blokdiagram. Zie A.2.1 voor meer informatie over handelen in gemeenschappelijk overleg</w:t>
+      </w:r>
+      <w:r w:rsidR="00406C23" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> bij natuurlijke personen</w:t>
       </w:r>
-      <w:r w:rsidR="00390BEE" w:rsidRPr="00390BEE">
+      <w:r w:rsidR="00390BEE" w:rsidRPr="008407B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36DC2B42" w14:textId="1569A7F9" w:rsidR="00BF6735" w:rsidRDefault="00BF6735" w:rsidP="00BF6735">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E2CBF77" w14:textId="77777777" w:rsidR="00800B8D" w:rsidRDefault="00800B8D" w:rsidP="00BF6735">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7A1A92" w14:textId="77777777" w:rsidR="00800B8D" w:rsidRDefault="00800B8D" w:rsidP="00BF6735">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02843068" w14:textId="77777777" w:rsidR="00800B8D" w:rsidRDefault="00800B8D" w:rsidP="00BF6735">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45B8ECA1" w14:textId="0FB7038D" w:rsidR="004D2F54" w:rsidRPr="00E77AF4" w:rsidRDefault="004D2F54" w:rsidP="004D2F54">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>A.</w:t>
       </w:r>
       <w:r w:rsidR="00017E7F">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Verplichte informatie bij het blokdiagram</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C614F32" w14:textId="77777777" w:rsidR="00BF6735" w:rsidRDefault="00BF6735" w:rsidP="00BF6735">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A509867" w14:textId="19D53ED9" w:rsidR="009E620B" w:rsidRPr="00416E85" w:rsidRDefault="00BF6735" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416E85">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Natuurlijke personen die in gemeenschappelijk overleg handelen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06CC41DF" w14:textId="3683280E" w:rsidR="00FF16B0" w:rsidRDefault="00BF6735" w:rsidP="00E003CA">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Geef aan welke natuurlijke personen in gemeenschappelijk overleg handelen</w:t>
       </w:r>
       <w:r w:rsidR="00C114A8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C335C9">
         <w:t>Dit geldt bijvoorbeeld voor echtgenoten</w:t>
       </w:r>
       <w:r w:rsidR="00D37D17">
         <w:t>, samenwoning</w:t>
       </w:r>
       <w:r w:rsidR="00B32443">
         <w:t xml:space="preserve"> en</w:t>
       </w:r>
       <w:r w:rsidR="00C335C9">
-        <w:t xml:space="preserve"> bloedverwanten tot en met de tweede graad (ouders, kinderen, </w:t>
-[...3 lines deleted...]
-        <w:t>grootouders, kleinkinderen, broers en zussen).</w:t>
+        <w:t xml:space="preserve"> bloedverwanten tot en met de tweede graad (ouders, kinderen, grootouders, kleinkinderen, broers en zussen).</w:t>
       </w:r>
       <w:r w:rsidR="00B04F84">
         <w:t xml:space="preserve"> Ook wanneer natuurlijke personen samen aandeelhouder zijn in een andere vennootschap hoor </w:t>
       </w:r>
       <w:r w:rsidR="008C6B5C" w:rsidRPr="00057332">
         <w:t>je de desbetreffende vennootschap(pen) hier te vermelden en op te nemen in het blokdiagram</w:t>
       </w:r>
       <w:r w:rsidR="008C6B5C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE887DB" w14:textId="503AAC38" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D5293DB" wp14:editId="005A0CA5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>264795</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5740400" cy="881380"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="13970"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1" name="Tekstvak 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -5672,111 +5783,111 @@
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5740842" cy="881380"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="7493794C" w14:textId="77777777" w:rsidR="004D294A" w:rsidRDefault="004D294A" w:rsidP="004D294A">
                             <w:pPr>
-                              <w:pStyle w:val="Lijstalinea"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:ind w:left="0"/>
                               <w:contextualSpacing w:val="0"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Volgende personen handelen in gemeenschappelijk overleg: </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="25AB3F52" w14:textId="1F900EC6" w:rsidR="004D294A" w:rsidRDefault="004D294A" w:rsidP="004D294A"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3D5293DB" id="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:400.8pt;margin-top:20.85pt;width:452pt;height:69.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3zdCbFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01aWrYbNV0tXYqQ&#10;lg9p4QEmjtNYOB5ju03K0zN2ut1qgQvCB8vjsf+e+c14dTN0mh2k8wpNyaeTnDNpBNbK7Er+7ev2&#10;1ZIzH8DUoNHIkh+l5zfrly9WvS3kDFvUtXSMRIwvelvyNgRbZJkXrezAT9BKQ84GXQeBTLfLagc9&#10;qXc6m+X5m6xHV1uHQnpPu3ejk6+TftNIET43jZeB6ZJTbCHNLs1VnLP1CoqdA9sqcQoD/iGKDpSh&#10;R89SdxCA7Z36TapTwqHHJkwEdhk2jRIy5UDZTPNn2Ty0YGXKheB4e8bk/5+s+HR4sF8cC8NbHKiA&#10;KQlv71F898zgpgWzk7fOYd9KqOnhaUSW9dYXp6sRtS98FKn6j1hTkWEfMAkNjesiFcqTkToV4HiG&#10;LofABG0urub5cj7jTJBvuZy+XqaqZFA83rbOh/cSOxYXJXdU1KQOh3sfYjRQPB6Jj3nUqt4qrZPh&#10;dtVGO3YAaoBtGimBZ8e0YX3JrxezxQjgrxJ5Gn+S6FSgTtaqoyzOh6CI2N6ZOvVZAKXHNYWszYlj&#10;RDdCDEM1MFUT5IQgcq2wPhJZh2Pn0k+jRYvuJ2c9dW3J/Y89OMmZ/mCoOtfT+Ty2eTLmi6sZGe7S&#10;U116wAiSKnngbFxuQvoaEZzBW6pioxLgp0hOMVM3Ju6nnxPb/dJOp57+9/oXAAAA//8DAFBLAwQU&#10;AAYACAAAACEAcZizId0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;C6FNQ5wKIYHoDQqCqxtvkwh7HWI3DX/PcoLj7Ixm3pbryTsx4hC7QBrmMwUCqQ62o0bD2+vDZQ4i&#10;JkPWuECo4RsjrKvTk9IUNhzpBcdtagSXUCyMhjalvpAy1i16E2ehR2JvHwZvEsuhkXYwRy73Tl4p&#10;tZDedMQLrenxvsX6c3vwGvLsafyIm+vn93qxd6t0sRwfvwatz8+mu1sQCaf0F4ZffEaHipl24UA2&#10;CqeBH0kasvkSBLsrlfFhx7Fc3YCsSvmfv/oBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;d83QmxUCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAcZizId0AAAAHAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7493794C" w14:textId="77777777" w:rsidR="004D294A" w:rsidRDefault="004D294A" w:rsidP="004D294A">
                       <w:pPr>
-                        <w:pStyle w:val="Lijstalinea"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:ind w:left="0"/>
                         <w:contextualSpacing w:val="0"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Volgende personen handelen in gemeenschappelijk overleg: </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="25AB3F52" w14:textId="1F900EC6" w:rsidR="004D294A" w:rsidRDefault="004D294A" w:rsidP="004D294A"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD56C5E" w14:textId="22D572A1" w:rsidR="004D294A" w:rsidRDefault="004D294A" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A77C2B0" w14:textId="6B53AE18" w:rsidR="00C114A8" w:rsidRDefault="009E620B" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>De p</w:t>
       </w:r>
       <w:r w:rsidR="00C114A8">
         <w:t xml:space="preserve">articipatiegraad is in overeenstemming met </w:t>
       </w:r>
       <w:r w:rsidR="007B2C0E">
         <w:t xml:space="preserve">het </w:t>
       </w:r>
       <w:r w:rsidR="00C114A8">
         <w:t>zeggenschap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A2B48A" w14:textId="57196EE1" w:rsidR="00EA4D8D" w:rsidRDefault="009736F1" w:rsidP="0085083C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
@@ -5823,131 +5934,131 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="39EDA26E" w14:textId="078EB9EF" w:rsidR="00951205" w:rsidRDefault="00951205" w:rsidP="0085083C">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Indien het zeggenschap </w:t>
                             </w:r>
                             <w:r w:rsidR="00040C70">
                               <w:t>ergens in het blokdiagram niet overeenkomt met de opgegeven participatiegraad</w:t>
                             </w:r>
                             <w:r>
                               <w:t>, moet je dit hier specifiëren:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="015DC8E4" w14:textId="091D08F7" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0">
                             <w:pPr>
-                              <w:pStyle w:val="Lijstalinea"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:ind w:left="0"/>
                               <w:contextualSpacing w:val="0"/>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="05F07A78" w14:textId="77777777" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3D9246E3" id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:401.4pt;margin-top:41.6pt;width:452.6pt;height:78.4pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5Z4HnEwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC92oqRNrDhVly7T&#10;pO6H1O0POGMco2GOAYnd/fU7cJpG3fYyjQfEcfDl7nPH+mboNDtK5xWakk8nOWfSCKyV2Zf829fd&#10;myVnPoCpQaORJX+Unt9sXr9a97aQM2xR19IxEjG+6G3J2xBskWVetLIDP0ErDTkbdB0EMt0+qx30&#10;pN7pbJbnV1mPrrYOhfSedu9GJ98k/aaRInxuGi8D0yWn2EKaXZqrOGebNRR7B7ZV4hQG/EMUHShD&#10;j56l7iAAOzj1m1SnhEOPTZgI7DJsGiVkyoGymeYvsnlowcqUC8Hx9ozJ/z9Z8en4YL84Foa3OFAB&#10;UxLe3qP47pnBbQtmL2+dw76VUNPD04gs660vTlcjal/4KFL1H7GmIsMhYBIaGtdFKpQnI3UqwOMZ&#10;uhwCE7S5uJ4v8xm5BPlWq8XVMlUlg+LptnU+vJfYsbgouaOiJnU43vsQo4Hi6Uh8zKNW9U5pnQy3&#10;r7basSNQA+zSSAm8OKYN6+n1xWwxAvirRJ7GnyQ6FaiTtepKvjwfgiJie2fq1GcBlB7XFLI2J44R&#10;3QgxDNXAVE2QE+XItcL6kcg6HDuXfhotWnQ/Oeupa0vufxzASc70B0PVWU3n89jmyZgvriNXd+mp&#10;Lj1gBEmVPHA2LrchfY0IzuAtVbFRCfBzJKeYqRsT99PPie1+aadTz/978wsAAP//AwBQSwMEFAAG&#10;AAgAAAAhABNVa6fdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC5oS+jG&#10;2ErTCSGB2A02BNes8dqKxClN1pW3x5zgZuv/9flzsR69EwP2sQ2k4XqqQCBVwbZUa3jbPU6WIGIy&#10;ZI0LhBq+McK6PD8rTG7DiV5x2KZaMIRibjQ0KXW5lLFq0Js4DR0SZ4fQe5N47Wtpe3NiuHcyU2oh&#10;vWmJLzSmw4cGq8/t0WtYzp+Hj7iZvbxXi4Nbpavb4emr1/ryYry/A5FwTH9l+NVndSjZaR+OZKNw&#10;GviRxKRZBoLTlbrhYa8hmysFsizkf//yBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHln&#10;gecTAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABNVa6fdAAAABwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="39EDA26E" w14:textId="078EB9EF" w:rsidR="00951205" w:rsidRDefault="00951205" w:rsidP="0085083C">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Indien het zeggenschap </w:t>
                       </w:r>
                       <w:r w:rsidR="00040C70">
                         <w:t>ergens in het blokdiagram niet overeenkomt met de opgegeven participatiegraad</w:t>
                       </w:r>
                       <w:r>
                         <w:t>, moet je dit hier specifiëren:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="015DC8E4" w14:textId="091D08F7" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0">
                       <w:pPr>
-                        <w:pStyle w:val="Lijstalinea"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:ind w:left="0"/>
                         <w:contextualSpacing w:val="0"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="05F07A78" w14:textId="77777777" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="00FF16B0"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001E3C32">
         <w:t>Meestal is</w:t>
       </w:r>
       <w:r w:rsidR="00BF6735">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF6735" w:rsidRPr="00BF6735">
         <w:t xml:space="preserve">het zeggenschap in </w:t>
       </w:r>
       <w:r w:rsidR="001E3C32">
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00BF6735" w:rsidRPr="00BF6735">
         <w:t xml:space="preserve"> ondernemingen in het blokdiagram in overeenstemming met de opgegeven participatiegraad.</w:t>
       </w:r>
       <w:r w:rsidR="00C114A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5704BF" w14:textId="648ED8A0" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="009E620B"/>
     <w:p w14:paraId="776618E6" w14:textId="1FC903D6" w:rsidR="00C114A8" w:rsidRDefault="00C114A8" w:rsidP="009E620B">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Aard van participatie aandeelhouders-natuurlijke personen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54624B7A" w14:textId="1B9780EC" w:rsidR="00FF16B0" w:rsidRDefault="003168D7" w:rsidP="0085083C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A150290" wp14:editId="6FD65F1D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
@@ -6052,59 +6163,62 @@
       <w:r w:rsidR="00472B7B">
         <w:t xml:space="preserve"> van</w:t>
       </w:r>
       <w:r w:rsidR="0004402E">
         <w:t xml:space="preserve"> personen die in gezamenlijk overleg handelen</w:t>
       </w:r>
       <w:r w:rsidR="00472B7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A3E49">
         <w:t>participaties</w:t>
       </w:r>
       <w:r w:rsidR="00782D18">
         <w:t xml:space="preserve"> heeft</w:t>
       </w:r>
       <w:r w:rsidR="005A3E49">
         <w:t xml:space="preserve"> van meer dan 50% </w:t>
       </w:r>
       <w:r w:rsidR="00E14433">
         <w:t xml:space="preserve">in verschillende ondernemingen, dan beschouwt VLAIO deze activiteiten </w:t>
       </w:r>
       <w:r w:rsidR="004946CD">
         <w:t xml:space="preserve">standaard als verwant met elkaar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BAF76ED" w14:textId="2D19EF96" w:rsidR="00FF16B0" w:rsidRDefault="00FF16B0" w:rsidP="009E620B"/>
+    <w:p w14:paraId="0E0BD8BC" w14:textId="2587FB60" w:rsidR="00F143BE" w:rsidRDefault="00F143BE" w:rsidP="004D51A3"/>
+    <w:p w14:paraId="4254D983" w14:textId="77777777" w:rsidR="00DF7D02" w:rsidRDefault="00DF7D02" w:rsidP="004D51A3"/>
+    <w:p w14:paraId="67BD409B" w14:textId="77777777" w:rsidR="00DF7D02" w:rsidRDefault="00DF7D02" w:rsidP="004D51A3"/>
+    <w:p w14:paraId="40A08916" w14:textId="77777777" w:rsidR="00DF7D02" w:rsidRDefault="00DF7D02" w:rsidP="004D51A3"/>
     <w:p w14:paraId="7E98A51B" w14:textId="77777777" w:rsidR="00ED4B1D" w:rsidRDefault="00ED4B1D" w:rsidP="00D93E1A">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="482C73EC" w14:textId="7B0FF729" w:rsidR="00F15BF8" w:rsidRPr="00537C2E" w:rsidRDefault="00F336DF" w:rsidP="00D93E1A">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00017E7F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EA4D8D">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F15BF8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F15BF8" w:rsidRPr="00537C2E">
         <w:t>Blokdiagram vertalen naar grootte-bepaling aanvragende onderneming</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2019D87F" w14:textId="77777777" w:rsidR="00287118" w:rsidRDefault="00287118" w:rsidP="00F15BF8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6126,61 +6240,61 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> door 3 parameters: balanstotaal</w:t>
       </w:r>
       <w:r w:rsidR="002A399A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, omzet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> en personeel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283B831A" w14:textId="2B671220" w:rsidR="00244755" w:rsidRDefault="00244755" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2439"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2381"/>
       </w:tblGrid>
       <w:tr w:rsidR="00480BE3" w:rsidRPr="00E77AF4" w14:paraId="5F937EAF" w14:textId="77777777" w:rsidTr="00D93E1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1373EC3D" w14:textId="77777777" w:rsidR="00480BE3" w:rsidRPr="00E77AF4" w:rsidRDefault="00480BE3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6732,60 +6846,60 @@
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r w:rsidRPr="00E77AF4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>250</w:t>
             </w:r>
             <w:r w:rsidR="00AD5380">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> VTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AB19AAD" w14:textId="77777777" w:rsidR="00B31F89" w:rsidRDefault="00B31F89" w:rsidP="00B31F89">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23C6A4A3" w14:textId="003B9D3A" w:rsidR="001E3C32" w:rsidRDefault="00081A88" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Aan </w:t>
       </w:r>
       <w:r w:rsidR="00B52C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>het</w:t>
       </w:r>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> tewerkstellings</w:t>
       </w:r>
@@ -6825,104 +6939,97 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00224916">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>en omzet</w:t>
       </w:r>
       <w:r w:rsidRPr="00081A88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> mag de meest gunstige drempel worden gebruikt</w:t>
       </w:r>
       <w:r w:rsidR="00667CF5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, h</w:t>
       </w:r>
       <w:r w:rsidR="008F6465">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">et is dus voldoende om aan één van deze </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">criteria te </w:t>
+        <w:t xml:space="preserve">et is dus voldoende om aan één van deze criteria te </w:t>
       </w:r>
       <w:r w:rsidR="00667CF5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>voldoen.</w:t>
       </w:r>
       <w:r w:rsidR="00CE293F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Je verandert pas van categorie ondernemingsgrootte wanneer je</w:t>
       </w:r>
       <w:r w:rsidR="00F0034D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> gedurende</w:t>
       </w:r>
       <w:r w:rsidR="00CE293F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 opeenvolgende boekjaren </w:t>
       </w:r>
       <w:r w:rsidR="00BA3983">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">voldoet aan de criteria van de betreffende categorie. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCCE06E" w14:textId="77777777" w:rsidR="00435052" w:rsidRDefault="00435052" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440A22B" w14:textId="3652E09E" w:rsidR="00435052" w:rsidRPr="00057332" w:rsidRDefault="00435052" w:rsidP="00435052">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Voorbeeld 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: een onderneming heeft 100 werknemers, op die manier wordt ze beschouwd als MO. Echter, indien haar balanstotaal 50 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -6930,51 +7037,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> euro EN haar omzet 55 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>mio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> euro bedragen, dan zal ze worden beschouwd als GO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE682AC" w14:textId="721AE07D" w:rsidR="00435052" w:rsidRDefault="00435052" w:rsidP="00435052">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Voorbeeld 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: een onderneming heeft 30 werknemers, op die manier wordt ze beschouwd als KO. Echter, indien haar balanstotaal 30 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -6982,51 +7089,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> euro EN haar jaaromzet 55 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>mio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00057332">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> euro bedragen, dan zal ze worden beschouwd als MO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051E0EED" w14:textId="77777777" w:rsidR="00081A88" w:rsidRDefault="00081A88" w:rsidP="00F26B87">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DE9335B" w14:textId="25426BA5" w:rsidR="00F26B87" w:rsidRDefault="00485567" w:rsidP="0085083C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>De</w:t>
       </w:r>
       <w:r w:rsidR="00112312">
         <w:t xml:space="preserve"> cijfers waarvan je moet vertrekken </w:t>
       </w:r>
       <w:r>
         <w:t>zijn gebaseerd op</w:t>
       </w:r>
       <w:r w:rsidR="00667CF5">
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r>
         <w:t>cijfers</w:t>
@@ -7066,499 +7173,499 @@
       </w:r>
       <w:r w:rsidR="009966A6">
         <w:t xml:space="preserve">wordt </w:t>
       </w:r>
       <w:r w:rsidR="009966A6" w:rsidRPr="001E3C32">
         <w:t>bepaal</w:t>
       </w:r>
       <w:r w:rsidR="008E7BB1" w:rsidRPr="001E3C32">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="009966A6" w:rsidRPr="001E3C32">
         <w:t xml:space="preserve"> door</w:t>
       </w:r>
       <w:r w:rsidR="00F15BF8">
         <w:t xml:space="preserve"> de Europese </w:t>
       </w:r>
       <w:r w:rsidR="002F45BB">
         <w:t>kmo</w:t>
       </w:r>
       <w:r w:rsidR="00F15BF8">
         <w:t xml:space="preserve">-definitie. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6CDBB2" w14:textId="35399A82" w:rsidR="00F15BF8" w:rsidRDefault="00A6104C" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>In de</w:t>
       </w:r>
       <w:r w:rsidR="00F15BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00F15BF8" w:rsidRPr="000C2D24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Gebruikersgids van de Europese Commissie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F15BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">vind je een uitgebreide toelichting van de consolidatieregels </w:t>
       </w:r>
       <w:r w:rsidR="0040031E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">aan de hand van voorbeelden. </w:t>
       </w:r>
       <w:r w:rsidR="00485567">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179FE8D7" w14:textId="6CB442CA" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A73328C" w14:textId="7AEEF581" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>De belangrijkste consolidatieregel</w:t>
       </w:r>
       <w:r w:rsidR="001C139D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> uit deze gids stel</w:t>
       </w:r>
       <w:r w:rsidR="001C139D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>len</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E41BBC" w14:textId="4E08F069" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76967C90" w14:textId="06E2EE51" w:rsidR="00485567" w:rsidRPr="006038FF" w:rsidRDefault="00485567" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006038FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Partnerondernemingen zijn ondernemingen waartussen een deelnemingsrelatie – direct of samen met een of meer verbonden vennootschappen – bestaat van 25% tot en met 50% van het kapitaal of de stemrechten</w:t>
       </w:r>
       <w:r w:rsidR="0089206D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B3792">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(≥25% - ≤50%).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E5DF14" w14:textId="4ADAAFB6" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4293BC3F" w14:textId="64024F56" w:rsidR="00D92C87" w:rsidRDefault="00D92C87" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De cijfers van partnerondernemingen moeten </w:t>
       </w:r>
       <w:r w:rsidR="00ED4B1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>samengeteld</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> worden volgens de deelnemingsrelatie. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CA7AED" w14:textId="77777777" w:rsidR="00D92C87" w:rsidRPr="00485567" w:rsidRDefault="00D92C87" w:rsidP="00A14E51">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47FBC250" w14:textId="3B1EE21D" w:rsidR="00485567" w:rsidRPr="006038FF" w:rsidRDefault="00485567" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006038FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Verbonden ondernemingen zijn ondernemingen waartussen een deelnemingsrelatie – direct of via een andere onderneming – bestaat van meer dan 50% van het kapitaal of de stemrechten</w:t>
       </w:r>
       <w:r w:rsidR="00AA5530">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (&gt;50%)</w:t>
       </w:r>
       <w:r w:rsidRPr="006038FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A95847" w14:textId="7BAC5928" w:rsidR="00D92C87" w:rsidRDefault="00D92C87" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DE54AAC" w14:textId="22BE5534" w:rsidR="00D92C87" w:rsidRDefault="00D92C87" w:rsidP="00731D28">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De cijfers van verbonden ondernemingen moeten 100% </w:t>
       </w:r>
       <w:r w:rsidR="00ED4B1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>samengeteld</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> worden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3298BAEA" w14:textId="4FEA8B88" w:rsidR="00485567" w:rsidRPr="006A4AC5" w:rsidRDefault="00485567" w:rsidP="00F15BF8">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F5CBE3C" w14:textId="7522F84E" w:rsidR="00485567" w:rsidRDefault="007242C0" w:rsidP="0085083C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>VLAIO consolideert alle aandeel</w:t>
       </w:r>
       <w:r w:rsidR="00486F50">
         <w:t xml:space="preserve">houders volgens de standaardregels. </w:t>
       </w:r>
       <w:r w:rsidR="00287118">
         <w:t xml:space="preserve">Sommige aandeelhouders </w:t>
       </w:r>
       <w:r w:rsidR="00B71C37">
         <w:t xml:space="preserve">mogen </w:t>
       </w:r>
       <w:r w:rsidR="00486F50">
         <w:t xml:space="preserve">echter </w:t>
       </w:r>
       <w:r w:rsidR="00287118">
         <w:t>op een gunstige manier</w:t>
       </w:r>
       <w:r w:rsidR="00B71C37">
         <w:t xml:space="preserve"> worden</w:t>
       </w:r>
       <w:r w:rsidR="00287118">
         <w:t xml:space="preserve"> geconsolideerd</w:t>
       </w:r>
       <w:r w:rsidR="00486F50">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00485567">
         <w:t xml:space="preserve">Voor volgende type aandeelhouders geldt een gunstregime zoals vermeld in de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00991389">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Gebruikersg</w:t>
         </w:r>
         <w:r w:rsidR="00485567" w:rsidRPr="00991389">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ids van de Europese commissie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00485567">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FB0A4C" w14:textId="6FD3CCEB" w:rsidR="00485567" w:rsidRPr="000C2D24" w:rsidRDefault="00485567" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Openbare participatiemaatschappijen, durfkapitaalmaatschappijen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C6BAE1" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="000C2D24" w:rsidRDefault="00485567" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Universiteiten of onderzoekscentra zonder winstoogmerk m.i.v. hun spin-off fondsen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12FC4F90" w14:textId="77777777" w:rsidR="00485567" w:rsidRPr="000C2D24" w:rsidRDefault="00485567" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Institutionele investeerders, inclusief regionale ontwikkelingsfondsen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74850AAC" w14:textId="77777777" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Autonome lokale overheden met een jaarlijkse begroting van minder dan 10 miljoen euro en met minder dan 5.000 inwoners</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF74DA4" w14:textId="406701FC" w:rsidR="00485567" w:rsidRDefault="00485567" w:rsidP="00485567">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Business Angels</w:t>
       </w:r>
       <w:r w:rsidR="001E3C32">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> die voor minder dan </w:t>
       </w:r>
       <w:r w:rsidR="00435A44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>1,25 miljoen participeren</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1894D1E5" w14:textId="2DE9C11A" w:rsidR="00F15BF8" w:rsidRDefault="00D84E80" w:rsidP="00F15BF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C2D24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="686A1C45" wp14:editId="0A8FA9F8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>233680</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5748655" cy="2369820"/>
                 <wp:effectExtent l="0" t="0" r="23495" b="11430"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="20" name="Tekstvak 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -7677,51 +7784,51 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="076E7DA2" w14:textId="1D442EC7" w:rsidR="00A22211" w:rsidRDefault="00A22211" w:rsidP="00F15BF8">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="184380BC" w14:textId="737C6D00" w:rsidR="00F15BF8" w:rsidRDefault="00F15BF8" w:rsidP="00F15BF8">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC7EF0E" w14:textId="22172F61" w:rsidR="00B41234" w:rsidRPr="0042090C" w:rsidRDefault="0038272F" w:rsidP="00465504">
       <w:pPr>
-        <w:pStyle w:val="Kop2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00B41234">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BA0C81">
         <w:t xml:space="preserve">Toe te voegen informatie </w:t>
       </w:r>
       <w:r w:rsidR="00317BD8">
         <w:t>per</w:t>
       </w:r>
       <w:r w:rsidR="00BA0C81">
         <w:t xml:space="preserve"> type onderneming</w:t>
       </w:r>
@@ -7794,197 +7901,197 @@
       </w:r>
       <w:r w:rsidR="00BA7EDD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidR="00131D0E">
         <w:t>A. Groottebepaling van de onderneming</w:t>
       </w:r>
       <w:r w:rsidR="004B6ABA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="27935F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="199785C8" w14:textId="64F41183" w:rsidR="00374B1E" w:rsidRDefault="00CA288F" w:rsidP="0038272F">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="00374B1E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AA1044" w14:textId="1480505C" w:rsidR="00CA288F" w:rsidRPr="00166CE0" w:rsidRDefault="00B31A47" w:rsidP="0038272F">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00CA288F" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327D1F58" w14:textId="3182C38B" w:rsidR="00987533" w:rsidRPr="00987533" w:rsidRDefault="00CA288F" w:rsidP="00987533">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="13A546E0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="009452AB" w:rsidRPr="13A546E0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C03FDC" w14:textId="29665C17" w:rsidR="004F1E39" w:rsidRPr="004F1E39" w:rsidRDefault="004F1E39" w:rsidP="004F1E39">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EEE795B" w14:textId="773587F8" w:rsidR="7C0207BF" w:rsidRDefault="7C0207BF" w:rsidP="37CDC998">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5B1FDF9F">
         <w:t xml:space="preserve">En qua </w:t>
       </w:r>
       <w:r w:rsidR="00F52EC1">
         <w:t xml:space="preserve">type </w:t>
       </w:r>
       <w:r w:rsidR="00374AD2">
         <w:t>rechtsvorm</w:t>
       </w:r>
       <w:r w:rsidRPr="01A8FEF1">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="356CCB42" w14:textId="3A96397B" w:rsidR="38D133CB" w:rsidRDefault="00F26B87" w:rsidP="38D133CB">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>bv</w:t>
       </w:r>
       <w:r w:rsidR="42FCBAFD" w:rsidRPr="300FCDFE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>nv</w:t>
       </w:r>
       <w:r w:rsidR="00F80680">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>cv</w:t>
       </w:r>
       <w:r w:rsidR="00F80680">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00F80680">
         <w:t>ommV</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F80680">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>vof</w:t>
       </w:r>
       <w:r w:rsidR="00F80680">
         <w:t>, maatschap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A4BE56" w14:textId="4CA18EE0" w:rsidR="009452AB" w:rsidRPr="00166CE0" w:rsidRDefault="007000C7" w:rsidP="0038272F">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00F80680">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">lle andere </w:t>
       </w:r>
       <w:r w:rsidR="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -8109,51 +8216,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B280F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De tekst in het </w:t>
       </w:r>
       <w:r w:rsidR="006B280F" w:rsidRPr="006B280F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>vet</w:t>
       </w:r>
       <w:r w:rsidR="006B280F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> geeft aan welke naam je aan het document geeft.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A61940" w14:textId="03FC4E6B" w:rsidR="005B4E6B" w:rsidRDefault="009F590D" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00F26B87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F26B87">
         <w:rPr>
@@ -8312,102 +8419,102 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>volgen</w:t>
       </w:r>
       <w:r w:rsidR="00860D3D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">de bijlages </w:t>
       </w:r>
       <w:r w:rsidR="00FE290C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>moeten op</w:t>
       </w:r>
       <w:r w:rsidR="00860D3D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>laden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8D955A" w14:textId="0AC58019" w:rsidR="0013347E" w:rsidRDefault="00C70476" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00F52CBE" w:rsidRPr="00135EB3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bepaling grootte onderneming</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00F52CBE" w:rsidRPr="00F52CBE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A03EE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(dit document)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEBFF6C" w14:textId="48F44358" w:rsidR="00306A00" w:rsidRPr="006A6499" w:rsidRDefault="003872F9" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="614606E7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Indien de laatste jaarrekening (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D10BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>definitieve cijfers) nog niet formeel werd neergelegd, vragen we je om deze toe te voegen</w:t>
       </w:r>
       <w:r w:rsidR="00FF65AD" w:rsidRPr="00D10BC4">
         <w:rPr>
@@ -8462,51 +8569,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> jouw onderneming niet ver</w:t>
       </w:r>
       <w:r w:rsidR="009C0F33" w:rsidRPr="006A6499">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00B56544" w:rsidRPr="006A6499">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">licht is om jaarcijfers </w:t>
       </w:r>
       <w:r w:rsidR="009C0F33" w:rsidRPr="006A6499">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>neer te leggen bij de Nationale Bank van België.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F3B2E8" w14:textId="09CCEA75" w:rsidR="005766CF" w:rsidRPr="00E825DC" w:rsidRDefault="00A82F00" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De neergelegde geconsolideerde groepscijfers of intern </w:t>
       </w:r>
       <w:r w:rsidR="00C70476" w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
@@ -8558,51 +8665,51 @@
         </w:rPr>
         <w:t>(gecertificeerd</w:t>
       </w:r>
       <w:r w:rsidR="00470EEE" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">) ITAA </w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>accountant</w:t>
       </w:r>
       <w:r w:rsidR="00136750" w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09542443" w14:textId="4F46D77C" w:rsidR="00431E8B" w:rsidRPr="00E825DC" w:rsidRDefault="00431E8B" w:rsidP="0085083C">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Indien er geen </w:t>
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>geconsolideerd</w:t>
       </w:r>
       <w:r w:rsidR="007C7F33" w:rsidRPr="00650FC4">
@@ -8629,51 +8736,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>“niet beschikbare jaarrekening ‘naam onderneming’”</w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. Dit is bv. nodig voor buitenlandse ondernemingen, kleine gewone commanditaire vennootschappen, kleine vennootschappen onder firma, maatschappen en verenigingen &amp; stichtingen die een vereenvoudigde boekhouding voeren,…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5438A223" w14:textId="77777777" w:rsidR="008F2DCC" w:rsidRDefault="008F2DCC" w:rsidP="00045904">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35B77ECD" w14:textId="3BA0FD71" w:rsidR="000F5C8D" w:rsidRDefault="009F590D" w:rsidP="00465504">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="007000C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="009F590D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007000C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>nv</w:t>
       </w:r>
@@ -8770,95 +8877,95 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> je </w:t>
       </w:r>
       <w:r w:rsidR="00FE290C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>volgende bijlages moeten opladen</w:t>
       </w:r>
       <w:r w:rsidR="00860D3D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2027B9" w14:textId="2BCB64AC" w:rsidR="00F24E44" w:rsidRPr="006A6499" w:rsidRDefault="00C70476" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="002B438A" w:rsidRPr="00FE290C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bepaling grootte onderneming</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="008065AF" w:rsidRPr="006A6499">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dit document)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5358FED7" w14:textId="00A16E5D" w:rsidR="00D5644C" w:rsidRPr="00650FC4" w:rsidRDefault="0078505E" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De neergelegde geconsolideerde groepscijfers of intern </w:t>
       </w:r>
       <w:r w:rsidR="00C70476" w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
@@ -8911,99 +9018,99 @@
       </w:r>
       <w:r w:rsidR="00470EEE" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(gecertificeerd) ITAA </w:t>
       </w:r>
       <w:r w:rsidR="005E5481" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>accounta</w:t>
       </w:r>
       <w:r w:rsidR="00D5644C" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0997B6A8" w14:textId="6BC5A229" w:rsidR="008552DD" w:rsidRPr="00E825DC" w:rsidRDefault="008552DD" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="nl-BE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Indien er geen geconsolideerd</w:t>
       </w:r>
       <w:r w:rsidR="007C7F33" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> cijfers beschikbaar </w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:t>zijn, dan moet je voor alle ondernemingen die voorkomen in het opgestelde “blokdiagram van de aandeelhouders” en waarvoor er geen jaarrekeningen beschikbaar zijn bij de Nationale Bank van België, de recentste afgesloten balans- en resultatenrekening toevoegen aan de aanvraag. Je geeft dit document de naam “</w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>niet beschikbare jaarrekening ‘naam onderneming’</w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:t>”. Dit is bv. nodig voor buitenlandse ondernemingen, kleine gewone commanditaire vennootschappen, kleine vennootschappen onder firma, maatschappen en verenigingen &amp; stichtingen die een vereenvoudigde boekhouding voeren</w:t>
       </w:r>
       <w:r w:rsidR="00C61455" w:rsidRPr="00E825DC">
         <w:t>,…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB66833" w14:textId="18EBD3EE" w:rsidR="005B4E6B" w:rsidRPr="00A0355A" w:rsidRDefault="006B4B72" w:rsidP="00465504">
       <w:pPr>
-        <w:pStyle w:val="Kop3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4B72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Alle andere rechtsvormen zoals</w:t>
       </w:r>
       <w:r w:rsidR="00E51180">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> bv.</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4B72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> vzw, stichting of publiekrechtelijke organisatie </w:t>
       </w:r>
       <w:r w:rsidR="00B90243" w:rsidRPr="00A0355A">
         <w:rPr>
@@ -9036,95 +9143,95 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00666A36" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> je </w:t>
       </w:r>
       <w:r w:rsidR="00FE290C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>volgende bijlages moeten opladen</w:t>
       </w:r>
       <w:r w:rsidR="006F3F2B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F2077F" w14:textId="707E1AB8" w:rsidR="008065AF" w:rsidRDefault="00662EC9" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="002B438A" w:rsidRPr="00FE290C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bepaling grootte onderneming</w:t>
       </w:r>
       <w:r w:rsidR="00C70476">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="008065AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dit document)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B494DE" w14:textId="741D0093" w:rsidR="00101E37" w:rsidRPr="00A71616" w:rsidRDefault="00603936" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">e actuele samenstelling van </w:t>
       </w:r>
       <w:r w:rsidR="00114F1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -9220,51 +9327,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>eef per</w:t>
       </w:r>
       <w:r w:rsidR="00A71616">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> zetelend</w:t>
       </w:r>
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> lid aan of het al dan niet stemgerechtigd is.</w:t>
       </w:r>
       <w:r w:rsidR="00A71616">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4B1998" w14:textId="1FE7330F" w:rsidR="005B4E6B" w:rsidRDefault="00504890" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">e recentste versie van de </w:t>
       </w:r>
       <w:r w:rsidR="002520C9" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -9275,100 +9382,100 @@
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>statuten</w:t>
       </w:r>
       <w:r w:rsidR="002520C9" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="005B4E6B" w:rsidRPr="00166CE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> van je organisatie. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="655C0FE6" w14:textId="4352EAA2" w:rsidR="00E91762" w:rsidRDefault="00E91762" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E91762">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De laatste </w:t>
       </w:r>
       <w:r w:rsidR="00C70476" w:rsidRPr="00C70476">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00C70476">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>balans- en resultatenrekening</w:t>
       </w:r>
       <w:r w:rsidR="00C70476">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00E91762">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (of equivalent) van de vzw indien deze niet verplicht is om jaarcijfers neer te leggen bij de Nationale Bank van België.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4751D790" w14:textId="2F0125BE" w:rsidR="00CD700F" w:rsidRPr="00650FC4" w:rsidRDefault="00CD700F" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E825DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De </w:t>
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>neergelegde geconsolideerde groepscijfers of intern ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
@@ -9395,51 +9502,51 @@
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="009C078A" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(gecertificeerd) ITAA </w:t>
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>accountant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9C911E" w14:textId="17EAF13D" w:rsidR="00AB3FCB" w:rsidRPr="00E825DC" w:rsidRDefault="008552DD" w:rsidP="00E825DC">
       <w:pPr>
-        <w:pStyle w:val="Lijstalinea"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="nl-BE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Indien er geen geconsolideerd</w:t>
       </w:r>
       <w:r w:rsidR="007C7F33" w:rsidRPr="00650FC4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00650FC4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -9457,219 +9564,228 @@
         <w:t xml:space="preserve">“niet beschikbare jaarrekening ‘naam onderneming’”. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E825DC">
         <w:t>Dit is bv. nodig voor buitenlandse ondernemingen, kleine gewone commanditaire vennootschappen, kleine vennootschappen onder firma, maatschappen en verenigingen &amp; stichtingen die een vereenvoudigde boekhouding voeren,</w:t>
       </w:r>
       <w:r w:rsidR="00C61455" w:rsidRPr="00E825DC">
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="00AB3FCB" w:rsidRPr="00E825DC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5C16E8" w14:textId="3AFD9AC1" w:rsidR="000F2B52" w:rsidRDefault="00C61455" w:rsidP="00AB3FCB">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E26BA47" w14:textId="77777777" w:rsidR="000F2B52" w:rsidRDefault="000F2B52">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8C64A4" w14:textId="2AB38A6E" w:rsidR="002227B1" w:rsidRDefault="000F2B52" w:rsidP="00AB3FCB">
-      <w:r w:rsidRPr="00F83240">
+    <w:p w14:paraId="0E8C64A4" w14:textId="47B802CA" w:rsidR="002227B1" w:rsidRDefault="00960417" w:rsidP="00AB3FCB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662355" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1427DBB0" wp14:editId="44D2788D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662355" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="794FD15A" wp14:editId="140E0BBA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:align>left</wp:align>
+              <wp:align>right</wp:align>
             </wp:positionH>
-            <wp:positionV relativeFrom="page">
-              <wp:align>bottom</wp:align>
+            <wp:positionV relativeFrom="margin">
+              <wp:align>center</wp:align>
             </wp:positionV>
-            <wp:extent cx="7559040" cy="10684290"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
+            <wp:extent cx="7556400" cy="10680558"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="6985"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Afbeelding 5"/>
+            <wp:docPr id="879834914" name="Afbeelding 5" descr="A green and white grid&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="Afbeelding 5"/>
+                    <pic:cNvPr id="879834914" name="Afbeelding 5" descr="A green and white grid&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7559040" cy="10684290"/>
+                      <a:ext cx="7556400" cy="10680558"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                         <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="744B912E" w14:textId="596783DA" w:rsidR="00C61455" w:rsidRPr="004C3E5B" w:rsidRDefault="00C61455" w:rsidP="004C3E5B">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C61455" w:rsidRPr="004C3E5B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A06673D" w14:textId="77777777" w:rsidR="002A6769" w:rsidRDefault="002A6769" w:rsidP="009C41B8">
+    <w:p w14:paraId="00D0EF35" w14:textId="77777777" w:rsidR="00C361CE" w:rsidRDefault="00C361CE" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58F8095A" w14:textId="77777777" w:rsidR="002A6769" w:rsidRDefault="002A6769" w:rsidP="009C41B8">
+    <w:p w14:paraId="34519735" w14:textId="77777777" w:rsidR="00C361CE" w:rsidRDefault="00C361CE" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C6A8D7D" w14:textId="77777777" w:rsidR="002A6769" w:rsidRDefault="002A6769">
+    <w:p w14:paraId="7F7ECD14" w14:textId="77777777" w:rsidR="00C361CE" w:rsidRDefault="00C361CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="023B0855" w14:textId="531453FA" w:rsidR="00473307" w:rsidRPr="00B17C1B" w:rsidRDefault="00057332" w:rsidP="00473307">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D56C115" w14:textId="77777777" w:rsidR="008666C6" w:rsidRDefault="008666C6">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="023B0855" w14:textId="160185BB" w:rsidR="00473307" w:rsidRPr="00B17C1B" w:rsidRDefault="00000000" w:rsidP="00473307">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="nl-BE"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1981797484"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00473307" w:rsidRPr="00ED5C0A">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
@@ -9729,138 +9845,160 @@
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
           <w:t xml:space="preserve"> – versi</w:t>
         </w:r>
         <w:r w:rsidR="00473307">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:r w:rsidR="00473307" w:rsidRPr="00ED5C0A">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008666C6">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
-          <w:t>mei</w:t>
-[...17 lines deleted...]
-          <w:t>4</w:t>
+          <w:t>januari 2026</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00B17C1B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> - </w:t>
     </w:r>
     <w:r w:rsidR="00B17C1B" w:rsidRPr="00B17C1B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>VERTROUWELIJK</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5226504D" w14:textId="77777777" w:rsidR="008666C6" w:rsidRDefault="008666C6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C504A4F" w14:textId="77777777" w:rsidR="002A6769" w:rsidRDefault="002A6769" w:rsidP="009C41B8">
+    <w:p w14:paraId="73CDC92C" w14:textId="77777777" w:rsidR="00C361CE" w:rsidRDefault="00C361CE" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="290A3A16" w14:textId="77777777" w:rsidR="002A6769" w:rsidRDefault="002A6769" w:rsidP="009C41B8">
+    <w:p w14:paraId="29A338CE" w14:textId="77777777" w:rsidR="00C361CE" w:rsidRDefault="00C361CE" w:rsidP="009C41B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DA4831D" w14:textId="77777777" w:rsidR="002A6769" w:rsidRDefault="002A6769">
+    <w:p w14:paraId="6F873DA6" w14:textId="77777777" w:rsidR="00C361CE" w:rsidRDefault="00C361CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0424B97B" w14:textId="77777777" w:rsidR="008666C6" w:rsidRDefault="008666C6">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76B94A02" w14:textId="77777777" w:rsidR="008666C6" w:rsidRDefault="008666C6">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E895CA5" w14:textId="77777777" w:rsidR="008666C6" w:rsidRDefault="008666C6">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="039E74CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9AC9694"/>
     <w:lvl w:ilvl="0" w:tplc="183E65C4">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Kop2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -13056,514 +13194,542 @@
   <w:num w:numId="25" w16cid:durableId="389574909">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1676499563">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="301346992">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="946084562">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2087335363">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1427455957">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1666276023">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00886CD0"/>
+    <w:rsid w:val="00000C5F"/>
+    <w:rsid w:val="00002D99"/>
     <w:rsid w:val="000035B8"/>
     <w:rsid w:val="00004256"/>
     <w:rsid w:val="0000558C"/>
     <w:rsid w:val="00005595"/>
     <w:rsid w:val="00006074"/>
     <w:rsid w:val="00012211"/>
     <w:rsid w:val="00013151"/>
     <w:rsid w:val="00016D92"/>
     <w:rsid w:val="00017668"/>
     <w:rsid w:val="00017E7F"/>
     <w:rsid w:val="000248B7"/>
     <w:rsid w:val="000347EA"/>
     <w:rsid w:val="00035CF5"/>
     <w:rsid w:val="00035D91"/>
     <w:rsid w:val="00035E09"/>
     <w:rsid w:val="000375E8"/>
     <w:rsid w:val="00040C70"/>
     <w:rsid w:val="00042D8C"/>
     <w:rsid w:val="0004402E"/>
     <w:rsid w:val="00045904"/>
     <w:rsid w:val="00053815"/>
     <w:rsid w:val="00053F69"/>
     <w:rsid w:val="00054059"/>
     <w:rsid w:val="00054E60"/>
     <w:rsid w:val="000551FB"/>
     <w:rsid w:val="00057332"/>
     <w:rsid w:val="000614A3"/>
     <w:rsid w:val="00061785"/>
     <w:rsid w:val="00061B72"/>
     <w:rsid w:val="0006559D"/>
     <w:rsid w:val="000726D3"/>
     <w:rsid w:val="0007454E"/>
+    <w:rsid w:val="000761EA"/>
     <w:rsid w:val="00081A88"/>
     <w:rsid w:val="0008231C"/>
     <w:rsid w:val="00084AF6"/>
     <w:rsid w:val="00085E9D"/>
     <w:rsid w:val="00086B79"/>
     <w:rsid w:val="000871BE"/>
     <w:rsid w:val="00087C30"/>
     <w:rsid w:val="000929AC"/>
     <w:rsid w:val="00093FC5"/>
     <w:rsid w:val="000A4E2F"/>
     <w:rsid w:val="000A773A"/>
     <w:rsid w:val="000A79FC"/>
     <w:rsid w:val="000B1088"/>
+    <w:rsid w:val="000B153D"/>
     <w:rsid w:val="000B34AF"/>
     <w:rsid w:val="000B6E09"/>
     <w:rsid w:val="000B6E53"/>
     <w:rsid w:val="000B7155"/>
     <w:rsid w:val="000C08BB"/>
     <w:rsid w:val="000C0C58"/>
     <w:rsid w:val="000C2207"/>
+    <w:rsid w:val="000C327D"/>
     <w:rsid w:val="000C39C0"/>
     <w:rsid w:val="000C3AF2"/>
     <w:rsid w:val="000C546E"/>
     <w:rsid w:val="000C5B77"/>
     <w:rsid w:val="000C67F2"/>
     <w:rsid w:val="000D127A"/>
     <w:rsid w:val="000D46E8"/>
     <w:rsid w:val="000E091C"/>
     <w:rsid w:val="000E513C"/>
     <w:rsid w:val="000E5A93"/>
     <w:rsid w:val="000E5AD0"/>
     <w:rsid w:val="000E6A05"/>
+    <w:rsid w:val="000E6A53"/>
     <w:rsid w:val="000F239F"/>
     <w:rsid w:val="000F2B52"/>
     <w:rsid w:val="000F35EC"/>
     <w:rsid w:val="000F4613"/>
     <w:rsid w:val="000F50F5"/>
     <w:rsid w:val="000F5C8D"/>
     <w:rsid w:val="001017A5"/>
     <w:rsid w:val="00101E37"/>
     <w:rsid w:val="0010296A"/>
+    <w:rsid w:val="00102EE1"/>
     <w:rsid w:val="00104781"/>
     <w:rsid w:val="001114DF"/>
     <w:rsid w:val="00112312"/>
     <w:rsid w:val="00114A97"/>
     <w:rsid w:val="00114F1A"/>
     <w:rsid w:val="00115E2C"/>
     <w:rsid w:val="00116E27"/>
     <w:rsid w:val="001212DB"/>
     <w:rsid w:val="00122F37"/>
     <w:rsid w:val="00123FFB"/>
     <w:rsid w:val="00125B99"/>
     <w:rsid w:val="00125CA4"/>
     <w:rsid w:val="00131D0E"/>
     <w:rsid w:val="0013347E"/>
     <w:rsid w:val="00133CA5"/>
     <w:rsid w:val="00133E0C"/>
     <w:rsid w:val="00134E58"/>
     <w:rsid w:val="00135EB3"/>
     <w:rsid w:val="00136750"/>
     <w:rsid w:val="00137CD5"/>
     <w:rsid w:val="00144297"/>
     <w:rsid w:val="00145044"/>
     <w:rsid w:val="00146343"/>
     <w:rsid w:val="00147538"/>
     <w:rsid w:val="00150C8D"/>
     <w:rsid w:val="001528A9"/>
     <w:rsid w:val="00152DAE"/>
+    <w:rsid w:val="001541DE"/>
     <w:rsid w:val="00155533"/>
     <w:rsid w:val="00155CB9"/>
     <w:rsid w:val="00156CAB"/>
     <w:rsid w:val="00157071"/>
     <w:rsid w:val="0016547A"/>
     <w:rsid w:val="00165C10"/>
     <w:rsid w:val="00165C2C"/>
     <w:rsid w:val="00166CE0"/>
     <w:rsid w:val="00167859"/>
     <w:rsid w:val="00172F5A"/>
     <w:rsid w:val="001747A7"/>
     <w:rsid w:val="00174E25"/>
     <w:rsid w:val="0017706D"/>
     <w:rsid w:val="00177A8B"/>
     <w:rsid w:val="00177B30"/>
     <w:rsid w:val="001828B1"/>
     <w:rsid w:val="00183CE1"/>
     <w:rsid w:val="0018577B"/>
     <w:rsid w:val="0018636A"/>
     <w:rsid w:val="00186549"/>
     <w:rsid w:val="00186913"/>
     <w:rsid w:val="0018700C"/>
     <w:rsid w:val="001911D0"/>
     <w:rsid w:val="00192865"/>
     <w:rsid w:val="00192CE5"/>
     <w:rsid w:val="00195853"/>
     <w:rsid w:val="0019794C"/>
     <w:rsid w:val="001A1645"/>
     <w:rsid w:val="001A72AF"/>
     <w:rsid w:val="001B3792"/>
+    <w:rsid w:val="001B3FEC"/>
     <w:rsid w:val="001B40D7"/>
+    <w:rsid w:val="001B44B2"/>
     <w:rsid w:val="001C139D"/>
     <w:rsid w:val="001C45A2"/>
     <w:rsid w:val="001C7296"/>
     <w:rsid w:val="001D1F0E"/>
     <w:rsid w:val="001D2373"/>
     <w:rsid w:val="001D32BF"/>
     <w:rsid w:val="001D7DE3"/>
     <w:rsid w:val="001E3C32"/>
     <w:rsid w:val="001E537D"/>
     <w:rsid w:val="001F4B1F"/>
     <w:rsid w:val="00204057"/>
     <w:rsid w:val="002059FE"/>
     <w:rsid w:val="00206935"/>
     <w:rsid w:val="00214735"/>
     <w:rsid w:val="002179FC"/>
     <w:rsid w:val="002227B1"/>
     <w:rsid w:val="00224916"/>
     <w:rsid w:val="0022641B"/>
     <w:rsid w:val="0022728C"/>
     <w:rsid w:val="00230693"/>
     <w:rsid w:val="00231F2E"/>
     <w:rsid w:val="00234509"/>
     <w:rsid w:val="00235EDA"/>
     <w:rsid w:val="0023603B"/>
     <w:rsid w:val="00236115"/>
     <w:rsid w:val="00244755"/>
     <w:rsid w:val="0025158A"/>
     <w:rsid w:val="002520C9"/>
     <w:rsid w:val="00254259"/>
     <w:rsid w:val="002556E5"/>
     <w:rsid w:val="00256B7E"/>
     <w:rsid w:val="0025711E"/>
     <w:rsid w:val="00262054"/>
     <w:rsid w:val="00263545"/>
+    <w:rsid w:val="002654F7"/>
     <w:rsid w:val="0026571D"/>
     <w:rsid w:val="00271C09"/>
     <w:rsid w:val="00273B9F"/>
     <w:rsid w:val="00283EBD"/>
     <w:rsid w:val="00285FAA"/>
     <w:rsid w:val="00286F27"/>
     <w:rsid w:val="00287118"/>
     <w:rsid w:val="00291634"/>
     <w:rsid w:val="00294C7A"/>
     <w:rsid w:val="00295715"/>
     <w:rsid w:val="00296EC4"/>
     <w:rsid w:val="002A3201"/>
     <w:rsid w:val="002A399A"/>
     <w:rsid w:val="002A6769"/>
     <w:rsid w:val="002B41BF"/>
     <w:rsid w:val="002B438A"/>
     <w:rsid w:val="002C3FC2"/>
     <w:rsid w:val="002D0D89"/>
     <w:rsid w:val="002D2D4A"/>
     <w:rsid w:val="002D6730"/>
     <w:rsid w:val="002E45FD"/>
     <w:rsid w:val="002E5E4E"/>
     <w:rsid w:val="002E6DAF"/>
     <w:rsid w:val="002F2259"/>
     <w:rsid w:val="002F3AE0"/>
     <w:rsid w:val="002F4499"/>
     <w:rsid w:val="002F45BB"/>
     <w:rsid w:val="002F6525"/>
     <w:rsid w:val="003013AF"/>
     <w:rsid w:val="00301D6B"/>
     <w:rsid w:val="003025DF"/>
     <w:rsid w:val="00305E03"/>
     <w:rsid w:val="00305FB9"/>
     <w:rsid w:val="00306509"/>
     <w:rsid w:val="00306A00"/>
     <w:rsid w:val="0030799B"/>
     <w:rsid w:val="00310C58"/>
     <w:rsid w:val="00314CA3"/>
     <w:rsid w:val="0031581D"/>
     <w:rsid w:val="003168D7"/>
     <w:rsid w:val="00317BD8"/>
     <w:rsid w:val="00333363"/>
     <w:rsid w:val="00334F58"/>
     <w:rsid w:val="00337A2A"/>
     <w:rsid w:val="00341810"/>
     <w:rsid w:val="00342D77"/>
+    <w:rsid w:val="003457FB"/>
     <w:rsid w:val="00347F30"/>
     <w:rsid w:val="0035017C"/>
     <w:rsid w:val="003502B6"/>
     <w:rsid w:val="003527EB"/>
     <w:rsid w:val="00353BFF"/>
     <w:rsid w:val="00360D55"/>
     <w:rsid w:val="0036173A"/>
     <w:rsid w:val="0036361A"/>
     <w:rsid w:val="00366414"/>
     <w:rsid w:val="003719E2"/>
     <w:rsid w:val="0037269F"/>
     <w:rsid w:val="003728D5"/>
     <w:rsid w:val="00374AD2"/>
     <w:rsid w:val="00374B1E"/>
     <w:rsid w:val="0038272F"/>
     <w:rsid w:val="00383559"/>
     <w:rsid w:val="003872F9"/>
     <w:rsid w:val="00390BEE"/>
     <w:rsid w:val="00393E07"/>
     <w:rsid w:val="00394099"/>
     <w:rsid w:val="003A1DCA"/>
     <w:rsid w:val="003A2C7E"/>
+    <w:rsid w:val="003A61DE"/>
     <w:rsid w:val="003A68B5"/>
     <w:rsid w:val="003B1FD0"/>
     <w:rsid w:val="003B2464"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003C042D"/>
     <w:rsid w:val="003C123A"/>
     <w:rsid w:val="003C22BB"/>
     <w:rsid w:val="003C3C49"/>
     <w:rsid w:val="003C6C43"/>
+    <w:rsid w:val="003D4F0A"/>
     <w:rsid w:val="003E0A39"/>
     <w:rsid w:val="003E6EB4"/>
     <w:rsid w:val="003E7734"/>
     <w:rsid w:val="003F0C5B"/>
     <w:rsid w:val="003F2582"/>
     <w:rsid w:val="003F2FF2"/>
     <w:rsid w:val="003F3603"/>
     <w:rsid w:val="003F59E6"/>
+    <w:rsid w:val="003F5DF6"/>
     <w:rsid w:val="003F68D3"/>
     <w:rsid w:val="003F68D9"/>
     <w:rsid w:val="003F6979"/>
     <w:rsid w:val="004001FE"/>
     <w:rsid w:val="0040031E"/>
     <w:rsid w:val="0040657B"/>
     <w:rsid w:val="00406C23"/>
     <w:rsid w:val="00406C64"/>
     <w:rsid w:val="004112D2"/>
     <w:rsid w:val="00416E85"/>
     <w:rsid w:val="00421987"/>
     <w:rsid w:val="0042364E"/>
     <w:rsid w:val="00423D9B"/>
     <w:rsid w:val="004241B3"/>
     <w:rsid w:val="004259B2"/>
     <w:rsid w:val="00431E8B"/>
+    <w:rsid w:val="00431FAC"/>
     <w:rsid w:val="00435052"/>
     <w:rsid w:val="0043512E"/>
     <w:rsid w:val="00435A44"/>
     <w:rsid w:val="0043699C"/>
     <w:rsid w:val="00437012"/>
     <w:rsid w:val="00441495"/>
     <w:rsid w:val="004459BB"/>
     <w:rsid w:val="00455486"/>
     <w:rsid w:val="00456606"/>
     <w:rsid w:val="00457D48"/>
     <w:rsid w:val="00461A34"/>
     <w:rsid w:val="004632A9"/>
     <w:rsid w:val="00465504"/>
     <w:rsid w:val="00467BFD"/>
     <w:rsid w:val="00470EEE"/>
     <w:rsid w:val="00472B7B"/>
     <w:rsid w:val="00473307"/>
     <w:rsid w:val="0047443E"/>
     <w:rsid w:val="00480BE3"/>
     <w:rsid w:val="00485567"/>
     <w:rsid w:val="00486F50"/>
     <w:rsid w:val="00490CA1"/>
     <w:rsid w:val="0049197F"/>
     <w:rsid w:val="00492A75"/>
     <w:rsid w:val="00493AA6"/>
     <w:rsid w:val="004946CD"/>
     <w:rsid w:val="0049584A"/>
     <w:rsid w:val="00495A0E"/>
     <w:rsid w:val="00495ACD"/>
+    <w:rsid w:val="004A6B52"/>
     <w:rsid w:val="004B5FE7"/>
     <w:rsid w:val="004B6ABA"/>
     <w:rsid w:val="004C1DA9"/>
     <w:rsid w:val="004C22E2"/>
     <w:rsid w:val="004C3E5B"/>
     <w:rsid w:val="004D19CB"/>
     <w:rsid w:val="004D294A"/>
     <w:rsid w:val="004D2F54"/>
     <w:rsid w:val="004D4BE5"/>
     <w:rsid w:val="004D4D34"/>
     <w:rsid w:val="004D4EBC"/>
+    <w:rsid w:val="004D51A3"/>
     <w:rsid w:val="004D5D2E"/>
     <w:rsid w:val="004E3CAC"/>
     <w:rsid w:val="004E65AF"/>
     <w:rsid w:val="004F02E8"/>
     <w:rsid w:val="004F1E39"/>
+    <w:rsid w:val="004F2225"/>
     <w:rsid w:val="004F3B14"/>
     <w:rsid w:val="004F3F28"/>
     <w:rsid w:val="00500204"/>
     <w:rsid w:val="00504890"/>
     <w:rsid w:val="005110E7"/>
     <w:rsid w:val="00515761"/>
+    <w:rsid w:val="00516248"/>
     <w:rsid w:val="00520D16"/>
     <w:rsid w:val="00520EA8"/>
     <w:rsid w:val="00522256"/>
+    <w:rsid w:val="005260BD"/>
     <w:rsid w:val="00526308"/>
     <w:rsid w:val="00526C5D"/>
     <w:rsid w:val="00535985"/>
     <w:rsid w:val="00542492"/>
     <w:rsid w:val="005449A8"/>
     <w:rsid w:val="005460C2"/>
     <w:rsid w:val="00546698"/>
     <w:rsid w:val="00550DDB"/>
     <w:rsid w:val="005517E7"/>
     <w:rsid w:val="00554ECC"/>
     <w:rsid w:val="005559EA"/>
     <w:rsid w:val="00556E11"/>
     <w:rsid w:val="00563A87"/>
     <w:rsid w:val="005665E0"/>
     <w:rsid w:val="0057040D"/>
     <w:rsid w:val="00571A39"/>
     <w:rsid w:val="00572DB1"/>
     <w:rsid w:val="005766CF"/>
     <w:rsid w:val="00576CE2"/>
     <w:rsid w:val="00580445"/>
     <w:rsid w:val="00581872"/>
     <w:rsid w:val="00582812"/>
     <w:rsid w:val="005860B1"/>
     <w:rsid w:val="00586FC0"/>
     <w:rsid w:val="00592F82"/>
     <w:rsid w:val="00593ED3"/>
     <w:rsid w:val="005952AA"/>
     <w:rsid w:val="005A0299"/>
     <w:rsid w:val="005A0453"/>
     <w:rsid w:val="005A1689"/>
     <w:rsid w:val="005A299D"/>
     <w:rsid w:val="005A3E49"/>
+    <w:rsid w:val="005B019D"/>
     <w:rsid w:val="005B2276"/>
     <w:rsid w:val="005B3E08"/>
     <w:rsid w:val="005B44D8"/>
     <w:rsid w:val="005B4E6B"/>
     <w:rsid w:val="005B5AFB"/>
     <w:rsid w:val="005C3CC7"/>
     <w:rsid w:val="005C3F7C"/>
     <w:rsid w:val="005C4A4B"/>
     <w:rsid w:val="005C60EE"/>
     <w:rsid w:val="005C6B32"/>
     <w:rsid w:val="005D0FD3"/>
     <w:rsid w:val="005D24B5"/>
     <w:rsid w:val="005D2A2E"/>
     <w:rsid w:val="005E1629"/>
     <w:rsid w:val="005E1882"/>
     <w:rsid w:val="005E5481"/>
     <w:rsid w:val="005E5656"/>
     <w:rsid w:val="005E5909"/>
     <w:rsid w:val="005E591A"/>
     <w:rsid w:val="005E7E20"/>
+    <w:rsid w:val="005F0103"/>
     <w:rsid w:val="005F2A31"/>
     <w:rsid w:val="0060116C"/>
     <w:rsid w:val="006038FF"/>
     <w:rsid w:val="00603936"/>
     <w:rsid w:val="0060511E"/>
+    <w:rsid w:val="00606DC7"/>
     <w:rsid w:val="0061074E"/>
+    <w:rsid w:val="00613AFF"/>
     <w:rsid w:val="006140D1"/>
     <w:rsid w:val="006205E5"/>
     <w:rsid w:val="00630995"/>
     <w:rsid w:val="006329DC"/>
     <w:rsid w:val="006414D0"/>
     <w:rsid w:val="00643008"/>
     <w:rsid w:val="00645544"/>
     <w:rsid w:val="00647E4F"/>
     <w:rsid w:val="00649B41"/>
     <w:rsid w:val="00650FC4"/>
     <w:rsid w:val="0065330B"/>
     <w:rsid w:val="00653A48"/>
     <w:rsid w:val="00654860"/>
     <w:rsid w:val="00655D04"/>
     <w:rsid w:val="00657776"/>
     <w:rsid w:val="00662543"/>
     <w:rsid w:val="00662EC9"/>
     <w:rsid w:val="00664BE7"/>
     <w:rsid w:val="00664F9E"/>
     <w:rsid w:val="00666A36"/>
     <w:rsid w:val="00666C67"/>
     <w:rsid w:val="00667CF5"/>
     <w:rsid w:val="00667DB1"/>
     <w:rsid w:val="006712F7"/>
     <w:rsid w:val="0067244C"/>
     <w:rsid w:val="00672FD6"/>
     <w:rsid w:val="006733C5"/>
     <w:rsid w:val="00673807"/>
     <w:rsid w:val="0067448F"/>
     <w:rsid w:val="00675D2E"/>
+    <w:rsid w:val="00677179"/>
     <w:rsid w:val="006772FC"/>
     <w:rsid w:val="00682993"/>
     <w:rsid w:val="00684B5E"/>
     <w:rsid w:val="00687F4C"/>
     <w:rsid w:val="0069337F"/>
+    <w:rsid w:val="00694B66"/>
     <w:rsid w:val="00695183"/>
     <w:rsid w:val="00696A3E"/>
     <w:rsid w:val="006A3979"/>
     <w:rsid w:val="006A6499"/>
     <w:rsid w:val="006B20E5"/>
     <w:rsid w:val="006B280F"/>
     <w:rsid w:val="006B4B72"/>
     <w:rsid w:val="006D0B89"/>
     <w:rsid w:val="006D6B0E"/>
     <w:rsid w:val="006E1077"/>
     <w:rsid w:val="006E18C2"/>
     <w:rsid w:val="006E19EE"/>
     <w:rsid w:val="006E1AA0"/>
     <w:rsid w:val="006E6119"/>
     <w:rsid w:val="006F146E"/>
     <w:rsid w:val="006F18E7"/>
     <w:rsid w:val="006F1A39"/>
     <w:rsid w:val="006F3F2B"/>
     <w:rsid w:val="006F4DEA"/>
     <w:rsid w:val="007000C7"/>
+    <w:rsid w:val="007000D0"/>
     <w:rsid w:val="00702DC6"/>
     <w:rsid w:val="007038D8"/>
     <w:rsid w:val="00703D48"/>
     <w:rsid w:val="00706E5D"/>
     <w:rsid w:val="00707687"/>
     <w:rsid w:val="007078A3"/>
     <w:rsid w:val="0070798E"/>
     <w:rsid w:val="00713378"/>
     <w:rsid w:val="0071373A"/>
     <w:rsid w:val="00721F27"/>
     <w:rsid w:val="007242C0"/>
     <w:rsid w:val="00725A82"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="0073410C"/>
     <w:rsid w:val="007356E2"/>
     <w:rsid w:val="0073788C"/>
     <w:rsid w:val="00740406"/>
     <w:rsid w:val="00740471"/>
     <w:rsid w:val="007440C3"/>
     <w:rsid w:val="00753FB2"/>
     <w:rsid w:val="007569F0"/>
     <w:rsid w:val="00757D00"/>
     <w:rsid w:val="007637A5"/>
     <w:rsid w:val="007664CF"/>
     <w:rsid w:val="0076681A"/>
@@ -13574,520 +13740,561 @@
     <w:rsid w:val="00772EE1"/>
     <w:rsid w:val="0077466D"/>
     <w:rsid w:val="0077557C"/>
     <w:rsid w:val="00782D18"/>
     <w:rsid w:val="0078505E"/>
     <w:rsid w:val="007861B5"/>
     <w:rsid w:val="00787C22"/>
     <w:rsid w:val="00791894"/>
     <w:rsid w:val="007944DE"/>
     <w:rsid w:val="00794830"/>
     <w:rsid w:val="007A16D5"/>
     <w:rsid w:val="007A193D"/>
     <w:rsid w:val="007A4B1D"/>
     <w:rsid w:val="007A5F2D"/>
     <w:rsid w:val="007B1FEE"/>
     <w:rsid w:val="007B2C0E"/>
     <w:rsid w:val="007B3345"/>
     <w:rsid w:val="007B48DC"/>
     <w:rsid w:val="007B6B34"/>
     <w:rsid w:val="007C2F18"/>
     <w:rsid w:val="007C406D"/>
     <w:rsid w:val="007C66EB"/>
     <w:rsid w:val="007C6CDB"/>
     <w:rsid w:val="007C7F33"/>
     <w:rsid w:val="007D261B"/>
+    <w:rsid w:val="007E0604"/>
     <w:rsid w:val="007E0674"/>
     <w:rsid w:val="007E53E6"/>
+    <w:rsid w:val="007E7DAE"/>
     <w:rsid w:val="007F3C9A"/>
     <w:rsid w:val="007F492A"/>
     <w:rsid w:val="007F5B66"/>
+    <w:rsid w:val="00800B8D"/>
     <w:rsid w:val="008023EB"/>
     <w:rsid w:val="008065AF"/>
     <w:rsid w:val="00810552"/>
     <w:rsid w:val="00811C6A"/>
     <w:rsid w:val="00813C50"/>
     <w:rsid w:val="00814A2B"/>
     <w:rsid w:val="008208C4"/>
     <w:rsid w:val="00823A9D"/>
     <w:rsid w:val="0083249F"/>
     <w:rsid w:val="00832A38"/>
     <w:rsid w:val="00834361"/>
     <w:rsid w:val="0083589D"/>
     <w:rsid w:val="00835B43"/>
+    <w:rsid w:val="00836652"/>
+    <w:rsid w:val="008407B9"/>
     <w:rsid w:val="0084095E"/>
     <w:rsid w:val="00842B21"/>
     <w:rsid w:val="0085083C"/>
     <w:rsid w:val="00853127"/>
     <w:rsid w:val="008552DD"/>
     <w:rsid w:val="0086060E"/>
     <w:rsid w:val="00860D3D"/>
     <w:rsid w:val="00863316"/>
+    <w:rsid w:val="00863FD3"/>
     <w:rsid w:val="00866200"/>
+    <w:rsid w:val="008666C6"/>
     <w:rsid w:val="0087044A"/>
     <w:rsid w:val="00870D1E"/>
     <w:rsid w:val="00871B99"/>
     <w:rsid w:val="0087612D"/>
     <w:rsid w:val="008761A6"/>
     <w:rsid w:val="00876781"/>
     <w:rsid w:val="00886CD0"/>
     <w:rsid w:val="008916F3"/>
     <w:rsid w:val="00891902"/>
     <w:rsid w:val="0089206D"/>
     <w:rsid w:val="00894C4E"/>
     <w:rsid w:val="00897C03"/>
     <w:rsid w:val="008A6587"/>
     <w:rsid w:val="008A7B79"/>
     <w:rsid w:val="008B48A3"/>
     <w:rsid w:val="008B5F05"/>
     <w:rsid w:val="008B676B"/>
     <w:rsid w:val="008C6B5C"/>
     <w:rsid w:val="008D0688"/>
     <w:rsid w:val="008D0BA2"/>
     <w:rsid w:val="008D171C"/>
     <w:rsid w:val="008D3E11"/>
     <w:rsid w:val="008E053A"/>
     <w:rsid w:val="008E24EA"/>
     <w:rsid w:val="008E2A26"/>
     <w:rsid w:val="008E34C2"/>
     <w:rsid w:val="008E42FF"/>
     <w:rsid w:val="008E497A"/>
     <w:rsid w:val="008E5799"/>
     <w:rsid w:val="008E585A"/>
     <w:rsid w:val="008E62B3"/>
     <w:rsid w:val="008E7BB1"/>
     <w:rsid w:val="008E7FA7"/>
     <w:rsid w:val="008F2DCC"/>
     <w:rsid w:val="008F36C9"/>
     <w:rsid w:val="008F6465"/>
     <w:rsid w:val="00903D08"/>
     <w:rsid w:val="00903EA9"/>
     <w:rsid w:val="00904245"/>
+    <w:rsid w:val="00905F7F"/>
     <w:rsid w:val="00907024"/>
     <w:rsid w:val="00912586"/>
     <w:rsid w:val="009127F1"/>
+    <w:rsid w:val="00915687"/>
     <w:rsid w:val="0091643E"/>
     <w:rsid w:val="009227FF"/>
     <w:rsid w:val="00922F96"/>
     <w:rsid w:val="009262E0"/>
     <w:rsid w:val="00926B74"/>
     <w:rsid w:val="00926F25"/>
     <w:rsid w:val="00936832"/>
     <w:rsid w:val="0094020E"/>
     <w:rsid w:val="00940673"/>
     <w:rsid w:val="009408D4"/>
     <w:rsid w:val="00940CC8"/>
     <w:rsid w:val="009447EA"/>
     <w:rsid w:val="009452AB"/>
     <w:rsid w:val="009456C8"/>
+    <w:rsid w:val="009458F8"/>
     <w:rsid w:val="0095030B"/>
     <w:rsid w:val="00951205"/>
     <w:rsid w:val="0095279C"/>
     <w:rsid w:val="0095696D"/>
     <w:rsid w:val="00957551"/>
+    <w:rsid w:val="00960417"/>
     <w:rsid w:val="00960492"/>
     <w:rsid w:val="00962FE3"/>
+    <w:rsid w:val="0096571D"/>
     <w:rsid w:val="0096633E"/>
     <w:rsid w:val="00971FF0"/>
     <w:rsid w:val="009736F1"/>
     <w:rsid w:val="009751FB"/>
     <w:rsid w:val="00975F97"/>
     <w:rsid w:val="00980371"/>
     <w:rsid w:val="00980D53"/>
     <w:rsid w:val="0098344E"/>
     <w:rsid w:val="009835B1"/>
     <w:rsid w:val="009851F0"/>
     <w:rsid w:val="00985558"/>
     <w:rsid w:val="00987533"/>
     <w:rsid w:val="00991389"/>
     <w:rsid w:val="009913F7"/>
     <w:rsid w:val="009966A6"/>
     <w:rsid w:val="009977DC"/>
     <w:rsid w:val="009A0D95"/>
+    <w:rsid w:val="009A15E3"/>
     <w:rsid w:val="009A28B6"/>
     <w:rsid w:val="009A541A"/>
+    <w:rsid w:val="009B3707"/>
     <w:rsid w:val="009B6B88"/>
     <w:rsid w:val="009B7787"/>
     <w:rsid w:val="009C078A"/>
     <w:rsid w:val="009C0F33"/>
     <w:rsid w:val="009C371F"/>
     <w:rsid w:val="009C41B8"/>
     <w:rsid w:val="009C5BFC"/>
     <w:rsid w:val="009D1DA7"/>
     <w:rsid w:val="009D3633"/>
     <w:rsid w:val="009D3FF5"/>
     <w:rsid w:val="009D47F0"/>
     <w:rsid w:val="009D5C9C"/>
     <w:rsid w:val="009D7B02"/>
     <w:rsid w:val="009E4BE9"/>
     <w:rsid w:val="009E5015"/>
     <w:rsid w:val="009E620B"/>
     <w:rsid w:val="009F1CBA"/>
     <w:rsid w:val="009F4349"/>
     <w:rsid w:val="009F590D"/>
     <w:rsid w:val="00A00290"/>
     <w:rsid w:val="00A01334"/>
     <w:rsid w:val="00A034D6"/>
     <w:rsid w:val="00A034F2"/>
     <w:rsid w:val="00A0355A"/>
     <w:rsid w:val="00A03EE7"/>
     <w:rsid w:val="00A14E51"/>
     <w:rsid w:val="00A164A7"/>
     <w:rsid w:val="00A16831"/>
     <w:rsid w:val="00A176F6"/>
     <w:rsid w:val="00A210B2"/>
     <w:rsid w:val="00A22211"/>
     <w:rsid w:val="00A23184"/>
     <w:rsid w:val="00A2341C"/>
     <w:rsid w:val="00A23686"/>
     <w:rsid w:val="00A247D8"/>
     <w:rsid w:val="00A252C7"/>
     <w:rsid w:val="00A25622"/>
     <w:rsid w:val="00A341F9"/>
     <w:rsid w:val="00A36D92"/>
+    <w:rsid w:val="00A37DA5"/>
     <w:rsid w:val="00A450D5"/>
     <w:rsid w:val="00A45E75"/>
     <w:rsid w:val="00A50BA4"/>
     <w:rsid w:val="00A51DB0"/>
     <w:rsid w:val="00A54A82"/>
     <w:rsid w:val="00A6104C"/>
     <w:rsid w:val="00A6127E"/>
     <w:rsid w:val="00A62616"/>
     <w:rsid w:val="00A637DB"/>
     <w:rsid w:val="00A66932"/>
     <w:rsid w:val="00A6768F"/>
     <w:rsid w:val="00A7009A"/>
     <w:rsid w:val="00A70FFD"/>
     <w:rsid w:val="00A71616"/>
     <w:rsid w:val="00A72318"/>
     <w:rsid w:val="00A755CA"/>
     <w:rsid w:val="00A770F5"/>
     <w:rsid w:val="00A821A2"/>
     <w:rsid w:val="00A82F00"/>
     <w:rsid w:val="00A87A5F"/>
     <w:rsid w:val="00A9676F"/>
     <w:rsid w:val="00AA1D09"/>
     <w:rsid w:val="00AA3A19"/>
     <w:rsid w:val="00AA44F2"/>
     <w:rsid w:val="00AA518D"/>
     <w:rsid w:val="00AA5530"/>
     <w:rsid w:val="00AA74DD"/>
     <w:rsid w:val="00AB3FCB"/>
     <w:rsid w:val="00AB4055"/>
     <w:rsid w:val="00AC761D"/>
     <w:rsid w:val="00AD3B21"/>
     <w:rsid w:val="00AD4CD0"/>
     <w:rsid w:val="00AD4F17"/>
     <w:rsid w:val="00AD5380"/>
     <w:rsid w:val="00AD575B"/>
     <w:rsid w:val="00AD5F58"/>
     <w:rsid w:val="00AE0CD2"/>
     <w:rsid w:val="00AE11B5"/>
+    <w:rsid w:val="00AE3842"/>
     <w:rsid w:val="00AE462A"/>
     <w:rsid w:val="00AE4A2A"/>
     <w:rsid w:val="00AE4D3F"/>
     <w:rsid w:val="00AF0BC6"/>
     <w:rsid w:val="00AF0E19"/>
     <w:rsid w:val="00AF31EF"/>
     <w:rsid w:val="00B0112D"/>
     <w:rsid w:val="00B015D1"/>
     <w:rsid w:val="00B03ED5"/>
     <w:rsid w:val="00B04F84"/>
     <w:rsid w:val="00B06D03"/>
     <w:rsid w:val="00B06D47"/>
     <w:rsid w:val="00B077A9"/>
     <w:rsid w:val="00B10607"/>
     <w:rsid w:val="00B138C5"/>
     <w:rsid w:val="00B168F0"/>
     <w:rsid w:val="00B17C1B"/>
     <w:rsid w:val="00B17F07"/>
     <w:rsid w:val="00B20DDF"/>
     <w:rsid w:val="00B2225B"/>
     <w:rsid w:val="00B24236"/>
     <w:rsid w:val="00B25FCD"/>
     <w:rsid w:val="00B26FAC"/>
     <w:rsid w:val="00B279D5"/>
     <w:rsid w:val="00B31A47"/>
     <w:rsid w:val="00B31F89"/>
     <w:rsid w:val="00B32443"/>
     <w:rsid w:val="00B32CBA"/>
     <w:rsid w:val="00B35288"/>
     <w:rsid w:val="00B35E0C"/>
     <w:rsid w:val="00B36501"/>
+    <w:rsid w:val="00B40B20"/>
     <w:rsid w:val="00B41234"/>
     <w:rsid w:val="00B42C18"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B52C53"/>
     <w:rsid w:val="00B56544"/>
     <w:rsid w:val="00B57194"/>
     <w:rsid w:val="00B6092D"/>
     <w:rsid w:val="00B65A73"/>
     <w:rsid w:val="00B71C37"/>
     <w:rsid w:val="00B77C83"/>
     <w:rsid w:val="00B8310D"/>
     <w:rsid w:val="00B8313D"/>
     <w:rsid w:val="00B90243"/>
     <w:rsid w:val="00B9405A"/>
     <w:rsid w:val="00BA0C81"/>
     <w:rsid w:val="00BA3983"/>
     <w:rsid w:val="00BA6E68"/>
     <w:rsid w:val="00BA7EDD"/>
     <w:rsid w:val="00BB4A9D"/>
     <w:rsid w:val="00BB777D"/>
+    <w:rsid w:val="00BB7897"/>
     <w:rsid w:val="00BC1A28"/>
     <w:rsid w:val="00BC476C"/>
     <w:rsid w:val="00BC728A"/>
     <w:rsid w:val="00BD4305"/>
     <w:rsid w:val="00BD495F"/>
     <w:rsid w:val="00BD5A5C"/>
     <w:rsid w:val="00BD786F"/>
     <w:rsid w:val="00BE00DB"/>
     <w:rsid w:val="00BE04ED"/>
     <w:rsid w:val="00BE4662"/>
     <w:rsid w:val="00BE4B0C"/>
     <w:rsid w:val="00BE4D4A"/>
     <w:rsid w:val="00BE5896"/>
+    <w:rsid w:val="00BE6DC8"/>
     <w:rsid w:val="00BE6E3E"/>
     <w:rsid w:val="00BE79EB"/>
     <w:rsid w:val="00BE7E59"/>
+    <w:rsid w:val="00BE7FDB"/>
     <w:rsid w:val="00BF6735"/>
     <w:rsid w:val="00BF6C10"/>
     <w:rsid w:val="00BF7736"/>
+    <w:rsid w:val="00C01CE7"/>
     <w:rsid w:val="00C01D4C"/>
     <w:rsid w:val="00C0225C"/>
     <w:rsid w:val="00C07ECE"/>
     <w:rsid w:val="00C10D64"/>
     <w:rsid w:val="00C114A8"/>
     <w:rsid w:val="00C152DB"/>
     <w:rsid w:val="00C20765"/>
     <w:rsid w:val="00C21382"/>
     <w:rsid w:val="00C23AF9"/>
     <w:rsid w:val="00C2596A"/>
     <w:rsid w:val="00C3291B"/>
     <w:rsid w:val="00C335C9"/>
+    <w:rsid w:val="00C361CE"/>
     <w:rsid w:val="00C434BA"/>
+    <w:rsid w:val="00C4399F"/>
     <w:rsid w:val="00C442F1"/>
     <w:rsid w:val="00C4457B"/>
     <w:rsid w:val="00C4778B"/>
     <w:rsid w:val="00C51A53"/>
     <w:rsid w:val="00C523ED"/>
     <w:rsid w:val="00C55231"/>
     <w:rsid w:val="00C55697"/>
     <w:rsid w:val="00C56248"/>
     <w:rsid w:val="00C600FF"/>
     <w:rsid w:val="00C61455"/>
     <w:rsid w:val="00C63D31"/>
     <w:rsid w:val="00C6550B"/>
     <w:rsid w:val="00C6604E"/>
     <w:rsid w:val="00C66F3C"/>
     <w:rsid w:val="00C70476"/>
     <w:rsid w:val="00C72AC3"/>
     <w:rsid w:val="00C72F54"/>
     <w:rsid w:val="00C8161D"/>
     <w:rsid w:val="00C835A0"/>
     <w:rsid w:val="00C85CBE"/>
     <w:rsid w:val="00C9194C"/>
     <w:rsid w:val="00C92B5E"/>
     <w:rsid w:val="00C94C0B"/>
     <w:rsid w:val="00C960A3"/>
     <w:rsid w:val="00CA0DCB"/>
     <w:rsid w:val="00CA288F"/>
     <w:rsid w:val="00CA34B9"/>
     <w:rsid w:val="00CA399B"/>
     <w:rsid w:val="00CB093A"/>
     <w:rsid w:val="00CB0CC0"/>
+    <w:rsid w:val="00CB3219"/>
     <w:rsid w:val="00CB37CA"/>
     <w:rsid w:val="00CB54A5"/>
     <w:rsid w:val="00CB660B"/>
     <w:rsid w:val="00CC06CC"/>
     <w:rsid w:val="00CC1581"/>
     <w:rsid w:val="00CC3002"/>
     <w:rsid w:val="00CD346D"/>
     <w:rsid w:val="00CD36E0"/>
     <w:rsid w:val="00CD38B6"/>
     <w:rsid w:val="00CD4111"/>
     <w:rsid w:val="00CD4826"/>
     <w:rsid w:val="00CD5FC8"/>
     <w:rsid w:val="00CD700F"/>
     <w:rsid w:val="00CE011D"/>
     <w:rsid w:val="00CE014E"/>
     <w:rsid w:val="00CE0BC4"/>
     <w:rsid w:val="00CE293F"/>
     <w:rsid w:val="00CE40EA"/>
+    <w:rsid w:val="00CE6BEB"/>
+    <w:rsid w:val="00CF022E"/>
     <w:rsid w:val="00CF14C0"/>
     <w:rsid w:val="00CF6AEE"/>
     <w:rsid w:val="00D003AB"/>
     <w:rsid w:val="00D009C6"/>
     <w:rsid w:val="00D0770D"/>
     <w:rsid w:val="00D10BC4"/>
     <w:rsid w:val="00D10EC1"/>
     <w:rsid w:val="00D12D30"/>
     <w:rsid w:val="00D17D3E"/>
     <w:rsid w:val="00D2052F"/>
     <w:rsid w:val="00D2360B"/>
     <w:rsid w:val="00D23DF1"/>
     <w:rsid w:val="00D346DA"/>
     <w:rsid w:val="00D34D0B"/>
     <w:rsid w:val="00D35CA2"/>
     <w:rsid w:val="00D377C2"/>
     <w:rsid w:val="00D37D17"/>
     <w:rsid w:val="00D404EA"/>
     <w:rsid w:val="00D427CD"/>
     <w:rsid w:val="00D43F36"/>
     <w:rsid w:val="00D4407E"/>
+    <w:rsid w:val="00D471FA"/>
+    <w:rsid w:val="00D47501"/>
     <w:rsid w:val="00D527B0"/>
     <w:rsid w:val="00D5644C"/>
     <w:rsid w:val="00D57661"/>
     <w:rsid w:val="00D6272D"/>
     <w:rsid w:val="00D6317B"/>
     <w:rsid w:val="00D637E9"/>
     <w:rsid w:val="00D6382D"/>
     <w:rsid w:val="00D63DBE"/>
     <w:rsid w:val="00D64974"/>
     <w:rsid w:val="00D73522"/>
     <w:rsid w:val="00D742CD"/>
     <w:rsid w:val="00D7604E"/>
     <w:rsid w:val="00D80A28"/>
     <w:rsid w:val="00D83D4A"/>
     <w:rsid w:val="00D84E80"/>
+    <w:rsid w:val="00D85D75"/>
     <w:rsid w:val="00D865FA"/>
     <w:rsid w:val="00D874D2"/>
     <w:rsid w:val="00D907A0"/>
     <w:rsid w:val="00D92C87"/>
     <w:rsid w:val="00D93E1A"/>
     <w:rsid w:val="00D94824"/>
     <w:rsid w:val="00D97E98"/>
     <w:rsid w:val="00DA1968"/>
     <w:rsid w:val="00DA4A48"/>
     <w:rsid w:val="00DA5D66"/>
     <w:rsid w:val="00DB0FC5"/>
     <w:rsid w:val="00DB103C"/>
     <w:rsid w:val="00DB104F"/>
     <w:rsid w:val="00DB2781"/>
     <w:rsid w:val="00DB2997"/>
     <w:rsid w:val="00DC62F5"/>
     <w:rsid w:val="00DD4F21"/>
     <w:rsid w:val="00DD5991"/>
     <w:rsid w:val="00DD7E90"/>
     <w:rsid w:val="00DE00BF"/>
     <w:rsid w:val="00DE041F"/>
     <w:rsid w:val="00DE49B3"/>
     <w:rsid w:val="00DF0BC0"/>
     <w:rsid w:val="00DF1A9C"/>
     <w:rsid w:val="00DF293C"/>
     <w:rsid w:val="00DF2A4C"/>
     <w:rsid w:val="00DF374C"/>
     <w:rsid w:val="00DF6009"/>
+    <w:rsid w:val="00DF7D02"/>
     <w:rsid w:val="00E003CA"/>
     <w:rsid w:val="00E024C9"/>
+    <w:rsid w:val="00E042E8"/>
     <w:rsid w:val="00E115F4"/>
     <w:rsid w:val="00E14433"/>
+    <w:rsid w:val="00E160DD"/>
     <w:rsid w:val="00E20D0F"/>
     <w:rsid w:val="00E21ACF"/>
     <w:rsid w:val="00E2407B"/>
     <w:rsid w:val="00E2409F"/>
     <w:rsid w:val="00E3009C"/>
     <w:rsid w:val="00E30B3C"/>
+    <w:rsid w:val="00E337F3"/>
     <w:rsid w:val="00E356ED"/>
     <w:rsid w:val="00E374E7"/>
     <w:rsid w:val="00E37885"/>
     <w:rsid w:val="00E4096A"/>
     <w:rsid w:val="00E43261"/>
     <w:rsid w:val="00E51180"/>
     <w:rsid w:val="00E5705F"/>
     <w:rsid w:val="00E60C42"/>
     <w:rsid w:val="00E61C9B"/>
+    <w:rsid w:val="00E638CE"/>
     <w:rsid w:val="00E639C7"/>
+    <w:rsid w:val="00E711D3"/>
     <w:rsid w:val="00E72AA7"/>
+    <w:rsid w:val="00E73F13"/>
     <w:rsid w:val="00E74F51"/>
     <w:rsid w:val="00E77AF4"/>
     <w:rsid w:val="00E825DC"/>
     <w:rsid w:val="00E84290"/>
     <w:rsid w:val="00E907B6"/>
     <w:rsid w:val="00E91762"/>
     <w:rsid w:val="00E9260C"/>
     <w:rsid w:val="00E95000"/>
     <w:rsid w:val="00EA410E"/>
     <w:rsid w:val="00EA4D8D"/>
     <w:rsid w:val="00EA61F4"/>
     <w:rsid w:val="00EA7D1C"/>
     <w:rsid w:val="00EC08BD"/>
     <w:rsid w:val="00EC242A"/>
     <w:rsid w:val="00EC5477"/>
     <w:rsid w:val="00EC5ABB"/>
+    <w:rsid w:val="00EC72F9"/>
     <w:rsid w:val="00EC7344"/>
     <w:rsid w:val="00EC7ECC"/>
     <w:rsid w:val="00ED01CE"/>
     <w:rsid w:val="00ED0DCD"/>
     <w:rsid w:val="00ED10B3"/>
+    <w:rsid w:val="00ED183B"/>
     <w:rsid w:val="00ED21B3"/>
+    <w:rsid w:val="00ED4077"/>
     <w:rsid w:val="00ED492C"/>
     <w:rsid w:val="00ED4B1D"/>
     <w:rsid w:val="00EF1236"/>
     <w:rsid w:val="00EF54DC"/>
     <w:rsid w:val="00F0034D"/>
     <w:rsid w:val="00F051CD"/>
     <w:rsid w:val="00F06C9A"/>
     <w:rsid w:val="00F071C3"/>
     <w:rsid w:val="00F07BAA"/>
     <w:rsid w:val="00F1287C"/>
+    <w:rsid w:val="00F143BE"/>
     <w:rsid w:val="00F1451F"/>
     <w:rsid w:val="00F14A67"/>
     <w:rsid w:val="00F15BF8"/>
     <w:rsid w:val="00F21ECE"/>
     <w:rsid w:val="00F24E44"/>
     <w:rsid w:val="00F25727"/>
     <w:rsid w:val="00F25941"/>
     <w:rsid w:val="00F26B87"/>
     <w:rsid w:val="00F27176"/>
     <w:rsid w:val="00F30809"/>
     <w:rsid w:val="00F30FC1"/>
     <w:rsid w:val="00F336DF"/>
     <w:rsid w:val="00F466DD"/>
     <w:rsid w:val="00F51EBA"/>
     <w:rsid w:val="00F525E9"/>
     <w:rsid w:val="00F52CBE"/>
     <w:rsid w:val="00F52EC1"/>
     <w:rsid w:val="00F53D32"/>
     <w:rsid w:val="00F559F4"/>
     <w:rsid w:val="00F6192B"/>
     <w:rsid w:val="00F71D0E"/>
     <w:rsid w:val="00F7294D"/>
     <w:rsid w:val="00F80121"/>
     <w:rsid w:val="00F80680"/>
     <w:rsid w:val="00F82DCC"/>
     <w:rsid w:val="00F84664"/>
     <w:rsid w:val="00F84886"/>
     <w:rsid w:val="00F866B4"/>
     <w:rsid w:val="00F87219"/>
     <w:rsid w:val="00F9263E"/>
     <w:rsid w:val="00F92A99"/>
     <w:rsid w:val="00F9538C"/>
     <w:rsid w:val="00F971DA"/>
     <w:rsid w:val="00FA135F"/>
     <w:rsid w:val="00FA1A1D"/>
     <w:rsid w:val="00FA2545"/>
+    <w:rsid w:val="00FA3E95"/>
     <w:rsid w:val="00FB01D1"/>
     <w:rsid w:val="00FB1A21"/>
     <w:rsid w:val="00FB1D17"/>
     <w:rsid w:val="00FB226F"/>
     <w:rsid w:val="00FB2A6C"/>
     <w:rsid w:val="00FB3630"/>
     <w:rsid w:val="00FB5112"/>
     <w:rsid w:val="00FC080B"/>
     <w:rsid w:val="00FC1907"/>
     <w:rsid w:val="00FC61A0"/>
     <w:rsid w:val="00FC71DA"/>
     <w:rsid w:val="00FC772C"/>
     <w:rsid w:val="00FD04FB"/>
     <w:rsid w:val="00FD4525"/>
     <w:rsid w:val="00FD7AB6"/>
     <w:rsid w:val="00FE16D2"/>
     <w:rsid w:val="00FE1A89"/>
     <w:rsid w:val="00FE290C"/>
     <w:rsid w:val="00FE386C"/>
     <w:rsid w:val="00FE4FDD"/>
     <w:rsid w:val="00FF0278"/>
     <w:rsid w:val="00FF06EE"/>
     <w:rsid w:val="00FF1283"/>
     <w:rsid w:val="00FF16B0"/>
     <w:rsid w:val="00FF1D33"/>
@@ -14146,59 +14353,59 @@
     <w:rsid w:val="75C6CA3D"/>
     <w:rsid w:val="7C0207BF"/>
     <w:rsid w:val="7E71F5A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E22ECDE"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14548,640 +14755,640 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F26B87"/>
     <w:pPr>
       <w:spacing w:after="220" w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop1Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005E1882"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop2Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003B1FD0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="232322"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop3Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F51EBA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop4Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00485567"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="TitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="1134"/>
       <w:contextualSpacing/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="232322"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
-[...2 lines deleted...]
-    <w:link w:val="Titel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="232322"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ondertitel">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="OndertitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:ind w:right="1134"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:smallCaps/>
       <w:color w:val="232322"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
-[...2 lines deleted...]
-    <w:link w:val="Ondertitel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:smallCaps/>
       <w:color w:val="232322"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Koptekst">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="KoptekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Koptekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voettekst">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoettekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C41B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voettekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009C41B8"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B10607"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005E1882"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003B1FD0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="232322"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voetnoottekst">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoetnoottekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0017706D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voetnoottekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Voetnootmarkering">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelraster">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Standaardtabel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0017706D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="0017706D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Nadruk">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0017706D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Verwijzingopmerking">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstopmerking">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="TekstopmerkingChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2464"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstopmerkingChar">
-[...2 lines deleted...]
-    <w:link w:val="Tekstopmerking"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Onderwerpvanopmerking">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Tekstopmerking"/>
-[...1 lines deleted...]
-    <w:link w:val="OnderwerpvanopmerkingChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OnderwerpvanopmerkingChar">
-[...2 lines deleted...]
-    <w:link w:val="Onderwerpvanopmerking"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003B2464"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Onopgelostemelding">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00740406"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F51EBA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B5FE7"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00485567"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Geenafstand">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00E20D0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballontekst">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="BallontekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F53D32"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballontekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F53D32"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisie">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000C546E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="140971675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="157426691">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15340,51 +15547,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1766998884">
           <w:marLeft w:val="1267"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/s/wyG1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15655,135 +15862,164 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1e6df36193c9e310e6fac5631e2201b" ns2:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="9499400d38a9f9d214d14d91a668f6d6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9788433e-09c9-45d6-b37e-647a3dcd40bc" xmlns:ns3="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d05fed5db075eb8ebc7a69d832869e4" ns2:_="" ns3:_="">
     <xsd:import namespace="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9788433e-09c9-45d6-b37e-647a3dcd40bc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="20" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a9791f0e-b41f-4de0-98e2-7befb4a51de1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -15841,114 +16077,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C67E0317-7BB6-4E96-9E95-A31ACD3A8391}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7E5F96A-CAEB-4FC9-84A6-DEFD30025F84}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{345B8583-B0D7-40A7-83E7-B43ED81A42C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFACD21A-903A-4CA1-9E43-413D4AE85209}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25B35504-7B19-4592-A555-90456BDF49EA}"/>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>1975</Words>
-  <Characters>10866</Characters>
+  <Words>2031</Words>
+  <Characters>11171</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>25</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12816</CharactersWithSpaces>
+  <CharactersWithSpaces>13176</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>