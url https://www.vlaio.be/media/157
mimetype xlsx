--- v0 (2025-10-19)
+++ v1 (2026-01-27)
@@ -1,62 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-GIS/Bezettingstabellen/Bezettingstabel_2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/idris_peiren_vlaio_be/Documents/Projecten/Bezettingstabellen/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="40" documentId="13_ncr:1_{E868B34E-19C9-4687-921B-39831177067A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0CE58FEC-2B52-4201-86C8-00FADD49E8BC}"/>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{EEBFB779-B044-4D11-97D1-A835416AF8A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B311082B-42F2-4B7A-AF87-71FB26FA2174}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bezettingstabel" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -177,85 +178,78 @@
   <si>
     <t>Limburg</t>
   </si>
   <si>
     <t>Oost-Vlaanderen</t>
   </si>
   <si>
     <t>Vlaams Brabant</t>
   </si>
   <si>
     <t>West-Vlaanderen</t>
   </si>
   <si>
     <t>Vlaanderen</t>
   </si>
   <si>
     <t>Buiten poorten</t>
   </si>
   <si>
     <t>Oppervlakte (ha)</t>
   </si>
   <si>
     <t>Totaal gekarteerd (zie tabel):</t>
   </si>
   <si>
-    <t>Niet gekarteerd t.o.v. RWO:</t>
-[...1 lines deleted...]
-  <si>
     <t>Totaal:</t>
   </si>
   <si>
     <t>Binnen poorten (geen details)</t>
   </si>
   <si>
     <t>Totaal gekarteerd:</t>
   </si>
   <si>
     <t>Totaal Vlaanderen:</t>
   </si>
   <si>
+    <t>Niet gekarteerd t.o.v. ruimteboekhouding</t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...6 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Opmerking: </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>De vergelijking met de ruimteboekhouding van Departement Omgeving is voor de versie van januari gebaseerd op de versie van 2024. Van zodra de ruimteboekhouding van 2025 beschibaar is, worden deze cijfers geactualiseerd (mei 2025)</t>
+      <t>De vergelijking met de ruimteboekhouding van Departement Omgeving is voor de versie van januari gebaseerd op de versie van 01/01/2025. Van zodra de ruimteboekhouding van 2026 beschibaar is, worden deze cijfers geactualiseerd (mei 2026)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -373,63 +367,65 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="44">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59996337778862885"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
@@ -911,66 +907,66 @@
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFF0000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color rgb="FFFF0000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="medium">
         <color rgb="FFFF0000"/>
       </right>
       <top style="medium">
         <color rgb="FFFF0000"/>
       </top>
-      <bottom/>
-[...7 lines deleted...]
-      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFFF0000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFF0000"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1126,75 +1122,75 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="8" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="43" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="43" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="8" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="8" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -1515,53 +1511,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Blad1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S23"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="B14" sqref="B14"/>
+      <selection pane="topRight" activeCell="H21" sqref="H21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="40.6640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.6640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.5546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.44140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="29.6640625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="32.33203125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="24.6640625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="22.33203125" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="19.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="22.33203125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.33203125" customWidth="1"/>
     <col min="19" max="19" width="18.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
@@ -1673,602 +1669,602 @@
         <v>18</v>
       </c>
       <c r="M5" s="27" t="s">
         <v>19</v>
       </c>
       <c r="N5" s="27" t="s">
         <v>20</v>
       </c>
       <c r="O5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="43" t="s">
         <v>22</v>
       </c>
       <c r="S5" s="42" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="8">
-        <v>1322.18</v>
+        <v>1333.54</v>
       </c>
       <c r="C6" s="8">
-        <v>7765.11</v>
+        <v>7795.95</v>
       </c>
       <c r="D6" s="8">
-        <v>445.58</v>
+        <v>444.15</v>
       </c>
       <c r="E6" s="8">
-        <v>232.96</v>
+        <v>231.67</v>
       </c>
       <c r="F6" s="8">
-        <v>10.46</v>
+        <v>2.74</v>
       </c>
       <c r="G6" s="8">
-        <v>46.93</v>
+        <v>45.8</v>
       </c>
       <c r="H6" s="8">
-        <v>199.97</v>
+        <v>200.98</v>
       </c>
       <c r="I6" s="8">
-        <v>183.86</v>
+        <v>202.48</v>
       </c>
       <c r="J6" s="8">
-        <v>54.83</v>
+        <v>46.42</v>
       </c>
       <c r="K6" s="8">
-        <v>78.88</v>
+        <v>72.73</v>
       </c>
       <c r="L6" s="8">
-        <v>60.92</v>
+        <v>64.13</v>
       </c>
       <c r="M6" s="8">
         <v>22.15</v>
       </c>
       <c r="N6" s="8">
-        <v>224.36</v>
+        <v>216.8</v>
       </c>
       <c r="O6" s="8">
         <v>19.61</v>
       </c>
       <c r="P6" s="8">
-        <v>233.46</v>
+        <v>223.36</v>
       </c>
       <c r="Q6" s="8">
-        <v>232.03</v>
+        <v>179.47</v>
       </c>
       <c r="R6" s="48">
         <f>SUM(B6:Q6)</f>
-        <v>11133.289999999997</v>
+        <v>11101.979999999996</v>
       </c>
       <c r="S6" s="41">
         <f t="shared" ref="S6:S10" si="0">(B6+C6+D6+E6+F6+H6)/R6*100</f>
-        <v>89.607474520110401</v>
+        <v>90.155359674580595</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="8">
-        <v>1440.14</v>
+        <v>1458.09</v>
       </c>
       <c r="C7" s="8">
-        <v>6454.48</v>
+        <v>6622.05</v>
       </c>
       <c r="D7" s="8">
-        <v>229.17</v>
+        <v>233.41</v>
       </c>
       <c r="E7" s="8">
-        <v>298</v>
+        <v>209.03</v>
       </c>
       <c r="F7" s="8">
         <v>0</v>
       </c>
       <c r="G7" s="8">
+        <v>240.71</v>
+      </c>
+      <c r="H7" s="8">
+        <v>839.43</v>
+      </c>
+      <c r="I7" s="8">
+        <v>517.62</v>
+      </c>
+      <c r="J7" s="8">
+        <v>198.81</v>
+      </c>
+      <c r="K7" s="8">
+        <v>1.3</v>
+      </c>
+      <c r="L7" s="8">
+        <v>47.25</v>
+      </c>
+      <c r="M7" s="8">
+        <v>19.329999999999998</v>
+      </c>
+      <c r="N7" s="8">
         <v>299.87</v>
       </c>
-      <c r="H7" s="8">
-[...19 lines deleted...]
-      </c>
       <c r="O7" s="8">
-        <v>54.18</v>
+        <v>49.54</v>
       </c>
       <c r="P7" s="8">
-        <v>214.45</v>
+        <v>128.26</v>
       </c>
       <c r="Q7" s="8">
-        <v>352.06</v>
+        <v>244.29</v>
       </c>
       <c r="R7" s="48">
         <f t="shared" ref="R7:R10" si="1">SUM(B7:Q7)</f>
-        <v>11035.780000000002</v>
+        <v>11108.990000000003</v>
       </c>
       <c r="S7" s="41">
         <f t="shared" si="0"/>
-        <v>84.385516927666174</v>
+        <v>84.274177940568848</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="8">
-        <v>1092.79</v>
+        <v>1080.33</v>
       </c>
       <c r="C8" s="8">
-        <v>5808.72</v>
+        <v>5851.25</v>
       </c>
       <c r="D8" s="8">
-        <v>452.57</v>
+        <v>451.42</v>
       </c>
       <c r="E8" s="8">
-        <v>255.21</v>
+        <v>223.01</v>
       </c>
       <c r="F8" s="8">
         <v>0</v>
       </c>
       <c r="G8" s="8">
-        <v>66.400000000000006</v>
+        <v>83.17</v>
       </c>
       <c r="H8" s="8">
-        <v>163.25</v>
+        <v>177.76</v>
       </c>
       <c r="I8" s="8">
-        <v>169.55</v>
+        <v>164.73</v>
       </c>
       <c r="J8" s="8">
-        <v>11.97</v>
+        <v>10.83</v>
       </c>
       <c r="K8" s="8">
-        <v>123.01</v>
+        <v>130.46</v>
       </c>
       <c r="L8" s="8">
-        <v>83.9</v>
+        <v>101.9</v>
       </c>
       <c r="M8" s="8">
-        <v>48.79</v>
+        <v>30.98</v>
       </c>
       <c r="N8" s="8">
-        <v>165.39</v>
+        <v>165.85</v>
       </c>
       <c r="O8" s="8">
-        <v>29.37</v>
+        <v>30.65</v>
       </c>
       <c r="P8" s="8">
-        <v>157.72</v>
+        <v>151.56</v>
       </c>
       <c r="Q8" s="8">
-        <v>190.97</v>
+        <v>170.81</v>
       </c>
       <c r="R8" s="48">
         <f t="shared" si="1"/>
-        <v>8819.61</v>
+        <v>8824.7099999999991</v>
       </c>
       <c r="S8" s="41">
         <f t="shared" si="0"/>
-        <v>88.127933094547259</v>
+        <v>88.204258270243457</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="8">
-        <v>750.66</v>
+        <v>750.17</v>
       </c>
       <c r="C9" s="8">
-        <v>3666.65</v>
+        <v>3687.07</v>
       </c>
       <c r="D9" s="8">
-        <v>244.89</v>
+        <v>242</v>
       </c>
       <c r="E9" s="8">
-        <v>141.97999999999999</v>
+        <v>134.66999999999999</v>
       </c>
       <c r="F9" s="8">
-        <v>0.59</v>
+        <v>0.43</v>
       </c>
       <c r="G9" s="8">
-        <v>63.36</v>
+        <v>48.98</v>
       </c>
       <c r="H9" s="8">
-        <v>163.75</v>
+        <v>176.21</v>
       </c>
       <c r="I9" s="8">
-        <v>206.29</v>
+        <v>182.58</v>
       </c>
       <c r="J9" s="8">
-        <v>133.94</v>
+        <v>123.55</v>
       </c>
       <c r="K9" s="8">
-        <v>27.52</v>
+        <v>22.82</v>
       </c>
       <c r="L9" s="8">
-        <v>48.14</v>
+        <v>67.66</v>
       </c>
       <c r="M9" s="8">
-        <v>45.5</v>
+        <v>28.73</v>
       </c>
       <c r="N9" s="8">
-        <v>297.75</v>
+        <v>288.92</v>
       </c>
       <c r="O9" s="8">
-        <v>19.309999999999999</v>
+        <v>21.37</v>
       </c>
       <c r="P9" s="8">
-        <v>44.79</v>
+        <v>45.69</v>
       </c>
       <c r="Q9" s="8">
-        <v>36.590000000000003</v>
+        <v>41.17</v>
       </c>
       <c r="R9" s="48">
         <f t="shared" si="1"/>
-        <v>5891.7100000000009</v>
+        <v>5862.0199999999986</v>
       </c>
       <c r="S9" s="41">
         <f t="shared" si="0"/>
-        <v>84.330695163203885</v>
+        <v>85.13362288084997</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="8">
-        <v>1095.82</v>
+        <v>1106.74</v>
       </c>
       <c r="C10" s="8">
-        <v>7690.45</v>
+        <v>7720.01</v>
       </c>
       <c r="D10" s="8">
-        <v>455.8</v>
+        <v>450.11</v>
       </c>
       <c r="E10" s="8">
-        <v>301.51</v>
+        <v>265.88</v>
       </c>
       <c r="F10" s="8">
-        <v>6.1</v>
+        <v>9.27</v>
       </c>
       <c r="G10" s="8">
-        <v>54.78</v>
+        <v>102.21</v>
       </c>
       <c r="H10" s="8">
-        <v>254.44</v>
+        <v>264.66000000000003</v>
       </c>
       <c r="I10" s="8">
-        <v>279.26</v>
+        <v>246.65</v>
       </c>
       <c r="J10" s="8">
-        <v>44.07</v>
+        <v>47.49</v>
       </c>
       <c r="K10" s="8">
-        <v>121.9</v>
+        <v>243.99</v>
       </c>
       <c r="L10" s="8">
-        <v>237.62</v>
+        <v>78.73</v>
       </c>
       <c r="M10" s="8">
-        <v>26.42</v>
+        <v>9.5</v>
       </c>
       <c r="N10" s="8">
-        <v>116.29</v>
+        <v>168.76</v>
       </c>
       <c r="O10" s="8">
-        <v>12.82</v>
+        <v>11.04</v>
       </c>
       <c r="P10" s="8">
-        <v>126.48</v>
+        <v>121.64</v>
       </c>
       <c r="Q10" s="8">
-        <v>164.5</v>
+        <v>168.14</v>
       </c>
       <c r="R10" s="49">
         <f t="shared" si="1"/>
-        <v>10988.260000000002</v>
+        <v>11014.819999999998</v>
       </c>
       <c r="S10" s="41">
         <f t="shared" si="0"/>
-        <v>89.22358954010916</v>
+        <v>89.122382390270587</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="50">
         <f>SUM(B6:B10)</f>
-        <v>5701.59</v>
+        <v>5728.87</v>
       </c>
       <c r="C11" s="50">
         <f t="shared" ref="C11:Q11" si="2">SUM(C6:C10)</f>
-        <v>31385.410000000003</v>
+        <v>31676.33</v>
       </c>
       <c r="D11" s="50">
         <f t="shared" si="2"/>
-        <v>1828.01</v>
+        <v>1821.0900000000001</v>
       </c>
       <c r="E11" s="50">
         <f t="shared" si="2"/>
-        <v>1229.6600000000001</v>
+        <v>1064.26</v>
       </c>
       <c r="F11" s="50">
         <f t="shared" si="2"/>
-        <v>17.149999999999999</v>
+        <v>12.44</v>
       </c>
       <c r="G11" s="50">
         <f t="shared" si="2"/>
-        <v>531.34</v>
+        <v>520.87</v>
       </c>
       <c r="H11" s="50">
         <f t="shared" si="2"/>
-        <v>1672.22</v>
+        <v>1659.04</v>
       </c>
       <c r="I11" s="50">
         <f t="shared" si="2"/>
-        <v>1110.58</v>
+        <v>1314.0600000000002</v>
       </c>
       <c r="J11" s="50">
         <f t="shared" si="2"/>
-        <v>299.19</v>
+        <v>427.1</v>
       </c>
       <c r="K11" s="50">
         <f t="shared" si="2"/>
-        <v>351.56</v>
+        <v>471.3</v>
       </c>
       <c r="L11" s="50">
         <f t="shared" si="2"/>
-        <v>611.71</v>
+        <v>359.67</v>
       </c>
       <c r="M11" s="50">
         <f t="shared" si="2"/>
-        <v>175.39999999999998</v>
+        <v>110.69</v>
       </c>
       <c r="N11" s="50">
         <f t="shared" si="2"/>
-        <v>1066.49</v>
+        <v>1140.2</v>
       </c>
       <c r="O11" s="50">
         <f t="shared" si="2"/>
-        <v>135.29</v>
+        <v>132.21</v>
       </c>
       <c r="P11" s="50">
         <f t="shared" si="2"/>
-        <v>776.9</v>
+        <v>670.51</v>
       </c>
       <c r="Q11" s="50">
         <f t="shared" si="2"/>
-        <v>976.15000000000009</v>
+        <v>803.87999999999988</v>
       </c>
       <c r="R11" s="11">
         <f>SUM(R6:R10)</f>
-        <v>47868.65</v>
+        <v>47912.52</v>
       </c>
       <c r="S11" s="44">
         <f>(B11+C11+D11+E11+F11+H11)/R11*100</f>
-        <v>87.393398393311713</v>
+        <v>87.580511315205328</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
     </row>
     <row r="13" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="37" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="38" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
     </row>
     <row r="14" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="11">
         <f>SUM(B11:Q11)</f>
-        <v>47868.650000000009</v>
+        <v>47912.520000000011</v>
       </c>
       <c r="C14" s="41">
         <f>(B11+C11+D11+E11+F11+H11)/B14*100</f>
-        <v>87.393398393311699</v>
+        <v>87.5805113152053</v>
       </c>
       <c r="H14" s="3"/>
     </row>
     <row r="15" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B15" s="26">
-        <v>2990</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="26" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="11">
         <f>SUM(B14:B15)</f>
-        <v>50858.650000000009</v>
+        <v>51038.520000000011</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="39"/>
       <c r="B17" s="40"/>
       <c r="D17" s="51" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
-      <c r="G17" s="53"/>
+      <c r="G17" s="55"/>
     </row>
     <row r="18" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="37" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B18" s="40"/>
-      <c r="D18" s="54"/>
-[...1 lines deleted...]
-      <c r="F18" s="55"/>
+      <c r="D18" s="53"/>
+      <c r="E18" s="54"/>
+      <c r="F18" s="54"/>
       <c r="G18" s="56"/>
     </row>
     <row r="19" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="26" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B19" s="26">
         <v>13656</v>
       </c>
-      <c r="D19" s="54"/>
-[...1 lines deleted...]
-      <c r="F19" s="55"/>
+      <c r="D19" s="53"/>
+      <c r="E19" s="54"/>
+      <c r="F19" s="54"/>
       <c r="G19" s="56"/>
     </row>
     <row r="20" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="26" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B20" s="26">
-        <v>2221</v>
+        <v>2218</v>
       </c>
       <c r="D20" s="57"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="59"/>
     </row>
     <row r="21" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="26" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B21" s="11">
         <f>SUM(B19:B20)</f>
-        <v>15877</v>
+        <v>15874</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="23" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="37" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B23" s="38">
         <f>B16+B21</f>
-        <v>66735.650000000009</v>
+        <v>66912.520000000019</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D17:G20"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="51" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d06ec732-2d80-4b24-87af-80ab85db3e04">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b34cf048-79eb-4317-b7ba-a1c40732debe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F224FF2093E7CC4EA1A9163A16CA0249" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a221e5a7b17443a94946b347ea291424">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d06ec732-2d80-4b24-87af-80ab85db3e04" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="457a3d13228e2eb68950fef3a1abe03e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F224FF2093E7CC4EA1A9163A16CA0249" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a789ca8c581eb05423e2fee237c21ebe">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d06ec732-2d80-4b24-87af-80ab85db3e04" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="205e852b3cecdb0d488d70c064d91f8a" ns2:_="" ns3:_="">
     <xsd:import namespace="d06ec732-2d80-4b24-87af-80ab85db3e04"/>
     <xsd:import namespace="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -2428,81 +2424,72 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{466DE88D-C74C-4934-A5F7-2092D6DBB6E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E614DC1-E05C-4F2F-90E1-58495925094B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="d06ec732-2d80-4b24-87af-80ab85db3e04"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E884ECC9-CC9C-477B-BF00-606269320CC5}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79F5AC5B-C8C6-4D2D-8574-89118C6D91CD}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Bezettingstabel</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>VLAO</Company>
   <LinksUpToDate>false</LinksUpToDate>