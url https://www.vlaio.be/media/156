--- v0 (2025-10-16)
+++ v1 (2026-02-14)
@@ -1,104 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-GIS/Bezettingstabellen/Bezettingstabel_2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/idris_peiren_vlaio_be/Documents/Projecten/Bezettingstabellen/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="21" documentId="13_ncr:1_{E361A7CD-3635-421E-848E-E0DD7017F721}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01411468-13C2-4CDC-8698-2302CA2F2209}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{B208EDF9-EE00-4D6A-81F9-B53FAE57E446}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7146C104-91C6-4CD6-842D-4642AEA66848}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
     <sheet name="Blad2" sheetId="2" r:id="rId2"/>
     <sheet name="Blad3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B294" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="B303" i="1" s="1"/>
+  <c r="B301" i="1" l="1"/>
   <c r="S193" i="1"/>
   <c r="S171" i="1"/>
   <c r="S147" i="1"/>
   <c r="S108" i="1"/>
   <c r="S33" i="1"/>
   <c r="T33" i="1" s="1"/>
-  <c r="C294" i="1" l="1"/>
-  <c r="C291" i="1"/>
+  <c r="C291" i="1" l="1"/>
   <c r="D291" i="1"/>
   <c r="E291" i="1"/>
   <c r="F291" i="1"/>
   <c r="G291" i="1"/>
   <c r="H291" i="1"/>
   <c r="I291" i="1"/>
   <c r="J291" i="1"/>
   <c r="K291" i="1"/>
   <c r="L291" i="1"/>
   <c r="M291" i="1"/>
   <c r="N291" i="1"/>
   <c r="O291" i="1"/>
   <c r="P291" i="1"/>
   <c r="Q291" i="1"/>
   <c r="R291" i="1"/>
   <c r="S6" i="1"/>
   <c r="T6" i="1" s="1"/>
   <c r="S7" i="1"/>
   <c r="T7" i="1" s="1"/>
   <c r="S8" i="1"/>
   <c r="T8" i="1" s="1"/>
   <c r="S9" i="1"/>
   <c r="T9" i="1" s="1"/>
   <c r="S10" i="1"/>
   <c r="T10" i="1" s="1"/>
@@ -628,52 +625,56 @@
   <c r="T278" i="1" s="1"/>
   <c r="S279" i="1"/>
   <c r="T279" i="1" s="1"/>
   <c r="S280" i="1"/>
   <c r="T280" i="1" s="1"/>
   <c r="S281" i="1"/>
   <c r="T281" i="1" s="1"/>
   <c r="S282" i="1"/>
   <c r="T282" i="1" s="1"/>
   <c r="S283" i="1"/>
   <c r="T283" i="1" s="1"/>
   <c r="S284" i="1"/>
   <c r="T284" i="1" s="1"/>
   <c r="S285" i="1"/>
   <c r="T285" i="1" s="1"/>
   <c r="S286" i="1"/>
   <c r="T286" i="1" s="1"/>
   <c r="S287" i="1"/>
   <c r="T287" i="1" s="1"/>
   <c r="S288" i="1"/>
   <c r="T288" i="1" s="1"/>
   <c r="S289" i="1"/>
   <c r="T289" i="1" s="1"/>
   <c r="S290" i="1"/>
   <c r="T290" i="1" s="1"/>
-  <c r="S291" i="1" l="1"/>
-  <c r="T291" i="1" l="1"/>
+  <c r="B294" i="1" l="1"/>
+  <c r="B296" i="1" s="1"/>
+  <c r="B303" i="1" s="1"/>
+  <c r="S291" i="1"/>
+  <c r="C294" i="1" l="1"/>
+  <c r="T291" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="605">
   <si>
     <t>Infrastructuur</t>
   </si>
   <si>
     <t>Bebouwd</t>
   </si>
   <si>
     <t>Onbebouwd</t>
   </si>
   <si>
     <t>Bezet</t>
   </si>
   <si>
     <t>Leegstand</t>
   </si>
   <si>
     <t>In (her)ontwikkeling</t>
   </si>
   <si>
     <t>Actief aanbod</t>
@@ -2449,69 +2450,62 @@
     <t>Pajottegem</t>
   </si>
   <si>
     <t>23106</t>
   </si>
   <si>
     <t>Tessenderlo-Ham</t>
   </si>
   <si>
     <t>71071</t>
   </si>
   <si>
     <t>37022</t>
   </si>
   <si>
     <t>Tongeren-Borgloon</t>
   </si>
   <si>
     <t>73111</t>
   </si>
   <si>
     <t>37021</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...6 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Opmerking: </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>De vergelijking met de ruimteboekhouding van Departement Omgeving is voor de versie van januari gebaseerd op de versie van 2024. Van zodra de ruimteboekhouding van 2025 beschibaar is, worden deze cijfers geactualiseerd (mei 2025)</t>
+      <t>De vergelijking met de ruimteboekhouding van Departement Omgeving is voor de versie van januari gebaseerd op de versie van 01/01/2025. Van zodra de ruimteboekhouding van 2026 beschibaar is, worden deze cijfers geactualiseerd (mei 2026)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2626,63 +2620,65 @@
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="44">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -3368,75 +3364,75 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="16" fillId="42" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="43" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="16" fillId="43" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -3758,52 +3754,52 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:T303"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A287" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B295" sqref="B295"/>
+    <sheetView tabSelected="1" topLeftCell="A275" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D297" sqref="D297:G300"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="28.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.33203125" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.5546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.5546875" customWidth="1"/>
     <col min="7" max="7" width="21.6640625" customWidth="1"/>
     <col min="8" max="8" width="13.44140625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="29.6640625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="20" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="32.33203125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.6640625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="24.6640625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="20.6640625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.44140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="17.33203125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="22.33203125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="19.6640625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="19.5546875" bestFit="1" customWidth="1"/>
   </cols>
@@ -3926,1020 +3922,1020 @@
         <v>20</v>
       </c>
       <c r="O5" s="20" t="s">
         <v>21</v>
       </c>
       <c r="P5" s="20" t="s">
         <v>22</v>
       </c>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="30" t="s">
         <v>23</v>
       </c>
       <c r="T5" s="30" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="46">
-        <v>54.18</v>
+        <v>54.39</v>
       </c>
       <c r="D6" s="46">
-        <v>275.88</v>
+        <v>281.58999999999997</v>
       </c>
       <c r="E6" s="46">
-        <v>22.71</v>
+        <v>22.41</v>
       </c>
       <c r="F6" s="46">
-        <v>22.69</v>
+        <v>10.130000000000001</v>
       </c>
       <c r="G6" s="46">
         <v>0</v>
       </c>
       <c r="H6" s="46">
-        <v>0</v>
+        <v>0.26</v>
       </c>
       <c r="I6" s="46">
-        <v>7</v>
+        <v>6.54</v>
       </c>
       <c r="J6" s="46">
-        <v>2.86</v>
+        <v>2.11</v>
       </c>
       <c r="K6" s="46">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="L6" s="46">
         <v>69.81</v>
       </c>
       <c r="M6" s="46">
         <v>0</v>
       </c>
       <c r="N6" s="46">
-        <v>2.08</v>
+        <v>1.41</v>
       </c>
       <c r="O6" s="46">
-        <v>10.51</v>
+        <v>9.94</v>
       </c>
       <c r="P6" s="46">
         <v>0</v>
       </c>
       <c r="Q6" s="46">
-        <v>11.85</v>
+        <v>10.35</v>
       </c>
       <c r="R6" s="46">
-        <v>7.12</v>
+        <v>9.4700000000000006</v>
       </c>
       <c r="S6" s="31">
         <f>SUM(C6:R6)</f>
-        <v>486.95</v>
+        <v>478.41000000000008</v>
       </c>
       <c r="T6" s="40">
         <f t="shared" ref="T6:T69" si="0">(C6+D6+E6+F6+G6+I6)/S6*100</f>
-        <v>78.54194475818872</v>
+        <v>78.397190694174441</v>
       </c>
     </row>
     <row r="7" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="46">
         <v>33</v>
       </c>
       <c r="D7" s="46">
-        <v>177.81</v>
+        <v>178.42</v>
       </c>
       <c r="E7" s="46">
         <v>11.63</v>
       </c>
       <c r="F7" s="46">
-        <v>4.67</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="G7" s="46">
         <v>0</v>
       </c>
       <c r="H7" s="46">
-        <v>1.56</v>
+        <v>0.69</v>
       </c>
       <c r="I7" s="46">
-        <v>5.77</v>
+        <v>11.03</v>
       </c>
       <c r="J7" s="46">
         <v>8.76</v>
       </c>
       <c r="K7" s="46">
         <v>0</v>
       </c>
       <c r="L7" s="46">
         <v>0</v>
       </c>
       <c r="M7" s="46">
         <v>5.74</v>
       </c>
       <c r="N7" s="46">
         <v>0</v>
       </c>
       <c r="O7" s="46">
         <v>1.31</v>
       </c>
       <c r="P7" s="46">
         <v>0</v>
       </c>
       <c r="Q7" s="46">
         <v>1.69</v>
       </c>
       <c r="R7" s="46">
-        <v>16.32</v>
+        <v>11.25</v>
       </c>
       <c r="S7" s="31">
         <f t="shared" ref="S7:S71" si="1">SUM(C7:R7)</f>
-        <v>268.26</v>
+        <v>268.37</v>
       </c>
       <c r="T7" s="40">
         <f t="shared" si="0"/>
-        <v>86.811302467755169</v>
+        <v>89.03007042515928</v>
       </c>
     </row>
     <row r="8" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="46">
-        <v>32.909999999999997</v>
+        <v>32.840000000000003</v>
       </c>
       <c r="D8" s="46">
-        <v>138.75</v>
+        <v>138.16999999999999</v>
       </c>
       <c r="E8" s="46">
-        <v>18.38</v>
+        <v>18.05</v>
       </c>
       <c r="F8" s="46">
-        <v>2.2000000000000002</v>
+        <v>3.52</v>
       </c>
       <c r="G8" s="46">
         <v>0</v>
       </c>
       <c r="H8" s="46">
         <v>0</v>
       </c>
       <c r="I8" s="46">
-        <v>2.73</v>
+        <v>3.84</v>
       </c>
       <c r="J8" s="46">
         <v>2.44</v>
       </c>
       <c r="K8" s="46">
-        <v>3.28</v>
+        <v>2.16</v>
       </c>
       <c r="L8" s="46">
         <v>3.57</v>
       </c>
       <c r="M8" s="46">
         <v>0.2</v>
       </c>
       <c r="N8" s="46">
         <v>1.08</v>
       </c>
       <c r="O8" s="46">
-        <v>10.95</v>
+        <v>10.76</v>
       </c>
       <c r="P8" s="46">
         <v>0.65</v>
       </c>
       <c r="Q8" s="46">
         <v>0.77</v>
       </c>
       <c r="R8" s="46">
         <v>0.31</v>
       </c>
       <c r="S8" s="31">
         <f t="shared" si="1"/>
-        <v>218.21999999999997</v>
+        <v>218.36</v>
       </c>
       <c r="T8" s="40">
         <f t="shared" si="0"/>
-        <v>89.345614517459452</v>
+        <v>89.952372229346039</v>
       </c>
     </row>
     <row r="9" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="46">
-        <v>18.68</v>
+        <v>19.37</v>
       </c>
       <c r="D9" s="46">
-        <v>140.58000000000001</v>
+        <v>139.34</v>
       </c>
       <c r="E9" s="46">
         <v>6.28</v>
       </c>
       <c r="F9" s="46">
-        <v>1</v>
+        <v>2.2400000000000002</v>
       </c>
       <c r="G9" s="46">
         <v>0</v>
       </c>
       <c r="H9" s="46">
         <v>0.77</v>
       </c>
       <c r="I9" s="46">
-        <v>1.41</v>
+        <v>0.73</v>
       </c>
       <c r="J9" s="46">
-        <v>3.65</v>
+        <v>3.64</v>
       </c>
       <c r="K9" s="46">
         <v>0</v>
       </c>
       <c r="L9" s="46">
         <v>0</v>
       </c>
       <c r="M9" s="46">
         <v>0</v>
       </c>
       <c r="N9" s="46">
         <v>0.17</v>
       </c>
       <c r="O9" s="46">
         <v>2.82</v>
       </c>
       <c r="P9" s="46">
         <v>1.05</v>
       </c>
       <c r="Q9" s="46">
         <v>2.3199999999999998</v>
       </c>
       <c r="R9" s="46">
         <v>0.77</v>
       </c>
       <c r="S9" s="31">
         <f t="shared" si="1"/>
-        <v>179.50000000000003</v>
+        <v>179.5</v>
       </c>
       <c r="T9" s="40">
         <f t="shared" si="0"/>
-        <v>93.565459610027844</v>
+        <v>93.571030640668525</v>
       </c>
     </row>
     <row r="10" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="46">
-        <v>1.52</v>
+        <v>1.97</v>
       </c>
       <c r="D10" s="46">
-        <v>16.260000000000002</v>
+        <v>16.170000000000002</v>
       </c>
       <c r="E10" s="46">
-        <v>2.41</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="F10" s="46">
-        <v>0.85</v>
+        <v>0.49</v>
       </c>
       <c r="G10" s="46">
         <v>0</v>
       </c>
       <c r="H10" s="46">
         <v>0</v>
       </c>
       <c r="I10" s="46">
         <v>0.35</v>
       </c>
       <c r="J10" s="46">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="K10" s="46">
         <v>0</v>
       </c>
       <c r="L10" s="46">
         <v>0.09</v>
       </c>
       <c r="M10" s="46">
         <v>0</v>
       </c>
       <c r="N10" s="46">
         <v>0.38</v>
       </c>
       <c r="O10" s="46">
-        <v>3.75</v>
+        <v>3.03</v>
       </c>
       <c r="P10" s="46">
         <v>0</v>
       </c>
       <c r="Q10" s="46">
-        <v>0.23</v>
+        <v>0.05</v>
       </c>
       <c r="R10" s="46">
-        <v>0</v>
+        <v>0.16</v>
       </c>
       <c r="S10" s="31">
         <f t="shared" si="1"/>
-        <v>26.240000000000002</v>
+        <v>25.240000000000002</v>
       </c>
       <c r="T10" s="40">
         <f t="shared" si="0"/>
-        <v>81.51676829268294</v>
+        <v>84.31061806656102</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="46">
-        <v>8</v>
+        <v>7.94</v>
       </c>
       <c r="D11" s="46">
-        <v>55.12</v>
+        <v>55.53</v>
       </c>
       <c r="E11" s="46">
-        <v>5.17</v>
+        <v>4.6100000000000003</v>
       </c>
       <c r="F11" s="46">
-        <v>2.61</v>
+        <v>1.1200000000000001</v>
       </c>
       <c r="G11" s="46">
         <v>0</v>
       </c>
       <c r="H11" s="46">
         <v>0</v>
       </c>
       <c r="I11" s="46">
-        <v>0.54</v>
+        <v>0.33</v>
       </c>
       <c r="J11" s="46">
-        <v>0</v>
+        <v>1.95</v>
       </c>
       <c r="K11" s="46">
         <v>0</v>
       </c>
       <c r="L11" s="46">
         <v>0</v>
       </c>
       <c r="M11" s="46">
+        <v>0</v>
+      </c>
+      <c r="N11" s="46">
+        <v>0</v>
+      </c>
+      <c r="O11" s="46">
+        <v>22.87</v>
+      </c>
+      <c r="P11" s="46">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="46">
         <v>0.6</v>
       </c>
-      <c r="N11" s="46">
-[...10 lines deleted...]
-      </c>
       <c r="R11" s="46">
-        <v>1.41</v>
+        <v>2.98</v>
       </c>
       <c r="S11" s="31">
         <f t="shared" si="1"/>
-        <v>97.919999999999987</v>
+        <v>97.93</v>
       </c>
       <c r="T11" s="40">
         <f t="shared" si="0"/>
-        <v>72.957516339869287</v>
+        <v>70.999693658735836</v>
       </c>
     </row>
     <row r="12" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="46">
         <v>1.32</v>
       </c>
       <c r="D12" s="46">
-        <v>16.97</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="E12" s="46">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
       <c r="F12" s="46">
         <v>0.25</v>
       </c>
       <c r="G12" s="46">
         <v>0</v>
       </c>
       <c r="H12" s="46">
         <v>0</v>
       </c>
       <c r="I12" s="46">
         <v>0.03</v>
       </c>
       <c r="J12" s="46">
         <v>0</v>
       </c>
       <c r="K12" s="46">
         <v>0</v>
       </c>
       <c r="L12" s="46">
         <v>0</v>
       </c>
       <c r="M12" s="46">
         <v>0</v>
       </c>
       <c r="N12" s="46">
         <v>0</v>
       </c>
       <c r="O12" s="46">
         <v>0</v>
       </c>
       <c r="P12" s="46">
         <v>0</v>
       </c>
       <c r="Q12" s="46">
-        <v>0.64</v>
+        <v>0.15</v>
       </c>
       <c r="R12" s="46">
         <v>0</v>
       </c>
       <c r="S12" s="31">
         <f t="shared" si="1"/>
-        <v>19.23</v>
+        <v>18.940000000000001</v>
       </c>
       <c r="T12" s="40">
         <f t="shared" si="0"/>
-        <v>96.67186687467499</v>
+        <v>99.208025343189021</v>
       </c>
     </row>
     <row r="13" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="46">
-        <v>168</v>
+        <v>171.54</v>
       </c>
       <c r="D13" s="46">
-        <v>631.08000000000004</v>
+        <v>628.25</v>
       </c>
       <c r="E13" s="46">
-        <v>27.74</v>
+        <v>28.28</v>
       </c>
       <c r="F13" s="46">
-        <v>19.45</v>
+        <v>21.3</v>
       </c>
       <c r="G13" s="46">
-        <v>0</v>
+        <v>2.74</v>
       </c>
       <c r="H13" s="46">
-        <v>0.01</v>
+        <v>1.74</v>
       </c>
       <c r="I13" s="46">
-        <v>29.42</v>
+        <v>25.49</v>
       </c>
       <c r="J13" s="46">
-        <v>4.3</v>
+        <v>1.91</v>
       </c>
       <c r="K13" s="46">
         <v>0</v>
       </c>
       <c r="L13" s="46">
-        <v>16.29</v>
+        <v>13.36</v>
       </c>
       <c r="M13" s="46">
         <v>1.33</v>
       </c>
       <c r="N13" s="46">
         <v>0</v>
       </c>
       <c r="O13" s="46">
-        <v>5.81</v>
+        <v>5.51</v>
       </c>
       <c r="P13" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="Q13" s="46">
         <v>8.44</v>
       </c>
       <c r="R13" s="46">
-        <v>8.58</v>
+        <v>11.9</v>
       </c>
       <c r="S13" s="31">
         <f t="shared" si="1"/>
-        <v>920.73</v>
+        <v>922.06999999999994</v>
       </c>
       <c r="T13" s="40">
         <f t="shared" si="0"/>
-        <v>95.108229339763014</v>
+        <v>95.177155747394451</v>
       </c>
     </row>
     <row r="14" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="46">
-        <v>8.7200000000000006</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="D14" s="46">
-        <v>118.33</v>
+        <v>119</v>
       </c>
       <c r="E14" s="46">
-        <v>12.68</v>
+        <v>12.83</v>
       </c>
       <c r="F14" s="46">
-        <v>7.67</v>
+        <v>6.36</v>
       </c>
       <c r="G14" s="46">
-        <v>0.3</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="H14" s="46">
-        <v>0.99</v>
+        <v>1.76</v>
       </c>
       <c r="I14" s="46">
-        <v>1.22</v>
+        <v>3.04</v>
       </c>
       <c r="J14" s="46">
-        <v>12</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="K14" s="46">
         <v>0</v>
       </c>
       <c r="L14" s="46">
-        <v>3.22</v>
+        <v>0</v>
       </c>
       <c r="M14" s="46">
         <v>0</v>
       </c>
       <c r="N14" s="46">
         <v>0.5</v>
       </c>
       <c r="O14" s="46">
         <v>3.83</v>
       </c>
       <c r="P14" s="46">
         <v>0.25</v>
       </c>
       <c r="Q14" s="46">
-        <v>4.33</v>
+        <v>5.31</v>
       </c>
       <c r="R14" s="46">
-        <v>0.16</v>
+        <v>2.37</v>
       </c>
       <c r="S14" s="31">
         <f t="shared" si="1"/>
-        <v>174.20000000000002</v>
+        <v>174.25000000000003</v>
       </c>
       <c r="T14" s="40">
         <f t="shared" si="0"/>
-        <v>85.487944890929953</v>
+        <v>86.674318507890973</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
         <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="46">
-        <v>7.58</v>
+        <v>9.06</v>
       </c>
       <c r="D15" s="46">
-        <v>168.11</v>
+        <v>167.55</v>
       </c>
       <c r="E15" s="46">
-        <v>4.8899999999999997</v>
+        <v>5.23</v>
       </c>
       <c r="F15" s="46">
-        <v>3.54</v>
+        <v>3.65</v>
       </c>
       <c r="G15" s="46">
         <v>0</v>
       </c>
       <c r="H15" s="46">
-        <v>0</v>
+        <v>0.89</v>
       </c>
       <c r="I15" s="46">
-        <v>2.16</v>
+        <v>3.29</v>
       </c>
       <c r="J15" s="46">
-        <v>10.09</v>
+        <v>8.67</v>
       </c>
       <c r="K15" s="46">
         <v>0</v>
       </c>
       <c r="L15" s="46">
         <v>0</v>
       </c>
       <c r="M15" s="46">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="N15" s="46">
         <v>0</v>
       </c>
       <c r="O15" s="46">
         <v>0</v>
       </c>
       <c r="P15" s="46">
         <v>0.19</v>
       </c>
       <c r="Q15" s="46">
-        <v>1.73</v>
+        <v>1.28</v>
       </c>
       <c r="R15" s="46">
-        <v>0.14000000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="S15" s="31">
         <f t="shared" si="1"/>
-        <v>200.83999999999997</v>
+        <v>201.05999999999997</v>
       </c>
       <c r="T15" s="40">
         <f t="shared" si="0"/>
-        <v>92.75044811790481</v>
+        <v>93.892370436685582</v>
       </c>
     </row>
     <row r="16" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="46">
-        <v>18.93</v>
+        <v>18.940000000000001</v>
       </c>
       <c r="D16" s="46">
-        <v>135.02000000000001</v>
+        <v>137.66999999999999</v>
       </c>
       <c r="E16" s="46">
         <v>2.79</v>
       </c>
       <c r="F16" s="46">
-        <v>7.38</v>
+        <v>4.09</v>
       </c>
       <c r="G16" s="46">
         <v>0</v>
       </c>
       <c r="H16" s="46">
         <v>0</v>
       </c>
       <c r="I16" s="46">
         <v>0.42</v>
       </c>
       <c r="J16" s="46">
-        <v>1.96</v>
+        <v>3</v>
       </c>
       <c r="K16" s="46">
         <v>0</v>
       </c>
       <c r="L16" s="46">
         <v>0</v>
       </c>
       <c r="M16" s="46">
         <v>0</v>
       </c>
       <c r="N16" s="46">
         <v>0</v>
       </c>
       <c r="O16" s="46">
         <v>0</v>
       </c>
       <c r="P16" s="46">
         <v>0.05</v>
       </c>
       <c r="Q16" s="46">
         <v>4.03</v>
       </c>
       <c r="R16" s="46">
-        <v>1.1299999999999999</v>
+        <v>0.71</v>
       </c>
       <c r="S16" s="31">
         <f t="shared" si="1"/>
-        <v>171.71</v>
+        <v>171.7</v>
       </c>
       <c r="T16" s="40">
         <f t="shared" si="0"/>
-        <v>95.824355017180125</v>
+        <v>95.463016889924276</v>
       </c>
     </row>
     <row r="17" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>47</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="46">
         <v>3.19</v>
       </c>
       <c r="D17" s="46">
         <v>12.68</v>
       </c>
       <c r="E17" s="46">
         <v>0.82</v>
       </c>
       <c r="F17" s="46">
         <v>0.13</v>
       </c>
       <c r="G17" s="46">
         <v>0</v>
       </c>
       <c r="H17" s="46">
         <v>0</v>
       </c>
       <c r="I17" s="46">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="J17" s="46">
-        <v>0</v>
+        <v>0.32</v>
       </c>
       <c r="K17" s="46">
         <v>0</v>
       </c>
       <c r="L17" s="46">
         <v>0</v>
       </c>
       <c r="M17" s="46">
         <v>0</v>
       </c>
       <c r="N17" s="46">
         <v>0</v>
       </c>
       <c r="O17" s="46">
         <v>0.25</v>
       </c>
       <c r="P17" s="46">
         <v>0</v>
       </c>
       <c r="Q17" s="46">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
       <c r="R17" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="S17" s="31">
         <f t="shared" si="1"/>
-        <v>17.84</v>
+        <v>18.159999999999997</v>
       </c>
       <c r="T17" s="40">
         <f t="shared" si="0"/>
-        <v>95.235426008968602</v>
+        <v>92.621145374449341</v>
       </c>
     </row>
     <row r="18" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>49</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="46">
         <v>28.97</v>
       </c>
       <c r="D18" s="46">
-        <v>205.54</v>
+        <v>206.67</v>
       </c>
       <c r="E18" s="46">
-        <v>11.88</v>
+        <v>11.84</v>
       </c>
       <c r="F18" s="46">
-        <v>17.87</v>
+        <v>16.760000000000002</v>
       </c>
       <c r="G18" s="46">
         <v>0</v>
       </c>
       <c r="H18" s="46">
         <v>0</v>
       </c>
       <c r="I18" s="46">
-        <v>4.3600000000000003</v>
+        <v>5.47</v>
       </c>
       <c r="J18" s="46">
-        <v>12.57</v>
+        <v>11.77</v>
       </c>
       <c r="K18" s="46">
         <v>2.98</v>
       </c>
       <c r="L18" s="46">
         <v>0</v>
       </c>
       <c r="M18" s="46">
         <v>0</v>
       </c>
       <c r="N18" s="46">
         <v>7.28</v>
       </c>
       <c r="O18" s="46">
         <v>29.28</v>
       </c>
       <c r="P18" s="46">
         <v>1.58</v>
       </c>
       <c r="Q18" s="46">
         <v>0.35</v>
       </c>
       <c r="R18" s="46">
-        <v>3.13</v>
+        <v>2.81</v>
       </c>
       <c r="S18" s="31">
         <f t="shared" si="1"/>
-        <v>325.79000000000002</v>
+        <v>325.76</v>
       </c>
       <c r="T18" s="40">
         <f t="shared" si="0"/>
-        <v>82.451886184351878</v>
+        <v>82.794081532416513</v>
       </c>
     </row>
     <row r="19" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
         <v>51</v>
       </c>
       <c r="B19" t="s">
         <v>52</v>
       </c>
       <c r="C19" s="46">
         <v>5.1100000000000003</v>
       </c>
       <c r="D19" s="46">
-        <v>40.85</v>
+        <v>41.21</v>
       </c>
       <c r="E19" s="46">
         <v>0.71</v>
       </c>
       <c r="F19" s="46">
-        <v>2.38</v>
+        <v>2.31</v>
       </c>
       <c r="G19" s="46">
         <v>0</v>
       </c>
       <c r="H19" s="46">
         <v>0</v>
       </c>
       <c r="I19" s="46">
         <v>0</v>
       </c>
       <c r="J19" s="46">
         <v>0</v>
       </c>
       <c r="K19" s="46">
         <v>0</v>
       </c>
       <c r="L19" s="46">
         <v>0</v>
       </c>
       <c r="M19" s="46">
         <v>0</v>
       </c>
       <c r="N19" s="46">
         <v>0.56000000000000005</v>
       </c>
       <c r="O19" s="46">
         <v>0</v>
       </c>
       <c r="P19" s="46">
         <v>0</v>
       </c>
       <c r="Q19" s="46">
         <v>0.02</v>
       </c>
       <c r="R19" s="46">
-        <v>1.67</v>
+        <v>1.37</v>
       </c>
       <c r="S19" s="31">
         <f t="shared" si="1"/>
-        <v>51.300000000000011</v>
+        <v>51.290000000000006</v>
       </c>
       <c r="T19" s="40">
         <f t="shared" si="0"/>
-        <v>95.614035087719287</v>
+        <v>96.198089296159097</v>
       </c>
     </row>
     <row r="20" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
         <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="46">
         <v>6.34</v>
       </c>
       <c r="D20" s="46">
-        <v>54.4</v>
+        <v>53.85</v>
       </c>
       <c r="E20" s="46">
-        <v>5.35</v>
+        <v>5.56</v>
       </c>
       <c r="F20" s="46">
-        <v>2.4900000000000002</v>
+        <v>1.65</v>
       </c>
       <c r="G20" s="46">
         <v>0</v>
       </c>
       <c r="H20" s="46">
         <v>0.11</v>
       </c>
       <c r="I20" s="46">
-        <v>0.38</v>
+        <v>1.56</v>
       </c>
       <c r="J20" s="46">
         <v>0.15</v>
       </c>
       <c r="K20" s="46">
         <v>0</v>
       </c>
       <c r="L20" s="46">
         <v>0</v>
       </c>
       <c r="M20" s="46">
         <v>0</v>
       </c>
       <c r="N20" s="46">
         <v>0.34</v>
       </c>
       <c r="O20" s="46">
         <v>0.52</v>
       </c>
       <c r="P20" s="46">
         <v>0</v>
       </c>
       <c r="Q20" s="46">
         <v>1.49</v>
       </c>
       <c r="R20" s="46">
         <v>0</v>
       </c>
       <c r="S20" s="31">
         <f t="shared" si="1"/>
-        <v>71.569999999999979</v>
+        <v>71.570000000000007</v>
       </c>
       <c r="T20" s="40">
         <f t="shared" si="0"/>
         <v>96.353220623166138</v>
       </c>
     </row>
     <row r="21" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
         <v>55</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="46">
         <v>0.65</v>
       </c>
       <c r="D21" s="46">
-        <v>6.56</v>
+        <v>6.62</v>
       </c>
       <c r="E21" s="46">
         <v>1.78</v>
       </c>
       <c r="F21" s="46">
-        <v>0.57999999999999996</v>
+        <v>0.52</v>
       </c>
       <c r="G21" s="46">
         <v>0</v>
       </c>
       <c r="H21" s="46">
         <v>0</v>
       </c>
       <c r="I21" s="46">
         <v>0</v>
       </c>
       <c r="J21" s="46">
         <v>0</v>
       </c>
       <c r="K21" s="46">
         <v>0</v>
       </c>
       <c r="L21" s="46">
         <v>0</v>
       </c>
       <c r="M21" s="46">
         <v>0</v>
       </c>
       <c r="N21" s="46">
         <v>0</v>
       </c>
@@ -4953,293 +4949,293 @@
         <v>0</v>
       </c>
       <c r="R21" s="46">
         <v>0.67</v>
       </c>
       <c r="S21" s="31">
         <f t="shared" si="1"/>
         <v>10.24</v>
       </c>
       <c r="T21" s="40">
         <f t="shared" si="0"/>
         <v>93.45703125</v>
       </c>
     </row>
     <row r="22" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="46">
         <v>23.87</v>
       </c>
       <c r="D22" s="46">
-        <v>150.94</v>
+        <v>152.94999999999999</v>
       </c>
       <c r="E22" s="46">
         <v>10.17</v>
       </c>
       <c r="F22" s="46">
-        <v>6.58</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="G22" s="46">
         <v>0</v>
       </c>
       <c r="H22" s="46">
         <v>0</v>
       </c>
       <c r="I22" s="46">
         <v>12.86</v>
       </c>
       <c r="J22" s="46">
         <v>2.35</v>
       </c>
       <c r="K22" s="46">
         <v>4.1900000000000004</v>
       </c>
       <c r="L22" s="46">
         <v>0</v>
       </c>
       <c r="M22" s="46">
         <v>0</v>
       </c>
       <c r="N22" s="46">
         <v>0</v>
       </c>
       <c r="O22" s="46">
         <v>1.5</v>
       </c>
       <c r="P22" s="46">
         <v>0.23</v>
       </c>
       <c r="Q22" s="46">
         <v>0.69</v>
       </c>
       <c r="R22" s="46">
-        <v>13.45</v>
+        <v>12.96</v>
       </c>
       <c r="S22" s="31">
         <f t="shared" si="1"/>
-        <v>226.82999999999998</v>
+        <v>226.82999999999996</v>
       </c>
       <c r="T22" s="40">
         <f t="shared" si="0"/>
-        <v>90.120354450469534</v>
+        <v>90.336375259004541</v>
       </c>
     </row>
     <row r="23" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="46">
-        <v>7.57</v>
+        <v>7.62</v>
       </c>
       <c r="D23" s="46">
-        <v>57.28</v>
+        <v>57.23</v>
       </c>
       <c r="E23" s="46">
-        <v>1.48</v>
+        <v>0.45</v>
       </c>
       <c r="F23" s="46">
-        <v>0.96</v>
+        <v>0.94</v>
       </c>
       <c r="G23" s="46">
-        <v>0</v>
+        <v>1.06</v>
       </c>
       <c r="H23" s="46">
-        <v>0</v>
+        <v>2.98</v>
       </c>
       <c r="I23" s="46">
         <v>0.5</v>
       </c>
       <c r="J23" s="46">
         <v>0</v>
       </c>
       <c r="K23" s="46">
         <v>0</v>
       </c>
       <c r="L23" s="46">
         <v>0</v>
       </c>
       <c r="M23" s="46">
-        <v>1.1100000000000001</v>
+        <v>0</v>
       </c>
       <c r="N23" s="46">
         <v>0</v>
       </c>
       <c r="O23" s="46">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="P23" s="46">
         <v>0</v>
       </c>
       <c r="Q23" s="46">
-        <v>1.78</v>
+        <v>0</v>
       </c>
       <c r="R23" s="46">
-        <v>0.52</v>
+        <v>0.2</v>
       </c>
       <c r="S23" s="31">
         <f t="shared" si="1"/>
-        <v>71.199999999999989</v>
+        <v>71.210000000000008</v>
       </c>
       <c r="T23" s="40">
         <f t="shared" si="0"/>
-        <v>95.210674157303373</v>
+        <v>95.211346720966134</v>
       </c>
     </row>
     <row r="24" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="46">
         <v>41.12</v>
       </c>
       <c r="D24" s="46">
-        <v>256.25</v>
+        <v>255.33</v>
       </c>
       <c r="E24" s="46">
         <v>11.48</v>
       </c>
       <c r="F24" s="46">
-        <v>6.53</v>
+        <v>7.79</v>
       </c>
       <c r="G24" s="46">
         <v>0</v>
       </c>
       <c r="H24" s="46">
         <v>0</v>
       </c>
       <c r="I24" s="46">
         <v>3.99</v>
       </c>
       <c r="J24" s="46">
         <v>9.8800000000000008</v>
       </c>
       <c r="K24" s="46">
         <v>1.1599999999999999</v>
       </c>
       <c r="L24" s="46">
         <v>0</v>
       </c>
       <c r="M24" s="46">
         <v>0</v>
       </c>
       <c r="N24" s="46">
         <v>0</v>
       </c>
       <c r="O24" s="46">
         <v>0.56000000000000005</v>
       </c>
       <c r="P24" s="46">
         <v>0.22</v>
       </c>
       <c r="Q24" s="46">
-        <v>14.83</v>
+        <v>14.5</v>
       </c>
       <c r="R24" s="46">
         <v>7.57</v>
       </c>
       <c r="S24" s="31">
         <f t="shared" si="1"/>
-        <v>353.59000000000003</v>
+        <v>353.60000000000008</v>
       </c>
       <c r="T24" s="40">
         <f t="shared" si="0"/>
-        <v>90.322124494470984</v>
+        <v>90.415723981900442</v>
       </c>
     </row>
     <row r="25" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
         <v>63</v>
       </c>
       <c r="B25" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="46">
-        <v>19.32</v>
+        <v>19.46</v>
       </c>
       <c r="D25" s="46">
-        <v>132.46</v>
+        <v>132.38999999999999</v>
       </c>
       <c r="E25" s="46">
         <v>4.82</v>
       </c>
       <c r="F25" s="46">
-        <v>7.57</v>
+        <v>4.62</v>
       </c>
       <c r="G25" s="46">
         <v>0</v>
       </c>
       <c r="H25" s="46">
-        <v>1.63</v>
+        <v>0.2</v>
       </c>
       <c r="I25" s="46">
-        <v>0.27</v>
+        <v>2.25</v>
       </c>
       <c r="J25" s="46">
-        <v>4.74</v>
+        <v>5.07</v>
       </c>
       <c r="K25" s="46">
         <v>2.78</v>
       </c>
       <c r="L25" s="46">
         <v>0</v>
       </c>
       <c r="M25" s="46">
         <v>0</v>
       </c>
       <c r="N25" s="46">
         <v>0.46</v>
       </c>
       <c r="O25" s="46">
-        <v>2.94</v>
+        <v>3.49</v>
       </c>
       <c r="P25" s="46">
-        <v>0.09</v>
+        <v>1.72</v>
       </c>
       <c r="Q25" s="46">
         <v>1.25</v>
       </c>
       <c r="R25" s="46">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="S25" s="31">
         <f t="shared" si="1"/>
-        <v>178.53</v>
+        <v>178.51</v>
       </c>
       <c r="T25" s="40">
         <f t="shared" si="0"/>
-        <v>92.10776900240856</v>
+        <v>91.613915186824272</v>
       </c>
     </row>
     <row r="26" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" s="46">
         <v>0.82</v>
       </c>
       <c r="D26" s="46">
         <v>9.5500000000000007</v>
       </c>
       <c r="E26" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="F26" s="46">
         <v>0.21</v>
       </c>
       <c r="G26" s="46">
         <v>0</v>
       </c>
       <c r="H26" s="46">
@@ -5273,249 +5269,249 @@
         <v>0.24</v>
       </c>
       <c r="R26" s="46">
         <v>0</v>
       </c>
       <c r="S26" s="31">
         <f t="shared" si="1"/>
         <v>11.260000000000002</v>
       </c>
       <c r="T26" s="40">
         <f t="shared" si="0"/>
         <v>97.069271758436955</v>
       </c>
     </row>
     <row r="27" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>67</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="46">
         <v>2.4700000000000002</v>
       </c>
       <c r="D27" s="46">
-        <v>22.56</v>
+        <v>22.59</v>
       </c>
       <c r="E27" s="46">
         <v>1</v>
       </c>
       <c r="F27" s="46">
         <v>0</v>
       </c>
       <c r="G27" s="46">
         <v>0</v>
       </c>
       <c r="H27" s="46">
         <v>0</v>
       </c>
       <c r="I27" s="46">
         <v>0</v>
       </c>
       <c r="J27" s="46">
         <v>0.35</v>
       </c>
       <c r="K27" s="46">
         <v>0</v>
       </c>
       <c r="L27" s="46">
         <v>1.28</v>
       </c>
       <c r="M27" s="46">
         <v>0</v>
       </c>
       <c r="N27" s="46">
         <v>0</v>
       </c>
       <c r="O27" s="46">
         <v>0</v>
       </c>
       <c r="P27" s="46">
         <v>0</v>
       </c>
       <c r="Q27" s="46">
         <v>0.59</v>
       </c>
       <c r="R27" s="46">
         <v>0</v>
       </c>
       <c r="S27" s="31">
         <f t="shared" si="1"/>
-        <v>28.25</v>
+        <v>28.28</v>
       </c>
       <c r="T27" s="40">
         <f t="shared" si="0"/>
-        <v>92.141592920353972</v>
+        <v>92.149929278642134</v>
       </c>
     </row>
     <row r="28" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="46">
-        <v>70.33</v>
+        <v>70.73</v>
       </c>
       <c r="D28" s="46">
-        <v>340.37</v>
+        <v>348.31</v>
       </c>
       <c r="E28" s="46">
-        <v>34.53</v>
+        <v>34.21</v>
       </c>
       <c r="F28" s="46">
-        <v>22.88</v>
+        <v>18.09</v>
       </c>
       <c r="G28" s="46">
         <v>0</v>
       </c>
       <c r="H28" s="46">
-        <v>36.76</v>
+        <v>6.23</v>
       </c>
       <c r="I28" s="46">
-        <v>12.13</v>
+        <v>3.33</v>
       </c>
       <c r="J28" s="46">
-        <v>3.7</v>
+        <v>37.57</v>
       </c>
       <c r="K28" s="46">
         <v>0</v>
       </c>
       <c r="L28" s="46">
         <v>0</v>
       </c>
       <c r="M28" s="46">
         <v>1.89</v>
       </c>
       <c r="N28" s="46">
-        <v>2.31</v>
+        <v>3.24</v>
       </c>
       <c r="O28" s="46">
-        <v>4.8499999999999996</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="P28" s="46">
-        <v>6.01</v>
+        <v>5.68</v>
       </c>
       <c r="Q28" s="46">
-        <v>6.12</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="R28" s="46">
-        <v>8.86</v>
+        <v>10.27</v>
       </c>
       <c r="S28" s="31">
         <f t="shared" si="1"/>
-        <v>550.74</v>
+        <v>550.79999999999995</v>
       </c>
       <c r="T28" s="40">
         <f t="shared" si="0"/>
-        <v>87.199041289900862</v>
+        <v>86.178286129266525</v>
       </c>
     </row>
     <row r="29" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="46">
-        <v>2.64</v>
+        <v>3.84</v>
       </c>
       <c r="D29" s="46">
-        <v>17.27</v>
+        <v>17.38</v>
       </c>
       <c r="E29" s="46">
         <v>2.87</v>
       </c>
       <c r="F29" s="46">
-        <v>1.1599999999999999</v>
+        <v>0.68</v>
       </c>
       <c r="G29" s="46">
         <v>0</v>
       </c>
       <c r="H29" s="46">
-        <v>0</v>
+        <v>1.41</v>
       </c>
       <c r="I29" s="46">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="J29" s="46">
-        <v>1.42</v>
+        <v>1.22</v>
       </c>
       <c r="K29" s="46">
-        <v>0</v>
+        <v>0.74</v>
       </c>
       <c r="L29" s="46">
-        <v>4.9800000000000004</v>
+        <v>1.87</v>
       </c>
       <c r="M29" s="46">
         <v>0</v>
       </c>
       <c r="N29" s="46">
         <v>0</v>
       </c>
       <c r="O29" s="46">
         <v>0</v>
       </c>
       <c r="P29" s="46">
         <v>0</v>
       </c>
       <c r="Q29" s="46">
         <v>0.05</v>
       </c>
       <c r="R29" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="S29" s="31">
         <f t="shared" si="1"/>
-        <v>30.68</v>
+        <v>30.749999999999996</v>
       </c>
       <c r="T29" s="40">
         <f t="shared" si="0"/>
-        <v>78.031290743155154</v>
+        <v>81.853658536585371</v>
       </c>
     </row>
     <row r="30" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
         <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="46">
         <v>2.91</v>
       </c>
       <c r="D30" s="46">
-        <v>15.82</v>
+        <v>14.84</v>
       </c>
       <c r="E30" s="46">
         <v>2.1</v>
       </c>
       <c r="F30" s="46">
-        <v>0.16</v>
+        <v>1.1399999999999999</v>
       </c>
       <c r="G30" s="46">
         <v>0</v>
       </c>
       <c r="H30" s="46">
         <v>0</v>
       </c>
       <c r="I30" s="46">
         <v>0.4</v>
       </c>
       <c r="J30" s="46">
         <v>1.04</v>
       </c>
       <c r="K30" s="46">
         <v>0</v>
       </c>
       <c r="L30" s="46">
         <v>0</v>
       </c>
       <c r="M30" s="46">
         <v>0</v>
       </c>
       <c r="N30" s="46">
         <v>0.22</v>
       </c>
@@ -5526,104 +5522,104 @@
         <v>0</v>
       </c>
       <c r="Q30" s="46">
         <v>0.52</v>
       </c>
       <c r="R30" s="46">
         <v>0.2</v>
       </c>
       <c r="S30" s="31">
         <f t="shared" si="1"/>
         <v>23.369999999999997</v>
       </c>
       <c r="T30" s="40">
         <f t="shared" si="0"/>
         <v>91.527599486521197</v>
       </c>
     </row>
     <row r="31" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
         <v>75</v>
       </c>
       <c r="B31" t="s">
         <v>76</v>
       </c>
       <c r="C31" s="46">
-        <v>0.22</v>
+        <v>1.32</v>
       </c>
       <c r="D31" s="46">
-        <v>0.71</v>
+        <v>1.78</v>
       </c>
       <c r="E31" s="46">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="F31" s="46">
         <v>0.61</v>
       </c>
       <c r="G31" s="46">
         <v>0</v>
       </c>
       <c r="H31" s="46">
         <v>0</v>
       </c>
       <c r="I31" s="46">
         <v>0</v>
       </c>
       <c r="J31" s="46">
         <v>0</v>
       </c>
       <c r="K31" s="46">
-        <v>0</v>
+        <v>1.98</v>
       </c>
       <c r="L31" s="46">
         <v>0</v>
       </c>
       <c r="M31" s="46">
         <v>0</v>
       </c>
       <c r="N31" s="46">
         <v>0</v>
       </c>
       <c r="O31" s="46">
         <v>0</v>
       </c>
       <c r="P31" s="46">
         <v>0</v>
       </c>
       <c r="Q31" s="46">
-        <v>0</v>
+        <v>0.78</v>
       </c>
       <c r="R31" s="46">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="S31" s="31">
         <f t="shared" si="1"/>
-        <v>2.3699999999999997</v>
+        <v>7.62</v>
       </c>
       <c r="T31" s="40">
         <f t="shared" si="0"/>
-        <v>100</v>
+        <v>60.629921259842526</v>
       </c>
     </row>
     <row r="32" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
         <v>77</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" s="46">
         <v>0</v>
       </c>
       <c r="D32" s="46">
         <v>0</v>
       </c>
       <c r="E32" s="46">
         <v>0</v>
       </c>
       <c r="F32" s="46">
         <v>0</v>
       </c>
       <c r="G32" s="46">
         <v>0</v>
       </c>
       <c r="H32" s="46">
@@ -5652,360 +5648,360 @@
       </c>
       <c r="P32" s="46">
         <v>0</v>
       </c>
       <c r="Q32" s="46">
         <v>0</v>
       </c>
       <c r="R32" s="46">
         <v>0</v>
       </c>
       <c r="S32" s="31">
         <v>0</v>
       </c>
       <c r="T32" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
         <v>585</v>
       </c>
       <c r="B33" t="s">
         <v>586</v>
       </c>
       <c r="C33" s="46">
-        <v>55.22</v>
+        <v>57.16</v>
       </c>
       <c r="D33" s="46">
-        <v>298.54000000000002</v>
+        <v>300.83</v>
       </c>
       <c r="E33" s="46">
-        <v>22.89</v>
+        <v>17.02</v>
       </c>
       <c r="F33" s="46">
-        <v>10.11</v>
+        <v>3.45</v>
       </c>
       <c r="G33" s="46">
         <v>0</v>
       </c>
       <c r="H33" s="46">
-        <v>3.95</v>
+        <v>4.42</v>
       </c>
       <c r="I33" s="46">
-        <v>61.82</v>
+        <v>61.23</v>
       </c>
       <c r="J33" s="46">
-        <v>4.37</v>
+        <v>4</v>
       </c>
       <c r="K33" s="46">
         <v>0</v>
       </c>
       <c r="L33" s="46">
         <v>3.59</v>
       </c>
       <c r="M33" s="46">
         <v>5.17</v>
       </c>
       <c r="N33" s="46">
         <v>0</v>
       </c>
       <c r="O33" s="46">
-        <v>13.99</v>
+        <v>9.56</v>
       </c>
       <c r="P33" s="46">
         <v>0</v>
       </c>
       <c r="Q33" s="46">
-        <v>12.38</v>
+        <v>15.72</v>
       </c>
       <c r="R33" s="46">
-        <v>3.32</v>
+        <v>3.87</v>
       </c>
       <c r="S33" s="31">
         <f t="shared" si="1"/>
-        <v>495.34999999999997</v>
+        <v>486.02000000000004</v>
       </c>
       <c r="T33" s="40">
         <f t="shared" si="0"/>
-        <v>90.558191177954981</v>
+        <v>90.467470474466054</v>
       </c>
     </row>
     <row r="34" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
         <v>79</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="D34" s="46">
-        <v>7.31</v>
+        <v>7.17</v>
       </c>
       <c r="E34" s="46">
         <v>0.89</v>
       </c>
       <c r="F34" s="46">
-        <v>1.62</v>
+        <v>1.77</v>
       </c>
       <c r="G34" s="46">
         <v>0</v>
       </c>
       <c r="H34" s="46">
         <v>0</v>
       </c>
       <c r="I34" s="46">
         <v>0</v>
       </c>
       <c r="J34" s="46">
         <v>0</v>
       </c>
       <c r="K34" s="46">
         <v>0</v>
       </c>
       <c r="L34" s="46">
         <v>0</v>
       </c>
       <c r="M34" s="46">
         <v>0</v>
       </c>
       <c r="N34" s="46">
         <v>1.35</v>
       </c>
       <c r="O34" s="46">
         <v>0.03</v>
       </c>
       <c r="P34" s="46">
         <v>0</v>
       </c>
       <c r="Q34" s="46">
         <v>0.57999999999999996</v>
       </c>
       <c r="R34" s="46">
         <v>0</v>
       </c>
       <c r="S34" s="31">
         <f t="shared" si="1"/>
-        <v>16.84</v>
+        <v>16.850000000000001</v>
       </c>
       <c r="T34" s="40">
         <f t="shared" si="0"/>
-        <v>88.36104513064133</v>
+        <v>88.367952522255194</v>
       </c>
     </row>
     <row r="35" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
         <v>587</v>
       </c>
       <c r="B35" t="s">
         <v>588</v>
       </c>
       <c r="C35" s="46">
-        <v>46.73</v>
+        <v>46.95</v>
       </c>
       <c r="D35" s="46">
-        <v>223.56</v>
+        <v>229.19</v>
       </c>
       <c r="E35" s="46">
-        <v>9.7100000000000009</v>
+        <v>9.36</v>
       </c>
       <c r="F35" s="46">
-        <v>6.65</v>
+        <v>10.39</v>
       </c>
       <c r="G35" s="46">
         <v>0</v>
       </c>
       <c r="H35" s="46">
-        <v>13.71</v>
+        <v>0</v>
       </c>
       <c r="I35" s="46">
-        <v>7.95</v>
+        <v>6.2</v>
       </c>
       <c r="J35" s="46">
-        <v>8.19</v>
+        <v>5.99</v>
       </c>
       <c r="K35" s="46">
-        <v>0.39</v>
+        <v>9.2899999999999991</v>
       </c>
       <c r="L35" s="46">
         <v>0</v>
       </c>
       <c r="M35" s="46">
-        <v>2.29</v>
+        <v>0</v>
       </c>
       <c r="N35" s="46">
         <v>0.84</v>
       </c>
       <c r="O35" s="46">
-        <v>24.48</v>
+        <v>25.7</v>
       </c>
       <c r="P35" s="46">
         <v>1.24</v>
       </c>
       <c r="Q35" s="46">
-        <v>5.58</v>
+        <v>4.76</v>
       </c>
       <c r="R35" s="46">
-        <v>32.06</v>
+        <v>27.44</v>
       </c>
       <c r="S35" s="31">
         <f t="shared" si="1"/>
-        <v>383.37999999999994</v>
+        <v>377.34999999999997</v>
       </c>
       <c r="T35" s="40">
         <f t="shared" si="0"/>
-        <v>76.842819135061831</v>
+        <v>80.055651252153169</v>
       </c>
     </row>
     <row r="36" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
         <v>81</v>
       </c>
       <c r="B36" t="s">
         <v>82</v>
       </c>
       <c r="C36" s="46">
-        <v>4.63</v>
+        <v>4.88</v>
       </c>
       <c r="D36" s="46">
-        <v>29.16</v>
+        <v>29.37</v>
       </c>
       <c r="E36" s="46">
         <v>0.53</v>
       </c>
       <c r="F36" s="46">
-        <v>0.88</v>
+        <v>0.7</v>
       </c>
       <c r="G36" s="46">
         <v>0</v>
       </c>
       <c r="H36" s="46">
         <v>0</v>
       </c>
       <c r="I36" s="46">
         <v>1.47</v>
       </c>
       <c r="J36" s="46">
-        <v>1</v>
+        <v>0.74</v>
       </c>
       <c r="K36" s="46">
         <v>0</v>
       </c>
       <c r="L36" s="46">
         <v>0</v>
       </c>
       <c r="M36" s="46">
         <v>0</v>
       </c>
       <c r="N36" s="46">
         <v>0</v>
       </c>
       <c r="O36" s="46">
         <v>0</v>
       </c>
       <c r="P36" s="46">
         <v>0</v>
       </c>
       <c r="Q36" s="46">
         <v>0.31</v>
       </c>
       <c r="R36" s="46">
         <v>0.15</v>
       </c>
       <c r="S36" s="31">
         <f t="shared" si="1"/>
-        <v>38.130000000000003</v>
+        <v>38.150000000000006</v>
       </c>
       <c r="T36" s="40">
         <f t="shared" si="0"/>
-        <v>96.170993968004197</v>
+        <v>96.854521625163827</v>
       </c>
     </row>
     <row r="37" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
         <v>83</v>
       </c>
       <c r="B37" t="s">
         <v>84</v>
       </c>
       <c r="C37" s="46">
-        <v>16.52</v>
+        <v>19.149999999999999</v>
       </c>
       <c r="D37" s="46">
-        <v>82.6</v>
+        <v>107.16</v>
       </c>
       <c r="E37" s="46">
-        <v>4.93</v>
+        <v>7.06</v>
       </c>
       <c r="F37" s="46">
-        <v>26.91</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="G37" s="46">
         <v>0</v>
       </c>
       <c r="H37" s="46">
         <v>0</v>
       </c>
       <c r="I37" s="46">
-        <v>3.62</v>
+        <v>0.85</v>
       </c>
       <c r="J37" s="46">
-        <v>6.2</v>
+        <v>144.03</v>
       </c>
       <c r="K37" s="46">
         <v>0</v>
       </c>
       <c r="L37" s="46">
         <v>0</v>
       </c>
       <c r="M37" s="46">
         <v>1.29</v>
       </c>
       <c r="N37" s="46">
-        <v>2.66</v>
+        <v>0</v>
       </c>
       <c r="O37" s="46">
-        <v>8.65</v>
+        <v>14.67</v>
       </c>
       <c r="P37" s="46">
         <v>0</v>
       </c>
       <c r="Q37" s="46">
-        <v>3.26</v>
+        <v>3.91</v>
       </c>
       <c r="R37" s="46">
-        <v>3.08</v>
+        <v>3.46</v>
       </c>
       <c r="S37" s="31">
         <f t="shared" si="1"/>
-        <v>159.71999999999997</v>
+        <v>309.78000000000003</v>
       </c>
       <c r="T37" s="40">
         <f t="shared" si="0"/>
-        <v>84.259954921111955</v>
+        <v>45.974562592807786</v>
       </c>
     </row>
     <row r="38" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
         <v>85</v>
       </c>
       <c r="B38" t="s">
         <v>86</v>
       </c>
       <c r="C38" s="46">
         <v>1.18</v>
       </c>
       <c r="D38" s="46">
         <v>7.18</v>
       </c>
       <c r="E38" s="46">
         <v>0.87</v>
       </c>
       <c r="F38" s="46">
         <v>0</v>
       </c>
       <c r="G38" s="46">
         <v>0</v>
       </c>
       <c r="H38" s="46">
@@ -6036,296 +6032,296 @@
         <v>0.23</v>
       </c>
       <c r="Q38" s="46">
         <v>0</v>
       </c>
       <c r="R38" s="46">
         <v>0</v>
       </c>
       <c r="S38" s="31">
         <f t="shared" si="1"/>
         <v>9.4599999999999991</v>
       </c>
       <c r="T38" s="40">
         <f t="shared" si="0"/>
         <v>97.56871035940803</v>
       </c>
     </row>
     <row r="39" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
         <v>87</v>
       </c>
       <c r="B39" t="s">
         <v>88</v>
       </c>
       <c r="C39" s="46">
-        <v>2.77</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="D39" s="46">
-        <v>23.95</v>
+        <v>21.23</v>
       </c>
       <c r="E39" s="46">
-        <v>3.44</v>
+        <v>3.5</v>
       </c>
       <c r="F39" s="46">
-        <v>0.76</v>
+        <v>1.41</v>
       </c>
       <c r="G39" s="46">
-        <v>4.6399999999999997</v>
+        <v>0</v>
       </c>
       <c r="H39" s="46">
         <v>0</v>
       </c>
       <c r="I39" s="46">
-        <v>2.1</v>
+        <v>2.4300000000000002</v>
       </c>
       <c r="J39" s="46">
         <v>0.03</v>
       </c>
       <c r="K39" s="46">
         <v>0</v>
       </c>
       <c r="L39" s="46">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="M39" s="46">
         <v>0</v>
       </c>
       <c r="N39" s="46">
         <v>0</v>
       </c>
       <c r="O39" s="46">
         <v>0</v>
       </c>
       <c r="P39" s="46">
         <v>0</v>
       </c>
       <c r="Q39" s="46">
         <v>0.05</v>
       </c>
       <c r="R39" s="46">
-        <v>2.36</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="S39" s="31">
         <f t="shared" si="1"/>
-        <v>40.190000000000005</v>
+        <v>33</v>
       </c>
       <c r="T39" s="40">
         <f t="shared" si="0"/>
-        <v>93.704901716844972</v>
+        <v>92.848484848484844</v>
       </c>
     </row>
     <row r="40" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
         <v>89</v>
       </c>
       <c r="B40" t="s">
         <v>90</v>
       </c>
       <c r="C40" s="46">
-        <v>16.53</v>
+        <v>16.2</v>
       </c>
       <c r="D40" s="46">
-        <v>101.19</v>
+        <v>101.62</v>
       </c>
       <c r="E40" s="46">
         <v>4.49</v>
       </c>
       <c r="F40" s="46">
-        <v>4.2300000000000004</v>
+        <v>3.8</v>
       </c>
       <c r="G40" s="46">
         <v>0</v>
       </c>
       <c r="H40" s="46">
         <v>0</v>
       </c>
       <c r="I40" s="46">
         <v>0.97</v>
       </c>
       <c r="J40" s="46">
-        <v>2.73</v>
+        <v>3.06</v>
       </c>
       <c r="K40" s="46">
         <v>0</v>
       </c>
       <c r="L40" s="46">
         <v>0</v>
       </c>
       <c r="M40" s="46">
         <v>0</v>
       </c>
       <c r="N40" s="46">
         <v>0</v>
       </c>
       <c r="O40" s="46">
         <v>0.01</v>
       </c>
       <c r="P40" s="46">
         <v>0.46</v>
       </c>
       <c r="Q40" s="46">
         <v>0</v>
       </c>
       <c r="R40" s="46">
         <v>5.42</v>
       </c>
       <c r="S40" s="31">
         <f t="shared" si="1"/>
         <v>136.02999999999997</v>
       </c>
       <c r="T40" s="40">
         <f t="shared" si="0"/>
-        <v>93.663162537675532</v>
+        <v>93.420568992134108</v>
       </c>
     </row>
     <row r="41" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" t="s">
         <v>91</v>
       </c>
       <c r="B41" t="s">
         <v>92</v>
       </c>
       <c r="C41" s="46">
         <v>8.7899999999999991</v>
       </c>
       <c r="D41" s="46">
-        <v>82.81</v>
+        <v>84.25</v>
       </c>
       <c r="E41" s="46">
         <v>6.48</v>
       </c>
       <c r="F41" s="46">
         <v>1.34</v>
       </c>
       <c r="G41" s="46">
         <v>0</v>
       </c>
       <c r="H41" s="46">
         <v>0</v>
       </c>
       <c r="I41" s="46">
         <v>5.0199999999999996</v>
       </c>
       <c r="J41" s="46">
-        <v>4.9400000000000004</v>
+        <v>3.49</v>
       </c>
       <c r="K41" s="46">
         <v>1.1100000000000001</v>
       </c>
       <c r="L41" s="46">
         <v>0</v>
       </c>
       <c r="M41" s="46">
         <v>0</v>
       </c>
       <c r="N41" s="46">
         <v>0</v>
       </c>
       <c r="O41" s="46">
         <v>19.11</v>
       </c>
       <c r="P41" s="46">
         <v>0.31</v>
       </c>
       <c r="Q41" s="46">
         <v>1.65</v>
       </c>
       <c r="R41" s="46">
         <v>0.73</v>
       </c>
       <c r="S41" s="31">
         <f t="shared" si="1"/>
-        <v>132.29</v>
+        <v>132.27999999999997</v>
       </c>
       <c r="T41" s="40">
         <f t="shared" si="0"/>
-        <v>78.947766271071131</v>
+        <v>80.042334442092539</v>
       </c>
     </row>
     <row r="42" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" t="s">
         <v>93</v>
       </c>
       <c r="B42" t="s">
         <v>94</v>
       </c>
       <c r="C42" s="46">
-        <v>28.16</v>
+        <v>28.51</v>
       </c>
       <c r="D42" s="46">
-        <v>202.35</v>
+        <v>200.76</v>
       </c>
       <c r="E42" s="46">
         <v>4.3899999999999997</v>
       </c>
       <c r="F42" s="46">
-        <v>5.56</v>
+        <v>7.32</v>
       </c>
       <c r="G42" s="46">
         <v>0</v>
       </c>
       <c r="H42" s="46">
-        <v>1.1599999999999999</v>
+        <v>0.63</v>
       </c>
       <c r="I42" s="46">
         <v>1.46</v>
       </c>
       <c r="J42" s="46">
         <v>3.97</v>
       </c>
       <c r="K42" s="46">
         <v>0.56999999999999995</v>
       </c>
       <c r="L42" s="46">
         <v>0</v>
       </c>
       <c r="M42" s="46">
         <v>0</v>
       </c>
       <c r="N42" s="46">
         <v>0</v>
       </c>
       <c r="O42" s="46">
         <v>9.74</v>
       </c>
       <c r="P42" s="46">
         <v>0.35</v>
       </c>
       <c r="Q42" s="46">
         <v>3.87</v>
       </c>
       <c r="R42" s="46">
         <v>4.75</v>
       </c>
       <c r="S42" s="31">
         <f t="shared" si="1"/>
-        <v>266.33</v>
+        <v>266.32</v>
       </c>
       <c r="T42" s="40">
         <f t="shared" si="0"/>
-        <v>90.834678781962225</v>
+        <v>91.03334334635025</v>
       </c>
     </row>
     <row r="43" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" t="s">
         <v>95</v>
       </c>
       <c r="B43" t="s">
         <v>96</v>
       </c>
       <c r="C43" s="46">
         <v>0.78</v>
       </c>
       <c r="D43" s="46">
         <v>8.44</v>
       </c>
       <c r="E43" s="46">
         <v>0.09</v>
       </c>
       <c r="F43" s="46">
         <v>0</v>
       </c>
       <c r="G43" s="46">
         <v>0</v>
       </c>
       <c r="H43" s="46">
@@ -6423,549 +6419,549 @@
         <v>1.1299999999999999</v>
       </c>
       <c r="R44" s="46">
         <v>2.4500000000000002</v>
       </c>
       <c r="S44" s="31">
         <f t="shared" si="1"/>
         <v>38.150000000000006</v>
       </c>
       <c r="T44" s="40">
         <f t="shared" si="0"/>
         <v>82.778505897771964</v>
       </c>
     </row>
     <row r="45" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" t="s">
         <v>99</v>
       </c>
       <c r="B45" t="s">
         <v>100</v>
       </c>
       <c r="C45" s="46">
         <v>2.46</v>
       </c>
       <c r="D45" s="46">
-        <v>10.45</v>
+        <v>10.59</v>
       </c>
       <c r="E45" s="46">
         <v>0</v>
       </c>
       <c r="F45" s="46">
         <v>0</v>
       </c>
       <c r="G45" s="46">
         <v>0</v>
       </c>
       <c r="H45" s="46">
         <v>0</v>
       </c>
       <c r="I45" s="46">
         <v>0</v>
       </c>
       <c r="J45" s="46">
         <v>0</v>
       </c>
       <c r="K45" s="46">
         <v>0</v>
       </c>
       <c r="L45" s="46">
         <v>0</v>
       </c>
       <c r="M45" s="46">
         <v>0</v>
       </c>
       <c r="N45" s="46">
         <v>0</v>
       </c>
       <c r="O45" s="46">
         <v>0</v>
       </c>
       <c r="P45" s="46">
         <v>0</v>
       </c>
       <c r="Q45" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="R45" s="46">
         <v>0.83</v>
       </c>
       <c r="S45" s="31">
         <f t="shared" si="1"/>
-        <v>14.290000000000001</v>
+        <v>14.430000000000001</v>
       </c>
       <c r="T45" s="40">
         <f t="shared" si="0"/>
-        <v>90.342897130860734</v>
+        <v>90.436590436590436</v>
       </c>
     </row>
     <row r="46" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
         <v>101</v>
       </c>
       <c r="B46" t="s">
         <v>102</v>
       </c>
       <c r="C46" s="46">
-        <v>18.21</v>
+        <v>18.48</v>
       </c>
       <c r="D46" s="46">
-        <v>147.87</v>
+        <v>147.97999999999999</v>
       </c>
       <c r="E46" s="46">
-        <v>9.2799999999999994</v>
+        <v>11.12</v>
       </c>
       <c r="F46" s="46">
-        <v>3.36</v>
+        <v>1.88</v>
       </c>
       <c r="G46" s="46">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="H46" s="46">
         <v>0</v>
       </c>
       <c r="I46" s="46">
         <v>0.62</v>
       </c>
       <c r="J46" s="46">
-        <v>2.0699999999999998</v>
+        <v>2.67</v>
       </c>
       <c r="K46" s="46">
         <v>0</v>
       </c>
       <c r="L46" s="46">
         <v>0</v>
       </c>
       <c r="M46" s="46">
         <v>0</v>
       </c>
       <c r="N46" s="46">
         <v>0</v>
       </c>
       <c r="O46" s="46">
         <v>1.28</v>
       </c>
       <c r="P46" s="46">
         <v>0.63</v>
       </c>
       <c r="Q46" s="46">
-        <v>6.92</v>
+        <v>6.9</v>
       </c>
       <c r="R46" s="46">
-        <v>4.22</v>
+        <v>4.46</v>
       </c>
       <c r="S46" s="31">
         <f t="shared" si="1"/>
-        <v>195.14000000000001</v>
+        <v>196.01999999999998</v>
       </c>
       <c r="T46" s="40">
         <f t="shared" si="0"/>
-        <v>92.251716716203774</v>
+        <v>91.868176716661566</v>
       </c>
     </row>
     <row r="47" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" t="s">
         <v>103</v>
       </c>
       <c r="B47" t="s">
         <v>104</v>
       </c>
       <c r="C47" s="46">
-        <v>5.03</v>
+        <v>5.2</v>
       </c>
       <c r="D47" s="46">
-        <v>22.61</v>
+        <v>22.16</v>
       </c>
       <c r="E47" s="46">
-        <v>3.77</v>
+        <v>3.67</v>
       </c>
       <c r="F47" s="46">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="G47" s="46">
         <v>0</v>
       </c>
       <c r="H47" s="46">
-        <v>0</v>
+        <v>0.19</v>
       </c>
       <c r="I47" s="46">
         <v>0</v>
       </c>
       <c r="J47" s="46">
         <v>0</v>
       </c>
       <c r="K47" s="46">
         <v>0.03</v>
       </c>
       <c r="L47" s="46">
         <v>0</v>
       </c>
       <c r="M47" s="46">
         <v>0</v>
       </c>
       <c r="N47" s="46">
         <v>0</v>
       </c>
       <c r="O47" s="46">
         <v>0</v>
       </c>
       <c r="P47" s="46">
         <v>0</v>
       </c>
       <c r="Q47" s="46">
         <v>0</v>
       </c>
       <c r="R47" s="46">
-        <v>0.89</v>
+        <v>0.7</v>
       </c>
       <c r="S47" s="31">
         <f t="shared" si="1"/>
-        <v>32.33</v>
+        <v>32.190000000000005</v>
       </c>
       <c r="T47" s="40">
         <f t="shared" si="0"/>
-        <v>97.154345808846273</v>
+        <v>97.141969555762643</v>
       </c>
     </row>
     <row r="48" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" t="s">
         <v>105</v>
       </c>
       <c r="B48" t="s">
         <v>106</v>
       </c>
       <c r="C48" s="46">
-        <v>44.4</v>
+        <v>45.3</v>
       </c>
       <c r="D48" s="46">
-        <v>207.59</v>
+        <v>207.79</v>
       </c>
       <c r="E48" s="46">
-        <v>5.27</v>
+        <v>5.01</v>
       </c>
       <c r="F48" s="46">
-        <v>5.49</v>
+        <v>5.25</v>
       </c>
       <c r="G48" s="46">
         <v>0</v>
       </c>
       <c r="H48" s="46">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="I48" s="46">
-        <v>8.91</v>
+        <v>9.1300000000000008</v>
       </c>
       <c r="J48" s="46">
-        <v>7.84</v>
+        <v>19.18</v>
       </c>
       <c r="K48" s="46">
         <v>0</v>
       </c>
       <c r="L48" s="46">
         <v>0</v>
       </c>
       <c r="M48" s="46">
-        <v>6.33</v>
+        <v>0</v>
       </c>
       <c r="N48" s="46">
         <v>0.43</v>
       </c>
       <c r="O48" s="46">
-        <v>6.26</v>
+        <v>5.96</v>
       </c>
       <c r="P48" s="46">
-        <v>0.28000000000000003</v>
+        <v>0.59</v>
       </c>
       <c r="Q48" s="46">
-        <v>2.2000000000000002</v>
+        <v>0.3</v>
       </c>
       <c r="R48" s="46">
-        <v>8.34</v>
+        <v>4.53</v>
       </c>
       <c r="S48" s="31">
         <f t="shared" si="1"/>
-        <v>303.45999999999992</v>
+        <v>303.46999999999991</v>
       </c>
       <c r="T48" s="40">
         <f t="shared" si="0"/>
-        <v>89.520859421340575</v>
+        <v>89.788117441592263</v>
       </c>
     </row>
     <row r="49" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" t="s">
         <v>107</v>
       </c>
       <c r="B49" t="s">
         <v>108</v>
       </c>
       <c r="C49" s="46">
-        <v>125.77</v>
+        <v>125.94</v>
       </c>
       <c r="D49" s="46">
-        <v>452.73</v>
+        <v>457.95</v>
       </c>
       <c r="E49" s="46">
-        <v>51.56</v>
+        <v>52.58</v>
       </c>
       <c r="F49" s="46">
-        <v>18.07</v>
+        <v>11.2</v>
       </c>
       <c r="G49" s="46">
-        <v>0</v>
+        <v>1.03</v>
       </c>
       <c r="H49" s="46">
         <v>0</v>
       </c>
       <c r="I49" s="46">
-        <v>23.33</v>
+        <v>21.85</v>
       </c>
       <c r="J49" s="46">
-        <v>2.81</v>
+        <v>3.73</v>
       </c>
       <c r="K49" s="46">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="L49" s="46">
-        <v>0</v>
+        <v>33.840000000000003</v>
       </c>
       <c r="M49" s="46">
-        <v>33.840000000000003</v>
+        <v>0</v>
       </c>
       <c r="N49" s="46">
         <v>0.61</v>
       </c>
       <c r="O49" s="46">
         <v>4.5199999999999996</v>
       </c>
       <c r="P49" s="46">
         <v>0</v>
       </c>
       <c r="Q49" s="46">
-        <v>7.2</v>
+        <v>7.19</v>
       </c>
       <c r="R49" s="46">
-        <v>7.02</v>
+        <v>7.84</v>
       </c>
       <c r="S49" s="31">
         <f t="shared" si="1"/>
-        <v>728.05000000000007</v>
+        <v>728.2800000000002</v>
       </c>
       <c r="T49" s="40">
         <f t="shared" si="0"/>
-        <v>92.227182199024796</v>
+        <v>92.07310375130443</v>
       </c>
     </row>
     <row r="50" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
         <v>109</v>
       </c>
       <c r="B50" t="s">
         <v>110</v>
       </c>
       <c r="C50" s="46">
-        <v>5.0599999999999996</v>
+        <v>5</v>
       </c>
       <c r="D50" s="46">
-        <v>62.03</v>
+        <v>62.07</v>
       </c>
       <c r="E50" s="46">
-        <v>3.45</v>
+        <v>3.5</v>
       </c>
       <c r="F50" s="46">
-        <v>1.55</v>
+        <v>1.53</v>
       </c>
       <c r="G50" s="46">
         <v>0</v>
       </c>
       <c r="H50" s="46">
         <v>0</v>
       </c>
       <c r="I50" s="46">
         <v>0.49</v>
       </c>
       <c r="J50" s="46">
         <v>1.89</v>
       </c>
       <c r="K50" s="46">
         <v>0</v>
       </c>
       <c r="L50" s="46">
         <v>0</v>
       </c>
       <c r="M50" s="46">
         <v>0</v>
       </c>
       <c r="N50" s="46">
         <v>3.35</v>
       </c>
       <c r="O50" s="46">
         <v>7.13</v>
       </c>
       <c r="P50" s="46">
         <v>0</v>
       </c>
       <c r="Q50" s="46">
         <v>1.55</v>
       </c>
       <c r="R50" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="S50" s="31">
         <f t="shared" si="1"/>
-        <v>87.049999999999983</v>
+        <v>87.059999999999974</v>
       </c>
       <c r="T50" s="40">
         <f t="shared" si="0"/>
-        <v>83.377369327972445</v>
+        <v>83.379278658396515</v>
       </c>
     </row>
     <row r="51" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
         <v>111</v>
       </c>
       <c r="B51" t="s">
         <v>112</v>
       </c>
       <c r="C51" s="46">
         <v>2.59</v>
       </c>
       <c r="D51" s="46">
-        <v>13.61</v>
+        <v>13.03</v>
       </c>
       <c r="E51" s="46">
         <v>1.47</v>
       </c>
       <c r="F51" s="46">
-        <v>1.34</v>
+        <v>2.06</v>
       </c>
       <c r="G51" s="46">
         <v>0</v>
       </c>
       <c r="H51" s="46">
         <v>0</v>
       </c>
       <c r="I51" s="46">
         <v>0</v>
       </c>
       <c r="J51" s="46">
         <v>0</v>
       </c>
       <c r="K51" s="46">
         <v>0</v>
       </c>
       <c r="L51" s="46">
         <v>0</v>
       </c>
       <c r="M51" s="46">
         <v>0</v>
       </c>
       <c r="N51" s="46">
         <v>0</v>
       </c>
       <c r="O51" s="46">
         <v>0.3</v>
       </c>
       <c r="P51" s="46">
         <v>0</v>
       </c>
       <c r="Q51" s="46">
         <v>0.5</v>
       </c>
       <c r="R51" s="46">
-        <v>0.28999999999999998</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="S51" s="31">
         <f t="shared" si="1"/>
-        <v>20.099999999999998</v>
+        <v>20.09</v>
       </c>
       <c r="T51" s="40">
         <f t="shared" si="0"/>
-        <v>94.577114427860693</v>
+        <v>95.321055251368833</v>
       </c>
     </row>
     <row r="52" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
         <v>113</v>
       </c>
       <c r="B52" t="s">
         <v>114</v>
       </c>
       <c r="C52" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="D52" s="46">
-        <v>3.73</v>
+        <v>3.31</v>
       </c>
       <c r="E52" s="46">
-        <v>0.06</v>
+        <v>0.49</v>
       </c>
       <c r="F52" s="46">
         <v>0.6</v>
       </c>
       <c r="G52" s="46">
         <v>0</v>
       </c>
       <c r="H52" s="46">
         <v>0</v>
       </c>
       <c r="I52" s="46">
         <v>0</v>
       </c>
       <c r="J52" s="46">
+        <v>0</v>
+      </c>
+      <c r="K52" s="46">
+        <v>0</v>
+      </c>
+      <c r="L52" s="46">
+        <v>0</v>
+      </c>
+      <c r="M52" s="46">
         <v>0.97</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="N52" s="46">
         <v>0</v>
       </c>
       <c r="O52" s="46">
         <v>0.94</v>
       </c>
       <c r="P52" s="46">
         <v>0</v>
       </c>
       <c r="Q52" s="46">
         <v>0</v>
       </c>
       <c r="R52" s="46">
         <v>0</v>
       </c>
       <c r="S52" s="31">
         <f t="shared" si="1"/>
-        <v>6.85</v>
+        <v>6.8599999999999994</v>
       </c>
       <c r="T52" s="40">
         <f t="shared" si="0"/>
-        <v>72.116788321167874</v>
+        <v>72.15743440233237</v>
       </c>
     </row>
     <row r="53" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
         <v>115</v>
       </c>
       <c r="B53" t="s">
         <v>116</v>
       </c>
       <c r="C53" s="46">
         <v>0</v>
       </c>
       <c r="D53" s="46">
         <v>0.42</v>
       </c>
       <c r="E53" s="46">
         <v>0.03</v>
       </c>
       <c r="F53" s="46">
         <v>0</v>
       </c>
       <c r="G53" s="46">
         <v>0</v>
       </c>
       <c r="H53" s="46">
@@ -6996,508 +6992,508 @@
         <v>0</v>
       </c>
       <c r="Q53" s="46">
         <v>0</v>
       </c>
       <c r="R53" s="46">
         <v>0</v>
       </c>
       <c r="S53" s="31">
         <f t="shared" si="1"/>
         <v>0.44999999999999996</v>
       </c>
       <c r="T53" s="40">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
         <v>117</v>
       </c>
       <c r="B54" t="s">
         <v>118</v>
       </c>
       <c r="C54" s="46">
-        <v>13.99</v>
+        <v>13.71</v>
       </c>
       <c r="D54" s="46">
-        <v>144.47</v>
+        <v>150.46</v>
       </c>
       <c r="E54" s="46">
-        <v>7.62</v>
+        <v>8.3800000000000008</v>
       </c>
       <c r="F54" s="46">
-        <v>5.58</v>
+        <v>2.92</v>
       </c>
       <c r="G54" s="46">
         <v>0</v>
       </c>
       <c r="H54" s="46">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="I54" s="46">
         <v>1.01</v>
       </c>
       <c r="J54" s="46">
-        <v>14.1</v>
+        <v>10.49</v>
       </c>
       <c r="K54" s="46">
         <v>0</v>
       </c>
       <c r="L54" s="46">
         <v>0</v>
       </c>
       <c r="M54" s="46">
         <v>0.66</v>
       </c>
       <c r="N54" s="46">
         <v>0</v>
       </c>
       <c r="O54" s="46">
         <v>1.6</v>
       </c>
       <c r="P54" s="46">
         <v>0.35</v>
       </c>
       <c r="Q54" s="46">
-        <v>3.36</v>
+        <v>3.1</v>
       </c>
       <c r="R54" s="46">
-        <v>0.49</v>
+        <v>0.12</v>
       </c>
       <c r="S54" s="31">
         <f t="shared" si="1"/>
-        <v>193.23000000000002</v>
+        <v>192.80999999999997</v>
       </c>
       <c r="T54" s="40">
         <f t="shared" si="0"/>
-        <v>89.359830254101325</v>
+        <v>91.530522275815571</v>
       </c>
     </row>
     <row r="55" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
         <v>119</v>
       </c>
       <c r="B55" t="s">
         <v>120</v>
       </c>
       <c r="C55" s="46">
-        <v>47.72</v>
+        <v>47.5</v>
       </c>
       <c r="D55" s="46">
-        <v>204.74</v>
+        <v>204.89</v>
       </c>
       <c r="E55" s="46">
-        <v>20.440000000000001</v>
+        <v>19.73</v>
       </c>
       <c r="F55" s="46">
-        <v>12.13</v>
+        <v>12.93</v>
       </c>
       <c r="G55" s="46">
         <v>0</v>
       </c>
       <c r="H55" s="46">
-        <v>0</v>
+        <v>0.38</v>
       </c>
       <c r="I55" s="46">
-        <v>3.24</v>
+        <v>4.01</v>
       </c>
       <c r="J55" s="46">
-        <v>5.46</v>
+        <v>5.32</v>
       </c>
       <c r="K55" s="46">
         <v>0.89</v>
       </c>
       <c r="L55" s="46">
         <v>0</v>
       </c>
       <c r="M55" s="46">
         <v>0</v>
       </c>
       <c r="N55" s="46">
         <v>0.25</v>
       </c>
       <c r="O55" s="46">
-        <v>3.82</v>
+        <v>2.96</v>
       </c>
       <c r="P55" s="46">
-        <v>3.88</v>
+        <v>3.38</v>
       </c>
       <c r="Q55" s="46">
-        <v>5.1100000000000003</v>
+        <v>4.74</v>
       </c>
       <c r="R55" s="46">
-        <v>5.42</v>
+        <v>6.1</v>
       </c>
       <c r="S55" s="31">
         <f t="shared" si="1"/>
-        <v>313.10000000000002</v>
+        <v>313.08</v>
       </c>
       <c r="T55" s="40">
         <f t="shared" si="0"/>
-        <v>92.069626317470465</v>
+        <v>92.32783952983263</v>
       </c>
     </row>
     <row r="56" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" t="s">
         <v>121</v>
       </c>
       <c r="B56" t="s">
         <v>122</v>
       </c>
       <c r="C56" s="46">
-        <v>2.2799999999999998</v>
+        <v>3.65</v>
       </c>
       <c r="D56" s="46">
-        <v>20.38</v>
+        <v>23.41</v>
       </c>
       <c r="E56" s="46">
-        <v>2.4700000000000002</v>
+        <v>2.42</v>
       </c>
       <c r="F56" s="46">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="G56" s="46">
         <v>0</v>
       </c>
       <c r="H56" s="46">
         <v>0</v>
       </c>
       <c r="I56" s="46">
         <v>0</v>
       </c>
       <c r="J56" s="46">
         <v>0.54</v>
       </c>
       <c r="K56" s="46">
         <v>0</v>
       </c>
       <c r="L56" s="46">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="M56" s="46">
         <v>0.03</v>
       </c>
       <c r="N56" s="46">
         <v>0</v>
       </c>
       <c r="O56" s="46">
         <v>8.8699999999999992</v>
       </c>
       <c r="P56" s="46">
         <v>0</v>
       </c>
       <c r="Q56" s="46">
         <v>3.76</v>
       </c>
       <c r="R56" s="46">
-        <v>1.46</v>
+        <v>0.02</v>
       </c>
       <c r="S56" s="31">
         <f t="shared" si="1"/>
-        <v>43.47</v>
+        <v>42.699999999999996</v>
       </c>
       <c r="T56" s="40">
         <f t="shared" si="0"/>
-        <v>59.972394755003457</v>
+        <v>69.039812646370024</v>
       </c>
     </row>
     <row r="57" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" t="s">
         <v>123</v>
       </c>
       <c r="B57" t="s">
         <v>124</v>
       </c>
       <c r="C57" s="46">
-        <v>37.119999999999997</v>
+        <v>33.590000000000003</v>
       </c>
       <c r="D57" s="46">
-        <v>251.03</v>
+        <v>262.81</v>
       </c>
       <c r="E57" s="46">
-        <v>28.13</v>
+        <v>20.96</v>
       </c>
       <c r="F57" s="46">
-        <v>6.83</v>
+        <v>3.44</v>
       </c>
       <c r="G57" s="46">
         <v>0</v>
       </c>
       <c r="H57" s="46">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="I57" s="46">
-        <v>1.63</v>
+        <v>2.17</v>
       </c>
       <c r="J57" s="46">
-        <v>6.13</v>
+        <v>5.73</v>
       </c>
       <c r="K57" s="46">
-        <v>1.7</v>
+        <v>1.51</v>
       </c>
       <c r="L57" s="46">
         <v>0</v>
       </c>
       <c r="M57" s="46">
         <v>0</v>
       </c>
       <c r="N57" s="46">
-        <v>2.2400000000000002</v>
+        <v>1.72</v>
       </c>
       <c r="O57" s="46">
-        <v>3.65</v>
+        <v>3.64</v>
       </c>
       <c r="P57" s="46">
         <v>0</v>
       </c>
       <c r="Q57" s="46">
-        <v>22.14</v>
+        <v>24.93</v>
       </c>
       <c r="R57" s="46">
-        <v>2.63</v>
+        <v>2.77</v>
       </c>
       <c r="S57" s="31">
         <f t="shared" si="1"/>
-        <v>363.25999999999988</v>
+        <v>363.27</v>
       </c>
       <c r="T57" s="40">
         <f t="shared" si="0"/>
-        <v>89.396024885756773</v>
+        <v>88.906323120543945</v>
       </c>
     </row>
     <row r="58" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" t="s">
         <v>125</v>
       </c>
       <c r="B58" t="s">
         <v>126</v>
       </c>
       <c r="C58" s="46">
-        <v>1.83</v>
+        <v>2.6</v>
       </c>
       <c r="D58" s="46">
-        <v>36.43</v>
+        <v>36.83</v>
       </c>
       <c r="E58" s="46">
         <v>3.67</v>
       </c>
       <c r="F58" s="46">
-        <v>5.13</v>
+        <v>3.91</v>
       </c>
       <c r="G58" s="46">
         <v>0</v>
       </c>
       <c r="H58" s="46">
         <v>0</v>
       </c>
       <c r="I58" s="46">
         <v>0.76</v>
       </c>
       <c r="J58" s="46">
         <v>0.45</v>
       </c>
       <c r="K58" s="46">
         <v>0</v>
       </c>
       <c r="L58" s="46">
         <v>0</v>
       </c>
       <c r="M58" s="46">
-        <v>4.63</v>
+        <v>4.66</v>
       </c>
       <c r="N58" s="46">
         <v>0</v>
       </c>
       <c r="O58" s="46">
         <v>2.68</v>
       </c>
       <c r="P58" s="46">
         <v>0</v>
       </c>
       <c r="Q58" s="46">
         <v>0</v>
       </c>
       <c r="R58" s="46">
         <v>0.23</v>
       </c>
       <c r="S58" s="31">
         <f t="shared" si="1"/>
-        <v>55.81</v>
+        <v>55.790000000000006</v>
       </c>
       <c r="T58" s="40">
         <f t="shared" si="0"/>
-        <v>85.683569252822068</v>
+        <v>85.624663918264915</v>
       </c>
     </row>
     <row r="59" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
         <v>127</v>
       </c>
       <c r="B59" t="s">
         <v>128</v>
       </c>
       <c r="C59" s="46">
         <v>10.41</v>
       </c>
       <c r="D59" s="46">
-        <v>86.98</v>
+        <v>86.57</v>
       </c>
       <c r="E59" s="46">
-        <v>5.86</v>
+        <v>6.04</v>
       </c>
       <c r="F59" s="46">
-        <v>2.5499999999999998</v>
+        <v>2.95</v>
       </c>
       <c r="G59" s="46">
         <v>0</v>
       </c>
       <c r="H59" s="46">
         <v>0</v>
       </c>
       <c r="I59" s="46">
         <v>3.51</v>
       </c>
       <c r="J59" s="46">
         <v>0.73</v>
       </c>
       <c r="K59" s="46">
         <v>10.87</v>
       </c>
       <c r="L59" s="46">
         <v>0</v>
       </c>
       <c r="M59" s="46">
         <v>0</v>
       </c>
       <c r="N59" s="46">
         <v>0</v>
       </c>
       <c r="O59" s="46">
         <v>4.96</v>
       </c>
       <c r="P59" s="46">
         <v>0.56999999999999995</v>
       </c>
       <c r="Q59" s="46">
         <v>2.21</v>
       </c>
       <c r="R59" s="46">
-        <v>0.56000000000000005</v>
+        <v>0.37</v>
       </c>
       <c r="S59" s="31">
         <f t="shared" si="1"/>
-        <v>129.21</v>
+        <v>129.19</v>
       </c>
       <c r="T59" s="40">
         <f t="shared" si="0"/>
-        <v>84.598715269715967</v>
+        <v>84.743401192042739</v>
       </c>
     </row>
     <row r="60" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
         <v>129</v>
       </c>
       <c r="B60" t="s">
         <v>130</v>
       </c>
       <c r="C60" s="46">
         <v>7.07</v>
       </c>
       <c r="D60" s="46">
-        <v>35.119999999999997</v>
+        <v>34.85</v>
       </c>
       <c r="E60" s="46">
-        <v>2.16</v>
+        <v>2.5299999999999998</v>
       </c>
       <c r="F60" s="46">
-        <v>0.93</v>
+        <v>1.95</v>
       </c>
       <c r="G60" s="46">
         <v>0</v>
       </c>
       <c r="H60" s="46">
         <v>0</v>
       </c>
       <c r="I60" s="46">
         <v>0.36</v>
       </c>
       <c r="J60" s="46">
         <v>0</v>
       </c>
       <c r="K60" s="46">
         <v>0</v>
       </c>
       <c r="L60" s="46">
         <v>0</v>
       </c>
       <c r="M60" s="46">
         <v>0</v>
       </c>
       <c r="N60" s="46">
         <v>0.35</v>
       </c>
       <c r="O60" s="46">
         <v>0</v>
       </c>
       <c r="P60" s="46">
         <v>0</v>
       </c>
       <c r="Q60" s="46">
         <v>1.23</v>
       </c>
       <c r="R60" s="46">
-        <v>2.31</v>
+        <v>1.2</v>
       </c>
       <c r="S60" s="31">
         <f t="shared" si="1"/>
-        <v>49.529999999999994</v>
+        <v>49.540000000000006</v>
       </c>
       <c r="T60" s="40">
         <f t="shared" si="0"/>
-        <v>92.146174035937804</v>
+        <v>94.388373031893408</v>
       </c>
     </row>
     <row r="61" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
         <v>131</v>
       </c>
       <c r="B61" t="s">
         <v>132</v>
       </c>
       <c r="C61" s="46">
         <v>8.9600000000000009</v>
       </c>
       <c r="D61" s="46">
-        <v>48.64</v>
+        <v>48.67</v>
       </c>
       <c r="E61" s="46">
         <v>2.71</v>
       </c>
       <c r="F61" s="46">
-        <v>0.57999999999999996</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G61" s="46">
         <v>0</v>
       </c>
       <c r="H61" s="46">
         <v>0</v>
       </c>
       <c r="I61" s="46">
         <v>0.1</v>
       </c>
       <c r="J61" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="K61" s="46">
         <v>0</v>
       </c>
       <c r="L61" s="46">
         <v>0</v>
       </c>
       <c r="M61" s="46">
         <v>0</v>
       </c>
       <c r="N61" s="46">
         <v>0</v>
       </c>
@@ -7508,1128 +7504,1128 @@
         <v>0</v>
       </c>
       <c r="Q61" s="46">
         <v>0.01</v>
       </c>
       <c r="R61" s="46">
         <v>0.44</v>
       </c>
       <c r="S61" s="31">
         <f t="shared" si="1"/>
         <v>62.139999999999993</v>
       </c>
       <c r="T61" s="40">
         <f t="shared" si="0"/>
         <v>98.149340199549414</v>
       </c>
     </row>
     <row r="62" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
         <v>133</v>
       </c>
       <c r="B62" t="s">
         <v>134</v>
       </c>
       <c r="C62" s="46">
-        <v>26.27</v>
+        <v>25.87</v>
       </c>
       <c r="D62" s="46">
-        <v>135.06</v>
+        <v>133.86000000000001</v>
       </c>
       <c r="E62" s="46">
-        <v>11.01</v>
+        <v>10.53</v>
       </c>
       <c r="F62" s="46">
-        <v>5.4</v>
+        <v>4.84</v>
       </c>
       <c r="G62" s="46">
         <v>0</v>
       </c>
       <c r="H62" s="46">
-        <v>0.76</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="I62" s="46">
         <v>9.18</v>
       </c>
       <c r="J62" s="46">
-        <v>7.48</v>
+        <v>6.89</v>
       </c>
       <c r="K62" s="46">
-        <v>11.54</v>
+        <v>10.61</v>
       </c>
       <c r="L62" s="46">
         <v>0</v>
       </c>
       <c r="M62" s="46">
         <v>0</v>
       </c>
       <c r="N62" s="46">
-        <v>16.399999999999999</v>
+        <v>0</v>
       </c>
       <c r="O62" s="46">
-        <v>26.08</v>
+        <v>22.62</v>
       </c>
       <c r="P62" s="46">
         <v>0.21</v>
       </c>
       <c r="Q62" s="46">
-        <v>0.56999999999999995</v>
+        <v>0.67</v>
       </c>
       <c r="R62" s="46">
-        <v>2.19</v>
+        <v>3.28</v>
       </c>
       <c r="S62" s="31">
         <f t="shared" si="1"/>
-        <v>252.15</v>
+        <v>233.00000000000003</v>
       </c>
       <c r="T62" s="40">
         <f t="shared" si="0"/>
-        <v>74.130477890144761</v>
+        <v>79.090128755364802</v>
       </c>
     </row>
     <row r="63" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
         <v>135</v>
       </c>
       <c r="B63" t="s">
         <v>136</v>
       </c>
       <c r="C63" s="46">
         <v>25.09</v>
       </c>
       <c r="D63" s="46">
-        <v>132.94999999999999</v>
+        <v>132.24</v>
       </c>
       <c r="E63" s="46">
         <v>9.76</v>
       </c>
       <c r="F63" s="46">
-        <v>5.38</v>
+        <v>6.09</v>
       </c>
       <c r="G63" s="46">
         <v>0</v>
       </c>
       <c r="H63" s="46">
         <v>0</v>
       </c>
       <c r="I63" s="46">
         <v>2.2999999999999998</v>
       </c>
       <c r="J63" s="46">
         <v>1.85</v>
       </c>
       <c r="K63" s="46">
         <v>0.92</v>
       </c>
       <c r="L63" s="46">
-        <v>0</v>
+        <v>5.35</v>
       </c>
       <c r="M63" s="46">
-        <v>5.35</v>
+        <v>0</v>
       </c>
       <c r="N63" s="46">
         <v>0</v>
       </c>
       <c r="O63" s="46">
         <v>2.7</v>
       </c>
       <c r="P63" s="46">
         <v>0</v>
       </c>
       <c r="Q63" s="46">
         <v>2.31</v>
       </c>
       <c r="R63" s="46">
         <v>0.42</v>
       </c>
       <c r="S63" s="31">
         <f t="shared" si="1"/>
-        <v>189.02999999999994</v>
+        <v>189.02999999999997</v>
       </c>
       <c r="T63" s="40">
         <f t="shared" si="0"/>
         <v>92.831825636142426</v>
       </c>
     </row>
     <row r="64" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
         <v>137</v>
       </c>
       <c r="B64" t="s">
         <v>138</v>
       </c>
       <c r="C64" s="46">
-        <v>14.7</v>
+        <v>14.47</v>
       </c>
       <c r="D64" s="46">
-        <v>99.87</v>
+        <v>99.75</v>
       </c>
       <c r="E64" s="46">
-        <v>7.57</v>
+        <v>7.55</v>
       </c>
       <c r="F64" s="46">
-        <v>1.18</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G64" s="46">
         <v>0</v>
       </c>
       <c r="H64" s="46">
         <v>0.94</v>
       </c>
       <c r="I64" s="46">
         <v>1.1599999999999999</v>
       </c>
       <c r="J64" s="46">
         <v>0.51</v>
       </c>
       <c r="K64" s="46">
         <v>1.29</v>
       </c>
       <c r="L64" s="46">
         <v>0</v>
       </c>
       <c r="M64" s="46">
         <v>0</v>
       </c>
       <c r="N64" s="46">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="O64" s="46">
         <v>2.79</v>
       </c>
       <c r="P64" s="46">
         <v>0.42</v>
       </c>
       <c r="Q64" s="46">
         <v>0.17</v>
       </c>
       <c r="R64" s="46">
-        <v>0.6</v>
+        <v>0.27</v>
       </c>
       <c r="S64" s="31">
         <f t="shared" si="1"/>
-        <v>131.46</v>
+        <v>131.51999999999998</v>
       </c>
       <c r="T64" s="40">
         <f t="shared" si="0"/>
-        <v>94.690400121710042</v>
+        <v>95.141423357664252</v>
       </c>
     </row>
     <row r="65" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" t="s">
         <v>139</v>
       </c>
       <c r="B65" t="s">
         <v>140</v>
       </c>
       <c r="C65" s="46">
-        <v>45.92</v>
+        <v>46.1</v>
       </c>
       <c r="D65" s="46">
-        <v>229.89</v>
+        <v>218.43</v>
       </c>
       <c r="E65" s="46">
         <v>5.9</v>
       </c>
       <c r="F65" s="46">
-        <v>1.79</v>
+        <v>6.7</v>
       </c>
       <c r="G65" s="46">
         <v>0</v>
       </c>
       <c r="H65" s="46">
-        <v>13.04</v>
+        <v>16.04</v>
       </c>
       <c r="I65" s="46">
-        <v>9.74</v>
+        <v>9.06</v>
       </c>
       <c r="J65" s="46">
-        <v>11.94</v>
+        <v>23.3</v>
       </c>
       <c r="K65" s="46">
         <v>0</v>
       </c>
       <c r="L65" s="46">
         <v>0</v>
       </c>
       <c r="M65" s="46">
         <v>0</v>
       </c>
       <c r="N65" s="46">
         <v>0.23</v>
       </c>
       <c r="O65" s="46">
         <v>1.1599999999999999</v>
       </c>
       <c r="P65" s="46">
-        <v>0.27</v>
+        <v>0.09</v>
       </c>
       <c r="Q65" s="46">
         <v>1.88</v>
       </c>
       <c r="R65" s="46">
-        <v>27.34</v>
+        <v>20</v>
       </c>
       <c r="S65" s="31">
         <f t="shared" si="1"/>
-        <v>349.1</v>
+        <v>348.89000000000004</v>
       </c>
       <c r="T65" s="40">
         <f t="shared" si="0"/>
-        <v>83.998854196505306</v>
+        <v>82.028719653759055</v>
       </c>
     </row>
     <row r="66" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" t="s">
         <v>141</v>
       </c>
       <c r="B66" t="s">
         <v>142</v>
       </c>
       <c r="C66" s="46">
         <v>13.5</v>
       </c>
       <c r="D66" s="46">
-        <v>82.16</v>
+        <v>81.56</v>
       </c>
       <c r="E66" s="46">
         <v>1.57</v>
       </c>
       <c r="F66" s="46">
-        <v>0</v>
+        <v>0.59</v>
       </c>
       <c r="G66" s="46">
         <v>0.11</v>
       </c>
       <c r="H66" s="46">
-        <v>0.15</v>
+        <v>0.38</v>
       </c>
       <c r="I66" s="46">
         <v>2</v>
       </c>
       <c r="J66" s="46">
         <v>0.21</v>
       </c>
       <c r="K66" s="46">
         <v>6.95</v>
       </c>
       <c r="L66" s="46">
-        <v>0.38</v>
+        <v>0.15</v>
       </c>
       <c r="M66" s="46">
         <v>0</v>
       </c>
       <c r="N66" s="46">
         <v>0</v>
       </c>
       <c r="O66" s="46">
         <v>2.44</v>
       </c>
       <c r="P66" s="46">
         <v>0.02</v>
       </c>
       <c r="Q66" s="46">
         <v>0.09</v>
       </c>
       <c r="R66" s="46">
         <v>0</v>
       </c>
       <c r="S66" s="31">
         <f t="shared" si="1"/>
-        <v>109.57999999999998</v>
+        <v>109.57</v>
       </c>
       <c r="T66" s="40">
         <f t="shared" si="0"/>
-        <v>90.655229056397161</v>
+        <v>90.65437619786438</v>
       </c>
     </row>
     <row r="67" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" t="s">
         <v>143</v>
       </c>
       <c r="B67" t="s">
         <v>144</v>
       </c>
       <c r="C67" s="46">
-        <v>10.71</v>
+        <v>12.35</v>
       </c>
       <c r="D67" s="46">
-        <v>109.58</v>
+        <v>113.24</v>
       </c>
       <c r="E67" s="46">
-        <v>7.63</v>
+        <v>6.76</v>
       </c>
       <c r="F67" s="46">
-        <v>6.8</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="G67" s="46">
         <v>0</v>
       </c>
       <c r="H67" s="46">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="I67" s="46">
-        <v>0</v>
+        <v>0.76</v>
       </c>
       <c r="J67" s="46">
         <v>4.63</v>
       </c>
       <c r="K67" s="46">
         <v>0</v>
       </c>
       <c r="L67" s="46">
-        <v>14.96</v>
+        <v>14.31</v>
       </c>
       <c r="M67" s="46">
         <v>0</v>
       </c>
       <c r="N67" s="46">
         <v>0</v>
       </c>
       <c r="O67" s="46">
         <v>0</v>
       </c>
       <c r="P67" s="46">
         <v>0.03</v>
       </c>
       <c r="Q67" s="46">
         <v>0</v>
       </c>
       <c r="R67" s="46">
-        <v>1.51</v>
+        <v>1.71</v>
       </c>
       <c r="S67" s="31">
         <f t="shared" si="1"/>
-        <v>156.06</v>
+        <v>155.82</v>
       </c>
       <c r="T67" s="40">
         <f t="shared" si="0"/>
-        <v>86.325772138920925</v>
+        <v>86.728276216146824</v>
       </c>
     </row>
     <row r="68" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" t="s">
         <v>145</v>
       </c>
       <c r="B68" t="s">
         <v>146</v>
       </c>
       <c r="C68" s="46">
-        <v>3.01</v>
+        <v>3.08</v>
       </c>
       <c r="D68" s="46">
-        <v>18.27</v>
+        <v>18.190000000000001</v>
       </c>
       <c r="E68" s="46">
         <v>2.31</v>
       </c>
       <c r="F68" s="46">
         <v>1.3</v>
       </c>
       <c r="G68" s="46">
         <v>0</v>
       </c>
       <c r="H68" s="46">
         <v>0</v>
       </c>
       <c r="I68" s="46">
         <v>0</v>
       </c>
       <c r="J68" s="46">
         <v>4.38</v>
       </c>
       <c r="K68" s="46">
         <v>0</v>
       </c>
       <c r="L68" s="46">
         <v>0</v>
       </c>
       <c r="M68" s="46">
         <v>1.07</v>
       </c>
       <c r="N68" s="46">
         <v>0</v>
       </c>
       <c r="O68" s="46">
         <v>0</v>
       </c>
       <c r="P68" s="46">
         <v>0</v>
       </c>
       <c r="Q68" s="46">
         <v>0</v>
       </c>
       <c r="R68" s="46">
         <v>0</v>
       </c>
       <c r="S68" s="31">
         <f t="shared" si="1"/>
-        <v>30.34</v>
+        <v>30.330000000000002</v>
       </c>
       <c r="T68" s="40">
         <f t="shared" si="0"/>
-        <v>82.036914963744238</v>
+        <v>82.030992416749086</v>
       </c>
     </row>
     <row r="69" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" t="s">
         <v>147</v>
       </c>
       <c r="B69" t="s">
         <v>148</v>
       </c>
       <c r="C69" s="46">
-        <v>32.25</v>
+        <v>34.96</v>
       </c>
       <c r="D69" s="46">
-        <v>144.26</v>
+        <v>138.94999999999999</v>
       </c>
       <c r="E69" s="46">
-        <v>11.64</v>
+        <v>11.82</v>
       </c>
       <c r="F69" s="46">
-        <v>6.16</v>
+        <v>12.05</v>
       </c>
       <c r="G69" s="46">
         <v>0</v>
       </c>
       <c r="H69" s="46">
-        <v>3.71</v>
+        <v>3.9</v>
       </c>
       <c r="I69" s="46">
-        <v>2.33</v>
+        <v>2.63</v>
       </c>
       <c r="J69" s="46">
         <v>1.58</v>
       </c>
       <c r="K69" s="46">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="L69" s="46">
-        <v>7.56</v>
+        <v>0</v>
       </c>
       <c r="M69" s="46">
-        <v>6.06</v>
+        <v>23.18</v>
       </c>
       <c r="N69" s="46">
         <v>0.25</v>
       </c>
       <c r="O69" s="46">
-        <v>0.35</v>
+        <v>6.41</v>
       </c>
       <c r="P69" s="46">
         <v>0</v>
       </c>
       <c r="Q69" s="46">
-        <v>0.34</v>
+        <v>1.5</v>
       </c>
       <c r="R69" s="46">
-        <v>0.47</v>
+        <v>7.75</v>
       </c>
       <c r="S69" s="31">
         <f t="shared" si="1"/>
-        <v>217.37</v>
+        <v>244.98000000000002</v>
       </c>
       <c r="T69" s="40">
         <f t="shared" si="0"/>
-        <v>90.463265400009192</v>
+        <v>81.806678096171098</v>
       </c>
     </row>
     <row r="70" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A70" t="s">
         <v>149</v>
       </c>
       <c r="B70" t="s">
         <v>150</v>
       </c>
       <c r="C70" s="46">
-        <v>7.53</v>
+        <v>3.48</v>
       </c>
       <c r="D70" s="46">
-        <v>70.73</v>
+        <v>75.05</v>
       </c>
       <c r="E70" s="46">
-        <v>5.04</v>
+        <v>4.7</v>
       </c>
       <c r="F70" s="46">
-        <v>3.19</v>
+        <v>2.16</v>
       </c>
       <c r="G70" s="46">
         <v>0</v>
       </c>
       <c r="H70" s="46">
         <v>0</v>
       </c>
       <c r="I70" s="46">
         <v>1.93</v>
       </c>
       <c r="J70" s="46">
         <v>0.63</v>
       </c>
       <c r="K70" s="46">
         <v>0</v>
       </c>
       <c r="L70" s="46">
         <v>0</v>
       </c>
       <c r="M70" s="46">
         <v>0</v>
       </c>
       <c r="N70" s="46">
         <v>1.06</v>
       </c>
       <c r="O70" s="46">
         <v>0</v>
       </c>
       <c r="P70" s="46">
         <v>0</v>
       </c>
       <c r="Q70" s="46">
-        <v>3.41</v>
+        <v>3.23</v>
       </c>
       <c r="R70" s="46">
-        <v>0.93</v>
+        <v>1.18</v>
       </c>
       <c r="S70" s="31">
         <f t="shared" si="1"/>
-        <v>94.450000000000017</v>
+        <v>93.420000000000016</v>
       </c>
       <c r="T70" s="40">
         <f t="shared" ref="T70:T133" si="2">(C70+D70+E70+F70+G70+I70)/S70*100</f>
-        <v>93.615669666490206</v>
+        <v>93.470348961678425</v>
       </c>
     </row>
     <row r="71" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" t="s">
         <v>151</v>
       </c>
       <c r="B71" t="s">
         <v>152</v>
       </c>
       <c r="C71" s="46">
-        <v>7.24</v>
+        <v>7.26</v>
       </c>
       <c r="D71" s="46">
-        <v>58.8</v>
+        <v>59.97</v>
       </c>
       <c r="E71" s="46">
-        <v>4.42</v>
+        <v>3.92</v>
       </c>
       <c r="F71" s="46">
-        <v>2.79</v>
+        <v>1.6</v>
       </c>
       <c r="G71" s="46">
         <v>0</v>
       </c>
       <c r="H71" s="46">
         <v>0</v>
       </c>
       <c r="I71" s="46">
         <v>0.19</v>
       </c>
       <c r="J71" s="46">
         <v>3.34</v>
       </c>
       <c r="K71" s="46">
         <v>0</v>
       </c>
       <c r="L71" s="46">
         <v>0</v>
       </c>
       <c r="M71" s="46">
-        <v>9.8800000000000008</v>
+        <v>10.38</v>
       </c>
       <c r="N71" s="46">
         <v>0</v>
       </c>
       <c r="O71" s="46">
         <v>0</v>
       </c>
       <c r="P71" s="46">
         <v>0.02</v>
       </c>
       <c r="Q71" s="46">
         <v>0.09</v>
       </c>
       <c r="R71" s="46">
         <v>0.12</v>
       </c>
       <c r="S71" s="31">
         <f t="shared" si="1"/>
         <v>86.89</v>
       </c>
       <c r="T71" s="40">
         <f t="shared" si="2"/>
-        <v>84.520658303602247</v>
+        <v>83.94521809184026</v>
       </c>
     </row>
     <row r="72" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" t="s">
         <v>153</v>
       </c>
       <c r="B72" t="s">
         <v>154</v>
       </c>
       <c r="C72" s="46">
         <v>58.38</v>
       </c>
       <c r="D72" s="46">
-        <v>165.88</v>
+        <v>166.1</v>
       </c>
       <c r="E72" s="46">
         <v>9.77</v>
       </c>
       <c r="F72" s="46">
-        <v>1.18</v>
+        <v>1.89</v>
       </c>
       <c r="G72" s="46">
         <v>0</v>
       </c>
       <c r="H72" s="46">
-        <v>0.25</v>
+        <v>0.45</v>
       </c>
       <c r="I72" s="46">
         <v>1.25</v>
       </c>
       <c r="J72" s="46">
         <v>15.12</v>
       </c>
       <c r="K72" s="46">
-        <v>1.65</v>
+        <v>0.85</v>
       </c>
       <c r="L72" s="46">
         <v>0</v>
       </c>
       <c r="M72" s="46">
         <v>0</v>
       </c>
       <c r="N72" s="46">
         <v>1.74</v>
       </c>
       <c r="O72" s="46">
-        <v>3.89</v>
+        <v>3.55</v>
       </c>
       <c r="P72" s="46">
         <v>0.13</v>
       </c>
       <c r="Q72" s="46">
         <v>0.95</v>
       </c>
       <c r="R72" s="46">
         <v>1.51</v>
       </c>
       <c r="S72" s="31">
         <f t="shared" ref="S72:S136" si="3">SUM(C72:R72)</f>
-        <v>261.7</v>
+        <v>261.68999999999994</v>
       </c>
       <c r="T72" s="40">
         <f t="shared" si="2"/>
-        <v>90.355368742835324</v>
+        <v>90.714203828957935</v>
       </c>
     </row>
     <row r="73" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" t="s">
         <v>155</v>
       </c>
       <c r="B73" t="s">
         <v>156</v>
       </c>
       <c r="C73" s="46">
-        <v>6.73</v>
+        <v>6.78</v>
       </c>
       <c r="D73" s="46">
-        <v>44.25</v>
+        <v>44.26</v>
       </c>
       <c r="E73" s="46">
         <v>2.72</v>
       </c>
       <c r="F73" s="46">
-        <v>2.0499999999999998</v>
+        <v>2.42</v>
       </c>
       <c r="G73" s="46">
         <v>0</v>
       </c>
       <c r="H73" s="46">
         <v>0</v>
       </c>
       <c r="I73" s="46">
-        <v>2.82</v>
+        <v>2.77</v>
       </c>
       <c r="J73" s="46">
-        <v>4.83</v>
+        <v>4.3</v>
       </c>
       <c r="K73" s="46">
         <v>0</v>
       </c>
       <c r="L73" s="46">
         <v>0</v>
       </c>
       <c r="M73" s="46">
         <v>6.45</v>
       </c>
       <c r="N73" s="46">
         <v>0</v>
       </c>
       <c r="O73" s="46">
         <v>0.56999999999999995</v>
       </c>
       <c r="P73" s="46">
         <v>0</v>
       </c>
       <c r="Q73" s="46">
         <v>1.03</v>
       </c>
       <c r="R73" s="46">
-        <v>0.68</v>
+        <v>0.83</v>
       </c>
       <c r="S73" s="31">
         <f t="shared" si="3"/>
         <v>72.13</v>
       </c>
       <c r="T73" s="40">
         <f t="shared" si="2"/>
-        <v>81.200610009704704</v>
+        <v>81.727436572854572</v>
       </c>
     </row>
     <row r="74" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" t="s">
         <v>157</v>
       </c>
       <c r="B74" t="s">
         <v>158</v>
       </c>
       <c r="C74" s="46">
-        <v>67.040000000000006</v>
+        <v>66.739999999999995</v>
       </c>
       <c r="D74" s="46">
-        <v>396.92</v>
+        <v>398.35</v>
       </c>
       <c r="E74" s="46">
-        <v>40.869999999999997</v>
+        <v>40.82</v>
       </c>
       <c r="F74" s="46">
-        <v>10.97</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="G74" s="46">
         <v>0</v>
       </c>
       <c r="H74" s="46">
         <v>24.31</v>
       </c>
       <c r="I74" s="46">
-        <v>7.35</v>
+        <v>8.9700000000000006</v>
       </c>
       <c r="J74" s="46">
         <v>1.07</v>
       </c>
       <c r="K74" s="46">
-        <v>2.31</v>
+        <v>1.76</v>
       </c>
       <c r="L74" s="46">
         <v>0.61</v>
       </c>
       <c r="M74" s="46">
         <v>0.65</v>
       </c>
       <c r="N74" s="46">
         <v>15.7</v>
       </c>
       <c r="O74" s="46">
         <v>20.68</v>
       </c>
       <c r="P74" s="46">
         <v>2.42</v>
       </c>
       <c r="Q74" s="46">
         <v>12.15</v>
       </c>
       <c r="R74" s="46">
-        <v>21.81</v>
+        <v>20</v>
       </c>
       <c r="S74" s="31">
         <f t="shared" si="3"/>
-        <v>624.8599999999999</v>
+        <v>623.42999999999995</v>
       </c>
       <c r="T74" s="40">
         <f t="shared" si="2"/>
-        <v>83.722753896872931</v>
+        <v>84.063968689347661</v>
       </c>
     </row>
     <row r="75" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" t="s">
         <v>159</v>
       </c>
       <c r="B75" t="s">
         <v>160</v>
       </c>
       <c r="C75" s="46">
         <v>0.1</v>
       </c>
       <c r="D75" s="46">
-        <v>2.68</v>
+        <v>2.72</v>
       </c>
       <c r="E75" s="46">
         <v>0.45</v>
       </c>
       <c r="F75" s="46">
         <v>0.18</v>
       </c>
       <c r="G75" s="46">
         <v>0</v>
       </c>
       <c r="H75" s="46">
         <v>0</v>
       </c>
       <c r="I75" s="46">
         <v>0</v>
       </c>
       <c r="J75" s="46">
         <v>0.18</v>
       </c>
       <c r="K75" s="46">
         <v>0</v>
       </c>
       <c r="L75" s="46">
         <v>0</v>
       </c>
       <c r="M75" s="46">
         <v>0</v>
       </c>
       <c r="N75" s="46">
         <v>0</v>
       </c>
       <c r="O75" s="46">
         <v>0</v>
       </c>
       <c r="P75" s="46">
         <v>0</v>
       </c>
       <c r="Q75" s="46">
         <v>6.27</v>
       </c>
       <c r="R75" s="46">
         <v>0</v>
       </c>
       <c r="S75" s="31">
         <f t="shared" si="3"/>
-        <v>9.86</v>
+        <v>9.9</v>
       </c>
       <c r="T75" s="40">
         <f t="shared" si="2"/>
-        <v>34.584178498985807</v>
+        <v>34.848484848484851</v>
       </c>
     </row>
     <row r="76" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" t="s">
         <v>161</v>
       </c>
       <c r="B76" t="s">
         <v>162</v>
       </c>
       <c r="C76" s="46">
-        <v>363.12</v>
+        <v>371.26</v>
       </c>
       <c r="D76" s="46">
-        <v>945.23</v>
+        <v>976.65</v>
       </c>
       <c r="E76" s="46">
-        <v>11.97</v>
+        <v>10.67</v>
       </c>
       <c r="F76" s="46">
-        <v>59.14</v>
+        <v>26.23</v>
       </c>
       <c r="G76" s="46">
         <v>0</v>
       </c>
       <c r="H76" s="46">
-        <v>28.48</v>
+        <v>58.01</v>
       </c>
       <c r="I76" s="46">
-        <v>71.02</v>
+        <v>58.47</v>
       </c>
       <c r="J76" s="46">
-        <v>55.75</v>
+        <v>71.400000000000006</v>
       </c>
       <c r="K76" s="46">
-        <v>16.43</v>
+        <v>8.09</v>
       </c>
       <c r="L76" s="46">
         <v>0</v>
       </c>
       <c r="M76" s="46">
         <v>0</v>
       </c>
       <c r="N76" s="46">
-        <v>3.3</v>
+        <v>1.05</v>
       </c>
       <c r="O76" s="46">
-        <v>10.07</v>
+        <v>7.8</v>
       </c>
       <c r="P76" s="46">
-        <v>16.78</v>
+        <v>16.98</v>
       </c>
       <c r="Q76" s="46">
-        <v>30.03</v>
+        <v>19.93</v>
       </c>
       <c r="R76" s="46">
-        <v>65.98</v>
+        <v>50.85</v>
       </c>
       <c r="S76" s="31">
         <f t="shared" si="3"/>
-        <v>1677.3</v>
+        <v>1677.3899999999999</v>
       </c>
       <c r="T76" s="40">
         <f t="shared" si="2"/>
-        <v>86.477076253502659</v>
+        <v>86.043198063658423</v>
       </c>
     </row>
     <row r="77" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" t="s">
         <v>163</v>
       </c>
       <c r="B77" t="s">
         <v>164</v>
       </c>
       <c r="C77" s="46">
-        <v>197.6</v>
+        <v>205.93</v>
       </c>
       <c r="D77" s="46">
-        <v>616.08000000000004</v>
+        <v>627.58000000000004</v>
       </c>
       <c r="E77" s="46">
-        <v>72.87</v>
+        <v>73.75</v>
       </c>
       <c r="F77" s="46">
-        <v>17.21</v>
+        <v>12.49</v>
       </c>
       <c r="G77" s="46">
         <v>0</v>
       </c>
       <c r="H77" s="46">
-        <v>5.58</v>
+        <v>3.57</v>
       </c>
       <c r="I77" s="46">
-        <v>14.46</v>
+        <v>14.59</v>
       </c>
       <c r="J77" s="46">
-        <v>28.44</v>
+        <v>28.4</v>
       </c>
       <c r="K77" s="46">
         <v>2.09</v>
       </c>
       <c r="L77" s="46">
         <v>0</v>
       </c>
       <c r="M77" s="46">
-        <v>0</v>
+        <v>1.61</v>
       </c>
       <c r="N77" s="46">
-        <v>17.739999999999998</v>
+        <v>2.69</v>
       </c>
       <c r="O77" s="46">
-        <v>28.78</v>
+        <v>33.04</v>
       </c>
       <c r="P77" s="46">
         <v>0.43</v>
       </c>
       <c r="Q77" s="46">
-        <v>9.9</v>
+        <v>11.83</v>
       </c>
       <c r="R77" s="46">
-        <v>30.92</v>
+        <v>32.869999999999997</v>
       </c>
       <c r="S77" s="31">
         <f t="shared" si="3"/>
-        <v>1042.1000000000001</v>
+        <v>1050.8700000000001</v>
       </c>
       <c r="T77" s="40">
         <f t="shared" si="2"/>
-        <v>88.112465214470774</v>
+        <v>88.911092713656288</v>
       </c>
     </row>
     <row r="78" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A78" t="s">
         <v>165</v>
       </c>
       <c r="B78" t="s">
         <v>166</v>
       </c>
       <c r="C78" s="46">
-        <v>12.34</v>
+        <v>10.02</v>
       </c>
       <c r="D78" s="46">
-        <v>116.11</v>
+        <v>112.77</v>
       </c>
       <c r="E78" s="46">
-        <v>5.7</v>
+        <v>4.71</v>
       </c>
       <c r="F78" s="46">
-        <v>1.65</v>
+        <v>1.29</v>
       </c>
       <c r="G78" s="46">
         <v>0</v>
       </c>
       <c r="H78" s="46">
-        <v>0</v>
+        <v>4.62</v>
       </c>
       <c r="I78" s="46">
-        <v>0.12</v>
+        <v>1.88</v>
       </c>
       <c r="J78" s="46">
-        <v>0.05</v>
+        <v>0.93</v>
       </c>
       <c r="K78" s="46">
         <v>0</v>
       </c>
       <c r="L78" s="46">
-        <v>13.21</v>
+        <v>12.66</v>
       </c>
       <c r="M78" s="46">
         <v>0</v>
       </c>
       <c r="N78" s="46">
         <v>0.26</v>
       </c>
       <c r="O78" s="46">
-        <v>7.49</v>
+        <v>2.87</v>
       </c>
       <c r="P78" s="46">
         <v>0</v>
       </c>
       <c r="Q78" s="46">
-        <v>1.25</v>
+        <v>0.68</v>
       </c>
       <c r="R78" s="46">
-        <v>0.34</v>
+        <v>2.8</v>
       </c>
       <c r="S78" s="31">
         <f t="shared" si="3"/>
-        <v>158.52000000000001</v>
+        <v>155.49</v>
       </c>
       <c r="T78" s="40">
         <f t="shared" si="2"/>
-        <v>85.743123896038341</v>
+        <v>84.037558685446001</v>
       </c>
     </row>
     <row r="79" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" t="s">
         <v>167</v>
       </c>
       <c r="B79" t="s">
         <v>168</v>
       </c>
       <c r="C79" s="46">
         <v>3.06</v>
       </c>
       <c r="D79" s="46">
         <v>10.49</v>
       </c>
       <c r="E79" s="46">
         <v>1.55</v>
       </c>
       <c r="F79" s="46">
         <v>0.7</v>
       </c>
       <c r="G79" s="46">
         <v>0</v>
       </c>
       <c r="H79" s="46">
@@ -8660,252 +8656,252 @@
         <v>0</v>
       </c>
       <c r="Q79" s="46">
         <v>0.78</v>
       </c>
       <c r="R79" s="46">
         <v>0.6</v>
       </c>
       <c r="S79" s="31">
         <f t="shared" si="3"/>
         <v>18.590000000000003</v>
       </c>
       <c r="T79" s="40">
         <f t="shared" si="2"/>
         <v>91.070467993544895</v>
       </c>
     </row>
     <row r="80" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" t="s">
         <v>169</v>
       </c>
       <c r="B80" t="s">
         <v>170</v>
       </c>
       <c r="C80" s="46">
-        <v>5.16</v>
+        <v>5.43</v>
       </c>
       <c r="D80" s="46">
-        <v>59.37</v>
+        <v>59.15</v>
       </c>
       <c r="E80" s="46">
-        <v>3.47</v>
+        <v>3.58</v>
       </c>
       <c r="F80" s="46">
-        <v>2.2999999999999998</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="G80" s="46">
         <v>0</v>
       </c>
       <c r="H80" s="46">
         <v>0</v>
       </c>
       <c r="I80" s="46">
         <v>2.5499999999999998</v>
       </c>
       <c r="J80" s="46">
         <v>0.32</v>
       </c>
       <c r="K80" s="46">
         <v>0</v>
       </c>
       <c r="L80" s="46">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="M80" s="46">
         <v>0</v>
       </c>
       <c r="N80" s="46">
         <v>0</v>
       </c>
       <c r="O80" s="46">
-        <v>2.54</v>
+        <v>5.51</v>
       </c>
       <c r="P80" s="46">
         <v>1.83</v>
       </c>
       <c r="Q80" s="46">
         <v>0.11</v>
       </c>
       <c r="R80" s="46">
-        <v>0.19</v>
+        <v>0.34</v>
       </c>
       <c r="S80" s="31">
         <f t="shared" si="3"/>
-        <v>81.079999999999984</v>
+        <v>81.08</v>
       </c>
       <c r="T80" s="40">
         <f t="shared" si="2"/>
-        <v>89.849531327084378</v>
+        <v>89.997533300444005</v>
       </c>
     </row>
     <row r="81" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" t="s">
         <v>171</v>
       </c>
       <c r="B81" t="s">
         <v>172</v>
       </c>
       <c r="C81" s="46">
         <v>0.43</v>
       </c>
       <c r="D81" s="46">
-        <v>9.23</v>
+        <v>9.3699999999999992</v>
       </c>
       <c r="E81" s="46">
         <v>0.6</v>
       </c>
       <c r="F81" s="46">
         <v>0</v>
       </c>
       <c r="G81" s="46">
         <v>0</v>
       </c>
       <c r="H81" s="46">
         <v>0</v>
       </c>
       <c r="I81" s="46">
         <v>0</v>
       </c>
       <c r="J81" s="46">
-        <v>0.4</v>
+        <v>0.27</v>
       </c>
       <c r="K81" s="46">
         <v>0</v>
       </c>
       <c r="L81" s="46">
         <v>0</v>
       </c>
       <c r="M81" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="N81" s="46">
         <v>0</v>
       </c>
       <c r="O81" s="46">
         <v>3.32</v>
       </c>
       <c r="P81" s="46">
         <v>0</v>
       </c>
       <c r="Q81" s="46">
         <v>1.9</v>
       </c>
       <c r="R81" s="46">
         <v>0</v>
       </c>
       <c r="S81" s="31">
         <f t="shared" si="3"/>
-        <v>16.16</v>
+        <v>16.169999999999998</v>
       </c>
       <c r="T81" s="40">
         <f t="shared" si="2"/>
-        <v>63.490099009900987</v>
+        <v>64.316635745207179</v>
       </c>
     </row>
     <row r="82" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" t="s">
         <v>173</v>
       </c>
       <c r="B82" t="s">
         <v>174</v>
       </c>
       <c r="C82" s="46">
         <v>28.01</v>
       </c>
       <c r="D82" s="46">
-        <v>171.38</v>
+        <v>169.74</v>
       </c>
       <c r="E82" s="46">
         <v>6.08</v>
       </c>
       <c r="F82" s="46">
-        <v>1.88</v>
+        <v>3.52</v>
       </c>
       <c r="G82" s="46">
         <v>0</v>
       </c>
       <c r="H82" s="46">
         <v>0</v>
       </c>
       <c r="I82" s="46">
         <v>47</v>
       </c>
       <c r="J82" s="46">
         <v>2.25</v>
       </c>
       <c r="K82" s="46">
         <v>0</v>
       </c>
       <c r="L82" s="46">
         <v>0</v>
       </c>
       <c r="M82" s="46">
         <v>0</v>
       </c>
       <c r="N82" s="46">
         <v>0</v>
       </c>
       <c r="O82" s="46">
         <v>1.99</v>
       </c>
       <c r="P82" s="46">
         <v>0.57999999999999996</v>
       </c>
       <c r="Q82" s="46">
         <v>0.61</v>
       </c>
       <c r="R82" s="46">
         <v>0.49</v>
       </c>
       <c r="S82" s="31">
         <f t="shared" si="3"/>
         <v>260.27000000000004</v>
       </c>
       <c r="T82" s="40">
         <f t="shared" si="2"/>
-        <v>97.725438967226324</v>
+        <v>97.725438967226339</v>
       </c>
     </row>
     <row r="83" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" t="s">
         <v>175</v>
       </c>
       <c r="B83" t="s">
         <v>176</v>
       </c>
       <c r="C83" s="46">
-        <v>36.5</v>
+        <v>36.61</v>
       </c>
       <c r="D83" s="46">
-        <v>117.98</v>
+        <v>117.69</v>
       </c>
       <c r="E83" s="46">
         <v>4.8</v>
       </c>
       <c r="F83" s="46">
-        <v>0.9</v>
+        <v>1.08</v>
       </c>
       <c r="G83" s="46">
         <v>0</v>
       </c>
       <c r="H83" s="46">
         <v>0</v>
       </c>
       <c r="I83" s="46">
         <v>14.47</v>
       </c>
       <c r="J83" s="46">
         <v>0</v>
       </c>
       <c r="K83" s="46">
         <v>0</v>
       </c>
       <c r="L83" s="46">
         <v>0</v>
       </c>
       <c r="M83" s="46">
         <v>3.57</v>
       </c>
       <c r="N83" s="46">
         <v>0</v>
       </c>
@@ -8919,613 +8915,613 @@
         <v>1.41</v>
       </c>
       <c r="R83" s="46">
         <v>1.0900000000000001</v>
       </c>
       <c r="S83" s="31">
         <f t="shared" si="3"/>
         <v>180.72000000000003</v>
       </c>
       <c r="T83" s="40">
         <f t="shared" si="2"/>
         <v>96.641212926073479</v>
       </c>
     </row>
     <row r="84" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" t="s">
         <v>177</v>
       </c>
       <c r="B84" t="s">
         <v>178</v>
       </c>
       <c r="C84" s="46">
         <v>7.5</v>
       </c>
       <c r="D84" s="46">
-        <v>49.87</v>
+        <v>51.17</v>
       </c>
       <c r="E84" s="46">
         <v>1.77</v>
       </c>
       <c r="F84" s="46">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G84" s="46">
         <v>0</v>
       </c>
       <c r="H84" s="46">
         <v>0</v>
       </c>
       <c r="I84" s="46">
         <v>0</v>
       </c>
       <c r="J84" s="46">
         <v>0</v>
       </c>
       <c r="K84" s="46">
         <v>0</v>
       </c>
       <c r="L84" s="46">
         <v>0</v>
       </c>
       <c r="M84" s="46">
         <v>0</v>
       </c>
       <c r="N84" s="46">
         <v>0</v>
       </c>
       <c r="O84" s="46">
         <v>0.41</v>
       </c>
       <c r="P84" s="46">
-        <v>3.27</v>
+        <v>0</v>
       </c>
       <c r="Q84" s="46">
         <v>0.37</v>
       </c>
       <c r="R84" s="46">
-        <v>1.74</v>
+        <v>3.8</v>
       </c>
       <c r="S84" s="31">
         <f t="shared" si="3"/>
-        <v>66.03</v>
+        <v>66.02</v>
       </c>
       <c r="T84" s="40">
         <f t="shared" si="2"/>
-        <v>91.231258518855057</v>
+        <v>93.062708270221165</v>
       </c>
     </row>
     <row r="85" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" t="s">
         <v>179</v>
       </c>
       <c r="B85" t="s">
         <v>180</v>
       </c>
       <c r="C85" s="46">
-        <v>2.64</v>
+        <v>2.42</v>
       </c>
       <c r="D85" s="46">
-        <v>18.61</v>
+        <v>20.010000000000002</v>
       </c>
       <c r="E85" s="46">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="F85" s="46">
-        <v>2.72</v>
+        <v>2.76</v>
       </c>
       <c r="G85" s="46">
         <v>0</v>
       </c>
       <c r="H85" s="46">
         <v>0</v>
       </c>
       <c r="I85" s="46">
-        <v>7.0000000000000007E-2</v>
+        <v>0</v>
       </c>
       <c r="J85" s="46">
-        <v>1.33</v>
+        <v>1.2</v>
       </c>
       <c r="K85" s="46">
         <v>0</v>
       </c>
       <c r="L85" s="46">
         <v>0</v>
       </c>
       <c r="M85" s="46">
         <v>0</v>
       </c>
       <c r="N85" s="46">
-        <v>1.45</v>
+        <v>0.38</v>
       </c>
       <c r="O85" s="46">
         <v>0.69</v>
       </c>
       <c r="P85" s="46">
         <v>0</v>
       </c>
       <c r="Q85" s="46">
         <v>0.74</v>
       </c>
       <c r="R85" s="46">
         <v>0.02</v>
       </c>
       <c r="S85" s="31">
         <f t="shared" si="3"/>
-        <v>31.86</v>
+        <v>31.799999999999994</v>
       </c>
       <c r="T85" s="40">
         <f t="shared" si="2"/>
-        <v>86.723163841807903</v>
+        <v>90.471698113207552</v>
       </c>
     </row>
     <row r="86" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" t="s">
         <v>181</v>
       </c>
       <c r="B86" t="s">
         <v>182</v>
       </c>
       <c r="C86" s="46">
-        <v>5.78</v>
+        <v>7.1</v>
       </c>
       <c r="D86" s="46">
-        <v>53.54</v>
+        <v>54.68</v>
       </c>
       <c r="E86" s="46">
-        <v>2.25</v>
+        <v>2.76</v>
       </c>
       <c r="F86" s="46">
         <v>2.0299999999999998</v>
       </c>
       <c r="G86" s="46">
         <v>0</v>
       </c>
       <c r="H86" s="46">
-        <v>13.25</v>
+        <v>0.13</v>
       </c>
       <c r="I86" s="46">
-        <v>1.1299999999999999</v>
+        <v>1.32</v>
       </c>
       <c r="J86" s="46">
-        <v>0</v>
+        <v>1.7</v>
       </c>
       <c r="K86" s="46">
-        <v>0</v>
+        <v>1.9</v>
       </c>
       <c r="L86" s="46">
         <v>0</v>
       </c>
       <c r="M86" s="46">
         <v>0</v>
       </c>
       <c r="N86" s="46">
         <v>0.05</v>
       </c>
       <c r="O86" s="46">
-        <v>0</v>
+        <v>6.64</v>
       </c>
       <c r="P86" s="46">
-        <v>0.48</v>
+        <v>0.06</v>
       </c>
       <c r="Q86" s="46">
-        <v>0.21</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="R86" s="46">
-        <v>0.42</v>
+        <v>1.07</v>
       </c>
       <c r="S86" s="31">
         <f t="shared" si="3"/>
-        <v>79.139999999999986</v>
+        <v>79.989999999999995</v>
       </c>
       <c r="T86" s="40">
         <f t="shared" si="2"/>
-        <v>81.791761435430899</v>
+        <v>84.873109138642334</v>
       </c>
     </row>
     <row r="87" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A87" t="s">
         <v>183</v>
       </c>
       <c r="B87" t="s">
         <v>184</v>
       </c>
       <c r="C87" s="46">
-        <v>34.869999999999997</v>
+        <v>34.479999999999997</v>
       </c>
       <c r="D87" s="46">
-        <v>141.91999999999999</v>
+        <v>142.88999999999999</v>
       </c>
       <c r="E87" s="46">
-        <v>8.6</v>
+        <v>7.58</v>
       </c>
       <c r="F87" s="46">
-        <v>3.18</v>
+        <v>2.33</v>
       </c>
       <c r="G87" s="46">
         <v>0</v>
       </c>
       <c r="H87" s="46">
-        <v>1.35</v>
+        <v>0.77</v>
       </c>
       <c r="I87" s="46">
-        <v>0.62</v>
+        <v>4.51</v>
       </c>
       <c r="J87" s="46">
-        <v>12.14</v>
+        <v>11.91</v>
       </c>
       <c r="K87" s="46">
         <v>5.55</v>
       </c>
       <c r="L87" s="46">
-        <v>4.9800000000000004</v>
+        <v>1.6</v>
       </c>
       <c r="M87" s="46">
-        <v>0.28999999999999998</v>
+        <v>0</v>
       </c>
       <c r="N87" s="46">
         <v>0</v>
       </c>
       <c r="O87" s="46">
-        <v>2.5299999999999998</v>
+        <v>0.7</v>
       </c>
       <c r="P87" s="46">
         <v>0</v>
       </c>
       <c r="Q87" s="46">
         <v>0.23</v>
       </c>
       <c r="R87" s="46">
         <v>0.3</v>
       </c>
       <c r="S87" s="31">
         <f t="shared" si="3"/>
-        <v>216.56</v>
+        <v>212.85</v>
       </c>
       <c r="T87" s="40">
         <f t="shared" si="2"/>
-        <v>87.361470262282964</v>
+        <v>90.105708245243136</v>
       </c>
     </row>
     <row r="88" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" t="s">
         <v>185</v>
       </c>
       <c r="B88" t="s">
         <v>186</v>
       </c>
       <c r="C88" s="46">
-        <v>7.24</v>
+        <v>7.04</v>
       </c>
       <c r="D88" s="46">
-        <v>92.61</v>
+        <v>93.56</v>
       </c>
       <c r="E88" s="46">
-        <v>5.58</v>
+        <v>5.57</v>
       </c>
       <c r="F88" s="46">
         <v>5.31</v>
       </c>
       <c r="G88" s="46">
         <v>0</v>
       </c>
       <c r="H88" s="46">
         <v>0</v>
       </c>
       <c r="I88" s="46">
-        <v>2.37</v>
+        <v>2.02</v>
       </c>
       <c r="J88" s="46">
-        <v>3.43</v>
+        <v>3.33</v>
       </c>
       <c r="K88" s="46">
         <v>0</v>
       </c>
       <c r="L88" s="46">
         <v>0</v>
       </c>
       <c r="M88" s="46">
         <v>0</v>
       </c>
       <c r="N88" s="46">
         <v>0.64</v>
       </c>
       <c r="O88" s="46">
         <v>1.07</v>
       </c>
       <c r="P88" s="46">
         <v>0</v>
       </c>
       <c r="Q88" s="46">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="R88" s="46">
         <v>0.27</v>
       </c>
       <c r="S88" s="31">
         <f t="shared" si="3"/>
-        <v>119.32</v>
+        <v>119.59</v>
       </c>
       <c r="T88" s="40">
         <f t="shared" si="2"/>
-        <v>94.795507877975197</v>
+        <v>94.907600969980777</v>
       </c>
     </row>
     <row r="89" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" t="s">
         <v>187</v>
       </c>
       <c r="B89" t="s">
         <v>188</v>
       </c>
       <c r="C89" s="46">
         <v>8.7100000000000009</v>
       </c>
       <c r="D89" s="46">
-        <v>91.45</v>
+        <v>92.05</v>
       </c>
       <c r="E89" s="46">
         <v>3.98</v>
       </c>
       <c r="F89" s="46">
-        <v>3.78</v>
+        <v>3.89</v>
       </c>
       <c r="G89" s="46">
         <v>0</v>
       </c>
       <c r="H89" s="46">
         <v>0</v>
       </c>
       <c r="I89" s="46">
-        <v>3.04</v>
+        <v>2.33</v>
       </c>
       <c r="J89" s="46">
         <v>2.08</v>
       </c>
       <c r="K89" s="46">
         <v>0</v>
       </c>
       <c r="L89" s="46">
         <v>0</v>
       </c>
       <c r="M89" s="46">
         <v>0</v>
       </c>
       <c r="N89" s="46">
         <v>0</v>
       </c>
       <c r="O89" s="46">
         <v>0</v>
       </c>
       <c r="P89" s="46">
         <v>0.15</v>
       </c>
       <c r="Q89" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="R89" s="46">
         <v>1.1000000000000001</v>
       </c>
       <c r="S89" s="31">
         <f t="shared" si="3"/>
-        <v>114.84</v>
+        <v>114.83999999999999</v>
       </c>
       <c r="T89" s="40">
         <f t="shared" si="2"/>
         <v>96.621386276558695</v>
       </c>
     </row>
     <row r="90" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A90" t="s">
         <v>189</v>
       </c>
       <c r="B90" t="s">
         <v>190</v>
       </c>
       <c r="C90" s="46">
-        <v>25.62</v>
+        <v>25.39</v>
       </c>
       <c r="D90" s="46">
-        <v>246.01</v>
+        <v>249.01</v>
       </c>
       <c r="E90" s="46">
-        <v>7.94</v>
+        <v>7.46</v>
       </c>
       <c r="F90" s="46">
-        <v>16.66</v>
+        <v>8.3699999999999992</v>
       </c>
       <c r="G90" s="46">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
       <c r="H90" s="46">
-        <v>0</v>
+        <v>13.2</v>
       </c>
       <c r="I90" s="46">
-        <v>6.36</v>
+        <v>6.55</v>
       </c>
       <c r="J90" s="46">
-        <v>9.07</v>
+        <v>9.65</v>
       </c>
       <c r="K90" s="46">
-        <v>3.55</v>
+        <v>8.07</v>
       </c>
       <c r="L90" s="46">
-        <v>21.29</v>
+        <v>5.89</v>
       </c>
       <c r="M90" s="46">
         <v>0.33</v>
       </c>
       <c r="N90" s="46">
         <v>0</v>
       </c>
       <c r="O90" s="46">
-        <v>1.19</v>
+        <v>2.14</v>
       </c>
       <c r="P90" s="46">
         <v>0</v>
       </c>
       <c r="Q90" s="46">
-        <v>5.0999999999999996</v>
+        <v>5.07</v>
       </c>
       <c r="R90" s="46">
-        <v>1.08</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="S90" s="31">
         <f t="shared" si="3"/>
-        <v>344.50000000000006</v>
+        <v>343.66999999999985</v>
       </c>
       <c r="T90" s="40">
         <f t="shared" si="2"/>
-        <v>87.921625544267059</v>
+        <v>86.455029534146149</v>
       </c>
     </row>
     <row r="91" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A91" t="s">
         <v>191</v>
       </c>
       <c r="B91" t="s">
         <v>589</v>
       </c>
       <c r="C91" s="46">
-        <v>81.3</v>
+        <v>91.1</v>
       </c>
       <c r="D91" s="46">
-        <v>340.41</v>
+        <v>341.53</v>
       </c>
       <c r="E91" s="46">
-        <v>18.53</v>
+        <v>23.07</v>
       </c>
       <c r="F91" s="46">
-        <v>8.17</v>
+        <v>5.74</v>
       </c>
       <c r="G91" s="46">
         <v>0</v>
       </c>
       <c r="H91" s="46">
-        <v>6.44</v>
+        <v>10.29</v>
       </c>
       <c r="I91" s="46">
-        <v>18.72</v>
+        <v>9.2100000000000009</v>
       </c>
       <c r="J91" s="46">
-        <v>7.21</v>
+        <v>5.73</v>
       </c>
       <c r="K91" s="46">
-        <v>1.64</v>
+        <v>7.25</v>
       </c>
       <c r="L91" s="46">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="M91" s="46">
-        <v>1.29</v>
+        <v>0.06</v>
       </c>
       <c r="N91" s="46">
         <v>4.6900000000000004</v>
       </c>
       <c r="O91" s="46">
-        <v>14.41</v>
+        <v>14.84</v>
       </c>
       <c r="P91" s="46">
-        <v>3.33</v>
+        <v>3.16</v>
       </c>
       <c r="Q91" s="46">
-        <v>10.07</v>
+        <v>11.84</v>
       </c>
       <c r="R91" s="46">
-        <v>29.27</v>
+        <v>17.190000000000001</v>
       </c>
       <c r="S91" s="31">
         <f t="shared" si="3"/>
-        <v>545.73</v>
+        <v>545.70000000000005</v>
       </c>
       <c r="T91" s="40">
         <f t="shared" si="2"/>
-        <v>85.597273376944642</v>
+        <v>86.247022173355319</v>
       </c>
     </row>
     <row r="92" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A92" t="s">
         <v>192</v>
       </c>
       <c r="B92" t="s">
         <v>193</v>
       </c>
       <c r="C92" s="46">
-        <v>3.22</v>
+        <v>3.11</v>
       </c>
       <c r="D92" s="46">
-        <v>38.28</v>
+        <v>37.72</v>
       </c>
       <c r="E92" s="46">
-        <v>1.91</v>
+        <v>2.65</v>
       </c>
       <c r="F92" s="46">
-        <v>0.71</v>
+        <v>0.84</v>
       </c>
       <c r="G92" s="46">
         <v>0</v>
       </c>
       <c r="H92" s="46">
-        <v>0.28999999999999998</v>
+        <v>0</v>
       </c>
       <c r="I92" s="46">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="J92" s="46">
         <v>0</v>
       </c>
       <c r="K92" s="46">
         <v>0</v>
       </c>
       <c r="L92" s="46">
         <v>0</v>
       </c>
       <c r="M92" s="46">
         <v>0</v>
       </c>
       <c r="N92" s="46">
         <v>1.05</v>
       </c>
       <c r="O92" s="46">
         <v>0</v>
       </c>
       <c r="P92" s="46">
-        <v>0.47</v>
+        <v>0.76</v>
       </c>
       <c r="Q92" s="46">
-        <v>0.37</v>
+        <v>0.97</v>
       </c>
       <c r="R92" s="46">
-        <v>0.91</v>
+        <v>0.19</v>
       </c>
       <c r="S92" s="31">
         <f t="shared" si="3"/>
-        <v>47.409999999999989</v>
+        <v>47.289999999999992</v>
       </c>
       <c r="T92" s="40">
         <f t="shared" si="2"/>
-        <v>93.482387681923669</v>
+        <v>93.7196024529499</v>
       </c>
     </row>
     <row r="93" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A93" t="s">
         <v>194</v>
       </c>
       <c r="B93" t="s">
         <v>195</v>
       </c>
       <c r="C93" s="46">
         <v>0.04</v>
       </c>
       <c r="D93" s="46">
         <v>4.72</v>
       </c>
       <c r="E93" s="46">
         <v>0.08</v>
       </c>
       <c r="F93" s="46">
         <v>0.41</v>
       </c>
       <c r="G93" s="46">
         <v>0</v>
       </c>
       <c r="H93" s="46">
@@ -9556,104 +9552,104 @@
         <v>0</v>
       </c>
       <c r="Q93" s="46">
         <v>1.03</v>
       </c>
       <c r="R93" s="46">
         <v>0</v>
       </c>
       <c r="S93" s="31">
         <f t="shared" si="3"/>
         <v>7.33</v>
       </c>
       <c r="T93" s="40">
         <f t="shared" si="2"/>
         <v>71.623465211459759</v>
       </c>
     </row>
     <row r="94" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A94" t="s">
         <v>196</v>
       </c>
       <c r="B94" t="s">
         <v>197</v>
       </c>
       <c r="C94" s="46">
-        <v>25.38</v>
+        <v>24.72</v>
       </c>
       <c r="D94" s="46">
-        <v>202.98</v>
+        <v>201.78</v>
       </c>
       <c r="E94" s="46">
-        <v>17.940000000000001</v>
+        <v>17.989999999999998</v>
       </c>
       <c r="F94" s="46">
-        <v>10.89</v>
+        <v>15.77</v>
       </c>
       <c r="G94" s="46">
         <v>0</v>
       </c>
       <c r="H94" s="46">
-        <v>2.75</v>
+        <v>1.89</v>
       </c>
       <c r="I94" s="46">
-        <v>5.05</v>
+        <v>5.25</v>
       </c>
       <c r="J94" s="46">
-        <v>3.77</v>
+        <v>3.99</v>
       </c>
       <c r="K94" s="46">
         <v>0.3</v>
       </c>
       <c r="L94" s="46">
-        <v>0.04</v>
+        <v>0.23</v>
       </c>
       <c r="M94" s="46">
-        <v>0.36</v>
+        <v>8.68</v>
       </c>
       <c r="N94" s="46">
         <v>1.2</v>
       </c>
       <c r="O94" s="46">
         <v>6.25</v>
       </c>
       <c r="P94" s="46">
         <v>1.29</v>
       </c>
       <c r="Q94" s="46">
-        <v>14.53</v>
+        <v>14.78</v>
       </c>
       <c r="R94" s="46">
-        <v>12.12</v>
+        <v>3.6</v>
       </c>
       <c r="S94" s="31">
         <f t="shared" si="3"/>
-        <v>304.85000000000002</v>
+        <v>307.72000000000003</v>
       </c>
       <c r="T94" s="40">
         <f t="shared" si="2"/>
-        <v>86.022634082335571</v>
+        <v>86.28298453139216</v>
       </c>
     </row>
     <row r="95" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A95" t="s">
         <v>198</v>
       </c>
       <c r="B95" t="s">
         <v>199</v>
       </c>
       <c r="C95" s="46">
         <v>5.4</v>
       </c>
       <c r="D95" s="46">
         <v>85.94</v>
       </c>
       <c r="E95" s="46">
         <v>1.4</v>
       </c>
       <c r="F95" s="46">
         <v>0.39</v>
       </c>
       <c r="G95" s="46">
         <v>0</v>
       </c>
       <c r="H95" s="46">
@@ -9684,360 +9680,360 @@
         <v>0.11</v>
       </c>
       <c r="Q95" s="46">
         <v>3.46</v>
       </c>
       <c r="R95" s="46">
         <v>0</v>
       </c>
       <c r="S95" s="31">
         <f t="shared" si="3"/>
         <v>107.92</v>
       </c>
       <c r="T95" s="40">
         <f t="shared" si="2"/>
         <v>96.691994069681257</v>
       </c>
     </row>
     <row r="96" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A96" t="s">
         <v>200</v>
       </c>
       <c r="B96" t="s">
         <v>201</v>
       </c>
       <c r="C96" s="46">
-        <v>11.25</v>
+        <v>8.9700000000000006</v>
       </c>
       <c r="D96" s="46">
-        <v>52.58</v>
+        <v>49.17</v>
       </c>
       <c r="E96" s="46">
-        <v>2.48</v>
+        <v>3.31</v>
       </c>
       <c r="F96" s="46">
-        <v>4.7300000000000004</v>
+        <v>1.53</v>
       </c>
       <c r="G96" s="46">
         <v>0</v>
       </c>
       <c r="H96" s="46">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="I96" s="46">
-        <v>2.0499999999999998</v>
+        <v>0.99</v>
       </c>
       <c r="J96" s="46">
-        <v>0.47</v>
+        <v>3.68</v>
       </c>
       <c r="K96" s="46">
         <v>0.59</v>
       </c>
       <c r="L96" s="46">
         <v>0</v>
       </c>
       <c r="M96" s="46">
-        <v>7.36</v>
+        <v>0.47</v>
       </c>
       <c r="N96" s="46">
         <v>0</v>
       </c>
       <c r="O96" s="46">
-        <v>4.55</v>
+        <v>9.7899999999999991</v>
       </c>
       <c r="P96" s="46">
         <v>0.01</v>
       </c>
       <c r="Q96" s="46">
         <v>0.71</v>
       </c>
       <c r="R96" s="46">
-        <v>2.23</v>
+        <v>0.15</v>
       </c>
       <c r="S96" s="31">
         <f t="shared" si="3"/>
-        <v>89.01</v>
+        <v>79.970000000000027</v>
       </c>
       <c r="T96" s="40">
         <f t="shared" si="2"/>
-        <v>82.114369172003137</v>
+        <v>79.992497186444893</v>
       </c>
     </row>
     <row r="97" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A97" t="s">
         <v>202</v>
       </c>
       <c r="B97" t="s">
         <v>203</v>
       </c>
       <c r="C97" s="46">
         <v>64.489999999999995</v>
       </c>
       <c r="D97" s="46">
-        <v>268.3</v>
+        <v>267.82</v>
       </c>
       <c r="E97" s="46">
-        <v>38</v>
+        <v>38.15</v>
       </c>
       <c r="F97" s="46">
-        <v>10.8</v>
+        <v>11.62</v>
       </c>
       <c r="G97" s="46">
         <v>0</v>
       </c>
       <c r="H97" s="46">
-        <v>0</v>
+        <v>0.85</v>
       </c>
       <c r="I97" s="46">
-        <v>16.27</v>
+        <v>16.55</v>
       </c>
       <c r="J97" s="46">
         <v>3.73</v>
       </c>
       <c r="K97" s="46">
-        <v>7.3</v>
+        <v>6.88</v>
       </c>
       <c r="L97" s="46">
         <v>13.59</v>
       </c>
       <c r="M97" s="46">
         <v>0.51</v>
       </c>
       <c r="N97" s="46">
         <v>0.33</v>
       </c>
       <c r="O97" s="46">
-        <v>8.84</v>
+        <v>7.99</v>
       </c>
       <c r="P97" s="46">
         <v>0.94</v>
       </c>
       <c r="Q97" s="46">
         <v>13.95</v>
       </c>
       <c r="R97" s="46">
-        <v>4.24</v>
+        <v>3.89</v>
       </c>
       <c r="S97" s="31">
         <f t="shared" si="3"/>
         <v>451.28999999999996</v>
       </c>
       <c r="T97" s="40">
         <f t="shared" si="2"/>
-        <v>88.160606262048802</v>
+        <v>88.331228256775034</v>
       </c>
     </row>
     <row r="98" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A98" t="s">
         <v>204</v>
       </c>
       <c r="B98" t="s">
         <v>205</v>
       </c>
       <c r="C98" s="46">
         <v>4.82</v>
       </c>
       <c r="D98" s="46">
-        <v>36.83</v>
+        <v>37.06</v>
       </c>
       <c r="E98" s="46">
         <v>1.52</v>
       </c>
       <c r="F98" s="46">
-        <v>3.3</v>
+        <v>3.06</v>
       </c>
       <c r="G98" s="46">
         <v>0</v>
       </c>
       <c r="H98" s="46">
         <v>0</v>
       </c>
       <c r="I98" s="46">
         <v>1.69</v>
       </c>
       <c r="J98" s="46">
         <v>0</v>
       </c>
       <c r="K98" s="46">
         <v>0</v>
       </c>
       <c r="L98" s="46">
         <v>8.1999999999999993</v>
       </c>
       <c r="M98" s="46">
         <v>0</v>
       </c>
       <c r="N98" s="46">
         <v>0</v>
       </c>
       <c r="O98" s="46">
         <v>0</v>
       </c>
       <c r="P98" s="46">
         <v>0.23</v>
       </c>
       <c r="Q98" s="46">
         <v>0</v>
       </c>
       <c r="R98" s="46">
         <v>0</v>
       </c>
       <c r="S98" s="31">
         <f t="shared" si="3"/>
-        <v>56.589999999999996</v>
+        <v>56.580000000000005</v>
       </c>
       <c r="T98" s="40">
         <f t="shared" si="2"/>
-        <v>85.103375154620949</v>
+        <v>85.100742311770944</v>
       </c>
     </row>
     <row r="99" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" t="s">
         <v>206</v>
       </c>
       <c r="B99" t="s">
         <v>207</v>
       </c>
       <c r="C99" s="46">
-        <v>4.97</v>
+        <v>4.9800000000000004</v>
       </c>
       <c r="D99" s="46">
-        <v>42.51</v>
+        <v>42.53</v>
       </c>
       <c r="E99" s="46">
         <v>1.71</v>
       </c>
       <c r="F99" s="46">
-        <v>2.12</v>
+        <v>2.1</v>
       </c>
       <c r="G99" s="46">
         <v>0</v>
       </c>
       <c r="H99" s="46">
         <v>0</v>
       </c>
       <c r="I99" s="46">
         <v>1.73</v>
       </c>
       <c r="J99" s="46">
         <v>0</v>
       </c>
       <c r="K99" s="46">
         <v>0</v>
       </c>
       <c r="L99" s="46">
         <v>0</v>
       </c>
       <c r="M99" s="46">
-        <v>0</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="N99" s="46">
         <v>0</v>
       </c>
       <c r="O99" s="46">
         <v>0</v>
       </c>
       <c r="P99" s="46">
         <v>0.78</v>
       </c>
       <c r="Q99" s="46">
         <v>1.22</v>
       </c>
       <c r="R99" s="46">
-        <v>6.19</v>
+        <v>0.59</v>
       </c>
       <c r="S99" s="31">
         <f t="shared" si="3"/>
-        <v>61.22999999999999</v>
+        <v>60.120000000000005</v>
       </c>
       <c r="T99" s="40">
         <f t="shared" si="2"/>
-        <v>86.624203821656053</v>
+        <v>88.240186294078512</v>
       </c>
     </row>
     <row r="100" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" t="s">
         <v>208</v>
       </c>
       <c r="B100" t="s">
         <v>209</v>
       </c>
       <c r="C100" s="46">
         <v>1</v>
       </c>
       <c r="D100" s="46">
-        <v>10.83</v>
+        <v>11.55</v>
       </c>
       <c r="E100" s="46">
         <v>1.6</v>
       </c>
       <c r="F100" s="46">
-        <v>2.4900000000000002</v>
+        <v>1.77</v>
       </c>
       <c r="G100" s="46">
         <v>0</v>
       </c>
       <c r="H100" s="46">
         <v>0</v>
       </c>
       <c r="I100" s="46">
-        <v>0</v>
+        <v>0.21</v>
       </c>
       <c r="J100" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="K100" s="46">
         <v>0</v>
       </c>
       <c r="L100" s="46">
         <v>0</v>
       </c>
       <c r="M100" s="46">
         <v>0</v>
       </c>
       <c r="N100" s="46">
         <v>0</v>
       </c>
       <c r="O100" s="46">
         <v>2.2599999999999998</v>
       </c>
       <c r="P100" s="46">
         <v>0.03</v>
       </c>
       <c r="Q100" s="46">
         <v>0.17</v>
       </c>
       <c r="R100" s="46">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="S100" s="31">
         <f t="shared" si="3"/>
         <v>18.880000000000003</v>
       </c>
       <c r="T100" s="40">
         <f t="shared" si="2"/>
-        <v>84.322033898305065</v>
+        <v>85.434322033898297</v>
       </c>
     </row>
     <row r="101" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" t="s">
         <v>210</v>
       </c>
       <c r="B101" t="s">
         <v>211</v>
       </c>
       <c r="C101" s="46">
         <v>0</v>
       </c>
       <c r="D101" s="46">
         <v>0</v>
       </c>
       <c r="E101" s="46">
         <v>0</v>
       </c>
       <c r="F101" s="46">
         <v>0</v>
       </c>
       <c r="G101" s="46">
         <v>0</v>
       </c>
       <c r="H101" s="46">
@@ -10068,188 +10064,188 @@
         <v>0</v>
       </c>
       <c r="Q101" s="46">
         <v>0</v>
       </c>
       <c r="R101" s="46">
         <v>0</v>
       </c>
       <c r="S101" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="T101" s="40" t="e">
         <f t="shared" si="2"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="102" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" t="s">
         <v>212</v>
       </c>
       <c r="B102" t="s">
         <v>213</v>
       </c>
       <c r="C102" s="46">
-        <v>1.91</v>
+        <v>1.89</v>
       </c>
       <c r="D102" s="46">
         <v>18.989999999999998</v>
       </c>
       <c r="E102" s="46">
         <v>0.73</v>
       </c>
       <c r="F102" s="46">
-        <v>1.37</v>
+        <v>1.38</v>
       </c>
       <c r="G102" s="46">
         <v>0</v>
       </c>
       <c r="H102" s="46">
         <v>0</v>
       </c>
       <c r="I102" s="46">
         <v>0.39</v>
       </c>
       <c r="J102" s="46">
         <v>0.73</v>
       </c>
       <c r="K102" s="46">
         <v>0</v>
       </c>
       <c r="L102" s="46">
         <v>0</v>
       </c>
       <c r="M102" s="46">
         <v>0</v>
       </c>
       <c r="N102" s="46">
         <v>2.46</v>
       </c>
       <c r="O102" s="46">
         <v>1.22</v>
       </c>
       <c r="P102" s="46">
         <v>0</v>
       </c>
       <c r="Q102" s="46">
         <v>0.24</v>
       </c>
       <c r="R102" s="46">
         <v>0.76</v>
       </c>
       <c r="S102" s="31">
         <f t="shared" si="3"/>
-        <v>28.8</v>
+        <v>28.79</v>
       </c>
       <c r="T102" s="40">
         <f t="shared" si="2"/>
-        <v>81.215277777777771</v>
+        <v>81.208753039249743</v>
       </c>
     </row>
     <row r="103" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A103" t="s">
         <v>214</v>
       </c>
       <c r="B103" t="s">
         <v>215</v>
       </c>
       <c r="C103" s="46">
-        <v>49.14</v>
+        <v>49.09</v>
       </c>
       <c r="D103" s="46">
-        <v>187.2</v>
+        <v>187.5</v>
       </c>
       <c r="E103" s="46">
         <v>5.65</v>
       </c>
       <c r="F103" s="46">
-        <v>1.38</v>
+        <v>2.35</v>
       </c>
       <c r="G103" s="46">
         <v>0</v>
       </c>
       <c r="H103" s="46">
         <v>0</v>
       </c>
       <c r="I103" s="46">
-        <v>25.42</v>
+        <v>26.18</v>
       </c>
       <c r="J103" s="46">
-        <v>9.41</v>
+        <v>7.81</v>
       </c>
       <c r="K103" s="46">
         <v>0</v>
       </c>
       <c r="L103" s="46">
         <v>0</v>
       </c>
       <c r="M103" s="46">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="N103" s="46">
         <v>0.21</v>
       </c>
       <c r="O103" s="46">
-        <v>6.31</v>
+        <v>12.66</v>
       </c>
       <c r="P103" s="46">
         <v>0.49</v>
       </c>
       <c r="Q103" s="46">
-        <v>7.24</v>
+        <v>1.43</v>
       </c>
       <c r="R103" s="46">
-        <v>8.18</v>
+        <v>7.72</v>
       </c>
       <c r="S103" s="31">
         <f t="shared" si="3"/>
-        <v>301.10000000000002</v>
+        <v>301.09000000000003</v>
       </c>
       <c r="T103" s="40">
         <f t="shared" si="2"/>
-        <v>89.269345732314832</v>
+        <v>89.929921285994212</v>
       </c>
     </row>
     <row r="104" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A104" t="s">
         <v>216</v>
       </c>
       <c r="B104" t="s">
         <v>217</v>
       </c>
       <c r="C104" s="46">
         <v>0.22</v>
       </c>
       <c r="D104" s="46">
-        <v>27.76</v>
+        <v>27.85</v>
       </c>
       <c r="E104" s="46">
         <v>0.77</v>
       </c>
       <c r="F104" s="46">
-        <v>0.25</v>
+        <v>0.16</v>
       </c>
       <c r="G104" s="46">
         <v>0</v>
       </c>
       <c r="H104" s="46">
         <v>0</v>
       </c>
       <c r="I104" s="46">
         <v>0.52</v>
       </c>
       <c r="J104" s="46">
         <v>0.54</v>
       </c>
       <c r="K104" s="46">
         <v>0</v>
       </c>
       <c r="L104" s="46">
         <v>0</v>
       </c>
       <c r="M104" s="46">
         <v>0</v>
       </c>
       <c r="N104" s="46">
         <v>0</v>
       </c>
@@ -10324,100 +10320,100 @@
         <v>0</v>
       </c>
       <c r="Q105" s="46">
         <v>0.23</v>
       </c>
       <c r="R105" s="46">
         <v>0</v>
       </c>
       <c r="S105" s="31">
         <f t="shared" si="3"/>
         <v>39.869999999999997</v>
       </c>
       <c r="T105" s="40">
         <f t="shared" si="2"/>
         <v>75.369952345121632</v>
       </c>
     </row>
     <row r="106" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A106" t="s">
         <v>220</v>
       </c>
       <c r="B106" t="s">
         <v>221</v>
       </c>
       <c r="C106" s="46">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="D106" s="46">
-        <v>1.38</v>
+        <v>1.02</v>
       </c>
       <c r="E106" s="46">
         <v>0</v>
       </c>
       <c r="F106" s="46">
         <v>0</v>
       </c>
       <c r="G106" s="46">
         <v>0</v>
       </c>
       <c r="H106" s="46">
         <v>0</v>
       </c>
       <c r="I106" s="46">
         <v>0</v>
       </c>
       <c r="J106" s="46">
         <v>0</v>
       </c>
       <c r="K106" s="46">
         <v>0</v>
       </c>
       <c r="L106" s="46">
         <v>0</v>
       </c>
       <c r="M106" s="46">
         <v>0</v>
       </c>
       <c r="N106" s="46">
         <v>0</v>
       </c>
       <c r="O106" s="46">
         <v>0</v>
       </c>
       <c r="P106" s="46">
         <v>0</v>
       </c>
       <c r="Q106" s="46">
         <v>0</v>
       </c>
       <c r="R106" s="46">
         <v>0</v>
       </c>
       <c r="S106" s="31">
         <f t="shared" si="3"/>
-        <v>1.42</v>
+        <v>1.04</v>
       </c>
       <c r="T106" s="40">
         <f t="shared" si="2"/>
         <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A107" t="s">
         <v>222</v>
       </c>
       <c r="B107" t="s">
         <v>223</v>
       </c>
       <c r="C107" s="46">
         <v>2.2599999999999998</v>
       </c>
       <c r="D107" s="46">
         <v>10.8</v>
       </c>
       <c r="E107" s="46">
         <v>2.27</v>
       </c>
       <c r="F107" s="46">
         <v>0</v>
       </c>
@@ -10455,164 +10451,164 @@
         <v>0</v>
       </c>
       <c r="R107" s="46">
         <v>0</v>
       </c>
       <c r="S107" s="31">
         <f t="shared" si="3"/>
         <v>16.48</v>
       </c>
       <c r="T107" s="40">
         <f t="shared" si="2"/>
         <v>99.696601941747559</v>
       </c>
     </row>
     <row r="108" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A108" t="s">
         <v>224</v>
       </c>
       <c r="B108" t="s">
         <v>225</v>
       </c>
       <c r="C108" s="46">
         <v>9.7200000000000006</v>
       </c>
       <c r="D108" s="46">
-        <v>129.84</v>
+        <v>138.46</v>
       </c>
       <c r="E108" s="46">
-        <v>7.15</v>
+        <v>7.03</v>
       </c>
       <c r="F108" s="46">
-        <v>4.53</v>
+        <v>1.57</v>
       </c>
       <c r="G108" s="46">
         <v>0</v>
       </c>
       <c r="H108" s="46">
-        <v>2.57</v>
+        <v>1</v>
       </c>
       <c r="I108" s="46">
-        <v>2.02</v>
+        <v>0.17</v>
       </c>
       <c r="J108" s="46">
         <v>7.8</v>
       </c>
       <c r="K108" s="46">
         <v>0</v>
       </c>
       <c r="L108" s="46">
         <v>0</v>
       </c>
       <c r="M108" s="46">
         <v>0</v>
       </c>
       <c r="N108" s="46">
         <v>0</v>
       </c>
       <c r="O108" s="46">
-        <v>0.88</v>
+        <v>1.67</v>
       </c>
       <c r="P108" s="46">
         <v>0</v>
       </c>
       <c r="Q108" s="46">
-        <v>4.09</v>
+        <v>3.32</v>
       </c>
       <c r="R108" s="46">
-        <v>2.36</v>
+        <v>1.85</v>
       </c>
       <c r="S108" s="31">
         <f t="shared" ref="S108" si="4">SUM(C108:R108)</f>
-        <v>170.96000000000004</v>
+        <v>172.58999999999997</v>
       </c>
       <c r="T108" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A109" t="s">
         <v>226</v>
       </c>
       <c r="B109" t="s">
         <v>227</v>
       </c>
       <c r="C109" s="46">
         <v>57.31</v>
       </c>
       <c r="D109" s="46">
-        <v>243.17</v>
+        <v>252.93</v>
       </c>
       <c r="E109" s="46">
         <v>9.74</v>
       </c>
       <c r="F109" s="46">
-        <v>12.94</v>
+        <v>12.88</v>
       </c>
       <c r="G109" s="46">
         <v>0</v>
       </c>
       <c r="H109" s="46">
         <v>0</v>
       </c>
       <c r="I109" s="46">
-        <v>0.88</v>
+        <v>3.36</v>
       </c>
       <c r="J109" s="46">
         <v>2.99</v>
       </c>
       <c r="K109" s="46">
-        <v>4.8899999999999997</v>
+        <v>2.5099999999999998</v>
       </c>
       <c r="L109" s="46">
         <v>0</v>
       </c>
       <c r="M109" s="46">
         <v>0</v>
       </c>
       <c r="N109" s="46">
         <v>0</v>
       </c>
       <c r="O109" s="46">
         <v>2.3199999999999998</v>
       </c>
       <c r="P109" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q109" s="46">
-        <v>4.55</v>
+        <v>5.01</v>
       </c>
       <c r="R109" s="46">
-        <v>16.399999999999999</v>
+        <v>6.14</v>
       </c>
       <c r="S109" s="31">
         <f t="shared" si="3"/>
         <v>355.74</v>
       </c>
       <c r="T109" s="40">
         <f t="shared" si="2"/>
-        <v>91.088997582504078</v>
+        <v>94.512846460898416</v>
       </c>
     </row>
     <row r="110" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A110" t="s">
         <v>228</v>
       </c>
       <c r="B110" t="s">
         <v>229</v>
       </c>
       <c r="C110" s="46">
         <v>0</v>
       </c>
       <c r="D110" s="46">
         <v>3.49</v>
       </c>
       <c r="E110" s="46">
         <v>0.63</v>
       </c>
       <c r="F110" s="46">
         <v>0.51</v>
       </c>
       <c r="G110" s="46">
         <v>0</v>
       </c>
       <c r="H110" s="46">
@@ -10643,168 +10639,168 @@
         <v>0</v>
       </c>
       <c r="Q110" s="46">
         <v>0</v>
       </c>
       <c r="R110" s="46">
         <v>0</v>
       </c>
       <c r="S110" s="31">
         <f t="shared" si="3"/>
         <v>4.63</v>
       </c>
       <c r="T110" s="40">
         <f t="shared" si="2"/>
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A111" t="s">
         <v>230</v>
       </c>
       <c r="B111" t="s">
         <v>231</v>
       </c>
       <c r="C111" s="46">
-        <v>57.28</v>
+        <v>44.66</v>
       </c>
       <c r="D111" s="46">
-        <v>243.6</v>
+        <v>226.75</v>
       </c>
       <c r="E111" s="46">
-        <v>14.38</v>
+        <v>11.41</v>
       </c>
       <c r="F111" s="46">
-        <v>14.65</v>
+        <v>14</v>
       </c>
       <c r="G111" s="46">
         <v>0</v>
       </c>
       <c r="H111" s="46">
-        <v>1.39</v>
+        <v>0</v>
       </c>
       <c r="I111" s="46">
-        <v>20.87</v>
+        <v>18.18</v>
       </c>
       <c r="J111" s="46">
-        <v>5.63</v>
+        <v>8.15</v>
       </c>
       <c r="K111" s="46">
         <v>0</v>
       </c>
       <c r="L111" s="46">
         <v>0</v>
       </c>
       <c r="M111" s="46">
-        <v>0.79</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="N111" s="46">
-        <v>3.92</v>
+        <v>0.27</v>
       </c>
       <c r="O111" s="46">
-        <v>40.1</v>
+        <v>13.36</v>
       </c>
       <c r="P111" s="46">
         <v>1.99</v>
       </c>
       <c r="Q111" s="46">
-        <v>14.92</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="R111" s="46">
-        <v>10.85</v>
+        <v>5.74</v>
       </c>
       <c r="S111" s="31">
         <f t="shared" si="3"/>
-        <v>430.37000000000006</v>
+        <v>354.76</v>
       </c>
       <c r="T111" s="40">
         <f t="shared" si="2"/>
-        <v>81.506610590886893</v>
+        <v>88.792423046566697</v>
       </c>
     </row>
     <row r="112" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A112" t="s">
         <v>232</v>
       </c>
       <c r="B112" t="s">
         <v>233</v>
       </c>
       <c r="C112" s="46">
         <v>3.07</v>
       </c>
       <c r="D112" s="46">
-        <v>49.66</v>
+        <v>46</v>
       </c>
       <c r="E112" s="46">
         <v>0.75</v>
       </c>
       <c r="F112" s="46">
-        <v>0</v>
+        <v>4.24</v>
       </c>
       <c r="G112" s="46">
         <v>0</v>
       </c>
       <c r="H112" s="46">
         <v>0</v>
       </c>
       <c r="I112" s="46">
         <v>0.89</v>
       </c>
       <c r="J112" s="46">
         <v>1</v>
       </c>
       <c r="K112" s="46">
         <v>0</v>
       </c>
       <c r="L112" s="46">
         <v>0</v>
       </c>
       <c r="M112" s="46">
         <v>0</v>
       </c>
       <c r="N112" s="46">
         <v>0</v>
       </c>
       <c r="O112" s="46">
         <v>0</v>
       </c>
       <c r="P112" s="46">
         <v>0</v>
       </c>
       <c r="Q112" s="46">
         <v>0.73</v>
       </c>
       <c r="R112" s="46">
         <v>3.1</v>
       </c>
       <c r="S112" s="31">
         <f t="shared" si="3"/>
-        <v>59.199999999999996</v>
+        <v>59.78</v>
       </c>
       <c r="T112" s="40">
         <f t="shared" si="2"/>
-        <v>91.84121621621621</v>
+        <v>91.920374707259953</v>
       </c>
     </row>
     <row r="113" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" t="s">
         <v>234</v>
       </c>
       <c r="B113" t="s">
         <v>235</v>
       </c>
       <c r="C113" s="46">
         <v>0</v>
       </c>
       <c r="D113" s="46">
         <v>0.03</v>
       </c>
       <c r="E113" s="46">
         <v>0.08</v>
       </c>
       <c r="F113" s="46">
         <v>0</v>
       </c>
       <c r="G113" s="46">
         <v>0</v>
       </c>
       <c r="H113" s="46">
@@ -10902,545 +10898,545 @@
         <v>0</v>
       </c>
       <c r="R114" s="46">
         <v>0</v>
       </c>
       <c r="S114" s="31">
         <f t="shared" si="3"/>
         <v>7.6899999999999995</v>
       </c>
       <c r="T114" s="40">
         <f t="shared" si="2"/>
         <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A115" t="s">
         <v>238</v>
       </c>
       <c r="B115" t="s">
         <v>239</v>
       </c>
       <c r="C115" s="46">
         <v>12.58</v>
       </c>
       <c r="D115" s="46">
-        <v>74.17</v>
+        <v>76.64</v>
       </c>
       <c r="E115" s="46">
         <v>4.6100000000000003</v>
       </c>
       <c r="F115" s="46">
-        <v>3.37</v>
+        <v>0.91</v>
       </c>
       <c r="G115" s="46">
         <v>0</v>
       </c>
       <c r="H115" s="46">
         <v>0</v>
       </c>
       <c r="I115" s="46">
         <v>2.97</v>
       </c>
       <c r="J115" s="46">
         <v>1.96</v>
       </c>
       <c r="K115" s="46">
         <v>0</v>
       </c>
       <c r="L115" s="46">
         <v>0</v>
       </c>
       <c r="M115" s="46">
         <v>0</v>
       </c>
       <c r="N115" s="46">
         <v>0</v>
       </c>
       <c r="O115" s="46">
         <v>0</v>
       </c>
       <c r="P115" s="46">
         <v>0</v>
       </c>
       <c r="Q115" s="46">
         <v>3.58</v>
       </c>
       <c r="R115" s="46">
         <v>0.9</v>
       </c>
       <c r="S115" s="31">
         <f t="shared" si="3"/>
-        <v>104.14</v>
+        <v>104.14999999999999</v>
       </c>
       <c r="T115" s="40">
         <f t="shared" si="2"/>
-        <v>93.816016900326488</v>
+        <v>93.81661065770524</v>
       </c>
     </row>
     <row r="116" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A116" t="s">
         <v>240</v>
       </c>
       <c r="B116" t="s">
         <v>241</v>
       </c>
       <c r="C116" s="46">
-        <v>7.98</v>
+        <v>8.0399999999999991</v>
       </c>
       <c r="D116" s="46">
-        <v>57.67</v>
+        <v>57.87</v>
       </c>
       <c r="E116" s="46">
-        <v>3.38</v>
+        <v>3.45</v>
       </c>
       <c r="F116" s="46">
-        <v>4.58</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="G116" s="46">
         <v>0</v>
       </c>
       <c r="H116" s="46">
-        <v>0.77</v>
+        <v>0.65</v>
       </c>
       <c r="I116" s="46">
         <v>1.1599999999999999</v>
       </c>
       <c r="J116" s="46">
         <v>0.59</v>
       </c>
       <c r="K116" s="46">
         <v>0</v>
       </c>
       <c r="L116" s="46">
         <v>0</v>
       </c>
       <c r="M116" s="46">
         <v>0</v>
       </c>
       <c r="N116" s="46">
         <v>0</v>
       </c>
       <c r="O116" s="46">
         <v>0.73</v>
       </c>
       <c r="P116" s="46">
-        <v>0.91</v>
+        <v>0.85</v>
       </c>
       <c r="Q116" s="46">
         <v>1.07</v>
       </c>
       <c r="R116" s="46">
-        <v>3.07</v>
+        <v>3.2</v>
       </c>
       <c r="S116" s="31">
         <f t="shared" si="3"/>
-        <v>81.909999999999982</v>
+        <v>81.92</v>
       </c>
       <c r="T116" s="40">
         <f t="shared" si="2"/>
-        <v>91.283115614699071</v>
+        <v>91.34521484375</v>
       </c>
     </row>
     <row r="117" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A117" t="s">
         <v>242</v>
       </c>
       <c r="B117" t="s">
         <v>243</v>
       </c>
       <c r="C117" s="46">
-        <v>58.72</v>
+        <v>59.92</v>
       </c>
       <c r="D117" s="46">
-        <v>372.12</v>
+        <v>373.77</v>
       </c>
       <c r="E117" s="46">
-        <v>23.78</v>
+        <v>23.65</v>
       </c>
       <c r="F117" s="46">
-        <v>5.71</v>
+        <v>5.21</v>
       </c>
       <c r="G117" s="46">
         <v>0</v>
       </c>
       <c r="H117" s="46">
-        <v>2.4500000000000002</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="I117" s="46">
-        <v>7.25</v>
+        <v>6.95</v>
       </c>
       <c r="J117" s="46">
-        <v>10.94</v>
+        <v>10.48</v>
       </c>
       <c r="K117" s="46">
         <v>0</v>
       </c>
       <c r="L117" s="46">
-        <v>0</v>
+        <v>12.76</v>
       </c>
       <c r="M117" s="46">
-        <v>12.76</v>
+        <v>0</v>
       </c>
       <c r="N117" s="46">
-        <v>0</v>
+        <v>0.45</v>
       </c>
       <c r="O117" s="46">
-        <v>6.45</v>
+        <v>6.04</v>
       </c>
       <c r="P117" s="46">
         <v>0.75</v>
       </c>
       <c r="Q117" s="46">
-        <v>12.65</v>
+        <v>11.56</v>
       </c>
       <c r="R117" s="46">
-        <v>6.24</v>
+        <v>4.04</v>
       </c>
       <c r="S117" s="31">
         <f t="shared" si="3"/>
-        <v>519.81999999999994</v>
+        <v>519.84999999999991</v>
       </c>
       <c r="T117" s="40">
         <f t="shared" si="2"/>
-        <v>89.950367434881315</v>
+        <v>90.3145138020583</v>
       </c>
     </row>
     <row r="118" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A118" t="s">
         <v>244</v>
       </c>
       <c r="B118" t="s">
         <v>245</v>
       </c>
       <c r="C118" s="46">
         <v>7.91</v>
       </c>
       <c r="D118" s="46">
-        <v>73.91</v>
+        <v>72.13</v>
       </c>
       <c r="E118" s="46">
-        <v>12.78</v>
+        <v>12.53</v>
       </c>
       <c r="F118" s="46">
-        <v>10.210000000000001</v>
+        <v>12</v>
       </c>
       <c r="G118" s="46">
         <v>0</v>
       </c>
       <c r="H118" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="I118" s="46">
         <v>1.9</v>
       </c>
       <c r="J118" s="46">
         <v>1.68</v>
       </c>
       <c r="K118" s="46">
         <v>0</v>
       </c>
       <c r="L118" s="46">
         <v>0</v>
       </c>
       <c r="M118" s="46">
         <v>0</v>
       </c>
       <c r="N118" s="46">
         <v>0</v>
       </c>
       <c r="O118" s="46">
         <v>0.46</v>
       </c>
       <c r="P118" s="46">
         <v>0</v>
       </c>
       <c r="Q118" s="46">
         <v>2.67</v>
       </c>
       <c r="R118" s="46">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="S118" s="31">
         <f t="shared" si="3"/>
-        <v>111.81000000000002</v>
+        <v>111.82000000000001</v>
       </c>
       <c r="T118" s="40">
         <f t="shared" si="2"/>
-        <v>95.438690635900187</v>
+        <v>95.215524950813801</v>
       </c>
     </row>
     <row r="119" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A119" t="s">
         <v>246</v>
       </c>
       <c r="B119" t="s">
         <v>247</v>
       </c>
       <c r="C119" s="46">
         <v>40.049999999999997</v>
       </c>
       <c r="D119" s="46">
-        <v>220.89</v>
+        <v>221.85</v>
       </c>
       <c r="E119" s="46">
         <v>16.79</v>
       </c>
       <c r="F119" s="46">
-        <v>8.0500000000000007</v>
+        <v>6.81</v>
       </c>
       <c r="G119" s="46">
         <v>0</v>
       </c>
       <c r="H119" s="46">
         <v>1.42</v>
       </c>
       <c r="I119" s="46">
         <v>3.29</v>
       </c>
       <c r="J119" s="46">
         <v>9.09</v>
       </c>
       <c r="K119" s="46">
         <v>0</v>
       </c>
       <c r="L119" s="46">
         <v>0</v>
       </c>
       <c r="M119" s="46">
         <v>0</v>
       </c>
       <c r="N119" s="46">
         <v>1.17</v>
       </c>
       <c r="O119" s="46">
         <v>4.37</v>
       </c>
       <c r="P119" s="46">
         <v>0</v>
       </c>
       <c r="Q119" s="46">
         <v>1.56</v>
       </c>
       <c r="R119" s="46">
-        <v>2.59</v>
+        <v>2.87</v>
       </c>
       <c r="S119" s="31">
         <f t="shared" si="3"/>
         <v>309.27000000000004</v>
       </c>
       <c r="T119" s="40">
         <f t="shared" si="2"/>
-        <v>93.4684903159052</v>
+        <v>93.377954538105854</v>
       </c>
     </row>
     <row r="120" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A120" t="s">
         <v>248</v>
       </c>
       <c r="B120" t="s">
         <v>249</v>
       </c>
       <c r="C120" s="46">
-        <v>5.04</v>
+        <v>5.13</v>
       </c>
       <c r="D120" s="46">
-        <v>35.72</v>
+        <v>37.19</v>
       </c>
       <c r="E120" s="46">
         <v>1.95</v>
       </c>
       <c r="F120" s="46">
-        <v>1.04</v>
+        <v>0.49</v>
       </c>
       <c r="G120" s="46">
         <v>0</v>
       </c>
       <c r="H120" s="46">
         <v>0</v>
       </c>
       <c r="I120" s="46">
-        <v>2.57</v>
+        <v>1.99</v>
       </c>
       <c r="J120" s="46">
         <v>0</v>
       </c>
       <c r="K120" s="46">
         <v>0</v>
       </c>
       <c r="L120" s="46">
         <v>0</v>
       </c>
       <c r="M120" s="46">
         <v>0</v>
       </c>
       <c r="N120" s="46">
         <v>0</v>
       </c>
       <c r="O120" s="46">
         <v>0</v>
       </c>
       <c r="P120" s="46">
         <v>0</v>
       </c>
       <c r="Q120" s="46">
         <v>0</v>
       </c>
       <c r="R120" s="46">
-        <v>0.77</v>
+        <v>0.33</v>
       </c>
       <c r="S120" s="31">
         <f t="shared" si="3"/>
-        <v>47.09</v>
+        <v>47.080000000000005</v>
       </c>
       <c r="T120" s="40">
         <f t="shared" si="2"/>
-        <v>98.364833297940109</v>
+        <v>99.299065420560751</v>
       </c>
     </row>
     <row r="121" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A121" t="s">
         <v>250</v>
       </c>
       <c r="B121" t="s">
         <v>251</v>
       </c>
       <c r="C121" s="46">
-        <v>7.42</v>
+        <v>6.69</v>
       </c>
       <c r="D121" s="46">
-        <v>64.5</v>
+        <v>66</v>
       </c>
       <c r="E121" s="46">
-        <v>4.8899999999999997</v>
+        <v>4.57</v>
       </c>
       <c r="F121" s="46">
-        <v>1.5</v>
+        <v>0.39</v>
       </c>
       <c r="G121" s="46">
         <v>0</v>
       </c>
       <c r="H121" s="46">
         <v>0</v>
       </c>
       <c r="I121" s="46">
         <v>0.56999999999999995</v>
       </c>
       <c r="J121" s="46">
         <v>1.45</v>
       </c>
       <c r="K121" s="46">
         <v>0</v>
       </c>
       <c r="L121" s="46">
         <v>0</v>
       </c>
       <c r="M121" s="46">
-        <v>22.35</v>
+        <v>16.739999999999998</v>
       </c>
       <c r="N121" s="46">
         <v>0</v>
       </c>
       <c r="O121" s="46">
         <v>1.19</v>
       </c>
       <c r="P121" s="46">
         <v>0</v>
       </c>
       <c r="Q121" s="46">
         <v>1.31</v>
       </c>
       <c r="R121" s="46">
         <v>0.8</v>
       </c>
       <c r="S121" s="31">
         <f t="shared" si="3"/>
-        <v>105.98</v>
+        <v>99.70999999999998</v>
       </c>
       <c r="T121" s="40">
         <f t="shared" si="2"/>
-        <v>74.429137573127008</v>
+        <v>78.447497743456012</v>
       </c>
     </row>
     <row r="122" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A122" t="s">
         <v>252</v>
       </c>
       <c r="B122" t="s">
         <v>253</v>
       </c>
       <c r="C122" s="46">
         <v>15.51</v>
       </c>
       <c r="D122" s="46">
-        <v>62.99</v>
+        <v>62.09</v>
       </c>
       <c r="E122" s="46">
         <v>4.32</v>
       </c>
       <c r="F122" s="46">
-        <v>5.6</v>
+        <v>6.5</v>
       </c>
       <c r="G122" s="46">
         <v>0</v>
       </c>
       <c r="H122" s="46">
         <v>0</v>
       </c>
       <c r="I122" s="46">
         <v>2.0299999999999998</v>
       </c>
       <c r="J122" s="46">
         <v>1.1299999999999999</v>
       </c>
       <c r="K122" s="46">
         <v>11.44</v>
       </c>
       <c r="L122" s="46">
         <v>0</v>
       </c>
       <c r="M122" s="46">
         <v>1.68</v>
       </c>
       <c r="N122" s="46">
         <v>0.22</v>
       </c>
       <c r="O122" s="46">
         <v>4.18</v>
       </c>
       <c r="P122" s="46">
         <v>0.01</v>
       </c>
       <c r="Q122" s="46">
         <v>0</v>
       </c>
       <c r="R122" s="46">
         <v>1.35</v>
       </c>
       <c r="S122" s="31">
         <f t="shared" si="3"/>
-        <v>110.46</v>
+        <v>110.46000000000002</v>
       </c>
       <c r="T122" s="40">
         <f t="shared" si="2"/>
         <v>81.884845192829985</v>
       </c>
     </row>
     <row r="123" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A123" t="s">
         <v>254</v>
       </c>
       <c r="B123" t="s">
         <v>255</v>
       </c>
       <c r="C123" s="46">
         <v>1.1599999999999999</v>
       </c>
       <c r="D123" s="46">
         <v>32.880000000000003</v>
       </c>
       <c r="E123" s="46">
         <v>0.91</v>
       </c>
       <c r="F123" s="46">
         <v>0</v>
       </c>
@@ -11484,223 +11480,223 @@
         <f t="shared" si="3"/>
         <v>36.979999999999997</v>
       </c>
       <c r="T123" s="40">
         <f t="shared" si="2"/>
         <v>94.510546241211458</v>
       </c>
     </row>
     <row r="124" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A124" t="s">
         <v>256</v>
       </c>
       <c r="B124" t="s">
         <v>257</v>
       </c>
       <c r="C124" s="46">
         <v>5.39</v>
       </c>
       <c r="D124" s="46">
         <v>55.16</v>
       </c>
       <c r="E124" s="46">
         <v>3.1</v>
       </c>
       <c r="F124" s="46">
-        <v>0.09</v>
+        <v>1.45</v>
       </c>
       <c r="G124" s="46">
         <v>0</v>
       </c>
       <c r="H124" s="46">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="I124" s="46">
         <v>0</v>
       </c>
       <c r="J124" s="46">
         <v>1.73</v>
       </c>
       <c r="K124" s="46">
         <v>0</v>
       </c>
       <c r="L124" s="46">
         <v>0</v>
       </c>
       <c r="M124" s="46">
         <v>0</v>
       </c>
       <c r="N124" s="46">
         <v>0.26</v>
       </c>
       <c r="O124" s="46">
         <v>0</v>
       </c>
       <c r="P124" s="46">
         <v>0.08</v>
       </c>
       <c r="Q124" s="46">
         <v>0.6</v>
       </c>
       <c r="R124" s="46">
         <v>0.17</v>
       </c>
       <c r="S124" s="31">
         <f t="shared" si="3"/>
-        <v>67.940000000000012</v>
+        <v>67.94</v>
       </c>
       <c r="T124" s="40">
         <f t="shared" si="2"/>
-        <v>93.818074771857511</v>
+        <v>95.819841036208402</v>
       </c>
     </row>
     <row r="125" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A125" t="s">
         <v>258</v>
       </c>
       <c r="B125" t="s">
         <v>259</v>
       </c>
       <c r="C125" s="46">
         <v>0.13</v>
       </c>
       <c r="D125" s="46">
-        <v>17.920000000000002</v>
+        <v>17.98</v>
       </c>
       <c r="E125" s="46">
-        <v>0.17</v>
+        <v>0.11</v>
       </c>
       <c r="F125" s="46">
         <v>0</v>
       </c>
       <c r="G125" s="46">
         <v>0</v>
       </c>
       <c r="H125" s="46">
         <v>0</v>
       </c>
       <c r="I125" s="46">
         <v>0</v>
       </c>
       <c r="J125" s="46">
         <v>0</v>
       </c>
       <c r="K125" s="46">
         <v>0</v>
       </c>
       <c r="L125" s="46">
         <v>0</v>
       </c>
       <c r="M125" s="46">
         <v>0</v>
       </c>
       <c r="N125" s="46">
         <v>0</v>
       </c>
       <c r="O125" s="46">
         <v>0</v>
       </c>
       <c r="P125" s="46">
         <v>0</v>
       </c>
       <c r="Q125" s="46">
         <v>0</v>
       </c>
       <c r="R125" s="46">
         <v>0</v>
       </c>
       <c r="S125" s="31">
         <f t="shared" si="3"/>
-        <v>18.220000000000002</v>
+        <v>18.22</v>
       </c>
       <c r="T125" s="40">
         <f t="shared" si="2"/>
         <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A126" t="s">
         <v>260</v>
       </c>
       <c r="B126" t="s">
         <v>261</v>
       </c>
       <c r="C126" s="46">
         <v>6.92</v>
       </c>
       <c r="D126" s="46">
-        <v>45.73</v>
+        <v>47.68</v>
       </c>
       <c r="E126" s="46">
         <v>5.39</v>
       </c>
       <c r="F126" s="46">
-        <v>3.1</v>
+        <v>2.79</v>
       </c>
       <c r="G126" s="46">
         <v>0</v>
       </c>
       <c r="H126" s="46">
-        <v>1.57</v>
+        <v>0</v>
       </c>
       <c r="I126" s="46">
         <v>0</v>
       </c>
       <c r="J126" s="46">
         <v>0</v>
       </c>
       <c r="K126" s="46">
         <v>0.12</v>
       </c>
       <c r="L126" s="46">
         <v>0</v>
       </c>
       <c r="M126" s="46">
         <v>0</v>
       </c>
       <c r="N126" s="46">
         <v>0</v>
       </c>
       <c r="O126" s="46">
         <v>0</v>
       </c>
       <c r="P126" s="46">
         <v>0.13</v>
       </c>
       <c r="Q126" s="46">
         <v>0.57999999999999996</v>
       </c>
       <c r="R126" s="46">
-        <v>1.59</v>
+        <v>1.5</v>
       </c>
       <c r="S126" s="31">
         <f t="shared" si="3"/>
-        <v>65.13</v>
+        <v>65.11</v>
       </c>
       <c r="T126" s="40">
         <f t="shared" si="2"/>
-        <v>93.873790879778909</v>
+        <v>96.421440638918753</v>
       </c>
     </row>
     <row r="127" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A127" t="s">
         <v>262</v>
       </c>
       <c r="B127" t="s">
         <v>263</v>
       </c>
       <c r="C127" s="46">
         <v>0.01</v>
       </c>
       <c r="D127" s="46">
         <v>1.45</v>
       </c>
       <c r="E127" s="46">
         <v>0.05</v>
       </c>
       <c r="F127" s="46">
         <v>0</v>
       </c>
       <c r="G127" s="46">
         <v>0</v>
       </c>
       <c r="H127" s="46">
@@ -11734,185 +11730,185 @@
         <v>0</v>
       </c>
       <c r="R127" s="46">
         <v>0</v>
       </c>
       <c r="S127" s="31">
         <f t="shared" si="3"/>
         <v>1.51</v>
       </c>
       <c r="T127" s="40">
         <f t="shared" si="2"/>
         <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" t="s">
         <v>264</v>
       </c>
       <c r="B128" t="s">
         <v>265</v>
       </c>
       <c r="C128" s="46">
         <v>6.96</v>
       </c>
       <c r="D128" s="46">
-        <v>45.37</v>
+        <v>46.94</v>
       </c>
       <c r="E128" s="46">
         <v>2.54</v>
       </c>
       <c r="F128" s="46">
-        <v>0.48</v>
+        <v>0.35</v>
       </c>
       <c r="G128" s="46">
         <v>0</v>
       </c>
       <c r="H128" s="46">
         <v>0</v>
       </c>
       <c r="I128" s="46">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="J128" s="46">
         <v>0.3</v>
       </c>
       <c r="K128" s="46">
         <v>0</v>
       </c>
       <c r="L128" s="46">
         <v>0</v>
       </c>
       <c r="M128" s="46">
         <v>0</v>
       </c>
       <c r="N128" s="46">
         <v>0</v>
       </c>
       <c r="O128" s="46">
         <v>0</v>
       </c>
       <c r="P128" s="46">
         <v>0</v>
       </c>
       <c r="Q128" s="46">
         <v>0.12</v>
       </c>
       <c r="R128" s="46">
-        <v>1.41</v>
+        <v>0.86</v>
       </c>
       <c r="S128" s="31">
         <f t="shared" si="3"/>
-        <v>58.069999999999986</v>
+        <v>58.069999999999993</v>
       </c>
       <c r="T128" s="40">
         <f t="shared" si="2"/>
-        <v>96.848630962631319</v>
+        <v>97.79576373342519</v>
       </c>
     </row>
     <row r="129" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A129" t="s">
         <v>266</v>
       </c>
       <c r="B129" t="s">
         <v>267</v>
       </c>
       <c r="C129" s="46">
-        <v>21.49</v>
+        <v>19.34</v>
       </c>
       <c r="D129" s="46">
-        <v>65.58</v>
+        <v>67.069999999999993</v>
       </c>
       <c r="E129" s="46">
-        <v>9.9600000000000009</v>
+        <v>3.48</v>
       </c>
       <c r="F129" s="46">
-        <v>9.16</v>
+        <v>0.4</v>
       </c>
       <c r="G129" s="46">
         <v>0</v>
       </c>
       <c r="H129" s="46">
-        <v>12.39</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="I129" s="46">
-        <v>1.83</v>
+        <v>4.08</v>
       </c>
       <c r="J129" s="46">
         <v>1.48</v>
       </c>
       <c r="K129" s="46">
         <v>0</v>
       </c>
       <c r="L129" s="46">
         <v>0</v>
       </c>
       <c r="M129" s="46">
         <v>0</v>
       </c>
       <c r="N129" s="46">
         <v>0.92</v>
       </c>
       <c r="O129" s="46">
         <v>1.61</v>
       </c>
       <c r="P129" s="46">
         <v>0</v>
       </c>
       <c r="Q129" s="46">
-        <v>2.89</v>
+        <v>3.29</v>
       </c>
       <c r="R129" s="46">
-        <v>10.34</v>
+        <v>12.85</v>
       </c>
       <c r="S129" s="31">
         <f t="shared" si="3"/>
-        <v>137.65</v>
+        <v>123.22000000000001</v>
       </c>
       <c r="T129" s="40">
         <f t="shared" si="2"/>
-        <v>78.474391572829632</v>
+        <v>76.586593085538055</v>
       </c>
     </row>
     <row r="130" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A130" t="s">
         <v>268</v>
       </c>
       <c r="B130" t="s">
         <v>269</v>
       </c>
       <c r="C130" s="46">
         <v>7.58</v>
       </c>
       <c r="D130" s="46">
-        <v>36.51</v>
+        <v>36.58</v>
       </c>
       <c r="E130" s="46">
         <v>2.15</v>
       </c>
       <c r="F130" s="46">
-        <v>2.08</v>
+        <v>2.0099999999999998</v>
       </c>
       <c r="G130" s="46">
         <v>0</v>
       </c>
       <c r="H130" s="46">
         <v>0</v>
       </c>
       <c r="I130" s="46">
         <v>1.66</v>
       </c>
       <c r="J130" s="46">
         <v>0</v>
       </c>
       <c r="K130" s="46">
         <v>0</v>
       </c>
       <c r="L130" s="46">
         <v>0</v>
       </c>
       <c r="M130" s="46">
         <v>0</v>
       </c>
       <c r="N130" s="46">
         <v>0</v>
       </c>
@@ -11923,69 +11919,69 @@
         <v>0</v>
       </c>
       <c r="Q130" s="46">
         <v>0</v>
       </c>
       <c r="R130" s="46">
         <v>2.36</v>
       </c>
       <c r="S130" s="31">
         <f t="shared" si="3"/>
         <v>52.79999999999999</v>
       </c>
       <c r="T130" s="40">
         <f t="shared" si="2"/>
         <v>94.659090909090907</v>
       </c>
     </row>
     <row r="131" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A131" t="s">
         <v>270</v>
       </c>
       <c r="B131" t="s">
         <v>271</v>
       </c>
       <c r="C131" s="46">
-        <v>2.59</v>
+        <v>2.64</v>
       </c>
       <c r="D131" s="46">
-        <v>34.24</v>
+        <v>34.85</v>
       </c>
       <c r="E131" s="46">
         <v>1.1000000000000001</v>
       </c>
       <c r="F131" s="46">
-        <v>0.99</v>
+        <v>0.67</v>
       </c>
       <c r="G131" s="46">
         <v>0</v>
       </c>
       <c r="H131" s="46">
         <v>0</v>
       </c>
       <c r="I131" s="46">
-        <v>0.59</v>
+        <v>0.25</v>
       </c>
       <c r="J131" s="46">
         <v>0</v>
       </c>
       <c r="K131" s="46">
         <v>0</v>
       </c>
       <c r="L131" s="46">
         <v>0</v>
       </c>
       <c r="M131" s="46">
         <v>0</v>
       </c>
       <c r="N131" s="46">
         <v>0</v>
       </c>
       <c r="O131" s="46">
         <v>0</v>
       </c>
       <c r="P131" s="46">
         <v>0</v>
       </c>
       <c r="Q131" s="46">
         <v>0</v>
       </c>
@@ -12051,360 +12047,360 @@
         <v>0</v>
       </c>
       <c r="Q132" s="46">
         <v>0</v>
       </c>
       <c r="R132" s="46">
         <v>0.64</v>
       </c>
       <c r="S132" s="31">
         <f t="shared" si="3"/>
         <v>4.2299999999999995</v>
       </c>
       <c r="T132" s="40">
         <f t="shared" si="2"/>
         <v>84.869976359338068</v>
       </c>
     </row>
     <row r="133" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A133" t="s">
         <v>274</v>
       </c>
       <c r="B133" t="s">
         <v>275</v>
       </c>
       <c r="C133" s="46">
-        <v>17.3</v>
+        <v>18.510000000000002</v>
       </c>
       <c r="D133" s="46">
-        <v>169.54</v>
+        <v>170.19</v>
       </c>
       <c r="E133" s="46">
         <v>4.49</v>
       </c>
       <c r="F133" s="46">
-        <v>1.07</v>
+        <v>0.99</v>
       </c>
       <c r="G133" s="46">
         <v>0</v>
       </c>
       <c r="H133" s="46">
         <v>0</v>
       </c>
       <c r="I133" s="46">
-        <v>1.52</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="J133" s="46">
-        <v>2.69</v>
+        <v>8.57</v>
       </c>
       <c r="K133" s="46">
         <v>0</v>
       </c>
       <c r="L133" s="46">
         <v>0</v>
       </c>
       <c r="M133" s="46">
         <v>0.72</v>
       </c>
       <c r="N133" s="46">
         <v>0</v>
       </c>
       <c r="O133" s="46">
-        <v>1.77</v>
+        <v>1.06</v>
       </c>
       <c r="P133" s="46">
         <v>0.2</v>
       </c>
       <c r="Q133" s="46">
-        <v>4.62</v>
+        <v>4.05</v>
       </c>
       <c r="R133" s="46">
-        <v>7.97</v>
+        <v>1.39</v>
       </c>
       <c r="S133" s="31">
         <f t="shared" si="3"/>
-        <v>211.89000000000001</v>
+        <v>212.39</v>
       </c>
       <c r="T133" s="40">
         <f t="shared" si="2"/>
-        <v>91.519184482514518</v>
+        <v>92.471396958425544</v>
       </c>
     </row>
     <row r="134" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A134" t="s">
         <v>276</v>
       </c>
       <c r="B134" t="s">
         <v>277</v>
       </c>
       <c r="C134" s="46">
-        <v>8.6</v>
+        <v>8.86</v>
       </c>
       <c r="D134" s="46">
-        <v>121.84</v>
+        <v>121.82</v>
       </c>
       <c r="E134" s="46">
-        <v>7.82</v>
+        <v>7.45</v>
       </c>
       <c r="F134" s="46">
-        <v>4.62</v>
+        <v>3.15</v>
       </c>
       <c r="G134" s="46">
         <v>0</v>
       </c>
       <c r="H134" s="46">
-        <v>0</v>
+        <v>0.63</v>
       </c>
       <c r="I134" s="46">
         <v>0.52</v>
       </c>
       <c r="J134" s="46">
         <v>12.18</v>
       </c>
       <c r="K134" s="46">
         <v>0</v>
       </c>
       <c r="L134" s="46">
-        <v>0</v>
+        <v>1.91</v>
       </c>
       <c r="M134" s="46">
-        <v>8.98</v>
+        <v>14.68</v>
       </c>
       <c r="N134" s="46">
-        <v>19.579999999999998</v>
+        <v>0</v>
       </c>
       <c r="O134" s="46">
-        <v>0.45</v>
+        <v>14.47</v>
       </c>
       <c r="P134" s="46">
         <v>0</v>
       </c>
       <c r="Q134" s="46">
         <v>2.06</v>
       </c>
       <c r="R134" s="46">
-        <v>0.94</v>
+        <v>0.71</v>
       </c>
       <c r="S134" s="31">
         <f t="shared" si="3"/>
-        <v>187.58999999999997</v>
+        <v>188.44000000000003</v>
       </c>
       <c r="T134" s="40">
         <f t="shared" ref="T134:T197" si="5">(C134+D134+E134+F134+G134+I134)/S134*100</f>
-        <v>76.443307212537988</v>
+        <v>75.249416259817451</v>
       </c>
     </row>
     <row r="135" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A135" t="s">
         <v>278</v>
       </c>
       <c r="B135" t="s">
         <v>279</v>
       </c>
       <c r="C135" s="46">
-        <v>0.36</v>
+        <v>0.37</v>
       </c>
       <c r="D135" s="46">
-        <v>11.22</v>
+        <v>11.34</v>
       </c>
       <c r="E135" s="46">
         <v>1.81</v>
       </c>
       <c r="F135" s="46">
         <v>0</v>
       </c>
       <c r="G135" s="46">
         <v>0</v>
       </c>
       <c r="H135" s="46">
         <v>0</v>
       </c>
       <c r="I135" s="46">
         <v>0</v>
       </c>
       <c r="J135" s="46">
         <v>2.02</v>
       </c>
       <c r="K135" s="46">
         <v>0</v>
       </c>
       <c r="L135" s="46">
         <v>0</v>
       </c>
       <c r="M135" s="46">
         <v>0</v>
       </c>
       <c r="N135" s="46">
         <v>0</v>
       </c>
       <c r="O135" s="46">
         <v>0.23</v>
       </c>
       <c r="P135" s="46">
         <v>0</v>
       </c>
       <c r="Q135" s="46">
         <v>0</v>
       </c>
       <c r="R135" s="46">
         <v>0.68</v>
       </c>
       <c r="S135" s="31">
         <f t="shared" si="3"/>
-        <v>16.32</v>
+        <v>16.45</v>
       </c>
       <c r="T135" s="40">
         <f t="shared" si="5"/>
-        <v>82.046568627450981</v>
+        <v>82.18844984802432</v>
       </c>
     </row>
     <row r="136" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A136" t="s">
         <v>280</v>
       </c>
       <c r="B136" t="s">
         <v>281</v>
       </c>
       <c r="C136" s="46">
         <v>12.17</v>
       </c>
       <c r="D136" s="46">
-        <v>64.02</v>
+        <v>62.2</v>
       </c>
       <c r="E136" s="46">
         <v>2.33</v>
       </c>
       <c r="F136" s="46">
-        <v>1.18</v>
+        <v>2.69</v>
       </c>
       <c r="G136" s="46">
         <v>0</v>
       </c>
       <c r="H136" s="46">
         <v>7.13</v>
       </c>
       <c r="I136" s="46">
-        <v>9.52</v>
+        <v>9.84</v>
       </c>
       <c r="J136" s="46">
         <v>4.5599999999999996</v>
       </c>
       <c r="K136" s="46">
         <v>0</v>
       </c>
       <c r="L136" s="46">
         <v>0</v>
       </c>
       <c r="M136" s="46">
         <v>0</v>
       </c>
       <c r="N136" s="46">
         <v>0</v>
       </c>
       <c r="O136" s="46">
         <v>0</v>
       </c>
       <c r="P136" s="46">
         <v>0</v>
       </c>
       <c r="Q136" s="46">
         <v>1.97</v>
       </c>
       <c r="R136" s="46">
         <v>0.03</v>
       </c>
       <c r="S136" s="31">
         <f t="shared" si="3"/>
-        <v>102.91</v>
+        <v>102.92</v>
       </c>
       <c r="T136" s="40">
         <f t="shared" si="5"/>
-        <v>86.697113983092024</v>
+        <v>86.698406529343188</v>
       </c>
     </row>
     <row r="137" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A137" t="s">
         <v>282</v>
       </c>
       <c r="B137" t="s">
         <v>283</v>
       </c>
       <c r="C137" s="46">
-        <v>68.98</v>
+        <v>67.63</v>
       </c>
       <c r="D137" s="46">
-        <v>409.5</v>
+        <v>408.24</v>
       </c>
       <c r="E137" s="46">
-        <v>34.11</v>
+        <v>34.6</v>
       </c>
       <c r="F137" s="46">
-        <v>8.36</v>
+        <v>8.85</v>
       </c>
       <c r="G137" s="46">
         <v>0</v>
       </c>
       <c r="H137" s="46">
-        <v>4.17</v>
+        <v>3.62</v>
       </c>
       <c r="I137" s="46">
-        <v>12.51</v>
+        <v>14.91</v>
       </c>
       <c r="J137" s="46">
-        <v>11.59</v>
+        <v>11.24</v>
       </c>
       <c r="K137" s="46">
         <v>27.37</v>
       </c>
       <c r="L137" s="46">
-        <v>0.06</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="M137" s="46">
         <v>9.85</v>
       </c>
       <c r="N137" s="46">
-        <v>0.08</v>
+        <v>2.36</v>
       </c>
       <c r="O137" s="46">
-        <v>15.73</v>
+        <v>33.19</v>
       </c>
       <c r="P137" s="46">
         <v>0.56999999999999995</v>
       </c>
       <c r="Q137" s="46">
-        <v>6.77</v>
+        <v>5.59</v>
       </c>
       <c r="R137" s="46">
-        <v>10.34</v>
+        <v>9.06</v>
       </c>
       <c r="S137" s="31">
         <f t="shared" ref="S137:S203" si="6">SUM(C137:R137)</f>
-        <v>619.99000000000012</v>
+        <v>637.15000000000009</v>
       </c>
       <c r="T137" s="40">
         <f t="shared" si="5"/>
-        <v>86.04332327940773</v>
+        <v>83.846817860786302</v>
       </c>
     </row>
     <row r="138" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A138" t="s">
         <v>284</v>
       </c>
       <c r="B138" t="s">
         <v>285</v>
       </c>
       <c r="C138" s="46">
         <v>0</v>
       </c>
       <c r="D138" s="46">
         <v>0</v>
       </c>
       <c r="E138" s="46">
         <v>0</v>
       </c>
       <c r="F138" s="46">
         <v>0</v>
       </c>
       <c r="G138" s="46">
         <v>0</v>
       </c>
       <c r="H138" s="46">
@@ -12435,360 +12431,360 @@
         <v>0</v>
       </c>
       <c r="Q138" s="46">
         <v>0</v>
       </c>
       <c r="R138" s="46">
         <v>0</v>
       </c>
       <c r="S138" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="T138" s="40" t="e">
         <f t="shared" si="5"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="139" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A139" t="s">
         <v>286</v>
       </c>
       <c r="B139" t="s">
         <v>287</v>
       </c>
       <c r="C139" s="46">
-        <v>21.65</v>
+        <v>18.48</v>
       </c>
       <c r="D139" s="46">
-        <v>177.54</v>
+        <v>175.99</v>
       </c>
       <c r="E139" s="46">
-        <v>11.62</v>
+        <v>11.78</v>
       </c>
       <c r="F139" s="46">
-        <v>4.7300000000000004</v>
+        <v>5.96</v>
       </c>
       <c r="G139" s="46">
         <v>0</v>
       </c>
       <c r="H139" s="46">
-        <v>0</v>
+        <v>6.29</v>
       </c>
       <c r="I139" s="46">
-        <v>4.7699999999999996</v>
+        <v>5.13</v>
       </c>
       <c r="J139" s="46">
-        <v>7.56</v>
+        <v>4.09</v>
       </c>
       <c r="K139" s="46">
         <v>0</v>
       </c>
       <c r="L139" s="46">
         <v>0</v>
       </c>
       <c r="M139" s="46">
         <v>0</v>
       </c>
       <c r="N139" s="46">
         <v>0.04</v>
       </c>
       <c r="O139" s="46">
         <v>0</v>
       </c>
       <c r="P139" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="Q139" s="46">
         <v>3</v>
       </c>
       <c r="R139" s="46">
-        <v>4.24</v>
+        <v>4.3899999999999997</v>
       </c>
       <c r="S139" s="31">
         <f t="shared" si="6"/>
-        <v>235.22</v>
+        <v>235.21999999999997</v>
       </c>
       <c r="T139" s="40">
         <f t="shared" si="5"/>
-        <v>93.661253294787855</v>
+        <v>92.398605560751648</v>
       </c>
     </row>
     <row r="140" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A140" t="s">
         <v>288</v>
       </c>
       <c r="B140" t="s">
         <v>289</v>
       </c>
       <c r="C140" s="46">
-        <v>21.68</v>
+        <v>21.65</v>
       </c>
       <c r="D140" s="46">
-        <v>140.21</v>
+        <v>140.43</v>
       </c>
       <c r="E140" s="46">
-        <v>2.79</v>
+        <v>2.77</v>
       </c>
       <c r="F140" s="46">
-        <v>4.4400000000000004</v>
+        <v>2.5099999999999998</v>
       </c>
       <c r="G140" s="46">
         <v>0</v>
       </c>
       <c r="H140" s="46">
         <v>0</v>
       </c>
       <c r="I140" s="46">
-        <v>1.06</v>
+        <v>2.81</v>
       </c>
       <c r="J140" s="46">
         <v>3.44</v>
       </c>
       <c r="K140" s="46">
         <v>0</v>
       </c>
       <c r="L140" s="46">
         <v>0</v>
       </c>
       <c r="M140" s="46">
         <v>0</v>
       </c>
       <c r="N140" s="46">
         <v>0</v>
       </c>
       <c r="O140" s="46">
         <v>0</v>
       </c>
       <c r="P140" s="46">
         <v>0</v>
       </c>
       <c r="Q140" s="46">
         <v>0.6</v>
       </c>
       <c r="R140" s="46">
         <v>0.32</v>
       </c>
       <c r="S140" s="31">
         <f t="shared" si="6"/>
-        <v>174.54</v>
+        <v>174.53</v>
       </c>
       <c r="T140" s="40">
         <f t="shared" si="5"/>
-        <v>97.502005270998055</v>
+        <v>97.501862144044011</v>
       </c>
     </row>
     <row r="141" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A141" t="s">
         <v>290</v>
       </c>
       <c r="B141" t="s">
         <v>291</v>
       </c>
       <c r="C141" s="46">
-        <v>26.5</v>
+        <v>26.92</v>
       </c>
       <c r="D141" s="46">
-        <v>112.48</v>
+        <v>117.14</v>
       </c>
       <c r="E141" s="46">
         <v>5.69</v>
       </c>
       <c r="F141" s="46">
-        <v>2.14</v>
+        <v>1.4</v>
       </c>
       <c r="G141" s="46">
         <v>0</v>
       </c>
       <c r="H141" s="46">
         <v>0</v>
       </c>
       <c r="I141" s="46">
         <v>4.37</v>
       </c>
       <c r="J141" s="46">
         <v>3.72</v>
       </c>
       <c r="K141" s="46">
-        <v>9.08</v>
+        <v>3.28</v>
       </c>
       <c r="L141" s="46">
         <v>0</v>
       </c>
       <c r="M141" s="46">
         <v>0</v>
       </c>
       <c r="N141" s="46">
         <v>0</v>
       </c>
       <c r="O141" s="46">
         <v>1.07</v>
       </c>
       <c r="P141" s="46">
         <v>0.41</v>
       </c>
       <c r="Q141" s="46">
         <v>13.1</v>
       </c>
       <c r="R141" s="46">
         <v>1.0900000000000001</v>
       </c>
       <c r="S141" s="31">
         <f t="shared" si="6"/>
-        <v>179.65</v>
+        <v>178.19</v>
       </c>
       <c r="T141" s="40">
         <f t="shared" si="5"/>
-        <v>84.152518786529356</v>
+        <v>87.27762500701499</v>
       </c>
     </row>
     <row r="142" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A142" t="s">
         <v>292</v>
       </c>
       <c r="B142" t="s">
         <v>293</v>
       </c>
       <c r="C142" s="46">
         <v>7.66</v>
       </c>
       <c r="D142" s="46">
-        <v>26.7</v>
+        <v>26.84</v>
       </c>
       <c r="E142" s="46">
-        <v>1.27</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="F142" s="46">
         <v>5.28</v>
       </c>
       <c r="G142" s="46">
         <v>0</v>
       </c>
       <c r="H142" s="46">
-        <v>0</v>
+        <v>1.23</v>
       </c>
       <c r="I142" s="46">
         <v>0.13</v>
       </c>
       <c r="J142" s="46">
         <v>0</v>
       </c>
       <c r="K142" s="46">
-        <v>1.23</v>
+        <v>0</v>
       </c>
       <c r="L142" s="46">
         <v>0</v>
       </c>
       <c r="M142" s="46">
         <v>0</v>
       </c>
       <c r="N142" s="46">
         <v>0</v>
       </c>
       <c r="O142" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="P142" s="46">
         <v>0</v>
       </c>
       <c r="Q142" s="46">
         <v>0</v>
       </c>
       <c r="R142" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="S142" s="31">
         <f t="shared" si="6"/>
         <v>42.84</v>
       </c>
       <c r="T142" s="40">
         <f t="shared" si="5"/>
         <v>95.798319327731093</v>
       </c>
     </row>
     <row r="143" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A143" t="s">
         <v>294</v>
       </c>
       <c r="B143" t="s">
         <v>295</v>
       </c>
       <c r="C143" s="46">
-        <v>63.67</v>
+        <v>59.73</v>
       </c>
       <c r="D143" s="46">
-        <v>126</v>
+        <v>144.6</v>
       </c>
       <c r="E143" s="46">
-        <v>5.3</v>
+        <v>5.08</v>
       </c>
       <c r="F143" s="46">
-        <v>41.4</v>
+        <v>30.82</v>
       </c>
       <c r="G143" s="46">
         <v>0</v>
       </c>
       <c r="H143" s="46">
-        <v>0.18</v>
+        <v>1.38</v>
       </c>
       <c r="I143" s="46">
-        <v>8.43</v>
+        <v>8.32</v>
       </c>
       <c r="J143" s="46">
-        <v>13.04</v>
+        <v>12.77</v>
       </c>
       <c r="K143" s="46">
-        <v>0</v>
+        <v>47.93</v>
       </c>
       <c r="L143" s="46">
         <v>0</v>
       </c>
       <c r="M143" s="46">
         <v>0</v>
       </c>
       <c r="N143" s="46">
         <v>0.57999999999999996</v>
       </c>
       <c r="O143" s="46">
-        <v>40.49</v>
+        <v>1.71</v>
       </c>
       <c r="P143" s="46">
-        <v>1.97</v>
+        <v>0.89</v>
       </c>
       <c r="Q143" s="46">
-        <v>9.51</v>
+        <v>3.21</v>
       </c>
       <c r="R143" s="46">
-        <v>21.1</v>
+        <v>11.43</v>
       </c>
       <c r="S143" s="31">
         <f t="shared" si="6"/>
-        <v>331.67000000000007</v>
+        <v>328.44999999999993</v>
       </c>
       <c r="T143" s="40">
         <f t="shared" si="5"/>
-        <v>73.808303434136334</v>
+        <v>75.673618511188934</v>
       </c>
     </row>
     <row r="144" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A144" t="s">
         <v>296</v>
       </c>
       <c r="B144" t="s">
         <v>297</v>
       </c>
       <c r="C144" s="46">
         <v>11.1</v>
       </c>
       <c r="D144" s="46">
         <v>45.02</v>
       </c>
       <c r="E144" s="46">
         <v>3.67</v>
       </c>
       <c r="F144" s="46">
         <v>2.37</v>
       </c>
       <c r="G144" s="46">
         <v>0</v>
       </c>
       <c r="H144" s="46">
@@ -12819,900 +12815,900 @@
         <v>0</v>
       </c>
       <c r="Q144" s="46">
         <v>1.02</v>
       </c>
       <c r="R144" s="46">
         <v>5.57</v>
       </c>
       <c r="S144" s="31">
         <f t="shared" si="6"/>
         <v>81.569999999999993</v>
       </c>
       <c r="T144" s="40">
         <f t="shared" si="5"/>
         <v>76.743900943974509</v>
       </c>
     </row>
     <row r="145" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A145" t="s">
         <v>298</v>
       </c>
       <c r="B145" t="s">
         <v>299</v>
       </c>
       <c r="C145" s="46">
-        <v>3.89</v>
+        <v>3.96</v>
       </c>
       <c r="D145" s="46">
-        <v>55.05</v>
+        <v>56.71</v>
       </c>
       <c r="E145" s="46">
-        <v>4.3099999999999996</v>
+        <v>4.05</v>
       </c>
       <c r="F145" s="46">
         <v>0.31</v>
       </c>
       <c r="G145" s="46">
         <v>0</v>
       </c>
       <c r="H145" s="46">
-        <v>0</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I145" s="46">
-        <v>3.66</v>
+        <v>2.2400000000000002</v>
       </c>
       <c r="J145" s="46">
-        <v>11.12</v>
+        <v>11.1</v>
       </c>
       <c r="K145" s="46">
         <v>0.88</v>
       </c>
       <c r="L145" s="46">
-        <v>4.3600000000000003</v>
+        <v>0</v>
       </c>
       <c r="M145" s="46">
         <v>0</v>
       </c>
       <c r="N145" s="46">
         <v>0</v>
       </c>
       <c r="O145" s="46">
         <v>0.08</v>
       </c>
       <c r="P145" s="46">
         <v>0.91</v>
       </c>
       <c r="Q145" s="46">
-        <v>0.74</v>
+        <v>0.73</v>
       </c>
       <c r="R145" s="46">
         <v>0.31</v>
       </c>
       <c r="S145" s="31">
         <f t="shared" si="6"/>
-        <v>85.61999999999999</v>
+        <v>85.639999999999986</v>
       </c>
       <c r="T145" s="40">
         <f t="shared" si="5"/>
-        <v>78.509693996729752</v>
+        <v>78.549743110695943</v>
       </c>
     </row>
     <row r="146" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A146" t="s">
         <v>300</v>
       </c>
       <c r="B146" t="s">
         <v>301</v>
       </c>
       <c r="C146" s="46">
-        <v>4.04</v>
+        <v>4</v>
       </c>
       <c r="D146" s="46">
-        <v>47.18</v>
+        <v>47.82</v>
       </c>
       <c r="E146" s="46">
-        <v>5.07</v>
+        <v>4.91</v>
       </c>
       <c r="F146" s="46">
-        <v>2.14</v>
+        <v>1.53</v>
       </c>
       <c r="G146" s="46">
         <v>0</v>
       </c>
       <c r="H146" s="46">
         <v>0</v>
       </c>
       <c r="I146" s="46">
         <v>0</v>
       </c>
       <c r="J146" s="46">
         <v>0.66</v>
       </c>
       <c r="K146" s="46">
         <v>0</v>
       </c>
       <c r="L146" s="46">
         <v>2.46</v>
       </c>
       <c r="M146" s="46">
         <v>2.21</v>
       </c>
       <c r="N146" s="46">
         <v>0.81</v>
       </c>
       <c r="O146" s="46">
         <v>1.92</v>
       </c>
       <c r="P146" s="46">
         <v>0</v>
       </c>
       <c r="Q146" s="46">
-        <v>0.95</v>
+        <v>1.0900000000000001</v>
       </c>
       <c r="R146" s="46">
         <v>1.1499999999999999</v>
       </c>
       <c r="S146" s="31">
         <f t="shared" si="6"/>
-        <v>68.59</v>
+        <v>68.560000000000016</v>
       </c>
       <c r="T146" s="40">
         <f t="shared" si="5"/>
-        <v>85.187345094037028</v>
+        <v>84.976662777129505</v>
       </c>
     </row>
     <row r="147" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A147" t="s">
         <v>302</v>
       </c>
       <c r="B147" t="s">
         <v>303</v>
       </c>
       <c r="C147" s="46">
-        <v>2.2799999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="D147" s="46">
-        <v>15.9</v>
+        <v>14.05</v>
       </c>
       <c r="E147" s="46">
-        <v>2.12</v>
+        <v>2.4700000000000002</v>
       </c>
       <c r="F147" s="46">
-        <v>5.37</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="G147" s="46">
         <v>0</v>
       </c>
       <c r="H147" s="46">
         <v>0</v>
       </c>
       <c r="I147" s="46">
-        <v>0.28000000000000003</v>
+        <v>0.46</v>
       </c>
       <c r="J147" s="46">
-        <v>2.16</v>
+        <v>2.62</v>
       </c>
       <c r="K147" s="46">
         <v>0</v>
       </c>
       <c r="L147" s="46">
         <v>0</v>
       </c>
       <c r="M147" s="46">
         <v>0</v>
       </c>
       <c r="N147" s="46">
         <v>0</v>
       </c>
       <c r="O147" s="46">
         <v>5.6</v>
       </c>
       <c r="P147" s="46">
         <v>0</v>
       </c>
       <c r="Q147" s="46">
         <v>1.44</v>
       </c>
       <c r="R147" s="46">
-        <v>1.87</v>
+        <v>3.67</v>
       </c>
       <c r="S147" s="31">
         <f t="shared" ref="S147" si="7">SUM(C147:R147)</f>
-        <v>37.019999999999996</v>
+        <v>36.82</v>
       </c>
       <c r="T147" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A148" t="s">
         <v>304</v>
       </c>
       <c r="B148" t="s">
         <v>305</v>
       </c>
       <c r="C148" s="46">
-        <v>5.73</v>
+        <v>5.79</v>
       </c>
       <c r="D148" s="46">
-        <v>65.73</v>
+        <v>69.98</v>
       </c>
       <c r="E148" s="46">
         <v>1.35</v>
       </c>
       <c r="F148" s="46">
-        <v>6.61</v>
+        <v>4.12</v>
       </c>
       <c r="G148" s="46">
         <v>0</v>
       </c>
       <c r="H148" s="46">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="I148" s="46">
-        <v>2.67</v>
+        <v>1.51</v>
       </c>
       <c r="J148" s="46">
         <v>2.15</v>
       </c>
       <c r="K148" s="46">
         <v>0</v>
       </c>
       <c r="L148" s="46">
         <v>0</v>
       </c>
       <c r="M148" s="46">
         <v>0</v>
       </c>
       <c r="N148" s="46">
         <v>0</v>
       </c>
       <c r="O148" s="46">
         <v>0.34</v>
       </c>
       <c r="P148" s="46">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="Q148" s="46">
-        <v>0.62</v>
+        <v>0.45</v>
       </c>
       <c r="R148" s="46">
-        <v>1.51</v>
+        <v>1.25</v>
       </c>
       <c r="S148" s="31">
         <f t="shared" si="6"/>
-        <v>87.15000000000002</v>
+        <v>86.990000000000023</v>
       </c>
       <c r="T148" s="40">
         <f t="shared" si="5"/>
-        <v>94.193918531267911</v>
+        <v>95.125876537533031</v>
       </c>
     </row>
     <row r="149" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A149" t="s">
         <v>306</v>
       </c>
       <c r="B149" t="s">
         <v>307</v>
       </c>
       <c r="C149" s="46">
-        <v>4.2300000000000004</v>
+        <v>4.45</v>
       </c>
       <c r="D149" s="46">
-        <v>30.75</v>
+        <v>31.37</v>
       </c>
       <c r="E149" s="46">
         <v>1.3</v>
       </c>
       <c r="F149" s="46">
-        <v>2.25</v>
+        <v>1.82</v>
       </c>
       <c r="G149" s="46">
         <v>0</v>
       </c>
       <c r="H149" s="46">
         <v>0</v>
       </c>
       <c r="I149" s="46">
         <v>0</v>
       </c>
       <c r="J149" s="46">
         <v>0.9</v>
       </c>
       <c r="K149" s="46">
         <v>0</v>
       </c>
       <c r="L149" s="46">
         <v>0</v>
       </c>
       <c r="M149" s="46">
         <v>0</v>
       </c>
       <c r="N149" s="46">
         <v>0</v>
       </c>
       <c r="O149" s="46">
         <v>2.46</v>
       </c>
       <c r="P149" s="46">
         <v>0</v>
       </c>
       <c r="Q149" s="46">
         <v>1</v>
       </c>
       <c r="R149" s="46">
-        <v>0.8</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="S149" s="31">
         <f t="shared" si="6"/>
-        <v>43.69</v>
+        <v>43.879999999999995</v>
       </c>
       <c r="T149" s="40">
         <f t="shared" si="5"/>
-        <v>88.189517051956983</v>
+        <v>88.742023701002736</v>
       </c>
     </row>
     <row r="150" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A150" t="s">
         <v>308</v>
       </c>
       <c r="B150" t="s">
         <v>309</v>
       </c>
       <c r="C150" s="46">
-        <v>0.2</v>
+        <v>0.82</v>
       </c>
       <c r="D150" s="46">
-        <v>5.36</v>
+        <v>10.41</v>
       </c>
       <c r="E150" s="46">
-        <v>0.5</v>
+        <v>1.36</v>
       </c>
       <c r="F150" s="46">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
       <c r="G150" s="46">
         <v>0</v>
       </c>
       <c r="H150" s="46">
         <v>0</v>
       </c>
       <c r="I150" s="46">
-        <v>0.64</v>
+        <v>0.24</v>
       </c>
       <c r="J150" s="46">
-        <v>0</v>
+        <v>0.35</v>
       </c>
       <c r="K150" s="46">
         <v>0</v>
       </c>
       <c r="L150" s="46">
         <v>0</v>
       </c>
       <c r="M150" s="46">
         <v>0</v>
       </c>
       <c r="N150" s="46">
         <v>0</v>
       </c>
       <c r="O150" s="46">
         <v>0.14000000000000001</v>
       </c>
       <c r="P150" s="46">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Q150" s="46">
         <v>0</v>
       </c>
       <c r="R150" s="46">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="S150" s="31">
         <f t="shared" si="6"/>
-        <v>7.06</v>
+        <v>13.64</v>
       </c>
       <c r="T150" s="40">
         <f t="shared" si="5"/>
-        <v>98.016997167138825</v>
+        <v>95.821114369501458</v>
       </c>
     </row>
     <row r="151" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A151" t="s">
         <v>310</v>
       </c>
       <c r="B151" t="s">
         <v>311</v>
       </c>
       <c r="C151" s="46">
         <v>2.56</v>
       </c>
       <c r="D151" s="46">
-        <v>11.47</v>
+        <v>11.49</v>
       </c>
       <c r="E151" s="46">
         <v>0.67</v>
       </c>
       <c r="F151" s="46">
         <v>1.43</v>
       </c>
       <c r="G151" s="46">
         <v>0</v>
       </c>
       <c r="H151" s="46">
         <v>0</v>
       </c>
       <c r="I151" s="46">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="J151" s="46">
         <v>0</v>
       </c>
       <c r="K151" s="46">
         <v>0</v>
       </c>
       <c r="L151" s="46">
         <v>0</v>
       </c>
       <c r="M151" s="46">
         <v>0</v>
       </c>
       <c r="N151" s="46">
         <v>0</v>
       </c>
       <c r="O151" s="46">
         <v>0</v>
       </c>
       <c r="P151" s="46">
         <v>0</v>
       </c>
       <c r="Q151" s="46">
         <v>0.04</v>
       </c>
       <c r="R151" s="46">
         <v>0.12</v>
       </c>
       <c r="S151" s="31">
         <f t="shared" si="6"/>
         <v>16.310000000000002</v>
       </c>
       <c r="T151" s="40">
         <f t="shared" si="5"/>
         <v>99.019006744328635</v>
       </c>
     </row>
     <row r="152" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" t="s">
         <v>312</v>
       </c>
       <c r="B152" t="s">
         <v>313</v>
       </c>
       <c r="C152" s="46">
-        <v>73.55</v>
+        <v>73.53</v>
       </c>
       <c r="D152" s="46">
-        <v>266.67</v>
+        <v>273.98</v>
       </c>
       <c r="E152" s="46">
-        <v>16.7</v>
+        <v>15.96</v>
       </c>
       <c r="F152" s="46">
-        <v>13.01</v>
+        <v>6.12</v>
       </c>
       <c r="G152" s="46">
         <v>0</v>
       </c>
       <c r="H152" s="46">
         <v>0.59</v>
       </c>
       <c r="I152" s="46">
-        <v>2.82</v>
+        <v>3.69</v>
       </c>
       <c r="J152" s="46">
-        <v>23.62</v>
+        <v>22.66</v>
       </c>
       <c r="K152" s="46">
         <v>0.71</v>
       </c>
       <c r="L152" s="46">
         <v>0</v>
       </c>
       <c r="M152" s="46">
         <v>23.02</v>
       </c>
       <c r="N152" s="46">
         <v>0</v>
       </c>
       <c r="O152" s="46">
-        <v>9.1999999999999993</v>
+        <v>5.18</v>
       </c>
       <c r="P152" s="46">
-        <v>0.14000000000000001</v>
+        <v>3.81</v>
       </c>
       <c r="Q152" s="46">
         <v>3.81</v>
       </c>
       <c r="R152" s="46">
         <v>1.6</v>
       </c>
       <c r="S152" s="31">
         <f t="shared" si="6"/>
-        <v>435.43999999999994</v>
+        <v>434.65999999999997</v>
       </c>
       <c r="T152" s="40">
         <f t="shared" si="5"/>
-        <v>85.603068160940666</v>
+        <v>85.878617770211193</v>
       </c>
     </row>
     <row r="153" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A153" t="s">
         <v>314</v>
       </c>
       <c r="B153" t="s">
         <v>315</v>
       </c>
       <c r="C153" s="46">
-        <v>6.28</v>
+        <v>6.68</v>
       </c>
       <c r="D153" s="46">
-        <v>56.87</v>
+        <v>58.41</v>
       </c>
       <c r="E153" s="46">
-        <v>3.23</v>
+        <v>2.96</v>
       </c>
       <c r="F153" s="46">
-        <v>1.43</v>
+        <v>1.33</v>
       </c>
       <c r="G153" s="46">
         <v>0</v>
       </c>
       <c r="H153" s="46">
-        <v>0</v>
+        <v>0.19</v>
       </c>
       <c r="I153" s="46">
-        <v>0.17</v>
+        <v>0.2</v>
       </c>
       <c r="J153" s="46">
-        <v>2.82</v>
+        <v>2</v>
       </c>
       <c r="K153" s="46">
         <v>0</v>
       </c>
       <c r="L153" s="46">
         <v>0</v>
       </c>
       <c r="M153" s="46">
-        <v>1.1399999999999999</v>
+        <v>0</v>
       </c>
       <c r="N153" s="46">
         <v>0</v>
       </c>
       <c r="O153" s="46">
         <v>0.34</v>
       </c>
       <c r="P153" s="46">
         <v>0</v>
       </c>
       <c r="Q153" s="46">
-        <v>0.27</v>
+        <v>0.26</v>
       </c>
       <c r="R153" s="46">
-        <v>0.6</v>
+        <v>0.78</v>
       </c>
       <c r="S153" s="31">
         <f t="shared" si="6"/>
-        <v>73.149999999999991</v>
+        <v>73.150000000000006</v>
       </c>
       <c r="T153" s="40">
         <f t="shared" si="5"/>
-        <v>92.932330827067688</v>
+        <v>95.119617224880372</v>
       </c>
     </row>
     <row r="154" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A154" t="s">
         <v>316</v>
       </c>
       <c r="B154" t="s">
         <v>317</v>
       </c>
       <c r="C154" s="46">
         <v>5.31</v>
       </c>
       <c r="D154" s="46">
-        <v>15.28</v>
+        <v>15.6</v>
       </c>
       <c r="E154" s="46">
         <v>6.78</v>
       </c>
       <c r="F154" s="46">
-        <v>2.0499999999999998</v>
+        <v>1.72</v>
       </c>
       <c r="G154" s="46">
         <v>0</v>
       </c>
       <c r="H154" s="46">
         <v>0</v>
       </c>
       <c r="I154" s="46">
         <v>0.57999999999999996</v>
       </c>
       <c r="J154" s="46">
         <v>0.15</v>
       </c>
       <c r="K154" s="46">
         <v>0</v>
       </c>
       <c r="L154" s="46">
         <v>0</v>
       </c>
       <c r="M154" s="46">
         <v>0</v>
       </c>
       <c r="N154" s="46">
         <v>0</v>
       </c>
       <c r="O154" s="46">
         <v>5.98</v>
       </c>
       <c r="P154" s="46">
         <v>0</v>
       </c>
       <c r="Q154" s="46">
         <v>0.26</v>
       </c>
       <c r="R154" s="46">
         <v>0</v>
       </c>
       <c r="S154" s="31">
         <f t="shared" si="6"/>
-        <v>36.389999999999993</v>
+        <v>36.379999999999995</v>
       </c>
       <c r="T154" s="40">
         <f t="shared" si="5"/>
-        <v>82.44023083264635</v>
+        <v>82.435404068169333</v>
       </c>
     </row>
     <row r="155" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A155" t="s">
         <v>318</v>
       </c>
       <c r="B155" t="s">
         <v>319</v>
       </c>
       <c r="C155" s="46">
-        <v>34.19</v>
+        <v>33.799999999999997</v>
       </c>
       <c r="D155" s="46">
-        <v>217.8</v>
+        <v>222.74</v>
       </c>
       <c r="E155" s="46">
-        <v>12.28</v>
+        <v>12.13</v>
       </c>
       <c r="F155" s="46">
-        <v>17.170000000000002</v>
+        <v>13.7</v>
       </c>
       <c r="G155" s="46">
         <v>0</v>
       </c>
       <c r="H155" s="46">
         <v>0</v>
       </c>
       <c r="I155" s="46">
         <v>10.44</v>
       </c>
       <c r="J155" s="46">
-        <v>32.83</v>
+        <v>32.21</v>
       </c>
       <c r="K155" s="46">
         <v>0.9</v>
       </c>
       <c r="L155" s="46">
         <v>0</v>
       </c>
       <c r="M155" s="46">
         <v>0</v>
       </c>
       <c r="N155" s="46">
         <v>0</v>
       </c>
       <c r="O155" s="46">
-        <v>10.01</v>
+        <v>2.61</v>
       </c>
       <c r="P155" s="46">
         <v>0.5</v>
       </c>
       <c r="Q155" s="46">
-        <v>11.93</v>
+        <v>12.95</v>
       </c>
       <c r="R155" s="46">
-        <v>6.94</v>
+        <v>6.16</v>
       </c>
       <c r="S155" s="31">
         <f t="shared" si="6"/>
-        <v>354.98999999999995</v>
+        <v>348.14</v>
       </c>
       <c r="T155" s="40">
         <f t="shared" si="5"/>
-        <v>82.222034423504894</v>
+        <v>84.106968460963984</v>
       </c>
     </row>
     <row r="156" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A156" t="s">
         <v>320</v>
       </c>
       <c r="B156" t="s">
         <v>321</v>
       </c>
       <c r="C156" s="46">
-        <v>1.85</v>
+        <v>1.84</v>
       </c>
       <c r="D156" s="46">
-        <v>8.4600000000000009</v>
+        <v>8.49</v>
       </c>
       <c r="E156" s="46">
         <v>1.58</v>
       </c>
       <c r="F156" s="46">
         <v>0</v>
       </c>
       <c r="G156" s="46">
         <v>0</v>
       </c>
       <c r="H156" s="46">
         <v>0</v>
       </c>
       <c r="I156" s="46">
         <v>0</v>
       </c>
       <c r="J156" s="46">
         <v>0</v>
       </c>
       <c r="K156" s="46">
         <v>0</v>
       </c>
       <c r="L156" s="46">
         <v>0</v>
       </c>
       <c r="M156" s="46">
         <v>0</v>
       </c>
       <c r="N156" s="46">
         <v>0</v>
       </c>
       <c r="O156" s="46">
         <v>0</v>
       </c>
       <c r="P156" s="46">
         <v>0</v>
       </c>
       <c r="Q156" s="46">
         <v>0.37</v>
       </c>
       <c r="R156" s="46">
-        <v>0.15</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="S156" s="31">
         <f t="shared" si="6"/>
-        <v>12.41</v>
+        <v>12.42</v>
       </c>
       <c r="T156" s="40">
         <f t="shared" si="5"/>
-        <v>95.809830781627724</v>
+        <v>95.893719806763286</v>
       </c>
     </row>
     <row r="157" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A157" t="s">
         <v>322</v>
       </c>
       <c r="B157" t="s">
         <v>323</v>
       </c>
       <c r="C157" s="46">
         <v>8.4</v>
       </c>
       <c r="D157" s="46">
-        <v>64.64</v>
+        <v>65.98</v>
       </c>
       <c r="E157" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="F157" s="46">
-        <v>8.14</v>
+        <v>6.79</v>
       </c>
       <c r="G157" s="46">
         <v>0</v>
       </c>
       <c r="H157" s="46">
         <v>1.47</v>
       </c>
       <c r="I157" s="46">
         <v>0.75</v>
       </c>
       <c r="J157" s="46">
         <v>1.25</v>
       </c>
       <c r="K157" s="46">
         <v>0</v>
       </c>
       <c r="L157" s="46">
         <v>0</v>
       </c>
       <c r="M157" s="46">
         <v>0</v>
       </c>
       <c r="N157" s="46">
         <v>0.49</v>
       </c>
       <c r="O157" s="46">
-        <v>0.27</v>
+        <v>15.47</v>
       </c>
       <c r="P157" s="46">
         <v>0</v>
       </c>
       <c r="Q157" s="46">
-        <v>17.05</v>
+        <v>1.84</v>
       </c>
       <c r="R157" s="46">
         <v>0</v>
       </c>
       <c r="S157" s="31">
         <f t="shared" si="6"/>
-        <v>107.52</v>
+        <v>107.50000000000001</v>
       </c>
       <c r="T157" s="40">
         <f t="shared" si="5"/>
-        <v>80.905877976190482</v>
+        <v>80.911627906976747</v>
       </c>
     </row>
     <row r="158" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A158" t="s">
         <v>324</v>
       </c>
       <c r="B158" t="s">
         <v>325</v>
       </c>
       <c r="C158" s="46">
         <v>3.5</v>
       </c>
       <c r="D158" s="46">
-        <v>45.36</v>
+        <v>44.61</v>
       </c>
       <c r="E158" s="46">
         <v>3.71</v>
       </c>
       <c r="F158" s="46">
-        <v>1.71</v>
+        <v>2.02</v>
       </c>
       <c r="G158" s="46">
         <v>0</v>
       </c>
       <c r="H158" s="46">
         <v>0</v>
       </c>
       <c r="I158" s="46">
-        <v>0</v>
+        <v>0.44</v>
       </c>
       <c r="J158" s="46">
         <v>1.31</v>
       </c>
       <c r="K158" s="46">
         <v>0.45</v>
       </c>
       <c r="L158" s="46">
         <v>0</v>
       </c>
       <c r="M158" s="46">
         <v>0</v>
       </c>
       <c r="N158" s="46">
         <v>0</v>
       </c>
       <c r="O158" s="46">
         <v>5.5</v>
       </c>
       <c r="P158" s="46">
         <v>0</v>
       </c>
       <c r="Q158" s="46">
         <v>2.15</v>
       </c>
@@ -13781,57 +13777,57 @@
         <v>0</v>
       </c>
       <c r="R159" s="46">
         <v>0</v>
       </c>
       <c r="S159" s="31">
         <f t="shared" si="6"/>
         <v>7.77</v>
       </c>
       <c r="T159" s="40">
         <f t="shared" si="5"/>
         <v>85.456885456885459</v>
       </c>
     </row>
     <row r="160" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A160" t="s">
         <v>328</v>
       </c>
       <c r="B160" t="s">
         <v>329</v>
       </c>
       <c r="C160" s="46">
         <v>3.41</v>
       </c>
       <c r="D160" s="46">
-        <v>20.16</v>
+        <v>20.79</v>
       </c>
       <c r="E160" s="46">
         <v>0.19</v>
       </c>
       <c r="F160" s="46">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="G160" s="46">
         <v>0</v>
       </c>
       <c r="H160" s="46">
         <v>0</v>
       </c>
       <c r="I160" s="46">
         <v>2.4900000000000002</v>
       </c>
       <c r="J160" s="46">
         <v>0.23</v>
       </c>
       <c r="K160" s="46">
         <v>0</v>
       </c>
       <c r="L160" s="46">
         <v>0</v>
       </c>
       <c r="M160" s="46">
         <v>0</v>
       </c>
       <c r="N160" s="46">
         <v>0</v>
       </c>
@@ -13927,467 +13923,467 @@
       <c r="B162" t="s">
         <v>333</v>
       </c>
       <c r="C162" s="46">
         <v>1</v>
       </c>
       <c r="D162" s="46">
         <v>22.17</v>
       </c>
       <c r="E162" s="46">
         <v>2.58</v>
       </c>
       <c r="F162" s="46">
         <v>0.26</v>
       </c>
       <c r="G162" s="46">
         <v>0</v>
       </c>
       <c r="H162" s="46">
         <v>0</v>
       </c>
       <c r="I162" s="46">
         <v>1.49</v>
       </c>
       <c r="J162" s="46">
-        <v>2.64</v>
+        <v>0.87</v>
       </c>
       <c r="K162" s="46">
         <v>0</v>
       </c>
       <c r="L162" s="46">
         <v>0</v>
       </c>
       <c r="M162" s="46">
-        <v>0</v>
+        <v>1.77</v>
       </c>
       <c r="N162" s="46">
         <v>0</v>
       </c>
       <c r="O162" s="46">
         <v>0</v>
       </c>
       <c r="P162" s="46">
         <v>0</v>
       </c>
       <c r="Q162" s="46">
         <v>0.27</v>
       </c>
       <c r="R162" s="46">
         <v>0</v>
       </c>
       <c r="S162" s="31">
         <f t="shared" si="6"/>
         <v>30.41</v>
       </c>
       <c r="T162" s="40">
         <f t="shared" si="5"/>
         <v>90.430779348898398</v>
       </c>
     </row>
     <row r="163" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A163" t="s">
         <v>334</v>
       </c>
       <c r="B163" t="s">
         <v>590</v>
       </c>
       <c r="C163" s="46">
-        <v>3.16</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="D163" s="46">
-        <v>82.94</v>
+        <v>82.2</v>
       </c>
       <c r="E163" s="46">
-        <v>5.72</v>
+        <v>5.65</v>
       </c>
       <c r="F163" s="46">
-        <v>2.09</v>
+        <v>1.76</v>
       </c>
       <c r="G163" s="46">
         <v>0</v>
       </c>
       <c r="H163" s="46">
-        <v>0</v>
+        <v>7.56</v>
       </c>
       <c r="I163" s="46">
         <v>0.65</v>
       </c>
       <c r="J163" s="46">
         <v>2.62</v>
       </c>
       <c r="K163" s="46">
         <v>0</v>
       </c>
       <c r="L163" s="46">
-        <v>0</v>
+        <v>0.09</v>
       </c>
       <c r="M163" s="46">
         <v>0</v>
       </c>
       <c r="N163" s="46">
         <v>1.38</v>
       </c>
       <c r="O163" s="46">
-        <v>10.029999999999999</v>
+        <v>2.38</v>
       </c>
       <c r="P163" s="46">
         <v>0</v>
       </c>
       <c r="Q163" s="46">
         <v>2.94</v>
       </c>
       <c r="R163" s="46">
         <v>2.2200000000000002</v>
       </c>
       <c r="S163" s="31">
         <f t="shared" si="6"/>
-        <v>113.75</v>
+        <v>113.85000000000002</v>
       </c>
       <c r="T163" s="40">
         <f t="shared" si="5"/>
-        <v>83.129670329670333</v>
+        <v>83.144488361879681</v>
       </c>
     </row>
     <row r="164" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A164" t="s">
         <v>335</v>
       </c>
       <c r="B164" t="s">
         <v>591</v>
       </c>
       <c r="C164" s="46">
-        <v>64.569999999999993</v>
+        <v>64.680000000000007</v>
       </c>
       <c r="D164" s="46">
-        <v>309.16000000000003</v>
+        <v>318.56</v>
       </c>
       <c r="E164" s="46">
-        <v>22.12</v>
+        <v>15.31</v>
       </c>
       <c r="F164" s="46">
-        <v>8.74</v>
+        <v>7.18</v>
       </c>
       <c r="G164" s="46">
         <v>0</v>
       </c>
       <c r="H164" s="46">
         <v>0.18</v>
       </c>
       <c r="I164" s="46">
-        <v>8.6999999999999993</v>
+        <v>10.56</v>
       </c>
       <c r="J164" s="46">
-        <v>7.87</v>
+        <v>5</v>
       </c>
       <c r="K164" s="46">
         <v>0</v>
       </c>
       <c r="L164" s="46">
-        <v>0</v>
+        <v>0.73</v>
       </c>
       <c r="M164" s="46">
-        <v>3.24</v>
+        <v>2.5099999999999998</v>
       </c>
       <c r="N164" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="O164" s="46">
         <v>1.08</v>
       </c>
       <c r="P164" s="46">
         <v>0</v>
       </c>
       <c r="Q164" s="46">
-        <v>2.39</v>
+        <v>3.24</v>
       </c>
       <c r="R164" s="46">
-        <v>12.28</v>
+        <v>11.63</v>
       </c>
       <c r="S164" s="31">
         <f t="shared" si="6"/>
-        <v>440.4</v>
+        <v>440.73</v>
       </c>
       <c r="T164" s="40">
         <f t="shared" si="5"/>
-        <v>93.84423251589466</v>
+        <v>94.4546547773013</v>
       </c>
     </row>
     <row r="165" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A165" t="s">
         <v>336</v>
       </c>
       <c r="B165" t="s">
         <v>337</v>
       </c>
       <c r="C165" s="46">
-        <v>134.32</v>
+        <v>132.9</v>
       </c>
       <c r="D165" s="46">
-        <v>706.6</v>
+        <v>733.62</v>
       </c>
       <c r="E165" s="46">
-        <v>11.29</v>
+        <v>12.9</v>
       </c>
       <c r="F165" s="46">
-        <v>13.82</v>
+        <v>11.92</v>
       </c>
       <c r="G165" s="46">
         <v>0</v>
       </c>
       <c r="H165" s="46">
-        <v>86.72</v>
+        <v>56.94</v>
       </c>
       <c r="I165" s="46">
-        <v>511.19</v>
+        <v>515.39</v>
       </c>
       <c r="J165" s="46">
-        <v>34.369999999999997</v>
+        <v>52.37</v>
       </c>
       <c r="K165" s="46">
         <v>30.75</v>
       </c>
       <c r="L165" s="46">
         <v>0</v>
       </c>
       <c r="M165" s="46">
         <v>0</v>
       </c>
       <c r="N165" s="46">
         <v>0</v>
       </c>
       <c r="O165" s="46">
-        <v>14.43</v>
+        <v>74.150000000000006</v>
       </c>
       <c r="P165" s="46">
         <v>0.62</v>
       </c>
       <c r="Q165" s="46">
-        <v>58.06</v>
+        <v>4.66</v>
       </c>
       <c r="R165" s="46">
-        <v>42.14</v>
+        <v>18.079999999999998</v>
       </c>
       <c r="S165" s="31">
         <f t="shared" si="6"/>
-        <v>1644.31</v>
+        <v>1644.3</v>
       </c>
       <c r="T165" s="40">
         <f t="shared" si="5"/>
-        <v>83.756712542038912</v>
+        <v>85.55190658638935</v>
       </c>
     </row>
     <row r="166" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A166" t="s">
         <v>338</v>
       </c>
       <c r="B166" t="s">
         <v>339</v>
       </c>
       <c r="C166" s="46">
-        <v>13.06</v>
+        <v>13.13</v>
       </c>
       <c r="D166" s="46">
-        <v>106.52</v>
+        <v>106.63</v>
       </c>
       <c r="E166" s="46">
-        <v>6.11</v>
+        <v>5.92</v>
       </c>
       <c r="F166" s="46">
-        <v>1.73</v>
+        <v>2.75</v>
       </c>
       <c r="G166" s="46">
         <v>0</v>
       </c>
       <c r="H166" s="46">
         <v>0</v>
       </c>
       <c r="I166" s="46">
         <v>0.73</v>
       </c>
       <c r="J166" s="46">
-        <v>4.7</v>
+        <v>4.46</v>
       </c>
       <c r="K166" s="46">
         <v>0</v>
       </c>
       <c r="L166" s="46">
         <v>0</v>
       </c>
       <c r="M166" s="46">
-        <v>3.73</v>
+        <v>2.96</v>
       </c>
       <c r="N166" s="46">
         <v>0</v>
       </c>
       <c r="O166" s="46">
         <v>3.42</v>
       </c>
       <c r="P166" s="46">
         <v>0</v>
       </c>
       <c r="Q166" s="46">
         <v>2.34</v>
       </c>
       <c r="R166" s="46">
         <v>4.16</v>
       </c>
       <c r="S166" s="31">
         <f t="shared" si="6"/>
-        <v>146.49999999999997</v>
+        <v>146.5</v>
       </c>
       <c r="T166" s="40">
         <f t="shared" si="5"/>
-        <v>87.474402730375445</v>
+        <v>88.163822525597269</v>
       </c>
     </row>
     <row r="167" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A167" t="s">
         <v>340</v>
       </c>
       <c r="B167" t="s">
         <v>341</v>
       </c>
       <c r="C167" s="46">
-        <v>1.39</v>
+        <v>1.43</v>
       </c>
       <c r="D167" s="46">
-        <v>20.51</v>
+        <v>20.49</v>
       </c>
       <c r="E167" s="46">
-        <v>0.94</v>
+        <v>0.7</v>
       </c>
       <c r="F167" s="46">
         <v>0</v>
       </c>
       <c r="G167" s="46">
         <v>0</v>
       </c>
       <c r="H167" s="46">
         <v>0</v>
       </c>
       <c r="I167" s="46">
         <v>0</v>
       </c>
       <c r="J167" s="46">
         <v>0.26</v>
       </c>
       <c r="K167" s="46">
         <v>0</v>
       </c>
       <c r="L167" s="46">
         <v>0</v>
       </c>
       <c r="M167" s="46">
         <v>0</v>
       </c>
       <c r="N167" s="46">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="O167" s="46">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="P167" s="46">
         <v>0</v>
       </c>
       <c r="Q167" s="46">
-        <v>0.19</v>
+        <v>0.02</v>
       </c>
       <c r="R167" s="46">
         <v>0.33</v>
       </c>
       <c r="S167" s="31">
         <f t="shared" si="6"/>
-        <v>23.830000000000005</v>
+        <v>23.229999999999997</v>
       </c>
       <c r="T167" s="40">
         <f t="shared" si="5"/>
-        <v>95.845572807385636</v>
+        <v>97.374085234610419</v>
       </c>
     </row>
     <row r="168" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A168" t="s">
         <v>342</v>
       </c>
       <c r="B168" t="s">
         <v>343</v>
       </c>
       <c r="C168" s="46">
-        <v>26.92</v>
+        <v>27.15</v>
       </c>
       <c r="D168" s="46">
-        <v>154.33000000000001</v>
+        <v>167.72</v>
       </c>
       <c r="E168" s="46">
         <v>4.99</v>
       </c>
       <c r="F168" s="46">
-        <v>3.69</v>
+        <v>3.01</v>
       </c>
       <c r="G168" s="46">
         <v>0</v>
       </c>
       <c r="H168" s="46">
         <v>5.2</v>
       </c>
       <c r="I168" s="46">
-        <v>13.14</v>
+        <v>6.49</v>
       </c>
       <c r="J168" s="46">
-        <v>5.99</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="K168" s="46">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="L168" s="46">
         <v>0</v>
       </c>
       <c r="M168" s="46">
-        <v>8.58</v>
+        <v>0</v>
       </c>
       <c r="N168" s="46">
         <v>0</v>
       </c>
       <c r="O168" s="46">
-        <v>1.92</v>
+        <v>10.33</v>
       </c>
       <c r="P168" s="46">
         <v>0.84</v>
       </c>
       <c r="Q168" s="46">
-        <v>20.68</v>
+        <v>14.57</v>
       </c>
       <c r="R168" s="46">
-        <v>3.88</v>
+        <v>7.36</v>
       </c>
       <c r="S168" s="31">
         <f t="shared" si="6"/>
-        <v>250.16</v>
+        <v>250.16000000000003</v>
       </c>
       <c r="T168" s="40">
         <f t="shared" si="5"/>
-        <v>81.176047329708993</v>
+        <v>83.690438119603456</v>
       </c>
     </row>
     <row r="169" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A169" t="s">
         <v>344</v>
       </c>
       <c r="B169" t="s">
         <v>345</v>
       </c>
       <c r="C169" s="46">
         <v>0.2</v>
       </c>
       <c r="D169" s="46">
         <v>2.5099999999999998</v>
       </c>
       <c r="E169" s="46">
         <v>1.03</v>
       </c>
       <c r="F169" s="46">
         <v>0</v>
       </c>
       <c r="G169" s="46">
         <v>0</v>
       </c>
       <c r="H169" s="46">
@@ -14418,743 +14414,743 @@
         <v>0</v>
       </c>
       <c r="Q169" s="46">
         <v>0.18</v>
       </c>
       <c r="R169" s="46">
         <v>0</v>
       </c>
       <c r="S169" s="31">
         <f t="shared" si="6"/>
         <v>4.22</v>
       </c>
       <c r="T169" s="40">
         <f t="shared" si="5"/>
         <v>88.625592417061625</v>
       </c>
     </row>
     <row r="170" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A170" t="s">
         <v>346</v>
       </c>
       <c r="B170" t="s">
         <v>347</v>
       </c>
       <c r="C170" s="46">
-        <v>17.84</v>
+        <v>17.920000000000002</v>
       </c>
       <c r="D170" s="46">
-        <v>85.89</v>
+        <v>88.78</v>
       </c>
       <c r="E170" s="46">
-        <v>9.48</v>
+        <v>9.17</v>
       </c>
       <c r="F170" s="46">
-        <v>2.6</v>
+        <v>1.01</v>
       </c>
       <c r="G170" s="46">
         <v>0</v>
       </c>
       <c r="H170" s="46">
-        <v>0</v>
+        <v>0.9</v>
       </c>
       <c r="I170" s="46">
-        <v>4.3</v>
+        <v>0.74</v>
       </c>
       <c r="J170" s="46">
         <v>4.51</v>
       </c>
       <c r="K170" s="46">
         <v>0</v>
       </c>
       <c r="L170" s="46">
         <v>0</v>
       </c>
       <c r="M170" s="46">
         <v>8.5</v>
       </c>
       <c r="N170" s="46">
         <v>0</v>
       </c>
       <c r="O170" s="46">
         <v>0</v>
       </c>
       <c r="P170" s="46">
         <v>1.66</v>
       </c>
       <c r="Q170" s="46">
-        <v>1.75</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="R170" s="46">
-        <v>4.2300000000000004</v>
+        <v>5.12</v>
       </c>
       <c r="S170" s="31">
         <f t="shared" si="6"/>
-        <v>140.76</v>
+        <v>140.76000000000002</v>
       </c>
       <c r="T170" s="40">
         <f t="shared" si="5"/>
-        <v>85.329639102017623</v>
+        <v>83.560670645069607</v>
       </c>
     </row>
     <row r="171" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A171" t="s">
         <v>348</v>
       </c>
       <c r="B171" t="s">
         <v>349</v>
       </c>
       <c r="C171" s="46">
-        <v>42.87</v>
+        <v>44.58</v>
       </c>
       <c r="D171" s="46">
-        <v>211.98</v>
+        <v>217.32</v>
       </c>
       <c r="E171" s="46">
-        <v>9.35</v>
+        <v>8.69</v>
       </c>
       <c r="F171" s="46">
+        <v>1.1100000000000001</v>
+      </c>
+      <c r="G171" s="46">
+        <v>0</v>
+      </c>
+      <c r="H171" s="46">
         <v>2.76</v>
       </c>
-      <c r="G171" s="46">
-[...4 lines deleted...]
-      </c>
       <c r="I171" s="46">
-        <v>8.8699999999999992</v>
+        <v>9.09</v>
       </c>
       <c r="J171" s="46">
-        <v>5.69</v>
+        <v>1.82</v>
       </c>
       <c r="K171" s="46">
-        <v>0.37</v>
+        <v>65.03</v>
       </c>
       <c r="L171" s="46">
         <v>0</v>
       </c>
       <c r="M171" s="46">
-        <v>73.34</v>
+        <v>7.73</v>
       </c>
       <c r="N171" s="46">
-        <v>0.55000000000000004</v>
+        <v>1.34</v>
       </c>
       <c r="O171" s="46">
-        <v>6.36</v>
+        <v>7.82</v>
       </c>
       <c r="P171" s="46">
         <v>1.34</v>
       </c>
       <c r="Q171" s="46">
-        <v>4.5999999999999996</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="R171" s="46">
-        <v>6.42</v>
+        <v>5.54</v>
       </c>
       <c r="S171" s="31">
         <f t="shared" ref="S171" si="8">SUM(C171:R171)</f>
-        <v>377.63000000000005</v>
+        <v>376.46999999999997</v>
       </c>
       <c r="T171" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A172" t="s">
         <v>350</v>
       </c>
       <c r="B172" t="s">
         <v>351</v>
       </c>
       <c r="C172" s="46">
-        <v>57.41</v>
+        <v>58.31</v>
       </c>
       <c r="D172" s="46">
-        <v>213.29</v>
+        <v>216.82</v>
       </c>
       <c r="E172" s="46">
-        <v>9.94</v>
+        <v>9.56</v>
       </c>
       <c r="F172" s="46">
-        <v>17.22</v>
+        <v>17.309999999999999</v>
       </c>
       <c r="G172" s="46">
         <v>0</v>
       </c>
       <c r="H172" s="46">
-        <v>4.3</v>
+        <v>0.6</v>
       </c>
       <c r="I172" s="46">
-        <v>17.3</v>
+        <v>18.79</v>
       </c>
       <c r="J172" s="46">
-        <v>12.14</v>
+        <v>7.47</v>
       </c>
       <c r="K172" s="46">
-        <v>35.01</v>
+        <v>29.96</v>
       </c>
       <c r="L172" s="46">
         <v>0</v>
       </c>
       <c r="M172" s="46">
-        <v>0</v>
+        <v>1.75</v>
       </c>
       <c r="N172" s="46">
         <v>0</v>
       </c>
       <c r="O172" s="46">
-        <v>17.170000000000002</v>
+        <v>21.67</v>
       </c>
       <c r="P172" s="46">
         <v>2.4500000000000002</v>
       </c>
       <c r="Q172" s="46">
         <v>1.37</v>
       </c>
       <c r="R172" s="46">
-        <v>1.08</v>
+        <v>1.2</v>
       </c>
       <c r="S172" s="31">
         <f t="shared" si="6"/>
-        <v>388.68</v>
+        <v>387.26000000000005</v>
       </c>
       <c r="T172" s="40">
         <f t="shared" si="5"/>
-        <v>81.084696922918596</v>
+        <v>82.835820895522389</v>
       </c>
     </row>
     <row r="173" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A173" t="s">
         <v>352</v>
       </c>
       <c r="B173" t="s">
         <v>353</v>
       </c>
       <c r="C173" s="46">
         <v>22.92</v>
       </c>
       <c r="D173" s="46">
-        <v>132.27000000000001</v>
+        <v>135.12</v>
       </c>
       <c r="E173" s="46">
         <v>11.63</v>
       </c>
       <c r="F173" s="46">
-        <v>4.0599999999999996</v>
+        <v>3.68</v>
       </c>
       <c r="G173" s="46">
         <v>0</v>
       </c>
       <c r="H173" s="46">
-        <v>11.36</v>
+        <v>10.9</v>
       </c>
       <c r="I173" s="46">
-        <v>0.73</v>
+        <v>0.79</v>
       </c>
       <c r="J173" s="46">
         <v>4.32</v>
       </c>
       <c r="K173" s="46">
         <v>1.03</v>
       </c>
       <c r="L173" s="46">
         <v>0</v>
       </c>
       <c r="M173" s="46">
         <v>0</v>
       </c>
       <c r="N173" s="46">
         <v>1.67</v>
       </c>
       <c r="O173" s="46">
         <v>2.11</v>
       </c>
       <c r="P173" s="46">
         <v>0</v>
       </c>
       <c r="Q173" s="46">
         <v>7.04</v>
       </c>
       <c r="R173" s="46">
-        <v>9.89</v>
+        <v>7.83</v>
       </c>
       <c r="S173" s="31">
         <f t="shared" si="6"/>
-        <v>209.02999999999997</v>
+        <v>209.04000000000002</v>
       </c>
       <c r="T173" s="40">
         <f t="shared" si="5"/>
-        <v>82.098263407166442</v>
+        <v>83.304630692690395</v>
       </c>
     </row>
     <row r="174" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A174" t="s">
         <v>354</v>
       </c>
       <c r="B174" t="s">
         <v>355</v>
       </c>
       <c r="C174" s="46">
         <v>17.079999999999998</v>
       </c>
       <c r="D174" s="46">
-        <v>163.4</v>
+        <v>162.37</v>
       </c>
       <c r="E174" s="46">
-        <v>10.93</v>
+        <v>10.65</v>
       </c>
       <c r="F174" s="46">
-        <v>2.2599999999999998</v>
+        <v>3.29</v>
       </c>
       <c r="G174" s="46">
         <v>0</v>
       </c>
       <c r="H174" s="46">
         <v>0</v>
       </c>
       <c r="I174" s="46">
         <v>0.49</v>
       </c>
       <c r="J174" s="46">
-        <v>7.42</v>
+        <v>7.7</v>
       </c>
       <c r="K174" s="46">
         <v>5.7</v>
       </c>
       <c r="L174" s="46">
         <v>0</v>
       </c>
       <c r="M174" s="46">
         <v>0</v>
       </c>
       <c r="N174" s="46">
         <v>0</v>
       </c>
       <c r="O174" s="46">
         <v>0.77</v>
       </c>
       <c r="P174" s="46">
         <v>0.8</v>
       </c>
       <c r="Q174" s="46">
         <v>12.82</v>
       </c>
       <c r="R174" s="46">
         <v>0</v>
       </c>
       <c r="S174" s="31">
         <f t="shared" si="6"/>
-        <v>221.67000000000002</v>
+        <v>221.67</v>
       </c>
       <c r="T174" s="40">
         <f t="shared" si="5"/>
-        <v>87.589660305860065</v>
+        <v>87.463346415843375</v>
       </c>
     </row>
     <row r="175" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A175" t="s">
         <v>356</v>
       </c>
       <c r="B175" t="s">
         <v>357</v>
       </c>
       <c r="C175" s="46">
         <v>54.82</v>
       </c>
       <c r="D175" s="46">
-        <v>275.45999999999998</v>
+        <v>274.39</v>
       </c>
       <c r="E175" s="46">
         <v>18.170000000000002</v>
       </c>
       <c r="F175" s="46">
-        <v>4.99</v>
+        <v>6.22</v>
       </c>
       <c r="G175" s="46">
         <v>0</v>
       </c>
       <c r="H175" s="46">
         <v>1.2</v>
       </c>
       <c r="I175" s="46">
-        <v>2.06</v>
+        <v>2.25</v>
       </c>
       <c r="J175" s="46">
         <v>0</v>
       </c>
       <c r="K175" s="46">
         <v>0</v>
       </c>
       <c r="L175" s="46">
         <v>0</v>
       </c>
       <c r="M175" s="46">
         <v>5.88</v>
       </c>
       <c r="N175" s="46">
         <v>2.5</v>
       </c>
       <c r="O175" s="46">
         <v>1.71</v>
       </c>
       <c r="P175" s="46">
         <v>0.13</v>
       </c>
       <c r="Q175" s="46">
         <v>4.0599999999999996</v>
       </c>
       <c r="R175" s="46">
-        <v>6.69</v>
+        <v>6.35</v>
       </c>
       <c r="S175" s="31">
         <f t="shared" si="6"/>
-        <v>377.66999999999996</v>
+        <v>377.68</v>
       </c>
       <c r="T175" s="40">
         <f t="shared" si="5"/>
-        <v>94.129795853522921</v>
+        <v>94.21997458165643</v>
       </c>
     </row>
     <row r="176" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A176" t="s">
         <v>358</v>
       </c>
       <c r="B176" t="s">
         <v>359</v>
       </c>
       <c r="C176" s="46">
         <v>24.06</v>
       </c>
       <c r="D176" s="46">
-        <v>116.74</v>
+        <v>120.05</v>
       </c>
       <c r="E176" s="46">
         <v>3.53</v>
       </c>
       <c r="F176" s="46">
-        <v>2.71</v>
+        <v>3.05</v>
       </c>
       <c r="G176" s="46">
         <v>0</v>
       </c>
       <c r="H176" s="46">
         <v>2.11</v>
       </c>
       <c r="I176" s="46">
-        <v>8.83</v>
+        <v>8.61</v>
       </c>
       <c r="J176" s="46">
         <v>0.31</v>
       </c>
       <c r="K176" s="46">
         <v>0.41</v>
       </c>
       <c r="L176" s="46">
         <v>0</v>
       </c>
       <c r="M176" s="46">
         <v>1.18</v>
       </c>
       <c r="N176" s="46">
         <v>0</v>
       </c>
       <c r="O176" s="46">
         <v>0</v>
       </c>
       <c r="P176" s="46">
         <v>0</v>
       </c>
       <c r="Q176" s="46">
         <v>12.52</v>
       </c>
       <c r="R176" s="46">
-        <v>5.39</v>
+        <v>1.96</v>
       </c>
       <c r="S176" s="31">
         <f t="shared" si="6"/>
-        <v>177.79000000000002</v>
+        <v>177.79000000000005</v>
       </c>
       <c r="T176" s="40">
         <f t="shared" si="5"/>
-        <v>87.670847629225477</v>
+        <v>89.600089993812901</v>
       </c>
     </row>
     <row r="177" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A177" t="s">
         <v>360</v>
       </c>
       <c r="B177" t="s">
         <v>361</v>
       </c>
       <c r="C177" s="46">
         <v>3.6</v>
       </c>
       <c r="D177" s="46">
-        <v>34.950000000000003</v>
+        <v>34.270000000000003</v>
       </c>
       <c r="E177" s="46">
         <v>0.84</v>
       </c>
       <c r="F177" s="46">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="G177" s="46">
         <v>0</v>
       </c>
       <c r="H177" s="46">
         <v>0</v>
       </c>
       <c r="I177" s="46">
         <v>0.03</v>
       </c>
       <c r="J177" s="46">
-        <v>1.81</v>
+        <v>0.78</v>
       </c>
       <c r="K177" s="46">
         <v>33.090000000000003</v>
       </c>
       <c r="L177" s="46">
         <v>0</v>
       </c>
       <c r="M177" s="46">
         <v>0</v>
       </c>
       <c r="N177" s="46">
         <v>0</v>
       </c>
       <c r="O177" s="46">
-        <v>40.71</v>
+        <v>42.59</v>
       </c>
       <c r="P177" s="46">
         <v>0</v>
       </c>
       <c r="Q177" s="46">
         <v>0.68</v>
       </c>
       <c r="R177" s="46">
         <v>0</v>
       </c>
       <c r="S177" s="31">
         <f t="shared" si="6"/>
         <v>115.88000000000002</v>
       </c>
       <c r="T177" s="40">
         <f t="shared" si="5"/>
-        <v>34.164653089402833</v>
+        <v>33.431135657576803</v>
       </c>
     </row>
     <row r="178" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A178" t="s">
         <v>362</v>
       </c>
       <c r="B178" t="s">
         <v>363</v>
       </c>
       <c r="C178" s="46">
-        <v>48.71</v>
+        <v>48.06</v>
       </c>
       <c r="D178" s="46">
-        <v>226.17</v>
+        <v>231.07</v>
       </c>
       <c r="E178" s="46">
-        <v>15.79</v>
+        <v>14.96</v>
       </c>
       <c r="F178" s="46">
-        <v>3.17</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G178" s="46">
-        <v>0</v>
+        <v>0.16</v>
       </c>
       <c r="H178" s="46">
-        <v>0.16</v>
+        <v>1.29</v>
       </c>
       <c r="I178" s="46">
-        <v>5.44</v>
+        <v>7.05</v>
       </c>
       <c r="J178" s="46">
-        <v>2.91</v>
+        <v>2.62</v>
       </c>
       <c r="K178" s="46">
         <v>0</v>
       </c>
       <c r="L178" s="46">
-        <v>0</v>
+        <v>36.130000000000003</v>
       </c>
       <c r="M178" s="46">
-        <v>35.42</v>
+        <v>0</v>
       </c>
       <c r="N178" s="46">
         <v>0.15</v>
       </c>
       <c r="O178" s="46">
-        <v>3.12</v>
+        <v>0.11</v>
       </c>
       <c r="P178" s="46">
         <v>0.02</v>
       </c>
       <c r="Q178" s="46">
-        <v>1.55</v>
+        <v>1.84</v>
       </c>
       <c r="R178" s="46">
-        <v>4.37</v>
+        <v>2.7</v>
       </c>
       <c r="S178" s="31">
         <f t="shared" si="6"/>
-        <v>346.98000000000008</v>
+        <v>347.26</v>
       </c>
       <c r="T178" s="40">
         <f t="shared" si="5"/>
-        <v>86.252809960228248</v>
+        <v>87.081725508264725</v>
       </c>
     </row>
     <row r="179" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A179" t="s">
         <v>364</v>
       </c>
       <c r="B179" t="s">
         <v>365</v>
       </c>
       <c r="C179" s="46">
-        <v>4.9800000000000004</v>
+        <v>5</v>
       </c>
       <c r="D179" s="46">
-        <v>43.79</v>
+        <v>45.01</v>
       </c>
       <c r="E179" s="46">
-        <v>7.49</v>
+        <v>5.31</v>
       </c>
       <c r="F179" s="46">
-        <v>1.52</v>
+        <v>1.6</v>
       </c>
       <c r="G179" s="46">
         <v>0</v>
       </c>
       <c r="H179" s="46">
         <v>0</v>
       </c>
       <c r="I179" s="46">
-        <v>0.14000000000000001</v>
+        <v>0.51</v>
       </c>
       <c r="J179" s="46">
-        <v>5.03</v>
+        <v>4.41</v>
       </c>
       <c r="K179" s="46">
         <v>0</v>
       </c>
       <c r="L179" s="46">
         <v>0</v>
       </c>
       <c r="M179" s="46">
         <v>0</v>
       </c>
       <c r="N179" s="46">
         <v>0</v>
       </c>
       <c r="O179" s="46">
-        <v>0.22</v>
+        <v>0</v>
       </c>
       <c r="P179" s="46">
         <v>0.26</v>
       </c>
       <c r="Q179" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="R179" s="46">
-        <v>0</v>
+        <v>1.55</v>
       </c>
       <c r="S179" s="31">
         <f t="shared" si="6"/>
-        <v>63.5</v>
+        <v>63.72</v>
       </c>
       <c r="T179" s="40">
         <f t="shared" si="5"/>
-        <v>91.212598425196859</v>
+        <v>90.128688010043945</v>
       </c>
     </row>
     <row r="180" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A180" t="s">
         <v>592</v>
       </c>
       <c r="B180" t="s">
         <v>593</v>
       </c>
       <c r="C180" s="46">
-        <v>22.67</v>
+        <v>22.96</v>
       </c>
       <c r="D180" s="46">
-        <v>91.23</v>
+        <v>92.06</v>
       </c>
       <c r="E180" s="46">
-        <v>14.58</v>
+        <v>15.34</v>
       </c>
       <c r="F180" s="46">
-        <v>10.82</v>
+        <v>10.49</v>
       </c>
       <c r="G180" s="46">
         <v>0</v>
       </c>
       <c r="H180" s="46">
         <v>0</v>
       </c>
       <c r="I180" s="46">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
       <c r="J180" s="46">
         <v>2.33</v>
       </c>
       <c r="K180" s="46">
-        <v>0</v>
+        <v>1.76</v>
       </c>
       <c r="L180" s="46">
         <v>0</v>
       </c>
       <c r="M180" s="46">
         <v>0</v>
       </c>
       <c r="N180" s="46">
         <v>0.23</v>
       </c>
       <c r="O180" s="46">
         <v>0.89</v>
       </c>
       <c r="P180" s="46">
         <v>2.68</v>
       </c>
       <c r="Q180" s="46">
-        <v>1.07</v>
+        <v>1.41</v>
       </c>
       <c r="R180" s="46">
-        <v>1.81</v>
+        <v>3.32</v>
       </c>
       <c r="S180" s="31">
         <f t="shared" si="6"/>
-        <v>148.75</v>
+        <v>153.9</v>
       </c>
       <c r="T180" s="40">
         <f t="shared" si="5"/>
-        <v>93.94285714285715</v>
+        <v>91.799870045484099</v>
       </c>
     </row>
     <row r="181" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A181" t="s">
         <v>366</v>
       </c>
       <c r="B181" t="s">
         <v>367</v>
       </c>
       <c r="C181" s="46">
         <v>1.43</v>
       </c>
       <c r="D181" s="46">
         <v>31.06</v>
       </c>
       <c r="E181" s="46">
         <v>3.86</v>
       </c>
       <c r="F181" s="46">
         <v>2.36</v>
       </c>
       <c r="G181" s="46">
         <v>0</v>
       </c>
       <c r="H181" s="46">
@@ -15249,228 +15245,228 @@
         <v>0</v>
       </c>
       <c r="Q182" s="46">
         <v>0</v>
       </c>
       <c r="R182" s="46">
         <v>0</v>
       </c>
       <c r="S182" s="31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="T182" s="40" t="e">
         <f t="shared" si="5"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="183" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A183" t="s">
         <v>370</v>
       </c>
       <c r="B183" t="s">
         <v>371</v>
       </c>
       <c r="C183" s="46">
-        <v>7.43</v>
+        <v>8.5</v>
       </c>
       <c r="D183" s="46">
-        <v>29.45</v>
+        <v>29.8</v>
       </c>
       <c r="E183" s="46">
         <v>1.18</v>
       </c>
       <c r="F183" s="46">
-        <v>3.03</v>
+        <v>2.57</v>
       </c>
       <c r="G183" s="46">
         <v>0</v>
       </c>
       <c r="H183" s="46">
-        <v>6.92</v>
+        <v>7.07</v>
       </c>
       <c r="I183" s="46">
-        <v>0.59</v>
+        <v>0.69</v>
       </c>
       <c r="J183" s="46">
         <v>2.75</v>
       </c>
       <c r="K183" s="46">
         <v>0</v>
       </c>
       <c r="L183" s="46">
         <v>0</v>
       </c>
       <c r="M183" s="46">
         <v>0</v>
       </c>
       <c r="N183" s="46">
         <v>0</v>
       </c>
       <c r="O183" s="46">
         <v>0</v>
       </c>
       <c r="P183" s="46">
         <v>0</v>
       </c>
       <c r="Q183" s="46">
         <v>0</v>
       </c>
       <c r="R183" s="46">
-        <v>9.1999999999999993</v>
+        <v>8.94</v>
       </c>
       <c r="S183" s="31">
         <f t="shared" si="6"/>
-        <v>60.55</v>
+        <v>61.499999999999993</v>
       </c>
       <c r="T183" s="40">
         <f t="shared" si="5"/>
-        <v>68.835672997522707</v>
+        <v>69.495934959349597</v>
       </c>
     </row>
     <row r="184" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A184" t="s">
         <v>372</v>
       </c>
       <c r="B184" t="s">
         <v>373</v>
       </c>
       <c r="C184" s="46">
         <v>29.87</v>
       </c>
       <c r="D184" s="46">
-        <v>142.55000000000001</v>
+        <v>143.24</v>
       </c>
       <c r="E184" s="46">
         <v>16.28</v>
       </c>
       <c r="F184" s="46">
-        <v>4.68</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="G184" s="46">
         <v>0</v>
       </c>
       <c r="H184" s="46">
         <v>0</v>
       </c>
       <c r="I184" s="46">
         <v>0.16</v>
       </c>
       <c r="J184" s="46">
         <v>2.41</v>
       </c>
       <c r="K184" s="46">
         <v>0</v>
       </c>
       <c r="L184" s="46">
         <v>0</v>
       </c>
       <c r="M184" s="46">
         <v>6.08</v>
       </c>
       <c r="N184" s="46">
         <v>0</v>
       </c>
       <c r="O184" s="46">
         <v>26.91</v>
       </c>
       <c r="P184" s="46">
         <v>0.04</v>
       </c>
       <c r="Q184" s="46">
         <v>8.93</v>
       </c>
       <c r="R184" s="46">
-        <v>2.09</v>
+        <v>1.49</v>
       </c>
       <c r="S184" s="31">
         <f t="shared" si="6"/>
-        <v>240.00000000000003</v>
+        <v>240.01000000000002</v>
       </c>
       <c r="T184" s="40">
         <f t="shared" si="5"/>
-        <v>80.641666666666666</v>
+        <v>80.892462814049409</v>
       </c>
     </row>
     <row r="185" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" t="s">
         <v>374</v>
       </c>
       <c r="B185" t="s">
         <v>375</v>
       </c>
       <c r="C185" s="46">
         <v>5.77</v>
       </c>
       <c r="D185" s="46">
-        <v>79.849999999999994</v>
+        <v>78.97</v>
       </c>
       <c r="E185" s="46">
         <v>3.36</v>
       </c>
       <c r="F185" s="46">
-        <v>3.46</v>
+        <v>4.34</v>
       </c>
       <c r="G185" s="46">
         <v>0</v>
       </c>
       <c r="H185" s="46">
         <v>0</v>
       </c>
       <c r="I185" s="46">
         <v>1.05</v>
       </c>
       <c r="J185" s="46">
         <v>1.53</v>
       </c>
       <c r="K185" s="46">
         <v>0</v>
       </c>
       <c r="L185" s="46">
         <v>0</v>
       </c>
       <c r="M185" s="46">
         <v>0</v>
       </c>
       <c r="N185" s="46">
         <v>0</v>
       </c>
       <c r="O185" s="46">
         <v>0</v>
       </c>
       <c r="P185" s="46">
         <v>0.16</v>
       </c>
       <c r="Q185" s="46">
         <v>0.94</v>
       </c>
       <c r="R185" s="46">
         <v>0</v>
       </c>
       <c r="S185" s="31">
         <f t="shared" si="6"/>
-        <v>96.119999999999976</v>
+        <v>96.11999999999999</v>
       </c>
       <c r="T185" s="40">
         <f t="shared" si="5"/>
         <v>97.263836870578444</v>
       </c>
     </row>
     <row r="186" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A186" t="s">
         <v>376</v>
       </c>
       <c r="B186" t="s">
         <v>377</v>
       </c>
       <c r="C186" s="46">
         <v>3.78</v>
       </c>
       <c r="D186" s="46">
         <v>47.71</v>
       </c>
       <c r="E186" s="46">
         <v>3.05</v>
       </c>
       <c r="F186" s="46">
         <v>0.1</v>
       </c>
@@ -15508,165 +15504,165 @@
         <v>0</v>
       </c>
       <c r="R186" s="46">
         <v>0.2</v>
       </c>
       <c r="S186" s="31">
         <f t="shared" si="6"/>
         <v>55.080000000000005</v>
       </c>
       <c r="T186" s="40">
         <f t="shared" si="5"/>
         <v>99.201161946259973</v>
       </c>
     </row>
     <row r="187" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A187" t="s">
         <v>594</v>
       </c>
       <c r="B187" t="s">
         <v>595</v>
       </c>
       <c r="C187" s="46">
         <v>36.299999999999997</v>
       </c>
       <c r="D187" s="46">
-        <v>135.31</v>
+        <v>136.5</v>
       </c>
       <c r="E187" s="46">
-        <v>6.37</v>
+        <v>6.21</v>
       </c>
       <c r="F187" s="46">
-        <v>14.62</v>
+        <v>14.97</v>
       </c>
       <c r="G187" s="46">
         <v>0</v>
       </c>
       <c r="H187" s="46">
         <v>0</v>
       </c>
       <c r="I187" s="46">
         <v>0.98</v>
       </c>
       <c r="J187" s="46">
         <v>1.2</v>
       </c>
       <c r="K187" s="46">
         <v>0</v>
       </c>
       <c r="L187" s="46">
-        <v>6.57</v>
+        <v>6.72</v>
       </c>
       <c r="M187" s="46">
         <v>0</v>
       </c>
       <c r="N187" s="46">
         <v>1.02</v>
       </c>
       <c r="O187" s="46">
         <v>0</v>
       </c>
       <c r="P187" s="46">
         <v>0</v>
       </c>
       <c r="Q187" s="46">
         <v>4.68</v>
       </c>
       <c r="R187" s="46">
-        <v>9.41</v>
+        <v>7.87</v>
       </c>
       <c r="S187" s="31">
         <f t="shared" si="6"/>
-        <v>216.46</v>
+        <v>216.45000000000002</v>
       </c>
       <c r="T187" s="40">
         <f t="shared" si="5"/>
-        <v>89.429917767716901</v>
+        <v>90.071610071610067</v>
       </c>
     </row>
     <row r="188" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A188" t="s">
         <v>378</v>
       </c>
       <c r="B188" t="s">
         <v>379</v>
       </c>
       <c r="C188" s="46">
         <v>13.53</v>
       </c>
       <c r="D188" s="46">
-        <v>50.81</v>
+        <v>50.36</v>
       </c>
       <c r="E188" s="46">
         <v>0.46</v>
       </c>
       <c r="F188" s="46">
-        <v>0</v>
+        <v>0.45</v>
       </c>
       <c r="G188" s="46">
         <v>0</v>
       </c>
       <c r="H188" s="46">
         <v>0</v>
       </c>
       <c r="I188" s="46">
-        <v>0.53</v>
+        <v>1.02</v>
       </c>
       <c r="J188" s="46">
         <v>0</v>
       </c>
       <c r="K188" s="46">
         <v>0</v>
       </c>
       <c r="L188" s="46">
         <v>0</v>
       </c>
       <c r="M188" s="46">
         <v>0</v>
       </c>
       <c r="N188" s="46">
         <v>0</v>
       </c>
       <c r="O188" s="46">
         <v>0.21</v>
       </c>
       <c r="P188" s="46">
         <v>1.93</v>
       </c>
       <c r="Q188" s="46">
         <v>1.96</v>
       </c>
       <c r="R188" s="46">
-        <v>3.41</v>
+        <v>2.92</v>
       </c>
       <c r="S188" s="31">
         <f t="shared" si="6"/>
         <v>72.839999999999989</v>
       </c>
       <c r="T188" s="40">
         <f t="shared" si="5"/>
-        <v>89.689730917078535</v>
+        <v>90.362438220757838</v>
       </c>
     </row>
     <row r="189" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A189" t="s">
         <v>380</v>
       </c>
       <c r="B189" t="s">
         <v>381</v>
       </c>
       <c r="C189" s="46">
         <v>2.0299999999999998</v>
       </c>
       <c r="D189" s="46">
         <v>23.7</v>
       </c>
       <c r="E189" s="46">
         <v>0.92</v>
       </c>
       <c r="F189" s="46">
         <v>0.21</v>
       </c>
       <c r="G189" s="46">
         <v>0</v>
       </c>
       <c r="H189" s="46">
@@ -15697,615 +15693,615 @@
         <v>0</v>
       </c>
       <c r="Q189" s="46">
         <v>1.07</v>
       </c>
       <c r="R189" s="46">
         <v>0.19</v>
       </c>
       <c r="S189" s="31">
         <f t="shared" si="6"/>
         <v>29.390000000000004</v>
       </c>
       <c r="T189" s="40">
         <f t="shared" si="5"/>
         <v>93.058863559033682</v>
       </c>
     </row>
     <row r="190" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A190" t="s">
         <v>382</v>
       </c>
       <c r="B190" t="s">
         <v>383</v>
       </c>
       <c r="C190" s="46">
-        <v>13.86</v>
+        <v>15.52</v>
       </c>
       <c r="D190" s="46">
-        <v>31.21</v>
+        <v>34.26</v>
       </c>
       <c r="E190" s="46">
-        <v>0.66</v>
+        <v>0.95</v>
       </c>
       <c r="F190" s="46">
-        <v>4.08</v>
+        <v>0.64</v>
       </c>
       <c r="G190" s="46">
         <v>0</v>
       </c>
       <c r="H190" s="46">
-        <v>1.56</v>
+        <v>0</v>
       </c>
       <c r="I190" s="46">
-        <v>4.71</v>
+        <v>4.46</v>
       </c>
       <c r="J190" s="46">
         <v>0</v>
       </c>
       <c r="K190" s="46">
         <v>0.24</v>
       </c>
       <c r="L190" s="46">
-        <v>5.13</v>
+        <v>0</v>
       </c>
       <c r="M190" s="46">
         <v>0.24</v>
       </c>
       <c r="N190" s="46">
         <v>0</v>
       </c>
       <c r="O190" s="46">
         <v>0.09</v>
       </c>
       <c r="P190" s="46">
         <v>0</v>
       </c>
       <c r="Q190" s="46">
         <v>9.33</v>
       </c>
       <c r="R190" s="46">
-        <v>0.06</v>
+        <v>6.91</v>
       </c>
       <c r="S190" s="31">
         <f t="shared" si="6"/>
-        <v>71.170000000000016</v>
+        <v>72.640000000000015</v>
       </c>
       <c r="T190" s="40">
         <f t="shared" si="5"/>
-        <v>76.60531122664041</v>
+        <v>76.858480176211444</v>
       </c>
     </row>
     <row r="191" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A191" t="s">
         <v>384</v>
       </c>
       <c r="B191" t="s">
         <v>385</v>
       </c>
       <c r="C191" s="46">
         <v>1.45</v>
       </c>
       <c r="D191" s="46">
         <v>26.73</v>
       </c>
       <c r="E191" s="46">
-        <v>3.36</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="F191" s="46">
         <v>1.34</v>
       </c>
       <c r="G191" s="46">
         <v>0</v>
       </c>
       <c r="H191" s="46">
         <v>0</v>
       </c>
       <c r="I191" s="46">
         <v>0.8</v>
       </c>
       <c r="J191" s="46">
         <v>1.08</v>
       </c>
       <c r="K191" s="46">
         <v>0</v>
       </c>
       <c r="L191" s="46">
         <v>0</v>
       </c>
       <c r="M191" s="46">
         <v>0</v>
       </c>
       <c r="N191" s="46">
         <v>0</v>
       </c>
       <c r="O191" s="46">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="P191" s="46">
         <v>0.21</v>
       </c>
       <c r="Q191" s="46">
         <v>4.17</v>
       </c>
       <c r="R191" s="46">
         <v>0.87</v>
       </c>
       <c r="S191" s="31">
         <f t="shared" si="6"/>
         <v>40.75</v>
       </c>
       <c r="T191" s="40">
         <f t="shared" si="5"/>
-        <v>82.650306748466264</v>
+        <v>84.466257668711663</v>
       </c>
     </row>
     <row r="192" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A192" t="s">
         <v>386</v>
       </c>
       <c r="B192" t="s">
         <v>387</v>
       </c>
       <c r="C192" s="46">
-        <v>23.98</v>
+        <v>23.96</v>
       </c>
       <c r="D192" s="46">
-        <v>147.61000000000001</v>
+        <v>150.34</v>
       </c>
       <c r="E192" s="46">
-        <v>8.08</v>
+        <v>8.91</v>
       </c>
       <c r="F192" s="46">
-        <v>6.59</v>
+        <v>5.2</v>
       </c>
       <c r="G192" s="46">
         <v>0</v>
       </c>
       <c r="H192" s="46">
         <v>5.83</v>
       </c>
       <c r="I192" s="46">
-        <v>7.34</v>
+        <v>3.81</v>
       </c>
       <c r="J192" s="46">
-        <v>3.4</v>
+        <v>6.17</v>
       </c>
       <c r="K192" s="46">
         <v>0</v>
       </c>
       <c r="L192" s="46">
         <v>0</v>
       </c>
       <c r="M192" s="46">
         <v>0</v>
       </c>
       <c r="N192" s="46">
         <v>0.71</v>
       </c>
       <c r="O192" s="46">
         <v>1.42</v>
       </c>
       <c r="P192" s="46">
         <v>0</v>
       </c>
       <c r="Q192" s="46">
         <v>1.27</v>
       </c>
       <c r="R192" s="46">
-        <v>5.55</v>
+        <v>4.46</v>
       </c>
       <c r="S192" s="31">
         <f t="shared" si="6"/>
-        <v>211.78000000000006</v>
+        <v>212.08</v>
       </c>
       <c r="T192" s="40">
         <f t="shared" si="5"/>
-        <v>91.415619983001221</v>
+        <v>90.63560920407393</v>
       </c>
     </row>
     <row r="193" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A193" t="s">
         <v>388</v>
       </c>
       <c r="B193" t="s">
         <v>389</v>
       </c>
       <c r="C193" s="46">
-        <v>40.880000000000003</v>
+        <v>40.99</v>
       </c>
       <c r="D193" s="46">
-        <v>255.43</v>
+        <v>255.97</v>
       </c>
       <c r="E193" s="46">
-        <v>8.69</v>
+        <v>8.4700000000000006</v>
       </c>
       <c r="F193" s="46">
-        <v>5.65</v>
+        <v>6</v>
       </c>
       <c r="G193" s="46">
         <v>0</v>
       </c>
       <c r="H193" s="46">
         <v>0</v>
       </c>
       <c r="I193" s="46">
-        <v>1.66</v>
+        <v>1.4</v>
       </c>
       <c r="J193" s="46">
         <v>16.329999999999998</v>
       </c>
       <c r="K193" s="46">
         <v>1.98</v>
       </c>
       <c r="L193" s="46">
         <v>0</v>
       </c>
       <c r="M193" s="46">
         <v>0</v>
       </c>
       <c r="N193" s="46">
         <v>0</v>
       </c>
       <c r="O193" s="46">
         <v>5.22</v>
       </c>
       <c r="P193" s="46">
         <v>0.11</v>
       </c>
       <c r="Q193" s="46">
-        <v>11.05</v>
+        <v>10.58</v>
       </c>
       <c r="R193" s="46">
-        <v>4.95</v>
+        <v>5.16</v>
       </c>
       <c r="S193" s="31">
         <f t="shared" ref="S193" si="9">SUM(C193:R193)</f>
-        <v>351.95000000000005</v>
+        <v>352.21000000000004</v>
       </c>
       <c r="T193" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A194" t="s">
         <v>390</v>
       </c>
       <c r="B194" t="s">
         <v>391</v>
       </c>
       <c r="C194" s="46">
-        <v>91.17</v>
+        <v>92.21</v>
       </c>
       <c r="D194" s="46">
-        <v>307.74</v>
+        <v>306.97000000000003</v>
       </c>
       <c r="E194" s="46">
-        <v>11.27</v>
+        <v>10.34</v>
       </c>
       <c r="F194" s="46">
-        <v>7.17</v>
+        <v>7.51</v>
       </c>
       <c r="G194" s="46">
         <v>0</v>
       </c>
       <c r="H194" s="46">
-        <v>12.1</v>
+        <v>8.02</v>
       </c>
       <c r="I194" s="46">
-        <v>41.32</v>
+        <v>44.88</v>
       </c>
       <c r="J194" s="46">
-        <v>9.93</v>
+        <v>9.3800000000000008</v>
       </c>
       <c r="K194" s="46">
         <v>0.79</v>
       </c>
       <c r="L194" s="46">
         <v>0</v>
       </c>
       <c r="M194" s="46">
-        <v>18.95</v>
+        <v>0</v>
       </c>
       <c r="N194" s="46">
         <v>0</v>
       </c>
       <c r="O194" s="46">
-        <v>11.12</v>
+        <v>30.07</v>
       </c>
       <c r="P194" s="46">
         <v>1.87</v>
       </c>
       <c r="Q194" s="46">
-        <v>4.72</v>
+        <v>5.8</v>
       </c>
       <c r="R194" s="46">
-        <v>26.02</v>
+        <v>27.07</v>
       </c>
       <c r="S194" s="31">
         <f t="shared" si="6"/>
-        <v>544.17000000000007</v>
+        <v>544.91</v>
       </c>
       <c r="T194" s="40">
         <f t="shared" si="5"/>
-        <v>84.287998235845407</v>
+        <v>84.768126846635226</v>
       </c>
     </row>
     <row r="195" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A195" t="s">
         <v>392</v>
       </c>
       <c r="B195" t="s">
         <v>393</v>
       </c>
       <c r="C195" s="46">
-        <v>1.65</v>
+        <v>1.63</v>
       </c>
       <c r="D195" s="46">
-        <v>17.91</v>
+        <v>17.920000000000002</v>
       </c>
       <c r="E195" s="46">
         <v>1.33</v>
       </c>
       <c r="F195" s="46">
         <v>0.3</v>
       </c>
       <c r="G195" s="46">
         <v>0</v>
       </c>
       <c r="H195" s="46">
         <v>0</v>
       </c>
       <c r="I195" s="46">
         <v>0</v>
       </c>
       <c r="J195" s="46">
         <v>0.18</v>
       </c>
       <c r="K195" s="46">
         <v>0</v>
       </c>
       <c r="L195" s="46">
-        <v>0</v>
+        <v>7.53</v>
       </c>
       <c r="M195" s="46">
         <v>0</v>
       </c>
       <c r="N195" s="46">
         <v>0</v>
       </c>
       <c r="O195" s="46">
-        <v>7.95</v>
+        <v>0.43</v>
       </c>
       <c r="P195" s="46">
         <v>0</v>
       </c>
       <c r="Q195" s="46">
-        <v>1.1599999999999999</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="R195" s="46">
         <v>0</v>
       </c>
       <c r="S195" s="31">
         <f t="shared" si="6"/>
-        <v>30.48</v>
+        <v>30.470000000000002</v>
       </c>
       <c r="T195" s="40">
         <f t="shared" si="5"/>
-        <v>69.520997375328079</v>
+        <v>69.510994420741724</v>
       </c>
     </row>
     <row r="196" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A196" t="s">
         <v>394</v>
       </c>
       <c r="B196" t="s">
         <v>395</v>
       </c>
       <c r="C196" s="46">
-        <v>14.41</v>
+        <v>14.73</v>
       </c>
       <c r="D196" s="46">
-        <v>145.72</v>
+        <v>150.01</v>
       </c>
       <c r="E196" s="46">
-        <v>5.6</v>
+        <v>5.8</v>
       </c>
       <c r="F196" s="46">
-        <v>7.79</v>
+        <v>7.57</v>
       </c>
       <c r="G196" s="46">
         <v>0</v>
       </c>
       <c r="H196" s="46">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="I196" s="46">
         <v>0.98</v>
       </c>
       <c r="J196" s="46">
         <v>0.99</v>
       </c>
       <c r="K196" s="46">
         <v>0.39</v>
       </c>
       <c r="L196" s="46">
         <v>0</v>
       </c>
       <c r="M196" s="46">
         <v>0</v>
       </c>
       <c r="N196" s="46">
         <v>0</v>
       </c>
       <c r="O196" s="46">
         <v>0.2</v>
       </c>
       <c r="P196" s="46">
         <v>0</v>
       </c>
       <c r="Q196" s="46">
         <v>0.76</v>
       </c>
       <c r="R196" s="46">
-        <v>2.89</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="S196" s="31">
         <f t="shared" si="6"/>
-        <v>183.58999999999995</v>
+        <v>183.64999999999995</v>
       </c>
       <c r="T196" s="40">
         <f t="shared" si="5"/>
-        <v>95.048749931913505</v>
+        <v>97.517016063163638</v>
       </c>
     </row>
     <row r="197" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A197" t="s">
         <v>396</v>
       </c>
       <c r="B197" t="s">
         <v>397</v>
       </c>
       <c r="C197" s="46">
-        <v>10.039999999999999</v>
+        <v>10.16</v>
       </c>
       <c r="D197" s="46">
-        <v>93.97</v>
+        <v>94</v>
       </c>
       <c r="E197" s="46">
-        <v>4.87</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="F197" s="46">
         <v>1.7</v>
       </c>
       <c r="G197" s="46">
         <v>0</v>
       </c>
       <c r="H197" s="46">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="I197" s="46">
         <v>1.36</v>
       </c>
       <c r="J197" s="46">
-        <v>3.94</v>
+        <v>3.67</v>
       </c>
       <c r="K197" s="46">
         <v>0</v>
       </c>
       <c r="L197" s="46">
-        <v>0</v>
+        <v>13.84</v>
       </c>
       <c r="M197" s="46">
-        <v>13.84</v>
+        <v>0</v>
       </c>
       <c r="N197" s="46">
         <v>0</v>
       </c>
       <c r="O197" s="46">
         <v>1.35</v>
       </c>
       <c r="P197" s="46">
         <v>0.25</v>
       </c>
       <c r="Q197" s="46">
-        <v>0.64</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="R197" s="46">
         <v>2.4700000000000002</v>
       </c>
       <c r="S197" s="31">
         <f t="shared" si="6"/>
-        <v>134.86999999999998</v>
+        <v>135</v>
       </c>
       <c r="T197" s="40">
         <f t="shared" si="5"/>
-        <v>82.998442945058216</v>
+        <v>80.940740740740736</v>
       </c>
     </row>
     <row r="198" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A198" t="s">
         <v>398</v>
       </c>
       <c r="B198" t="s">
         <v>399</v>
       </c>
       <c r="C198" s="46">
-        <v>3.02</v>
+        <v>2.89</v>
       </c>
       <c r="D198" s="46">
-        <v>17.55</v>
+        <v>17.63</v>
       </c>
       <c r="E198" s="46">
-        <v>3.54</v>
+        <v>3.73</v>
       </c>
       <c r="F198" s="46">
         <v>0.64</v>
       </c>
       <c r="G198" s="46">
         <v>0</v>
       </c>
       <c r="H198" s="46">
         <v>0</v>
       </c>
       <c r="I198" s="46">
-        <v>0</v>
+        <v>0.34</v>
       </c>
       <c r="J198" s="46">
-        <v>1.93</v>
+        <v>1.59</v>
       </c>
       <c r="K198" s="46">
         <v>0</v>
       </c>
       <c r="L198" s="46">
         <v>0</v>
       </c>
       <c r="M198" s="46">
         <v>0</v>
       </c>
       <c r="N198" s="46">
         <v>0.46</v>
       </c>
       <c r="O198" s="46">
-        <v>0.95</v>
+        <v>1.02</v>
       </c>
       <c r="P198" s="46">
         <v>0</v>
       </c>
       <c r="Q198" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="R198" s="46">
-        <v>0.38</v>
+        <v>0.17</v>
       </c>
       <c r="S198" s="31">
         <f t="shared" si="6"/>
-        <v>28.54</v>
+        <v>28.540000000000003</v>
       </c>
       <c r="T198" s="40">
         <f t="shared" ref="T198:T261" si="10">(C198+D198+E198+F198+G198+I198)/S198*100</f>
-        <v>86.720392431674838</v>
+        <v>88.402242466713375</v>
       </c>
     </row>
     <row r="199" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A199" t="s">
         <v>400</v>
       </c>
       <c r="B199" t="s">
         <v>401</v>
       </c>
       <c r="C199" s="46">
         <v>0.79</v>
       </c>
       <c r="D199" s="46">
         <v>1.1299999999999999</v>
       </c>
       <c r="E199" s="46">
         <v>0.22</v>
       </c>
       <c r="F199" s="46">
         <v>0</v>
       </c>
       <c r="G199" s="46">
         <v>0</v>
       </c>
       <c r="H199" s="46">
@@ -16400,255 +16396,255 @@
         <v>0</v>
       </c>
       <c r="Q200" s="46">
         <v>0.46</v>
       </c>
       <c r="R200" s="46">
         <v>1.1299999999999999</v>
       </c>
       <c r="S200" s="31">
         <f t="shared" si="6"/>
         <v>36.770000000000003</v>
       </c>
       <c r="T200" s="40">
         <f t="shared" si="10"/>
         <v>90.998096274136515</v>
       </c>
     </row>
     <row r="201" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A201" t="s">
         <v>404</v>
       </c>
       <c r="B201" t="s">
         <v>405</v>
       </c>
       <c r="C201" s="46">
-        <v>39.6</v>
+        <v>39.729999999999997</v>
       </c>
       <c r="D201" s="46">
-        <v>250.83</v>
+        <v>245.57</v>
       </c>
       <c r="E201" s="46">
         <v>8.41</v>
       </c>
       <c r="F201" s="46">
-        <v>7.11</v>
+        <v>14.23</v>
       </c>
       <c r="G201" s="46">
         <v>0</v>
       </c>
       <c r="H201" s="46">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I201" s="46">
         <v>7.07</v>
       </c>
       <c r="J201" s="46">
         <v>9.98</v>
       </c>
       <c r="K201" s="46">
         <v>0</v>
       </c>
       <c r="L201" s="46">
-        <v>0</v>
+        <v>10.76</v>
       </c>
       <c r="M201" s="46">
         <v>2.83</v>
       </c>
       <c r="N201" s="46">
         <v>1.51</v>
       </c>
       <c r="O201" s="46">
         <v>6.62</v>
       </c>
       <c r="P201" s="46">
         <v>0.99</v>
       </c>
       <c r="Q201" s="46">
         <v>2.44</v>
       </c>
       <c r="R201" s="46">
-        <v>10.79</v>
+        <v>0.04</v>
       </c>
       <c r="S201" s="31">
         <f t="shared" si="6"/>
         <v>350.18000000000006</v>
       </c>
       <c r="T201" s="40">
         <f t="shared" si="10"/>
-        <v>89.388314581072578</v>
+        <v>89.956593751784794</v>
       </c>
     </row>
     <row r="202" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A202" t="s">
         <v>406</v>
       </c>
       <c r="B202" t="s">
         <v>407</v>
       </c>
       <c r="C202" s="46">
-        <v>2.11</v>
+        <v>2.61</v>
       </c>
       <c r="D202" s="46">
-        <v>42.93</v>
+        <v>42.72</v>
       </c>
       <c r="E202" s="46">
-        <v>3.37</v>
+        <v>3.47</v>
       </c>
       <c r="F202" s="46">
-        <v>1.07</v>
+        <v>0.33</v>
       </c>
       <c r="G202" s="46">
         <v>0</v>
       </c>
       <c r="H202" s="46">
         <v>0</v>
       </c>
       <c r="I202" s="46">
-        <v>9.18</v>
+        <v>9.52</v>
       </c>
       <c r="J202" s="46">
-        <v>1.84</v>
+        <v>2.08</v>
       </c>
       <c r="K202" s="46">
         <v>0</v>
       </c>
       <c r="L202" s="46">
         <v>0</v>
       </c>
       <c r="M202" s="46">
         <v>0</v>
       </c>
       <c r="N202" s="46">
         <v>0</v>
       </c>
       <c r="O202" s="46">
         <v>0.35</v>
       </c>
       <c r="P202" s="46">
         <v>0</v>
       </c>
       <c r="Q202" s="46">
-        <v>1.39</v>
+        <v>1.68</v>
       </c>
       <c r="R202" s="46">
-        <v>0.96</v>
+        <v>0.45</v>
       </c>
       <c r="S202" s="31">
         <f t="shared" si="6"/>
-        <v>63.2</v>
+        <v>63.209999999999994</v>
       </c>
       <c r="T202" s="40">
         <f t="shared" si="10"/>
-        <v>92.816455696202524</v>
+        <v>92.785951589938293</v>
       </c>
     </row>
     <row r="203" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A203" t="s">
         <v>408</v>
       </c>
       <c r="B203" t="s">
         <v>409</v>
       </c>
       <c r="C203" s="46">
         <v>30.25</v>
       </c>
       <c r="D203" s="46">
-        <v>216.68</v>
+        <v>219.45</v>
       </c>
       <c r="E203" s="46">
         <v>9.5299999999999994</v>
       </c>
       <c r="F203" s="46">
-        <v>19.86</v>
+        <v>19.53</v>
       </c>
       <c r="G203" s="46">
         <v>0</v>
       </c>
       <c r="H203" s="46">
-        <v>39.9</v>
+        <v>29.41</v>
       </c>
       <c r="I203" s="46">
-        <v>5.92</v>
+        <v>1.91</v>
       </c>
       <c r="J203" s="46">
         <v>20.46</v>
       </c>
       <c r="K203" s="46">
         <v>1.22</v>
       </c>
       <c r="L203" s="46">
         <v>0</v>
       </c>
       <c r="M203" s="46">
-        <v>0</v>
+        <v>10.49</v>
       </c>
       <c r="N203" s="46">
         <v>0</v>
       </c>
       <c r="O203" s="46">
         <v>0</v>
       </c>
       <c r="P203" s="46">
         <v>0</v>
       </c>
       <c r="Q203" s="46">
-        <v>2.6</v>
+        <v>2.57</v>
       </c>
       <c r="R203" s="46">
-        <v>6.32</v>
+        <v>7.92</v>
       </c>
       <c r="S203" s="31">
         <f t="shared" si="6"/>
-        <v>352.74</v>
+        <v>352.74000000000007</v>
       </c>
       <c r="T203" s="40">
         <f t="shared" si="10"/>
-        <v>80.013607756421152</v>
+        <v>79.56852072347904</v>
       </c>
     </row>
     <row r="204" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A204" t="s">
         <v>410</v>
       </c>
       <c r="B204" t="s">
         <v>411</v>
       </c>
       <c r="C204" s="46">
         <v>7.23</v>
       </c>
       <c r="D204" s="46">
-        <v>41.07</v>
+        <v>41.23</v>
       </c>
       <c r="E204" s="46">
         <v>0.6</v>
       </c>
       <c r="F204" s="46">
         <v>2.82</v>
       </c>
       <c r="G204" s="46">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="H204" s="46">
         <v>0</v>
       </c>
       <c r="I204" s="46">
         <v>0</v>
       </c>
       <c r="J204" s="46">
         <v>0</v>
       </c>
       <c r="K204" s="46">
         <v>0</v>
       </c>
       <c r="L204" s="46">
         <v>6.07</v>
       </c>
       <c r="M204" s="46">
         <v>0</v>
       </c>
       <c r="N204" s="46">
         <v>0</v>
       </c>
       <c r="O204" s="46">
         <v>0.69</v>
       </c>
@@ -16659,677 +16655,677 @@
         <v>0.73</v>
       </c>
       <c r="R204" s="46">
         <v>0</v>
       </c>
       <c r="S204" s="31">
         <f t="shared" ref="S204:S267" si="11">SUM(C204:R204)</f>
         <v>59.36999999999999</v>
       </c>
       <c r="T204" s="40">
         <f t="shared" si="10"/>
         <v>87.384200774802096</v>
       </c>
     </row>
     <row r="205" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A205" t="s">
         <v>596</v>
       </c>
       <c r="B205" t="s">
         <v>597</v>
       </c>
       <c r="C205" s="46">
         <v>1.42</v>
       </c>
       <c r="D205" s="46">
-        <v>26.35</v>
+        <v>28.02</v>
       </c>
       <c r="E205" s="46">
         <v>3.2</v>
       </c>
       <c r="F205" s="46">
-        <v>0</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="G205" s="46">
         <v>0</v>
       </c>
       <c r="H205" s="46">
         <v>0</v>
       </c>
       <c r="I205" s="46">
-        <v>0.23</v>
+        <v>0.25</v>
       </c>
       <c r="J205" s="46">
-        <v>1.06</v>
+        <v>0.43</v>
       </c>
       <c r="K205" s="46">
         <v>0</v>
       </c>
       <c r="L205" s="46">
         <v>4.2300000000000004</v>
       </c>
       <c r="M205" s="46">
         <v>0</v>
       </c>
       <c r="N205" s="46">
         <v>0</v>
       </c>
       <c r="O205" s="46">
         <v>0.35</v>
       </c>
       <c r="P205" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="Q205" s="46">
         <v>0</v>
       </c>
       <c r="R205" s="46">
         <v>1.96</v>
       </c>
       <c r="S205" s="31">
         <f t="shared" si="11"/>
-        <v>39.090000000000011</v>
+        <v>40.220000000000006</v>
       </c>
       <c r="T205" s="40">
         <f t="shared" si="10"/>
-        <v>79.815809669992305</v>
+        <v>81.949278965688706</v>
       </c>
     </row>
     <row r="206" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A206" t="s">
         <v>412</v>
       </c>
       <c r="B206" t="s">
         <v>413</v>
       </c>
       <c r="C206" s="46">
         <v>10.17</v>
       </c>
       <c r="D206" s="46">
-        <v>66.25</v>
+        <v>68.209999999999994</v>
       </c>
       <c r="E206" s="46">
         <v>4.71</v>
       </c>
       <c r="F206" s="46">
-        <v>10.82</v>
+        <v>10.34</v>
       </c>
       <c r="G206" s="46">
         <v>0</v>
       </c>
       <c r="H206" s="46">
         <v>0</v>
       </c>
       <c r="I206" s="46">
-        <v>11.25</v>
+        <v>9.99</v>
       </c>
       <c r="J206" s="46">
         <v>1.2</v>
       </c>
       <c r="K206" s="46">
         <v>0</v>
       </c>
       <c r="L206" s="46">
         <v>0</v>
       </c>
       <c r="M206" s="46">
         <v>0</v>
       </c>
       <c r="N206" s="46">
         <v>0</v>
       </c>
       <c r="O206" s="46">
         <v>0.77</v>
       </c>
       <c r="P206" s="46">
         <v>0</v>
       </c>
       <c r="Q206" s="46">
         <v>3.12</v>
       </c>
       <c r="R206" s="46">
-        <v>9.33</v>
+        <v>9.11</v>
       </c>
       <c r="S206" s="31">
         <f t="shared" si="11"/>
         <v>117.61999999999999</v>
       </c>
       <c r="T206" s="40">
         <f t="shared" si="10"/>
-        <v>87.740180241455533</v>
+        <v>87.927223261350107</v>
       </c>
     </row>
     <row r="207" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A207" t="s">
         <v>414</v>
       </c>
       <c r="B207" t="s">
         <v>415</v>
       </c>
       <c r="C207" s="46">
-        <v>47.93</v>
+        <v>50.83</v>
       </c>
       <c r="D207" s="46">
-        <v>309.77999999999997</v>
+        <v>328.15</v>
       </c>
       <c r="E207" s="46">
-        <v>4.8</v>
+        <v>5.88</v>
       </c>
       <c r="F207" s="46">
-        <v>16.43</v>
+        <v>2.97</v>
       </c>
       <c r="G207" s="46">
         <v>0</v>
       </c>
       <c r="H207" s="46">
-        <v>9.26</v>
+        <v>0</v>
       </c>
       <c r="I207" s="46">
-        <v>19.55</v>
+        <v>16.809999999999999</v>
       </c>
       <c r="J207" s="46">
-        <v>6.84</v>
+        <v>8.3800000000000008</v>
       </c>
       <c r="K207" s="46">
-        <v>0</v>
+        <v>21.48</v>
       </c>
       <c r="L207" s="46">
         <v>0</v>
       </c>
       <c r="M207" s="46">
-        <v>10.7</v>
+        <v>0</v>
       </c>
       <c r="N207" s="46">
-        <v>2.52</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="O207" s="46">
-        <v>33.68</v>
+        <v>41.07</v>
       </c>
       <c r="P207" s="46">
-        <v>0.52</v>
+        <v>0.03</v>
       </c>
       <c r="Q207" s="46">
-        <v>1.95</v>
+        <v>0.79</v>
       </c>
       <c r="R207" s="46">
-        <v>13.45</v>
+        <v>0.9</v>
       </c>
       <c r="S207" s="31">
         <f t="shared" si="11"/>
-        <v>477.40999999999991</v>
+        <v>477.42999999999995</v>
       </c>
       <c r="T207" s="40">
         <f t="shared" si="10"/>
-        <v>83.46913554387217</v>
+        <v>84.753785895314508</v>
       </c>
     </row>
     <row r="208" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A208" t="s">
         <v>416</v>
       </c>
       <c r="B208" t="s">
         <v>417</v>
       </c>
       <c r="C208" s="46">
         <v>0.24</v>
       </c>
       <c r="D208" s="46">
-        <v>2.6</v>
+        <v>3.2</v>
       </c>
       <c r="E208" s="46">
-        <v>1.1299999999999999</v>
+        <v>0.95</v>
       </c>
       <c r="F208" s="46">
         <v>0.56000000000000005</v>
       </c>
       <c r="G208" s="46">
         <v>0</v>
       </c>
       <c r="H208" s="46">
         <v>0.06</v>
       </c>
       <c r="I208" s="46">
         <v>0</v>
       </c>
       <c r="J208" s="46">
         <v>0</v>
       </c>
       <c r="K208" s="46">
         <v>0</v>
       </c>
       <c r="L208" s="46">
         <v>0</v>
       </c>
       <c r="M208" s="46">
         <v>0</v>
       </c>
       <c r="N208" s="46">
         <v>0</v>
       </c>
       <c r="O208" s="46">
-        <v>0.94</v>
+        <v>0.61</v>
       </c>
       <c r="P208" s="46">
         <v>0</v>
       </c>
       <c r="Q208" s="46">
         <v>0</v>
       </c>
       <c r="R208" s="46">
         <v>0</v>
       </c>
       <c r="S208" s="31">
         <f t="shared" si="11"/>
-        <v>5.5299999999999994</v>
+        <v>5.620000000000001</v>
       </c>
       <c r="T208" s="40">
         <f t="shared" si="10"/>
-        <v>81.91681735985533</v>
+        <v>88.078291814946624</v>
       </c>
     </row>
     <row r="209" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A209" t="s">
         <v>418</v>
       </c>
       <c r="B209" t="s">
         <v>419</v>
       </c>
       <c r="C209" s="46">
-        <v>6.52</v>
+        <v>7.03</v>
       </c>
       <c r="D209" s="46">
-        <v>56.05</v>
+        <v>57.47</v>
       </c>
       <c r="E209" s="46">
-        <v>4.7300000000000004</v>
+        <v>5.8</v>
       </c>
       <c r="F209" s="46">
-        <v>10.47</v>
+        <v>0.72</v>
       </c>
       <c r="G209" s="46">
         <v>0</v>
       </c>
       <c r="H209" s="46">
         <v>0</v>
       </c>
       <c r="I209" s="46">
-        <v>2.84</v>
+        <v>3.02</v>
       </c>
       <c r="J209" s="46">
-        <v>2.11</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="K209" s="46">
         <v>0</v>
       </c>
       <c r="L209" s="46">
-        <v>0</v>
+        <v>8.27</v>
       </c>
       <c r="M209" s="46">
         <v>0</v>
       </c>
       <c r="N209" s="46">
         <v>0</v>
       </c>
       <c r="O209" s="46">
         <v>0</v>
       </c>
       <c r="P209" s="46">
         <v>0</v>
       </c>
       <c r="Q209" s="46">
         <v>0.62</v>
       </c>
       <c r="R209" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="S209" s="31">
         <f t="shared" si="11"/>
-        <v>83.41</v>
+        <v>83.549999999999983</v>
       </c>
       <c r="T209" s="40">
         <f t="shared" si="10"/>
-        <v>96.643088358709988</v>
+        <v>88.617594254937174</v>
       </c>
     </row>
     <row r="210" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A210" t="s">
         <v>420</v>
       </c>
       <c r="B210" t="s">
         <v>421</v>
       </c>
       <c r="C210" s="46">
         <v>15.47</v>
       </c>
       <c r="D210" s="46">
-        <v>141.88999999999999</v>
+        <v>141.91999999999999</v>
       </c>
       <c r="E210" s="46">
-        <v>4.12</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="F210" s="46">
-        <v>3.18</v>
+        <v>3.72</v>
       </c>
       <c r="G210" s="46">
         <v>0</v>
       </c>
       <c r="H210" s="46">
         <v>0</v>
       </c>
       <c r="I210" s="46">
-        <v>2.0699999999999998</v>
+        <v>4.03</v>
       </c>
       <c r="J210" s="46">
-        <v>3.5</v>
+        <v>0.94</v>
       </c>
       <c r="K210" s="46">
         <v>0.48</v>
       </c>
       <c r="L210" s="46">
         <v>0</v>
       </c>
       <c r="M210" s="46">
         <v>0</v>
       </c>
       <c r="N210" s="46">
         <v>0</v>
       </c>
       <c r="O210" s="46">
         <v>1.65</v>
       </c>
       <c r="P210" s="46">
         <v>0</v>
       </c>
       <c r="Q210" s="46">
         <v>0.39</v>
       </c>
       <c r="R210" s="46">
         <v>0</v>
       </c>
       <c r="S210" s="31">
         <f t="shared" si="11"/>
-        <v>172.74999999999997</v>
+        <v>172.73999999999995</v>
       </c>
       <c r="T210" s="40">
         <f t="shared" si="10"/>
-        <v>96.515195369030408</v>
+        <v>97.996989695496126</v>
       </c>
     </row>
     <row r="211" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A211" t="s">
         <v>422</v>
       </c>
       <c r="B211" t="s">
         <v>423</v>
       </c>
       <c r="C211" s="46">
         <v>5.16</v>
       </c>
       <c r="D211" s="46">
-        <v>37.33</v>
+        <v>38.35</v>
       </c>
       <c r="E211" s="46">
         <v>3.1</v>
       </c>
       <c r="F211" s="46">
-        <v>4.62</v>
+        <v>4.71</v>
       </c>
       <c r="G211" s="46">
         <v>0</v>
       </c>
       <c r="H211" s="46">
         <v>0</v>
       </c>
       <c r="I211" s="46">
         <v>0.23</v>
       </c>
       <c r="J211" s="46">
         <v>1.52</v>
       </c>
       <c r="K211" s="46">
         <v>0</v>
       </c>
       <c r="L211" s="46">
         <v>0</v>
       </c>
       <c r="M211" s="46">
         <v>0</v>
       </c>
       <c r="N211" s="46">
         <v>0</v>
       </c>
       <c r="O211" s="46">
-        <v>6.2</v>
+        <v>5.62</v>
       </c>
       <c r="P211" s="46">
         <v>0</v>
       </c>
       <c r="Q211" s="46">
         <v>0.19</v>
       </c>
       <c r="R211" s="46">
-        <v>0.76</v>
+        <v>0.23</v>
       </c>
       <c r="S211" s="31">
         <f t="shared" si="11"/>
-        <v>59.109999999999992</v>
+        <v>59.11</v>
       </c>
       <c r="T211" s="40">
         <f t="shared" si="10"/>
-        <v>85.332431060734208</v>
+        <v>87.210285907629853</v>
       </c>
     </row>
     <row r="212" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A212" t="s">
         <v>424</v>
       </c>
       <c r="B212" t="s">
         <v>425</v>
       </c>
       <c r="C212" s="46">
         <v>52.74</v>
       </c>
       <c r="D212" s="46">
-        <v>289.91000000000003</v>
+        <v>290.45</v>
       </c>
       <c r="E212" s="46">
-        <v>17.89</v>
+        <v>17.53</v>
       </c>
       <c r="F212" s="46">
-        <v>1.99</v>
+        <v>2.27</v>
       </c>
       <c r="G212" s="46">
         <v>0</v>
       </c>
       <c r="H212" s="46">
-        <v>1.28</v>
+        <v>0.62</v>
       </c>
       <c r="I212" s="46">
-        <v>6.15</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="J212" s="46">
-        <v>2.96</v>
+        <v>15.69</v>
       </c>
       <c r="K212" s="46">
         <v>0</v>
       </c>
       <c r="L212" s="46">
         <v>15.53</v>
       </c>
       <c r="M212" s="46">
         <v>0</v>
       </c>
       <c r="N212" s="46">
         <v>1.53</v>
       </c>
       <c r="O212" s="46">
-        <v>6.24</v>
+        <v>3.96</v>
       </c>
       <c r="P212" s="46">
         <v>0.02</v>
       </c>
       <c r="Q212" s="46">
-        <v>0</v>
+        <v>0.35</v>
       </c>
       <c r="R212" s="46">
-        <v>20.11</v>
+        <v>5.96</v>
       </c>
       <c r="S212" s="31">
         <f t="shared" si="11"/>
         <v>416.34999999999991</v>
       </c>
       <c r="T212" s="40">
         <f t="shared" si="10"/>
-        <v>88.550498378767884</v>
+        <v>89.51363035907292</v>
       </c>
     </row>
     <row r="213" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A213" t="s">
         <v>426</v>
       </c>
       <c r="B213" t="s">
         <v>427</v>
       </c>
       <c r="C213" s="46">
         <v>14.73</v>
       </c>
       <c r="D213" s="46">
-        <v>97.31</v>
+        <v>105.45</v>
       </c>
       <c r="E213" s="46">
-        <v>9.2799999999999994</v>
+        <v>8.49</v>
       </c>
       <c r="F213" s="46">
-        <v>0.81</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G213" s="46">
         <v>0</v>
       </c>
       <c r="H213" s="46">
         <v>0</v>
       </c>
       <c r="I213" s="46">
-        <v>8.25</v>
+        <v>2.69</v>
       </c>
       <c r="J213" s="46">
         <v>0.09</v>
       </c>
       <c r="K213" s="46">
         <v>0</v>
       </c>
       <c r="L213" s="46">
-        <v>0.78</v>
+        <v>1.21</v>
       </c>
       <c r="M213" s="46">
         <v>0</v>
       </c>
       <c r="N213" s="46">
         <v>0</v>
       </c>
       <c r="O213" s="46">
-        <v>27.36</v>
+        <v>26.71</v>
       </c>
       <c r="P213" s="46">
         <v>0.11</v>
       </c>
       <c r="Q213" s="46">
-        <v>0.91</v>
+        <v>0.97</v>
       </c>
       <c r="R213" s="46">
-        <v>2.46</v>
+        <v>1.07</v>
       </c>
       <c r="S213" s="31">
         <f t="shared" si="11"/>
-        <v>162.09000000000003</v>
+        <v>162.07000000000005</v>
       </c>
       <c r="T213" s="40">
         <f t="shared" si="10"/>
-        <v>80.436794373496184</v>
+        <v>81.390757080273943</v>
       </c>
     </row>
     <row r="214" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A214" t="s">
         <v>428</v>
       </c>
       <c r="B214" t="s">
         <v>429</v>
       </c>
       <c r="C214" s="46">
-        <v>6.44</v>
+        <v>8.08</v>
       </c>
       <c r="D214" s="46">
-        <v>86.3</v>
+        <v>86.08</v>
       </c>
       <c r="E214" s="46">
         <v>1.41</v>
       </c>
       <c r="F214" s="46">
-        <v>3.26</v>
+        <v>2.39</v>
       </c>
       <c r="G214" s="46">
         <v>0</v>
       </c>
       <c r="H214" s="46">
         <v>0</v>
       </c>
       <c r="I214" s="46">
         <v>3.29</v>
       </c>
       <c r="J214" s="46">
-        <v>2.75</v>
+        <v>4.45</v>
       </c>
       <c r="K214" s="46">
         <v>0</v>
       </c>
       <c r="L214" s="46">
         <v>0</v>
       </c>
       <c r="M214" s="46">
         <v>0</v>
       </c>
       <c r="N214" s="46">
         <v>0</v>
       </c>
       <c r="O214" s="46">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="P214" s="46">
         <v>0</v>
       </c>
       <c r="Q214" s="46">
-        <v>2.37</v>
+        <v>1.76</v>
       </c>
       <c r="R214" s="46">
-        <v>2.82</v>
+        <v>1.18</v>
       </c>
       <c r="S214" s="31">
         <f t="shared" si="11"/>
-        <v>111.85</v>
+        <v>108.64000000000001</v>
       </c>
       <c r="T214" s="40">
         <f t="shared" si="10"/>
-        <v>90.031291908806438</v>
+        <v>93.19771723122237</v>
       </c>
     </row>
     <row r="215" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A215" t="s">
         <v>430</v>
       </c>
       <c r="B215" t="s">
         <v>431</v>
       </c>
       <c r="C215" s="46">
         <v>3.1</v>
       </c>
       <c r="D215" s="46">
         <v>17.559999999999999</v>
       </c>
       <c r="E215" s="46">
         <v>5.36</v>
       </c>
       <c r="F215" s="46">
         <v>1.71</v>
       </c>
       <c r="G215" s="46">
         <v>0</v>
       </c>
       <c r="H215" s="46">
@@ -17360,956 +17356,956 @@
         <v>0.17</v>
       </c>
       <c r="Q215" s="46">
         <v>1.55</v>
       </c>
       <c r="R215" s="46">
         <v>1.18</v>
       </c>
       <c r="S215" s="31">
         <f t="shared" si="11"/>
         <v>31.850000000000005</v>
       </c>
       <c r="T215" s="40">
         <f t="shared" si="10"/>
         <v>87.064364207221331</v>
       </c>
     </row>
     <row r="216" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="46">
-        <v>1.69</v>
+        <v>2.14</v>
       </c>
       <c r="D216" s="46">
-        <v>23.38</v>
+        <v>23.58</v>
       </c>
       <c r="E216" s="46">
-        <v>1.0900000000000001</v>
+        <v>0.34</v>
       </c>
       <c r="F216" s="46">
-        <v>0.09</v>
+        <v>0.39</v>
       </c>
       <c r="G216" s="46">
         <v>0</v>
       </c>
       <c r="H216" s="46">
-        <v>0</v>
+        <v>1.62</v>
       </c>
       <c r="I216" s="46">
-        <v>0.74</v>
+        <v>0.48</v>
       </c>
       <c r="J216" s="46">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="K216" s="46">
-        <v>0</v>
+        <v>0.83</v>
       </c>
       <c r="L216" s="46">
-        <v>0</v>
+        <v>1.3</v>
       </c>
       <c r="M216" s="46">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="N216" s="46">
         <v>0</v>
       </c>
       <c r="O216" s="46">
         <v>0</v>
       </c>
       <c r="P216" s="46">
         <v>1.37</v>
       </c>
       <c r="Q216" s="46">
         <v>0.22</v>
       </c>
       <c r="R216" s="46">
-        <v>0.56000000000000005</v>
+        <v>0.04</v>
       </c>
       <c r="S216" s="31">
         <f t="shared" si="11"/>
-        <v>33.14</v>
+        <v>32.58</v>
       </c>
       <c r="T216" s="40">
         <f t="shared" si="10"/>
-        <v>81.442365721182853</v>
+        <v>82.658072437077962</v>
       </c>
     </row>
     <row r="217" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="46">
         <v>9.6300000000000008</v>
       </c>
       <c r="D217" s="46">
-        <v>101.46</v>
+        <v>100.95</v>
       </c>
       <c r="E217" s="46">
-        <v>5.16</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="F217" s="46">
-        <v>1.47</v>
+        <v>1.74</v>
       </c>
       <c r="G217" s="46">
         <v>0</v>
       </c>
       <c r="H217" s="46">
         <v>0</v>
       </c>
       <c r="I217" s="46">
-        <v>1.68</v>
+        <v>1.89</v>
       </c>
       <c r="J217" s="46">
-        <v>0</v>
+        <v>0.38</v>
       </c>
       <c r="K217" s="46">
         <v>0.39</v>
       </c>
       <c r="L217" s="46">
         <v>0</v>
       </c>
       <c r="M217" s="46">
         <v>0</v>
       </c>
       <c r="N217" s="46">
         <v>0</v>
       </c>
       <c r="O217" s="46">
         <v>1.07</v>
       </c>
       <c r="P217" s="46">
         <v>0.79</v>
       </c>
       <c r="Q217" s="46">
-        <v>1.44</v>
+        <v>1.35</v>
       </c>
       <c r="R217" s="46">
         <v>2.72</v>
       </c>
       <c r="S217" s="31">
         <f t="shared" si="11"/>
         <v>125.80999999999999</v>
       </c>
       <c r="T217" s="40">
         <f t="shared" si="10"/>
-        <v>94.905015499562836</v>
+        <v>94.674509180510299</v>
       </c>
     </row>
     <row r="218" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="46">
-        <v>103.19</v>
+        <v>102.83</v>
       </c>
       <c r="D218" s="46">
-        <v>570.67999999999995</v>
+        <v>563.72</v>
       </c>
       <c r="E218" s="46">
-        <v>41.93</v>
+        <v>43.83</v>
       </c>
       <c r="F218" s="46">
-        <v>23.92</v>
+        <v>30.66</v>
       </c>
       <c r="G218" s="46">
         <v>0</v>
       </c>
       <c r="H218" s="46">
-        <v>10.29</v>
+        <v>10.26</v>
       </c>
       <c r="I218" s="46">
-        <v>20.38</v>
+        <v>20.11</v>
       </c>
       <c r="J218" s="46">
-        <v>17.25</v>
+        <v>17.260000000000002</v>
       </c>
       <c r="K218" s="46">
         <v>2.2799999999999998</v>
       </c>
       <c r="L218" s="46">
-        <v>0</v>
+        <v>10.56</v>
       </c>
       <c r="M218" s="46">
-        <v>35.82</v>
+        <v>26.49</v>
       </c>
       <c r="N218" s="46">
         <v>2.81</v>
       </c>
       <c r="O218" s="46">
-        <v>13.96</v>
+        <v>13.95</v>
       </c>
       <c r="P218" s="46">
         <v>0.13</v>
       </c>
       <c r="Q218" s="46">
-        <v>12.77</v>
+        <v>9.76</v>
       </c>
       <c r="R218" s="46">
-        <v>12.38</v>
+        <v>14.22</v>
       </c>
       <c r="S218" s="31">
         <f t="shared" si="11"/>
-        <v>867.78999999999974</v>
+        <v>868.87</v>
       </c>
       <c r="T218" s="40">
         <f t="shared" si="10"/>
-        <v>87.590315629357335</v>
+        <v>87.602288029279421</v>
       </c>
     </row>
     <row r="219" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="46">
-        <v>20.170000000000002</v>
+        <v>21.88</v>
       </c>
       <c r="D219" s="46">
-        <v>128.26</v>
+        <v>128.47999999999999</v>
       </c>
       <c r="E219" s="46">
-        <v>6.66</v>
+        <v>6.81</v>
       </c>
       <c r="F219" s="46">
-        <v>5.23</v>
+        <v>5.16</v>
       </c>
       <c r="G219" s="46">
         <v>0</v>
       </c>
       <c r="H219" s="46">
-        <v>16.84</v>
+        <v>17.11</v>
       </c>
       <c r="I219" s="46">
         <v>0.45</v>
       </c>
       <c r="J219" s="46">
         <v>4.72</v>
       </c>
       <c r="K219" s="46">
         <v>0</v>
       </c>
       <c r="L219" s="46">
         <v>12.95</v>
       </c>
       <c r="M219" s="46">
         <v>0</v>
       </c>
       <c r="N219" s="46">
         <v>0</v>
       </c>
       <c r="O219" s="46">
         <v>5.98</v>
       </c>
       <c r="P219" s="46">
         <v>0</v>
       </c>
       <c r="Q219" s="46">
         <v>1.43</v>
       </c>
       <c r="R219" s="46">
-        <v>5.77</v>
+        <v>3.69</v>
       </c>
       <c r="S219" s="31">
         <f t="shared" si="11"/>
-        <v>208.45999999999998</v>
+        <v>208.65999999999997</v>
       </c>
       <c r="T219" s="40">
         <f t="shared" si="10"/>
-        <v>77.122709392689245</v>
+        <v>78.012077063164952</v>
       </c>
     </row>
     <row r="220" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A220" t="s">
         <v>440</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="46">
         <v>0.7</v>
       </c>
       <c r="D220" s="46">
-        <v>12.36</v>
+        <v>11.19</v>
       </c>
       <c r="E220" s="46">
         <v>1.74</v>
       </c>
       <c r="F220" s="46">
-        <v>0.27</v>
+        <v>1.47</v>
       </c>
       <c r="G220" s="46">
         <v>0</v>
       </c>
       <c r="H220" s="46">
         <v>0</v>
       </c>
       <c r="I220" s="46">
         <v>0</v>
       </c>
       <c r="J220" s="46">
         <v>0.31</v>
       </c>
       <c r="K220" s="46">
         <v>0</v>
       </c>
       <c r="L220" s="46">
         <v>0</v>
       </c>
       <c r="M220" s="46">
         <v>0</v>
       </c>
       <c r="N220" s="46">
         <v>0</v>
       </c>
       <c r="O220" s="46">
         <v>4.34</v>
       </c>
       <c r="P220" s="46">
         <v>0</v>
       </c>
       <c r="Q220" s="46">
         <v>0.41</v>
       </c>
       <c r="R220" s="46">
         <v>0</v>
       </c>
       <c r="S220" s="31">
         <f t="shared" si="11"/>
-        <v>20.13</v>
+        <v>20.16</v>
       </c>
       <c r="T220" s="40">
         <f t="shared" si="10"/>
-        <v>74.863387978142072</v>
+        <v>74.900793650793645</v>
       </c>
     </row>
     <row r="221" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A221" t="s">
         <v>442</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="46">
-        <v>5.97</v>
+        <v>5.96</v>
       </c>
       <c r="D221" s="46">
-        <v>44.35</v>
+        <v>45.42</v>
       </c>
       <c r="E221" s="46">
         <v>3.85</v>
       </c>
       <c r="F221" s="46">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="G221" s="46">
         <v>0</v>
       </c>
       <c r="H221" s="46">
         <v>0</v>
       </c>
       <c r="I221" s="46">
         <v>1.22</v>
       </c>
       <c r="J221" s="46">
-        <v>4.59</v>
+        <v>3.09</v>
       </c>
       <c r="K221" s="46">
         <v>0</v>
       </c>
       <c r="L221" s="46">
         <v>0</v>
       </c>
       <c r="M221" s="46">
         <v>0</v>
       </c>
       <c r="N221" s="46">
         <v>6.92</v>
       </c>
       <c r="O221" s="46">
-        <v>1.73</v>
+        <v>1.32</v>
       </c>
       <c r="P221" s="46">
         <v>0.1</v>
       </c>
       <c r="Q221" s="46">
-        <v>0.67</v>
+        <v>1.48</v>
       </c>
       <c r="R221" s="46">
         <v>0</v>
       </c>
       <c r="S221" s="31">
         <f t="shared" si="11"/>
-        <v>69.66</v>
+        <v>69.36</v>
       </c>
       <c r="T221" s="40">
         <f t="shared" si="10"/>
-        <v>79.888027562446169</v>
+        <v>81.386966551326424</v>
       </c>
     </row>
     <row r="222" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="46">
-        <v>7.01</v>
+        <v>6.84</v>
       </c>
       <c r="D222" s="46">
-        <v>107.17</v>
+        <v>107.64</v>
       </c>
       <c r="E222" s="46">
-        <v>2.91</v>
+        <v>2.39</v>
       </c>
       <c r="F222" s="46">
-        <v>3.75</v>
+        <v>2.58</v>
       </c>
       <c r="G222" s="46">
         <v>0</v>
       </c>
       <c r="H222" s="46">
         <v>0</v>
       </c>
       <c r="I222" s="46">
-        <v>6.89</v>
+        <v>5.43</v>
       </c>
       <c r="J222" s="46">
         <v>1.4</v>
       </c>
       <c r="K222" s="46">
         <v>0</v>
       </c>
       <c r="L222" s="46">
         <v>0</v>
       </c>
       <c r="M222" s="46">
         <v>0</v>
       </c>
       <c r="N222" s="46">
         <v>0.47</v>
       </c>
       <c r="O222" s="46">
         <v>3.49</v>
       </c>
       <c r="P222" s="46">
         <v>1.05</v>
       </c>
       <c r="Q222" s="46">
         <v>2.0299999999999998</v>
       </c>
       <c r="R222" s="46">
-        <v>12.89</v>
+        <v>12.78</v>
       </c>
       <c r="S222" s="31">
         <f t="shared" si="11"/>
-        <v>149.06</v>
+        <v>146.10000000000002</v>
       </c>
       <c r="T222" s="40">
         <f t="shared" si="10"/>
-        <v>85.690326043204081</v>
+        <v>85.475701574264178</v>
       </c>
     </row>
     <row r="223" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A223" t="s">
         <v>446</v>
       </c>
       <c r="B223" t="s">
         <v>447</v>
       </c>
       <c r="C223" s="46">
         <v>4.9400000000000004</v>
       </c>
       <c r="D223" s="46">
-        <v>37.909999999999997</v>
+        <v>38.33</v>
       </c>
       <c r="E223" s="46">
         <v>0.47</v>
       </c>
       <c r="F223" s="46">
-        <v>0.56000000000000005</v>
+        <v>0.15</v>
       </c>
       <c r="G223" s="46">
         <v>0</v>
       </c>
       <c r="H223" s="46">
         <v>0</v>
       </c>
       <c r="I223" s="46">
         <v>1.53</v>
       </c>
       <c r="J223" s="46">
         <v>0</v>
       </c>
       <c r="K223" s="46">
         <v>0</v>
       </c>
       <c r="L223" s="46">
         <v>0</v>
       </c>
       <c r="M223" s="46">
         <v>0</v>
       </c>
       <c r="N223" s="46">
         <v>0</v>
       </c>
       <c r="O223" s="46">
         <v>10.039999999999999</v>
       </c>
       <c r="P223" s="46">
         <v>0.43</v>
       </c>
       <c r="Q223" s="46">
         <v>0.17</v>
       </c>
       <c r="R223" s="46">
         <v>0</v>
       </c>
       <c r="S223" s="31">
         <f t="shared" si="11"/>
-        <v>56.05</v>
+        <v>56.059999999999995</v>
       </c>
       <c r="T223" s="40">
         <f t="shared" si="10"/>
-        <v>81.016949152542367</v>
+        <v>81.020335354976808</v>
       </c>
     </row>
     <row r="224" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A224" t="s">
         <v>448</v>
       </c>
       <c r="B224" t="s">
         <v>449</v>
       </c>
       <c r="C224" s="46">
-        <v>1.01</v>
+        <v>1.18</v>
       </c>
       <c r="D224" s="46">
-        <v>18.66</v>
+        <v>18.75</v>
       </c>
       <c r="E224" s="46">
         <v>5.04</v>
       </c>
       <c r="F224" s="46">
-        <v>1.08</v>
+        <v>0.72</v>
       </c>
       <c r="G224" s="46">
         <v>0</v>
       </c>
       <c r="H224" s="46">
         <v>0</v>
       </c>
       <c r="I224" s="46">
         <v>0</v>
       </c>
       <c r="J224" s="46">
-        <v>1.39</v>
+        <v>1.56</v>
       </c>
       <c r="K224" s="46">
         <v>0</v>
       </c>
       <c r="L224" s="46">
         <v>0</v>
       </c>
       <c r="M224" s="46">
         <v>0</v>
       </c>
       <c r="N224" s="46">
         <v>0.9</v>
       </c>
       <c r="O224" s="46">
         <v>4.04</v>
       </c>
       <c r="P224" s="46">
         <v>0</v>
       </c>
       <c r="Q224" s="46">
         <v>0.38</v>
       </c>
       <c r="R224" s="46">
         <v>0</v>
       </c>
       <c r="S224" s="31">
         <f t="shared" si="11"/>
-        <v>32.5</v>
+        <v>32.57</v>
       </c>
       <c r="T224" s="40">
         <f t="shared" si="10"/>
-        <v>79.353846153846149</v>
+        <v>78.876266502916792</v>
       </c>
     </row>
     <row r="225" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A225" t="s">
         <v>450</v>
       </c>
       <c r="B225" t="s">
         <v>451</v>
       </c>
       <c r="C225" s="46">
         <v>2.5299999999999998</v>
       </c>
       <c r="D225" s="46">
-        <v>14.2</v>
+        <v>14.35</v>
       </c>
       <c r="E225" s="46">
         <v>1.47</v>
       </c>
       <c r="F225" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="G225" s="46">
         <v>0</v>
       </c>
       <c r="H225" s="46">
         <v>0</v>
       </c>
       <c r="I225" s="46">
-        <v>0.71</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="J225" s="46">
         <v>0</v>
       </c>
       <c r="K225" s="46">
         <v>1.48</v>
       </c>
       <c r="L225" s="46">
         <v>0</v>
       </c>
       <c r="M225" s="46">
         <v>0</v>
       </c>
       <c r="N225" s="46">
         <v>0</v>
       </c>
       <c r="O225" s="46">
         <v>0</v>
       </c>
       <c r="P225" s="46">
         <v>0</v>
       </c>
       <c r="Q225" s="46">
         <v>0</v>
       </c>
       <c r="R225" s="46">
         <v>0.43</v>
       </c>
       <c r="S225" s="31">
         <f t="shared" si="11"/>
-        <v>21.1</v>
+        <v>21.09</v>
       </c>
       <c r="T225" s="40">
         <f t="shared" si="10"/>
-        <v>90.947867298578203</v>
+        <v>90.943575154101467</v>
       </c>
     </row>
     <row r="226" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A226" t="s">
         <v>452</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="46">
-        <v>23.57</v>
+        <v>25.89</v>
       </c>
       <c r="D226" s="46">
-        <v>142.49</v>
+        <v>140.11000000000001</v>
       </c>
       <c r="E226" s="46">
         <v>4.53</v>
       </c>
       <c r="F226" s="46">
-        <v>0.76</v>
+        <v>3.74</v>
       </c>
       <c r="G226" s="46">
-        <v>5.14</v>
+        <v>0</v>
       </c>
       <c r="H226" s="46">
         <v>0</v>
       </c>
       <c r="I226" s="46">
-        <v>1.01</v>
+        <v>1.04</v>
       </c>
       <c r="J226" s="46">
-        <v>0.76</v>
+        <v>1.56</v>
       </c>
       <c r="K226" s="46">
         <v>0</v>
       </c>
       <c r="L226" s="46">
         <v>3.81</v>
       </c>
       <c r="M226" s="46">
         <v>0</v>
       </c>
       <c r="N226" s="46">
         <v>0</v>
       </c>
       <c r="O226" s="46">
         <v>0</v>
       </c>
       <c r="P226" s="46">
         <v>0.42</v>
       </c>
       <c r="Q226" s="46">
         <v>0</v>
       </c>
       <c r="R226" s="46">
-        <v>1.89</v>
+        <v>3.28</v>
       </c>
       <c r="S226" s="31">
         <f t="shared" si="11"/>
-        <v>184.37999999999994</v>
+        <v>184.38</v>
       </c>
       <c r="T226" s="40">
         <f t="shared" si="10"/>
-        <v>96.268575767436843</v>
+        <v>95.080811367827309</v>
       </c>
     </row>
     <row r="227" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A227" t="s">
         <v>454</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="46">
         <v>0.82</v>
       </c>
       <c r="D227" s="46">
-        <v>15.75</v>
+        <v>16.18</v>
       </c>
       <c r="E227" s="46">
         <v>0.77</v>
       </c>
       <c r="F227" s="46">
-        <v>3.31</v>
+        <v>3.21</v>
       </c>
       <c r="G227" s="46">
         <v>0</v>
       </c>
       <c r="H227" s="46">
         <v>0</v>
       </c>
       <c r="I227" s="46">
         <v>0.06</v>
       </c>
       <c r="J227" s="46">
-        <v>0.95</v>
+        <v>0.61</v>
       </c>
       <c r="K227" s="46">
         <v>0</v>
       </c>
       <c r="L227" s="46">
         <v>0</v>
       </c>
       <c r="M227" s="46">
         <v>0.44</v>
       </c>
       <c r="N227" s="46">
         <v>0</v>
       </c>
       <c r="O227" s="46">
         <v>0.02</v>
       </c>
       <c r="P227" s="46">
         <v>0</v>
       </c>
       <c r="Q227" s="46">
         <v>0.52</v>
       </c>
       <c r="R227" s="46">
         <v>0</v>
       </c>
       <c r="S227" s="31">
         <f t="shared" si="11"/>
-        <v>22.639999999999997</v>
+        <v>22.63</v>
       </c>
       <c r="T227" s="40">
         <f t="shared" si="10"/>
-        <v>91.475265017667837</v>
+        <v>92.973928413610253</v>
       </c>
     </row>
     <row r="228" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A228" t="s">
         <v>456</v>
       </c>
       <c r="B228" t="s">
         <v>457</v>
       </c>
       <c r="C228" s="46">
         <v>9.5500000000000007</v>
       </c>
       <c r="D228" s="46">
-        <v>66.290000000000006</v>
+        <v>65.44</v>
       </c>
       <c r="E228" s="46">
         <v>4.37</v>
       </c>
       <c r="F228" s="46">
         <v>2.4</v>
       </c>
       <c r="G228" s="46">
         <v>0</v>
       </c>
       <c r="H228" s="46">
         <v>0</v>
       </c>
       <c r="I228" s="46">
-        <v>1.65</v>
+        <v>0.25</v>
       </c>
       <c r="J228" s="46">
         <v>0.52</v>
       </c>
       <c r="K228" s="46">
         <v>0</v>
       </c>
       <c r="L228" s="46">
         <v>0</v>
       </c>
       <c r="M228" s="46">
         <v>0</v>
       </c>
       <c r="N228" s="46">
         <v>0.95</v>
       </c>
       <c r="O228" s="46">
         <v>1.03</v>
       </c>
       <c r="P228" s="46">
         <v>0</v>
       </c>
       <c r="Q228" s="46">
-        <v>2.4700000000000002</v>
+        <v>3.31</v>
       </c>
       <c r="R228" s="46">
-        <v>1.53</v>
+        <v>2.93</v>
       </c>
       <c r="S228" s="31">
         <f t="shared" si="11"/>
-        <v>90.760000000000019</v>
+        <v>90.750000000000014</v>
       </c>
       <c r="T228" s="40">
         <f t="shared" si="10"/>
-        <v>92.838254737769944</v>
+        <v>90.369146005509634</v>
       </c>
     </row>
     <row r="229" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A229" t="s">
         <v>458</v>
       </c>
       <c r="B229" t="s">
         <v>459</v>
       </c>
       <c r="C229" s="46">
         <v>28.39</v>
       </c>
       <c r="D229" s="46">
-        <v>160.82</v>
+        <v>157.36000000000001</v>
       </c>
       <c r="E229" s="46">
-        <v>11.19</v>
+        <v>10.31</v>
       </c>
       <c r="F229" s="46">
-        <v>12.61</v>
+        <v>18.54</v>
       </c>
       <c r="G229" s="46">
         <v>0</v>
       </c>
       <c r="H229" s="46">
         <v>6.97</v>
       </c>
       <c r="I229" s="46">
-        <v>2.16</v>
+        <v>3.34</v>
       </c>
       <c r="J229" s="46">
-        <v>14.86</v>
+        <v>13.49</v>
       </c>
       <c r="K229" s="46">
         <v>0</v>
       </c>
       <c r="L229" s="46">
         <v>0</v>
       </c>
       <c r="M229" s="46">
         <v>0</v>
       </c>
       <c r="N229" s="46">
         <v>0</v>
       </c>
       <c r="O229" s="46">
         <v>1.93</v>
       </c>
       <c r="P229" s="46">
         <v>0.99</v>
       </c>
       <c r="Q229" s="46">
-        <v>5.82</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="R229" s="46">
-        <v>7.92</v>
+        <v>7.27</v>
       </c>
       <c r="S229" s="31">
         <f t="shared" si="11"/>
-        <v>253.66</v>
+        <v>253.65000000000003</v>
       </c>
       <c r="T229" s="40">
         <f t="shared" si="10"/>
-        <v>84.826145233777495</v>
+        <v>85.921545436625252</v>
       </c>
     </row>
     <row r="230" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A230" t="s">
         <v>460</v>
       </c>
       <c r="B230" t="s">
         <v>461</v>
       </c>
       <c r="C230" s="46">
         <v>2</v>
       </c>
       <c r="D230" s="46">
-        <v>13.52</v>
+        <v>14.73</v>
       </c>
       <c r="E230" s="46">
         <v>0.64</v>
       </c>
       <c r="F230" s="46">
-        <v>1.21</v>
+        <v>0</v>
       </c>
       <c r="G230" s="46">
         <v>0</v>
       </c>
       <c r="H230" s="46">
         <v>0</v>
       </c>
       <c r="I230" s="46">
         <v>0.52</v>
       </c>
       <c r="J230" s="46">
         <v>0</v>
       </c>
       <c r="K230" s="46">
         <v>0</v>
       </c>
       <c r="L230" s="46">
         <v>0</v>
       </c>
       <c r="M230" s="46">
         <v>0</v>
       </c>
       <c r="N230" s="46">
         <v>0</v>
       </c>
@@ -18387,57 +18383,57 @@
         <v>0.59</v>
       </c>
       <c r="R231" s="46">
         <v>0</v>
       </c>
       <c r="S231" s="31">
         <f t="shared" si="11"/>
         <v>45.750000000000007</v>
       </c>
       <c r="T231" s="40">
         <f t="shared" si="10"/>
         <v>84.983606557377016</v>
       </c>
     </row>
     <row r="232" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A232" t="s">
         <v>464</v>
       </c>
       <c r="B232" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="46">
         <v>0.27</v>
       </c>
       <c r="D232" s="46">
-        <v>9.64</v>
+        <v>9.99</v>
       </c>
       <c r="E232" s="46">
         <v>0.31</v>
       </c>
       <c r="F232" s="46">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="G232" s="46">
         <v>0</v>
       </c>
       <c r="H232" s="46">
         <v>0</v>
       </c>
       <c r="I232" s="46">
         <v>0</v>
       </c>
       <c r="J232" s="46">
         <v>0</v>
       </c>
       <c r="K232" s="46">
         <v>0</v>
       </c>
       <c r="L232" s="46">
         <v>0</v>
       </c>
       <c r="M232" s="46">
         <v>0</v>
       </c>
       <c r="N232" s="46">
         <v>0.1</v>
       </c>
@@ -18448,292 +18444,292 @@
         <v>0</v>
       </c>
       <c r="Q232" s="46">
         <v>0.15</v>
       </c>
       <c r="R232" s="46">
         <v>0.34</v>
       </c>
       <c r="S232" s="31">
         <f t="shared" si="11"/>
         <v>12.51</v>
       </c>
       <c r="T232" s="40">
         <f t="shared" si="10"/>
         <v>84.492406075139897</v>
       </c>
     </row>
     <row r="233" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A233" t="s">
         <v>466</v>
       </c>
       <c r="B233" t="s">
         <v>467</v>
       </c>
       <c r="C233" s="46">
-        <v>63.18</v>
+        <v>66.42</v>
       </c>
       <c r="D233" s="46">
-        <v>378.51</v>
+        <v>380.81</v>
       </c>
       <c r="E233" s="46">
-        <v>27.27</v>
+        <v>27.41</v>
       </c>
       <c r="F233" s="46">
-        <v>16.53</v>
+        <v>13.63</v>
       </c>
       <c r="G233" s="46">
         <v>0</v>
       </c>
       <c r="H233" s="46">
-        <v>0</v>
+        <v>0.97</v>
       </c>
       <c r="I233" s="46">
-        <v>3.28</v>
+        <v>3.72</v>
       </c>
       <c r="J233" s="46">
-        <v>6.05</v>
+        <v>6.87</v>
       </c>
       <c r="K233" s="46">
         <v>2.41</v>
       </c>
       <c r="L233" s="46">
-        <v>4.12</v>
+        <v>3.15</v>
       </c>
       <c r="M233" s="46">
         <v>51.88</v>
       </c>
       <c r="N233" s="46">
-        <v>2.9</v>
+        <v>2.39</v>
       </c>
       <c r="O233" s="46">
-        <v>6.21</v>
+        <v>6.2</v>
       </c>
       <c r="P233" s="46">
         <v>18.97</v>
       </c>
       <c r="Q233" s="46">
-        <v>14.44</v>
+        <v>14.39</v>
       </c>
       <c r="R233" s="46">
-        <v>11.28</v>
+        <v>7.81</v>
       </c>
       <c r="S233" s="31">
         <f t="shared" si="11"/>
         <v>607.03000000000009</v>
       </c>
       <c r="T233" s="40">
         <f t="shared" si="10"/>
-        <v>80.518261041464172</v>
+        <v>81.048712584221533</v>
       </c>
     </row>
     <row r="234" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A234" t="s">
         <v>468</v>
       </c>
       <c r="B234" t="s">
         <v>469</v>
       </c>
       <c r="C234" s="46">
-        <v>37.1</v>
+        <v>37.39</v>
       </c>
       <c r="D234" s="46">
-        <v>177.04</v>
+        <v>179.83</v>
       </c>
       <c r="E234" s="46">
-        <v>12.06</v>
+        <v>12.17</v>
       </c>
       <c r="F234" s="46">
-        <v>12.37</v>
+        <v>11.72</v>
       </c>
       <c r="G234" s="46">
         <v>0.31</v>
       </c>
       <c r="H234" s="46">
-        <v>5.42</v>
+        <v>6.03</v>
       </c>
       <c r="I234" s="46">
-        <v>6.77</v>
+        <v>8.67</v>
       </c>
       <c r="J234" s="46">
-        <v>12.85</v>
+        <v>11.55</v>
       </c>
       <c r="K234" s="46">
-        <v>4.9000000000000004</v>
+        <v>2.9</v>
       </c>
       <c r="L234" s="46">
-        <v>1.64</v>
+        <v>0.59</v>
       </c>
       <c r="M234" s="46">
         <v>0</v>
       </c>
       <c r="N234" s="46">
         <v>0.91</v>
       </c>
       <c r="O234" s="46">
-        <v>3.35</v>
+        <v>2.96</v>
       </c>
       <c r="P234" s="46">
         <v>0</v>
       </c>
       <c r="Q234" s="46">
         <v>0.27</v>
       </c>
       <c r="R234" s="46">
-        <v>3.04</v>
+        <v>2.74</v>
       </c>
       <c r="S234" s="31">
         <f t="shared" si="11"/>
-        <v>278.03000000000003</v>
+        <v>278.03999999999996</v>
       </c>
       <c r="T234" s="40">
         <f t="shared" si="10"/>
-        <v>88.353774772506554</v>
+        <v>89.94748956984607</v>
       </c>
     </row>
     <row r="235" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A235" t="s">
         <v>470</v>
       </c>
       <c r="B235" t="s">
         <v>471</v>
       </c>
       <c r="C235" s="46">
-        <v>36.130000000000003</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="D235" s="46">
-        <v>272.89999999999998</v>
+        <v>270.14999999999998</v>
       </c>
       <c r="E235" s="46">
-        <v>6.53</v>
+        <v>7.37</v>
       </c>
       <c r="F235" s="46">
-        <v>3.88</v>
+        <v>2.36</v>
       </c>
       <c r="G235" s="46">
         <v>0</v>
       </c>
       <c r="H235" s="46">
-        <v>1.78</v>
+        <v>21.28</v>
       </c>
       <c r="I235" s="46">
-        <v>8.73</v>
+        <v>14.66</v>
       </c>
       <c r="J235" s="46">
-        <v>12.69</v>
+        <v>10.14</v>
       </c>
       <c r="K235" s="46">
         <v>0.42</v>
       </c>
       <c r="L235" s="46">
         <v>0</v>
       </c>
       <c r="M235" s="46">
-        <v>23.67</v>
+        <v>6.64</v>
       </c>
       <c r="N235" s="46">
         <v>1.55</v>
       </c>
       <c r="O235" s="46">
         <v>3.01</v>
       </c>
       <c r="P235" s="46">
         <v>0.8</v>
       </c>
       <c r="Q235" s="46">
-        <v>10.39</v>
+        <v>10.88</v>
       </c>
       <c r="R235" s="46">
-        <v>5.14</v>
+        <v>3.2</v>
       </c>
       <c r="S235" s="31">
         <f t="shared" si="11"/>
-        <v>387.61999999999995</v>
+        <v>387.66</v>
       </c>
       <c r="T235" s="40">
         <f t="shared" si="10"/>
-        <v>84.66281409627986</v>
+        <v>85.059072383016044</v>
       </c>
     </row>
     <row r="236" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A236" t="s">
         <v>472</v>
       </c>
       <c r="B236" t="s">
         <v>473</v>
       </c>
       <c r="C236" s="46">
         <v>2.37</v>
       </c>
       <c r="D236" s="46">
-        <v>30.64</v>
+        <v>29.99</v>
       </c>
       <c r="E236" s="46">
         <v>0.7</v>
       </c>
       <c r="F236" s="46">
-        <v>1.66</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="G236" s="46">
         <v>0</v>
       </c>
       <c r="H236" s="46">
         <v>0</v>
       </c>
       <c r="I236" s="46">
         <v>0</v>
       </c>
       <c r="J236" s="46">
         <v>0</v>
       </c>
       <c r="K236" s="46">
         <v>0</v>
       </c>
       <c r="L236" s="46">
         <v>0</v>
       </c>
       <c r="M236" s="46">
         <v>0</v>
       </c>
       <c r="N236" s="46">
         <v>0</v>
       </c>
       <c r="O236" s="46">
         <v>0</v>
       </c>
       <c r="P236" s="46">
         <v>0</v>
       </c>
       <c r="Q236" s="46">
         <v>0</v>
       </c>
       <c r="R236" s="46">
         <v>0</v>
       </c>
       <c r="S236" s="31">
         <f t="shared" si="11"/>
-        <v>35.369999999999997</v>
+        <v>35.36</v>
       </c>
       <c r="T236" s="40">
         <f t="shared" si="10"/>
         <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A237" t="s">
         <v>474</v>
       </c>
       <c r="B237" t="s">
         <v>475</v>
       </c>
       <c r="C237" s="46">
         <v>1.29</v>
       </c>
       <c r="D237" s="46">
         <v>33.67</v>
       </c>
       <c r="E237" s="46">
         <v>0.88</v>
       </c>
       <c r="F237" s="46">
         <v>0.22</v>
       </c>
@@ -18768,360 +18764,360 @@
         <v>0</v>
       </c>
       <c r="Q237" s="46">
         <v>0.15</v>
       </c>
       <c r="R237" s="46">
         <v>0.74</v>
       </c>
       <c r="S237" s="31">
         <f t="shared" si="11"/>
         <v>36.950000000000003</v>
       </c>
       <c r="T237" s="40">
         <f t="shared" si="10"/>
         <v>97.591339648173204</v>
       </c>
     </row>
     <row r="238" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A238" t="s">
         <v>476</v>
       </c>
       <c r="B238" t="s">
         <v>477</v>
       </c>
       <c r="C238" s="46">
-        <v>10.210000000000001</v>
+        <v>10.39</v>
       </c>
       <c r="D238" s="46">
-        <v>142.05000000000001</v>
+        <v>135.07</v>
       </c>
       <c r="E238" s="46">
-        <v>6.41</v>
+        <v>6.26</v>
       </c>
       <c r="F238" s="46">
-        <v>5.01</v>
+        <v>4.54</v>
       </c>
       <c r="G238" s="46">
         <v>0</v>
       </c>
       <c r="H238" s="46">
         <v>0</v>
       </c>
       <c r="I238" s="46">
-        <v>8.86</v>
+        <v>11.56</v>
       </c>
       <c r="J238" s="46">
-        <v>15.29</v>
+        <v>18.28</v>
       </c>
       <c r="K238" s="46">
         <v>0.41</v>
       </c>
       <c r="L238" s="46">
         <v>0</v>
       </c>
       <c r="M238" s="46">
         <v>0</v>
       </c>
       <c r="N238" s="46">
         <v>0.55000000000000004</v>
       </c>
       <c r="O238" s="46">
         <v>1.02</v>
       </c>
       <c r="P238" s="46">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Q238" s="46">
-        <v>0.21</v>
+        <v>1.1599999999999999</v>
       </c>
       <c r="R238" s="46">
-        <v>0.23</v>
+        <v>1.58</v>
       </c>
       <c r="S238" s="31">
         <f t="shared" si="11"/>
-        <v>190.27000000000004</v>
+        <v>190.82</v>
       </c>
       <c r="T238" s="40">
         <f t="shared" si="10"/>
-        <v>90.68166290008935</v>
+        <v>87.946756105230037</v>
       </c>
     </row>
     <row r="239" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A239" t="s">
         <v>478</v>
       </c>
       <c r="B239" t="s">
         <v>479</v>
       </c>
       <c r="C239" s="46">
-        <v>38.1</v>
+        <v>38.090000000000003</v>
       </c>
       <c r="D239" s="46">
-        <v>64.680000000000007</v>
+        <v>65.36</v>
       </c>
       <c r="E239" s="46">
-        <v>8.5299999999999994</v>
+        <v>8.44</v>
       </c>
       <c r="F239" s="46">
-        <v>0.88</v>
+        <v>0.78</v>
       </c>
       <c r="G239" s="46">
         <v>0</v>
       </c>
       <c r="H239" s="46">
-        <v>0.56000000000000005</v>
+        <v>0.32</v>
       </c>
       <c r="I239" s="46">
-        <v>7.42</v>
+        <v>6.92</v>
       </c>
       <c r="J239" s="46">
         <v>4.9400000000000004</v>
       </c>
       <c r="K239" s="46">
         <v>0.21</v>
       </c>
       <c r="L239" s="46">
         <v>0</v>
       </c>
       <c r="M239" s="46">
         <v>0.51</v>
       </c>
       <c r="N239" s="46">
         <v>0</v>
       </c>
       <c r="O239" s="46">
-        <v>6.43</v>
+        <v>6</v>
       </c>
       <c r="P239" s="46">
         <v>0</v>
       </c>
       <c r="Q239" s="46">
-        <v>2.69</v>
+        <v>2.63</v>
       </c>
       <c r="R239" s="46">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="S239" s="31">
         <f t="shared" si="11"/>
-        <v>134.94999999999999</v>
+        <v>134.39999999999998</v>
       </c>
       <c r="T239" s="40">
         <f t="shared" si="10"/>
-        <v>88.632826972952955</v>
+        <v>88.980654761904773</v>
       </c>
     </row>
     <row r="240" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A240" t="s">
         <v>480</v>
       </c>
       <c r="B240" t="s">
         <v>481</v>
       </c>
       <c r="C240" s="46">
         <v>6.96</v>
       </c>
       <c r="D240" s="46">
-        <v>41.24</v>
+        <v>40.81</v>
       </c>
       <c r="E240" s="46">
         <v>4.1900000000000004</v>
       </c>
       <c r="F240" s="46">
-        <v>0.51</v>
+        <v>0.82</v>
       </c>
       <c r="G240" s="46">
         <v>0</v>
       </c>
       <c r="H240" s="46">
         <v>0</v>
       </c>
       <c r="I240" s="46">
-        <v>1.05</v>
+        <v>0.91</v>
       </c>
       <c r="J240" s="46">
         <v>0.19</v>
       </c>
       <c r="K240" s="46">
         <v>0</v>
       </c>
       <c r="L240" s="46">
         <v>0</v>
       </c>
       <c r="M240" s="46">
         <v>0</v>
       </c>
       <c r="N240" s="46">
         <v>0</v>
       </c>
       <c r="O240" s="46">
         <v>0</v>
       </c>
       <c r="P240" s="46">
         <v>0</v>
       </c>
       <c r="Q240" s="46">
         <v>0.04</v>
       </c>
       <c r="R240" s="46">
-        <v>0.69</v>
+        <v>0.95</v>
       </c>
       <c r="S240" s="31">
         <f t="shared" si="11"/>
-        <v>54.86999999999999</v>
+        <v>54.87</v>
       </c>
       <c r="T240" s="40">
         <f t="shared" si="10"/>
-        <v>98.323309640969569</v>
+        <v>97.849462365591393</v>
       </c>
     </row>
     <row r="241" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A241" t="s">
         <v>482</v>
       </c>
       <c r="B241" t="s">
         <v>483</v>
       </c>
       <c r="C241" s="46">
-        <v>29.43</v>
+        <v>12.41</v>
       </c>
       <c r="D241" s="46">
-        <v>237.19</v>
+        <v>237.7</v>
       </c>
       <c r="E241" s="46">
-        <v>9</v>
+        <v>33.25</v>
       </c>
       <c r="F241" s="46">
-        <v>13.52</v>
+        <v>13.01</v>
       </c>
       <c r="G241" s="46">
         <v>0</v>
       </c>
       <c r="H241" s="46">
         <v>0</v>
       </c>
       <c r="I241" s="46">
         <v>1.0900000000000001</v>
       </c>
       <c r="J241" s="46">
         <v>0</v>
       </c>
       <c r="K241" s="46">
         <v>0</v>
       </c>
       <c r="L241" s="46">
         <v>0</v>
       </c>
       <c r="M241" s="46">
         <v>0</v>
       </c>
       <c r="N241" s="46">
         <v>0.32</v>
       </c>
       <c r="O241" s="46">
-        <v>3.33</v>
+        <v>4.3</v>
       </c>
       <c r="P241" s="46">
-        <v>0</v>
+        <v>1.77</v>
       </c>
       <c r="Q241" s="46">
         <v>0.81</v>
       </c>
       <c r="R241" s="46">
-        <v>10.73</v>
+        <v>0.77</v>
       </c>
       <c r="S241" s="31">
         <f t="shared" si="11"/>
-        <v>305.41999999999996</v>
+        <v>305.42999999999995</v>
       </c>
       <c r="T241" s="40">
         <f t="shared" si="10"/>
-        <v>95.026520856525437</v>
+        <v>97.390564122712249</v>
       </c>
     </row>
     <row r="242" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A242" t="s">
         <v>484</v>
       </c>
       <c r="B242" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="46">
-        <v>13.91</v>
+        <v>14.17</v>
       </c>
       <c r="D242" s="46">
-        <v>91.83</v>
+        <v>91.34</v>
       </c>
       <c r="E242" s="46">
         <v>3.6</v>
       </c>
       <c r="F242" s="46">
-        <v>2.39</v>
+        <v>2.27</v>
       </c>
       <c r="G242" s="46">
         <v>0</v>
       </c>
       <c r="H242" s="46">
-        <v>9.18</v>
+        <v>0</v>
       </c>
       <c r="I242" s="46">
-        <v>2.33</v>
+        <v>4.41</v>
       </c>
       <c r="J242" s="46">
-        <v>4.74</v>
+        <v>3.05</v>
       </c>
       <c r="K242" s="46">
         <v>1.42</v>
       </c>
       <c r="L242" s="46">
-        <v>0.95</v>
+        <v>0.91</v>
       </c>
       <c r="M242" s="46">
-        <v>0</v>
+        <v>9.18</v>
       </c>
       <c r="N242" s="46">
         <v>0</v>
       </c>
       <c r="O242" s="46">
         <v>1.96</v>
       </c>
       <c r="P242" s="46">
         <v>0</v>
       </c>
       <c r="Q242" s="46">
         <v>0.25</v>
       </c>
       <c r="R242" s="46">
         <v>0</v>
       </c>
       <c r="S242" s="31">
         <f t="shared" si="11"/>
-        <v>132.55999999999997</v>
+        <v>132.56</v>
       </c>
       <c r="T242" s="40">
         <f t="shared" si="10"/>
-        <v>86.044055522027776</v>
+        <v>87.34912492456246</v>
       </c>
     </row>
     <row r="243" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A243" t="s">
         <v>486</v>
       </c>
       <c r="B243" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="46">
         <v>2.68</v>
       </c>
       <c r="D243" s="46">
         <v>0.4</v>
       </c>
       <c r="E243" s="46">
         <v>0</v>
       </c>
       <c r="F243" s="46">
         <v>0</v>
       </c>
       <c r="G243" s="46">
         <v>0</v>
       </c>
       <c r="H243" s="46">
@@ -19152,188 +19148,188 @@
         <v>0</v>
       </c>
       <c r="Q243" s="46">
         <v>4.68</v>
       </c>
       <c r="R243" s="46">
         <v>0</v>
       </c>
       <c r="S243" s="31">
         <f t="shared" si="11"/>
         <v>23.369999999999997</v>
       </c>
       <c r="T243" s="40">
         <f t="shared" si="10"/>
         <v>13.17928968763372</v>
       </c>
     </row>
     <row r="244" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A244" t="s">
         <v>598</v>
       </c>
       <c r="B244" t="s">
         <v>599</v>
       </c>
       <c r="C244" s="46">
-        <v>120.05</v>
+        <v>128.19</v>
       </c>
       <c r="D244" s="46">
-        <v>546.13</v>
+        <v>560.87</v>
       </c>
       <c r="E244" s="46">
-        <v>8.31</v>
+        <v>8.01</v>
       </c>
       <c r="F244" s="46">
-        <v>8.85</v>
+        <v>7.15</v>
       </c>
       <c r="G244" s="46">
         <v>0</v>
       </c>
       <c r="H244" s="46">
-        <v>14.98</v>
+        <v>14.19</v>
       </c>
       <c r="I244" s="46">
-        <v>92.92</v>
+        <v>88.82</v>
       </c>
       <c r="J244" s="46">
-        <v>29.72</v>
+        <v>64.97</v>
       </c>
       <c r="K244" s="46">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="L244" s="46">
         <v>0</v>
       </c>
       <c r="M244" s="46">
-        <v>31.75</v>
+        <v>4.12</v>
       </c>
       <c r="N244" s="46">
-        <v>4.0199999999999996</v>
+        <v>0.04</v>
       </c>
       <c r="O244" s="46">
-        <v>4.79</v>
+        <v>8.56</v>
       </c>
       <c r="P244" s="46">
-        <v>12.15</v>
+        <v>9.36</v>
       </c>
       <c r="Q244" s="46">
-        <v>6.15</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="R244" s="46">
-        <v>19.48</v>
+        <v>9.02</v>
       </c>
       <c r="S244" s="31">
         <f t="shared" si="11"/>
-        <v>902.3399999999998</v>
+        <v>911.58999999999992</v>
       </c>
       <c r="T244" s="40">
         <f t="shared" si="10"/>
-        <v>86.027439767715052</v>
+        <v>86.99525005759169</v>
       </c>
     </row>
     <row r="245" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A245" t="s">
         <v>488</v>
       </c>
       <c r="B245" t="s">
         <v>600</v>
       </c>
       <c r="C245" s="46">
-        <v>25.43</v>
+        <v>26.69</v>
       </c>
       <c r="D245" s="46">
-        <v>285.12</v>
+        <v>286.67</v>
       </c>
       <c r="E245" s="46">
-        <v>10.81</v>
+        <v>10.88</v>
       </c>
       <c r="F245" s="46">
-        <v>13.88</v>
+        <v>15.25</v>
       </c>
       <c r="G245" s="46">
-        <v>4.95</v>
+        <v>0</v>
       </c>
       <c r="H245" s="46">
-        <v>0</v>
+        <v>1.27</v>
       </c>
       <c r="I245" s="46">
-        <v>3.71</v>
+        <v>4.09</v>
       </c>
       <c r="J245" s="46">
-        <v>6.71</v>
+        <v>5.96</v>
       </c>
       <c r="K245" s="46">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="L245" s="46">
-        <v>35.78</v>
+        <v>40.17</v>
       </c>
       <c r="M245" s="46">
-        <v>5.3</v>
+        <v>0.93</v>
       </c>
       <c r="N245" s="46">
         <v>0</v>
       </c>
       <c r="O245" s="46">
         <v>1.87</v>
       </c>
       <c r="P245" s="46">
         <v>0</v>
       </c>
       <c r="Q245" s="46">
-        <v>1.78</v>
+        <v>3</v>
       </c>
       <c r="R245" s="46">
-        <v>3.51</v>
+        <v>4.8600000000000003</v>
       </c>
       <c r="S245" s="31">
         <f t="shared" si="11"/>
-        <v>399.36999999999995</v>
+        <v>401.64</v>
       </c>
       <c r="T245" s="40">
         <f t="shared" si="10"/>
-        <v>86.110624233167243</v>
+        <v>85.544268499153475</v>
       </c>
     </row>
     <row r="246" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A246" t="s">
         <v>489</v>
       </c>
       <c r="B246" t="s">
         <v>490</v>
       </c>
       <c r="C246" s="46">
         <v>5.61</v>
       </c>
       <c r="D246" s="46">
-        <v>14.45</v>
+        <v>14.52</v>
       </c>
       <c r="E246" s="46">
         <v>0.23</v>
       </c>
       <c r="F246" s="46">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
       <c r="G246" s="46">
         <v>0</v>
       </c>
       <c r="H246" s="46">
         <v>0</v>
       </c>
       <c r="I246" s="46">
         <v>0.51</v>
       </c>
       <c r="J246" s="46">
         <v>0</v>
       </c>
       <c r="K246" s="46">
         <v>0</v>
       </c>
       <c r="L246" s="46">
         <v>0</v>
       </c>
       <c r="M246" s="46">
         <v>0</v>
       </c>
       <c r="N246" s="46">
         <v>0</v>
       </c>
@@ -19344,232 +19340,232 @@
         <v>0.08</v>
       </c>
       <c r="Q246" s="46">
         <v>0.69</v>
       </c>
       <c r="R246" s="46">
         <v>0</v>
       </c>
       <c r="S246" s="31">
         <f t="shared" si="11"/>
         <v>22.18</v>
       </c>
       <c r="T246" s="40">
         <f t="shared" si="10"/>
         <v>95.130748422001815</v>
       </c>
     </row>
     <row r="247" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A247" t="s">
         <v>491</v>
       </c>
       <c r="B247" t="s">
         <v>492</v>
       </c>
       <c r="C247" s="46">
-        <v>37.06</v>
+        <v>36.99</v>
       </c>
       <c r="D247" s="46">
-        <v>214.16</v>
+        <v>218.68</v>
       </c>
       <c r="E247" s="46">
-        <v>15.93</v>
+        <v>16.11</v>
       </c>
       <c r="F247" s="46">
-        <v>2.2599999999999998</v>
+        <v>1.0900000000000001</v>
       </c>
       <c r="G247" s="46">
         <v>0</v>
       </c>
       <c r="H247" s="46">
-        <v>1.97</v>
+        <v>0.94</v>
       </c>
       <c r="I247" s="46">
-        <v>15.25</v>
+        <v>14.71</v>
       </c>
       <c r="J247" s="46">
-        <v>36.020000000000003</v>
+        <v>29.12</v>
       </c>
       <c r="K247" s="46">
         <v>0.43</v>
       </c>
       <c r="L247" s="46">
         <v>0</v>
       </c>
       <c r="M247" s="46">
         <v>3.37</v>
       </c>
       <c r="N247" s="46">
         <v>0.49</v>
       </c>
       <c r="O247" s="46">
-        <v>48.9</v>
+        <v>48.88</v>
       </c>
       <c r="P247" s="46">
         <v>2.2599999999999998</v>
       </c>
       <c r="Q247" s="46">
-        <v>2.58</v>
+        <v>2.44</v>
       </c>
       <c r="R247" s="46">
-        <v>0.57999999999999996</v>
+        <v>5.17</v>
       </c>
       <c r="S247" s="31">
         <f t="shared" si="11"/>
-        <v>381.25999999999993</v>
+        <v>380.68</v>
       </c>
       <c r="T247" s="40">
         <f t="shared" si="10"/>
-        <v>74.662959660074492</v>
+        <v>75.543763791110635</v>
       </c>
     </row>
     <row r="248" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A248" t="s">
         <v>601</v>
       </c>
       <c r="B248" t="s">
         <v>602</v>
       </c>
       <c r="C248" s="46">
         <v>42.48</v>
       </c>
       <c r="D248" s="46">
-        <v>286.27</v>
+        <v>295.33999999999997</v>
       </c>
       <c r="E248" s="46">
-        <v>6.83</v>
+        <v>7.6</v>
       </c>
       <c r="F248" s="46">
-        <v>7.62</v>
+        <v>4.24</v>
       </c>
       <c r="G248" s="46">
         <v>0</v>
       </c>
       <c r="H248" s="46">
-        <v>17.61</v>
+        <v>16.34</v>
       </c>
       <c r="I248" s="46">
-        <v>3.03</v>
+        <v>1.8</v>
       </c>
       <c r="J248" s="46">
-        <v>10.85</v>
+        <v>6.52</v>
       </c>
       <c r="K248" s="46">
         <v>0</v>
       </c>
       <c r="L248" s="46">
         <v>0</v>
       </c>
       <c r="M248" s="46">
-        <v>5.64</v>
+        <v>0</v>
       </c>
       <c r="N248" s="46">
         <v>2.91</v>
       </c>
       <c r="O248" s="46">
-        <v>0.5</v>
+        <v>7.41</v>
       </c>
       <c r="P248" s="46">
         <v>0</v>
       </c>
       <c r="Q248" s="46">
-        <v>2.69</v>
+        <v>1.92</v>
       </c>
       <c r="R248" s="46">
         <v>6.4</v>
       </c>
       <c r="S248" s="31">
         <f t="shared" si="11"/>
-        <v>392.83</v>
+        <v>392.96000000000004</v>
       </c>
       <c r="T248" s="40">
         <f t="shared" si="10"/>
-        <v>88.137362217753221</v>
+        <v>89.439128664495115</v>
       </c>
     </row>
     <row r="249" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A249" t="s">
         <v>493</v>
       </c>
       <c r="B249" t="s">
         <v>494</v>
       </c>
       <c r="C249" s="46">
-        <v>10.33</v>
+        <v>10.31</v>
       </c>
       <c r="D249" s="46">
-        <v>84.13</v>
+        <v>83.49</v>
       </c>
       <c r="E249" s="46">
-        <v>10.77</v>
+        <v>11.32</v>
       </c>
       <c r="F249" s="46">
-        <v>9.2100000000000009</v>
+        <v>6.49</v>
       </c>
       <c r="G249" s="46">
         <v>0</v>
       </c>
       <c r="H249" s="46">
-        <v>0.3</v>
+        <v>4.37</v>
       </c>
       <c r="I249" s="46">
-        <v>0.85</v>
+        <v>0.65</v>
       </c>
       <c r="J249" s="46">
         <v>3.63</v>
       </c>
       <c r="K249" s="46">
         <v>0</v>
       </c>
       <c r="L249" s="46">
         <v>0</v>
       </c>
       <c r="M249" s="46">
         <v>0</v>
       </c>
       <c r="N249" s="46">
-        <v>0.64</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="O249" s="46">
         <v>0</v>
       </c>
       <c r="P249" s="46">
         <v>0.03</v>
       </c>
       <c r="Q249" s="46">
-        <v>0.97</v>
+        <v>0.83</v>
       </c>
       <c r="R249" s="46">
-        <v>3.96</v>
+        <v>3.18</v>
       </c>
       <c r="S249" s="31">
         <f t="shared" si="11"/>
-        <v>124.81999999999998</v>
+        <v>124.85000000000001</v>
       </c>
       <c r="T249" s="40">
         <f t="shared" si="10"/>
-        <v>92.365005608075634</v>
+        <v>89.915899078894668</v>
       </c>
     </row>
     <row r="250" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A250" t="s">
         <v>495</v>
       </c>
       <c r="B250" t="s">
         <v>496</v>
       </c>
       <c r="C250" s="46">
         <v>0.36</v>
       </c>
       <c r="D250" s="46">
         <v>5.82</v>
       </c>
       <c r="E250" s="46">
         <v>0.39</v>
       </c>
       <c r="F250" s="46">
         <v>0</v>
       </c>
       <c r="G250" s="46">
         <v>0</v>
       </c>
       <c r="H250" s="46">
@@ -19600,232 +19596,232 @@
         <v>0</v>
       </c>
       <c r="Q250" s="46">
         <v>0.04</v>
       </c>
       <c r="R250" s="46">
         <v>0.39</v>
       </c>
       <c r="S250" s="31">
         <f t="shared" si="11"/>
         <v>7.1899999999999995</v>
       </c>
       <c r="T250" s="40">
         <f t="shared" si="10"/>
         <v>91.376912378303217</v>
       </c>
     </row>
     <row r="251" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A251" t="s">
         <v>497</v>
       </c>
       <c r="B251" t="s">
         <v>498</v>
       </c>
       <c r="C251" s="46">
-        <v>54.34</v>
+        <v>54.79</v>
       </c>
       <c r="D251" s="46">
-        <v>354.67</v>
+        <v>344.59</v>
       </c>
       <c r="E251" s="46">
-        <v>9.5299999999999994</v>
+        <v>9.43</v>
       </c>
       <c r="F251" s="46">
-        <v>6.18</v>
+        <v>5.79</v>
       </c>
       <c r="G251" s="46">
         <v>0</v>
       </c>
       <c r="H251" s="46">
         <v>0</v>
       </c>
       <c r="I251" s="46">
         <v>0.89</v>
       </c>
       <c r="J251" s="46">
         <v>0.89</v>
       </c>
       <c r="K251" s="46">
         <v>2.54</v>
       </c>
       <c r="L251" s="46">
         <v>0</v>
       </c>
       <c r="M251" s="46">
         <v>0</v>
       </c>
       <c r="N251" s="46">
         <v>0</v>
       </c>
       <c r="O251" s="46">
         <v>0</v>
       </c>
       <c r="P251" s="46">
         <v>0.51</v>
       </c>
       <c r="Q251" s="46">
         <v>1.25</v>
       </c>
       <c r="R251" s="46">
-        <v>6.4</v>
+        <v>8.08</v>
       </c>
       <c r="S251" s="31">
         <f t="shared" si="11"/>
-        <v>437.19999999999993</v>
+        <v>428.76</v>
       </c>
       <c r="T251" s="40">
         <f t="shared" si="10"/>
-        <v>97.349039341262582</v>
+        <v>96.905028454146844</v>
       </c>
     </row>
     <row r="252" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A252" t="s">
         <v>499</v>
       </c>
       <c r="B252" t="s">
         <v>500</v>
       </c>
       <c r="C252" s="46">
-        <v>26.13</v>
+        <v>24.76</v>
       </c>
       <c r="D252" s="46">
-        <v>152.74</v>
+        <v>153.56</v>
       </c>
       <c r="E252" s="46">
         <v>3.17</v>
       </c>
       <c r="F252" s="46">
         <v>1.06</v>
       </c>
       <c r="G252" s="46">
         <v>0</v>
       </c>
       <c r="H252" s="46">
         <v>0</v>
       </c>
       <c r="I252" s="46">
-        <v>12.15</v>
+        <v>11.95</v>
       </c>
       <c r="J252" s="46">
         <v>3.99</v>
       </c>
       <c r="K252" s="46">
         <v>0</v>
       </c>
       <c r="L252" s="46">
         <v>0</v>
       </c>
       <c r="M252" s="46">
         <v>0</v>
       </c>
       <c r="N252" s="46">
         <v>0</v>
       </c>
       <c r="O252" s="46">
         <v>0.81</v>
       </c>
       <c r="P252" s="46">
         <v>0</v>
       </c>
       <c r="Q252" s="46">
         <v>0.19</v>
       </c>
       <c r="R252" s="46">
-        <v>5.37</v>
+        <v>6.12</v>
       </c>
       <c r="S252" s="31">
         <f t="shared" si="11"/>
-        <v>205.61</v>
+        <v>205.60999999999999</v>
       </c>
       <c r="T252" s="40">
         <f t="shared" si="10"/>
-        <v>94.961334565439415</v>
+        <v>94.596566314867943</v>
       </c>
     </row>
     <row r="253" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A253" t="s">
         <v>501</v>
       </c>
       <c r="B253" t="s">
         <v>502</v>
       </c>
       <c r="C253" s="46">
-        <v>57.53</v>
+        <v>56.63</v>
       </c>
       <c r="D253" s="46">
-        <v>213.3</v>
+        <v>207.26</v>
       </c>
       <c r="E253" s="46">
-        <v>19.73</v>
+        <v>23.15</v>
       </c>
       <c r="F253" s="46">
-        <v>5.58</v>
+        <v>11.61</v>
       </c>
       <c r="G253" s="46">
         <v>0</v>
       </c>
       <c r="H253" s="46">
         <v>0</v>
       </c>
       <c r="I253" s="46">
-        <v>7.58</v>
+        <v>7.78</v>
       </c>
       <c r="J253" s="46">
-        <v>15.28</v>
+        <v>11.65</v>
       </c>
       <c r="K253" s="46">
-        <v>8.67</v>
+        <v>2.99</v>
       </c>
       <c r="L253" s="46">
         <v>0</v>
       </c>
       <c r="M253" s="46">
-        <v>0</v>
+        <v>14.94</v>
       </c>
       <c r="N253" s="46">
         <v>0</v>
       </c>
       <c r="O253" s="46">
-        <v>16.14</v>
+        <v>6.88</v>
       </c>
       <c r="P253" s="46">
         <v>1.57</v>
       </c>
       <c r="Q253" s="46">
         <v>0.61</v>
       </c>
       <c r="R253" s="46">
         <v>0.49</v>
       </c>
       <c r="S253" s="31">
         <f t="shared" si="11"/>
-        <v>346.48</v>
+        <v>345.55999999999995</v>
       </c>
       <c r="T253" s="40">
         <f t="shared" si="10"/>
-        <v>87.658739321172945</v>
+        <v>88.67635142956361</v>
       </c>
     </row>
     <row r="254" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A254" t="s">
         <v>503</v>
       </c>
       <c r="B254" t="s">
         <v>504</v>
       </c>
       <c r="C254" s="46">
         <v>1.55</v>
       </c>
       <c r="D254" s="46">
         <v>8.33</v>
       </c>
       <c r="E254" s="46">
         <v>0.61</v>
       </c>
       <c r="F254" s="46">
         <v>0.43</v>
       </c>
       <c r="G254" s="46">
         <v>0</v>
       </c>
       <c r="H254" s="46">
@@ -19923,57 +19919,57 @@
         <v>0.21</v>
       </c>
       <c r="R255" s="46">
         <v>2.25</v>
       </c>
       <c r="S255" s="31">
         <f t="shared" si="11"/>
         <v>19.78</v>
       </c>
       <c r="T255" s="40">
         <f t="shared" si="10"/>
         <v>78.463094034378159</v>
       </c>
     </row>
     <row r="256" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A256" t="s">
         <v>507</v>
       </c>
       <c r="B256" t="s">
         <v>508</v>
       </c>
       <c r="C256" s="46">
         <v>1.29</v>
       </c>
       <c r="D256" s="46">
-        <v>10.15</v>
+        <v>9.35</v>
       </c>
       <c r="E256" s="46">
         <v>2.0299999999999998</v>
       </c>
       <c r="F256" s="46">
-        <v>0.43</v>
+        <v>1.23</v>
       </c>
       <c r="G256" s="46">
         <v>0</v>
       </c>
       <c r="H256" s="46">
         <v>0</v>
       </c>
       <c r="I256" s="46">
         <v>0</v>
       </c>
       <c r="J256" s="46">
         <v>0.56000000000000005</v>
       </c>
       <c r="K256" s="46">
         <v>0</v>
       </c>
       <c r="L256" s="46">
         <v>0</v>
       </c>
       <c r="M256" s="46">
         <v>6.06</v>
       </c>
       <c r="N256" s="46">
         <v>0</v>
       </c>
@@ -19984,54 +19980,54 @@
         <v>0</v>
       </c>
       <c r="Q256" s="46">
         <v>0.38</v>
       </c>
       <c r="R256" s="46">
         <v>0</v>
       </c>
       <c r="S256" s="31">
         <f t="shared" si="11"/>
         <v>20.9</v>
       </c>
       <c r="T256" s="40">
         <f t="shared" si="10"/>
         <v>66.507177033492823</v>
       </c>
     </row>
     <row r="257" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A257" t="s">
         <v>509</v>
       </c>
       <c r="B257" t="s">
         <v>510</v>
       </c>
       <c r="C257" s="46">
-        <v>9.69</v>
+        <v>9.77</v>
       </c>
       <c r="D257" s="46">
-        <v>13.85</v>
+        <v>13.77</v>
       </c>
       <c r="E257" s="46">
         <v>0</v>
       </c>
       <c r="F257" s="46">
         <v>0</v>
       </c>
       <c r="G257" s="46">
         <v>0</v>
       </c>
       <c r="H257" s="46">
         <v>0</v>
       </c>
       <c r="I257" s="46">
         <v>0</v>
       </c>
       <c r="J257" s="46">
         <v>0</v>
       </c>
       <c r="K257" s="46">
         <v>0</v>
       </c>
       <c r="L257" s="46">
         <v>0</v>
       </c>
@@ -20048,252 +20044,252 @@
         <v>0</v>
       </c>
       <c r="Q257" s="46">
         <v>2.25</v>
       </c>
       <c r="R257" s="46">
         <v>0</v>
       </c>
       <c r="S257" s="31">
         <f t="shared" si="11"/>
         <v>25.79</v>
       </c>
       <c r="T257" s="40">
         <f t="shared" si="10"/>
         <v>91.275688251260178</v>
       </c>
     </row>
     <row r="258" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A258" t="s">
         <v>511</v>
       </c>
       <c r="B258" t="s">
         <v>512</v>
       </c>
       <c r="C258" s="46">
-        <v>2.72</v>
+        <v>2.73</v>
       </c>
       <c r="D258" s="46">
-        <v>19.62</v>
+        <v>19.39</v>
       </c>
       <c r="E258" s="46">
         <v>2.99</v>
       </c>
       <c r="F258" s="46">
         <v>0.67</v>
       </c>
       <c r="G258" s="46">
         <v>0</v>
       </c>
       <c r="H258" s="46">
         <v>0</v>
       </c>
       <c r="I258" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="J258" s="46">
         <v>0.82</v>
       </c>
       <c r="K258" s="46">
         <v>0</v>
       </c>
       <c r="L258" s="46">
         <v>0</v>
       </c>
       <c r="M258" s="46">
         <v>0</v>
       </c>
       <c r="N258" s="46">
         <v>0</v>
       </c>
       <c r="O258" s="46">
-        <v>3.09</v>
+        <v>3.48</v>
       </c>
       <c r="P258" s="46">
         <v>0.38</v>
       </c>
       <c r="Q258" s="46">
         <v>0.17</v>
       </c>
       <c r="R258" s="46">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
       <c r="S258" s="31">
         <f t="shared" si="11"/>
-        <v>30.98</v>
+        <v>31.03</v>
       </c>
       <c r="T258" s="40">
         <f t="shared" si="10"/>
-        <v>84.151065203357007</v>
+        <v>83.306477602320342</v>
       </c>
     </row>
     <row r="259" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A259" t="s">
         <v>513</v>
       </c>
       <c r="B259" t="s">
         <v>514</v>
       </c>
       <c r="C259" s="46">
-        <v>53.57</v>
+        <v>50.37</v>
       </c>
       <c r="D259" s="46">
-        <v>441.48</v>
+        <v>448.05</v>
       </c>
       <c r="E259" s="46">
-        <v>21.2</v>
+        <v>18.79</v>
       </c>
       <c r="F259" s="46">
-        <v>24.69</v>
+        <v>23.71</v>
       </c>
       <c r="G259" s="46">
-        <v>0.55000000000000004</v>
+        <v>5.43</v>
       </c>
       <c r="H259" s="46">
-        <v>1.85</v>
+        <v>3.51</v>
       </c>
       <c r="I259" s="46">
-        <v>16.329999999999998</v>
+        <v>13.73</v>
       </c>
       <c r="J259" s="46">
-        <v>24.56</v>
+        <v>15.95</v>
       </c>
       <c r="K259" s="46">
         <v>0.51</v>
       </c>
       <c r="L259" s="46">
-        <v>40.82</v>
+        <v>38.86</v>
       </c>
       <c r="M259" s="46">
         <v>0</v>
       </c>
       <c r="N259" s="46">
         <v>0</v>
       </c>
       <c r="O259" s="46">
-        <v>6.04</v>
+        <v>7.49</v>
       </c>
       <c r="P259" s="46">
-        <v>2.54</v>
+        <v>1.82</v>
       </c>
       <c r="Q259" s="46">
-        <v>4.7</v>
+        <v>5.07</v>
       </c>
       <c r="R259" s="46">
-        <v>4.63</v>
+        <v>8</v>
       </c>
       <c r="S259" s="31">
         <f t="shared" si="11"/>
-        <v>643.47</v>
+        <v>641.29000000000019</v>
       </c>
       <c r="T259" s="40">
         <f t="shared" si="10"/>
-        <v>86.689356147139733</v>
+        <v>87.336462442888532</v>
       </c>
     </row>
     <row r="260" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A260" t="s">
         <v>515</v>
       </c>
       <c r="B260" t="s">
         <v>516</v>
       </c>
       <c r="C260" s="46">
-        <v>4.8600000000000003</v>
+        <v>4.83</v>
       </c>
       <c r="D260" s="46">
-        <v>33.72</v>
+        <v>34.04</v>
       </c>
       <c r="E260" s="46">
-        <v>2.96</v>
+        <v>2.99</v>
       </c>
       <c r="F260" s="46">
         <v>0.44</v>
       </c>
       <c r="G260" s="46">
         <v>0</v>
       </c>
       <c r="H260" s="46">
         <v>0</v>
       </c>
       <c r="I260" s="46">
         <v>0</v>
       </c>
       <c r="J260" s="46">
         <v>1.56</v>
       </c>
       <c r="K260" s="46">
         <v>0</v>
       </c>
       <c r="L260" s="46">
         <v>0</v>
       </c>
       <c r="M260" s="46">
         <v>0</v>
       </c>
       <c r="N260" s="46">
         <v>0.2</v>
       </c>
       <c r="O260" s="46">
         <v>0.65</v>
       </c>
       <c r="P260" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="Q260" s="46">
         <v>0.06</v>
       </c>
       <c r="R260" s="46">
         <v>0.85</v>
       </c>
       <c r="S260" s="31">
         <f t="shared" si="11"/>
-        <v>45.580000000000005</v>
+        <v>45.900000000000006</v>
       </c>
       <c r="T260" s="40">
         <f t="shared" si="10"/>
-        <v>92.10179903466431</v>
+        <v>92.156862745098024</v>
       </c>
     </row>
     <row r="261" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A261" t="s">
         <v>517</v>
       </c>
       <c r="B261" t="s">
         <v>518</v>
       </c>
       <c r="C261" s="46">
         <v>1.96</v>
       </c>
       <c r="D261" s="46">
-        <v>8</v>
+        <v>7.7</v>
       </c>
       <c r="E261" s="46">
         <v>0</v>
       </c>
       <c r="F261" s="46">
-        <v>1.1000000000000001</v>
+        <v>1.4</v>
       </c>
       <c r="G261" s="46">
         <v>0</v>
       </c>
       <c r="H261" s="46">
         <v>0</v>
       </c>
       <c r="I261" s="46">
         <v>0</v>
       </c>
       <c r="J261" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="K261" s="46">
         <v>0</v>
       </c>
       <c r="L261" s="46">
         <v>0</v>
       </c>
       <c r="M261" s="46">
         <v>0</v>
       </c>
       <c r="N261" s="46">
         <v>0</v>
       </c>
@@ -20307,293 +20303,293 @@
         <v>0</v>
       </c>
       <c r="R261" s="46">
         <v>0</v>
       </c>
       <c r="S261" s="31">
         <f t="shared" si="11"/>
         <v>11.35</v>
       </c>
       <c r="T261" s="40">
         <f t="shared" si="10"/>
         <v>97.444933920704855</v>
       </c>
     </row>
     <row r="262" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A262" t="s">
         <v>519</v>
       </c>
       <c r="B262" t="s">
         <v>520</v>
       </c>
       <c r="C262" s="46">
         <v>7.55</v>
       </c>
       <c r="D262" s="46">
-        <v>72.72</v>
+        <v>75.78</v>
       </c>
       <c r="E262" s="46">
-        <v>5.58</v>
+        <v>5.74</v>
       </c>
       <c r="F262" s="46">
-        <v>2.72</v>
+        <v>1.56</v>
       </c>
       <c r="G262" s="46">
-        <v>0</v>
+        <v>0.47</v>
       </c>
       <c r="H262" s="46">
         <v>0</v>
       </c>
       <c r="I262" s="46">
-        <v>2.31</v>
+        <v>0.59</v>
       </c>
       <c r="J262" s="46">
-        <v>2.0099999999999998</v>
+        <v>1.35</v>
       </c>
       <c r="K262" s="46">
         <v>0</v>
       </c>
       <c r="L262" s="46">
-        <v>0</v>
+        <v>11.66</v>
       </c>
       <c r="M262" s="46">
-        <v>11.74</v>
+        <v>0</v>
       </c>
       <c r="N262" s="46">
         <v>0</v>
       </c>
       <c r="O262" s="46">
         <v>0.75</v>
       </c>
       <c r="P262" s="46">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="Q262" s="46">
-        <v>5.28</v>
+        <v>5.65</v>
       </c>
       <c r="R262" s="46">
         <v>0.48</v>
       </c>
       <c r="S262" s="31">
         <f t="shared" si="11"/>
-        <v>111.49</v>
+        <v>111.58</v>
       </c>
       <c r="T262" s="40">
         <f t="shared" ref="T262:T290" si="12">(C262+D262+E262+F262+G262+I262)/S262*100</f>
-        <v>81.514037133375197</v>
+        <v>82.174224771464424</v>
       </c>
     </row>
     <row r="263" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A263" t="s">
         <v>521</v>
       </c>
       <c r="B263" t="s">
         <v>522</v>
       </c>
       <c r="C263" s="46">
         <v>35.25</v>
       </c>
       <c r="D263" s="46">
-        <v>223.37</v>
+        <v>224.4</v>
       </c>
       <c r="E263" s="46">
         <v>3.77</v>
       </c>
       <c r="F263" s="46">
-        <v>4.41</v>
+        <v>3.87</v>
       </c>
       <c r="G263" s="46">
         <v>0</v>
       </c>
       <c r="H263" s="46">
         <v>3.22</v>
       </c>
       <c r="I263" s="46">
-        <v>4.3899999999999997</v>
+        <v>3.9</v>
       </c>
       <c r="J263" s="46">
         <v>11.26</v>
       </c>
       <c r="K263" s="46">
         <v>0</v>
       </c>
       <c r="L263" s="46">
         <v>0</v>
       </c>
       <c r="M263" s="46">
         <v>0.6</v>
       </c>
       <c r="N263" s="46">
         <v>0</v>
       </c>
       <c r="O263" s="46">
         <v>7.93</v>
       </c>
       <c r="P263" s="46">
         <v>0</v>
       </c>
       <c r="Q263" s="46">
         <v>5.38</v>
       </c>
       <c r="R263" s="46">
         <v>4.45</v>
       </c>
       <c r="S263" s="31">
         <f t="shared" si="11"/>
-        <v>304.03000000000003</v>
+        <v>304.02999999999997</v>
       </c>
       <c r="T263" s="40">
         <f t="shared" si="12"/>
         <v>89.198434365029755</v>
       </c>
     </row>
     <row r="264" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A264" t="s">
         <v>523</v>
       </c>
       <c r="B264" t="s">
         <v>524</v>
       </c>
       <c r="C264" s="46">
-        <v>25.73</v>
+        <v>25.7</v>
       </c>
       <c r="D264" s="46">
-        <v>156.38</v>
+        <v>156.03</v>
       </c>
       <c r="E264" s="46">
-        <v>10.35</v>
+        <v>10.15</v>
       </c>
       <c r="F264" s="46">
-        <v>6.61</v>
+        <v>7.32</v>
       </c>
       <c r="G264" s="46">
         <v>0</v>
       </c>
       <c r="H264" s="46">
         <v>0</v>
       </c>
       <c r="I264" s="46">
-        <v>2.5499999999999998</v>
+        <v>2.3199999999999998</v>
       </c>
       <c r="J264" s="46">
-        <v>7.38</v>
+        <v>7.33</v>
       </c>
       <c r="K264" s="46">
         <v>0</v>
       </c>
       <c r="L264" s="46">
         <v>0</v>
       </c>
       <c r="M264" s="46">
         <v>0</v>
       </c>
       <c r="N264" s="46">
         <v>0.54</v>
       </c>
       <c r="O264" s="46">
         <v>0.63</v>
       </c>
       <c r="P264" s="46">
         <v>0</v>
       </c>
       <c r="Q264" s="46">
-        <v>1.08</v>
+        <v>1.04</v>
       </c>
       <c r="R264" s="46">
-        <v>1.2</v>
+        <v>1.1399999999999999</v>
       </c>
       <c r="S264" s="31">
         <f t="shared" si="11"/>
-        <v>212.45</v>
+        <v>212.19999999999996</v>
       </c>
       <c r="T264" s="40">
         <f t="shared" si="12"/>
-        <v>94.902329959990595</v>
+        <v>94.967012252591914</v>
       </c>
     </row>
     <row r="265" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A265" t="s">
         <v>525</v>
       </c>
       <c r="B265" t="s">
         <v>526</v>
       </c>
       <c r="C265" s="46">
-        <v>34.29</v>
+        <v>34.299999999999997</v>
       </c>
       <c r="D265" s="46">
-        <v>282.26</v>
+        <v>280.47000000000003</v>
       </c>
       <c r="E265" s="46">
         <v>6.54</v>
       </c>
       <c r="F265" s="46">
-        <v>8.09</v>
+        <v>9.3000000000000007</v>
       </c>
       <c r="G265" s="46">
         <v>0</v>
       </c>
       <c r="H265" s="46">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="I265" s="46">
-        <v>6.75</v>
+        <v>10.07</v>
       </c>
       <c r="J265" s="46">
-        <v>2.9</v>
+        <v>1.65</v>
       </c>
       <c r="K265" s="46">
         <v>0</v>
       </c>
       <c r="L265" s="46">
         <v>0</v>
       </c>
       <c r="M265" s="46">
         <v>0</v>
       </c>
       <c r="N265" s="46">
         <v>0</v>
       </c>
       <c r="O265" s="46">
-        <v>5.07</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="P265" s="46">
         <v>0</v>
       </c>
       <c r="Q265" s="46">
         <v>1.25</v>
       </c>
       <c r="R265" s="46">
-        <v>9.1199999999999992</v>
+        <v>7.74</v>
       </c>
       <c r="S265" s="31">
         <f t="shared" si="11"/>
-        <v>356.41999999999996</v>
+        <v>356.43000000000006</v>
       </c>
       <c r="T265" s="40">
         <f t="shared" si="12"/>
-        <v>94.812300095393084</v>
+        <v>95.58118003535057</v>
       </c>
     </row>
     <row r="266" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A266" t="s">
         <v>527</v>
       </c>
       <c r="B266" t="s">
         <v>528</v>
       </c>
       <c r="C266" s="46">
         <v>0</v>
       </c>
       <c r="D266" s="46">
         <v>1.22</v>
       </c>
       <c r="E266" s="46">
         <v>0</v>
       </c>
       <c r="F266" s="46">
         <v>0</v>
       </c>
       <c r="G266" s="46">
         <v>0</v>
       </c>
       <c r="H266" s="46">
@@ -20624,168 +20620,168 @@
         <v>0</v>
       </c>
       <c r="Q266" s="46">
         <v>0</v>
       </c>
       <c r="R266" s="46">
         <v>0</v>
       </c>
       <c r="S266" s="31">
         <f t="shared" si="11"/>
         <v>1.22</v>
       </c>
       <c r="T266" s="40">
         <f t="shared" si="12"/>
         <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A267" t="s">
         <v>529</v>
       </c>
       <c r="B267" t="s">
         <v>530</v>
       </c>
       <c r="C267" s="46">
-        <v>1.92</v>
+        <v>1.53</v>
       </c>
       <c r="D267" s="46">
-        <v>21.6</v>
+        <v>21.55</v>
       </c>
       <c r="E267" s="46">
-        <v>1.32</v>
+        <v>1.39</v>
       </c>
       <c r="F267" s="46">
         <v>0</v>
       </c>
       <c r="G267" s="46">
         <v>0</v>
       </c>
       <c r="H267" s="46">
-        <v>0.44</v>
+        <v>1</v>
       </c>
       <c r="I267" s="46">
-        <v>2.0099999999999998</v>
+        <v>2.13</v>
       </c>
       <c r="J267" s="46">
-        <v>0.56000000000000005</v>
+        <v>0.54</v>
       </c>
       <c r="K267" s="46">
         <v>0</v>
       </c>
       <c r="L267" s="46">
         <v>0</v>
       </c>
       <c r="M267" s="46">
         <v>0.27</v>
       </c>
       <c r="N267" s="46">
         <v>0</v>
       </c>
       <c r="O267" s="46">
         <v>1.61</v>
       </c>
       <c r="P267" s="46">
         <v>0</v>
       </c>
       <c r="Q267" s="46">
         <v>0.23</v>
       </c>
       <c r="R267" s="46">
-        <v>0.28999999999999998</v>
+        <v>0</v>
       </c>
       <c r="S267" s="31">
         <f t="shared" si="11"/>
-        <v>30.250000000000004</v>
+        <v>30.25</v>
       </c>
       <c r="T267" s="40">
         <f t="shared" si="12"/>
-        <v>88.760330578512395</v>
+        <v>87.933884297520677</v>
       </c>
     </row>
     <row r="268" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A268" t="s">
         <v>531</v>
       </c>
       <c r="B268" t="s">
         <v>532</v>
       </c>
       <c r="C268" s="46">
-        <v>32</v>
+        <v>35.46</v>
       </c>
       <c r="D268" s="46">
-        <v>325.47000000000003</v>
+        <v>315.91000000000003</v>
       </c>
       <c r="E268" s="46">
-        <v>18.04</v>
+        <v>13.64</v>
       </c>
       <c r="F268" s="46">
-        <v>3.89</v>
+        <v>10.49</v>
       </c>
       <c r="G268" s="46">
         <v>0</v>
       </c>
       <c r="H268" s="46">
-        <v>3.35</v>
+        <v>30.46</v>
       </c>
       <c r="I268" s="46">
-        <v>16.96</v>
+        <v>17.760000000000002</v>
       </c>
       <c r="J268" s="46">
-        <v>19.100000000000001</v>
+        <v>10.27</v>
       </c>
       <c r="K268" s="46">
         <v>0.99</v>
       </c>
       <c r="L268" s="46">
-        <v>4.91</v>
+        <v>0</v>
       </c>
       <c r="M268" s="46">
-        <v>2</v>
+        <v>6.56</v>
       </c>
       <c r="N268" s="46">
         <v>0</v>
       </c>
       <c r="O268" s="46">
-        <v>4.5</v>
+        <v>3.88</v>
       </c>
       <c r="P268" s="46">
-        <v>0.44</v>
+        <v>0.53</v>
       </c>
       <c r="Q268" s="46">
-        <v>10.09</v>
+        <v>4.83</v>
       </c>
       <c r="R268" s="46">
-        <v>21.81</v>
+        <v>12.91</v>
       </c>
       <c r="S268" s="31">
         <f t="shared" ref="S268:S290" si="13">SUM(C268:R268)</f>
-        <v>463.55000000000007</v>
+        <v>463.68999999999994</v>
       </c>
       <c r="T268" s="40">
         <f t="shared" si="12"/>
-        <v>85.505339229856531</v>
+        <v>84.810972848239132</v>
       </c>
     </row>
     <row r="269" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A269" t="s">
         <v>533</v>
       </c>
       <c r="B269" t="s">
         <v>534</v>
       </c>
       <c r="C269" s="46">
         <v>21.16</v>
       </c>
       <c r="D269" s="46">
         <v>95.65</v>
       </c>
       <c r="E269" s="46">
         <v>0.63</v>
       </c>
       <c r="F269" s="46">
         <v>4.66</v>
       </c>
       <c r="G269" s="46">
         <v>0</v>
       </c>
       <c r="H269" s="46">
@@ -20816,232 +20812,232 @@
         <v>0</v>
       </c>
       <c r="Q269" s="46">
         <v>0</v>
       </c>
       <c r="R269" s="46">
         <v>1.28</v>
       </c>
       <c r="S269" s="31">
         <f t="shared" si="13"/>
         <v>126.06</v>
       </c>
       <c r="T269" s="40">
         <f t="shared" si="12"/>
         <v>98.865619546247814</v>
       </c>
     </row>
     <row r="270" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A270" t="s">
         <v>535</v>
       </c>
       <c r="B270" t="s">
         <v>536</v>
       </c>
       <c r="C270" s="46">
-        <v>64.17</v>
+        <v>64.260000000000005</v>
       </c>
       <c r="D270" s="46">
-        <v>334.67</v>
+        <v>340.99</v>
       </c>
       <c r="E270" s="46">
-        <v>10.94</v>
+        <v>11.26</v>
       </c>
       <c r="F270" s="46">
-        <v>1.36</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="G270" s="46">
         <v>0</v>
       </c>
       <c r="H270" s="46">
         <v>0</v>
       </c>
       <c r="I270" s="46">
-        <v>6.58</v>
+        <v>6.74</v>
       </c>
       <c r="J270" s="46">
         <v>9.27</v>
       </c>
       <c r="K270" s="46">
         <v>0</v>
       </c>
       <c r="L270" s="46">
         <v>0</v>
       </c>
       <c r="M270" s="46">
         <v>0</v>
       </c>
       <c r="N270" s="46">
         <v>0</v>
       </c>
       <c r="O270" s="46">
-        <v>11.85</v>
+        <v>21.23</v>
       </c>
       <c r="P270" s="46">
         <v>0.16</v>
       </c>
       <c r="Q270" s="46">
-        <v>15.78</v>
+        <v>6.4</v>
       </c>
       <c r="R270" s="46">
-        <v>11</v>
+        <v>4.92</v>
       </c>
       <c r="S270" s="31">
         <f t="shared" si="13"/>
-        <v>465.78000000000003</v>
+        <v>465.8</v>
       </c>
       <c r="T270" s="40">
         <f t="shared" si="12"/>
-        <v>89.681824037099062</v>
+        <v>90.987548303993123</v>
       </c>
     </row>
     <row r="271" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A271" t="s">
         <v>537</v>
       </c>
       <c r="B271" t="s">
         <v>603</v>
       </c>
       <c r="C271" s="46">
-        <v>22.57</v>
+        <v>23.8</v>
       </c>
       <c r="D271" s="46">
-        <v>189.63</v>
+        <v>188.57</v>
       </c>
       <c r="E271" s="46">
-        <v>7.56</v>
+        <v>8.92</v>
       </c>
       <c r="F271" s="46">
-        <v>9.2100000000000009</v>
+        <v>7.06</v>
       </c>
       <c r="G271" s="46">
         <v>0</v>
       </c>
       <c r="H271" s="46">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="I271" s="46">
-        <v>4.1900000000000004</v>
+        <v>3.62</v>
       </c>
       <c r="J271" s="46">
-        <v>5.35</v>
+        <v>6.37</v>
       </c>
       <c r="K271" s="46">
         <v>4.13</v>
       </c>
       <c r="L271" s="46">
         <v>0</v>
       </c>
       <c r="M271" s="46">
         <v>0</v>
       </c>
       <c r="N271" s="46">
         <v>0</v>
       </c>
       <c r="O271" s="46">
-        <v>1.59</v>
+        <v>1.25</v>
       </c>
       <c r="P271" s="46">
         <v>0</v>
       </c>
       <c r="Q271" s="46">
-        <v>2.11</v>
+        <v>2.33</v>
       </c>
       <c r="R271" s="46">
-        <v>5</v>
+        <v>4.63</v>
       </c>
       <c r="S271" s="31">
         <f t="shared" si="13"/>
-        <v>251.34</v>
+        <v>251.08</v>
       </c>
       <c r="T271" s="40">
         <f t="shared" si="12"/>
-        <v>92.766770112198614</v>
+        <v>92.388880038234817</v>
       </c>
     </row>
     <row r="272" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A272" t="s">
         <v>538</v>
       </c>
       <c r="B272" t="s">
         <v>539</v>
       </c>
       <c r="C272" s="46">
         <v>17.32</v>
       </c>
       <c r="D272" s="46">
-        <v>106.26</v>
+        <v>107.57</v>
       </c>
       <c r="E272" s="46">
-        <v>11.61</v>
+        <v>11.71</v>
       </c>
       <c r="F272" s="46">
-        <v>3.13</v>
+        <v>2.21</v>
       </c>
       <c r="G272" s="46">
         <v>0</v>
       </c>
       <c r="H272" s="46">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="I272" s="46">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="J272" s="46">
         <v>0.56000000000000005</v>
       </c>
       <c r="K272" s="46">
         <v>0</v>
       </c>
       <c r="L272" s="46">
         <v>0</v>
       </c>
       <c r="M272" s="46">
         <v>0</v>
       </c>
       <c r="N272" s="46">
         <v>0</v>
       </c>
       <c r="O272" s="46">
-        <v>8.23</v>
+        <v>8</v>
       </c>
       <c r="P272" s="46">
         <v>0.23</v>
       </c>
       <c r="Q272" s="46">
         <v>1.96</v>
       </c>
       <c r="R272" s="46">
         <v>0.12</v>
       </c>
       <c r="S272" s="31">
         <f t="shared" si="13"/>
-        <v>150.66</v>
+        <v>151.12000000000003</v>
       </c>
       <c r="T272" s="40">
         <f t="shared" si="12"/>
-        <v>92.632417363600155</v>
+        <v>92.754102699841184</v>
       </c>
     </row>
     <row r="273" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A273" t="s">
         <v>540</v>
       </c>
       <c r="B273" t="s">
         <v>541</v>
       </c>
       <c r="C273" s="46">
         <v>1.76</v>
       </c>
       <c r="D273" s="46">
         <v>33.83</v>
       </c>
       <c r="E273" s="46">
         <v>0.79</v>
       </c>
       <c r="F273" s="46">
         <v>0.36</v>
       </c>
       <c r="G273" s="46">
         <v>0</v>
       </c>
       <c r="H273" s="46">
@@ -21072,744 +21068,744 @@
         <v>0</v>
       </c>
       <c r="Q273" s="46">
         <v>4.55</v>
       </c>
       <c r="R273" s="46">
         <v>0.16</v>
       </c>
       <c r="S273" s="31">
         <f t="shared" si="13"/>
         <v>41.449999999999989</v>
       </c>
       <c r="T273" s="40">
         <f t="shared" si="12"/>
         <v>88.636911942098934</v>
       </c>
     </row>
     <row r="274" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A274" t="s">
         <v>542</v>
       </c>
       <c r="B274" t="s">
         <v>543</v>
       </c>
       <c r="C274" s="46">
-        <v>3.89</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="D274" s="46">
-        <v>32.78</v>
+        <v>32.9</v>
       </c>
       <c r="E274" s="46">
         <v>4.18</v>
       </c>
       <c r="F274" s="46">
         <v>0.44</v>
       </c>
       <c r="G274" s="46">
         <v>0</v>
       </c>
       <c r="H274" s="46">
         <v>0</v>
       </c>
       <c r="I274" s="46">
         <v>1.1499999999999999</v>
       </c>
       <c r="J274" s="46">
         <v>1.01</v>
       </c>
       <c r="K274" s="46">
         <v>0</v>
       </c>
       <c r="L274" s="46">
         <v>0</v>
       </c>
       <c r="M274" s="46">
         <v>0</v>
       </c>
       <c r="N274" s="46">
         <v>0</v>
       </c>
       <c r="O274" s="46">
         <v>0.77</v>
       </c>
       <c r="P274" s="46">
         <v>0.11</v>
       </c>
       <c r="Q274" s="46">
         <v>0.75</v>
       </c>
       <c r="R274" s="46">
-        <v>0.49</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="S274" s="31">
         <f t="shared" si="13"/>
-        <v>45.57</v>
+        <v>45.69</v>
       </c>
       <c r="T274" s="40">
         <f t="shared" si="12"/>
-        <v>93.13144612683783</v>
+        <v>94.068724009630117</v>
       </c>
     </row>
     <row r="275" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A275" t="s">
         <v>544</v>
       </c>
       <c r="B275" t="s">
         <v>545</v>
       </c>
       <c r="C275" s="46">
         <v>6.55</v>
       </c>
       <c r="D275" s="46">
-        <v>44.88</v>
+        <v>44.47</v>
       </c>
       <c r="E275" s="46">
-        <v>3.92</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="F275" s="46">
-        <v>1.1000000000000001</v>
+        <v>1.81</v>
       </c>
       <c r="G275" s="46">
         <v>0</v>
       </c>
       <c r="H275" s="46">
         <v>0</v>
       </c>
       <c r="I275" s="46">
-        <v>0.55000000000000004</v>
+        <v>0.96</v>
       </c>
       <c r="J275" s="46">
-        <v>1.37</v>
+        <v>0.6</v>
       </c>
       <c r="K275" s="46">
         <v>0</v>
       </c>
       <c r="L275" s="46">
         <v>0</v>
       </c>
       <c r="M275" s="46">
         <v>0.67</v>
       </c>
       <c r="N275" s="46">
         <v>0</v>
       </c>
       <c r="O275" s="46">
         <v>6.35</v>
       </c>
       <c r="P275" s="46">
         <v>0.35</v>
       </c>
       <c r="Q275" s="46">
         <v>1.35</v>
       </c>
       <c r="R275" s="46">
         <v>0</v>
       </c>
       <c r="S275" s="31">
         <f t="shared" si="13"/>
-        <v>67.089999999999989</v>
+        <v>67.129999999999981</v>
       </c>
       <c r="T275" s="40">
         <f t="shared" si="12"/>
-        <v>84.960500819794319</v>
+        <v>86.116490391777162</v>
       </c>
     </row>
     <row r="276" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A276" t="s">
         <v>546</v>
       </c>
       <c r="B276" t="s">
         <v>547</v>
       </c>
       <c r="C276" s="46">
         <v>75.349999999999994</v>
       </c>
       <c r="D276" s="46">
-        <v>296.54000000000002</v>
+        <v>300.66000000000003</v>
       </c>
       <c r="E276" s="46">
-        <v>5.63</v>
+        <v>5.87</v>
       </c>
       <c r="F276" s="46">
-        <v>12.81</v>
+        <v>8.81</v>
       </c>
       <c r="G276" s="46">
         <v>0</v>
       </c>
       <c r="H276" s="46">
-        <v>15.58</v>
+        <v>13.46</v>
       </c>
       <c r="I276" s="46">
-        <v>7.51</v>
+        <v>6.76</v>
       </c>
       <c r="J276" s="46">
-        <v>8.6199999999999992</v>
+        <v>6.81</v>
       </c>
       <c r="K276" s="46">
-        <v>1.98</v>
+        <v>4.38</v>
       </c>
       <c r="L276" s="46">
         <v>0</v>
       </c>
       <c r="M276" s="46">
-        <v>1.84</v>
+        <v>3.42</v>
       </c>
       <c r="N276" s="46">
         <v>8.2799999999999994</v>
       </c>
       <c r="O276" s="46">
-        <v>1.7</v>
+        <v>2.02</v>
       </c>
       <c r="P276" s="46">
         <v>0</v>
       </c>
       <c r="Q276" s="46">
         <v>0.34</v>
       </c>
       <c r="R276" s="46">
         <v>0.63</v>
       </c>
       <c r="S276" s="31">
         <f t="shared" si="13"/>
-        <v>436.80999999999989</v>
+        <v>436.78999999999991</v>
       </c>
       <c r="T276" s="40">
         <f t="shared" si="12"/>
-        <v>91.078500950069838</v>
+        <v>90.993383548158164</v>
       </c>
     </row>
     <row r="277" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A277" t="s">
         <v>548</v>
       </c>
       <c r="B277" t="s">
         <v>549</v>
       </c>
       <c r="C277" s="46">
-        <v>13.57</v>
+        <v>13.58</v>
       </c>
       <c r="D277" s="46">
-        <v>154.19999999999999</v>
+        <v>154.51</v>
       </c>
       <c r="E277" s="46">
-        <v>12.96</v>
+        <v>12.44</v>
       </c>
       <c r="F277" s="46">
-        <v>7.73</v>
+        <v>8.27</v>
       </c>
       <c r="G277" s="46">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="H277" s="46">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="I277" s="46">
         <v>3.79</v>
       </c>
       <c r="J277" s="46">
         <v>3.64</v>
       </c>
       <c r="K277" s="46">
         <v>0</v>
       </c>
       <c r="L277" s="46">
-        <v>0</v>
+        <v>21.58</v>
       </c>
       <c r="M277" s="46">
-        <v>33.229999999999997</v>
+        <v>11.58</v>
       </c>
       <c r="N277" s="46">
         <v>0</v>
       </c>
       <c r="O277" s="46">
         <v>6.53</v>
       </c>
       <c r="P277" s="46">
         <v>0</v>
       </c>
       <c r="Q277" s="46">
-        <v>0.76</v>
+        <v>0.82</v>
       </c>
       <c r="R277" s="46">
-        <v>0.8</v>
+        <v>0.87</v>
       </c>
       <c r="S277" s="31">
         <f t="shared" si="13"/>
-        <v>237.80999999999995</v>
+        <v>237.81</v>
       </c>
       <c r="T277" s="40">
         <f t="shared" si="12"/>
-        <v>80.841848534544397</v>
+        <v>81.068920566839068</v>
       </c>
     </row>
     <row r="278" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A278" t="s">
         <v>550</v>
       </c>
       <c r="B278" t="s">
         <v>551</v>
       </c>
       <c r="C278" s="46">
-        <v>33.82</v>
+        <v>33.799999999999997</v>
       </c>
       <c r="D278" s="46">
-        <v>153.15</v>
+        <v>151.69999999999999</v>
       </c>
       <c r="E278" s="46">
-        <v>9.2200000000000006</v>
+        <v>9.14</v>
       </c>
       <c r="F278" s="46">
-        <v>6.9</v>
+        <v>8.4499999999999993</v>
       </c>
       <c r="G278" s="46">
         <v>0</v>
       </c>
       <c r="H278" s="46">
         <v>0</v>
       </c>
       <c r="I278" s="46">
-        <v>0.24</v>
+        <v>0.65</v>
       </c>
       <c r="J278" s="46">
         <v>0.62</v>
       </c>
       <c r="K278" s="46">
         <v>0</v>
       </c>
       <c r="L278" s="46">
         <v>0</v>
       </c>
       <c r="M278" s="46">
         <v>0</v>
       </c>
       <c r="N278" s="46">
         <v>0</v>
       </c>
       <c r="O278" s="46">
-        <v>0.97</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="P278" s="46">
         <v>0</v>
       </c>
       <c r="Q278" s="46">
         <v>1.05</v>
       </c>
       <c r="R278" s="46">
         <v>1.66</v>
       </c>
       <c r="S278" s="31">
         <f t="shared" si="13"/>
-        <v>207.63000000000002</v>
+        <v>207.63</v>
       </c>
       <c r="T278" s="40">
         <f t="shared" si="12"/>
-        <v>97.929008332129257</v>
+        <v>98.126474979530883</v>
       </c>
     </row>
     <row r="279" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A279" t="s">
         <v>552</v>
       </c>
       <c r="B279" t="s">
         <v>553</v>
       </c>
       <c r="C279" s="46">
         <v>7.98</v>
       </c>
       <c r="D279" s="46">
-        <v>32.65</v>
+        <v>35.869999999999997</v>
       </c>
       <c r="E279" s="46">
-        <v>3.67</v>
+        <v>3.74</v>
       </c>
       <c r="F279" s="46">
-        <v>2.76</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="G279" s="46">
         <v>0</v>
       </c>
       <c r="H279" s="46">
         <v>0</v>
       </c>
       <c r="I279" s="46">
-        <v>0.68</v>
+        <v>0.31</v>
       </c>
       <c r="J279" s="46">
         <v>0</v>
       </c>
       <c r="K279" s="46">
         <v>0</v>
       </c>
       <c r="L279" s="46">
         <v>0</v>
       </c>
       <c r="M279" s="46">
         <v>0</v>
       </c>
       <c r="N279" s="46">
         <v>0</v>
       </c>
       <c r="O279" s="46">
         <v>7.2</v>
       </c>
       <c r="P279" s="46">
         <v>0</v>
       </c>
       <c r="Q279" s="46">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="R279" s="46">
-        <v>1.4</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="S279" s="31">
         <f t="shared" si="13"/>
-        <v>56.41</v>
+        <v>56.410000000000004</v>
       </c>
       <c r="T279" s="40">
         <f t="shared" si="12"/>
-        <v>84.630384683566746</v>
+        <v>85.162205282751273</v>
       </c>
     </row>
     <row r="280" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A280" t="s">
         <v>554</v>
       </c>
       <c r="B280" t="s">
         <v>555</v>
       </c>
       <c r="C280" s="46">
-        <v>16.48</v>
+        <v>16.46</v>
       </c>
       <c r="D280" s="46">
-        <v>45.26</v>
+        <v>45.19</v>
       </c>
       <c r="E280" s="46">
-        <v>4</v>
+        <v>1.18</v>
       </c>
       <c r="F280" s="46">
-        <v>0.35</v>
+        <v>0.42</v>
       </c>
       <c r="G280" s="46">
         <v>0</v>
       </c>
       <c r="H280" s="46">
-        <v>1.23</v>
+        <v>0</v>
       </c>
       <c r="I280" s="46">
         <v>3.68</v>
       </c>
       <c r="J280" s="46">
-        <v>1.78</v>
+        <v>3.02</v>
       </c>
       <c r="K280" s="46">
         <v>0</v>
       </c>
       <c r="L280" s="46">
         <v>0</v>
       </c>
       <c r="M280" s="46">
         <v>0</v>
       </c>
       <c r="N280" s="46">
         <v>0</v>
       </c>
       <c r="O280" s="46">
         <v>1.44</v>
       </c>
       <c r="P280" s="46">
         <v>4.8099999999999996</v>
       </c>
       <c r="Q280" s="46">
-        <v>0.42</v>
+        <v>0.19</v>
       </c>
       <c r="R280" s="46">
-        <v>2.2000000000000002</v>
+        <v>0.15</v>
       </c>
       <c r="S280" s="31">
         <f t="shared" si="13"/>
-        <v>81.650000000000006</v>
+        <v>76.540000000000006</v>
       </c>
       <c r="T280" s="40">
         <f t="shared" si="12"/>
-        <v>85.450091855480707</v>
+        <v>87.444473477920042</v>
       </c>
     </row>
     <row r="281" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A281" t="s">
         <v>556</v>
       </c>
       <c r="B281" t="s">
         <v>557</v>
       </c>
       <c r="C281" s="46">
         <v>1.74</v>
       </c>
       <c r="D281" s="46">
-        <v>14.74</v>
+        <v>15.22</v>
       </c>
       <c r="E281" s="46">
-        <v>0.62</v>
+        <v>0.41</v>
       </c>
       <c r="F281" s="46">
-        <v>0.95</v>
+        <v>0.67</v>
       </c>
       <c r="G281" s="46">
         <v>0</v>
       </c>
       <c r="H281" s="46">
         <v>0</v>
       </c>
       <c r="I281" s="46">
         <v>0</v>
       </c>
       <c r="J281" s="46">
         <v>0</v>
       </c>
       <c r="K281" s="46">
         <v>0</v>
       </c>
       <c r="L281" s="46">
         <v>0</v>
       </c>
       <c r="M281" s="46">
         <v>0</v>
       </c>
       <c r="N281" s="46">
         <v>0</v>
       </c>
       <c r="O281" s="46">
         <v>0.04</v>
       </c>
       <c r="P281" s="46">
         <v>0</v>
       </c>
       <c r="Q281" s="46">
         <v>0</v>
       </c>
       <c r="R281" s="46">
         <v>0</v>
       </c>
       <c r="S281" s="31">
         <f t="shared" si="13"/>
-        <v>18.09</v>
+        <v>18.080000000000002</v>
       </c>
       <c r="T281" s="40">
         <f t="shared" si="12"/>
-        <v>99.778883360972912</v>
+        <v>99.778761061946909</v>
       </c>
     </row>
     <row r="282" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A282" t="s">
         <v>558</v>
       </c>
       <c r="B282" t="s">
         <v>559</v>
       </c>
       <c r="C282" s="46">
         <v>11.41</v>
       </c>
       <c r="D282" s="46">
-        <v>76.099999999999994</v>
+        <v>76.52</v>
       </c>
       <c r="E282" s="46">
         <v>6.72</v>
       </c>
       <c r="F282" s="46">
-        <v>1.6</v>
+        <v>1.18</v>
       </c>
       <c r="G282" s="46">
         <v>0</v>
       </c>
       <c r="H282" s="46">
         <v>0</v>
       </c>
       <c r="I282" s="46">
         <v>0.41</v>
       </c>
       <c r="J282" s="46">
         <v>0.38</v>
       </c>
       <c r="K282" s="46">
         <v>0</v>
       </c>
       <c r="L282" s="46">
         <v>0</v>
       </c>
       <c r="M282" s="46">
         <v>0</v>
       </c>
       <c r="N282" s="46">
         <v>0.52</v>
       </c>
       <c r="O282" s="46">
         <v>1.0900000000000001</v>
       </c>
       <c r="P282" s="46">
         <v>0.02</v>
       </c>
       <c r="Q282" s="46">
         <v>2.48</v>
       </c>
       <c r="R282" s="46">
         <v>0.91</v>
       </c>
       <c r="S282" s="31">
         <f t="shared" si="13"/>
-        <v>101.63999999999997</v>
+        <v>101.63999999999999</v>
       </c>
       <c r="T282" s="40">
         <f t="shared" si="12"/>
         <v>94.68713105076742</v>
       </c>
     </row>
     <row r="283" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A283" t="s">
         <v>560</v>
       </c>
       <c r="B283" t="s">
         <v>561</v>
       </c>
       <c r="C283" s="46">
-        <v>4.45</v>
+        <v>4.54</v>
       </c>
       <c r="D283" s="46">
-        <v>107.33</v>
+        <v>110.89</v>
       </c>
       <c r="E283" s="46">
-        <v>3.64</v>
+        <v>3.52</v>
       </c>
       <c r="F283" s="46">
-        <v>5.72</v>
+        <v>1.56</v>
       </c>
       <c r="G283" s="46">
         <v>0</v>
       </c>
       <c r="H283" s="46">
         <v>0</v>
       </c>
       <c r="I283" s="46">
         <v>1.55</v>
       </c>
       <c r="J283" s="46">
         <v>8.39</v>
       </c>
       <c r="K283" s="46">
         <v>0</v>
       </c>
       <c r="L283" s="46">
         <v>0</v>
       </c>
       <c r="M283" s="46">
         <v>0</v>
       </c>
       <c r="N283" s="46">
         <v>0</v>
       </c>
       <c r="O283" s="46">
         <v>2.69</v>
       </c>
       <c r="P283" s="46">
         <v>0</v>
       </c>
       <c r="Q283" s="46">
-        <v>0.37</v>
+        <v>0.71</v>
       </c>
       <c r="R283" s="46">
-        <v>0.5</v>
+        <v>0.79</v>
       </c>
       <c r="S283" s="31">
         <f t="shared" si="13"/>
         <v>134.63999999999999</v>
       </c>
       <c r="T283" s="40">
         <f t="shared" si="12"/>
-        <v>91.124480095068336</v>
+        <v>90.656565656565675</v>
       </c>
     </row>
     <row r="284" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A284" t="s">
         <v>562</v>
       </c>
       <c r="B284" t="s">
         <v>563</v>
       </c>
       <c r="C284" s="46">
-        <v>12.69</v>
+        <v>12.17</v>
       </c>
       <c r="D284" s="46">
-        <v>85.88</v>
+        <v>82.89</v>
       </c>
       <c r="E284" s="46">
-        <v>11.17</v>
+        <v>11.55</v>
       </c>
       <c r="F284" s="46">
-        <v>1.42</v>
+        <v>1.45</v>
       </c>
       <c r="G284" s="46">
         <v>0</v>
       </c>
       <c r="H284" s="46">
         <v>0</v>
       </c>
       <c r="I284" s="46">
-        <v>0</v>
+        <v>7.28</v>
       </c>
       <c r="J284" s="46">
-        <v>5.17</v>
+        <v>4.29</v>
       </c>
       <c r="K284" s="46">
         <v>0.28999999999999998</v>
       </c>
       <c r="L284" s="46">
         <v>0</v>
       </c>
       <c r="M284" s="46">
         <v>0</v>
       </c>
       <c r="N284" s="46">
         <v>0.49</v>
       </c>
       <c r="O284" s="46">
         <v>0</v>
       </c>
       <c r="P284" s="46">
         <v>0</v>
       </c>
       <c r="Q284" s="46">
-        <v>0.48</v>
+        <v>0.44</v>
       </c>
       <c r="R284" s="46">
-        <v>5.89</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="S284" s="31">
         <f t="shared" si="13"/>
-        <v>123.48</v>
+        <v>123.4</v>
       </c>
       <c r="T284" s="40">
         <f t="shared" si="12"/>
-        <v>90.022675736961446</v>
+        <v>93.468395461912479</v>
       </c>
     </row>
     <row r="285" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A285" t="s">
         <v>564</v>
       </c>
       <c r="B285" t="s">
         <v>565</v>
       </c>
       <c r="C285" s="46">
         <v>1.21</v>
       </c>
       <c r="D285" s="46">
         <v>9.26</v>
       </c>
       <c r="E285" s="46">
         <v>0.67</v>
       </c>
       <c r="F285" s="46">
         <v>0</v>
       </c>
       <c r="G285" s="46">
         <v>0</v>
       </c>
       <c r="H285" s="46">
@@ -21907,529 +21903,529 @@
         <v>0</v>
       </c>
       <c r="R286" s="46">
         <v>0</v>
       </c>
       <c r="S286" s="31">
         <f t="shared" si="13"/>
         <v>7.34</v>
       </c>
       <c r="T286" s="40">
         <f t="shared" si="12"/>
         <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A287" t="s">
         <v>568</v>
       </c>
       <c r="B287" t="s">
         <v>569</v>
       </c>
       <c r="C287" s="46">
         <v>11.42</v>
       </c>
       <c r="D287" s="46">
-        <v>103.44</v>
+        <v>100.6</v>
       </c>
       <c r="E287" s="46">
         <v>5.12</v>
       </c>
       <c r="F287" s="46">
         <v>1.84</v>
       </c>
       <c r="G287" s="46">
         <v>0</v>
       </c>
       <c r="H287" s="46">
-        <v>0</v>
+        <v>2.84</v>
       </c>
       <c r="I287" s="46">
         <v>2.2599999999999998</v>
       </c>
       <c r="J287" s="46">
         <v>4.58</v>
       </c>
       <c r="K287" s="46">
         <v>0</v>
       </c>
       <c r="L287" s="46">
         <v>0</v>
       </c>
       <c r="M287" s="46">
         <v>0</v>
       </c>
       <c r="N287" s="46">
         <v>0</v>
       </c>
       <c r="O287" s="46">
         <v>0.67</v>
       </c>
       <c r="P287" s="46">
         <v>0</v>
       </c>
       <c r="Q287" s="46">
         <v>1.1000000000000001</v>
       </c>
       <c r="R287" s="46">
         <v>0.28000000000000003</v>
       </c>
       <c r="S287" s="31">
         <f t="shared" si="13"/>
         <v>130.71</v>
       </c>
       <c r="T287" s="40">
         <f t="shared" si="12"/>
-        <v>94.92770254762452</v>
+        <v>92.754953714329432</v>
       </c>
     </row>
     <row r="288" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A288" t="s">
         <v>570</v>
       </c>
       <c r="B288" t="s">
         <v>571</v>
       </c>
       <c r="C288" s="46">
-        <v>12.53</v>
+        <v>12.54</v>
       </c>
       <c r="D288" s="46">
-        <v>98.35</v>
+        <v>107.5</v>
       </c>
       <c r="E288" s="46">
         <v>1.65</v>
       </c>
       <c r="F288" s="46">
         <v>1.88</v>
       </c>
       <c r="G288" s="46">
         <v>0</v>
       </c>
       <c r="H288" s="46">
-        <v>7.64</v>
+        <v>0</v>
       </c>
       <c r="I288" s="46">
-        <v>5.88</v>
+        <v>7.84</v>
       </c>
       <c r="J288" s="46">
-        <v>5.5</v>
+        <v>0</v>
       </c>
       <c r="K288" s="46">
-        <v>0.13</v>
+        <v>4.32</v>
       </c>
       <c r="L288" s="46">
         <v>0</v>
       </c>
       <c r="M288" s="46">
         <v>0</v>
       </c>
       <c r="N288" s="46">
         <v>0</v>
       </c>
       <c r="O288" s="46">
-        <v>11.09</v>
+        <v>11.13</v>
       </c>
       <c r="P288" s="46">
         <v>0</v>
       </c>
       <c r="Q288" s="46">
         <v>2.4</v>
       </c>
       <c r="R288" s="46">
-        <v>2.2799999999999998</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="S288" s="31">
         <f t="shared" si="13"/>
-        <v>149.33000000000001</v>
+        <v>149.54999999999998</v>
       </c>
       <c r="T288" s="40">
         <f t="shared" si="12"/>
-        <v>80.55313734681576</v>
+        <v>87.87027749916416</v>
       </c>
     </row>
     <row r="289" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A289" t="s">
         <v>572</v>
       </c>
       <c r="B289" t="s">
         <v>573</v>
       </c>
       <c r="C289" s="46">
-        <v>0.91</v>
+        <v>1.06</v>
       </c>
       <c r="D289" s="46">
-        <v>5.88</v>
+        <v>6.04</v>
       </c>
       <c r="E289" s="46">
-        <v>0.4</v>
+        <v>0.24</v>
       </c>
       <c r="F289" s="46">
-        <v>0.25</v>
+        <v>0.11</v>
       </c>
       <c r="G289" s="46">
         <v>0</v>
       </c>
       <c r="H289" s="46">
         <v>0</v>
       </c>
       <c r="I289" s="46">
         <v>0.67</v>
       </c>
       <c r="J289" s="46">
         <v>0</v>
       </c>
       <c r="K289" s="46">
         <v>0</v>
       </c>
       <c r="L289" s="46">
         <v>0</v>
       </c>
       <c r="M289" s="46">
         <v>0</v>
       </c>
       <c r="N289" s="46">
         <v>0</v>
       </c>
       <c r="O289" s="46">
         <v>0.05</v>
       </c>
       <c r="P289" s="46">
         <v>0</v>
       </c>
       <c r="Q289" s="46">
         <v>0.06</v>
       </c>
       <c r="R289" s="46">
         <v>0</v>
       </c>
       <c r="S289" s="31">
         <f t="shared" si="13"/>
-        <v>8.2200000000000024</v>
+        <v>8.2300000000000022</v>
       </c>
       <c r="T289" s="40">
         <f t="shared" si="12"/>
-        <v>98.661800486617992</v>
+        <v>98.663426488456849</v>
       </c>
     </row>
     <row r="290" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A290" t="s">
         <v>574</v>
       </c>
       <c r="B290" t="s">
         <v>575</v>
       </c>
       <c r="C290" s="46">
-        <v>28.1</v>
+        <v>28.93</v>
       </c>
       <c r="D290" s="46">
-        <v>181.7</v>
+        <v>183.53</v>
       </c>
       <c r="E290" s="46">
-        <v>8.15</v>
+        <v>8.33</v>
       </c>
       <c r="F290" s="46">
-        <v>2.2400000000000002</v>
+        <v>1.57</v>
       </c>
       <c r="G290" s="46">
         <v>0</v>
       </c>
       <c r="H290" s="46">
         <v>0</v>
       </c>
       <c r="I290" s="46">
-        <v>0.84</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="J290" s="46">
-        <v>5.64</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="K290" s="46">
         <v>0</v>
       </c>
       <c r="L290" s="46">
         <v>3.08</v>
       </c>
       <c r="M290" s="46">
         <v>0</v>
       </c>
       <c r="N290" s="46">
         <v>0</v>
       </c>
       <c r="O290" s="46">
         <v>0</v>
       </c>
       <c r="P290" s="46">
-        <v>1.24</v>
+        <v>0.48</v>
       </c>
       <c r="Q290" s="46">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="R290" s="46">
-        <v>2.46</v>
+        <v>3.66</v>
       </c>
       <c r="S290" s="31">
         <f t="shared" si="13"/>
-        <v>234.85000000000002</v>
+        <v>236.70000000000002</v>
       </c>
       <c r="T290" s="40">
         <f t="shared" si="12"/>
-        <v>94.115392803917388</v>
+        <v>94.17828474862695</v>
       </c>
     </row>
     <row r="291" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A291" s="42" t="s">
         <v>576</v>
       </c>
       <c r="B291" s="42"/>
       <c r="C291" s="34">
         <f t="shared" ref="C291:S291" si="14">SUM(C6:C290)</f>
-        <v>5701.5099999999984</v>
+        <v>5728.8200000000006</v>
       </c>
       <c r="D291" s="34">
         <f t="shared" si="14"/>
-        <v>31385.370000000017</v>
+        <v>31676.280000000021</v>
       </c>
       <c r="E291" s="34">
         <f t="shared" si="14"/>
-        <v>1827.9999999999998</v>
+        <v>1821.1200000000013</v>
       </c>
       <c r="F291" s="34">
         <f t="shared" si="14"/>
-        <v>1229.6700000000008</v>
+        <v>1064.1500000000001</v>
       </c>
       <c r="G291" s="34">
         <f t="shared" si="14"/>
-        <v>17.14</v>
+        <v>12.430000000000001</v>
       </c>
       <c r="H291" s="34">
         <f t="shared" si="14"/>
-        <v>531.35000000000014</v>
+        <v>520.89</v>
       </c>
       <c r="I291" s="34">
         <f t="shared" si="14"/>
-        <v>1672.2500000000002</v>
+        <v>1659.0400000000004</v>
       </c>
       <c r="J291" s="34">
         <f t="shared" si="14"/>
-        <v>1110.56</v>
+        <v>1314.0099999999995</v>
       </c>
       <c r="K291" s="34">
         <f t="shared" si="14"/>
-        <v>299.20000000000016</v>
+        <v>427.09000000000015</v>
       </c>
       <c r="L291" s="34">
         <f t="shared" si="14"/>
-        <v>351.53999999999991</v>
+        <v>471.24999999999989</v>
       </c>
       <c r="M291" s="34">
         <f t="shared" si="14"/>
-        <v>611.67999999999984</v>
+        <v>359.63000000000011</v>
       </c>
       <c r="N291" s="34">
         <f t="shared" si="14"/>
-        <v>175.43</v>
+        <v>110.69999999999997</v>
       </c>
       <c r="O291" s="34">
         <f t="shared" si="14"/>
-        <v>1066.4700000000003</v>
+        <v>1140.2000000000007</v>
       </c>
       <c r="P291" s="34">
         <f t="shared" si="14"/>
-        <v>135.31000000000003</v>
+        <v>132.19999999999999</v>
       </c>
       <c r="Q291" s="34">
         <f t="shared" si="14"/>
-        <v>776.89000000000033</v>
+        <v>670.43000000000006</v>
       </c>
       <c r="R291" s="34">
         <f t="shared" si="14"/>
-        <v>976.10000000000025</v>
+        <v>803.84000000000026</v>
       </c>
       <c r="S291" s="34">
         <f t="shared" si="14"/>
-        <v>47868.469999999987</v>
+        <v>47912.080000000016</v>
       </c>
       <c r="T291" s="40">
         <f>(C291+D291+E291+F291+G291+I291)/S291*100</f>
-        <v>87.393518113280052</v>
+        <v>87.580919050060047</v>
       </c>
     </row>
     <row r="292" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="293" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A293" s="32" t="s">
         <v>577</v>
       </c>
       <c r="B293" s="39" t="s">
         <v>578</v>
       </c>
       <c r="C293" s="39" t="s">
         <v>24</v>
       </c>
       <c r="S293" s="41"/>
     </row>
     <row r="294" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A294" s="33" t="s">
         <v>579</v>
       </c>
       <c r="B294" s="34">
         <f>SUM(C291:R291)</f>
-        <v>47868.470000000008</v>
+        <v>47912.080000000031</v>
       </c>
       <c r="C294" s="40">
         <f>(B291+C291+D291+E291+F291+H291)/B294*100</f>
-        <v>84.974305633750163</v>
+        <v>85.179478745235016</v>
       </c>
     </row>
     <row r="295" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A295" s="35" t="s">
         <v>580</v>
       </c>
       <c r="B295" s="36">
-        <v>2990</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="296" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A296" s="36" t="s">
         <v>581</v>
       </c>
       <c r="B296" s="34">
         <f>SUM(B294:B295)</f>
-        <v>50858.470000000008</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>51075.080000000031</v>
+      </c>
+    </row>
+    <row r="297" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A297" s="37"/>
       <c r="B297" s="38"/>
       <c r="D297" s="47" t="s">
         <v>604</v>
       </c>
       <c r="E297" s="48"/>
       <c r="F297" s="48"/>
       <c r="G297" s="49"/>
     </row>
     <row r="298" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A298" s="32" t="s">
         <v>582</v>
       </c>
       <c r="B298" s="38"/>
       <c r="D298" s="50"/>
       <c r="E298" s="51"/>
       <c r="F298" s="51"/>
       <c r="G298" s="52"/>
     </row>
     <row r="299" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A299" s="36" t="s">
         <v>583</v>
       </c>
       <c r="B299" s="36">
         <v>13656</v>
       </c>
       <c r="D299" s="50"/>
       <c r="E299" s="51"/>
       <c r="F299" s="51"/>
       <c r="G299" s="52"/>
     </row>
     <row r="300" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A300" s="36" t="s">
         <v>580</v>
       </c>
       <c r="B300" s="36">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="D300" s="53"/>
       <c r="E300" s="54"/>
       <c r="F300" s="54"/>
       <c r="G300" s="55"/>
     </row>
     <row r="301" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A301" s="36" t="s">
         <v>581</v>
       </c>
       <c r="B301" s="34">
         <f>SUM(B299:B300)</f>
-        <v>15877</v>
+        <v>15879</v>
       </c>
     </row>
     <row r="302" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="303" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A303" s="32" t="s">
         <v>584</v>
       </c>
       <c r="B303" s="39">
         <f>B296+B301</f>
-        <v>66735.47</v>
+        <v>66954.080000000031</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D297:G300"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F224FF2093E7CC4EA1A9163A16CA0249" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a221e5a7b17443a94946b347ea291424">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d06ec732-2d80-4b24-87af-80ab85db3e04" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="457a3d13228e2eb68950fef3a1abe03e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F224FF2093E7CC4EA1A9163A16CA0249" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a789ca8c581eb05423e2fee237c21ebe">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d06ec732-2d80-4b24-87af-80ab85db3e04" xmlns:ns3="b34cf048-79eb-4317-b7ba-a1c40732debe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="205e852b3cecdb0d488d70c064d91f8a" ns2:_="" ns3:_="">
     <xsd:import namespace="d06ec732-2d80-4b24-87af-80ab85db3e04"/>
     <xsd:import namespace="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -22579,111 +22575,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d06ec732-2d80-4b24-87af-80ab85db3e04">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b34cf048-79eb-4317-b7ba-a1c40732debe" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C863C053-0D6F-49A3-BA88-B15D58AB427A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87372582-C6A7-42EB-B547-59DFA7FC2805}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCCA1C9A-668A-4C4D-A691-69EBA3C582D8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
     <ds:schemaRef ds:uri="d06ec732-2d80-4b24-87af-80ab85db3e04"/>
-    <ds:schemaRef ds:uri="b34cf048-79eb-4317-b7ba-a1c40732debe"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9534289A-F6B6-433A-8C70-9047F258D216}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Blad1</vt:lpstr>
       <vt:lpstr>Blad2</vt:lpstr>
       <vt:lpstr>Blad3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>