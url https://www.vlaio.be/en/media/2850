--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid-my.sharepoint.com/personal/tom_bruggeman_vlaio_be/Documents/Bureaublad/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-SO_VER/Jolien/Dossierbehandeling/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="29" documentId="8_{21E9C4A4-9B0A-4559-B164-1C801F7F3E2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B8C4BCA0-E2E2-438B-9632-88516ED2D8A0}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="8_{E65A88E8-FA2A-4A55-B355-23B00F90B137}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CD00B9C5-5DE8-4C49-83ED-E52E85E11F6C}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-4785" yWindow="-21720" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="READ THIS FIRST" sheetId="8" r:id="rId1"/>
     <sheet name="Final financial report" sheetId="11" r:id="rId2"/>
     <sheet name="Breakdown of operating costs" sheetId="10" r:id="rId3"/>
     <sheet name="Breakdown of third parties" sheetId="9" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="AfgetopteUrenOpJaarbasis" localSheetId="1">'Final financial report'!$F$17</definedName>
     <definedName name="AfgetopteUrenOpJaarbasis">#REF!</definedName>
     <definedName name="mmJaar1" localSheetId="1">'Final financial report'!$N$22:$N$267</definedName>
     <definedName name="mmJaar1">#REF!</definedName>
     <definedName name="mmJaar2" localSheetId="1">'Final financial report'!$O$22:$O$267</definedName>
     <definedName name="mmJaar2">#REF!</definedName>
     <definedName name="mmJaar3" localSheetId="1">'Final financial report'!$P$22:$P$267</definedName>
     <definedName name="mmJaar3">#REF!</definedName>
     <definedName name="mmJaar4" localSheetId="1">'Final financial report'!$S$22:$S$267</definedName>
     <definedName name="mmJaar4">#REF!</definedName>
     <definedName name="mmJaar5" localSheetId="1">'Final financial report'!$T$22:$T$267</definedName>
     <definedName name="mmJaar5">#REF!</definedName>
     <definedName name="mmJaar6" localSheetId="1">'Final financial report'!$U$22:$U$267</definedName>
     <definedName name="mmJaar6">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
@@ -901,58 +901,58 @@
   <c r="L18" i="11"/>
   <c r="K18" i="11"/>
   <c r="H18" i="11"/>
   <c r="G18" i="11"/>
   <c r="F18" i="11"/>
   <c r="B456" i="11" l="1"/>
   <c r="X278" i="11"/>
   <c r="C294" i="11" s="1"/>
   <c r="D294" i="11" s="1"/>
   <c r="F294" i="11" s="1"/>
   <c r="B425" i="11" s="1"/>
   <c r="V278" i="11"/>
   <c r="C299" i="11" s="1"/>
   <c r="D299" i="11" s="1"/>
   <c r="E299" i="11" s="1"/>
   <c r="G415" i="11"/>
   <c r="B428" i="11" s="1"/>
   <c r="E446" i="11" s="1"/>
   <c r="F446" i="11" s="1"/>
   <c r="W278" i="11"/>
   <c r="B424" i="11" s="1"/>
   <c r="C440" i="11"/>
   <c r="E443" i="11" l="1"/>
   <c r="F443" i="11" s="1"/>
   <c r="B429" i="11"/>
-  <c r="E440" i="11" s="1"/>
   <c r="B422" i="11"/>
   <c r="E441" i="11" s="1"/>
-  <c r="F441" i="11" s="1"/>
   <c r="E442" i="11"/>
-  <c r="F442" i="11" s="1"/>
-[...1 lines deleted...]
-  <c r="F440" i="11"/>
+  <c r="F442" i="11" l="1"/>
+  <c r="E440" i="11"/>
+  <c r="F440" i="11" s="1"/>
+  <c r="F441" i="11"/>
+  <c r="B430" i="11"/>
   <c r="E448" i="11" l="1"/>
   <c r="F448" i="11" s="1"/>
   <c r="B450" i="11"/>
   <c r="B452" i="11" l="1"/>
   <c r="B458" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="114">
   <si>
     <t xml:space="preserve">Warning: This template can only be used for projects that have been submitted after 1st July 2021. Older templates can be found on www.vlaio.be. Navigate to the relevant subsidy instrument and go to the tab "Next steps". </t>
   </si>
   <si>
     <t>Project Details</t>
   </si>
   <si>
     <t>Project name:</t>
   </si>
   <si>
     <t>VLAIO project number (HBC.xxxx.xxxx)</t>
   </si>
   <si>
     <t>Project term (from xx/xx/20xx to xx/xx/20xx)</t>
   </si>
@@ -4844,1726 +4844,1726 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{706DBAF5-D8DE-459E-9DDD-21B7497B1FE6}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="15" max="15" width="16.140625" customWidth="1"/>
+    <col min="15" max="15" width="16.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="237" t="s">
         <v>113</v>
       </c>
       <c r="B1" s="238"/>
       <c r="C1" s="238"/>
       <c r="D1" s="238"/>
       <c r="E1" s="238"/>
       <c r="F1" s="238"/>
       <c r="G1" s="238"/>
       <c r="H1" s="238"/>
       <c r="I1" s="238"/>
       <c r="J1" s="238"/>
       <c r="K1" s="238"/>
       <c r="L1" s="238"/>
       <c r="M1" s="238"/>
       <c r="N1" s="238"/>
       <c r="O1" s="238"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="238"/>
       <c r="B2" s="238"/>
       <c r="C2" s="238"/>
       <c r="D2" s="238"/>
       <c r="E2" s="238"/>
       <c r="F2" s="238"/>
       <c r="G2" s="238"/>
       <c r="H2" s="238"/>
       <c r="I2" s="238"/>
       <c r="J2" s="238"/>
       <c r="K2" s="238"/>
       <c r="L2" s="238"/>
       <c r="M2" s="238"/>
       <c r="N2" s="238"/>
       <c r="O2" s="238"/>
     </row>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A3" s="238"/>
       <c r="B3" s="238"/>
       <c r="C3" s="238"/>
       <c r="D3" s="238"/>
       <c r="E3" s="238"/>
       <c r="F3" s="238"/>
       <c r="G3" s="238"/>
       <c r="H3" s="238"/>
       <c r="I3" s="238"/>
       <c r="J3" s="238"/>
       <c r="K3" s="238"/>
       <c r="L3" s="238"/>
       <c r="M3" s="238"/>
       <c r="N3" s="238"/>
       <c r="O3" s="238"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="238"/>
       <c r="B4" s="238"/>
       <c r="C4" s="238"/>
       <c r="D4" s="238"/>
       <c r="E4" s="238"/>
       <c r="F4" s="238"/>
       <c r="G4" s="238"/>
       <c r="H4" s="238"/>
       <c r="I4" s="238"/>
       <c r="J4" s="238"/>
       <c r="K4" s="238"/>
       <c r="L4" s="238"/>
       <c r="M4" s="238"/>
       <c r="N4" s="238"/>
       <c r="O4" s="238"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A5" s="238"/>
       <c r="B5" s="238"/>
       <c r="C5" s="238"/>
       <c r="D5" s="238"/>
       <c r="E5" s="238"/>
       <c r="F5" s="238"/>
       <c r="G5" s="238"/>
       <c r="H5" s="238"/>
       <c r="I5" s="238"/>
       <c r="J5" s="238"/>
       <c r="K5" s="238"/>
       <c r="L5" s="238"/>
       <c r="M5" s="238"/>
       <c r="N5" s="238"/>
       <c r="O5" s="238"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="238"/>
       <c r="B6" s="238"/>
       <c r="C6" s="238"/>
       <c r="D6" s="238"/>
       <c r="E6" s="238"/>
       <c r="F6" s="238"/>
       <c r="G6" s="238"/>
       <c r="H6" s="238"/>
       <c r="I6" s="238"/>
       <c r="J6" s="238"/>
       <c r="K6" s="238"/>
       <c r="L6" s="238"/>
       <c r="M6" s="238"/>
       <c r="N6" s="238"/>
       <c r="O6" s="238"/>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="238"/>
       <c r="B7" s="238"/>
       <c r="C7" s="238"/>
       <c r="D7" s="238"/>
       <c r="E7" s="238"/>
       <c r="F7" s="238"/>
       <c r="G7" s="238"/>
       <c r="H7" s="238"/>
       <c r="I7" s="238"/>
       <c r="J7" s="238"/>
       <c r="K7" s="238"/>
       <c r="L7" s="238"/>
       <c r="M7" s="238"/>
       <c r="N7" s="238"/>
       <c r="O7" s="238"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="238"/>
       <c r="B8" s="238"/>
       <c r="C8" s="238"/>
       <c r="D8" s="238"/>
       <c r="E8" s="238"/>
       <c r="F8" s="238"/>
       <c r="G8" s="238"/>
       <c r="H8" s="238"/>
       <c r="I8" s="238"/>
       <c r="J8" s="238"/>
       <c r="K8" s="238"/>
       <c r="L8" s="238"/>
       <c r="M8" s="238"/>
       <c r="N8" s="238"/>
       <c r="O8" s="238"/>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="238"/>
       <c r="B9" s="238"/>
       <c r="C9" s="238"/>
       <c r="D9" s="238"/>
       <c r="E9" s="238"/>
       <c r="F9" s="238"/>
       <c r="G9" s="238"/>
       <c r="H9" s="238"/>
       <c r="I9" s="238"/>
       <c r="J9" s="238"/>
       <c r="K9" s="238"/>
       <c r="L9" s="238"/>
       <c r="M9" s="238"/>
       <c r="N9" s="238"/>
       <c r="O9" s="238"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="238"/>
       <c r="B10" s="238"/>
       <c r="C10" s="238"/>
       <c r="D10" s="238"/>
       <c r="E10" s="238"/>
       <c r="F10" s="238"/>
       <c r="G10" s="238"/>
       <c r="H10" s="238"/>
       <c r="I10" s="238"/>
       <c r="J10" s="238"/>
       <c r="K10" s="238"/>
       <c r="L10" s="238"/>
       <c r="M10" s="238"/>
       <c r="N10" s="238"/>
       <c r="O10" s="238"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="238"/>
       <c r="B11" s="238"/>
       <c r="C11" s="238"/>
       <c r="D11" s="238"/>
       <c r="E11" s="238"/>
       <c r="F11" s="238"/>
       <c r="G11" s="238"/>
       <c r="H11" s="238"/>
       <c r="I11" s="238"/>
       <c r="J11" s="238"/>
       <c r="K11" s="238"/>
       <c r="L11" s="238"/>
       <c r="M11" s="238"/>
       <c r="N11" s="238"/>
       <c r="O11" s="238"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="238"/>
       <c r="B12" s="238"/>
       <c r="C12" s="238"/>
       <c r="D12" s="238"/>
       <c r="E12" s="238"/>
       <c r="F12" s="238"/>
       <c r="G12" s="238"/>
       <c r="H12" s="238"/>
       <c r="I12" s="238"/>
       <c r="J12" s="238"/>
       <c r="K12" s="238"/>
       <c r="L12" s="238"/>
       <c r="M12" s="238"/>
       <c r="N12" s="238"/>
       <c r="O12" s="238"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="238"/>
       <c r="B13" s="238"/>
       <c r="C13" s="238"/>
       <c r="D13" s="238"/>
       <c r="E13" s="238"/>
       <c r="F13" s="238"/>
       <c r="G13" s="238"/>
       <c r="H13" s="238"/>
       <c r="I13" s="238"/>
       <c r="J13" s="238"/>
       <c r="K13" s="238"/>
       <c r="L13" s="238"/>
       <c r="M13" s="238"/>
       <c r="N13" s="238"/>
       <c r="O13" s="238"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="238"/>
       <c r="B14" s="238"/>
       <c r="C14" s="238"/>
       <c r="D14" s="238"/>
       <c r="E14" s="238"/>
       <c r="F14" s="238"/>
       <c r="G14" s="238"/>
       <c r="H14" s="238"/>
       <c r="I14" s="238"/>
       <c r="J14" s="238"/>
       <c r="K14" s="238"/>
       <c r="L14" s="238"/>
       <c r="M14" s="238"/>
       <c r="N14" s="238"/>
       <c r="O14" s="238"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="238"/>
       <c r="B15" s="238"/>
       <c r="C15" s="238"/>
       <c r="D15" s="238"/>
       <c r="E15" s="238"/>
       <c r="F15" s="238"/>
       <c r="G15" s="238"/>
       <c r="H15" s="238"/>
       <c r="I15" s="238"/>
       <c r="J15" s="238"/>
       <c r="K15" s="238"/>
       <c r="L15" s="238"/>
       <c r="M15" s="238"/>
       <c r="N15" s="238"/>
       <c r="O15" s="238"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="238"/>
       <c r="B16" s="238"/>
       <c r="C16" s="238"/>
       <c r="D16" s="238"/>
       <c r="E16" s="238"/>
       <c r="F16" s="238"/>
       <c r="G16" s="238"/>
       <c r="H16" s="238"/>
       <c r="I16" s="238"/>
       <c r="J16" s="238"/>
       <c r="K16" s="238"/>
       <c r="L16" s="238"/>
       <c r="M16" s="238"/>
       <c r="N16" s="238"/>
       <c r="O16" s="238"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="238"/>
       <c r="B17" s="238"/>
       <c r="C17" s="238"/>
       <c r="D17" s="238"/>
       <c r="E17" s="238"/>
       <c r="F17" s="238"/>
       <c r="G17" s="238"/>
       <c r="H17" s="238"/>
       <c r="I17" s="238"/>
       <c r="J17" s="238"/>
       <c r="K17" s="238"/>
       <c r="L17" s="238"/>
       <c r="M17" s="238"/>
       <c r="N17" s="238"/>
       <c r="O17" s="238"/>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="238"/>
       <c r="B18" s="238"/>
       <c r="C18" s="238"/>
       <c r="D18" s="238"/>
       <c r="E18" s="238"/>
       <c r="F18" s="238"/>
       <c r="G18" s="238"/>
       <c r="H18" s="238"/>
       <c r="I18" s="238"/>
       <c r="J18" s="238"/>
       <c r="K18" s="238"/>
       <c r="L18" s="238"/>
       <c r="M18" s="238"/>
       <c r="N18" s="238"/>
       <c r="O18" s="238"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="238"/>
       <c r="B19" s="238"/>
       <c r="C19" s="238"/>
       <c r="D19" s="238"/>
       <c r="E19" s="238"/>
       <c r="F19" s="238"/>
       <c r="G19" s="238"/>
       <c r="H19" s="238"/>
       <c r="I19" s="238"/>
       <c r="J19" s="238"/>
       <c r="K19" s="238"/>
       <c r="L19" s="238"/>
       <c r="M19" s="238"/>
       <c r="N19" s="238"/>
       <c r="O19" s="238"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="238"/>
       <c r="B20" s="238"/>
       <c r="C20" s="238"/>
       <c r="D20" s="238"/>
       <c r="E20" s="238"/>
       <c r="F20" s="238"/>
       <c r="G20" s="238"/>
       <c r="H20" s="238"/>
       <c r="I20" s="238"/>
       <c r="J20" s="238"/>
       <c r="K20" s="238"/>
       <c r="L20" s="238"/>
       <c r="M20" s="238"/>
       <c r="N20" s="238"/>
       <c r="O20" s="238"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="238"/>
       <c r="B21" s="238"/>
       <c r="C21" s="238"/>
       <c r="D21" s="238"/>
       <c r="E21" s="238"/>
       <c r="F21" s="238"/>
       <c r="G21" s="238"/>
       <c r="H21" s="238"/>
       <c r="I21" s="238"/>
       <c r="J21" s="238"/>
       <c r="K21" s="238"/>
       <c r="L21" s="238"/>
       <c r="M21" s="238"/>
       <c r="N21" s="238"/>
       <c r="O21" s="238"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="238"/>
       <c r="B22" s="238"/>
       <c r="C22" s="238"/>
       <c r="D22" s="238"/>
       <c r="E22" s="238"/>
       <c r="F22" s="238"/>
       <c r="G22" s="238"/>
       <c r="H22" s="238"/>
       <c r="I22" s="238"/>
       <c r="J22" s="238"/>
       <c r="K22" s="238"/>
       <c r="L22" s="238"/>
       <c r="M22" s="238"/>
       <c r="N22" s="238"/>
       <c r="O22" s="238"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="238"/>
       <c r="B23" s="238"/>
       <c r="C23" s="238"/>
       <c r="D23" s="238"/>
       <c r="E23" s="238"/>
       <c r="F23" s="238"/>
       <c r="G23" s="238"/>
       <c r="H23" s="238"/>
       <c r="I23" s="238"/>
       <c r="J23" s="238"/>
       <c r="K23" s="238"/>
       <c r="L23" s="238"/>
       <c r="M23" s="238"/>
       <c r="N23" s="238"/>
       <c r="O23" s="238"/>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="238"/>
       <c r="B24" s="238"/>
       <c r="C24" s="238"/>
       <c r="D24" s="238"/>
       <c r="E24" s="238"/>
       <c r="F24" s="238"/>
       <c r="G24" s="238"/>
       <c r="H24" s="238"/>
       <c r="I24" s="238"/>
       <c r="J24" s="238"/>
       <c r="K24" s="238"/>
       <c r="L24" s="238"/>
       <c r="M24" s="238"/>
       <c r="N24" s="238"/>
       <c r="O24" s="238"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="238"/>
       <c r="B25" s="238"/>
       <c r="C25" s="238"/>
       <c r="D25" s="238"/>
       <c r="E25" s="238"/>
       <c r="F25" s="238"/>
       <c r="G25" s="238"/>
       <c r="H25" s="238"/>
       <c r="I25" s="238"/>
       <c r="J25" s="238"/>
       <c r="K25" s="238"/>
       <c r="L25" s="238"/>
       <c r="M25" s="238"/>
       <c r="N25" s="238"/>
       <c r="O25" s="238"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="238"/>
       <c r="B26" s="238"/>
       <c r="C26" s="238"/>
       <c r="D26" s="238"/>
       <c r="E26" s="238"/>
       <c r="F26" s="238"/>
       <c r="G26" s="238"/>
       <c r="H26" s="238"/>
       <c r="I26" s="238"/>
       <c r="J26" s="238"/>
       <c r="K26" s="238"/>
       <c r="L26" s="238"/>
       <c r="M26" s="238"/>
       <c r="N26" s="238"/>
       <c r="O26" s="238"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="238"/>
       <c r="B27" s="238"/>
       <c r="C27" s="238"/>
       <c r="D27" s="238"/>
       <c r="E27" s="238"/>
       <c r="F27" s="238"/>
       <c r="G27" s="238"/>
       <c r="H27" s="238"/>
       <c r="I27" s="238"/>
       <c r="J27" s="238"/>
       <c r="K27" s="238"/>
       <c r="L27" s="238"/>
       <c r="M27" s="238"/>
       <c r="N27" s="238"/>
       <c r="O27" s="238"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="238"/>
       <c r="B28" s="238"/>
       <c r="C28" s="238"/>
       <c r="D28" s="238"/>
       <c r="E28" s="238"/>
       <c r="F28" s="238"/>
       <c r="G28" s="238"/>
       <c r="H28" s="238"/>
       <c r="I28" s="238"/>
       <c r="J28" s="238"/>
       <c r="K28" s="238"/>
       <c r="L28" s="238"/>
       <c r="M28" s="238"/>
       <c r="N28" s="238"/>
       <c r="O28" s="238"/>
     </row>
-    <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="238"/>
       <c r="B29" s="238"/>
       <c r="C29" s="238"/>
       <c r="D29" s="238"/>
       <c r="E29" s="238"/>
       <c r="F29" s="238"/>
       <c r="G29" s="238"/>
       <c r="H29" s="238"/>
       <c r="I29" s="238"/>
       <c r="J29" s="238"/>
       <c r="K29" s="238"/>
       <c r="L29" s="238"/>
       <c r="M29" s="238"/>
       <c r="N29" s="238"/>
       <c r="O29" s="238"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="BPba6CnJ07lTLkaxbyHa3j5WXwMl9nVQKrIHpx+MMLK77SdeBrbzu7756/3MqRgvWrSge+4h7BGgZrN/hG+V0g==" saltValue="zxICb7Z+HaZw/JakBb0BwA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:O29"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ABF527-260C-4B48-8127-47D9ADAFA50D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR1115"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A78" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="AA294" sqref="AA294"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="C4" sqref="C4:W4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.88671875" defaultRowHeight="10.8" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="39.140625" style="2" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="25" max="250" width="10.85546875" style="2"/>
+    <col min="1" max="1" width="39.109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="13.109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="12.5546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="15.88671875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="15.44140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="15.44140625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="11.109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.109375" style="3" hidden="1" customWidth="1"/>
+    <col min="11" max="13" width="11.109375" style="2" hidden="1" customWidth="1"/>
+    <col min="14" max="16" width="3.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="3.109375" style="2" customWidth="1"/>
+    <col min="18" max="18" width="3.109375" style="2" hidden="1" customWidth="1"/>
+    <col min="19" max="21" width="3.109375" style="3" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="5.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="21.109375" style="2" customWidth="1"/>
+    <col min="24" max="24" width="2.109375" style="2" hidden="1" customWidth="1"/>
+    <col min="25" max="250" width="10.88671875" style="2"/>
     <col min="251" max="251" width="35" style="2" customWidth="1"/>
-    <col min="252" max="252" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="274" max="274" width="6.42578125" style="2" customWidth="1"/>
+    <col min="252" max="252" width="23.5546875" style="2" customWidth="1"/>
+    <col min="253" max="253" width="15.5546875" style="2" customWidth="1"/>
+    <col min="254" max="254" width="13.109375" style="2" customWidth="1"/>
+    <col min="255" max="255" width="15.44140625" style="2" customWidth="1"/>
+    <col min="256" max="256" width="13.109375" style="2" customWidth="1"/>
+    <col min="257" max="261" width="10.88671875" style="2" customWidth="1"/>
+    <col min="262" max="266" width="6.109375" style="2" customWidth="1"/>
+    <col min="267" max="267" width="8.44140625" style="2" customWidth="1"/>
+    <col min="268" max="268" width="6.44140625" style="2" customWidth="1"/>
+    <col min="269" max="269" width="6.88671875" style="2" customWidth="1"/>
+    <col min="270" max="270" width="6.44140625" style="2" customWidth="1"/>
+    <col min="271" max="273" width="10.88671875" style="2" customWidth="1"/>
+    <col min="274" max="274" width="6.44140625" style="2" customWidth="1"/>
     <col min="275" max="275" width="16" style="2" customWidth="1"/>
     <col min="276" max="276" width="12" style="2" customWidth="1"/>
-    <col min="277" max="277" width="9.85546875" style="2" customWidth="1"/>
-    <col min="278" max="506" width="10.85546875" style="2"/>
+    <col min="277" max="277" width="9.88671875" style="2" customWidth="1"/>
+    <col min="278" max="506" width="10.88671875" style="2"/>
     <col min="507" max="507" width="35" style="2" customWidth="1"/>
-    <col min="508" max="508" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="530" max="530" width="6.42578125" style="2" customWidth="1"/>
+    <col min="508" max="508" width="23.5546875" style="2" customWidth="1"/>
+    <col min="509" max="509" width="15.5546875" style="2" customWidth="1"/>
+    <col min="510" max="510" width="13.109375" style="2" customWidth="1"/>
+    <col min="511" max="511" width="15.44140625" style="2" customWidth="1"/>
+    <col min="512" max="512" width="13.109375" style="2" customWidth="1"/>
+    <col min="513" max="517" width="10.88671875" style="2" customWidth="1"/>
+    <col min="518" max="522" width="6.109375" style="2" customWidth="1"/>
+    <col min="523" max="523" width="8.44140625" style="2" customWidth="1"/>
+    <col min="524" max="524" width="6.44140625" style="2" customWidth="1"/>
+    <col min="525" max="525" width="6.88671875" style="2" customWidth="1"/>
+    <col min="526" max="526" width="6.44140625" style="2" customWidth="1"/>
+    <col min="527" max="529" width="10.88671875" style="2" customWidth="1"/>
+    <col min="530" max="530" width="6.44140625" style="2" customWidth="1"/>
     <col min="531" max="531" width="16" style="2" customWidth="1"/>
     <col min="532" max="532" width="12" style="2" customWidth="1"/>
-    <col min="533" max="533" width="9.85546875" style="2" customWidth="1"/>
-    <col min="534" max="762" width="10.85546875" style="2"/>
+    <col min="533" max="533" width="9.88671875" style="2" customWidth="1"/>
+    <col min="534" max="762" width="10.88671875" style="2"/>
     <col min="763" max="763" width="35" style="2" customWidth="1"/>
-    <col min="764" max="764" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="786" max="786" width="6.42578125" style="2" customWidth="1"/>
+    <col min="764" max="764" width="23.5546875" style="2" customWidth="1"/>
+    <col min="765" max="765" width="15.5546875" style="2" customWidth="1"/>
+    <col min="766" max="766" width="13.109375" style="2" customWidth="1"/>
+    <col min="767" max="767" width="15.44140625" style="2" customWidth="1"/>
+    <col min="768" max="768" width="13.109375" style="2" customWidth="1"/>
+    <col min="769" max="773" width="10.88671875" style="2" customWidth="1"/>
+    <col min="774" max="778" width="6.109375" style="2" customWidth="1"/>
+    <col min="779" max="779" width="8.44140625" style="2" customWidth="1"/>
+    <col min="780" max="780" width="6.44140625" style="2" customWidth="1"/>
+    <col min="781" max="781" width="6.88671875" style="2" customWidth="1"/>
+    <col min="782" max="782" width="6.44140625" style="2" customWidth="1"/>
+    <col min="783" max="785" width="10.88671875" style="2" customWidth="1"/>
+    <col min="786" max="786" width="6.44140625" style="2" customWidth="1"/>
     <col min="787" max="787" width="16" style="2" customWidth="1"/>
     <col min="788" max="788" width="12" style="2" customWidth="1"/>
-    <col min="789" max="789" width="9.85546875" style="2" customWidth="1"/>
-    <col min="790" max="1018" width="10.85546875" style="2"/>
+    <col min="789" max="789" width="9.88671875" style="2" customWidth="1"/>
+    <col min="790" max="1018" width="10.88671875" style="2"/>
     <col min="1019" max="1019" width="35" style="2" customWidth="1"/>
-    <col min="1020" max="1020" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1042" max="1042" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1020" max="1020" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1021" max="1021" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1022" max="1022" width="13.109375" style="2" customWidth="1"/>
+    <col min="1023" max="1023" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1024" max="1024" width="13.109375" style="2" customWidth="1"/>
+    <col min="1025" max="1029" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1030" max="1034" width="6.109375" style="2" customWidth="1"/>
+    <col min="1035" max="1035" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1036" max="1036" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1037" max="1037" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1038" max="1038" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1039" max="1041" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1042" max="1042" width="6.44140625" style="2" customWidth="1"/>
     <col min="1043" max="1043" width="16" style="2" customWidth="1"/>
     <col min="1044" max="1044" width="12" style="2" customWidth="1"/>
-    <col min="1045" max="1045" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1046" max="1274" width="10.85546875" style="2"/>
+    <col min="1045" max="1045" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1046" max="1274" width="10.88671875" style="2"/>
     <col min="1275" max="1275" width="35" style="2" customWidth="1"/>
-    <col min="1276" max="1276" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1298" max="1298" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1276" max="1276" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1277" max="1277" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1278" max="1278" width="13.109375" style="2" customWidth="1"/>
+    <col min="1279" max="1279" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1280" max="1280" width="13.109375" style="2" customWidth="1"/>
+    <col min="1281" max="1285" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1286" max="1290" width="6.109375" style="2" customWidth="1"/>
+    <col min="1291" max="1291" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1292" max="1292" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1293" max="1293" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1294" max="1294" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1295" max="1297" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1298" max="1298" width="6.44140625" style="2" customWidth="1"/>
     <col min="1299" max="1299" width="16" style="2" customWidth="1"/>
     <col min="1300" max="1300" width="12" style="2" customWidth="1"/>
-    <col min="1301" max="1301" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1302" max="1530" width="10.85546875" style="2"/>
+    <col min="1301" max="1301" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1302" max="1530" width="10.88671875" style="2"/>
     <col min="1531" max="1531" width="35" style="2" customWidth="1"/>
-    <col min="1532" max="1532" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1554" max="1554" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1532" max="1532" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1533" max="1533" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1534" max="1534" width="13.109375" style="2" customWidth="1"/>
+    <col min="1535" max="1535" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1536" max="1536" width="13.109375" style="2" customWidth="1"/>
+    <col min="1537" max="1541" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1542" max="1546" width="6.109375" style="2" customWidth="1"/>
+    <col min="1547" max="1547" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1548" max="1548" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1549" max="1549" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1550" max="1550" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1551" max="1553" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1554" max="1554" width="6.44140625" style="2" customWidth="1"/>
     <col min="1555" max="1555" width="16" style="2" customWidth="1"/>
     <col min="1556" max="1556" width="12" style="2" customWidth="1"/>
-    <col min="1557" max="1557" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1558" max="1786" width="10.85546875" style="2"/>
+    <col min="1557" max="1557" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1558" max="1786" width="10.88671875" style="2"/>
     <col min="1787" max="1787" width="35" style="2" customWidth="1"/>
-    <col min="1788" max="1788" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="1810" max="1810" width="6.42578125" style="2" customWidth="1"/>
+    <col min="1788" max="1788" width="23.5546875" style="2" customWidth="1"/>
+    <col min="1789" max="1789" width="15.5546875" style="2" customWidth="1"/>
+    <col min="1790" max="1790" width="13.109375" style="2" customWidth="1"/>
+    <col min="1791" max="1791" width="15.44140625" style="2" customWidth="1"/>
+    <col min="1792" max="1792" width="13.109375" style="2" customWidth="1"/>
+    <col min="1793" max="1797" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1798" max="1802" width="6.109375" style="2" customWidth="1"/>
+    <col min="1803" max="1803" width="8.44140625" style="2" customWidth="1"/>
+    <col min="1804" max="1804" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1805" max="1805" width="6.88671875" style="2" customWidth="1"/>
+    <col min="1806" max="1806" width="6.44140625" style="2" customWidth="1"/>
+    <col min="1807" max="1809" width="10.88671875" style="2" customWidth="1"/>
+    <col min="1810" max="1810" width="6.44140625" style="2" customWidth="1"/>
     <col min="1811" max="1811" width="16" style="2" customWidth="1"/>
     <col min="1812" max="1812" width="12" style="2" customWidth="1"/>
-    <col min="1813" max="1813" width="9.85546875" style="2" customWidth="1"/>
-    <col min="1814" max="2042" width="10.85546875" style="2"/>
+    <col min="1813" max="1813" width="9.88671875" style="2" customWidth="1"/>
+    <col min="1814" max="2042" width="10.88671875" style="2"/>
     <col min="2043" max="2043" width="35" style="2" customWidth="1"/>
-    <col min="2044" max="2044" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2066" max="2066" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2044" max="2044" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2045" max="2045" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2046" max="2046" width="13.109375" style="2" customWidth="1"/>
+    <col min="2047" max="2047" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2048" max="2048" width="13.109375" style="2" customWidth="1"/>
+    <col min="2049" max="2053" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2054" max="2058" width="6.109375" style="2" customWidth="1"/>
+    <col min="2059" max="2059" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2060" max="2060" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2061" max="2061" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2062" max="2062" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2063" max="2065" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2066" max="2066" width="6.44140625" style="2" customWidth="1"/>
     <col min="2067" max="2067" width="16" style="2" customWidth="1"/>
     <col min="2068" max="2068" width="12" style="2" customWidth="1"/>
-    <col min="2069" max="2069" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2070" max="2298" width="10.85546875" style="2"/>
+    <col min="2069" max="2069" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2070" max="2298" width="10.88671875" style="2"/>
     <col min="2299" max="2299" width="35" style="2" customWidth="1"/>
-    <col min="2300" max="2300" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2322" max="2322" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2300" max="2300" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2301" max="2301" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2302" max="2302" width="13.109375" style="2" customWidth="1"/>
+    <col min="2303" max="2303" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2304" max="2304" width="13.109375" style="2" customWidth="1"/>
+    <col min="2305" max="2309" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2310" max="2314" width="6.109375" style="2" customWidth="1"/>
+    <col min="2315" max="2315" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2316" max="2316" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2317" max="2317" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2318" max="2318" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2319" max="2321" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2322" max="2322" width="6.44140625" style="2" customWidth="1"/>
     <col min="2323" max="2323" width="16" style="2" customWidth="1"/>
     <col min="2324" max="2324" width="12" style="2" customWidth="1"/>
-    <col min="2325" max="2325" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2326" max="2554" width="10.85546875" style="2"/>
+    <col min="2325" max="2325" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2326" max="2554" width="10.88671875" style="2"/>
     <col min="2555" max="2555" width="35" style="2" customWidth="1"/>
-    <col min="2556" max="2556" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2578" max="2578" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2556" max="2556" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2557" max="2557" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2558" max="2558" width="13.109375" style="2" customWidth="1"/>
+    <col min="2559" max="2559" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2560" max="2560" width="13.109375" style="2" customWidth="1"/>
+    <col min="2561" max="2565" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2566" max="2570" width="6.109375" style="2" customWidth="1"/>
+    <col min="2571" max="2571" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2572" max="2572" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2573" max="2573" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2574" max="2574" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2575" max="2577" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2578" max="2578" width="6.44140625" style="2" customWidth="1"/>
     <col min="2579" max="2579" width="16" style="2" customWidth="1"/>
     <col min="2580" max="2580" width="12" style="2" customWidth="1"/>
-    <col min="2581" max="2581" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2582" max="2810" width="10.85546875" style="2"/>
+    <col min="2581" max="2581" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2582" max="2810" width="10.88671875" style="2"/>
     <col min="2811" max="2811" width="35" style="2" customWidth="1"/>
-    <col min="2812" max="2812" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="2834" max="2834" width="6.42578125" style="2" customWidth="1"/>
+    <col min="2812" max="2812" width="23.5546875" style="2" customWidth="1"/>
+    <col min="2813" max="2813" width="15.5546875" style="2" customWidth="1"/>
+    <col min="2814" max="2814" width="13.109375" style="2" customWidth="1"/>
+    <col min="2815" max="2815" width="15.44140625" style="2" customWidth="1"/>
+    <col min="2816" max="2816" width="13.109375" style="2" customWidth="1"/>
+    <col min="2817" max="2821" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2822" max="2826" width="6.109375" style="2" customWidth="1"/>
+    <col min="2827" max="2827" width="8.44140625" style="2" customWidth="1"/>
+    <col min="2828" max="2828" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2829" max="2829" width="6.88671875" style="2" customWidth="1"/>
+    <col min="2830" max="2830" width="6.44140625" style="2" customWidth="1"/>
+    <col min="2831" max="2833" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2834" max="2834" width="6.44140625" style="2" customWidth="1"/>
     <col min="2835" max="2835" width="16" style="2" customWidth="1"/>
     <col min="2836" max="2836" width="12" style="2" customWidth="1"/>
-    <col min="2837" max="2837" width="9.85546875" style="2" customWidth="1"/>
-    <col min="2838" max="3066" width="10.85546875" style="2"/>
+    <col min="2837" max="2837" width="9.88671875" style="2" customWidth="1"/>
+    <col min="2838" max="3066" width="10.88671875" style="2"/>
     <col min="3067" max="3067" width="35" style="2" customWidth="1"/>
-    <col min="3068" max="3068" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3090" max="3090" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3068" max="3068" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3069" max="3069" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3070" max="3070" width="13.109375" style="2" customWidth="1"/>
+    <col min="3071" max="3071" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3072" max="3072" width="13.109375" style="2" customWidth="1"/>
+    <col min="3073" max="3077" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3078" max="3082" width="6.109375" style="2" customWidth="1"/>
+    <col min="3083" max="3083" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3084" max="3084" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3085" max="3085" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3086" max="3086" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3087" max="3089" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3090" max="3090" width="6.44140625" style="2" customWidth="1"/>
     <col min="3091" max="3091" width="16" style="2" customWidth="1"/>
     <col min="3092" max="3092" width="12" style="2" customWidth="1"/>
-    <col min="3093" max="3093" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3094" max="3322" width="10.85546875" style="2"/>
+    <col min="3093" max="3093" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3094" max="3322" width="10.88671875" style="2"/>
     <col min="3323" max="3323" width="35" style="2" customWidth="1"/>
-    <col min="3324" max="3324" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3346" max="3346" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3324" max="3324" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3325" max="3325" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3326" max="3326" width="13.109375" style="2" customWidth="1"/>
+    <col min="3327" max="3327" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3328" max="3328" width="13.109375" style="2" customWidth="1"/>
+    <col min="3329" max="3333" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3334" max="3338" width="6.109375" style="2" customWidth="1"/>
+    <col min="3339" max="3339" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3340" max="3340" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3341" max="3341" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3342" max="3342" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3343" max="3345" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3346" max="3346" width="6.44140625" style="2" customWidth="1"/>
     <col min="3347" max="3347" width="16" style="2" customWidth="1"/>
     <col min="3348" max="3348" width="12" style="2" customWidth="1"/>
-    <col min="3349" max="3349" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3350" max="3578" width="10.85546875" style="2"/>
+    <col min="3349" max="3349" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3350" max="3578" width="10.88671875" style="2"/>
     <col min="3579" max="3579" width="35" style="2" customWidth="1"/>
-    <col min="3580" max="3580" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3602" max="3602" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3580" max="3580" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3581" max="3581" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3582" max="3582" width="13.109375" style="2" customWidth="1"/>
+    <col min="3583" max="3583" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3584" max="3584" width="13.109375" style="2" customWidth="1"/>
+    <col min="3585" max="3589" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3590" max="3594" width="6.109375" style="2" customWidth="1"/>
+    <col min="3595" max="3595" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3596" max="3596" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3597" max="3597" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3598" max="3598" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3599" max="3601" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3602" max="3602" width="6.44140625" style="2" customWidth="1"/>
     <col min="3603" max="3603" width="16" style="2" customWidth="1"/>
     <col min="3604" max="3604" width="12" style="2" customWidth="1"/>
-    <col min="3605" max="3605" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3606" max="3834" width="10.85546875" style="2"/>
+    <col min="3605" max="3605" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3606" max="3834" width="10.88671875" style="2"/>
     <col min="3835" max="3835" width="35" style="2" customWidth="1"/>
-    <col min="3836" max="3836" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="3858" max="3858" width="6.42578125" style="2" customWidth="1"/>
+    <col min="3836" max="3836" width="23.5546875" style="2" customWidth="1"/>
+    <col min="3837" max="3837" width="15.5546875" style="2" customWidth="1"/>
+    <col min="3838" max="3838" width="13.109375" style="2" customWidth="1"/>
+    <col min="3839" max="3839" width="15.44140625" style="2" customWidth="1"/>
+    <col min="3840" max="3840" width="13.109375" style="2" customWidth="1"/>
+    <col min="3841" max="3845" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3846" max="3850" width="6.109375" style="2" customWidth="1"/>
+    <col min="3851" max="3851" width="8.44140625" style="2" customWidth="1"/>
+    <col min="3852" max="3852" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3853" max="3853" width="6.88671875" style="2" customWidth="1"/>
+    <col min="3854" max="3854" width="6.44140625" style="2" customWidth="1"/>
+    <col min="3855" max="3857" width="10.88671875" style="2" customWidth="1"/>
+    <col min="3858" max="3858" width="6.44140625" style="2" customWidth="1"/>
     <col min="3859" max="3859" width="16" style="2" customWidth="1"/>
     <col min="3860" max="3860" width="12" style="2" customWidth="1"/>
-    <col min="3861" max="3861" width="9.85546875" style="2" customWidth="1"/>
-    <col min="3862" max="4090" width="10.85546875" style="2"/>
+    <col min="3861" max="3861" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3862" max="4090" width="10.88671875" style="2"/>
     <col min="4091" max="4091" width="35" style="2" customWidth="1"/>
-    <col min="4092" max="4092" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4114" max="4114" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4092" max="4092" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4093" max="4093" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4094" max="4094" width="13.109375" style="2" customWidth="1"/>
+    <col min="4095" max="4095" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4096" max="4096" width="13.109375" style="2" customWidth="1"/>
+    <col min="4097" max="4101" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4102" max="4106" width="6.109375" style="2" customWidth="1"/>
+    <col min="4107" max="4107" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4108" max="4108" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4109" max="4109" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4110" max="4110" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4111" max="4113" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4114" max="4114" width="6.44140625" style="2" customWidth="1"/>
     <col min="4115" max="4115" width="16" style="2" customWidth="1"/>
     <col min="4116" max="4116" width="12" style="2" customWidth="1"/>
-    <col min="4117" max="4117" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4118" max="4346" width="10.85546875" style="2"/>
+    <col min="4117" max="4117" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4118" max="4346" width="10.88671875" style="2"/>
     <col min="4347" max="4347" width="35" style="2" customWidth="1"/>
-    <col min="4348" max="4348" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4370" max="4370" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4348" max="4348" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4349" max="4349" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4350" max="4350" width="13.109375" style="2" customWidth="1"/>
+    <col min="4351" max="4351" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4352" max="4352" width="13.109375" style="2" customWidth="1"/>
+    <col min="4353" max="4357" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4358" max="4362" width="6.109375" style="2" customWidth="1"/>
+    <col min="4363" max="4363" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4364" max="4364" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4365" max="4365" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4366" max="4366" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4367" max="4369" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4370" max="4370" width="6.44140625" style="2" customWidth="1"/>
     <col min="4371" max="4371" width="16" style="2" customWidth="1"/>
     <col min="4372" max="4372" width="12" style="2" customWidth="1"/>
-    <col min="4373" max="4373" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4374" max="4602" width="10.85546875" style="2"/>
+    <col min="4373" max="4373" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4374" max="4602" width="10.88671875" style="2"/>
     <col min="4603" max="4603" width="35" style="2" customWidth="1"/>
-    <col min="4604" max="4604" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4626" max="4626" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4604" max="4604" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4605" max="4605" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4606" max="4606" width="13.109375" style="2" customWidth="1"/>
+    <col min="4607" max="4607" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4608" max="4608" width="13.109375" style="2" customWidth="1"/>
+    <col min="4609" max="4613" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4614" max="4618" width="6.109375" style="2" customWidth="1"/>
+    <col min="4619" max="4619" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4620" max="4620" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4621" max="4621" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4622" max="4622" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4623" max="4625" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4626" max="4626" width="6.44140625" style="2" customWidth="1"/>
     <col min="4627" max="4627" width="16" style="2" customWidth="1"/>
     <col min="4628" max="4628" width="12" style="2" customWidth="1"/>
-    <col min="4629" max="4629" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4630" max="4858" width="10.85546875" style="2"/>
+    <col min="4629" max="4629" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4630" max="4858" width="10.88671875" style="2"/>
     <col min="4859" max="4859" width="35" style="2" customWidth="1"/>
-    <col min="4860" max="4860" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="4882" max="4882" width="6.42578125" style="2" customWidth="1"/>
+    <col min="4860" max="4860" width="23.5546875" style="2" customWidth="1"/>
+    <col min="4861" max="4861" width="15.5546875" style="2" customWidth="1"/>
+    <col min="4862" max="4862" width="13.109375" style="2" customWidth="1"/>
+    <col min="4863" max="4863" width="15.44140625" style="2" customWidth="1"/>
+    <col min="4864" max="4864" width="13.109375" style="2" customWidth="1"/>
+    <col min="4865" max="4869" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4870" max="4874" width="6.109375" style="2" customWidth="1"/>
+    <col min="4875" max="4875" width="8.44140625" style="2" customWidth="1"/>
+    <col min="4876" max="4876" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4877" max="4877" width="6.88671875" style="2" customWidth="1"/>
+    <col min="4878" max="4878" width="6.44140625" style="2" customWidth="1"/>
+    <col min="4879" max="4881" width="10.88671875" style="2" customWidth="1"/>
+    <col min="4882" max="4882" width="6.44140625" style="2" customWidth="1"/>
     <col min="4883" max="4883" width="16" style="2" customWidth="1"/>
     <col min="4884" max="4884" width="12" style="2" customWidth="1"/>
-    <col min="4885" max="4885" width="9.85546875" style="2" customWidth="1"/>
-    <col min="4886" max="5114" width="10.85546875" style="2"/>
+    <col min="4885" max="4885" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4886" max="5114" width="10.88671875" style="2"/>
     <col min="5115" max="5115" width="35" style="2" customWidth="1"/>
-    <col min="5116" max="5116" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5138" max="5138" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5116" max="5116" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5117" max="5117" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5118" max="5118" width="13.109375" style="2" customWidth="1"/>
+    <col min="5119" max="5119" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5120" max="5120" width="13.109375" style="2" customWidth="1"/>
+    <col min="5121" max="5125" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5126" max="5130" width="6.109375" style="2" customWidth="1"/>
+    <col min="5131" max="5131" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5132" max="5132" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5133" max="5133" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5134" max="5134" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5135" max="5137" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5138" max="5138" width="6.44140625" style="2" customWidth="1"/>
     <col min="5139" max="5139" width="16" style="2" customWidth="1"/>
     <col min="5140" max="5140" width="12" style="2" customWidth="1"/>
-    <col min="5141" max="5141" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5142" max="5370" width="10.85546875" style="2"/>
+    <col min="5141" max="5141" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5142" max="5370" width="10.88671875" style="2"/>
     <col min="5371" max="5371" width="35" style="2" customWidth="1"/>
-    <col min="5372" max="5372" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5394" max="5394" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5372" max="5372" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5373" max="5373" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5374" max="5374" width="13.109375" style="2" customWidth="1"/>
+    <col min="5375" max="5375" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5376" max="5376" width="13.109375" style="2" customWidth="1"/>
+    <col min="5377" max="5381" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5382" max="5386" width="6.109375" style="2" customWidth="1"/>
+    <col min="5387" max="5387" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5388" max="5388" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5389" max="5389" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5390" max="5390" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5391" max="5393" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5394" max="5394" width="6.44140625" style="2" customWidth="1"/>
     <col min="5395" max="5395" width="16" style="2" customWidth="1"/>
     <col min="5396" max="5396" width="12" style="2" customWidth="1"/>
-    <col min="5397" max="5397" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5398" max="5626" width="10.85546875" style="2"/>
+    <col min="5397" max="5397" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5398" max="5626" width="10.88671875" style="2"/>
     <col min="5627" max="5627" width="35" style="2" customWidth="1"/>
-    <col min="5628" max="5628" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5650" max="5650" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5628" max="5628" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5629" max="5629" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5630" max="5630" width="13.109375" style="2" customWidth="1"/>
+    <col min="5631" max="5631" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5632" max="5632" width="13.109375" style="2" customWidth="1"/>
+    <col min="5633" max="5637" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5638" max="5642" width="6.109375" style="2" customWidth="1"/>
+    <col min="5643" max="5643" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5644" max="5644" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5645" max="5645" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5646" max="5646" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5647" max="5649" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5650" max="5650" width="6.44140625" style="2" customWidth="1"/>
     <col min="5651" max="5651" width="16" style="2" customWidth="1"/>
     <col min="5652" max="5652" width="12" style="2" customWidth="1"/>
-    <col min="5653" max="5653" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5654" max="5882" width="10.85546875" style="2"/>
+    <col min="5653" max="5653" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5654" max="5882" width="10.88671875" style="2"/>
     <col min="5883" max="5883" width="35" style="2" customWidth="1"/>
-    <col min="5884" max="5884" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="5906" max="5906" width="6.42578125" style="2" customWidth="1"/>
+    <col min="5884" max="5884" width="23.5546875" style="2" customWidth="1"/>
+    <col min="5885" max="5885" width="15.5546875" style="2" customWidth="1"/>
+    <col min="5886" max="5886" width="13.109375" style="2" customWidth="1"/>
+    <col min="5887" max="5887" width="15.44140625" style="2" customWidth="1"/>
+    <col min="5888" max="5888" width="13.109375" style="2" customWidth="1"/>
+    <col min="5889" max="5893" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5894" max="5898" width="6.109375" style="2" customWidth="1"/>
+    <col min="5899" max="5899" width="8.44140625" style="2" customWidth="1"/>
+    <col min="5900" max="5900" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5901" max="5901" width="6.88671875" style="2" customWidth="1"/>
+    <col min="5902" max="5902" width="6.44140625" style="2" customWidth="1"/>
+    <col min="5903" max="5905" width="10.88671875" style="2" customWidth="1"/>
+    <col min="5906" max="5906" width="6.44140625" style="2" customWidth="1"/>
     <col min="5907" max="5907" width="16" style="2" customWidth="1"/>
     <col min="5908" max="5908" width="12" style="2" customWidth="1"/>
-    <col min="5909" max="5909" width="9.85546875" style="2" customWidth="1"/>
-    <col min="5910" max="6138" width="10.85546875" style="2"/>
+    <col min="5909" max="5909" width="9.88671875" style="2" customWidth="1"/>
+    <col min="5910" max="6138" width="10.88671875" style="2"/>
     <col min="6139" max="6139" width="35" style="2" customWidth="1"/>
-    <col min="6140" max="6140" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6162" max="6162" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6140" max="6140" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6141" max="6141" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6142" max="6142" width="13.109375" style="2" customWidth="1"/>
+    <col min="6143" max="6143" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6144" max="6144" width="13.109375" style="2" customWidth="1"/>
+    <col min="6145" max="6149" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6150" max="6154" width="6.109375" style="2" customWidth="1"/>
+    <col min="6155" max="6155" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6156" max="6156" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6157" max="6157" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6158" max="6158" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6159" max="6161" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6162" max="6162" width="6.44140625" style="2" customWidth="1"/>
     <col min="6163" max="6163" width="16" style="2" customWidth="1"/>
     <col min="6164" max="6164" width="12" style="2" customWidth="1"/>
-    <col min="6165" max="6165" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6166" max="6394" width="10.85546875" style="2"/>
+    <col min="6165" max="6165" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6166" max="6394" width="10.88671875" style="2"/>
     <col min="6395" max="6395" width="35" style="2" customWidth="1"/>
-    <col min="6396" max="6396" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6418" max="6418" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6396" max="6396" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6397" max="6397" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6398" max="6398" width="13.109375" style="2" customWidth="1"/>
+    <col min="6399" max="6399" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6400" max="6400" width="13.109375" style="2" customWidth="1"/>
+    <col min="6401" max="6405" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6406" max="6410" width="6.109375" style="2" customWidth="1"/>
+    <col min="6411" max="6411" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6412" max="6412" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6413" max="6413" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6414" max="6414" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6415" max="6417" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6418" max="6418" width="6.44140625" style="2" customWidth="1"/>
     <col min="6419" max="6419" width="16" style="2" customWidth="1"/>
     <col min="6420" max="6420" width="12" style="2" customWidth="1"/>
-    <col min="6421" max="6421" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6422" max="6650" width="10.85546875" style="2"/>
+    <col min="6421" max="6421" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6422" max="6650" width="10.88671875" style="2"/>
     <col min="6651" max="6651" width="35" style="2" customWidth="1"/>
-    <col min="6652" max="6652" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6674" max="6674" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6652" max="6652" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6653" max="6653" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6654" max="6654" width="13.109375" style="2" customWidth="1"/>
+    <col min="6655" max="6655" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6656" max="6656" width="13.109375" style="2" customWidth="1"/>
+    <col min="6657" max="6661" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6662" max="6666" width="6.109375" style="2" customWidth="1"/>
+    <col min="6667" max="6667" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6668" max="6668" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6669" max="6669" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6670" max="6670" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6671" max="6673" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6674" max="6674" width="6.44140625" style="2" customWidth="1"/>
     <col min="6675" max="6675" width="16" style="2" customWidth="1"/>
     <col min="6676" max="6676" width="12" style="2" customWidth="1"/>
-    <col min="6677" max="6677" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6678" max="6906" width="10.85546875" style="2"/>
+    <col min="6677" max="6677" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6678" max="6906" width="10.88671875" style="2"/>
     <col min="6907" max="6907" width="35" style="2" customWidth="1"/>
-    <col min="6908" max="6908" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="6930" max="6930" width="6.42578125" style="2" customWidth="1"/>
+    <col min="6908" max="6908" width="23.5546875" style="2" customWidth="1"/>
+    <col min="6909" max="6909" width="15.5546875" style="2" customWidth="1"/>
+    <col min="6910" max="6910" width="13.109375" style="2" customWidth="1"/>
+    <col min="6911" max="6911" width="15.44140625" style="2" customWidth="1"/>
+    <col min="6912" max="6912" width="13.109375" style="2" customWidth="1"/>
+    <col min="6913" max="6917" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6918" max="6922" width="6.109375" style="2" customWidth="1"/>
+    <col min="6923" max="6923" width="8.44140625" style="2" customWidth="1"/>
+    <col min="6924" max="6924" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6925" max="6925" width="6.88671875" style="2" customWidth="1"/>
+    <col min="6926" max="6926" width="6.44140625" style="2" customWidth="1"/>
+    <col min="6927" max="6929" width="10.88671875" style="2" customWidth="1"/>
+    <col min="6930" max="6930" width="6.44140625" style="2" customWidth="1"/>
     <col min="6931" max="6931" width="16" style="2" customWidth="1"/>
     <col min="6932" max="6932" width="12" style="2" customWidth="1"/>
-    <col min="6933" max="6933" width="9.85546875" style="2" customWidth="1"/>
-    <col min="6934" max="7162" width="10.85546875" style="2"/>
+    <col min="6933" max="6933" width="9.88671875" style="2" customWidth="1"/>
+    <col min="6934" max="7162" width="10.88671875" style="2"/>
     <col min="7163" max="7163" width="35" style="2" customWidth="1"/>
-    <col min="7164" max="7164" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7186" max="7186" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7164" max="7164" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7165" max="7165" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7166" max="7166" width="13.109375" style="2" customWidth="1"/>
+    <col min="7167" max="7167" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7168" max="7168" width="13.109375" style="2" customWidth="1"/>
+    <col min="7169" max="7173" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7174" max="7178" width="6.109375" style="2" customWidth="1"/>
+    <col min="7179" max="7179" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7180" max="7180" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7181" max="7181" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7182" max="7182" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7183" max="7185" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7186" max="7186" width="6.44140625" style="2" customWidth="1"/>
     <col min="7187" max="7187" width="16" style="2" customWidth="1"/>
     <col min="7188" max="7188" width="12" style="2" customWidth="1"/>
-    <col min="7189" max="7189" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7190" max="7418" width="10.85546875" style="2"/>
+    <col min="7189" max="7189" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7190" max="7418" width="10.88671875" style="2"/>
     <col min="7419" max="7419" width="35" style="2" customWidth="1"/>
-    <col min="7420" max="7420" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7442" max="7442" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7420" max="7420" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7421" max="7421" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7422" max="7422" width="13.109375" style="2" customWidth="1"/>
+    <col min="7423" max="7423" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7424" max="7424" width="13.109375" style="2" customWidth="1"/>
+    <col min="7425" max="7429" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7430" max="7434" width="6.109375" style="2" customWidth="1"/>
+    <col min="7435" max="7435" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7436" max="7436" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7437" max="7437" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7438" max="7438" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7439" max="7441" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7442" max="7442" width="6.44140625" style="2" customWidth="1"/>
     <col min="7443" max="7443" width="16" style="2" customWidth="1"/>
     <col min="7444" max="7444" width="12" style="2" customWidth="1"/>
-    <col min="7445" max="7445" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7446" max="7674" width="10.85546875" style="2"/>
+    <col min="7445" max="7445" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7446" max="7674" width="10.88671875" style="2"/>
     <col min="7675" max="7675" width="35" style="2" customWidth="1"/>
-    <col min="7676" max="7676" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7698" max="7698" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7676" max="7676" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7677" max="7677" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7678" max="7678" width="13.109375" style="2" customWidth="1"/>
+    <col min="7679" max="7679" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7680" max="7680" width="13.109375" style="2" customWidth="1"/>
+    <col min="7681" max="7685" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7686" max="7690" width="6.109375" style="2" customWidth="1"/>
+    <col min="7691" max="7691" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7692" max="7692" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7693" max="7693" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7694" max="7694" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7695" max="7697" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7698" max="7698" width="6.44140625" style="2" customWidth="1"/>
     <col min="7699" max="7699" width="16" style="2" customWidth="1"/>
     <col min="7700" max="7700" width="12" style="2" customWidth="1"/>
-    <col min="7701" max="7701" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7702" max="7930" width="10.85546875" style="2"/>
+    <col min="7701" max="7701" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7702" max="7930" width="10.88671875" style="2"/>
     <col min="7931" max="7931" width="35" style="2" customWidth="1"/>
-    <col min="7932" max="7932" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="7954" max="7954" width="6.42578125" style="2" customWidth="1"/>
+    <col min="7932" max="7932" width="23.5546875" style="2" customWidth="1"/>
+    <col min="7933" max="7933" width="15.5546875" style="2" customWidth="1"/>
+    <col min="7934" max="7934" width="13.109375" style="2" customWidth="1"/>
+    <col min="7935" max="7935" width="15.44140625" style="2" customWidth="1"/>
+    <col min="7936" max="7936" width="13.109375" style="2" customWidth="1"/>
+    <col min="7937" max="7941" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7942" max="7946" width="6.109375" style="2" customWidth="1"/>
+    <col min="7947" max="7947" width="8.44140625" style="2" customWidth="1"/>
+    <col min="7948" max="7948" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7949" max="7949" width="6.88671875" style="2" customWidth="1"/>
+    <col min="7950" max="7950" width="6.44140625" style="2" customWidth="1"/>
+    <col min="7951" max="7953" width="10.88671875" style="2" customWidth="1"/>
+    <col min="7954" max="7954" width="6.44140625" style="2" customWidth="1"/>
     <col min="7955" max="7955" width="16" style="2" customWidth="1"/>
     <col min="7956" max="7956" width="12" style="2" customWidth="1"/>
-    <col min="7957" max="7957" width="9.85546875" style="2" customWidth="1"/>
-    <col min="7958" max="8186" width="10.85546875" style="2"/>
+    <col min="7957" max="7957" width="9.88671875" style="2" customWidth="1"/>
+    <col min="7958" max="8186" width="10.88671875" style="2"/>
     <col min="8187" max="8187" width="35" style="2" customWidth="1"/>
-    <col min="8188" max="8188" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8210" max="8210" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8188" max="8188" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8189" max="8189" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8190" max="8190" width="13.109375" style="2" customWidth="1"/>
+    <col min="8191" max="8191" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8192" max="8192" width="13.109375" style="2" customWidth="1"/>
+    <col min="8193" max="8197" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8198" max="8202" width="6.109375" style="2" customWidth="1"/>
+    <col min="8203" max="8203" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8204" max="8204" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8205" max="8205" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8206" max="8206" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8207" max="8209" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8210" max="8210" width="6.44140625" style="2" customWidth="1"/>
     <col min="8211" max="8211" width="16" style="2" customWidth="1"/>
     <col min="8212" max="8212" width="12" style="2" customWidth="1"/>
-    <col min="8213" max="8213" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8214" max="8442" width="10.85546875" style="2"/>
+    <col min="8213" max="8213" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8214" max="8442" width="10.88671875" style="2"/>
     <col min="8443" max="8443" width="35" style="2" customWidth="1"/>
-    <col min="8444" max="8444" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8466" max="8466" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8444" max="8444" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8445" max="8445" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8446" max="8446" width="13.109375" style="2" customWidth="1"/>
+    <col min="8447" max="8447" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8448" max="8448" width="13.109375" style="2" customWidth="1"/>
+    <col min="8449" max="8453" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8454" max="8458" width="6.109375" style="2" customWidth="1"/>
+    <col min="8459" max="8459" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8460" max="8460" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8461" max="8461" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8462" max="8462" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8463" max="8465" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8466" max="8466" width="6.44140625" style="2" customWidth="1"/>
     <col min="8467" max="8467" width="16" style="2" customWidth="1"/>
     <col min="8468" max="8468" width="12" style="2" customWidth="1"/>
-    <col min="8469" max="8469" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8470" max="8698" width="10.85546875" style="2"/>
+    <col min="8469" max="8469" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8470" max="8698" width="10.88671875" style="2"/>
     <col min="8699" max="8699" width="35" style="2" customWidth="1"/>
-    <col min="8700" max="8700" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8722" max="8722" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8700" max="8700" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8701" max="8701" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8702" max="8702" width="13.109375" style="2" customWidth="1"/>
+    <col min="8703" max="8703" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8704" max="8704" width="13.109375" style="2" customWidth="1"/>
+    <col min="8705" max="8709" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8710" max="8714" width="6.109375" style="2" customWidth="1"/>
+    <col min="8715" max="8715" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8716" max="8716" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8717" max="8717" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8718" max="8718" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8719" max="8721" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8722" max="8722" width="6.44140625" style="2" customWidth="1"/>
     <col min="8723" max="8723" width="16" style="2" customWidth="1"/>
     <col min="8724" max="8724" width="12" style="2" customWidth="1"/>
-    <col min="8725" max="8725" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8726" max="8954" width="10.85546875" style="2"/>
+    <col min="8725" max="8725" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8726" max="8954" width="10.88671875" style="2"/>
     <col min="8955" max="8955" width="35" style="2" customWidth="1"/>
-    <col min="8956" max="8956" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="8978" max="8978" width="6.42578125" style="2" customWidth="1"/>
+    <col min="8956" max="8956" width="23.5546875" style="2" customWidth="1"/>
+    <col min="8957" max="8957" width="15.5546875" style="2" customWidth="1"/>
+    <col min="8958" max="8958" width="13.109375" style="2" customWidth="1"/>
+    <col min="8959" max="8959" width="15.44140625" style="2" customWidth="1"/>
+    <col min="8960" max="8960" width="13.109375" style="2" customWidth="1"/>
+    <col min="8961" max="8965" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8966" max="8970" width="6.109375" style="2" customWidth="1"/>
+    <col min="8971" max="8971" width="8.44140625" style="2" customWidth="1"/>
+    <col min="8972" max="8972" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8973" max="8973" width="6.88671875" style="2" customWidth="1"/>
+    <col min="8974" max="8974" width="6.44140625" style="2" customWidth="1"/>
+    <col min="8975" max="8977" width="10.88671875" style="2" customWidth="1"/>
+    <col min="8978" max="8978" width="6.44140625" style="2" customWidth="1"/>
     <col min="8979" max="8979" width="16" style="2" customWidth="1"/>
     <col min="8980" max="8980" width="12" style="2" customWidth="1"/>
-    <col min="8981" max="8981" width="9.85546875" style="2" customWidth="1"/>
-    <col min="8982" max="9210" width="10.85546875" style="2"/>
+    <col min="8981" max="8981" width="9.88671875" style="2" customWidth="1"/>
+    <col min="8982" max="9210" width="10.88671875" style="2"/>
     <col min="9211" max="9211" width="35" style="2" customWidth="1"/>
-    <col min="9212" max="9212" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9234" max="9234" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9212" max="9212" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9213" max="9213" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9214" max="9214" width="13.109375" style="2" customWidth="1"/>
+    <col min="9215" max="9215" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9216" max="9216" width="13.109375" style="2" customWidth="1"/>
+    <col min="9217" max="9221" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9222" max="9226" width="6.109375" style="2" customWidth="1"/>
+    <col min="9227" max="9227" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9228" max="9228" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9229" max="9229" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9230" max="9230" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9231" max="9233" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9234" max="9234" width="6.44140625" style="2" customWidth="1"/>
     <col min="9235" max="9235" width="16" style="2" customWidth="1"/>
     <col min="9236" max="9236" width="12" style="2" customWidth="1"/>
-    <col min="9237" max="9237" width="9.85546875" style="2" customWidth="1"/>
-    <col min="9238" max="9466" width="10.85546875" style="2"/>
+    <col min="9237" max="9237" width="9.88671875" style="2" customWidth="1"/>
+    <col min="9238" max="9466" width="10.88671875" style="2"/>
     <col min="9467" max="9467" width="35" style="2" customWidth="1"/>
-    <col min="9468" max="9468" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9490" max="9490" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9468" max="9468" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9469" max="9469" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9470" max="9470" width="13.109375" style="2" customWidth="1"/>
+    <col min="9471" max="9471" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9472" max="9472" width="13.109375" style="2" customWidth="1"/>
+    <col min="9473" max="9477" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9478" max="9482" width="6.109375" style="2" customWidth="1"/>
+    <col min="9483" max="9483" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9484" max="9484" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9485" max="9485" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9486" max="9486" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9487" max="9489" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9490" max="9490" width="6.44140625" style="2" customWidth="1"/>
     <col min="9491" max="9491" width="16" style="2" customWidth="1"/>
     <col min="9492" max="9492" width="12" style="2" customWidth="1"/>
-    <col min="9493" max="9493" width="9.85546875" style="2" customWidth="1"/>
-    <col min="9494" max="9722" width="10.85546875" style="2"/>
+    <col min="9493" max="9493" width="9.88671875" style="2" customWidth="1"/>
+    <col min="9494" max="9722" width="10.88671875" style="2"/>
     <col min="9723" max="9723" width="35" style="2" customWidth="1"/>
-    <col min="9724" max="9724" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="9746" max="9746" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9724" max="9724" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9725" max="9725" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9726" max="9726" width="13.109375" style="2" customWidth="1"/>
+    <col min="9727" max="9727" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9728" max="9728" width="13.109375" style="2" customWidth="1"/>
+    <col min="9729" max="9733" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9734" max="9738" width="6.109375" style="2" customWidth="1"/>
+    <col min="9739" max="9739" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9740" max="9740" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9741" max="9741" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9742" max="9742" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9743" max="9745" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9746" max="9746" width="6.44140625" style="2" customWidth="1"/>
     <col min="9747" max="9747" width="16" style="2" customWidth="1"/>
     <col min="9748" max="9748" width="12" style="2" customWidth="1"/>
-    <col min="9749" max="9749" width="9.85546875" style="2" customWidth="1"/>
-    <col min="9750" max="9978" width="10.85546875" style="2"/>
+    <col min="9749" max="9749" width="9.88671875" style="2" customWidth="1"/>
+    <col min="9750" max="9978" width="10.88671875" style="2"/>
     <col min="9979" max="9979" width="35" style="2" customWidth="1"/>
-    <col min="9980" max="9980" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10002" max="10002" width="6.42578125" style="2" customWidth="1"/>
+    <col min="9980" max="9980" width="23.5546875" style="2" customWidth="1"/>
+    <col min="9981" max="9981" width="15.5546875" style="2" customWidth="1"/>
+    <col min="9982" max="9982" width="13.109375" style="2" customWidth="1"/>
+    <col min="9983" max="9983" width="15.44140625" style="2" customWidth="1"/>
+    <col min="9984" max="9984" width="13.109375" style="2" customWidth="1"/>
+    <col min="9985" max="9989" width="10.88671875" style="2" customWidth="1"/>
+    <col min="9990" max="9994" width="6.109375" style="2" customWidth="1"/>
+    <col min="9995" max="9995" width="8.44140625" style="2" customWidth="1"/>
+    <col min="9996" max="9996" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9997" max="9997" width="6.88671875" style="2" customWidth="1"/>
+    <col min="9998" max="9998" width="6.44140625" style="2" customWidth="1"/>
+    <col min="9999" max="10001" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10002" max="10002" width="6.44140625" style="2" customWidth="1"/>
     <col min="10003" max="10003" width="16" style="2" customWidth="1"/>
     <col min="10004" max="10004" width="12" style="2" customWidth="1"/>
-    <col min="10005" max="10005" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10006" max="10234" width="10.85546875" style="2"/>
+    <col min="10005" max="10005" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10006" max="10234" width="10.88671875" style="2"/>
     <col min="10235" max="10235" width="35" style="2" customWidth="1"/>
-    <col min="10236" max="10236" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10258" max="10258" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10236" max="10236" width="23.5546875" style="2" customWidth="1"/>
+    <col min="10237" max="10237" width="15.5546875" style="2" customWidth="1"/>
+    <col min="10238" max="10238" width="13.109375" style="2" customWidth="1"/>
+    <col min="10239" max="10239" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10240" max="10240" width="13.109375" style="2" customWidth="1"/>
+    <col min="10241" max="10245" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10246" max="10250" width="6.109375" style="2" customWidth="1"/>
+    <col min="10251" max="10251" width="8.44140625" style="2" customWidth="1"/>
+    <col min="10252" max="10252" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10253" max="10253" width="6.88671875" style="2" customWidth="1"/>
+    <col min="10254" max="10254" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10255" max="10257" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10258" max="10258" width="6.44140625" style="2" customWidth="1"/>
     <col min="10259" max="10259" width="16" style="2" customWidth="1"/>
     <col min="10260" max="10260" width="12" style="2" customWidth="1"/>
-    <col min="10261" max="10261" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10262" max="10490" width="10.85546875" style="2"/>
+    <col min="10261" max="10261" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10262" max="10490" width="10.88671875" style="2"/>
     <col min="10491" max="10491" width="35" style="2" customWidth="1"/>
-    <col min="10492" max="10492" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10514" max="10514" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10492" max="10492" width="23.5546875" style="2" customWidth="1"/>
+    <col min="10493" max="10493" width="15.5546875" style="2" customWidth="1"/>
+    <col min="10494" max="10494" width="13.109375" style="2" customWidth="1"/>
+    <col min="10495" max="10495" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10496" max="10496" width="13.109375" style="2" customWidth="1"/>
+    <col min="10497" max="10501" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10502" max="10506" width="6.109375" style="2" customWidth="1"/>
+    <col min="10507" max="10507" width="8.44140625" style="2" customWidth="1"/>
+    <col min="10508" max="10508" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10509" max="10509" width="6.88671875" style="2" customWidth="1"/>
+    <col min="10510" max="10510" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10511" max="10513" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10514" max="10514" width="6.44140625" style="2" customWidth="1"/>
     <col min="10515" max="10515" width="16" style="2" customWidth="1"/>
     <col min="10516" max="10516" width="12" style="2" customWidth="1"/>
-    <col min="10517" max="10517" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10518" max="10746" width="10.85546875" style="2"/>
+    <col min="10517" max="10517" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10518" max="10746" width="10.88671875" style="2"/>
     <col min="10747" max="10747" width="35" style="2" customWidth="1"/>
-    <col min="10748" max="10748" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="10770" max="10770" width="6.42578125" style="2" customWidth="1"/>
+    <col min="10748" max="10748" width="23.5546875" style="2" customWidth="1"/>
+    <col min="10749" max="10749" width="15.5546875" style="2" customWidth="1"/>
+    <col min="10750" max="10750" width="13.109375" style="2" customWidth="1"/>
+    <col min="10751" max="10751" width="15.44140625" style="2" customWidth="1"/>
+    <col min="10752" max="10752" width="13.109375" style="2" customWidth="1"/>
+    <col min="10753" max="10757" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10758" max="10762" width="6.109375" style="2" customWidth="1"/>
+    <col min="10763" max="10763" width="8.44140625" style="2" customWidth="1"/>
+    <col min="10764" max="10764" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10765" max="10765" width="6.88671875" style="2" customWidth="1"/>
+    <col min="10766" max="10766" width="6.44140625" style="2" customWidth="1"/>
+    <col min="10767" max="10769" width="10.88671875" style="2" customWidth="1"/>
+    <col min="10770" max="10770" width="6.44140625" style="2" customWidth="1"/>
     <col min="10771" max="10771" width="16" style="2" customWidth="1"/>
     <col min="10772" max="10772" width="12" style="2" customWidth="1"/>
-    <col min="10773" max="10773" width="9.85546875" style="2" customWidth="1"/>
-    <col min="10774" max="11002" width="10.85546875" style="2"/>
+    <col min="10773" max="10773" width="9.88671875" style="2" customWidth="1"/>
+    <col min="10774" max="11002" width="10.88671875" style="2"/>
     <col min="11003" max="11003" width="35" style="2" customWidth="1"/>
-    <col min="11004" max="11004" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11026" max="11026" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11004" max="11004" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11005" max="11005" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11006" max="11006" width="13.109375" style="2" customWidth="1"/>
+    <col min="11007" max="11007" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11008" max="11008" width="13.109375" style="2" customWidth="1"/>
+    <col min="11009" max="11013" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11014" max="11018" width="6.109375" style="2" customWidth="1"/>
+    <col min="11019" max="11019" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11020" max="11020" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11021" max="11021" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11022" max="11022" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11023" max="11025" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11026" max="11026" width="6.44140625" style="2" customWidth="1"/>
     <col min="11027" max="11027" width="16" style="2" customWidth="1"/>
     <col min="11028" max="11028" width="12" style="2" customWidth="1"/>
-    <col min="11029" max="11029" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11030" max="11258" width="10.85546875" style="2"/>
+    <col min="11029" max="11029" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11030" max="11258" width="10.88671875" style="2"/>
     <col min="11259" max="11259" width="35" style="2" customWidth="1"/>
-    <col min="11260" max="11260" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11282" max="11282" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11260" max="11260" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11261" max="11261" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11262" max="11262" width="13.109375" style="2" customWidth="1"/>
+    <col min="11263" max="11263" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11264" max="11264" width="13.109375" style="2" customWidth="1"/>
+    <col min="11265" max="11269" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11270" max="11274" width="6.109375" style="2" customWidth="1"/>
+    <col min="11275" max="11275" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11276" max="11276" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11277" max="11277" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11278" max="11278" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11279" max="11281" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11282" max="11282" width="6.44140625" style="2" customWidth="1"/>
     <col min="11283" max="11283" width="16" style="2" customWidth="1"/>
     <col min="11284" max="11284" width="12" style="2" customWidth="1"/>
-    <col min="11285" max="11285" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11286" max="11514" width="10.85546875" style="2"/>
+    <col min="11285" max="11285" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11286" max="11514" width="10.88671875" style="2"/>
     <col min="11515" max="11515" width="35" style="2" customWidth="1"/>
-    <col min="11516" max="11516" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11538" max="11538" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11516" max="11516" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11517" max="11517" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11518" max="11518" width="13.109375" style="2" customWidth="1"/>
+    <col min="11519" max="11519" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11520" max="11520" width="13.109375" style="2" customWidth="1"/>
+    <col min="11521" max="11525" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11526" max="11530" width="6.109375" style="2" customWidth="1"/>
+    <col min="11531" max="11531" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11532" max="11532" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11533" max="11533" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11534" max="11534" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11535" max="11537" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11538" max="11538" width="6.44140625" style="2" customWidth="1"/>
     <col min="11539" max="11539" width="16" style="2" customWidth="1"/>
     <col min="11540" max="11540" width="12" style="2" customWidth="1"/>
-    <col min="11541" max="11541" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11542" max="11770" width="10.85546875" style="2"/>
+    <col min="11541" max="11541" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11542" max="11770" width="10.88671875" style="2"/>
     <col min="11771" max="11771" width="35" style="2" customWidth="1"/>
-    <col min="11772" max="11772" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="11794" max="11794" width="6.42578125" style="2" customWidth="1"/>
+    <col min="11772" max="11772" width="23.5546875" style="2" customWidth="1"/>
+    <col min="11773" max="11773" width="15.5546875" style="2" customWidth="1"/>
+    <col min="11774" max="11774" width="13.109375" style="2" customWidth="1"/>
+    <col min="11775" max="11775" width="15.44140625" style="2" customWidth="1"/>
+    <col min="11776" max="11776" width="13.109375" style="2" customWidth="1"/>
+    <col min="11777" max="11781" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11782" max="11786" width="6.109375" style="2" customWidth="1"/>
+    <col min="11787" max="11787" width="8.44140625" style="2" customWidth="1"/>
+    <col min="11788" max="11788" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11789" max="11789" width="6.88671875" style="2" customWidth="1"/>
+    <col min="11790" max="11790" width="6.44140625" style="2" customWidth="1"/>
+    <col min="11791" max="11793" width="10.88671875" style="2" customWidth="1"/>
+    <col min="11794" max="11794" width="6.44140625" style="2" customWidth="1"/>
     <col min="11795" max="11795" width="16" style="2" customWidth="1"/>
     <col min="11796" max="11796" width="12" style="2" customWidth="1"/>
-    <col min="11797" max="11797" width="9.85546875" style="2" customWidth="1"/>
-    <col min="11798" max="12026" width="10.85546875" style="2"/>
+    <col min="11797" max="11797" width="9.88671875" style="2" customWidth="1"/>
+    <col min="11798" max="12026" width="10.88671875" style="2"/>
     <col min="12027" max="12027" width="35" style="2" customWidth="1"/>
-    <col min="12028" max="12028" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12050" max="12050" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12028" max="12028" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12029" max="12029" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12030" max="12030" width="13.109375" style="2" customWidth="1"/>
+    <col min="12031" max="12031" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12032" max="12032" width="13.109375" style="2" customWidth="1"/>
+    <col min="12033" max="12037" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12038" max="12042" width="6.109375" style="2" customWidth="1"/>
+    <col min="12043" max="12043" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12044" max="12044" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12045" max="12045" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12046" max="12046" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12047" max="12049" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12050" max="12050" width="6.44140625" style="2" customWidth="1"/>
     <col min="12051" max="12051" width="16" style="2" customWidth="1"/>
     <col min="12052" max="12052" width="12" style="2" customWidth="1"/>
-    <col min="12053" max="12053" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12054" max="12282" width="10.85546875" style="2"/>
+    <col min="12053" max="12053" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12054" max="12282" width="10.88671875" style="2"/>
     <col min="12283" max="12283" width="35" style="2" customWidth="1"/>
-    <col min="12284" max="12284" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12306" max="12306" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12284" max="12284" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12285" max="12285" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12286" max="12286" width="13.109375" style="2" customWidth="1"/>
+    <col min="12287" max="12287" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12288" max="12288" width="13.109375" style="2" customWidth="1"/>
+    <col min="12289" max="12293" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12294" max="12298" width="6.109375" style="2" customWidth="1"/>
+    <col min="12299" max="12299" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12300" max="12300" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12301" max="12301" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12302" max="12302" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12303" max="12305" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12306" max="12306" width="6.44140625" style="2" customWidth="1"/>
     <col min="12307" max="12307" width="16" style="2" customWidth="1"/>
     <col min="12308" max="12308" width="12" style="2" customWidth="1"/>
-    <col min="12309" max="12309" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12310" max="12538" width="10.85546875" style="2"/>
+    <col min="12309" max="12309" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12310" max="12538" width="10.88671875" style="2"/>
     <col min="12539" max="12539" width="35" style="2" customWidth="1"/>
-    <col min="12540" max="12540" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12562" max="12562" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12540" max="12540" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12541" max="12541" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12542" max="12542" width="13.109375" style="2" customWidth="1"/>
+    <col min="12543" max="12543" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12544" max="12544" width="13.109375" style="2" customWidth="1"/>
+    <col min="12545" max="12549" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12550" max="12554" width="6.109375" style="2" customWidth="1"/>
+    <col min="12555" max="12555" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12556" max="12556" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12557" max="12557" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12558" max="12558" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12559" max="12561" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12562" max="12562" width="6.44140625" style="2" customWidth="1"/>
     <col min="12563" max="12563" width="16" style="2" customWidth="1"/>
     <col min="12564" max="12564" width="12" style="2" customWidth="1"/>
-    <col min="12565" max="12565" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12566" max="12794" width="10.85546875" style="2"/>
+    <col min="12565" max="12565" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12566" max="12794" width="10.88671875" style="2"/>
     <col min="12795" max="12795" width="35" style="2" customWidth="1"/>
-    <col min="12796" max="12796" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="12818" max="12818" width="6.42578125" style="2" customWidth="1"/>
+    <col min="12796" max="12796" width="23.5546875" style="2" customWidth="1"/>
+    <col min="12797" max="12797" width="15.5546875" style="2" customWidth="1"/>
+    <col min="12798" max="12798" width="13.109375" style="2" customWidth="1"/>
+    <col min="12799" max="12799" width="15.44140625" style="2" customWidth="1"/>
+    <col min="12800" max="12800" width="13.109375" style="2" customWidth="1"/>
+    <col min="12801" max="12805" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12806" max="12810" width="6.109375" style="2" customWidth="1"/>
+    <col min="12811" max="12811" width="8.44140625" style="2" customWidth="1"/>
+    <col min="12812" max="12812" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12813" max="12813" width="6.88671875" style="2" customWidth="1"/>
+    <col min="12814" max="12814" width="6.44140625" style="2" customWidth="1"/>
+    <col min="12815" max="12817" width="10.88671875" style="2" customWidth="1"/>
+    <col min="12818" max="12818" width="6.44140625" style="2" customWidth="1"/>
     <col min="12819" max="12819" width="16" style="2" customWidth="1"/>
     <col min="12820" max="12820" width="12" style="2" customWidth="1"/>
-    <col min="12821" max="12821" width="9.85546875" style="2" customWidth="1"/>
-    <col min="12822" max="13050" width="10.85546875" style="2"/>
+    <col min="12821" max="12821" width="9.88671875" style="2" customWidth="1"/>
+    <col min="12822" max="13050" width="10.88671875" style="2"/>
     <col min="13051" max="13051" width="35" style="2" customWidth="1"/>
-    <col min="13052" max="13052" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13074" max="13074" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13052" max="13052" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13053" max="13053" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13054" max="13054" width="13.109375" style="2" customWidth="1"/>
+    <col min="13055" max="13055" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13056" max="13056" width="13.109375" style="2" customWidth="1"/>
+    <col min="13057" max="13061" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13062" max="13066" width="6.109375" style="2" customWidth="1"/>
+    <col min="13067" max="13067" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13068" max="13068" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13069" max="13069" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13070" max="13070" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13071" max="13073" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13074" max="13074" width="6.44140625" style="2" customWidth="1"/>
     <col min="13075" max="13075" width="16" style="2" customWidth="1"/>
     <col min="13076" max="13076" width="12" style="2" customWidth="1"/>
-    <col min="13077" max="13077" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13078" max="13306" width="10.85546875" style="2"/>
+    <col min="13077" max="13077" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13078" max="13306" width="10.88671875" style="2"/>
     <col min="13307" max="13307" width="35" style="2" customWidth="1"/>
-    <col min="13308" max="13308" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13330" max="13330" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13308" max="13308" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13309" max="13309" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13310" max="13310" width="13.109375" style="2" customWidth="1"/>
+    <col min="13311" max="13311" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13312" max="13312" width="13.109375" style="2" customWidth="1"/>
+    <col min="13313" max="13317" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13318" max="13322" width="6.109375" style="2" customWidth="1"/>
+    <col min="13323" max="13323" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13324" max="13324" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13325" max="13325" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13326" max="13326" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13327" max="13329" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13330" max="13330" width="6.44140625" style="2" customWidth="1"/>
     <col min="13331" max="13331" width="16" style="2" customWidth="1"/>
     <col min="13332" max="13332" width="12" style="2" customWidth="1"/>
-    <col min="13333" max="13333" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13334" max="13562" width="10.85546875" style="2"/>
+    <col min="13333" max="13333" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13334" max="13562" width="10.88671875" style="2"/>
     <col min="13563" max="13563" width="35" style="2" customWidth="1"/>
-    <col min="13564" max="13564" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13586" max="13586" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13564" max="13564" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13565" max="13565" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13566" max="13566" width="13.109375" style="2" customWidth="1"/>
+    <col min="13567" max="13567" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13568" max="13568" width="13.109375" style="2" customWidth="1"/>
+    <col min="13569" max="13573" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13574" max="13578" width="6.109375" style="2" customWidth="1"/>
+    <col min="13579" max="13579" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13580" max="13580" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13581" max="13581" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13582" max="13582" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13583" max="13585" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13586" max="13586" width="6.44140625" style="2" customWidth="1"/>
     <col min="13587" max="13587" width="16" style="2" customWidth="1"/>
     <col min="13588" max="13588" width="12" style="2" customWidth="1"/>
-    <col min="13589" max="13589" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13590" max="13818" width="10.85546875" style="2"/>
+    <col min="13589" max="13589" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13590" max="13818" width="10.88671875" style="2"/>
     <col min="13819" max="13819" width="35" style="2" customWidth="1"/>
-    <col min="13820" max="13820" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13842" max="13842" width="6.42578125" style="2" customWidth="1"/>
+    <col min="13820" max="13820" width="23.5546875" style="2" customWidth="1"/>
+    <col min="13821" max="13821" width="15.5546875" style="2" customWidth="1"/>
+    <col min="13822" max="13822" width="13.109375" style="2" customWidth="1"/>
+    <col min="13823" max="13823" width="15.44140625" style="2" customWidth="1"/>
+    <col min="13824" max="13824" width="13.109375" style="2" customWidth="1"/>
+    <col min="13825" max="13829" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13830" max="13834" width="6.109375" style="2" customWidth="1"/>
+    <col min="13835" max="13835" width="8.44140625" style="2" customWidth="1"/>
+    <col min="13836" max="13836" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13837" max="13837" width="6.88671875" style="2" customWidth="1"/>
+    <col min="13838" max="13838" width="6.44140625" style="2" customWidth="1"/>
+    <col min="13839" max="13841" width="10.88671875" style="2" customWidth="1"/>
+    <col min="13842" max="13842" width="6.44140625" style="2" customWidth="1"/>
     <col min="13843" max="13843" width="16" style="2" customWidth="1"/>
     <col min="13844" max="13844" width="12" style="2" customWidth="1"/>
-    <col min="13845" max="13845" width="9.85546875" style="2" customWidth="1"/>
-    <col min="13846" max="14074" width="10.85546875" style="2"/>
+    <col min="13845" max="13845" width="9.88671875" style="2" customWidth="1"/>
+    <col min="13846" max="14074" width="10.88671875" style="2"/>
     <col min="14075" max="14075" width="35" style="2" customWidth="1"/>
-    <col min="14076" max="14076" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14098" max="14098" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14076" max="14076" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14077" max="14077" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14078" max="14078" width="13.109375" style="2" customWidth="1"/>
+    <col min="14079" max="14079" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14080" max="14080" width="13.109375" style="2" customWidth="1"/>
+    <col min="14081" max="14085" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14086" max="14090" width="6.109375" style="2" customWidth="1"/>
+    <col min="14091" max="14091" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14092" max="14092" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14093" max="14093" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14094" max="14094" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14095" max="14097" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14098" max="14098" width="6.44140625" style="2" customWidth="1"/>
     <col min="14099" max="14099" width="16" style="2" customWidth="1"/>
     <col min="14100" max="14100" width="12" style="2" customWidth="1"/>
-    <col min="14101" max="14101" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14102" max="14330" width="10.85546875" style="2"/>
+    <col min="14101" max="14101" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14102" max="14330" width="10.88671875" style="2"/>
     <col min="14331" max="14331" width="35" style="2" customWidth="1"/>
-    <col min="14332" max="14332" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14354" max="14354" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14332" max="14332" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14333" max="14333" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14334" max="14334" width="13.109375" style="2" customWidth="1"/>
+    <col min="14335" max="14335" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14336" max="14336" width="13.109375" style="2" customWidth="1"/>
+    <col min="14337" max="14341" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14342" max="14346" width="6.109375" style="2" customWidth="1"/>
+    <col min="14347" max="14347" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14348" max="14348" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14349" max="14349" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14350" max="14350" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14351" max="14353" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14354" max="14354" width="6.44140625" style="2" customWidth="1"/>
     <col min="14355" max="14355" width="16" style="2" customWidth="1"/>
     <col min="14356" max="14356" width="12" style="2" customWidth="1"/>
-    <col min="14357" max="14357" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14358" max="14586" width="10.85546875" style="2"/>
+    <col min="14357" max="14357" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14358" max="14586" width="10.88671875" style="2"/>
     <col min="14587" max="14587" width="35" style="2" customWidth="1"/>
-    <col min="14588" max="14588" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14610" max="14610" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14588" max="14588" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14589" max="14589" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14590" max="14590" width="13.109375" style="2" customWidth="1"/>
+    <col min="14591" max="14591" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14592" max="14592" width="13.109375" style="2" customWidth="1"/>
+    <col min="14593" max="14597" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14598" max="14602" width="6.109375" style="2" customWidth="1"/>
+    <col min="14603" max="14603" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14604" max="14604" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14605" max="14605" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14606" max="14606" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14607" max="14609" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14610" max="14610" width="6.44140625" style="2" customWidth="1"/>
     <col min="14611" max="14611" width="16" style="2" customWidth="1"/>
     <col min="14612" max="14612" width="12" style="2" customWidth="1"/>
-    <col min="14613" max="14613" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14614" max="14842" width="10.85546875" style="2"/>
+    <col min="14613" max="14613" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14614" max="14842" width="10.88671875" style="2"/>
     <col min="14843" max="14843" width="35" style="2" customWidth="1"/>
-    <col min="14844" max="14844" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14866" max="14866" width="6.42578125" style="2" customWidth="1"/>
+    <col min="14844" max="14844" width="23.5546875" style="2" customWidth="1"/>
+    <col min="14845" max="14845" width="15.5546875" style="2" customWidth="1"/>
+    <col min="14846" max="14846" width="13.109375" style="2" customWidth="1"/>
+    <col min="14847" max="14847" width="15.44140625" style="2" customWidth="1"/>
+    <col min="14848" max="14848" width="13.109375" style="2" customWidth="1"/>
+    <col min="14849" max="14853" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14854" max="14858" width="6.109375" style="2" customWidth="1"/>
+    <col min="14859" max="14859" width="8.44140625" style="2" customWidth="1"/>
+    <col min="14860" max="14860" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14861" max="14861" width="6.88671875" style="2" customWidth="1"/>
+    <col min="14862" max="14862" width="6.44140625" style="2" customWidth="1"/>
+    <col min="14863" max="14865" width="10.88671875" style="2" customWidth="1"/>
+    <col min="14866" max="14866" width="6.44140625" style="2" customWidth="1"/>
     <col min="14867" max="14867" width="16" style="2" customWidth="1"/>
     <col min="14868" max="14868" width="12" style="2" customWidth="1"/>
-    <col min="14869" max="14869" width="9.85546875" style="2" customWidth="1"/>
-    <col min="14870" max="15098" width="10.85546875" style="2"/>
+    <col min="14869" max="14869" width="9.88671875" style="2" customWidth="1"/>
+    <col min="14870" max="15098" width="10.88671875" style="2"/>
     <col min="15099" max="15099" width="35" style="2" customWidth="1"/>
-    <col min="15100" max="15100" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15122" max="15122" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15100" max="15100" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15101" max="15101" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15102" max="15102" width="13.109375" style="2" customWidth="1"/>
+    <col min="15103" max="15103" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15104" max="15104" width="13.109375" style="2" customWidth="1"/>
+    <col min="15105" max="15109" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15110" max="15114" width="6.109375" style="2" customWidth="1"/>
+    <col min="15115" max="15115" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15116" max="15116" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15117" max="15117" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15118" max="15118" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15119" max="15121" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15122" max="15122" width="6.44140625" style="2" customWidth="1"/>
     <col min="15123" max="15123" width="16" style="2" customWidth="1"/>
     <col min="15124" max="15124" width="12" style="2" customWidth="1"/>
-    <col min="15125" max="15125" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15126" max="15354" width="10.85546875" style="2"/>
+    <col min="15125" max="15125" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15126" max="15354" width="10.88671875" style="2"/>
     <col min="15355" max="15355" width="35" style="2" customWidth="1"/>
-    <col min="15356" max="15356" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15378" max="15378" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15356" max="15356" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15357" max="15357" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15358" max="15358" width="13.109375" style="2" customWidth="1"/>
+    <col min="15359" max="15359" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15360" max="15360" width="13.109375" style="2" customWidth="1"/>
+    <col min="15361" max="15365" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15366" max="15370" width="6.109375" style="2" customWidth="1"/>
+    <col min="15371" max="15371" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15372" max="15372" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15373" max="15373" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15374" max="15374" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15375" max="15377" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15378" max="15378" width="6.44140625" style="2" customWidth="1"/>
     <col min="15379" max="15379" width="16" style="2" customWidth="1"/>
     <col min="15380" max="15380" width="12" style="2" customWidth="1"/>
-    <col min="15381" max="15381" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15382" max="15610" width="10.85546875" style="2"/>
+    <col min="15381" max="15381" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15382" max="15610" width="10.88671875" style="2"/>
     <col min="15611" max="15611" width="35" style="2" customWidth="1"/>
-    <col min="15612" max="15612" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15634" max="15634" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15612" max="15612" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15613" max="15613" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15614" max="15614" width="13.109375" style="2" customWidth="1"/>
+    <col min="15615" max="15615" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15616" max="15616" width="13.109375" style="2" customWidth="1"/>
+    <col min="15617" max="15621" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15622" max="15626" width="6.109375" style="2" customWidth="1"/>
+    <col min="15627" max="15627" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15628" max="15628" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15629" max="15629" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15630" max="15630" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15631" max="15633" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15634" max="15634" width="6.44140625" style="2" customWidth="1"/>
     <col min="15635" max="15635" width="16" style="2" customWidth="1"/>
     <col min="15636" max="15636" width="12" style="2" customWidth="1"/>
-    <col min="15637" max="15637" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15638" max="15866" width="10.85546875" style="2"/>
+    <col min="15637" max="15637" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15638" max="15866" width="10.88671875" style="2"/>
     <col min="15867" max="15867" width="35" style="2" customWidth="1"/>
-    <col min="15868" max="15868" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15890" max="15890" width="6.42578125" style="2" customWidth="1"/>
+    <col min="15868" max="15868" width="23.5546875" style="2" customWidth="1"/>
+    <col min="15869" max="15869" width="15.5546875" style="2" customWidth="1"/>
+    <col min="15870" max="15870" width="13.109375" style="2" customWidth="1"/>
+    <col min="15871" max="15871" width="15.44140625" style="2" customWidth="1"/>
+    <col min="15872" max="15872" width="13.109375" style="2" customWidth="1"/>
+    <col min="15873" max="15877" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15878" max="15882" width="6.109375" style="2" customWidth="1"/>
+    <col min="15883" max="15883" width="8.44140625" style="2" customWidth="1"/>
+    <col min="15884" max="15884" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15885" max="15885" width="6.88671875" style="2" customWidth="1"/>
+    <col min="15886" max="15886" width="6.44140625" style="2" customWidth="1"/>
+    <col min="15887" max="15889" width="10.88671875" style="2" customWidth="1"/>
+    <col min="15890" max="15890" width="6.44140625" style="2" customWidth="1"/>
     <col min="15891" max="15891" width="16" style="2" customWidth="1"/>
     <col min="15892" max="15892" width="12" style="2" customWidth="1"/>
-    <col min="15893" max="15893" width="9.85546875" style="2" customWidth="1"/>
-    <col min="15894" max="16122" width="10.85546875" style="2"/>
+    <col min="15893" max="15893" width="9.88671875" style="2" customWidth="1"/>
+    <col min="15894" max="16122" width="10.88671875" style="2"/>
     <col min="16123" max="16123" width="35" style="2" customWidth="1"/>
-    <col min="16124" max="16124" width="23.5703125" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="16146" max="16146" width="6.42578125" style="2" customWidth="1"/>
+    <col min="16124" max="16124" width="23.5546875" style="2" customWidth="1"/>
+    <col min="16125" max="16125" width="15.5546875" style="2" customWidth="1"/>
+    <col min="16126" max="16126" width="13.109375" style="2" customWidth="1"/>
+    <col min="16127" max="16127" width="15.44140625" style="2" customWidth="1"/>
+    <col min="16128" max="16128" width="13.109375" style="2" customWidth="1"/>
+    <col min="16129" max="16133" width="10.88671875" style="2" customWidth="1"/>
+    <col min="16134" max="16138" width="6.109375" style="2" customWidth="1"/>
+    <col min="16139" max="16139" width="8.44140625" style="2" customWidth="1"/>
+    <col min="16140" max="16140" width="6.44140625" style="2" customWidth="1"/>
+    <col min="16141" max="16141" width="6.88671875" style="2" customWidth="1"/>
+    <col min="16142" max="16142" width="6.44140625" style="2" customWidth="1"/>
+    <col min="16143" max="16145" width="10.88671875" style="2" customWidth="1"/>
+    <col min="16146" max="16146" width="6.44140625" style="2" customWidth="1"/>
     <col min="16147" max="16147" width="16" style="2" customWidth="1"/>
     <col min="16148" max="16148" width="12" style="2" customWidth="1"/>
-    <col min="16149" max="16149" width="9.85546875" style="2" customWidth="1"/>
-    <col min="16150" max="16384" width="10.85546875" style="2"/>
+    <col min="16149" max="16149" width="9.88671875" style="2" customWidth="1"/>
+    <col min="16150" max="16384" width="10.88671875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="4" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="268" t="str">
         <f>"Confidential - Final financial report: " &amp; C7</f>
         <v xml:space="preserve">Confidential - Final financial report: </v>
       </c>
       <c r="B1" s="269"/>
       <c r="C1" s="269"/>
       <c r="D1" s="269"/>
       <c r="E1" s="269"/>
       <c r="F1" s="269"/>
       <c r="G1" s="269"/>
       <c r="H1" s="269"/>
       <c r="I1" s="269"/>
       <c r="J1" s="269"/>
       <c r="K1" s="269"/>
       <c r="L1" s="269"/>
       <c r="M1" s="269"/>
       <c r="N1" s="269"/>
       <c r="O1" s="269"/>
       <c r="P1" s="269"/>
       <c r="Q1" s="269"/>
       <c r="R1" s="269"/>
       <c r="S1" s="269"/>
@@ -7117,98 +7117,98 @@
       <c r="AQ13" s="62"/>
       <c r="AR13" s="62"/>
     </row>
     <row r="14" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="Y14" s="62"/>
       <c r="Z14" s="62"/>
       <c r="AA14" s="62"/>
       <c r="AB14" s="62"/>
       <c r="AC14" s="62"/>
       <c r="AD14" s="62"/>
       <c r="AE14" s="62"/>
       <c r="AF14" s="62"/>
       <c r="AG14" s="62"/>
       <c r="AH14" s="62"/>
       <c r="AI14" s="62"/>
       <c r="AJ14" s="62"/>
       <c r="AK14" s="62"/>
       <c r="AL14" s="62"/>
       <c r="AM14" s="62"/>
       <c r="AN14" s="62"/>
       <c r="AO14" s="62"/>
       <c r="AP14" s="62"/>
       <c r="AQ14" s="62"/>
       <c r="AR14" s="62"/>
     </row>
-    <row r="15" spans="1:44" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:44" ht="14.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="275" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="273"/>
       <c r="C15" s="273"/>
       <c r="D15" s="273"/>
       <c r="E15" s="273"/>
       <c r="F15" s="273"/>
       <c r="G15" s="273"/>
       <c r="H15" s="273"/>
       <c r="I15" s="273"/>
       <c r="J15" s="273"/>
       <c r="K15" s="273"/>
       <c r="L15" s="273"/>
       <c r="M15" s="273"/>
       <c r="N15" s="273"/>
       <c r="O15" s="273"/>
       <c r="P15" s="273"/>
       <c r="Q15" s="273"/>
       <c r="R15" s="273"/>
       <c r="S15" s="273"/>
       <c r="T15" s="273"/>
       <c r="U15" s="273"/>
       <c r="V15" s="273"/>
       <c r="W15" s="274"/>
       <c r="Y15" s="64"/>
       <c r="Z15" s="62"/>
       <c r="AA15" s="62"/>
       <c r="AB15" s="62"/>
       <c r="AC15" s="62"/>
       <c r="AD15" s="62"/>
       <c r="AE15" s="62"/>
       <c r="AF15" s="62"/>
       <c r="AG15" s="62"/>
       <c r="AH15" s="62"/>
       <c r="AI15" s="62"/>
       <c r="AJ15" s="62"/>
       <c r="AK15" s="62"/>
       <c r="AL15" s="62"/>
       <c r="AM15" s="62"/>
       <c r="AN15" s="62"/>
       <c r="AO15" s="62"/>
       <c r="AP15" s="62"/>
       <c r="AQ15" s="62"/>
       <c r="AR15" s="62"/>
     </row>
-    <row r="16" spans="1:44" ht="24.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:44" ht="24.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="150"/>
       <c r="B16" s="151"/>
       <c r="C16" s="151"/>
       <c r="D16" s="151"/>
       <c r="E16" s="151"/>
       <c r="F16" s="152" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="152" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="152" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="152" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="152" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="152" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="152" t="s">
         <v>19</v>
@@ -7225,51 +7225,51 @@
       <c r="T16" s="153"/>
       <c r="U16" s="153"/>
       <c r="V16" s="153"/>
       <c r="W16" s="154"/>
       <c r="Y16" s="62"/>
       <c r="Z16" s="62"/>
       <c r="AA16" s="62"/>
       <c r="AB16" s="62"/>
       <c r="AC16" s="62"/>
       <c r="AD16" s="62"/>
       <c r="AE16" s="62"/>
       <c r="AF16" s="62"/>
       <c r="AG16" s="62"/>
       <c r="AH16" s="62"/>
       <c r="AI16" s="62"/>
       <c r="AJ16" s="62"/>
       <c r="AK16" s="62"/>
       <c r="AL16" s="62"/>
       <c r="AM16" s="62"/>
       <c r="AN16" s="62"/>
       <c r="AO16" s="62"/>
       <c r="AP16" s="62"/>
       <c r="AQ16" s="62"/>
       <c r="AR16" s="62"/>
     </row>
-    <row r="17" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="276" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="277"/>
       <c r="C17" s="277"/>
       <c r="D17" s="277"/>
       <c r="E17" s="278"/>
       <c r="F17" s="155">
         <v>1596</v>
       </c>
       <c r="G17" s="155">
         <v>1596</v>
       </c>
       <c r="H17" s="155">
         <v>1596</v>
       </c>
       <c r="I17" s="155">
         <v>1596</v>
       </c>
       <c r="J17" s="155">
         <v>1596</v>
       </c>
       <c r="K17" s="156">
         <v>1596</v>
       </c>
@@ -7288,51 +7288,51 @@
       <c r="T17" s="157"/>
       <c r="U17" s="157"/>
       <c r="V17" s="157"/>
       <c r="W17" s="158"/>
       <c r="Y17" s="62"/>
       <c r="Z17" s="62"/>
       <c r="AA17" s="62"/>
       <c r="AB17" s="62"/>
       <c r="AC17" s="62"/>
       <c r="AD17" s="62"/>
       <c r="AE17" s="62"/>
       <c r="AF17" s="62"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="62"/>
       <c r="AI17" s="62"/>
       <c r="AJ17" s="62"/>
       <c r="AK17" s="62"/>
       <c r="AL17" s="62"/>
       <c r="AM17" s="62"/>
       <c r="AN17" s="62"/>
       <c r="AO17" s="62"/>
       <c r="AP17" s="62"/>
       <c r="AQ17" s="62"/>
       <c r="AR17" s="62"/>
     </row>
-    <row r="18" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
       <c r="B18" s="22"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="23"/>
       <c r="F18" s="24">
         <f>IF(F17&gt;1720,1720,F17)</f>
         <v>1596</v>
       </c>
       <c r="G18" s="24">
         <f t="shared" ref="G18:M18" si="0">IF(G17&gt;1720,1720,G17)</f>
         <v>1596</v>
       </c>
       <c r="H18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="I18" s="24"/>
       <c r="J18" s="24"/>
       <c r="K18" s="24">
         <f t="shared" si="0"/>
         <v>1596</v>
       </c>
       <c r="L18" s="24">
         <f t="shared" si="0"/>
@@ -7351,51 +7351,51 @@
       <c r="T18" s="25"/>
       <c r="U18" s="25"/>
       <c r="V18" s="25"/>
       <c r="W18" s="26"/>
       <c r="Y18" s="62"/>
       <c r="Z18" s="62"/>
       <c r="AA18" s="62"/>
       <c r="AB18" s="62"/>
       <c r="AC18" s="62"/>
       <c r="AD18" s="62"/>
       <c r="AE18" s="62"/>
       <c r="AF18" s="62"/>
       <c r="AG18" s="62"/>
       <c r="AH18" s="62"/>
       <c r="AI18" s="62"/>
       <c r="AJ18" s="62"/>
       <c r="AK18" s="62"/>
       <c r="AL18" s="62"/>
       <c r="AM18" s="62"/>
       <c r="AN18" s="62"/>
       <c r="AO18" s="62"/>
       <c r="AP18" s="62"/>
       <c r="AQ18" s="62"/>
       <c r="AR18" s="62"/>
     </row>
-    <row r="19" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="279" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="280"/>
       <c r="C19" s="280"/>
       <c r="D19" s="280"/>
       <c r="E19" s="280"/>
       <c r="F19" s="184"/>
       <c r="G19" s="184"/>
       <c r="H19" s="184"/>
       <c r="I19" s="184"/>
       <c r="J19" s="184"/>
       <c r="K19" s="184"/>
       <c r="L19" s="184"/>
       <c r="M19" s="184"/>
       <c r="N19" s="184"/>
       <c r="O19" s="184"/>
       <c r="P19" s="184"/>
       <c r="Q19" s="184"/>
       <c r="R19" s="184"/>
       <c r="S19" s="184"/>
       <c r="T19" s="184"/>
       <c r="U19" s="184"/>
       <c r="V19" s="184"/>
       <c r="W19" s="185"/>
@@ -10898,51 +10898,51 @@
       <c r="X82" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y82" s="62"/>
       <c r="Z82" s="62"/>
       <c r="AA82" s="62"/>
       <c r="AB82" s="62"/>
       <c r="AC82" s="62"/>
       <c r="AD82" s="62"/>
       <c r="AE82" s="62"/>
       <c r="AF82" s="62"/>
       <c r="AG82" s="62"/>
       <c r="AH82" s="62"/>
       <c r="AI82" s="62"/>
       <c r="AJ82" s="62"/>
       <c r="AK82" s="62"/>
       <c r="AL82" s="62"/>
       <c r="AM82" s="62"/>
       <c r="AN82" s="62"/>
       <c r="AO82" s="62"/>
       <c r="AP82" s="62"/>
       <c r="AQ82" s="62"/>
       <c r="AR82" s="62"/>
     </row>
-    <row r="83" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A83" s="239"/>
       <c r="B83" s="240"/>
       <c r="C83" s="240"/>
       <c r="D83" s="240"/>
       <c r="E83" s="139"/>
       <c r="F83" s="122"/>
       <c r="G83" s="51"/>
       <c r="H83" s="51"/>
       <c r="I83" s="51"/>
       <c r="J83" s="51"/>
       <c r="K83" s="168"/>
       <c r="L83" s="169"/>
       <c r="M83" s="170"/>
       <c r="N83" s="31"/>
       <c r="O83" s="32"/>
       <c r="P83" s="32"/>
       <c r="Q83" s="134"/>
       <c r="R83" s="118"/>
       <c r="S83" s="33"/>
       <c r="T83" s="57"/>
       <c r="U83" s="58"/>
       <c r="V83" s="198">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -21568,51 +21568,51 @@
       <c r="X276" s="2">
         <f t="shared" ref="X276:X277" si="13">IF(E276="o",0,SUM(N276:U276))</f>
         <v>0</v>
       </c>
       <c r="Y276" s="62"/>
       <c r="Z276" s="62"/>
       <c r="AA276" s="62"/>
       <c r="AB276" s="62"/>
       <c r="AC276" s="62"/>
       <c r="AD276" s="62"/>
       <c r="AE276" s="62"/>
       <c r="AF276" s="62"/>
       <c r="AG276" s="62"/>
       <c r="AH276" s="62"/>
       <c r="AI276" s="62"/>
       <c r="AJ276" s="62"/>
       <c r="AK276" s="62"/>
       <c r="AL276" s="62"/>
       <c r="AM276" s="62"/>
       <c r="AN276" s="62"/>
       <c r="AO276" s="62"/>
       <c r="AP276" s="62"/>
       <c r="AQ276" s="62"/>
       <c r="AR276" s="62"/>
     </row>
-    <row r="277" spans="1:44" ht="12.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A277" s="338"/>
       <c r="B277" s="339"/>
       <c r="C277" s="339"/>
       <c r="D277" s="339"/>
       <c r="E277" s="140"/>
       <c r="F277" s="126"/>
       <c r="G277" s="44"/>
       <c r="H277" s="44"/>
       <c r="I277" s="44"/>
       <c r="J277" s="44"/>
       <c r="K277" s="171"/>
       <c r="L277" s="172"/>
       <c r="M277" s="173"/>
       <c r="N277" s="135"/>
       <c r="O277" s="136"/>
       <c r="P277" s="136"/>
       <c r="Q277" s="137"/>
       <c r="R277" s="129"/>
       <c r="S277" s="33"/>
       <c r="T277" s="57"/>
       <c r="U277" s="58"/>
       <c r="V277" s="199">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
@@ -21623,51 +21623,51 @@
       <c r="X277" s="2">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="Y277" s="62"/>
       <c r="Z277" s="62"/>
       <c r="AA277" s="62"/>
       <c r="AB277" s="62"/>
       <c r="AC277" s="62"/>
       <c r="AD277" s="62"/>
       <c r="AE277" s="62"/>
       <c r="AF277" s="62"/>
       <c r="AG277" s="62"/>
       <c r="AH277" s="62"/>
       <c r="AI277" s="62"/>
       <c r="AJ277" s="62"/>
       <c r="AK277" s="62"/>
       <c r="AL277" s="62"/>
       <c r="AM277" s="62"/>
       <c r="AN277" s="62"/>
       <c r="AO277" s="62"/>
       <c r="AP277" s="62"/>
       <c r="AQ277" s="62"/>
       <c r="AR277" s="62"/>
     </row>
-    <row r="278" spans="1:44" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A278" s="340" t="s">
         <v>37</v>
       </c>
       <c r="B278" s="341"/>
       <c r="C278" s="341"/>
       <c r="D278" s="341"/>
       <c r="E278" s="341"/>
       <c r="F278" s="341"/>
       <c r="G278" s="341"/>
       <c r="H278" s="341"/>
       <c r="I278" s="341"/>
       <c r="J278" s="202"/>
       <c r="K278" s="203"/>
       <c r="L278" s="203"/>
       <c r="M278" s="203"/>
       <c r="N278" s="200">
         <f t="shared" ref="N278:X278" si="14">SUM(N22:N277)</f>
         <v>0</v>
       </c>
       <c r="O278" s="200">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="P278" s="200">
         <f t="shared" si="14"/>
@@ -21704,721 +21704,721 @@
       <c r="X278" s="2">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Y278" s="62"/>
       <c r="Z278" s="62"/>
       <c r="AA278" s="62"/>
       <c r="AB278" s="62"/>
       <c r="AC278" s="62"/>
       <c r="AD278" s="62"/>
       <c r="AE278" s="62"/>
       <c r="AF278" s="62"/>
       <c r="AG278" s="62"/>
       <c r="AH278" s="62"/>
       <c r="AI278" s="62"/>
       <c r="AJ278" s="62"/>
       <c r="AK278" s="62"/>
       <c r="AL278" s="62"/>
       <c r="AM278" s="62"/>
       <c r="AN278" s="62"/>
       <c r="AO278" s="62"/>
       <c r="AP278" s="62"/>
       <c r="AQ278" s="62"/>
       <c r="AR278" s="62"/>
     </row>
-    <row r="279" spans="1:44" s="5" customFormat="1" ht="162.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="279" spans="1:44" s="5" customFormat="1" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A279" s="318" t="s">
         <v>38</v>
       </c>
       <c r="B279" s="319"/>
       <c r="C279" s="319"/>
       <c r="D279" s="319"/>
       <c r="E279" s="319"/>
       <c r="F279" s="319"/>
       <c r="G279" s="319"/>
       <c r="H279" s="319"/>
       <c r="I279" s="319"/>
       <c r="J279" s="319"/>
       <c r="K279" s="319"/>
       <c r="L279" s="319"/>
       <c r="M279" s="319"/>
       <c r="N279" s="319"/>
       <c r="O279" s="319"/>
       <c r="P279" s="319"/>
       <c r="Q279" s="319"/>
       <c r="R279" s="319"/>
       <c r="S279" s="319"/>
       <c r="T279" s="319"/>
       <c r="U279" s="319"/>
       <c r="V279" s="319"/>
       <c r="W279" s="319"/>
       <c r="Y279" s="66"/>
       <c r="Z279" s="66"/>
       <c r="AA279" s="66"/>
       <c r="AB279" s="66"/>
       <c r="AC279" s="66"/>
       <c r="AD279" s="66"/>
       <c r="AE279" s="66"/>
       <c r="AF279" s="66"/>
       <c r="AG279" s="66"/>
       <c r="AH279" s="66"/>
       <c r="AI279" s="66"/>
       <c r="AJ279" s="66"/>
       <c r="AK279" s="66"/>
       <c r="AL279" s="66"/>
       <c r="AM279" s="66"/>
       <c r="AN279" s="66"/>
       <c r="AO279" s="66"/>
       <c r="AP279" s="66"/>
       <c r="AQ279" s="66"/>
       <c r="AR279" s="66"/>
     </row>
-    <row r="280" spans="1:44" s="5" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:44" s="5" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A280" s="127"/>
       <c r="B280" s="73"/>
       <c r="C280" s="73"/>
       <c r="D280" s="73"/>
       <c r="E280" s="73"/>
       <c r="F280" s="73"/>
       <c r="G280" s="73"/>
       <c r="H280" s="73"/>
       <c r="I280" s="73"/>
       <c r="J280" s="73"/>
       <c r="K280" s="73"/>
       <c r="L280" s="73"/>
       <c r="M280" s="73"/>
       <c r="N280" s="73"/>
       <c r="O280" s="73"/>
       <c r="P280" s="73"/>
       <c r="Q280" s="73"/>
       <c r="R280" s="73"/>
       <c r="S280" s="73"/>
       <c r="T280" s="73"/>
       <c r="U280" s="73"/>
       <c r="V280" s="73"/>
       <c r="W280" s="73"/>
       <c r="Y280" s="66"/>
       <c r="Z280" s="66"/>
       <c r="AA280" s="66"/>
       <c r="AB280" s="66"/>
       <c r="AC280" s="66"/>
       <c r="AD280" s="66"/>
       <c r="AE280" s="66"/>
       <c r="AF280" s="66"/>
       <c r="AG280" s="66"/>
       <c r="AH280" s="66"/>
       <c r="AI280" s="66"/>
       <c r="AJ280" s="66"/>
       <c r="AK280" s="66"/>
       <c r="AL280" s="66"/>
       <c r="AM280" s="66"/>
       <c r="AN280" s="66"/>
       <c r="AO280" s="66"/>
       <c r="AP280" s="66"/>
       <c r="AQ280" s="66"/>
       <c r="AR280" s="66"/>
     </row>
-    <row r="281" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="281" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A281" s="320" t="s">
         <v>39</v>
       </c>
       <c r="B281" s="321"/>
       <c r="C281" s="321"/>
       <c r="D281" s="321"/>
       <c r="E281" s="321"/>
       <c r="F281" s="321"/>
       <c r="G281" s="321"/>
       <c r="H281" s="321"/>
       <c r="I281" s="321"/>
       <c r="J281" s="321"/>
       <c r="K281" s="321"/>
       <c r="L281" s="321"/>
       <c r="M281" s="321"/>
       <c r="N281" s="321"/>
       <c r="O281" s="321"/>
       <c r="P281" s="321"/>
       <c r="Q281" s="321"/>
       <c r="R281" s="321"/>
       <c r="S281" s="321"/>
       <c r="T281" s="321"/>
       <c r="U281" s="321"/>
       <c r="V281" s="321"/>
       <c r="W281" s="322"/>
       <c r="Y281" s="66"/>
       <c r="Z281" s="66"/>
       <c r="AA281" s="66"/>
       <c r="AB281" s="66"/>
       <c r="AC281" s="66"/>
       <c r="AD281" s="66"/>
       <c r="AE281" s="66"/>
       <c r="AF281" s="66"/>
       <c r="AG281" s="66"/>
       <c r="AH281" s="66"/>
       <c r="AI281" s="66"/>
       <c r="AJ281" s="66"/>
       <c r="AK281" s="66"/>
       <c r="AL281" s="66"/>
       <c r="AM281" s="66"/>
       <c r="AN281" s="66"/>
       <c r="AO281" s="66"/>
       <c r="AP281" s="66"/>
       <c r="AQ281" s="66"/>
       <c r="AR281" s="66"/>
     </row>
-    <row r="282" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="282" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A282" s="323"/>
       <c r="B282" s="324"/>
       <c r="C282" s="324"/>
       <c r="D282" s="324"/>
       <c r="E282" s="324"/>
       <c r="F282" s="324"/>
       <c r="G282" s="324"/>
       <c r="H282" s="324"/>
       <c r="I282" s="324"/>
       <c r="J282" s="324"/>
       <c r="K282" s="324"/>
       <c r="L282" s="324"/>
       <c r="M282" s="324"/>
       <c r="N282" s="324"/>
       <c r="O282" s="324"/>
       <c r="P282" s="324"/>
       <c r="Q282" s="324"/>
       <c r="R282" s="324"/>
       <c r="S282" s="324"/>
       <c r="T282" s="324"/>
       <c r="U282" s="324"/>
       <c r="V282" s="324"/>
       <c r="W282" s="325"/>
       <c r="Y282" s="66"/>
       <c r="Z282" s="66"/>
       <c r="AA282" s="66"/>
       <c r="AB282" s="66"/>
       <c r="AC282" s="66"/>
       <c r="AD282" s="66"/>
       <c r="AE282" s="66"/>
       <c r="AF282" s="66"/>
       <c r="AG282" s="66"/>
       <c r="AH282" s="66"/>
       <c r="AI282" s="66"/>
       <c r="AJ282" s="66"/>
       <c r="AK282" s="66"/>
       <c r="AL282" s="66"/>
       <c r="AM282" s="66"/>
       <c r="AN282" s="66"/>
       <c r="AO282" s="66"/>
       <c r="AP282" s="66"/>
       <c r="AQ282" s="66"/>
       <c r="AR282" s="66"/>
     </row>
-    <row r="283" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="283" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A283" s="326"/>
       <c r="B283" s="327"/>
       <c r="C283" s="327"/>
       <c r="D283" s="327"/>
       <c r="E283" s="327"/>
       <c r="F283" s="327"/>
       <c r="G283" s="327"/>
       <c r="H283" s="327"/>
       <c r="I283" s="327"/>
       <c r="J283" s="327"/>
       <c r="K283" s="327"/>
       <c r="L283" s="327"/>
       <c r="M283" s="327"/>
       <c r="N283" s="327"/>
       <c r="O283" s="327"/>
       <c r="P283" s="327"/>
       <c r="Q283" s="327"/>
       <c r="R283" s="327"/>
       <c r="S283" s="327"/>
       <c r="T283" s="327"/>
       <c r="U283" s="327"/>
       <c r="V283" s="327"/>
       <c r="W283" s="328"/>
       <c r="Y283" s="66"/>
       <c r="Z283" s="66"/>
       <c r="AA283" s="66"/>
       <c r="AB283" s="66"/>
       <c r="AC283" s="66"/>
       <c r="AD283" s="66"/>
       <c r="AE283" s="66"/>
       <c r="AF283" s="66"/>
       <c r="AG283" s="66"/>
       <c r="AH283" s="66"/>
       <c r="AI283" s="66"/>
       <c r="AJ283" s="66"/>
       <c r="AK283" s="66"/>
       <c r="AL283" s="66"/>
       <c r="AM283" s="66"/>
       <c r="AN283" s="66"/>
       <c r="AO283" s="66"/>
       <c r="AP283" s="66"/>
       <c r="AQ283" s="66"/>
       <c r="AR283" s="66"/>
     </row>
-    <row r="284" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="284" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A284" s="326"/>
       <c r="B284" s="327"/>
       <c r="C284" s="327"/>
       <c r="D284" s="327"/>
       <c r="E284" s="327"/>
       <c r="F284" s="327"/>
       <c r="G284" s="327"/>
       <c r="H284" s="327"/>
       <c r="I284" s="327"/>
       <c r="J284" s="327"/>
       <c r="K284" s="327"/>
       <c r="L284" s="327"/>
       <c r="M284" s="327"/>
       <c r="N284" s="327"/>
       <c r="O284" s="327"/>
       <c r="P284" s="327"/>
       <c r="Q284" s="327"/>
       <c r="R284" s="327"/>
       <c r="S284" s="327"/>
       <c r="T284" s="327"/>
       <c r="U284" s="327"/>
       <c r="V284" s="327"/>
       <c r="W284" s="328"/>
       <c r="Y284" s="66"/>
       <c r="Z284" s="66"/>
       <c r="AA284" s="66"/>
       <c r="AB284" s="66"/>
       <c r="AC284" s="66"/>
       <c r="AD284" s="66"/>
       <c r="AE284" s="66"/>
       <c r="AF284" s="66"/>
       <c r="AG284" s="66"/>
       <c r="AH284" s="66"/>
       <c r="AI284" s="66"/>
       <c r="AJ284" s="66"/>
       <c r="AK284" s="66"/>
       <c r="AL284" s="66"/>
       <c r="AM284" s="66"/>
       <c r="AN284" s="66"/>
       <c r="AO284" s="66"/>
       <c r="AP284" s="66"/>
       <c r="AQ284" s="66"/>
       <c r="AR284" s="66"/>
     </row>
-    <row r="285" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="285" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A285" s="326"/>
       <c r="B285" s="327"/>
       <c r="C285" s="327"/>
       <c r="D285" s="327"/>
       <c r="E285" s="327"/>
       <c r="F285" s="327"/>
       <c r="G285" s="327"/>
       <c r="H285" s="327"/>
       <c r="I285" s="327"/>
       <c r="J285" s="327"/>
       <c r="K285" s="327"/>
       <c r="L285" s="327"/>
       <c r="M285" s="327"/>
       <c r="N285" s="327"/>
       <c r="O285" s="327"/>
       <c r="P285" s="327"/>
       <c r="Q285" s="327"/>
       <c r="R285" s="327"/>
       <c r="S285" s="327"/>
       <c r="T285" s="327"/>
       <c r="U285" s="327"/>
       <c r="V285" s="327"/>
       <c r="W285" s="328"/>
       <c r="Y285" s="66"/>
       <c r="Z285" s="66"/>
       <c r="AA285" s="66"/>
       <c r="AB285" s="66"/>
       <c r="AC285" s="66"/>
       <c r="AD285" s="66"/>
       <c r="AE285" s="66"/>
       <c r="AF285" s="66"/>
       <c r="AG285" s="66"/>
       <c r="AH285" s="66"/>
       <c r="AI285" s="66"/>
       <c r="AJ285" s="66"/>
       <c r="AK285" s="66"/>
       <c r="AL285" s="66"/>
       <c r="AM285" s="66"/>
       <c r="AN285" s="66"/>
       <c r="AO285" s="66"/>
       <c r="AP285" s="66"/>
       <c r="AQ285" s="66"/>
       <c r="AR285" s="66"/>
     </row>
-    <row r="286" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="286" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A286" s="326"/>
       <c r="B286" s="327"/>
       <c r="C286" s="327"/>
       <c r="D286" s="327"/>
       <c r="E286" s="327"/>
       <c r="F286" s="327"/>
       <c r="G286" s="327"/>
       <c r="H286" s="327"/>
       <c r="I286" s="327"/>
       <c r="J286" s="327"/>
       <c r="K286" s="327"/>
       <c r="L286" s="327"/>
       <c r="M286" s="327"/>
       <c r="N286" s="327"/>
       <c r="O286" s="327"/>
       <c r="P286" s="327"/>
       <c r="Q286" s="327"/>
       <c r="R286" s="327"/>
       <c r="S286" s="327"/>
       <c r="T286" s="327"/>
       <c r="U286" s="327"/>
       <c r="V286" s="327"/>
       <c r="W286" s="328"/>
       <c r="Y286" s="66"/>
       <c r="Z286" s="66"/>
       <c r="AA286" s="66"/>
       <c r="AB286" s="66"/>
       <c r="AC286" s="66"/>
       <c r="AD286" s="66"/>
       <c r="AE286" s="66"/>
       <c r="AF286" s="66"/>
       <c r="AG286" s="66"/>
       <c r="AH286" s="66"/>
       <c r="AI286" s="66"/>
       <c r="AJ286" s="66"/>
       <c r="AK286" s="66"/>
       <c r="AL286" s="66"/>
       <c r="AM286" s="66"/>
       <c r="AN286" s="66"/>
       <c r="AO286" s="66"/>
       <c r="AP286" s="66"/>
       <c r="AQ286" s="66"/>
       <c r="AR286" s="66"/>
     </row>
-    <row r="287" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="287" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A287" s="326"/>
       <c r="B287" s="327"/>
       <c r="C287" s="327"/>
       <c r="D287" s="327"/>
       <c r="E287" s="327"/>
       <c r="F287" s="327"/>
       <c r="G287" s="327"/>
       <c r="H287" s="327"/>
       <c r="I287" s="327"/>
       <c r="J287" s="327"/>
       <c r="K287" s="327"/>
       <c r="L287" s="327"/>
       <c r="M287" s="327"/>
       <c r="N287" s="327"/>
       <c r="O287" s="327"/>
       <c r="P287" s="327"/>
       <c r="Q287" s="327"/>
       <c r="R287" s="327"/>
       <c r="S287" s="327"/>
       <c r="T287" s="327"/>
       <c r="U287" s="327"/>
       <c r="V287" s="327"/>
       <c r="W287" s="328"/>
       <c r="Y287" s="66"/>
       <c r="Z287" s="66"/>
       <c r="AA287" s="66"/>
       <c r="AB287" s="66"/>
       <c r="AC287" s="66"/>
       <c r="AD287" s="66"/>
       <c r="AE287" s="66"/>
       <c r="AF287" s="66"/>
       <c r="AG287" s="66"/>
       <c r="AH287" s="66"/>
       <c r="AI287" s="66"/>
       <c r="AJ287" s="66"/>
       <c r="AK287" s="66"/>
       <c r="AL287" s="66"/>
       <c r="AM287" s="66"/>
       <c r="AN287" s="66"/>
       <c r="AO287" s="66"/>
       <c r="AP287" s="66"/>
       <c r="AQ287" s="66"/>
       <c r="AR287" s="66"/>
     </row>
-    <row r="288" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="288" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="326"/>
       <c r="B288" s="327"/>
       <c r="C288" s="327"/>
       <c r="D288" s="327"/>
       <c r="E288" s="327"/>
       <c r="F288" s="327"/>
       <c r="G288" s="327"/>
       <c r="H288" s="327"/>
       <c r="I288" s="327"/>
       <c r="J288" s="327"/>
       <c r="K288" s="327"/>
       <c r="L288" s="327"/>
       <c r="M288" s="327"/>
       <c r="N288" s="327"/>
       <c r="O288" s="327"/>
       <c r="P288" s="327"/>
       <c r="Q288" s="327"/>
       <c r="R288" s="327"/>
       <c r="S288" s="327"/>
       <c r="T288" s="327"/>
       <c r="U288" s="327"/>
       <c r="V288" s="327"/>
       <c r="W288" s="328"/>
       <c r="Y288" s="66"/>
       <c r="Z288" s="66"/>
       <c r="AA288" s="66"/>
       <c r="AB288" s="66"/>
       <c r="AC288" s="66"/>
       <c r="AD288" s="66"/>
       <c r="AE288" s="66"/>
       <c r="AF288" s="66"/>
       <c r="AG288" s="66"/>
       <c r="AH288" s="66"/>
       <c r="AI288" s="66"/>
       <c r="AJ288" s="66"/>
       <c r="AK288" s="66"/>
       <c r="AL288" s="66"/>
       <c r="AM288" s="66"/>
       <c r="AN288" s="66"/>
       <c r="AO288" s="66"/>
       <c r="AP288" s="66"/>
       <c r="AQ288" s="66"/>
       <c r="AR288" s="66"/>
     </row>
-    <row r="289" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="289" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A289" s="326"/>
       <c r="B289" s="327"/>
       <c r="C289" s="327"/>
       <c r="D289" s="327"/>
       <c r="E289" s="327"/>
       <c r="F289" s="327"/>
       <c r="G289" s="327"/>
       <c r="H289" s="327"/>
       <c r="I289" s="327"/>
       <c r="J289" s="327"/>
       <c r="K289" s="327"/>
       <c r="L289" s="327"/>
       <c r="M289" s="327"/>
       <c r="N289" s="327"/>
       <c r="O289" s="327"/>
       <c r="P289" s="327"/>
       <c r="Q289" s="327"/>
       <c r="R289" s="327"/>
       <c r="S289" s="327"/>
       <c r="T289" s="327"/>
       <c r="U289" s="327"/>
       <c r="V289" s="327"/>
       <c r="W289" s="328"/>
       <c r="Y289" s="66"/>
       <c r="Z289" s="66"/>
       <c r="AA289" s="66"/>
       <c r="AB289" s="66"/>
       <c r="AC289" s="66"/>
       <c r="AD289" s="66"/>
       <c r="AE289" s="66"/>
       <c r="AF289" s="66"/>
       <c r="AG289" s="66"/>
       <c r="AH289" s="66"/>
       <c r="AI289" s="66"/>
       <c r="AJ289" s="66"/>
       <c r="AK289" s="66"/>
       <c r="AL289" s="66"/>
       <c r="AM289" s="66"/>
       <c r="AN289" s="66"/>
       <c r="AO289" s="66"/>
       <c r="AP289" s="66"/>
       <c r="AQ289" s="66"/>
       <c r="AR289" s="66"/>
     </row>
-    <row r="290" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A290" s="329"/>
       <c r="B290" s="330"/>
       <c r="C290" s="330"/>
       <c r="D290" s="330"/>
       <c r="E290" s="330"/>
       <c r="F290" s="330"/>
       <c r="G290" s="330"/>
       <c r="H290" s="330"/>
       <c r="I290" s="330"/>
       <c r="J290" s="330"/>
       <c r="K290" s="330"/>
       <c r="L290" s="330"/>
       <c r="M290" s="330"/>
       <c r="N290" s="330"/>
       <c r="O290" s="330"/>
       <c r="P290" s="330"/>
       <c r="Q290" s="330"/>
       <c r="R290" s="330"/>
       <c r="S290" s="330"/>
       <c r="T290" s="330"/>
       <c r="U290" s="330"/>
       <c r="V290" s="330"/>
       <c r="W290" s="331"/>
       <c r="Y290" s="66"/>
       <c r="Z290" s="66"/>
       <c r="AA290" s="66"/>
       <c r="AB290" s="66"/>
       <c r="AC290" s="66"/>
       <c r="AD290" s="66"/>
       <c r="AE290" s="66"/>
       <c r="AF290" s="66"/>
       <c r="AG290" s="66"/>
       <c r="AH290" s="66"/>
       <c r="AI290" s="66"/>
       <c r="AJ290" s="66"/>
       <c r="AK290" s="66"/>
       <c r="AL290" s="66"/>
       <c r="AM290" s="66"/>
       <c r="AN290" s="66"/>
       <c r="AO290" s="66"/>
       <c r="AP290" s="66"/>
       <c r="AQ290" s="66"/>
       <c r="AR290" s="66"/>
     </row>
-    <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H291" s="6"/>
       <c r="I291" s="6"/>
       <c r="J291" s="6"/>
       <c r="S291" s="6"/>
       <c r="T291" s="6"/>
       <c r="U291" s="6"/>
       <c r="Y291" s="66"/>
       <c r="Z291" s="66"/>
       <c r="AA291" s="66"/>
       <c r="AB291" s="66"/>
       <c r="AC291" s="66"/>
       <c r="AD291" s="66"/>
       <c r="AE291" s="66"/>
       <c r="AF291" s="66"/>
       <c r="AG291" s="66"/>
       <c r="AH291" s="66"/>
       <c r="AI291" s="66"/>
       <c r="AJ291" s="66"/>
       <c r="AK291" s="66"/>
       <c r="AL291" s="66"/>
       <c r="AM291" s="66"/>
       <c r="AN291" s="66"/>
       <c r="AO291" s="66"/>
       <c r="AP291" s="66"/>
       <c r="AQ291" s="66"/>
       <c r="AR291" s="66"/>
     </row>
-    <row r="292" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A292" s="332" t="s">
         <v>40</v>
       </c>
       <c r="B292" s="333"/>
       <c r="C292" s="333"/>
       <c r="D292" s="333"/>
       <c r="E292" s="333"/>
       <c r="F292" s="334"/>
       <c r="G292" s="7"/>
       <c r="H292" s="7"/>
       <c r="I292" s="7"/>
       <c r="J292" s="7"/>
       <c r="K292" s="7"/>
       <c r="L292" s="7"/>
       <c r="M292" s="7"/>
       <c r="N292" s="7"/>
       <c r="O292" s="7"/>
       <c r="P292" s="7"/>
       <c r="Q292" s="7"/>
       <c r="R292" s="7"/>
       <c r="S292" s="2"/>
       <c r="T292" s="2"/>
       <c r="U292" s="2"/>
       <c r="V292" s="2"/>
       <c r="W292" s="2"/>
       <c r="Y292" s="66"/>
       <c r="Z292" s="66"/>
       <c r="AA292" s="66"/>
       <c r="AB292" s="66"/>
       <c r="AC292" s="66"/>
       <c r="AD292" s="66"/>
       <c r="AE292" s="66"/>
       <c r="AF292" s="66"/>
       <c r="AG292" s="66"/>
       <c r="AH292" s="66"/>
       <c r="AI292" s="66"/>
       <c r="AJ292" s="66"/>
       <c r="AK292" s="66"/>
       <c r="AL292" s="66"/>
       <c r="AM292" s="66"/>
       <c r="AN292" s="66"/>
       <c r="AO292" s="66"/>
       <c r="AP292" s="66"/>
       <c r="AQ292" s="66"/>
       <c r="AR292" s="66"/>
     </row>
-    <row r="293" spans="1:44" s="5" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:44" s="5" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A293" s="204"/>
       <c r="B293" s="205"/>
       <c r="C293" s="206" t="s">
         <v>41</v>
       </c>
       <c r="D293" s="206" t="s">
         <v>42</v>
       </c>
       <c r="E293" s="206" t="s">
         <v>43</v>
       </c>
       <c r="F293" s="207"/>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
       <c r="I293" s="2"/>
       <c r="J293" s="2"/>
       <c r="K293" s="2"/>
       <c r="L293" s="2"/>
       <c r="M293" s="2"/>
       <c r="N293" s="2"/>
       <c r="O293" s="2"/>
       <c r="P293" s="2"/>
       <c r="Q293" s="2"/>
       <c r="R293" s="2"/>
       <c r="S293" s="2"/>
       <c r="T293" s="2"/>
       <c r="U293" s="2"/>
       <c r="V293" s="2"/>
       <c r="W293" s="2"/>
       <c r="Y293" s="66"/>
       <c r="Z293" s="66"/>
       <c r="AA293" s="66"/>
       <c r="AB293" s="66"/>
       <c r="AC293" s="66"/>
       <c r="AD293" s="66"/>
       <c r="AE293" s="66"/>
       <c r="AF293" s="66"/>
       <c r="AG293" s="66"/>
       <c r="AH293" s="66"/>
       <c r="AI293" s="66"/>
       <c r="AJ293" s="66"/>
       <c r="AK293" s="66"/>
       <c r="AL293" s="66"/>
       <c r="AM293" s="66"/>
       <c r="AN293" s="66"/>
       <c r="AO293" s="66"/>
       <c r="AP293" s="66"/>
       <c r="AQ293" s="66"/>
       <c r="AR293" s="66"/>
     </row>
-    <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A294" s="208" t="s">
         <v>44</v>
       </c>
       <c r="B294" s="209"/>
       <c r="C294" s="210">
         <f>X278</f>
         <v>0</v>
       </c>
       <c r="D294" s="211">
         <f>C294/12</f>
         <v>0</v>
       </c>
       <c r="E294" s="60">
         <v>25000</v>
       </c>
       <c r="F294" s="212">
         <f>$E$294*$D$294</f>
         <v>0</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
       <c r="I294" s="2"/>
       <c r="J294" s="2"/>
       <c r="K294" s="2"/>
       <c r="L294" s="2"/>
@@ -22432,190 +22432,190 @@
       <c r="T294" s="2"/>
       <c r="U294" s="2"/>
       <c r="V294" s="2"/>
       <c r="W294" s="2"/>
       <c r="Y294" s="66"/>
       <c r="Z294" s="66"/>
       <c r="AA294" s="66"/>
       <c r="AB294" s="66"/>
       <c r="AC294" s="66"/>
       <c r="AD294" s="66"/>
       <c r="AE294" s="66"/>
       <c r="AF294" s="66"/>
       <c r="AG294" s="66"/>
       <c r="AH294" s="66"/>
       <c r="AI294" s="66"/>
       <c r="AJ294" s="66"/>
       <c r="AK294" s="66"/>
       <c r="AL294" s="66"/>
       <c r="AM294" s="66"/>
       <c r="AN294" s="66"/>
       <c r="AO294" s="66"/>
       <c r="AP294" s="66"/>
       <c r="AQ294" s="66"/>
       <c r="AR294" s="66"/>
     </row>
-    <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="335" t="s">
         <v>45</v>
       </c>
       <c r="B295" s="335"/>
       <c r="C295" s="335"/>
       <c r="D295" s="335"/>
       <c r="E295" s="335"/>
       <c r="F295" s="335"/>
       <c r="G295" s="8"/>
       <c r="H295" s="9"/>
       <c r="I295" s="9"/>
       <c r="J295" s="9"/>
       <c r="K295" s="9"/>
       <c r="L295" s="9"/>
       <c r="M295" s="9"/>
       <c r="N295" s="9"/>
       <c r="O295" s="9"/>
       <c r="P295" s="9"/>
       <c r="Q295" s="9"/>
       <c r="R295" s="9"/>
       <c r="S295" s="2"/>
       <c r="T295" s="2"/>
       <c r="U295" s="2"/>
       <c r="V295" s="2"/>
       <c r="W295" s="2"/>
       <c r="Y295" s="66"/>
       <c r="Z295" s="66"/>
       <c r="AA295" s="66"/>
       <c r="AB295" s="66"/>
       <c r="AC295" s="66"/>
       <c r="AD295" s="66"/>
       <c r="AE295" s="66"/>
       <c r="AF295" s="66"/>
       <c r="AG295" s="66"/>
       <c r="AH295" s="66"/>
       <c r="AI295" s="66"/>
       <c r="AJ295" s="66"/>
       <c r="AK295" s="66"/>
       <c r="AL295" s="66"/>
       <c r="AM295" s="66"/>
       <c r="AN295" s="66"/>
       <c r="AO295" s="66"/>
       <c r="AP295" s="66"/>
       <c r="AQ295" s="66"/>
       <c r="AR295" s="66"/>
     </row>
-    <row r="296" spans="1:44" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:44" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A296" s="2"/>
       <c r="B296" s="2"/>
       <c r="C296" s="2"/>
       <c r="D296" s="2"/>
       <c r="E296" s="2"/>
       <c r="F296" s="2"/>
       <c r="G296" s="10"/>
       <c r="H296" s="10"/>
       <c r="I296" s="10"/>
       <c r="J296" s="10"/>
       <c r="K296" s="10"/>
       <c r="L296" s="10"/>
       <c r="M296" s="10"/>
       <c r="N296" s="10"/>
       <c r="O296" s="10"/>
       <c r="P296" s="10"/>
       <c r="Q296" s="10"/>
       <c r="R296" s="10"/>
       <c r="S296" s="2"/>
       <c r="T296" s="2"/>
       <c r="U296" s="2"/>
       <c r="V296" s="2"/>
       <c r="W296" s="2"/>
       <c r="Y296" s="66"/>
       <c r="Z296" s="66"/>
       <c r="AA296" s="66"/>
       <c r="AB296" s="66"/>
       <c r="AC296" s="66"/>
       <c r="AD296" s="66"/>
       <c r="AE296" s="66"/>
       <c r="AF296" s="66"/>
       <c r="AG296" s="66"/>
       <c r="AH296" s="66"/>
       <c r="AI296" s="66"/>
       <c r="AJ296" s="66"/>
       <c r="AK296" s="66"/>
       <c r="AL296" s="66"/>
       <c r="AM296" s="66"/>
       <c r="AN296" s="66"/>
       <c r="AO296" s="66"/>
       <c r="AP296" s="66"/>
       <c r="AQ296" s="66"/>
       <c r="AR296" s="66"/>
     </row>
-    <row r="297" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="297" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="336" t="s">
         <v>46</v>
       </c>
       <c r="B297" s="337"/>
       <c r="C297" s="337"/>
       <c r="D297" s="337"/>
       <c r="E297" s="337"/>
       <c r="F297" s="337"/>
       <c r="G297" s="10"/>
       <c r="H297" s="10"/>
       <c r="I297" s="10"/>
       <c r="J297" s="10"/>
       <c r="K297" s="10"/>
       <c r="L297" s="10"/>
       <c r="M297" s="10"/>
       <c r="N297" s="10"/>
       <c r="O297" s="10"/>
       <c r="P297" s="10"/>
       <c r="Q297" s="10"/>
       <c r="R297" s="10"/>
       <c r="S297" s="2"/>
       <c r="T297" s="2"/>
       <c r="U297" s="2"/>
       <c r="V297" s="2"/>
       <c r="W297" s="2"/>
       <c r="Y297" s="66"/>
       <c r="Z297" s="66"/>
       <c r="AA297" s="66"/>
       <c r="AB297" s="66"/>
       <c r="AC297" s="66"/>
       <c r="AD297" s="66"/>
       <c r="AE297" s="66"/>
       <c r="AF297" s="66"/>
       <c r="AG297" s="66"/>
       <c r="AH297" s="66"/>
       <c r="AI297" s="66"/>
       <c r="AJ297" s="66"/>
       <c r="AK297" s="66"/>
       <c r="AL297" s="66"/>
       <c r="AM297" s="66"/>
       <c r="AN297" s="66"/>
       <c r="AO297" s="66"/>
       <c r="AP297" s="66"/>
       <c r="AQ297" s="66"/>
       <c r="AR297" s="66"/>
     </row>
-    <row r="298" spans="1:44" s="5" customFormat="1" ht="23.25" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:44" s="5" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A298" s="213"/>
       <c r="B298" s="214"/>
       <c r="C298" s="206" t="s">
         <v>41</v>
       </c>
       <c r="D298" s="206" t="s">
         <v>42</v>
       </c>
       <c r="E298" s="206" t="s">
         <v>47</v>
       </c>
       <c r="F298" s="207" t="s">
         <v>48</v>
       </c>
       <c r="G298" s="11"/>
       <c r="H298" s="11"/>
       <c r="I298" s="11"/>
       <c r="J298" s="11"/>
       <c r="K298" s="11"/>
       <c r="L298" s="11"/>
       <c r="M298" s="11"/>
       <c r="N298" s="11"/>
       <c r="O298" s="11"/>
       <c r="P298" s="11"/>
       <c r="Q298" s="11"/>
@@ -22624,51 +22624,51 @@
       <c r="T298" s="2"/>
       <c r="U298" s="2"/>
       <c r="V298" s="2"/>
       <c r="W298" s="2"/>
       <c r="Y298" s="66"/>
       <c r="Z298" s="66"/>
       <c r="AA298" s="66"/>
       <c r="AB298" s="66"/>
       <c r="AC298" s="66"/>
       <c r="AD298" s="66"/>
       <c r="AE298" s="66"/>
       <c r="AF298" s="66"/>
       <c r="AG298" s="66"/>
       <c r="AH298" s="66"/>
       <c r="AI298" s="66"/>
       <c r="AJ298" s="66"/>
       <c r="AK298" s="66"/>
       <c r="AL298" s="66"/>
       <c r="AM298" s="66"/>
       <c r="AN298" s="66"/>
       <c r="AO298" s="66"/>
       <c r="AP298" s="66"/>
       <c r="AQ298" s="66"/>
       <c r="AR298" s="66"/>
     </row>
-    <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A299" s="215" t="s">
         <v>49</v>
       </c>
       <c r="B299" s="216"/>
       <c r="C299" s="217">
         <f>V278</f>
         <v>0</v>
       </c>
       <c r="D299" s="218">
         <f>C299/12</f>
         <v>0</v>
       </c>
       <c r="E299" s="219">
         <f>25000*D299</f>
         <v>0</v>
       </c>
       <c r="F299" s="48">
         <v>0</v>
       </c>
       <c r="G299" s="12"/>
       <c r="H299" s="12"/>
       <c r="I299" s="12"/>
       <c r="J299" s="12"/>
       <c r="K299" s="12"/>
       <c r="L299" s="12"/>
@@ -22682,51 +22682,51 @@
       <c r="T299" s="13"/>
       <c r="U299" s="13"/>
       <c r="V299" s="13"/>
       <c r="W299" s="13"/>
       <c r="Y299" s="66"/>
       <c r="Z299" s="66"/>
       <c r="AA299" s="66"/>
       <c r="AB299" s="66"/>
       <c r="AC299" s="66"/>
       <c r="AD299" s="66"/>
       <c r="AE299" s="66"/>
       <c r="AF299" s="66"/>
       <c r="AG299" s="66"/>
       <c r="AH299" s="66"/>
       <c r="AI299" s="66"/>
       <c r="AJ299" s="66"/>
       <c r="AK299" s="66"/>
       <c r="AL299" s="66"/>
       <c r="AM299" s="66"/>
       <c r="AN299" s="66"/>
       <c r="AO299" s="66"/>
       <c r="AP299" s="66"/>
       <c r="AQ299" s="66"/>
       <c r="AR299" s="66"/>
     </row>
-    <row r="300" spans="1:44" s="5" customFormat="1" ht="74.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="300" spans="1:44" s="5" customFormat="1" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="344" t="s">
         <v>50</v>
       </c>
       <c r="B300" s="344"/>
       <c r="C300" s="344"/>
       <c r="D300" s="344"/>
       <c r="E300" s="344"/>
       <c r="F300" s="344"/>
       <c r="G300" s="14"/>
       <c r="H300" s="178"/>
       <c r="I300" s="14"/>
       <c r="J300" s="14"/>
       <c r="K300" s="14"/>
       <c r="L300" s="14"/>
       <c r="M300" s="14"/>
       <c r="N300" s="14"/>
       <c r="O300" s="14"/>
       <c r="P300" s="14"/>
       <c r="Q300" s="14"/>
       <c r="R300" s="14"/>
       <c r="S300" s="2"/>
       <c r="T300" s="2"/>
       <c r="U300" s="2"/>
       <c r="V300" s="2"/>
       <c r="W300" s="2"/>
@@ -23397,51 +23397,51 @@
       <c r="T315" s="363"/>
       <c r="U315" s="363"/>
       <c r="V315" s="363"/>
       <c r="W315" s="364"/>
       <c r="Y315" s="62"/>
       <c r="Z315" s="62"/>
       <c r="AA315" s="62"/>
       <c r="AB315" s="62"/>
       <c r="AC315" s="62"/>
       <c r="AD315" s="62"/>
       <c r="AE315" s="62"/>
       <c r="AF315" s="62"/>
       <c r="AG315" s="62"/>
       <c r="AH315" s="62"/>
       <c r="AI315" s="62"/>
       <c r="AJ315" s="62"/>
       <c r="AK315" s="62"/>
       <c r="AL315" s="62"/>
       <c r="AM315" s="62"/>
       <c r="AN315" s="62"/>
       <c r="AO315" s="62"/>
       <c r="AP315" s="62"/>
       <c r="AQ315" s="62"/>
       <c r="AR315" s="62"/>
     </row>
-    <row r="316" spans="1:44" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="316" spans="1:44" ht="32.4" x14ac:dyDescent="0.2">
       <c r="A316" s="220" t="s">
         <v>54</v>
       </c>
       <c r="B316" s="221" t="s">
         <v>55</v>
       </c>
       <c r="C316" s="365" t="s">
         <v>56</v>
       </c>
       <c r="D316" s="366"/>
       <c r="E316" s="221" t="s">
         <v>57</v>
       </c>
       <c r="F316" s="222" t="s">
         <v>58</v>
       </c>
       <c r="G316" s="223" t="s">
         <v>59</v>
       </c>
       <c r="H316" s="12"/>
       <c r="I316" s="12"/>
       <c r="J316" s="12"/>
       <c r="K316" s="12"/>
       <c r="L316" s="12"/>
       <c r="M316" s="12"/>
@@ -23454,411 +23454,411 @@
       <c r="T316" s="352"/>
       <c r="U316" s="352"/>
       <c r="V316" s="352"/>
       <c r="W316" s="353"/>
       <c r="Y316" s="62"/>
       <c r="Z316" s="62"/>
       <c r="AA316" s="62"/>
       <c r="AB316" s="62"/>
       <c r="AC316" s="62"/>
       <c r="AD316" s="62"/>
       <c r="AE316" s="62"/>
       <c r="AF316" s="62"/>
       <c r="AG316" s="62"/>
       <c r="AH316" s="62"/>
       <c r="AI316" s="62"/>
       <c r="AJ316" s="62"/>
       <c r="AK316" s="62"/>
       <c r="AL316" s="62"/>
       <c r="AM316" s="62"/>
       <c r="AN316" s="62"/>
       <c r="AO316" s="62"/>
       <c r="AP316" s="62"/>
       <c r="AQ316" s="62"/>
       <c r="AR316" s="62"/>
     </row>
-    <row r="317" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="317" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="34"/>
       <c r="B317" s="43"/>
       <c r="C317" s="367"/>
       <c r="D317" s="367"/>
       <c r="E317" s="43"/>
       <c r="F317" s="47"/>
       <c r="G317" s="35"/>
       <c r="H317" s="12"/>
       <c r="I317" s="12"/>
       <c r="J317" s="12"/>
       <c r="K317" s="12"/>
       <c r="L317" s="12"/>
       <c r="M317" s="12"/>
       <c r="N317" s="351"/>
       <c r="O317" s="352"/>
       <c r="P317" s="352"/>
       <c r="Q317" s="352"/>
       <c r="R317" s="352"/>
       <c r="S317" s="352"/>
       <c r="T317" s="352"/>
       <c r="U317" s="352"/>
       <c r="V317" s="352"/>
       <c r="W317" s="353"/>
       <c r="Y317" s="62"/>
       <c r="Z317" s="62"/>
       <c r="AA317" s="62"/>
       <c r="AB317" s="62"/>
       <c r="AC317" s="62"/>
       <c r="AD317" s="62"/>
       <c r="AE317" s="62"/>
       <c r="AF317" s="62"/>
       <c r="AG317" s="62"/>
       <c r="AH317" s="62"/>
       <c r="AI317" s="62"/>
       <c r="AJ317" s="62"/>
       <c r="AK317" s="62"/>
       <c r="AL317" s="62"/>
       <c r="AM317" s="62"/>
       <c r="AN317" s="62"/>
       <c r="AO317" s="62"/>
       <c r="AP317" s="62"/>
       <c r="AQ317" s="62"/>
       <c r="AR317" s="62"/>
     </row>
-    <row r="318" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="318" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="34"/>
       <c r="B318" s="43"/>
       <c r="C318" s="342"/>
       <c r="D318" s="343"/>
       <c r="E318" s="43"/>
       <c r="F318" s="47"/>
       <c r="G318" s="35"/>
       <c r="H318" s="12"/>
       <c r="I318" s="12"/>
       <c r="J318" s="12"/>
       <c r="K318" s="12"/>
       <c r="L318" s="12"/>
       <c r="M318" s="12"/>
       <c r="N318" s="351"/>
       <c r="O318" s="352"/>
       <c r="P318" s="352"/>
       <c r="Q318" s="352"/>
       <c r="R318" s="352"/>
       <c r="S318" s="352"/>
       <c r="T318" s="352"/>
       <c r="U318" s="352"/>
       <c r="V318" s="352"/>
       <c r="W318" s="353"/>
       <c r="Y318" s="62"/>
       <c r="Z318" s="62"/>
       <c r="AA318" s="62"/>
       <c r="AB318" s="62"/>
       <c r="AC318" s="62"/>
       <c r="AD318" s="62"/>
       <c r="AE318" s="62"/>
       <c r="AF318" s="62"/>
       <c r="AG318" s="62"/>
       <c r="AH318" s="62"/>
       <c r="AI318" s="62"/>
       <c r="AJ318" s="62"/>
       <c r="AK318" s="62"/>
       <c r="AL318" s="62"/>
       <c r="AM318" s="62"/>
       <c r="AN318" s="62"/>
       <c r="AO318" s="62"/>
       <c r="AP318" s="62"/>
       <c r="AQ318" s="62"/>
       <c r="AR318" s="62"/>
     </row>
-    <row r="319" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="319" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="34"/>
       <c r="B319" s="43"/>
       <c r="C319" s="342"/>
       <c r="D319" s="343"/>
       <c r="E319" s="43"/>
       <c r="F319" s="47"/>
       <c r="G319" s="35"/>
       <c r="H319" s="12"/>
       <c r="I319" s="12"/>
       <c r="J319" s="12"/>
       <c r="K319" s="12"/>
       <c r="L319" s="12"/>
       <c r="M319" s="12"/>
       <c r="N319" s="351"/>
       <c r="O319" s="352"/>
       <c r="P319" s="352"/>
       <c r="Q319" s="352"/>
       <c r="R319" s="352"/>
       <c r="S319" s="352"/>
       <c r="T319" s="352"/>
       <c r="U319" s="352"/>
       <c r="V319" s="352"/>
       <c r="W319" s="353"/>
       <c r="Y319" s="62"/>
       <c r="Z319" s="62"/>
       <c r="AA319" s="62"/>
       <c r="AB319" s="62"/>
       <c r="AC319" s="62"/>
       <c r="AD319" s="62"/>
       <c r="AE319" s="62"/>
       <c r="AF319" s="62"/>
       <c r="AG319" s="62"/>
       <c r="AH319" s="62"/>
       <c r="AI319" s="62"/>
       <c r="AJ319" s="62"/>
       <c r="AK319" s="62"/>
       <c r="AL319" s="62"/>
       <c r="AM319" s="62"/>
       <c r="AN319" s="62"/>
       <c r="AO319" s="62"/>
       <c r="AP319" s="62"/>
       <c r="AQ319" s="62"/>
       <c r="AR319" s="62"/>
     </row>
-    <row r="320" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="320" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="34"/>
       <c r="B320" s="43"/>
       <c r="C320" s="342"/>
       <c r="D320" s="343"/>
       <c r="E320" s="43"/>
       <c r="F320" s="47"/>
       <c r="G320" s="35"/>
       <c r="H320" s="12"/>
       <c r="I320" s="12"/>
       <c r="J320" s="12"/>
       <c r="K320" s="12"/>
       <c r="L320" s="12"/>
       <c r="M320" s="12"/>
       <c r="N320" s="351"/>
       <c r="O320" s="352"/>
       <c r="P320" s="352"/>
       <c r="Q320" s="352"/>
       <c r="R320" s="352"/>
       <c r="S320" s="352"/>
       <c r="T320" s="352"/>
       <c r="U320" s="352"/>
       <c r="V320" s="352"/>
       <c r="W320" s="353"/>
       <c r="Y320" s="62"/>
       <c r="Z320" s="62"/>
       <c r="AA320" s="62"/>
       <c r="AB320" s="62"/>
       <c r="AC320" s="62"/>
       <c r="AD320" s="62"/>
       <c r="AE320" s="62"/>
       <c r="AF320" s="62"/>
       <c r="AG320" s="62"/>
       <c r="AH320" s="62"/>
       <c r="AI320" s="62"/>
       <c r="AJ320" s="62"/>
       <c r="AK320" s="62"/>
       <c r="AL320" s="62"/>
       <c r="AM320" s="62"/>
       <c r="AN320" s="62"/>
       <c r="AO320" s="62"/>
       <c r="AP320" s="62"/>
       <c r="AQ320" s="62"/>
       <c r="AR320" s="62"/>
     </row>
-    <row r="321" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="321" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="34"/>
       <c r="B321" s="43"/>
       <c r="C321" s="342"/>
       <c r="D321" s="343"/>
       <c r="E321" s="43"/>
       <c r="F321" s="47"/>
       <c r="G321" s="35"/>
       <c r="H321" s="12"/>
       <c r="I321" s="12"/>
       <c r="J321" s="12"/>
       <c r="K321" s="12"/>
       <c r="L321" s="12"/>
       <c r="M321" s="12"/>
       <c r="N321" s="351"/>
       <c r="O321" s="352"/>
       <c r="P321" s="352"/>
       <c r="Q321" s="352"/>
       <c r="R321" s="352"/>
       <c r="S321" s="352"/>
       <c r="T321" s="352"/>
       <c r="U321" s="352"/>
       <c r="V321" s="352"/>
       <c r="W321" s="353"/>
       <c r="Y321" s="62"/>
       <c r="Z321" s="62"/>
       <c r="AA321" s="62"/>
       <c r="AB321" s="62"/>
       <c r="AC321" s="62"/>
       <c r="AD321" s="62"/>
       <c r="AE321" s="62"/>
       <c r="AF321" s="62"/>
       <c r="AG321" s="62"/>
       <c r="AH321" s="62"/>
       <c r="AI321" s="62"/>
       <c r="AJ321" s="62"/>
       <c r="AK321" s="62"/>
       <c r="AL321" s="62"/>
       <c r="AM321" s="62"/>
       <c r="AN321" s="62"/>
       <c r="AO321" s="62"/>
       <c r="AP321" s="62"/>
       <c r="AQ321" s="62"/>
       <c r="AR321" s="62"/>
     </row>
-    <row r="322" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="322" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="34"/>
       <c r="B322" s="43"/>
       <c r="C322" s="342"/>
       <c r="D322" s="343"/>
       <c r="E322" s="43"/>
       <c r="F322" s="47"/>
       <c r="G322" s="35"/>
       <c r="H322" s="12"/>
       <c r="I322" s="12"/>
       <c r="J322" s="12"/>
       <c r="K322" s="12"/>
       <c r="L322" s="12"/>
       <c r="M322" s="12"/>
       <c r="N322" s="351"/>
       <c r="O322" s="352"/>
       <c r="P322" s="352"/>
       <c r="Q322" s="352"/>
       <c r="R322" s="352"/>
       <c r="S322" s="352"/>
       <c r="T322" s="352"/>
       <c r="U322" s="352"/>
       <c r="V322" s="352"/>
       <c r="W322" s="353"/>
       <c r="Y322" s="62"/>
       <c r="Z322" s="62"/>
       <c r="AA322" s="62"/>
       <c r="AB322" s="62"/>
       <c r="AC322" s="62"/>
       <c r="AD322" s="62"/>
       <c r="AE322" s="62"/>
       <c r="AF322" s="62"/>
       <c r="AG322" s="62"/>
       <c r="AH322" s="62"/>
       <c r="AI322" s="62"/>
       <c r="AJ322" s="62"/>
       <c r="AK322" s="62"/>
       <c r="AL322" s="62"/>
       <c r="AM322" s="62"/>
       <c r="AN322" s="62"/>
       <c r="AO322" s="62"/>
       <c r="AP322" s="62"/>
       <c r="AQ322" s="62"/>
       <c r="AR322" s="62"/>
     </row>
-    <row r="323" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="323" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="34"/>
       <c r="B323" s="43"/>
       <c r="C323" s="342"/>
       <c r="D323" s="343"/>
       <c r="E323" s="43"/>
       <c r="F323" s="47"/>
       <c r="G323" s="35"/>
       <c r="H323" s="12"/>
       <c r="I323" s="12"/>
       <c r="J323" s="12"/>
       <c r="K323" s="12"/>
       <c r="L323" s="12"/>
       <c r="M323" s="12"/>
       <c r="N323" s="351"/>
       <c r="O323" s="352"/>
       <c r="P323" s="352"/>
       <c r="Q323" s="352"/>
       <c r="R323" s="352"/>
       <c r="S323" s="352"/>
       <c r="T323" s="352"/>
       <c r="U323" s="352"/>
       <c r="V323" s="352"/>
       <c r="W323" s="353"/>
       <c r="Y323" s="62"/>
       <c r="Z323" s="62"/>
       <c r="AA323" s="62"/>
       <c r="AB323" s="62"/>
       <c r="AC323" s="62"/>
       <c r="AD323" s="62"/>
       <c r="AE323" s="62"/>
       <c r="AF323" s="62"/>
       <c r="AG323" s="62"/>
       <c r="AH323" s="62"/>
       <c r="AI323" s="62"/>
       <c r="AJ323" s="62"/>
       <c r="AK323" s="62"/>
       <c r="AL323" s="62"/>
       <c r="AM323" s="62"/>
       <c r="AN323" s="62"/>
       <c r="AO323" s="62"/>
       <c r="AP323" s="62"/>
       <c r="AQ323" s="62"/>
       <c r="AR323" s="62"/>
     </row>
-    <row r="324" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="324" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="34"/>
       <c r="B324" s="43"/>
       <c r="C324" s="342"/>
       <c r="D324" s="343"/>
       <c r="E324" s="43"/>
       <c r="F324" s="47"/>
       <c r="G324" s="35"/>
       <c r="H324" s="12"/>
       <c r="I324" s="12"/>
       <c r="J324" s="12"/>
       <c r="K324" s="12"/>
       <c r="L324" s="12"/>
       <c r="M324" s="12"/>
       <c r="N324" s="351"/>
       <c r="O324" s="352"/>
       <c r="P324" s="352"/>
       <c r="Q324" s="352"/>
       <c r="R324" s="352"/>
       <c r="S324" s="352"/>
       <c r="T324" s="352"/>
       <c r="U324" s="352"/>
       <c r="V324" s="352"/>
       <c r="W324" s="353"/>
       <c r="Y324" s="62"/>
       <c r="Z324" s="62"/>
       <c r="AA324" s="62"/>
       <c r="AB324" s="62"/>
       <c r="AC324" s="62"/>
       <c r="AD324" s="62"/>
       <c r="AE324" s="62"/>
       <c r="AF324" s="62"/>
       <c r="AG324" s="62"/>
       <c r="AH324" s="62"/>
       <c r="AI324" s="62"/>
       <c r="AJ324" s="62"/>
       <c r="AK324" s="62"/>
       <c r="AL324" s="62"/>
       <c r="AM324" s="62"/>
       <c r="AN324" s="62"/>
       <c r="AO324" s="62"/>
       <c r="AP324" s="62"/>
       <c r="AQ324" s="62"/>
       <c r="AR324" s="62"/>
     </row>
-    <row r="325" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="325" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="34"/>
       <c r="B325" s="43"/>
       <c r="C325" s="342"/>
       <c r="D325" s="343"/>
       <c r="E325" s="43"/>
       <c r="F325" s="47"/>
       <c r="G325" s="35"/>
       <c r="H325" s="12"/>
       <c r="I325" s="12"/>
       <c r="J325" s="12"/>
       <c r="K325" s="12"/>
       <c r="L325" s="12"/>
       <c r="M325" s="12"/>
       <c r="N325" s="351"/>
       <c r="O325" s="352"/>
       <c r="P325" s="352"/>
       <c r="Q325" s="352"/>
       <c r="R325" s="352"/>
       <c r="S325" s="352"/>
       <c r="T325" s="352"/>
       <c r="U325" s="352"/>
       <c r="V325" s="352"/>
       <c r="W325" s="353"/>
       <c r="Y325" s="62"/>
       <c r="Z325" s="62"/>
@@ -24129,51 +24129,51 @@
       <c r="T331" s="352"/>
       <c r="U331" s="352"/>
       <c r="V331" s="352"/>
       <c r="W331" s="353"/>
       <c r="Y331" s="62"/>
       <c r="Z331" s="62"/>
       <c r="AA331" s="62"/>
       <c r="AB331" s="62"/>
       <c r="AC331" s="62"/>
       <c r="AD331" s="62"/>
       <c r="AE331" s="62"/>
       <c r="AF331" s="62"/>
       <c r="AG331" s="62"/>
       <c r="AH331" s="62"/>
       <c r="AI331" s="62"/>
       <c r="AJ331" s="62"/>
       <c r="AK331" s="62"/>
       <c r="AL331" s="62"/>
       <c r="AM331" s="62"/>
       <c r="AN331" s="62"/>
       <c r="AO331" s="62"/>
       <c r="AP331" s="62"/>
       <c r="AQ331" s="62"/>
       <c r="AR331" s="62"/>
     </row>
-    <row r="332" spans="1:44" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:44" ht="11.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A332" s="34"/>
       <c r="B332" s="43"/>
       <c r="C332" s="342"/>
       <c r="D332" s="343"/>
       <c r="E332" s="43"/>
       <c r="F332" s="47"/>
       <c r="G332" s="35"/>
       <c r="H332" s="12"/>
       <c r="I332" s="12"/>
       <c r="J332" s="12"/>
       <c r="K332" s="12"/>
       <c r="L332" s="12"/>
       <c r="M332" s="12"/>
       <c r="N332" s="351"/>
       <c r="O332" s="352"/>
       <c r="P332" s="352"/>
       <c r="Q332" s="352"/>
       <c r="R332" s="352"/>
       <c r="S332" s="352"/>
       <c r="T332" s="352"/>
       <c r="U332" s="352"/>
       <c r="V332" s="352"/>
       <c r="W332" s="353"/>
       <c r="Y332" s="62"/>
       <c r="Z332" s="62"/>
@@ -26844,51 +26844,51 @@
       <c r="T392" s="352"/>
       <c r="U392" s="352"/>
       <c r="V392" s="352"/>
       <c r="W392" s="353"/>
       <c r="Y392" s="62"/>
       <c r="Z392" s="62"/>
       <c r="AA392" s="62"/>
       <c r="AB392" s="62"/>
       <c r="AC392" s="62"/>
       <c r="AD392" s="62"/>
       <c r="AE392" s="62"/>
       <c r="AF392" s="62"/>
       <c r="AG392" s="62"/>
       <c r="AH392" s="62"/>
       <c r="AI392" s="62"/>
       <c r="AJ392" s="62"/>
       <c r="AK392" s="62"/>
       <c r="AL392" s="62"/>
       <c r="AM392" s="62"/>
       <c r="AN392" s="62"/>
       <c r="AO392" s="62"/>
       <c r="AP392" s="62"/>
       <c r="AQ392" s="62"/>
       <c r="AR392" s="62"/>
     </row>
-    <row r="393" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
+    <row r="393" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A393" s="34"/>
       <c r="B393" s="43"/>
       <c r="C393" s="367"/>
       <c r="D393" s="368"/>
       <c r="E393" s="43"/>
       <c r="F393" s="43"/>
       <c r="G393" s="35"/>
       <c r="H393" s="2"/>
       <c r="I393" s="2"/>
       <c r="J393" s="2"/>
       <c r="N393" s="351"/>
       <c r="O393" s="352"/>
       <c r="P393" s="352"/>
       <c r="Q393" s="352"/>
       <c r="R393" s="352"/>
       <c r="S393" s="352"/>
       <c r="T393" s="352"/>
       <c r="U393" s="352"/>
       <c r="V393" s="352"/>
       <c r="W393" s="353"/>
       <c r="Y393" s="62"/>
       <c r="Z393" s="62"/>
       <c r="AA393" s="62"/>
       <c r="AB393" s="62"/>
       <c r="AC393" s="62"/>
@@ -27012,51 +27012,51 @@
       <c r="T396" s="352"/>
       <c r="U396" s="352"/>
       <c r="V396" s="352"/>
       <c r="W396" s="353"/>
       <c r="Y396" s="62"/>
       <c r="Z396" s="62"/>
       <c r="AA396" s="62"/>
       <c r="AB396" s="62"/>
       <c r="AC396" s="62"/>
       <c r="AD396" s="62"/>
       <c r="AE396" s="62"/>
       <c r="AF396" s="62"/>
       <c r="AG396" s="62"/>
       <c r="AH396" s="62"/>
       <c r="AI396" s="62"/>
       <c r="AJ396" s="62"/>
       <c r="AK396" s="62"/>
       <c r="AL396" s="62"/>
       <c r="AM396" s="62"/>
       <c r="AN396" s="62"/>
       <c r="AO396" s="62"/>
       <c r="AP396" s="62"/>
       <c r="AQ396" s="62"/>
       <c r="AR396" s="62"/>
     </row>
-    <row r="397" spans="1:44" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:44" ht="11.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A397" s="224" t="s">
         <v>60</v>
       </c>
       <c r="B397" s="225"/>
       <c r="C397" s="370"/>
       <c r="D397" s="370"/>
       <c r="E397" s="226"/>
       <c r="F397" s="226"/>
       <c r="G397" s="227">
         <f>SUM(G317:G396)</f>
         <v>0</v>
       </c>
       <c r="H397" s="2"/>
       <c r="I397" s="2"/>
       <c r="J397" s="2"/>
       <c r="N397" s="354"/>
       <c r="O397" s="355"/>
       <c r="P397" s="355"/>
       <c r="Q397" s="355"/>
       <c r="R397" s="355"/>
       <c r="S397" s="355"/>
       <c r="T397" s="355"/>
       <c r="U397" s="355"/>
       <c r="V397" s="355"/>
       <c r="W397" s="356"/>
@@ -27194,51 +27194,51 @@
       <c r="T400" s="363"/>
       <c r="U400" s="363"/>
       <c r="V400" s="363"/>
       <c r="W400" s="364"/>
       <c r="Y400" s="62"/>
       <c r="Z400" s="62"/>
       <c r="AA400" s="62"/>
       <c r="AB400" s="62"/>
       <c r="AC400" s="62"/>
       <c r="AD400" s="62"/>
       <c r="AE400" s="62"/>
       <c r="AF400" s="62"/>
       <c r="AG400" s="62"/>
       <c r="AH400" s="62"/>
       <c r="AI400" s="62"/>
       <c r="AJ400" s="62"/>
       <c r="AK400" s="62"/>
       <c r="AL400" s="62"/>
       <c r="AM400" s="62"/>
       <c r="AN400" s="62"/>
       <c r="AO400" s="62"/>
       <c r="AP400" s="62"/>
       <c r="AQ400" s="62"/>
       <c r="AR400" s="62"/>
     </row>
-    <row r="401" spans="1:44" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="401" spans="1:44" ht="30.6" x14ac:dyDescent="0.2">
       <c r="A401" s="384" t="s">
         <v>63</v>
       </c>
       <c r="B401" s="385"/>
       <c r="C401" s="229" t="s">
         <v>64</v>
       </c>
       <c r="D401" s="228" t="s">
         <v>65</v>
       </c>
       <c r="E401" s="228" t="s">
         <v>66</v>
       </c>
       <c r="F401" s="229" t="s">
         <v>67</v>
       </c>
       <c r="G401" s="230" t="s">
         <v>68</v>
       </c>
       <c r="H401" s="12"/>
       <c r="I401" s="12"/>
       <c r="J401" s="12"/>
       <c r="K401" s="12"/>
       <c r="L401" s="12"/>
       <c r="M401" s="12"/>
@@ -27251,594 +27251,594 @@
       <c r="T401" s="352"/>
       <c r="U401" s="352"/>
       <c r="V401" s="352"/>
       <c r="W401" s="353"/>
       <c r="Y401" s="62"/>
       <c r="Z401" s="62"/>
       <c r="AA401" s="62"/>
       <c r="AB401" s="62"/>
       <c r="AC401" s="62"/>
       <c r="AD401" s="62"/>
       <c r="AE401" s="62"/>
       <c r="AF401" s="62"/>
       <c r="AG401" s="62"/>
       <c r="AH401" s="62"/>
       <c r="AI401" s="62"/>
       <c r="AJ401" s="62"/>
       <c r="AK401" s="62"/>
       <c r="AL401" s="62"/>
       <c r="AM401" s="62"/>
       <c r="AN401" s="62"/>
       <c r="AO401" s="62"/>
       <c r="AP401" s="62"/>
       <c r="AQ401" s="62"/>
       <c r="AR401" s="62"/>
     </row>
-    <row r="402" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="402" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="372"/>
       <c r="B402" s="372"/>
       <c r="C402" s="36"/>
       <c r="D402" s="37"/>
       <c r="E402" s="38"/>
       <c r="F402" s="39"/>
       <c r="G402" s="231">
         <f>IF(D402=0,0,(C402/D402)*E402*F402)</f>
         <v>0</v>
       </c>
       <c r="H402" s="12"/>
       <c r="I402" s="12"/>
       <c r="J402" s="12"/>
       <c r="K402" s="12"/>
       <c r="L402" s="12"/>
       <c r="M402" s="12"/>
       <c r="N402" s="351"/>
       <c r="O402" s="352"/>
       <c r="P402" s="352"/>
       <c r="Q402" s="352"/>
       <c r="R402" s="352"/>
       <c r="S402" s="352"/>
       <c r="T402" s="352"/>
       <c r="U402" s="352"/>
       <c r="V402" s="352"/>
       <c r="W402" s="353"/>
       <c r="Y402" s="62"/>
       <c r="Z402" s="62"/>
       <c r="AA402" s="62"/>
       <c r="AB402" s="62"/>
       <c r="AC402" s="62"/>
       <c r="AD402" s="62"/>
       <c r="AE402" s="62"/>
       <c r="AF402" s="62"/>
       <c r="AG402" s="62"/>
       <c r="AH402" s="62"/>
       <c r="AI402" s="62"/>
       <c r="AJ402" s="62"/>
       <c r="AK402" s="62"/>
       <c r="AL402" s="62"/>
       <c r="AM402" s="62"/>
       <c r="AN402" s="62"/>
       <c r="AO402" s="62"/>
       <c r="AP402" s="62"/>
       <c r="AQ402" s="62"/>
       <c r="AR402" s="62"/>
     </row>
-    <row r="403" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="403" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="372"/>
       <c r="B403" s="372"/>
       <c r="C403" s="36"/>
       <c r="D403" s="37"/>
       <c r="E403" s="38"/>
       <c r="F403" s="39"/>
       <c r="G403" s="231">
         <f t="shared" ref="G403:G414" si="15">IF(D403=0,0,(C403/D403)*E403*F403)</f>
         <v>0</v>
       </c>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
       <c r="J403" s="2"/>
       <c r="N403" s="351"/>
       <c r="O403" s="352"/>
       <c r="P403" s="352"/>
       <c r="Q403" s="352"/>
       <c r="R403" s="352"/>
       <c r="S403" s="352"/>
       <c r="T403" s="352"/>
       <c r="U403" s="352"/>
       <c r="V403" s="352"/>
       <c r="W403" s="353"/>
       <c r="Y403" s="62"/>
       <c r="Z403" s="62"/>
       <c r="AA403" s="62"/>
       <c r="AB403" s="62"/>
       <c r="AC403" s="62"/>
       <c r="AD403" s="62"/>
       <c r="AE403" s="62"/>
       <c r="AF403" s="62"/>
       <c r="AG403" s="62"/>
       <c r="AH403" s="62"/>
       <c r="AI403" s="62"/>
       <c r="AJ403" s="62"/>
       <c r="AK403" s="62"/>
       <c r="AL403" s="62"/>
       <c r="AM403" s="62"/>
       <c r="AN403" s="62"/>
       <c r="AO403" s="62"/>
       <c r="AP403" s="62"/>
       <c r="AQ403" s="62"/>
       <c r="AR403" s="62"/>
     </row>
-    <row r="404" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="404" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="372"/>
       <c r="B404" s="372"/>
       <c r="C404" s="36"/>
       <c r="D404" s="37"/>
       <c r="E404" s="38"/>
       <c r="F404" s="39"/>
       <c r="G404" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
       <c r="J404" s="2"/>
       <c r="N404" s="351"/>
       <c r="O404" s="352"/>
       <c r="P404" s="352"/>
       <c r="Q404" s="352"/>
       <c r="R404" s="352"/>
       <c r="S404" s="352"/>
       <c r="T404" s="352"/>
       <c r="U404" s="352"/>
       <c r="V404" s="352"/>
       <c r="W404" s="353"/>
       <c r="Y404" s="62"/>
       <c r="Z404" s="62"/>
       <c r="AA404" s="62"/>
       <c r="AB404" s="62"/>
       <c r="AC404" s="62"/>
       <c r="AD404" s="62"/>
       <c r="AE404" s="62"/>
       <c r="AF404" s="62"/>
       <c r="AG404" s="62"/>
       <c r="AH404" s="62"/>
       <c r="AI404" s="62"/>
       <c r="AJ404" s="62"/>
       <c r="AK404" s="62"/>
       <c r="AL404" s="62"/>
       <c r="AM404" s="62"/>
       <c r="AN404" s="62"/>
       <c r="AO404" s="62"/>
       <c r="AP404" s="62"/>
       <c r="AQ404" s="62"/>
       <c r="AR404" s="62"/>
     </row>
-    <row r="405" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="405" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="382"/>
       <c r="B405" s="383"/>
       <c r="C405" s="36"/>
       <c r="D405" s="37"/>
       <c r="E405" s="41"/>
       <c r="F405" s="39"/>
       <c r="G405" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H405" s="2"/>
       <c r="I405" s="2"/>
       <c r="J405" s="2"/>
       <c r="N405" s="351"/>
       <c r="O405" s="352"/>
       <c r="P405" s="352"/>
       <c r="Q405" s="352"/>
       <c r="R405" s="352"/>
       <c r="S405" s="352"/>
       <c r="T405" s="352"/>
       <c r="U405" s="352"/>
       <c r="V405" s="352"/>
       <c r="W405" s="353"/>
       <c r="Y405" s="62"/>
       <c r="Z405" s="62"/>
       <c r="AA405" s="62"/>
       <c r="AB405" s="62"/>
       <c r="AC405" s="62"/>
       <c r="AD405" s="62"/>
       <c r="AE405" s="62"/>
       <c r="AF405" s="62"/>
       <c r="AG405" s="62"/>
       <c r="AH405" s="62"/>
       <c r="AI405" s="62"/>
       <c r="AJ405" s="62"/>
       <c r="AK405" s="62"/>
       <c r="AL405" s="62"/>
       <c r="AM405" s="62"/>
       <c r="AN405" s="62"/>
       <c r="AO405" s="62"/>
       <c r="AP405" s="62"/>
       <c r="AQ405" s="62"/>
       <c r="AR405" s="62"/>
     </row>
-    <row r="406" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="406" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="382"/>
       <c r="B406" s="383"/>
       <c r="C406" s="36"/>
       <c r="D406" s="37"/>
       <c r="E406" s="41"/>
       <c r="F406" s="39"/>
       <c r="G406" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H406" s="2"/>
       <c r="I406" s="2"/>
       <c r="J406" s="2"/>
       <c r="N406" s="351"/>
       <c r="O406" s="352"/>
       <c r="P406" s="352"/>
       <c r="Q406" s="352"/>
       <c r="R406" s="352"/>
       <c r="S406" s="352"/>
       <c r="T406" s="352"/>
       <c r="U406" s="352"/>
       <c r="V406" s="352"/>
       <c r="W406" s="353"/>
       <c r="Y406" s="62"/>
       <c r="Z406" s="62"/>
       <c r="AA406" s="62"/>
       <c r="AB406" s="62"/>
       <c r="AC406" s="62"/>
       <c r="AD406" s="62"/>
       <c r="AE406" s="62"/>
       <c r="AF406" s="62"/>
       <c r="AG406" s="62"/>
       <c r="AH406" s="62"/>
       <c r="AI406" s="62"/>
       <c r="AJ406" s="62"/>
       <c r="AK406" s="62"/>
       <c r="AL406" s="62"/>
       <c r="AM406" s="62"/>
       <c r="AN406" s="62"/>
       <c r="AO406" s="62"/>
       <c r="AP406" s="62"/>
       <c r="AQ406" s="62"/>
       <c r="AR406" s="62"/>
     </row>
-    <row r="407" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="407" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="382"/>
       <c r="B407" s="383"/>
       <c r="C407" s="36"/>
       <c r="D407" s="37"/>
       <c r="E407" s="41"/>
       <c r="F407" s="39"/>
       <c r="G407" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H407" s="2"/>
       <c r="I407" s="2"/>
       <c r="J407" s="2"/>
       <c r="N407" s="351"/>
       <c r="O407" s="352"/>
       <c r="P407" s="352"/>
       <c r="Q407" s="352"/>
       <c r="R407" s="352"/>
       <c r="S407" s="352"/>
       <c r="T407" s="352"/>
       <c r="U407" s="352"/>
       <c r="V407" s="352"/>
       <c r="W407" s="353"/>
       <c r="Y407" s="62"/>
       <c r="Z407" s="62"/>
       <c r="AA407" s="62"/>
       <c r="AB407" s="62"/>
       <c r="AC407" s="62"/>
       <c r="AD407" s="62"/>
       <c r="AE407" s="62"/>
       <c r="AF407" s="62"/>
       <c r="AG407" s="62"/>
       <c r="AH407" s="62"/>
       <c r="AI407" s="62"/>
       <c r="AJ407" s="62"/>
       <c r="AK407" s="62"/>
       <c r="AL407" s="62"/>
       <c r="AM407" s="62"/>
       <c r="AN407" s="62"/>
       <c r="AO407" s="62"/>
       <c r="AP407" s="62"/>
       <c r="AQ407" s="62"/>
       <c r="AR407" s="62"/>
     </row>
-    <row r="408" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="408" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="382"/>
       <c r="B408" s="383"/>
       <c r="C408" s="36"/>
       <c r="D408" s="37"/>
       <c r="E408" s="41"/>
       <c r="F408" s="39"/>
       <c r="G408" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H408" s="2"/>
       <c r="I408" s="2"/>
       <c r="J408" s="2"/>
       <c r="N408" s="351"/>
       <c r="O408" s="352"/>
       <c r="P408" s="352"/>
       <c r="Q408" s="352"/>
       <c r="R408" s="352"/>
       <c r="S408" s="352"/>
       <c r="T408" s="352"/>
       <c r="U408" s="352"/>
       <c r="V408" s="352"/>
       <c r="W408" s="353"/>
       <c r="Y408" s="62"/>
       <c r="Z408" s="62"/>
       <c r="AA408" s="62"/>
       <c r="AB408" s="62"/>
       <c r="AC408" s="62"/>
       <c r="AD408" s="62"/>
       <c r="AE408" s="62"/>
       <c r="AF408" s="62"/>
       <c r="AG408" s="62"/>
       <c r="AH408" s="62"/>
       <c r="AI408" s="62"/>
       <c r="AJ408" s="62"/>
       <c r="AK408" s="62"/>
       <c r="AL408" s="62"/>
       <c r="AM408" s="62"/>
       <c r="AN408" s="62"/>
       <c r="AO408" s="62"/>
       <c r="AP408" s="62"/>
       <c r="AQ408" s="62"/>
       <c r="AR408" s="62"/>
     </row>
-    <row r="409" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="409" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="382"/>
       <c r="B409" s="383"/>
       <c r="C409" s="36"/>
       <c r="D409" s="37"/>
       <c r="E409" s="41"/>
       <c r="F409" s="39"/>
       <c r="G409" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H409" s="2"/>
       <c r="I409" s="2"/>
       <c r="J409" s="2"/>
       <c r="N409" s="351"/>
       <c r="O409" s="352"/>
       <c r="P409" s="352"/>
       <c r="Q409" s="352"/>
       <c r="R409" s="352"/>
       <c r="S409" s="352"/>
       <c r="T409" s="352"/>
       <c r="U409" s="352"/>
       <c r="V409" s="352"/>
       <c r="W409" s="353"/>
       <c r="Y409" s="62"/>
       <c r="Z409" s="62"/>
       <c r="AA409" s="62"/>
       <c r="AB409" s="62"/>
       <c r="AC409" s="62"/>
       <c r="AD409" s="62"/>
       <c r="AE409" s="62"/>
       <c r="AF409" s="62"/>
       <c r="AG409" s="62"/>
       <c r="AH409" s="62"/>
       <c r="AI409" s="62"/>
       <c r="AJ409" s="62"/>
       <c r="AK409" s="62"/>
       <c r="AL409" s="62"/>
       <c r="AM409" s="62"/>
       <c r="AN409" s="62"/>
       <c r="AO409" s="62"/>
       <c r="AP409" s="62"/>
       <c r="AQ409" s="62"/>
       <c r="AR409" s="62"/>
     </row>
-    <row r="410" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="410" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="372"/>
       <c r="B410" s="373"/>
       <c r="C410" s="36"/>
       <c r="D410" s="40"/>
       <c r="E410" s="41"/>
       <c r="F410" s="39"/>
       <c r="G410" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
       <c r="J410" s="2"/>
       <c r="N410" s="351"/>
       <c r="O410" s="352"/>
       <c r="P410" s="352"/>
       <c r="Q410" s="352"/>
       <c r="R410" s="352"/>
       <c r="S410" s="352"/>
       <c r="T410" s="352"/>
       <c r="U410" s="352"/>
       <c r="V410" s="352"/>
       <c r="W410" s="353"/>
       <c r="Y410" s="62"/>
       <c r="Z410" s="62"/>
       <c r="AA410" s="62"/>
       <c r="AB410" s="62"/>
       <c r="AC410" s="62"/>
       <c r="AD410" s="62"/>
       <c r="AE410" s="62"/>
       <c r="AF410" s="62"/>
       <c r="AG410" s="62"/>
       <c r="AH410" s="62"/>
       <c r="AI410" s="62"/>
       <c r="AJ410" s="62"/>
       <c r="AK410" s="62"/>
       <c r="AL410" s="62"/>
       <c r="AM410" s="62"/>
       <c r="AN410" s="62"/>
       <c r="AO410" s="62"/>
       <c r="AP410" s="62"/>
       <c r="AQ410" s="62"/>
       <c r="AR410" s="62"/>
     </row>
-    <row r="411" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="411" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="372"/>
       <c r="B411" s="373"/>
       <c r="C411" s="36"/>
       <c r="D411" s="40"/>
       <c r="E411" s="41"/>
       <c r="F411" s="42"/>
       <c r="G411" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H411" s="2"/>
       <c r="I411" s="2"/>
       <c r="J411" s="2"/>
       <c r="N411" s="351"/>
       <c r="O411" s="352"/>
       <c r="P411" s="352"/>
       <c r="Q411" s="352"/>
       <c r="R411" s="352"/>
       <c r="S411" s="352"/>
       <c r="T411" s="352"/>
       <c r="U411" s="352"/>
       <c r="V411" s="352"/>
       <c r="W411" s="353"/>
       <c r="Y411" s="62"/>
       <c r="Z411" s="62"/>
       <c r="AA411" s="62"/>
       <c r="AB411" s="62"/>
       <c r="AC411" s="62"/>
       <c r="AD411" s="62"/>
       <c r="AE411" s="62"/>
       <c r="AF411" s="62"/>
       <c r="AG411" s="62"/>
       <c r="AH411" s="62"/>
       <c r="AI411" s="62"/>
       <c r="AJ411" s="62"/>
       <c r="AK411" s="62"/>
       <c r="AL411" s="62"/>
       <c r="AM411" s="62"/>
       <c r="AN411" s="62"/>
       <c r="AO411" s="62"/>
       <c r="AP411" s="62"/>
       <c r="AQ411" s="62"/>
       <c r="AR411" s="62"/>
     </row>
-    <row r="412" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="412" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="372"/>
       <c r="B412" s="373"/>
       <c r="C412" s="36"/>
       <c r="D412" s="40"/>
       <c r="E412" s="41"/>
       <c r="F412" s="42"/>
       <c r="G412" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H412" s="2"/>
       <c r="I412" s="2"/>
       <c r="J412" s="2"/>
       <c r="N412" s="351"/>
       <c r="O412" s="352"/>
       <c r="P412" s="352"/>
       <c r="Q412" s="352"/>
       <c r="R412" s="352"/>
       <c r="S412" s="352"/>
       <c r="T412" s="352"/>
       <c r="U412" s="352"/>
       <c r="V412" s="352"/>
       <c r="W412" s="353"/>
       <c r="Y412" s="62"/>
       <c r="Z412" s="62"/>
       <c r="AA412" s="62"/>
       <c r="AB412" s="62"/>
       <c r="AC412" s="62"/>
       <c r="AD412" s="62"/>
       <c r="AE412" s="62"/>
       <c r="AF412" s="62"/>
       <c r="AG412" s="62"/>
       <c r="AH412" s="62"/>
       <c r="AI412" s="62"/>
       <c r="AJ412" s="62"/>
       <c r="AK412" s="62"/>
       <c r="AL412" s="62"/>
       <c r="AM412" s="62"/>
       <c r="AN412" s="62"/>
       <c r="AO412" s="62"/>
       <c r="AP412" s="62"/>
       <c r="AQ412" s="62"/>
       <c r="AR412" s="62"/>
     </row>
-    <row r="413" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="413" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="372"/>
       <c r="B413" s="373"/>
       <c r="C413" s="36"/>
       <c r="D413" s="40"/>
       <c r="E413" s="41"/>
       <c r="F413" s="42"/>
       <c r="G413" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H413" s="2"/>
       <c r="I413" s="2"/>
       <c r="J413" s="2"/>
       <c r="N413" s="351"/>
       <c r="O413" s="352"/>
       <c r="P413" s="352"/>
       <c r="Q413" s="352"/>
       <c r="R413" s="352"/>
       <c r="S413" s="352"/>
       <c r="T413" s="352"/>
       <c r="U413" s="352"/>
       <c r="V413" s="352"/>
       <c r="W413" s="353"/>
       <c r="Y413" s="62"/>
       <c r="Z413" s="62"/>
       <c r="AA413" s="62"/>
       <c r="AB413" s="62"/>
       <c r="AC413" s="62"/>
       <c r="AD413" s="62"/>
       <c r="AE413" s="62"/>
       <c r="AF413" s="62"/>
       <c r="AG413" s="62"/>
       <c r="AH413" s="62"/>
       <c r="AI413" s="62"/>
       <c r="AJ413" s="62"/>
       <c r="AK413" s="62"/>
       <c r="AL413" s="62"/>
       <c r="AM413" s="62"/>
       <c r="AN413" s="62"/>
       <c r="AO413" s="62"/>
       <c r="AP413" s="62"/>
       <c r="AQ413" s="62"/>
       <c r="AR413" s="62"/>
     </row>
-    <row r="414" spans="1:44" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="414" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="372"/>
       <c r="B414" s="374"/>
       <c r="C414" s="36"/>
       <c r="D414" s="40"/>
       <c r="E414" s="41"/>
       <c r="F414" s="42"/>
       <c r="G414" s="231">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
       <c r="J414" s="2"/>
       <c r="N414" s="351"/>
       <c r="O414" s="352"/>
       <c r="P414" s="352"/>
       <c r="Q414" s="352"/>
       <c r="R414" s="352"/>
       <c r="S414" s="352"/>
       <c r="T414" s="352"/>
       <c r="U414" s="352"/>
       <c r="V414" s="352"/>
       <c r="W414" s="353"/>
       <c r="Y414" s="62"/>
       <c r="Z414" s="62"/>
@@ -27933,895 +27933,895 @@
       <c r="T416" s="335"/>
       <c r="U416" s="335"/>
       <c r="V416" s="335"/>
       <c r="W416" s="335"/>
       <c r="Y416" s="62"/>
       <c r="Z416" s="62"/>
       <c r="AA416" s="62"/>
       <c r="AB416" s="62"/>
       <c r="AC416" s="62"/>
       <c r="AD416" s="62"/>
       <c r="AE416" s="62"/>
       <c r="AF416" s="62"/>
       <c r="AG416" s="62"/>
       <c r="AH416" s="62"/>
       <c r="AI416" s="62"/>
       <c r="AJ416" s="62"/>
       <c r="AK416" s="62"/>
       <c r="AL416" s="62"/>
       <c r="AM416" s="62"/>
       <c r="AN416" s="62"/>
       <c r="AO416" s="62"/>
       <c r="AP416" s="62"/>
       <c r="AQ416" s="62"/>
       <c r="AR416" s="62"/>
     </row>
-    <row r="417" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+    <row r="417" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
       <c r="A417" s="72"/>
       <c r="B417" s="72"/>
       <c r="C417" s="72"/>
       <c r="D417" s="72"/>
       <c r="E417" s="72"/>
       <c r="F417" s="72"/>
       <c r="G417" s="72"/>
       <c r="H417" s="72"/>
       <c r="I417" s="72"/>
       <c r="J417" s="72"/>
       <c r="K417" s="72"/>
       <c r="L417" s="72"/>
       <c r="M417" s="72"/>
       <c r="N417" s="72"/>
       <c r="O417" s="72"/>
       <c r="P417" s="72"/>
       <c r="Q417" s="72"/>
       <c r="R417" s="72"/>
       <c r="S417" s="72"/>
       <c r="T417" s="72"/>
       <c r="U417" s="72"/>
       <c r="V417" s="72"/>
       <c r="W417" s="72"/>
       <c r="Y417" s="62"/>
       <c r="Z417" s="62"/>
       <c r="AA417" s="62"/>
       <c r="AB417" s="62"/>
       <c r="AC417" s="62"/>
       <c r="AD417" s="62"/>
       <c r="AE417" s="62"/>
       <c r="AF417" s="62"/>
       <c r="AG417" s="62"/>
       <c r="AH417" s="62"/>
       <c r="AI417" s="62"/>
       <c r="AJ417" s="62"/>
       <c r="AK417" s="62"/>
       <c r="AL417" s="62"/>
       <c r="AM417" s="62"/>
       <c r="AN417" s="62"/>
       <c r="AO417" s="62"/>
       <c r="AP417" s="62"/>
       <c r="AQ417" s="62"/>
       <c r="AR417" s="62"/>
     </row>
-    <row r="418" spans="1:44" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
       <c r="A418" s="174"/>
       <c r="B418" s="174"/>
       <c r="C418" s="174"/>
       <c r="D418" s="174"/>
       <c r="E418" s="174"/>
       <c r="F418" s="174"/>
       <c r="G418" s="174"/>
       <c r="H418" s="174"/>
       <c r="I418" s="174"/>
       <c r="J418" s="174"/>
       <c r="K418" s="174"/>
       <c r="L418" s="174"/>
       <c r="M418" s="174"/>
       <c r="N418" s="174"/>
       <c r="O418" s="174"/>
       <c r="P418" s="174"/>
       <c r="Q418" s="174"/>
       <c r="R418" s="174"/>
       <c r="S418" s="174"/>
       <c r="T418" s="174"/>
       <c r="U418" s="174"/>
       <c r="V418" s="174"/>
       <c r="W418" s="174"/>
       <c r="Y418" s="62"/>
       <c r="Z418" s="62"/>
       <c r="AA418" s="62"/>
       <c r="AB418" s="62"/>
       <c r="AC418" s="62"/>
       <c r="AD418" s="62"/>
       <c r="AE418" s="62"/>
       <c r="AF418" s="62"/>
       <c r="AG418" s="62"/>
       <c r="AH418" s="62"/>
       <c r="AI418" s="62"/>
       <c r="AJ418" s="62"/>
       <c r="AK418" s="62"/>
       <c r="AL418" s="62"/>
       <c r="AM418" s="62"/>
       <c r="AN418" s="62"/>
       <c r="AO418" s="62"/>
       <c r="AP418" s="62"/>
       <c r="AQ418" s="62"/>
       <c r="AR418" s="62"/>
     </row>
-    <row r="419" spans="1:44" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:44" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A419" s="376" t="s">
         <v>70</v>
       </c>
       <c r="B419" s="377"/>
       <c r="C419" s="377"/>
       <c r="D419" s="377"/>
       <c r="E419" s="377"/>
       <c r="F419" s="377"/>
       <c r="G419" s="377"/>
       <c r="H419" s="377"/>
       <c r="I419" s="377"/>
       <c r="J419" s="377"/>
       <c r="K419" s="377"/>
       <c r="L419" s="377"/>
       <c r="M419" s="377"/>
       <c r="N419" s="377"/>
       <c r="O419" s="377"/>
       <c r="P419" s="377"/>
       <c r="Q419" s="377"/>
       <c r="R419" s="377"/>
       <c r="S419" s="377"/>
       <c r="T419" s="377"/>
       <c r="U419" s="377"/>
       <c r="V419" s="377"/>
       <c r="W419" s="378"/>
       <c r="Y419" s="62"/>
       <c r="Z419" s="62"/>
       <c r="AA419" s="62"/>
       <c r="AB419" s="62"/>
       <c r="AC419" s="62"/>
       <c r="AD419" s="62"/>
       <c r="AE419" s="62"/>
       <c r="AF419" s="62"/>
       <c r="AG419" s="62"/>
       <c r="AH419" s="62"/>
       <c r="AI419" s="62"/>
       <c r="AJ419" s="62"/>
       <c r="AK419" s="62"/>
       <c r="AL419" s="62"/>
       <c r="AM419" s="62"/>
       <c r="AN419" s="62"/>
       <c r="AO419" s="62"/>
       <c r="AP419" s="62"/>
       <c r="AQ419" s="62"/>
       <c r="AR419" s="62"/>
     </row>
-    <row r="420" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="420" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
       <c r="A420" s="85"/>
       <c r="B420" s="174"/>
       <c r="C420" s="174"/>
       <c r="D420" s="174"/>
       <c r="E420" s="174"/>
       <c r="F420" s="174"/>
       <c r="G420" s="174"/>
       <c r="H420" s="174"/>
       <c r="I420" s="174"/>
       <c r="J420" s="174"/>
       <c r="K420" s="174"/>
       <c r="L420" s="174"/>
       <c r="M420" s="174"/>
       <c r="N420" s="174"/>
       <c r="O420" s="174"/>
       <c r="P420" s="174"/>
       <c r="Q420" s="174"/>
       <c r="R420" s="174"/>
       <c r="S420" s="174"/>
       <c r="T420" s="174"/>
       <c r="U420" s="174"/>
       <c r="V420" s="174"/>
       <c r="W420" s="174"/>
       <c r="Y420" s="62"/>
       <c r="Z420" s="62"/>
       <c r="AA420" s="62"/>
       <c r="AB420" s="62"/>
       <c r="AC420" s="62"/>
       <c r="AD420" s="62"/>
       <c r="AE420" s="62"/>
       <c r="AF420" s="62"/>
       <c r="AG420" s="62"/>
       <c r="AH420" s="62"/>
       <c r="AI420" s="62"/>
       <c r="AJ420" s="62"/>
       <c r="AK420" s="62"/>
       <c r="AL420" s="62"/>
       <c r="AM420" s="62"/>
       <c r="AN420" s="62"/>
       <c r="AO420" s="62"/>
       <c r="AP420" s="62"/>
       <c r="AQ420" s="62"/>
       <c r="AR420" s="62"/>
     </row>
-    <row r="421" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="421" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A421" s="236" t="s">
         <v>71</v>
       </c>
       <c r="B421" s="179">
         <v>0</v>
       </c>
       <c r="C421" s="174"/>
       <c r="D421" s="174"/>
       <c r="E421" s="174"/>
       <c r="F421" s="174"/>
       <c r="G421" s="174"/>
       <c r="H421" s="174"/>
       <c r="I421" s="174"/>
       <c r="J421" s="174"/>
       <c r="K421" s="174"/>
       <c r="L421" s="174"/>
       <c r="M421" s="174"/>
       <c r="N421" s="174"/>
       <c r="O421" s="174"/>
       <c r="P421" s="174"/>
       <c r="Q421" s="174"/>
       <c r="R421" s="174"/>
       <c r="S421" s="174"/>
       <c r="T421" s="174"/>
       <c r="U421" s="174"/>
       <c r="V421" s="174"/>
       <c r="W421" s="174"/>
       <c r="Y421" s="62"/>
       <c r="Z421" s="62"/>
       <c r="AA421" s="62"/>
       <c r="AB421" s="62"/>
       <c r="AC421" s="62"/>
       <c r="AD421" s="62"/>
       <c r="AE421" s="62"/>
       <c r="AF421" s="62"/>
       <c r="AG421" s="62"/>
       <c r="AH421" s="62"/>
       <c r="AI421" s="62"/>
       <c r="AJ421" s="62"/>
       <c r="AK421" s="62"/>
       <c r="AL421" s="62"/>
       <c r="AM421" s="62"/>
       <c r="AN421" s="62"/>
       <c r="AO421" s="62"/>
       <c r="AP421" s="62"/>
       <c r="AQ421" s="62"/>
       <c r="AR421" s="62"/>
     </row>
-    <row r="422" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="422" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A422" s="236" t="s">
         <v>72</v>
       </c>
       <c r="B422" s="175">
         <f>V278</f>
         <v>0</v>
       </c>
       <c r="C422" s="174"/>
       <c r="D422" s="174"/>
       <c r="E422" s="174"/>
       <c r="F422" s="174"/>
       <c r="G422" s="174"/>
       <c r="H422" s="174"/>
       <c r="I422" s="174"/>
       <c r="J422" s="174"/>
       <c r="K422" s="174"/>
       <c r="L422" s="174"/>
       <c r="M422" s="174"/>
       <c r="N422" s="174"/>
       <c r="O422" s="174"/>
       <c r="P422" s="174"/>
       <c r="Q422" s="174"/>
       <c r="R422" s="174"/>
       <c r="S422" s="174"/>
       <c r="T422" s="174"/>
       <c r="U422" s="174"/>
       <c r="V422" s="174"/>
       <c r="W422" s="174"/>
       <c r="Y422" s="62"/>
       <c r="Z422" s="62"/>
       <c r="AA422" s="62"/>
       <c r="AB422" s="62"/>
       <c r="AC422" s="62"/>
       <c r="AD422" s="62"/>
       <c r="AE422" s="62"/>
       <c r="AF422" s="62"/>
       <c r="AG422" s="62"/>
       <c r="AH422" s="62"/>
       <c r="AI422" s="62"/>
       <c r="AJ422" s="62"/>
       <c r="AK422" s="62"/>
       <c r="AL422" s="62"/>
       <c r="AM422" s="62"/>
       <c r="AN422" s="62"/>
       <c r="AO422" s="62"/>
       <c r="AP422" s="62"/>
       <c r="AQ422" s="62"/>
       <c r="AR422" s="62"/>
     </row>
-    <row r="423" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="423" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
       <c r="A423" s="85"/>
       <c r="B423" s="174"/>
       <c r="C423" s="174"/>
       <c r="D423" s="174"/>
       <c r="E423" s="174"/>
       <c r="F423" s="174"/>
       <c r="G423" s="174"/>
       <c r="H423" s="174"/>
       <c r="I423" s="174"/>
       <c r="J423" s="174"/>
       <c r="K423" s="174"/>
       <c r="L423" s="174"/>
       <c r="M423" s="174"/>
       <c r="N423" s="174"/>
       <c r="O423" s="174"/>
       <c r="P423" s="174"/>
       <c r="Q423" s="174"/>
       <c r="R423" s="174"/>
       <c r="S423" s="174"/>
       <c r="T423" s="174"/>
       <c r="U423" s="174"/>
       <c r="V423" s="174"/>
       <c r="W423" s="174"/>
       <c r="Y423" s="62"/>
       <c r="Z423" s="62"/>
       <c r="AA423" s="62"/>
       <c r="AB423" s="62"/>
       <c r="AC423" s="62"/>
       <c r="AD423" s="62"/>
       <c r="AE423" s="62"/>
       <c r="AF423" s="62"/>
       <c r="AG423" s="62"/>
       <c r="AH423" s="62"/>
       <c r="AI423" s="62"/>
       <c r="AJ423" s="62"/>
       <c r="AK423" s="62"/>
       <c r="AL423" s="62"/>
       <c r="AM423" s="62"/>
       <c r="AN423" s="62"/>
       <c r="AO423" s="62"/>
       <c r="AP423" s="62"/>
       <c r="AQ423" s="62"/>
       <c r="AR423" s="62"/>
     </row>
-    <row r="424" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="424" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A424" s="236" t="s">
         <v>73</v>
       </c>
       <c r="B424" s="176">
         <f>W278</f>
         <v>0</v>
       </c>
       <c r="C424" s="174"/>
       <c r="D424" s="174"/>
       <c r="E424" s="174"/>
       <c r="F424" s="174"/>
       <c r="G424" s="174"/>
       <c r="H424" s="174"/>
       <c r="I424" s="174"/>
       <c r="J424" s="174"/>
       <c r="K424" s="174"/>
       <c r="L424" s="174"/>
       <c r="M424" s="174"/>
       <c r="N424" s="174"/>
       <c r="O424" s="174"/>
       <c r="P424" s="174"/>
       <c r="Q424" s="174"/>
       <c r="R424" s="174"/>
       <c r="S424" s="174"/>
       <c r="T424" s="174"/>
       <c r="U424" s="174"/>
       <c r="V424" s="174"/>
       <c r="W424" s="174"/>
       <c r="Y424" s="62"/>
       <c r="Z424" s="62"/>
       <c r="AA424" s="62"/>
       <c r="AB424" s="62"/>
       <c r="AC424" s="62"/>
       <c r="AD424" s="62"/>
       <c r="AE424" s="62"/>
       <c r="AF424" s="62"/>
       <c r="AG424" s="62"/>
       <c r="AH424" s="62"/>
       <c r="AI424" s="62"/>
       <c r="AJ424" s="62"/>
       <c r="AK424" s="62"/>
       <c r="AL424" s="62"/>
       <c r="AM424" s="62"/>
       <c r="AN424" s="62"/>
       <c r="AO424" s="62"/>
       <c r="AP424" s="62"/>
       <c r="AQ424" s="62"/>
       <c r="AR424" s="62"/>
     </row>
-    <row r="425" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="425" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A425" s="236" t="s">
         <v>74</v>
       </c>
       <c r="B425" s="176">
         <f>F294</f>
         <v>0</v>
       </c>
       <c r="C425" s="174"/>
       <c r="D425" s="174"/>
       <c r="E425" s="174"/>
       <c r="F425" s="174"/>
       <c r="G425" s="174"/>
       <c r="H425" s="174"/>
       <c r="I425" s="174"/>
       <c r="J425" s="174"/>
       <c r="K425" s="174"/>
       <c r="L425" s="174"/>
       <c r="M425" s="174"/>
       <c r="N425" s="174"/>
       <c r="O425" s="174"/>
       <c r="P425" s="174"/>
       <c r="Q425" s="174"/>
       <c r="R425" s="174"/>
       <c r="S425" s="174"/>
       <c r="T425" s="174"/>
       <c r="U425" s="174"/>
       <c r="V425" s="174"/>
       <c r="W425" s="174"/>
       <c r="Y425" s="62"/>
       <c r="Z425" s="62"/>
       <c r="AA425" s="62"/>
       <c r="AB425" s="62"/>
       <c r="AC425" s="62"/>
       <c r="AD425" s="62"/>
       <c r="AE425" s="62"/>
       <c r="AF425" s="62"/>
       <c r="AG425" s="62"/>
       <c r="AH425" s="62"/>
       <c r="AI425" s="62"/>
       <c r="AJ425" s="62"/>
       <c r="AK425" s="62"/>
       <c r="AL425" s="62"/>
       <c r="AM425" s="62"/>
       <c r="AN425" s="62"/>
       <c r="AO425" s="62"/>
       <c r="AP425" s="62"/>
       <c r="AQ425" s="62"/>
       <c r="AR425" s="62"/>
     </row>
-    <row r="426" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="426" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A426" s="236" t="s">
         <v>75</v>
       </c>
       <c r="B426" s="176">
         <f>F299</f>
         <v>0</v>
       </c>
       <c r="C426" s="174"/>
       <c r="D426" s="174"/>
       <c r="E426" s="174"/>
       <c r="F426" s="174"/>
       <c r="G426" s="174"/>
       <c r="H426" s="174"/>
       <c r="I426" s="174"/>
       <c r="J426" s="174"/>
       <c r="K426" s="174"/>
       <c r="L426" s="174"/>
       <c r="M426" s="174"/>
       <c r="N426" s="174"/>
       <c r="O426" s="174"/>
       <c r="P426" s="174"/>
       <c r="Q426" s="174"/>
       <c r="R426" s="174"/>
       <c r="S426" s="174"/>
       <c r="T426" s="174"/>
       <c r="U426" s="174"/>
       <c r="V426" s="174"/>
       <c r="W426" s="174"/>
       <c r="Y426" s="62"/>
       <c r="Z426" s="62"/>
       <c r="AA426" s="62"/>
       <c r="AB426" s="62"/>
       <c r="AC426" s="62"/>
       <c r="AD426" s="62"/>
       <c r="AE426" s="62"/>
       <c r="AF426" s="62"/>
       <c r="AG426" s="62"/>
       <c r="AH426" s="62"/>
       <c r="AI426" s="62"/>
       <c r="AJ426" s="62"/>
       <c r="AK426" s="62"/>
       <c r="AL426" s="62"/>
       <c r="AM426" s="62"/>
       <c r="AN426" s="62"/>
       <c r="AO426" s="62"/>
       <c r="AP426" s="62"/>
       <c r="AQ426" s="62"/>
       <c r="AR426" s="62"/>
     </row>
-    <row r="427" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="427" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A427" s="236" t="s">
         <v>76</v>
       </c>
       <c r="B427" s="177">
         <f>G397</f>
         <v>0</v>
       </c>
       <c r="C427" s="174"/>
       <c r="D427" s="174"/>
       <c r="E427" s="174"/>
       <c r="F427" s="174"/>
       <c r="G427" s="174"/>
       <c r="H427" s="174"/>
       <c r="I427" s="174"/>
       <c r="J427" s="174"/>
       <c r="K427" s="174"/>
       <c r="L427" s="174"/>
       <c r="M427" s="174"/>
       <c r="N427" s="174"/>
       <c r="O427" s="174"/>
       <c r="P427" s="174"/>
       <c r="Q427" s="174"/>
       <c r="R427" s="174"/>
       <c r="S427" s="174"/>
       <c r="T427" s="174"/>
       <c r="U427" s="174"/>
       <c r="V427" s="174"/>
       <c r="W427" s="174"/>
       <c r="Y427" s="62"/>
       <c r="Z427" s="62"/>
       <c r="AA427" s="62"/>
       <c r="AB427" s="62"/>
       <c r="AC427" s="62"/>
       <c r="AD427" s="62"/>
       <c r="AE427" s="62"/>
       <c r="AF427" s="62"/>
       <c r="AG427" s="62"/>
       <c r="AH427" s="62"/>
       <c r="AI427" s="62"/>
       <c r="AJ427" s="62"/>
       <c r="AK427" s="62"/>
       <c r="AL427" s="62"/>
       <c r="AM427" s="62"/>
       <c r="AN427" s="62"/>
       <c r="AO427" s="62"/>
       <c r="AP427" s="62"/>
       <c r="AQ427" s="62"/>
       <c r="AR427" s="62"/>
     </row>
-    <row r="428" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="428" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A428" s="236" t="s">
         <v>77</v>
       </c>
       <c r="B428" s="177">
         <f>G415</f>
         <v>0</v>
       </c>
       <c r="C428" s="174"/>
       <c r="D428" s="174"/>
       <c r="E428" s="174"/>
       <c r="F428" s="174"/>
       <c r="G428" s="174"/>
       <c r="H428" s="174"/>
       <c r="I428" s="174"/>
       <c r="J428" s="174"/>
       <c r="K428" s="174"/>
       <c r="L428" s="174"/>
       <c r="M428" s="174"/>
       <c r="N428" s="174"/>
       <c r="O428" s="174"/>
       <c r="P428" s="174"/>
       <c r="Q428" s="174"/>
       <c r="R428" s="174"/>
       <c r="S428" s="174"/>
       <c r="T428" s="174"/>
       <c r="U428" s="174"/>
       <c r="V428" s="174"/>
       <c r="W428" s="174"/>
       <c r="Y428" s="62"/>
       <c r="Z428" s="62"/>
       <c r="AA428" s="62"/>
       <c r="AB428" s="62"/>
       <c r="AC428" s="62"/>
       <c r="AD428" s="62"/>
       <c r="AE428" s="62"/>
       <c r="AF428" s="62"/>
       <c r="AG428" s="62"/>
       <c r="AH428" s="62"/>
       <c r="AI428" s="62"/>
       <c r="AJ428" s="62"/>
       <c r="AK428" s="62"/>
       <c r="AL428" s="62"/>
       <c r="AM428" s="62"/>
       <c r="AN428" s="62"/>
       <c r="AO428" s="62"/>
       <c r="AP428" s="62"/>
       <c r="AQ428" s="62"/>
       <c r="AR428" s="62"/>
     </row>
-    <row r="429" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="429" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A429" s="236" t="s">
         <v>78</v>
       </c>
       <c r="B429" s="176">
         <f>SUM(B424:B428)</f>
         <v>0</v>
       </c>
       <c r="C429" s="174"/>
       <c r="D429" s="174"/>
       <c r="E429" s="174"/>
       <c r="F429" s="174"/>
       <c r="G429" s="174"/>
       <c r="H429" s="174"/>
       <c r="I429" s="174"/>
       <c r="J429" s="174"/>
       <c r="K429" s="174"/>
       <c r="L429" s="174"/>
       <c r="M429" s="174"/>
       <c r="N429" s="174"/>
       <c r="O429" s="174"/>
       <c r="P429" s="174"/>
       <c r="Q429" s="174"/>
       <c r="R429" s="174"/>
       <c r="S429" s="174"/>
       <c r="T429" s="174"/>
       <c r="U429" s="174"/>
       <c r="V429" s="174"/>
       <c r="W429" s="174"/>
       <c r="Y429" s="62"/>
       <c r="Z429" s="62"/>
       <c r="AA429" s="62"/>
       <c r="AB429" s="62"/>
       <c r="AC429" s="62"/>
       <c r="AD429" s="62"/>
       <c r="AE429" s="62"/>
       <c r="AF429" s="62"/>
       <c r="AG429" s="62"/>
       <c r="AH429" s="62"/>
       <c r="AI429" s="62"/>
       <c r="AJ429" s="62"/>
       <c r="AK429" s="62"/>
       <c r="AL429" s="62"/>
       <c r="AM429" s="62"/>
       <c r="AN429" s="62"/>
       <c r="AO429" s="62"/>
       <c r="AP429" s="62"/>
       <c r="AQ429" s="62"/>
       <c r="AR429" s="62"/>
     </row>
-    <row r="430" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="430" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
       <c r="A430" s="183" t="s">
         <v>79</v>
       </c>
       <c r="B430" s="176">
         <f>B429*B421</f>
         <v>0</v>
       </c>
       <c r="C430" s="174"/>
       <c r="D430" s="174"/>
       <c r="E430" s="174"/>
       <c r="F430" s="174"/>
       <c r="G430" s="174"/>
       <c r="H430" s="174"/>
       <c r="I430" s="174"/>
       <c r="J430" s="174"/>
       <c r="K430" s="174"/>
       <c r="L430" s="174"/>
       <c r="M430" s="174"/>
       <c r="N430" s="174"/>
       <c r="O430" s="174"/>
       <c r="P430" s="174"/>
       <c r="Q430" s="174"/>
       <c r="R430" s="174"/>
       <c r="S430" s="174"/>
       <c r="T430" s="174"/>
       <c r="U430" s="174"/>
       <c r="V430" s="174"/>
       <c r="W430" s="174"/>
       <c r="Y430" s="62"/>
       <c r="Z430" s="62"/>
       <c r="AA430" s="62"/>
       <c r="AB430" s="62"/>
       <c r="AC430" s="62"/>
       <c r="AD430" s="62"/>
       <c r="AE430" s="62"/>
       <c r="AF430" s="62"/>
       <c r="AG430" s="62"/>
       <c r="AH430" s="62"/>
       <c r="AI430" s="62"/>
       <c r="AJ430" s="62"/>
       <c r="AK430" s="62"/>
       <c r="AL430" s="62"/>
       <c r="AM430" s="62"/>
       <c r="AN430" s="62"/>
       <c r="AO430" s="62"/>
       <c r="AP430" s="62"/>
       <c r="AQ430" s="62"/>
       <c r="AR430" s="62"/>
     </row>
-    <row r="431" spans="1:44" x14ac:dyDescent="0.2">
+    <row r="431" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="H431" s="2"/>
       <c r="I431" s="2"/>
       <c r="J431" s="2"/>
       <c r="S431" s="2"/>
       <c r="T431" s="2"/>
       <c r="U431" s="2"/>
       <c r="Y431" s="62"/>
       <c r="Z431" s="62"/>
       <c r="AA431" s="62"/>
       <c r="AB431" s="62"/>
       <c r="AC431" s="62"/>
       <c r="AD431" s="62"/>
       <c r="AE431" s="62"/>
       <c r="AF431" s="62"/>
       <c r="AG431" s="62"/>
       <c r="AH431" s="62"/>
       <c r="AI431" s="62"/>
       <c r="AJ431" s="62"/>
       <c r="AK431" s="62"/>
       <c r="AL431" s="62"/>
       <c r="AM431" s="62"/>
       <c r="AN431" s="62"/>
       <c r="AO431" s="62"/>
       <c r="AP431" s="62"/>
       <c r="AQ431" s="62"/>
       <c r="AR431" s="62"/>
     </row>
-    <row r="432" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+    <row r="432" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A432" s="379" t="s">
         <v>80</v>
       </c>
       <c r="B432" s="379"/>
       <c r="C432" s="379"/>
       <c r="D432" s="379"/>
       <c r="E432" s="379"/>
       <c r="F432" s="379"/>
       <c r="G432" s="379"/>
       <c r="H432" s="379"/>
       <c r="I432" s="379"/>
       <c r="J432" s="379"/>
       <c r="K432" s="379"/>
       <c r="L432" s="379"/>
       <c r="M432" s="379"/>
       <c r="N432" s="379"/>
       <c r="O432" s="379"/>
       <c r="P432" s="379"/>
       <c r="Q432" s="379"/>
       <c r="R432" s="379"/>
       <c r="S432" s="379"/>
       <c r="T432" s="379"/>
       <c r="U432" s="379"/>
       <c r="V432" s="379"/>
       <c r="W432" s="379"/>
       <c r="X432" s="62"/>
       <c r="Y432" s="62"/>
       <c r="Z432" s="62"/>
       <c r="AA432" s="62"/>
       <c r="AB432" s="62"/>
       <c r="AC432" s="62"/>
       <c r="AD432" s="62"/>
       <c r="AE432" s="62"/>
       <c r="AF432" s="62"/>
       <c r="AG432" s="62"/>
       <c r="AH432" s="62"/>
       <c r="AI432" s="62"/>
       <c r="AJ432" s="62"/>
       <c r="AK432" s="62"/>
       <c r="AL432" s="62"/>
       <c r="AM432" s="62"/>
       <c r="AN432" s="62"/>
       <c r="AO432" s="62"/>
       <c r="AP432" s="62"/>
       <c r="AQ432" s="62"/>
       <c r="AR432" s="62"/>
     </row>
-    <row r="433" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+    <row r="433" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A433" s="174"/>
       <c r="B433" s="174"/>
       <c r="C433" s="174"/>
       <c r="D433" s="174"/>
       <c r="E433" s="174"/>
       <c r="F433" s="174"/>
       <c r="G433" s="174"/>
       <c r="H433" s="174"/>
       <c r="I433" s="174"/>
       <c r="J433" s="174"/>
       <c r="K433" s="174"/>
       <c r="L433" s="174"/>
       <c r="M433" s="174"/>
       <c r="N433" s="174"/>
       <c r="O433" s="174"/>
       <c r="P433" s="174"/>
       <c r="Q433" s="174"/>
       <c r="R433" s="174"/>
       <c r="S433" s="174"/>
       <c r="T433" s="174"/>
       <c r="U433" s="174"/>
       <c r="V433" s="174"/>
       <c r="W433" s="174"/>
       <c r="X433" s="62"/>
       <c r="Y433" s="62"/>
       <c r="Z433" s="62"/>
       <c r="AA433" s="62"/>
       <c r="AB433" s="62"/>
       <c r="AC433" s="62"/>
       <c r="AD433" s="62"/>
       <c r="AE433" s="62"/>
       <c r="AF433" s="62"/>
       <c r="AG433" s="62"/>
       <c r="AH433" s="62"/>
       <c r="AI433" s="62"/>
       <c r="AJ433" s="62"/>
       <c r="AK433" s="62"/>
       <c r="AL433" s="62"/>
       <c r="AM433" s="62"/>
       <c r="AN433" s="62"/>
       <c r="AO433" s="62"/>
       <c r="AP433" s="62"/>
       <c r="AQ433" s="62"/>
       <c r="AR433" s="62"/>
     </row>
-    <row r="434" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
+    <row r="434" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A434" s="174"/>
       <c r="B434" s="174"/>
       <c r="C434" s="174"/>
       <c r="D434" s="174"/>
       <c r="E434" s="174"/>
       <c r="F434" s="174"/>
       <c r="G434" s="174"/>
       <c r="H434" s="174"/>
       <c r="I434" s="174"/>
       <c r="J434" s="174"/>
       <c r="K434" s="174"/>
       <c r="L434" s="174"/>
       <c r="M434" s="174"/>
       <c r="N434" s="174"/>
       <c r="O434" s="174"/>
       <c r="P434" s="174"/>
       <c r="Q434" s="174"/>
       <c r="R434" s="174"/>
       <c r="S434" s="174"/>
       <c r="T434" s="174"/>
       <c r="U434" s="174"/>
       <c r="V434" s="174"/>
       <c r="W434" s="174"/>
       <c r="X434" s="62"/>
       <c r="Y434" s="62"/>
       <c r="Z434" s="62"/>
       <c r="AA434" s="62"/>
       <c r="AB434" s="62"/>
       <c r="AC434" s="62"/>
       <c r="AD434" s="62"/>
       <c r="AE434" s="62"/>
       <c r="AF434" s="62"/>
       <c r="AG434" s="62"/>
       <c r="AH434" s="62"/>
       <c r="AI434" s="62"/>
       <c r="AJ434" s="62"/>
       <c r="AK434" s="62"/>
       <c r="AL434" s="62"/>
       <c r="AM434" s="62"/>
       <c r="AN434" s="62"/>
       <c r="AO434" s="62"/>
       <c r="AP434" s="62"/>
       <c r="AQ434" s="62"/>
       <c r="AR434" s="62"/>
     </row>
-    <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.2">
+    <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A435" s="91" t="s">
         <v>81</v>
       </c>
       <c r="B435" s="62"/>
       <c r="C435" s="62"/>
       <c r="D435" s="62"/>
       <c r="E435" s="62"/>
       <c r="F435" s="62"/>
       <c r="G435" s="62"/>
       <c r="H435" s="62"/>
       <c r="I435" s="62"/>
       <c r="J435" s="62"/>
       <c r="K435" s="62"/>
       <c r="L435" s="62"/>
       <c r="M435" s="62"/>
       <c r="N435" s="62"/>
       <c r="O435" s="62"/>
       <c r="P435" s="62"/>
       <c r="Q435" s="62"/>
       <c r="R435" s="62"/>
       <c r="S435" s="62"/>
       <c r="T435" s="62"/>
       <c r="U435" s="62"/>
       <c r="V435" s="62"/>
       <c r="W435" s="62"/>
@@ -28871,1193 +28871,1193 @@
       <c r="U436" s="62"/>
       <c r="V436" s="62"/>
       <c r="W436" s="62"/>
       <c r="X436" s="62"/>
       <c r="Y436" s="62"/>
       <c r="Z436" s="62"/>
       <c r="AA436" s="62"/>
       <c r="AB436" s="62"/>
       <c r="AC436" s="62"/>
       <c r="AD436" s="62"/>
       <c r="AE436" s="62"/>
       <c r="AF436" s="62"/>
       <c r="AG436" s="62"/>
       <c r="AH436" s="62"/>
       <c r="AI436" s="62"/>
       <c r="AJ436" s="62"/>
       <c r="AK436" s="62"/>
       <c r="AL436" s="62"/>
       <c r="AM436" s="62"/>
       <c r="AN436" s="62"/>
       <c r="AO436" s="62"/>
       <c r="AP436" s="62"/>
       <c r="AQ436" s="62"/>
       <c r="AR436" s="62"/>
     </row>
-    <row r="437" spans="1:44" ht="17.25" hidden="1" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:44" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
       <c r="A437" s="371" t="s">
         <v>82</v>
       </c>
       <c r="B437" s="371"/>
       <c r="C437" s="371"/>
       <c r="D437" s="371"/>
       <c r="E437" s="371"/>
       <c r="F437" s="371"/>
       <c r="G437"/>
       <c r="H437"/>
       <c r="I437"/>
       <c r="J437"/>
       <c r="K437"/>
       <c r="L437"/>
       <c r="M437"/>
       <c r="N437" s="62"/>
       <c r="O437" s="62"/>
       <c r="P437" s="62"/>
       <c r="Q437" s="62"/>
       <c r="R437" s="62"/>
       <c r="S437" s="62"/>
       <c r="T437" s="62"/>
       <c r="U437" s="62"/>
       <c r="V437" s="62"/>
       <c r="W437" s="62"/>
       <c r="X437" s="62"/>
       <c r="Y437" s="62"/>
       <c r="Z437" s="62"/>
       <c r="AA437" s="62"/>
       <c r="AB437" s="62"/>
       <c r="AC437" s="62"/>
       <c r="AD437" s="62"/>
       <c r="AE437" s="62"/>
       <c r="AF437" s="62"/>
       <c r="AG437" s="62"/>
       <c r="AH437" s="62"/>
       <c r="AI437" s="62"/>
       <c r="AJ437" s="62"/>
       <c r="AK437" s="62"/>
       <c r="AL437" s="62"/>
       <c r="AM437" s="62"/>
       <c r="AN437" s="62"/>
       <c r="AO437" s="62"/>
       <c r="AP437" s="62"/>
       <c r="AQ437" s="62"/>
       <c r="AR437" s="62"/>
     </row>
-    <row r="438" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="438" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A438" s="75"/>
       <c r="B438" s="76"/>
       <c r="C438" s="5"/>
       <c r="D438" s="76"/>
       <c r="E438" s="76"/>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438"/>
       <c r="I438"/>
       <c r="J438"/>
       <c r="K438"/>
       <c r="L438"/>
       <c r="M438"/>
       <c r="N438" s="62"/>
       <c r="O438" s="62"/>
       <c r="P438" s="62"/>
       <c r="Q438" s="62"/>
       <c r="R438" s="62"/>
       <c r="S438" s="62"/>
       <c r="T438" s="62"/>
       <c r="U438" s="62"/>
       <c r="V438" s="62"/>
       <c r="W438" s="62"/>
       <c r="X438" s="62"/>
       <c r="Y438" s="62"/>
       <c r="Z438" s="62"/>
       <c r="AA438" s="62"/>
       <c r="AB438" s="62"/>
       <c r="AC438" s="62"/>
       <c r="AD438" s="62"/>
       <c r="AE438" s="62"/>
       <c r="AF438" s="62"/>
       <c r="AG438" s="62"/>
       <c r="AH438" s="62"/>
       <c r="AI438" s="62"/>
       <c r="AJ438" s="62"/>
       <c r="AK438" s="62"/>
       <c r="AL438" s="62"/>
       <c r="AM438" s="62"/>
       <c r="AN438" s="62"/>
       <c r="AO438" s="62"/>
       <c r="AP438" s="62"/>
       <c r="AQ438" s="62"/>
       <c r="AR438" s="62"/>
     </row>
-    <row r="439" spans="1:44" ht="48" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="439" spans="1:44" ht="31.8" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A439" s="77"/>
       <c r="B439" s="110" t="s">
         <v>83</v>
       </c>
       <c r="C439" s="111" t="s">
         <v>84</v>
       </c>
       <c r="D439" s="112" t="s">
         <v>85</v>
       </c>
       <c r="E439" s="113" t="s">
         <v>86</v>
       </c>
       <c r="F439" s="143" t="s">
         <v>87</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
       <c r="I439"/>
       <c r="J439"/>
       <c r="S439" s="2"/>
       <c r="T439" s="2"/>
       <c r="U439" s="2"/>
       <c r="X439" s="62"/>
       <c r="Y439" s="62"/>
       <c r="Z439" s="62"/>
       <c r="AA439" s="62"/>
       <c r="AB439" s="62"/>
       <c r="AC439" s="62"/>
       <c r="AD439" s="62"/>
       <c r="AE439" s="62"/>
       <c r="AF439" s="62"/>
       <c r="AG439" s="62"/>
       <c r="AH439" s="62"/>
       <c r="AI439" s="62"/>
       <c r="AJ439" s="62"/>
       <c r="AK439" s="62"/>
       <c r="AL439" s="62"/>
       <c r="AM439" s="62"/>
       <c r="AN439" s="62"/>
       <c r="AO439" s="62"/>
       <c r="AP439" s="62"/>
       <c r="AQ439" s="62"/>
       <c r="AR439" s="62"/>
     </row>
-    <row r="440" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A440" s="105" t="s">
         <v>88</v>
       </c>
       <c r="B440" s="106">
         <f>B442+B443+B444+B445+B446</f>
         <v>0</v>
       </c>
       <c r="C440" s="107">
         <f>B440</f>
         <v>0</v>
       </c>
       <c r="D440" s="108"/>
       <c r="E440" s="109">
-        <f>B429</f>
+        <f>SUM(E442:E446)</f>
         <v>0</v>
       </c>
       <c r="F440" s="144">
         <f>D440-E440</f>
         <v>0</v>
       </c>
       <c r="G440"/>
       <c r="H440"/>
       <c r="I440"/>
       <c r="J440"/>
       <c r="S440" s="2"/>
       <c r="T440" s="2"/>
       <c r="U440" s="2"/>
       <c r="X440" s="62"/>
       <c r="Y440" s="62"/>
       <c r="Z440" s="62"/>
       <c r="AA440" s="62"/>
       <c r="AB440" s="62"/>
       <c r="AC440" s="62"/>
       <c r="AD440" s="62"/>
       <c r="AE440" s="62"/>
       <c r="AF440" s="62"/>
       <c r="AG440" s="62"/>
       <c r="AH440" s="62"/>
       <c r="AI440" s="62"/>
       <c r="AJ440" s="62"/>
       <c r="AK440" s="62"/>
       <c r="AL440" s="62"/>
       <c r="AM440" s="62"/>
       <c r="AN440" s="62"/>
       <c r="AO440" s="62"/>
       <c r="AP440" s="62"/>
       <c r="AQ440" s="62"/>
       <c r="AR440" s="62"/>
     </row>
-    <row r="441" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A441" s="78" t="s">
         <v>89</v>
       </c>
       <c r="B441" s="79">
         <v>0</v>
       </c>
       <c r="C441" s="80"/>
       <c r="D441" s="81"/>
       <c r="E441" s="81">
         <f>B422</f>
         <v>0</v>
       </c>
       <c r="F441" s="145">
         <f>D441-E441</f>
         <v>0</v>
       </c>
       <c r="G441"/>
       <c r="H441"/>
       <c r="I441"/>
       <c r="J441"/>
       <c r="S441" s="2"/>
       <c r="T441" s="2"/>
       <c r="U441" s="2"/>
       <c r="X441" s="62"/>
       <c r="Y441" s="62"/>
       <c r="Z441" s="62"/>
       <c r="AA441" s="62"/>
       <c r="AB441" s="62"/>
       <c r="AC441" s="62"/>
       <c r="AD441" s="62"/>
       <c r="AE441" s="62"/>
       <c r="AF441" s="62"/>
       <c r="AG441" s="62"/>
       <c r="AH441" s="62"/>
       <c r="AI441" s="62"/>
       <c r="AJ441" s="62"/>
       <c r="AK441" s="62"/>
       <c r="AL441" s="62"/>
       <c r="AM441" s="62"/>
       <c r="AN441" s="62"/>
       <c r="AO441" s="62"/>
       <c r="AP441" s="62"/>
       <c r="AQ441" s="62"/>
       <c r="AR441" s="62"/>
     </row>
-    <row r="442" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A442" s="78" t="s">
         <v>90</v>
       </c>
       <c r="B442" s="79">
         <v>0</v>
       </c>
       <c r="C442" s="80"/>
       <c r="D442" s="81"/>
       <c r="E442" s="81">
         <f>B424</f>
         <v>0</v>
       </c>
       <c r="F442" s="145">
         <f t="shared" ref="F442:F446" si="16">D442-E442</f>
         <v>0</v>
       </c>
       <c r="G442"/>
       <c r="H442"/>
       <c r="I442"/>
       <c r="J442"/>
       <c r="S442" s="2"/>
       <c r="T442" s="2"/>
       <c r="U442" s="2"/>
       <c r="X442" s="62"/>
       <c r="Y442" s="62"/>
       <c r="Z442" s="62"/>
       <c r="AA442" s="62"/>
       <c r="AB442" s="62"/>
       <c r="AC442" s="62"/>
       <c r="AD442" s="62"/>
       <c r="AE442" s="62"/>
       <c r="AF442" s="62"/>
       <c r="AG442" s="62"/>
       <c r="AH442" s="62"/>
       <c r="AI442" s="62"/>
       <c r="AJ442" s="62"/>
       <c r="AK442" s="62"/>
       <c r="AL442" s="62"/>
       <c r="AM442" s="62"/>
       <c r="AN442" s="62"/>
       <c r="AO442" s="62"/>
       <c r="AP442" s="62"/>
       <c r="AQ442" s="62"/>
       <c r="AR442" s="62"/>
     </row>
-    <row r="443" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A443" s="78" t="s">
         <v>91</v>
       </c>
       <c r="B443" s="82">
         <v>0</v>
       </c>
       <c r="C443" s="83"/>
       <c r="D443" s="84"/>
       <c r="E443" s="84">
         <f>B425</f>
         <v>0</v>
       </c>
       <c r="F443" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
       <c r="I443"/>
       <c r="J443"/>
       <c r="S443" s="2"/>
       <c r="T443" s="2"/>
       <c r="U443" s="2"/>
       <c r="X443" s="62"/>
       <c r="Y443" s="62"/>
       <c r="Z443" s="62"/>
       <c r="AA443" s="62"/>
       <c r="AB443" s="62"/>
       <c r="AC443" s="62"/>
       <c r="AD443" s="62"/>
       <c r="AE443" s="62"/>
       <c r="AF443" s="62"/>
       <c r="AG443" s="62"/>
       <c r="AH443" s="62"/>
       <c r="AI443" s="62"/>
       <c r="AJ443" s="62"/>
       <c r="AK443" s="62"/>
       <c r="AL443" s="62"/>
       <c r="AM443" s="62"/>
       <c r="AN443" s="62"/>
       <c r="AO443" s="62"/>
       <c r="AP443" s="62"/>
       <c r="AQ443" s="62"/>
       <c r="AR443" s="62"/>
     </row>
-    <row r="444" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A444" s="78" t="s">
         <v>92</v>
       </c>
       <c r="B444" s="82">
         <v>0</v>
       </c>
       <c r="C444" s="83"/>
       <c r="D444" s="84"/>
       <c r="E444" s="84">
         <f>B426</f>
         <v>0</v>
       </c>
       <c r="F444" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G444"/>
       <c r="H444"/>
       <c r="I444"/>
       <c r="J444"/>
       <c r="S444" s="2"/>
       <c r="T444" s="2"/>
       <c r="U444" s="2"/>
       <c r="X444" s="62"/>
       <c r="Y444" s="62"/>
       <c r="Z444" s="62"/>
       <c r="AA444" s="62"/>
       <c r="AB444" s="62"/>
       <c r="AC444" s="62"/>
       <c r="AD444" s="62"/>
       <c r="AE444" s="62"/>
       <c r="AF444" s="62"/>
       <c r="AG444" s="62"/>
       <c r="AH444" s="62"/>
       <c r="AI444" s="62"/>
       <c r="AJ444" s="62"/>
       <c r="AK444" s="62"/>
       <c r="AL444" s="62"/>
       <c r="AM444" s="62"/>
       <c r="AN444" s="62"/>
       <c r="AO444" s="62"/>
       <c r="AP444" s="62"/>
       <c r="AQ444" s="62"/>
       <c r="AR444" s="62"/>
     </row>
-    <row r="445" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A445" s="78" t="s">
         <v>93</v>
       </c>
       <c r="B445" s="82">
         <v>0</v>
       </c>
       <c r="C445" s="83"/>
       <c r="D445" s="84"/>
       <c r="E445" s="84">
         <f>B427</f>
         <v>0</v>
       </c>
       <c r="F445" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G445"/>
       <c r="H445"/>
       <c r="I445"/>
       <c r="J445"/>
       <c r="S445" s="2"/>
       <c r="T445" s="2"/>
       <c r="U445" s="2"/>
       <c r="X445" s="62"/>
       <c r="Y445" s="62"/>
       <c r="Z445" s="62"/>
       <c r="AA445" s="62"/>
       <c r="AB445" s="62"/>
       <c r="AC445" s="62"/>
       <c r="AD445" s="62"/>
       <c r="AE445" s="62"/>
       <c r="AF445" s="62"/>
       <c r="AG445" s="62"/>
       <c r="AH445" s="62"/>
       <c r="AI445" s="62"/>
       <c r="AJ445" s="62"/>
       <c r="AK445" s="62"/>
       <c r="AL445" s="62"/>
       <c r="AM445" s="62"/>
       <c r="AN445" s="62"/>
       <c r="AO445" s="62"/>
       <c r="AP445" s="62"/>
       <c r="AQ445" s="62"/>
       <c r="AR445" s="62"/>
     </row>
-    <row r="446" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A446" s="78" t="s">
         <v>94</v>
       </c>
       <c r="B446" s="82">
         <v>0</v>
       </c>
       <c r="C446" s="83"/>
       <c r="D446" s="84"/>
       <c r="E446" s="84">
         <f>B428</f>
         <v>0</v>
       </c>
       <c r="F446" s="145">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G446"/>
       <c r="H446"/>
       <c r="I446"/>
       <c r="J446"/>
       <c r="S446" s="2"/>
       <c r="T446" s="2"/>
       <c r="U446" s="2"/>
       <c r="X446" s="62"/>
       <c r="Y446" s="62"/>
       <c r="Z446" s="62"/>
       <c r="AA446" s="62"/>
       <c r="AB446" s="62"/>
       <c r="AC446" s="62"/>
       <c r="AD446" s="62"/>
       <c r="AE446" s="62"/>
       <c r="AF446" s="62"/>
       <c r="AG446" s="62"/>
       <c r="AH446" s="62"/>
       <c r="AI446" s="62"/>
       <c r="AJ446" s="62"/>
       <c r="AK446" s="62"/>
       <c r="AL446" s="62"/>
       <c r="AM446" s="62"/>
       <c r="AN446" s="62"/>
       <c r="AO446" s="62"/>
       <c r="AP446" s="62"/>
       <c r="AQ446" s="62"/>
       <c r="AR446" s="62"/>
     </row>
-    <row r="447" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A447" s="97" t="s">
         <v>95</v>
       </c>
       <c r="B447" s="98">
         <v>0</v>
       </c>
       <c r="C447" s="99"/>
       <c r="D447" s="100"/>
       <c r="E447" s="100">
         <f>B421</f>
         <v>0</v>
       </c>
       <c r="F447" s="146"/>
       <c r="G447"/>
       <c r="H447"/>
       <c r="I447"/>
       <c r="J447"/>
       <c r="S447" s="2"/>
       <c r="T447" s="2"/>
       <c r="U447" s="2"/>
       <c r="X447" s="62"/>
       <c r="Y447" s="62"/>
       <c r="Z447" s="62"/>
       <c r="AA447" s="62"/>
       <c r="AB447" s="62"/>
       <c r="AC447" s="62"/>
       <c r="AD447" s="62"/>
       <c r="AE447" s="62"/>
       <c r="AF447" s="62"/>
       <c r="AG447" s="62"/>
       <c r="AH447" s="62"/>
       <c r="AI447" s="62"/>
       <c r="AJ447" s="62"/>
       <c r="AK447" s="62"/>
       <c r="AL447" s="62"/>
       <c r="AM447" s="62"/>
       <c r="AN447" s="62"/>
       <c r="AO447" s="62"/>
       <c r="AP447" s="62"/>
       <c r="AQ447" s="62"/>
       <c r="AR447" s="62"/>
     </row>
-    <row r="448" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="448" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A448" s="101" t="s">
         <v>96</v>
       </c>
       <c r="B448" s="102">
         <f>B440*B447</f>
         <v>0</v>
       </c>
       <c r="C448" s="103"/>
       <c r="D448" s="104"/>
       <c r="E448" s="103">
         <f>E440*E447</f>
         <v>0</v>
       </c>
       <c r="F448" s="147">
         <f>D448-E448</f>
         <v>0</v>
       </c>
       <c r="G448"/>
       <c r="H448"/>
       <c r="I448"/>
       <c r="J448"/>
       <c r="S448" s="2"/>
       <c r="T448" s="2"/>
       <c r="U448" s="2"/>
       <c r="X448" s="62"/>
       <c r="Y448" s="62"/>
       <c r="Z448" s="62"/>
       <c r="AA448" s="62"/>
       <c r="AB448" s="62"/>
       <c r="AC448" s="62"/>
       <c r="AD448" s="62"/>
       <c r="AE448" s="62"/>
       <c r="AF448" s="62"/>
       <c r="AG448" s="62"/>
       <c r="AH448" s="62"/>
       <c r="AI448" s="62"/>
       <c r="AJ448" s="62"/>
       <c r="AK448" s="62"/>
       <c r="AL448" s="62"/>
       <c r="AM448" s="62"/>
       <c r="AN448" s="62"/>
       <c r="AO448" s="62"/>
       <c r="AP448" s="62"/>
       <c r="AQ448" s="62"/>
       <c r="AR448" s="62"/>
     </row>
-    <row r="449" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="449" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A449" s="85"/>
       <c r="B449" s="85"/>
       <c r="C449" s="85"/>
       <c r="D449" s="85"/>
       <c r="E449" s="85"/>
       <c r="F449" s="86"/>
       <c r="G449"/>
       <c r="H449"/>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449" s="62"/>
       <c r="O449" s="62"/>
       <c r="P449" s="62"/>
       <c r="Q449" s="62"/>
       <c r="R449" s="62"/>
       <c r="S449" s="62"/>
       <c r="T449" s="62"/>
       <c r="U449" s="62"/>
       <c r="V449" s="62"/>
       <c r="W449" s="62"/>
       <c r="X449" s="62"/>
       <c r="Y449" s="62"/>
       <c r="Z449" s="62"/>
       <c r="AA449" s="62"/>
       <c r="AB449" s="62"/>
       <c r="AC449" s="62"/>
       <c r="AD449" s="62"/>
       <c r="AE449" s="62"/>
       <c r="AF449" s="62"/>
       <c r="AG449" s="62"/>
       <c r="AH449" s="62"/>
       <c r="AI449" s="62"/>
       <c r="AJ449" s="62"/>
       <c r="AK449" s="62"/>
       <c r="AL449" s="62"/>
       <c r="AM449" s="62"/>
       <c r="AN449" s="62"/>
       <c r="AO449" s="62"/>
       <c r="AP449" s="62"/>
       <c r="AQ449" s="62"/>
       <c r="AR449" s="62"/>
     </row>
-    <row r="450" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A450" s="87" t="s">
         <v>97</v>
       </c>
       <c r="B450" s="95">
         <f>+E440</f>
         <v>0</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
       <c r="I450"/>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450" s="62"/>
       <c r="O450" s="62"/>
       <c r="P450" s="62"/>
       <c r="Q450" s="62"/>
       <c r="R450" s="62"/>
       <c r="S450" s="62"/>
       <c r="T450" s="62"/>
       <c r="U450" s="62"/>
       <c r="V450" s="62"/>
       <c r="W450" s="62"/>
       <c r="X450" s="62"/>
       <c r="Y450" s="62"/>
       <c r="Z450" s="62"/>
       <c r="AA450" s="62"/>
       <c r="AB450" s="62"/>
       <c r="AC450" s="62"/>
       <c r="AD450" s="62"/>
       <c r="AE450" s="62"/>
       <c r="AF450" s="62"/>
       <c r="AG450" s="62"/>
       <c r="AH450" s="62"/>
       <c r="AI450" s="62"/>
       <c r="AJ450" s="62"/>
       <c r="AK450" s="62"/>
       <c r="AL450" s="62"/>
       <c r="AM450" s="62"/>
       <c r="AN450" s="62"/>
       <c r="AO450" s="62"/>
       <c r="AP450" s="62"/>
       <c r="AQ450" s="62"/>
       <c r="AR450" s="62"/>
     </row>
-    <row r="451" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A451" s="88" t="s">
         <v>95</v>
       </c>
       <c r="B451" s="96">
         <f>B447</f>
         <v>0</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451"/>
       <c r="I451"/>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451" s="62"/>
       <c r="O451" s="62"/>
       <c r="P451" s="62"/>
       <c r="Q451" s="62"/>
       <c r="R451" s="62"/>
       <c r="S451" s="62"/>
       <c r="T451" s="62"/>
       <c r="U451" s="62"/>
       <c r="V451" s="62"/>
       <c r="W451" s="62"/>
       <c r="X451" s="62"/>
       <c r="Y451" s="62"/>
       <c r="Z451" s="62"/>
       <c r="AA451" s="62"/>
       <c r="AB451" s="62"/>
       <c r="AC451" s="62"/>
       <c r="AD451" s="62"/>
       <c r="AE451" s="62"/>
       <c r="AF451" s="62"/>
       <c r="AG451" s="62"/>
       <c r="AH451" s="62"/>
       <c r="AI451" s="62"/>
       <c r="AJ451" s="62"/>
       <c r="AK451" s="62"/>
       <c r="AL451" s="62"/>
       <c r="AM451" s="62"/>
       <c r="AN451" s="62"/>
       <c r="AO451" s="62"/>
       <c r="AP451" s="62"/>
       <c r="AQ451" s="62"/>
       <c r="AR451" s="62"/>
     </row>
-    <row r="452" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A452" s="88" t="s">
         <v>98</v>
       </c>
       <c r="B452" s="89">
         <f>B450*B451</f>
         <v>0</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452" s="62"/>
       <c r="O452" s="62"/>
       <c r="P452" s="62"/>
       <c r="Q452" s="62"/>
       <c r="R452" s="62"/>
       <c r="S452" s="62"/>
       <c r="T452" s="62"/>
       <c r="U452" s="62"/>
       <c r="V452" s="62"/>
       <c r="W452" s="62"/>
       <c r="X452" s="62"/>
       <c r="Y452" s="62"/>
       <c r="Z452" s="62"/>
       <c r="AA452" s="62"/>
       <c r="AB452" s="62"/>
       <c r="AC452" s="62"/>
       <c r="AD452" s="62"/>
       <c r="AE452" s="62"/>
       <c r="AF452" s="62"/>
       <c r="AG452" s="62"/>
       <c r="AH452" s="62"/>
       <c r="AI452" s="62"/>
       <c r="AJ452" s="62"/>
       <c r="AK452" s="62"/>
       <c r="AL452" s="62"/>
       <c r="AM452" s="62"/>
       <c r="AN452" s="62"/>
       <c r="AO452" s="62"/>
       <c r="AP452" s="62"/>
       <c r="AQ452" s="62"/>
       <c r="AR452" s="62"/>
     </row>
-    <row r="453" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A453" s="88"/>
       <c r="B453" s="89"/>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453" s="62"/>
       <c r="O453" s="62"/>
       <c r="P453" s="62"/>
       <c r="Q453" s="62"/>
       <c r="R453" s="62"/>
       <c r="S453" s="62"/>
       <c r="T453" s="62"/>
       <c r="U453" s="62"/>
       <c r="V453" s="62"/>
       <c r="W453" s="62"/>
       <c r="X453" s="62"/>
       <c r="Y453" s="62"/>
       <c r="Z453" s="62"/>
       <c r="AA453" s="62"/>
       <c r="AB453" s="62"/>
       <c r="AC453" s="62"/>
       <c r="AD453" s="62"/>
       <c r="AE453" s="62"/>
       <c r="AF453" s="62"/>
       <c r="AG453" s="62"/>
       <c r="AH453" s="62"/>
       <c r="AI453" s="62"/>
       <c r="AJ453" s="62"/>
       <c r="AK453" s="62"/>
       <c r="AL453" s="62"/>
       <c r="AM453" s="62"/>
       <c r="AN453" s="62"/>
       <c r="AO453" s="62"/>
       <c r="AP453" s="62"/>
       <c r="AQ453" s="62"/>
       <c r="AR453" s="62"/>
     </row>
-    <row r="454" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A454" s="88" t="s">
         <v>99</v>
       </c>
       <c r="B454" s="89">
         <f>B448</f>
         <v>0</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
       <c r="I454"/>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
       <c r="N454" s="62"/>
       <c r="O454" s="62"/>
       <c r="P454" s="62"/>
       <c r="Q454" s="62"/>
       <c r="R454" s="62"/>
       <c r="S454" s="62"/>
       <c r="T454" s="62"/>
       <c r="U454" s="62"/>
       <c r="V454" s="62"/>
       <c r="W454" s="62"/>
       <c r="X454" s="62"/>
       <c r="Y454" s="62"/>
       <c r="Z454" s="62"/>
       <c r="AA454" s="62"/>
       <c r="AB454" s="62"/>
       <c r="AC454" s="62"/>
       <c r="AD454" s="62"/>
       <c r="AE454" s="62"/>
       <c r="AF454" s="62"/>
       <c r="AG454" s="62"/>
       <c r="AH454" s="62"/>
       <c r="AI454" s="62"/>
       <c r="AJ454" s="62"/>
       <c r="AK454" s="62"/>
       <c r="AL454" s="62"/>
       <c r="AM454" s="62"/>
       <c r="AN454" s="62"/>
       <c r="AO454" s="62"/>
       <c r="AP454" s="62"/>
       <c r="AQ454" s="62"/>
       <c r="AR454" s="62"/>
     </row>
-    <row r="455" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A455" s="92" t="s">
         <v>100</v>
       </c>
       <c r="B455" s="93">
         <v>0</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
       <c r="I455"/>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455" s="62"/>
       <c r="O455" s="62"/>
       <c r="P455" s="62"/>
       <c r="Q455" s="62"/>
       <c r="R455" s="62"/>
       <c r="S455" s="62"/>
       <c r="T455" s="62"/>
       <c r="U455" s="62"/>
       <c r="V455" s="62"/>
       <c r="W455" s="62"/>
       <c r="X455" s="62"/>
       <c r="Y455" s="62"/>
       <c r="Z455" s="62"/>
       <c r="AA455" s="62"/>
       <c r="AB455" s="62"/>
       <c r="AC455" s="62"/>
       <c r="AD455" s="62"/>
       <c r="AE455" s="62"/>
       <c r="AF455" s="62"/>
       <c r="AG455" s="62"/>
       <c r="AH455" s="62"/>
       <c r="AI455" s="62"/>
       <c r="AJ455" s="62"/>
       <c r="AK455" s="62"/>
       <c r="AL455" s="62"/>
       <c r="AM455" s="62"/>
       <c r="AN455" s="62"/>
       <c r="AO455" s="62"/>
       <c r="AP455" s="62"/>
       <c r="AQ455" s="62"/>
       <c r="AR455" s="62"/>
     </row>
-    <row r="456" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A456" s="88" t="s">
         <v>101</v>
       </c>
       <c r="B456" s="89">
         <f>B454-B455</f>
         <v>0</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
       <c r="I456"/>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456" s="62"/>
       <c r="O456" s="62"/>
       <c r="P456" s="62"/>
       <c r="Q456" s="62"/>
       <c r="R456" s="62"/>
       <c r="S456" s="62"/>
       <c r="T456" s="62"/>
       <c r="U456" s="62"/>
       <c r="V456" s="62"/>
       <c r="W456" s="62"/>
       <c r="X456" s="62"/>
       <c r="Y456" s="62"/>
       <c r="Z456" s="62"/>
       <c r="AA456" s="62"/>
       <c r="AB456" s="62"/>
       <c r="AC456" s="62"/>
       <c r="AD456" s="62"/>
       <c r="AE456" s="62"/>
       <c r="AF456" s="62"/>
       <c r="AG456" s="62"/>
       <c r="AH456" s="62"/>
       <c r="AI456" s="62"/>
       <c r="AJ456" s="62"/>
       <c r="AK456" s="62"/>
       <c r="AL456" s="62"/>
       <c r="AM456" s="62"/>
       <c r="AN456" s="62"/>
       <c r="AO456" s="62"/>
       <c r="AP456" s="62"/>
       <c r="AQ456" s="62"/>
       <c r="AR456" s="62"/>
     </row>
-    <row r="457" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A457" s="88"/>
       <c r="B457" s="89"/>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
       <c r="I457"/>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457" s="62"/>
       <c r="O457" s="62"/>
       <c r="P457" s="62"/>
       <c r="Q457" s="62"/>
       <c r="R457" s="62"/>
       <c r="S457" s="62"/>
       <c r="T457" s="62"/>
       <c r="U457" s="62"/>
       <c r="V457" s="62"/>
       <c r="W457" s="62"/>
       <c r="X457" s="62"/>
       <c r="Y457" s="62"/>
       <c r="Z457" s="62"/>
       <c r="AA457" s="62"/>
       <c r="AB457" s="62"/>
       <c r="AC457" s="62"/>
       <c r="AD457" s="62"/>
       <c r="AE457" s="62"/>
       <c r="AF457" s="62"/>
       <c r="AG457" s="62"/>
       <c r="AH457" s="62"/>
       <c r="AI457" s="62"/>
       <c r="AJ457" s="62"/>
       <c r="AK457" s="62"/>
       <c r="AL457" s="62"/>
       <c r="AM457" s="62"/>
       <c r="AN457" s="62"/>
       <c r="AO457" s="62"/>
       <c r="AP457" s="62"/>
       <c r="AQ457" s="62"/>
       <c r="AR457" s="62"/>
     </row>
-    <row r="458" spans="1:44" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="458" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A458" s="141" t="s">
         <v>102</v>
       </c>
       <c r="B458" s="142">
         <f>B452-B455</f>
         <v>0</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458" s="94"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
       <c r="I458"/>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
       <c r="N458" s="62"/>
       <c r="O458" s="62"/>
       <c r="P458" s="62"/>
       <c r="Q458" s="62"/>
       <c r="R458" s="62"/>
       <c r="S458" s="62"/>
       <c r="T458" s="62"/>
       <c r="U458" s="62"/>
       <c r="V458" s="62"/>
       <c r="W458" s="62"/>
       <c r="X458" s="62"/>
       <c r="Y458" s="62"/>
       <c r="Z458" s="62"/>
       <c r="AA458" s="62"/>
       <c r="AB458" s="62"/>
       <c r="AC458" s="62"/>
       <c r="AD458" s="62"/>
       <c r="AE458" s="62"/>
       <c r="AF458" s="62"/>
       <c r="AG458" s="62"/>
       <c r="AH458" s="62"/>
       <c r="AI458" s="62"/>
       <c r="AJ458" s="62"/>
       <c r="AK458" s="62"/>
       <c r="AL458" s="62"/>
       <c r="AM458" s="62"/>
       <c r="AN458" s="62"/>
       <c r="AO458" s="62"/>
       <c r="AP458" s="62"/>
       <c r="AQ458" s="62"/>
       <c r="AR458" s="62"/>
     </row>
-    <row r="459" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A459"/>
       <c r="B459"/>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
       <c r="I459"/>
       <c r="J459"/>
       <c r="K459"/>
       <c r="L459"/>
       <c r="M459"/>
       <c r="N459" s="62"/>
       <c r="O459" s="62"/>
       <c r="P459" s="62"/>
       <c r="Q459" s="62"/>
       <c r="R459" s="62"/>
       <c r="S459" s="62"/>
       <c r="T459" s="62"/>
       <c r="U459" s="62"/>
       <c r="V459" s="62"/>
       <c r="W459" s="62"/>
       <c r="X459" s="62"/>
       <c r="Y459" s="62"/>
       <c r="Z459" s="62"/>
       <c r="AA459" s="62"/>
       <c r="AB459" s="62"/>
       <c r="AC459" s="62"/>
       <c r="AD459" s="62"/>
       <c r="AE459" s="62"/>
       <c r="AF459" s="62"/>
       <c r="AG459" s="62"/>
       <c r="AH459" s="62"/>
       <c r="AI459" s="62"/>
       <c r="AJ459" s="62"/>
       <c r="AK459" s="62"/>
       <c r="AL459" s="62"/>
       <c r="AM459" s="62"/>
       <c r="AN459" s="62"/>
       <c r="AO459" s="62"/>
       <c r="AP459" s="62"/>
       <c r="AQ459" s="62"/>
       <c r="AR459" s="62"/>
     </row>
-    <row r="460" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A460"/>
       <c r="B460"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460" s="62"/>
       <c r="O460" s="62"/>
       <c r="P460" s="62"/>
       <c r="Q460" s="62"/>
       <c r="R460" s="62"/>
       <c r="S460" s="62"/>
       <c r="T460" s="62"/>
       <c r="U460" s="62"/>
       <c r="V460" s="62"/>
       <c r="W460" s="62"/>
       <c r="X460" s="62"/>
       <c r="Y460" s="62"/>
       <c r="Z460" s="62"/>
       <c r="AA460" s="62"/>
       <c r="AB460" s="62"/>
       <c r="AC460" s="62"/>
       <c r="AD460" s="62"/>
       <c r="AE460" s="62"/>
       <c r="AF460" s="62"/>
       <c r="AG460" s="62"/>
       <c r="AH460" s="62"/>
       <c r="AI460" s="62"/>
       <c r="AJ460" s="62"/>
       <c r="AK460" s="62"/>
       <c r="AL460" s="62"/>
       <c r="AM460" s="62"/>
       <c r="AN460" s="62"/>
       <c r="AO460" s="62"/>
       <c r="AP460" s="62"/>
       <c r="AQ460" s="62"/>
       <c r="AR460" s="62"/>
     </row>
-    <row r="461" spans="1:44" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="461" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.2">
       <c r="A461" s="90" t="s">
         <v>103</v>
       </c>
       <c r="B461" s="62"/>
       <c r="C461" s="62"/>
       <c r="D461" s="62"/>
       <c r="E461" s="62"/>
       <c r="F461" s="62"/>
       <c r="G461" s="62"/>
       <c r="H461" s="62"/>
       <c r="I461" s="62"/>
       <c r="J461" s="62"/>
       <c r="K461" s="62"/>
       <c r="L461" s="62"/>
       <c r="M461" s="62"/>
       <c r="N461" s="62"/>
       <c r="O461" s="62"/>
       <c r="P461" s="62"/>
       <c r="Q461" s="62"/>
       <c r="R461" s="62"/>
       <c r="S461" s="62"/>
       <c r="T461" s="62"/>
       <c r="U461" s="62"/>
       <c r="V461" s="62"/>
       <c r="W461" s="62"/>
@@ -32101,51 +32101,51 @@
     <row r="1092" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1093" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1094" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1095" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1096" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1097" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1098" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1099" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1100" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1101" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1102" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1103" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1104" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1105" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1106" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1107" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1108" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1109" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1110" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1111" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1112" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1113" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1114" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1115" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xSAV2vNSTWDvEbk1YUUIYo2n5lHS7aLYDr6ijh4bu9p+eUuTFpmMxW5L+H2yKJL78eyyt6OM+1n5hzYOy2Xr6w==" saltValue="+CCAc3kek7C1y1K8XdpPlw==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="hTCUWUNCHbUTb+eQEYxg72GHXhUd5sGpya4Xvqm8bWf5Bs6qWlpdCgCb+pfyehRN7ZLJUIInph50bjwkVNITag==" saltValue="mF35EM9Ow7A1+4ba2LZAHw==" spinCount="100000" sheet="1" formatRows="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="tnG9kBV98ZsglmLXeZb9r75oS/pt+h/a0VlxaBAUdWTgcYkqUv+ZR/BIaqD/9EEFTM6Wx3uskL8wShLLikrz9Q==" saltValue="o4m6VpQKfNPqA8Z1RPQmYw==" spinCount="100000" sqref="N401:W415" name="Bereik12"/>
     <protectedRange algorithmName="SHA-512" hashValue="Xqyx8Vb6EhgX7K7QB0ERzSkVp16ShaqssAh/oy43CYwt3bwpmmXvds7FEx/TiADh8FwL4Ye/1EWOWvQW8wRYpQ==" saltValue="f+61GbXIK4j8FWQgczh0jA==" spinCount="100000" sqref="A303:W314" name="Bereik8"/>
     <protectedRange algorithmName="SHA-512" hashValue="rLNJYO6AhsgaG++9+I+iPHVelJbZeHF2KhjfYwTeuqBEUJFTA0ECxunWEEITDw2CRJqh6j1aiVdXNUemGQB8+g==" saltValue="U+xtZuNDHI8fpE+bqwVh2g==" spinCount="100000" sqref="A22:U22 A23:D235 F23:H235 J23:U235 I23:I234 E23:E277" name="Bereik4"/>
     <protectedRange algorithmName="SHA-512" hashValue="kcSyvrX8S096eF+R519oG+IwmmqPTJwsBZHN3lpzHdKGhwaLOYJLXO1mmlg99wWOWYQLHgTfIHrfrracNi2IxA==" saltValue="nfYj0iTxJDUp5NEOcS6I5g==" spinCount="100000" sqref="E11:F13" name="Bereik2"/>
     <protectedRange algorithmName="SHA-512" hashValue="tGPDRSn6RdlypkSgUzrLKqGOjaUUUuTrkr7cHK2dPk0Ok1I0vzaYr5YCscSH8IJzakhxJ3QXaPqZSkSSgtsOCw==" saltValue="451UV9vIlhbHWNrWV7eFDg==" spinCount="100000" sqref="C4:W8" name="Bereik1"/>
     <protectedRange algorithmName="SHA-512" hashValue="kzENZiAFIuXx2OPiWLwlOQTYX6VWCudIP8JUtm9CNyse0X1tri9cuUSFExHiZBT94lIGEMKfft72fiWeXsvMlw==" saltValue="FW/LrjSUvsQaXTsQXsCICw==" spinCount="100000" sqref="F17:M17" name="Bereik3"/>
     <protectedRange sqref="F299" name="Bereik7"/>
     <protectedRange algorithmName="SHA-512" hashValue="r6sxz7ouL8TdnSi08fMLZIY4gmuUBJrQKrRlRVFfnVqapzFz1Wx0laK6yvA4kDVvNsXwjknUbIlsLePy6oPgZw==" saltValue="i7E0k5t3fGQZGQu9qUrhqQ==" spinCount="100000" sqref="A317:G396" name="Bereik9"/>
     <protectedRange algorithmName="SHA-512" hashValue="Yt7ODuNo3texVU6aqI61kCNF6s/E/XSqfLm0hkYadRS2HBrnHENPbzELPzIwFrmXVYgHCGn9E8zrkRqvVGl9mA==" saltValue="aBhPoX/xGbqcASvtP2bZhQ==" spinCount="100000" sqref="A402:F414" name="Bereik11"/>
     <protectedRange sqref="A435:XFD463" name="Bereik10"/>
   </protectedRanges>
   <mergeCells count="400">
     <mergeCell ref="A437:F437"/>
     <mergeCell ref="A413:B413"/>
     <mergeCell ref="A414:B414"/>
     <mergeCell ref="C415:D415"/>
     <mergeCell ref="A416:W416"/>
     <mergeCell ref="A419:W419"/>
     <mergeCell ref="A432:W432"/>
     <mergeCell ref="A398:W398"/>
     <mergeCell ref="A407:B407"/>
     <mergeCell ref="A408:B408"/>
     <mergeCell ref="A409:B409"/>
     <mergeCell ref="A410:B410"/>
@@ -32605,1227 +32605,1221 @@
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="F22:M234 F237:M277 F235:H236 J235:M236" xr:uid="{075D2705-FE18-4C14-863C-35DF1A593178}">
       <formula1>IF(OR(ISBLANK(F$11),$E22="o")=TRUE,F22="",F22&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="I235" xr:uid="{950B7B81-06E5-4DFD-BFFA-52A9EA05F5A9}">
       <formula1>IF(OR(ISBLANK(I$11),$E236="o")=TRUE,I235="",I235&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Voor code &quot;w&quot;" prompt="Bezorg loonbrieven en/of individuele rekeningen" sqref="E22:E277" xr:uid="{A64F6589-2469-46A3-A464-B2DB26F1D12E}">
       <formula1>"w,o,b"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A70883F7-0606-476C-ADAA-262DD573E88D}">
   <sheetPr codeName="Blad4"/>
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView topLeftCell="A63" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="58.85546875" customWidth="1"/>
+    <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.44140625" customWidth="1"/>
+    <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.5703125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="32.140625" customWidth="1"/>
+    <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" s="149" t="s">
         <v>104</v>
       </c>
       <c r="B1" s="149" t="s">
         <v>105</v>
       </c>
       <c r="C1" s="149" t="s">
         <v>106</v>
       </c>
       <c r="D1" s="149" t="s">
         <v>107</v>
       </c>
       <c r="E1" s="149" t="s">
         <v>56</v>
       </c>
       <c r="F1" s="149" t="s">
         <v>108</v>
       </c>
       <c r="G1" s="149" t="s">
         <v>109</v>
       </c>
       <c r="H1" s="149" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
       <c r="D2" s="148"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
       <c r="H2" s="148"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
       <c r="D3" s="148"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
       <c r="H3" s="148"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
       <c r="D4" s="148"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
       <c r="H4" s="148"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
       <c r="D5" s="148"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
       <c r="H5" s="148"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
       <c r="D6" s="148"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
       <c r="H6" s="148"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
       <c r="D7" s="148"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
       <c r="H7" s="148"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
       <c r="D8" s="148"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
       <c r="H8" s="148"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
       <c r="D9" s="148"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
       <c r="H9" s="148"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
       <c r="D10" s="148"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
       <c r="H10" s="148"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
       <c r="D11" s="148"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
       <c r="H11" s="148"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
       <c r="D12" s="148"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
       <c r="H12" s="148"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
       <c r="D13" s="148"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
       <c r="H13" s="148"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
       <c r="D14" s="148"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
       <c r="H14" s="148"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
       <c r="D15" s="148"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
       <c r="H15" s="148"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
       <c r="D16" s="148"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
       <c r="H16" s="148"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
       <c r="D17" s="148"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="148"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
       <c r="D18" s="148"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
       <c r="H18" s="148"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
       <c r="D19" s="148"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
       <c r="H19" s="148"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
       <c r="D20" s="148"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
       <c r="H20" s="148"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
       <c r="D21" s="148"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
       <c r="H21" s="148"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
       <c r="D22" s="148"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
       <c r="H22" s="148"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
       <c r="D23" s="148"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
       <c r="H23" s="148"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
       <c r="D24" s="148"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
       <c r="H24" s="148"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
       <c r="D25" s="148"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
       <c r="H25" s="148"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
       <c r="D26" s="148"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
       <c r="H26" s="148"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
       <c r="D27" s="148"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
       <c r="H27" s="148"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
       <c r="D28" s="148"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
       <c r="H28" s="148"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
       <c r="D29" s="148"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
       <c r="H29" s="148"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
       <c r="D30" s="148"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
       <c r="H30" s="148"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
       <c r="D31" s="148"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
       <c r="H31" s="148"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
       <c r="D32" s="148"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
       <c r="H32" s="148"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
       <c r="D33" s="148"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
       <c r="H33" s="148"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
       <c r="D34" s="148"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
       <c r="H34" s="148"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
       <c r="D35" s="148"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
       <c r="H35" s="148"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
       <c r="D36" s="148"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
       <c r="H36" s="148"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
       <c r="D37" s="148"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
       <c r="H37" s="148"/>
     </row>
   </sheetData>
   <phoneticPr fontId="28" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ECC7AB9-A49E-4BDB-B1B3-05873D5DFFB9}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="58.85546875" customWidth="1"/>
+    <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.44140625" customWidth="1"/>
+    <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.5703125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="32.140625" customWidth="1"/>
+    <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" s="149" t="s">
         <v>104</v>
       </c>
       <c r="B1" s="149" t="s">
         <v>105</v>
       </c>
       <c r="C1" s="149" t="s">
         <v>106</v>
       </c>
       <c r="D1" s="149" t="s">
         <v>107</v>
       </c>
       <c r="E1" s="149" t="s">
         <v>56</v>
       </c>
       <c r="F1" s="149" t="s">
         <v>108</v>
       </c>
       <c r="G1" s="149" t="s">
         <v>109</v>
       </c>
       <c r="H1" s="149" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
       <c r="D2" s="148"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
       <c r="H2" s="148"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
       <c r="D3" s="148"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
       <c r="H3" s="148"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
       <c r="D4" s="148"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
       <c r="H4" s="148"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
       <c r="D5" s="148"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
       <c r="H5" s="148"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
       <c r="D6" s="148"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
       <c r="H6" s="148"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
       <c r="D7" s="148"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
       <c r="H7" s="148"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
       <c r="D8" s="148"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
       <c r="H8" s="148"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
       <c r="D9" s="148"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
       <c r="H9" s="148"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
       <c r="D10" s="148"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
       <c r="H10" s="148"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
       <c r="D11" s="148"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
       <c r="H11" s="148"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
       <c r="D12" s="148"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
       <c r="H12" s="148"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
       <c r="D13" s="148"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
       <c r="H13" s="148"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
       <c r="D14" s="148"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
       <c r="H14" s="148"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
       <c r="D15" s="148"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
       <c r="H15" s="148"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
       <c r="D16" s="148"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
       <c r="H16" s="148"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
       <c r="D17" s="148"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
       <c r="H17" s="148"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
       <c r="D18" s="148"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
       <c r="H18" s="148"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
       <c r="D19" s="148"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
       <c r="H19" s="148"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
       <c r="D20" s="148"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
       <c r="H20" s="148"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
       <c r="D21" s="148"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
       <c r="H21" s="148"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
       <c r="D22" s="148"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
       <c r="H22" s="148"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
       <c r="D23" s="148"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
       <c r="H23" s="148"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
       <c r="D24" s="148"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
       <c r="H24" s="148"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
       <c r="D25" s="148"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
       <c r="H25" s="148"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
       <c r="D26" s="148"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
       <c r="H26" s="148"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
       <c r="D27" s="148"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
       <c r="H27" s="148"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
       <c r="D28" s="148"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
       <c r="H28" s="148"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
       <c r="D29" s="148"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
       <c r="H29" s="148"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
       <c r="D30" s="148"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
       <c r="H30" s="148"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
       <c r="D31" s="148"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
       <c r="H31" s="148"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
       <c r="D32" s="148"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
       <c r="H32" s="148"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
       <c r="D33" s="148"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
       <c r="H33" s="148"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
       <c r="D34" s="148"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
       <c r="H34" s="148"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
       <c r="D35" s="148"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
       <c r="H35" s="148"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
       <c r="D36" s="148"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
       <c r="H36" s="148"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
       <c r="D37" s="148"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
       <c r="H37" s="148"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="69"/>
       <c r="D38" s="148"/>
       <c r="F38" s="70"/>
       <c r="G38" s="70"/>
       <c r="H38" s="148"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="69"/>
       <c r="D39" s="148"/>
       <c r="F39" s="70"/>
       <c r="G39" s="70"/>
       <c r="H39" s="148"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="69"/>
       <c r="D40" s="148"/>
       <c r="F40" s="70"/>
       <c r="G40" s="70"/>
       <c r="H40" s="148"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="69"/>
       <c r="D41" s="148"/>
       <c r="F41" s="70"/>
       <c r="G41" s="70"/>
       <c r="H41" s="148"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="69"/>
       <c r="D42" s="148"/>
       <c r="F42" s="70"/>
       <c r="G42" s="70"/>
       <c r="H42" s="148"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="69"/>
       <c r="D43" s="148"/>
       <c r="F43" s="70"/>
       <c r="G43" s="70"/>
       <c r="H43" s="148"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="69"/>
       <c r="D44" s="148"/>
       <c r="F44" s="70"/>
       <c r="G44" s="70"/>
       <c r="H44" s="148"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="69"/>
       <c r="D45" s="148"/>
       <c r="F45" s="70"/>
       <c r="G45" s="70"/>
       <c r="H45" s="148"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="69"/>
       <c r="D46" s="148"/>
       <c r="F46" s="70"/>
       <c r="G46" s="70"/>
       <c r="H46" s="148"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="69"/>
       <c r="D47" s="148"/>
       <c r="F47" s="70"/>
       <c r="G47" s="70"/>
       <c r="H47" s="148"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" s="69"/>
       <c r="D48" s="148"/>
       <c r="F48" s="70"/>
       <c r="G48" s="70"/>
       <c r="H48" s="148"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" s="69"/>
       <c r="D49" s="148"/>
       <c r="F49" s="70"/>
       <c r="G49" s="70"/>
       <c r="H49" s="148"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" s="69"/>
       <c r="D50" s="148"/>
       <c r="F50" s="70"/>
       <c r="G50" s="70"/>
       <c r="H50" s="148"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" s="69"/>
       <c r="D51" s="148"/>
       <c r="F51" s="70"/>
       <c r="G51" s="70"/>
       <c r="H51" s="148"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="69"/>
       <c r="D52" s="148"/>
       <c r="F52" s="70"/>
       <c r="G52" s="70"/>
       <c r="H52" s="148"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="69"/>
       <c r="D53" s="148"/>
       <c r="F53" s="70"/>
       <c r="G53" s="70"/>
       <c r="H53" s="148"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" s="69"/>
       <c r="D54" s="148"/>
       <c r="F54" s="70"/>
       <c r="G54" s="70"/>
       <c r="H54" s="148"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="69"/>
       <c r="D55" s="148"/>
       <c r="F55" s="70"/>
       <c r="G55" s="70"/>
       <c r="H55" s="148"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="69"/>
       <c r="D56" s="148"/>
       <c r="F56" s="70"/>
       <c r="G56" s="70"/>
       <c r="H56" s="148"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="69"/>
       <c r="D57" s="148"/>
       <c r="F57" s="70"/>
       <c r="G57" s="70"/>
       <c r="H57" s="148"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="69"/>
       <c r="D58" s="148"/>
       <c r="F58" s="70"/>
       <c r="G58" s="70"/>
       <c r="H58" s="148"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" s="69"/>
       <c r="D59" s="148"/>
       <c r="F59" s="70"/>
       <c r="G59" s="70"/>
       <c r="H59" s="148"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="69"/>
       <c r="D60" s="148"/>
       <c r="F60" s="70"/>
       <c r="G60" s="70"/>
       <c r="H60" s="148"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" s="69"/>
       <c r="D61" s="148"/>
       <c r="F61" s="70"/>
       <c r="G61" s="70"/>
       <c r="H61" s="148"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" s="69"/>
       <c r="D62" s="148"/>
       <c r="F62" s="70"/>
       <c r="G62" s="70"/>
       <c r="H62" s="148"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" s="69"/>
       <c r="D63" s="148"/>
       <c r="F63" s="70"/>
       <c r="G63" s="70"/>
       <c r="H63" s="148"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" s="69"/>
       <c r="D64" s="148"/>
       <c r="F64" s="70"/>
       <c r="G64" s="70"/>
       <c r="H64" s="148"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" s="69"/>
       <c r="D65" s="148"/>
       <c r="F65" s="70"/>
       <c r="G65" s="70"/>
       <c r="H65" s="148"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" s="69"/>
       <c r="D66" s="148"/>
       <c r="F66" s="70"/>
       <c r="G66" s="70"/>
       <c r="H66" s="148"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A67" s="69"/>
       <c r="D67" s="148"/>
       <c r="F67" s="70"/>
       <c r="G67" s="70"/>
       <c r="H67" s="148"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A68" s="69"/>
       <c r="D68" s="148"/>
       <c r="F68" s="70"/>
       <c r="G68" s="70"/>
       <c r="H68" s="148"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A69" s="69"/>
       <c r="D69" s="148"/>
       <c r="F69" s="70"/>
       <c r="G69" s="70"/>
       <c r="H69" s="148"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A70" s="69"/>
       <c r="D70" s="148"/>
       <c r="F70" s="70"/>
       <c r="G70" s="70"/>
       <c r="H70" s="148"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A71" s="69"/>
       <c r="D71" s="148"/>
       <c r="F71" s="70"/>
       <c r="G71" s="70"/>
       <c r="H71" s="148"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A72" s="69"/>
       <c r="D72" s="148"/>
       <c r="F72" s="70"/>
       <c r="G72" s="70"/>
       <c r="H72" s="148"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A73" s="69"/>
       <c r="D73" s="148"/>
       <c r="F73" s="70"/>
       <c r="G73" s="70"/>
       <c r="H73" s="148"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A74" s="69"/>
       <c r="D74" s="148"/>
       <c r="F74" s="70"/>
       <c r="G74" s="70"/>
       <c r="H74" s="148"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A75" s="69"/>
       <c r="D75" s="148"/>
       <c r="F75" s="70"/>
       <c r="G75" s="70"/>
       <c r="H75" s="148"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A76" s="69"/>
       <c r="D76" s="148"/>
       <c r="F76" s="70"/>
       <c r="G76" s="70"/>
       <c r="H76" s="148"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A77" s="69"/>
       <c r="D77" s="148"/>
       <c r="F77" s="70"/>
       <c r="G77" s="70"/>
       <c r="H77" s="148"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A78" s="69"/>
       <c r="D78" s="148"/>
       <c r="F78" s="70"/>
       <c r="G78" s="70"/>
       <c r="H78" s="148"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A79" s="69"/>
       <c r="D79" s="148"/>
       <c r="F79" s="70"/>
       <c r="G79" s="70"/>
       <c r="H79" s="148"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A80" s="69"/>
       <c r="D80" s="148"/>
       <c r="F80" s="70"/>
       <c r="G80" s="70"/>
       <c r="H80" s="148"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A81" s="69"/>
       <c r="D81" s="148"/>
       <c r="F81" s="70"/>
       <c r="G81" s="70"/>
       <c r="H81" s="148"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A82" s="69"/>
       <c r="D82" s="148"/>
       <c r="F82" s="70"/>
       <c r="G82" s="70"/>
       <c r="H82" s="148"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A83" s="69"/>
       <c r="D83" s="148"/>
       <c r="F83" s="70"/>
       <c r="G83" s="70"/>
       <c r="H83" s="148"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84" s="69"/>
       <c r="D84" s="148"/>
       <c r="F84" s="70"/>
       <c r="G84" s="70"/>
       <c r="H84" s="148"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85" s="69"/>
       <c r="D85" s="148"/>
       <c r="F85" s="70"/>
       <c r="G85" s="70"/>
       <c r="H85" s="148"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A86" s="69"/>
       <c r="D86" s="148"/>
       <c r="F86" s="70"/>
       <c r="G86" s="70"/>
       <c r="H86" s="148"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A87" s="69"/>
       <c r="D87" s="148"/>
       <c r="F87" s="70"/>
       <c r="G87" s="70"/>
       <c r="H87" s="148"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A88" s="69"/>
       <c r="D88" s="148"/>
       <c r="F88" s="70"/>
       <c r="G88" s="70"/>
       <c r="H88" s="148"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A89" s="69"/>
       <c r="D89" s="148"/>
       <c r="F89" s="70"/>
       <c r="G89" s="70"/>
       <c r="H89" s="148"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A90" s="69"/>
       <c r="D90" s="148"/>
       <c r="F90" s="70"/>
       <c r="G90" s="70"/>
       <c r="H90" s="148"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A91" s="69"/>
       <c r="D91" s="148"/>
       <c r="F91" s="70"/>
       <c r="G91" s="70"/>
       <c r="H91" s="148"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A92" s="69"/>
       <c r="D92" s="148"/>
       <c r="F92" s="70"/>
       <c r="G92" s="70"/>
       <c r="H92" s="148"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A93" s="69"/>
       <c r="D93" s="148"/>
       <c r="F93" s="70"/>
       <c r="G93" s="70"/>
       <c r="H93" s="148"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A94" s="69"/>
       <c r="D94" s="148"/>
       <c r="F94" s="70"/>
       <c r="G94" s="70"/>
       <c r="H94" s="148"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A95" s="69"/>
       <c r="D95" s="148"/>
       <c r="F95" s="70"/>
       <c r="G95" s="70"/>
       <c r="H95" s="148"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A96" s="69"/>
       <c r="D96" s="148"/>
       <c r="F96" s="70"/>
       <c r="G96" s="70"/>
       <c r="H96" s="148"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A97" s="69"/>
       <c r="D97" s="148"/>
       <c r="F97" s="70"/>
       <c r="G97" s="70"/>
       <c r="H97" s="148"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A98" s="69"/>
       <c r="D98" s="148"/>
       <c r="F98" s="70"/>
       <c r="G98" s="70"/>
       <c r="H98" s="148"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A99" s="69"/>
       <c r="D99" s="148"/>
       <c r="F99" s="70"/>
       <c r="G99" s="70"/>
       <c r="H99" s="148"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A100" s="69"/>
       <c r="D100" s="148"/>
       <c r="F100" s="70"/>
       <c r="G100" s="70"/>
       <c r="H100" s="148"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A101" s="69"/>
       <c r="D101" s="148"/>
       <c r="F101" s="70"/>
       <c r="G101" s="70"/>
       <c r="H101" s="148"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9788433e-09c9-45d6-b37e-647a3dcd40bc">
+    <TaxCatchAll xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccada712-f319-4843-a022-0a2703358700">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010022921BDAB9B2794BB137CCE8CB8DF253" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="034f0a3f50fa803b986e76cc6d81fc3b">
-[...2 lines deleted...]
-    <xsd:import namespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7803F4D4853954FBF6CC9ACE0AF8474" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="7ec5fde175d3dfbe3aebc926d22812cb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccada712-f319-4843-a022-0a2703358700" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50bfbbe6679f86dc634812e31a0d2f9e" ns2:_="" ns3:_="">
+    <xsd:import namespace="ccada712-f319-4843-a022-0a2703358700"/>
+    <xsd:import namespace="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9788433e-09c9-45d6-b37e-647a3dcd40bc" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccada712-f319-4843-a022-0a2703358700" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="49ca8161-7180-459b-a0ef-1a71cf6ffea5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fba396ad-41cc-462f-94b9-5e7f2db8793a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a9791f0e-b41f-4de0-98e2-7befb4a51de1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b1f34e43-1004-4eec-a00e-e0c176230b14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fba396ad-41cc-462f-94b9-5e7f2db8793a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -33905,71 +33899,73 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E1C58B4-E633-4A2B-9FDC-C501AB212B26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
+    <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B3DB67-D700-42CF-AAEA-CD69DC9403CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B35B89B-3402-4A3C-B322-D1E64BEB7E9E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269611E5-155B-4C8F-822A-E76682DEDDE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
-    <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
+    <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
@@ -34008,51 +34004,51 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rosvelds, Marcel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010022921BDAB9B2794BB137CCE8CB8DF253</vt:lpwstr>
+    <vt:lpwstr>0x010100A7803F4D4853954FBF6CC9ACE0AF8474</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>27000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>