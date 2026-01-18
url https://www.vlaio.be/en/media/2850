--- v1 (2025-11-22)
+++ v2 (2026-01-18)
@@ -9,155 +9,155 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vlaamseoverheid.sharepoint.com/sites/VLAIO-SP-SO_VER/Jolien/Dossierbehandeling/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="8_{E65A88E8-FA2A-4A55-B355-23B00F90B137}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CD00B9C5-5DE8-4C49-83ED-E52E85E11F6C}"/>
+  <xr:revisionPtr revIDLastSave="110" documentId="8_{E65A88E8-FA2A-4A55-B355-23B00F90B137}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1913DAC3-C932-4EE3-8E42-BC9781591577}"/>
   <bookViews>
-    <workbookView xWindow="-4785" yWindow="-21720" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14430" yWindow="-21600" windowWidth="19410" windowHeight="20985" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="READ THIS FIRST" sheetId="8" r:id="rId1"/>
     <sheet name="Final financial report" sheetId="11" r:id="rId2"/>
     <sheet name="Breakdown of operating costs" sheetId="10" r:id="rId3"/>
     <sheet name="Breakdown of third parties" sheetId="9" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="AfgetopteUrenOpJaarbasis" localSheetId="1">'Final financial report'!$F$17</definedName>
     <definedName name="AfgetopteUrenOpJaarbasis">#REF!</definedName>
     <definedName name="mmJaar1" localSheetId="1">'Final financial report'!$N$22:$N$267</definedName>
     <definedName name="mmJaar1">#REF!</definedName>
     <definedName name="mmJaar2" localSheetId="1">'Final financial report'!$O$22:$O$267</definedName>
     <definedName name="mmJaar2">#REF!</definedName>
     <definedName name="mmJaar3" localSheetId="1">'Final financial report'!$P$22:$P$267</definedName>
     <definedName name="mmJaar3">#REF!</definedName>
     <definedName name="mmJaar4" localSheetId="1">'Final financial report'!$S$22:$S$267</definedName>
     <definedName name="mmJaar4">#REF!</definedName>
     <definedName name="mmJaar5" localSheetId="1">'Final financial report'!$T$22:$T$267</definedName>
     <definedName name="mmJaar5">#REF!</definedName>
     <definedName name="mmJaar6" localSheetId="1">'Final financial report'!$U$22:$U$267</definedName>
     <definedName name="mmJaar6">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E447" i="11" l="1"/>
+  <c r="B456" i="11"/>
+  <c r="B452" i="11"/>
   <c r="G405" i="11" l="1"/>
   <c r="A1" i="11"/>
   <c r="F20" i="11"/>
   <c r="L21" i="11"/>
   <c r="K21" i="11"/>
   <c r="J21" i="11"/>
   <c r="I21" i="11"/>
   <c r="H21" i="11"/>
   <c r="G21" i="11"/>
   <c r="F21" i="11"/>
   <c r="M21" i="11"/>
-  <c r="B451" i="11"/>
   <c r="V30" i="11"/>
   <c r="W30" i="11"/>
   <c r="X30" i="11"/>
   <c r="V31" i="11"/>
   <c r="W31" i="11"/>
   <c r="X31" i="11"/>
   <c r="V32" i="11"/>
   <c r="W32" i="11"/>
   <c r="X32" i="11"/>
   <c r="V33" i="11"/>
   <c r="W33" i="11"/>
   <c r="X33" i="11"/>
   <c r="V34" i="11"/>
   <c r="W34" i="11"/>
   <c r="X34" i="11"/>
-  <c r="E447" i="11"/>
   <c r="B440" i="11"/>
-  <c r="B448" i="11" s="1"/>
-  <c r="B454" i="11" s="1"/>
+  <c r="B451" i="11" s="1"/>
+  <c r="B453" i="11" s="1"/>
   <c r="B426" i="11"/>
   <c r="E444" i="11" s="1"/>
   <c r="F444" i="11" s="1"/>
   <c r="G414" i="11"/>
   <c r="G413" i="11"/>
   <c r="G412" i="11"/>
   <c r="G411" i="11"/>
   <c r="G410" i="11"/>
   <c r="G409" i="11"/>
   <c r="G408" i="11"/>
   <c r="G407" i="11"/>
   <c r="G406" i="11"/>
   <c r="G404" i="11"/>
   <c r="G403" i="11"/>
   <c r="G402" i="11"/>
   <c r="G397" i="11"/>
   <c r="B427" i="11" s="1"/>
   <c r="E445" i="11" s="1"/>
-  <c r="F445" i="11" s="1"/>
   <c r="U278" i="11"/>
   <c r="T278" i="11"/>
   <c r="S278" i="11"/>
   <c r="R278" i="11"/>
   <c r="Q278" i="11"/>
   <c r="P278" i="11"/>
   <c r="O278" i="11"/>
   <c r="N278" i="11"/>
   <c r="X277" i="11"/>
   <c r="W277" i="11"/>
   <c r="V277" i="11"/>
   <c r="X276" i="11"/>
   <c r="W276" i="11"/>
   <c r="V276" i="11"/>
   <c r="X275" i="11"/>
   <c r="W275" i="11"/>
   <c r="V275" i="11"/>
   <c r="X274" i="11"/>
   <c r="W274" i="11"/>
   <c r="V274" i="11"/>
   <c r="X273" i="11"/>
   <c r="W273" i="11"/>
   <c r="V273" i="11"/>
   <c r="X272" i="11"/>
   <c r="W272" i="11"/>
@@ -881,88 +881,89 @@
   <c r="V28" i="11"/>
   <c r="X27" i="11"/>
   <c r="W27" i="11"/>
   <c r="V27" i="11"/>
   <c r="X26" i="11"/>
   <c r="W26" i="11"/>
   <c r="V26" i="11"/>
   <c r="X25" i="11"/>
   <c r="W25" i="11"/>
   <c r="V25" i="11"/>
   <c r="X24" i="11"/>
   <c r="W24" i="11"/>
   <c r="V24" i="11"/>
   <c r="X23" i="11"/>
   <c r="W23" i="11"/>
   <c r="V23" i="11"/>
   <c r="X22" i="11"/>
   <c r="W22" i="11"/>
   <c r="V22" i="11"/>
   <c r="M18" i="11"/>
   <c r="L18" i="11"/>
   <c r="K18" i="11"/>
   <c r="H18" i="11"/>
   <c r="G18" i="11"/>
   <c r="F18" i="11"/>
-  <c r="B456" i="11" l="1"/>
+  <c r="F445" i="11" l="1"/>
+  <c r="E440" i="11"/>
+  <c r="B448" i="11"/>
   <c r="X278" i="11"/>
   <c r="C294" i="11" s="1"/>
   <c r="D294" i="11" s="1"/>
   <c r="F294" i="11" s="1"/>
   <c r="B425" i="11" s="1"/>
   <c r="V278" i="11"/>
   <c r="C299" i="11" s="1"/>
   <c r="D299" i="11" s="1"/>
   <c r="E299" i="11" s="1"/>
   <c r="G415" i="11"/>
   <c r="B428" i="11" s="1"/>
   <c r="E446" i="11" s="1"/>
   <c r="F446" i="11" s="1"/>
   <c r="W278" i="11"/>
   <c r="B424" i="11" s="1"/>
   <c r="C440" i="11"/>
   <c r="E443" i="11" l="1"/>
   <c r="F443" i="11" s="1"/>
   <c r="B429" i="11"/>
   <c r="B422" i="11"/>
   <c r="E441" i="11" s="1"/>
   <c r="E442" i="11"/>
   <c r="F442" i="11" l="1"/>
-  <c r="E440" i="11"/>
-  <c r="F440" i="11" s="1"/>
+  <c r="B455" i="11"/>
   <c r="F441" i="11"/>
   <c r="B430" i="11"/>
-  <c r="E448" i="11" l="1"/>
-[...3 lines deleted...]
-  <c r="B458" i="11" s="1"/>
+  <c r="F440" i="11" l="1"/>
+  <c r="E448" i="11"/>
+  <c r="B457" i="11" s="1"/>
+  <c r="B461" i="11" l="1"/>
+  <c r="F448" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="114">
   <si>
     <t xml:space="preserve">Warning: This template can only be used for projects that have been submitted after 1st July 2021. Older templates can be found on www.vlaio.be. Navigate to the relevant subsidy instrument and go to the tab "Next steps". </t>
   </si>
   <si>
     <t>Project Details</t>
   </si>
   <si>
     <t>Project name:</t>
   </si>
   <si>
     <t>VLAIO project number (HBC.xxxx.xxxx)</t>
   </si>
   <si>
     <t>Project term (from xx/xx/20xx to xx/xx/20xx)</t>
   </si>
   <si>
     <t>Company name or institution:</t>
   </si>
   <si>
     <t>Financial contact for additional information (name, position, phone number and email address):</t>
   </si>
   <si>
     <t>Financial data to be copied by company from the Notice of Award (or possibly modified through subsequent addenda)</t>
   </si>
   <si>
@@ -1231,65 +1232,50 @@
   <si>
     <t>Personeelskosten</t>
   </si>
   <si>
     <t>Overheadkosten</t>
   </si>
   <si>
     <t>Werkingskosten</t>
   </si>
   <si>
     <t>Externe Prestaties</t>
   </si>
   <si>
     <t>Investeringskosten</t>
   </si>
   <si>
     <t>Steunpercentage (%)</t>
   </si>
   <si>
     <t>Steunbedrag</t>
   </si>
   <si>
     <t>Totaalbedrag (aanvaard)</t>
   </si>
   <si>
-    <t xml:space="preserve">Steunbedrag </t>
-[...13 lines deleted...]
-  <si>
     <r>
       <t>Opmerkingen</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: </t>
     </r>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Invoice number</t>
   </si>
   <si>
     <t>Supplier / Provider</t>
   </si>
   <si>
     <t>Company number</t>
   </si>
@@ -1449,67 +1435,86 @@
 The tabs have been designed with the maximum duration of the various project types in mind. Dependant on the duration of your project, you can reduce or increase the number of year columns by using Excel’s hide function. This template has been set up f</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>or 4</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">-year projects.
 For a detailed summary of costs deemed eligible for funding by VLAIO and which explanation/justification is required, please see the guide to the VLAIO cost model. You can find this document on our website (www.vlaio.be) by going to the "Next Steps" tab for your chosen project type.
 If you have any questions about this Excel cost template, please contact verificatie@vlaio.be.
 </t>
     </r>
   </si>
+  <si>
+    <t xml:space="preserve">Personeelkosten: 
+Externe Prestaties: 
+Werkingskosten:
+Investeringen: 
+</t>
+  </si>
+  <si>
+    <t>Steunbedrag (aanvaard)</t>
+  </si>
+  <si>
+    <t>Reeds uitbetaalde voorschotten</t>
+  </si>
+  <si>
+    <t>Totaalbedrag (begroting)</t>
+  </si>
+  <si>
+    <t>Saldo eindafrekening:</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#,##0\ &quot;€&quot;;\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="168" formatCode="#,##0.0"/>
     <numFmt numFmtId="169" formatCode="\+0;\-0;0"/>
     <numFmt numFmtId="170" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8.5"/>
@@ -1773,52 +1778,59 @@
     <font>
       <strike/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="11">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
@@ -1832,50 +1844,56 @@
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="85">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -2905,51 +2923,51 @@
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="386">
+  <cellXfs count="390">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -3174,102 +3192,94 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="6" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="31" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="4" fontId="31" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="30" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="32" fillId="0" borderId="66" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="32" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="32" fillId="6" borderId="66" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="6" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="6" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="32" fillId="8" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="36" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -3644,55 +3654,75 @@
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="10" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="10" borderId="12" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="10" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="32" fillId="8" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="32" fillId="11" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="47" fillId="11" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="30" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="31" fillId="0" borderId="25" xfId="8" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="32" fillId="8" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -4850,562 +4880,562 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{706DBAF5-D8DE-459E-9DDD-21B7497B1FE6}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1:O29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="15" max="15" width="16.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="237" t="s">
-[...15 lines deleted...]
-      <c r="O1" s="238"/>
+      <c r="A1" s="239" t="s">
+        <v>108</v>
+      </c>
+      <c r="B1" s="240"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="240"/>
+      <c r="E1" s="240"/>
+      <c r="F1" s="240"/>
+      <c r="G1" s="240"/>
+      <c r="H1" s="240"/>
+      <c r="I1" s="240"/>
+      <c r="J1" s="240"/>
+      <c r="K1" s="240"/>
+      <c r="L1" s="240"/>
+      <c r="M1" s="240"/>
+      <c r="N1" s="240"/>
+      <c r="O1" s="240"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A2" s="238"/>
-[...13 lines deleted...]
-      <c r="O2" s="238"/>
+      <c r="A2" s="240"/>
+      <c r="B2" s="240"/>
+      <c r="C2" s="240"/>
+      <c r="D2" s="240"/>
+      <c r="E2" s="240"/>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
+      <c r="H2" s="240"/>
+      <c r="I2" s="240"/>
+      <c r="J2" s="240"/>
+      <c r="K2" s="240"/>
+      <c r="L2" s="240"/>
+      <c r="M2" s="240"/>
+      <c r="N2" s="240"/>
+      <c r="O2" s="240"/>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A3" s="238"/>
-[...13 lines deleted...]
-      <c r="O3" s="238"/>
+      <c r="A3" s="240"/>
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
+      <c r="H3" s="240"/>
+      <c r="I3" s="240"/>
+      <c r="J3" s="240"/>
+      <c r="K3" s="240"/>
+      <c r="L3" s="240"/>
+      <c r="M3" s="240"/>
+      <c r="N3" s="240"/>
+      <c r="O3" s="240"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A4" s="238"/>
-[...13 lines deleted...]
-      <c r="O4" s="238"/>
+      <c r="A4" s="240"/>
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="240"/>
+      <c r="J4" s="240"/>
+      <c r="K4" s="240"/>
+      <c r="L4" s="240"/>
+      <c r="M4" s="240"/>
+      <c r="N4" s="240"/>
+      <c r="O4" s="240"/>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A5" s="238"/>
-[...13 lines deleted...]
-      <c r="O5" s="238"/>
+      <c r="A5" s="240"/>
+      <c r="B5" s="240"/>
+      <c r="C5" s="240"/>
+      <c r="D5" s="240"/>
+      <c r="E5" s="240"/>
+      <c r="F5" s="240"/>
+      <c r="G5" s="240"/>
+      <c r="H5" s="240"/>
+      <c r="I5" s="240"/>
+      <c r="J5" s="240"/>
+      <c r="K5" s="240"/>
+      <c r="L5" s="240"/>
+      <c r="M5" s="240"/>
+      <c r="N5" s="240"/>
+      <c r="O5" s="240"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A6" s="238"/>
-[...13 lines deleted...]
-      <c r="O6" s="238"/>
+      <c r="A6" s="240"/>
+      <c r="B6" s="240"/>
+      <c r="C6" s="240"/>
+      <c r="D6" s="240"/>
+      <c r="E6" s="240"/>
+      <c r="F6" s="240"/>
+      <c r="G6" s="240"/>
+      <c r="H6" s="240"/>
+      <c r="I6" s="240"/>
+      <c r="J6" s="240"/>
+      <c r="K6" s="240"/>
+      <c r="L6" s="240"/>
+      <c r="M6" s="240"/>
+      <c r="N6" s="240"/>
+      <c r="O6" s="240"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A7" s="238"/>
-[...13 lines deleted...]
-      <c r="O7" s="238"/>
+      <c r="A7" s="240"/>
+      <c r="B7" s="240"/>
+      <c r="C7" s="240"/>
+      <c r="D7" s="240"/>
+      <c r="E7" s="240"/>
+      <c r="F7" s="240"/>
+      <c r="G7" s="240"/>
+      <c r="H7" s="240"/>
+      <c r="I7" s="240"/>
+      <c r="J7" s="240"/>
+      <c r="K7" s="240"/>
+      <c r="L7" s="240"/>
+      <c r="M7" s="240"/>
+      <c r="N7" s="240"/>
+      <c r="O7" s="240"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A8" s="238"/>
-[...13 lines deleted...]
-      <c r="O8" s="238"/>
+      <c r="A8" s="240"/>
+      <c r="B8" s="240"/>
+      <c r="C8" s="240"/>
+      <c r="D8" s="240"/>
+      <c r="E8" s="240"/>
+      <c r="F8" s="240"/>
+      <c r="G8" s="240"/>
+      <c r="H8" s="240"/>
+      <c r="I8" s="240"/>
+      <c r="J8" s="240"/>
+      <c r="K8" s="240"/>
+      <c r="L8" s="240"/>
+      <c r="M8" s="240"/>
+      <c r="N8" s="240"/>
+      <c r="O8" s="240"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A9" s="238"/>
-[...13 lines deleted...]
-      <c r="O9" s="238"/>
+      <c r="A9" s="240"/>
+      <c r="B9" s="240"/>
+      <c r="C9" s="240"/>
+      <c r="D9" s="240"/>
+      <c r="E9" s="240"/>
+      <c r="F9" s="240"/>
+      <c r="G9" s="240"/>
+      <c r="H9" s="240"/>
+      <c r="I9" s="240"/>
+      <c r="J9" s="240"/>
+      <c r="K9" s="240"/>
+      <c r="L9" s="240"/>
+      <c r="M9" s="240"/>
+      <c r="N9" s="240"/>
+      <c r="O9" s="240"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A10" s="238"/>
-[...13 lines deleted...]
-      <c r="O10" s="238"/>
+      <c r="A10" s="240"/>
+      <c r="B10" s="240"/>
+      <c r="C10" s="240"/>
+      <c r="D10" s="240"/>
+      <c r="E10" s="240"/>
+      <c r="F10" s="240"/>
+      <c r="G10" s="240"/>
+      <c r="H10" s="240"/>
+      <c r="I10" s="240"/>
+      <c r="J10" s="240"/>
+      <c r="K10" s="240"/>
+      <c r="L10" s="240"/>
+      <c r="M10" s="240"/>
+      <c r="N10" s="240"/>
+      <c r="O10" s="240"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A11" s="238"/>
-[...13 lines deleted...]
-      <c r="O11" s="238"/>
+      <c r="A11" s="240"/>
+      <c r="B11" s="240"/>
+      <c r="C11" s="240"/>
+      <c r="D11" s="240"/>
+      <c r="E11" s="240"/>
+      <c r="F11" s="240"/>
+      <c r="G11" s="240"/>
+      <c r="H11" s="240"/>
+      <c r="I11" s="240"/>
+      <c r="J11" s="240"/>
+      <c r="K11" s="240"/>
+      <c r="L11" s="240"/>
+      <c r="M11" s="240"/>
+      <c r="N11" s="240"/>
+      <c r="O11" s="240"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A12" s="238"/>
-[...13 lines deleted...]
-      <c r="O12" s="238"/>
+      <c r="A12" s="240"/>
+      <c r="B12" s="240"/>
+      <c r="C12" s="240"/>
+      <c r="D12" s="240"/>
+      <c r="E12" s="240"/>
+      <c r="F12" s="240"/>
+      <c r="G12" s="240"/>
+      <c r="H12" s="240"/>
+      <c r="I12" s="240"/>
+      <c r="J12" s="240"/>
+      <c r="K12" s="240"/>
+      <c r="L12" s="240"/>
+      <c r="M12" s="240"/>
+      <c r="N12" s="240"/>
+      <c r="O12" s="240"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A13" s="238"/>
-[...13 lines deleted...]
-      <c r="O13" s="238"/>
+      <c r="A13" s="240"/>
+      <c r="B13" s="240"/>
+      <c r="C13" s="240"/>
+      <c r="D13" s="240"/>
+      <c r="E13" s="240"/>
+      <c r="F13" s="240"/>
+      <c r="G13" s="240"/>
+      <c r="H13" s="240"/>
+      <c r="I13" s="240"/>
+      <c r="J13" s="240"/>
+      <c r="K13" s="240"/>
+      <c r="L13" s="240"/>
+      <c r="M13" s="240"/>
+      <c r="N13" s="240"/>
+      <c r="O13" s="240"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A14" s="238"/>
-[...13 lines deleted...]
-      <c r="O14" s="238"/>
+      <c r="A14" s="240"/>
+      <c r="B14" s="240"/>
+      <c r="C14" s="240"/>
+      <c r="D14" s="240"/>
+      <c r="E14" s="240"/>
+      <c r="F14" s="240"/>
+      <c r="G14" s="240"/>
+      <c r="H14" s="240"/>
+      <c r="I14" s="240"/>
+      <c r="J14" s="240"/>
+      <c r="K14" s="240"/>
+      <c r="L14" s="240"/>
+      <c r="M14" s="240"/>
+      <c r="N14" s="240"/>
+      <c r="O14" s="240"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A15" s="238"/>
-[...13 lines deleted...]
-      <c r="O15" s="238"/>
+      <c r="A15" s="240"/>
+      <c r="B15" s="240"/>
+      <c r="C15" s="240"/>
+      <c r="D15" s="240"/>
+      <c r="E15" s="240"/>
+      <c r="F15" s="240"/>
+      <c r="G15" s="240"/>
+      <c r="H15" s="240"/>
+      <c r="I15" s="240"/>
+      <c r="J15" s="240"/>
+      <c r="K15" s="240"/>
+      <c r="L15" s="240"/>
+      <c r="M15" s="240"/>
+      <c r="N15" s="240"/>
+      <c r="O15" s="240"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A16" s="238"/>
-[...13 lines deleted...]
-      <c r="O16" s="238"/>
+      <c r="A16" s="240"/>
+      <c r="B16" s="240"/>
+      <c r="C16" s="240"/>
+      <c r="D16" s="240"/>
+      <c r="E16" s="240"/>
+      <c r="F16" s="240"/>
+      <c r="G16" s="240"/>
+      <c r="H16" s="240"/>
+      <c r="I16" s="240"/>
+      <c r="J16" s="240"/>
+      <c r="K16" s="240"/>
+      <c r="L16" s="240"/>
+      <c r="M16" s="240"/>
+      <c r="N16" s="240"/>
+      <c r="O16" s="240"/>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A17" s="238"/>
-[...13 lines deleted...]
-      <c r="O17" s="238"/>
+      <c r="A17" s="240"/>
+      <c r="B17" s="240"/>
+      <c r="C17" s="240"/>
+      <c r="D17" s="240"/>
+      <c r="E17" s="240"/>
+      <c r="F17" s="240"/>
+      <c r="G17" s="240"/>
+      <c r="H17" s="240"/>
+      <c r="I17" s="240"/>
+      <c r="J17" s="240"/>
+      <c r="K17" s="240"/>
+      <c r="L17" s="240"/>
+      <c r="M17" s="240"/>
+      <c r="N17" s="240"/>
+      <c r="O17" s="240"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A18" s="238"/>
-[...13 lines deleted...]
-      <c r="O18" s="238"/>
+      <c r="A18" s="240"/>
+      <c r="B18" s="240"/>
+      <c r="C18" s="240"/>
+      <c r="D18" s="240"/>
+      <c r="E18" s="240"/>
+      <c r="F18" s="240"/>
+      <c r="G18" s="240"/>
+      <c r="H18" s="240"/>
+      <c r="I18" s="240"/>
+      <c r="J18" s="240"/>
+      <c r="K18" s="240"/>
+      <c r="L18" s="240"/>
+      <c r="M18" s="240"/>
+      <c r="N18" s="240"/>
+      <c r="O18" s="240"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A19" s="238"/>
-[...13 lines deleted...]
-      <c r="O19" s="238"/>
+      <c r="A19" s="240"/>
+      <c r="B19" s="240"/>
+      <c r="C19" s="240"/>
+      <c r="D19" s="240"/>
+      <c r="E19" s="240"/>
+      <c r="F19" s="240"/>
+      <c r="G19" s="240"/>
+      <c r="H19" s="240"/>
+      <c r="I19" s="240"/>
+      <c r="J19" s="240"/>
+      <c r="K19" s="240"/>
+      <c r="L19" s="240"/>
+      <c r="M19" s="240"/>
+      <c r="N19" s="240"/>
+      <c r="O19" s="240"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A20" s="238"/>
-[...13 lines deleted...]
-      <c r="O20" s="238"/>
+      <c r="A20" s="240"/>
+      <c r="B20" s="240"/>
+      <c r="C20" s="240"/>
+      <c r="D20" s="240"/>
+      <c r="E20" s="240"/>
+      <c r="F20" s="240"/>
+      <c r="G20" s="240"/>
+      <c r="H20" s="240"/>
+      <c r="I20" s="240"/>
+      <c r="J20" s="240"/>
+      <c r="K20" s="240"/>
+      <c r="L20" s="240"/>
+      <c r="M20" s="240"/>
+      <c r="N20" s="240"/>
+      <c r="O20" s="240"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A21" s="238"/>
-[...13 lines deleted...]
-      <c r="O21" s="238"/>
+      <c r="A21" s="240"/>
+      <c r="B21" s="240"/>
+      <c r="C21" s="240"/>
+      <c r="D21" s="240"/>
+      <c r="E21" s="240"/>
+      <c r="F21" s="240"/>
+      <c r="G21" s="240"/>
+      <c r="H21" s="240"/>
+      <c r="I21" s="240"/>
+      <c r="J21" s="240"/>
+      <c r="K21" s="240"/>
+      <c r="L21" s="240"/>
+      <c r="M21" s="240"/>
+      <c r="N21" s="240"/>
+      <c r="O21" s="240"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A22" s="238"/>
-[...13 lines deleted...]
-      <c r="O22" s="238"/>
+      <c r="A22" s="240"/>
+      <c r="B22" s="240"/>
+      <c r="C22" s="240"/>
+      <c r="D22" s="240"/>
+      <c r="E22" s="240"/>
+      <c r="F22" s="240"/>
+      <c r="G22" s="240"/>
+      <c r="H22" s="240"/>
+      <c r="I22" s="240"/>
+      <c r="J22" s="240"/>
+      <c r="K22" s="240"/>
+      <c r="L22" s="240"/>
+      <c r="M22" s="240"/>
+      <c r="N22" s="240"/>
+      <c r="O22" s="240"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A23" s="238"/>
-[...13 lines deleted...]
-      <c r="O23" s="238"/>
+      <c r="A23" s="240"/>
+      <c r="B23" s="240"/>
+      <c r="C23" s="240"/>
+      <c r="D23" s="240"/>
+      <c r="E23" s="240"/>
+      <c r="F23" s="240"/>
+      <c r="G23" s="240"/>
+      <c r="H23" s="240"/>
+      <c r="I23" s="240"/>
+      <c r="J23" s="240"/>
+      <c r="K23" s="240"/>
+      <c r="L23" s="240"/>
+      <c r="M23" s="240"/>
+      <c r="N23" s="240"/>
+      <c r="O23" s="240"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A24" s="238"/>
-[...13 lines deleted...]
-      <c r="O24" s="238"/>
+      <c r="A24" s="240"/>
+      <c r="B24" s="240"/>
+      <c r="C24" s="240"/>
+      <c r="D24" s="240"/>
+      <c r="E24" s="240"/>
+      <c r="F24" s="240"/>
+      <c r="G24" s="240"/>
+      <c r="H24" s="240"/>
+      <c r="I24" s="240"/>
+      <c r="J24" s="240"/>
+      <c r="K24" s="240"/>
+      <c r="L24" s="240"/>
+      <c r="M24" s="240"/>
+      <c r="N24" s="240"/>
+      <c r="O24" s="240"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A25" s="238"/>
-[...13 lines deleted...]
-      <c r="O25" s="238"/>
+      <c r="A25" s="240"/>
+      <c r="B25" s="240"/>
+      <c r="C25" s="240"/>
+      <c r="D25" s="240"/>
+      <c r="E25" s="240"/>
+      <c r="F25" s="240"/>
+      <c r="G25" s="240"/>
+      <c r="H25" s="240"/>
+      <c r="I25" s="240"/>
+      <c r="J25" s="240"/>
+      <c r="K25" s="240"/>
+      <c r="L25" s="240"/>
+      <c r="M25" s="240"/>
+      <c r="N25" s="240"/>
+      <c r="O25" s="240"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A26" s="238"/>
-[...13 lines deleted...]
-      <c r="O26" s="238"/>
+      <c r="A26" s="240"/>
+      <c r="B26" s="240"/>
+      <c r="C26" s="240"/>
+      <c r="D26" s="240"/>
+      <c r="E26" s="240"/>
+      <c r="F26" s="240"/>
+      <c r="G26" s="240"/>
+      <c r="H26" s="240"/>
+      <c r="I26" s="240"/>
+      <c r="J26" s="240"/>
+      <c r="K26" s="240"/>
+      <c r="L26" s="240"/>
+      <c r="M26" s="240"/>
+      <c r="N26" s="240"/>
+      <c r="O26" s="240"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A27" s="238"/>
-[...13 lines deleted...]
-      <c r="O27" s="238"/>
+      <c r="A27" s="240"/>
+      <c r="B27" s="240"/>
+      <c r="C27" s="240"/>
+      <c r="D27" s="240"/>
+      <c r="E27" s="240"/>
+      <c r="F27" s="240"/>
+      <c r="G27" s="240"/>
+      <c r="H27" s="240"/>
+      <c r="I27" s="240"/>
+      <c r="J27" s="240"/>
+      <c r="K27" s="240"/>
+      <c r="L27" s="240"/>
+      <c r="M27" s="240"/>
+      <c r="N27" s="240"/>
+      <c r="O27" s="240"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A28" s="238"/>
-[...13 lines deleted...]
-      <c r="O28" s="238"/>
+      <c r="A28" s="240"/>
+      <c r="B28" s="240"/>
+      <c r="C28" s="240"/>
+      <c r="D28" s="240"/>
+      <c r="E28" s="240"/>
+      <c r="F28" s="240"/>
+      <c r="G28" s="240"/>
+      <c r="H28" s="240"/>
+      <c r="I28" s="240"/>
+      <c r="J28" s="240"/>
+      <c r="K28" s="240"/>
+      <c r="L28" s="240"/>
+      <c r="M28" s="240"/>
+      <c r="N28" s="240"/>
+      <c r="O28" s="240"/>
     </row>
     <row r="29" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="238"/>
-[...13 lines deleted...]
-      <c r="O29" s="238"/>
+      <c r="A29" s="240"/>
+      <c r="B29" s="240"/>
+      <c r="C29" s="240"/>
+      <c r="D29" s="240"/>
+      <c r="E29" s="240"/>
+      <c r="F29" s="240"/>
+      <c r="G29" s="240"/>
+      <c r="H29" s="240"/>
+      <c r="I29" s="240"/>
+      <c r="J29" s="240"/>
+      <c r="K29" s="240"/>
+      <c r="L29" s="240"/>
+      <c r="M29" s="240"/>
+      <c r="N29" s="240"/>
+      <c r="O29" s="240"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="BPba6CnJ07lTLkaxbyHa3j5WXwMl9nVQKrIHpx+MMLK77SdeBrbzu7756/3MqRgvWrSge+4h7BGgZrN/hG+V0g==" saltValue="zxICb7Z+HaZw/JakBb0BwA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:O29"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ABF527-260C-4B48-8127-47D9ADAFA50D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AR1115"/>
+  <dimension ref="A1:AR1119"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="C4" sqref="C4:W4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.88671875" defaultRowHeight="10.8" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39.109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="13.109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.5546875" style="2" customWidth="1"/>
     <col min="5" max="5" width="15.88671875" style="2" customWidth="1"/>
     <col min="6" max="6" width="15.44140625" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.44140625" style="2" customWidth="1"/>
     <col min="8" max="8" width="15.44140625" style="3" customWidth="1"/>
     <col min="9" max="9" width="11.109375" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="11.109375" style="3" hidden="1" customWidth="1"/>
     <col min="11" max="13" width="11.109375" style="2" hidden="1" customWidth="1"/>
     <col min="14" max="16" width="3.109375" style="2" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="3.109375" style="2" customWidth="1"/>
     <col min="18" max="18" width="3.109375" style="2" hidden="1" customWidth="1"/>
     <col min="19" max="21" width="3.109375" style="3" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="5.109375" style="2" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="21.109375" style="2" customWidth="1"/>
     <col min="24" max="24" width="2.109375" style="2" hidden="1" customWidth="1"/>
     <col min="25" max="250" width="10.88671875" style="2"/>
     <col min="251" max="251" width="35" style="2" customWidth="1"/>
@@ -6523,794 +6553,794 @@
     <col min="15891" max="15891" width="16" style="2" customWidth="1"/>
     <col min="15892" max="15892" width="12" style="2" customWidth="1"/>
     <col min="15893" max="15893" width="9.88671875" style="2" customWidth="1"/>
     <col min="15894" max="16122" width="10.88671875" style="2"/>
     <col min="16123" max="16123" width="35" style="2" customWidth="1"/>
     <col min="16124" max="16124" width="23.5546875" style="2" customWidth="1"/>
     <col min="16125" max="16125" width="15.5546875" style="2" customWidth="1"/>
     <col min="16126" max="16126" width="13.109375" style="2" customWidth="1"/>
     <col min="16127" max="16127" width="15.44140625" style="2" customWidth="1"/>
     <col min="16128" max="16128" width="13.109375" style="2" customWidth="1"/>
     <col min="16129" max="16133" width="10.88671875" style="2" customWidth="1"/>
     <col min="16134" max="16138" width="6.109375" style="2" customWidth="1"/>
     <col min="16139" max="16139" width="8.44140625" style="2" customWidth="1"/>
     <col min="16140" max="16140" width="6.44140625" style="2" customWidth="1"/>
     <col min="16141" max="16141" width="6.88671875" style="2" customWidth="1"/>
     <col min="16142" max="16142" width="6.44140625" style="2" customWidth="1"/>
     <col min="16143" max="16145" width="10.88671875" style="2" customWidth="1"/>
     <col min="16146" max="16146" width="6.44140625" style="2" customWidth="1"/>
     <col min="16147" max="16147" width="16" style="2" customWidth="1"/>
     <col min="16148" max="16148" width="12" style="2" customWidth="1"/>
     <col min="16149" max="16149" width="9.88671875" style="2" customWidth="1"/>
     <col min="16150" max="16384" width="10.88671875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="4" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="268" t="str">
+      <c r="A1" s="272" t="str">
         <f>"Confidential - Final financial report: " &amp; C7</f>
         <v xml:space="preserve">Confidential - Final financial report: </v>
       </c>
-      <c r="B1" s="269"/>
-[...20 lines deleted...]
-      <c r="W1" s="270"/>
+      <c r="B1" s="273"/>
+      <c r="C1" s="273"/>
+      <c r="D1" s="273"/>
+      <c r="E1" s="273"/>
+      <c r="F1" s="273"/>
+      <c r="G1" s="273"/>
+      <c r="H1" s="273"/>
+      <c r="I1" s="273"/>
+      <c r="J1" s="273"/>
+      <c r="K1" s="273"/>
+      <c r="L1" s="273"/>
+      <c r="M1" s="273"/>
+      <c r="N1" s="273"/>
+      <c r="O1" s="273"/>
+      <c r="P1" s="273"/>
+      <c r="Q1" s="273"/>
+      <c r="R1" s="273"/>
+      <c r="S1" s="273"/>
+      <c r="T1" s="273"/>
+      <c r="U1" s="273"/>
+      <c r="V1" s="273"/>
+      <c r="W1" s="274"/>
       <c r="Y1" s="61"/>
       <c r="Z1" s="61"/>
       <c r="AA1" s="61"/>
       <c r="AB1" s="61"/>
       <c r="AC1" s="61"/>
       <c r="AD1" s="61"/>
       <c r="AE1" s="61"/>
       <c r="AF1" s="61"/>
       <c r="AG1" s="61"/>
       <c r="AH1" s="61"/>
       <c r="AI1" s="61"/>
       <c r="AJ1" s="61"/>
       <c r="AK1" s="61"/>
       <c r="AL1" s="61"/>
       <c r="AM1" s="61"/>
       <c r="AN1" s="61"/>
       <c r="AO1" s="61"/>
       <c r="AP1" s="61"/>
       <c r="AQ1" s="61"/>
       <c r="AR1" s="61"/>
     </row>
     <row r="2" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="68" t="s">
         <v>0</v>
       </c>
       <c r="Y2" s="62"/>
       <c r="Z2" s="62"/>
       <c r="AA2" s="62"/>
       <c r="AB2" s="62"/>
       <c r="AC2" s="62"/>
       <c r="AD2" s="62"/>
       <c r="AE2" s="62"/>
       <c r="AF2" s="62"/>
       <c r="AG2" s="62"/>
       <c r="AH2" s="62"/>
       <c r="AI2" s="62"/>
       <c r="AJ2" s="62"/>
       <c r="AK2" s="62"/>
       <c r="AL2" s="62"/>
       <c r="AM2" s="62"/>
       <c r="AN2" s="62"/>
       <c r="AO2" s="62"/>
       <c r="AP2" s="62"/>
       <c r="AQ2" s="62"/>
       <c r="AR2" s="62"/>
     </row>
     <row r="3" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="271" t="s">
+      <c r="A3" s="275" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="272"/>
-[...20 lines deleted...]
-      <c r="W3" s="274"/>
+      <c r="B3" s="276"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
+      <c r="O3" s="277"/>
+      <c r="P3" s="277"/>
+      <c r="Q3" s="277"/>
+      <c r="R3" s="277"/>
+      <c r="S3" s="277"/>
+      <c r="T3" s="277"/>
+      <c r="U3" s="277"/>
+      <c r="V3" s="277"/>
+      <c r="W3" s="278"/>
       <c r="Y3" s="62"/>
       <c r="Z3" s="62"/>
       <c r="AA3" s="62"/>
       <c r="AB3" s="62"/>
       <c r="AC3" s="62"/>
       <c r="AD3" s="62"/>
       <c r="AE3" s="62"/>
       <c r="AF3" s="62"/>
       <c r="AG3" s="62"/>
       <c r="AH3" s="62"/>
       <c r="AI3" s="62"/>
       <c r="AJ3" s="62"/>
       <c r="AK3" s="62"/>
       <c r="AL3" s="62"/>
       <c r="AM3" s="62"/>
       <c r="AN3" s="62"/>
       <c r="AO3" s="62"/>
       <c r="AP3" s="62"/>
       <c r="AQ3" s="62"/>
       <c r="AR3" s="62"/>
     </row>
     <row r="4" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="245" t="s">
+      <c r="A4" s="249" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="246"/>
-[...20 lines deleted...]
-      <c r="W4" s="244"/>
+      <c r="B4" s="250"/>
+      <c r="C4" s="246"/>
+      <c r="D4" s="247"/>
+      <c r="E4" s="247"/>
+      <c r="F4" s="247"/>
+      <c r="G4" s="247"/>
+      <c r="H4" s="247"/>
+      <c r="I4" s="247"/>
+      <c r="J4" s="247"/>
+      <c r="K4" s="247"/>
+      <c r="L4" s="247"/>
+      <c r="M4" s="247"/>
+      <c r="N4" s="247"/>
+      <c r="O4" s="247"/>
+      <c r="P4" s="247"/>
+      <c r="Q4" s="247"/>
+      <c r="R4" s="247"/>
+      <c r="S4" s="247"/>
+      <c r="T4" s="247"/>
+      <c r="U4" s="247"/>
+      <c r="V4" s="247"/>
+      <c r="W4" s="248"/>
       <c r="Y4" s="62"/>
       <c r="Z4" s="62"/>
       <c r="AA4" s="62"/>
       <c r="AB4" s="62"/>
       <c r="AC4" s="62"/>
       <c r="AD4" s="62"/>
       <c r="AE4" s="62"/>
       <c r="AF4" s="62"/>
       <c r="AG4" s="62"/>
       <c r="AH4" s="62"/>
       <c r="AI4" s="62"/>
       <c r="AJ4" s="62"/>
       <c r="AK4" s="62"/>
       <c r="AL4" s="62"/>
       <c r="AM4" s="62"/>
       <c r="AN4" s="62"/>
       <c r="AO4" s="62"/>
       <c r="AP4" s="62"/>
       <c r="AQ4" s="62"/>
       <c r="AR4" s="62"/>
     </row>
     <row r="5" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="245" t="s">
+      <c r="A5" s="249" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="246"/>
-[...20 lines deleted...]
-      <c r="W5" s="244"/>
+      <c r="B5" s="250"/>
+      <c r="C5" s="246"/>
+      <c r="D5" s="247"/>
+      <c r="E5" s="247"/>
+      <c r="F5" s="247"/>
+      <c r="G5" s="247"/>
+      <c r="H5" s="247"/>
+      <c r="I5" s="247"/>
+      <c r="J5" s="247"/>
+      <c r="K5" s="247"/>
+      <c r="L5" s="247"/>
+      <c r="M5" s="247"/>
+      <c r="N5" s="247"/>
+      <c r="O5" s="247"/>
+      <c r="P5" s="247"/>
+      <c r="Q5" s="247"/>
+      <c r="R5" s="247"/>
+      <c r="S5" s="247"/>
+      <c r="T5" s="247"/>
+      <c r="U5" s="247"/>
+      <c r="V5" s="247"/>
+      <c r="W5" s="248"/>
       <c r="Y5" s="62"/>
       <c r="Z5" s="62"/>
       <c r="AA5" s="62"/>
       <c r="AB5" s="62"/>
       <c r="AC5" s="62"/>
       <c r="AD5" s="62"/>
       <c r="AE5" s="62"/>
       <c r="AF5" s="62"/>
       <c r="AG5" s="62"/>
       <c r="AH5" s="62"/>
       <c r="AI5" s="62"/>
       <c r="AJ5" s="62"/>
       <c r="AK5" s="62"/>
       <c r="AL5" s="62"/>
       <c r="AM5" s="62"/>
       <c r="AN5" s="62"/>
       <c r="AO5" s="62"/>
       <c r="AP5" s="62"/>
       <c r="AQ5" s="62"/>
       <c r="AR5" s="62"/>
     </row>
     <row r="6" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="181" t="s">
+      <c r="A6" s="175" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="182"/>
-[...20 lines deleted...]
-      <c r="W6" s="244"/>
+      <c r="B6" s="176"/>
+      <c r="C6" s="246"/>
+      <c r="D6" s="247"/>
+      <c r="E6" s="247"/>
+      <c r="F6" s="247"/>
+      <c r="G6" s="247"/>
+      <c r="H6" s="247"/>
+      <c r="I6" s="247"/>
+      <c r="J6" s="247"/>
+      <c r="K6" s="247"/>
+      <c r="L6" s="247"/>
+      <c r="M6" s="247"/>
+      <c r="N6" s="247"/>
+      <c r="O6" s="247"/>
+      <c r="P6" s="247"/>
+      <c r="Q6" s="247"/>
+      <c r="R6" s="247"/>
+      <c r="S6" s="247"/>
+      <c r="T6" s="247"/>
+      <c r="U6" s="247"/>
+      <c r="V6" s="247"/>
+      <c r="W6" s="248"/>
       <c r="Y6" s="62"/>
       <c r="Z6" s="62"/>
       <c r="AA6" s="62"/>
       <c r="AB6" s="62"/>
       <c r="AC6" s="62"/>
       <c r="AD6" s="62"/>
       <c r="AE6" s="62"/>
       <c r="AF6" s="62"/>
       <c r="AG6" s="62"/>
       <c r="AH6" s="62"/>
       <c r="AI6" s="62"/>
       <c r="AJ6" s="62"/>
       <c r="AK6" s="62"/>
       <c r="AL6" s="62"/>
       <c r="AM6" s="62"/>
       <c r="AN6" s="62"/>
       <c r="AO6" s="62"/>
       <c r="AP6" s="62"/>
       <c r="AQ6" s="62"/>
       <c r="AR6" s="62"/>
     </row>
     <row r="7" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="245" t="s">
+      <c r="A7" s="249" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="246"/>
-[...20 lines deleted...]
-      <c r="W7" s="244"/>
+      <c r="B7" s="250"/>
+      <c r="C7" s="246"/>
+      <c r="D7" s="247"/>
+      <c r="E7" s="247"/>
+      <c r="F7" s="247"/>
+      <c r="G7" s="247"/>
+      <c r="H7" s="247"/>
+      <c r="I7" s="247"/>
+      <c r="J7" s="247"/>
+      <c r="K7" s="247"/>
+      <c r="L7" s="247"/>
+      <c r="M7" s="247"/>
+      <c r="N7" s="247"/>
+      <c r="O7" s="247"/>
+      <c r="P7" s="247"/>
+      <c r="Q7" s="247"/>
+      <c r="R7" s="247"/>
+      <c r="S7" s="247"/>
+      <c r="T7" s="247"/>
+      <c r="U7" s="247"/>
+      <c r="V7" s="247"/>
+      <c r="W7" s="248"/>
       <c r="Y7" s="62"/>
       <c r="Z7" s="62"/>
       <c r="AA7" s="62"/>
       <c r="AB7" s="62"/>
       <c r="AC7" s="62"/>
       <c r="AD7" s="62"/>
       <c r="AE7" s="62"/>
       <c r="AF7" s="62"/>
       <c r="AG7" s="62"/>
       <c r="AH7" s="62"/>
       <c r="AI7" s="62"/>
       <c r="AJ7" s="62"/>
       <c r="AK7" s="62"/>
       <c r="AL7" s="62"/>
       <c r="AM7" s="62"/>
       <c r="AN7" s="62"/>
       <c r="AO7" s="62"/>
       <c r="AP7" s="62"/>
       <c r="AQ7" s="62"/>
       <c r="AR7" s="62"/>
     </row>
     <row r="8" spans="1:44" ht="34.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="247" t="s">
+      <c r="A8" s="251" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="248"/>
-[...20 lines deleted...]
-      <c r="W8" s="251"/>
+      <c r="B8" s="252"/>
+      <c r="C8" s="253"/>
+      <c r="D8" s="254"/>
+      <c r="E8" s="254"/>
+      <c r="F8" s="254"/>
+      <c r="G8" s="254"/>
+      <c r="H8" s="254"/>
+      <c r="I8" s="254"/>
+      <c r="J8" s="254"/>
+      <c r="K8" s="254"/>
+      <c r="L8" s="254"/>
+      <c r="M8" s="254"/>
+      <c r="N8" s="254"/>
+      <c r="O8" s="254"/>
+      <c r="P8" s="254"/>
+      <c r="Q8" s="254"/>
+      <c r="R8" s="254"/>
+      <c r="S8" s="254"/>
+      <c r="T8" s="254"/>
+      <c r="U8" s="254"/>
+      <c r="V8" s="254"/>
+      <c r="W8" s="255"/>
       <c r="Y8" s="62"/>
       <c r="Z8" s="62"/>
       <c r="AA8" s="62"/>
       <c r="AB8" s="62"/>
       <c r="AC8" s="62"/>
       <c r="AD8" s="62"/>
       <c r="AE8" s="62"/>
       <c r="AF8" s="62"/>
       <c r="AG8" s="62"/>
       <c r="AH8" s="62"/>
       <c r="AI8" s="62"/>
       <c r="AJ8" s="62"/>
       <c r="AK8" s="62"/>
       <c r="AL8" s="62"/>
       <c r="AM8" s="62"/>
       <c r="AN8" s="62"/>
       <c r="AO8" s="62"/>
       <c r="AP8" s="62"/>
       <c r="AQ8" s="62"/>
       <c r="AR8" s="62"/>
     </row>
     <row r="9" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="Y9" s="62"/>
       <c r="Z9" s="62"/>
       <c r="AA9" s="62"/>
       <c r="AB9" s="62"/>
       <c r="AC9" s="62"/>
       <c r="AD9" s="62"/>
       <c r="AE9" s="62"/>
       <c r="AF9" s="62"/>
       <c r="AG9" s="62"/>
       <c r="AH9" s="62"/>
       <c r="AI9" s="62"/>
       <c r="AJ9" s="62"/>
       <c r="AK9" s="62"/>
       <c r="AL9" s="62"/>
       <c r="AM9" s="62"/>
       <c r="AN9" s="62"/>
       <c r="AO9" s="62"/>
       <c r="AP9" s="62"/>
       <c r="AQ9" s="62"/>
       <c r="AR9" s="62"/>
     </row>
     <row r="10" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="281" t="s">
+      <c r="A10" s="285" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="282"/>
-[...20 lines deleted...]
-      <c r="W10" s="283"/>
+      <c r="B10" s="286"/>
+      <c r="C10" s="286"/>
+      <c r="D10" s="286"/>
+      <c r="E10" s="286"/>
+      <c r="F10" s="286"/>
+      <c r="G10" s="286"/>
+      <c r="H10" s="286"/>
+      <c r="I10" s="286"/>
+      <c r="J10" s="286"/>
+      <c r="K10" s="286"/>
+      <c r="L10" s="286"/>
+      <c r="M10" s="286"/>
+      <c r="N10" s="286"/>
+      <c r="O10" s="286"/>
+      <c r="P10" s="286"/>
+      <c r="Q10" s="286"/>
+      <c r="R10" s="286"/>
+      <c r="S10" s="286"/>
+      <c r="T10" s="286"/>
+      <c r="U10" s="286"/>
+      <c r="V10" s="286"/>
+      <c r="W10" s="287"/>
       <c r="Y10" s="62"/>
       <c r="Z10" s="62"/>
       <c r="AA10" s="62"/>
       <c r="AB10" s="62"/>
       <c r="AC10" s="62"/>
       <c r="AD10" s="62"/>
       <c r="AE10" s="62"/>
       <c r="AF10" s="62"/>
       <c r="AG10" s="62"/>
       <c r="AH10" s="62"/>
       <c r="AI10" s="62"/>
       <c r="AJ10" s="62"/>
       <c r="AK10" s="62"/>
       <c r="AL10" s="62"/>
       <c r="AM10" s="62"/>
       <c r="AN10" s="62"/>
       <c r="AO10" s="62"/>
       <c r="AP10" s="62"/>
       <c r="AQ10" s="62"/>
       <c r="AR10" s="62"/>
     </row>
     <row r="11" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="284" t="s">
+      <c r="A11" s="288" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="285"/>
-[...6 lines deleted...]
-      <c r="G11" s="290" t="s">
+      <c r="B11" s="289"/>
+      <c r="C11" s="290"/>
+      <c r="D11" s="291"/>
+      <c r="E11" s="292">
+        <v>0</v>
+      </c>
+      <c r="F11" s="293"/>
+      <c r="G11" s="294" t="s">
         <v>9</v>
       </c>
-      <c r="H11" s="291"/>
-[...14 lines deleted...]
-      <c r="W11" s="292"/>
+      <c r="H11" s="295"/>
+      <c r="I11" s="295"/>
+      <c r="J11" s="295"/>
+      <c r="K11" s="295"/>
+      <c r="L11" s="295"/>
+      <c r="M11" s="295"/>
+      <c r="N11" s="295"/>
+      <c r="O11" s="295"/>
+      <c r="P11" s="295"/>
+      <c r="Q11" s="295"/>
+      <c r="R11" s="295"/>
+      <c r="S11" s="295"/>
+      <c r="T11" s="295"/>
+      <c r="U11" s="295"/>
+      <c r="V11" s="295"/>
+      <c r="W11" s="296"/>
       <c r="Y11" s="62"/>
       <c r="Z11" s="62"/>
       <c r="AA11" s="62"/>
       <c r="AB11" s="63"/>
       <c r="AC11" s="62"/>
       <c r="AD11" s="62"/>
       <c r="AE11" s="62"/>
       <c r="AF11" s="62"/>
       <c r="AG11" s="62"/>
       <c r="AH11" s="62"/>
       <c r="AI11" s="62"/>
       <c r="AJ11" s="62"/>
       <c r="AK11" s="62"/>
       <c r="AL11" s="62"/>
       <c r="AM11" s="62"/>
       <c r="AN11" s="62"/>
       <c r="AO11" s="62"/>
       <c r="AP11" s="62"/>
       <c r="AQ11" s="62"/>
       <c r="AR11" s="62"/>
     </row>
     <row r="12" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="299" t="s">
+      <c r="A12" s="303" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="300"/>
-[...22 lines deleted...]
-      <c r="W12" s="295"/>
+      <c r="B12" s="304"/>
+      <c r="C12" s="305"/>
+      <c r="D12" s="249"/>
+      <c r="E12" s="306">
+        <v>0</v>
+      </c>
+      <c r="F12" s="306"/>
+      <c r="G12" s="297"/>
+      <c r="H12" s="298"/>
+      <c r="I12" s="298"/>
+      <c r="J12" s="298"/>
+      <c r="K12" s="298"/>
+      <c r="L12" s="298"/>
+      <c r="M12" s="298"/>
+      <c r="N12" s="298"/>
+      <c r="O12" s="298"/>
+      <c r="P12" s="298"/>
+      <c r="Q12" s="298"/>
+      <c r="R12" s="298"/>
+      <c r="S12" s="298"/>
+      <c r="T12" s="298"/>
+      <c r="U12" s="298"/>
+      <c r="V12" s="298"/>
+      <c r="W12" s="299"/>
       <c r="Y12" s="62"/>
       <c r="Z12" s="62"/>
       <c r="AA12" s="62"/>
       <c r="AB12" s="62"/>
       <c r="AC12" s="62"/>
       <c r="AD12" s="62"/>
       <c r="AE12" s="62"/>
       <c r="AF12" s="62"/>
       <c r="AG12" s="62"/>
       <c r="AH12" s="62"/>
       <c r="AI12" s="62"/>
       <c r="AJ12" s="62"/>
       <c r="AK12" s="62"/>
       <c r="AL12" s="62"/>
       <c r="AM12" s="62"/>
       <c r="AN12" s="62"/>
       <c r="AO12" s="62"/>
       <c r="AP12" s="62"/>
       <c r="AQ12" s="62"/>
       <c r="AR12" s="62"/>
     </row>
     <row r="13" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="303" t="s">
+      <c r="A13" s="307" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="304"/>
-[...22 lines deleted...]
-      <c r="W13" s="298"/>
+      <c r="B13" s="308"/>
+      <c r="C13" s="309"/>
+      <c r="D13" s="310"/>
+      <c r="E13" s="311">
+        <v>0</v>
+      </c>
+      <c r="F13" s="311"/>
+      <c r="G13" s="300"/>
+      <c r="H13" s="301"/>
+      <c r="I13" s="301"/>
+      <c r="J13" s="301"/>
+      <c r="K13" s="301"/>
+      <c r="L13" s="301"/>
+      <c r="M13" s="301"/>
+      <c r="N13" s="301"/>
+      <c r="O13" s="301"/>
+      <c r="P13" s="301"/>
+      <c r="Q13" s="301"/>
+      <c r="R13" s="301"/>
+      <c r="S13" s="301"/>
+      <c r="T13" s="301"/>
+      <c r="U13" s="301"/>
+      <c r="V13" s="301"/>
+      <c r="W13" s="302"/>
       <c r="Y13" s="62"/>
       <c r="Z13" s="62"/>
       <c r="AA13" s="62"/>
       <c r="AB13" s="62"/>
       <c r="AC13" s="62"/>
       <c r="AD13" s="62"/>
       <c r="AE13" s="62"/>
       <c r="AF13" s="62"/>
       <c r="AG13" s="62"/>
       <c r="AH13" s="62"/>
       <c r="AI13" s="62"/>
       <c r="AJ13" s="62"/>
       <c r="AK13" s="62"/>
       <c r="AL13" s="62"/>
       <c r="AM13" s="62"/>
       <c r="AN13" s="62"/>
       <c r="AO13" s="62"/>
       <c r="AP13" s="62"/>
       <c r="AQ13" s="62"/>
       <c r="AR13" s="62"/>
     </row>
     <row r="14" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="Y14" s="62"/>
       <c r="Z14" s="62"/>
       <c r="AA14" s="62"/>
       <c r="AB14" s="62"/>
       <c r="AC14" s="62"/>
       <c r="AD14" s="62"/>
       <c r="AE14" s="62"/>
       <c r="AF14" s="62"/>
       <c r="AG14" s="62"/>
       <c r="AH14" s="62"/>
       <c r="AI14" s="62"/>
       <c r="AJ14" s="62"/>
       <c r="AK14" s="62"/>
       <c r="AL14" s="62"/>
       <c r="AM14" s="62"/>
       <c r="AN14" s="62"/>
       <c r="AO14" s="62"/>
       <c r="AP14" s="62"/>
       <c r="AQ14" s="62"/>
       <c r="AR14" s="62"/>
     </row>
     <row r="15" spans="1:44" ht="14.4" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="275" t="s">
+      <c r="A15" s="279" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="273"/>
-[...20 lines deleted...]
-      <c r="W15" s="274"/>
+      <c r="B15" s="277"/>
+      <c r="C15" s="277"/>
+      <c r="D15" s="277"/>
+      <c r="E15" s="277"/>
+      <c r="F15" s="277"/>
+      <c r="G15" s="277"/>
+      <c r="H15" s="277"/>
+      <c r="I15" s="277"/>
+      <c r="J15" s="277"/>
+      <c r="K15" s="277"/>
+      <c r="L15" s="277"/>
+      <c r="M15" s="277"/>
+      <c r="N15" s="277"/>
+      <c r="O15" s="277"/>
+      <c r="P15" s="277"/>
+      <c r="Q15" s="277"/>
+      <c r="R15" s="277"/>
+      <c r="S15" s="277"/>
+      <c r="T15" s="277"/>
+      <c r="U15" s="277"/>
+      <c r="V15" s="277"/>
+      <c r="W15" s="278"/>
       <c r="Y15" s="64"/>
       <c r="Z15" s="62"/>
       <c r="AA15" s="62"/>
       <c r="AB15" s="62"/>
       <c r="AC15" s="62"/>
       <c r="AD15" s="62"/>
       <c r="AE15" s="62"/>
       <c r="AF15" s="62"/>
       <c r="AG15" s="62"/>
       <c r="AH15" s="62"/>
       <c r="AI15" s="62"/>
       <c r="AJ15" s="62"/>
       <c r="AK15" s="62"/>
       <c r="AL15" s="62"/>
       <c r="AM15" s="62"/>
       <c r="AN15" s="62"/>
       <c r="AO15" s="62"/>
       <c r="AP15" s="62"/>
       <c r="AQ15" s="62"/>
       <c r="AR15" s="62"/>
     </row>
     <row r="16" spans="1:44" ht="24.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="150"/>
-[...4 lines deleted...]
-      <c r="F16" s="152" t="s">
+      <c r="A16" s="144"/>
+      <c r="B16" s="145"/>
+      <c r="C16" s="145"/>
+      <c r="D16" s="145"/>
+      <c r="E16" s="145"/>
+      <c r="F16" s="146" t="s">
         <v>13</v>
       </c>
-      <c r="G16" s="152" t="s">
+      <c r="G16" s="146" t="s">
         <v>14</v>
       </c>
-      <c r="H16" s="152" t="s">
+      <c r="H16" s="146" t="s">
         <v>15</v>
       </c>
-      <c r="I16" s="152" t="s">
+      <c r="I16" s="146" t="s">
         <v>16</v>
       </c>
-      <c r="J16" s="152" t="s">
+      <c r="J16" s="146" t="s">
         <v>17</v>
       </c>
-      <c r="K16" s="152" t="s">
+      <c r="K16" s="146" t="s">
         <v>18</v>
       </c>
-      <c r="L16" s="152" t="s">
+      <c r="L16" s="146" t="s">
         <v>19</v>
       </c>
-      <c r="M16" s="152" t="s">
+      <c r="M16" s="146" t="s">
         <v>20</v>
       </c>
-      <c r="N16" s="153"/>
-[...8 lines deleted...]
-      <c r="W16" s="154"/>
+      <c r="N16" s="147"/>
+      <c r="O16" s="147"/>
+      <c r="P16" s="147"/>
+      <c r="Q16" s="147"/>
+      <c r="R16" s="147"/>
+      <c r="S16" s="147"/>
+      <c r="T16" s="147"/>
+      <c r="U16" s="147"/>
+      <c r="V16" s="147"/>
+      <c r="W16" s="148"/>
       <c r="Y16" s="62"/>
       <c r="Z16" s="62"/>
       <c r="AA16" s="62"/>
       <c r="AB16" s="62"/>
       <c r="AC16" s="62"/>
       <c r="AD16" s="62"/>
       <c r="AE16" s="62"/>
       <c r="AF16" s="62"/>
       <c r="AG16" s="62"/>
       <c r="AH16" s="62"/>
       <c r="AI16" s="62"/>
       <c r="AJ16" s="62"/>
       <c r="AK16" s="62"/>
       <c r="AL16" s="62"/>
       <c r="AM16" s="62"/>
       <c r="AN16" s="62"/>
       <c r="AO16" s="62"/>
       <c r="AP16" s="62"/>
       <c r="AQ16" s="62"/>
       <c r="AR16" s="62"/>
     </row>
     <row r="17" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="276" t="s">
+      <c r="A17" s="280" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="277"/>
-[...3 lines deleted...]
-      <c r="F17" s="155">
+      <c r="B17" s="281"/>
+      <c r="C17" s="281"/>
+      <c r="D17" s="281"/>
+      <c r="E17" s="282"/>
+      <c r="F17" s="149">
         <v>1596</v>
       </c>
-      <c r="G17" s="155">
+      <c r="G17" s="149">
         <v>1596</v>
       </c>
-      <c r="H17" s="155">
+      <c r="H17" s="149">
         <v>1596</v>
       </c>
-      <c r="I17" s="155">
+      <c r="I17" s="149">
         <v>1596</v>
       </c>
-      <c r="J17" s="155">
+      <c r="J17" s="149">
         <v>1596</v>
       </c>
-      <c r="K17" s="156">
+      <c r="K17" s="150">
         <v>1596</v>
       </c>
-      <c r="L17" s="156">
+      <c r="L17" s="150">
         <v>1596</v>
       </c>
-      <c r="M17" s="156">
+      <c r="M17" s="150">
         <v>1596</v>
       </c>
-      <c r="N17" s="157"/>
-[...8 lines deleted...]
-      <c r="W17" s="158"/>
+      <c r="N17" s="151"/>
+      <c r="O17" s="151"/>
+      <c r="P17" s="151"/>
+      <c r="Q17" s="151"/>
+      <c r="R17" s="151"/>
+      <c r="S17" s="151"/>
+      <c r="T17" s="151"/>
+      <c r="U17" s="151"/>
+      <c r="V17" s="151"/>
+      <c r="W17" s="152"/>
       <c r="Y17" s="62"/>
       <c r="Z17" s="62"/>
       <c r="AA17" s="62"/>
       <c r="AB17" s="62"/>
       <c r="AC17" s="62"/>
       <c r="AD17" s="62"/>
       <c r="AE17" s="62"/>
       <c r="AF17" s="62"/>
       <c r="AG17" s="62"/>
       <c r="AH17" s="62"/>
       <c r="AI17" s="62"/>
       <c r="AJ17" s="62"/>
       <c r="AK17" s="62"/>
       <c r="AL17" s="62"/>
       <c r="AM17" s="62"/>
       <c r="AN17" s="62"/>
       <c r="AO17" s="62"/>
       <c r="AP17" s="62"/>
       <c r="AQ17" s="62"/>
       <c r="AR17" s="62"/>
     </row>
     <row r="18" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
       <c r="B18" s="22"/>
       <c r="C18" s="22"/>
@@ -7352,15139 +7382,15139 @@
       <c r="U18" s="25"/>
       <c r="V18" s="25"/>
       <c r="W18" s="26"/>
       <c r="Y18" s="62"/>
       <c r="Z18" s="62"/>
       <c r="AA18" s="62"/>
       <c r="AB18" s="62"/>
       <c r="AC18" s="62"/>
       <c r="AD18" s="62"/>
       <c r="AE18" s="62"/>
       <c r="AF18" s="62"/>
       <c r="AG18" s="62"/>
       <c r="AH18" s="62"/>
       <c r="AI18" s="62"/>
       <c r="AJ18" s="62"/>
       <c r="AK18" s="62"/>
       <c r="AL18" s="62"/>
       <c r="AM18" s="62"/>
       <c r="AN18" s="62"/>
       <c r="AO18" s="62"/>
       <c r="AP18" s="62"/>
       <c r="AQ18" s="62"/>
       <c r="AR18" s="62"/>
     </row>
     <row r="19" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="279" t="s">
+      <c r="A19" s="283" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="280"/>
-[...20 lines deleted...]
-      <c r="W19" s="185"/>
+      <c r="B19" s="284"/>
+      <c r="C19" s="284"/>
+      <c r="D19" s="284"/>
+      <c r="E19" s="284"/>
+      <c r="F19" s="178"/>
+      <c r="G19" s="178"/>
+      <c r="H19" s="178"/>
+      <c r="I19" s="178"/>
+      <c r="J19" s="178"/>
+      <c r="K19" s="178"/>
+      <c r="L19" s="178"/>
+      <c r="M19" s="178"/>
+      <c r="N19" s="178"/>
+      <c r="O19" s="178"/>
+      <c r="P19" s="178"/>
+      <c r="Q19" s="178"/>
+      <c r="R19" s="178"/>
+      <c r="S19" s="178"/>
+      <c r="T19" s="178"/>
+      <c r="U19" s="178"/>
+      <c r="V19" s="178"/>
+      <c r="W19" s="179"/>
       <c r="Y19" s="62"/>
       <c r="Z19" s="62"/>
       <c r="AA19" s="62"/>
       <c r="AB19" s="62"/>
       <c r="AC19" s="62"/>
       <c r="AD19" s="62"/>
       <c r="AE19" s="62"/>
       <c r="AF19" s="62"/>
       <c r="AG19" s="62"/>
       <c r="AH19" s="62"/>
       <c r="AI19" s="62"/>
       <c r="AJ19" s="62"/>
       <c r="AK19" s="62"/>
       <c r="AL19" s="62"/>
       <c r="AM19" s="62"/>
       <c r="AN19" s="62"/>
       <c r="AO19" s="62"/>
       <c r="AP19" s="62"/>
       <c r="AQ19" s="62"/>
       <c r="AR19" s="62"/>
     </row>
     <row r="20" spans="1:44" ht="48.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="252" t="s">
+      <c r="A20" s="256" t="s">
         <v>23</v>
       </c>
-      <c r="B20" s="253"/>
-[...3 lines deleted...]
-      <c r="F20" s="255" t="str">
+      <c r="B20" s="257"/>
+      <c r="C20" s="257"/>
+      <c r="D20" s="257"/>
+      <c r="E20" s="258"/>
+      <c r="F20" s="259" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary","Monthly salary (2)")</f>
         <v>Monthly salary (2)</v>
       </c>
-      <c r="G20" s="255"/>
-[...6 lines deleted...]
-      <c r="N20" s="257" t="s">
+      <c r="G20" s="259"/>
+      <c r="H20" s="259"/>
+      <c r="I20" s="259"/>
+      <c r="J20" s="259"/>
+      <c r="K20" s="259"/>
+      <c r="L20" s="259"/>
+      <c r="M20" s="260"/>
+      <c r="N20" s="261" t="s">
         <v>24</v>
       </c>
-      <c r="O20" s="255"/>
-[...7 lines deleted...]
-      <c r="W20" s="186"/>
+      <c r="O20" s="259"/>
+      <c r="P20" s="259"/>
+      <c r="Q20" s="259"/>
+      <c r="R20" s="259"/>
+      <c r="S20" s="259"/>
+      <c r="T20" s="259"/>
+      <c r="U20" s="259"/>
+      <c r="V20" s="260"/>
+      <c r="W20" s="180"/>
       <c r="Y20" s="62"/>
       <c r="Z20" s="62"/>
       <c r="AA20" s="62"/>
       <c r="AB20" s="62"/>
       <c r="AC20" s="62"/>
       <c r="AD20" s="62"/>
       <c r="AE20" s="62"/>
       <c r="AF20" s="62"/>
       <c r="AG20" s="62"/>
       <c r="AH20" s="62"/>
       <c r="AI20" s="62"/>
       <c r="AJ20" s="62"/>
       <c r="AK20" s="62"/>
       <c r="AL20" s="62"/>
       <c r="AM20" s="62"/>
       <c r="AN20" s="62"/>
       <c r="AO20" s="62"/>
       <c r="AP20" s="62"/>
       <c r="AQ20" s="62"/>
       <c r="AR20" s="62"/>
     </row>
     <row r="21" spans="1:44" ht="127.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="258" t="s">
+      <c r="A21" s="262" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="259"/>
-[...2 lines deleted...]
-      <c r="E21" s="187" t="s">
+      <c r="B21" s="263"/>
+      <c r="C21" s="263"/>
+      <c r="D21" s="263"/>
+      <c r="E21" s="181" t="s">
         <v>26</v>
       </c>
-      <c r="F21" s="188" t="str">
+      <c r="F21" s="182" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 1","Monthly salary year 1")</f>
         <v>Monthly salary year 1</v>
       </c>
-      <c r="G21" s="189" t="str">
+      <c r="G21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 2","Monthly salary year 2")</f>
         <v>Monthly salary year 2</v>
       </c>
-      <c r="H21" s="189" t="str">
+      <c r="H21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 3","Monthly salary year 3")</f>
         <v>Monthly salary year 3</v>
       </c>
-      <c r="I21" s="189" t="str">
+      <c r="I21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 4","Monthly salary year 4")</f>
         <v>Monthly salary year 4</v>
       </c>
-      <c r="J21" s="189" t="str">
+      <c r="J21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 5","Monthly salary year 5")</f>
         <v>Monthly salary year 5</v>
       </c>
-      <c r="K21" s="189" t="str">
+      <c r="K21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 6","Monthly salary year")</f>
         <v>Monthly salary year</v>
       </c>
-      <c r="L21" s="189" t="str">
+      <c r="L21" s="183" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 7","Monthly salary year 7")</f>
         <v>Monthly salary year 7</v>
       </c>
-      <c r="M21" s="190" t="str">
+      <c r="M21" s="184" t="str">
         <f>IF(COUNTIFS($E$16:$E$271,"=b")&gt;0,"Annual salary year 8","Monthly salary year 8")</f>
         <v>Monthly salary year 8</v>
       </c>
-      <c r="N21" s="191" t="s">
+      <c r="N21" s="185" t="s">
         <v>27</v>
       </c>
-      <c r="O21" s="192" t="s">
+      <c r="O21" s="186" t="s">
         <v>28</v>
       </c>
-      <c r="P21" s="192" t="s">
+      <c r="P21" s="186" t="s">
         <v>29</v>
       </c>
-      <c r="Q21" s="193" t="s">
+      <c r="Q21" s="187" t="s">
         <v>30</v>
       </c>
-      <c r="R21" s="193" t="s">
+      <c r="R21" s="187" t="s">
         <v>31</v>
       </c>
-      <c r="S21" s="193" t="s">
+      <c r="S21" s="187" t="s">
         <v>32</v>
       </c>
-      <c r="T21" s="193" t="s">
+      <c r="T21" s="187" t="s">
         <v>33</v>
       </c>
-      <c r="U21" s="193" t="s">
+      <c r="U21" s="187" t="s">
         <v>34</v>
       </c>
-      <c r="V21" s="194" t="s">
+      <c r="V21" s="188" t="s">
         <v>35</v>
       </c>
-      <c r="W21" s="195" t="s">
+      <c r="W21" s="189" t="s">
         <v>36</v>
       </c>
       <c r="Y21" s="62"/>
       <c r="Z21" s="62"/>
       <c r="AA21" s="62"/>
       <c r="AB21" s="62"/>
       <c r="AC21" s="62"/>
       <c r="AD21" s="62"/>
       <c r="AE21" s="62"/>
       <c r="AF21" s="62"/>
       <c r="AG21" s="62"/>
       <c r="AH21" s="62"/>
       <c r="AI21" s="62"/>
       <c r="AJ21" s="62"/>
       <c r="AK21" s="62"/>
       <c r="AL21" s="62"/>
       <c r="AM21" s="62"/>
       <c r="AN21" s="62"/>
       <c r="AO21" s="62"/>
       <c r="AP21" s="62"/>
       <c r="AQ21" s="62"/>
       <c r="AR21" s="62"/>
     </row>
     <row r="22" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="260"/>
-[...16 lines deleted...]
-      <c r="R22" s="115"/>
+      <c r="A22" s="264"/>
+      <c r="B22" s="265"/>
+      <c r="C22" s="266"/>
+      <c r="D22" s="267"/>
+      <c r="E22" s="132"/>
+      <c r="F22" s="113"/>
+      <c r="G22" s="108"/>
+      <c r="H22" s="108"/>
+      <c r="I22" s="108"/>
+      <c r="J22" s="108"/>
+      <c r="K22" s="153"/>
+      <c r="L22" s="154"/>
+      <c r="M22" s="155"/>
+      <c r="N22" s="124"/>
+      <c r="O22" s="125"/>
+      <c r="P22" s="125"/>
+      <c r="Q22" s="125"/>
+      <c r="R22" s="109"/>
       <c r="S22" s="27"/>
       <c r="T22" s="53"/>
       <c r="U22" s="54"/>
-      <c r="V22" s="196">
+      <c r="V22" s="190">
         <f>SUM(N22:U22)</f>
         <v>0</v>
       </c>
-      <c r="W22" s="197">
+      <c r="W22" s="191">
         <f t="shared" ref="W22:W29" si="1">IF(E22="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E22="b",(F22/12*N22)+(G22/12*O22)+(H22/12*P22)+(I22/12*Q22)+(J22/12*R22)+(K22/12*S22)+(L22/12*T22)+(M22/12*U22),0),(F22*1.2%*$F$17/12*N22)+(G22*1.2%*$G$17/12*O22)+(H22*1.2%*$H$17/12*P22)+(I22*1.2%*$I$17/12*Q22)+(J22*1.2%*$J$17/12*R22)+(K22*1.2%*$K$17/12*S22)+(L22*1.2%*$L$17/12*T22)+(M22*1.2%*$M$17/12*U22)))</f>
         <v>0</v>
       </c>
       <c r="X22" s="2">
         <f>IF(E22="o",0,SUM(N22:U22))</f>
         <v>0</v>
       </c>
       <c r="Y22" s="62"/>
       <c r="Z22" s="62"/>
       <c r="AA22" s="62"/>
       <c r="AB22" s="62"/>
       <c r="AC22" s="62"/>
       <c r="AD22" s="62"/>
       <c r="AE22" s="62"/>
       <c r="AF22" s="62"/>
       <c r="AG22" s="62"/>
       <c r="AH22" s="62"/>
       <c r="AI22" s="62"/>
       <c r="AJ22" s="62"/>
       <c r="AK22" s="62"/>
       <c r="AL22" s="62"/>
       <c r="AM22" s="62"/>
       <c r="AN22" s="62"/>
       <c r="AO22" s="62"/>
       <c r="AP22" s="62"/>
       <c r="AQ22" s="62"/>
       <c r="AR22" s="62"/>
     </row>
     <row r="23" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="264"/>
-[...4 lines deleted...]
-      <c r="F23" s="120"/>
+      <c r="A23" s="268"/>
+      <c r="B23" s="269"/>
+      <c r="C23" s="270"/>
+      <c r="D23" s="271"/>
+      <c r="E23" s="133"/>
+      <c r="F23" s="114"/>
       <c r="G23" s="49"/>
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
-      <c r="K23" s="162"/>
-[...2 lines deleted...]
-      <c r="N23" s="132"/>
+      <c r="K23" s="156"/>
+      <c r="L23" s="157"/>
+      <c r="M23" s="158"/>
+      <c r="N23" s="126"/>
       <c r="O23" s="28"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="28"/>
-      <c r="R23" s="116"/>
+      <c r="R23" s="110"/>
       <c r="S23" s="28"/>
       <c r="T23" s="55"/>
       <c r="U23" s="56"/>
-      <c r="V23" s="198">
+      <c r="V23" s="192">
         <f t="shared" ref="V23:V275" si="2">SUM(N23:U23)</f>
         <v>0</v>
       </c>
-      <c r="W23" s="197">
+      <c r="W23" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X23" s="2">
         <f t="shared" ref="X23:X275" si="3">IF(E23="o",0,SUM(N23:U23))</f>
         <v>0</v>
       </c>
       <c r="Y23" s="62"/>
       <c r="Z23" s="62"/>
       <c r="AA23" s="62"/>
       <c r="AB23" s="62"/>
       <c r="AC23" s="62"/>
       <c r="AD23" s="62"/>
       <c r="AE23" s="62"/>
       <c r="AF23" s="62"/>
       <c r="AG23" s="62"/>
       <c r="AH23" s="62"/>
       <c r="AI23" s="62"/>
       <c r="AJ23" s="62"/>
       <c r="AK23" s="62"/>
       <c r="AL23" s="62"/>
       <c r="AM23" s="62"/>
       <c r="AN23" s="62"/>
       <c r="AO23" s="62"/>
       <c r="AP23" s="62"/>
       <c r="AQ23" s="62"/>
       <c r="AR23" s="62"/>
     </row>
     <row r="24" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="264"/>
-[...4 lines deleted...]
-      <c r="F24" s="121"/>
+      <c r="A24" s="268"/>
+      <c r="B24" s="269"/>
+      <c r="C24" s="270"/>
+      <c r="D24" s="271"/>
+      <c r="E24" s="133"/>
+      <c r="F24" s="115"/>
       <c r="G24" s="50"/>
       <c r="H24" s="50"/>
       <c r="I24" s="50"/>
       <c r="J24" s="50"/>
-      <c r="K24" s="165"/>
-[...2 lines deleted...]
-      <c r="N24" s="133"/>
+      <c r="K24" s="159"/>
+      <c r="L24" s="160"/>
+      <c r="M24" s="161"/>
+      <c r="N24" s="127"/>
       <c r="O24" s="29"/>
       <c r="P24" s="29"/>
       <c r="Q24" s="29"/>
-      <c r="R24" s="117"/>
+      <c r="R24" s="111"/>
       <c r="S24" s="28"/>
       <c r="T24" s="55"/>
       <c r="U24" s="56"/>
-      <c r="V24" s="198">
+      <c r="V24" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W24" s="197">
+      <c r="W24" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X24" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y24" s="62"/>
       <c r="Z24" s="62"/>
       <c r="AA24" s="62"/>
       <c r="AB24" s="62"/>
       <c r="AC24" s="62"/>
       <c r="AD24" s="62"/>
       <c r="AE24" s="62"/>
       <c r="AF24" s="62"/>
       <c r="AG24" s="62"/>
       <c r="AH24" s="62"/>
       <c r="AI24" s="62"/>
       <c r="AJ24" s="62"/>
       <c r="AK24" s="62"/>
       <c r="AL24" s="62"/>
       <c r="AM24" s="62"/>
       <c r="AN24" s="62"/>
       <c r="AO24" s="62"/>
       <c r="AP24" s="62"/>
       <c r="AQ24" s="62"/>
       <c r="AR24" s="62"/>
     </row>
     <row r="25" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="239"/>
-[...4 lines deleted...]
-      <c r="F25" s="122"/>
+      <c r="A25" s="243"/>
+      <c r="B25" s="244"/>
+      <c r="C25" s="244"/>
+      <c r="D25" s="244"/>
+      <c r="E25" s="133"/>
+      <c r="F25" s="116"/>
       <c r="G25" s="51"/>
       <c r="H25" s="51"/>
       <c r="I25" s="51"/>
       <c r="J25" s="51"/>
-      <c r="K25" s="168"/>
-[...1 lines deleted...]
-      <c r="M25" s="170"/>
+      <c r="K25" s="162"/>
+      <c r="L25" s="163"/>
+      <c r="M25" s="164"/>
       <c r="N25" s="31"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
       <c r="Q25" s="32"/>
-      <c r="R25" s="118"/>
+      <c r="R25" s="112"/>
       <c r="S25" s="33"/>
       <c r="T25" s="57"/>
       <c r="U25" s="58"/>
-      <c r="V25" s="198">
+      <c r="V25" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W25" s="197">
+      <c r="W25" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X25" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y25" s="62"/>
       <c r="Z25" s="62"/>
       <c r="AA25" s="62"/>
       <c r="AB25" s="62"/>
       <c r="AC25" s="62"/>
       <c r="AD25" s="62"/>
       <c r="AE25" s="62"/>
       <c r="AF25" s="62"/>
       <c r="AG25" s="62"/>
       <c r="AH25" s="62"/>
       <c r="AI25" s="62"/>
       <c r="AJ25" s="62"/>
       <c r="AK25" s="62"/>
       <c r="AL25" s="62"/>
       <c r="AM25" s="62"/>
       <c r="AN25" s="62"/>
       <c r="AO25" s="62"/>
       <c r="AP25" s="62"/>
       <c r="AQ25" s="62"/>
       <c r="AR25" s="62"/>
     </row>
     <row r="26" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="239"/>
-[...4 lines deleted...]
-      <c r="F26" s="122"/>
+      <c r="A26" s="243"/>
+      <c r="B26" s="244"/>
+      <c r="C26" s="244"/>
+      <c r="D26" s="244"/>
+      <c r="E26" s="133"/>
+      <c r="F26" s="116"/>
       <c r="G26" s="51"/>
       <c r="H26" s="51"/>
       <c r="I26" s="51"/>
       <c r="J26" s="51"/>
-      <c r="K26" s="168"/>
-[...1 lines deleted...]
-      <c r="M26" s="170"/>
+      <c r="K26" s="162"/>
+      <c r="L26" s="163"/>
+      <c r="M26" s="164"/>
       <c r="N26" s="31"/>
       <c r="O26" s="32"/>
       <c r="P26" s="32"/>
       <c r="Q26" s="32"/>
-      <c r="R26" s="118"/>
+      <c r="R26" s="112"/>
       <c r="S26" s="33"/>
       <c r="T26" s="57"/>
       <c r="U26" s="58"/>
-      <c r="V26" s="198">
+      <c r="V26" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W26" s="197">
+      <c r="W26" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X26" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y26" s="62"/>
       <c r="Z26" s="62"/>
       <c r="AA26" s="62"/>
       <c r="AB26" s="62"/>
       <c r="AC26" s="62"/>
       <c r="AD26" s="62"/>
       <c r="AE26" s="62"/>
       <c r="AF26" s="62"/>
       <c r="AG26" s="62"/>
       <c r="AH26" s="62"/>
       <c r="AI26" s="62"/>
       <c r="AJ26" s="62"/>
       <c r="AK26" s="62"/>
       <c r="AL26" s="62"/>
       <c r="AM26" s="62"/>
       <c r="AN26" s="62"/>
       <c r="AO26" s="62"/>
       <c r="AP26" s="62"/>
       <c r="AQ26" s="62"/>
       <c r="AR26" s="62"/>
     </row>
     <row r="27" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="239"/>
-[...4 lines deleted...]
-      <c r="F27" s="122"/>
+      <c r="A27" s="243"/>
+      <c r="B27" s="244"/>
+      <c r="C27" s="244"/>
+      <c r="D27" s="244"/>
+      <c r="E27" s="133"/>
+      <c r="F27" s="116"/>
       <c r="G27" s="51"/>
       <c r="H27" s="51"/>
       <c r="I27" s="51"/>
       <c r="J27" s="51"/>
-      <c r="K27" s="168"/>
-[...1 lines deleted...]
-      <c r="M27" s="170"/>
+      <c r="K27" s="162"/>
+      <c r="L27" s="163"/>
+      <c r="M27" s="164"/>
       <c r="N27" s="31"/>
       <c r="O27" s="32"/>
       <c r="P27" s="32"/>
       <c r="Q27" s="32"/>
-      <c r="R27" s="118"/>
+      <c r="R27" s="112"/>
       <c r="S27" s="33"/>
       <c r="T27" s="57"/>
       <c r="U27" s="58"/>
-      <c r="V27" s="198">
+      <c r="V27" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W27" s="197">
+      <c r="W27" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X27" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y27" s="62"/>
       <c r="Z27" s="62"/>
       <c r="AA27" s="62"/>
       <c r="AB27" s="62"/>
       <c r="AC27" s="62"/>
       <c r="AD27" s="62"/>
       <c r="AE27" s="62"/>
       <c r="AF27" s="62"/>
       <c r="AG27" s="62"/>
       <c r="AH27" s="62"/>
       <c r="AI27" s="62"/>
       <c r="AJ27" s="62"/>
       <c r="AK27" s="62"/>
       <c r="AL27" s="62"/>
       <c r="AM27" s="62"/>
       <c r="AN27" s="62"/>
       <c r="AO27" s="62"/>
       <c r="AP27" s="62"/>
       <c r="AQ27" s="62"/>
       <c r="AR27" s="62"/>
     </row>
     <row r="28" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="239"/>
-[...4 lines deleted...]
-      <c r="F28" s="122"/>
+      <c r="A28" s="243"/>
+      <c r="B28" s="244"/>
+      <c r="C28" s="244"/>
+      <c r="D28" s="244"/>
+      <c r="E28" s="133"/>
+      <c r="F28" s="116"/>
       <c r="G28" s="51"/>
       <c r="H28" s="51"/>
       <c r="I28" s="51"/>
       <c r="J28" s="51"/>
-      <c r="K28" s="168"/>
-[...1 lines deleted...]
-      <c r="M28" s="170"/>
+      <c r="K28" s="162"/>
+      <c r="L28" s="163"/>
+      <c r="M28" s="164"/>
       <c r="N28" s="31"/>
       <c r="O28" s="32"/>
       <c r="P28" s="32"/>
       <c r="Q28" s="32"/>
-      <c r="R28" s="118"/>
+      <c r="R28" s="112"/>
       <c r="S28" s="33"/>
       <c r="T28" s="57"/>
       <c r="U28" s="58"/>
-      <c r="V28" s="198">
+      <c r="V28" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W28" s="197">
+      <c r="W28" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X28" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y28" s="62"/>
       <c r="Z28" s="62"/>
       <c r="AA28" s="62"/>
       <c r="AB28" s="62"/>
       <c r="AC28" s="62"/>
       <c r="AD28" s="62"/>
       <c r="AE28" s="62"/>
       <c r="AF28" s="62"/>
       <c r="AG28" s="62"/>
       <c r="AH28" s="62"/>
       <c r="AI28" s="62"/>
       <c r="AJ28" s="62"/>
       <c r="AK28" s="62"/>
       <c r="AL28" s="62"/>
       <c r="AM28" s="62"/>
       <c r="AN28" s="62"/>
       <c r="AO28" s="62"/>
       <c r="AP28" s="62"/>
       <c r="AQ28" s="62"/>
       <c r="AR28" s="62"/>
     </row>
     <row r="29" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="239"/>
-[...4 lines deleted...]
-      <c r="F29" s="122"/>
+      <c r="A29" s="243"/>
+      <c r="B29" s="244"/>
+      <c r="C29" s="244"/>
+      <c r="D29" s="244"/>
+      <c r="E29" s="133"/>
+      <c r="F29" s="116"/>
       <c r="G29" s="51"/>
       <c r="H29" s="51"/>
       <c r="I29" s="51"/>
       <c r="J29" s="51"/>
-      <c r="K29" s="168"/>
-[...1 lines deleted...]
-      <c r="M29" s="170"/>
+      <c r="K29" s="162"/>
+      <c r="L29" s="163"/>
+      <c r="M29" s="164"/>
       <c r="N29" s="31"/>
       <c r="O29" s="32"/>
       <c r="P29" s="32"/>
       <c r="Q29" s="32"/>
-      <c r="R29" s="118"/>
+      <c r="R29" s="112"/>
       <c r="S29" s="33"/>
       <c r="T29" s="57"/>
       <c r="U29" s="58"/>
-      <c r="V29" s="198">
+      <c r="V29" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W29" s="197">
+      <c r="W29" s="191">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="X29" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y29" s="62"/>
       <c r="Z29" s="62"/>
       <c r="AA29" s="62"/>
       <c r="AB29" s="62"/>
       <c r="AC29" s="62"/>
       <c r="AD29" s="62"/>
       <c r="AE29" s="62"/>
       <c r="AF29" s="62"/>
       <c r="AG29" s="62"/>
       <c r="AH29" s="62"/>
       <c r="AI29" s="62"/>
       <c r="AJ29" s="62"/>
       <c r="AK29" s="62"/>
       <c r="AL29" s="62"/>
       <c r="AM29" s="62"/>
       <c r="AN29" s="62"/>
       <c r="AO29" s="62"/>
       <c r="AP29" s="62"/>
       <c r="AQ29" s="62"/>
       <c r="AR29" s="62"/>
     </row>
     <row r="30" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="239"/>
-[...4 lines deleted...]
-      <c r="F30" s="122"/>
+      <c r="A30" s="243"/>
+      <c r="B30" s="244"/>
+      <c r="C30" s="244"/>
+      <c r="D30" s="245"/>
+      <c r="E30" s="133"/>
+      <c r="F30" s="116"/>
       <c r="G30" s="51"/>
       <c r="H30" s="51"/>
       <c r="I30" s="51"/>
       <c r="J30" s="51"/>
-      <c r="K30" s="168"/>
-[...1 lines deleted...]
-      <c r="M30" s="170"/>
+      <c r="K30" s="162"/>
+      <c r="L30" s="163"/>
+      <c r="M30" s="164"/>
       <c r="N30" s="31"/>
       <c r="O30" s="32"/>
       <c r="P30" s="32"/>
       <c r="Q30" s="32"/>
-      <c r="R30" s="118"/>
+      <c r="R30" s="112"/>
       <c r="S30" s="33"/>
       <c r="T30" s="57"/>
       <c r="U30" s="58"/>
-      <c r="V30" s="198">
+      <c r="V30" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W30" s="197">
+      <c r="W30" s="191">
         <f t="shared" ref="W30:W34" si="4">IF(E30="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E30="b",(F30/12*N30)+(G30/12*O30)+(H30/12*P30)+(I30/12*Q30)+(J30/12*R30)+(K30/12*S30)+(L30/12*T30)+(M30/12*U30),0),(F30*1.2%*$F$17/12*N30)+(G30*1.2%*$G$17/12*O30)+(H30*1.2%*$H$17/12*P30)+(I30*1.2%*$I$17/12*Q30)+(J30*1.2%*$J$17/12*R30)+(K30*1.2%*$K$17/12*S30)+(L30*1.2%*$L$17/12*T30)+(M30*1.2%*$M$17/12*U30)))</f>
         <v>0</v>
       </c>
       <c r="X30" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y30" s="62"/>
       <c r="Z30" s="62"/>
       <c r="AA30" s="62"/>
       <c r="AB30" s="62"/>
       <c r="AC30" s="62"/>
       <c r="AD30" s="62"/>
       <c r="AE30" s="62"/>
       <c r="AF30" s="62"/>
       <c r="AG30" s="62"/>
       <c r="AH30" s="62"/>
       <c r="AI30" s="62"/>
       <c r="AJ30" s="62"/>
       <c r="AK30" s="62"/>
       <c r="AL30" s="62"/>
       <c r="AM30" s="62"/>
       <c r="AN30" s="62"/>
       <c r="AO30" s="62"/>
       <c r="AP30" s="62"/>
       <c r="AQ30" s="62"/>
       <c r="AR30" s="62"/>
     </row>
     <row r="31" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="239"/>
-[...4 lines deleted...]
-      <c r="F31" s="122"/>
+      <c r="A31" s="243"/>
+      <c r="B31" s="244"/>
+      <c r="C31" s="244"/>
+      <c r="D31" s="245"/>
+      <c r="E31" s="133"/>
+      <c r="F31" s="116"/>
       <c r="G31" s="51"/>
       <c r="H31" s="51"/>
       <c r="I31" s="51"/>
       <c r="J31" s="51"/>
-      <c r="K31" s="168"/>
-[...1 lines deleted...]
-      <c r="M31" s="170"/>
+      <c r="K31" s="162"/>
+      <c r="L31" s="163"/>
+      <c r="M31" s="164"/>
       <c r="N31" s="31"/>
       <c r="O31" s="32"/>
       <c r="P31" s="32"/>
       <c r="Q31" s="32"/>
-      <c r="R31" s="118"/>
+      <c r="R31" s="112"/>
       <c r="S31" s="33"/>
       <c r="T31" s="57"/>
       <c r="U31" s="58"/>
-      <c r="V31" s="198">
+      <c r="V31" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W31" s="197">
+      <c r="W31" s="191">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X31" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y31" s="62"/>
       <c r="Z31" s="62"/>
       <c r="AA31" s="62"/>
       <c r="AB31" s="62"/>
       <c r="AC31" s="62"/>
       <c r="AD31" s="62"/>
       <c r="AE31" s="62"/>
       <c r="AF31" s="62"/>
       <c r="AG31" s="62"/>
       <c r="AH31" s="62"/>
       <c r="AI31" s="62"/>
       <c r="AJ31" s="62"/>
       <c r="AK31" s="62"/>
       <c r="AL31" s="62"/>
       <c r="AM31" s="62"/>
       <c r="AN31" s="62"/>
       <c r="AO31" s="62"/>
       <c r="AP31" s="62"/>
       <c r="AQ31" s="62"/>
       <c r="AR31" s="62"/>
     </row>
     <row r="32" spans="1:44" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="239"/>
-[...4 lines deleted...]
-      <c r="F32" s="122"/>
+      <c r="A32" s="243"/>
+      <c r="B32" s="244"/>
+      <c r="C32" s="244"/>
+      <c r="D32" s="245"/>
+      <c r="E32" s="133"/>
+      <c r="F32" s="116"/>
       <c r="G32" s="51"/>
       <c r="H32" s="51"/>
       <c r="I32" s="51"/>
       <c r="J32" s="51"/>
-      <c r="K32" s="168"/>
-[...1 lines deleted...]
-      <c r="M32" s="170"/>
+      <c r="K32" s="162"/>
+      <c r="L32" s="163"/>
+      <c r="M32" s="164"/>
       <c r="N32" s="31"/>
       <c r="O32" s="32"/>
       <c r="P32" s="32"/>
       <c r="Q32" s="32"/>
-      <c r="R32" s="118"/>
+      <c r="R32" s="112"/>
       <c r="S32" s="33"/>
       <c r="T32" s="57"/>
       <c r="U32" s="58"/>
-      <c r="V32" s="198">
+      <c r="V32" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W32" s="197">
+      <c r="W32" s="191">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X32" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y32" s="62"/>
       <c r="Z32" s="62"/>
       <c r="AA32" s="62"/>
       <c r="AB32" s="62"/>
       <c r="AC32" s="62"/>
       <c r="AD32" s="62"/>
       <c r="AE32" s="62"/>
       <c r="AF32" s="62"/>
       <c r="AG32" s="62"/>
       <c r="AH32" s="62"/>
       <c r="AI32" s="62"/>
       <c r="AJ32" s="62"/>
       <c r="AK32" s="62"/>
       <c r="AL32" s="62"/>
       <c r="AM32" s="62"/>
       <c r="AN32" s="62"/>
       <c r="AO32" s="62"/>
       <c r="AP32" s="62"/>
       <c r="AQ32" s="62"/>
       <c r="AR32" s="62"/>
     </row>
     <row r="33" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A33" s="239"/>
-[...4 lines deleted...]
-      <c r="F33" s="122"/>
+      <c r="A33" s="243"/>
+      <c r="B33" s="244"/>
+      <c r="C33" s="244"/>
+      <c r="D33" s="245"/>
+      <c r="E33" s="133"/>
+      <c r="F33" s="116"/>
       <c r="G33" s="51"/>
       <c r="H33" s="51"/>
       <c r="I33" s="51"/>
       <c r="J33" s="51"/>
-      <c r="K33" s="168"/>
-[...1 lines deleted...]
-      <c r="M33" s="170"/>
+      <c r="K33" s="162"/>
+      <c r="L33" s="163"/>
+      <c r="M33" s="164"/>
       <c r="N33" s="31"/>
       <c r="O33" s="32"/>
       <c r="P33" s="32"/>
       <c r="Q33" s="32"/>
-      <c r="R33" s="118"/>
+      <c r="R33" s="112"/>
       <c r="S33" s="33"/>
       <c r="T33" s="57"/>
       <c r="U33" s="58"/>
-      <c r="V33" s="198">
+      <c r="V33" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W33" s="197">
+      <c r="W33" s="191">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X33" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y33" s="62"/>
       <c r="Z33" s="62"/>
       <c r="AA33" s="62"/>
       <c r="AB33" s="62"/>
       <c r="AC33" s="62"/>
       <c r="AD33" s="62"/>
       <c r="AE33" s="62"/>
       <c r="AF33" s="62"/>
       <c r="AG33" s="62"/>
       <c r="AH33" s="62"/>
       <c r="AI33" s="62"/>
       <c r="AJ33" s="62"/>
       <c r="AK33" s="62"/>
       <c r="AL33" s="62"/>
       <c r="AM33" s="62"/>
       <c r="AN33" s="62"/>
       <c r="AO33" s="62"/>
       <c r="AP33" s="62"/>
       <c r="AQ33" s="62"/>
       <c r="AR33" s="62"/>
     </row>
     <row r="34" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A34" s="239"/>
-[...4 lines deleted...]
-      <c r="F34" s="122"/>
+      <c r="A34" s="243"/>
+      <c r="B34" s="244"/>
+      <c r="C34" s="244"/>
+      <c r="D34" s="245"/>
+      <c r="E34" s="133"/>
+      <c r="F34" s="116"/>
       <c r="G34" s="51"/>
       <c r="H34" s="51"/>
       <c r="I34" s="51"/>
       <c r="J34" s="51"/>
-      <c r="K34" s="168"/>
-[...1 lines deleted...]
-      <c r="M34" s="170"/>
+      <c r="K34" s="162"/>
+      <c r="L34" s="163"/>
+      <c r="M34" s="164"/>
       <c r="N34" s="31"/>
       <c r="O34" s="32"/>
       <c r="P34" s="32"/>
-      <c r="Q34" s="134"/>
-      <c r="R34" s="118"/>
+      <c r="Q34" s="128"/>
+      <c r="R34" s="112"/>
       <c r="S34" s="33"/>
       <c r="T34" s="57"/>
       <c r="U34" s="58"/>
-      <c r="V34" s="198">
+      <c r="V34" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W34" s="197">
+      <c r="W34" s="191">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X34" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y34" s="62"/>
       <c r="Z34" s="62"/>
       <c r="AA34" s="62"/>
       <c r="AB34" s="62"/>
       <c r="AC34" s="62"/>
       <c r="AD34" s="62"/>
       <c r="AE34" s="62"/>
       <c r="AF34" s="62"/>
       <c r="AG34" s="62"/>
       <c r="AH34" s="62"/>
       <c r="AI34" s="62"/>
       <c r="AJ34" s="62"/>
       <c r="AK34" s="62"/>
       <c r="AL34" s="62"/>
       <c r="AM34" s="62"/>
       <c r="AN34" s="62"/>
       <c r="AO34" s="62"/>
       <c r="AP34" s="62"/>
       <c r="AQ34" s="62"/>
       <c r="AR34" s="62"/>
     </row>
     <row r="35" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A35" s="239"/>
-[...4 lines deleted...]
-      <c r="F35" s="122"/>
+      <c r="A35" s="243"/>
+      <c r="B35" s="244"/>
+      <c r="C35" s="244"/>
+      <c r="D35" s="244"/>
+      <c r="E35" s="133"/>
+      <c r="F35" s="116"/>
       <c r="G35" s="51"/>
       <c r="H35" s="51"/>
       <c r="I35" s="51"/>
       <c r="J35" s="51"/>
-      <c r="K35" s="168"/>
-[...1 lines deleted...]
-      <c r="M35" s="170"/>
+      <c r="K35" s="162"/>
+      <c r="L35" s="163"/>
+      <c r="M35" s="164"/>
       <c r="N35" s="31"/>
       <c r="O35" s="32"/>
       <c r="P35" s="32"/>
-      <c r="Q35" s="134"/>
-      <c r="R35" s="118"/>
+      <c r="Q35" s="128"/>
+      <c r="R35" s="112"/>
       <c r="S35" s="33"/>
       <c r="T35" s="57"/>
       <c r="U35" s="58"/>
-      <c r="V35" s="198">
+      <c r="V35" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W35" s="197">
+      <c r="W35" s="191">
         <f t="shared" ref="W35:W98" si="5">IF(E35="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E35="b",(F35/12*N35)+(G35/12*O35)+(H35/12*P35)+(I35/12*Q35)+(J35/12*R35)+(K35/12*S35)+(L35/12*T35)+(M35/12*U35),0),(F35*1.2%*$F$17/12*N35)+(G35*1.2%*$G$17/12*O35)+(H35*1.2%*$H$17/12*P35)+(I35*1.2%*$I$17/12*Q35)+(J35*1.2%*$J$17/12*R35)+(K35*1.2%*$K$17/12*S35)+(L35*1.2%*$L$17/12*T35)+(M35*1.2%*$M$17/12*U35)))</f>
         <v>0</v>
       </c>
       <c r="X35" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y35" s="62"/>
       <c r="Z35" s="62"/>
       <c r="AA35" s="62"/>
       <c r="AB35" s="62"/>
       <c r="AC35" s="62"/>
       <c r="AD35" s="62"/>
       <c r="AE35" s="62"/>
       <c r="AF35" s="62"/>
       <c r="AG35" s="62"/>
       <c r="AH35" s="62"/>
       <c r="AI35" s="62"/>
       <c r="AJ35" s="62"/>
       <c r="AK35" s="62"/>
       <c r="AL35" s="62"/>
       <c r="AM35" s="62"/>
       <c r="AN35" s="62"/>
       <c r="AO35" s="62"/>
       <c r="AP35" s="62"/>
       <c r="AQ35" s="62"/>
       <c r="AR35" s="62"/>
     </row>
     <row r="36" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A36" s="239"/>
-[...4 lines deleted...]
-      <c r="F36" s="122"/>
+      <c r="A36" s="243"/>
+      <c r="B36" s="244"/>
+      <c r="C36" s="244"/>
+      <c r="D36" s="244"/>
+      <c r="E36" s="133"/>
+      <c r="F36" s="116"/>
       <c r="G36" s="51"/>
       <c r="H36" s="51"/>
       <c r="I36" s="51"/>
       <c r="J36" s="51"/>
-      <c r="K36" s="168"/>
-[...1 lines deleted...]
-      <c r="M36" s="170"/>
+      <c r="K36" s="162"/>
+      <c r="L36" s="163"/>
+      <c r="M36" s="164"/>
       <c r="N36" s="31"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
-      <c r="Q36" s="134"/>
-      <c r="R36" s="118"/>
+      <c r="Q36" s="128"/>
+      <c r="R36" s="112"/>
       <c r="S36" s="33"/>
       <c r="T36" s="57"/>
       <c r="U36" s="58"/>
-      <c r="V36" s="198">
+      <c r="V36" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W36" s="197">
+      <c r="W36" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X36" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y36" s="62"/>
       <c r="Z36" s="62"/>
       <c r="AA36" s="62"/>
       <c r="AB36" s="62"/>
       <c r="AC36" s="62"/>
       <c r="AD36" s="62"/>
       <c r="AE36" s="62"/>
       <c r="AF36" s="62"/>
       <c r="AG36" s="62"/>
       <c r="AH36" s="62"/>
       <c r="AI36" s="62"/>
       <c r="AJ36" s="62"/>
       <c r="AK36" s="62"/>
       <c r="AL36" s="62"/>
       <c r="AM36" s="62"/>
       <c r="AN36" s="62"/>
       <c r="AO36" s="62"/>
       <c r="AP36" s="62"/>
       <c r="AQ36" s="62"/>
       <c r="AR36" s="62"/>
     </row>
     <row r="37" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A37" s="239"/>
-[...4 lines deleted...]
-      <c r="F37" s="122"/>
+      <c r="A37" s="243"/>
+      <c r="B37" s="244"/>
+      <c r="C37" s="244"/>
+      <c r="D37" s="244"/>
+      <c r="E37" s="133"/>
+      <c r="F37" s="116"/>
       <c r="G37" s="51"/>
       <c r="H37" s="51"/>
       <c r="I37" s="51"/>
       <c r="J37" s="51"/>
-      <c r="K37" s="168"/>
-[...1 lines deleted...]
-      <c r="M37" s="170"/>
+      <c r="K37" s="162"/>
+      <c r="L37" s="163"/>
+      <c r="M37" s="164"/>
       <c r="N37" s="31"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
-      <c r="Q37" s="134"/>
-      <c r="R37" s="118"/>
+      <c r="Q37" s="128"/>
+      <c r="R37" s="112"/>
       <c r="S37" s="33"/>
       <c r="T37" s="57"/>
       <c r="U37" s="58"/>
-      <c r="V37" s="198">
+      <c r="V37" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W37" s="197">
+      <c r="W37" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X37" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y37" s="62"/>
       <c r="Z37" s="62"/>
       <c r="AA37" s="62"/>
       <c r="AB37" s="62"/>
       <c r="AC37" s="62"/>
       <c r="AD37" s="62"/>
       <c r="AE37" s="62"/>
       <c r="AF37" s="62"/>
       <c r="AG37" s="62"/>
       <c r="AH37" s="62"/>
       <c r="AI37" s="62"/>
       <c r="AJ37" s="62"/>
       <c r="AK37" s="62"/>
       <c r="AL37" s="62"/>
       <c r="AM37" s="62"/>
       <c r="AN37" s="62"/>
       <c r="AO37" s="62"/>
       <c r="AP37" s="62"/>
       <c r="AQ37" s="62"/>
       <c r="AR37" s="62"/>
     </row>
     <row r="38" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A38" s="239"/>
-[...4 lines deleted...]
-      <c r="F38" s="122"/>
+      <c r="A38" s="243"/>
+      <c r="B38" s="244"/>
+      <c r="C38" s="244"/>
+      <c r="D38" s="244"/>
+      <c r="E38" s="133"/>
+      <c r="F38" s="116"/>
       <c r="G38" s="51"/>
       <c r="H38" s="51"/>
       <c r="I38" s="51"/>
       <c r="J38" s="51"/>
-      <c r="K38" s="168"/>
-[...1 lines deleted...]
-      <c r="M38" s="170"/>
+      <c r="K38" s="162"/>
+      <c r="L38" s="163"/>
+      <c r="M38" s="164"/>
       <c r="N38" s="31"/>
       <c r="O38" s="32"/>
       <c r="P38" s="32"/>
-      <c r="Q38" s="134"/>
-      <c r="R38" s="118"/>
+      <c r="Q38" s="128"/>
+      <c r="R38" s="112"/>
       <c r="S38" s="33"/>
       <c r="T38" s="57"/>
       <c r="U38" s="58"/>
-      <c r="V38" s="198">
+      <c r="V38" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W38" s="197">
+      <c r="W38" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X38" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y38" s="62"/>
       <c r="Z38" s="62"/>
       <c r="AA38" s="62"/>
       <c r="AB38" s="62"/>
       <c r="AC38" s="62"/>
       <c r="AD38" s="62"/>
       <c r="AE38" s="62"/>
       <c r="AF38" s="62"/>
       <c r="AG38" s="62"/>
       <c r="AH38" s="62"/>
       <c r="AI38" s="62"/>
       <c r="AJ38" s="62"/>
       <c r="AK38" s="62"/>
       <c r="AL38" s="62"/>
       <c r="AM38" s="62"/>
       <c r="AN38" s="62"/>
       <c r="AO38" s="62"/>
       <c r="AP38" s="62"/>
       <c r="AQ38" s="62"/>
       <c r="AR38" s="62"/>
     </row>
     <row r="39" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A39" s="239"/>
-[...4 lines deleted...]
-      <c r="F39" s="122"/>
+      <c r="A39" s="243"/>
+      <c r="B39" s="244"/>
+      <c r="C39" s="244"/>
+      <c r="D39" s="244"/>
+      <c r="E39" s="133"/>
+      <c r="F39" s="116"/>
       <c r="G39" s="51"/>
       <c r="H39" s="51"/>
       <c r="I39" s="51"/>
       <c r="J39" s="51"/>
-      <c r="K39" s="168"/>
-[...1 lines deleted...]
-      <c r="M39" s="170"/>
+      <c r="K39" s="162"/>
+      <c r="L39" s="163"/>
+      <c r="M39" s="164"/>
       <c r="N39" s="31"/>
       <c r="O39" s="32"/>
       <c r="P39" s="32"/>
-      <c r="Q39" s="134"/>
-      <c r="R39" s="118"/>
+      <c r="Q39" s="128"/>
+      <c r="R39" s="112"/>
       <c r="S39" s="33"/>
       <c r="T39" s="57"/>
       <c r="U39" s="58"/>
-      <c r="V39" s="198">
+      <c r="V39" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W39" s="197">
+      <c r="W39" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X39" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y39" s="62"/>
       <c r="Z39" s="62"/>
       <c r="AA39" s="62"/>
       <c r="AB39" s="62"/>
       <c r="AC39" s="62"/>
       <c r="AD39" s="62"/>
       <c r="AE39" s="62"/>
       <c r="AF39" s="62"/>
       <c r="AG39" s="62"/>
       <c r="AH39" s="62"/>
       <c r="AI39" s="62"/>
       <c r="AJ39" s="62"/>
       <c r="AK39" s="62"/>
       <c r="AL39" s="62"/>
       <c r="AM39" s="62"/>
       <c r="AN39" s="62"/>
       <c r="AO39" s="62"/>
       <c r="AP39" s="62"/>
       <c r="AQ39" s="62"/>
       <c r="AR39" s="62"/>
     </row>
     <row r="40" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A40" s="239"/>
-[...4 lines deleted...]
-      <c r="F40" s="122"/>
+      <c r="A40" s="243"/>
+      <c r="B40" s="244"/>
+      <c r="C40" s="244"/>
+      <c r="D40" s="244"/>
+      <c r="E40" s="133"/>
+      <c r="F40" s="116"/>
       <c r="G40" s="51"/>
       <c r="H40" s="51"/>
       <c r="I40" s="51"/>
       <c r="J40" s="51"/>
-      <c r="K40" s="168"/>
-[...1 lines deleted...]
-      <c r="M40" s="170"/>
+      <c r="K40" s="162"/>
+      <c r="L40" s="163"/>
+      <c r="M40" s="164"/>
       <c r="N40" s="31"/>
       <c r="O40" s="32"/>
       <c r="P40" s="32"/>
-      <c r="Q40" s="134"/>
-      <c r="R40" s="118"/>
+      <c r="Q40" s="128"/>
+      <c r="R40" s="112"/>
       <c r="S40" s="33"/>
       <c r="T40" s="57"/>
       <c r="U40" s="58"/>
-      <c r="V40" s="198">
+      <c r="V40" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W40" s="197">
+      <c r="W40" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X40" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y40" s="62"/>
       <c r="Z40" s="62"/>
       <c r="AA40" s="62"/>
       <c r="AB40" s="62"/>
       <c r="AC40" s="62"/>
       <c r="AD40" s="62"/>
       <c r="AE40" s="62"/>
       <c r="AF40" s="62"/>
       <c r="AG40" s="62"/>
       <c r="AH40" s="62"/>
       <c r="AI40" s="62"/>
       <c r="AJ40" s="62"/>
       <c r="AK40" s="62"/>
       <c r="AL40" s="62"/>
       <c r="AM40" s="62"/>
       <c r="AN40" s="62"/>
       <c r="AO40" s="62"/>
       <c r="AP40" s="62"/>
       <c r="AQ40" s="62"/>
       <c r="AR40" s="62"/>
     </row>
     <row r="41" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A41" s="239"/>
-[...4 lines deleted...]
-      <c r="F41" s="122"/>
+      <c r="A41" s="243"/>
+      <c r="B41" s="244"/>
+      <c r="C41" s="244"/>
+      <c r="D41" s="244"/>
+      <c r="E41" s="133"/>
+      <c r="F41" s="116"/>
       <c r="G41" s="51"/>
       <c r="H41" s="51"/>
       <c r="I41" s="51"/>
       <c r="J41" s="51"/>
-      <c r="K41" s="168"/>
-[...1 lines deleted...]
-      <c r="M41" s="170"/>
+      <c r="K41" s="162"/>
+      <c r="L41" s="163"/>
+      <c r="M41" s="164"/>
       <c r="N41" s="31"/>
       <c r="O41" s="32"/>
       <c r="P41" s="32"/>
-      <c r="Q41" s="134"/>
-      <c r="R41" s="118"/>
+      <c r="Q41" s="128"/>
+      <c r="R41" s="112"/>
       <c r="S41" s="33"/>
       <c r="T41" s="57"/>
       <c r="U41" s="58"/>
-      <c r="V41" s="198">
+      <c r="V41" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W41" s="197">
+      <c r="W41" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X41" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y41" s="62"/>
       <c r="Z41" s="62"/>
       <c r="AA41" s="62"/>
       <c r="AB41" s="62"/>
       <c r="AC41" s="62"/>
       <c r="AD41" s="62"/>
       <c r="AE41" s="62"/>
       <c r="AF41" s="62"/>
       <c r="AG41" s="62"/>
       <c r="AH41" s="62"/>
       <c r="AI41" s="62"/>
       <c r="AJ41" s="62"/>
       <c r="AK41" s="62"/>
       <c r="AL41" s="62"/>
       <c r="AM41" s="62"/>
       <c r="AN41" s="62"/>
       <c r="AO41" s="62"/>
       <c r="AP41" s="62"/>
       <c r="AQ41" s="62"/>
       <c r="AR41" s="62"/>
     </row>
     <row r="42" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A42" s="239"/>
-[...4 lines deleted...]
-      <c r="F42" s="122"/>
+      <c r="A42" s="243"/>
+      <c r="B42" s="244"/>
+      <c r="C42" s="244"/>
+      <c r="D42" s="244"/>
+      <c r="E42" s="133"/>
+      <c r="F42" s="116"/>
       <c r="G42" s="51"/>
       <c r="H42" s="51"/>
       <c r="I42" s="51"/>
       <c r="J42" s="51"/>
-      <c r="K42" s="168"/>
-[...1 lines deleted...]
-      <c r="M42" s="170"/>
+      <c r="K42" s="162"/>
+      <c r="L42" s="163"/>
+      <c r="M42" s="164"/>
       <c r="N42" s="31"/>
       <c r="O42" s="32"/>
       <c r="P42" s="32"/>
-      <c r="Q42" s="134"/>
-      <c r="R42" s="118"/>
+      <c r="Q42" s="128"/>
+      <c r="R42" s="112"/>
       <c r="S42" s="33"/>
       <c r="T42" s="57"/>
       <c r="U42" s="58"/>
-      <c r="V42" s="198">
+      <c r="V42" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W42" s="197">
+      <c r="W42" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X42" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y42" s="62"/>
       <c r="Z42" s="62"/>
       <c r="AA42" s="62"/>
       <c r="AB42" s="62"/>
       <c r="AC42" s="62"/>
       <c r="AD42" s="62"/>
       <c r="AE42" s="62"/>
       <c r="AF42" s="62"/>
       <c r="AG42" s="62"/>
       <c r="AH42" s="62"/>
       <c r="AI42" s="62"/>
       <c r="AJ42" s="62"/>
       <c r="AK42" s="62"/>
       <c r="AL42" s="62"/>
       <c r="AM42" s="62"/>
       <c r="AN42" s="62"/>
       <c r="AO42" s="62"/>
       <c r="AP42" s="62"/>
       <c r="AQ42" s="62"/>
       <c r="AR42" s="62"/>
     </row>
     <row r="43" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A43" s="239"/>
-[...4 lines deleted...]
-      <c r="F43" s="122"/>
+      <c r="A43" s="243"/>
+      <c r="B43" s="244"/>
+      <c r="C43" s="244"/>
+      <c r="D43" s="244"/>
+      <c r="E43" s="133"/>
+      <c r="F43" s="116"/>
       <c r="G43" s="51"/>
       <c r="H43" s="51"/>
       <c r="I43" s="51"/>
       <c r="J43" s="51"/>
-      <c r="K43" s="168"/>
-[...1 lines deleted...]
-      <c r="M43" s="170"/>
+      <c r="K43" s="162"/>
+      <c r="L43" s="163"/>
+      <c r="M43" s="164"/>
       <c r="N43" s="31"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
-      <c r="Q43" s="134"/>
-      <c r="R43" s="118"/>
+      <c r="Q43" s="128"/>
+      <c r="R43" s="112"/>
       <c r="S43" s="33"/>
       <c r="T43" s="57"/>
       <c r="U43" s="58"/>
-      <c r="V43" s="198">
+      <c r="V43" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W43" s="197">
+      <c r="W43" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X43" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y43" s="62"/>
       <c r="Z43" s="62"/>
       <c r="AA43" s="62"/>
       <c r="AB43" s="62"/>
       <c r="AC43" s="62"/>
       <c r="AD43" s="62"/>
       <c r="AE43" s="62"/>
       <c r="AF43" s="62"/>
       <c r="AG43" s="62"/>
       <c r="AH43" s="62"/>
       <c r="AI43" s="62"/>
       <c r="AJ43" s="62"/>
       <c r="AK43" s="62"/>
       <c r="AL43" s="62"/>
       <c r="AM43" s="62"/>
       <c r="AN43" s="62"/>
       <c r="AO43" s="62"/>
       <c r="AP43" s="62"/>
       <c r="AQ43" s="62"/>
       <c r="AR43" s="62"/>
     </row>
     <row r="44" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A44" s="239"/>
-[...4 lines deleted...]
-      <c r="F44" s="122"/>
+      <c r="A44" s="243"/>
+      <c r="B44" s="244"/>
+      <c r="C44" s="244"/>
+      <c r="D44" s="244"/>
+      <c r="E44" s="133"/>
+      <c r="F44" s="116"/>
       <c r="G44" s="51"/>
       <c r="H44" s="51"/>
       <c r="I44" s="51"/>
       <c r="J44" s="51"/>
-      <c r="K44" s="168"/>
-[...1 lines deleted...]
-      <c r="M44" s="170"/>
+      <c r="K44" s="162"/>
+      <c r="L44" s="163"/>
+      <c r="M44" s="164"/>
       <c r="N44" s="31"/>
       <c r="O44" s="32"/>
       <c r="P44" s="32"/>
-      <c r="Q44" s="134"/>
-      <c r="R44" s="118"/>
+      <c r="Q44" s="128"/>
+      <c r="R44" s="112"/>
       <c r="S44" s="33"/>
       <c r="T44" s="57"/>
       <c r="U44" s="58"/>
-      <c r="V44" s="198">
+      <c r="V44" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W44" s="197">
+      <c r="W44" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X44" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y44" s="62"/>
       <c r="Z44" s="62"/>
       <c r="AA44" s="62"/>
       <c r="AB44" s="62"/>
       <c r="AC44" s="62"/>
       <c r="AD44" s="62"/>
       <c r="AE44" s="62"/>
       <c r="AF44" s="62"/>
       <c r="AG44" s="62"/>
       <c r="AH44" s="62"/>
       <c r="AI44" s="62"/>
       <c r="AJ44" s="62"/>
       <c r="AK44" s="62"/>
       <c r="AL44" s="62"/>
       <c r="AM44" s="62"/>
       <c r="AN44" s="62"/>
       <c r="AO44" s="62"/>
       <c r="AP44" s="62"/>
       <c r="AQ44" s="62"/>
       <c r="AR44" s="62"/>
     </row>
     <row r="45" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A45" s="239"/>
-[...4 lines deleted...]
-      <c r="F45" s="122"/>
+      <c r="A45" s="243"/>
+      <c r="B45" s="244"/>
+      <c r="C45" s="244"/>
+      <c r="D45" s="244"/>
+      <c r="E45" s="133"/>
+      <c r="F45" s="116"/>
       <c r="G45" s="51"/>
       <c r="H45" s="51"/>
       <c r="I45" s="51"/>
       <c r="J45" s="51"/>
-      <c r="K45" s="168"/>
-[...1 lines deleted...]
-      <c r="M45" s="170"/>
+      <c r="K45" s="162"/>
+      <c r="L45" s="163"/>
+      <c r="M45" s="164"/>
       <c r="N45" s="31"/>
       <c r="O45" s="32"/>
       <c r="P45" s="32"/>
-      <c r="Q45" s="134"/>
-      <c r="R45" s="118"/>
+      <c r="Q45" s="128"/>
+      <c r="R45" s="112"/>
       <c r="S45" s="33"/>
       <c r="T45" s="57"/>
       <c r="U45" s="58"/>
-      <c r="V45" s="198">
+      <c r="V45" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W45" s="197">
+      <c r="W45" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X45" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y45" s="62"/>
       <c r="Z45" s="62"/>
       <c r="AA45" s="62"/>
       <c r="AB45" s="62"/>
       <c r="AC45" s="62"/>
       <c r="AD45" s="62"/>
       <c r="AE45" s="62"/>
       <c r="AF45" s="62"/>
       <c r="AG45" s="62"/>
       <c r="AH45" s="62"/>
       <c r="AI45" s="62"/>
       <c r="AJ45" s="62"/>
       <c r="AK45" s="62"/>
       <c r="AL45" s="62"/>
       <c r="AM45" s="62"/>
       <c r="AN45" s="62"/>
       <c r="AO45" s="62"/>
       <c r="AP45" s="62"/>
       <c r="AQ45" s="62"/>
       <c r="AR45" s="62"/>
     </row>
     <row r="46" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A46" s="239"/>
-[...4 lines deleted...]
-      <c r="F46" s="122"/>
+      <c r="A46" s="243"/>
+      <c r="B46" s="244"/>
+      <c r="C46" s="244"/>
+      <c r="D46" s="244"/>
+      <c r="E46" s="133"/>
+      <c r="F46" s="116"/>
       <c r="G46" s="51"/>
       <c r="H46" s="51"/>
       <c r="I46" s="51"/>
       <c r="J46" s="51"/>
-      <c r="K46" s="168"/>
-[...1 lines deleted...]
-      <c r="M46" s="170"/>
+      <c r="K46" s="162"/>
+      <c r="L46" s="163"/>
+      <c r="M46" s="164"/>
       <c r="N46" s="31"/>
       <c r="O46" s="32"/>
       <c r="P46" s="32"/>
-      <c r="Q46" s="134"/>
-      <c r="R46" s="118"/>
+      <c r="Q46" s="128"/>
+      <c r="R46" s="112"/>
       <c r="S46" s="33"/>
       <c r="T46" s="57"/>
       <c r="U46" s="58"/>
-      <c r="V46" s="198">
+      <c r="V46" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W46" s="197">
+      <c r="W46" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X46" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y46" s="62"/>
       <c r="Z46" s="62"/>
       <c r="AA46" s="62"/>
       <c r="AB46" s="62"/>
       <c r="AC46" s="62"/>
       <c r="AD46" s="62"/>
       <c r="AE46" s="62"/>
       <c r="AF46" s="62"/>
       <c r="AG46" s="62"/>
       <c r="AH46" s="62"/>
       <c r="AI46" s="62"/>
       <c r="AJ46" s="62"/>
       <c r="AK46" s="62"/>
       <c r="AL46" s="62"/>
       <c r="AM46" s="62"/>
       <c r="AN46" s="62"/>
       <c r="AO46" s="62"/>
       <c r="AP46" s="62"/>
       <c r="AQ46" s="62"/>
       <c r="AR46" s="62"/>
     </row>
     <row r="47" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A47" s="239"/>
-[...4 lines deleted...]
-      <c r="F47" s="122"/>
+      <c r="A47" s="243"/>
+      <c r="B47" s="244"/>
+      <c r="C47" s="244"/>
+      <c r="D47" s="244"/>
+      <c r="E47" s="133"/>
+      <c r="F47" s="116"/>
       <c r="G47" s="51"/>
       <c r="H47" s="51"/>
       <c r="I47" s="51"/>
       <c r="J47" s="51"/>
-      <c r="K47" s="168"/>
-[...1 lines deleted...]
-      <c r="M47" s="170"/>
+      <c r="K47" s="162"/>
+      <c r="L47" s="163"/>
+      <c r="M47" s="164"/>
       <c r="N47" s="31"/>
       <c r="O47" s="32"/>
       <c r="P47" s="32"/>
-      <c r="Q47" s="134"/>
-      <c r="R47" s="118"/>
+      <c r="Q47" s="128"/>
+      <c r="R47" s="112"/>
       <c r="S47" s="33"/>
       <c r="T47" s="57"/>
       <c r="U47" s="58"/>
-      <c r="V47" s="198">
+      <c r="V47" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W47" s="197">
+      <c r="W47" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X47" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y47" s="62"/>
       <c r="Z47" s="62"/>
       <c r="AA47" s="62"/>
       <c r="AB47" s="62"/>
       <c r="AC47" s="62"/>
       <c r="AD47" s="62"/>
       <c r="AE47" s="62"/>
       <c r="AF47" s="62"/>
       <c r="AG47" s="62"/>
       <c r="AH47" s="62"/>
       <c r="AI47" s="62"/>
       <c r="AJ47" s="62"/>
       <c r="AK47" s="62"/>
       <c r="AL47" s="62"/>
       <c r="AM47" s="62"/>
       <c r="AN47" s="62"/>
       <c r="AO47" s="62"/>
       <c r="AP47" s="62"/>
       <c r="AQ47" s="62"/>
       <c r="AR47" s="62"/>
     </row>
     <row r="48" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A48" s="239"/>
-[...4 lines deleted...]
-      <c r="F48" s="122"/>
+      <c r="A48" s="243"/>
+      <c r="B48" s="244"/>
+      <c r="C48" s="244"/>
+      <c r="D48" s="244"/>
+      <c r="E48" s="133"/>
+      <c r="F48" s="116"/>
       <c r="G48" s="51"/>
       <c r="H48" s="51"/>
       <c r="I48" s="51"/>
       <c r="J48" s="51"/>
-      <c r="K48" s="168"/>
-[...1 lines deleted...]
-      <c r="M48" s="170"/>
+      <c r="K48" s="162"/>
+      <c r="L48" s="163"/>
+      <c r="M48" s="164"/>
       <c r="N48" s="31"/>
       <c r="O48" s="32"/>
       <c r="P48" s="32"/>
-      <c r="Q48" s="134"/>
-      <c r="R48" s="118"/>
+      <c r="Q48" s="128"/>
+      <c r="R48" s="112"/>
       <c r="S48" s="33"/>
       <c r="T48" s="57"/>
       <c r="U48" s="58"/>
-      <c r="V48" s="198">
+      <c r="V48" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W48" s="197">
+      <c r="W48" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X48" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y48" s="62"/>
       <c r="Z48" s="62"/>
       <c r="AA48" s="62"/>
       <c r="AB48" s="62"/>
       <c r="AC48" s="62"/>
       <c r="AD48" s="62"/>
       <c r="AE48" s="62"/>
       <c r="AF48" s="62"/>
       <c r="AG48" s="62"/>
       <c r="AH48" s="62"/>
       <c r="AI48" s="62"/>
       <c r="AJ48" s="62"/>
       <c r="AK48" s="62"/>
       <c r="AL48" s="62"/>
       <c r="AM48" s="62"/>
       <c r="AN48" s="62"/>
       <c r="AO48" s="62"/>
       <c r="AP48" s="62"/>
       <c r="AQ48" s="62"/>
       <c r="AR48" s="62"/>
     </row>
     <row r="49" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A49" s="239"/>
-[...4 lines deleted...]
-      <c r="F49" s="122"/>
+      <c r="A49" s="243"/>
+      <c r="B49" s="244"/>
+      <c r="C49" s="244"/>
+      <c r="D49" s="244"/>
+      <c r="E49" s="133"/>
+      <c r="F49" s="116"/>
       <c r="G49" s="51"/>
       <c r="H49" s="51"/>
       <c r="I49" s="51"/>
       <c r="J49" s="51"/>
-      <c r="K49" s="168"/>
-[...1 lines deleted...]
-      <c r="M49" s="170"/>
+      <c r="K49" s="162"/>
+      <c r="L49" s="163"/>
+      <c r="M49" s="164"/>
       <c r="N49" s="31"/>
       <c r="O49" s="32"/>
       <c r="P49" s="32"/>
-      <c r="Q49" s="134"/>
-      <c r="R49" s="118"/>
+      <c r="Q49" s="128"/>
+      <c r="R49" s="112"/>
       <c r="S49" s="33"/>
       <c r="T49" s="57"/>
       <c r="U49" s="58"/>
-      <c r="V49" s="198">
+      <c r="V49" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W49" s="197">
+      <c r="W49" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X49" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y49" s="62"/>
       <c r="Z49" s="62"/>
       <c r="AA49" s="62"/>
       <c r="AB49" s="62"/>
       <c r="AC49" s="62"/>
       <c r="AD49" s="62"/>
       <c r="AE49" s="62"/>
       <c r="AF49" s="62"/>
       <c r="AG49" s="62"/>
       <c r="AH49" s="62"/>
       <c r="AI49" s="62"/>
       <c r="AJ49" s="62"/>
       <c r="AK49" s="62"/>
       <c r="AL49" s="62"/>
       <c r="AM49" s="62"/>
       <c r="AN49" s="62"/>
       <c r="AO49" s="62"/>
       <c r="AP49" s="62"/>
       <c r="AQ49" s="62"/>
       <c r="AR49" s="62"/>
     </row>
     <row r="50" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A50" s="239"/>
-[...4 lines deleted...]
-      <c r="F50" s="122"/>
+      <c r="A50" s="243"/>
+      <c r="B50" s="244"/>
+      <c r="C50" s="244"/>
+      <c r="D50" s="244"/>
+      <c r="E50" s="133"/>
+      <c r="F50" s="116"/>
       <c r="G50" s="51"/>
       <c r="H50" s="51"/>
       <c r="I50" s="51"/>
       <c r="J50" s="51"/>
-      <c r="K50" s="168"/>
-[...1 lines deleted...]
-      <c r="M50" s="170"/>
+      <c r="K50" s="162"/>
+      <c r="L50" s="163"/>
+      <c r="M50" s="164"/>
       <c r="N50" s="31"/>
       <c r="O50" s="32"/>
       <c r="P50" s="32"/>
-      <c r="Q50" s="134"/>
-      <c r="R50" s="118"/>
+      <c r="Q50" s="128"/>
+      <c r="R50" s="112"/>
       <c r="S50" s="33"/>
       <c r="T50" s="57"/>
       <c r="U50" s="58"/>
-      <c r="V50" s="198">
+      <c r="V50" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W50" s="197">
+      <c r="W50" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X50" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y50" s="62"/>
       <c r="Z50" s="62"/>
       <c r="AA50" s="62"/>
       <c r="AB50" s="62"/>
       <c r="AC50" s="62"/>
       <c r="AD50" s="62"/>
       <c r="AE50" s="62"/>
       <c r="AF50" s="62"/>
       <c r="AG50" s="62"/>
       <c r="AH50" s="62"/>
       <c r="AI50" s="62"/>
       <c r="AJ50" s="62"/>
       <c r="AK50" s="62"/>
       <c r="AL50" s="62"/>
       <c r="AM50" s="62"/>
       <c r="AN50" s="62"/>
       <c r="AO50" s="62"/>
       <c r="AP50" s="62"/>
       <c r="AQ50" s="62"/>
       <c r="AR50" s="62"/>
     </row>
     <row r="51" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A51" s="239"/>
-[...4 lines deleted...]
-      <c r="F51" s="122"/>
+      <c r="A51" s="243"/>
+      <c r="B51" s="244"/>
+      <c r="C51" s="244"/>
+      <c r="D51" s="244"/>
+      <c r="E51" s="133"/>
+      <c r="F51" s="116"/>
       <c r="G51" s="51"/>
       <c r="H51" s="51"/>
       <c r="I51" s="51"/>
       <c r="J51" s="51"/>
-      <c r="K51" s="168"/>
-[...1 lines deleted...]
-      <c r="M51" s="170"/>
+      <c r="K51" s="162"/>
+      <c r="L51" s="163"/>
+      <c r="M51" s="164"/>
       <c r="N51" s="31"/>
       <c r="O51" s="32"/>
       <c r="P51" s="32"/>
-      <c r="Q51" s="134"/>
-      <c r="R51" s="118"/>
+      <c r="Q51" s="128"/>
+      <c r="R51" s="112"/>
       <c r="S51" s="33"/>
       <c r="T51" s="57"/>
       <c r="U51" s="58"/>
-      <c r="V51" s="198">
+      <c r="V51" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W51" s="197">
+      <c r="W51" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X51" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y51" s="62"/>
       <c r="Z51" s="62"/>
       <c r="AA51" s="62"/>
       <c r="AB51" s="62"/>
       <c r="AC51" s="62"/>
       <c r="AD51" s="62"/>
       <c r="AE51" s="62"/>
       <c r="AF51" s="62"/>
       <c r="AG51" s="62"/>
       <c r="AH51" s="62"/>
       <c r="AI51" s="62"/>
       <c r="AJ51" s="62"/>
       <c r="AK51" s="62"/>
       <c r="AL51" s="62"/>
       <c r="AM51" s="62"/>
       <c r="AN51" s="62"/>
       <c r="AO51" s="62"/>
       <c r="AP51" s="62"/>
       <c r="AQ51" s="62"/>
       <c r="AR51" s="62"/>
     </row>
     <row r="52" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A52" s="239"/>
-[...4 lines deleted...]
-      <c r="F52" s="122"/>
+      <c r="A52" s="243"/>
+      <c r="B52" s="244"/>
+      <c r="C52" s="244"/>
+      <c r="D52" s="244"/>
+      <c r="E52" s="133"/>
+      <c r="F52" s="116"/>
       <c r="G52" s="51"/>
       <c r="H52" s="51"/>
       <c r="I52" s="51"/>
       <c r="J52" s="51"/>
-      <c r="K52" s="168"/>
-[...1 lines deleted...]
-      <c r="M52" s="170"/>
+      <c r="K52" s="162"/>
+      <c r="L52" s="163"/>
+      <c r="M52" s="164"/>
       <c r="N52" s="31"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
-      <c r="Q52" s="134"/>
-      <c r="R52" s="118"/>
+      <c r="Q52" s="128"/>
+      <c r="R52" s="112"/>
       <c r="S52" s="33"/>
       <c r="T52" s="57"/>
       <c r="U52" s="58"/>
-      <c r="V52" s="198">
+      <c r="V52" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W52" s="197">
+      <c r="W52" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X52" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y52" s="62"/>
       <c r="Z52" s="62"/>
       <c r="AA52" s="62"/>
       <c r="AB52" s="62"/>
       <c r="AC52" s="62"/>
       <c r="AD52" s="62"/>
       <c r="AE52" s="62"/>
       <c r="AF52" s="62"/>
       <c r="AG52" s="62"/>
       <c r="AH52" s="62"/>
       <c r="AI52" s="62"/>
       <c r="AJ52" s="62"/>
       <c r="AK52" s="62"/>
       <c r="AL52" s="62"/>
       <c r="AM52" s="62"/>
       <c r="AN52" s="62"/>
       <c r="AO52" s="62"/>
       <c r="AP52" s="62"/>
       <c r="AQ52" s="62"/>
       <c r="AR52" s="62"/>
     </row>
     <row r="53" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A53" s="239"/>
-[...4 lines deleted...]
-      <c r="F53" s="122"/>
+      <c r="A53" s="243"/>
+      <c r="B53" s="244"/>
+      <c r="C53" s="244"/>
+      <c r="D53" s="244"/>
+      <c r="E53" s="133"/>
+      <c r="F53" s="116"/>
       <c r="G53" s="51"/>
       <c r="H53" s="51"/>
       <c r="I53" s="51"/>
       <c r="J53" s="51"/>
-      <c r="K53" s="168"/>
-[...1 lines deleted...]
-      <c r="M53" s="170"/>
+      <c r="K53" s="162"/>
+      <c r="L53" s="163"/>
+      <c r="M53" s="164"/>
       <c r="N53" s="31"/>
       <c r="O53" s="32"/>
       <c r="P53" s="32"/>
-      <c r="Q53" s="134"/>
-      <c r="R53" s="118"/>
+      <c r="Q53" s="128"/>
+      <c r="R53" s="112"/>
       <c r="S53" s="33"/>
       <c r="T53" s="57"/>
       <c r="U53" s="58"/>
-      <c r="V53" s="198">
+      <c r="V53" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W53" s="197">
+      <c r="W53" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X53" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y53" s="62"/>
       <c r="Z53" s="62"/>
       <c r="AA53" s="62"/>
       <c r="AB53" s="62"/>
       <c r="AC53" s="62"/>
       <c r="AD53" s="62"/>
       <c r="AE53" s="62"/>
       <c r="AF53" s="62"/>
       <c r="AG53" s="62"/>
       <c r="AH53" s="62"/>
       <c r="AI53" s="62"/>
       <c r="AJ53" s="62"/>
       <c r="AK53" s="62"/>
       <c r="AL53" s="62"/>
       <c r="AM53" s="62"/>
       <c r="AN53" s="62"/>
       <c r="AO53" s="62"/>
       <c r="AP53" s="62"/>
       <c r="AQ53" s="62"/>
       <c r="AR53" s="62"/>
     </row>
     <row r="54" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A54" s="239"/>
-[...4 lines deleted...]
-      <c r="F54" s="122"/>
+      <c r="A54" s="243"/>
+      <c r="B54" s="244"/>
+      <c r="C54" s="244"/>
+      <c r="D54" s="244"/>
+      <c r="E54" s="133"/>
+      <c r="F54" s="116"/>
       <c r="G54" s="51"/>
       <c r="H54" s="51"/>
       <c r="I54" s="51"/>
       <c r="J54" s="51"/>
-      <c r="K54" s="168"/>
-[...1 lines deleted...]
-      <c r="M54" s="170"/>
+      <c r="K54" s="162"/>
+      <c r="L54" s="163"/>
+      <c r="M54" s="164"/>
       <c r="N54" s="31"/>
       <c r="O54" s="32"/>
       <c r="P54" s="32"/>
-      <c r="Q54" s="134"/>
-      <c r="R54" s="118"/>
+      <c r="Q54" s="128"/>
+      <c r="R54" s="112"/>
       <c r="S54" s="33"/>
       <c r="T54" s="57"/>
       <c r="U54" s="58"/>
-      <c r="V54" s="198">
+      <c r="V54" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W54" s="197">
+      <c r="W54" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X54" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y54" s="62"/>
       <c r="Z54" s="62"/>
       <c r="AA54" s="62"/>
       <c r="AB54" s="62"/>
       <c r="AC54" s="62"/>
       <c r="AD54" s="62"/>
       <c r="AE54" s="62"/>
       <c r="AF54" s="62"/>
       <c r="AG54" s="62"/>
       <c r="AH54" s="62"/>
       <c r="AI54" s="62"/>
       <c r="AJ54" s="62"/>
       <c r="AK54" s="62"/>
       <c r="AL54" s="62"/>
       <c r="AM54" s="62"/>
       <c r="AN54" s="62"/>
       <c r="AO54" s="62"/>
       <c r="AP54" s="62"/>
       <c r="AQ54" s="62"/>
       <c r="AR54" s="62"/>
     </row>
     <row r="55" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A55" s="239"/>
-[...4 lines deleted...]
-      <c r="F55" s="122"/>
+      <c r="A55" s="243"/>
+      <c r="B55" s="244"/>
+      <c r="C55" s="244"/>
+      <c r="D55" s="244"/>
+      <c r="E55" s="133"/>
+      <c r="F55" s="116"/>
       <c r="G55" s="51"/>
       <c r="H55" s="51"/>
       <c r="I55" s="51"/>
       <c r="J55" s="51"/>
-      <c r="K55" s="168"/>
-[...1 lines deleted...]
-      <c r="M55" s="170"/>
+      <c r="K55" s="162"/>
+      <c r="L55" s="163"/>
+      <c r="M55" s="164"/>
       <c r="N55" s="31"/>
       <c r="O55" s="32"/>
       <c r="P55" s="32"/>
-      <c r="Q55" s="134"/>
-      <c r="R55" s="118"/>
+      <c r="Q55" s="128"/>
+      <c r="R55" s="112"/>
       <c r="S55" s="33"/>
       <c r="T55" s="57"/>
       <c r="U55" s="58"/>
-      <c r="V55" s="198">
+      <c r="V55" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W55" s="197">
+      <c r="W55" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X55" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y55" s="62"/>
       <c r="Z55" s="62"/>
       <c r="AA55" s="62"/>
       <c r="AB55" s="62"/>
       <c r="AC55" s="62"/>
       <c r="AD55" s="62"/>
       <c r="AE55" s="62"/>
       <c r="AF55" s="62"/>
       <c r="AG55" s="62"/>
       <c r="AH55" s="62"/>
       <c r="AI55" s="62"/>
       <c r="AJ55" s="62"/>
       <c r="AK55" s="62"/>
       <c r="AL55" s="62"/>
       <c r="AM55" s="62"/>
       <c r="AN55" s="62"/>
       <c r="AO55" s="62"/>
       <c r="AP55" s="62"/>
       <c r="AQ55" s="62"/>
       <c r="AR55" s="62"/>
     </row>
     <row r="56" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A56" s="239"/>
-[...4 lines deleted...]
-      <c r="F56" s="122"/>
+      <c r="A56" s="243"/>
+      <c r="B56" s="244"/>
+      <c r="C56" s="244"/>
+      <c r="D56" s="244"/>
+      <c r="E56" s="133"/>
+      <c r="F56" s="116"/>
       <c r="G56" s="51"/>
       <c r="H56" s="51"/>
       <c r="I56" s="51"/>
       <c r="J56" s="51"/>
-      <c r="K56" s="168"/>
-[...1 lines deleted...]
-      <c r="M56" s="170"/>
+      <c r="K56" s="162"/>
+      <c r="L56" s="163"/>
+      <c r="M56" s="164"/>
       <c r="N56" s="31"/>
       <c r="O56" s="32"/>
       <c r="P56" s="32"/>
-      <c r="Q56" s="134"/>
-      <c r="R56" s="118"/>
+      <c r="Q56" s="128"/>
+      <c r="R56" s="112"/>
       <c r="S56" s="33"/>
       <c r="T56" s="57"/>
       <c r="U56" s="58"/>
-      <c r="V56" s="198">
+      <c r="V56" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W56" s="197">
+      <c r="W56" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X56" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y56" s="62"/>
       <c r="Z56" s="62"/>
       <c r="AA56" s="62"/>
       <c r="AB56" s="62"/>
       <c r="AC56" s="62"/>
       <c r="AD56" s="62"/>
       <c r="AE56" s="62"/>
       <c r="AF56" s="62"/>
       <c r="AG56" s="62"/>
       <c r="AH56" s="62"/>
       <c r="AI56" s="62"/>
       <c r="AJ56" s="62"/>
       <c r="AK56" s="62"/>
       <c r="AL56" s="62"/>
       <c r="AM56" s="62"/>
       <c r="AN56" s="62"/>
       <c r="AO56" s="62"/>
       <c r="AP56" s="62"/>
       <c r="AQ56" s="62"/>
       <c r="AR56" s="62"/>
     </row>
     <row r="57" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A57" s="239"/>
-[...4 lines deleted...]
-      <c r="F57" s="122"/>
+      <c r="A57" s="243"/>
+      <c r="B57" s="244"/>
+      <c r="C57" s="244"/>
+      <c r="D57" s="244"/>
+      <c r="E57" s="133"/>
+      <c r="F57" s="116"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
-      <c r="K57" s="168"/>
-[...1 lines deleted...]
-      <c r="M57" s="170"/>
+      <c r="K57" s="162"/>
+      <c r="L57" s="163"/>
+      <c r="M57" s="164"/>
       <c r="N57" s="31"/>
       <c r="O57" s="32"/>
       <c r="P57" s="32"/>
-      <c r="Q57" s="134"/>
-      <c r="R57" s="118"/>
+      <c r="Q57" s="128"/>
+      <c r="R57" s="112"/>
       <c r="S57" s="33"/>
       <c r="T57" s="57"/>
       <c r="U57" s="58"/>
-      <c r="V57" s="198">
+      <c r="V57" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W57" s="197">
+      <c r="W57" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X57" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y57" s="62"/>
       <c r="Z57" s="62"/>
       <c r="AA57" s="62"/>
       <c r="AB57" s="62"/>
       <c r="AC57" s="62"/>
       <c r="AD57" s="62"/>
       <c r="AE57" s="62"/>
       <c r="AF57" s="62"/>
       <c r="AG57" s="62"/>
       <c r="AH57" s="62"/>
       <c r="AI57" s="62"/>
       <c r="AJ57" s="62"/>
       <c r="AK57" s="62"/>
       <c r="AL57" s="62"/>
       <c r="AM57" s="62"/>
       <c r="AN57" s="62"/>
       <c r="AO57" s="62"/>
       <c r="AP57" s="62"/>
       <c r="AQ57" s="62"/>
       <c r="AR57" s="62"/>
     </row>
     <row r="58" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A58" s="239"/>
-[...4 lines deleted...]
-      <c r="F58" s="122"/>
+      <c r="A58" s="243"/>
+      <c r="B58" s="244"/>
+      <c r="C58" s="244"/>
+      <c r="D58" s="244"/>
+      <c r="E58" s="133"/>
+      <c r="F58" s="116"/>
       <c r="G58" s="51"/>
       <c r="H58" s="51"/>
       <c r="I58" s="51"/>
       <c r="J58" s="51"/>
-      <c r="K58" s="168"/>
-[...1 lines deleted...]
-      <c r="M58" s="170"/>
+      <c r="K58" s="162"/>
+      <c r="L58" s="163"/>
+      <c r="M58" s="164"/>
       <c r="N58" s="31"/>
       <c r="O58" s="32"/>
       <c r="P58" s="32"/>
-      <c r="Q58" s="134"/>
-      <c r="R58" s="118"/>
+      <c r="Q58" s="128"/>
+      <c r="R58" s="112"/>
       <c r="S58" s="33"/>
       <c r="T58" s="57"/>
       <c r="U58" s="58"/>
-      <c r="V58" s="198">
+      <c r="V58" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W58" s="197">
+      <c r="W58" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X58" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y58" s="62"/>
       <c r="Z58" s="62"/>
       <c r="AA58" s="62"/>
       <c r="AB58" s="62"/>
       <c r="AC58" s="62"/>
       <c r="AD58" s="62"/>
       <c r="AE58" s="62"/>
       <c r="AF58" s="62"/>
       <c r="AG58" s="62"/>
       <c r="AH58" s="62"/>
       <c r="AI58" s="62"/>
       <c r="AJ58" s="62"/>
       <c r="AK58" s="62"/>
       <c r="AL58" s="62"/>
       <c r="AM58" s="62"/>
       <c r="AN58" s="62"/>
       <c r="AO58" s="62"/>
       <c r="AP58" s="62"/>
       <c r="AQ58" s="62"/>
       <c r="AR58" s="62"/>
     </row>
     <row r="59" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A59" s="239"/>
-[...4 lines deleted...]
-      <c r="F59" s="122"/>
+      <c r="A59" s="243"/>
+      <c r="B59" s="244"/>
+      <c r="C59" s="244"/>
+      <c r="D59" s="244"/>
+      <c r="E59" s="133"/>
+      <c r="F59" s="116"/>
       <c r="G59" s="51"/>
       <c r="H59" s="51"/>
       <c r="I59" s="51"/>
       <c r="J59" s="51"/>
-      <c r="K59" s="168"/>
-[...1 lines deleted...]
-      <c r="M59" s="170"/>
+      <c r="K59" s="162"/>
+      <c r="L59" s="163"/>
+      <c r="M59" s="164"/>
       <c r="N59" s="31"/>
       <c r="O59" s="32"/>
       <c r="P59" s="32"/>
-      <c r="Q59" s="134"/>
-      <c r="R59" s="118"/>
+      <c r="Q59" s="128"/>
+      <c r="R59" s="112"/>
       <c r="S59" s="33"/>
       <c r="T59" s="57"/>
       <c r="U59" s="58"/>
-      <c r="V59" s="198">
+      <c r="V59" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W59" s="197">
+      <c r="W59" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X59" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y59" s="62"/>
       <c r="Z59" s="62"/>
       <c r="AA59" s="62"/>
       <c r="AB59" s="62"/>
       <c r="AC59" s="62"/>
       <c r="AD59" s="62"/>
       <c r="AE59" s="62"/>
       <c r="AF59" s="62"/>
       <c r="AG59" s="62"/>
       <c r="AH59" s="62"/>
       <c r="AI59" s="62"/>
       <c r="AJ59" s="62"/>
       <c r="AK59" s="62"/>
       <c r="AL59" s="62"/>
       <c r="AM59" s="62"/>
       <c r="AN59" s="62"/>
       <c r="AO59" s="62"/>
       <c r="AP59" s="62"/>
       <c r="AQ59" s="62"/>
       <c r="AR59" s="62"/>
     </row>
     <row r="60" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A60" s="239"/>
-[...4 lines deleted...]
-      <c r="F60" s="122"/>
+      <c r="A60" s="243"/>
+      <c r="B60" s="244"/>
+      <c r="C60" s="244"/>
+      <c r="D60" s="244"/>
+      <c r="E60" s="133"/>
+      <c r="F60" s="116"/>
       <c r="G60" s="51"/>
       <c r="H60" s="51"/>
       <c r="I60" s="51"/>
       <c r="J60" s="51"/>
-      <c r="K60" s="168"/>
-[...1 lines deleted...]
-      <c r="M60" s="170"/>
+      <c r="K60" s="162"/>
+      <c r="L60" s="163"/>
+      <c r="M60" s="164"/>
       <c r="N60" s="31"/>
       <c r="O60" s="32"/>
       <c r="P60" s="32"/>
-      <c r="Q60" s="134"/>
-      <c r="R60" s="118"/>
+      <c r="Q60" s="128"/>
+      <c r="R60" s="112"/>
       <c r="S60" s="33"/>
       <c r="T60" s="57"/>
       <c r="U60" s="58"/>
-      <c r="V60" s="198">
+      <c r="V60" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W60" s="197">
+      <c r="W60" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X60" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y60" s="62"/>
       <c r="Z60" s="62"/>
       <c r="AA60" s="62"/>
       <c r="AB60" s="62"/>
       <c r="AC60" s="62"/>
       <c r="AD60" s="62"/>
       <c r="AE60" s="62"/>
       <c r="AF60" s="62"/>
       <c r="AG60" s="62"/>
       <c r="AH60" s="62"/>
       <c r="AI60" s="62"/>
       <c r="AJ60" s="62"/>
       <c r="AK60" s="62"/>
       <c r="AL60" s="62"/>
       <c r="AM60" s="62"/>
       <c r="AN60" s="62"/>
       <c r="AO60" s="62"/>
       <c r="AP60" s="62"/>
       <c r="AQ60" s="62"/>
       <c r="AR60" s="62"/>
     </row>
     <row r="61" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A61" s="239"/>
-[...4 lines deleted...]
-      <c r="F61" s="122"/>
+      <c r="A61" s="243"/>
+      <c r="B61" s="244"/>
+      <c r="C61" s="244"/>
+      <c r="D61" s="244"/>
+      <c r="E61" s="133"/>
+      <c r="F61" s="116"/>
       <c r="G61" s="51"/>
       <c r="H61" s="51"/>
       <c r="I61" s="51"/>
       <c r="J61" s="51"/>
-      <c r="K61" s="168"/>
-[...1 lines deleted...]
-      <c r="M61" s="170"/>
+      <c r="K61" s="162"/>
+      <c r="L61" s="163"/>
+      <c r="M61" s="164"/>
       <c r="N61" s="31"/>
       <c r="O61" s="32"/>
       <c r="P61" s="32"/>
-      <c r="Q61" s="134"/>
-      <c r="R61" s="118"/>
+      <c r="Q61" s="128"/>
+      <c r="R61" s="112"/>
       <c r="S61" s="33"/>
       <c r="T61" s="57"/>
       <c r="U61" s="58"/>
-      <c r="V61" s="198">
+      <c r="V61" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W61" s="197">
+      <c r="W61" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X61" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y61" s="62"/>
       <c r="Z61" s="62"/>
       <c r="AA61" s="62"/>
       <c r="AB61" s="62"/>
       <c r="AC61" s="62"/>
       <c r="AD61" s="62"/>
       <c r="AE61" s="62"/>
       <c r="AF61" s="62"/>
       <c r="AG61" s="62"/>
       <c r="AH61" s="62"/>
       <c r="AI61" s="62"/>
       <c r="AJ61" s="62"/>
       <c r="AK61" s="62"/>
       <c r="AL61" s="62"/>
       <c r="AM61" s="62"/>
       <c r="AN61" s="62"/>
       <c r="AO61" s="62"/>
       <c r="AP61" s="62"/>
       <c r="AQ61" s="62"/>
       <c r="AR61" s="62"/>
     </row>
     <row r="62" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A62" s="239"/>
-[...4 lines deleted...]
-      <c r="F62" s="122"/>
+      <c r="A62" s="243"/>
+      <c r="B62" s="244"/>
+      <c r="C62" s="244"/>
+      <c r="D62" s="244"/>
+      <c r="E62" s="133"/>
+      <c r="F62" s="116"/>
       <c r="G62" s="51"/>
       <c r="H62" s="51"/>
       <c r="I62" s="51"/>
       <c r="J62" s="51"/>
-      <c r="K62" s="168"/>
-[...1 lines deleted...]
-      <c r="M62" s="170"/>
+      <c r="K62" s="162"/>
+      <c r="L62" s="163"/>
+      <c r="M62" s="164"/>
       <c r="N62" s="31"/>
       <c r="O62" s="32"/>
       <c r="P62" s="32"/>
-      <c r="Q62" s="134"/>
-      <c r="R62" s="118"/>
+      <c r="Q62" s="128"/>
+      <c r="R62" s="112"/>
       <c r="S62" s="33"/>
       <c r="T62" s="57"/>
       <c r="U62" s="58"/>
-      <c r="V62" s="198">
+      <c r="V62" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W62" s="197">
+      <c r="W62" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X62" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y62" s="62"/>
       <c r="Z62" s="62"/>
       <c r="AA62" s="62"/>
       <c r="AB62" s="62"/>
       <c r="AC62" s="62"/>
       <c r="AD62" s="62"/>
       <c r="AE62" s="62"/>
       <c r="AF62" s="62"/>
       <c r="AG62" s="62"/>
       <c r="AH62" s="62"/>
       <c r="AI62" s="62"/>
       <c r="AJ62" s="62"/>
       <c r="AK62" s="62"/>
       <c r="AL62" s="62"/>
       <c r="AM62" s="62"/>
       <c r="AN62" s="62"/>
       <c r="AO62" s="62"/>
       <c r="AP62" s="62"/>
       <c r="AQ62" s="62"/>
       <c r="AR62" s="62"/>
     </row>
     <row r="63" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A63" s="239"/>
-[...4 lines deleted...]
-      <c r="F63" s="122"/>
+      <c r="A63" s="243"/>
+      <c r="B63" s="244"/>
+      <c r="C63" s="244"/>
+      <c r="D63" s="244"/>
+      <c r="E63" s="133"/>
+      <c r="F63" s="116"/>
       <c r="G63" s="51"/>
       <c r="H63" s="51"/>
       <c r="I63" s="51"/>
       <c r="J63" s="51"/>
-      <c r="K63" s="168"/>
-[...1 lines deleted...]
-      <c r="M63" s="170"/>
+      <c r="K63" s="162"/>
+      <c r="L63" s="163"/>
+      <c r="M63" s="164"/>
       <c r="N63" s="31"/>
       <c r="O63" s="32"/>
       <c r="P63" s="32"/>
-      <c r="Q63" s="134"/>
-      <c r="R63" s="118"/>
+      <c r="Q63" s="128"/>
+      <c r="R63" s="112"/>
       <c r="S63" s="33"/>
       <c r="T63" s="57"/>
       <c r="U63" s="58"/>
-      <c r="V63" s="198">
+      <c r="V63" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W63" s="197">
+      <c r="W63" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X63" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y63" s="62"/>
       <c r="Z63" s="62"/>
       <c r="AA63" s="62"/>
       <c r="AB63" s="62"/>
       <c r="AC63" s="62"/>
       <c r="AD63" s="62"/>
       <c r="AE63" s="62"/>
       <c r="AF63" s="62"/>
       <c r="AG63" s="62"/>
       <c r="AH63" s="62"/>
       <c r="AI63" s="62"/>
       <c r="AJ63" s="62"/>
       <c r="AK63" s="62"/>
       <c r="AL63" s="62"/>
       <c r="AM63" s="62"/>
       <c r="AN63" s="62"/>
       <c r="AO63" s="62"/>
       <c r="AP63" s="62"/>
       <c r="AQ63" s="62"/>
       <c r="AR63" s="62"/>
     </row>
     <row r="64" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A64" s="239"/>
-[...4 lines deleted...]
-      <c r="F64" s="122"/>
+      <c r="A64" s="243"/>
+      <c r="B64" s="244"/>
+      <c r="C64" s="244"/>
+      <c r="D64" s="244"/>
+      <c r="E64" s="133"/>
+      <c r="F64" s="116"/>
       <c r="G64" s="51"/>
       <c r="H64" s="51"/>
       <c r="I64" s="51"/>
       <c r="J64" s="51"/>
-      <c r="K64" s="168"/>
-[...1 lines deleted...]
-      <c r="M64" s="170"/>
+      <c r="K64" s="162"/>
+      <c r="L64" s="163"/>
+      <c r="M64" s="164"/>
       <c r="N64" s="31"/>
       <c r="O64" s="32"/>
       <c r="P64" s="32"/>
-      <c r="Q64" s="134"/>
-      <c r="R64" s="118"/>
+      <c r="Q64" s="128"/>
+      <c r="R64" s="112"/>
       <c r="S64" s="33"/>
       <c r="T64" s="57"/>
       <c r="U64" s="58"/>
-      <c r="V64" s="198">
+      <c r="V64" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W64" s="197">
+      <c r="W64" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X64" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y64" s="62"/>
       <c r="Z64" s="62"/>
       <c r="AA64" s="62"/>
       <c r="AB64" s="62"/>
       <c r="AC64" s="62"/>
       <c r="AD64" s="62"/>
       <c r="AE64" s="62"/>
       <c r="AF64" s="62"/>
       <c r="AG64" s="62"/>
       <c r="AH64" s="62"/>
       <c r="AI64" s="62"/>
       <c r="AJ64" s="62"/>
       <c r="AK64" s="62"/>
       <c r="AL64" s="62"/>
       <c r="AM64" s="62"/>
       <c r="AN64" s="62"/>
       <c r="AO64" s="62"/>
       <c r="AP64" s="62"/>
       <c r="AQ64" s="62"/>
       <c r="AR64" s="62"/>
     </row>
     <row r="65" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A65" s="239"/>
-[...4 lines deleted...]
-      <c r="F65" s="122"/>
+      <c r="A65" s="243"/>
+      <c r="B65" s="244"/>
+      <c r="C65" s="244"/>
+      <c r="D65" s="244"/>
+      <c r="E65" s="133"/>
+      <c r="F65" s="116"/>
       <c r="G65" s="51"/>
       <c r="H65" s="51"/>
       <c r="I65" s="51"/>
       <c r="J65" s="51"/>
-      <c r="K65" s="168"/>
-[...1 lines deleted...]
-      <c r="M65" s="170"/>
+      <c r="K65" s="162"/>
+      <c r="L65" s="163"/>
+      <c r="M65" s="164"/>
       <c r="N65" s="31"/>
       <c r="O65" s="32"/>
       <c r="P65" s="32"/>
-      <c r="Q65" s="134"/>
-      <c r="R65" s="118"/>
+      <c r="Q65" s="128"/>
+      <c r="R65" s="112"/>
       <c r="S65" s="33"/>
       <c r="T65" s="57"/>
       <c r="U65" s="58"/>
-      <c r="V65" s="198">
+      <c r="V65" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W65" s="197">
+      <c r="W65" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X65" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y65" s="62"/>
       <c r="Z65" s="62"/>
       <c r="AA65" s="62"/>
       <c r="AB65" s="62"/>
       <c r="AC65" s="62"/>
       <c r="AD65" s="62"/>
       <c r="AE65" s="62"/>
       <c r="AF65" s="62"/>
       <c r="AG65" s="62"/>
       <c r="AH65" s="62"/>
       <c r="AI65" s="62"/>
       <c r="AJ65" s="62"/>
       <c r="AK65" s="62"/>
       <c r="AL65" s="62"/>
       <c r="AM65" s="62"/>
       <c r="AN65" s="62"/>
       <c r="AO65" s="62"/>
       <c r="AP65" s="62"/>
       <c r="AQ65" s="62"/>
       <c r="AR65" s="62"/>
     </row>
     <row r="66" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A66" s="239"/>
-[...4 lines deleted...]
-      <c r="F66" s="122"/>
+      <c r="A66" s="243"/>
+      <c r="B66" s="244"/>
+      <c r="C66" s="244"/>
+      <c r="D66" s="244"/>
+      <c r="E66" s="133"/>
+      <c r="F66" s="116"/>
       <c r="G66" s="51"/>
       <c r="H66" s="51"/>
       <c r="I66" s="51"/>
       <c r="J66" s="51"/>
-      <c r="K66" s="168"/>
-[...1 lines deleted...]
-      <c r="M66" s="170"/>
+      <c r="K66" s="162"/>
+      <c r="L66" s="163"/>
+      <c r="M66" s="164"/>
       <c r="N66" s="31"/>
       <c r="O66" s="32"/>
       <c r="P66" s="32"/>
-      <c r="Q66" s="134"/>
-      <c r="R66" s="118"/>
+      <c r="Q66" s="128"/>
+      <c r="R66" s="112"/>
       <c r="S66" s="33"/>
       <c r="T66" s="57"/>
       <c r="U66" s="58"/>
-      <c r="V66" s="198">
+      <c r="V66" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W66" s="197">
+      <c r="W66" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X66" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y66" s="62"/>
       <c r="Z66" s="62"/>
       <c r="AA66" s="62"/>
       <c r="AB66" s="62"/>
       <c r="AC66" s="62"/>
       <c r="AD66" s="62"/>
       <c r="AE66" s="62"/>
       <c r="AF66" s="62"/>
       <c r="AG66" s="62"/>
       <c r="AH66" s="62"/>
       <c r="AI66" s="62"/>
       <c r="AJ66" s="62"/>
       <c r="AK66" s="62"/>
       <c r="AL66" s="62"/>
       <c r="AM66" s="62"/>
       <c r="AN66" s="62"/>
       <c r="AO66" s="62"/>
       <c r="AP66" s="62"/>
       <c r="AQ66" s="62"/>
       <c r="AR66" s="62"/>
     </row>
     <row r="67" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A67" s="239"/>
-[...4 lines deleted...]
-      <c r="F67" s="122"/>
+      <c r="A67" s="243"/>
+      <c r="B67" s="244"/>
+      <c r="C67" s="244"/>
+      <c r="D67" s="244"/>
+      <c r="E67" s="133"/>
+      <c r="F67" s="116"/>
       <c r="G67" s="51"/>
       <c r="H67" s="51"/>
       <c r="I67" s="51"/>
       <c r="J67" s="51"/>
-      <c r="K67" s="168"/>
-[...1 lines deleted...]
-      <c r="M67" s="170"/>
+      <c r="K67" s="162"/>
+      <c r="L67" s="163"/>
+      <c r="M67" s="164"/>
       <c r="N67" s="31"/>
       <c r="O67" s="32"/>
       <c r="P67" s="32"/>
-      <c r="Q67" s="134"/>
-      <c r="R67" s="118"/>
+      <c r="Q67" s="128"/>
+      <c r="R67" s="112"/>
       <c r="S67" s="33"/>
       <c r="T67" s="57"/>
       <c r="U67" s="58"/>
-      <c r="V67" s="198">
+      <c r="V67" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W67" s="197">
+      <c r="W67" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X67" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y67" s="62"/>
       <c r="Z67" s="62"/>
       <c r="AA67" s="62"/>
       <c r="AB67" s="62"/>
       <c r="AC67" s="62"/>
       <c r="AD67" s="62"/>
       <c r="AE67" s="62"/>
       <c r="AF67" s="62"/>
       <c r="AG67" s="62"/>
       <c r="AH67" s="62"/>
       <c r="AI67" s="62"/>
       <c r="AJ67" s="62"/>
       <c r="AK67" s="62"/>
       <c r="AL67" s="62"/>
       <c r="AM67" s="62"/>
       <c r="AN67" s="62"/>
       <c r="AO67" s="62"/>
       <c r="AP67" s="62"/>
       <c r="AQ67" s="62"/>
       <c r="AR67" s="62"/>
     </row>
     <row r="68" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A68" s="239"/>
-[...4 lines deleted...]
-      <c r="F68" s="122"/>
+      <c r="A68" s="243"/>
+      <c r="B68" s="244"/>
+      <c r="C68" s="244"/>
+      <c r="D68" s="244"/>
+      <c r="E68" s="133"/>
+      <c r="F68" s="116"/>
       <c r="G68" s="51"/>
       <c r="H68" s="51"/>
       <c r="I68" s="51"/>
       <c r="J68" s="51"/>
-      <c r="K68" s="168"/>
-[...1 lines deleted...]
-      <c r="M68" s="170"/>
+      <c r="K68" s="162"/>
+      <c r="L68" s="163"/>
+      <c r="M68" s="164"/>
       <c r="N68" s="31"/>
       <c r="O68" s="32"/>
       <c r="P68" s="32"/>
-      <c r="Q68" s="134"/>
-      <c r="R68" s="118"/>
+      <c r="Q68" s="128"/>
+      <c r="R68" s="112"/>
       <c r="S68" s="33"/>
       <c r="T68" s="57"/>
       <c r="U68" s="58"/>
-      <c r="V68" s="198">
+      <c r="V68" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W68" s="197">
+      <c r="W68" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X68" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y68" s="62"/>
       <c r="Z68" s="62"/>
       <c r="AA68" s="62"/>
       <c r="AB68" s="62"/>
       <c r="AC68" s="62"/>
       <c r="AD68" s="62"/>
       <c r="AE68" s="62"/>
       <c r="AF68" s="62"/>
       <c r="AG68" s="62"/>
       <c r="AH68" s="62"/>
       <c r="AI68" s="62"/>
       <c r="AJ68" s="62"/>
       <c r="AK68" s="62"/>
       <c r="AL68" s="62"/>
       <c r="AM68" s="62"/>
       <c r="AN68" s="62"/>
       <c r="AO68" s="62"/>
       <c r="AP68" s="62"/>
       <c r="AQ68" s="62"/>
       <c r="AR68" s="62"/>
     </row>
     <row r="69" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A69" s="239"/>
-[...4 lines deleted...]
-      <c r="F69" s="122"/>
+      <c r="A69" s="243"/>
+      <c r="B69" s="244"/>
+      <c r="C69" s="244"/>
+      <c r="D69" s="244"/>
+      <c r="E69" s="133"/>
+      <c r="F69" s="116"/>
       <c r="G69" s="51"/>
       <c r="H69" s="51"/>
       <c r="I69" s="51"/>
       <c r="J69" s="51"/>
-      <c r="K69" s="168"/>
-[...1 lines deleted...]
-      <c r="M69" s="170"/>
+      <c r="K69" s="162"/>
+      <c r="L69" s="163"/>
+      <c r="M69" s="164"/>
       <c r="N69" s="31"/>
       <c r="O69" s="32"/>
       <c r="P69" s="32"/>
-      <c r="Q69" s="134"/>
-      <c r="R69" s="118"/>
+      <c r="Q69" s="128"/>
+      <c r="R69" s="112"/>
       <c r="S69" s="33"/>
       <c r="T69" s="57"/>
       <c r="U69" s="58"/>
-      <c r="V69" s="198">
+      <c r="V69" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W69" s="197">
+      <c r="W69" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X69" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y69" s="62"/>
       <c r="Z69" s="62"/>
       <c r="AA69" s="62"/>
       <c r="AB69" s="62"/>
       <c r="AC69" s="62"/>
       <c r="AD69" s="62"/>
       <c r="AE69" s="62"/>
       <c r="AF69" s="62"/>
       <c r="AG69" s="62"/>
       <c r="AH69" s="62"/>
       <c r="AI69" s="62"/>
       <c r="AJ69" s="62"/>
       <c r="AK69" s="62"/>
       <c r="AL69" s="62"/>
       <c r="AM69" s="62"/>
       <c r="AN69" s="62"/>
       <c r="AO69" s="62"/>
       <c r="AP69" s="62"/>
       <c r="AQ69" s="62"/>
       <c r="AR69" s="62"/>
     </row>
     <row r="70" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A70" s="239"/>
-[...4 lines deleted...]
-      <c r="F70" s="122"/>
+      <c r="A70" s="243"/>
+      <c r="B70" s="244"/>
+      <c r="C70" s="244"/>
+      <c r="D70" s="244"/>
+      <c r="E70" s="133"/>
+      <c r="F70" s="116"/>
       <c r="G70" s="51"/>
       <c r="H70" s="51"/>
       <c r="I70" s="51"/>
       <c r="J70" s="51"/>
-      <c r="K70" s="168"/>
-[...1 lines deleted...]
-      <c r="M70" s="170"/>
+      <c r="K70" s="162"/>
+      <c r="L70" s="163"/>
+      <c r="M70" s="164"/>
       <c r="N70" s="31"/>
       <c r="O70" s="32"/>
       <c r="P70" s="32"/>
-      <c r="Q70" s="134"/>
-      <c r="R70" s="118"/>
+      <c r="Q70" s="128"/>
+      <c r="R70" s="112"/>
       <c r="S70" s="33"/>
       <c r="T70" s="57"/>
       <c r="U70" s="58"/>
-      <c r="V70" s="198">
+      <c r="V70" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W70" s="197">
+      <c r="W70" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X70" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y70" s="62"/>
       <c r="Z70" s="62"/>
       <c r="AA70" s="62"/>
       <c r="AB70" s="62"/>
       <c r="AC70" s="62"/>
       <c r="AD70" s="62"/>
       <c r="AE70" s="62"/>
       <c r="AF70" s="62"/>
       <c r="AG70" s="62"/>
       <c r="AH70" s="62"/>
       <c r="AI70" s="62"/>
       <c r="AJ70" s="62"/>
       <c r="AK70" s="62"/>
       <c r="AL70" s="62"/>
       <c r="AM70" s="62"/>
       <c r="AN70" s="62"/>
       <c r="AO70" s="62"/>
       <c r="AP70" s="62"/>
       <c r="AQ70" s="62"/>
       <c r="AR70" s="62"/>
     </row>
     <row r="71" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A71" s="239"/>
-[...4 lines deleted...]
-      <c r="F71" s="122"/>
+      <c r="A71" s="243"/>
+      <c r="B71" s="244"/>
+      <c r="C71" s="244"/>
+      <c r="D71" s="244"/>
+      <c r="E71" s="133"/>
+      <c r="F71" s="116"/>
       <c r="G71" s="51"/>
       <c r="H71" s="51"/>
       <c r="I71" s="51"/>
       <c r="J71" s="51"/>
-      <c r="K71" s="168"/>
-[...1 lines deleted...]
-      <c r="M71" s="170"/>
+      <c r="K71" s="162"/>
+      <c r="L71" s="163"/>
+      <c r="M71" s="164"/>
       <c r="N71" s="31"/>
       <c r="O71" s="32"/>
       <c r="P71" s="32"/>
-      <c r="Q71" s="134"/>
-      <c r="R71" s="118"/>
+      <c r="Q71" s="128"/>
+      <c r="R71" s="112"/>
       <c r="S71" s="33"/>
       <c r="T71" s="57"/>
       <c r="U71" s="58"/>
-      <c r="V71" s="198">
+      <c r="V71" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W71" s="197">
+      <c r="W71" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X71" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y71" s="62"/>
       <c r="Z71" s="62"/>
       <c r="AA71" s="62"/>
       <c r="AB71" s="62"/>
       <c r="AC71" s="62"/>
       <c r="AD71" s="62"/>
       <c r="AE71" s="62"/>
       <c r="AF71" s="62"/>
       <c r="AG71" s="62"/>
       <c r="AH71" s="62"/>
       <c r="AI71" s="62"/>
       <c r="AJ71" s="62"/>
       <c r="AK71" s="62"/>
       <c r="AL71" s="62"/>
       <c r="AM71" s="62"/>
       <c r="AN71" s="62"/>
       <c r="AO71" s="62"/>
       <c r="AP71" s="62"/>
       <c r="AQ71" s="62"/>
       <c r="AR71" s="62"/>
     </row>
     <row r="72" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A72" s="239"/>
-[...4 lines deleted...]
-      <c r="F72" s="122"/>
+      <c r="A72" s="243"/>
+      <c r="B72" s="244"/>
+      <c r="C72" s="244"/>
+      <c r="D72" s="244"/>
+      <c r="E72" s="133"/>
+      <c r="F72" s="116"/>
       <c r="G72" s="51"/>
       <c r="H72" s="51"/>
       <c r="I72" s="51"/>
       <c r="J72" s="51"/>
-      <c r="K72" s="168"/>
-[...1 lines deleted...]
-      <c r="M72" s="170"/>
+      <c r="K72" s="162"/>
+      <c r="L72" s="163"/>
+      <c r="M72" s="164"/>
       <c r="N72" s="31"/>
       <c r="O72" s="32"/>
       <c r="P72" s="32"/>
-      <c r="Q72" s="134"/>
-      <c r="R72" s="118"/>
+      <c r="Q72" s="128"/>
+      <c r="R72" s="112"/>
       <c r="S72" s="33"/>
       <c r="T72" s="57"/>
       <c r="U72" s="58"/>
-      <c r="V72" s="198">
+      <c r="V72" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W72" s="197">
+      <c r="W72" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X72" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y72" s="62"/>
       <c r="Z72" s="62"/>
       <c r="AA72" s="62"/>
       <c r="AB72" s="62"/>
       <c r="AC72" s="62"/>
       <c r="AD72" s="62"/>
       <c r="AE72" s="62"/>
       <c r="AF72" s="62"/>
       <c r="AG72" s="62"/>
       <c r="AH72" s="62"/>
       <c r="AI72" s="62"/>
       <c r="AJ72" s="62"/>
       <c r="AK72" s="62"/>
       <c r="AL72" s="62"/>
       <c r="AM72" s="62"/>
       <c r="AN72" s="62"/>
       <c r="AO72" s="62"/>
       <c r="AP72" s="62"/>
       <c r="AQ72" s="62"/>
       <c r="AR72" s="62"/>
     </row>
     <row r="73" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A73" s="239"/>
-[...4 lines deleted...]
-      <c r="F73" s="122"/>
+      <c r="A73" s="243"/>
+      <c r="B73" s="244"/>
+      <c r="C73" s="244"/>
+      <c r="D73" s="244"/>
+      <c r="E73" s="133"/>
+      <c r="F73" s="116"/>
       <c r="G73" s="51"/>
       <c r="H73" s="51"/>
       <c r="I73" s="51"/>
       <c r="J73" s="51"/>
-      <c r="K73" s="168"/>
-[...1 lines deleted...]
-      <c r="M73" s="170"/>
+      <c r="K73" s="162"/>
+      <c r="L73" s="163"/>
+      <c r="M73" s="164"/>
       <c r="N73" s="31"/>
       <c r="O73" s="32"/>
       <c r="P73" s="32"/>
-      <c r="Q73" s="134"/>
-      <c r="R73" s="118"/>
+      <c r="Q73" s="128"/>
+      <c r="R73" s="112"/>
       <c r="S73" s="33"/>
       <c r="T73" s="57"/>
       <c r="U73" s="58"/>
-      <c r="V73" s="198">
+      <c r="V73" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W73" s="197">
+      <c r="W73" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X73" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y73" s="62"/>
       <c r="Z73" s="62"/>
       <c r="AA73" s="62"/>
       <c r="AB73" s="62"/>
       <c r="AC73" s="62"/>
       <c r="AD73" s="62"/>
       <c r="AE73" s="62"/>
       <c r="AF73" s="62"/>
       <c r="AG73" s="62"/>
       <c r="AH73" s="62"/>
       <c r="AI73" s="62"/>
       <c r="AJ73" s="62"/>
       <c r="AK73" s="62"/>
       <c r="AL73" s="62"/>
       <c r="AM73" s="62"/>
       <c r="AN73" s="62"/>
       <c r="AO73" s="62"/>
       <c r="AP73" s="62"/>
       <c r="AQ73" s="62"/>
       <c r="AR73" s="62"/>
     </row>
     <row r="74" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A74" s="239"/>
-[...4 lines deleted...]
-      <c r="F74" s="122"/>
+      <c r="A74" s="243"/>
+      <c r="B74" s="244"/>
+      <c r="C74" s="244"/>
+      <c r="D74" s="244"/>
+      <c r="E74" s="133"/>
+      <c r="F74" s="116"/>
       <c r="G74" s="51"/>
       <c r="H74" s="51"/>
       <c r="I74" s="51"/>
       <c r="J74" s="51"/>
-      <c r="K74" s="168"/>
-[...1 lines deleted...]
-      <c r="M74" s="170"/>
+      <c r="K74" s="162"/>
+      <c r="L74" s="163"/>
+      <c r="M74" s="164"/>
       <c r="N74" s="31"/>
       <c r="O74" s="32"/>
       <c r="P74" s="32"/>
-      <c r="Q74" s="134"/>
-      <c r="R74" s="118"/>
+      <c r="Q74" s="128"/>
+      <c r="R74" s="112"/>
       <c r="S74" s="33"/>
       <c r="T74" s="57"/>
       <c r="U74" s="58"/>
-      <c r="V74" s="198">
+      <c r="V74" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W74" s="197">
+      <c r="W74" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X74" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y74" s="62"/>
       <c r="Z74" s="62"/>
       <c r="AA74" s="62"/>
       <c r="AB74" s="62"/>
       <c r="AC74" s="62"/>
       <c r="AD74" s="62"/>
       <c r="AE74" s="62"/>
       <c r="AF74" s="62"/>
       <c r="AG74" s="62"/>
       <c r="AH74" s="62"/>
       <c r="AI74" s="62"/>
       <c r="AJ74" s="62"/>
       <c r="AK74" s="62"/>
       <c r="AL74" s="62"/>
       <c r="AM74" s="62"/>
       <c r="AN74" s="62"/>
       <c r="AO74" s="62"/>
       <c r="AP74" s="62"/>
       <c r="AQ74" s="62"/>
       <c r="AR74" s="62"/>
     </row>
     <row r="75" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A75" s="239"/>
-[...4 lines deleted...]
-      <c r="F75" s="122"/>
+      <c r="A75" s="243"/>
+      <c r="B75" s="244"/>
+      <c r="C75" s="244"/>
+      <c r="D75" s="244"/>
+      <c r="E75" s="133"/>
+      <c r="F75" s="116"/>
       <c r="G75" s="51"/>
       <c r="H75" s="51"/>
       <c r="I75" s="51"/>
       <c r="J75" s="51"/>
-      <c r="K75" s="168"/>
-[...1 lines deleted...]
-      <c r="M75" s="170"/>
+      <c r="K75" s="162"/>
+      <c r="L75" s="163"/>
+      <c r="M75" s="164"/>
       <c r="N75" s="31"/>
       <c r="O75" s="32"/>
       <c r="P75" s="32"/>
-      <c r="Q75" s="134"/>
-      <c r="R75" s="118"/>
+      <c r="Q75" s="128"/>
+      <c r="R75" s="112"/>
       <c r="S75" s="33"/>
       <c r="T75" s="57"/>
       <c r="U75" s="58"/>
-      <c r="V75" s="198">
+      <c r="V75" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W75" s="197">
+      <c r="W75" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X75" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y75" s="62"/>
       <c r="Z75" s="62"/>
       <c r="AA75" s="62"/>
       <c r="AB75" s="62"/>
       <c r="AC75" s="62"/>
       <c r="AD75" s="62"/>
       <c r="AE75" s="62"/>
       <c r="AF75" s="62"/>
       <c r="AG75" s="62"/>
       <c r="AH75" s="62"/>
       <c r="AI75" s="62"/>
       <c r="AJ75" s="62"/>
       <c r="AK75" s="62"/>
       <c r="AL75" s="62"/>
       <c r="AM75" s="62"/>
       <c r="AN75" s="62"/>
       <c r="AO75" s="62"/>
       <c r="AP75" s="62"/>
       <c r="AQ75" s="62"/>
       <c r="AR75" s="62"/>
     </row>
     <row r="76" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A76" s="239"/>
-[...4 lines deleted...]
-      <c r="F76" s="122"/>
+      <c r="A76" s="243"/>
+      <c r="B76" s="244"/>
+      <c r="C76" s="244"/>
+      <c r="D76" s="244"/>
+      <c r="E76" s="133"/>
+      <c r="F76" s="116"/>
       <c r="G76" s="51"/>
       <c r="H76" s="51"/>
       <c r="I76" s="51"/>
       <c r="J76" s="51"/>
-      <c r="K76" s="168"/>
-[...1 lines deleted...]
-      <c r="M76" s="170"/>
+      <c r="K76" s="162"/>
+      <c r="L76" s="163"/>
+      <c r="M76" s="164"/>
       <c r="N76" s="31"/>
       <c r="O76" s="32"/>
       <c r="P76" s="32"/>
-      <c r="Q76" s="134"/>
-      <c r="R76" s="118"/>
+      <c r="Q76" s="128"/>
+      <c r="R76" s="112"/>
       <c r="S76" s="33"/>
       <c r="T76" s="57"/>
       <c r="U76" s="58"/>
-      <c r="V76" s="198">
+      <c r="V76" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W76" s="197">
+      <c r="W76" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X76" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y76" s="62"/>
       <c r="Z76" s="62"/>
       <c r="AA76" s="62"/>
       <c r="AB76" s="62"/>
       <c r="AC76" s="62"/>
       <c r="AD76" s="62"/>
       <c r="AE76" s="62"/>
       <c r="AF76" s="62"/>
       <c r="AG76" s="62"/>
       <c r="AH76" s="62"/>
       <c r="AI76" s="62"/>
       <c r="AJ76" s="62"/>
       <c r="AK76" s="62"/>
       <c r="AL76" s="62"/>
       <c r="AM76" s="62"/>
       <c r="AN76" s="62"/>
       <c r="AO76" s="62"/>
       <c r="AP76" s="62"/>
       <c r="AQ76" s="62"/>
       <c r="AR76" s="62"/>
     </row>
     <row r="77" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A77" s="239"/>
-[...4 lines deleted...]
-      <c r="F77" s="122"/>
+      <c r="A77" s="243"/>
+      <c r="B77" s="244"/>
+      <c r="C77" s="244"/>
+      <c r="D77" s="244"/>
+      <c r="E77" s="133"/>
+      <c r="F77" s="116"/>
       <c r="G77" s="51"/>
       <c r="H77" s="51"/>
       <c r="I77" s="51"/>
       <c r="J77" s="51"/>
-      <c r="K77" s="168"/>
-[...1 lines deleted...]
-      <c r="M77" s="170"/>
+      <c r="K77" s="162"/>
+      <c r="L77" s="163"/>
+      <c r="M77" s="164"/>
       <c r="N77" s="31"/>
       <c r="O77" s="32"/>
       <c r="P77" s="32"/>
-      <c r="Q77" s="134"/>
-      <c r="R77" s="118"/>
+      <c r="Q77" s="128"/>
+      <c r="R77" s="112"/>
       <c r="S77" s="33"/>
       <c r="T77" s="57"/>
       <c r="U77" s="58"/>
-      <c r="V77" s="198">
+      <c r="V77" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W77" s="197">
+      <c r="W77" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X77" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y77" s="62"/>
       <c r="Z77" s="62"/>
       <c r="AA77" s="62"/>
       <c r="AB77" s="62"/>
       <c r="AC77" s="62"/>
       <c r="AD77" s="62"/>
       <c r="AE77" s="62"/>
       <c r="AF77" s="62"/>
       <c r="AG77" s="62"/>
       <c r="AH77" s="62"/>
       <c r="AI77" s="62"/>
       <c r="AJ77" s="62"/>
       <c r="AK77" s="62"/>
       <c r="AL77" s="62"/>
       <c r="AM77" s="62"/>
       <c r="AN77" s="62"/>
       <c r="AO77" s="62"/>
       <c r="AP77" s="62"/>
       <c r="AQ77" s="62"/>
       <c r="AR77" s="62"/>
     </row>
     <row r="78" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A78" s="239"/>
-[...4 lines deleted...]
-      <c r="F78" s="122"/>
+      <c r="A78" s="243"/>
+      <c r="B78" s="244"/>
+      <c r="C78" s="244"/>
+      <c r="D78" s="244"/>
+      <c r="E78" s="133"/>
+      <c r="F78" s="116"/>
       <c r="G78" s="51"/>
       <c r="H78" s="51"/>
       <c r="I78" s="51"/>
       <c r="J78" s="51"/>
-      <c r="K78" s="168"/>
-[...1 lines deleted...]
-      <c r="M78" s="170"/>
+      <c r="K78" s="162"/>
+      <c r="L78" s="163"/>
+      <c r="M78" s="164"/>
       <c r="N78" s="31"/>
       <c r="O78" s="32"/>
       <c r="P78" s="32"/>
-      <c r="Q78" s="134"/>
-      <c r="R78" s="118"/>
+      <c r="Q78" s="128"/>
+      <c r="R78" s="112"/>
       <c r="S78" s="33"/>
       <c r="T78" s="57"/>
       <c r="U78" s="58"/>
-      <c r="V78" s="198">
+      <c r="V78" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W78" s="197">
+      <c r="W78" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X78" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y78" s="62"/>
       <c r="Z78" s="62"/>
       <c r="AA78" s="62"/>
       <c r="AB78" s="62"/>
       <c r="AC78" s="62"/>
       <c r="AD78" s="62"/>
       <c r="AE78" s="62"/>
       <c r="AF78" s="62"/>
       <c r="AG78" s="62"/>
       <c r="AH78" s="62"/>
       <c r="AI78" s="62"/>
       <c r="AJ78" s="62"/>
       <c r="AK78" s="62"/>
       <c r="AL78" s="62"/>
       <c r="AM78" s="62"/>
       <c r="AN78" s="62"/>
       <c r="AO78" s="62"/>
       <c r="AP78" s="62"/>
       <c r="AQ78" s="62"/>
       <c r="AR78" s="62"/>
     </row>
     <row r="79" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A79" s="239"/>
-[...4 lines deleted...]
-      <c r="F79" s="122"/>
+      <c r="A79" s="243"/>
+      <c r="B79" s="244"/>
+      <c r="C79" s="244"/>
+      <c r="D79" s="244"/>
+      <c r="E79" s="133"/>
+      <c r="F79" s="116"/>
       <c r="G79" s="51"/>
       <c r="H79" s="51"/>
       <c r="I79" s="51"/>
       <c r="J79" s="51"/>
-      <c r="K79" s="168"/>
-[...1 lines deleted...]
-      <c r="M79" s="170"/>
+      <c r="K79" s="162"/>
+      <c r="L79" s="163"/>
+      <c r="M79" s="164"/>
       <c r="N79" s="31"/>
       <c r="O79" s="32"/>
       <c r="P79" s="32"/>
-      <c r="Q79" s="134"/>
-      <c r="R79" s="118"/>
+      <c r="Q79" s="128"/>
+      <c r="R79" s="112"/>
       <c r="S79" s="33"/>
       <c r="T79" s="57"/>
       <c r="U79" s="58"/>
-      <c r="V79" s="198">
+      <c r="V79" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W79" s="197">
+      <c r="W79" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X79" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y79" s="62"/>
       <c r="Z79" s="62"/>
       <c r="AA79" s="62"/>
       <c r="AB79" s="62"/>
       <c r="AC79" s="62"/>
       <c r="AD79" s="62"/>
       <c r="AE79" s="62"/>
       <c r="AF79" s="62"/>
       <c r="AG79" s="62"/>
       <c r="AH79" s="62"/>
       <c r="AI79" s="62"/>
       <c r="AJ79" s="62"/>
       <c r="AK79" s="62"/>
       <c r="AL79" s="62"/>
       <c r="AM79" s="62"/>
       <c r="AN79" s="62"/>
       <c r="AO79" s="62"/>
       <c r="AP79" s="62"/>
       <c r="AQ79" s="62"/>
       <c r="AR79" s="62"/>
     </row>
     <row r="80" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A80" s="239"/>
-[...4 lines deleted...]
-      <c r="F80" s="122"/>
+      <c r="A80" s="243"/>
+      <c r="B80" s="244"/>
+      <c r="C80" s="244"/>
+      <c r="D80" s="244"/>
+      <c r="E80" s="133"/>
+      <c r="F80" s="116"/>
       <c r="G80" s="51"/>
       <c r="H80" s="51"/>
       <c r="I80" s="51"/>
       <c r="J80" s="51"/>
-      <c r="K80" s="168"/>
-[...1 lines deleted...]
-      <c r="M80" s="170"/>
+      <c r="K80" s="162"/>
+      <c r="L80" s="163"/>
+      <c r="M80" s="164"/>
       <c r="N80" s="31"/>
       <c r="O80" s="32"/>
       <c r="P80" s="32"/>
-      <c r="Q80" s="134"/>
-      <c r="R80" s="118"/>
+      <c r="Q80" s="128"/>
+      <c r="R80" s="112"/>
       <c r="S80" s="33"/>
       <c r="T80" s="57"/>
       <c r="U80" s="58"/>
-      <c r="V80" s="198">
+      <c r="V80" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W80" s="197">
+      <c r="W80" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X80" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y80" s="62"/>
       <c r="Z80" s="62"/>
       <c r="AA80" s="62"/>
       <c r="AB80" s="62"/>
       <c r="AC80" s="62"/>
       <c r="AD80" s="62"/>
       <c r="AE80" s="62"/>
       <c r="AF80" s="62"/>
       <c r="AG80" s="62"/>
       <c r="AH80" s="62"/>
       <c r="AI80" s="62"/>
       <c r="AJ80" s="62"/>
       <c r="AK80" s="62"/>
       <c r="AL80" s="62"/>
       <c r="AM80" s="62"/>
       <c r="AN80" s="62"/>
       <c r="AO80" s="62"/>
       <c r="AP80" s="62"/>
       <c r="AQ80" s="62"/>
       <c r="AR80" s="62"/>
     </row>
     <row r="81" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A81" s="239"/>
-[...4 lines deleted...]
-      <c r="F81" s="122"/>
+      <c r="A81" s="243"/>
+      <c r="B81" s="244"/>
+      <c r="C81" s="244"/>
+      <c r="D81" s="244"/>
+      <c r="E81" s="133"/>
+      <c r="F81" s="116"/>
       <c r="G81" s="51"/>
       <c r="H81" s="51"/>
       <c r="I81" s="51"/>
       <c r="J81" s="51"/>
-      <c r="K81" s="168"/>
-[...1 lines deleted...]
-      <c r="M81" s="170"/>
+      <c r="K81" s="162"/>
+      <c r="L81" s="163"/>
+      <c r="M81" s="164"/>
       <c r="N81" s="31"/>
       <c r="O81" s="32"/>
       <c r="P81" s="32"/>
-      <c r="Q81" s="134"/>
-      <c r="R81" s="118"/>
+      <c r="Q81" s="128"/>
+      <c r="R81" s="112"/>
       <c r="S81" s="33"/>
       <c r="T81" s="57"/>
       <c r="U81" s="58"/>
-      <c r="V81" s="198">
+      <c r="V81" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W81" s="197">
+      <c r="W81" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X81" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y81" s="62"/>
       <c r="Z81" s="62"/>
       <c r="AA81" s="62"/>
       <c r="AB81" s="62"/>
       <c r="AC81" s="62"/>
       <c r="AD81" s="62"/>
       <c r="AE81" s="62"/>
       <c r="AF81" s="62"/>
       <c r="AG81" s="62"/>
       <c r="AH81" s="62"/>
       <c r="AI81" s="62"/>
       <c r="AJ81" s="62"/>
       <c r="AK81" s="62"/>
       <c r="AL81" s="62"/>
       <c r="AM81" s="62"/>
       <c r="AN81" s="62"/>
       <c r="AO81" s="62"/>
       <c r="AP81" s="62"/>
       <c r="AQ81" s="62"/>
       <c r="AR81" s="62"/>
     </row>
     <row r="82" spans="1:44" ht="12" x14ac:dyDescent="0.2">
-      <c r="A82" s="239"/>
-[...4 lines deleted...]
-      <c r="F82" s="122"/>
+      <c r="A82" s="243"/>
+      <c r="B82" s="244"/>
+      <c r="C82" s="244"/>
+      <c r="D82" s="244"/>
+      <c r="E82" s="133"/>
+      <c r="F82" s="116"/>
       <c r="G82" s="51"/>
       <c r="H82" s="51"/>
       <c r="I82" s="51"/>
       <c r="J82" s="51"/>
-      <c r="K82" s="168"/>
-[...1 lines deleted...]
-      <c r="M82" s="170"/>
+      <c r="K82" s="162"/>
+      <c r="L82" s="163"/>
+      <c r="M82" s="164"/>
       <c r="N82" s="31"/>
       <c r="O82" s="32"/>
       <c r="P82" s="32"/>
-      <c r="Q82" s="134"/>
-      <c r="R82" s="118"/>
+      <c r="Q82" s="128"/>
+      <c r="R82" s="112"/>
       <c r="S82" s="33"/>
       <c r="T82" s="57"/>
       <c r="U82" s="58"/>
-      <c r="V82" s="198">
+      <c r="V82" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W82" s="197">
+      <c r="W82" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X82" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y82" s="62"/>
       <c r="Z82" s="62"/>
       <c r="AA82" s="62"/>
       <c r="AB82" s="62"/>
       <c r="AC82" s="62"/>
       <c r="AD82" s="62"/>
       <c r="AE82" s="62"/>
       <c r="AF82" s="62"/>
       <c r="AG82" s="62"/>
       <c r="AH82" s="62"/>
       <c r="AI82" s="62"/>
       <c r="AJ82" s="62"/>
       <c r="AK82" s="62"/>
       <c r="AL82" s="62"/>
       <c r="AM82" s="62"/>
       <c r="AN82" s="62"/>
       <c r="AO82" s="62"/>
       <c r="AP82" s="62"/>
       <c r="AQ82" s="62"/>
       <c r="AR82" s="62"/>
     </row>
     <row r="83" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="239"/>
-[...4 lines deleted...]
-      <c r="F83" s="122"/>
+      <c r="A83" s="243"/>
+      <c r="B83" s="244"/>
+      <c r="C83" s="244"/>
+      <c r="D83" s="244"/>
+      <c r="E83" s="133"/>
+      <c r="F83" s="116"/>
       <c r="G83" s="51"/>
       <c r="H83" s="51"/>
       <c r="I83" s="51"/>
       <c r="J83" s="51"/>
-      <c r="K83" s="168"/>
-[...1 lines deleted...]
-      <c r="M83" s="170"/>
+      <c r="K83" s="162"/>
+      <c r="L83" s="163"/>
+      <c r="M83" s="164"/>
       <c r="N83" s="31"/>
       <c r="O83" s="32"/>
       <c r="P83" s="32"/>
-      <c r="Q83" s="134"/>
-      <c r="R83" s="118"/>
+      <c r="Q83" s="128"/>
+      <c r="R83" s="112"/>
       <c r="S83" s="33"/>
       <c r="T83" s="57"/>
       <c r="U83" s="58"/>
-      <c r="V83" s="198">
+      <c r="V83" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W83" s="197">
+      <c r="W83" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X83" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y83" s="62"/>
       <c r="Z83" s="62"/>
       <c r="AA83" s="62"/>
       <c r="AB83" s="62"/>
       <c r="AC83" s="62"/>
       <c r="AD83" s="62"/>
       <c r="AE83" s="62"/>
       <c r="AF83" s="62"/>
       <c r="AG83" s="62"/>
       <c r="AH83" s="62"/>
       <c r="AI83" s="62"/>
       <c r="AJ83" s="62"/>
       <c r="AK83" s="62"/>
       <c r="AL83" s="62"/>
       <c r="AM83" s="62"/>
       <c r="AN83" s="62"/>
       <c r="AO83" s="62"/>
       <c r="AP83" s="62"/>
       <c r="AQ83" s="62"/>
       <c r="AR83" s="62"/>
     </row>
     <row r="84" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="239"/>
-[...4 lines deleted...]
-      <c r="F84" s="122"/>
+      <c r="A84" s="243"/>
+      <c r="B84" s="244"/>
+      <c r="C84" s="244"/>
+      <c r="D84" s="244"/>
+      <c r="E84" s="133"/>
+      <c r="F84" s="116"/>
       <c r="G84" s="51"/>
       <c r="H84" s="51"/>
       <c r="I84" s="51"/>
       <c r="J84" s="51"/>
-      <c r="K84" s="168"/>
-[...1 lines deleted...]
-      <c r="M84" s="170"/>
+      <c r="K84" s="162"/>
+      <c r="L84" s="163"/>
+      <c r="M84" s="164"/>
       <c r="N84" s="31"/>
       <c r="O84" s="32"/>
       <c r="P84" s="32"/>
-      <c r="Q84" s="134"/>
-      <c r="R84" s="118"/>
+      <c r="Q84" s="128"/>
+      <c r="R84" s="112"/>
       <c r="S84" s="33"/>
       <c r="T84" s="57"/>
       <c r="U84" s="58"/>
-      <c r="V84" s="198">
+      <c r="V84" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W84" s="197">
+      <c r="W84" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X84" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y84" s="62"/>
       <c r="Z84" s="62"/>
       <c r="AA84" s="62"/>
       <c r="AB84" s="62"/>
       <c r="AC84" s="62"/>
       <c r="AD84" s="62"/>
       <c r="AE84" s="62"/>
       <c r="AF84" s="62"/>
       <c r="AG84" s="62"/>
       <c r="AH84" s="62"/>
       <c r="AI84" s="62"/>
       <c r="AJ84" s="62"/>
       <c r="AK84" s="62"/>
       <c r="AL84" s="62"/>
       <c r="AM84" s="62"/>
       <c r="AN84" s="62"/>
       <c r="AO84" s="62"/>
       <c r="AP84" s="62"/>
       <c r="AQ84" s="62"/>
       <c r="AR84" s="62"/>
     </row>
     <row r="85" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="239"/>
-[...4 lines deleted...]
-      <c r="F85" s="122"/>
+      <c r="A85" s="243"/>
+      <c r="B85" s="244"/>
+      <c r="C85" s="244"/>
+      <c r="D85" s="244"/>
+      <c r="E85" s="133"/>
+      <c r="F85" s="116"/>
       <c r="G85" s="51"/>
       <c r="H85" s="51"/>
       <c r="I85" s="51"/>
       <c r="J85" s="51"/>
-      <c r="K85" s="168"/>
-[...1 lines deleted...]
-      <c r="M85" s="170"/>
+      <c r="K85" s="162"/>
+      <c r="L85" s="163"/>
+      <c r="M85" s="164"/>
       <c r="N85" s="31"/>
       <c r="O85" s="32"/>
       <c r="P85" s="32"/>
-      <c r="Q85" s="134"/>
-      <c r="R85" s="118"/>
+      <c r="Q85" s="128"/>
+      <c r="R85" s="112"/>
       <c r="S85" s="33"/>
       <c r="T85" s="57"/>
       <c r="U85" s="58"/>
-      <c r="V85" s="198">
+      <c r="V85" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W85" s="197">
+      <c r="W85" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X85" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y85" s="62"/>
       <c r="Z85" s="62"/>
       <c r="AA85" s="62"/>
       <c r="AB85" s="62"/>
       <c r="AC85" s="62"/>
       <c r="AD85" s="62"/>
       <c r="AE85" s="62"/>
       <c r="AF85" s="62"/>
       <c r="AG85" s="62"/>
       <c r="AH85" s="62"/>
       <c r="AI85" s="62"/>
       <c r="AJ85" s="62"/>
       <c r="AK85" s="62"/>
       <c r="AL85" s="62"/>
       <c r="AM85" s="62"/>
       <c r="AN85" s="62"/>
       <c r="AO85" s="62"/>
       <c r="AP85" s="62"/>
       <c r="AQ85" s="62"/>
       <c r="AR85" s="62"/>
     </row>
     <row r="86" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="239"/>
-[...4 lines deleted...]
-      <c r="F86" s="122"/>
+      <c r="A86" s="243"/>
+      <c r="B86" s="244"/>
+      <c r="C86" s="244"/>
+      <c r="D86" s="244"/>
+      <c r="E86" s="133"/>
+      <c r="F86" s="116"/>
       <c r="G86" s="51"/>
       <c r="H86" s="51"/>
       <c r="I86" s="51"/>
       <c r="J86" s="51"/>
-      <c r="K86" s="168"/>
-[...1 lines deleted...]
-      <c r="M86" s="170"/>
+      <c r="K86" s="162"/>
+      <c r="L86" s="163"/>
+      <c r="M86" s="164"/>
       <c r="N86" s="31"/>
       <c r="O86" s="32"/>
       <c r="P86" s="32"/>
-      <c r="Q86" s="134"/>
-      <c r="R86" s="118"/>
+      <c r="Q86" s="128"/>
+      <c r="R86" s="112"/>
       <c r="S86" s="33"/>
       <c r="T86" s="57"/>
       <c r="U86" s="58"/>
-      <c r="V86" s="198">
+      <c r="V86" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W86" s="197">
+      <c r="W86" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X86" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y86" s="62"/>
       <c r="Z86" s="62"/>
       <c r="AA86" s="62"/>
       <c r="AB86" s="62"/>
       <c r="AC86" s="62"/>
       <c r="AD86" s="62"/>
       <c r="AE86" s="62"/>
       <c r="AF86" s="62"/>
       <c r="AG86" s="62"/>
       <c r="AH86" s="62"/>
       <c r="AI86" s="62"/>
       <c r="AJ86" s="62"/>
       <c r="AK86" s="62"/>
       <c r="AL86" s="62"/>
       <c r="AM86" s="62"/>
       <c r="AN86" s="62"/>
       <c r="AO86" s="62"/>
       <c r="AP86" s="62"/>
       <c r="AQ86" s="62"/>
       <c r="AR86" s="62"/>
     </row>
     <row r="87" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="239"/>
-[...4 lines deleted...]
-      <c r="F87" s="122"/>
+      <c r="A87" s="243"/>
+      <c r="B87" s="244"/>
+      <c r="C87" s="244"/>
+      <c r="D87" s="244"/>
+      <c r="E87" s="133"/>
+      <c r="F87" s="116"/>
       <c r="G87" s="51"/>
       <c r="H87" s="51"/>
       <c r="I87" s="51"/>
       <c r="J87" s="51"/>
-      <c r="K87" s="168"/>
-[...1 lines deleted...]
-      <c r="M87" s="170"/>
+      <c r="K87" s="162"/>
+      <c r="L87" s="163"/>
+      <c r="M87" s="164"/>
       <c r="N87" s="31"/>
       <c r="O87" s="32"/>
       <c r="P87" s="32"/>
-      <c r="Q87" s="134"/>
-      <c r="R87" s="118"/>
+      <c r="Q87" s="128"/>
+      <c r="R87" s="112"/>
       <c r="S87" s="33"/>
       <c r="T87" s="57"/>
       <c r="U87" s="58"/>
-      <c r="V87" s="198">
+      <c r="V87" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W87" s="197">
+      <c r="W87" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X87" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y87" s="62"/>
       <c r="Z87" s="62"/>
       <c r="AA87" s="62"/>
       <c r="AB87" s="62"/>
       <c r="AC87" s="62"/>
       <c r="AD87" s="62"/>
       <c r="AE87" s="62"/>
       <c r="AF87" s="62"/>
       <c r="AG87" s="62"/>
       <c r="AH87" s="62"/>
       <c r="AI87" s="62"/>
       <c r="AJ87" s="62"/>
       <c r="AK87" s="62"/>
       <c r="AL87" s="62"/>
       <c r="AM87" s="62"/>
       <c r="AN87" s="62"/>
       <c r="AO87" s="62"/>
       <c r="AP87" s="62"/>
       <c r="AQ87" s="62"/>
       <c r="AR87" s="62"/>
     </row>
     <row r="88" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="239"/>
-[...4 lines deleted...]
-      <c r="F88" s="122"/>
+      <c r="A88" s="243"/>
+      <c r="B88" s="244"/>
+      <c r="C88" s="244"/>
+      <c r="D88" s="244"/>
+      <c r="E88" s="133"/>
+      <c r="F88" s="116"/>
       <c r="G88" s="51"/>
       <c r="H88" s="51"/>
       <c r="I88" s="51"/>
       <c r="J88" s="51"/>
-      <c r="K88" s="168"/>
-[...1 lines deleted...]
-      <c r="M88" s="170"/>
+      <c r="K88" s="162"/>
+      <c r="L88" s="163"/>
+      <c r="M88" s="164"/>
       <c r="N88" s="31"/>
       <c r="O88" s="32"/>
       <c r="P88" s="32"/>
-      <c r="Q88" s="134"/>
-      <c r="R88" s="118"/>
+      <c r="Q88" s="128"/>
+      <c r="R88" s="112"/>
       <c r="S88" s="33"/>
       <c r="T88" s="57"/>
       <c r="U88" s="58"/>
-      <c r="V88" s="198">
+      <c r="V88" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W88" s="197">
+      <c r="W88" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X88" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y88" s="62"/>
       <c r="Z88" s="62"/>
       <c r="AA88" s="62"/>
       <c r="AB88" s="62"/>
       <c r="AC88" s="62"/>
       <c r="AD88" s="62"/>
       <c r="AE88" s="62"/>
       <c r="AF88" s="62"/>
       <c r="AG88" s="62"/>
       <c r="AH88" s="62"/>
       <c r="AI88" s="62"/>
       <c r="AJ88" s="62"/>
       <c r="AK88" s="62"/>
       <c r="AL88" s="62"/>
       <c r="AM88" s="62"/>
       <c r="AN88" s="62"/>
       <c r="AO88" s="62"/>
       <c r="AP88" s="62"/>
       <c r="AQ88" s="62"/>
       <c r="AR88" s="62"/>
     </row>
     <row r="89" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="239"/>
-[...4 lines deleted...]
-      <c r="F89" s="122"/>
+      <c r="A89" s="243"/>
+      <c r="B89" s="244"/>
+      <c r="C89" s="244"/>
+      <c r="D89" s="244"/>
+      <c r="E89" s="133"/>
+      <c r="F89" s="116"/>
       <c r="G89" s="51"/>
       <c r="H89" s="51"/>
       <c r="I89" s="51"/>
       <c r="J89" s="51"/>
-      <c r="K89" s="168"/>
-[...1 lines deleted...]
-      <c r="M89" s="170"/>
+      <c r="K89" s="162"/>
+      <c r="L89" s="163"/>
+      <c r="M89" s="164"/>
       <c r="N89" s="31"/>
       <c r="O89" s="32"/>
       <c r="P89" s="32"/>
-      <c r="Q89" s="134"/>
-      <c r="R89" s="118"/>
+      <c r="Q89" s="128"/>
+      <c r="R89" s="112"/>
       <c r="S89" s="33"/>
       <c r="T89" s="57"/>
       <c r="U89" s="58"/>
-      <c r="V89" s="198">
+      <c r="V89" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W89" s="197">
+      <c r="W89" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X89" s="2">
         <f t="shared" ref="X89:X152" si="6">IF(E89="o",0,SUM(N89:U89))</f>
         <v>0</v>
       </c>
       <c r="Y89" s="62"/>
       <c r="Z89" s="62"/>
       <c r="AA89" s="62"/>
       <c r="AB89" s="62"/>
       <c r="AC89" s="62"/>
       <c r="AD89" s="62"/>
       <c r="AE89" s="62"/>
       <c r="AF89" s="62"/>
       <c r="AG89" s="62"/>
       <c r="AH89" s="62"/>
       <c r="AI89" s="62"/>
       <c r="AJ89" s="62"/>
       <c r="AK89" s="62"/>
       <c r="AL89" s="62"/>
       <c r="AM89" s="62"/>
       <c r="AN89" s="62"/>
       <c r="AO89" s="62"/>
       <c r="AP89" s="62"/>
       <c r="AQ89" s="62"/>
       <c r="AR89" s="62"/>
     </row>
     <row r="90" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="239"/>
-[...4 lines deleted...]
-      <c r="F90" s="122"/>
+      <c r="A90" s="243"/>
+      <c r="B90" s="244"/>
+      <c r="C90" s="244"/>
+      <c r="D90" s="244"/>
+      <c r="E90" s="133"/>
+      <c r="F90" s="116"/>
       <c r="G90" s="51"/>
       <c r="H90" s="51"/>
       <c r="I90" s="51"/>
       <c r="J90" s="51"/>
-      <c r="K90" s="168"/>
-[...1 lines deleted...]
-      <c r="M90" s="170"/>
+      <c r="K90" s="162"/>
+      <c r="L90" s="163"/>
+      <c r="M90" s="164"/>
       <c r="N90" s="31"/>
       <c r="O90" s="32"/>
       <c r="P90" s="32"/>
-      <c r="Q90" s="134"/>
-      <c r="R90" s="118"/>
+      <c r="Q90" s="128"/>
+      <c r="R90" s="112"/>
       <c r="S90" s="33"/>
       <c r="T90" s="57"/>
       <c r="U90" s="58"/>
-      <c r="V90" s="198">
+      <c r="V90" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W90" s="197">
+      <c r="W90" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X90" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y90" s="62"/>
       <c r="Z90" s="62"/>
       <c r="AA90" s="62"/>
       <c r="AB90" s="62"/>
       <c r="AC90" s="62"/>
       <c r="AD90" s="62"/>
       <c r="AE90" s="62"/>
       <c r="AF90" s="62"/>
       <c r="AG90" s="62"/>
       <c r="AH90" s="62"/>
       <c r="AI90" s="62"/>
       <c r="AJ90" s="62"/>
       <c r="AK90" s="62"/>
       <c r="AL90" s="62"/>
       <c r="AM90" s="62"/>
       <c r="AN90" s="62"/>
       <c r="AO90" s="62"/>
       <c r="AP90" s="62"/>
       <c r="AQ90" s="62"/>
       <c r="AR90" s="62"/>
     </row>
     <row r="91" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="239"/>
-[...4 lines deleted...]
-      <c r="F91" s="122"/>
+      <c r="A91" s="243"/>
+      <c r="B91" s="244"/>
+      <c r="C91" s="244"/>
+      <c r="D91" s="244"/>
+      <c r="E91" s="133"/>
+      <c r="F91" s="116"/>
       <c r="G91" s="51"/>
       <c r="H91" s="51"/>
       <c r="I91" s="51"/>
       <c r="J91" s="51"/>
-      <c r="K91" s="168"/>
-[...1 lines deleted...]
-      <c r="M91" s="170"/>
+      <c r="K91" s="162"/>
+      <c r="L91" s="163"/>
+      <c r="M91" s="164"/>
       <c r="N91" s="31"/>
       <c r="O91" s="32"/>
       <c r="P91" s="32"/>
-      <c r="Q91" s="134"/>
-      <c r="R91" s="118"/>
+      <c r="Q91" s="128"/>
+      <c r="R91" s="112"/>
       <c r="S91" s="33"/>
       <c r="T91" s="57"/>
       <c r="U91" s="58"/>
-      <c r="V91" s="198">
+      <c r="V91" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W91" s="197">
+      <c r="W91" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X91" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y91" s="62"/>
       <c r="Z91" s="62"/>
       <c r="AA91" s="62"/>
       <c r="AB91" s="62"/>
       <c r="AC91" s="62"/>
       <c r="AD91" s="62"/>
       <c r="AE91" s="62"/>
       <c r="AF91" s="62"/>
       <c r="AG91" s="62"/>
       <c r="AH91" s="62"/>
       <c r="AI91" s="62"/>
       <c r="AJ91" s="62"/>
       <c r="AK91" s="62"/>
       <c r="AL91" s="62"/>
       <c r="AM91" s="62"/>
       <c r="AN91" s="62"/>
       <c r="AO91" s="62"/>
       <c r="AP91" s="62"/>
       <c r="AQ91" s="62"/>
       <c r="AR91" s="62"/>
     </row>
     <row r="92" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="239"/>
-[...4 lines deleted...]
-      <c r="F92" s="122"/>
+      <c r="A92" s="243"/>
+      <c r="B92" s="244"/>
+      <c r="C92" s="244"/>
+      <c r="D92" s="244"/>
+      <c r="E92" s="133"/>
+      <c r="F92" s="116"/>
       <c r="G92" s="51"/>
       <c r="H92" s="51"/>
       <c r="I92" s="51"/>
       <c r="J92" s="51"/>
-      <c r="K92" s="168"/>
-[...1 lines deleted...]
-      <c r="M92" s="170"/>
+      <c r="K92" s="162"/>
+      <c r="L92" s="163"/>
+      <c r="M92" s="164"/>
       <c r="N92" s="31"/>
       <c r="O92" s="32"/>
       <c r="P92" s="32"/>
-      <c r="Q92" s="134"/>
-      <c r="R92" s="118"/>
+      <c r="Q92" s="128"/>
+      <c r="R92" s="112"/>
       <c r="S92" s="33"/>
       <c r="T92" s="57"/>
       <c r="U92" s="58"/>
-      <c r="V92" s="198">
+      <c r="V92" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W92" s="197">
+      <c r="W92" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X92" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y92" s="62"/>
       <c r="Z92" s="62"/>
       <c r="AA92" s="62"/>
       <c r="AB92" s="62"/>
       <c r="AC92" s="62"/>
       <c r="AD92" s="62"/>
       <c r="AE92" s="62"/>
       <c r="AF92" s="62"/>
       <c r="AG92" s="62"/>
       <c r="AH92" s="62"/>
       <c r="AI92" s="62"/>
       <c r="AJ92" s="62"/>
       <c r="AK92" s="62"/>
       <c r="AL92" s="62"/>
       <c r="AM92" s="62"/>
       <c r="AN92" s="62"/>
       <c r="AO92" s="62"/>
       <c r="AP92" s="62"/>
       <c r="AQ92" s="62"/>
       <c r="AR92" s="62"/>
     </row>
     <row r="93" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="239"/>
-[...4 lines deleted...]
-      <c r="F93" s="122"/>
+      <c r="A93" s="243"/>
+      <c r="B93" s="244"/>
+      <c r="C93" s="244"/>
+      <c r="D93" s="244"/>
+      <c r="E93" s="133"/>
+      <c r="F93" s="116"/>
       <c r="G93" s="51"/>
       <c r="H93" s="51"/>
       <c r="I93" s="51"/>
       <c r="J93" s="51"/>
-      <c r="K93" s="168"/>
-[...1 lines deleted...]
-      <c r="M93" s="170"/>
+      <c r="K93" s="162"/>
+      <c r="L93" s="163"/>
+      <c r="M93" s="164"/>
       <c r="N93" s="31"/>
       <c r="O93" s="32"/>
       <c r="P93" s="32"/>
-      <c r="Q93" s="134"/>
-      <c r="R93" s="118"/>
+      <c r="Q93" s="128"/>
+      <c r="R93" s="112"/>
       <c r="S93" s="33"/>
       <c r="T93" s="57"/>
       <c r="U93" s="58"/>
-      <c r="V93" s="198">
+      <c r="V93" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W93" s="197">
+      <c r="W93" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X93" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y93" s="62"/>
       <c r="Z93" s="62"/>
       <c r="AA93" s="62"/>
       <c r="AB93" s="62"/>
       <c r="AC93" s="62"/>
       <c r="AD93" s="62"/>
       <c r="AE93" s="62"/>
       <c r="AF93" s="62"/>
       <c r="AG93" s="62"/>
       <c r="AH93" s="62"/>
       <c r="AI93" s="62"/>
       <c r="AJ93" s="62"/>
       <c r="AK93" s="62"/>
       <c r="AL93" s="62"/>
       <c r="AM93" s="62"/>
       <c r="AN93" s="62"/>
       <c r="AO93" s="62"/>
       <c r="AP93" s="62"/>
       <c r="AQ93" s="62"/>
       <c r="AR93" s="62"/>
     </row>
     <row r="94" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="239"/>
-[...4 lines deleted...]
-      <c r="F94" s="122"/>
+      <c r="A94" s="243"/>
+      <c r="B94" s="244"/>
+      <c r="C94" s="244"/>
+      <c r="D94" s="244"/>
+      <c r="E94" s="133"/>
+      <c r="F94" s="116"/>
       <c r="G94" s="51"/>
       <c r="H94" s="51"/>
       <c r="I94" s="51"/>
       <c r="J94" s="51"/>
-      <c r="K94" s="168"/>
-[...1 lines deleted...]
-      <c r="M94" s="170"/>
+      <c r="K94" s="162"/>
+      <c r="L94" s="163"/>
+      <c r="M94" s="164"/>
       <c r="N94" s="31"/>
       <c r="O94" s="32"/>
       <c r="P94" s="32"/>
-      <c r="Q94" s="134"/>
-      <c r="R94" s="118"/>
+      <c r="Q94" s="128"/>
+      <c r="R94" s="112"/>
       <c r="S94" s="33"/>
       <c r="T94" s="57"/>
       <c r="U94" s="58"/>
-      <c r="V94" s="198">
+      <c r="V94" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W94" s="197">
+      <c r="W94" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X94" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y94" s="62"/>
       <c r="Z94" s="62"/>
       <c r="AA94" s="62"/>
       <c r="AB94" s="62"/>
       <c r="AC94" s="62"/>
       <c r="AD94" s="62"/>
       <c r="AE94" s="62"/>
       <c r="AF94" s="62"/>
       <c r="AG94" s="62"/>
       <c r="AH94" s="62"/>
       <c r="AI94" s="62"/>
       <c r="AJ94" s="62"/>
       <c r="AK94" s="62"/>
       <c r="AL94" s="62"/>
       <c r="AM94" s="62"/>
       <c r="AN94" s="62"/>
       <c r="AO94" s="62"/>
       <c r="AP94" s="62"/>
       <c r="AQ94" s="62"/>
       <c r="AR94" s="62"/>
     </row>
     <row r="95" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="239"/>
-[...4 lines deleted...]
-      <c r="F95" s="122"/>
+      <c r="A95" s="243"/>
+      <c r="B95" s="244"/>
+      <c r="C95" s="244"/>
+      <c r="D95" s="244"/>
+      <c r="E95" s="133"/>
+      <c r="F95" s="116"/>
       <c r="G95" s="51"/>
       <c r="H95" s="51"/>
       <c r="I95" s="51"/>
       <c r="J95" s="51"/>
-      <c r="K95" s="168"/>
-[...1 lines deleted...]
-      <c r="M95" s="170"/>
+      <c r="K95" s="162"/>
+      <c r="L95" s="163"/>
+      <c r="M95" s="164"/>
       <c r="N95" s="31"/>
       <c r="O95" s="32"/>
       <c r="P95" s="32"/>
-      <c r="Q95" s="134"/>
-      <c r="R95" s="118"/>
+      <c r="Q95" s="128"/>
+      <c r="R95" s="112"/>
       <c r="S95" s="33"/>
       <c r="T95" s="57"/>
       <c r="U95" s="58"/>
-      <c r="V95" s="198">
+      <c r="V95" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W95" s="197">
+      <c r="W95" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X95" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y95" s="62"/>
       <c r="Z95" s="62"/>
       <c r="AA95" s="62"/>
       <c r="AB95" s="62"/>
       <c r="AC95" s="62"/>
       <c r="AD95" s="62"/>
       <c r="AE95" s="62"/>
       <c r="AF95" s="62"/>
       <c r="AG95" s="62"/>
       <c r="AH95" s="62"/>
       <c r="AI95" s="62"/>
       <c r="AJ95" s="62"/>
       <c r="AK95" s="62"/>
       <c r="AL95" s="62"/>
       <c r="AM95" s="62"/>
       <c r="AN95" s="62"/>
       <c r="AO95" s="62"/>
       <c r="AP95" s="62"/>
       <c r="AQ95" s="62"/>
       <c r="AR95" s="62"/>
     </row>
     <row r="96" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="239"/>
-[...4 lines deleted...]
-      <c r="F96" s="122"/>
+      <c r="A96" s="243"/>
+      <c r="B96" s="244"/>
+      <c r="C96" s="244"/>
+      <c r="D96" s="244"/>
+      <c r="E96" s="133"/>
+      <c r="F96" s="116"/>
       <c r="G96" s="51"/>
       <c r="H96" s="51"/>
       <c r="I96" s="51"/>
       <c r="J96" s="51"/>
-      <c r="K96" s="168"/>
-[...1 lines deleted...]
-      <c r="M96" s="170"/>
+      <c r="K96" s="162"/>
+      <c r="L96" s="163"/>
+      <c r="M96" s="164"/>
       <c r="N96" s="31"/>
       <c r="O96" s="32"/>
       <c r="P96" s="32"/>
-      <c r="Q96" s="134"/>
-      <c r="R96" s="118"/>
+      <c r="Q96" s="128"/>
+      <c r="R96" s="112"/>
       <c r="S96" s="33"/>
       <c r="T96" s="57"/>
       <c r="U96" s="58"/>
-      <c r="V96" s="198">
+      <c r="V96" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W96" s="197">
+      <c r="W96" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X96" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y96" s="62"/>
       <c r="Z96" s="62"/>
       <c r="AA96" s="62"/>
       <c r="AB96" s="62"/>
       <c r="AC96" s="62"/>
       <c r="AD96" s="62"/>
       <c r="AE96" s="62"/>
       <c r="AF96" s="62"/>
       <c r="AG96" s="62"/>
       <c r="AH96" s="62"/>
       <c r="AI96" s="62"/>
       <c r="AJ96" s="62"/>
       <c r="AK96" s="62"/>
       <c r="AL96" s="62"/>
       <c r="AM96" s="62"/>
       <c r="AN96" s="62"/>
       <c r="AO96" s="62"/>
       <c r="AP96" s="62"/>
       <c r="AQ96" s="62"/>
       <c r="AR96" s="62"/>
     </row>
     <row r="97" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="239"/>
-[...4 lines deleted...]
-      <c r="F97" s="122"/>
+      <c r="A97" s="243"/>
+      <c r="B97" s="244"/>
+      <c r="C97" s="244"/>
+      <c r="D97" s="244"/>
+      <c r="E97" s="133"/>
+      <c r="F97" s="116"/>
       <c r="G97" s="51"/>
       <c r="H97" s="51"/>
       <c r="I97" s="51"/>
       <c r="J97" s="51"/>
-      <c r="K97" s="168"/>
-[...1 lines deleted...]
-      <c r="M97" s="170"/>
+      <c r="K97" s="162"/>
+      <c r="L97" s="163"/>
+      <c r="M97" s="164"/>
       <c r="N97" s="31"/>
       <c r="O97" s="32"/>
       <c r="P97" s="32"/>
-      <c r="Q97" s="134"/>
-      <c r="R97" s="118"/>
+      <c r="Q97" s="128"/>
+      <c r="R97" s="112"/>
       <c r="S97" s="33"/>
       <c r="T97" s="57"/>
       <c r="U97" s="58"/>
-      <c r="V97" s="198">
+      <c r="V97" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W97" s="197">
+      <c r="W97" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X97" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y97" s="62"/>
       <c r="Z97" s="62"/>
       <c r="AA97" s="62"/>
       <c r="AB97" s="62"/>
       <c r="AC97" s="62"/>
       <c r="AD97" s="62"/>
       <c r="AE97" s="62"/>
       <c r="AF97" s="62"/>
       <c r="AG97" s="62"/>
       <c r="AH97" s="62"/>
       <c r="AI97" s="62"/>
       <c r="AJ97" s="62"/>
       <c r="AK97" s="62"/>
       <c r="AL97" s="62"/>
       <c r="AM97" s="62"/>
       <c r="AN97" s="62"/>
       <c r="AO97" s="62"/>
       <c r="AP97" s="62"/>
       <c r="AQ97" s="62"/>
       <c r="AR97" s="62"/>
     </row>
     <row r="98" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="239"/>
-[...4 lines deleted...]
-      <c r="F98" s="122"/>
+      <c r="A98" s="243"/>
+      <c r="B98" s="244"/>
+      <c r="C98" s="244"/>
+      <c r="D98" s="244"/>
+      <c r="E98" s="133"/>
+      <c r="F98" s="116"/>
       <c r="G98" s="51"/>
       <c r="H98" s="51"/>
       <c r="I98" s="51"/>
       <c r="J98" s="51"/>
-      <c r="K98" s="168"/>
-[...1 lines deleted...]
-      <c r="M98" s="170"/>
+      <c r="K98" s="162"/>
+      <c r="L98" s="163"/>
+      <c r="M98" s="164"/>
       <c r="N98" s="31"/>
       <c r="O98" s="32"/>
       <c r="P98" s="32"/>
-      <c r="Q98" s="134"/>
-      <c r="R98" s="118"/>
+      <c r="Q98" s="128"/>
+      <c r="R98" s="112"/>
       <c r="S98" s="33"/>
       <c r="T98" s="57"/>
       <c r="U98" s="58"/>
-      <c r="V98" s="198">
+      <c r="V98" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W98" s="197">
+      <c r="W98" s="191">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X98" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y98" s="62"/>
       <c r="Z98" s="62"/>
       <c r="AA98" s="62"/>
       <c r="AB98" s="62"/>
       <c r="AC98" s="62"/>
       <c r="AD98" s="62"/>
       <c r="AE98" s="62"/>
       <c r="AF98" s="62"/>
       <c r="AG98" s="62"/>
       <c r="AH98" s="62"/>
       <c r="AI98" s="62"/>
       <c r="AJ98" s="62"/>
       <c r="AK98" s="62"/>
       <c r="AL98" s="62"/>
       <c r="AM98" s="62"/>
       <c r="AN98" s="62"/>
       <c r="AO98" s="62"/>
       <c r="AP98" s="62"/>
       <c r="AQ98" s="62"/>
       <c r="AR98" s="62"/>
     </row>
     <row r="99" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A99" s="239"/>
-[...4 lines deleted...]
-      <c r="F99" s="122"/>
+      <c r="A99" s="243"/>
+      <c r="B99" s="244"/>
+      <c r="C99" s="244"/>
+      <c r="D99" s="244"/>
+      <c r="E99" s="133"/>
+      <c r="F99" s="116"/>
       <c r="G99" s="51"/>
       <c r="H99" s="51"/>
       <c r="I99" s="51"/>
       <c r="J99" s="51"/>
-      <c r="K99" s="168"/>
-[...1 lines deleted...]
-      <c r="M99" s="170"/>
+      <c r="K99" s="162"/>
+      <c r="L99" s="163"/>
+      <c r="M99" s="164"/>
       <c r="N99" s="31"/>
       <c r="O99" s="32"/>
       <c r="P99" s="32"/>
-      <c r="Q99" s="134"/>
-      <c r="R99" s="118"/>
+      <c r="Q99" s="128"/>
+      <c r="R99" s="112"/>
       <c r="S99" s="33"/>
       <c r="T99" s="57"/>
       <c r="U99" s="58"/>
-      <c r="V99" s="198">
+      <c r="V99" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W99" s="197">
+      <c r="W99" s="191">
         <f t="shared" ref="W99:W162" si="7">IF(E99="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E99="b",(F99/12*N99)+(G99/12*O99)+(H99/12*P99)+(I99/12*Q99)+(J99/12*R99)+(K99/12*S99)+(L99/12*T99)+(M99/12*U99),0),(F99*1.2%*$F$17/12*N99)+(G99*1.2%*$G$17/12*O99)+(H99*1.2%*$H$17/12*P99)+(I99*1.2%*$I$17/12*Q99)+(J99*1.2%*$J$17/12*R99)+(K99*1.2%*$K$17/12*S99)+(L99*1.2%*$L$17/12*T99)+(M99*1.2%*$M$17/12*U99)))</f>
         <v>0</v>
       </c>
       <c r="X99" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y99" s="62"/>
       <c r="Z99" s="62"/>
       <c r="AA99" s="62"/>
       <c r="AB99" s="62"/>
       <c r="AC99" s="62"/>
       <c r="AD99" s="62"/>
       <c r="AE99" s="62"/>
       <c r="AF99" s="62"/>
       <c r="AG99" s="62"/>
       <c r="AH99" s="62"/>
       <c r="AI99" s="62"/>
       <c r="AJ99" s="62"/>
       <c r="AK99" s="62"/>
       <c r="AL99" s="62"/>
       <c r="AM99" s="62"/>
       <c r="AN99" s="62"/>
       <c r="AO99" s="62"/>
       <c r="AP99" s="62"/>
       <c r="AQ99" s="62"/>
       <c r="AR99" s="62"/>
     </row>
     <row r="100" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="239"/>
-[...4 lines deleted...]
-      <c r="F100" s="122"/>
+      <c r="A100" s="243"/>
+      <c r="B100" s="244"/>
+      <c r="C100" s="244"/>
+      <c r="D100" s="244"/>
+      <c r="E100" s="133"/>
+      <c r="F100" s="116"/>
       <c r="G100" s="51"/>
       <c r="H100" s="51"/>
       <c r="I100" s="51"/>
       <c r="J100" s="51"/>
-      <c r="K100" s="168"/>
-[...1 lines deleted...]
-      <c r="M100" s="170"/>
+      <c r="K100" s="162"/>
+      <c r="L100" s="163"/>
+      <c r="M100" s="164"/>
       <c r="N100" s="31"/>
       <c r="O100" s="32"/>
       <c r="P100" s="32"/>
-      <c r="Q100" s="134"/>
-      <c r="R100" s="118"/>
+      <c r="Q100" s="128"/>
+      <c r="R100" s="112"/>
       <c r="S100" s="33"/>
       <c r="T100" s="57"/>
       <c r="U100" s="58"/>
-      <c r="V100" s="198">
+      <c r="V100" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W100" s="197">
+      <c r="W100" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X100" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y100" s="62"/>
       <c r="Z100" s="62"/>
       <c r="AA100" s="62"/>
       <c r="AB100" s="62"/>
       <c r="AC100" s="62"/>
       <c r="AD100" s="62"/>
       <c r="AE100" s="62"/>
       <c r="AF100" s="62"/>
       <c r="AG100" s="62"/>
       <c r="AH100" s="62"/>
       <c r="AI100" s="62"/>
       <c r="AJ100" s="62"/>
       <c r="AK100" s="62"/>
       <c r="AL100" s="62"/>
       <c r="AM100" s="62"/>
       <c r="AN100" s="62"/>
       <c r="AO100" s="62"/>
       <c r="AP100" s="62"/>
       <c r="AQ100" s="62"/>
       <c r="AR100" s="62"/>
     </row>
     <row r="101" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="239"/>
-[...4 lines deleted...]
-      <c r="F101" s="122"/>
+      <c r="A101" s="243"/>
+      <c r="B101" s="244"/>
+      <c r="C101" s="244"/>
+      <c r="D101" s="244"/>
+      <c r="E101" s="133"/>
+      <c r="F101" s="116"/>
       <c r="G101" s="51"/>
       <c r="H101" s="51"/>
       <c r="I101" s="51"/>
       <c r="J101" s="51"/>
-      <c r="K101" s="168"/>
-[...1 lines deleted...]
-      <c r="M101" s="170"/>
+      <c r="K101" s="162"/>
+      <c r="L101" s="163"/>
+      <c r="M101" s="164"/>
       <c r="N101" s="31"/>
       <c r="O101" s="32"/>
       <c r="P101" s="32"/>
-      <c r="Q101" s="134"/>
-      <c r="R101" s="118"/>
+      <c r="Q101" s="128"/>
+      <c r="R101" s="112"/>
       <c r="S101" s="33"/>
       <c r="T101" s="57"/>
       <c r="U101" s="58"/>
-      <c r="V101" s="198">
+      <c r="V101" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W101" s="197">
+      <c r="W101" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X101" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y101" s="62"/>
       <c r="Z101" s="62"/>
       <c r="AA101" s="62"/>
       <c r="AB101" s="62"/>
       <c r="AC101" s="62"/>
       <c r="AD101" s="62"/>
       <c r="AE101" s="62"/>
       <c r="AF101" s="62"/>
       <c r="AG101" s="62"/>
       <c r="AH101" s="62"/>
       <c r="AI101" s="62"/>
       <c r="AJ101" s="62"/>
       <c r="AK101" s="62"/>
       <c r="AL101" s="62"/>
       <c r="AM101" s="62"/>
       <c r="AN101" s="62"/>
       <c r="AO101" s="62"/>
       <c r="AP101" s="62"/>
       <c r="AQ101" s="62"/>
       <c r="AR101" s="62"/>
     </row>
     <row r="102" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="239"/>
-[...4 lines deleted...]
-      <c r="F102" s="122"/>
+      <c r="A102" s="243"/>
+      <c r="B102" s="244"/>
+      <c r="C102" s="244"/>
+      <c r="D102" s="244"/>
+      <c r="E102" s="133"/>
+      <c r="F102" s="116"/>
       <c r="G102" s="51"/>
       <c r="H102" s="51"/>
       <c r="I102" s="51"/>
       <c r="J102" s="51"/>
-      <c r="K102" s="168"/>
-[...1 lines deleted...]
-      <c r="M102" s="170"/>
+      <c r="K102" s="162"/>
+      <c r="L102" s="163"/>
+      <c r="M102" s="164"/>
       <c r="N102" s="31"/>
       <c r="O102" s="32"/>
       <c r="P102" s="32"/>
-      <c r="Q102" s="134"/>
-      <c r="R102" s="118"/>
+      <c r="Q102" s="128"/>
+      <c r="R102" s="112"/>
       <c r="S102" s="33"/>
       <c r="T102" s="57"/>
       <c r="U102" s="58"/>
-      <c r="V102" s="198">
+      <c r="V102" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W102" s="197">
+      <c r="W102" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X102" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y102" s="62"/>
       <c r="Z102" s="62"/>
       <c r="AA102" s="62"/>
       <c r="AB102" s="62"/>
       <c r="AC102" s="62"/>
       <c r="AD102" s="62"/>
       <c r="AE102" s="62"/>
       <c r="AF102" s="62"/>
       <c r="AG102" s="62"/>
       <c r="AH102" s="62"/>
       <c r="AI102" s="62"/>
       <c r="AJ102" s="62"/>
       <c r="AK102" s="62"/>
       <c r="AL102" s="62"/>
       <c r="AM102" s="62"/>
       <c r="AN102" s="62"/>
       <c r="AO102" s="62"/>
       <c r="AP102" s="62"/>
       <c r="AQ102" s="62"/>
       <c r="AR102" s="62"/>
     </row>
     <row r="103" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="239"/>
-[...4 lines deleted...]
-      <c r="F103" s="122"/>
+      <c r="A103" s="243"/>
+      <c r="B103" s="244"/>
+      <c r="C103" s="244"/>
+      <c r="D103" s="244"/>
+      <c r="E103" s="133"/>
+      <c r="F103" s="116"/>
       <c r="G103" s="51"/>
       <c r="H103" s="51"/>
       <c r="I103" s="51"/>
       <c r="J103" s="51"/>
-      <c r="K103" s="168"/>
-[...1 lines deleted...]
-      <c r="M103" s="170"/>
+      <c r="K103" s="162"/>
+      <c r="L103" s="163"/>
+      <c r="M103" s="164"/>
       <c r="N103" s="31"/>
       <c r="O103" s="32"/>
       <c r="P103" s="32"/>
-      <c r="Q103" s="134"/>
-      <c r="R103" s="118"/>
+      <c r="Q103" s="128"/>
+      <c r="R103" s="112"/>
       <c r="S103" s="33"/>
       <c r="T103" s="57"/>
       <c r="U103" s="58"/>
-      <c r="V103" s="198">
+      <c r="V103" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W103" s="197">
+      <c r="W103" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X103" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y103" s="62"/>
       <c r="Z103" s="62"/>
       <c r="AA103" s="62"/>
       <c r="AB103" s="62"/>
       <c r="AC103" s="62"/>
       <c r="AD103" s="62"/>
       <c r="AE103" s="62"/>
       <c r="AF103" s="62"/>
       <c r="AG103" s="62"/>
       <c r="AH103" s="62"/>
       <c r="AI103" s="62"/>
       <c r="AJ103" s="62"/>
       <c r="AK103" s="62"/>
       <c r="AL103" s="62"/>
       <c r="AM103" s="62"/>
       <c r="AN103" s="62"/>
       <c r="AO103" s="62"/>
       <c r="AP103" s="62"/>
       <c r="AQ103" s="62"/>
       <c r="AR103" s="62"/>
     </row>
     <row r="104" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="239"/>
-[...4 lines deleted...]
-      <c r="F104" s="122"/>
+      <c r="A104" s="243"/>
+      <c r="B104" s="244"/>
+      <c r="C104" s="244"/>
+      <c r="D104" s="244"/>
+      <c r="E104" s="133"/>
+      <c r="F104" s="116"/>
       <c r="G104" s="51"/>
       <c r="H104" s="51"/>
       <c r="I104" s="51"/>
       <c r="J104" s="51"/>
-      <c r="K104" s="168"/>
-[...1 lines deleted...]
-      <c r="M104" s="170"/>
+      <c r="K104" s="162"/>
+      <c r="L104" s="163"/>
+      <c r="M104" s="164"/>
       <c r="N104" s="31"/>
       <c r="O104" s="32"/>
       <c r="P104" s="32"/>
-      <c r="Q104" s="134"/>
-      <c r="R104" s="118"/>
+      <c r="Q104" s="128"/>
+      <c r="R104" s="112"/>
       <c r="S104" s="33"/>
       <c r="T104" s="57"/>
       <c r="U104" s="58"/>
-      <c r="V104" s="198">
+      <c r="V104" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W104" s="197">
+      <c r="W104" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X104" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y104" s="62"/>
       <c r="Z104" s="62"/>
       <c r="AA104" s="62"/>
       <c r="AB104" s="62"/>
       <c r="AC104" s="62"/>
       <c r="AD104" s="62"/>
       <c r="AE104" s="62"/>
       <c r="AF104" s="62"/>
       <c r="AG104" s="62"/>
       <c r="AH104" s="62"/>
       <c r="AI104" s="62"/>
       <c r="AJ104" s="62"/>
       <c r="AK104" s="62"/>
       <c r="AL104" s="62"/>
       <c r="AM104" s="62"/>
       <c r="AN104" s="62"/>
       <c r="AO104" s="62"/>
       <c r="AP104" s="62"/>
       <c r="AQ104" s="62"/>
       <c r="AR104" s="62"/>
     </row>
     <row r="105" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A105" s="239"/>
-[...4 lines deleted...]
-      <c r="F105" s="122"/>
+      <c r="A105" s="243"/>
+      <c r="B105" s="244"/>
+      <c r="C105" s="244"/>
+      <c r="D105" s="244"/>
+      <c r="E105" s="133"/>
+      <c r="F105" s="116"/>
       <c r="G105" s="51"/>
       <c r="H105" s="51"/>
       <c r="I105" s="51"/>
       <c r="J105" s="51"/>
-      <c r="K105" s="168"/>
-[...1 lines deleted...]
-      <c r="M105" s="170"/>
+      <c r="K105" s="162"/>
+      <c r="L105" s="163"/>
+      <c r="M105" s="164"/>
       <c r="N105" s="31"/>
       <c r="O105" s="32"/>
       <c r="P105" s="32"/>
-      <c r="Q105" s="134"/>
-      <c r="R105" s="118"/>
+      <c r="Q105" s="128"/>
+      <c r="R105" s="112"/>
       <c r="S105" s="33"/>
       <c r="T105" s="57"/>
       <c r="U105" s="58"/>
-      <c r="V105" s="198">
+      <c r="V105" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W105" s="197">
+      <c r="W105" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X105" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y105" s="62"/>
       <c r="Z105" s="62"/>
       <c r="AA105" s="62"/>
       <c r="AB105" s="62"/>
       <c r="AC105" s="62"/>
       <c r="AD105" s="62"/>
       <c r="AE105" s="62"/>
       <c r="AF105" s="62"/>
       <c r="AG105" s="62"/>
       <c r="AH105" s="62"/>
       <c r="AI105" s="62"/>
       <c r="AJ105" s="62"/>
       <c r="AK105" s="62"/>
       <c r="AL105" s="62"/>
       <c r="AM105" s="62"/>
       <c r="AN105" s="62"/>
       <c r="AO105" s="62"/>
       <c r="AP105" s="62"/>
       <c r="AQ105" s="62"/>
       <c r="AR105" s="62"/>
     </row>
     <row r="106" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="239"/>
-[...4 lines deleted...]
-      <c r="F106" s="122"/>
+      <c r="A106" s="243"/>
+      <c r="B106" s="244"/>
+      <c r="C106" s="244"/>
+      <c r="D106" s="244"/>
+      <c r="E106" s="133"/>
+      <c r="F106" s="116"/>
       <c r="G106" s="51"/>
       <c r="H106" s="51"/>
       <c r="I106" s="51"/>
       <c r="J106" s="51"/>
-      <c r="K106" s="168"/>
-[...1 lines deleted...]
-      <c r="M106" s="170"/>
+      <c r="K106" s="162"/>
+      <c r="L106" s="163"/>
+      <c r="M106" s="164"/>
       <c r="N106" s="31"/>
       <c r="O106" s="32"/>
       <c r="P106" s="32"/>
-      <c r="Q106" s="134"/>
-      <c r="R106" s="118"/>
+      <c r="Q106" s="128"/>
+      <c r="R106" s="112"/>
       <c r="S106" s="33"/>
       <c r="T106" s="57"/>
       <c r="U106" s="58"/>
-      <c r="V106" s="198">
+      <c r="V106" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W106" s="197">
+      <c r="W106" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X106" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y106" s="62"/>
       <c r="Z106" s="62"/>
       <c r="AA106" s="62"/>
       <c r="AB106" s="62"/>
       <c r="AC106" s="62"/>
       <c r="AD106" s="62"/>
       <c r="AE106" s="62"/>
       <c r="AF106" s="62"/>
       <c r="AG106" s="62"/>
       <c r="AH106" s="62"/>
       <c r="AI106" s="62"/>
       <c r="AJ106" s="62"/>
       <c r="AK106" s="62"/>
       <c r="AL106" s="62"/>
       <c r="AM106" s="62"/>
       <c r="AN106" s="62"/>
       <c r="AO106" s="62"/>
       <c r="AP106" s="62"/>
       <c r="AQ106" s="62"/>
       <c r="AR106" s="62"/>
     </row>
     <row r="107" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="239"/>
-[...4 lines deleted...]
-      <c r="F107" s="122"/>
+      <c r="A107" s="243"/>
+      <c r="B107" s="244"/>
+      <c r="C107" s="244"/>
+      <c r="D107" s="244"/>
+      <c r="E107" s="133"/>
+      <c r="F107" s="116"/>
       <c r="G107" s="51"/>
       <c r="H107" s="51"/>
       <c r="I107" s="51"/>
       <c r="J107" s="51"/>
-      <c r="K107" s="168"/>
-[...1 lines deleted...]
-      <c r="M107" s="170"/>
+      <c r="K107" s="162"/>
+      <c r="L107" s="163"/>
+      <c r="M107" s="164"/>
       <c r="N107" s="31"/>
       <c r="O107" s="32"/>
       <c r="P107" s="32"/>
-      <c r="Q107" s="134"/>
-      <c r="R107" s="118"/>
+      <c r="Q107" s="128"/>
+      <c r="R107" s="112"/>
       <c r="S107" s="33"/>
       <c r="T107" s="57"/>
       <c r="U107" s="58"/>
-      <c r="V107" s="198">
+      <c r="V107" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W107" s="197">
+      <c r="W107" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X107" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y107" s="62"/>
       <c r="Z107" s="62"/>
       <c r="AA107" s="62"/>
       <c r="AB107" s="62"/>
       <c r="AC107" s="62"/>
       <c r="AD107" s="62"/>
       <c r="AE107" s="62"/>
       <c r="AF107" s="62"/>
       <c r="AG107" s="62"/>
       <c r="AH107" s="62"/>
       <c r="AI107" s="62"/>
       <c r="AJ107" s="62"/>
       <c r="AK107" s="62"/>
       <c r="AL107" s="62"/>
       <c r="AM107" s="62"/>
       <c r="AN107" s="62"/>
       <c r="AO107" s="62"/>
       <c r="AP107" s="62"/>
       <c r="AQ107" s="62"/>
       <c r="AR107" s="62"/>
     </row>
     <row r="108" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="239"/>
-[...4 lines deleted...]
-      <c r="F108" s="122"/>
+      <c r="A108" s="243"/>
+      <c r="B108" s="244"/>
+      <c r="C108" s="244"/>
+      <c r="D108" s="244"/>
+      <c r="E108" s="133"/>
+      <c r="F108" s="116"/>
       <c r="G108" s="51"/>
       <c r="H108" s="51"/>
       <c r="I108" s="51"/>
       <c r="J108" s="51"/>
-      <c r="K108" s="168"/>
-[...1 lines deleted...]
-      <c r="M108" s="170"/>
+      <c r="K108" s="162"/>
+      <c r="L108" s="163"/>
+      <c r="M108" s="164"/>
       <c r="N108" s="31"/>
       <c r="O108" s="32"/>
       <c r="P108" s="32"/>
-      <c r="Q108" s="134"/>
-      <c r="R108" s="118"/>
+      <c r="Q108" s="128"/>
+      <c r="R108" s="112"/>
       <c r="S108" s="33"/>
       <c r="T108" s="57"/>
       <c r="U108" s="58"/>
-      <c r="V108" s="198">
+      <c r="V108" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W108" s="197">
+      <c r="W108" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X108" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y108" s="62"/>
       <c r="Z108" s="62"/>
       <c r="AA108" s="62"/>
       <c r="AB108" s="62"/>
       <c r="AC108" s="62"/>
       <c r="AD108" s="62"/>
       <c r="AE108" s="62"/>
       <c r="AF108" s="62"/>
       <c r="AG108" s="62"/>
       <c r="AH108" s="62"/>
       <c r="AI108" s="62"/>
       <c r="AJ108" s="62"/>
       <c r="AK108" s="62"/>
       <c r="AL108" s="62"/>
       <c r="AM108" s="62"/>
       <c r="AN108" s="62"/>
       <c r="AO108" s="62"/>
       <c r="AP108" s="62"/>
       <c r="AQ108" s="62"/>
       <c r="AR108" s="62"/>
     </row>
     <row r="109" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="239"/>
-[...4 lines deleted...]
-      <c r="F109" s="122"/>
+      <c r="A109" s="243"/>
+      <c r="B109" s="244"/>
+      <c r="C109" s="244"/>
+      <c r="D109" s="244"/>
+      <c r="E109" s="133"/>
+      <c r="F109" s="116"/>
       <c r="G109" s="51"/>
       <c r="H109" s="51"/>
       <c r="I109" s="51"/>
       <c r="J109" s="51"/>
-      <c r="K109" s="168"/>
-[...1 lines deleted...]
-      <c r="M109" s="170"/>
+      <c r="K109" s="162"/>
+      <c r="L109" s="163"/>
+      <c r="M109" s="164"/>
       <c r="N109" s="31"/>
       <c r="O109" s="32"/>
       <c r="P109" s="32"/>
-      <c r="Q109" s="134"/>
-      <c r="R109" s="118"/>
+      <c r="Q109" s="128"/>
+      <c r="R109" s="112"/>
       <c r="S109" s="33"/>
       <c r="T109" s="57"/>
       <c r="U109" s="58"/>
-      <c r="V109" s="198">
+      <c r="V109" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W109" s="197">
+      <c r="W109" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X109" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y109" s="62"/>
       <c r="Z109" s="62"/>
       <c r="AA109" s="62"/>
       <c r="AB109" s="62"/>
       <c r="AC109" s="62"/>
       <c r="AD109" s="62"/>
       <c r="AE109" s="62"/>
       <c r="AF109" s="62"/>
       <c r="AG109" s="62"/>
       <c r="AH109" s="62"/>
       <c r="AI109" s="62"/>
       <c r="AJ109" s="62"/>
       <c r="AK109" s="62"/>
       <c r="AL109" s="62"/>
       <c r="AM109" s="62"/>
       <c r="AN109" s="62"/>
       <c r="AO109" s="62"/>
       <c r="AP109" s="62"/>
       <c r="AQ109" s="62"/>
       <c r="AR109" s="62"/>
     </row>
     <row r="110" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="239"/>
-[...4 lines deleted...]
-      <c r="F110" s="122"/>
+      <c r="A110" s="243"/>
+      <c r="B110" s="244"/>
+      <c r="C110" s="244"/>
+      <c r="D110" s="244"/>
+      <c r="E110" s="133"/>
+      <c r="F110" s="116"/>
       <c r="G110" s="51"/>
       <c r="H110" s="51"/>
       <c r="I110" s="51"/>
       <c r="J110" s="51"/>
-      <c r="K110" s="168"/>
-[...1 lines deleted...]
-      <c r="M110" s="170"/>
+      <c r="K110" s="162"/>
+      <c r="L110" s="163"/>
+      <c r="M110" s="164"/>
       <c r="N110" s="31"/>
       <c r="O110" s="32"/>
       <c r="P110" s="32"/>
-      <c r="Q110" s="134"/>
-      <c r="R110" s="118"/>
+      <c r="Q110" s="128"/>
+      <c r="R110" s="112"/>
       <c r="S110" s="33"/>
       <c r="T110" s="57"/>
       <c r="U110" s="58"/>
-      <c r="V110" s="198">
+      <c r="V110" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W110" s="197">
+      <c r="W110" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X110" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y110" s="62"/>
       <c r="Z110" s="62"/>
       <c r="AA110" s="62"/>
       <c r="AB110" s="62"/>
       <c r="AC110" s="62"/>
       <c r="AD110" s="62"/>
       <c r="AE110" s="62"/>
       <c r="AF110" s="62"/>
       <c r="AG110" s="62"/>
       <c r="AH110" s="62"/>
       <c r="AI110" s="62"/>
       <c r="AJ110" s="62"/>
       <c r="AK110" s="62"/>
       <c r="AL110" s="62"/>
       <c r="AM110" s="62"/>
       <c r="AN110" s="62"/>
       <c r="AO110" s="62"/>
       <c r="AP110" s="62"/>
       <c r="AQ110" s="62"/>
       <c r="AR110" s="62"/>
     </row>
     <row r="111" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="239"/>
-[...4 lines deleted...]
-      <c r="F111" s="122"/>
+      <c r="A111" s="243"/>
+      <c r="B111" s="244"/>
+      <c r="C111" s="244"/>
+      <c r="D111" s="244"/>
+      <c r="E111" s="133"/>
+      <c r="F111" s="116"/>
       <c r="G111" s="51"/>
       <c r="H111" s="51"/>
       <c r="I111" s="51"/>
       <c r="J111" s="51"/>
-      <c r="K111" s="168"/>
-[...1 lines deleted...]
-      <c r="M111" s="170"/>
+      <c r="K111" s="162"/>
+      <c r="L111" s="163"/>
+      <c r="M111" s="164"/>
       <c r="N111" s="31"/>
       <c r="O111" s="32"/>
       <c r="P111" s="32"/>
-      <c r="Q111" s="134"/>
-      <c r="R111" s="118"/>
+      <c r="Q111" s="128"/>
+      <c r="R111" s="112"/>
       <c r="S111" s="33"/>
       <c r="T111" s="57"/>
       <c r="U111" s="58"/>
-      <c r="V111" s="198">
+      <c r="V111" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W111" s="197">
+      <c r="W111" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X111" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y111" s="62"/>
       <c r="Z111" s="62"/>
       <c r="AA111" s="62"/>
       <c r="AB111" s="62"/>
       <c r="AC111" s="62"/>
       <c r="AD111" s="62"/>
       <c r="AE111" s="62"/>
       <c r="AF111" s="62"/>
       <c r="AG111" s="62"/>
       <c r="AH111" s="62"/>
       <c r="AI111" s="62"/>
       <c r="AJ111" s="62"/>
       <c r="AK111" s="62"/>
       <c r="AL111" s="62"/>
       <c r="AM111" s="62"/>
       <c r="AN111" s="62"/>
       <c r="AO111" s="62"/>
       <c r="AP111" s="62"/>
       <c r="AQ111" s="62"/>
       <c r="AR111" s="62"/>
     </row>
     <row r="112" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A112" s="239"/>
-[...4 lines deleted...]
-      <c r="F112" s="122"/>
+      <c r="A112" s="243"/>
+      <c r="B112" s="244"/>
+      <c r="C112" s="244"/>
+      <c r="D112" s="244"/>
+      <c r="E112" s="133"/>
+      <c r="F112" s="116"/>
       <c r="G112" s="51"/>
       <c r="H112" s="51"/>
       <c r="I112" s="51"/>
       <c r="J112" s="51"/>
-      <c r="K112" s="168"/>
-[...1 lines deleted...]
-      <c r="M112" s="170"/>
+      <c r="K112" s="162"/>
+      <c r="L112" s="163"/>
+      <c r="M112" s="164"/>
       <c r="N112" s="31"/>
       <c r="O112" s="32"/>
       <c r="P112" s="32"/>
-      <c r="Q112" s="134"/>
-      <c r="R112" s="118"/>
+      <c r="Q112" s="128"/>
+      <c r="R112" s="112"/>
       <c r="S112" s="33"/>
       <c r="T112" s="57"/>
       <c r="U112" s="58"/>
-      <c r="V112" s="198">
+      <c r="V112" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W112" s="197">
+      <c r="W112" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X112" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y112" s="62"/>
       <c r="Z112" s="62"/>
       <c r="AA112" s="62"/>
       <c r="AB112" s="62"/>
       <c r="AC112" s="62"/>
       <c r="AD112" s="62"/>
       <c r="AE112" s="62"/>
       <c r="AF112" s="62"/>
       <c r="AG112" s="62"/>
       <c r="AH112" s="62"/>
       <c r="AI112" s="62"/>
       <c r="AJ112" s="62"/>
       <c r="AK112" s="62"/>
       <c r="AL112" s="62"/>
       <c r="AM112" s="62"/>
       <c r="AN112" s="62"/>
       <c r="AO112" s="62"/>
       <c r="AP112" s="62"/>
       <c r="AQ112" s="62"/>
       <c r="AR112" s="62"/>
     </row>
     <row r="113" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="239"/>
-[...4 lines deleted...]
-      <c r="F113" s="122"/>
+      <c r="A113" s="243"/>
+      <c r="B113" s="244"/>
+      <c r="C113" s="244"/>
+      <c r="D113" s="244"/>
+      <c r="E113" s="133"/>
+      <c r="F113" s="116"/>
       <c r="G113" s="51"/>
       <c r="H113" s="51"/>
       <c r="I113" s="51"/>
       <c r="J113" s="51"/>
-      <c r="K113" s="168"/>
-[...1 lines deleted...]
-      <c r="M113" s="170"/>
+      <c r="K113" s="162"/>
+      <c r="L113" s="163"/>
+      <c r="M113" s="164"/>
       <c r="N113" s="31"/>
       <c r="O113" s="32"/>
       <c r="P113" s="32"/>
-      <c r="Q113" s="134"/>
-      <c r="R113" s="118"/>
+      <c r="Q113" s="128"/>
+      <c r="R113" s="112"/>
       <c r="S113" s="33"/>
       <c r="T113" s="57"/>
       <c r="U113" s="58"/>
-      <c r="V113" s="198">
+      <c r="V113" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W113" s="197">
+      <c r="W113" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X113" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y113" s="62"/>
       <c r="Z113" s="62"/>
       <c r="AA113" s="62"/>
       <c r="AB113" s="62"/>
       <c r="AC113" s="62"/>
       <c r="AD113" s="62"/>
       <c r="AE113" s="62"/>
       <c r="AF113" s="62"/>
       <c r="AG113" s="62"/>
       <c r="AH113" s="62"/>
       <c r="AI113" s="62"/>
       <c r="AJ113" s="62"/>
       <c r="AK113" s="62"/>
       <c r="AL113" s="62"/>
       <c r="AM113" s="62"/>
       <c r="AN113" s="62"/>
       <c r="AO113" s="62"/>
       <c r="AP113" s="62"/>
       <c r="AQ113" s="62"/>
       <c r="AR113" s="62"/>
     </row>
     <row r="114" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="239"/>
-[...4 lines deleted...]
-      <c r="F114" s="122"/>
+      <c r="A114" s="243"/>
+      <c r="B114" s="244"/>
+      <c r="C114" s="244"/>
+      <c r="D114" s="244"/>
+      <c r="E114" s="133"/>
+      <c r="F114" s="116"/>
       <c r="G114" s="51"/>
       <c r="H114" s="51"/>
       <c r="I114" s="51"/>
       <c r="J114" s="51"/>
-      <c r="K114" s="168"/>
-[...1 lines deleted...]
-      <c r="M114" s="170"/>
+      <c r="K114" s="162"/>
+      <c r="L114" s="163"/>
+      <c r="M114" s="164"/>
       <c r="N114" s="31"/>
       <c r="O114" s="32"/>
       <c r="P114" s="32"/>
-      <c r="Q114" s="134"/>
-      <c r="R114" s="118"/>
+      <c r="Q114" s="128"/>
+      <c r="R114" s="112"/>
       <c r="S114" s="33"/>
       <c r="T114" s="57"/>
       <c r="U114" s="58"/>
-      <c r="V114" s="198">
+      <c r="V114" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W114" s="197">
+      <c r="W114" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X114" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y114" s="62"/>
       <c r="Z114" s="62"/>
       <c r="AA114" s="62"/>
       <c r="AB114" s="62"/>
       <c r="AC114" s="62"/>
       <c r="AD114" s="62"/>
       <c r="AE114" s="62"/>
       <c r="AF114" s="62"/>
       <c r="AG114" s="62"/>
       <c r="AH114" s="62"/>
       <c r="AI114" s="62"/>
       <c r="AJ114" s="62"/>
       <c r="AK114" s="62"/>
       <c r="AL114" s="62"/>
       <c r="AM114" s="62"/>
       <c r="AN114" s="62"/>
       <c r="AO114" s="62"/>
       <c r="AP114" s="62"/>
       <c r="AQ114" s="62"/>
       <c r="AR114" s="62"/>
     </row>
     <row r="115" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A115" s="239"/>
-[...4 lines deleted...]
-      <c r="F115" s="122"/>
+      <c r="A115" s="243"/>
+      <c r="B115" s="244"/>
+      <c r="C115" s="244"/>
+      <c r="D115" s="244"/>
+      <c r="E115" s="133"/>
+      <c r="F115" s="116"/>
       <c r="G115" s="51"/>
       <c r="H115" s="51"/>
       <c r="I115" s="51"/>
       <c r="J115" s="51"/>
-      <c r="K115" s="168"/>
-[...1 lines deleted...]
-      <c r="M115" s="170"/>
+      <c r="K115" s="162"/>
+      <c r="L115" s="163"/>
+      <c r="M115" s="164"/>
       <c r="N115" s="31"/>
       <c r="O115" s="32"/>
       <c r="P115" s="32"/>
-      <c r="Q115" s="134"/>
-      <c r="R115" s="118"/>
+      <c r="Q115" s="128"/>
+      <c r="R115" s="112"/>
       <c r="S115" s="33"/>
       <c r="T115" s="57"/>
       <c r="U115" s="58"/>
-      <c r="V115" s="198">
+      <c r="V115" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W115" s="197">
+      <c r="W115" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X115" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y115" s="62"/>
       <c r="Z115" s="62"/>
       <c r="AA115" s="62"/>
       <c r="AB115" s="62"/>
       <c r="AC115" s="62"/>
       <c r="AD115" s="62"/>
       <c r="AE115" s="62"/>
       <c r="AF115" s="62"/>
       <c r="AG115" s="62"/>
       <c r="AH115" s="62"/>
       <c r="AI115" s="62"/>
       <c r="AJ115" s="62"/>
       <c r="AK115" s="62"/>
       <c r="AL115" s="62"/>
       <c r="AM115" s="62"/>
       <c r="AN115" s="62"/>
       <c r="AO115" s="62"/>
       <c r="AP115" s="62"/>
       <c r="AQ115" s="62"/>
       <c r="AR115" s="62"/>
     </row>
     <row r="116" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="239"/>
-[...4 lines deleted...]
-      <c r="F116" s="122"/>
+      <c r="A116" s="243"/>
+      <c r="B116" s="244"/>
+      <c r="C116" s="244"/>
+      <c r="D116" s="244"/>
+      <c r="E116" s="133"/>
+      <c r="F116" s="116"/>
       <c r="G116" s="51"/>
       <c r="H116" s="51"/>
       <c r="I116" s="51"/>
       <c r="J116" s="51"/>
-      <c r="K116" s="168"/>
-[...1 lines deleted...]
-      <c r="M116" s="170"/>
+      <c r="K116" s="162"/>
+      <c r="L116" s="163"/>
+      <c r="M116" s="164"/>
       <c r="N116" s="31"/>
       <c r="O116" s="32"/>
       <c r="P116" s="32"/>
-      <c r="Q116" s="134"/>
-      <c r="R116" s="118"/>
+      <c r="Q116" s="128"/>
+      <c r="R116" s="112"/>
       <c r="S116" s="33"/>
       <c r="T116" s="57"/>
       <c r="U116" s="58"/>
-      <c r="V116" s="198">
+      <c r="V116" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W116" s="197">
+      <c r="W116" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X116" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y116" s="62"/>
       <c r="Z116" s="62"/>
       <c r="AA116" s="62"/>
       <c r="AB116" s="62"/>
       <c r="AC116" s="62"/>
       <c r="AD116" s="62"/>
       <c r="AE116" s="62"/>
       <c r="AF116" s="62"/>
       <c r="AG116" s="62"/>
       <c r="AH116" s="62"/>
       <c r="AI116" s="62"/>
       <c r="AJ116" s="62"/>
       <c r="AK116" s="62"/>
       <c r="AL116" s="62"/>
       <c r="AM116" s="62"/>
       <c r="AN116" s="62"/>
       <c r="AO116" s="62"/>
       <c r="AP116" s="62"/>
       <c r="AQ116" s="62"/>
       <c r="AR116" s="62"/>
     </row>
     <row r="117" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A117" s="239"/>
-[...4 lines deleted...]
-      <c r="F117" s="122"/>
+      <c r="A117" s="243"/>
+      <c r="B117" s="244"/>
+      <c r="C117" s="244"/>
+      <c r="D117" s="244"/>
+      <c r="E117" s="133"/>
+      <c r="F117" s="116"/>
       <c r="G117" s="51"/>
       <c r="H117" s="51"/>
       <c r="I117" s="51"/>
       <c r="J117" s="51"/>
-      <c r="K117" s="168"/>
-[...1 lines deleted...]
-      <c r="M117" s="170"/>
+      <c r="K117" s="162"/>
+      <c r="L117" s="163"/>
+      <c r="M117" s="164"/>
       <c r="N117" s="31"/>
       <c r="O117" s="32"/>
       <c r="P117" s="32"/>
-      <c r="Q117" s="134"/>
-      <c r="R117" s="118"/>
+      <c r="Q117" s="128"/>
+      <c r="R117" s="112"/>
       <c r="S117" s="33"/>
       <c r="T117" s="57"/>
       <c r="U117" s="58"/>
-      <c r="V117" s="198">
+      <c r="V117" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W117" s="197">
+      <c r="W117" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X117" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y117" s="62"/>
       <c r="Z117" s="62"/>
       <c r="AA117" s="62"/>
       <c r="AB117" s="62"/>
       <c r="AC117" s="62"/>
       <c r="AD117" s="62"/>
       <c r="AE117" s="62"/>
       <c r="AF117" s="62"/>
       <c r="AG117" s="62"/>
       <c r="AH117" s="62"/>
       <c r="AI117" s="62"/>
       <c r="AJ117" s="62"/>
       <c r="AK117" s="62"/>
       <c r="AL117" s="62"/>
       <c r="AM117" s="62"/>
       <c r="AN117" s="62"/>
       <c r="AO117" s="62"/>
       <c r="AP117" s="62"/>
       <c r="AQ117" s="62"/>
       <c r="AR117" s="62"/>
     </row>
     <row r="118" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="239"/>
-[...4 lines deleted...]
-      <c r="F118" s="122"/>
+      <c r="A118" s="243"/>
+      <c r="B118" s="244"/>
+      <c r="C118" s="244"/>
+      <c r="D118" s="244"/>
+      <c r="E118" s="133"/>
+      <c r="F118" s="116"/>
       <c r="G118" s="51"/>
       <c r="H118" s="51"/>
       <c r="I118" s="51"/>
       <c r="J118" s="51"/>
-      <c r="K118" s="168"/>
-[...1 lines deleted...]
-      <c r="M118" s="170"/>
+      <c r="K118" s="162"/>
+      <c r="L118" s="163"/>
+      <c r="M118" s="164"/>
       <c r="N118" s="31"/>
       <c r="O118" s="32"/>
       <c r="P118" s="32"/>
-      <c r="Q118" s="134"/>
-      <c r="R118" s="118"/>
+      <c r="Q118" s="128"/>
+      <c r="R118" s="112"/>
       <c r="S118" s="33"/>
       <c r="T118" s="57"/>
       <c r="U118" s="58"/>
-      <c r="V118" s="198">
+      <c r="V118" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W118" s="197">
+      <c r="W118" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X118" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y118" s="62"/>
       <c r="Z118" s="62"/>
       <c r="AA118" s="62"/>
       <c r="AB118" s="62"/>
       <c r="AC118" s="62"/>
       <c r="AD118" s="62"/>
       <c r="AE118" s="62"/>
       <c r="AF118" s="62"/>
       <c r="AG118" s="62"/>
       <c r="AH118" s="62"/>
       <c r="AI118" s="62"/>
       <c r="AJ118" s="62"/>
       <c r="AK118" s="62"/>
       <c r="AL118" s="62"/>
       <c r="AM118" s="62"/>
       <c r="AN118" s="62"/>
       <c r="AO118" s="62"/>
       <c r="AP118" s="62"/>
       <c r="AQ118" s="62"/>
       <c r="AR118" s="62"/>
     </row>
     <row r="119" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A119" s="239"/>
-[...4 lines deleted...]
-      <c r="F119" s="122"/>
+      <c r="A119" s="243"/>
+      <c r="B119" s="244"/>
+      <c r="C119" s="244"/>
+      <c r="D119" s="244"/>
+      <c r="E119" s="133"/>
+      <c r="F119" s="116"/>
       <c r="G119" s="51"/>
       <c r="H119" s="51"/>
       <c r="I119" s="51"/>
       <c r="J119" s="51"/>
-      <c r="K119" s="168"/>
-[...1 lines deleted...]
-      <c r="M119" s="170"/>
+      <c r="K119" s="162"/>
+      <c r="L119" s="163"/>
+      <c r="M119" s="164"/>
       <c r="N119" s="31"/>
       <c r="O119" s="32"/>
       <c r="P119" s="32"/>
-      <c r="Q119" s="134"/>
-      <c r="R119" s="118"/>
+      <c r="Q119" s="128"/>
+      <c r="R119" s="112"/>
       <c r="S119" s="33"/>
       <c r="T119" s="57"/>
       <c r="U119" s="58"/>
-      <c r="V119" s="198">
+      <c r="V119" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W119" s="197">
+      <c r="W119" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X119" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y119" s="62"/>
       <c r="Z119" s="62"/>
       <c r="AA119" s="62"/>
       <c r="AB119" s="62"/>
       <c r="AC119" s="62"/>
       <c r="AD119" s="62"/>
       <c r="AE119" s="62"/>
       <c r="AF119" s="62"/>
       <c r="AG119" s="62"/>
       <c r="AH119" s="62"/>
       <c r="AI119" s="62"/>
       <c r="AJ119" s="62"/>
       <c r="AK119" s="62"/>
       <c r="AL119" s="62"/>
       <c r="AM119" s="62"/>
       <c r="AN119" s="62"/>
       <c r="AO119" s="62"/>
       <c r="AP119" s="62"/>
       <c r="AQ119" s="62"/>
       <c r="AR119" s="62"/>
     </row>
     <row r="120" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="239"/>
-[...4 lines deleted...]
-      <c r="F120" s="122"/>
+      <c r="A120" s="243"/>
+      <c r="B120" s="244"/>
+      <c r="C120" s="244"/>
+      <c r="D120" s="244"/>
+      <c r="E120" s="133"/>
+      <c r="F120" s="116"/>
       <c r="G120" s="51"/>
       <c r="H120" s="51"/>
       <c r="I120" s="51"/>
       <c r="J120" s="51"/>
-      <c r="K120" s="168"/>
-[...1 lines deleted...]
-      <c r="M120" s="170"/>
+      <c r="K120" s="162"/>
+      <c r="L120" s="163"/>
+      <c r="M120" s="164"/>
       <c r="N120" s="31"/>
       <c r="O120" s="32"/>
       <c r="P120" s="32"/>
-      <c r="Q120" s="134"/>
-      <c r="R120" s="118"/>
+      <c r="Q120" s="128"/>
+      <c r="R120" s="112"/>
       <c r="S120" s="33"/>
       <c r="T120" s="57"/>
       <c r="U120" s="58"/>
-      <c r="V120" s="198">
+      <c r="V120" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W120" s="197">
+      <c r="W120" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X120" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y120" s="62"/>
       <c r="Z120" s="62"/>
       <c r="AA120" s="62"/>
       <c r="AB120" s="62"/>
       <c r="AC120" s="62"/>
       <c r="AD120" s="62"/>
       <c r="AE120" s="62"/>
       <c r="AF120" s="62"/>
       <c r="AG120" s="62"/>
       <c r="AH120" s="62"/>
       <c r="AI120" s="62"/>
       <c r="AJ120" s="62"/>
       <c r="AK120" s="62"/>
       <c r="AL120" s="62"/>
       <c r="AM120" s="62"/>
       <c r="AN120" s="62"/>
       <c r="AO120" s="62"/>
       <c r="AP120" s="62"/>
       <c r="AQ120" s="62"/>
       <c r="AR120" s="62"/>
     </row>
     <row r="121" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="239"/>
-[...4 lines deleted...]
-      <c r="F121" s="122"/>
+      <c r="A121" s="243"/>
+      <c r="B121" s="244"/>
+      <c r="C121" s="244"/>
+      <c r="D121" s="244"/>
+      <c r="E121" s="133"/>
+      <c r="F121" s="116"/>
       <c r="G121" s="51"/>
       <c r="H121" s="51"/>
       <c r="I121" s="51"/>
       <c r="J121" s="51"/>
-      <c r="K121" s="168"/>
-[...1 lines deleted...]
-      <c r="M121" s="170"/>
+      <c r="K121" s="162"/>
+      <c r="L121" s="163"/>
+      <c r="M121" s="164"/>
       <c r="N121" s="31"/>
       <c r="O121" s="32"/>
       <c r="P121" s="32"/>
-      <c r="Q121" s="134"/>
-      <c r="R121" s="118"/>
+      <c r="Q121" s="128"/>
+      <c r="R121" s="112"/>
       <c r="S121" s="33"/>
       <c r="T121" s="57"/>
       <c r="U121" s="58"/>
-      <c r="V121" s="198">
+      <c r="V121" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W121" s="197">
+      <c r="W121" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X121" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y121" s="62"/>
       <c r="Z121" s="62"/>
       <c r="AA121" s="62"/>
       <c r="AB121" s="62"/>
       <c r="AC121" s="62"/>
       <c r="AD121" s="62"/>
       <c r="AE121" s="62"/>
       <c r="AF121" s="62"/>
       <c r="AG121" s="62"/>
       <c r="AH121" s="62"/>
       <c r="AI121" s="62"/>
       <c r="AJ121" s="62"/>
       <c r="AK121" s="62"/>
       <c r="AL121" s="62"/>
       <c r="AM121" s="62"/>
       <c r="AN121" s="62"/>
       <c r="AO121" s="62"/>
       <c r="AP121" s="62"/>
       <c r="AQ121" s="62"/>
       <c r="AR121" s="62"/>
     </row>
     <row r="122" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="239"/>
-[...4 lines deleted...]
-      <c r="F122" s="122"/>
+      <c r="A122" s="243"/>
+      <c r="B122" s="244"/>
+      <c r="C122" s="244"/>
+      <c r="D122" s="244"/>
+      <c r="E122" s="133"/>
+      <c r="F122" s="116"/>
       <c r="G122" s="51"/>
       <c r="H122" s="51"/>
       <c r="I122" s="51"/>
       <c r="J122" s="51"/>
-      <c r="K122" s="168"/>
-[...1 lines deleted...]
-      <c r="M122" s="170"/>
+      <c r="K122" s="162"/>
+      <c r="L122" s="163"/>
+      <c r="M122" s="164"/>
       <c r="N122" s="31"/>
       <c r="O122" s="32"/>
       <c r="P122" s="32"/>
-      <c r="Q122" s="134"/>
-      <c r="R122" s="118"/>
+      <c r="Q122" s="128"/>
+      <c r="R122" s="112"/>
       <c r="S122" s="33"/>
       <c r="T122" s="57"/>
       <c r="U122" s="58"/>
-      <c r="V122" s="198">
+      <c r="V122" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W122" s="197">
+      <c r="W122" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X122" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y122" s="62"/>
       <c r="Z122" s="62"/>
       <c r="AA122" s="62"/>
       <c r="AB122" s="62"/>
       <c r="AC122" s="62"/>
       <c r="AD122" s="62"/>
       <c r="AE122" s="62"/>
       <c r="AF122" s="62"/>
       <c r="AG122" s="62"/>
       <c r="AH122" s="62"/>
       <c r="AI122" s="62"/>
       <c r="AJ122" s="62"/>
       <c r="AK122" s="62"/>
       <c r="AL122" s="62"/>
       <c r="AM122" s="62"/>
       <c r="AN122" s="62"/>
       <c r="AO122" s="62"/>
       <c r="AP122" s="62"/>
       <c r="AQ122" s="62"/>
       <c r="AR122" s="62"/>
     </row>
     <row r="123" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="239"/>
-[...4 lines deleted...]
-      <c r="F123" s="122"/>
+      <c r="A123" s="243"/>
+      <c r="B123" s="244"/>
+      <c r="C123" s="244"/>
+      <c r="D123" s="244"/>
+      <c r="E123" s="133"/>
+      <c r="F123" s="116"/>
       <c r="G123" s="51"/>
       <c r="H123" s="51"/>
       <c r="I123" s="51"/>
       <c r="J123" s="51"/>
-      <c r="K123" s="168"/>
-[...1 lines deleted...]
-      <c r="M123" s="170"/>
+      <c r="K123" s="162"/>
+      <c r="L123" s="163"/>
+      <c r="M123" s="164"/>
       <c r="N123" s="31"/>
       <c r="O123" s="32"/>
       <c r="P123" s="32"/>
-      <c r="Q123" s="134"/>
-      <c r="R123" s="118"/>
+      <c r="Q123" s="128"/>
+      <c r="R123" s="112"/>
       <c r="S123" s="33"/>
       <c r="T123" s="57"/>
       <c r="U123" s="58"/>
-      <c r="V123" s="198">
+      <c r="V123" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W123" s="197">
+      <c r="W123" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X123" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y123" s="62"/>
       <c r="Z123" s="62"/>
       <c r="AA123" s="62"/>
       <c r="AB123" s="62"/>
       <c r="AC123" s="62"/>
       <c r="AD123" s="62"/>
       <c r="AE123" s="62"/>
       <c r="AF123" s="62"/>
       <c r="AG123" s="62"/>
       <c r="AH123" s="62"/>
       <c r="AI123" s="62"/>
       <c r="AJ123" s="62"/>
       <c r="AK123" s="62"/>
       <c r="AL123" s="62"/>
       <c r="AM123" s="62"/>
       <c r="AN123" s="62"/>
       <c r="AO123" s="62"/>
       <c r="AP123" s="62"/>
       <c r="AQ123" s="62"/>
       <c r="AR123" s="62"/>
     </row>
     <row r="124" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="239"/>
-[...4 lines deleted...]
-      <c r="F124" s="122"/>
+      <c r="A124" s="243"/>
+      <c r="B124" s="244"/>
+      <c r="C124" s="244"/>
+      <c r="D124" s="244"/>
+      <c r="E124" s="133"/>
+      <c r="F124" s="116"/>
       <c r="G124" s="51"/>
       <c r="H124" s="51"/>
       <c r="I124" s="51"/>
       <c r="J124" s="51"/>
-      <c r="K124" s="168"/>
-[...1 lines deleted...]
-      <c r="M124" s="170"/>
+      <c r="K124" s="162"/>
+      <c r="L124" s="163"/>
+      <c r="M124" s="164"/>
       <c r="N124" s="31"/>
       <c r="O124" s="32"/>
       <c r="P124" s="32"/>
-      <c r="Q124" s="134"/>
-      <c r="R124" s="118"/>
+      <c r="Q124" s="128"/>
+      <c r="R124" s="112"/>
       <c r="S124" s="33"/>
       <c r="T124" s="57"/>
       <c r="U124" s="58"/>
-      <c r="V124" s="198">
+      <c r="V124" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W124" s="197">
+      <c r="W124" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X124" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y124" s="62"/>
       <c r="Z124" s="62"/>
       <c r="AA124" s="62"/>
       <c r="AB124" s="62"/>
       <c r="AC124" s="62"/>
       <c r="AD124" s="62"/>
       <c r="AE124" s="62"/>
       <c r="AF124" s="62"/>
       <c r="AG124" s="62"/>
       <c r="AH124" s="62"/>
       <c r="AI124" s="62"/>
       <c r="AJ124" s="62"/>
       <c r="AK124" s="62"/>
       <c r="AL124" s="62"/>
       <c r="AM124" s="62"/>
       <c r="AN124" s="62"/>
       <c r="AO124" s="62"/>
       <c r="AP124" s="62"/>
       <c r="AQ124" s="62"/>
       <c r="AR124" s="62"/>
     </row>
     <row r="125" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="239"/>
-[...4 lines deleted...]
-      <c r="F125" s="122"/>
+      <c r="A125" s="243"/>
+      <c r="B125" s="244"/>
+      <c r="C125" s="244"/>
+      <c r="D125" s="244"/>
+      <c r="E125" s="133"/>
+      <c r="F125" s="116"/>
       <c r="G125" s="51"/>
       <c r="H125" s="51"/>
       <c r="I125" s="51"/>
       <c r="J125" s="51"/>
-      <c r="K125" s="168"/>
-[...1 lines deleted...]
-      <c r="M125" s="170"/>
+      <c r="K125" s="162"/>
+      <c r="L125" s="163"/>
+      <c r="M125" s="164"/>
       <c r="N125" s="31"/>
       <c r="O125" s="32"/>
       <c r="P125" s="32"/>
-      <c r="Q125" s="134"/>
-      <c r="R125" s="118"/>
+      <c r="Q125" s="128"/>
+      <c r="R125" s="112"/>
       <c r="S125" s="33"/>
       <c r="T125" s="57"/>
       <c r="U125" s="58"/>
-      <c r="V125" s="198">
+      <c r="V125" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W125" s="197">
+      <c r="W125" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X125" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y125" s="62"/>
       <c r="Z125" s="62"/>
       <c r="AA125" s="62"/>
       <c r="AB125" s="62"/>
       <c r="AC125" s="62"/>
       <c r="AD125" s="62"/>
       <c r="AE125" s="62"/>
       <c r="AF125" s="62"/>
       <c r="AG125" s="62"/>
       <c r="AH125" s="62"/>
       <c r="AI125" s="62"/>
       <c r="AJ125" s="62"/>
       <c r="AK125" s="62"/>
       <c r="AL125" s="62"/>
       <c r="AM125" s="62"/>
       <c r="AN125" s="62"/>
       <c r="AO125" s="62"/>
       <c r="AP125" s="62"/>
       <c r="AQ125" s="62"/>
       <c r="AR125" s="62"/>
     </row>
     <row r="126" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A126" s="239"/>
-[...4 lines deleted...]
-      <c r="F126" s="122"/>
+      <c r="A126" s="243"/>
+      <c r="B126" s="244"/>
+      <c r="C126" s="244"/>
+      <c r="D126" s="244"/>
+      <c r="E126" s="133"/>
+      <c r="F126" s="116"/>
       <c r="G126" s="51"/>
       <c r="H126" s="51"/>
       <c r="I126" s="51"/>
       <c r="J126" s="51"/>
-      <c r="K126" s="168"/>
-[...1 lines deleted...]
-      <c r="M126" s="170"/>
+      <c r="K126" s="162"/>
+      <c r="L126" s="163"/>
+      <c r="M126" s="164"/>
       <c r="N126" s="31"/>
       <c r="O126" s="32"/>
       <c r="P126" s="32"/>
-      <c r="Q126" s="134"/>
-      <c r="R126" s="118"/>
+      <c r="Q126" s="128"/>
+      <c r="R126" s="112"/>
       <c r="S126" s="33"/>
       <c r="T126" s="57"/>
       <c r="U126" s="58"/>
-      <c r="V126" s="198">
+      <c r="V126" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W126" s="197">
+      <c r="W126" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X126" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y126" s="62"/>
       <c r="Z126" s="62"/>
       <c r="AA126" s="62"/>
       <c r="AB126" s="62"/>
       <c r="AC126" s="62"/>
       <c r="AD126" s="62"/>
       <c r="AE126" s="62"/>
       <c r="AF126" s="62"/>
       <c r="AG126" s="62"/>
       <c r="AH126" s="62"/>
       <c r="AI126" s="62"/>
       <c r="AJ126" s="62"/>
       <c r="AK126" s="62"/>
       <c r="AL126" s="62"/>
       <c r="AM126" s="62"/>
       <c r="AN126" s="62"/>
       <c r="AO126" s="62"/>
       <c r="AP126" s="62"/>
       <c r="AQ126" s="62"/>
       <c r="AR126" s="62"/>
     </row>
     <row r="127" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="239"/>
-[...4 lines deleted...]
-      <c r="F127" s="122"/>
+      <c r="A127" s="243"/>
+      <c r="B127" s="244"/>
+      <c r="C127" s="244"/>
+      <c r="D127" s="244"/>
+      <c r="E127" s="133"/>
+      <c r="F127" s="116"/>
       <c r="G127" s="51"/>
       <c r="H127" s="51"/>
       <c r="I127" s="51"/>
       <c r="J127" s="51"/>
-      <c r="K127" s="168"/>
-[...1 lines deleted...]
-      <c r="M127" s="170"/>
+      <c r="K127" s="162"/>
+      <c r="L127" s="163"/>
+      <c r="M127" s="164"/>
       <c r="N127" s="31"/>
       <c r="O127" s="32"/>
       <c r="P127" s="32"/>
-      <c r="Q127" s="134"/>
-      <c r="R127" s="118"/>
+      <c r="Q127" s="128"/>
+      <c r="R127" s="112"/>
       <c r="S127" s="33"/>
       <c r="T127" s="57"/>
       <c r="U127" s="58"/>
-      <c r="V127" s="198">
+      <c r="V127" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W127" s="197">
+      <c r="W127" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X127" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y127" s="62"/>
       <c r="Z127" s="62"/>
       <c r="AA127" s="62"/>
       <c r="AB127" s="62"/>
       <c r="AC127" s="62"/>
       <c r="AD127" s="62"/>
       <c r="AE127" s="62"/>
       <c r="AF127" s="62"/>
       <c r="AG127" s="62"/>
       <c r="AH127" s="62"/>
       <c r="AI127" s="62"/>
       <c r="AJ127" s="62"/>
       <c r="AK127" s="62"/>
       <c r="AL127" s="62"/>
       <c r="AM127" s="62"/>
       <c r="AN127" s="62"/>
       <c r="AO127" s="62"/>
       <c r="AP127" s="62"/>
       <c r="AQ127" s="62"/>
       <c r="AR127" s="62"/>
     </row>
     <row r="128" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="239"/>
-[...4 lines deleted...]
-      <c r="F128" s="122"/>
+      <c r="A128" s="243"/>
+      <c r="B128" s="244"/>
+      <c r="C128" s="244"/>
+      <c r="D128" s="244"/>
+      <c r="E128" s="133"/>
+      <c r="F128" s="116"/>
       <c r="G128" s="51"/>
       <c r="H128" s="51"/>
       <c r="I128" s="51"/>
       <c r="J128" s="51"/>
-      <c r="K128" s="168"/>
-[...1 lines deleted...]
-      <c r="M128" s="170"/>
+      <c r="K128" s="162"/>
+      <c r="L128" s="163"/>
+      <c r="M128" s="164"/>
       <c r="N128" s="31"/>
       <c r="O128" s="32"/>
       <c r="P128" s="32"/>
-      <c r="Q128" s="134"/>
-      <c r="R128" s="118"/>
+      <c r="Q128" s="128"/>
+      <c r="R128" s="112"/>
       <c r="S128" s="33"/>
       <c r="T128" s="57"/>
       <c r="U128" s="58"/>
-      <c r="V128" s="198">
+      <c r="V128" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W128" s="197">
+      <c r="W128" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X128" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y128" s="62"/>
       <c r="Z128" s="62"/>
       <c r="AA128" s="62"/>
       <c r="AB128" s="62"/>
       <c r="AC128" s="62"/>
       <c r="AD128" s="62"/>
       <c r="AE128" s="62"/>
       <c r="AF128" s="62"/>
       <c r="AG128" s="62"/>
       <c r="AH128" s="62"/>
       <c r="AI128" s="62"/>
       <c r="AJ128" s="62"/>
       <c r="AK128" s="62"/>
       <c r="AL128" s="62"/>
       <c r="AM128" s="62"/>
       <c r="AN128" s="62"/>
       <c r="AO128" s="62"/>
       <c r="AP128" s="62"/>
       <c r="AQ128" s="62"/>
       <c r="AR128" s="62"/>
     </row>
     <row r="129" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="239"/>
-[...4 lines deleted...]
-      <c r="F129" s="122"/>
+      <c r="A129" s="243"/>
+      <c r="B129" s="244"/>
+      <c r="C129" s="244"/>
+      <c r="D129" s="244"/>
+      <c r="E129" s="133"/>
+      <c r="F129" s="116"/>
       <c r="G129" s="51"/>
       <c r="H129" s="51"/>
       <c r="I129" s="51"/>
       <c r="J129" s="51"/>
-      <c r="K129" s="168"/>
-[...1 lines deleted...]
-      <c r="M129" s="170"/>
+      <c r="K129" s="162"/>
+      <c r="L129" s="163"/>
+      <c r="M129" s="164"/>
       <c r="N129" s="31"/>
       <c r="O129" s="32"/>
       <c r="P129" s="32"/>
-      <c r="Q129" s="134"/>
-      <c r="R129" s="118"/>
+      <c r="Q129" s="128"/>
+      <c r="R129" s="112"/>
       <c r="S129" s="33"/>
       <c r="T129" s="57"/>
       <c r="U129" s="58"/>
-      <c r="V129" s="198">
+      <c r="V129" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W129" s="197">
+      <c r="W129" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X129" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y129" s="62"/>
       <c r="Z129" s="62"/>
       <c r="AA129" s="62"/>
       <c r="AB129" s="62"/>
       <c r="AC129" s="62"/>
       <c r="AD129" s="62"/>
       <c r="AE129" s="62"/>
       <c r="AF129" s="62"/>
       <c r="AG129" s="62"/>
       <c r="AH129" s="62"/>
       <c r="AI129" s="62"/>
       <c r="AJ129" s="62"/>
       <c r="AK129" s="62"/>
       <c r="AL129" s="62"/>
       <c r="AM129" s="62"/>
       <c r="AN129" s="62"/>
       <c r="AO129" s="62"/>
       <c r="AP129" s="62"/>
       <c r="AQ129" s="62"/>
       <c r="AR129" s="62"/>
     </row>
     <row r="130" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="239"/>
-[...4 lines deleted...]
-      <c r="F130" s="122"/>
+      <c r="A130" s="243"/>
+      <c r="B130" s="244"/>
+      <c r="C130" s="244"/>
+      <c r="D130" s="244"/>
+      <c r="E130" s="133"/>
+      <c r="F130" s="116"/>
       <c r="G130" s="51"/>
       <c r="H130" s="51"/>
       <c r="I130" s="51"/>
       <c r="J130" s="51"/>
-      <c r="K130" s="168"/>
-[...1 lines deleted...]
-      <c r="M130" s="170"/>
+      <c r="K130" s="162"/>
+      <c r="L130" s="163"/>
+      <c r="M130" s="164"/>
       <c r="N130" s="31"/>
       <c r="O130" s="32"/>
       <c r="P130" s="32"/>
-      <c r="Q130" s="134"/>
-      <c r="R130" s="118"/>
+      <c r="Q130" s="128"/>
+      <c r="R130" s="112"/>
       <c r="S130" s="33"/>
       <c r="T130" s="57"/>
       <c r="U130" s="58"/>
-      <c r="V130" s="198">
+      <c r="V130" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W130" s="197">
+      <c r="W130" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X130" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y130" s="62"/>
       <c r="Z130" s="62"/>
       <c r="AA130" s="62"/>
       <c r="AB130" s="62"/>
       <c r="AC130" s="62"/>
       <c r="AD130" s="62"/>
       <c r="AE130" s="62"/>
       <c r="AF130" s="62"/>
       <c r="AG130" s="62"/>
       <c r="AH130" s="62"/>
       <c r="AI130" s="62"/>
       <c r="AJ130" s="62"/>
       <c r="AK130" s="62"/>
       <c r="AL130" s="62"/>
       <c r="AM130" s="62"/>
       <c r="AN130" s="62"/>
       <c r="AO130" s="62"/>
       <c r="AP130" s="62"/>
       <c r="AQ130" s="62"/>
       <c r="AR130" s="62"/>
     </row>
     <row r="131" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A131" s="239"/>
-[...4 lines deleted...]
-      <c r="F131" s="122"/>
+      <c r="A131" s="243"/>
+      <c r="B131" s="244"/>
+      <c r="C131" s="244"/>
+      <c r="D131" s="244"/>
+      <c r="E131" s="133"/>
+      <c r="F131" s="116"/>
       <c r="G131" s="51"/>
       <c r="H131" s="51"/>
       <c r="I131" s="51"/>
       <c r="J131" s="51"/>
-      <c r="K131" s="168"/>
-[...1 lines deleted...]
-      <c r="M131" s="170"/>
+      <c r="K131" s="162"/>
+      <c r="L131" s="163"/>
+      <c r="M131" s="164"/>
       <c r="N131" s="31"/>
       <c r="O131" s="32"/>
       <c r="P131" s="32"/>
-      <c r="Q131" s="134"/>
-      <c r="R131" s="118"/>
+      <c r="Q131" s="128"/>
+      <c r="R131" s="112"/>
       <c r="S131" s="33"/>
       <c r="T131" s="57"/>
       <c r="U131" s="58"/>
-      <c r="V131" s="198">
+      <c r="V131" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W131" s="197">
+      <c r="W131" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X131" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y131" s="62"/>
       <c r="Z131" s="62"/>
       <c r="AA131" s="62"/>
       <c r="AB131" s="62"/>
       <c r="AC131" s="62"/>
       <c r="AD131" s="62"/>
       <c r="AE131" s="62"/>
       <c r="AF131" s="62"/>
       <c r="AG131" s="62"/>
       <c r="AH131" s="62"/>
       <c r="AI131" s="62"/>
       <c r="AJ131" s="62"/>
       <c r="AK131" s="62"/>
       <c r="AL131" s="62"/>
       <c r="AM131" s="62"/>
       <c r="AN131" s="62"/>
       <c r="AO131" s="62"/>
       <c r="AP131" s="62"/>
       <c r="AQ131" s="62"/>
       <c r="AR131" s="62"/>
     </row>
     <row r="132" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A132" s="239"/>
-[...4 lines deleted...]
-      <c r="F132" s="122"/>
+      <c r="A132" s="243"/>
+      <c r="B132" s="244"/>
+      <c r="C132" s="244"/>
+      <c r="D132" s="244"/>
+      <c r="E132" s="133"/>
+      <c r="F132" s="116"/>
       <c r="G132" s="51"/>
       <c r="H132" s="51"/>
       <c r="I132" s="51"/>
       <c r="J132" s="51"/>
-      <c r="K132" s="168"/>
-[...1 lines deleted...]
-      <c r="M132" s="170"/>
+      <c r="K132" s="162"/>
+      <c r="L132" s="163"/>
+      <c r="M132" s="164"/>
       <c r="N132" s="31"/>
       <c r="O132" s="32"/>
       <c r="P132" s="32"/>
-      <c r="Q132" s="134"/>
-      <c r="R132" s="118"/>
+      <c r="Q132" s="128"/>
+      <c r="R132" s="112"/>
       <c r="S132" s="33"/>
       <c r="T132" s="57"/>
       <c r="U132" s="58"/>
-      <c r="V132" s="198">
+      <c r="V132" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W132" s="197">
+      <c r="W132" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X132" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y132" s="62"/>
       <c r="Z132" s="62"/>
       <c r="AA132" s="62"/>
       <c r="AB132" s="62"/>
       <c r="AC132" s="62"/>
       <c r="AD132" s="62"/>
       <c r="AE132" s="62"/>
       <c r="AF132" s="62"/>
       <c r="AG132" s="62"/>
       <c r="AH132" s="62"/>
       <c r="AI132" s="62"/>
       <c r="AJ132" s="62"/>
       <c r="AK132" s="62"/>
       <c r="AL132" s="62"/>
       <c r="AM132" s="62"/>
       <c r="AN132" s="62"/>
       <c r="AO132" s="62"/>
       <c r="AP132" s="62"/>
       <c r="AQ132" s="62"/>
       <c r="AR132" s="62"/>
     </row>
     <row r="133" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="239"/>
-[...4 lines deleted...]
-      <c r="F133" s="122"/>
+      <c r="A133" s="243"/>
+      <c r="B133" s="244"/>
+      <c r="C133" s="244"/>
+      <c r="D133" s="244"/>
+      <c r="E133" s="133"/>
+      <c r="F133" s="116"/>
       <c r="G133" s="51"/>
       <c r="H133" s="51"/>
       <c r="I133" s="51"/>
       <c r="J133" s="51"/>
-      <c r="K133" s="168"/>
-[...1 lines deleted...]
-      <c r="M133" s="170"/>
+      <c r="K133" s="162"/>
+      <c r="L133" s="163"/>
+      <c r="M133" s="164"/>
       <c r="N133" s="31"/>
       <c r="O133" s="32"/>
       <c r="P133" s="32"/>
-      <c r="Q133" s="134"/>
-      <c r="R133" s="118"/>
+      <c r="Q133" s="128"/>
+      <c r="R133" s="112"/>
       <c r="S133" s="33"/>
       <c r="T133" s="57"/>
       <c r="U133" s="58"/>
-      <c r="V133" s="198">
+      <c r="V133" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W133" s="197">
+      <c r="W133" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X133" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y133" s="62"/>
       <c r="Z133" s="62"/>
       <c r="AA133" s="62"/>
       <c r="AB133" s="62"/>
       <c r="AC133" s="62"/>
       <c r="AD133" s="62"/>
       <c r="AE133" s="62"/>
       <c r="AF133" s="62"/>
       <c r="AG133" s="62"/>
       <c r="AH133" s="62"/>
       <c r="AI133" s="62"/>
       <c r="AJ133" s="62"/>
       <c r="AK133" s="62"/>
       <c r="AL133" s="62"/>
       <c r="AM133" s="62"/>
       <c r="AN133" s="62"/>
       <c r="AO133" s="62"/>
       <c r="AP133" s="62"/>
       <c r="AQ133" s="62"/>
       <c r="AR133" s="62"/>
     </row>
     <row r="134" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A134" s="239"/>
-[...4 lines deleted...]
-      <c r="F134" s="122"/>
+      <c r="A134" s="243"/>
+      <c r="B134" s="244"/>
+      <c r="C134" s="244"/>
+      <c r="D134" s="244"/>
+      <c r="E134" s="133"/>
+      <c r="F134" s="116"/>
       <c r="G134" s="51"/>
       <c r="H134" s="51"/>
       <c r="I134" s="51"/>
       <c r="J134" s="51"/>
-      <c r="K134" s="168"/>
-[...1 lines deleted...]
-      <c r="M134" s="170"/>
+      <c r="K134" s="162"/>
+      <c r="L134" s="163"/>
+      <c r="M134" s="164"/>
       <c r="N134" s="31"/>
       <c r="O134" s="32"/>
       <c r="P134" s="32"/>
-      <c r="Q134" s="134"/>
-      <c r="R134" s="118"/>
+      <c r="Q134" s="128"/>
+      <c r="R134" s="112"/>
       <c r="S134" s="33"/>
       <c r="T134" s="57"/>
       <c r="U134" s="58"/>
-      <c r="V134" s="198">
+      <c r="V134" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W134" s="197">
+      <c r="W134" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X134" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y134" s="62"/>
       <c r="Z134" s="62"/>
       <c r="AA134" s="62"/>
       <c r="AB134" s="62"/>
       <c r="AC134" s="62"/>
       <c r="AD134" s="62"/>
       <c r="AE134" s="62"/>
       <c r="AF134" s="62"/>
       <c r="AG134" s="62"/>
       <c r="AH134" s="62"/>
       <c r="AI134" s="62"/>
       <c r="AJ134" s="62"/>
       <c r="AK134" s="62"/>
       <c r="AL134" s="62"/>
       <c r="AM134" s="62"/>
       <c r="AN134" s="62"/>
       <c r="AO134" s="62"/>
       <c r="AP134" s="62"/>
       <c r="AQ134" s="62"/>
       <c r="AR134" s="62"/>
     </row>
     <row r="135" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="239"/>
-[...4 lines deleted...]
-      <c r="F135" s="122"/>
+      <c r="A135" s="243"/>
+      <c r="B135" s="244"/>
+      <c r="C135" s="244"/>
+      <c r="D135" s="244"/>
+      <c r="E135" s="133"/>
+      <c r="F135" s="116"/>
       <c r="G135" s="51"/>
       <c r="H135" s="51"/>
       <c r="I135" s="51"/>
       <c r="J135" s="51"/>
-      <c r="K135" s="168"/>
-[...1 lines deleted...]
-      <c r="M135" s="170"/>
+      <c r="K135" s="162"/>
+      <c r="L135" s="163"/>
+      <c r="M135" s="164"/>
       <c r="N135" s="31"/>
       <c r="O135" s="32"/>
       <c r="P135" s="32"/>
-      <c r="Q135" s="134"/>
-      <c r="R135" s="118"/>
+      <c r="Q135" s="128"/>
+      <c r="R135" s="112"/>
       <c r="S135" s="33"/>
       <c r="T135" s="57"/>
       <c r="U135" s="58"/>
-      <c r="V135" s="198">
+      <c r="V135" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W135" s="197">
+      <c r="W135" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X135" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y135" s="62"/>
       <c r="Z135" s="62"/>
       <c r="AA135" s="62"/>
       <c r="AB135" s="62"/>
       <c r="AC135" s="62"/>
       <c r="AD135" s="62"/>
       <c r="AE135" s="62"/>
       <c r="AF135" s="62"/>
       <c r="AG135" s="62"/>
       <c r="AH135" s="62"/>
       <c r="AI135" s="62"/>
       <c r="AJ135" s="62"/>
       <c r="AK135" s="62"/>
       <c r="AL135" s="62"/>
       <c r="AM135" s="62"/>
       <c r="AN135" s="62"/>
       <c r="AO135" s="62"/>
       <c r="AP135" s="62"/>
       <c r="AQ135" s="62"/>
       <c r="AR135" s="62"/>
     </row>
     <row r="136" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A136" s="239"/>
-[...4 lines deleted...]
-      <c r="F136" s="122"/>
+      <c r="A136" s="243"/>
+      <c r="B136" s="244"/>
+      <c r="C136" s="244"/>
+      <c r="D136" s="244"/>
+      <c r="E136" s="133"/>
+      <c r="F136" s="116"/>
       <c r="G136" s="51"/>
       <c r="H136" s="51"/>
       <c r="I136" s="51"/>
       <c r="J136" s="51"/>
-      <c r="K136" s="168"/>
-[...1 lines deleted...]
-      <c r="M136" s="170"/>
+      <c r="K136" s="162"/>
+      <c r="L136" s="163"/>
+      <c r="M136" s="164"/>
       <c r="N136" s="31"/>
       <c r="O136" s="32"/>
       <c r="P136" s="32"/>
-      <c r="Q136" s="134"/>
-      <c r="R136" s="118"/>
+      <c r="Q136" s="128"/>
+      <c r="R136" s="112"/>
       <c r="S136" s="33"/>
       <c r="T136" s="57"/>
       <c r="U136" s="58"/>
-      <c r="V136" s="198">
+      <c r="V136" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W136" s="197">
+      <c r="W136" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X136" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y136" s="62"/>
       <c r="Z136" s="62"/>
       <c r="AA136" s="62"/>
       <c r="AB136" s="62"/>
       <c r="AC136" s="62"/>
       <c r="AD136" s="62"/>
       <c r="AE136" s="62"/>
       <c r="AF136" s="62"/>
       <c r="AG136" s="62"/>
       <c r="AH136" s="62"/>
       <c r="AI136" s="62"/>
       <c r="AJ136" s="62"/>
       <c r="AK136" s="62"/>
       <c r="AL136" s="62"/>
       <c r="AM136" s="62"/>
       <c r="AN136" s="62"/>
       <c r="AO136" s="62"/>
       <c r="AP136" s="62"/>
       <c r="AQ136" s="62"/>
       <c r="AR136" s="62"/>
     </row>
     <row r="137" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A137" s="239"/>
-[...4 lines deleted...]
-      <c r="F137" s="122"/>
+      <c r="A137" s="243"/>
+      <c r="B137" s="244"/>
+      <c r="C137" s="244"/>
+      <c r="D137" s="244"/>
+      <c r="E137" s="133"/>
+      <c r="F137" s="116"/>
       <c r="G137" s="51"/>
       <c r="H137" s="51"/>
       <c r="I137" s="51"/>
       <c r="J137" s="51"/>
-      <c r="K137" s="168"/>
-[...1 lines deleted...]
-      <c r="M137" s="170"/>
+      <c r="K137" s="162"/>
+      <c r="L137" s="163"/>
+      <c r="M137" s="164"/>
       <c r="N137" s="31"/>
       <c r="O137" s="32"/>
       <c r="P137" s="32"/>
-      <c r="Q137" s="134"/>
-      <c r="R137" s="118"/>
+      <c r="Q137" s="128"/>
+      <c r="R137" s="112"/>
       <c r="S137" s="33"/>
       <c r="T137" s="57"/>
       <c r="U137" s="58"/>
-      <c r="V137" s="198">
+      <c r="V137" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W137" s="197">
+      <c r="W137" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X137" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y137" s="62"/>
       <c r="Z137" s="62"/>
       <c r="AA137" s="62"/>
       <c r="AB137" s="62"/>
       <c r="AC137" s="62"/>
       <c r="AD137" s="62"/>
       <c r="AE137" s="62"/>
       <c r="AF137" s="62"/>
       <c r="AG137" s="62"/>
       <c r="AH137" s="62"/>
       <c r="AI137" s="62"/>
       <c r="AJ137" s="62"/>
       <c r="AK137" s="62"/>
       <c r="AL137" s="62"/>
       <c r="AM137" s="62"/>
       <c r="AN137" s="62"/>
       <c r="AO137" s="62"/>
       <c r="AP137" s="62"/>
       <c r="AQ137" s="62"/>
       <c r="AR137" s="62"/>
     </row>
     <row r="138" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A138" s="239"/>
-[...4 lines deleted...]
-      <c r="F138" s="122"/>
+      <c r="A138" s="243"/>
+      <c r="B138" s="244"/>
+      <c r="C138" s="244"/>
+      <c r="D138" s="244"/>
+      <c r="E138" s="133"/>
+      <c r="F138" s="116"/>
       <c r="G138" s="51"/>
       <c r="H138" s="51"/>
       <c r="I138" s="51"/>
       <c r="J138" s="51"/>
-      <c r="K138" s="168"/>
-[...1 lines deleted...]
-      <c r="M138" s="170"/>
+      <c r="K138" s="162"/>
+      <c r="L138" s="163"/>
+      <c r="M138" s="164"/>
       <c r="N138" s="31"/>
       <c r="O138" s="32"/>
       <c r="P138" s="32"/>
-      <c r="Q138" s="134"/>
-      <c r="R138" s="118"/>
+      <c r="Q138" s="128"/>
+      <c r="R138" s="112"/>
       <c r="S138" s="33"/>
       <c r="T138" s="57"/>
       <c r="U138" s="58"/>
-      <c r="V138" s="198">
+      <c r="V138" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W138" s="197">
+      <c r="W138" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X138" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y138" s="62"/>
       <c r="Z138" s="62"/>
       <c r="AA138" s="62"/>
       <c r="AB138" s="62"/>
       <c r="AC138" s="62"/>
       <c r="AD138" s="62"/>
       <c r="AE138" s="62"/>
       <c r="AF138" s="62"/>
       <c r="AG138" s="62"/>
       <c r="AH138" s="62"/>
       <c r="AI138" s="62"/>
       <c r="AJ138" s="62"/>
       <c r="AK138" s="62"/>
       <c r="AL138" s="62"/>
       <c r="AM138" s="62"/>
       <c r="AN138" s="62"/>
       <c r="AO138" s="62"/>
       <c r="AP138" s="62"/>
       <c r="AQ138" s="62"/>
       <c r="AR138" s="62"/>
     </row>
     <row r="139" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="239"/>
-[...4 lines deleted...]
-      <c r="F139" s="122"/>
+      <c r="A139" s="243"/>
+      <c r="B139" s="244"/>
+      <c r="C139" s="244"/>
+      <c r="D139" s="244"/>
+      <c r="E139" s="133"/>
+      <c r="F139" s="116"/>
       <c r="G139" s="51"/>
       <c r="H139" s="51"/>
       <c r="I139" s="51"/>
       <c r="J139" s="51"/>
-      <c r="K139" s="168"/>
-[...1 lines deleted...]
-      <c r="M139" s="170"/>
+      <c r="K139" s="162"/>
+      <c r="L139" s="163"/>
+      <c r="M139" s="164"/>
       <c r="N139" s="31"/>
       <c r="O139" s="32"/>
       <c r="P139" s="32"/>
-      <c r="Q139" s="134"/>
-      <c r="R139" s="118"/>
+      <c r="Q139" s="128"/>
+      <c r="R139" s="112"/>
       <c r="S139" s="33"/>
       <c r="T139" s="57"/>
       <c r="U139" s="58"/>
-      <c r="V139" s="198">
+      <c r="V139" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W139" s="197">
+      <c r="W139" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X139" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y139" s="62"/>
       <c r="Z139" s="62"/>
       <c r="AA139" s="62"/>
       <c r="AB139" s="62"/>
       <c r="AC139" s="62"/>
       <c r="AD139" s="62"/>
       <c r="AE139" s="62"/>
       <c r="AF139" s="62"/>
       <c r="AG139" s="62"/>
       <c r="AH139" s="62"/>
       <c r="AI139" s="62"/>
       <c r="AJ139" s="62"/>
       <c r="AK139" s="62"/>
       <c r="AL139" s="62"/>
       <c r="AM139" s="62"/>
       <c r="AN139" s="62"/>
       <c r="AO139" s="62"/>
       <c r="AP139" s="62"/>
       <c r="AQ139" s="62"/>
       <c r="AR139" s="62"/>
     </row>
     <row r="140" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A140" s="239"/>
-[...4 lines deleted...]
-      <c r="F140" s="122"/>
+      <c r="A140" s="243"/>
+      <c r="B140" s="244"/>
+      <c r="C140" s="244"/>
+      <c r="D140" s="244"/>
+      <c r="E140" s="133"/>
+      <c r="F140" s="116"/>
       <c r="G140" s="51"/>
       <c r="H140" s="51"/>
       <c r="I140" s="51"/>
       <c r="J140" s="51"/>
-      <c r="K140" s="168"/>
-[...1 lines deleted...]
-      <c r="M140" s="170"/>
+      <c r="K140" s="162"/>
+      <c r="L140" s="163"/>
+      <c r="M140" s="164"/>
       <c r="N140" s="31"/>
       <c r="O140" s="32"/>
       <c r="P140" s="32"/>
-      <c r="Q140" s="134"/>
-      <c r="R140" s="118"/>
+      <c r="Q140" s="128"/>
+      <c r="R140" s="112"/>
       <c r="S140" s="33"/>
       <c r="T140" s="57"/>
       <c r="U140" s="58"/>
-      <c r="V140" s="198">
+      <c r="V140" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W140" s="197">
+      <c r="W140" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X140" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y140" s="62"/>
       <c r="Z140" s="62"/>
       <c r="AA140" s="62"/>
       <c r="AB140" s="62"/>
       <c r="AC140" s="62"/>
       <c r="AD140" s="62"/>
       <c r="AE140" s="62"/>
       <c r="AF140" s="62"/>
       <c r="AG140" s="62"/>
       <c r="AH140" s="62"/>
       <c r="AI140" s="62"/>
       <c r="AJ140" s="62"/>
       <c r="AK140" s="62"/>
       <c r="AL140" s="62"/>
       <c r="AM140" s="62"/>
       <c r="AN140" s="62"/>
       <c r="AO140" s="62"/>
       <c r="AP140" s="62"/>
       <c r="AQ140" s="62"/>
       <c r="AR140" s="62"/>
     </row>
     <row r="141" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="239"/>
-[...4 lines deleted...]
-      <c r="F141" s="122"/>
+      <c r="A141" s="243"/>
+      <c r="B141" s="244"/>
+      <c r="C141" s="244"/>
+      <c r="D141" s="244"/>
+      <c r="E141" s="133"/>
+      <c r="F141" s="116"/>
       <c r="G141" s="51"/>
       <c r="H141" s="51"/>
       <c r="I141" s="51"/>
       <c r="J141" s="51"/>
-      <c r="K141" s="168"/>
-[...1 lines deleted...]
-      <c r="M141" s="170"/>
+      <c r="K141" s="162"/>
+      <c r="L141" s="163"/>
+      <c r="M141" s="164"/>
       <c r="N141" s="31"/>
       <c r="O141" s="32"/>
       <c r="P141" s="32"/>
-      <c r="Q141" s="134"/>
-      <c r="R141" s="118"/>
+      <c r="Q141" s="128"/>
+      <c r="R141" s="112"/>
       <c r="S141" s="33"/>
       <c r="T141" s="57"/>
       <c r="U141" s="58"/>
-      <c r="V141" s="198">
+      <c r="V141" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W141" s="197">
+      <c r="W141" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X141" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y141" s="62"/>
       <c r="Z141" s="62"/>
       <c r="AA141" s="62"/>
       <c r="AB141" s="62"/>
       <c r="AC141" s="62"/>
       <c r="AD141" s="62"/>
       <c r="AE141" s="62"/>
       <c r="AF141" s="62"/>
       <c r="AG141" s="62"/>
       <c r="AH141" s="62"/>
       <c r="AI141" s="62"/>
       <c r="AJ141" s="62"/>
       <c r="AK141" s="62"/>
       <c r="AL141" s="62"/>
       <c r="AM141" s="62"/>
       <c r="AN141" s="62"/>
       <c r="AO141" s="62"/>
       <c r="AP141" s="62"/>
       <c r="AQ141" s="62"/>
       <c r="AR141" s="62"/>
     </row>
     <row r="142" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="239"/>
-[...4 lines deleted...]
-      <c r="F142" s="122"/>
+      <c r="A142" s="243"/>
+      <c r="B142" s="244"/>
+      <c r="C142" s="244"/>
+      <c r="D142" s="244"/>
+      <c r="E142" s="133"/>
+      <c r="F142" s="116"/>
       <c r="G142" s="51"/>
       <c r="H142" s="51"/>
       <c r="I142" s="51"/>
       <c r="J142" s="51"/>
-      <c r="K142" s="168"/>
-[...1 lines deleted...]
-      <c r="M142" s="170"/>
+      <c r="K142" s="162"/>
+      <c r="L142" s="163"/>
+      <c r="M142" s="164"/>
       <c r="N142" s="31"/>
       <c r="O142" s="32"/>
       <c r="P142" s="32"/>
-      <c r="Q142" s="134"/>
-      <c r="R142" s="118"/>
+      <c r="Q142" s="128"/>
+      <c r="R142" s="112"/>
       <c r="S142" s="33"/>
       <c r="T142" s="57"/>
       <c r="U142" s="58"/>
-      <c r="V142" s="198">
+      <c r="V142" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W142" s="197">
+      <c r="W142" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X142" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y142" s="62"/>
       <c r="Z142" s="62"/>
       <c r="AA142" s="62"/>
       <c r="AB142" s="62"/>
       <c r="AC142" s="62"/>
       <c r="AD142" s="62"/>
       <c r="AE142" s="62"/>
       <c r="AF142" s="62"/>
       <c r="AG142" s="62"/>
       <c r="AH142" s="62"/>
       <c r="AI142" s="62"/>
       <c r="AJ142" s="62"/>
       <c r="AK142" s="62"/>
       <c r="AL142" s="62"/>
       <c r="AM142" s="62"/>
       <c r="AN142" s="62"/>
       <c r="AO142" s="62"/>
       <c r="AP142" s="62"/>
       <c r="AQ142" s="62"/>
       <c r="AR142" s="62"/>
     </row>
     <row r="143" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A143" s="239"/>
-[...4 lines deleted...]
-      <c r="F143" s="122"/>
+      <c r="A143" s="243"/>
+      <c r="B143" s="244"/>
+      <c r="C143" s="244"/>
+      <c r="D143" s="244"/>
+      <c r="E143" s="133"/>
+      <c r="F143" s="116"/>
       <c r="G143" s="51"/>
       <c r="H143" s="51"/>
       <c r="I143" s="51"/>
       <c r="J143" s="51"/>
-      <c r="K143" s="168"/>
-[...1 lines deleted...]
-      <c r="M143" s="170"/>
+      <c r="K143" s="162"/>
+      <c r="L143" s="163"/>
+      <c r="M143" s="164"/>
       <c r="N143" s="31"/>
       <c r="O143" s="32"/>
       <c r="P143" s="32"/>
-      <c r="Q143" s="134"/>
-      <c r="R143" s="118"/>
+      <c r="Q143" s="128"/>
+      <c r="R143" s="112"/>
       <c r="S143" s="33"/>
       <c r="T143" s="57"/>
       <c r="U143" s="58"/>
-      <c r="V143" s="198">
+      <c r="V143" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W143" s="197">
+      <c r="W143" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X143" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y143" s="62"/>
       <c r="Z143" s="62"/>
       <c r="AA143" s="62"/>
       <c r="AB143" s="62"/>
       <c r="AC143" s="62"/>
       <c r="AD143" s="62"/>
       <c r="AE143" s="62"/>
       <c r="AF143" s="62"/>
       <c r="AG143" s="62"/>
       <c r="AH143" s="62"/>
       <c r="AI143" s="62"/>
       <c r="AJ143" s="62"/>
       <c r="AK143" s="62"/>
       <c r="AL143" s="62"/>
       <c r="AM143" s="62"/>
       <c r="AN143" s="62"/>
       <c r="AO143" s="62"/>
       <c r="AP143" s="62"/>
       <c r="AQ143" s="62"/>
       <c r="AR143" s="62"/>
     </row>
     <row r="144" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A144" s="239"/>
-[...4 lines deleted...]
-      <c r="F144" s="122"/>
+      <c r="A144" s="243"/>
+      <c r="B144" s="244"/>
+      <c r="C144" s="244"/>
+      <c r="D144" s="244"/>
+      <c r="E144" s="133"/>
+      <c r="F144" s="116"/>
       <c r="G144" s="51"/>
       <c r="H144" s="51"/>
       <c r="I144" s="51"/>
       <c r="J144" s="51"/>
-      <c r="K144" s="168"/>
-[...1 lines deleted...]
-      <c r="M144" s="170"/>
+      <c r="K144" s="162"/>
+      <c r="L144" s="163"/>
+      <c r="M144" s="164"/>
       <c r="N144" s="31"/>
       <c r="O144" s="32"/>
       <c r="P144" s="32"/>
-      <c r="Q144" s="134"/>
-      <c r="R144" s="118"/>
+      <c r="Q144" s="128"/>
+      <c r="R144" s="112"/>
       <c r="S144" s="33"/>
       <c r="T144" s="57"/>
       <c r="U144" s="58"/>
-      <c r="V144" s="198">
+      <c r="V144" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W144" s="197">
+      <c r="W144" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X144" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y144" s="62"/>
       <c r="Z144" s="62"/>
       <c r="AA144" s="62"/>
       <c r="AB144" s="62"/>
       <c r="AC144" s="62"/>
       <c r="AD144" s="62"/>
       <c r="AE144" s="62"/>
       <c r="AF144" s="62"/>
       <c r="AG144" s="62"/>
       <c r="AH144" s="62"/>
       <c r="AI144" s="62"/>
       <c r="AJ144" s="62"/>
       <c r="AK144" s="62"/>
       <c r="AL144" s="62"/>
       <c r="AM144" s="62"/>
       <c r="AN144" s="62"/>
       <c r="AO144" s="62"/>
       <c r="AP144" s="62"/>
       <c r="AQ144" s="62"/>
       <c r="AR144" s="62"/>
     </row>
     <row r="145" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A145" s="239"/>
-[...4 lines deleted...]
-      <c r="F145" s="122"/>
+      <c r="A145" s="243"/>
+      <c r="B145" s="244"/>
+      <c r="C145" s="244"/>
+      <c r="D145" s="244"/>
+      <c r="E145" s="133"/>
+      <c r="F145" s="116"/>
       <c r="G145" s="51"/>
       <c r="H145" s="51"/>
       <c r="I145" s="51"/>
       <c r="J145" s="51"/>
-      <c r="K145" s="168"/>
-[...1 lines deleted...]
-      <c r="M145" s="170"/>
+      <c r="K145" s="162"/>
+      <c r="L145" s="163"/>
+      <c r="M145" s="164"/>
       <c r="N145" s="31"/>
       <c r="O145" s="32"/>
       <c r="P145" s="32"/>
-      <c r="Q145" s="134"/>
-      <c r="R145" s="118"/>
+      <c r="Q145" s="128"/>
+      <c r="R145" s="112"/>
       <c r="S145" s="33"/>
       <c r="T145" s="57"/>
       <c r="U145" s="58"/>
-      <c r="V145" s="198">
+      <c r="V145" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W145" s="197">
+      <c r="W145" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X145" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y145" s="62"/>
       <c r="Z145" s="62"/>
       <c r="AA145" s="62"/>
       <c r="AB145" s="62"/>
       <c r="AC145" s="62"/>
       <c r="AD145" s="62"/>
       <c r="AE145" s="62"/>
       <c r="AF145" s="62"/>
       <c r="AG145" s="62"/>
       <c r="AH145" s="62"/>
       <c r="AI145" s="62"/>
       <c r="AJ145" s="62"/>
       <c r="AK145" s="62"/>
       <c r="AL145" s="62"/>
       <c r="AM145" s="62"/>
       <c r="AN145" s="62"/>
       <c r="AO145" s="62"/>
       <c r="AP145" s="62"/>
       <c r="AQ145" s="62"/>
       <c r="AR145" s="62"/>
     </row>
     <row r="146" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A146" s="239"/>
-[...4 lines deleted...]
-      <c r="F146" s="122"/>
+      <c r="A146" s="243"/>
+      <c r="B146" s="244"/>
+      <c r="C146" s="244"/>
+      <c r="D146" s="244"/>
+      <c r="E146" s="133"/>
+      <c r="F146" s="116"/>
       <c r="G146" s="51"/>
       <c r="H146" s="51"/>
       <c r="I146" s="51"/>
       <c r="J146" s="51"/>
-      <c r="K146" s="168"/>
-[...1 lines deleted...]
-      <c r="M146" s="170"/>
+      <c r="K146" s="162"/>
+      <c r="L146" s="163"/>
+      <c r="M146" s="164"/>
       <c r="N146" s="31"/>
       <c r="O146" s="32"/>
       <c r="P146" s="32"/>
-      <c r="Q146" s="134"/>
-      <c r="R146" s="118"/>
+      <c r="Q146" s="128"/>
+      <c r="R146" s="112"/>
       <c r="S146" s="33"/>
       <c r="T146" s="57"/>
       <c r="U146" s="58"/>
-      <c r="V146" s="198">
+      <c r="V146" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W146" s="197">
+      <c r="W146" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X146" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y146" s="62"/>
       <c r="Z146" s="62"/>
       <c r="AA146" s="62"/>
       <c r="AB146" s="62"/>
       <c r="AC146" s="62"/>
       <c r="AD146" s="62"/>
       <c r="AE146" s="62"/>
       <c r="AF146" s="62"/>
       <c r="AG146" s="62"/>
       <c r="AH146" s="62"/>
       <c r="AI146" s="62"/>
       <c r="AJ146" s="62"/>
       <c r="AK146" s="62"/>
       <c r="AL146" s="62"/>
       <c r="AM146" s="62"/>
       <c r="AN146" s="62"/>
       <c r="AO146" s="62"/>
       <c r="AP146" s="62"/>
       <c r="AQ146" s="62"/>
       <c r="AR146" s="62"/>
     </row>
     <row r="147" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A147" s="239"/>
-[...4 lines deleted...]
-      <c r="F147" s="122"/>
+      <c r="A147" s="243"/>
+      <c r="B147" s="244"/>
+      <c r="C147" s="244"/>
+      <c r="D147" s="244"/>
+      <c r="E147" s="133"/>
+      <c r="F147" s="116"/>
       <c r="G147" s="51"/>
       <c r="H147" s="51"/>
       <c r="I147" s="51"/>
       <c r="J147" s="51"/>
-      <c r="K147" s="168"/>
-[...1 lines deleted...]
-      <c r="M147" s="170"/>
+      <c r="K147" s="162"/>
+      <c r="L147" s="163"/>
+      <c r="M147" s="164"/>
       <c r="N147" s="31"/>
       <c r="O147" s="32"/>
       <c r="P147" s="32"/>
-      <c r="Q147" s="134"/>
-      <c r="R147" s="118"/>
+      <c r="Q147" s="128"/>
+      <c r="R147" s="112"/>
       <c r="S147" s="33"/>
       <c r="T147" s="57"/>
       <c r="U147" s="58"/>
-      <c r="V147" s="198">
+      <c r="V147" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W147" s="197">
+      <c r="W147" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X147" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y147" s="62"/>
       <c r="Z147" s="62"/>
       <c r="AA147" s="62"/>
       <c r="AB147" s="62"/>
       <c r="AC147" s="62"/>
       <c r="AD147" s="62"/>
       <c r="AE147" s="62"/>
       <c r="AF147" s="62"/>
       <c r="AG147" s="62"/>
       <c r="AH147" s="62"/>
       <c r="AI147" s="62"/>
       <c r="AJ147" s="62"/>
       <c r="AK147" s="62"/>
       <c r="AL147" s="62"/>
       <c r="AM147" s="62"/>
       <c r="AN147" s="62"/>
       <c r="AO147" s="62"/>
       <c r="AP147" s="62"/>
       <c r="AQ147" s="62"/>
       <c r="AR147" s="62"/>
     </row>
     <row r="148" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A148" s="239"/>
-[...4 lines deleted...]
-      <c r="F148" s="122"/>
+      <c r="A148" s="243"/>
+      <c r="B148" s="244"/>
+      <c r="C148" s="244"/>
+      <c r="D148" s="244"/>
+      <c r="E148" s="133"/>
+      <c r="F148" s="116"/>
       <c r="G148" s="51"/>
       <c r="H148" s="51"/>
       <c r="I148" s="51"/>
       <c r="J148" s="51"/>
-      <c r="K148" s="168"/>
-[...1 lines deleted...]
-      <c r="M148" s="170"/>
+      <c r="K148" s="162"/>
+      <c r="L148" s="163"/>
+      <c r="M148" s="164"/>
       <c r="N148" s="31"/>
       <c r="O148" s="32"/>
       <c r="P148" s="32"/>
-      <c r="Q148" s="134"/>
-      <c r="R148" s="118"/>
+      <c r="Q148" s="128"/>
+      <c r="R148" s="112"/>
       <c r="S148" s="33"/>
       <c r="T148" s="57"/>
       <c r="U148" s="58"/>
-      <c r="V148" s="198">
+      <c r="V148" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W148" s="197">
+      <c r="W148" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X148" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y148" s="62"/>
       <c r="Z148" s="62"/>
       <c r="AA148" s="62"/>
       <c r="AB148" s="62"/>
       <c r="AC148" s="62"/>
       <c r="AD148" s="62"/>
       <c r="AE148" s="62"/>
       <c r="AF148" s="62"/>
       <c r="AG148" s="62"/>
       <c r="AH148" s="62"/>
       <c r="AI148" s="62"/>
       <c r="AJ148" s="62"/>
       <c r="AK148" s="62"/>
       <c r="AL148" s="62"/>
       <c r="AM148" s="62"/>
       <c r="AN148" s="62"/>
       <c r="AO148" s="62"/>
       <c r="AP148" s="62"/>
       <c r="AQ148" s="62"/>
       <c r="AR148" s="62"/>
     </row>
     <row r="149" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A149" s="239"/>
-[...4 lines deleted...]
-      <c r="F149" s="122"/>
+      <c r="A149" s="243"/>
+      <c r="B149" s="244"/>
+      <c r="C149" s="244"/>
+      <c r="D149" s="244"/>
+      <c r="E149" s="133"/>
+      <c r="F149" s="116"/>
       <c r="G149" s="51"/>
       <c r="H149" s="51"/>
       <c r="I149" s="51"/>
       <c r="J149" s="51"/>
-      <c r="K149" s="168"/>
-[...1 lines deleted...]
-      <c r="M149" s="170"/>
+      <c r="K149" s="162"/>
+      <c r="L149" s="163"/>
+      <c r="M149" s="164"/>
       <c r="N149" s="31"/>
       <c r="O149" s="32"/>
       <c r="P149" s="32"/>
-      <c r="Q149" s="134"/>
-      <c r="R149" s="118"/>
+      <c r="Q149" s="128"/>
+      <c r="R149" s="112"/>
       <c r="S149" s="33"/>
       <c r="T149" s="57"/>
       <c r="U149" s="58"/>
-      <c r="V149" s="198">
+      <c r="V149" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W149" s="197">
+      <c r="W149" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X149" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y149" s="62"/>
       <c r="Z149" s="62"/>
       <c r="AA149" s="62"/>
       <c r="AB149" s="62"/>
       <c r="AC149" s="62"/>
       <c r="AD149" s="62"/>
       <c r="AE149" s="62"/>
       <c r="AF149" s="62"/>
       <c r="AG149" s="62"/>
       <c r="AH149" s="62"/>
       <c r="AI149" s="62"/>
       <c r="AJ149" s="62"/>
       <c r="AK149" s="62"/>
       <c r="AL149" s="62"/>
       <c r="AM149" s="62"/>
       <c r="AN149" s="62"/>
       <c r="AO149" s="62"/>
       <c r="AP149" s="62"/>
       <c r="AQ149" s="62"/>
       <c r="AR149" s="62"/>
     </row>
     <row r="150" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A150" s="239"/>
-[...4 lines deleted...]
-      <c r="F150" s="122"/>
+      <c r="A150" s="243"/>
+      <c r="B150" s="244"/>
+      <c r="C150" s="244"/>
+      <c r="D150" s="244"/>
+      <c r="E150" s="133"/>
+      <c r="F150" s="116"/>
       <c r="G150" s="51"/>
       <c r="H150" s="51"/>
       <c r="I150" s="51"/>
       <c r="J150" s="51"/>
-      <c r="K150" s="168"/>
-[...1 lines deleted...]
-      <c r="M150" s="170"/>
+      <c r="K150" s="162"/>
+      <c r="L150" s="163"/>
+      <c r="M150" s="164"/>
       <c r="N150" s="31"/>
       <c r="O150" s="32"/>
       <c r="P150" s="32"/>
-      <c r="Q150" s="134"/>
-      <c r="R150" s="118"/>
+      <c r="Q150" s="128"/>
+      <c r="R150" s="112"/>
       <c r="S150" s="33"/>
       <c r="T150" s="57"/>
       <c r="U150" s="58"/>
-      <c r="V150" s="198">
+      <c r="V150" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W150" s="197">
+      <c r="W150" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X150" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y150" s="62"/>
       <c r="Z150" s="62"/>
       <c r="AA150" s="62"/>
       <c r="AB150" s="62"/>
       <c r="AC150" s="62"/>
       <c r="AD150" s="62"/>
       <c r="AE150" s="62"/>
       <c r="AF150" s="62"/>
       <c r="AG150" s="62"/>
       <c r="AH150" s="62"/>
       <c r="AI150" s="62"/>
       <c r="AJ150" s="62"/>
       <c r="AK150" s="62"/>
       <c r="AL150" s="62"/>
       <c r="AM150" s="62"/>
       <c r="AN150" s="62"/>
       <c r="AO150" s="62"/>
       <c r="AP150" s="62"/>
       <c r="AQ150" s="62"/>
       <c r="AR150" s="62"/>
     </row>
     <row r="151" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="239"/>
-[...4 lines deleted...]
-      <c r="F151" s="122"/>
+      <c r="A151" s="243"/>
+      <c r="B151" s="244"/>
+      <c r="C151" s="244"/>
+      <c r="D151" s="244"/>
+      <c r="E151" s="133"/>
+      <c r="F151" s="116"/>
       <c r="G151" s="51"/>
       <c r="H151" s="51"/>
       <c r="I151" s="51"/>
       <c r="J151" s="51"/>
-      <c r="K151" s="168"/>
-[...1 lines deleted...]
-      <c r="M151" s="170"/>
+      <c r="K151" s="162"/>
+      <c r="L151" s="163"/>
+      <c r="M151" s="164"/>
       <c r="N151" s="31"/>
       <c r="O151" s="32"/>
       <c r="P151" s="32"/>
-      <c r="Q151" s="134"/>
-      <c r="R151" s="118"/>
+      <c r="Q151" s="128"/>
+      <c r="R151" s="112"/>
       <c r="S151" s="33"/>
       <c r="T151" s="57"/>
       <c r="U151" s="58"/>
-      <c r="V151" s="198">
+      <c r="V151" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W151" s="197">
+      <c r="W151" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X151" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y151" s="62"/>
       <c r="Z151" s="62"/>
       <c r="AA151" s="62"/>
       <c r="AB151" s="62"/>
       <c r="AC151" s="62"/>
       <c r="AD151" s="62"/>
       <c r="AE151" s="62"/>
       <c r="AF151" s="62"/>
       <c r="AG151" s="62"/>
       <c r="AH151" s="62"/>
       <c r="AI151" s="62"/>
       <c r="AJ151" s="62"/>
       <c r="AK151" s="62"/>
       <c r="AL151" s="62"/>
       <c r="AM151" s="62"/>
       <c r="AN151" s="62"/>
       <c r="AO151" s="62"/>
       <c r="AP151" s="62"/>
       <c r="AQ151" s="62"/>
       <c r="AR151" s="62"/>
     </row>
     <row r="152" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="239"/>
-[...4 lines deleted...]
-      <c r="F152" s="122"/>
+      <c r="A152" s="243"/>
+      <c r="B152" s="244"/>
+      <c r="C152" s="244"/>
+      <c r="D152" s="244"/>
+      <c r="E152" s="133"/>
+      <c r="F152" s="116"/>
       <c r="G152" s="51"/>
       <c r="H152" s="51"/>
       <c r="I152" s="51"/>
       <c r="J152" s="51"/>
-      <c r="K152" s="168"/>
-[...1 lines deleted...]
-      <c r="M152" s="170"/>
+      <c r="K152" s="162"/>
+      <c r="L152" s="163"/>
+      <c r="M152" s="164"/>
       <c r="N152" s="31"/>
       <c r="O152" s="32"/>
       <c r="P152" s="32"/>
-      <c r="Q152" s="134"/>
-      <c r="R152" s="118"/>
+      <c r="Q152" s="128"/>
+      <c r="R152" s="112"/>
       <c r="S152" s="33"/>
       <c r="T152" s="57"/>
       <c r="U152" s="58"/>
-      <c r="V152" s="198">
+      <c r="V152" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W152" s="197">
+      <c r="W152" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X152" s="2">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y152" s="62"/>
       <c r="Z152" s="62"/>
       <c r="AA152" s="62"/>
       <c r="AB152" s="62"/>
       <c r="AC152" s="62"/>
       <c r="AD152" s="62"/>
       <c r="AE152" s="62"/>
       <c r="AF152" s="62"/>
       <c r="AG152" s="62"/>
       <c r="AH152" s="62"/>
       <c r="AI152" s="62"/>
       <c r="AJ152" s="62"/>
       <c r="AK152" s="62"/>
       <c r="AL152" s="62"/>
       <c r="AM152" s="62"/>
       <c r="AN152" s="62"/>
       <c r="AO152" s="62"/>
       <c r="AP152" s="62"/>
       <c r="AQ152" s="62"/>
       <c r="AR152" s="62"/>
     </row>
     <row r="153" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A153" s="239"/>
-[...4 lines deleted...]
-      <c r="F153" s="122"/>
+      <c r="A153" s="243"/>
+      <c r="B153" s="244"/>
+      <c r="C153" s="244"/>
+      <c r="D153" s="244"/>
+      <c r="E153" s="133"/>
+      <c r="F153" s="116"/>
       <c r="G153" s="51"/>
       <c r="H153" s="51"/>
       <c r="I153" s="51"/>
       <c r="J153" s="51"/>
-      <c r="K153" s="168"/>
-[...1 lines deleted...]
-      <c r="M153" s="170"/>
+      <c r="K153" s="162"/>
+      <c r="L153" s="163"/>
+      <c r="M153" s="164"/>
       <c r="N153" s="31"/>
       <c r="O153" s="32"/>
       <c r="P153" s="32"/>
-      <c r="Q153" s="134"/>
-      <c r="R153" s="118"/>
+      <c r="Q153" s="128"/>
+      <c r="R153" s="112"/>
       <c r="S153" s="33"/>
       <c r="T153" s="57"/>
       <c r="U153" s="58"/>
-      <c r="V153" s="198">
+      <c r="V153" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W153" s="197">
+      <c r="W153" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X153" s="2">
         <f t="shared" ref="X153:X216" si="8">IF(E153="o",0,SUM(N153:U153))</f>
         <v>0</v>
       </c>
       <c r="Y153" s="62"/>
       <c r="Z153" s="62"/>
       <c r="AA153" s="62"/>
       <c r="AB153" s="62"/>
       <c r="AC153" s="62"/>
       <c r="AD153" s="62"/>
       <c r="AE153" s="62"/>
       <c r="AF153" s="62"/>
       <c r="AG153" s="62"/>
       <c r="AH153" s="62"/>
       <c r="AI153" s="62"/>
       <c r="AJ153" s="62"/>
       <c r="AK153" s="62"/>
       <c r="AL153" s="62"/>
       <c r="AM153" s="62"/>
       <c r="AN153" s="62"/>
       <c r="AO153" s="62"/>
       <c r="AP153" s="62"/>
       <c r="AQ153" s="62"/>
       <c r="AR153" s="62"/>
     </row>
     <row r="154" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="239"/>
-[...4 lines deleted...]
-      <c r="F154" s="122"/>
+      <c r="A154" s="243"/>
+      <c r="B154" s="244"/>
+      <c r="C154" s="244"/>
+      <c r="D154" s="244"/>
+      <c r="E154" s="133"/>
+      <c r="F154" s="116"/>
       <c r="G154" s="51"/>
       <c r="H154" s="51"/>
       <c r="I154" s="51"/>
       <c r="J154" s="51"/>
-      <c r="K154" s="168"/>
-[...1 lines deleted...]
-      <c r="M154" s="170"/>
+      <c r="K154" s="162"/>
+      <c r="L154" s="163"/>
+      <c r="M154" s="164"/>
       <c r="N154" s="31"/>
       <c r="O154" s="32"/>
       <c r="P154" s="32"/>
-      <c r="Q154" s="134"/>
-      <c r="R154" s="118"/>
+      <c r="Q154" s="128"/>
+      <c r="R154" s="112"/>
       <c r="S154" s="33"/>
       <c r="T154" s="57"/>
       <c r="U154" s="58"/>
-      <c r="V154" s="198">
+      <c r="V154" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W154" s="197">
+      <c r="W154" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X154" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y154" s="62"/>
       <c r="Z154" s="62"/>
       <c r="AA154" s="62"/>
       <c r="AB154" s="62"/>
       <c r="AC154" s="62"/>
       <c r="AD154" s="62"/>
       <c r="AE154" s="62"/>
       <c r="AF154" s="62"/>
       <c r="AG154" s="62"/>
       <c r="AH154" s="62"/>
       <c r="AI154" s="62"/>
       <c r="AJ154" s="62"/>
       <c r="AK154" s="62"/>
       <c r="AL154" s="62"/>
       <c r="AM154" s="62"/>
       <c r="AN154" s="62"/>
       <c r="AO154" s="62"/>
       <c r="AP154" s="62"/>
       <c r="AQ154" s="62"/>
       <c r="AR154" s="62"/>
     </row>
     <row r="155" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="239"/>
-[...4 lines deleted...]
-      <c r="F155" s="122"/>
+      <c r="A155" s="243"/>
+      <c r="B155" s="244"/>
+      <c r="C155" s="244"/>
+      <c r="D155" s="244"/>
+      <c r="E155" s="133"/>
+      <c r="F155" s="116"/>
       <c r="G155" s="51"/>
       <c r="H155" s="51"/>
       <c r="I155" s="51"/>
       <c r="J155" s="51"/>
-      <c r="K155" s="168"/>
-[...1 lines deleted...]
-      <c r="M155" s="170"/>
+      <c r="K155" s="162"/>
+      <c r="L155" s="163"/>
+      <c r="M155" s="164"/>
       <c r="N155" s="31"/>
       <c r="O155" s="32"/>
       <c r="P155" s="32"/>
-      <c r="Q155" s="134"/>
-      <c r="R155" s="118"/>
+      <c r="Q155" s="128"/>
+      <c r="R155" s="112"/>
       <c r="S155" s="33"/>
       <c r="T155" s="57"/>
       <c r="U155" s="58"/>
-      <c r="V155" s="198">
+      <c r="V155" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W155" s="197">
+      <c r="W155" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X155" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y155" s="62"/>
       <c r="Z155" s="62"/>
       <c r="AA155" s="62"/>
       <c r="AB155" s="62"/>
       <c r="AC155" s="62"/>
       <c r="AD155" s="62"/>
       <c r="AE155" s="62"/>
       <c r="AF155" s="62"/>
       <c r="AG155" s="62"/>
       <c r="AH155" s="62"/>
       <c r="AI155" s="62"/>
       <c r="AJ155" s="62"/>
       <c r="AK155" s="62"/>
       <c r="AL155" s="62"/>
       <c r="AM155" s="62"/>
       <c r="AN155" s="62"/>
       <c r="AO155" s="62"/>
       <c r="AP155" s="62"/>
       <c r="AQ155" s="62"/>
       <c r="AR155" s="62"/>
     </row>
     <row r="156" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="239"/>
-[...4 lines deleted...]
-      <c r="F156" s="122"/>
+      <c r="A156" s="243"/>
+      <c r="B156" s="244"/>
+      <c r="C156" s="244"/>
+      <c r="D156" s="244"/>
+      <c r="E156" s="133"/>
+      <c r="F156" s="116"/>
       <c r="G156" s="51"/>
       <c r="H156" s="51"/>
       <c r="I156" s="51"/>
       <c r="J156" s="51"/>
-      <c r="K156" s="168"/>
-[...1 lines deleted...]
-      <c r="M156" s="170"/>
+      <c r="K156" s="162"/>
+      <c r="L156" s="163"/>
+      <c r="M156" s="164"/>
       <c r="N156" s="31"/>
       <c r="O156" s="32"/>
       <c r="P156" s="32"/>
-      <c r="Q156" s="134"/>
-      <c r="R156" s="118"/>
+      <c r="Q156" s="128"/>
+      <c r="R156" s="112"/>
       <c r="S156" s="33"/>
       <c r="T156" s="57"/>
       <c r="U156" s="58"/>
-      <c r="V156" s="198">
+      <c r="V156" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W156" s="197">
+      <c r="W156" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X156" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y156" s="62"/>
       <c r="Z156" s="62"/>
       <c r="AA156" s="62"/>
       <c r="AB156" s="62"/>
       <c r="AC156" s="62"/>
       <c r="AD156" s="62"/>
       <c r="AE156" s="62"/>
       <c r="AF156" s="62"/>
       <c r="AG156" s="62"/>
       <c r="AH156" s="62"/>
       <c r="AI156" s="62"/>
       <c r="AJ156" s="62"/>
       <c r="AK156" s="62"/>
       <c r="AL156" s="62"/>
       <c r="AM156" s="62"/>
       <c r="AN156" s="62"/>
       <c r="AO156" s="62"/>
       <c r="AP156" s="62"/>
       <c r="AQ156" s="62"/>
       <c r="AR156" s="62"/>
     </row>
     <row r="157" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A157" s="239"/>
-[...4 lines deleted...]
-      <c r="F157" s="122"/>
+      <c r="A157" s="243"/>
+      <c r="B157" s="244"/>
+      <c r="C157" s="244"/>
+      <c r="D157" s="244"/>
+      <c r="E157" s="133"/>
+      <c r="F157" s="116"/>
       <c r="G157" s="51"/>
       <c r="H157" s="51"/>
       <c r="I157" s="51"/>
       <c r="J157" s="51"/>
-      <c r="K157" s="168"/>
-[...1 lines deleted...]
-      <c r="M157" s="170"/>
+      <c r="K157" s="162"/>
+      <c r="L157" s="163"/>
+      <c r="M157" s="164"/>
       <c r="N157" s="31"/>
       <c r="O157" s="32"/>
       <c r="P157" s="32"/>
-      <c r="Q157" s="134"/>
-      <c r="R157" s="118"/>
+      <c r="Q157" s="128"/>
+      <c r="R157" s="112"/>
       <c r="S157" s="33"/>
       <c r="T157" s="57"/>
       <c r="U157" s="58"/>
-      <c r="V157" s="198">
+      <c r="V157" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W157" s="197">
+      <c r="W157" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X157" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y157" s="62"/>
       <c r="Z157" s="62"/>
       <c r="AA157" s="62"/>
       <c r="AB157" s="62"/>
       <c r="AC157" s="62"/>
       <c r="AD157" s="62"/>
       <c r="AE157" s="62"/>
       <c r="AF157" s="62"/>
       <c r="AG157" s="62"/>
       <c r="AH157" s="62"/>
       <c r="AI157" s="62"/>
       <c r="AJ157" s="62"/>
       <c r="AK157" s="62"/>
       <c r="AL157" s="62"/>
       <c r="AM157" s="62"/>
       <c r="AN157" s="62"/>
       <c r="AO157" s="62"/>
       <c r="AP157" s="62"/>
       <c r="AQ157" s="62"/>
       <c r="AR157" s="62"/>
     </row>
     <row r="158" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A158" s="239"/>
-[...4 lines deleted...]
-      <c r="F158" s="122"/>
+      <c r="A158" s="243"/>
+      <c r="B158" s="244"/>
+      <c r="C158" s="244"/>
+      <c r="D158" s="244"/>
+      <c r="E158" s="133"/>
+      <c r="F158" s="116"/>
       <c r="G158" s="51"/>
       <c r="H158" s="51"/>
       <c r="I158" s="51"/>
       <c r="J158" s="51"/>
-      <c r="K158" s="168"/>
-[...1 lines deleted...]
-      <c r="M158" s="170"/>
+      <c r="K158" s="162"/>
+      <c r="L158" s="163"/>
+      <c r="M158" s="164"/>
       <c r="N158" s="31"/>
       <c r="O158" s="32"/>
       <c r="P158" s="32"/>
-      <c r="Q158" s="134"/>
-      <c r="R158" s="118"/>
+      <c r="Q158" s="128"/>
+      <c r="R158" s="112"/>
       <c r="S158" s="33"/>
       <c r="T158" s="57"/>
       <c r="U158" s="58"/>
-      <c r="V158" s="198">
+      <c r="V158" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W158" s="197">
+      <c r="W158" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X158" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y158" s="62"/>
       <c r="Z158" s="62"/>
       <c r="AA158" s="62"/>
       <c r="AB158" s="62"/>
       <c r="AC158" s="62"/>
       <c r="AD158" s="62"/>
       <c r="AE158" s="62"/>
       <c r="AF158" s="62"/>
       <c r="AG158" s="62"/>
       <c r="AH158" s="62"/>
       <c r="AI158" s="62"/>
       <c r="AJ158" s="62"/>
       <c r="AK158" s="62"/>
       <c r="AL158" s="62"/>
       <c r="AM158" s="62"/>
       <c r="AN158" s="62"/>
       <c r="AO158" s="62"/>
       <c r="AP158" s="62"/>
       <c r="AQ158" s="62"/>
       <c r="AR158" s="62"/>
     </row>
     <row r="159" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A159" s="239"/>
-[...4 lines deleted...]
-      <c r="F159" s="122"/>
+      <c r="A159" s="243"/>
+      <c r="B159" s="244"/>
+      <c r="C159" s="244"/>
+      <c r="D159" s="244"/>
+      <c r="E159" s="133"/>
+      <c r="F159" s="116"/>
       <c r="G159" s="51"/>
       <c r="H159" s="51"/>
       <c r="I159" s="51"/>
       <c r="J159" s="51"/>
-      <c r="K159" s="168"/>
-[...1 lines deleted...]
-      <c r="M159" s="170"/>
+      <c r="K159" s="162"/>
+      <c r="L159" s="163"/>
+      <c r="M159" s="164"/>
       <c r="N159" s="31"/>
       <c r="O159" s="32"/>
       <c r="P159" s="32"/>
-      <c r="Q159" s="134"/>
-      <c r="R159" s="118"/>
+      <c r="Q159" s="128"/>
+      <c r="R159" s="112"/>
       <c r="S159" s="33"/>
       <c r="T159" s="57"/>
       <c r="U159" s="58"/>
-      <c r="V159" s="198">
+      <c r="V159" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W159" s="197">
+      <c r="W159" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X159" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y159" s="62"/>
       <c r="Z159" s="62"/>
       <c r="AA159" s="62"/>
       <c r="AB159" s="62"/>
       <c r="AC159" s="62"/>
       <c r="AD159" s="62"/>
       <c r="AE159" s="62"/>
       <c r="AF159" s="62"/>
       <c r="AG159" s="62"/>
       <c r="AH159" s="62"/>
       <c r="AI159" s="62"/>
       <c r="AJ159" s="62"/>
       <c r="AK159" s="62"/>
       <c r="AL159" s="62"/>
       <c r="AM159" s="62"/>
       <c r="AN159" s="62"/>
       <c r="AO159" s="62"/>
       <c r="AP159" s="62"/>
       <c r="AQ159" s="62"/>
       <c r="AR159" s="62"/>
     </row>
     <row r="160" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A160" s="239"/>
-[...4 lines deleted...]
-      <c r="F160" s="122"/>
+      <c r="A160" s="243"/>
+      <c r="B160" s="244"/>
+      <c r="C160" s="244"/>
+      <c r="D160" s="244"/>
+      <c r="E160" s="133"/>
+      <c r="F160" s="116"/>
       <c r="G160" s="51"/>
       <c r="H160" s="51"/>
       <c r="I160" s="51"/>
       <c r="J160" s="51"/>
-      <c r="K160" s="168"/>
-[...1 lines deleted...]
-      <c r="M160" s="170"/>
+      <c r="K160" s="162"/>
+      <c r="L160" s="163"/>
+      <c r="M160" s="164"/>
       <c r="N160" s="31"/>
       <c r="O160" s="32"/>
       <c r="P160" s="32"/>
-      <c r="Q160" s="134"/>
-      <c r="R160" s="118"/>
+      <c r="Q160" s="128"/>
+      <c r="R160" s="112"/>
       <c r="S160" s="33"/>
       <c r="T160" s="57"/>
       <c r="U160" s="58"/>
-      <c r="V160" s="198">
+      <c r="V160" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W160" s="197">
+      <c r="W160" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X160" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y160" s="62"/>
       <c r="Z160" s="62"/>
       <c r="AA160" s="62"/>
       <c r="AB160" s="62"/>
       <c r="AC160" s="62"/>
       <c r="AD160" s="62"/>
       <c r="AE160" s="62"/>
       <c r="AF160" s="62"/>
       <c r="AG160" s="62"/>
       <c r="AH160" s="62"/>
       <c r="AI160" s="62"/>
       <c r="AJ160" s="62"/>
       <c r="AK160" s="62"/>
       <c r="AL160" s="62"/>
       <c r="AM160" s="62"/>
       <c r="AN160" s="62"/>
       <c r="AO160" s="62"/>
       <c r="AP160" s="62"/>
       <c r="AQ160" s="62"/>
       <c r="AR160" s="62"/>
     </row>
     <row r="161" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A161" s="239"/>
-[...4 lines deleted...]
-      <c r="F161" s="122"/>
+      <c r="A161" s="243"/>
+      <c r="B161" s="244"/>
+      <c r="C161" s="244"/>
+      <c r="D161" s="244"/>
+      <c r="E161" s="133"/>
+      <c r="F161" s="116"/>
       <c r="G161" s="51"/>
       <c r="H161" s="51"/>
       <c r="I161" s="51"/>
       <c r="J161" s="51"/>
-      <c r="K161" s="168"/>
-[...1 lines deleted...]
-      <c r="M161" s="170"/>
+      <c r="K161" s="162"/>
+      <c r="L161" s="163"/>
+      <c r="M161" s="164"/>
       <c r="N161" s="31"/>
       <c r="O161" s="32"/>
       <c r="P161" s="32"/>
-      <c r="Q161" s="134"/>
-      <c r="R161" s="118"/>
+      <c r="Q161" s="128"/>
+      <c r="R161" s="112"/>
       <c r="S161" s="33"/>
       <c r="T161" s="57"/>
       <c r="U161" s="58"/>
-      <c r="V161" s="198">
+      <c r="V161" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W161" s="197">
+      <c r="W161" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X161" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y161" s="62"/>
       <c r="Z161" s="62"/>
       <c r="AA161" s="62"/>
       <c r="AB161" s="62"/>
       <c r="AC161" s="62"/>
       <c r="AD161" s="62"/>
       <c r="AE161" s="62"/>
       <c r="AF161" s="62"/>
       <c r="AG161" s="62"/>
       <c r="AH161" s="62"/>
       <c r="AI161" s="62"/>
       <c r="AJ161" s="62"/>
       <c r="AK161" s="62"/>
       <c r="AL161" s="62"/>
       <c r="AM161" s="62"/>
       <c r="AN161" s="62"/>
       <c r="AO161" s="62"/>
       <c r="AP161" s="62"/>
       <c r="AQ161" s="62"/>
       <c r="AR161" s="62"/>
     </row>
     <row r="162" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A162" s="239"/>
-[...4 lines deleted...]
-      <c r="F162" s="122"/>
+      <c r="A162" s="243"/>
+      <c r="B162" s="244"/>
+      <c r="C162" s="244"/>
+      <c r="D162" s="244"/>
+      <c r="E162" s="133"/>
+      <c r="F162" s="116"/>
       <c r="G162" s="51"/>
       <c r="H162" s="51"/>
       <c r="I162" s="51"/>
       <c r="J162" s="51"/>
-      <c r="K162" s="168"/>
-[...1 lines deleted...]
-      <c r="M162" s="170"/>
+      <c r="K162" s="162"/>
+      <c r="L162" s="163"/>
+      <c r="M162" s="164"/>
       <c r="N162" s="31"/>
       <c r="O162" s="32"/>
       <c r="P162" s="32"/>
-      <c r="Q162" s="134"/>
-      <c r="R162" s="118"/>
+      <c r="Q162" s="128"/>
+      <c r="R162" s="112"/>
       <c r="S162" s="33"/>
       <c r="T162" s="57"/>
       <c r="U162" s="58"/>
-      <c r="V162" s="198">
+      <c r="V162" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W162" s="197">
+      <c r="W162" s="191">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X162" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y162" s="62"/>
       <c r="Z162" s="62"/>
       <c r="AA162" s="62"/>
       <c r="AB162" s="62"/>
       <c r="AC162" s="62"/>
       <c r="AD162" s="62"/>
       <c r="AE162" s="62"/>
       <c r="AF162" s="62"/>
       <c r="AG162" s="62"/>
       <c r="AH162" s="62"/>
       <c r="AI162" s="62"/>
       <c r="AJ162" s="62"/>
       <c r="AK162" s="62"/>
       <c r="AL162" s="62"/>
       <c r="AM162" s="62"/>
       <c r="AN162" s="62"/>
       <c r="AO162" s="62"/>
       <c r="AP162" s="62"/>
       <c r="AQ162" s="62"/>
       <c r="AR162" s="62"/>
     </row>
     <row r="163" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="239"/>
-[...4 lines deleted...]
-      <c r="F163" s="122"/>
+      <c r="A163" s="243"/>
+      <c r="B163" s="244"/>
+      <c r="C163" s="244"/>
+      <c r="D163" s="244"/>
+      <c r="E163" s="133"/>
+      <c r="F163" s="116"/>
       <c r="G163" s="51"/>
       <c r="H163" s="51"/>
       <c r="I163" s="51"/>
       <c r="J163" s="51"/>
-      <c r="K163" s="168"/>
-[...1 lines deleted...]
-      <c r="M163" s="170"/>
+      <c r="K163" s="162"/>
+      <c r="L163" s="163"/>
+      <c r="M163" s="164"/>
       <c r="N163" s="31"/>
       <c r="O163" s="32"/>
       <c r="P163" s="32"/>
-      <c r="Q163" s="134"/>
-      <c r="R163" s="118"/>
+      <c r="Q163" s="128"/>
+      <c r="R163" s="112"/>
       <c r="S163" s="33"/>
       <c r="T163" s="57"/>
       <c r="U163" s="58"/>
-      <c r="V163" s="198">
+      <c r="V163" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W163" s="197">
+      <c r="W163" s="191">
         <f t="shared" ref="W163:W226" si="9">IF(E163="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E163="b",(F163/12*N163)+(G163/12*O163)+(H163/12*P163)+(I163/12*Q163)+(J163/12*R163)+(K163/12*S163)+(L163/12*T163)+(M163/12*U163),0),(F163*1.2%*$F$17/12*N163)+(G163*1.2%*$G$17/12*O163)+(H163*1.2%*$H$17/12*P163)+(I163*1.2%*$I$17/12*Q163)+(J163*1.2%*$J$17/12*R163)+(K163*1.2%*$K$17/12*S163)+(L163*1.2%*$L$17/12*T163)+(M163*1.2%*$M$17/12*U163)))</f>
         <v>0</v>
       </c>
       <c r="X163" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y163" s="62"/>
       <c r="Z163" s="62"/>
       <c r="AA163" s="62"/>
       <c r="AB163" s="62"/>
       <c r="AC163" s="62"/>
       <c r="AD163" s="62"/>
       <c r="AE163" s="62"/>
       <c r="AF163" s="62"/>
       <c r="AG163" s="62"/>
       <c r="AH163" s="62"/>
       <c r="AI163" s="62"/>
       <c r="AJ163" s="62"/>
       <c r="AK163" s="62"/>
       <c r="AL163" s="62"/>
       <c r="AM163" s="62"/>
       <c r="AN163" s="62"/>
       <c r="AO163" s="62"/>
       <c r="AP163" s="62"/>
       <c r="AQ163" s="62"/>
       <c r="AR163" s="62"/>
     </row>
     <row r="164" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A164" s="239"/>
-[...4 lines deleted...]
-      <c r="F164" s="122"/>
+      <c r="A164" s="243"/>
+      <c r="B164" s="244"/>
+      <c r="C164" s="244"/>
+      <c r="D164" s="244"/>
+      <c r="E164" s="133"/>
+      <c r="F164" s="116"/>
       <c r="G164" s="51"/>
       <c r="H164" s="51"/>
       <c r="I164" s="51"/>
       <c r="J164" s="51"/>
-      <c r="K164" s="168"/>
-[...1 lines deleted...]
-      <c r="M164" s="170"/>
+      <c r="K164" s="162"/>
+      <c r="L164" s="163"/>
+      <c r="M164" s="164"/>
       <c r="N164" s="31"/>
       <c r="O164" s="32"/>
       <c r="P164" s="32"/>
-      <c r="Q164" s="134"/>
-      <c r="R164" s="118"/>
+      <c r="Q164" s="128"/>
+      <c r="R164" s="112"/>
       <c r="S164" s="33"/>
       <c r="T164" s="57"/>
       <c r="U164" s="58"/>
-      <c r="V164" s="198">
+      <c r="V164" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W164" s="197">
+      <c r="W164" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X164" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y164" s="62"/>
       <c r="Z164" s="62"/>
       <c r="AA164" s="62"/>
       <c r="AB164" s="62"/>
       <c r="AC164" s="62"/>
       <c r="AD164" s="62"/>
       <c r="AE164" s="62"/>
       <c r="AF164" s="62"/>
       <c r="AG164" s="62"/>
       <c r="AH164" s="62"/>
       <c r="AI164" s="62"/>
       <c r="AJ164" s="62"/>
       <c r="AK164" s="62"/>
       <c r="AL164" s="62"/>
       <c r="AM164" s="62"/>
       <c r="AN164" s="62"/>
       <c r="AO164" s="62"/>
       <c r="AP164" s="62"/>
       <c r="AQ164" s="62"/>
       <c r="AR164" s="62"/>
     </row>
     <row r="165" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A165" s="239"/>
-[...4 lines deleted...]
-      <c r="F165" s="122"/>
+      <c r="A165" s="243"/>
+      <c r="B165" s="244"/>
+      <c r="C165" s="244"/>
+      <c r="D165" s="244"/>
+      <c r="E165" s="133"/>
+      <c r="F165" s="116"/>
       <c r="G165" s="51"/>
       <c r="H165" s="51"/>
       <c r="I165" s="51"/>
       <c r="J165" s="51"/>
-      <c r="K165" s="168"/>
-[...1 lines deleted...]
-      <c r="M165" s="170"/>
+      <c r="K165" s="162"/>
+      <c r="L165" s="163"/>
+      <c r="M165" s="164"/>
       <c r="N165" s="31"/>
       <c r="O165" s="32"/>
       <c r="P165" s="32"/>
-      <c r="Q165" s="134"/>
-      <c r="R165" s="118"/>
+      <c r="Q165" s="128"/>
+      <c r="R165" s="112"/>
       <c r="S165" s="33"/>
       <c r="T165" s="57"/>
       <c r="U165" s="58"/>
-      <c r="V165" s="198">
+      <c r="V165" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W165" s="197">
+      <c r="W165" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X165" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y165" s="62"/>
       <c r="Z165" s="62"/>
       <c r="AA165" s="62"/>
       <c r="AB165" s="62"/>
       <c r="AC165" s="62"/>
       <c r="AD165" s="62"/>
       <c r="AE165" s="62"/>
       <c r="AF165" s="62"/>
       <c r="AG165" s="62"/>
       <c r="AH165" s="62"/>
       <c r="AI165" s="62"/>
       <c r="AJ165" s="62"/>
       <c r="AK165" s="62"/>
       <c r="AL165" s="62"/>
       <c r="AM165" s="62"/>
       <c r="AN165" s="62"/>
       <c r="AO165" s="62"/>
       <c r="AP165" s="62"/>
       <c r="AQ165" s="62"/>
       <c r="AR165" s="62"/>
     </row>
     <row r="166" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A166" s="239"/>
-[...4 lines deleted...]
-      <c r="F166" s="122"/>
+      <c r="A166" s="243"/>
+      <c r="B166" s="244"/>
+      <c r="C166" s="244"/>
+      <c r="D166" s="244"/>
+      <c r="E166" s="133"/>
+      <c r="F166" s="116"/>
       <c r="G166" s="51"/>
       <c r="H166" s="51"/>
       <c r="I166" s="51"/>
       <c r="J166" s="51"/>
-      <c r="K166" s="168"/>
-[...1 lines deleted...]
-      <c r="M166" s="170"/>
+      <c r="K166" s="162"/>
+      <c r="L166" s="163"/>
+      <c r="M166" s="164"/>
       <c r="N166" s="31"/>
       <c r="O166" s="32"/>
       <c r="P166" s="32"/>
-      <c r="Q166" s="134"/>
-      <c r="R166" s="118"/>
+      <c r="Q166" s="128"/>
+      <c r="R166" s="112"/>
       <c r="S166" s="33"/>
       <c r="T166" s="57"/>
       <c r="U166" s="58"/>
-      <c r="V166" s="198">
+      <c r="V166" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W166" s="197">
+      <c r="W166" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X166" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y166" s="62"/>
       <c r="Z166" s="62"/>
       <c r="AA166" s="62"/>
       <c r="AB166" s="62"/>
       <c r="AC166" s="62"/>
       <c r="AD166" s="62"/>
       <c r="AE166" s="62"/>
       <c r="AF166" s="62"/>
       <c r="AG166" s="62"/>
       <c r="AH166" s="62"/>
       <c r="AI166" s="62"/>
       <c r="AJ166" s="62"/>
       <c r="AK166" s="62"/>
       <c r="AL166" s="62"/>
       <c r="AM166" s="62"/>
       <c r="AN166" s="62"/>
       <c r="AO166" s="62"/>
       <c r="AP166" s="62"/>
       <c r="AQ166" s="62"/>
       <c r="AR166" s="62"/>
     </row>
     <row r="167" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A167" s="239"/>
-[...4 lines deleted...]
-      <c r="F167" s="122"/>
+      <c r="A167" s="243"/>
+      <c r="B167" s="244"/>
+      <c r="C167" s="244"/>
+      <c r="D167" s="244"/>
+      <c r="E167" s="133"/>
+      <c r="F167" s="116"/>
       <c r="G167" s="51"/>
       <c r="H167" s="51"/>
       <c r="I167" s="51"/>
       <c r="J167" s="51"/>
-      <c r="K167" s="168"/>
-[...1 lines deleted...]
-      <c r="M167" s="170"/>
+      <c r="K167" s="162"/>
+      <c r="L167" s="163"/>
+      <c r="M167" s="164"/>
       <c r="N167" s="31"/>
       <c r="O167" s="32"/>
       <c r="P167" s="32"/>
-      <c r="Q167" s="134"/>
-      <c r="R167" s="118"/>
+      <c r="Q167" s="128"/>
+      <c r="R167" s="112"/>
       <c r="S167" s="33"/>
       <c r="T167" s="57"/>
       <c r="U167" s="58"/>
-      <c r="V167" s="198">
+      <c r="V167" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W167" s="197">
+      <c r="W167" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X167" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y167" s="62"/>
       <c r="Z167" s="62"/>
       <c r="AA167" s="62"/>
       <c r="AB167" s="62"/>
       <c r="AC167" s="62"/>
       <c r="AD167" s="62"/>
       <c r="AE167" s="62"/>
       <c r="AF167" s="62"/>
       <c r="AG167" s="62"/>
       <c r="AH167" s="62"/>
       <c r="AI167" s="62"/>
       <c r="AJ167" s="62"/>
       <c r="AK167" s="62"/>
       <c r="AL167" s="62"/>
       <c r="AM167" s="62"/>
       <c r="AN167" s="62"/>
       <c r="AO167" s="62"/>
       <c r="AP167" s="62"/>
       <c r="AQ167" s="62"/>
       <c r="AR167" s="62"/>
     </row>
     <row r="168" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A168" s="239"/>
-[...4 lines deleted...]
-      <c r="F168" s="122"/>
+      <c r="A168" s="243"/>
+      <c r="B168" s="244"/>
+      <c r="C168" s="244"/>
+      <c r="D168" s="244"/>
+      <c r="E168" s="133"/>
+      <c r="F168" s="116"/>
       <c r="G168" s="51"/>
       <c r="H168" s="51"/>
       <c r="I168" s="51"/>
       <c r="J168" s="51"/>
-      <c r="K168" s="168"/>
-[...1 lines deleted...]
-      <c r="M168" s="170"/>
+      <c r="K168" s="162"/>
+      <c r="L168" s="163"/>
+      <c r="M168" s="164"/>
       <c r="N168" s="31"/>
       <c r="O168" s="32"/>
       <c r="P168" s="32"/>
-      <c r="Q168" s="134"/>
-      <c r="R168" s="118"/>
+      <c r="Q168" s="128"/>
+      <c r="R168" s="112"/>
       <c r="S168" s="33"/>
       <c r="T168" s="57"/>
       <c r="U168" s="58"/>
-      <c r="V168" s="198">
+      <c r="V168" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W168" s="197">
+      <c r="W168" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X168" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y168" s="62"/>
       <c r="Z168" s="62"/>
       <c r="AA168" s="62"/>
       <c r="AB168" s="62"/>
       <c r="AC168" s="62"/>
       <c r="AD168" s="62"/>
       <c r="AE168" s="62"/>
       <c r="AF168" s="62"/>
       <c r="AG168" s="62"/>
       <c r="AH168" s="62"/>
       <c r="AI168" s="62"/>
       <c r="AJ168" s="62"/>
       <c r="AK168" s="62"/>
       <c r="AL168" s="62"/>
       <c r="AM168" s="62"/>
       <c r="AN168" s="62"/>
       <c r="AO168" s="62"/>
       <c r="AP168" s="62"/>
       <c r="AQ168" s="62"/>
       <c r="AR168" s="62"/>
     </row>
     <row r="169" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A169" s="239"/>
-[...4 lines deleted...]
-      <c r="F169" s="122"/>
+      <c r="A169" s="243"/>
+      <c r="B169" s="244"/>
+      <c r="C169" s="244"/>
+      <c r="D169" s="244"/>
+      <c r="E169" s="133"/>
+      <c r="F169" s="116"/>
       <c r="G169" s="51"/>
       <c r="H169" s="51"/>
       <c r="I169" s="51"/>
       <c r="J169" s="51"/>
-      <c r="K169" s="168"/>
-[...1 lines deleted...]
-      <c r="M169" s="170"/>
+      <c r="K169" s="162"/>
+      <c r="L169" s="163"/>
+      <c r="M169" s="164"/>
       <c r="N169" s="31"/>
       <c r="O169" s="32"/>
       <c r="P169" s="32"/>
-      <c r="Q169" s="134"/>
-      <c r="R169" s="118"/>
+      <c r="Q169" s="128"/>
+      <c r="R169" s="112"/>
       <c r="S169" s="33"/>
       <c r="T169" s="57"/>
       <c r="U169" s="58"/>
-      <c r="V169" s="198">
+      <c r="V169" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W169" s="197">
+      <c r="W169" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X169" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y169" s="62"/>
       <c r="Z169" s="62"/>
       <c r="AA169" s="62"/>
       <c r="AB169" s="62"/>
       <c r="AC169" s="62"/>
       <c r="AD169" s="62"/>
       <c r="AE169" s="62"/>
       <c r="AF169" s="62"/>
       <c r="AG169" s="62"/>
       <c r="AH169" s="62"/>
       <c r="AI169" s="62"/>
       <c r="AJ169" s="62"/>
       <c r="AK169" s="62"/>
       <c r="AL169" s="62"/>
       <c r="AM169" s="62"/>
       <c r="AN169" s="62"/>
       <c r="AO169" s="62"/>
       <c r="AP169" s="62"/>
       <c r="AQ169" s="62"/>
       <c r="AR169" s="62"/>
     </row>
     <row r="170" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A170" s="239"/>
-[...4 lines deleted...]
-      <c r="F170" s="122"/>
+      <c r="A170" s="243"/>
+      <c r="B170" s="244"/>
+      <c r="C170" s="244"/>
+      <c r="D170" s="244"/>
+      <c r="E170" s="133"/>
+      <c r="F170" s="116"/>
       <c r="G170" s="51"/>
       <c r="H170" s="51"/>
       <c r="I170" s="51"/>
       <c r="J170" s="51"/>
-      <c r="K170" s="168"/>
-[...1 lines deleted...]
-      <c r="M170" s="170"/>
+      <c r="K170" s="162"/>
+      <c r="L170" s="163"/>
+      <c r="M170" s="164"/>
       <c r="N170" s="31"/>
       <c r="O170" s="32"/>
       <c r="P170" s="32"/>
-      <c r="Q170" s="134"/>
-      <c r="R170" s="118"/>
+      <c r="Q170" s="128"/>
+      <c r="R170" s="112"/>
       <c r="S170" s="33"/>
       <c r="T170" s="57"/>
       <c r="U170" s="58"/>
-      <c r="V170" s="198">
+      <c r="V170" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W170" s="197">
+      <c r="W170" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X170" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y170" s="62"/>
       <c r="Z170" s="62"/>
       <c r="AA170" s="62"/>
       <c r="AB170" s="62"/>
       <c r="AC170" s="62"/>
       <c r="AD170" s="62"/>
       <c r="AE170" s="62"/>
       <c r="AF170" s="62"/>
       <c r="AG170" s="62"/>
       <c r="AH170" s="62"/>
       <c r="AI170" s="62"/>
       <c r="AJ170" s="62"/>
       <c r="AK170" s="62"/>
       <c r="AL170" s="62"/>
       <c r="AM170" s="62"/>
       <c r="AN170" s="62"/>
       <c r="AO170" s="62"/>
       <c r="AP170" s="62"/>
       <c r="AQ170" s="62"/>
       <c r="AR170" s="62"/>
     </row>
     <row r="171" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A171" s="239"/>
-[...4 lines deleted...]
-      <c r="F171" s="122"/>
+      <c r="A171" s="243"/>
+      <c r="B171" s="244"/>
+      <c r="C171" s="244"/>
+      <c r="D171" s="244"/>
+      <c r="E171" s="133"/>
+      <c r="F171" s="116"/>
       <c r="G171" s="51"/>
       <c r="H171" s="51"/>
       <c r="I171" s="51"/>
       <c r="J171" s="51"/>
-      <c r="K171" s="168"/>
-[...1 lines deleted...]
-      <c r="M171" s="170"/>
+      <c r="K171" s="162"/>
+      <c r="L171" s="163"/>
+      <c r="M171" s="164"/>
       <c r="N171" s="31"/>
       <c r="O171" s="32"/>
       <c r="P171" s="32"/>
-      <c r="Q171" s="134"/>
-      <c r="R171" s="118"/>
+      <c r="Q171" s="128"/>
+      <c r="R171" s="112"/>
       <c r="S171" s="33"/>
       <c r="T171" s="57"/>
       <c r="U171" s="58"/>
-      <c r="V171" s="198">
+      <c r="V171" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W171" s="197">
+      <c r="W171" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X171" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y171" s="62"/>
       <c r="Z171" s="62"/>
       <c r="AA171" s="62"/>
       <c r="AB171" s="62"/>
       <c r="AC171" s="62"/>
       <c r="AD171" s="62"/>
       <c r="AE171" s="62"/>
       <c r="AF171" s="62"/>
       <c r="AG171" s="62"/>
       <c r="AH171" s="62"/>
       <c r="AI171" s="62"/>
       <c r="AJ171" s="62"/>
       <c r="AK171" s="62"/>
       <c r="AL171" s="62"/>
       <c r="AM171" s="62"/>
       <c r="AN171" s="62"/>
       <c r="AO171" s="62"/>
       <c r="AP171" s="62"/>
       <c r="AQ171" s="62"/>
       <c r="AR171" s="62"/>
     </row>
     <row r="172" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A172" s="239"/>
-[...4 lines deleted...]
-      <c r="F172" s="122"/>
+      <c r="A172" s="243"/>
+      <c r="B172" s="244"/>
+      <c r="C172" s="244"/>
+      <c r="D172" s="244"/>
+      <c r="E172" s="133"/>
+      <c r="F172" s="116"/>
       <c r="G172" s="51"/>
       <c r="H172" s="51"/>
       <c r="I172" s="51"/>
       <c r="J172" s="51"/>
-      <c r="K172" s="168"/>
-[...1 lines deleted...]
-      <c r="M172" s="170"/>
+      <c r="K172" s="162"/>
+      <c r="L172" s="163"/>
+      <c r="M172" s="164"/>
       <c r="N172" s="31"/>
       <c r="O172" s="32"/>
       <c r="P172" s="32"/>
-      <c r="Q172" s="134"/>
-      <c r="R172" s="118"/>
+      <c r="Q172" s="128"/>
+      <c r="R172" s="112"/>
       <c r="S172" s="33"/>
       <c r="T172" s="57"/>
       <c r="U172" s="58"/>
-      <c r="V172" s="198">
+      <c r="V172" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W172" s="197">
+      <c r="W172" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X172" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y172" s="62"/>
       <c r="Z172" s="62"/>
       <c r="AA172" s="62"/>
       <c r="AB172" s="62"/>
       <c r="AC172" s="62"/>
       <c r="AD172" s="62"/>
       <c r="AE172" s="62"/>
       <c r="AF172" s="62"/>
       <c r="AG172" s="62"/>
       <c r="AH172" s="62"/>
       <c r="AI172" s="62"/>
       <c r="AJ172" s="62"/>
       <c r="AK172" s="62"/>
       <c r="AL172" s="62"/>
       <c r="AM172" s="62"/>
       <c r="AN172" s="62"/>
       <c r="AO172" s="62"/>
       <c r="AP172" s="62"/>
       <c r="AQ172" s="62"/>
       <c r="AR172" s="62"/>
     </row>
     <row r="173" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A173" s="239"/>
-[...4 lines deleted...]
-      <c r="F173" s="122"/>
+      <c r="A173" s="243"/>
+      <c r="B173" s="244"/>
+      <c r="C173" s="244"/>
+      <c r="D173" s="244"/>
+      <c r="E173" s="133"/>
+      <c r="F173" s="116"/>
       <c r="G173" s="51"/>
       <c r="H173" s="51"/>
       <c r="I173" s="51"/>
       <c r="J173" s="51"/>
-      <c r="K173" s="168"/>
-[...1 lines deleted...]
-      <c r="M173" s="170"/>
+      <c r="K173" s="162"/>
+      <c r="L173" s="163"/>
+      <c r="M173" s="164"/>
       <c r="N173" s="31"/>
       <c r="O173" s="32"/>
       <c r="P173" s="32"/>
-      <c r="Q173" s="134"/>
-      <c r="R173" s="118"/>
+      <c r="Q173" s="128"/>
+      <c r="R173" s="112"/>
       <c r="S173" s="33"/>
       <c r="T173" s="57"/>
       <c r="U173" s="58"/>
-      <c r="V173" s="198">
+      <c r="V173" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W173" s="197">
+      <c r="W173" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X173" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y173" s="62"/>
       <c r="Z173" s="62"/>
       <c r="AA173" s="62"/>
       <c r="AB173" s="62"/>
       <c r="AC173" s="62"/>
       <c r="AD173" s="62"/>
       <c r="AE173" s="62"/>
       <c r="AF173" s="62"/>
       <c r="AG173" s="62"/>
       <c r="AH173" s="62"/>
       <c r="AI173" s="62"/>
       <c r="AJ173" s="62"/>
       <c r="AK173" s="62"/>
       <c r="AL173" s="62"/>
       <c r="AM173" s="62"/>
       <c r="AN173" s="62"/>
       <c r="AO173" s="62"/>
       <c r="AP173" s="62"/>
       <c r="AQ173" s="62"/>
       <c r="AR173" s="62"/>
     </row>
     <row r="174" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A174" s="239"/>
-[...4 lines deleted...]
-      <c r="F174" s="122"/>
+      <c r="A174" s="243"/>
+      <c r="B174" s="244"/>
+      <c r="C174" s="244"/>
+      <c r="D174" s="244"/>
+      <c r="E174" s="133"/>
+      <c r="F174" s="116"/>
       <c r="G174" s="51"/>
       <c r="H174" s="51"/>
       <c r="I174" s="51"/>
       <c r="J174" s="51"/>
-      <c r="K174" s="168"/>
-[...1 lines deleted...]
-      <c r="M174" s="170"/>
+      <c r="K174" s="162"/>
+      <c r="L174" s="163"/>
+      <c r="M174" s="164"/>
       <c r="N174" s="31"/>
       <c r="O174" s="32"/>
       <c r="P174" s="32"/>
-      <c r="Q174" s="134"/>
-      <c r="R174" s="118"/>
+      <c r="Q174" s="128"/>
+      <c r="R174" s="112"/>
       <c r="S174" s="33"/>
       <c r="T174" s="57"/>
       <c r="U174" s="58"/>
-      <c r="V174" s="198">
+      <c r="V174" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W174" s="197">
+      <c r="W174" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X174" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y174" s="62"/>
       <c r="Z174" s="62"/>
       <c r="AA174" s="62"/>
       <c r="AB174" s="62"/>
       <c r="AC174" s="62"/>
       <c r="AD174" s="62"/>
       <c r="AE174" s="62"/>
       <c r="AF174" s="62"/>
       <c r="AG174" s="62"/>
       <c r="AH174" s="62"/>
       <c r="AI174" s="62"/>
       <c r="AJ174" s="62"/>
       <c r="AK174" s="62"/>
       <c r="AL174" s="62"/>
       <c r="AM174" s="62"/>
       <c r="AN174" s="62"/>
       <c r="AO174" s="62"/>
       <c r="AP174" s="62"/>
       <c r="AQ174" s="62"/>
       <c r="AR174" s="62"/>
     </row>
     <row r="175" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="239"/>
-[...4 lines deleted...]
-      <c r="F175" s="122"/>
+      <c r="A175" s="243"/>
+      <c r="B175" s="244"/>
+      <c r="C175" s="244"/>
+      <c r="D175" s="244"/>
+      <c r="E175" s="133"/>
+      <c r="F175" s="116"/>
       <c r="G175" s="51"/>
       <c r="H175" s="51"/>
       <c r="I175" s="51"/>
       <c r="J175" s="51"/>
-      <c r="K175" s="168"/>
-[...1 lines deleted...]
-      <c r="M175" s="170"/>
+      <c r="K175" s="162"/>
+      <c r="L175" s="163"/>
+      <c r="M175" s="164"/>
       <c r="N175" s="31"/>
       <c r="O175" s="32"/>
       <c r="P175" s="32"/>
-      <c r="Q175" s="134"/>
-      <c r="R175" s="118"/>
+      <c r="Q175" s="128"/>
+      <c r="R175" s="112"/>
       <c r="S175" s="33"/>
       <c r="T175" s="57"/>
       <c r="U175" s="58"/>
-      <c r="V175" s="198">
+      <c r="V175" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W175" s="197">
+      <c r="W175" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X175" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y175" s="62"/>
       <c r="Z175" s="62"/>
       <c r="AA175" s="62"/>
       <c r="AB175" s="62"/>
       <c r="AC175" s="62"/>
       <c r="AD175" s="62"/>
       <c r="AE175" s="62"/>
       <c r="AF175" s="62"/>
       <c r="AG175" s="62"/>
       <c r="AH175" s="62"/>
       <c r="AI175" s="62"/>
       <c r="AJ175" s="62"/>
       <c r="AK175" s="62"/>
       <c r="AL175" s="62"/>
       <c r="AM175" s="62"/>
       <c r="AN175" s="62"/>
       <c r="AO175" s="62"/>
       <c r="AP175" s="62"/>
       <c r="AQ175" s="62"/>
       <c r="AR175" s="62"/>
     </row>
     <row r="176" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A176" s="239"/>
-[...4 lines deleted...]
-      <c r="F176" s="122"/>
+      <c r="A176" s="243"/>
+      <c r="B176" s="244"/>
+      <c r="C176" s="244"/>
+      <c r="D176" s="244"/>
+      <c r="E176" s="133"/>
+      <c r="F176" s="116"/>
       <c r="G176" s="51"/>
       <c r="H176" s="51"/>
       <c r="I176" s="51"/>
       <c r="J176" s="51"/>
-      <c r="K176" s="168"/>
-[...1 lines deleted...]
-      <c r="M176" s="170"/>
+      <c r="K176" s="162"/>
+      <c r="L176" s="163"/>
+      <c r="M176" s="164"/>
       <c r="N176" s="31"/>
       <c r="O176" s="32"/>
       <c r="P176" s="32"/>
-      <c r="Q176" s="134"/>
-      <c r="R176" s="118"/>
+      <c r="Q176" s="128"/>
+      <c r="R176" s="112"/>
       <c r="S176" s="33"/>
       <c r="T176" s="57"/>
       <c r="U176" s="58"/>
-      <c r="V176" s="198">
+      <c r="V176" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W176" s="197">
+      <c r="W176" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X176" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y176" s="62"/>
       <c r="Z176" s="62"/>
       <c r="AA176" s="62"/>
       <c r="AB176" s="62"/>
       <c r="AC176" s="62"/>
       <c r="AD176" s="62"/>
       <c r="AE176" s="62"/>
       <c r="AF176" s="62"/>
       <c r="AG176" s="62"/>
       <c r="AH176" s="62"/>
       <c r="AI176" s="62"/>
       <c r="AJ176" s="62"/>
       <c r="AK176" s="62"/>
       <c r="AL176" s="62"/>
       <c r="AM176" s="62"/>
       <c r="AN176" s="62"/>
       <c r="AO176" s="62"/>
       <c r="AP176" s="62"/>
       <c r="AQ176" s="62"/>
       <c r="AR176" s="62"/>
     </row>
     <row r="177" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A177" s="239"/>
-[...4 lines deleted...]
-      <c r="F177" s="122"/>
+      <c r="A177" s="243"/>
+      <c r="B177" s="244"/>
+      <c r="C177" s="244"/>
+      <c r="D177" s="244"/>
+      <c r="E177" s="133"/>
+      <c r="F177" s="116"/>
       <c r="G177" s="51"/>
       <c r="H177" s="51"/>
       <c r="I177" s="51"/>
       <c r="J177" s="51"/>
-      <c r="K177" s="168"/>
-[...1 lines deleted...]
-      <c r="M177" s="170"/>
+      <c r="K177" s="162"/>
+      <c r="L177" s="163"/>
+      <c r="M177" s="164"/>
       <c r="N177" s="31"/>
       <c r="O177" s="32"/>
       <c r="P177" s="32"/>
-      <c r="Q177" s="134"/>
-      <c r="R177" s="118"/>
+      <c r="Q177" s="128"/>
+      <c r="R177" s="112"/>
       <c r="S177" s="33"/>
       <c r="T177" s="57"/>
       <c r="U177" s="58"/>
-      <c r="V177" s="198">
+      <c r="V177" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W177" s="197">
+      <c r="W177" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X177" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y177" s="62"/>
       <c r="Z177" s="62"/>
       <c r="AA177" s="62"/>
       <c r="AB177" s="62"/>
       <c r="AC177" s="62"/>
       <c r="AD177" s="62"/>
       <c r="AE177" s="62"/>
       <c r="AF177" s="62"/>
       <c r="AG177" s="62"/>
       <c r="AH177" s="62"/>
       <c r="AI177" s="62"/>
       <c r="AJ177" s="62"/>
       <c r="AK177" s="62"/>
       <c r="AL177" s="62"/>
       <c r="AM177" s="62"/>
       <c r="AN177" s="62"/>
       <c r="AO177" s="62"/>
       <c r="AP177" s="62"/>
       <c r="AQ177" s="62"/>
       <c r="AR177" s="62"/>
     </row>
     <row r="178" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A178" s="239"/>
-[...4 lines deleted...]
-      <c r="F178" s="122"/>
+      <c r="A178" s="243"/>
+      <c r="B178" s="244"/>
+      <c r="C178" s="244"/>
+      <c r="D178" s="244"/>
+      <c r="E178" s="133"/>
+      <c r="F178" s="116"/>
       <c r="G178" s="51"/>
       <c r="H178" s="51"/>
       <c r="I178" s="51"/>
       <c r="J178" s="51"/>
-      <c r="K178" s="168"/>
-[...1 lines deleted...]
-      <c r="M178" s="170"/>
+      <c r="K178" s="162"/>
+      <c r="L178" s="163"/>
+      <c r="M178" s="164"/>
       <c r="N178" s="31"/>
       <c r="O178" s="32"/>
       <c r="P178" s="32"/>
-      <c r="Q178" s="134"/>
-      <c r="R178" s="118"/>
+      <c r="Q178" s="128"/>
+      <c r="R178" s="112"/>
       <c r="S178" s="33"/>
       <c r="T178" s="57"/>
       <c r="U178" s="58"/>
-      <c r="V178" s="198">
+      <c r="V178" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W178" s="197">
+      <c r="W178" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X178" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y178" s="62"/>
       <c r="Z178" s="62"/>
       <c r="AA178" s="62"/>
       <c r="AB178" s="62"/>
       <c r="AC178" s="62"/>
       <c r="AD178" s="62"/>
       <c r="AE178" s="62"/>
       <c r="AF178" s="62"/>
       <c r="AG178" s="62"/>
       <c r="AH178" s="62"/>
       <c r="AI178" s="62"/>
       <c r="AJ178" s="62"/>
       <c r="AK178" s="62"/>
       <c r="AL178" s="62"/>
       <c r="AM178" s="62"/>
       <c r="AN178" s="62"/>
       <c r="AO178" s="62"/>
       <c r="AP178" s="62"/>
       <c r="AQ178" s="62"/>
       <c r="AR178" s="62"/>
     </row>
     <row r="179" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A179" s="239"/>
-[...4 lines deleted...]
-      <c r="F179" s="122"/>
+      <c r="A179" s="243"/>
+      <c r="B179" s="244"/>
+      <c r="C179" s="244"/>
+      <c r="D179" s="244"/>
+      <c r="E179" s="133"/>
+      <c r="F179" s="116"/>
       <c r="G179" s="51"/>
       <c r="H179" s="51"/>
       <c r="I179" s="51"/>
       <c r="J179" s="51"/>
-      <c r="K179" s="168"/>
-[...1 lines deleted...]
-      <c r="M179" s="170"/>
+      <c r="K179" s="162"/>
+      <c r="L179" s="163"/>
+      <c r="M179" s="164"/>
       <c r="N179" s="31"/>
       <c r="O179" s="32"/>
       <c r="P179" s="32"/>
-      <c r="Q179" s="134"/>
-      <c r="R179" s="118"/>
+      <c r="Q179" s="128"/>
+      <c r="R179" s="112"/>
       <c r="S179" s="33"/>
       <c r="T179" s="57"/>
       <c r="U179" s="58"/>
-      <c r="V179" s="198">
+      <c r="V179" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W179" s="197">
+      <c r="W179" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X179" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y179" s="62"/>
       <c r="Z179" s="62"/>
       <c r="AA179" s="62"/>
       <c r="AB179" s="62"/>
       <c r="AC179" s="62"/>
       <c r="AD179" s="62"/>
       <c r="AE179" s="62"/>
       <c r="AF179" s="62"/>
       <c r="AG179" s="62"/>
       <c r="AH179" s="62"/>
       <c r="AI179" s="62"/>
       <c r="AJ179" s="62"/>
       <c r="AK179" s="62"/>
       <c r="AL179" s="62"/>
       <c r="AM179" s="62"/>
       <c r="AN179" s="62"/>
       <c r="AO179" s="62"/>
       <c r="AP179" s="62"/>
       <c r="AQ179" s="62"/>
       <c r="AR179" s="62"/>
     </row>
     <row r="180" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="239"/>
-[...4 lines deleted...]
-      <c r="F180" s="122"/>
+      <c r="A180" s="243"/>
+      <c r="B180" s="244"/>
+      <c r="C180" s="244"/>
+      <c r="D180" s="244"/>
+      <c r="E180" s="133"/>
+      <c r="F180" s="116"/>
       <c r="G180" s="51"/>
       <c r="H180" s="51"/>
       <c r="I180" s="51"/>
       <c r="J180" s="51"/>
-      <c r="K180" s="168"/>
-[...1 lines deleted...]
-      <c r="M180" s="170"/>
+      <c r="K180" s="162"/>
+      <c r="L180" s="163"/>
+      <c r="M180" s="164"/>
       <c r="N180" s="31"/>
       <c r="O180" s="32"/>
       <c r="P180" s="32"/>
-      <c r="Q180" s="134"/>
-      <c r="R180" s="118"/>
+      <c r="Q180" s="128"/>
+      <c r="R180" s="112"/>
       <c r="S180" s="33"/>
       <c r="T180" s="57"/>
       <c r="U180" s="58"/>
-      <c r="V180" s="198">
+      <c r="V180" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W180" s="197">
+      <c r="W180" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X180" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y180" s="62"/>
       <c r="Z180" s="62"/>
       <c r="AA180" s="62"/>
       <c r="AB180" s="62"/>
       <c r="AC180" s="62"/>
       <c r="AD180" s="62"/>
       <c r="AE180" s="62"/>
       <c r="AF180" s="62"/>
       <c r="AG180" s="62"/>
       <c r="AH180" s="62"/>
       <c r="AI180" s="62"/>
       <c r="AJ180" s="62"/>
       <c r="AK180" s="62"/>
       <c r="AL180" s="62"/>
       <c r="AM180" s="62"/>
       <c r="AN180" s="62"/>
       <c r="AO180" s="62"/>
       <c r="AP180" s="62"/>
       <c r="AQ180" s="62"/>
       <c r="AR180" s="62"/>
     </row>
     <row r="181" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="239"/>
-[...4 lines deleted...]
-      <c r="F181" s="122"/>
+      <c r="A181" s="243"/>
+      <c r="B181" s="244"/>
+      <c r="C181" s="244"/>
+      <c r="D181" s="244"/>
+      <c r="E181" s="133"/>
+      <c r="F181" s="116"/>
       <c r="G181" s="51"/>
       <c r="H181" s="51"/>
       <c r="I181" s="51"/>
       <c r="J181" s="51"/>
-      <c r="K181" s="168"/>
-[...1 lines deleted...]
-      <c r="M181" s="170"/>
+      <c r="K181" s="162"/>
+      <c r="L181" s="163"/>
+      <c r="M181" s="164"/>
       <c r="N181" s="31"/>
       <c r="O181" s="32"/>
       <c r="P181" s="32"/>
-      <c r="Q181" s="134"/>
-      <c r="R181" s="118"/>
+      <c r="Q181" s="128"/>
+      <c r="R181" s="112"/>
       <c r="S181" s="33"/>
       <c r="T181" s="57"/>
       <c r="U181" s="58"/>
-      <c r="V181" s="198">
+      <c r="V181" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W181" s="197">
+      <c r="W181" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X181" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y181" s="62"/>
       <c r="Z181" s="62"/>
       <c r="AA181" s="62"/>
       <c r="AB181" s="62"/>
       <c r="AC181" s="62"/>
       <c r="AD181" s="62"/>
       <c r="AE181" s="62"/>
       <c r="AF181" s="62"/>
       <c r="AG181" s="62"/>
       <c r="AH181" s="62"/>
       <c r="AI181" s="62"/>
       <c r="AJ181" s="62"/>
       <c r="AK181" s="62"/>
       <c r="AL181" s="62"/>
       <c r="AM181" s="62"/>
       <c r="AN181" s="62"/>
       <c r="AO181" s="62"/>
       <c r="AP181" s="62"/>
       <c r="AQ181" s="62"/>
       <c r="AR181" s="62"/>
     </row>
     <row r="182" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="239"/>
-[...4 lines deleted...]
-      <c r="F182" s="122"/>
+      <c r="A182" s="243"/>
+      <c r="B182" s="244"/>
+      <c r="C182" s="244"/>
+      <c r="D182" s="244"/>
+      <c r="E182" s="133"/>
+      <c r="F182" s="116"/>
       <c r="G182" s="51"/>
       <c r="H182" s="51"/>
       <c r="I182" s="51"/>
       <c r="J182" s="51"/>
-      <c r="K182" s="168"/>
-[...1 lines deleted...]
-      <c r="M182" s="170"/>
+      <c r="K182" s="162"/>
+      <c r="L182" s="163"/>
+      <c r="M182" s="164"/>
       <c r="N182" s="31"/>
       <c r="O182" s="32"/>
       <c r="P182" s="32"/>
-      <c r="Q182" s="134"/>
-      <c r="R182" s="118"/>
+      <c r="Q182" s="128"/>
+      <c r="R182" s="112"/>
       <c r="S182" s="33"/>
       <c r="T182" s="57"/>
       <c r="U182" s="58"/>
-      <c r="V182" s="198">
+      <c r="V182" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W182" s="197">
+      <c r="W182" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X182" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y182" s="62"/>
       <c r="Z182" s="62"/>
       <c r="AA182" s="62"/>
       <c r="AB182" s="62"/>
       <c r="AC182" s="62"/>
       <c r="AD182" s="62"/>
       <c r="AE182" s="62"/>
       <c r="AF182" s="62"/>
       <c r="AG182" s="62"/>
       <c r="AH182" s="62"/>
       <c r="AI182" s="62"/>
       <c r="AJ182" s="62"/>
       <c r="AK182" s="62"/>
       <c r="AL182" s="62"/>
       <c r="AM182" s="62"/>
       <c r="AN182" s="62"/>
       <c r="AO182" s="62"/>
       <c r="AP182" s="62"/>
       <c r="AQ182" s="62"/>
       <c r="AR182" s="62"/>
     </row>
     <row r="183" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A183" s="239"/>
-[...4 lines deleted...]
-      <c r="F183" s="122"/>
+      <c r="A183" s="243"/>
+      <c r="B183" s="244"/>
+      <c r="C183" s="244"/>
+      <c r="D183" s="244"/>
+      <c r="E183" s="133"/>
+      <c r="F183" s="116"/>
       <c r="G183" s="51"/>
       <c r="H183" s="51"/>
       <c r="I183" s="51"/>
       <c r="J183" s="51"/>
-      <c r="K183" s="168"/>
-[...1 lines deleted...]
-      <c r="M183" s="170"/>
+      <c r="K183" s="162"/>
+      <c r="L183" s="163"/>
+      <c r="M183" s="164"/>
       <c r="N183" s="31"/>
       <c r="O183" s="32"/>
       <c r="P183" s="32"/>
-      <c r="Q183" s="134"/>
-      <c r="R183" s="118"/>
+      <c r="Q183" s="128"/>
+      <c r="R183" s="112"/>
       <c r="S183" s="33"/>
       <c r="T183" s="57"/>
       <c r="U183" s="58"/>
-      <c r="V183" s="198">
+      <c r="V183" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W183" s="197">
+      <c r="W183" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X183" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y183" s="62"/>
       <c r="Z183" s="62"/>
       <c r="AA183" s="62"/>
       <c r="AB183" s="62"/>
       <c r="AC183" s="62"/>
       <c r="AD183" s="62"/>
       <c r="AE183" s="62"/>
       <c r="AF183" s="62"/>
       <c r="AG183" s="62"/>
       <c r="AH183" s="62"/>
       <c r="AI183" s="62"/>
       <c r="AJ183" s="62"/>
       <c r="AK183" s="62"/>
       <c r="AL183" s="62"/>
       <c r="AM183" s="62"/>
       <c r="AN183" s="62"/>
       <c r="AO183" s="62"/>
       <c r="AP183" s="62"/>
       <c r="AQ183" s="62"/>
       <c r="AR183" s="62"/>
     </row>
     <row r="184" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A184" s="239"/>
-[...4 lines deleted...]
-      <c r="F184" s="122"/>
+      <c r="A184" s="243"/>
+      <c r="B184" s="244"/>
+      <c r="C184" s="244"/>
+      <c r="D184" s="244"/>
+      <c r="E184" s="133"/>
+      <c r="F184" s="116"/>
       <c r="G184" s="51"/>
       <c r="H184" s="51"/>
       <c r="I184" s="51"/>
       <c r="J184" s="51"/>
-      <c r="K184" s="168"/>
-[...1 lines deleted...]
-      <c r="M184" s="170"/>
+      <c r="K184" s="162"/>
+      <c r="L184" s="163"/>
+      <c r="M184" s="164"/>
       <c r="N184" s="31"/>
       <c r="O184" s="32"/>
       <c r="P184" s="32"/>
-      <c r="Q184" s="134"/>
-      <c r="R184" s="118"/>
+      <c r="Q184" s="128"/>
+      <c r="R184" s="112"/>
       <c r="S184" s="33"/>
       <c r="T184" s="57"/>
       <c r="U184" s="58"/>
-      <c r="V184" s="198">
+      <c r="V184" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W184" s="197">
+      <c r="W184" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X184" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y184" s="62"/>
       <c r="Z184" s="62"/>
       <c r="AA184" s="62"/>
       <c r="AB184" s="62"/>
       <c r="AC184" s="62"/>
       <c r="AD184" s="62"/>
       <c r="AE184" s="62"/>
       <c r="AF184" s="62"/>
       <c r="AG184" s="62"/>
       <c r="AH184" s="62"/>
       <c r="AI184" s="62"/>
       <c r="AJ184" s="62"/>
       <c r="AK184" s="62"/>
       <c r="AL184" s="62"/>
       <c r="AM184" s="62"/>
       <c r="AN184" s="62"/>
       <c r="AO184" s="62"/>
       <c r="AP184" s="62"/>
       <c r="AQ184" s="62"/>
       <c r="AR184" s="62"/>
     </row>
     <row r="185" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A185" s="239"/>
-[...4 lines deleted...]
-      <c r="F185" s="122"/>
+      <c r="A185" s="243"/>
+      <c r="B185" s="244"/>
+      <c r="C185" s="244"/>
+      <c r="D185" s="244"/>
+      <c r="E185" s="133"/>
+      <c r="F185" s="116"/>
       <c r="G185" s="51"/>
       <c r="H185" s="51"/>
       <c r="I185" s="51"/>
       <c r="J185" s="51"/>
-      <c r="K185" s="168"/>
-[...1 lines deleted...]
-      <c r="M185" s="170"/>
+      <c r="K185" s="162"/>
+      <c r="L185" s="163"/>
+      <c r="M185" s="164"/>
       <c r="N185" s="31"/>
       <c r="O185" s="32"/>
       <c r="P185" s="32"/>
-      <c r="Q185" s="134"/>
-      <c r="R185" s="118"/>
+      <c r="Q185" s="128"/>
+      <c r="R185" s="112"/>
       <c r="S185" s="33"/>
       <c r="T185" s="57"/>
       <c r="U185" s="58"/>
-      <c r="V185" s="198">
+      <c r="V185" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W185" s="197">
+      <c r="W185" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X185" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y185" s="62"/>
       <c r="Z185" s="62"/>
       <c r="AA185" s="62"/>
       <c r="AB185" s="62"/>
       <c r="AC185" s="62"/>
       <c r="AD185" s="62"/>
       <c r="AE185" s="62"/>
       <c r="AF185" s="62"/>
       <c r="AG185" s="62"/>
       <c r="AH185" s="62"/>
       <c r="AI185" s="62"/>
       <c r="AJ185" s="62"/>
       <c r="AK185" s="62"/>
       <c r="AL185" s="62"/>
       <c r="AM185" s="62"/>
       <c r="AN185" s="62"/>
       <c r="AO185" s="62"/>
       <c r="AP185" s="62"/>
       <c r="AQ185" s="62"/>
       <c r="AR185" s="62"/>
     </row>
     <row r="186" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A186" s="239"/>
-[...4 lines deleted...]
-      <c r="F186" s="122"/>
+      <c r="A186" s="243"/>
+      <c r="B186" s="244"/>
+      <c r="C186" s="244"/>
+      <c r="D186" s="244"/>
+      <c r="E186" s="133"/>
+      <c r="F186" s="116"/>
       <c r="G186" s="51"/>
       <c r="H186" s="51"/>
       <c r="I186" s="51"/>
       <c r="J186" s="51"/>
-      <c r="K186" s="168"/>
-[...1 lines deleted...]
-      <c r="M186" s="170"/>
+      <c r="K186" s="162"/>
+      <c r="L186" s="163"/>
+      <c r="M186" s="164"/>
       <c r="N186" s="31"/>
       <c r="O186" s="32"/>
       <c r="P186" s="32"/>
-      <c r="Q186" s="134"/>
-      <c r="R186" s="118"/>
+      <c r="Q186" s="128"/>
+      <c r="R186" s="112"/>
       <c r="S186" s="33"/>
       <c r="T186" s="57"/>
       <c r="U186" s="58"/>
-      <c r="V186" s="198">
+      <c r="V186" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W186" s="197">
+      <c r="W186" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X186" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y186" s="62"/>
       <c r="Z186" s="62"/>
       <c r="AA186" s="62"/>
       <c r="AB186" s="62"/>
       <c r="AC186" s="62"/>
       <c r="AD186" s="62"/>
       <c r="AE186" s="62"/>
       <c r="AF186" s="62"/>
       <c r="AG186" s="62"/>
       <c r="AH186" s="62"/>
       <c r="AI186" s="62"/>
       <c r="AJ186" s="62"/>
       <c r="AK186" s="62"/>
       <c r="AL186" s="62"/>
       <c r="AM186" s="62"/>
       <c r="AN186" s="62"/>
       <c r="AO186" s="62"/>
       <c r="AP186" s="62"/>
       <c r="AQ186" s="62"/>
       <c r="AR186" s="62"/>
     </row>
     <row r="187" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A187" s="239"/>
-[...4 lines deleted...]
-      <c r="F187" s="122"/>
+      <c r="A187" s="243"/>
+      <c r="B187" s="244"/>
+      <c r="C187" s="244"/>
+      <c r="D187" s="244"/>
+      <c r="E187" s="133"/>
+      <c r="F187" s="116"/>
       <c r="G187" s="51"/>
       <c r="H187" s="51"/>
       <c r="I187" s="51"/>
       <c r="J187" s="51"/>
-      <c r="K187" s="168"/>
-[...1 lines deleted...]
-      <c r="M187" s="170"/>
+      <c r="K187" s="162"/>
+      <c r="L187" s="163"/>
+      <c r="M187" s="164"/>
       <c r="N187" s="31"/>
       <c r="O187" s="32"/>
       <c r="P187" s="32"/>
-      <c r="Q187" s="134"/>
-      <c r="R187" s="118"/>
+      <c r="Q187" s="128"/>
+      <c r="R187" s="112"/>
       <c r="S187" s="33"/>
       <c r="T187" s="57"/>
       <c r="U187" s="58"/>
-      <c r="V187" s="198">
+      <c r="V187" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W187" s="197">
+      <c r="W187" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X187" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y187" s="62"/>
       <c r="Z187" s="62"/>
       <c r="AA187" s="62"/>
       <c r="AB187" s="62"/>
       <c r="AC187" s="62"/>
       <c r="AD187" s="62"/>
       <c r="AE187" s="62"/>
       <c r="AF187" s="62"/>
       <c r="AG187" s="62"/>
       <c r="AH187" s="62"/>
       <c r="AI187" s="62"/>
       <c r="AJ187" s="62"/>
       <c r="AK187" s="62"/>
       <c r="AL187" s="62"/>
       <c r="AM187" s="62"/>
       <c r="AN187" s="62"/>
       <c r="AO187" s="62"/>
       <c r="AP187" s="62"/>
       <c r="AQ187" s="62"/>
       <c r="AR187" s="62"/>
     </row>
     <row r="188" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A188" s="239"/>
-[...4 lines deleted...]
-      <c r="F188" s="122"/>
+      <c r="A188" s="243"/>
+      <c r="B188" s="244"/>
+      <c r="C188" s="244"/>
+      <c r="D188" s="244"/>
+      <c r="E188" s="133"/>
+      <c r="F188" s="116"/>
       <c r="G188" s="51"/>
       <c r="H188" s="51"/>
       <c r="I188" s="51"/>
       <c r="J188" s="51"/>
-      <c r="K188" s="168"/>
-[...1 lines deleted...]
-      <c r="M188" s="170"/>
+      <c r="K188" s="162"/>
+      <c r="L188" s="163"/>
+      <c r="M188" s="164"/>
       <c r="N188" s="31"/>
       <c r="O188" s="32"/>
       <c r="P188" s="32"/>
-      <c r="Q188" s="134"/>
-      <c r="R188" s="118"/>
+      <c r="Q188" s="128"/>
+      <c r="R188" s="112"/>
       <c r="S188" s="33"/>
       <c r="T188" s="57"/>
       <c r="U188" s="58"/>
-      <c r="V188" s="198">
+      <c r="V188" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W188" s="197">
+      <c r="W188" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X188" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y188" s="62"/>
       <c r="Z188" s="62"/>
       <c r="AA188" s="62"/>
       <c r="AB188" s="62"/>
       <c r="AC188" s="62"/>
       <c r="AD188" s="62"/>
       <c r="AE188" s="62"/>
       <c r="AF188" s="62"/>
       <c r="AG188" s="62"/>
       <c r="AH188" s="62"/>
       <c r="AI188" s="62"/>
       <c r="AJ188" s="62"/>
       <c r="AK188" s="62"/>
       <c r="AL188" s="62"/>
       <c r="AM188" s="62"/>
       <c r="AN188" s="62"/>
       <c r="AO188" s="62"/>
       <c r="AP188" s="62"/>
       <c r="AQ188" s="62"/>
       <c r="AR188" s="62"/>
     </row>
     <row r="189" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A189" s="239"/>
-[...4 lines deleted...]
-      <c r="F189" s="122"/>
+      <c r="A189" s="243"/>
+      <c r="B189" s="244"/>
+      <c r="C189" s="244"/>
+      <c r="D189" s="244"/>
+      <c r="E189" s="133"/>
+      <c r="F189" s="116"/>
       <c r="G189" s="51"/>
       <c r="H189" s="51"/>
       <c r="I189" s="51"/>
       <c r="J189" s="51"/>
-      <c r="K189" s="168"/>
-[...1 lines deleted...]
-      <c r="M189" s="170"/>
+      <c r="K189" s="162"/>
+      <c r="L189" s="163"/>
+      <c r="M189" s="164"/>
       <c r="N189" s="31"/>
       <c r="O189" s="32"/>
       <c r="P189" s="32"/>
-      <c r="Q189" s="134"/>
-      <c r="R189" s="118"/>
+      <c r="Q189" s="128"/>
+      <c r="R189" s="112"/>
       <c r="S189" s="33"/>
       <c r="T189" s="57"/>
       <c r="U189" s="58"/>
-      <c r="V189" s="198">
+      <c r="V189" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W189" s="197">
+      <c r="W189" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X189" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y189" s="62"/>
       <c r="Z189" s="62"/>
       <c r="AA189" s="62"/>
       <c r="AB189" s="62"/>
       <c r="AC189" s="62"/>
       <c r="AD189" s="62"/>
       <c r="AE189" s="62"/>
       <c r="AF189" s="62"/>
       <c r="AG189" s="62"/>
       <c r="AH189" s="62"/>
       <c r="AI189" s="62"/>
       <c r="AJ189" s="62"/>
       <c r="AK189" s="62"/>
       <c r="AL189" s="62"/>
       <c r="AM189" s="62"/>
       <c r="AN189" s="62"/>
       <c r="AO189" s="62"/>
       <c r="AP189" s="62"/>
       <c r="AQ189" s="62"/>
       <c r="AR189" s="62"/>
     </row>
     <row r="190" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A190" s="239"/>
-[...4 lines deleted...]
-      <c r="F190" s="122"/>
+      <c r="A190" s="243"/>
+      <c r="B190" s="244"/>
+      <c r="C190" s="244"/>
+      <c r="D190" s="244"/>
+      <c r="E190" s="133"/>
+      <c r="F190" s="116"/>
       <c r="G190" s="51"/>
       <c r="H190" s="51"/>
       <c r="I190" s="51"/>
       <c r="J190" s="51"/>
-      <c r="K190" s="168"/>
-[...1 lines deleted...]
-      <c r="M190" s="170"/>
+      <c r="K190" s="162"/>
+      <c r="L190" s="163"/>
+      <c r="M190" s="164"/>
       <c r="N190" s="31"/>
       <c r="O190" s="32"/>
       <c r="P190" s="32"/>
-      <c r="Q190" s="134"/>
-      <c r="R190" s="118"/>
+      <c r="Q190" s="128"/>
+      <c r="R190" s="112"/>
       <c r="S190" s="33"/>
       <c r="T190" s="57"/>
       <c r="U190" s="58"/>
-      <c r="V190" s="198">
+      <c r="V190" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W190" s="197">
+      <c r="W190" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X190" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y190" s="62"/>
       <c r="Z190" s="62"/>
       <c r="AA190" s="62"/>
       <c r="AB190" s="62"/>
       <c r="AC190" s="62"/>
       <c r="AD190" s="62"/>
       <c r="AE190" s="62"/>
       <c r="AF190" s="62"/>
       <c r="AG190" s="62"/>
       <c r="AH190" s="62"/>
       <c r="AI190" s="62"/>
       <c r="AJ190" s="62"/>
       <c r="AK190" s="62"/>
       <c r="AL190" s="62"/>
       <c r="AM190" s="62"/>
       <c r="AN190" s="62"/>
       <c r="AO190" s="62"/>
       <c r="AP190" s="62"/>
       <c r="AQ190" s="62"/>
       <c r="AR190" s="62"/>
     </row>
     <row r="191" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A191" s="239"/>
-[...4 lines deleted...]
-      <c r="F191" s="122"/>
+      <c r="A191" s="243"/>
+      <c r="B191" s="244"/>
+      <c r="C191" s="244"/>
+      <c r="D191" s="244"/>
+      <c r="E191" s="133"/>
+      <c r="F191" s="116"/>
       <c r="G191" s="51"/>
       <c r="H191" s="51"/>
       <c r="I191" s="51"/>
       <c r="J191" s="51"/>
-      <c r="K191" s="168"/>
-[...1 lines deleted...]
-      <c r="M191" s="170"/>
+      <c r="K191" s="162"/>
+      <c r="L191" s="163"/>
+      <c r="M191" s="164"/>
       <c r="N191" s="31"/>
       <c r="O191" s="32"/>
       <c r="P191" s="32"/>
-      <c r="Q191" s="134"/>
-      <c r="R191" s="118"/>
+      <c r="Q191" s="128"/>
+      <c r="R191" s="112"/>
       <c r="S191" s="33"/>
       <c r="T191" s="57"/>
       <c r="U191" s="58"/>
-      <c r="V191" s="198">
+      <c r="V191" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W191" s="197">
+      <c r="W191" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X191" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y191" s="62"/>
       <c r="Z191" s="62"/>
       <c r="AA191" s="62"/>
       <c r="AB191" s="62"/>
       <c r="AC191" s="62"/>
       <c r="AD191" s="62"/>
       <c r="AE191" s="62"/>
       <c r="AF191" s="62"/>
       <c r="AG191" s="62"/>
       <c r="AH191" s="62"/>
       <c r="AI191" s="62"/>
       <c r="AJ191" s="62"/>
       <c r="AK191" s="62"/>
       <c r="AL191" s="62"/>
       <c r="AM191" s="62"/>
       <c r="AN191" s="62"/>
       <c r="AO191" s="62"/>
       <c r="AP191" s="62"/>
       <c r="AQ191" s="62"/>
       <c r="AR191" s="62"/>
     </row>
     <row r="192" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A192" s="239"/>
-[...4 lines deleted...]
-      <c r="F192" s="122"/>
+      <c r="A192" s="243"/>
+      <c r="B192" s="244"/>
+      <c r="C192" s="244"/>
+      <c r="D192" s="244"/>
+      <c r="E192" s="133"/>
+      <c r="F192" s="116"/>
       <c r="G192" s="51"/>
       <c r="H192" s="51"/>
       <c r="I192" s="51"/>
       <c r="J192" s="51"/>
-      <c r="K192" s="168"/>
-[...1 lines deleted...]
-      <c r="M192" s="170"/>
+      <c r="K192" s="162"/>
+      <c r="L192" s="163"/>
+      <c r="M192" s="164"/>
       <c r="N192" s="31"/>
       <c r="O192" s="32"/>
       <c r="P192" s="32"/>
-      <c r="Q192" s="134"/>
-      <c r="R192" s="118"/>
+      <c r="Q192" s="128"/>
+      <c r="R192" s="112"/>
       <c r="S192" s="33"/>
       <c r="T192" s="57"/>
       <c r="U192" s="58"/>
-      <c r="V192" s="198">
+      <c r="V192" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W192" s="197">
+      <c r="W192" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X192" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y192" s="62"/>
       <c r="Z192" s="62"/>
       <c r="AA192" s="62"/>
       <c r="AB192" s="62"/>
       <c r="AC192" s="62"/>
       <c r="AD192" s="62"/>
       <c r="AE192" s="62"/>
       <c r="AF192" s="62"/>
       <c r="AG192" s="62"/>
       <c r="AH192" s="62"/>
       <c r="AI192" s="62"/>
       <c r="AJ192" s="62"/>
       <c r="AK192" s="62"/>
       <c r="AL192" s="62"/>
       <c r="AM192" s="62"/>
       <c r="AN192" s="62"/>
       <c r="AO192" s="62"/>
       <c r="AP192" s="62"/>
       <c r="AQ192" s="62"/>
       <c r="AR192" s="62"/>
     </row>
     <row r="193" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A193" s="239"/>
-[...4 lines deleted...]
-      <c r="F193" s="122"/>
+      <c r="A193" s="243"/>
+      <c r="B193" s="244"/>
+      <c r="C193" s="244"/>
+      <c r="D193" s="244"/>
+      <c r="E193" s="133"/>
+      <c r="F193" s="116"/>
       <c r="G193" s="51"/>
       <c r="H193" s="51"/>
       <c r="I193" s="51"/>
       <c r="J193" s="51"/>
-      <c r="K193" s="168"/>
-[...1 lines deleted...]
-      <c r="M193" s="170"/>
+      <c r="K193" s="162"/>
+      <c r="L193" s="163"/>
+      <c r="M193" s="164"/>
       <c r="N193" s="31"/>
       <c r="O193" s="32"/>
       <c r="P193" s="32"/>
-      <c r="Q193" s="134"/>
-      <c r="R193" s="118"/>
+      <c r="Q193" s="128"/>
+      <c r="R193" s="112"/>
       <c r="S193" s="33"/>
       <c r="T193" s="57"/>
       <c r="U193" s="58"/>
-      <c r="V193" s="198">
+      <c r="V193" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W193" s="197">
+      <c r="W193" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X193" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y193" s="62"/>
       <c r="Z193" s="62"/>
       <c r="AA193" s="62"/>
       <c r="AB193" s="62"/>
       <c r="AC193" s="62"/>
       <c r="AD193" s="62"/>
       <c r="AE193" s="62"/>
       <c r="AF193" s="62"/>
       <c r="AG193" s="62"/>
       <c r="AH193" s="62"/>
       <c r="AI193" s="62"/>
       <c r="AJ193" s="62"/>
       <c r="AK193" s="62"/>
       <c r="AL193" s="62"/>
       <c r="AM193" s="62"/>
       <c r="AN193" s="62"/>
       <c r="AO193" s="62"/>
       <c r="AP193" s="62"/>
       <c r="AQ193" s="62"/>
       <c r="AR193" s="62"/>
     </row>
     <row r="194" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A194" s="239"/>
-[...4 lines deleted...]
-      <c r="F194" s="122"/>
+      <c r="A194" s="243"/>
+      <c r="B194" s="244"/>
+      <c r="C194" s="244"/>
+      <c r="D194" s="244"/>
+      <c r="E194" s="133"/>
+      <c r="F194" s="116"/>
       <c r="G194" s="51"/>
       <c r="H194" s="51"/>
       <c r="I194" s="51"/>
       <c r="J194" s="51"/>
-      <c r="K194" s="168"/>
-[...1 lines deleted...]
-      <c r="M194" s="170"/>
+      <c r="K194" s="162"/>
+      <c r="L194" s="163"/>
+      <c r="M194" s="164"/>
       <c r="N194" s="31"/>
       <c r="O194" s="32"/>
       <c r="P194" s="32"/>
-      <c r="Q194" s="134"/>
-      <c r="R194" s="118"/>
+      <c r="Q194" s="128"/>
+      <c r="R194" s="112"/>
       <c r="S194" s="33"/>
       <c r="T194" s="57"/>
       <c r="U194" s="58"/>
-      <c r="V194" s="198">
+      <c r="V194" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W194" s="197">
+      <c r="W194" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X194" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y194" s="62"/>
       <c r="Z194" s="62"/>
       <c r="AA194" s="62"/>
       <c r="AB194" s="62"/>
       <c r="AC194" s="62"/>
       <c r="AD194" s="62"/>
       <c r="AE194" s="62"/>
       <c r="AF194" s="62"/>
       <c r="AG194" s="62"/>
       <c r="AH194" s="62"/>
       <c r="AI194" s="62"/>
       <c r="AJ194" s="62"/>
       <c r="AK194" s="62"/>
       <c r="AL194" s="62"/>
       <c r="AM194" s="62"/>
       <c r="AN194" s="62"/>
       <c r="AO194" s="62"/>
       <c r="AP194" s="62"/>
       <c r="AQ194" s="62"/>
       <c r="AR194" s="62"/>
     </row>
     <row r="195" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A195" s="239"/>
-[...4 lines deleted...]
-      <c r="F195" s="122"/>
+      <c r="A195" s="243"/>
+      <c r="B195" s="244"/>
+      <c r="C195" s="244"/>
+      <c r="D195" s="244"/>
+      <c r="E195" s="133"/>
+      <c r="F195" s="116"/>
       <c r="G195" s="51"/>
       <c r="H195" s="51"/>
       <c r="I195" s="51"/>
       <c r="J195" s="51"/>
-      <c r="K195" s="168"/>
-[...1 lines deleted...]
-      <c r="M195" s="170"/>
+      <c r="K195" s="162"/>
+      <c r="L195" s="163"/>
+      <c r="M195" s="164"/>
       <c r="N195" s="31"/>
       <c r="O195" s="32"/>
       <c r="P195" s="32"/>
-      <c r="Q195" s="134"/>
-      <c r="R195" s="118"/>
+      <c r="Q195" s="128"/>
+      <c r="R195" s="112"/>
       <c r="S195" s="33"/>
       <c r="T195" s="57"/>
       <c r="U195" s="58"/>
-      <c r="V195" s="198">
+      <c r="V195" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W195" s="197">
+      <c r="W195" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X195" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y195" s="62"/>
       <c r="Z195" s="62"/>
       <c r="AA195" s="62"/>
       <c r="AB195" s="62"/>
       <c r="AC195" s="62"/>
       <c r="AD195" s="62"/>
       <c r="AE195" s="62"/>
       <c r="AF195" s="62"/>
       <c r="AG195" s="62"/>
       <c r="AH195" s="62"/>
       <c r="AI195" s="62"/>
       <c r="AJ195" s="62"/>
       <c r="AK195" s="62"/>
       <c r="AL195" s="62"/>
       <c r="AM195" s="62"/>
       <c r="AN195" s="62"/>
       <c r="AO195" s="62"/>
       <c r="AP195" s="62"/>
       <c r="AQ195" s="62"/>
       <c r="AR195" s="62"/>
     </row>
     <row r="196" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A196" s="239"/>
-[...4 lines deleted...]
-      <c r="F196" s="122"/>
+      <c r="A196" s="243"/>
+      <c r="B196" s="244"/>
+      <c r="C196" s="244"/>
+      <c r="D196" s="244"/>
+      <c r="E196" s="133"/>
+      <c r="F196" s="116"/>
       <c r="G196" s="51"/>
       <c r="H196" s="51"/>
       <c r="I196" s="51"/>
       <c r="J196" s="51"/>
-      <c r="K196" s="168"/>
-[...1 lines deleted...]
-      <c r="M196" s="170"/>
+      <c r="K196" s="162"/>
+      <c r="L196" s="163"/>
+      <c r="M196" s="164"/>
       <c r="N196" s="31"/>
       <c r="O196" s="32"/>
       <c r="P196" s="32"/>
-      <c r="Q196" s="134"/>
-      <c r="R196" s="118"/>
+      <c r="Q196" s="128"/>
+      <c r="R196" s="112"/>
       <c r="S196" s="33"/>
       <c r="T196" s="57"/>
       <c r="U196" s="58"/>
-      <c r="V196" s="198">
+      <c r="V196" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W196" s="197">
+      <c r="W196" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X196" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y196" s="62"/>
       <c r="Z196" s="62"/>
       <c r="AA196" s="62"/>
       <c r="AB196" s="62"/>
       <c r="AC196" s="62"/>
       <c r="AD196" s="62"/>
       <c r="AE196" s="62"/>
       <c r="AF196" s="62"/>
       <c r="AG196" s="62"/>
       <c r="AH196" s="62"/>
       <c r="AI196" s="62"/>
       <c r="AJ196" s="62"/>
       <c r="AK196" s="62"/>
       <c r="AL196" s="62"/>
       <c r="AM196" s="62"/>
       <c r="AN196" s="62"/>
       <c r="AO196" s="62"/>
       <c r="AP196" s="62"/>
       <c r="AQ196" s="62"/>
       <c r="AR196" s="62"/>
     </row>
     <row r="197" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A197" s="239"/>
-[...4 lines deleted...]
-      <c r="F197" s="122"/>
+      <c r="A197" s="243"/>
+      <c r="B197" s="244"/>
+      <c r="C197" s="244"/>
+      <c r="D197" s="244"/>
+      <c r="E197" s="133"/>
+      <c r="F197" s="116"/>
       <c r="G197" s="51"/>
       <c r="H197" s="51"/>
       <c r="I197" s="51"/>
       <c r="J197" s="51"/>
-      <c r="K197" s="168"/>
-[...1 lines deleted...]
-      <c r="M197" s="170"/>
+      <c r="K197" s="162"/>
+      <c r="L197" s="163"/>
+      <c r="M197" s="164"/>
       <c r="N197" s="31"/>
       <c r="O197" s="32"/>
       <c r="P197" s="32"/>
-      <c r="Q197" s="134"/>
-      <c r="R197" s="118"/>
+      <c r="Q197" s="128"/>
+      <c r="R197" s="112"/>
       <c r="S197" s="33"/>
       <c r="T197" s="57"/>
       <c r="U197" s="58"/>
-      <c r="V197" s="198">
+      <c r="V197" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W197" s="197">
+      <c r="W197" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X197" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y197" s="62"/>
       <c r="Z197" s="62"/>
       <c r="AA197" s="62"/>
       <c r="AB197" s="62"/>
       <c r="AC197" s="62"/>
       <c r="AD197" s="62"/>
       <c r="AE197" s="62"/>
       <c r="AF197" s="62"/>
       <c r="AG197" s="62"/>
       <c r="AH197" s="62"/>
       <c r="AI197" s="62"/>
       <c r="AJ197" s="62"/>
       <c r="AK197" s="62"/>
       <c r="AL197" s="62"/>
       <c r="AM197" s="62"/>
       <c r="AN197" s="62"/>
       <c r="AO197" s="62"/>
       <c r="AP197" s="62"/>
       <c r="AQ197" s="62"/>
       <c r="AR197" s="62"/>
     </row>
     <row r="198" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A198" s="239"/>
-[...4 lines deleted...]
-      <c r="F198" s="122"/>
+      <c r="A198" s="243"/>
+      <c r="B198" s="244"/>
+      <c r="C198" s="244"/>
+      <c r="D198" s="244"/>
+      <c r="E198" s="133"/>
+      <c r="F198" s="116"/>
       <c r="G198" s="51"/>
       <c r="H198" s="51"/>
       <c r="I198" s="51"/>
       <c r="J198" s="51"/>
-      <c r="K198" s="168"/>
-[...1 lines deleted...]
-      <c r="M198" s="170"/>
+      <c r="K198" s="162"/>
+      <c r="L198" s="163"/>
+      <c r="M198" s="164"/>
       <c r="N198" s="31"/>
       <c r="O198" s="32"/>
       <c r="P198" s="32"/>
-      <c r="Q198" s="134"/>
-      <c r="R198" s="118"/>
+      <c r="Q198" s="128"/>
+      <c r="R198" s="112"/>
       <c r="S198" s="33"/>
       <c r="T198" s="57"/>
       <c r="U198" s="58"/>
-      <c r="V198" s="198">
+      <c r="V198" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W198" s="197">
+      <c r="W198" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X198" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y198" s="62"/>
       <c r="Z198" s="62"/>
       <c r="AA198" s="62"/>
       <c r="AB198" s="62"/>
       <c r="AC198" s="62"/>
       <c r="AD198" s="62"/>
       <c r="AE198" s="62"/>
       <c r="AF198" s="62"/>
       <c r="AG198" s="62"/>
       <c r="AH198" s="62"/>
       <c r="AI198" s="62"/>
       <c r="AJ198" s="62"/>
       <c r="AK198" s="62"/>
       <c r="AL198" s="62"/>
       <c r="AM198" s="62"/>
       <c r="AN198" s="62"/>
       <c r="AO198" s="62"/>
       <c r="AP198" s="62"/>
       <c r="AQ198" s="62"/>
       <c r="AR198" s="62"/>
     </row>
     <row r="199" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A199" s="239"/>
-[...4 lines deleted...]
-      <c r="F199" s="122"/>
+      <c r="A199" s="243"/>
+      <c r="B199" s="244"/>
+      <c r="C199" s="244"/>
+      <c r="D199" s="244"/>
+      <c r="E199" s="133"/>
+      <c r="F199" s="116"/>
       <c r="G199" s="51"/>
       <c r="H199" s="51"/>
       <c r="I199" s="51"/>
       <c r="J199" s="51"/>
-      <c r="K199" s="168"/>
-[...1 lines deleted...]
-      <c r="M199" s="170"/>
+      <c r="K199" s="162"/>
+      <c r="L199" s="163"/>
+      <c r="M199" s="164"/>
       <c r="N199" s="31"/>
       <c r="O199" s="32"/>
       <c r="P199" s="32"/>
-      <c r="Q199" s="134"/>
-      <c r="R199" s="118"/>
+      <c r="Q199" s="128"/>
+      <c r="R199" s="112"/>
       <c r="S199" s="33"/>
       <c r="T199" s="57"/>
       <c r="U199" s="58"/>
-      <c r="V199" s="198">
+      <c r="V199" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W199" s="197">
+      <c r="W199" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X199" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y199" s="62"/>
       <c r="Z199" s="62"/>
       <c r="AA199" s="62"/>
       <c r="AB199" s="62"/>
       <c r="AC199" s="62"/>
       <c r="AD199" s="62"/>
       <c r="AE199" s="62"/>
       <c r="AF199" s="62"/>
       <c r="AG199" s="62"/>
       <c r="AH199" s="62"/>
       <c r="AI199" s="62"/>
       <c r="AJ199" s="62"/>
       <c r="AK199" s="62"/>
       <c r="AL199" s="62"/>
       <c r="AM199" s="62"/>
       <c r="AN199" s="62"/>
       <c r="AO199" s="62"/>
       <c r="AP199" s="62"/>
       <c r="AQ199" s="62"/>
       <c r="AR199" s="62"/>
     </row>
     <row r="200" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A200" s="239"/>
-[...4 lines deleted...]
-      <c r="F200" s="122"/>
+      <c r="A200" s="243"/>
+      <c r="B200" s="244"/>
+      <c r="C200" s="244"/>
+      <c r="D200" s="244"/>
+      <c r="E200" s="133"/>
+      <c r="F200" s="116"/>
       <c r="G200" s="51"/>
       <c r="H200" s="51"/>
       <c r="I200" s="51"/>
       <c r="J200" s="51"/>
-      <c r="K200" s="168"/>
-[...1 lines deleted...]
-      <c r="M200" s="170"/>
+      <c r="K200" s="162"/>
+      <c r="L200" s="163"/>
+      <c r="M200" s="164"/>
       <c r="N200" s="31"/>
       <c r="O200" s="32"/>
       <c r="P200" s="32"/>
-      <c r="Q200" s="134"/>
-      <c r="R200" s="118"/>
+      <c r="Q200" s="128"/>
+      <c r="R200" s="112"/>
       <c r="S200" s="33"/>
       <c r="T200" s="57"/>
       <c r="U200" s="58"/>
-      <c r="V200" s="198">
+      <c r="V200" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W200" s="197">
+      <c r="W200" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X200" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y200" s="62"/>
       <c r="Z200" s="62"/>
       <c r="AA200" s="62"/>
       <c r="AB200" s="62"/>
       <c r="AC200" s="62"/>
       <c r="AD200" s="62"/>
       <c r="AE200" s="62"/>
       <c r="AF200" s="62"/>
       <c r="AG200" s="62"/>
       <c r="AH200" s="62"/>
       <c r="AI200" s="62"/>
       <c r="AJ200" s="62"/>
       <c r="AK200" s="62"/>
       <c r="AL200" s="62"/>
       <c r="AM200" s="62"/>
       <c r="AN200" s="62"/>
       <c r="AO200" s="62"/>
       <c r="AP200" s="62"/>
       <c r="AQ200" s="62"/>
       <c r="AR200" s="62"/>
     </row>
     <row r="201" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A201" s="239"/>
-[...4 lines deleted...]
-      <c r="F201" s="122"/>
+      <c r="A201" s="243"/>
+      <c r="B201" s="244"/>
+      <c r="C201" s="244"/>
+      <c r="D201" s="244"/>
+      <c r="E201" s="133"/>
+      <c r="F201" s="116"/>
       <c r="G201" s="51"/>
       <c r="H201" s="51"/>
       <c r="I201" s="51"/>
       <c r="J201" s="51"/>
-      <c r="K201" s="168"/>
-[...1 lines deleted...]
-      <c r="M201" s="170"/>
+      <c r="K201" s="162"/>
+      <c r="L201" s="163"/>
+      <c r="M201" s="164"/>
       <c r="N201" s="31"/>
       <c r="O201" s="32"/>
       <c r="P201" s="32"/>
-      <c r="Q201" s="134"/>
-      <c r="R201" s="118"/>
+      <c r="Q201" s="128"/>
+      <c r="R201" s="112"/>
       <c r="S201" s="33"/>
       <c r="T201" s="57"/>
       <c r="U201" s="58"/>
-      <c r="V201" s="198">
+      <c r="V201" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W201" s="197">
+      <c r="W201" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X201" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y201" s="62"/>
       <c r="Z201" s="62"/>
       <c r="AA201" s="62"/>
       <c r="AB201" s="62"/>
       <c r="AC201" s="62"/>
       <c r="AD201" s="62"/>
       <c r="AE201" s="62"/>
       <c r="AF201" s="62"/>
       <c r="AG201" s="62"/>
       <c r="AH201" s="62"/>
       <c r="AI201" s="62"/>
       <c r="AJ201" s="62"/>
       <c r="AK201" s="62"/>
       <c r="AL201" s="62"/>
       <c r="AM201" s="62"/>
       <c r="AN201" s="62"/>
       <c r="AO201" s="62"/>
       <c r="AP201" s="62"/>
       <c r="AQ201" s="62"/>
       <c r="AR201" s="62"/>
     </row>
     <row r="202" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A202" s="239"/>
-[...4 lines deleted...]
-      <c r="F202" s="122"/>
+      <c r="A202" s="243"/>
+      <c r="B202" s="244"/>
+      <c r="C202" s="244"/>
+      <c r="D202" s="244"/>
+      <c r="E202" s="133"/>
+      <c r="F202" s="116"/>
       <c r="G202" s="51"/>
       <c r="H202" s="51"/>
       <c r="I202" s="51"/>
       <c r="J202" s="51"/>
-      <c r="K202" s="168"/>
-[...1 lines deleted...]
-      <c r="M202" s="170"/>
+      <c r="K202" s="162"/>
+      <c r="L202" s="163"/>
+      <c r="M202" s="164"/>
       <c r="N202" s="31"/>
       <c r="O202" s="32"/>
       <c r="P202" s="32"/>
-      <c r="Q202" s="134"/>
-      <c r="R202" s="118"/>
+      <c r="Q202" s="128"/>
+      <c r="R202" s="112"/>
       <c r="S202" s="33"/>
       <c r="T202" s="57"/>
       <c r="U202" s="58"/>
-      <c r="V202" s="198">
+      <c r="V202" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W202" s="197">
+      <c r="W202" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X202" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y202" s="62"/>
       <c r="Z202" s="62"/>
       <c r="AA202" s="62"/>
       <c r="AB202" s="62"/>
       <c r="AC202" s="62"/>
       <c r="AD202" s="62"/>
       <c r="AE202" s="62"/>
       <c r="AF202" s="62"/>
       <c r="AG202" s="62"/>
       <c r="AH202" s="62"/>
       <c r="AI202" s="62"/>
       <c r="AJ202" s="62"/>
       <c r="AK202" s="62"/>
       <c r="AL202" s="62"/>
       <c r="AM202" s="62"/>
       <c r="AN202" s="62"/>
       <c r="AO202" s="62"/>
       <c r="AP202" s="62"/>
       <c r="AQ202" s="62"/>
       <c r="AR202" s="62"/>
     </row>
     <row r="203" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A203" s="239"/>
-[...4 lines deleted...]
-      <c r="F203" s="122"/>
+      <c r="A203" s="243"/>
+      <c r="B203" s="244"/>
+      <c r="C203" s="244"/>
+      <c r="D203" s="244"/>
+      <c r="E203" s="133"/>
+      <c r="F203" s="116"/>
       <c r="G203" s="51"/>
       <c r="H203" s="51"/>
       <c r="I203" s="51"/>
       <c r="J203" s="51"/>
-      <c r="K203" s="168"/>
-[...1 lines deleted...]
-      <c r="M203" s="170"/>
+      <c r="K203" s="162"/>
+      <c r="L203" s="163"/>
+      <c r="M203" s="164"/>
       <c r="N203" s="31"/>
       <c r="O203" s="32"/>
       <c r="P203" s="32"/>
-      <c r="Q203" s="134"/>
-      <c r="R203" s="118"/>
+      <c r="Q203" s="128"/>
+      <c r="R203" s="112"/>
       <c r="S203" s="33"/>
       <c r="T203" s="57"/>
       <c r="U203" s="58"/>
-      <c r="V203" s="198">
+      <c r="V203" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W203" s="197">
+      <c r="W203" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X203" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y203" s="62"/>
       <c r="Z203" s="62"/>
       <c r="AA203" s="62"/>
       <c r="AB203" s="62"/>
       <c r="AC203" s="62"/>
       <c r="AD203" s="62"/>
       <c r="AE203" s="62"/>
       <c r="AF203" s="62"/>
       <c r="AG203" s="62"/>
       <c r="AH203" s="62"/>
       <c r="AI203" s="62"/>
       <c r="AJ203" s="62"/>
       <c r="AK203" s="62"/>
       <c r="AL203" s="62"/>
       <c r="AM203" s="62"/>
       <c r="AN203" s="62"/>
       <c r="AO203" s="62"/>
       <c r="AP203" s="62"/>
       <c r="AQ203" s="62"/>
       <c r="AR203" s="62"/>
     </row>
     <row r="204" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A204" s="239"/>
-[...4 lines deleted...]
-      <c r="F204" s="122"/>
+      <c r="A204" s="243"/>
+      <c r="B204" s="244"/>
+      <c r="C204" s="244"/>
+      <c r="D204" s="244"/>
+      <c r="E204" s="133"/>
+      <c r="F204" s="116"/>
       <c r="G204" s="51"/>
       <c r="H204" s="51"/>
       <c r="I204" s="51"/>
       <c r="J204" s="51"/>
-      <c r="K204" s="168"/>
-[...1 lines deleted...]
-      <c r="M204" s="170"/>
+      <c r="K204" s="162"/>
+      <c r="L204" s="163"/>
+      <c r="M204" s="164"/>
       <c r="N204" s="31"/>
       <c r="O204" s="32"/>
       <c r="P204" s="32"/>
-      <c r="Q204" s="134"/>
-      <c r="R204" s="118"/>
+      <c r="Q204" s="128"/>
+      <c r="R204" s="112"/>
       <c r="S204" s="33"/>
       <c r="T204" s="57"/>
       <c r="U204" s="58"/>
-      <c r="V204" s="198">
+      <c r="V204" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W204" s="197">
+      <c r="W204" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X204" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y204" s="62"/>
       <c r="Z204" s="62"/>
       <c r="AA204" s="62"/>
       <c r="AB204" s="62"/>
       <c r="AC204" s="62"/>
       <c r="AD204" s="62"/>
       <c r="AE204" s="62"/>
       <c r="AF204" s="62"/>
       <c r="AG204" s="62"/>
       <c r="AH204" s="62"/>
       <c r="AI204" s="62"/>
       <c r="AJ204" s="62"/>
       <c r="AK204" s="62"/>
       <c r="AL204" s="62"/>
       <c r="AM204" s="62"/>
       <c r="AN204" s="62"/>
       <c r="AO204" s="62"/>
       <c r="AP204" s="62"/>
       <c r="AQ204" s="62"/>
       <c r="AR204" s="62"/>
     </row>
     <row r="205" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A205" s="239"/>
-[...4 lines deleted...]
-      <c r="F205" s="122"/>
+      <c r="A205" s="243"/>
+      <c r="B205" s="244"/>
+      <c r="C205" s="244"/>
+      <c r="D205" s="244"/>
+      <c r="E205" s="133"/>
+      <c r="F205" s="116"/>
       <c r="G205" s="51"/>
       <c r="H205" s="51"/>
       <c r="I205" s="51"/>
       <c r="J205" s="51"/>
-      <c r="K205" s="168"/>
-[...1 lines deleted...]
-      <c r="M205" s="170"/>
+      <c r="K205" s="162"/>
+      <c r="L205" s="163"/>
+      <c r="M205" s="164"/>
       <c r="N205" s="31"/>
       <c r="O205" s="32"/>
       <c r="P205" s="32"/>
-      <c r="Q205" s="134"/>
-      <c r="R205" s="118"/>
+      <c r="Q205" s="128"/>
+      <c r="R205" s="112"/>
       <c r="S205" s="33"/>
       <c r="T205" s="57"/>
       <c r="U205" s="58"/>
-      <c r="V205" s="198">
+      <c r="V205" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W205" s="197">
+      <c r="W205" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X205" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y205" s="62"/>
       <c r="Z205" s="62"/>
       <c r="AA205" s="62"/>
       <c r="AB205" s="62"/>
       <c r="AC205" s="62"/>
       <c r="AD205" s="62"/>
       <c r="AE205" s="62"/>
       <c r="AF205" s="62"/>
       <c r="AG205" s="62"/>
       <c r="AH205" s="62"/>
       <c r="AI205" s="62"/>
       <c r="AJ205" s="62"/>
       <c r="AK205" s="62"/>
       <c r="AL205" s="62"/>
       <c r="AM205" s="62"/>
       <c r="AN205" s="62"/>
       <c r="AO205" s="62"/>
       <c r="AP205" s="62"/>
       <c r="AQ205" s="62"/>
       <c r="AR205" s="62"/>
     </row>
     <row r="206" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A206" s="239"/>
-[...4 lines deleted...]
-      <c r="F206" s="122"/>
+      <c r="A206" s="243"/>
+      <c r="B206" s="244"/>
+      <c r="C206" s="244"/>
+      <c r="D206" s="244"/>
+      <c r="E206" s="133"/>
+      <c r="F206" s="116"/>
       <c r="G206" s="51"/>
       <c r="H206" s="51"/>
       <c r="I206" s="51"/>
       <c r="J206" s="51"/>
-      <c r="K206" s="168"/>
-[...1 lines deleted...]
-      <c r="M206" s="170"/>
+      <c r="K206" s="162"/>
+      <c r="L206" s="163"/>
+      <c r="M206" s="164"/>
       <c r="N206" s="31"/>
       <c r="O206" s="32"/>
       <c r="P206" s="32"/>
-      <c r="Q206" s="134"/>
-      <c r="R206" s="118"/>
+      <c r="Q206" s="128"/>
+      <c r="R206" s="112"/>
       <c r="S206" s="33"/>
       <c r="T206" s="57"/>
       <c r="U206" s="58"/>
-      <c r="V206" s="198">
+      <c r="V206" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W206" s="197">
+      <c r="W206" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X206" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y206" s="62"/>
       <c r="Z206" s="62"/>
       <c r="AA206" s="62"/>
       <c r="AB206" s="62"/>
       <c r="AC206" s="62"/>
       <c r="AD206" s="62"/>
       <c r="AE206" s="62"/>
       <c r="AF206" s="62"/>
       <c r="AG206" s="62"/>
       <c r="AH206" s="62"/>
       <c r="AI206" s="62"/>
       <c r="AJ206" s="62"/>
       <c r="AK206" s="62"/>
       <c r="AL206" s="62"/>
       <c r="AM206" s="62"/>
       <c r="AN206" s="62"/>
       <c r="AO206" s="62"/>
       <c r="AP206" s="62"/>
       <c r="AQ206" s="62"/>
       <c r="AR206" s="62"/>
     </row>
     <row r="207" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A207" s="239"/>
-[...4 lines deleted...]
-      <c r="F207" s="122"/>
+      <c r="A207" s="243"/>
+      <c r="B207" s="244"/>
+      <c r="C207" s="244"/>
+      <c r="D207" s="244"/>
+      <c r="E207" s="133"/>
+      <c r="F207" s="116"/>
       <c r="G207" s="51"/>
       <c r="H207" s="51"/>
       <c r="I207" s="51"/>
       <c r="J207" s="51"/>
-      <c r="K207" s="168"/>
-[...1 lines deleted...]
-      <c r="M207" s="170"/>
+      <c r="K207" s="162"/>
+      <c r="L207" s="163"/>
+      <c r="M207" s="164"/>
       <c r="N207" s="31"/>
       <c r="O207" s="32"/>
       <c r="P207" s="32"/>
-      <c r="Q207" s="134"/>
-      <c r="R207" s="118"/>
+      <c r="Q207" s="128"/>
+      <c r="R207" s="112"/>
       <c r="S207" s="33"/>
       <c r="T207" s="57"/>
       <c r="U207" s="58"/>
-      <c r="V207" s="198">
+      <c r="V207" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W207" s="197">
+      <c r="W207" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X207" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y207" s="62"/>
       <c r="Z207" s="62"/>
       <c r="AA207" s="62"/>
       <c r="AB207" s="62"/>
       <c r="AC207" s="62"/>
       <c r="AD207" s="62"/>
       <c r="AE207" s="62"/>
       <c r="AF207" s="62"/>
       <c r="AG207" s="62"/>
       <c r="AH207" s="62"/>
       <c r="AI207" s="62"/>
       <c r="AJ207" s="62"/>
       <c r="AK207" s="62"/>
       <c r="AL207" s="62"/>
       <c r="AM207" s="62"/>
       <c r="AN207" s="62"/>
       <c r="AO207" s="62"/>
       <c r="AP207" s="62"/>
       <c r="AQ207" s="62"/>
       <c r="AR207" s="62"/>
     </row>
     <row r="208" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A208" s="239"/>
-[...4 lines deleted...]
-      <c r="F208" s="122"/>
+      <c r="A208" s="243"/>
+      <c r="B208" s="244"/>
+      <c r="C208" s="244"/>
+      <c r="D208" s="244"/>
+      <c r="E208" s="133"/>
+      <c r="F208" s="116"/>
       <c r="G208" s="51"/>
       <c r="H208" s="51"/>
       <c r="I208" s="51"/>
       <c r="J208" s="51"/>
-      <c r="K208" s="168"/>
-[...1 lines deleted...]
-      <c r="M208" s="170"/>
+      <c r="K208" s="162"/>
+      <c r="L208" s="163"/>
+      <c r="M208" s="164"/>
       <c r="N208" s="31"/>
       <c r="O208" s="32"/>
       <c r="P208" s="32"/>
-      <c r="Q208" s="134"/>
-      <c r="R208" s="118"/>
+      <c r="Q208" s="128"/>
+      <c r="R208" s="112"/>
       <c r="S208" s="33"/>
       <c r="T208" s="57"/>
       <c r="U208" s="58"/>
-      <c r="V208" s="198">
+      <c r="V208" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W208" s="197">
+      <c r="W208" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X208" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y208" s="62"/>
       <c r="Z208" s="62"/>
       <c r="AA208" s="62"/>
       <c r="AB208" s="62"/>
       <c r="AC208" s="62"/>
       <c r="AD208" s="62"/>
       <c r="AE208" s="62"/>
       <c r="AF208" s="62"/>
       <c r="AG208" s="62"/>
       <c r="AH208" s="62"/>
       <c r="AI208" s="62"/>
       <c r="AJ208" s="62"/>
       <c r="AK208" s="62"/>
       <c r="AL208" s="62"/>
       <c r="AM208" s="62"/>
       <c r="AN208" s="62"/>
       <c r="AO208" s="62"/>
       <c r="AP208" s="62"/>
       <c r="AQ208" s="62"/>
       <c r="AR208" s="62"/>
     </row>
     <row r="209" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A209" s="239"/>
-[...4 lines deleted...]
-      <c r="F209" s="122"/>
+      <c r="A209" s="243"/>
+      <c r="B209" s="244"/>
+      <c r="C209" s="244"/>
+      <c r="D209" s="244"/>
+      <c r="E209" s="133"/>
+      <c r="F209" s="116"/>
       <c r="G209" s="51"/>
       <c r="H209" s="51"/>
       <c r="I209" s="51"/>
       <c r="J209" s="51"/>
-      <c r="K209" s="168"/>
-[...1 lines deleted...]
-      <c r="M209" s="170"/>
+      <c r="K209" s="162"/>
+      <c r="L209" s="163"/>
+      <c r="M209" s="164"/>
       <c r="N209" s="31"/>
       <c r="O209" s="32"/>
       <c r="P209" s="32"/>
-      <c r="Q209" s="134"/>
-      <c r="R209" s="118"/>
+      <c r="Q209" s="128"/>
+      <c r="R209" s="112"/>
       <c r="S209" s="33"/>
       <c r="T209" s="57"/>
       <c r="U209" s="58"/>
-      <c r="V209" s="198">
+      <c r="V209" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W209" s="197">
+      <c r="W209" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X209" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y209" s="62"/>
       <c r="Z209" s="62"/>
       <c r="AA209" s="62"/>
       <c r="AB209" s="62"/>
       <c r="AC209" s="62"/>
       <c r="AD209" s="62"/>
       <c r="AE209" s="62"/>
       <c r="AF209" s="62"/>
       <c r="AG209" s="62"/>
       <c r="AH209" s="62"/>
       <c r="AI209" s="62"/>
       <c r="AJ209" s="62"/>
       <c r="AK209" s="62"/>
       <c r="AL209" s="62"/>
       <c r="AM209" s="62"/>
       <c r="AN209" s="62"/>
       <c r="AO209" s="62"/>
       <c r="AP209" s="62"/>
       <c r="AQ209" s="62"/>
       <c r="AR209" s="62"/>
     </row>
     <row r="210" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A210" s="239"/>
-[...4 lines deleted...]
-      <c r="F210" s="122"/>
+      <c r="A210" s="243"/>
+      <c r="B210" s="244"/>
+      <c r="C210" s="244"/>
+      <c r="D210" s="244"/>
+      <c r="E210" s="133"/>
+      <c r="F210" s="116"/>
       <c r="G210" s="51"/>
       <c r="H210" s="51"/>
       <c r="I210" s="51"/>
       <c r="J210" s="51"/>
-      <c r="K210" s="168"/>
-[...1 lines deleted...]
-      <c r="M210" s="170"/>
+      <c r="K210" s="162"/>
+      <c r="L210" s="163"/>
+      <c r="M210" s="164"/>
       <c r="N210" s="31"/>
       <c r="O210" s="32"/>
       <c r="P210" s="32"/>
-      <c r="Q210" s="134"/>
-      <c r="R210" s="118"/>
+      <c r="Q210" s="128"/>
+      <c r="R210" s="112"/>
       <c r="S210" s="33"/>
       <c r="T210" s="57"/>
       <c r="U210" s="58"/>
-      <c r="V210" s="198">
+      <c r="V210" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W210" s="197">
+      <c r="W210" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X210" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y210" s="62"/>
       <c r="Z210" s="62"/>
       <c r="AA210" s="62"/>
       <c r="AB210" s="62"/>
       <c r="AC210" s="62"/>
       <c r="AD210" s="62"/>
       <c r="AE210" s="62"/>
       <c r="AF210" s="62"/>
       <c r="AG210" s="62"/>
       <c r="AH210" s="62"/>
       <c r="AI210" s="62"/>
       <c r="AJ210" s="62"/>
       <c r="AK210" s="62"/>
       <c r="AL210" s="62"/>
       <c r="AM210" s="62"/>
       <c r="AN210" s="62"/>
       <c r="AO210" s="62"/>
       <c r="AP210" s="62"/>
       <c r="AQ210" s="62"/>
       <c r="AR210" s="62"/>
     </row>
     <row r="211" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A211" s="239"/>
-[...4 lines deleted...]
-      <c r="F211" s="122"/>
+      <c r="A211" s="243"/>
+      <c r="B211" s="244"/>
+      <c r="C211" s="244"/>
+      <c r="D211" s="244"/>
+      <c r="E211" s="133"/>
+      <c r="F211" s="116"/>
       <c r="G211" s="51"/>
       <c r="H211" s="51"/>
       <c r="I211" s="51"/>
       <c r="J211" s="51"/>
-      <c r="K211" s="168"/>
-[...1 lines deleted...]
-      <c r="M211" s="170"/>
+      <c r="K211" s="162"/>
+      <c r="L211" s="163"/>
+      <c r="M211" s="164"/>
       <c r="N211" s="31"/>
       <c r="O211" s="32"/>
       <c r="P211" s="32"/>
-      <c r="Q211" s="134"/>
-      <c r="R211" s="118"/>
+      <c r="Q211" s="128"/>
+      <c r="R211" s="112"/>
       <c r="S211" s="33"/>
       <c r="T211" s="57"/>
       <c r="U211" s="58"/>
-      <c r="V211" s="198">
+      <c r="V211" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W211" s="197">
+      <c r="W211" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X211" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y211" s="62"/>
       <c r="Z211" s="62"/>
       <c r="AA211" s="62"/>
       <c r="AB211" s="62"/>
       <c r="AC211" s="62"/>
       <c r="AD211" s="62"/>
       <c r="AE211" s="62"/>
       <c r="AF211" s="62"/>
       <c r="AG211" s="62"/>
       <c r="AH211" s="62"/>
       <c r="AI211" s="62"/>
       <c r="AJ211" s="62"/>
       <c r="AK211" s="62"/>
       <c r="AL211" s="62"/>
       <c r="AM211" s="62"/>
       <c r="AN211" s="62"/>
       <c r="AO211" s="62"/>
       <c r="AP211" s="62"/>
       <c r="AQ211" s="62"/>
       <c r="AR211" s="62"/>
     </row>
     <row r="212" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A212" s="239"/>
-[...4 lines deleted...]
-      <c r="F212" s="122"/>
+      <c r="A212" s="243"/>
+      <c r="B212" s="244"/>
+      <c r="C212" s="244"/>
+      <c r="D212" s="244"/>
+      <c r="E212" s="133"/>
+      <c r="F212" s="116"/>
       <c r="G212" s="51"/>
       <c r="H212" s="51"/>
       <c r="I212" s="51"/>
       <c r="J212" s="51"/>
-      <c r="K212" s="168"/>
-[...1 lines deleted...]
-      <c r="M212" s="170"/>
+      <c r="K212" s="162"/>
+      <c r="L212" s="163"/>
+      <c r="M212" s="164"/>
       <c r="N212" s="31"/>
       <c r="O212" s="32"/>
       <c r="P212" s="32"/>
-      <c r="Q212" s="134"/>
-      <c r="R212" s="118"/>
+      <c r="Q212" s="128"/>
+      <c r="R212" s="112"/>
       <c r="S212" s="33"/>
       <c r="T212" s="57"/>
       <c r="U212" s="58"/>
-      <c r="V212" s="198">
+      <c r="V212" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W212" s="197">
+      <c r="W212" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X212" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y212" s="62"/>
       <c r="Z212" s="62"/>
       <c r="AA212" s="62"/>
       <c r="AB212" s="62"/>
       <c r="AC212" s="62"/>
       <c r="AD212" s="62"/>
       <c r="AE212" s="62"/>
       <c r="AF212" s="62"/>
       <c r="AG212" s="62"/>
       <c r="AH212" s="62"/>
       <c r="AI212" s="62"/>
       <c r="AJ212" s="62"/>
       <c r="AK212" s="62"/>
       <c r="AL212" s="62"/>
       <c r="AM212" s="62"/>
       <c r="AN212" s="62"/>
       <c r="AO212" s="62"/>
       <c r="AP212" s="62"/>
       <c r="AQ212" s="62"/>
       <c r="AR212" s="62"/>
     </row>
     <row r="213" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A213" s="239"/>
-[...4 lines deleted...]
-      <c r="F213" s="122"/>
+      <c r="A213" s="243"/>
+      <c r="B213" s="244"/>
+      <c r="C213" s="244"/>
+      <c r="D213" s="244"/>
+      <c r="E213" s="133"/>
+      <c r="F213" s="116"/>
       <c r="G213" s="51"/>
       <c r="H213" s="51"/>
       <c r="I213" s="51"/>
       <c r="J213" s="51"/>
-      <c r="K213" s="168"/>
-[...1 lines deleted...]
-      <c r="M213" s="170"/>
+      <c r="K213" s="162"/>
+      <c r="L213" s="163"/>
+      <c r="M213" s="164"/>
       <c r="N213" s="31"/>
       <c r="O213" s="32"/>
       <c r="P213" s="32"/>
-      <c r="Q213" s="134"/>
-      <c r="R213" s="118"/>
+      <c r="Q213" s="128"/>
+      <c r="R213" s="112"/>
       <c r="S213" s="33"/>
       <c r="T213" s="57"/>
       <c r="U213" s="58"/>
-      <c r="V213" s="198">
+      <c r="V213" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W213" s="197">
+      <c r="W213" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X213" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y213" s="62"/>
       <c r="Z213" s="62"/>
       <c r="AA213" s="62"/>
       <c r="AB213" s="62"/>
       <c r="AC213" s="62"/>
       <c r="AD213" s="62"/>
       <c r="AE213" s="62"/>
       <c r="AF213" s="62"/>
       <c r="AG213" s="62"/>
       <c r="AH213" s="62"/>
       <c r="AI213" s="62"/>
       <c r="AJ213" s="62"/>
       <c r="AK213" s="62"/>
       <c r="AL213" s="62"/>
       <c r="AM213" s="62"/>
       <c r="AN213" s="62"/>
       <c r="AO213" s="62"/>
       <c r="AP213" s="62"/>
       <c r="AQ213" s="62"/>
       <c r="AR213" s="62"/>
     </row>
     <row r="214" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A214" s="264"/>
-[...4 lines deleted...]
-      <c r="F214" s="122"/>
+      <c r="A214" s="268"/>
+      <c r="B214" s="269"/>
+      <c r="C214" s="270"/>
+      <c r="D214" s="271"/>
+      <c r="E214" s="133"/>
+      <c r="F214" s="116"/>
       <c r="G214" s="51"/>
       <c r="H214" s="51"/>
       <c r="I214" s="51"/>
       <c r="J214" s="51"/>
-      <c r="K214" s="168"/>
-[...1 lines deleted...]
-      <c r="M214" s="170"/>
+      <c r="K214" s="162"/>
+      <c r="L214" s="163"/>
+      <c r="M214" s="164"/>
       <c r="N214" s="31"/>
       <c r="O214" s="32"/>
       <c r="P214" s="32"/>
-      <c r="Q214" s="134"/>
-      <c r="R214" s="118"/>
+      <c r="Q214" s="128"/>
+      <c r="R214" s="112"/>
       <c r="S214" s="33"/>
       <c r="T214" s="57"/>
       <c r="U214" s="58"/>
-      <c r="V214" s="198">
+      <c r="V214" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W214" s="197">
+      <c r="W214" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X214" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y214" s="65"/>
       <c r="Z214" s="62"/>
       <c r="AA214" s="62"/>
       <c r="AB214" s="62"/>
       <c r="AC214" s="62"/>
       <c r="AD214" s="62"/>
       <c r="AE214" s="62"/>
       <c r="AF214" s="62"/>
       <c r="AG214" s="62"/>
       <c r="AH214" s="62"/>
       <c r="AI214" s="62"/>
       <c r="AJ214" s="62"/>
       <c r="AK214" s="62"/>
       <c r="AL214" s="62"/>
       <c r="AM214" s="62"/>
       <c r="AN214" s="62"/>
       <c r="AO214" s="62"/>
       <c r="AP214" s="62"/>
       <c r="AQ214" s="62"/>
       <c r="AR214" s="62"/>
     </row>
     <row r="215" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A215" s="264"/>
-[...4 lines deleted...]
-      <c r="F215" s="122"/>
+      <c r="A215" s="268"/>
+      <c r="B215" s="269"/>
+      <c r="C215" s="270"/>
+      <c r="D215" s="271"/>
+      <c r="E215" s="133"/>
+      <c r="F215" s="116"/>
       <c r="G215" s="51"/>
       <c r="H215" s="51"/>
       <c r="I215" s="51"/>
       <c r="J215" s="51"/>
-      <c r="K215" s="168"/>
-[...1 lines deleted...]
-      <c r="M215" s="170"/>
+      <c r="K215" s="162"/>
+      <c r="L215" s="163"/>
+      <c r="M215" s="164"/>
       <c r="N215" s="31"/>
       <c r="O215" s="32"/>
       <c r="P215" s="32"/>
-      <c r="Q215" s="134"/>
-      <c r="R215" s="118"/>
+      <c r="Q215" s="128"/>
+      <c r="R215" s="112"/>
       <c r="S215" s="33"/>
       <c r="T215" s="57"/>
       <c r="U215" s="58"/>
-      <c r="V215" s="198">
+      <c r="V215" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W215" s="197">
+      <c r="W215" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X215" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y215" s="62"/>
       <c r="Z215" s="62"/>
       <c r="AA215" s="62"/>
       <c r="AB215" s="62"/>
       <c r="AC215" s="62"/>
       <c r="AD215" s="62"/>
       <c r="AE215" s="62"/>
       <c r="AF215" s="62"/>
       <c r="AG215" s="62"/>
       <c r="AH215" s="62"/>
       <c r="AI215" s="62"/>
       <c r="AJ215" s="62"/>
       <c r="AK215" s="62"/>
       <c r="AL215" s="62"/>
       <c r="AM215" s="62"/>
       <c r="AN215" s="62"/>
       <c r="AO215" s="62"/>
       <c r="AP215" s="62"/>
       <c r="AQ215" s="62"/>
       <c r="AR215" s="62"/>
     </row>
     <row r="216" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A216" s="264"/>
-[...4 lines deleted...]
-      <c r="F216" s="122"/>
+      <c r="A216" s="268"/>
+      <c r="B216" s="269"/>
+      <c r="C216" s="270"/>
+      <c r="D216" s="271"/>
+      <c r="E216" s="133"/>
+      <c r="F216" s="116"/>
       <c r="G216" s="51"/>
       <c r="H216" s="51"/>
       <c r="I216" s="51"/>
       <c r="J216" s="51"/>
-      <c r="K216" s="168"/>
-[...1 lines deleted...]
-      <c r="M216" s="170"/>
+      <c r="K216" s="162"/>
+      <c r="L216" s="163"/>
+      <c r="M216" s="164"/>
       <c r="N216" s="31"/>
       <c r="O216" s="32"/>
       <c r="P216" s="32"/>
-      <c r="Q216" s="134"/>
-      <c r="R216" s="118"/>
+      <c r="Q216" s="128"/>
+      <c r="R216" s="112"/>
       <c r="S216" s="33"/>
       <c r="T216" s="57"/>
       <c r="U216" s="58"/>
-      <c r="V216" s="198">
+      <c r="V216" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W216" s="197">
+      <c r="W216" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X216" s="2">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y216" s="62"/>
       <c r="Z216" s="62"/>
       <c r="AA216" s="62"/>
       <c r="AB216" s="62"/>
       <c r="AC216" s="62"/>
       <c r="AD216" s="62"/>
       <c r="AE216" s="62"/>
       <c r="AF216" s="62"/>
       <c r="AG216" s="62"/>
       <c r="AH216" s="62"/>
       <c r="AI216" s="62"/>
       <c r="AJ216" s="62"/>
       <c r="AK216" s="62"/>
       <c r="AL216" s="62"/>
       <c r="AM216" s="62"/>
       <c r="AN216" s="62"/>
       <c r="AO216" s="62"/>
       <c r="AP216" s="62"/>
       <c r="AQ216" s="62"/>
       <c r="AR216" s="62"/>
     </row>
     <row r="217" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A217" s="264"/>
-[...4 lines deleted...]
-      <c r="F217" s="122"/>
+      <c r="A217" s="268"/>
+      <c r="B217" s="269"/>
+      <c r="C217" s="270"/>
+      <c r="D217" s="271"/>
+      <c r="E217" s="133"/>
+      <c r="F217" s="116"/>
       <c r="G217" s="51"/>
       <c r="H217" s="51"/>
       <c r="I217" s="51"/>
       <c r="J217" s="51"/>
-      <c r="K217" s="168"/>
-[...1 lines deleted...]
-      <c r="M217" s="170"/>
+      <c r="K217" s="162"/>
+      <c r="L217" s="163"/>
+      <c r="M217" s="164"/>
       <c r="N217" s="31"/>
       <c r="O217" s="32"/>
       <c r="P217" s="32"/>
-      <c r="Q217" s="134"/>
-      <c r="R217" s="118"/>
+      <c r="Q217" s="128"/>
+      <c r="R217" s="112"/>
       <c r="S217" s="33"/>
       <c r="T217" s="57"/>
       <c r="U217" s="58"/>
-      <c r="V217" s="198">
+      <c r="V217" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W217" s="197">
+      <c r="W217" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X217" s="2">
         <f t="shared" ref="X217:X228" si="10">IF(E217="o",0,SUM(N217:U217))</f>
         <v>0</v>
       </c>
       <c r="Y217" s="62"/>
       <c r="Z217" s="62"/>
       <c r="AA217" s="62"/>
       <c r="AB217" s="62"/>
       <c r="AC217" s="62"/>
       <c r="AD217" s="62"/>
       <c r="AE217" s="62"/>
       <c r="AF217" s="62"/>
       <c r="AG217" s="62"/>
       <c r="AH217" s="62"/>
       <c r="AI217" s="62"/>
       <c r="AJ217" s="62"/>
       <c r="AK217" s="62"/>
       <c r="AL217" s="62"/>
       <c r="AM217" s="62"/>
       <c r="AN217" s="62"/>
       <c r="AO217" s="62"/>
       <c r="AP217" s="62"/>
       <c r="AQ217" s="62"/>
       <c r="AR217" s="62"/>
     </row>
     <row r="218" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A218" s="264"/>
-[...4 lines deleted...]
-      <c r="F218" s="122"/>
+      <c r="A218" s="268"/>
+      <c r="B218" s="269"/>
+      <c r="C218" s="270"/>
+      <c r="D218" s="271"/>
+      <c r="E218" s="133"/>
+      <c r="F218" s="116"/>
       <c r="G218" s="51"/>
       <c r="H218" s="51"/>
       <c r="I218" s="51"/>
       <c r="J218" s="51"/>
-      <c r="K218" s="168"/>
-[...1 lines deleted...]
-      <c r="M218" s="170"/>
+      <c r="K218" s="162"/>
+      <c r="L218" s="163"/>
+      <c r="M218" s="164"/>
       <c r="N218" s="31"/>
       <c r="O218" s="32"/>
       <c r="P218" s="32"/>
-      <c r="Q218" s="134"/>
-      <c r="R218" s="118"/>
+      <c r="Q218" s="128"/>
+      <c r="R218" s="112"/>
       <c r="S218" s="33"/>
       <c r="T218" s="57"/>
       <c r="U218" s="58"/>
-      <c r="V218" s="198">
+      <c r="V218" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W218" s="197">
+      <c r="W218" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X218" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y218" s="62"/>
       <c r="Z218" s="62"/>
       <c r="AA218" s="62"/>
       <c r="AB218" s="62"/>
       <c r="AC218" s="62"/>
       <c r="AD218" s="62"/>
       <c r="AE218" s="62"/>
       <c r="AF218" s="62"/>
       <c r="AG218" s="62"/>
       <c r="AH218" s="62"/>
       <c r="AI218" s="62"/>
       <c r="AJ218" s="62"/>
       <c r="AK218" s="62"/>
       <c r="AL218" s="62"/>
       <c r="AM218" s="62"/>
       <c r="AN218" s="62"/>
       <c r="AO218" s="62"/>
       <c r="AP218" s="62"/>
       <c r="AQ218" s="62"/>
       <c r="AR218" s="62"/>
     </row>
     <row r="219" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="239"/>
-[...4 lines deleted...]
-      <c r="F219" s="122"/>
+      <c r="A219" s="243"/>
+      <c r="B219" s="244"/>
+      <c r="C219" s="244"/>
+      <c r="D219" s="244"/>
+      <c r="E219" s="133"/>
+      <c r="F219" s="116"/>
       <c r="G219" s="51"/>
       <c r="H219" s="51"/>
       <c r="I219" s="51"/>
       <c r="J219" s="51"/>
-      <c r="K219" s="168"/>
-[...1 lines deleted...]
-      <c r="M219" s="170"/>
+      <c r="K219" s="162"/>
+      <c r="L219" s="163"/>
+      <c r="M219" s="164"/>
       <c r="N219" s="31"/>
       <c r="O219" s="32"/>
       <c r="P219" s="32"/>
-      <c r="Q219" s="134"/>
-      <c r="R219" s="118"/>
+      <c r="Q219" s="128"/>
+      <c r="R219" s="112"/>
       <c r="S219" s="33"/>
       <c r="T219" s="57"/>
       <c r="U219" s="58"/>
-      <c r="V219" s="198">
+      <c r="V219" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W219" s="197">
+      <c r="W219" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X219" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y219" s="62"/>
       <c r="Z219" s="62"/>
       <c r="AA219" s="62"/>
       <c r="AB219" s="62"/>
       <c r="AC219" s="62"/>
       <c r="AD219" s="62"/>
       <c r="AE219" s="62"/>
       <c r="AF219" s="62"/>
       <c r="AG219" s="62"/>
       <c r="AH219" s="62"/>
       <c r="AI219" s="62"/>
       <c r="AJ219" s="62"/>
       <c r="AK219" s="62"/>
       <c r="AL219" s="62"/>
       <c r="AM219" s="62"/>
       <c r="AN219" s="62"/>
       <c r="AO219" s="62"/>
       <c r="AP219" s="62"/>
       <c r="AQ219" s="62"/>
       <c r="AR219" s="62"/>
     </row>
     <row r="220" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A220" s="264"/>
-[...4 lines deleted...]
-      <c r="F220" s="122"/>
+      <c r="A220" s="268"/>
+      <c r="B220" s="269"/>
+      <c r="C220" s="270"/>
+      <c r="D220" s="271"/>
+      <c r="E220" s="133"/>
+      <c r="F220" s="116"/>
       <c r="G220" s="51"/>
       <c r="H220" s="51"/>
       <c r="I220" s="51"/>
       <c r="J220" s="51"/>
-      <c r="K220" s="168"/>
-[...1 lines deleted...]
-      <c r="M220" s="170"/>
+      <c r="K220" s="162"/>
+      <c r="L220" s="163"/>
+      <c r="M220" s="164"/>
       <c r="N220" s="31"/>
       <c r="O220" s="32"/>
       <c r="P220" s="32"/>
-      <c r="Q220" s="134"/>
-      <c r="R220" s="118"/>
+      <c r="Q220" s="128"/>
+      <c r="R220" s="112"/>
       <c r="S220" s="33"/>
       <c r="T220" s="57"/>
       <c r="U220" s="58"/>
-      <c r="V220" s="198">
+      <c r="V220" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W220" s="197">
+      <c r="W220" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X220" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y220" s="62"/>
       <c r="Z220" s="62"/>
       <c r="AA220" s="62"/>
       <c r="AB220" s="62"/>
       <c r="AC220" s="62"/>
       <c r="AD220" s="62"/>
       <c r="AE220" s="62"/>
       <c r="AF220" s="62"/>
       <c r="AG220" s="62"/>
       <c r="AH220" s="62"/>
       <c r="AI220" s="62"/>
       <c r="AJ220" s="62"/>
       <c r="AK220" s="62"/>
       <c r="AL220" s="62"/>
       <c r="AM220" s="62"/>
       <c r="AN220" s="62"/>
       <c r="AO220" s="62"/>
       <c r="AP220" s="62"/>
       <c r="AQ220" s="62"/>
       <c r="AR220" s="62"/>
     </row>
     <row r="221" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A221" s="308"/>
-[...4 lines deleted...]
-      <c r="F221" s="122"/>
+      <c r="A221" s="312"/>
+      <c r="B221" s="313"/>
+      <c r="C221" s="313"/>
+      <c r="D221" s="313"/>
+      <c r="E221" s="133"/>
+      <c r="F221" s="116"/>
       <c r="G221" s="51"/>
       <c r="H221" s="51"/>
       <c r="I221" s="51"/>
       <c r="J221" s="51"/>
-      <c r="K221" s="168"/>
-[...1 lines deleted...]
-      <c r="M221" s="170"/>
+      <c r="K221" s="162"/>
+      <c r="L221" s="163"/>
+      <c r="M221" s="164"/>
       <c r="N221" s="31"/>
       <c r="O221" s="32"/>
       <c r="P221" s="32"/>
-      <c r="Q221" s="134"/>
-      <c r="R221" s="118"/>
+      <c r="Q221" s="128"/>
+      <c r="R221" s="112"/>
       <c r="S221" s="33"/>
       <c r="T221" s="57"/>
       <c r="U221" s="58"/>
-      <c r="V221" s="198">
+      <c r="V221" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W221" s="197">
+      <c r="W221" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X221" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y221" s="62"/>
       <c r="Z221" s="62"/>
       <c r="AA221" s="62"/>
       <c r="AB221" s="62"/>
       <c r="AC221" s="62"/>
       <c r="AD221" s="62"/>
       <c r="AE221" s="62"/>
       <c r="AF221" s="62"/>
       <c r="AG221" s="62"/>
       <c r="AH221" s="62"/>
       <c r="AI221" s="62"/>
       <c r="AJ221" s="62"/>
       <c r="AK221" s="62"/>
       <c r="AL221" s="62"/>
       <c r="AM221" s="62"/>
       <c r="AN221" s="62"/>
       <c r="AO221" s="62"/>
       <c r="AP221" s="62"/>
       <c r="AQ221" s="62"/>
       <c r="AR221" s="62"/>
     </row>
     <row r="222" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A222" s="239"/>
-[...4 lines deleted...]
-      <c r="F222" s="122"/>
+      <c r="A222" s="243"/>
+      <c r="B222" s="244"/>
+      <c r="C222" s="244"/>
+      <c r="D222" s="244"/>
+      <c r="E222" s="133"/>
+      <c r="F222" s="116"/>
       <c r="G222" s="51"/>
       <c r="H222" s="51"/>
       <c r="I222" s="51"/>
       <c r="J222" s="51"/>
-      <c r="K222" s="168"/>
-[...1 lines deleted...]
-      <c r="M222" s="170"/>
+      <c r="K222" s="162"/>
+      <c r="L222" s="163"/>
+      <c r="M222" s="164"/>
       <c r="N222" s="31"/>
       <c r="O222" s="32"/>
       <c r="P222" s="32"/>
-      <c r="Q222" s="134"/>
-      <c r="R222" s="118"/>
+      <c r="Q222" s="128"/>
+      <c r="R222" s="112"/>
       <c r="S222" s="33"/>
       <c r="T222" s="57"/>
       <c r="U222" s="58"/>
-      <c r="V222" s="198">
+      <c r="V222" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W222" s="197">
+      <c r="W222" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X222" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y222" s="62"/>
       <c r="Z222" s="62"/>
       <c r="AA222" s="62"/>
       <c r="AB222" s="62"/>
       <c r="AC222" s="62"/>
       <c r="AD222" s="62"/>
       <c r="AE222" s="62"/>
       <c r="AF222" s="62"/>
       <c r="AG222" s="62"/>
       <c r="AH222" s="62"/>
       <c r="AI222" s="62"/>
       <c r="AJ222" s="62"/>
       <c r="AK222" s="62"/>
       <c r="AL222" s="62"/>
       <c r="AM222" s="62"/>
       <c r="AN222" s="62"/>
       <c r="AO222" s="62"/>
       <c r="AP222" s="62"/>
       <c r="AQ222" s="62"/>
       <c r="AR222" s="62"/>
     </row>
     <row r="223" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A223" s="310"/>
-[...4 lines deleted...]
-      <c r="F223" s="122"/>
+      <c r="A223" s="314"/>
+      <c r="B223" s="315"/>
+      <c r="C223" s="315"/>
+      <c r="D223" s="315"/>
+      <c r="E223" s="133"/>
+      <c r="F223" s="116"/>
       <c r="G223" s="51"/>
       <c r="H223" s="51"/>
       <c r="I223" s="51"/>
       <c r="J223" s="51"/>
-      <c r="K223" s="168"/>
-[...1 lines deleted...]
-      <c r="M223" s="170"/>
+      <c r="K223" s="162"/>
+      <c r="L223" s="163"/>
+      <c r="M223" s="164"/>
       <c r="N223" s="31"/>
       <c r="O223" s="32"/>
       <c r="P223" s="32"/>
-      <c r="Q223" s="134"/>
-      <c r="R223" s="118"/>
+      <c r="Q223" s="128"/>
+      <c r="R223" s="112"/>
       <c r="S223" s="33"/>
       <c r="T223" s="57"/>
       <c r="U223" s="58"/>
-      <c r="V223" s="198">
+      <c r="V223" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W223" s="197">
+      <c r="W223" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X223" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y223" s="62"/>
       <c r="Z223" s="62"/>
       <c r="AA223" s="62"/>
       <c r="AB223" s="62"/>
       <c r="AC223" s="62"/>
       <c r="AD223" s="62"/>
       <c r="AE223" s="62"/>
       <c r="AF223" s="62"/>
       <c r="AG223" s="62"/>
       <c r="AH223" s="62"/>
       <c r="AI223" s="62"/>
       <c r="AJ223" s="62"/>
       <c r="AK223" s="62"/>
       <c r="AL223" s="62"/>
       <c r="AM223" s="62"/>
       <c r="AN223" s="62"/>
       <c r="AO223" s="62"/>
       <c r="AP223" s="62"/>
       <c r="AQ223" s="62"/>
       <c r="AR223" s="62"/>
     </row>
     <row r="224" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A224" s="239"/>
-[...4 lines deleted...]
-      <c r="F224" s="122"/>
+      <c r="A224" s="243"/>
+      <c r="B224" s="244"/>
+      <c r="C224" s="244"/>
+      <c r="D224" s="244"/>
+      <c r="E224" s="133"/>
+      <c r="F224" s="116"/>
       <c r="G224" s="51"/>
       <c r="H224" s="51"/>
       <c r="I224" s="51"/>
       <c r="J224" s="51"/>
-      <c r="K224" s="168"/>
-[...1 lines deleted...]
-      <c r="M224" s="170"/>
+      <c r="K224" s="162"/>
+      <c r="L224" s="163"/>
+      <c r="M224" s="164"/>
       <c r="N224" s="31"/>
       <c r="O224" s="32"/>
       <c r="P224" s="32"/>
-      <c r="Q224" s="134"/>
-      <c r="R224" s="118"/>
+      <c r="Q224" s="128"/>
+      <c r="R224" s="112"/>
       <c r="S224" s="33"/>
       <c r="T224" s="57"/>
       <c r="U224" s="58"/>
-      <c r="V224" s="198">
+      <c r="V224" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W224" s="197">
+      <c r="W224" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X224" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y224" s="62"/>
       <c r="Z224" s="62"/>
       <c r="AA224" s="62"/>
       <c r="AB224" s="62"/>
       <c r="AC224" s="62"/>
       <c r="AD224" s="62"/>
       <c r="AE224" s="62"/>
       <c r="AF224" s="62"/>
       <c r="AG224" s="62"/>
       <c r="AH224" s="62"/>
       <c r="AI224" s="62"/>
       <c r="AJ224" s="62"/>
       <c r="AK224" s="62"/>
       <c r="AL224" s="62"/>
       <c r="AM224" s="62"/>
       <c r="AN224" s="62"/>
       <c r="AO224" s="62"/>
       <c r="AP224" s="62"/>
       <c r="AQ224" s="62"/>
       <c r="AR224" s="62"/>
     </row>
     <row r="225" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A225" s="239"/>
-[...4 lines deleted...]
-      <c r="F225" s="122"/>
+      <c r="A225" s="243"/>
+      <c r="B225" s="244"/>
+      <c r="C225" s="244"/>
+      <c r="D225" s="244"/>
+      <c r="E225" s="133"/>
+      <c r="F225" s="116"/>
       <c r="G225" s="51"/>
       <c r="H225" s="51"/>
       <c r="I225" s="51"/>
       <c r="J225" s="51"/>
-      <c r="K225" s="168"/>
-[...1 lines deleted...]
-      <c r="M225" s="170"/>
+      <c r="K225" s="162"/>
+      <c r="L225" s="163"/>
+      <c r="M225" s="164"/>
       <c r="N225" s="31"/>
       <c r="O225" s="32"/>
       <c r="P225" s="32"/>
-      <c r="Q225" s="134"/>
-      <c r="R225" s="118"/>
+      <c r="Q225" s="128"/>
+      <c r="R225" s="112"/>
       <c r="S225" s="33"/>
       <c r="T225" s="57"/>
       <c r="U225" s="58"/>
-      <c r="V225" s="198">
+      <c r="V225" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W225" s="197">
+      <c r="W225" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X225" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y225" s="62"/>
       <c r="Z225" s="62"/>
       <c r="AA225" s="62"/>
       <c r="AB225" s="62"/>
       <c r="AC225" s="62"/>
       <c r="AD225" s="62"/>
       <c r="AE225" s="62"/>
       <c r="AF225" s="62"/>
       <c r="AG225" s="62"/>
       <c r="AH225" s="62"/>
       <c r="AI225" s="62"/>
       <c r="AJ225" s="62"/>
       <c r="AK225" s="62"/>
       <c r="AL225" s="62"/>
       <c r="AM225" s="62"/>
       <c r="AN225" s="62"/>
       <c r="AO225" s="62"/>
       <c r="AP225" s="62"/>
       <c r="AQ225" s="62"/>
       <c r="AR225" s="62"/>
     </row>
     <row r="226" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A226" s="264"/>
-[...4 lines deleted...]
-      <c r="F226" s="122"/>
+      <c r="A226" s="268"/>
+      <c r="B226" s="269"/>
+      <c r="C226" s="270"/>
+      <c r="D226" s="271"/>
+      <c r="E226" s="133"/>
+      <c r="F226" s="116"/>
       <c r="G226" s="51"/>
       <c r="H226" s="51"/>
       <c r="I226" s="51"/>
       <c r="J226" s="51"/>
-      <c r="K226" s="168"/>
-[...1 lines deleted...]
-      <c r="M226" s="170"/>
+      <c r="K226" s="162"/>
+      <c r="L226" s="163"/>
+      <c r="M226" s="164"/>
       <c r="N226" s="31"/>
       <c r="O226" s="32"/>
       <c r="P226" s="32"/>
-      <c r="Q226" s="134"/>
-      <c r="R226" s="118"/>
+      <c r="Q226" s="128"/>
+      <c r="R226" s="112"/>
       <c r="S226" s="33"/>
       <c r="T226" s="57"/>
       <c r="U226" s="58"/>
-      <c r="V226" s="198">
+      <c r="V226" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W226" s="197">
+      <c r="W226" s="191">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="X226" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y226" s="62"/>
       <c r="Z226" s="62"/>
       <c r="AA226" s="62"/>
       <c r="AB226" s="62"/>
       <c r="AC226" s="62"/>
       <c r="AD226" s="62"/>
       <c r="AE226" s="62"/>
       <c r="AF226" s="62"/>
       <c r="AG226" s="62"/>
       <c r="AH226" s="62"/>
       <c r="AI226" s="62"/>
       <c r="AJ226" s="62"/>
       <c r="AK226" s="62"/>
       <c r="AL226" s="62"/>
       <c r="AM226" s="62"/>
       <c r="AN226" s="62"/>
       <c r="AO226" s="62"/>
       <c r="AP226" s="62"/>
       <c r="AQ226" s="62"/>
       <c r="AR226" s="62"/>
     </row>
     <row r="227" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A227" s="264"/>
-[...4 lines deleted...]
-      <c r="F227" s="122"/>
+      <c r="A227" s="268"/>
+      <c r="B227" s="269"/>
+      <c r="C227" s="270"/>
+      <c r="D227" s="271"/>
+      <c r="E227" s="133"/>
+      <c r="F227" s="116"/>
       <c r="G227" s="51"/>
       <c r="H227" s="51"/>
       <c r="I227" s="51"/>
       <c r="J227" s="51"/>
-      <c r="K227" s="168"/>
-[...1 lines deleted...]
-      <c r="M227" s="170"/>
+      <c r="K227" s="162"/>
+      <c r="L227" s="163"/>
+      <c r="M227" s="164"/>
       <c r="N227" s="31"/>
       <c r="O227" s="32"/>
       <c r="P227" s="32"/>
-      <c r="Q227" s="134"/>
-      <c r="R227" s="118"/>
+      <c r="Q227" s="128"/>
+      <c r="R227" s="112"/>
       <c r="S227" s="33"/>
       <c r="T227" s="57"/>
       <c r="U227" s="58"/>
-      <c r="V227" s="198">
+      <c r="V227" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W227" s="197">
+      <c r="W227" s="191">
         <f t="shared" ref="W227:W277" si="11">IF(E227="o",0,IF(COUNTIFS($E$22:$E$277,"=b")&gt;0,IF(E227="b",(F227/12*N227)+(G227/12*O227)+(H227/12*P227)+(I227/12*Q227)+(J227/12*R227)+(K227/12*S227)+(L227/12*T227)+(M227/12*U227),0),(F227*1.2%*$F$17/12*N227)+(G227*1.2%*$G$17/12*O227)+(H227*1.2%*$H$17/12*P227)+(I227*1.2%*$I$17/12*Q227)+(J227*1.2%*$J$17/12*R227)+(K227*1.2%*$K$17/12*S227)+(L227*1.2%*$L$17/12*T227)+(M227*1.2%*$M$17/12*U227)))</f>
         <v>0</v>
       </c>
       <c r="X227" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y227" s="62"/>
       <c r="Z227" s="62"/>
       <c r="AA227" s="62"/>
       <c r="AB227" s="62"/>
       <c r="AC227" s="62"/>
       <c r="AD227" s="62"/>
       <c r="AE227" s="62"/>
       <c r="AF227" s="62"/>
       <c r="AG227" s="62"/>
       <c r="AH227" s="62"/>
       <c r="AI227" s="62"/>
       <c r="AJ227" s="62"/>
       <c r="AK227" s="62"/>
       <c r="AL227" s="62"/>
       <c r="AM227" s="62"/>
       <c r="AN227" s="62"/>
       <c r="AO227" s="62"/>
       <c r="AP227" s="62"/>
       <c r="AQ227" s="62"/>
       <c r="AR227" s="62"/>
     </row>
     <row r="228" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A228" s="264"/>
-[...4 lines deleted...]
-      <c r="F228" s="122"/>
+      <c r="A228" s="268"/>
+      <c r="B228" s="269"/>
+      <c r="C228" s="270"/>
+      <c r="D228" s="271"/>
+      <c r="E228" s="133"/>
+      <c r="F228" s="116"/>
       <c r="G228" s="51"/>
       <c r="H228" s="51"/>
       <c r="I228" s="51"/>
       <c r="J228" s="51"/>
-      <c r="K228" s="168"/>
-[...1 lines deleted...]
-      <c r="M228" s="170"/>
+      <c r="K228" s="162"/>
+      <c r="L228" s="163"/>
+      <c r="M228" s="164"/>
       <c r="N228" s="31"/>
       <c r="O228" s="32"/>
       <c r="P228" s="32"/>
-      <c r="Q228" s="134"/>
-      <c r="R228" s="118"/>
+      <c r="Q228" s="128"/>
+      <c r="R228" s="112"/>
       <c r="S228" s="33"/>
       <c r="T228" s="57"/>
       <c r="U228" s="58"/>
-      <c r="V228" s="198">
+      <c r="V228" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W228" s="197">
+      <c r="W228" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X228" s="2">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="Y228" s="62"/>
       <c r="Z228" s="62"/>
       <c r="AA228" s="62"/>
       <c r="AB228" s="62"/>
       <c r="AC228" s="62"/>
       <c r="AD228" s="62"/>
       <c r="AE228" s="62"/>
       <c r="AF228" s="62"/>
       <c r="AG228" s="62"/>
       <c r="AH228" s="62"/>
       <c r="AI228" s="62"/>
       <c r="AJ228" s="62"/>
       <c r="AK228" s="62"/>
       <c r="AL228" s="62"/>
       <c r="AM228" s="62"/>
       <c r="AN228" s="62"/>
       <c r="AO228" s="62"/>
       <c r="AP228" s="62"/>
       <c r="AQ228" s="62"/>
       <c r="AR228" s="62"/>
     </row>
     <row r="229" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A229" s="264"/>
-[...4 lines deleted...]
-      <c r="F229" s="122"/>
+      <c r="A229" s="268"/>
+      <c r="B229" s="269"/>
+      <c r="C229" s="270"/>
+      <c r="D229" s="271"/>
+      <c r="E229" s="133"/>
+      <c r="F229" s="116"/>
       <c r="G229" s="51"/>
       <c r="H229" s="51"/>
       <c r="I229" s="51"/>
       <c r="J229" s="51"/>
-      <c r="K229" s="168"/>
-[...1 lines deleted...]
-      <c r="M229" s="170"/>
+      <c r="K229" s="162"/>
+      <c r="L229" s="163"/>
+      <c r="M229" s="164"/>
       <c r="N229" s="31"/>
       <c r="O229" s="32"/>
       <c r="P229" s="32"/>
-      <c r="Q229" s="134"/>
-      <c r="R229" s="118"/>
+      <c r="Q229" s="128"/>
+      <c r="R229" s="112"/>
       <c r="S229" s="33"/>
       <c r="T229" s="57"/>
       <c r="U229" s="58"/>
-      <c r="V229" s="198">
+      <c r="V229" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W229" s="197">
+      <c r="W229" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X229" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y229" s="62"/>
       <c r="Z229" s="62"/>
       <c r="AA229" s="62"/>
       <c r="AB229" s="62"/>
       <c r="AC229" s="62"/>
       <c r="AD229" s="62"/>
       <c r="AE229" s="62"/>
       <c r="AF229" s="62"/>
       <c r="AG229" s="62"/>
       <c r="AH229" s="62"/>
       <c r="AI229" s="62"/>
       <c r="AJ229" s="62"/>
       <c r="AK229" s="62"/>
       <c r="AL229" s="62"/>
       <c r="AM229" s="62"/>
       <c r="AN229" s="62"/>
       <c r="AO229" s="62"/>
       <c r="AP229" s="62"/>
       <c r="AQ229" s="62"/>
       <c r="AR229" s="62"/>
     </row>
     <row r="230" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A230" s="264"/>
-[...4 lines deleted...]
-      <c r="F230" s="122"/>
+      <c r="A230" s="268"/>
+      <c r="B230" s="269"/>
+      <c r="C230" s="270"/>
+      <c r="D230" s="271"/>
+      <c r="E230" s="133"/>
+      <c r="F230" s="116"/>
       <c r="G230" s="51"/>
       <c r="H230" s="51"/>
       <c r="I230" s="51"/>
       <c r="J230" s="51"/>
-      <c r="K230" s="168"/>
-[...1 lines deleted...]
-      <c r="M230" s="170"/>
+      <c r="K230" s="162"/>
+      <c r="L230" s="163"/>
+      <c r="M230" s="164"/>
       <c r="N230" s="31"/>
       <c r="O230" s="32"/>
       <c r="P230" s="32"/>
-      <c r="Q230" s="134"/>
-      <c r="R230" s="118"/>
+      <c r="Q230" s="128"/>
+      <c r="R230" s="112"/>
       <c r="S230" s="33"/>
       <c r="T230" s="57"/>
       <c r="U230" s="58"/>
-      <c r="V230" s="198">
+      <c r="V230" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W230" s="197">
+      <c r="W230" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X230" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y230" s="62"/>
       <c r="Z230" s="62"/>
       <c r="AA230" s="62"/>
       <c r="AB230" s="62"/>
       <c r="AC230" s="62"/>
       <c r="AD230" s="62"/>
       <c r="AE230" s="62"/>
       <c r="AF230" s="62"/>
       <c r="AG230" s="62"/>
       <c r="AH230" s="62"/>
       <c r="AI230" s="62"/>
       <c r="AJ230" s="62"/>
       <c r="AK230" s="62"/>
       <c r="AL230" s="62"/>
       <c r="AM230" s="62"/>
       <c r="AN230" s="62"/>
       <c r="AO230" s="62"/>
       <c r="AP230" s="62"/>
       <c r="AQ230" s="62"/>
       <c r="AR230" s="62"/>
     </row>
     <row r="231" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A231" s="264"/>
-[...4 lines deleted...]
-      <c r="F231" s="122"/>
+      <c r="A231" s="268"/>
+      <c r="B231" s="269"/>
+      <c r="C231" s="270"/>
+      <c r="D231" s="271"/>
+      <c r="E231" s="133"/>
+      <c r="F231" s="116"/>
       <c r="G231" s="51"/>
       <c r="H231" s="51"/>
       <c r="I231" s="51"/>
       <c r="J231" s="51"/>
-      <c r="K231" s="168"/>
-[...1 lines deleted...]
-      <c r="M231" s="170"/>
+      <c r="K231" s="162"/>
+      <c r="L231" s="163"/>
+      <c r="M231" s="164"/>
       <c r="N231" s="31"/>
       <c r="O231" s="32"/>
       <c r="P231" s="32"/>
-      <c r="Q231" s="134"/>
-      <c r="R231" s="118"/>
+      <c r="Q231" s="128"/>
+      <c r="R231" s="112"/>
       <c r="S231" s="33"/>
       <c r="T231" s="57"/>
       <c r="U231" s="58"/>
-      <c r="V231" s="198">
+      <c r="V231" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W231" s="197">
+      <c r="W231" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X231" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y231" s="62"/>
       <c r="Z231" s="62"/>
       <c r="AA231" s="62"/>
       <c r="AB231" s="62"/>
       <c r="AC231" s="62"/>
       <c r="AD231" s="62"/>
       <c r="AE231" s="62"/>
       <c r="AF231" s="62"/>
       <c r="AG231" s="62"/>
       <c r="AH231" s="62"/>
       <c r="AI231" s="62"/>
       <c r="AJ231" s="62"/>
       <c r="AK231" s="62"/>
       <c r="AL231" s="62"/>
       <c r="AM231" s="62"/>
       <c r="AN231" s="62"/>
       <c r="AO231" s="62"/>
       <c r="AP231" s="62"/>
       <c r="AQ231" s="62"/>
       <c r="AR231" s="62"/>
     </row>
     <row r="232" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A232" s="264"/>
-[...4 lines deleted...]
-      <c r="F232" s="121"/>
+      <c r="A232" s="268"/>
+      <c r="B232" s="269"/>
+      <c r="C232" s="270"/>
+      <c r="D232" s="271"/>
+      <c r="E232" s="133"/>
+      <c r="F232" s="115"/>
       <c r="G232" s="50"/>
       <c r="H232" s="50"/>
       <c r="I232" s="51"/>
       <c r="J232" s="51"/>
-      <c r="K232" s="168"/>
-[...1 lines deleted...]
-      <c r="M232" s="170"/>
+      <c r="K232" s="162"/>
+      <c r="L232" s="163"/>
+      <c r="M232" s="164"/>
       <c r="N232" s="31"/>
       <c r="O232" s="32"/>
       <c r="P232" s="32"/>
-      <c r="Q232" s="134"/>
-      <c r="R232" s="118"/>
+      <c r="Q232" s="128"/>
+      <c r="R232" s="112"/>
       <c r="S232" s="33"/>
       <c r="T232" s="57"/>
       <c r="U232" s="58"/>
-      <c r="V232" s="198">
+      <c r="V232" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W232" s="197">
+      <c r="W232" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X232" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y232" s="62"/>
       <c r="Z232" s="62"/>
       <c r="AA232" s="62"/>
       <c r="AB232" s="62"/>
       <c r="AC232" s="62"/>
       <c r="AD232" s="62"/>
       <c r="AE232" s="62"/>
       <c r="AF232" s="62"/>
       <c r="AG232" s="62"/>
       <c r="AH232" s="62"/>
       <c r="AI232" s="62"/>
       <c r="AJ232" s="62"/>
       <c r="AK232" s="62"/>
       <c r="AL232" s="62"/>
       <c r="AM232" s="62"/>
       <c r="AN232" s="62"/>
       <c r="AO232" s="62"/>
       <c r="AP232" s="62"/>
       <c r="AQ232" s="62"/>
       <c r="AR232" s="62"/>
     </row>
     <row r="233" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A233" s="312"/>
-[...4 lines deleted...]
-      <c r="F233" s="123"/>
+      <c r="A233" s="316"/>
+      <c r="B233" s="317"/>
+      <c r="C233" s="318"/>
+      <c r="D233" s="319"/>
+      <c r="E233" s="133"/>
+      <c r="F233" s="117"/>
       <c r="G233" s="52"/>
       <c r="H233" s="52"/>
       <c r="I233" s="30"/>
       <c r="J233" s="30"/>
-      <c r="K233" s="168"/>
-[...1 lines deleted...]
-      <c r="M233" s="170"/>
+      <c r="K233" s="162"/>
+      <c r="L233" s="163"/>
+      <c r="M233" s="164"/>
       <c r="N233" s="31"/>
       <c r="O233" s="32"/>
       <c r="P233" s="32"/>
-      <c r="Q233" s="134"/>
-      <c r="R233" s="118"/>
+      <c r="Q233" s="128"/>
+      <c r="R233" s="112"/>
       <c r="S233" s="33"/>
       <c r="T233" s="57"/>
       <c r="U233" s="58"/>
-      <c r="V233" s="198">
+      <c r="V233" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W233" s="197">
+      <c r="W233" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X233" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y233" s="62"/>
       <c r="Z233" s="62"/>
       <c r="AA233" s="62"/>
       <c r="AB233" s="62"/>
       <c r="AC233" s="62"/>
       <c r="AD233" s="62"/>
       <c r="AE233" s="62"/>
       <c r="AF233" s="62"/>
       <c r="AG233" s="62"/>
       <c r="AH233" s="62"/>
       <c r="AI233" s="62"/>
       <c r="AJ233" s="62"/>
       <c r="AK233" s="62"/>
       <c r="AL233" s="62"/>
       <c r="AM233" s="62"/>
       <c r="AN233" s="62"/>
       <c r="AO233" s="62"/>
       <c r="AP233" s="62"/>
       <c r="AQ233" s="62"/>
       <c r="AR233" s="62"/>
     </row>
     <row r="234" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A234" s="316"/>
-[...4 lines deleted...]
-      <c r="F234" s="124"/>
+      <c r="A234" s="320"/>
+      <c r="B234" s="321"/>
+      <c r="C234" s="321"/>
+      <c r="D234" s="321"/>
+      <c r="E234" s="133"/>
+      <c r="F234" s="118"/>
       <c r="G234" s="30"/>
       <c r="H234" s="30"/>
       <c r="I234" s="30"/>
       <c r="J234" s="30"/>
-      <c r="K234" s="168"/>
-[...1 lines deleted...]
-      <c r="M234" s="170"/>
+      <c r="K234" s="162"/>
+      <c r="L234" s="163"/>
+      <c r="M234" s="164"/>
       <c r="N234" s="31"/>
       <c r="O234" s="32"/>
       <c r="P234" s="32"/>
-      <c r="Q234" s="134"/>
-      <c r="R234" s="118"/>
+      <c r="Q234" s="128"/>
+      <c r="R234" s="112"/>
       <c r="S234" s="33"/>
       <c r="T234" s="57"/>
       <c r="U234" s="58"/>
-      <c r="V234" s="198">
+      <c r="V234" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W234" s="197">
+      <c r="W234" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X234" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y234" s="62"/>
       <c r="Z234" s="62"/>
       <c r="AA234" s="62"/>
       <c r="AB234" s="62"/>
       <c r="AC234" s="62"/>
       <c r="AD234" s="62"/>
       <c r="AE234" s="62"/>
       <c r="AF234" s="62"/>
       <c r="AG234" s="62"/>
       <c r="AH234" s="62"/>
       <c r="AI234" s="62"/>
       <c r="AJ234" s="62"/>
       <c r="AK234" s="62"/>
       <c r="AL234" s="62"/>
       <c r="AM234" s="62"/>
       <c r="AN234" s="62"/>
       <c r="AO234" s="62"/>
       <c r="AP234" s="62"/>
       <c r="AQ234" s="62"/>
       <c r="AR234" s="62"/>
     </row>
     <row r="235" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A235" s="316"/>
-[...4 lines deleted...]
-      <c r="F235" s="123"/>
+      <c r="A235" s="320"/>
+      <c r="B235" s="321"/>
+      <c r="C235" s="321"/>
+      <c r="D235" s="321"/>
+      <c r="E235" s="133"/>
+      <c r="F235" s="117"/>
       <c r="G235" s="52"/>
       <c r="H235" s="52"/>
       <c r="I235" s="52"/>
       <c r="J235" s="52"/>
-      <c r="K235" s="168"/>
-[...1 lines deleted...]
-      <c r="M235" s="170"/>
+      <c r="K235" s="162"/>
+      <c r="L235" s="163"/>
+      <c r="M235" s="164"/>
       <c r="N235" s="31"/>
       <c r="O235" s="32"/>
       <c r="P235" s="32"/>
-      <c r="Q235" s="134"/>
-      <c r="R235" s="118"/>
+      <c r="Q235" s="128"/>
+      <c r="R235" s="112"/>
       <c r="S235" s="33"/>
       <c r="T235" s="57"/>
       <c r="U235" s="58"/>
-      <c r="V235" s="198">
+      <c r="V235" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W235" s="197">
+      <c r="W235" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X235" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y235" s="62"/>
       <c r="Z235" s="62"/>
       <c r="AA235" s="62"/>
       <c r="AB235" s="62"/>
       <c r="AC235" s="62"/>
       <c r="AD235" s="62"/>
       <c r="AE235" s="62"/>
       <c r="AF235" s="62"/>
       <c r="AG235" s="62"/>
       <c r="AH235" s="62"/>
       <c r="AI235" s="62"/>
       <c r="AJ235" s="62"/>
       <c r="AK235" s="62"/>
       <c r="AL235" s="62"/>
       <c r="AM235" s="62"/>
       <c r="AN235" s="62"/>
       <c r="AO235" s="62"/>
       <c r="AP235" s="62"/>
       <c r="AQ235" s="62"/>
       <c r="AR235" s="62"/>
     </row>
     <row r="236" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A236" s="316"/>
-[...4 lines deleted...]
-      <c r="F236" s="125"/>
+      <c r="A236" s="320"/>
+      <c r="B236" s="321"/>
+      <c r="C236" s="321"/>
+      <c r="D236" s="321"/>
+      <c r="E236" s="133"/>
+      <c r="F236" s="119"/>
       <c r="G236" s="59"/>
       <c r="H236" s="59"/>
-      <c r="I236" s="128"/>
+      <c r="I236" s="122"/>
       <c r="J236" s="52"/>
-      <c r="K236" s="168"/>
-[...1 lines deleted...]
-      <c r="M236" s="170"/>
+      <c r="K236" s="162"/>
+      <c r="L236" s="163"/>
+      <c r="M236" s="164"/>
       <c r="N236" s="31"/>
       <c r="O236" s="32"/>
       <c r="P236" s="32"/>
-      <c r="Q236" s="134"/>
-      <c r="R236" s="118"/>
+      <c r="Q236" s="128"/>
+      <c r="R236" s="112"/>
       <c r="S236" s="33"/>
       <c r="T236" s="57"/>
       <c r="U236" s="58"/>
-      <c r="V236" s="198">
+      <c r="V236" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W236" s="197">
+      <c r="W236" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X236" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y236" s="62"/>
       <c r="Z236" s="62"/>
       <c r="AA236" s="62"/>
       <c r="AB236" s="62"/>
       <c r="AC236" s="62"/>
       <c r="AD236" s="62"/>
       <c r="AE236" s="62"/>
       <c r="AF236" s="62"/>
       <c r="AG236" s="62"/>
       <c r="AH236" s="62"/>
       <c r="AI236" s="62"/>
       <c r="AJ236" s="62"/>
       <c r="AK236" s="62"/>
       <c r="AL236" s="62"/>
       <c r="AM236" s="62"/>
       <c r="AN236" s="62"/>
       <c r="AO236" s="62"/>
       <c r="AP236" s="62"/>
       <c r="AQ236" s="62"/>
       <c r="AR236" s="62"/>
     </row>
     <row r="237" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A237" s="316"/>
-[...4 lines deleted...]
-      <c r="F237" s="124"/>
+      <c r="A237" s="320"/>
+      <c r="B237" s="321"/>
+      <c r="C237" s="321"/>
+      <c r="D237" s="321"/>
+      <c r="E237" s="133"/>
+      <c r="F237" s="118"/>
       <c r="G237" s="30"/>
       <c r="H237" s="30"/>
       <c r="I237" s="30"/>
       <c r="J237" s="30"/>
-      <c r="K237" s="168"/>
-[...1 lines deleted...]
-      <c r="M237" s="170"/>
+      <c r="K237" s="162"/>
+      <c r="L237" s="163"/>
+      <c r="M237" s="164"/>
       <c r="N237" s="31"/>
       <c r="O237" s="32"/>
       <c r="P237" s="32"/>
-      <c r="Q237" s="134"/>
-      <c r="R237" s="118"/>
+      <c r="Q237" s="128"/>
+      <c r="R237" s="112"/>
       <c r="S237" s="33"/>
       <c r="T237" s="57"/>
       <c r="U237" s="58"/>
-      <c r="V237" s="198">
+      <c r="V237" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W237" s="197">
+      <c r="W237" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X237" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y237" s="62"/>
       <c r="Z237" s="62"/>
       <c r="AA237" s="62"/>
       <c r="AB237" s="62"/>
       <c r="AC237" s="62"/>
       <c r="AD237" s="62"/>
       <c r="AE237" s="62"/>
       <c r="AF237" s="62"/>
       <c r="AG237" s="62"/>
       <c r="AH237" s="62"/>
       <c r="AI237" s="62"/>
       <c r="AJ237" s="62"/>
       <c r="AK237" s="62"/>
       <c r="AL237" s="62"/>
       <c r="AM237" s="62"/>
       <c r="AN237" s="62"/>
       <c r="AO237" s="62"/>
       <c r="AP237" s="62"/>
       <c r="AQ237" s="62"/>
       <c r="AR237" s="62"/>
     </row>
     <row r="238" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A238" s="316"/>
-[...4 lines deleted...]
-      <c r="F238" s="124"/>
+      <c r="A238" s="320"/>
+      <c r="B238" s="321"/>
+      <c r="C238" s="321"/>
+      <c r="D238" s="321"/>
+      <c r="E238" s="133"/>
+      <c r="F238" s="118"/>
       <c r="G238" s="30"/>
       <c r="H238" s="30"/>
       <c r="I238" s="30"/>
       <c r="J238" s="30"/>
-      <c r="K238" s="168"/>
-[...1 lines deleted...]
-      <c r="M238" s="170"/>
+      <c r="K238" s="162"/>
+      <c r="L238" s="163"/>
+      <c r="M238" s="164"/>
       <c r="N238" s="31"/>
       <c r="O238" s="32"/>
       <c r="P238" s="32"/>
-      <c r="Q238" s="134"/>
-      <c r="R238" s="118"/>
+      <c r="Q238" s="128"/>
+      <c r="R238" s="112"/>
       <c r="S238" s="33"/>
       <c r="T238" s="57"/>
       <c r="U238" s="58"/>
-      <c r="V238" s="198">
+      <c r="V238" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W238" s="197">
+      <c r="W238" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X238" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y238" s="62"/>
       <c r="Z238" s="62"/>
       <c r="AA238" s="62"/>
       <c r="AB238" s="62"/>
       <c r="AC238" s="62"/>
       <c r="AD238" s="62"/>
       <c r="AE238" s="62"/>
       <c r="AF238" s="62"/>
       <c r="AG238" s="62"/>
       <c r="AH238" s="62"/>
       <c r="AI238" s="62"/>
       <c r="AJ238" s="62"/>
       <c r="AK238" s="62"/>
       <c r="AL238" s="62"/>
       <c r="AM238" s="62"/>
       <c r="AN238" s="62"/>
       <c r="AO238" s="62"/>
       <c r="AP238" s="62"/>
       <c r="AQ238" s="62"/>
       <c r="AR238" s="62"/>
     </row>
     <row r="239" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A239" s="316"/>
-[...4 lines deleted...]
-      <c r="F239" s="124"/>
+      <c r="A239" s="320"/>
+      <c r="B239" s="321"/>
+      <c r="C239" s="321"/>
+      <c r="D239" s="321"/>
+      <c r="E239" s="133"/>
+      <c r="F239" s="118"/>
       <c r="G239" s="30"/>
       <c r="H239" s="30"/>
       <c r="I239" s="30"/>
       <c r="J239" s="30"/>
-      <c r="K239" s="168"/>
-[...1 lines deleted...]
-      <c r="M239" s="170"/>
+      <c r="K239" s="162"/>
+      <c r="L239" s="163"/>
+      <c r="M239" s="164"/>
       <c r="N239" s="31"/>
       <c r="O239" s="32"/>
       <c r="P239" s="32"/>
-      <c r="Q239" s="134"/>
-      <c r="R239" s="118"/>
+      <c r="Q239" s="128"/>
+      <c r="R239" s="112"/>
       <c r="S239" s="33"/>
       <c r="T239" s="57"/>
       <c r="U239" s="58"/>
-      <c r="V239" s="198">
+      <c r="V239" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W239" s="197">
+      <c r="W239" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X239" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y239" s="62"/>
       <c r="Z239" s="62"/>
       <c r="AA239" s="62"/>
       <c r="AB239" s="62"/>
       <c r="AC239" s="62"/>
       <c r="AD239" s="62"/>
       <c r="AE239" s="62"/>
       <c r="AF239" s="62"/>
       <c r="AG239" s="62"/>
       <c r="AH239" s="62"/>
       <c r="AI239" s="62"/>
       <c r="AJ239" s="62"/>
       <c r="AK239" s="62"/>
       <c r="AL239" s="62"/>
       <c r="AM239" s="62"/>
       <c r="AN239" s="62"/>
       <c r="AO239" s="62"/>
       <c r="AP239" s="62"/>
       <c r="AQ239" s="62"/>
       <c r="AR239" s="62"/>
     </row>
     <row r="240" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A240" s="316"/>
-[...4 lines deleted...]
-      <c r="F240" s="124"/>
+      <c r="A240" s="320"/>
+      <c r="B240" s="321"/>
+      <c r="C240" s="321"/>
+      <c r="D240" s="321"/>
+      <c r="E240" s="133"/>
+      <c r="F240" s="118"/>
       <c r="G240" s="30"/>
       <c r="H240" s="30"/>
       <c r="I240" s="30"/>
       <c r="J240" s="30"/>
-      <c r="K240" s="168"/>
-[...1 lines deleted...]
-      <c r="M240" s="170"/>
+      <c r="K240" s="162"/>
+      <c r="L240" s="163"/>
+      <c r="M240" s="164"/>
       <c r="N240" s="31"/>
       <c r="O240" s="32"/>
       <c r="P240" s="32"/>
-      <c r="Q240" s="134"/>
-      <c r="R240" s="118"/>
+      <c r="Q240" s="128"/>
+      <c r="R240" s="112"/>
       <c r="S240" s="33"/>
       <c r="T240" s="57"/>
       <c r="U240" s="58"/>
-      <c r="V240" s="198">
+      <c r="V240" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W240" s="197">
+      <c r="W240" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X240" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y240" s="62"/>
       <c r="Z240" s="62"/>
       <c r="AA240" s="62"/>
       <c r="AB240" s="62"/>
       <c r="AC240" s="62"/>
       <c r="AD240" s="62"/>
       <c r="AE240" s="62"/>
       <c r="AF240" s="62"/>
       <c r="AG240" s="62"/>
       <c r="AH240" s="62"/>
       <c r="AI240" s="62"/>
       <c r="AJ240" s="62"/>
       <c r="AK240" s="62"/>
       <c r="AL240" s="62"/>
       <c r="AM240" s="62"/>
       <c r="AN240" s="62"/>
       <c r="AO240" s="62"/>
       <c r="AP240" s="62"/>
       <c r="AQ240" s="62"/>
       <c r="AR240" s="62"/>
     </row>
     <row r="241" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A241" s="316"/>
-[...4 lines deleted...]
-      <c r="F241" s="124"/>
+      <c r="A241" s="320"/>
+      <c r="B241" s="321"/>
+      <c r="C241" s="321"/>
+      <c r="D241" s="321"/>
+      <c r="E241" s="133"/>
+      <c r="F241" s="118"/>
       <c r="G241" s="30"/>
       <c r="H241" s="30"/>
       <c r="I241" s="30"/>
       <c r="J241" s="30"/>
-      <c r="K241" s="168"/>
-[...1 lines deleted...]
-      <c r="M241" s="170"/>
+      <c r="K241" s="162"/>
+      <c r="L241" s="163"/>
+      <c r="M241" s="164"/>
       <c r="N241" s="31"/>
       <c r="O241" s="32"/>
       <c r="P241" s="32"/>
-      <c r="Q241" s="134"/>
-      <c r="R241" s="118"/>
+      <c r="Q241" s="128"/>
+      <c r="R241" s="112"/>
       <c r="S241" s="33"/>
       <c r="T241" s="57"/>
       <c r="U241" s="58"/>
-      <c r="V241" s="198">
+      <c r="V241" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W241" s="197">
+      <c r="W241" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X241" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y241" s="62"/>
       <c r="Z241" s="62"/>
       <c r="AA241" s="62"/>
       <c r="AB241" s="62"/>
       <c r="AC241" s="62"/>
       <c r="AD241" s="62"/>
       <c r="AE241" s="62"/>
       <c r="AF241" s="62"/>
       <c r="AG241" s="62"/>
       <c r="AH241" s="62"/>
       <c r="AI241" s="62"/>
       <c r="AJ241" s="62"/>
       <c r="AK241" s="62"/>
       <c r="AL241" s="62"/>
       <c r="AM241" s="62"/>
       <c r="AN241" s="62"/>
       <c r="AO241" s="62"/>
       <c r="AP241" s="62"/>
       <c r="AQ241" s="62"/>
       <c r="AR241" s="62"/>
     </row>
     <row r="242" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A242" s="316"/>
-[...4 lines deleted...]
-      <c r="F242" s="124"/>
+      <c r="A242" s="320"/>
+      <c r="B242" s="321"/>
+      <c r="C242" s="321"/>
+      <c r="D242" s="321"/>
+      <c r="E242" s="133"/>
+      <c r="F242" s="118"/>
       <c r="G242" s="30"/>
       <c r="H242" s="30"/>
       <c r="I242" s="30"/>
       <c r="J242" s="30"/>
-      <c r="K242" s="168"/>
-[...1 lines deleted...]
-      <c r="M242" s="170"/>
+      <c r="K242" s="162"/>
+      <c r="L242" s="163"/>
+      <c r="M242" s="164"/>
       <c r="N242" s="31"/>
       <c r="O242" s="32"/>
       <c r="P242" s="32"/>
-      <c r="Q242" s="134"/>
-      <c r="R242" s="118"/>
+      <c r="Q242" s="128"/>
+      <c r="R242" s="112"/>
       <c r="S242" s="33"/>
       <c r="T242" s="57"/>
       <c r="U242" s="58"/>
-      <c r="V242" s="198">
+      <c r="V242" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W242" s="197">
+      <c r="W242" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X242" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y242" s="62"/>
       <c r="Z242" s="62"/>
       <c r="AA242" s="62"/>
       <c r="AB242" s="62"/>
       <c r="AC242" s="62"/>
       <c r="AD242" s="62"/>
       <c r="AE242" s="62"/>
       <c r="AF242" s="62"/>
       <c r="AG242" s="62"/>
       <c r="AH242" s="62"/>
       <c r="AI242" s="62"/>
       <c r="AJ242" s="62"/>
       <c r="AK242" s="62"/>
       <c r="AL242" s="62"/>
       <c r="AM242" s="62"/>
       <c r="AN242" s="62"/>
       <c r="AO242" s="62"/>
       <c r="AP242" s="62"/>
       <c r="AQ242" s="62"/>
       <c r="AR242" s="62"/>
     </row>
     <row r="243" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A243" s="316"/>
-[...4 lines deleted...]
-      <c r="F243" s="124"/>
+      <c r="A243" s="320"/>
+      <c r="B243" s="321"/>
+      <c r="C243" s="321"/>
+      <c r="D243" s="321"/>
+      <c r="E243" s="133"/>
+      <c r="F243" s="118"/>
       <c r="G243" s="30"/>
       <c r="H243" s="30"/>
       <c r="I243" s="30"/>
       <c r="J243" s="30"/>
-      <c r="K243" s="168"/>
-[...1 lines deleted...]
-      <c r="M243" s="170"/>
+      <c r="K243" s="162"/>
+      <c r="L243" s="163"/>
+      <c r="M243" s="164"/>
       <c r="N243" s="31"/>
       <c r="O243" s="32"/>
       <c r="P243" s="32"/>
-      <c r="Q243" s="134"/>
-      <c r="R243" s="118"/>
+      <c r="Q243" s="128"/>
+      <c r="R243" s="112"/>
       <c r="S243" s="33"/>
       <c r="T243" s="57"/>
       <c r="U243" s="58"/>
-      <c r="V243" s="198">
+      <c r="V243" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W243" s="197">
+      <c r="W243" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X243" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y243" s="62"/>
       <c r="Z243" s="62"/>
       <c r="AA243" s="62"/>
       <c r="AB243" s="62"/>
       <c r="AC243" s="62"/>
       <c r="AD243" s="62"/>
       <c r="AE243" s="62"/>
       <c r="AF243" s="62"/>
       <c r="AG243" s="62"/>
       <c r="AH243" s="62"/>
       <c r="AI243" s="62"/>
       <c r="AJ243" s="62"/>
       <c r="AK243" s="62"/>
       <c r="AL243" s="62"/>
       <c r="AM243" s="62"/>
       <c r="AN243" s="62"/>
       <c r="AO243" s="62"/>
       <c r="AP243" s="62"/>
       <c r="AQ243" s="62"/>
       <c r="AR243" s="62"/>
     </row>
     <row r="244" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A244" s="316"/>
-[...4 lines deleted...]
-      <c r="F244" s="124"/>
+      <c r="A244" s="320"/>
+      <c r="B244" s="321"/>
+      <c r="C244" s="321"/>
+      <c r="D244" s="321"/>
+      <c r="E244" s="133"/>
+      <c r="F244" s="118"/>
       <c r="G244" s="30"/>
       <c r="H244" s="30"/>
       <c r="I244" s="30"/>
       <c r="J244" s="30"/>
-      <c r="K244" s="168"/>
-[...1 lines deleted...]
-      <c r="M244" s="170"/>
+      <c r="K244" s="162"/>
+      <c r="L244" s="163"/>
+      <c r="M244" s="164"/>
       <c r="N244" s="31"/>
       <c r="O244" s="32"/>
       <c r="P244" s="32"/>
-      <c r="Q244" s="134"/>
-      <c r="R244" s="118"/>
+      <c r="Q244" s="128"/>
+      <c r="R244" s="112"/>
       <c r="S244" s="33"/>
       <c r="T244" s="57"/>
       <c r="U244" s="58"/>
-      <c r="V244" s="198">
+      <c r="V244" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W244" s="197">
+      <c r="W244" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X244" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y244" s="62"/>
       <c r="Z244" s="62"/>
       <c r="AA244" s="62"/>
       <c r="AB244" s="62"/>
       <c r="AC244" s="62"/>
       <c r="AD244" s="62"/>
       <c r="AE244" s="62"/>
       <c r="AF244" s="62"/>
       <c r="AG244" s="62"/>
       <c r="AH244" s="62"/>
       <c r="AI244" s="62"/>
       <c r="AJ244" s="62"/>
       <c r="AK244" s="62"/>
       <c r="AL244" s="62"/>
       <c r="AM244" s="62"/>
       <c r="AN244" s="62"/>
       <c r="AO244" s="62"/>
       <c r="AP244" s="62"/>
       <c r="AQ244" s="62"/>
       <c r="AR244" s="62"/>
     </row>
     <row r="245" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A245" s="316"/>
-[...4 lines deleted...]
-      <c r="F245" s="124"/>
+      <c r="A245" s="320"/>
+      <c r="B245" s="321"/>
+      <c r="C245" s="321"/>
+      <c r="D245" s="321"/>
+      <c r="E245" s="133"/>
+      <c r="F245" s="118"/>
       <c r="G245" s="30"/>
       <c r="H245" s="30"/>
       <c r="I245" s="30"/>
       <c r="J245" s="30"/>
-      <c r="K245" s="168"/>
-[...1 lines deleted...]
-      <c r="M245" s="170"/>
+      <c r="K245" s="162"/>
+      <c r="L245" s="163"/>
+      <c r="M245" s="164"/>
       <c r="N245" s="31"/>
       <c r="O245" s="32"/>
       <c r="P245" s="32"/>
-      <c r="Q245" s="134"/>
-      <c r="R245" s="118"/>
+      <c r="Q245" s="128"/>
+      <c r="R245" s="112"/>
       <c r="S245" s="33"/>
       <c r="T245" s="57"/>
       <c r="U245" s="58"/>
-      <c r="V245" s="198">
+      <c r="V245" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W245" s="197">
+      <c r="W245" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X245" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y245" s="62"/>
       <c r="Z245" s="62"/>
       <c r="AA245" s="62"/>
       <c r="AB245" s="62"/>
       <c r="AC245" s="62"/>
       <c r="AD245" s="62"/>
       <c r="AE245" s="62"/>
       <c r="AF245" s="62"/>
       <c r="AG245" s="62"/>
       <c r="AH245" s="62"/>
       <c r="AI245" s="62"/>
       <c r="AJ245" s="62"/>
       <c r="AK245" s="62"/>
       <c r="AL245" s="62"/>
       <c r="AM245" s="62"/>
       <c r="AN245" s="62"/>
       <c r="AO245" s="62"/>
       <c r="AP245" s="62"/>
       <c r="AQ245" s="62"/>
       <c r="AR245" s="62"/>
     </row>
     <row r="246" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A246" s="316"/>
-[...4 lines deleted...]
-      <c r="F246" s="124"/>
+      <c r="A246" s="320"/>
+      <c r="B246" s="321"/>
+      <c r="C246" s="321"/>
+      <c r="D246" s="321"/>
+      <c r="E246" s="133"/>
+      <c r="F246" s="118"/>
       <c r="G246" s="30"/>
       <c r="H246" s="30"/>
       <c r="I246" s="30"/>
       <c r="J246" s="30"/>
-      <c r="K246" s="168"/>
-[...1 lines deleted...]
-      <c r="M246" s="170"/>
+      <c r="K246" s="162"/>
+      <c r="L246" s="163"/>
+      <c r="M246" s="164"/>
       <c r="N246" s="31"/>
       <c r="O246" s="32"/>
       <c r="P246" s="32"/>
-      <c r="Q246" s="134"/>
-      <c r="R246" s="118"/>
+      <c r="Q246" s="128"/>
+      <c r="R246" s="112"/>
       <c r="S246" s="33"/>
       <c r="T246" s="57"/>
       <c r="U246" s="58"/>
-      <c r="V246" s="198">
+      <c r="V246" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W246" s="197">
+      <c r="W246" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X246" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y246" s="62"/>
       <c r="Z246" s="62"/>
       <c r="AA246" s="62"/>
       <c r="AB246" s="62"/>
       <c r="AC246" s="62"/>
       <c r="AD246" s="62"/>
       <c r="AE246" s="62"/>
       <c r="AF246" s="62"/>
       <c r="AG246" s="62"/>
       <c r="AH246" s="62"/>
       <c r="AI246" s="62"/>
       <c r="AJ246" s="62"/>
       <c r="AK246" s="62"/>
       <c r="AL246" s="62"/>
       <c r="AM246" s="62"/>
       <c r="AN246" s="62"/>
       <c r="AO246" s="62"/>
       <c r="AP246" s="62"/>
       <c r="AQ246" s="62"/>
       <c r="AR246" s="62"/>
     </row>
     <row r="247" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A247" s="316"/>
-[...4 lines deleted...]
-      <c r="F247" s="124"/>
+      <c r="A247" s="320"/>
+      <c r="B247" s="321"/>
+      <c r="C247" s="321"/>
+      <c r="D247" s="321"/>
+      <c r="E247" s="133"/>
+      <c r="F247" s="118"/>
       <c r="G247" s="30"/>
       <c r="H247" s="30"/>
       <c r="I247" s="30"/>
       <c r="J247" s="30"/>
-      <c r="K247" s="168"/>
-[...1 lines deleted...]
-      <c r="M247" s="170"/>
+      <c r="K247" s="162"/>
+      <c r="L247" s="163"/>
+      <c r="M247" s="164"/>
       <c r="N247" s="31"/>
       <c r="O247" s="32"/>
       <c r="P247" s="32"/>
-      <c r="Q247" s="134"/>
-      <c r="R247" s="118"/>
+      <c r="Q247" s="128"/>
+      <c r="R247" s="112"/>
       <c r="S247" s="33"/>
       <c r="T247" s="57"/>
       <c r="U247" s="58"/>
-      <c r="V247" s="198">
+      <c r="V247" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W247" s="197">
+      <c r="W247" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X247" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y247" s="62"/>
       <c r="Z247" s="62"/>
       <c r="AA247" s="62"/>
       <c r="AB247" s="62"/>
       <c r="AC247" s="62"/>
       <c r="AD247" s="62"/>
       <c r="AE247" s="62"/>
       <c r="AF247" s="62"/>
       <c r="AG247" s="62"/>
       <c r="AH247" s="62"/>
       <c r="AI247" s="62"/>
       <c r="AJ247" s="62"/>
       <c r="AK247" s="62"/>
       <c r="AL247" s="62"/>
       <c r="AM247" s="62"/>
       <c r="AN247" s="62"/>
       <c r="AO247" s="62"/>
       <c r="AP247" s="62"/>
       <c r="AQ247" s="62"/>
       <c r="AR247" s="62"/>
     </row>
     <row r="248" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A248" s="316"/>
-[...4 lines deleted...]
-      <c r="F248" s="124"/>
+      <c r="A248" s="320"/>
+      <c r="B248" s="321"/>
+      <c r="C248" s="321"/>
+      <c r="D248" s="321"/>
+      <c r="E248" s="133"/>
+      <c r="F248" s="118"/>
       <c r="G248" s="30"/>
       <c r="H248" s="30"/>
       <c r="I248" s="30"/>
       <c r="J248" s="30"/>
-      <c r="K248" s="168"/>
-[...1 lines deleted...]
-      <c r="M248" s="170"/>
+      <c r="K248" s="162"/>
+      <c r="L248" s="163"/>
+      <c r="M248" s="164"/>
       <c r="N248" s="31"/>
       <c r="O248" s="32"/>
       <c r="P248" s="32"/>
-      <c r="Q248" s="134"/>
-      <c r="R248" s="118"/>
+      <c r="Q248" s="128"/>
+      <c r="R248" s="112"/>
       <c r="S248" s="33"/>
       <c r="T248" s="57"/>
       <c r="U248" s="58"/>
-      <c r="V248" s="198">
+      <c r="V248" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W248" s="197">
+      <c r="W248" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X248" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y248" s="62"/>
       <c r="Z248" s="62"/>
       <c r="AA248" s="62"/>
       <c r="AB248" s="62"/>
       <c r="AC248" s="62"/>
       <c r="AD248" s="62"/>
       <c r="AE248" s="62"/>
       <c r="AF248" s="62"/>
       <c r="AG248" s="62"/>
       <c r="AH248" s="62"/>
       <c r="AI248" s="62"/>
       <c r="AJ248" s="62"/>
       <c r="AK248" s="62"/>
       <c r="AL248" s="62"/>
       <c r="AM248" s="62"/>
       <c r="AN248" s="62"/>
       <c r="AO248" s="62"/>
       <c r="AP248" s="62"/>
       <c r="AQ248" s="62"/>
       <c r="AR248" s="62"/>
     </row>
     <row r="249" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A249" s="316"/>
-[...4 lines deleted...]
-      <c r="F249" s="124"/>
+      <c r="A249" s="320"/>
+      <c r="B249" s="321"/>
+      <c r="C249" s="321"/>
+      <c r="D249" s="321"/>
+      <c r="E249" s="133"/>
+      <c r="F249" s="118"/>
       <c r="G249" s="30"/>
       <c r="H249" s="30"/>
       <c r="I249" s="30"/>
       <c r="J249" s="30"/>
-      <c r="K249" s="168"/>
-[...1 lines deleted...]
-      <c r="M249" s="170"/>
+      <c r="K249" s="162"/>
+      <c r="L249" s="163"/>
+      <c r="M249" s="164"/>
       <c r="N249" s="31"/>
       <c r="O249" s="32"/>
       <c r="P249" s="32"/>
-      <c r="Q249" s="134"/>
-      <c r="R249" s="118"/>
+      <c r="Q249" s="128"/>
+      <c r="R249" s="112"/>
       <c r="S249" s="33"/>
       <c r="T249" s="57"/>
       <c r="U249" s="58"/>
-      <c r="V249" s="198">
+      <c r="V249" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W249" s="197">
+      <c r="W249" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X249" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y249" s="62"/>
       <c r="Z249" s="62"/>
       <c r="AA249" s="62"/>
       <c r="AB249" s="62"/>
       <c r="AC249" s="62"/>
       <c r="AD249" s="62"/>
       <c r="AE249" s="62"/>
       <c r="AF249" s="62"/>
       <c r="AG249" s="62"/>
       <c r="AH249" s="62"/>
       <c r="AI249" s="62"/>
       <c r="AJ249" s="62"/>
       <c r="AK249" s="62"/>
       <c r="AL249" s="62"/>
       <c r="AM249" s="62"/>
       <c r="AN249" s="62"/>
       <c r="AO249" s="62"/>
       <c r="AP249" s="62"/>
       <c r="AQ249" s="62"/>
       <c r="AR249" s="62"/>
     </row>
     <row r="250" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A250" s="316"/>
-[...4 lines deleted...]
-      <c r="F250" s="124"/>
+      <c r="A250" s="320"/>
+      <c r="B250" s="321"/>
+      <c r="C250" s="321"/>
+      <c r="D250" s="321"/>
+      <c r="E250" s="133"/>
+      <c r="F250" s="118"/>
       <c r="G250" s="30"/>
       <c r="H250" s="30"/>
       <c r="I250" s="30"/>
       <c r="J250" s="30"/>
-      <c r="K250" s="168"/>
-[...1 lines deleted...]
-      <c r="M250" s="170"/>
+      <c r="K250" s="162"/>
+      <c r="L250" s="163"/>
+      <c r="M250" s="164"/>
       <c r="N250" s="31"/>
       <c r="O250" s="32"/>
       <c r="P250" s="32"/>
-      <c r="Q250" s="134"/>
-      <c r="R250" s="118"/>
+      <c r="Q250" s="128"/>
+      <c r="R250" s="112"/>
       <c r="S250" s="33"/>
       <c r="T250" s="57"/>
       <c r="U250" s="58"/>
-      <c r="V250" s="198">
+      <c r="V250" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W250" s="197">
+      <c r="W250" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X250" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y250" s="62"/>
       <c r="Z250" s="62"/>
       <c r="AA250" s="62"/>
       <c r="AB250" s="62"/>
       <c r="AC250" s="62"/>
       <c r="AD250" s="62"/>
       <c r="AE250" s="62"/>
       <c r="AF250" s="62"/>
       <c r="AG250" s="62"/>
       <c r="AH250" s="62"/>
       <c r="AI250" s="62"/>
       <c r="AJ250" s="62"/>
       <c r="AK250" s="62"/>
       <c r="AL250" s="62"/>
       <c r="AM250" s="62"/>
       <c r="AN250" s="62"/>
       <c r="AO250" s="62"/>
       <c r="AP250" s="62"/>
       <c r="AQ250" s="62"/>
       <c r="AR250" s="62"/>
     </row>
     <row r="251" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A251" s="316"/>
-[...4 lines deleted...]
-      <c r="F251" s="124"/>
+      <c r="A251" s="320"/>
+      <c r="B251" s="321"/>
+      <c r="C251" s="321"/>
+      <c r="D251" s="321"/>
+      <c r="E251" s="133"/>
+      <c r="F251" s="118"/>
       <c r="G251" s="30"/>
       <c r="H251" s="30"/>
       <c r="I251" s="30"/>
       <c r="J251" s="30"/>
-      <c r="K251" s="168"/>
-[...1 lines deleted...]
-      <c r="M251" s="170"/>
+      <c r="K251" s="162"/>
+      <c r="L251" s="163"/>
+      <c r="M251" s="164"/>
       <c r="N251" s="31"/>
       <c r="O251" s="32"/>
       <c r="P251" s="32"/>
-      <c r="Q251" s="134"/>
-      <c r="R251" s="118"/>
+      <c r="Q251" s="128"/>
+      <c r="R251" s="112"/>
       <c r="S251" s="33"/>
       <c r="T251" s="57"/>
       <c r="U251" s="58"/>
-      <c r="V251" s="198">
+      <c r="V251" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W251" s="197">
+      <c r="W251" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X251" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y251" s="62"/>
       <c r="Z251" s="62"/>
       <c r="AA251" s="62"/>
       <c r="AB251" s="62"/>
       <c r="AC251" s="62"/>
       <c r="AD251" s="62"/>
       <c r="AE251" s="62"/>
       <c r="AF251" s="62"/>
       <c r="AG251" s="62"/>
       <c r="AH251" s="62"/>
       <c r="AI251" s="62"/>
       <c r="AJ251" s="62"/>
       <c r="AK251" s="62"/>
       <c r="AL251" s="62"/>
       <c r="AM251" s="62"/>
       <c r="AN251" s="62"/>
       <c r="AO251" s="62"/>
       <c r="AP251" s="62"/>
       <c r="AQ251" s="62"/>
       <c r="AR251" s="62"/>
     </row>
     <row r="252" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A252" s="316"/>
-[...4 lines deleted...]
-      <c r="F252" s="124"/>
+      <c r="A252" s="320"/>
+      <c r="B252" s="321"/>
+      <c r="C252" s="321"/>
+      <c r="D252" s="321"/>
+      <c r="E252" s="133"/>
+      <c r="F252" s="118"/>
       <c r="G252" s="30"/>
       <c r="H252" s="30"/>
       <c r="I252" s="30"/>
       <c r="J252" s="30"/>
-      <c r="K252" s="168"/>
-[...1 lines deleted...]
-      <c r="M252" s="170"/>
+      <c r="K252" s="162"/>
+      <c r="L252" s="163"/>
+      <c r="M252" s="164"/>
       <c r="N252" s="31"/>
       <c r="O252" s="32"/>
       <c r="P252" s="32"/>
-      <c r="Q252" s="134"/>
-      <c r="R252" s="118"/>
+      <c r="Q252" s="128"/>
+      <c r="R252" s="112"/>
       <c r="S252" s="33"/>
       <c r="T252" s="57"/>
       <c r="U252" s="58"/>
-      <c r="V252" s="198">
+      <c r="V252" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W252" s="197">
+      <c r="W252" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X252" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y252" s="62"/>
       <c r="Z252" s="62"/>
       <c r="AA252" s="62"/>
       <c r="AB252" s="62"/>
       <c r="AC252" s="62"/>
       <c r="AD252" s="62"/>
       <c r="AE252" s="62"/>
       <c r="AF252" s="62"/>
       <c r="AG252" s="62"/>
       <c r="AH252" s="62"/>
       <c r="AI252" s="62"/>
       <c r="AJ252" s="62"/>
       <c r="AK252" s="62"/>
       <c r="AL252" s="62"/>
       <c r="AM252" s="62"/>
       <c r="AN252" s="62"/>
       <c r="AO252" s="62"/>
       <c r="AP252" s="62"/>
       <c r="AQ252" s="62"/>
       <c r="AR252" s="62"/>
     </row>
     <row r="253" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A253" s="316"/>
-[...4 lines deleted...]
-      <c r="F253" s="124"/>
+      <c r="A253" s="320"/>
+      <c r="B253" s="321"/>
+      <c r="C253" s="321"/>
+      <c r="D253" s="321"/>
+      <c r="E253" s="133"/>
+      <c r="F253" s="118"/>
       <c r="G253" s="30"/>
       <c r="H253" s="30"/>
       <c r="I253" s="30"/>
       <c r="J253" s="30"/>
-      <c r="K253" s="168"/>
-[...1 lines deleted...]
-      <c r="M253" s="170"/>
+      <c r="K253" s="162"/>
+      <c r="L253" s="163"/>
+      <c r="M253" s="164"/>
       <c r="N253" s="31"/>
       <c r="O253" s="32"/>
       <c r="P253" s="32"/>
-      <c r="Q253" s="134"/>
-      <c r="R253" s="118"/>
+      <c r="Q253" s="128"/>
+      <c r="R253" s="112"/>
       <c r="S253" s="33"/>
       <c r="T253" s="57"/>
       <c r="U253" s="58"/>
-      <c r="V253" s="198">
+      <c r="V253" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W253" s="197">
+      <c r="W253" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X253" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y253" s="62"/>
       <c r="Z253" s="62"/>
       <c r="AA253" s="62"/>
       <c r="AB253" s="62"/>
       <c r="AC253" s="62"/>
       <c r="AD253" s="62"/>
       <c r="AE253" s="62"/>
       <c r="AF253" s="62"/>
       <c r="AG253" s="62"/>
       <c r="AH253" s="62"/>
       <c r="AI253" s="62"/>
       <c r="AJ253" s="62"/>
       <c r="AK253" s="62"/>
       <c r="AL253" s="62"/>
       <c r="AM253" s="62"/>
       <c r="AN253" s="62"/>
       <c r="AO253" s="62"/>
       <c r="AP253" s="62"/>
       <c r="AQ253" s="62"/>
       <c r="AR253" s="62"/>
     </row>
     <row r="254" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A254" s="316"/>
-[...4 lines deleted...]
-      <c r="F254" s="124"/>
+      <c r="A254" s="320"/>
+      <c r="B254" s="321"/>
+      <c r="C254" s="321"/>
+      <c r="D254" s="321"/>
+      <c r="E254" s="133"/>
+      <c r="F254" s="118"/>
       <c r="G254" s="30"/>
       <c r="H254" s="30"/>
       <c r="I254" s="30"/>
       <c r="J254" s="30"/>
-      <c r="K254" s="168"/>
-[...1 lines deleted...]
-      <c r="M254" s="170"/>
+      <c r="K254" s="162"/>
+      <c r="L254" s="163"/>
+      <c r="M254" s="164"/>
       <c r="N254" s="31"/>
       <c r="O254" s="32"/>
       <c r="P254" s="32"/>
-      <c r="Q254" s="134"/>
-      <c r="R254" s="118"/>
+      <c r="Q254" s="128"/>
+      <c r="R254" s="112"/>
       <c r="S254" s="33"/>
       <c r="T254" s="57"/>
       <c r="U254" s="58"/>
-      <c r="V254" s="198">
+      <c r="V254" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W254" s="197">
+      <c r="W254" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X254" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y254" s="62"/>
       <c r="Z254" s="62"/>
       <c r="AA254" s="62"/>
       <c r="AB254" s="62"/>
       <c r="AC254" s="62"/>
       <c r="AD254" s="62"/>
       <c r="AE254" s="62"/>
       <c r="AF254" s="62"/>
       <c r="AG254" s="62"/>
       <c r="AH254" s="62"/>
       <c r="AI254" s="62"/>
       <c r="AJ254" s="62"/>
       <c r="AK254" s="62"/>
       <c r="AL254" s="62"/>
       <c r="AM254" s="62"/>
       <c r="AN254" s="62"/>
       <c r="AO254" s="62"/>
       <c r="AP254" s="62"/>
       <c r="AQ254" s="62"/>
       <c r="AR254" s="62"/>
     </row>
     <row r="255" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A255" s="316"/>
-[...4 lines deleted...]
-      <c r="F255" s="124"/>
+      <c r="A255" s="320"/>
+      <c r="B255" s="321"/>
+      <c r="C255" s="321"/>
+      <c r="D255" s="321"/>
+      <c r="E255" s="133"/>
+      <c r="F255" s="118"/>
       <c r="G255" s="30"/>
       <c r="H255" s="30"/>
       <c r="I255" s="30"/>
       <c r="J255" s="30"/>
-      <c r="K255" s="168"/>
-[...1 lines deleted...]
-      <c r="M255" s="170"/>
+      <c r="K255" s="162"/>
+      <c r="L255" s="163"/>
+      <c r="M255" s="164"/>
       <c r="N255" s="31"/>
       <c r="O255" s="32"/>
       <c r="P255" s="32"/>
-      <c r="Q255" s="134"/>
-      <c r="R255" s="118"/>
+      <c r="Q255" s="128"/>
+      <c r="R255" s="112"/>
       <c r="S255" s="33"/>
       <c r="T255" s="57"/>
       <c r="U255" s="58"/>
-      <c r="V255" s="198">
+      <c r="V255" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W255" s="197">
+      <c r="W255" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X255" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y255" s="62"/>
       <c r="Z255" s="62"/>
       <c r="AA255" s="62"/>
       <c r="AB255" s="62"/>
       <c r="AC255" s="62"/>
       <c r="AD255" s="62"/>
       <c r="AE255" s="62"/>
       <c r="AF255" s="62"/>
       <c r="AG255" s="62"/>
       <c r="AH255" s="62"/>
       <c r="AI255" s="62"/>
       <c r="AJ255" s="62"/>
       <c r="AK255" s="62"/>
       <c r="AL255" s="62"/>
       <c r="AM255" s="62"/>
       <c r="AN255" s="62"/>
       <c r="AO255" s="62"/>
       <c r="AP255" s="62"/>
       <c r="AQ255" s="62"/>
       <c r="AR255" s="62"/>
     </row>
     <row r="256" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A256" s="316"/>
-[...4 lines deleted...]
-      <c r="F256" s="124"/>
+      <c r="A256" s="320"/>
+      <c r="B256" s="321"/>
+      <c r="C256" s="321"/>
+      <c r="D256" s="321"/>
+      <c r="E256" s="133"/>
+      <c r="F256" s="118"/>
       <c r="G256" s="30"/>
       <c r="H256" s="30"/>
       <c r="I256" s="30"/>
       <c r="J256" s="30"/>
-      <c r="K256" s="168"/>
-[...1 lines deleted...]
-      <c r="M256" s="170"/>
+      <c r="K256" s="162"/>
+      <c r="L256" s="163"/>
+      <c r="M256" s="164"/>
       <c r="N256" s="31"/>
       <c r="O256" s="32"/>
       <c r="P256" s="32"/>
-      <c r="Q256" s="134"/>
-      <c r="R256" s="118"/>
+      <c r="Q256" s="128"/>
+      <c r="R256" s="112"/>
       <c r="S256" s="33"/>
       <c r="T256" s="57"/>
       <c r="U256" s="58"/>
-      <c r="V256" s="198">
+      <c r="V256" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W256" s="197">
+      <c r="W256" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X256" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y256" s="62"/>
       <c r="Z256" s="62"/>
       <c r="AA256" s="62"/>
       <c r="AB256" s="62"/>
       <c r="AC256" s="62"/>
       <c r="AD256" s="62"/>
       <c r="AE256" s="62"/>
       <c r="AF256" s="62"/>
       <c r="AG256" s="62"/>
       <c r="AH256" s="62"/>
       <c r="AI256" s="62"/>
       <c r="AJ256" s="62"/>
       <c r="AK256" s="62"/>
       <c r="AL256" s="62"/>
       <c r="AM256" s="62"/>
       <c r="AN256" s="62"/>
       <c r="AO256" s="62"/>
       <c r="AP256" s="62"/>
       <c r="AQ256" s="62"/>
       <c r="AR256" s="62"/>
     </row>
     <row r="257" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A257" s="316"/>
-[...4 lines deleted...]
-      <c r="F257" s="124"/>
+      <c r="A257" s="320"/>
+      <c r="B257" s="321"/>
+      <c r="C257" s="321"/>
+      <c r="D257" s="321"/>
+      <c r="E257" s="133"/>
+      <c r="F257" s="118"/>
       <c r="G257" s="30"/>
       <c r="H257" s="30"/>
       <c r="I257" s="30"/>
       <c r="J257" s="30"/>
-      <c r="K257" s="168"/>
-[...1 lines deleted...]
-      <c r="M257" s="170"/>
+      <c r="K257" s="162"/>
+      <c r="L257" s="163"/>
+      <c r="M257" s="164"/>
       <c r="N257" s="31"/>
       <c r="O257" s="32"/>
       <c r="P257" s="32"/>
-      <c r="Q257" s="134"/>
-      <c r="R257" s="118"/>
+      <c r="Q257" s="128"/>
+      <c r="R257" s="112"/>
       <c r="S257" s="33"/>
       <c r="T257" s="57"/>
       <c r="U257" s="58"/>
-      <c r="V257" s="198">
+      <c r="V257" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W257" s="197">
+      <c r="W257" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X257" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y257" s="62"/>
       <c r="Z257" s="62"/>
       <c r="AA257" s="62"/>
       <c r="AB257" s="62"/>
       <c r="AC257" s="62"/>
       <c r="AD257" s="62"/>
       <c r="AE257" s="62"/>
       <c r="AF257" s="62"/>
       <c r="AG257" s="62"/>
       <c r="AH257" s="62"/>
       <c r="AI257" s="62"/>
       <c r="AJ257" s="62"/>
       <c r="AK257" s="62"/>
       <c r="AL257" s="62"/>
       <c r="AM257" s="62"/>
       <c r="AN257" s="62"/>
       <c r="AO257" s="62"/>
       <c r="AP257" s="62"/>
       <c r="AQ257" s="62"/>
       <c r="AR257" s="62"/>
     </row>
     <row r="258" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A258" s="316"/>
-[...4 lines deleted...]
-      <c r="F258" s="124"/>
+      <c r="A258" s="320"/>
+      <c r="B258" s="321"/>
+      <c r="C258" s="321"/>
+      <c r="D258" s="321"/>
+      <c r="E258" s="133"/>
+      <c r="F258" s="118"/>
       <c r="G258" s="30"/>
       <c r="H258" s="30"/>
       <c r="I258" s="30"/>
       <c r="J258" s="30"/>
-      <c r="K258" s="168"/>
-[...1 lines deleted...]
-      <c r="M258" s="170"/>
+      <c r="K258" s="162"/>
+      <c r="L258" s="163"/>
+      <c r="M258" s="164"/>
       <c r="N258" s="31"/>
       <c r="O258" s="32"/>
       <c r="P258" s="32"/>
-      <c r="Q258" s="134"/>
-      <c r="R258" s="118"/>
+      <c r="Q258" s="128"/>
+      <c r="R258" s="112"/>
       <c r="S258" s="33"/>
       <c r="T258" s="57"/>
       <c r="U258" s="58"/>
-      <c r="V258" s="198">
+      <c r="V258" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W258" s="197">
+      <c r="W258" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X258" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y258" s="62"/>
       <c r="Z258" s="62"/>
       <c r="AA258" s="62"/>
       <c r="AB258" s="62"/>
       <c r="AC258" s="62"/>
       <c r="AD258" s="62"/>
       <c r="AE258" s="62"/>
       <c r="AF258" s="62"/>
       <c r="AG258" s="62"/>
       <c r="AH258" s="62"/>
       <c r="AI258" s="62"/>
       <c r="AJ258" s="62"/>
       <c r="AK258" s="62"/>
       <c r="AL258" s="62"/>
       <c r="AM258" s="62"/>
       <c r="AN258" s="62"/>
       <c r="AO258" s="62"/>
       <c r="AP258" s="62"/>
       <c r="AQ258" s="62"/>
       <c r="AR258" s="62"/>
     </row>
     <row r="259" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A259" s="316"/>
-[...4 lines deleted...]
-      <c r="F259" s="124"/>
+      <c r="A259" s="320"/>
+      <c r="B259" s="321"/>
+      <c r="C259" s="321"/>
+      <c r="D259" s="321"/>
+      <c r="E259" s="133"/>
+      <c r="F259" s="118"/>
       <c r="G259" s="30"/>
       <c r="H259" s="30"/>
       <c r="I259" s="30"/>
       <c r="J259" s="30"/>
-      <c r="K259" s="168"/>
-[...1 lines deleted...]
-      <c r="M259" s="170"/>
+      <c r="K259" s="162"/>
+      <c r="L259" s="163"/>
+      <c r="M259" s="164"/>
       <c r="N259" s="31"/>
       <c r="O259" s="32"/>
       <c r="P259" s="32"/>
-      <c r="Q259" s="134"/>
-      <c r="R259" s="118"/>
+      <c r="Q259" s="128"/>
+      <c r="R259" s="112"/>
       <c r="S259" s="33"/>
       <c r="T259" s="57"/>
       <c r="U259" s="58"/>
-      <c r="V259" s="198">
+      <c r="V259" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W259" s="197">
+      <c r="W259" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X259" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y259" s="62"/>
       <c r="Z259" s="62"/>
       <c r="AA259" s="62"/>
       <c r="AB259" s="62"/>
       <c r="AC259" s="62"/>
       <c r="AD259" s="62"/>
       <c r="AE259" s="62"/>
       <c r="AF259" s="62"/>
       <c r="AG259" s="62"/>
       <c r="AH259" s="62"/>
       <c r="AI259" s="62"/>
       <c r="AJ259" s="62"/>
       <c r="AK259" s="62"/>
       <c r="AL259" s="62"/>
       <c r="AM259" s="62"/>
       <c r="AN259" s="62"/>
       <c r="AO259" s="62"/>
       <c r="AP259" s="62"/>
       <c r="AQ259" s="62"/>
       <c r="AR259" s="62"/>
     </row>
     <row r="260" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A260" s="316"/>
-[...4 lines deleted...]
-      <c r="F260" s="124"/>
+      <c r="A260" s="320"/>
+      <c r="B260" s="321"/>
+      <c r="C260" s="321"/>
+      <c r="D260" s="321"/>
+      <c r="E260" s="133"/>
+      <c r="F260" s="118"/>
       <c r="G260" s="30"/>
       <c r="H260" s="30"/>
       <c r="I260" s="30"/>
       <c r="J260" s="30"/>
-      <c r="K260" s="168"/>
-[...1 lines deleted...]
-      <c r="M260" s="170"/>
+      <c r="K260" s="162"/>
+      <c r="L260" s="163"/>
+      <c r="M260" s="164"/>
       <c r="N260" s="31"/>
       <c r="O260" s="32"/>
       <c r="P260" s="32"/>
-      <c r="Q260" s="134"/>
-      <c r="R260" s="118"/>
+      <c r="Q260" s="128"/>
+      <c r="R260" s="112"/>
       <c r="S260" s="33"/>
       <c r="T260" s="57"/>
       <c r="U260" s="58"/>
-      <c r="V260" s="198">
+      <c r="V260" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W260" s="197">
+      <c r="W260" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X260" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y260" s="62"/>
       <c r="Z260" s="62"/>
       <c r="AA260" s="62"/>
       <c r="AB260" s="62"/>
       <c r="AC260" s="62"/>
       <c r="AD260" s="62"/>
       <c r="AE260" s="62"/>
       <c r="AF260" s="62"/>
       <c r="AG260" s="62"/>
       <c r="AH260" s="62"/>
       <c r="AI260" s="62"/>
       <c r="AJ260" s="62"/>
       <c r="AK260" s="62"/>
       <c r="AL260" s="62"/>
       <c r="AM260" s="62"/>
       <c r="AN260" s="62"/>
       <c r="AO260" s="62"/>
       <c r="AP260" s="62"/>
       <c r="AQ260" s="62"/>
       <c r="AR260" s="62"/>
     </row>
     <row r="261" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A261" s="316"/>
-[...4 lines deleted...]
-      <c r="F261" s="124"/>
+      <c r="A261" s="320"/>
+      <c r="B261" s="321"/>
+      <c r="C261" s="321"/>
+      <c r="D261" s="321"/>
+      <c r="E261" s="133"/>
+      <c r="F261" s="118"/>
       <c r="G261" s="30"/>
       <c r="H261" s="30"/>
       <c r="I261" s="30"/>
       <c r="J261" s="30"/>
-      <c r="K261" s="168"/>
-[...1 lines deleted...]
-      <c r="M261" s="170"/>
+      <c r="K261" s="162"/>
+      <c r="L261" s="163"/>
+      <c r="M261" s="164"/>
       <c r="N261" s="31"/>
       <c r="O261" s="32"/>
       <c r="P261" s="32"/>
-      <c r="Q261" s="134"/>
-      <c r="R261" s="118"/>
+      <c r="Q261" s="128"/>
+      <c r="R261" s="112"/>
       <c r="S261" s="33"/>
       <c r="T261" s="57"/>
       <c r="U261" s="58"/>
-      <c r="V261" s="198">
+      <c r="V261" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W261" s="197">
+      <c r="W261" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X261" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y261" s="62"/>
       <c r="Z261" s="62"/>
       <c r="AA261" s="62"/>
       <c r="AB261" s="62"/>
       <c r="AC261" s="62"/>
       <c r="AD261" s="62"/>
       <c r="AE261" s="62"/>
       <c r="AF261" s="62"/>
       <c r="AG261" s="62"/>
       <c r="AH261" s="62"/>
       <c r="AI261" s="62"/>
       <c r="AJ261" s="62"/>
       <c r="AK261" s="62"/>
       <c r="AL261" s="62"/>
       <c r="AM261" s="62"/>
       <c r="AN261" s="62"/>
       <c r="AO261" s="62"/>
       <c r="AP261" s="62"/>
       <c r="AQ261" s="62"/>
       <c r="AR261" s="62"/>
     </row>
     <row r="262" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A262" s="316"/>
-[...4 lines deleted...]
-      <c r="F262" s="124"/>
+      <c r="A262" s="320"/>
+      <c r="B262" s="321"/>
+      <c r="C262" s="321"/>
+      <c r="D262" s="321"/>
+      <c r="E262" s="133"/>
+      <c r="F262" s="118"/>
       <c r="G262" s="30"/>
       <c r="H262" s="30"/>
       <c r="I262" s="30"/>
       <c r="J262" s="30"/>
-      <c r="K262" s="168"/>
-[...1 lines deleted...]
-      <c r="M262" s="170"/>
+      <c r="K262" s="162"/>
+      <c r="L262" s="163"/>
+      <c r="M262" s="164"/>
       <c r="N262" s="31"/>
       <c r="O262" s="32"/>
       <c r="P262" s="32"/>
-      <c r="Q262" s="134"/>
-      <c r="R262" s="118"/>
+      <c r="Q262" s="128"/>
+      <c r="R262" s="112"/>
       <c r="S262" s="33"/>
       <c r="T262" s="57"/>
       <c r="U262" s="58"/>
-      <c r="V262" s="198">
+      <c r="V262" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W262" s="197">
+      <c r="W262" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X262" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y262" s="62"/>
       <c r="Z262" s="62"/>
       <c r="AA262" s="62"/>
       <c r="AB262" s="62"/>
       <c r="AC262" s="62"/>
       <c r="AD262" s="62"/>
       <c r="AE262" s="62"/>
       <c r="AF262" s="62"/>
       <c r="AG262" s="62"/>
       <c r="AH262" s="62"/>
       <c r="AI262" s="62"/>
       <c r="AJ262" s="62"/>
       <c r="AK262" s="62"/>
       <c r="AL262" s="62"/>
       <c r="AM262" s="62"/>
       <c r="AN262" s="62"/>
       <c r="AO262" s="62"/>
       <c r="AP262" s="62"/>
       <c r="AQ262" s="62"/>
       <c r="AR262" s="62"/>
     </row>
     <row r="263" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="316"/>
-[...4 lines deleted...]
-      <c r="F263" s="124"/>
+      <c r="A263" s="320"/>
+      <c r="B263" s="321"/>
+      <c r="C263" s="321"/>
+      <c r="D263" s="321"/>
+      <c r="E263" s="133"/>
+      <c r="F263" s="118"/>
       <c r="G263" s="30"/>
       <c r="H263" s="30"/>
       <c r="I263" s="30"/>
       <c r="J263" s="30"/>
-      <c r="K263" s="168"/>
-[...1 lines deleted...]
-      <c r="M263" s="170"/>
+      <c r="K263" s="162"/>
+      <c r="L263" s="163"/>
+      <c r="M263" s="164"/>
       <c r="N263" s="31"/>
       <c r="O263" s="32"/>
       <c r="P263" s="32"/>
-      <c r="Q263" s="134"/>
-      <c r="R263" s="118"/>
+      <c r="Q263" s="128"/>
+      <c r="R263" s="112"/>
       <c r="S263" s="33"/>
       <c r="T263" s="57"/>
       <c r="U263" s="58"/>
-      <c r="V263" s="198">
+      <c r="V263" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W263" s="197">
+      <c r="W263" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X263" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y263" s="62"/>
       <c r="Z263" s="62"/>
       <c r="AA263" s="62"/>
       <c r="AB263" s="62"/>
       <c r="AC263" s="62"/>
       <c r="AD263" s="62"/>
       <c r="AE263" s="62"/>
       <c r="AF263" s="62"/>
       <c r="AG263" s="62"/>
       <c r="AH263" s="62"/>
       <c r="AI263" s="62"/>
       <c r="AJ263" s="62"/>
       <c r="AK263" s="62"/>
       <c r="AL263" s="62"/>
       <c r="AM263" s="62"/>
       <c r="AN263" s="62"/>
       <c r="AO263" s="62"/>
       <c r="AP263" s="62"/>
       <c r="AQ263" s="62"/>
       <c r="AR263" s="62"/>
     </row>
     <row r="264" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A264" s="316"/>
-[...4 lines deleted...]
-      <c r="F264" s="124"/>
+      <c r="A264" s="320"/>
+      <c r="B264" s="321"/>
+      <c r="C264" s="321"/>
+      <c r="D264" s="321"/>
+      <c r="E264" s="133"/>
+      <c r="F264" s="118"/>
       <c r="G264" s="30"/>
       <c r="H264" s="30"/>
       <c r="I264" s="30"/>
       <c r="J264" s="30"/>
-      <c r="K264" s="168"/>
-[...1 lines deleted...]
-      <c r="M264" s="170"/>
+      <c r="K264" s="162"/>
+      <c r="L264" s="163"/>
+      <c r="M264" s="164"/>
       <c r="N264" s="31"/>
       <c r="O264" s="32"/>
       <c r="P264" s="32"/>
-      <c r="Q264" s="134"/>
-      <c r="R264" s="118"/>
+      <c r="Q264" s="128"/>
+      <c r="R264" s="112"/>
       <c r="S264" s="33"/>
       <c r="T264" s="57"/>
       <c r="U264" s="58"/>
-      <c r="V264" s="198">
+      <c r="V264" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W264" s="197">
+      <c r="W264" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X264" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y264" s="62"/>
       <c r="Z264" s="62"/>
       <c r="AA264" s="62"/>
       <c r="AB264" s="62"/>
       <c r="AC264" s="62"/>
       <c r="AD264" s="62"/>
       <c r="AE264" s="62"/>
       <c r="AF264" s="62"/>
       <c r="AG264" s="62"/>
       <c r="AH264" s="62"/>
       <c r="AI264" s="62"/>
       <c r="AJ264" s="62"/>
       <c r="AK264" s="62"/>
       <c r="AL264" s="62"/>
       <c r="AM264" s="62"/>
       <c r="AN264" s="62"/>
       <c r="AO264" s="62"/>
       <c r="AP264" s="62"/>
       <c r="AQ264" s="62"/>
       <c r="AR264" s="62"/>
     </row>
     <row r="265" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A265" s="316"/>
-[...4 lines deleted...]
-      <c r="F265" s="124"/>
+      <c r="A265" s="320"/>
+      <c r="B265" s="321"/>
+      <c r="C265" s="321"/>
+      <c r="D265" s="321"/>
+      <c r="E265" s="133"/>
+      <c r="F265" s="118"/>
       <c r="G265" s="30"/>
       <c r="H265" s="30"/>
       <c r="I265" s="30"/>
       <c r="J265" s="30"/>
-      <c r="K265" s="168"/>
-[...1 lines deleted...]
-      <c r="M265" s="170"/>
+      <c r="K265" s="162"/>
+      <c r="L265" s="163"/>
+      <c r="M265" s="164"/>
       <c r="N265" s="31"/>
       <c r="O265" s="32"/>
       <c r="P265" s="32"/>
-      <c r="Q265" s="134"/>
-      <c r="R265" s="118"/>
+      <c r="Q265" s="128"/>
+      <c r="R265" s="112"/>
       <c r="S265" s="33"/>
       <c r="T265" s="57"/>
       <c r="U265" s="58"/>
-      <c r="V265" s="198">
+      <c r="V265" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W265" s="197">
+      <c r="W265" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X265" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y265" s="62"/>
       <c r="Z265" s="62"/>
       <c r="AA265" s="62"/>
       <c r="AB265" s="62"/>
       <c r="AC265" s="62"/>
       <c r="AD265" s="62"/>
       <c r="AE265" s="62"/>
       <c r="AF265" s="62"/>
       <c r="AG265" s="62"/>
       <c r="AH265" s="62"/>
       <c r="AI265" s="62"/>
       <c r="AJ265" s="62"/>
       <c r="AK265" s="62"/>
       <c r="AL265" s="62"/>
       <c r="AM265" s="62"/>
       <c r="AN265" s="62"/>
       <c r="AO265" s="62"/>
       <c r="AP265" s="62"/>
       <c r="AQ265" s="62"/>
       <c r="AR265" s="62"/>
     </row>
     <row r="266" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A266" s="316"/>
-[...4 lines deleted...]
-      <c r="F266" s="124"/>
+      <c r="A266" s="320"/>
+      <c r="B266" s="321"/>
+      <c r="C266" s="321"/>
+      <c r="D266" s="321"/>
+      <c r="E266" s="133"/>
+      <c r="F266" s="118"/>
       <c r="G266" s="30"/>
       <c r="H266" s="30"/>
       <c r="I266" s="30"/>
       <c r="J266" s="30"/>
-      <c r="K266" s="168"/>
-[...1 lines deleted...]
-      <c r="M266" s="170"/>
+      <c r="K266" s="162"/>
+      <c r="L266" s="163"/>
+      <c r="M266" s="164"/>
       <c r="N266" s="31"/>
       <c r="O266" s="32"/>
       <c r="P266" s="32"/>
-      <c r="Q266" s="134"/>
-      <c r="R266" s="118"/>
+      <c r="Q266" s="128"/>
+      <c r="R266" s="112"/>
       <c r="S266" s="33"/>
       <c r="T266" s="57"/>
       <c r="U266" s="58"/>
-      <c r="V266" s="198">
+      <c r="V266" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W266" s="197">
+      <c r="W266" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X266" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y266" s="62"/>
       <c r="Z266" s="62"/>
       <c r="AA266" s="62"/>
       <c r="AB266" s="62"/>
       <c r="AC266" s="62"/>
       <c r="AD266" s="62"/>
       <c r="AE266" s="62"/>
       <c r="AF266" s="62"/>
       <c r="AG266" s="62"/>
       <c r="AH266" s="62"/>
       <c r="AI266" s="62"/>
       <c r="AJ266" s="62"/>
       <c r="AK266" s="62"/>
       <c r="AL266" s="62"/>
       <c r="AM266" s="62"/>
       <c r="AN266" s="62"/>
       <c r="AO266" s="62"/>
       <c r="AP266" s="62"/>
       <c r="AQ266" s="62"/>
       <c r="AR266" s="62"/>
     </row>
     <row r="267" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A267" s="316"/>
-[...4 lines deleted...]
-      <c r="F267" s="124"/>
+      <c r="A267" s="320"/>
+      <c r="B267" s="321"/>
+      <c r="C267" s="321"/>
+      <c r="D267" s="321"/>
+      <c r="E267" s="133"/>
+      <c r="F267" s="118"/>
       <c r="G267" s="30"/>
       <c r="H267" s="30"/>
       <c r="I267" s="30"/>
       <c r="J267" s="30"/>
-      <c r="K267" s="168"/>
-[...1 lines deleted...]
-      <c r="M267" s="170"/>
+      <c r="K267" s="162"/>
+      <c r="L267" s="163"/>
+      <c r="M267" s="164"/>
       <c r="N267" s="31"/>
       <c r="O267" s="32"/>
       <c r="P267" s="32"/>
-      <c r="Q267" s="134"/>
-      <c r="R267" s="118"/>
+      <c r="Q267" s="128"/>
+      <c r="R267" s="112"/>
       <c r="S267" s="33"/>
       <c r="T267" s="57"/>
       <c r="U267" s="58"/>
-      <c r="V267" s="198">
+      <c r="V267" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W267" s="197">
+      <c r="W267" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X267" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y267" s="62"/>
       <c r="Z267" s="62"/>
       <c r="AA267" s="62"/>
       <c r="AB267" s="62"/>
       <c r="AC267" s="62"/>
       <c r="AD267" s="62"/>
       <c r="AE267" s="62"/>
       <c r="AF267" s="62"/>
       <c r="AG267" s="62"/>
       <c r="AH267" s="62"/>
       <c r="AI267" s="62"/>
       <c r="AJ267" s="62"/>
       <c r="AK267" s="62"/>
       <c r="AL267" s="62"/>
       <c r="AM267" s="62"/>
       <c r="AN267" s="62"/>
       <c r="AO267" s="62"/>
       <c r="AP267" s="62"/>
       <c r="AQ267" s="62"/>
       <c r="AR267" s="62"/>
     </row>
     <row r="268" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A268" s="316"/>
-[...4 lines deleted...]
-      <c r="F268" s="124"/>
+      <c r="A268" s="320"/>
+      <c r="B268" s="321"/>
+      <c r="C268" s="321"/>
+      <c r="D268" s="321"/>
+      <c r="E268" s="133"/>
+      <c r="F268" s="118"/>
       <c r="G268" s="30"/>
       <c r="H268" s="30"/>
       <c r="I268" s="30"/>
       <c r="J268" s="30"/>
-      <c r="K268" s="168"/>
-[...1 lines deleted...]
-      <c r="M268" s="170"/>
+      <c r="K268" s="162"/>
+      <c r="L268" s="163"/>
+      <c r="M268" s="164"/>
       <c r="N268" s="31"/>
       <c r="O268" s="32"/>
       <c r="P268" s="32"/>
-      <c r="Q268" s="134"/>
-      <c r="R268" s="118"/>
+      <c r="Q268" s="128"/>
+      <c r="R268" s="112"/>
       <c r="S268" s="33"/>
       <c r="T268" s="57"/>
       <c r="U268" s="58"/>
-      <c r="V268" s="198">
+      <c r="V268" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W268" s="197">
+      <c r="W268" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X268" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y268" s="62"/>
       <c r="Z268" s="62"/>
       <c r="AA268" s="62"/>
       <c r="AB268" s="62"/>
       <c r="AC268" s="62"/>
       <c r="AD268" s="62"/>
       <c r="AE268" s="62"/>
       <c r="AF268" s="62"/>
       <c r="AG268" s="62"/>
       <c r="AH268" s="62"/>
       <c r="AI268" s="62"/>
       <c r="AJ268" s="62"/>
       <c r="AK268" s="62"/>
       <c r="AL268" s="62"/>
       <c r="AM268" s="62"/>
       <c r="AN268" s="62"/>
       <c r="AO268" s="62"/>
       <c r="AP268" s="62"/>
       <c r="AQ268" s="62"/>
       <c r="AR268" s="62"/>
     </row>
     <row r="269" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A269" s="316"/>
-[...4 lines deleted...]
-      <c r="F269" s="124"/>
+      <c r="A269" s="320"/>
+      <c r="B269" s="321"/>
+      <c r="C269" s="321"/>
+      <c r="D269" s="321"/>
+      <c r="E269" s="133"/>
+      <c r="F269" s="118"/>
       <c r="G269" s="30"/>
       <c r="H269" s="30"/>
       <c r="I269" s="30"/>
       <c r="J269" s="30"/>
-      <c r="K269" s="168"/>
-[...1 lines deleted...]
-      <c r="M269" s="170"/>
+      <c r="K269" s="162"/>
+      <c r="L269" s="163"/>
+      <c r="M269" s="164"/>
       <c r="N269" s="31"/>
       <c r="O269" s="32"/>
       <c r="P269" s="32"/>
-      <c r="Q269" s="134"/>
-      <c r="R269" s="118"/>
+      <c r="Q269" s="128"/>
+      <c r="R269" s="112"/>
       <c r="S269" s="33"/>
       <c r="T269" s="57"/>
       <c r="U269" s="58"/>
-      <c r="V269" s="198">
+      <c r="V269" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W269" s="197">
+      <c r="W269" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X269" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y269" s="62"/>
       <c r="Z269" s="62"/>
       <c r="AA269" s="62"/>
       <c r="AB269" s="62"/>
       <c r="AC269" s="62"/>
       <c r="AD269" s="62"/>
       <c r="AE269" s="62"/>
       <c r="AF269" s="62"/>
       <c r="AG269" s="62"/>
       <c r="AH269" s="62"/>
       <c r="AI269" s="62"/>
       <c r="AJ269" s="62"/>
       <c r="AK269" s="62"/>
       <c r="AL269" s="62"/>
       <c r="AM269" s="62"/>
       <c r="AN269" s="62"/>
       <c r="AO269" s="62"/>
       <c r="AP269" s="62"/>
       <c r="AQ269" s="62"/>
       <c r="AR269" s="62"/>
     </row>
     <row r="270" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A270" s="316"/>
-[...4 lines deleted...]
-      <c r="F270" s="124"/>
+      <c r="A270" s="320"/>
+      <c r="B270" s="321"/>
+      <c r="C270" s="321"/>
+      <c r="D270" s="321"/>
+      <c r="E270" s="133"/>
+      <c r="F270" s="118"/>
       <c r="G270" s="30"/>
       <c r="H270" s="30"/>
       <c r="I270" s="30"/>
       <c r="J270" s="30"/>
-      <c r="K270" s="168"/>
-[...1 lines deleted...]
-      <c r="M270" s="170"/>
+      <c r="K270" s="162"/>
+      <c r="L270" s="163"/>
+      <c r="M270" s="164"/>
       <c r="N270" s="31"/>
       <c r="O270" s="32"/>
       <c r="P270" s="32"/>
-      <c r="Q270" s="134"/>
-      <c r="R270" s="118"/>
+      <c r="Q270" s="128"/>
+      <c r="R270" s="112"/>
       <c r="S270" s="33"/>
       <c r="T270" s="57"/>
       <c r="U270" s="58"/>
-      <c r="V270" s="198">
+      <c r="V270" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W270" s="197">
+      <c r="W270" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X270" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y270" s="62"/>
       <c r="Z270" s="62"/>
       <c r="AA270" s="62"/>
       <c r="AB270" s="62"/>
       <c r="AC270" s="62"/>
       <c r="AD270" s="62"/>
       <c r="AE270" s="62"/>
       <c r="AF270" s="62"/>
       <c r="AG270" s="62"/>
       <c r="AH270" s="62"/>
       <c r="AI270" s="62"/>
       <c r="AJ270" s="62"/>
       <c r="AK270" s="62"/>
       <c r="AL270" s="62"/>
       <c r="AM270" s="62"/>
       <c r="AN270" s="62"/>
       <c r="AO270" s="62"/>
       <c r="AP270" s="62"/>
       <c r="AQ270" s="62"/>
       <c r="AR270" s="62"/>
     </row>
     <row r="271" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A271" s="316"/>
-[...4 lines deleted...]
-      <c r="F271" s="124"/>
+      <c r="A271" s="320"/>
+      <c r="B271" s="321"/>
+      <c r="C271" s="321"/>
+      <c r="D271" s="321"/>
+      <c r="E271" s="133"/>
+      <c r="F271" s="118"/>
       <c r="G271" s="30"/>
       <c r="H271" s="30"/>
       <c r="I271" s="30"/>
       <c r="J271" s="30"/>
-      <c r="K271" s="168"/>
-[...1 lines deleted...]
-      <c r="M271" s="170"/>
+      <c r="K271" s="162"/>
+      <c r="L271" s="163"/>
+      <c r="M271" s="164"/>
       <c r="N271" s="31"/>
       <c r="O271" s="32"/>
       <c r="P271" s="32"/>
-      <c r="Q271" s="134"/>
-      <c r="R271" s="118"/>
+      <c r="Q271" s="128"/>
+      <c r="R271" s="112"/>
       <c r="S271" s="33"/>
       <c r="T271" s="57"/>
       <c r="U271" s="58"/>
-      <c r="V271" s="198">
+      <c r="V271" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W271" s="197">
+      <c r="W271" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X271" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y271" s="62"/>
       <c r="Z271" s="62"/>
       <c r="AA271" s="62"/>
       <c r="AB271" s="62"/>
       <c r="AC271" s="62"/>
       <c r="AD271" s="62"/>
       <c r="AE271" s="62"/>
       <c r="AF271" s="62"/>
       <c r="AG271" s="62"/>
       <c r="AH271" s="62"/>
       <c r="AI271" s="62"/>
       <c r="AJ271" s="62"/>
       <c r="AK271" s="62"/>
       <c r="AL271" s="62"/>
       <c r="AM271" s="62"/>
       <c r="AN271" s="62"/>
       <c r="AO271" s="62"/>
       <c r="AP271" s="62"/>
       <c r="AQ271" s="62"/>
       <c r="AR271" s="62"/>
     </row>
     <row r="272" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A272" s="316"/>
-[...4 lines deleted...]
-      <c r="F272" s="124"/>
+      <c r="A272" s="320"/>
+      <c r="B272" s="321"/>
+      <c r="C272" s="321"/>
+      <c r="D272" s="321"/>
+      <c r="E272" s="133"/>
+      <c r="F272" s="118"/>
       <c r="G272" s="30"/>
       <c r="H272" s="30"/>
       <c r="I272" s="30"/>
       <c r="J272" s="30"/>
-      <c r="K272" s="168"/>
-[...1 lines deleted...]
-      <c r="M272" s="170"/>
+      <c r="K272" s="162"/>
+      <c r="L272" s="163"/>
+      <c r="M272" s="164"/>
       <c r="N272" s="31"/>
       <c r="O272" s="32"/>
       <c r="P272" s="32"/>
-      <c r="Q272" s="134"/>
-      <c r="R272" s="118"/>
+      <c r="Q272" s="128"/>
+      <c r="R272" s="112"/>
       <c r="S272" s="33"/>
       <c r="T272" s="57"/>
       <c r="U272" s="58"/>
-      <c r="V272" s="198">
+      <c r="V272" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W272" s="197">
+      <c r="W272" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X272" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y272" s="62"/>
       <c r="Z272" s="62"/>
       <c r="AA272" s="62"/>
       <c r="AB272" s="62"/>
       <c r="AC272" s="62"/>
       <c r="AD272" s="62"/>
       <c r="AE272" s="62"/>
       <c r="AF272" s="62"/>
       <c r="AG272" s="62"/>
       <c r="AH272" s="62"/>
       <c r="AI272" s="62"/>
       <c r="AJ272" s="62"/>
       <c r="AK272" s="62"/>
       <c r="AL272" s="62"/>
       <c r="AM272" s="62"/>
       <c r="AN272" s="62"/>
       <c r="AO272" s="62"/>
       <c r="AP272" s="62"/>
       <c r="AQ272" s="62"/>
       <c r="AR272" s="62"/>
     </row>
     <row r="273" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A273" s="316"/>
-[...4 lines deleted...]
-      <c r="F273" s="124"/>
+      <c r="A273" s="320"/>
+      <c r="B273" s="321"/>
+      <c r="C273" s="321"/>
+      <c r="D273" s="321"/>
+      <c r="E273" s="133"/>
+      <c r="F273" s="118"/>
       <c r="G273" s="30"/>
       <c r="H273" s="30"/>
       <c r="I273" s="30"/>
       <c r="J273" s="30"/>
-      <c r="K273" s="168"/>
-[...1 lines deleted...]
-      <c r="M273" s="170"/>
+      <c r="K273" s="162"/>
+      <c r="L273" s="163"/>
+      <c r="M273" s="164"/>
       <c r="N273" s="31"/>
       <c r="O273" s="32"/>
       <c r="P273" s="32"/>
-      <c r="Q273" s="134"/>
-      <c r="R273" s="118"/>
+      <c r="Q273" s="128"/>
+      <c r="R273" s="112"/>
       <c r="S273" s="33"/>
       <c r="T273" s="57"/>
       <c r="U273" s="58"/>
-      <c r="V273" s="198">
+      <c r="V273" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W273" s="197">
+      <c r="W273" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X273" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y273" s="62"/>
       <c r="Z273" s="62"/>
       <c r="AA273" s="62"/>
       <c r="AB273" s="62"/>
       <c r="AC273" s="62"/>
       <c r="AD273" s="62"/>
       <c r="AE273" s="62"/>
       <c r="AF273" s="62"/>
       <c r="AG273" s="62"/>
       <c r="AH273" s="62"/>
       <c r="AI273" s="62"/>
       <c r="AJ273" s="62"/>
       <c r="AK273" s="62"/>
       <c r="AL273" s="62"/>
       <c r="AM273" s="62"/>
       <c r="AN273" s="62"/>
       <c r="AO273" s="62"/>
       <c r="AP273" s="62"/>
       <c r="AQ273" s="62"/>
       <c r="AR273" s="62"/>
     </row>
     <row r="274" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A274" s="316"/>
-[...4 lines deleted...]
-      <c r="F274" s="124"/>
+      <c r="A274" s="320"/>
+      <c r="B274" s="321"/>
+      <c r="C274" s="321"/>
+      <c r="D274" s="321"/>
+      <c r="E274" s="133"/>
+      <c r="F274" s="118"/>
       <c r="G274" s="30"/>
       <c r="H274" s="30"/>
       <c r="I274" s="30"/>
       <c r="J274" s="30"/>
-      <c r="K274" s="168"/>
-[...1 lines deleted...]
-      <c r="M274" s="170"/>
+      <c r="K274" s="162"/>
+      <c r="L274" s="163"/>
+      <c r="M274" s="164"/>
       <c r="N274" s="31"/>
       <c r="O274" s="32"/>
       <c r="P274" s="32"/>
-      <c r="Q274" s="134"/>
-      <c r="R274" s="118"/>
+      <c r="Q274" s="128"/>
+      <c r="R274" s="112"/>
       <c r="S274" s="33"/>
       <c r="T274" s="57"/>
       <c r="U274" s="58"/>
-      <c r="V274" s="198">
+      <c r="V274" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W274" s="197">
+      <c r="W274" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X274" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y274" s="62"/>
       <c r="Z274" s="62"/>
       <c r="AA274" s="62"/>
       <c r="AB274" s="62"/>
       <c r="AC274" s="62"/>
       <c r="AD274" s="62"/>
       <c r="AE274" s="62"/>
       <c r="AF274" s="62"/>
       <c r="AG274" s="62"/>
       <c r="AH274" s="62"/>
       <c r="AI274" s="62"/>
       <c r="AJ274" s="62"/>
       <c r="AK274" s="62"/>
       <c r="AL274" s="62"/>
       <c r="AM274" s="62"/>
       <c r="AN274" s="62"/>
       <c r="AO274" s="62"/>
       <c r="AP274" s="62"/>
       <c r="AQ274" s="62"/>
       <c r="AR274" s="62"/>
     </row>
     <row r="275" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A275" s="316"/>
-[...4 lines deleted...]
-      <c r="F275" s="124"/>
+      <c r="A275" s="320"/>
+      <c r="B275" s="321"/>
+      <c r="C275" s="321"/>
+      <c r="D275" s="321"/>
+      <c r="E275" s="133"/>
+      <c r="F275" s="118"/>
       <c r="G275" s="30"/>
       <c r="H275" s="30"/>
       <c r="I275" s="30"/>
       <c r="J275" s="30"/>
-      <c r="K275" s="168"/>
-[...1 lines deleted...]
-      <c r="M275" s="170"/>
+      <c r="K275" s="162"/>
+      <c r="L275" s="163"/>
+      <c r="M275" s="164"/>
       <c r="N275" s="31"/>
       <c r="O275" s="32"/>
       <c r="P275" s="32"/>
-      <c r="Q275" s="134"/>
-      <c r="R275" s="118"/>
+      <c r="Q275" s="128"/>
+      <c r="R275" s="112"/>
       <c r="S275" s="33"/>
       <c r="T275" s="57"/>
       <c r="U275" s="58"/>
-      <c r="V275" s="198">
+      <c r="V275" s="192">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="W275" s="197">
+      <c r="W275" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X275" s="2">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Y275" s="62"/>
       <c r="Z275" s="62"/>
       <c r="AA275" s="62"/>
       <c r="AB275" s="62"/>
       <c r="AC275" s="62"/>
       <c r="AD275" s="62"/>
       <c r="AE275" s="62"/>
       <c r="AF275" s="62"/>
       <c r="AG275" s="62"/>
       <c r="AH275" s="62"/>
       <c r="AI275" s="62"/>
       <c r="AJ275" s="62"/>
       <c r="AK275" s="62"/>
       <c r="AL275" s="62"/>
       <c r="AM275" s="62"/>
       <c r="AN275" s="62"/>
       <c r="AO275" s="62"/>
       <c r="AP275" s="62"/>
       <c r="AQ275" s="62"/>
       <c r="AR275" s="62"/>
     </row>
     <row r="276" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A276" s="316"/>
-[...4 lines deleted...]
-      <c r="F276" s="124"/>
+      <c r="A276" s="320"/>
+      <c r="B276" s="321"/>
+      <c r="C276" s="321"/>
+      <c r="D276" s="321"/>
+      <c r="E276" s="133"/>
+      <c r="F276" s="118"/>
       <c r="G276" s="30"/>
       <c r="H276" s="30"/>
       <c r="I276" s="30"/>
       <c r="J276" s="30"/>
-      <c r="K276" s="168"/>
-[...1 lines deleted...]
-      <c r="M276" s="170"/>
+      <c r="K276" s="162"/>
+      <c r="L276" s="163"/>
+      <c r="M276" s="164"/>
       <c r="N276" s="31"/>
       <c r="O276" s="32"/>
       <c r="P276" s="32"/>
-      <c r="Q276" s="134"/>
-      <c r="R276" s="118"/>
+      <c r="Q276" s="128"/>
+      <c r="R276" s="112"/>
       <c r="S276" s="33"/>
       <c r="T276" s="57"/>
       <c r="U276" s="58"/>
-      <c r="V276" s="198">
+      <c r="V276" s="192">
         <f t="shared" ref="V276:V277" si="12">SUM(N276:U276)</f>
         <v>0</v>
       </c>
-      <c r="W276" s="197">
+      <c r="W276" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X276" s="2">
         <f t="shared" ref="X276:X277" si="13">IF(E276="o",0,SUM(N276:U276))</f>
         <v>0</v>
       </c>
       <c r="Y276" s="62"/>
       <c r="Z276" s="62"/>
       <c r="AA276" s="62"/>
       <c r="AB276" s="62"/>
       <c r="AC276" s="62"/>
       <c r="AD276" s="62"/>
       <c r="AE276" s="62"/>
       <c r="AF276" s="62"/>
       <c r="AG276" s="62"/>
       <c r="AH276" s="62"/>
       <c r="AI276" s="62"/>
       <c r="AJ276" s="62"/>
       <c r="AK276" s="62"/>
       <c r="AL276" s="62"/>
       <c r="AM276" s="62"/>
       <c r="AN276" s="62"/>
       <c r="AO276" s="62"/>
       <c r="AP276" s="62"/>
       <c r="AQ276" s="62"/>
       <c r="AR276" s="62"/>
     </row>
     <row r="277" spans="1:44" ht="12.6" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A277" s="338"/>
-[...4 lines deleted...]
-      <c r="F277" s="126"/>
+      <c r="A277" s="342"/>
+      <c r="B277" s="343"/>
+      <c r="C277" s="343"/>
+      <c r="D277" s="343"/>
+      <c r="E277" s="134"/>
+      <c r="F277" s="120"/>
       <c r="G277" s="44"/>
       <c r="H277" s="44"/>
       <c r="I277" s="44"/>
       <c r="J277" s="44"/>
-      <c r="K277" s="171"/>
-[...6 lines deleted...]
-      <c r="R277" s="129"/>
+      <c r="K277" s="165"/>
+      <c r="L277" s="166"/>
+      <c r="M277" s="167"/>
+      <c r="N277" s="129"/>
+      <c r="O277" s="130"/>
+      <c r="P277" s="130"/>
+      <c r="Q277" s="131"/>
+      <c r="R277" s="123"/>
       <c r="S277" s="33"/>
       <c r="T277" s="57"/>
       <c r="U277" s="58"/>
-      <c r="V277" s="199">
+      <c r="V277" s="193">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="W277" s="197">
+      <c r="W277" s="191">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="X277" s="2">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="Y277" s="62"/>
       <c r="Z277" s="62"/>
       <c r="AA277" s="62"/>
       <c r="AB277" s="62"/>
       <c r="AC277" s="62"/>
       <c r="AD277" s="62"/>
       <c r="AE277" s="62"/>
       <c r="AF277" s="62"/>
       <c r="AG277" s="62"/>
       <c r="AH277" s="62"/>
       <c r="AI277" s="62"/>
       <c r="AJ277" s="62"/>
       <c r="AK277" s="62"/>
       <c r="AL277" s="62"/>
       <c r="AM277" s="62"/>
       <c r="AN277" s="62"/>
       <c r="AO277" s="62"/>
       <c r="AP277" s="62"/>
       <c r="AQ277" s="62"/>
       <c r="AR277" s="62"/>
     </row>
     <row r="278" spans="1:44" ht="12.6" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A278" s="340" t="s">
+      <c r="A278" s="344" t="s">
         <v>37</v>
       </c>
-      <c r="B278" s="341"/>
-[...11 lines deleted...]
-      <c r="N278" s="200">
+      <c r="B278" s="345"/>
+      <c r="C278" s="345"/>
+      <c r="D278" s="345"/>
+      <c r="E278" s="345"/>
+      <c r="F278" s="345"/>
+      <c r="G278" s="345"/>
+      <c r="H278" s="345"/>
+      <c r="I278" s="345"/>
+      <c r="J278" s="196"/>
+      <c r="K278" s="197"/>
+      <c r="L278" s="197"/>
+      <c r="M278" s="197"/>
+      <c r="N278" s="194">
         <f t="shared" ref="N278:X278" si="14">SUM(N22:N277)</f>
         <v>0</v>
       </c>
-      <c r="O278" s="200">
+      <c r="O278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="P278" s="200">
+      <c r="P278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="Q278" s="200">
+      <c r="Q278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="R278" s="200">
+      <c r="R278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S278" s="200">
+      <c r="S278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="T278" s="200">
+      <c r="T278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="U278" s="200">
+      <c r="U278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="V278" s="200">
+      <c r="V278" s="194">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="W278" s="201">
+      <c r="W278" s="195">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="X278" s="2">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Y278" s="62"/>
       <c r="Z278" s="62"/>
       <c r="AA278" s="62"/>
       <c r="AB278" s="62"/>
       <c r="AC278" s="62"/>
       <c r="AD278" s="62"/>
       <c r="AE278" s="62"/>
       <c r="AF278" s="62"/>
       <c r="AG278" s="62"/>
       <c r="AH278" s="62"/>
       <c r="AI278" s="62"/>
       <c r="AJ278" s="62"/>
       <c r="AK278" s="62"/>
       <c r="AL278" s="62"/>
       <c r="AM278" s="62"/>
       <c r="AN278" s="62"/>
       <c r="AO278" s="62"/>
       <c r="AP278" s="62"/>
       <c r="AQ278" s="62"/>
       <c r="AR278" s="62"/>
     </row>
     <row r="279" spans="1:44" s="5" customFormat="1" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A279" s="318" t="s">
+      <c r="A279" s="322" t="s">
         <v>38</v>
       </c>
-      <c r="B279" s="319"/>
-[...20 lines deleted...]
-      <c r="W279" s="319"/>
+      <c r="B279" s="323"/>
+      <c r="C279" s="323"/>
+      <c r="D279" s="323"/>
+      <c r="E279" s="323"/>
+      <c r="F279" s="323"/>
+      <c r="G279" s="323"/>
+      <c r="H279" s="323"/>
+      <c r="I279" s="323"/>
+      <c r="J279" s="323"/>
+      <c r="K279" s="323"/>
+      <c r="L279" s="323"/>
+      <c r="M279" s="323"/>
+      <c r="N279" s="323"/>
+      <c r="O279" s="323"/>
+      <c r="P279" s="323"/>
+      <c r="Q279" s="323"/>
+      <c r="R279" s="323"/>
+      <c r="S279" s="323"/>
+      <c r="T279" s="323"/>
+      <c r="U279" s="323"/>
+      <c r="V279" s="323"/>
+      <c r="W279" s="323"/>
       <c r="Y279" s="66"/>
       <c r="Z279" s="66"/>
       <c r="AA279" s="66"/>
       <c r="AB279" s="66"/>
       <c r="AC279" s="66"/>
       <c r="AD279" s="66"/>
       <c r="AE279" s="66"/>
       <c r="AF279" s="66"/>
       <c r="AG279" s="66"/>
       <c r="AH279" s="66"/>
       <c r="AI279" s="66"/>
       <c r="AJ279" s="66"/>
       <c r="AK279" s="66"/>
       <c r="AL279" s="66"/>
       <c r="AM279" s="66"/>
       <c r="AN279" s="66"/>
       <c r="AO279" s="66"/>
       <c r="AP279" s="66"/>
       <c r="AQ279" s="66"/>
       <c r="AR279" s="66"/>
     </row>
     <row r="280" spans="1:44" s="5" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A280" s="127"/>
+      <c r="A280" s="121"/>
       <c r="B280" s="73"/>
       <c r="C280" s="73"/>
       <c r="D280" s="73"/>
       <c r="E280" s="73"/>
       <c r="F280" s="73"/>
       <c r="G280" s="73"/>
       <c r="H280" s="73"/>
       <c r="I280" s="73"/>
       <c r="J280" s="73"/>
       <c r="K280" s="73"/>
       <c r="L280" s="73"/>
       <c r="M280" s="73"/>
       <c r="N280" s="73"/>
       <c r="O280" s="73"/>
       <c r="P280" s="73"/>
       <c r="Q280" s="73"/>
       <c r="R280" s="73"/>
       <c r="S280" s="73"/>
       <c r="T280" s="73"/>
       <c r="U280" s="73"/>
       <c r="V280" s="73"/>
       <c r="W280" s="73"/>
       <c r="Y280" s="66"/>
       <c r="Z280" s="66"/>
       <c r="AA280" s="66"/>
       <c r="AB280" s="66"/>
       <c r="AC280" s="66"/>
       <c r="AD280" s="66"/>
       <c r="AE280" s="66"/>
       <c r="AF280" s="66"/>
       <c r="AG280" s="66"/>
       <c r="AH280" s="66"/>
       <c r="AI280" s="66"/>
       <c r="AJ280" s="66"/>
       <c r="AK280" s="66"/>
       <c r="AL280" s="66"/>
       <c r="AM280" s="66"/>
       <c r="AN280" s="66"/>
       <c r="AO280" s="66"/>
       <c r="AP280" s="66"/>
       <c r="AQ280" s="66"/>
       <c r="AR280" s="66"/>
     </row>
     <row r="281" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A281" s="320" t="s">
+      <c r="A281" s="324" t="s">
         <v>39</v>
       </c>
-      <c r="B281" s="321"/>
-[...20 lines deleted...]
-      <c r="W281" s="322"/>
+      <c r="B281" s="325"/>
+      <c r="C281" s="325"/>
+      <c r="D281" s="325"/>
+      <c r="E281" s="325"/>
+      <c r="F281" s="325"/>
+      <c r="G281" s="325"/>
+      <c r="H281" s="325"/>
+      <c r="I281" s="325"/>
+      <c r="J281" s="325"/>
+      <c r="K281" s="325"/>
+      <c r="L281" s="325"/>
+      <c r="M281" s="325"/>
+      <c r="N281" s="325"/>
+      <c r="O281" s="325"/>
+      <c r="P281" s="325"/>
+      <c r="Q281" s="325"/>
+      <c r="R281" s="325"/>
+      <c r="S281" s="325"/>
+      <c r="T281" s="325"/>
+      <c r="U281" s="325"/>
+      <c r="V281" s="325"/>
+      <c r="W281" s="326"/>
       <c r="Y281" s="66"/>
       <c r="Z281" s="66"/>
       <c r="AA281" s="66"/>
       <c r="AB281" s="66"/>
       <c r="AC281" s="66"/>
       <c r="AD281" s="66"/>
       <c r="AE281" s="66"/>
       <c r="AF281" s="66"/>
       <c r="AG281" s="66"/>
       <c r="AH281" s="66"/>
       <c r="AI281" s="66"/>
       <c r="AJ281" s="66"/>
       <c r="AK281" s="66"/>
       <c r="AL281" s="66"/>
       <c r="AM281" s="66"/>
       <c r="AN281" s="66"/>
       <c r="AO281" s="66"/>
       <c r="AP281" s="66"/>
       <c r="AQ281" s="66"/>
       <c r="AR281" s="66"/>
     </row>
     <row r="282" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A282" s="323"/>
-[...21 lines deleted...]
-      <c r="W282" s="325"/>
+      <c r="A282" s="327"/>
+      <c r="B282" s="328"/>
+      <c r="C282" s="328"/>
+      <c r="D282" s="328"/>
+      <c r="E282" s="328"/>
+      <c r="F282" s="328"/>
+      <c r="G282" s="328"/>
+      <c r="H282" s="328"/>
+      <c r="I282" s="328"/>
+      <c r="J282" s="328"/>
+      <c r="K282" s="328"/>
+      <c r="L282" s="328"/>
+      <c r="M282" s="328"/>
+      <c r="N282" s="328"/>
+      <c r="O282" s="328"/>
+      <c r="P282" s="328"/>
+      <c r="Q282" s="328"/>
+      <c r="R282" s="328"/>
+      <c r="S282" s="328"/>
+      <c r="T282" s="328"/>
+      <c r="U282" s="328"/>
+      <c r="V282" s="328"/>
+      <c r="W282" s="329"/>
       <c r="Y282" s="66"/>
       <c r="Z282" s="66"/>
       <c r="AA282" s="66"/>
       <c r="AB282" s="66"/>
       <c r="AC282" s="66"/>
       <c r="AD282" s="66"/>
       <c r="AE282" s="66"/>
       <c r="AF282" s="66"/>
       <c r="AG282" s="66"/>
       <c r="AH282" s="66"/>
       <c r="AI282" s="66"/>
       <c r="AJ282" s="66"/>
       <c r="AK282" s="66"/>
       <c r="AL282" s="66"/>
       <c r="AM282" s="66"/>
       <c r="AN282" s="66"/>
       <c r="AO282" s="66"/>
       <c r="AP282" s="66"/>
       <c r="AQ282" s="66"/>
       <c r="AR282" s="66"/>
     </row>
     <row r="283" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A283" s="326"/>
-[...21 lines deleted...]
-      <c r="W283" s="328"/>
+      <c r="A283" s="330"/>
+      <c r="B283" s="331"/>
+      <c r="C283" s="331"/>
+      <c r="D283" s="331"/>
+      <c r="E283" s="331"/>
+      <c r="F283" s="331"/>
+      <c r="G283" s="331"/>
+      <c r="H283" s="331"/>
+      <c r="I283" s="331"/>
+      <c r="J283" s="331"/>
+      <c r="K283" s="331"/>
+      <c r="L283" s="331"/>
+      <c r="M283" s="331"/>
+      <c r="N283" s="331"/>
+      <c r="O283" s="331"/>
+      <c r="P283" s="331"/>
+      <c r="Q283" s="331"/>
+      <c r="R283" s="331"/>
+      <c r="S283" s="331"/>
+      <c r="T283" s="331"/>
+      <c r="U283" s="331"/>
+      <c r="V283" s="331"/>
+      <c r="W283" s="332"/>
       <c r="Y283" s="66"/>
       <c r="Z283" s="66"/>
       <c r="AA283" s="66"/>
       <c r="AB283" s="66"/>
       <c r="AC283" s="66"/>
       <c r="AD283" s="66"/>
       <c r="AE283" s="66"/>
       <c r="AF283" s="66"/>
       <c r="AG283" s="66"/>
       <c r="AH283" s="66"/>
       <c r="AI283" s="66"/>
       <c r="AJ283" s="66"/>
       <c r="AK283" s="66"/>
       <c r="AL283" s="66"/>
       <c r="AM283" s="66"/>
       <c r="AN283" s="66"/>
       <c r="AO283" s="66"/>
       <c r="AP283" s="66"/>
       <c r="AQ283" s="66"/>
       <c r="AR283" s="66"/>
     </row>
     <row r="284" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A284" s="326"/>
-[...21 lines deleted...]
-      <c r="W284" s="328"/>
+      <c r="A284" s="330"/>
+      <c r="B284" s="331"/>
+      <c r="C284" s="331"/>
+      <c r="D284" s="331"/>
+      <c r="E284" s="331"/>
+      <c r="F284" s="331"/>
+      <c r="G284" s="331"/>
+      <c r="H284" s="331"/>
+      <c r="I284" s="331"/>
+      <c r="J284" s="331"/>
+      <c r="K284" s="331"/>
+      <c r="L284" s="331"/>
+      <c r="M284" s="331"/>
+      <c r="N284" s="331"/>
+      <c r="O284" s="331"/>
+      <c r="P284" s="331"/>
+      <c r="Q284" s="331"/>
+      <c r="R284" s="331"/>
+      <c r="S284" s="331"/>
+      <c r="T284" s="331"/>
+      <c r="U284" s="331"/>
+      <c r="V284" s="331"/>
+      <c r="W284" s="332"/>
       <c r="Y284" s="66"/>
       <c r="Z284" s="66"/>
       <c r="AA284" s="66"/>
       <c r="AB284" s="66"/>
       <c r="AC284" s="66"/>
       <c r="AD284" s="66"/>
       <c r="AE284" s="66"/>
       <c r="AF284" s="66"/>
       <c r="AG284" s="66"/>
       <c r="AH284" s="66"/>
       <c r="AI284" s="66"/>
       <c r="AJ284" s="66"/>
       <c r="AK284" s="66"/>
       <c r="AL284" s="66"/>
       <c r="AM284" s="66"/>
       <c r="AN284" s="66"/>
       <c r="AO284" s="66"/>
       <c r="AP284" s="66"/>
       <c r="AQ284" s="66"/>
       <c r="AR284" s="66"/>
     </row>
     <row r="285" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A285" s="326"/>
-[...21 lines deleted...]
-      <c r="W285" s="328"/>
+      <c r="A285" s="330"/>
+      <c r="B285" s="331"/>
+      <c r="C285" s="331"/>
+      <c r="D285" s="331"/>
+      <c r="E285" s="331"/>
+      <c r="F285" s="331"/>
+      <c r="G285" s="331"/>
+      <c r="H285" s="331"/>
+      <c r="I285" s="331"/>
+      <c r="J285" s="331"/>
+      <c r="K285" s="331"/>
+      <c r="L285" s="331"/>
+      <c r="M285" s="331"/>
+      <c r="N285" s="331"/>
+      <c r="O285" s="331"/>
+      <c r="P285" s="331"/>
+      <c r="Q285" s="331"/>
+      <c r="R285" s="331"/>
+      <c r="S285" s="331"/>
+      <c r="T285" s="331"/>
+      <c r="U285" s="331"/>
+      <c r="V285" s="331"/>
+      <c r="W285" s="332"/>
       <c r="Y285" s="66"/>
       <c r="Z285" s="66"/>
       <c r="AA285" s="66"/>
       <c r="AB285" s="66"/>
       <c r="AC285" s="66"/>
       <c r="AD285" s="66"/>
       <c r="AE285" s="66"/>
       <c r="AF285" s="66"/>
       <c r="AG285" s="66"/>
       <c r="AH285" s="66"/>
       <c r="AI285" s="66"/>
       <c r="AJ285" s="66"/>
       <c r="AK285" s="66"/>
       <c r="AL285" s="66"/>
       <c r="AM285" s="66"/>
       <c r="AN285" s="66"/>
       <c r="AO285" s="66"/>
       <c r="AP285" s="66"/>
       <c r="AQ285" s="66"/>
       <c r="AR285" s="66"/>
     </row>
     <row r="286" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A286" s="326"/>
-[...21 lines deleted...]
-      <c r="W286" s="328"/>
+      <c r="A286" s="330"/>
+      <c r="B286" s="331"/>
+      <c r="C286" s="331"/>
+      <c r="D286" s="331"/>
+      <c r="E286" s="331"/>
+      <c r="F286" s="331"/>
+      <c r="G286" s="331"/>
+      <c r="H286" s="331"/>
+      <c r="I286" s="331"/>
+      <c r="J286" s="331"/>
+      <c r="K286" s="331"/>
+      <c r="L286" s="331"/>
+      <c r="M286" s="331"/>
+      <c r="N286" s="331"/>
+      <c r="O286" s="331"/>
+      <c r="P286" s="331"/>
+      <c r="Q286" s="331"/>
+      <c r="R286" s="331"/>
+      <c r="S286" s="331"/>
+      <c r="T286" s="331"/>
+      <c r="U286" s="331"/>
+      <c r="V286" s="331"/>
+      <c r="W286" s="332"/>
       <c r="Y286" s="66"/>
       <c r="Z286" s="66"/>
       <c r="AA286" s="66"/>
       <c r="AB286" s="66"/>
       <c r="AC286" s="66"/>
       <c r="AD286" s="66"/>
       <c r="AE286" s="66"/>
       <c r="AF286" s="66"/>
       <c r="AG286" s="66"/>
       <c r="AH286" s="66"/>
       <c r="AI286" s="66"/>
       <c r="AJ286" s="66"/>
       <c r="AK286" s="66"/>
       <c r="AL286" s="66"/>
       <c r="AM286" s="66"/>
       <c r="AN286" s="66"/>
       <c r="AO286" s="66"/>
       <c r="AP286" s="66"/>
       <c r="AQ286" s="66"/>
       <c r="AR286" s="66"/>
     </row>
     <row r="287" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A287" s="326"/>
-[...21 lines deleted...]
-      <c r="W287" s="328"/>
+      <c r="A287" s="330"/>
+      <c r="B287" s="331"/>
+      <c r="C287" s="331"/>
+      <c r="D287" s="331"/>
+      <c r="E287" s="331"/>
+      <c r="F287" s="331"/>
+      <c r="G287" s="331"/>
+      <c r="H287" s="331"/>
+      <c r="I287" s="331"/>
+      <c r="J287" s="331"/>
+      <c r="K287" s="331"/>
+      <c r="L287" s="331"/>
+      <c r="M287" s="331"/>
+      <c r="N287" s="331"/>
+      <c r="O287" s="331"/>
+      <c r="P287" s="331"/>
+      <c r="Q287" s="331"/>
+      <c r="R287" s="331"/>
+      <c r="S287" s="331"/>
+      <c r="T287" s="331"/>
+      <c r="U287" s="331"/>
+      <c r="V287" s="331"/>
+      <c r="W287" s="332"/>
       <c r="Y287" s="66"/>
       <c r="Z287" s="66"/>
       <c r="AA287" s="66"/>
       <c r="AB287" s="66"/>
       <c r="AC287" s="66"/>
       <c r="AD287" s="66"/>
       <c r="AE287" s="66"/>
       <c r="AF287" s="66"/>
       <c r="AG287" s="66"/>
       <c r="AH287" s="66"/>
       <c r="AI287" s="66"/>
       <c r="AJ287" s="66"/>
       <c r="AK287" s="66"/>
       <c r="AL287" s="66"/>
       <c r="AM287" s="66"/>
       <c r="AN287" s="66"/>
       <c r="AO287" s="66"/>
       <c r="AP287" s="66"/>
       <c r="AQ287" s="66"/>
       <c r="AR287" s="66"/>
     </row>
     <row r="288" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A288" s="326"/>
-[...21 lines deleted...]
-      <c r="W288" s="328"/>
+      <c r="A288" s="330"/>
+      <c r="B288" s="331"/>
+      <c r="C288" s="331"/>
+      <c r="D288" s="331"/>
+      <c r="E288" s="331"/>
+      <c r="F288" s="331"/>
+      <c r="G288" s="331"/>
+      <c r="H288" s="331"/>
+      <c r="I288" s="331"/>
+      <c r="J288" s="331"/>
+      <c r="K288" s="331"/>
+      <c r="L288" s="331"/>
+      <c r="M288" s="331"/>
+      <c r="N288" s="331"/>
+      <c r="O288" s="331"/>
+      <c r="P288" s="331"/>
+      <c r="Q288" s="331"/>
+      <c r="R288" s="331"/>
+      <c r="S288" s="331"/>
+      <c r="T288" s="331"/>
+      <c r="U288" s="331"/>
+      <c r="V288" s="331"/>
+      <c r="W288" s="332"/>
       <c r="Y288" s="66"/>
       <c r="Z288" s="66"/>
       <c r="AA288" s="66"/>
       <c r="AB288" s="66"/>
       <c r="AC288" s="66"/>
       <c r="AD288" s="66"/>
       <c r="AE288" s="66"/>
       <c r="AF288" s="66"/>
       <c r="AG288" s="66"/>
       <c r="AH288" s="66"/>
       <c r="AI288" s="66"/>
       <c r="AJ288" s="66"/>
       <c r="AK288" s="66"/>
       <c r="AL288" s="66"/>
       <c r="AM288" s="66"/>
       <c r="AN288" s="66"/>
       <c r="AO288" s="66"/>
       <c r="AP288" s="66"/>
       <c r="AQ288" s="66"/>
       <c r="AR288" s="66"/>
     </row>
     <row r="289" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A289" s="326"/>
-[...21 lines deleted...]
-      <c r="W289" s="328"/>
+      <c r="A289" s="330"/>
+      <c r="B289" s="331"/>
+      <c r="C289" s="331"/>
+      <c r="D289" s="331"/>
+      <c r="E289" s="331"/>
+      <c r="F289" s="331"/>
+      <c r="G289" s="331"/>
+      <c r="H289" s="331"/>
+      <c r="I289" s="331"/>
+      <c r="J289" s="331"/>
+      <c r="K289" s="331"/>
+      <c r="L289" s="331"/>
+      <c r="M289" s="331"/>
+      <c r="N289" s="331"/>
+      <c r="O289" s="331"/>
+      <c r="P289" s="331"/>
+      <c r="Q289" s="331"/>
+      <c r="R289" s="331"/>
+      <c r="S289" s="331"/>
+      <c r="T289" s="331"/>
+      <c r="U289" s="331"/>
+      <c r="V289" s="331"/>
+      <c r="W289" s="332"/>
       <c r="Y289" s="66"/>
       <c r="Z289" s="66"/>
       <c r="AA289" s="66"/>
       <c r="AB289" s="66"/>
       <c r="AC289" s="66"/>
       <c r="AD289" s="66"/>
       <c r="AE289" s="66"/>
       <c r="AF289" s="66"/>
       <c r="AG289" s="66"/>
       <c r="AH289" s="66"/>
       <c r="AI289" s="66"/>
       <c r="AJ289" s="66"/>
       <c r="AK289" s="66"/>
       <c r="AL289" s="66"/>
       <c r="AM289" s="66"/>
       <c r="AN289" s="66"/>
       <c r="AO289" s="66"/>
       <c r="AP289" s="66"/>
       <c r="AQ289" s="66"/>
       <c r="AR289" s="66"/>
     </row>
     <row r="290" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A290" s="329"/>
-[...21 lines deleted...]
-      <c r="W290" s="331"/>
+      <c r="A290" s="333"/>
+      <c r="B290" s="334"/>
+      <c r="C290" s="334"/>
+      <c r="D290" s="334"/>
+      <c r="E290" s="334"/>
+      <c r="F290" s="334"/>
+      <c r="G290" s="334"/>
+      <c r="H290" s="334"/>
+      <c r="I290" s="334"/>
+      <c r="J290" s="334"/>
+      <c r="K290" s="334"/>
+      <c r="L290" s="334"/>
+      <c r="M290" s="334"/>
+      <c r="N290" s="334"/>
+      <c r="O290" s="334"/>
+      <c r="P290" s="334"/>
+      <c r="Q290" s="334"/>
+      <c r="R290" s="334"/>
+      <c r="S290" s="334"/>
+      <c r="T290" s="334"/>
+      <c r="U290" s="334"/>
+      <c r="V290" s="334"/>
+      <c r="W290" s="335"/>
       <c r="Y290" s="66"/>
       <c r="Z290" s="66"/>
       <c r="AA290" s="66"/>
       <c r="AB290" s="66"/>
       <c r="AC290" s="66"/>
       <c r="AD290" s="66"/>
       <c r="AE290" s="66"/>
       <c r="AF290" s="66"/>
       <c r="AG290" s="66"/>
       <c r="AH290" s="66"/>
       <c r="AI290" s="66"/>
       <c r="AJ290" s="66"/>
       <c r="AK290" s="66"/>
       <c r="AL290" s="66"/>
       <c r="AM290" s="66"/>
       <c r="AN290" s="66"/>
       <c r="AO290" s="66"/>
       <c r="AP290" s="66"/>
       <c r="AQ290" s="66"/>
       <c r="AR290" s="66"/>
     </row>
     <row r="291" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H291" s="6"/>
       <c r="I291" s="6"/>
       <c r="J291" s="6"/>
       <c r="S291" s="6"/>
       <c r="T291" s="6"/>
       <c r="U291" s="6"/>
       <c r="Y291" s="66"/>
       <c r="Z291" s="66"/>
       <c r="AA291" s="66"/>
       <c r="AB291" s="66"/>
       <c r="AC291" s="66"/>
       <c r="AD291" s="66"/>
       <c r="AE291" s="66"/>
       <c r="AF291" s="66"/>
       <c r="AG291" s="66"/>
       <c r="AH291" s="66"/>
       <c r="AI291" s="66"/>
       <c r="AJ291" s="66"/>
       <c r="AK291" s="66"/>
       <c r="AL291" s="66"/>
       <c r="AM291" s="66"/>
       <c r="AN291" s="66"/>
       <c r="AO291" s="66"/>
       <c r="AP291" s="66"/>
       <c r="AQ291" s="66"/>
       <c r="AR291" s="66"/>
     </row>
     <row r="292" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A292" s="332" t="s">
+      <c r="A292" s="336" t="s">
         <v>40</v>
       </c>
-      <c r="B292" s="333"/>
-[...3 lines deleted...]
-      <c r="F292" s="334"/>
+      <c r="B292" s="337"/>
+      <c r="C292" s="337"/>
+      <c r="D292" s="337"/>
+      <c r="E292" s="337"/>
+      <c r="F292" s="338"/>
       <c r="G292" s="7"/>
       <c r="H292" s="7"/>
       <c r="I292" s="7"/>
       <c r="J292" s="7"/>
       <c r="K292" s="7"/>
       <c r="L292" s="7"/>
       <c r="M292" s="7"/>
       <c r="N292" s="7"/>
       <c r="O292" s="7"/>
       <c r="P292" s="7"/>
       <c r="Q292" s="7"/>
       <c r="R292" s="7"/>
       <c r="S292" s="2"/>
       <c r="T292" s="2"/>
       <c r="U292" s="2"/>
       <c r="V292" s="2"/>
       <c r="W292" s="2"/>
       <c r="Y292" s="66"/>
       <c r="Z292" s="66"/>
       <c r="AA292" s="66"/>
       <c r="AB292" s="66"/>
       <c r="AC292" s="66"/>
       <c r="AD292" s="66"/>
       <c r="AE292" s="66"/>
       <c r="AF292" s="66"/>
       <c r="AG292" s="66"/>
       <c r="AH292" s="66"/>
       <c r="AI292" s="66"/>
       <c r="AJ292" s="66"/>
       <c r="AK292" s="66"/>
       <c r="AL292" s="66"/>
       <c r="AM292" s="66"/>
       <c r="AN292" s="66"/>
       <c r="AO292" s="66"/>
       <c r="AP292" s="66"/>
       <c r="AQ292" s="66"/>
       <c r="AR292" s="66"/>
     </row>
     <row r="293" spans="1:44" s="5" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A293" s="204"/>
-[...1 lines deleted...]
-      <c r="C293" s="206" t="s">
+      <c r="A293" s="198"/>
+      <c r="B293" s="199"/>
+      <c r="C293" s="200" t="s">
         <v>41</v>
       </c>
-      <c r="D293" s="206" t="s">
+      <c r="D293" s="200" t="s">
         <v>42</v>
       </c>
-      <c r="E293" s="206" t="s">
+      <c r="E293" s="200" t="s">
         <v>43</v>
       </c>
-      <c r="F293" s="207"/>
+      <c r="F293" s="201"/>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
       <c r="I293" s="2"/>
       <c r="J293" s="2"/>
       <c r="K293" s="2"/>
       <c r="L293" s="2"/>
       <c r="M293" s="2"/>
       <c r="N293" s="2"/>
       <c r="O293" s="2"/>
       <c r="P293" s="2"/>
       <c r="Q293" s="2"/>
       <c r="R293" s="2"/>
       <c r="S293" s="2"/>
       <c r="T293" s="2"/>
       <c r="U293" s="2"/>
       <c r="V293" s="2"/>
       <c r="W293" s="2"/>
       <c r="Y293" s="66"/>
       <c r="Z293" s="66"/>
       <c r="AA293" s="66"/>
       <c r="AB293" s="66"/>
       <c r="AC293" s="66"/>
       <c r="AD293" s="66"/>
       <c r="AE293" s="66"/>
       <c r="AF293" s="66"/>
       <c r="AG293" s="66"/>
       <c r="AH293" s="66"/>
       <c r="AI293" s="66"/>
       <c r="AJ293" s="66"/>
       <c r="AK293" s="66"/>
       <c r="AL293" s="66"/>
       <c r="AM293" s="66"/>
       <c r="AN293" s="66"/>
       <c r="AO293" s="66"/>
       <c r="AP293" s="66"/>
       <c r="AQ293" s="66"/>
       <c r="AR293" s="66"/>
     </row>
     <row r="294" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A294" s="208" t="s">
+      <c r="A294" s="202" t="s">
         <v>44</v>
       </c>
-      <c r="B294" s="209"/>
-      <c r="C294" s="210">
+      <c r="B294" s="203"/>
+      <c r="C294" s="204">
         <f>X278</f>
         <v>0</v>
       </c>
-      <c r="D294" s="211">
+      <c r="D294" s="205">
         <f>C294/12</f>
         <v>0</v>
       </c>
       <c r="E294" s="60">
         <v>25000</v>
       </c>
-      <c r="F294" s="212">
+      <c r="F294" s="206">
         <f>$E$294*$D$294</f>
         <v>0</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
       <c r="I294" s="2"/>
       <c r="J294" s="2"/>
       <c r="K294" s="2"/>
       <c r="L294" s="2"/>
       <c r="M294" s="2"/>
       <c r="N294" s="2"/>
       <c r="O294" s="2"/>
       <c r="P294" s="2"/>
       <c r="Q294" s="2"/>
       <c r="R294" s="2"/>
       <c r="S294" s="2"/>
       <c r="T294" s="2"/>
       <c r="U294" s="2"/>
       <c r="V294" s="2"/>
       <c r="W294" s="2"/>
       <c r="Y294" s="66"/>
       <c r="Z294" s="66"/>
       <c r="AA294" s="66"/>
       <c r="AB294" s="66"/>
       <c r="AC294" s="66"/>
       <c r="AD294" s="66"/>
       <c r="AE294" s="66"/>
       <c r="AF294" s="66"/>
       <c r="AG294" s="66"/>
       <c r="AH294" s="66"/>
       <c r="AI294" s="66"/>
       <c r="AJ294" s="66"/>
       <c r="AK294" s="66"/>
       <c r="AL294" s="66"/>
       <c r="AM294" s="66"/>
       <c r="AN294" s="66"/>
       <c r="AO294" s="66"/>
       <c r="AP294" s="66"/>
       <c r="AQ294" s="66"/>
       <c r="AR294" s="66"/>
     </row>
     <row r="295" spans="1:44" s="5" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A295" s="335" t="s">
+      <c r="A295" s="339" t="s">
         <v>45</v>
       </c>
-      <c r="B295" s="335"/>
-[...3 lines deleted...]
-      <c r="F295" s="335"/>
+      <c r="B295" s="339"/>
+      <c r="C295" s="339"/>
+      <c r="D295" s="339"/>
+      <c r="E295" s="339"/>
+      <c r="F295" s="339"/>
       <c r="G295" s="8"/>
       <c r="H295" s="9"/>
       <c r="I295" s="9"/>
       <c r="J295" s="9"/>
       <c r="K295" s="9"/>
       <c r="L295" s="9"/>
       <c r="M295" s="9"/>
       <c r="N295" s="9"/>
       <c r="O295" s="9"/>
       <c r="P295" s="9"/>
       <c r="Q295" s="9"/>
       <c r="R295" s="9"/>
       <c r="S295" s="2"/>
       <c r="T295" s="2"/>
       <c r="U295" s="2"/>
       <c r="V295" s="2"/>
       <c r="W295" s="2"/>
       <c r="Y295" s="66"/>
       <c r="Z295" s="66"/>
       <c r="AA295" s="66"/>
       <c r="AB295" s="66"/>
       <c r="AC295" s="66"/>
       <c r="AD295" s="66"/>
       <c r="AE295" s="66"/>
       <c r="AF295" s="66"/>
@@ -22525,218 +22555,218 @@
       <c r="U296" s="2"/>
       <c r="V296" s="2"/>
       <c r="W296" s="2"/>
       <c r="Y296" s="66"/>
       <c r="Z296" s="66"/>
       <c r="AA296" s="66"/>
       <c r="AB296" s="66"/>
       <c r="AC296" s="66"/>
       <c r="AD296" s="66"/>
       <c r="AE296" s="66"/>
       <c r="AF296" s="66"/>
       <c r="AG296" s="66"/>
       <c r="AH296" s="66"/>
       <c r="AI296" s="66"/>
       <c r="AJ296" s="66"/>
       <c r="AK296" s="66"/>
       <c r="AL296" s="66"/>
       <c r="AM296" s="66"/>
       <c r="AN296" s="66"/>
       <c r="AO296" s="66"/>
       <c r="AP296" s="66"/>
       <c r="AQ296" s="66"/>
       <c r="AR296" s="66"/>
     </row>
     <row r="297" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A297" s="336" t="s">
+      <c r="A297" s="340" t="s">
         <v>46</v>
       </c>
-      <c r="B297" s="337"/>
-[...3 lines deleted...]
-      <c r="F297" s="337"/>
+      <c r="B297" s="341"/>
+      <c r="C297" s="341"/>
+      <c r="D297" s="341"/>
+      <c r="E297" s="341"/>
+      <c r="F297" s="341"/>
       <c r="G297" s="10"/>
       <c r="H297" s="10"/>
       <c r="I297" s="10"/>
       <c r="J297" s="10"/>
       <c r="K297" s="10"/>
       <c r="L297" s="10"/>
       <c r="M297" s="10"/>
       <c r="N297" s="10"/>
       <c r="O297" s="10"/>
       <c r="P297" s="10"/>
       <c r="Q297" s="10"/>
       <c r="R297" s="10"/>
       <c r="S297" s="2"/>
       <c r="T297" s="2"/>
       <c r="U297" s="2"/>
       <c r="V297" s="2"/>
       <c r="W297" s="2"/>
       <c r="Y297" s="66"/>
       <c r="Z297" s="66"/>
       <c r="AA297" s="66"/>
       <c r="AB297" s="66"/>
       <c r="AC297" s="66"/>
       <c r="AD297" s="66"/>
       <c r="AE297" s="66"/>
       <c r="AF297" s="66"/>
       <c r="AG297" s="66"/>
       <c r="AH297" s="66"/>
       <c r="AI297" s="66"/>
       <c r="AJ297" s="66"/>
       <c r="AK297" s="66"/>
       <c r="AL297" s="66"/>
       <c r="AM297" s="66"/>
       <c r="AN297" s="66"/>
       <c r="AO297" s="66"/>
       <c r="AP297" s="66"/>
       <c r="AQ297" s="66"/>
       <c r="AR297" s="66"/>
     </row>
     <row r="298" spans="1:44" s="5" customFormat="1" ht="22.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A298" s="213"/>
-[...1 lines deleted...]
-      <c r="C298" s="206" t="s">
+      <c r="A298" s="207"/>
+      <c r="B298" s="208"/>
+      <c r="C298" s="200" t="s">
         <v>41</v>
       </c>
-      <c r="D298" s="206" t="s">
+      <c r="D298" s="200" t="s">
         <v>42</v>
       </c>
-      <c r="E298" s="206" t="s">
+      <c r="E298" s="200" t="s">
         <v>47</v>
       </c>
-      <c r="F298" s="207" t="s">
+      <c r="F298" s="201" t="s">
         <v>48</v>
       </c>
       <c r="G298" s="11"/>
       <c r="H298" s="11"/>
       <c r="I298" s="11"/>
       <c r="J298" s="11"/>
       <c r="K298" s="11"/>
       <c r="L298" s="11"/>
       <c r="M298" s="11"/>
       <c r="N298" s="11"/>
       <c r="O298" s="11"/>
       <c r="P298" s="11"/>
       <c r="Q298" s="11"/>
       <c r="R298" s="11"/>
       <c r="S298" s="2"/>
       <c r="T298" s="2"/>
       <c r="U298" s="2"/>
       <c r="V298" s="2"/>
       <c r="W298" s="2"/>
       <c r="Y298" s="66"/>
       <c r="Z298" s="66"/>
       <c r="AA298" s="66"/>
       <c r="AB298" s="66"/>
       <c r="AC298" s="66"/>
       <c r="AD298" s="66"/>
       <c r="AE298" s="66"/>
       <c r="AF298" s="66"/>
       <c r="AG298" s="66"/>
       <c r="AH298" s="66"/>
       <c r="AI298" s="66"/>
       <c r="AJ298" s="66"/>
       <c r="AK298" s="66"/>
       <c r="AL298" s="66"/>
       <c r="AM298" s="66"/>
       <c r="AN298" s="66"/>
       <c r="AO298" s="66"/>
       <c r="AP298" s="66"/>
       <c r="AQ298" s="66"/>
       <c r="AR298" s="66"/>
     </row>
     <row r="299" spans="1:44" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A299" s="215" t="s">
+      <c r="A299" s="209" t="s">
         <v>49</v>
       </c>
-      <c r="B299" s="216"/>
-      <c r="C299" s="217">
+      <c r="B299" s="210"/>
+      <c r="C299" s="211">
         <f>V278</f>
         <v>0</v>
       </c>
-      <c r="D299" s="218">
+      <c r="D299" s="212">
         <f>C299/12</f>
         <v>0</v>
       </c>
-      <c r="E299" s="219">
+      <c r="E299" s="213">
         <f>25000*D299</f>
         <v>0</v>
       </c>
       <c r="F299" s="48">
         <v>0</v>
       </c>
       <c r="G299" s="12"/>
       <c r="H299" s="12"/>
       <c r="I299" s="12"/>
       <c r="J299" s="12"/>
       <c r="K299" s="12"/>
       <c r="L299" s="12"/>
       <c r="M299" s="12"/>
       <c r="N299" s="12"/>
       <c r="O299" s="12"/>
       <c r="P299" s="12"/>
       <c r="Q299" s="12"/>
       <c r="R299" s="12"/>
       <c r="S299" s="13"/>
       <c r="T299" s="13"/>
       <c r="U299" s="13"/>
       <c r="V299" s="13"/>
       <c r="W299" s="13"/>
       <c r="Y299" s="66"/>
       <c r="Z299" s="66"/>
       <c r="AA299" s="66"/>
       <c r="AB299" s="66"/>
       <c r="AC299" s="66"/>
       <c r="AD299" s="66"/>
       <c r="AE299" s="66"/>
       <c r="AF299" s="66"/>
       <c r="AG299" s="66"/>
       <c r="AH299" s="66"/>
       <c r="AI299" s="66"/>
       <c r="AJ299" s="66"/>
       <c r="AK299" s="66"/>
       <c r="AL299" s="66"/>
       <c r="AM299" s="66"/>
       <c r="AN299" s="66"/>
       <c r="AO299" s="66"/>
       <c r="AP299" s="66"/>
       <c r="AQ299" s="66"/>
       <c r="AR299" s="66"/>
     </row>
     <row r="300" spans="1:44" s="5" customFormat="1" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A300" s="344" t="s">
+      <c r="A300" s="348" t="s">
         <v>50</v>
       </c>
-      <c r="B300" s="344"/>
-[...3 lines deleted...]
-      <c r="F300" s="344"/>
+      <c r="B300" s="348"/>
+      <c r="C300" s="348"/>
+      <c r="D300" s="348"/>
+      <c r="E300" s="348"/>
+      <c r="F300" s="348"/>
       <c r="G300" s="14"/>
-      <c r="H300" s="178"/>
+      <c r="H300" s="172"/>
       <c r="I300" s="14"/>
       <c r="J300" s="14"/>
       <c r="K300" s="14"/>
       <c r="L300" s="14"/>
       <c r="M300" s="14"/>
       <c r="N300" s="14"/>
       <c r="O300" s="14"/>
       <c r="P300" s="14"/>
       <c r="Q300" s="14"/>
       <c r="R300" s="14"/>
       <c r="S300" s="2"/>
       <c r="T300" s="2"/>
       <c r="U300" s="2"/>
       <c r="V300" s="2"/>
       <c r="W300" s="2"/>
       <c r="Y300" s="66"/>
       <c r="Z300" s="66"/>
       <c r="AA300" s="66"/>
       <c r="AB300" s="66"/>
       <c r="AC300" s="66"/>
       <c r="AD300" s="66"/>
       <c r="AE300" s="66"/>
       <c r="AF300" s="66"/>
       <c r="AG300" s="66"/>
       <c r="AH300" s="66"/>
@@ -22762,570 +22792,570 @@
       <c r="H301" s="2"/>
       <c r="I301" s="2"/>
       <c r="J301" s="2"/>
       <c r="Y301" s="62"/>
       <c r="Z301" s="62"/>
       <c r="AA301" s="62"/>
       <c r="AB301" s="62"/>
       <c r="AC301" s="62"/>
       <c r="AD301" s="62"/>
       <c r="AE301" s="62"/>
       <c r="AF301" s="62"/>
       <c r="AG301" s="62"/>
       <c r="AH301" s="62"/>
       <c r="AI301" s="62"/>
       <c r="AJ301" s="62"/>
       <c r="AK301" s="62"/>
       <c r="AL301" s="62"/>
       <c r="AM301" s="62"/>
       <c r="AN301" s="62"/>
       <c r="AO301" s="62"/>
       <c r="AP301" s="62"/>
       <c r="AQ301" s="62"/>
       <c r="AR301" s="62"/>
     </row>
     <row r="302" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A302" s="345" t="s">
+      <c r="A302" s="349" t="s">
         <v>51</v>
       </c>
-      <c r="B302" s="346"/>
-[...20 lines deleted...]
-      <c r="W302" s="347"/>
+      <c r="B302" s="350"/>
+      <c r="C302" s="350"/>
+      <c r="D302" s="350"/>
+      <c r="E302" s="350"/>
+      <c r="F302" s="350"/>
+      <c r="G302" s="350"/>
+      <c r="H302" s="350"/>
+      <c r="I302" s="350"/>
+      <c r="J302" s="350"/>
+      <c r="K302" s="350"/>
+      <c r="L302" s="350"/>
+      <c r="M302" s="350"/>
+      <c r="N302" s="350"/>
+      <c r="O302" s="350"/>
+      <c r="P302" s="350"/>
+      <c r="Q302" s="350"/>
+      <c r="R302" s="350"/>
+      <c r="S302" s="350"/>
+      <c r="T302" s="350"/>
+      <c r="U302" s="350"/>
+      <c r="V302" s="350"/>
+      <c r="W302" s="351"/>
       <c r="Y302" s="62"/>
       <c r="Z302" s="62"/>
       <c r="AA302" s="62"/>
       <c r="AB302" s="62"/>
       <c r="AC302" s="62"/>
       <c r="AD302" s="62"/>
       <c r="AE302" s="62"/>
       <c r="AF302" s="62"/>
       <c r="AG302" s="62"/>
       <c r="AH302" s="62"/>
       <c r="AI302" s="62"/>
       <c r="AJ302" s="62"/>
       <c r="AK302" s="62"/>
       <c r="AL302" s="62"/>
       <c r="AM302" s="62"/>
       <c r="AN302" s="62"/>
       <c r="AO302" s="62"/>
       <c r="AP302" s="62"/>
       <c r="AQ302" s="62"/>
       <c r="AR302" s="62"/>
     </row>
     <row r="303" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A303" s="348"/>
-[...21 lines deleted...]
-      <c r="W303" s="350"/>
+      <c r="A303" s="352"/>
+      <c r="B303" s="353"/>
+      <c r="C303" s="353"/>
+      <c r="D303" s="353"/>
+      <c r="E303" s="353"/>
+      <c r="F303" s="353"/>
+      <c r="G303" s="353"/>
+      <c r="H303" s="353"/>
+      <c r="I303" s="353"/>
+      <c r="J303" s="353"/>
+      <c r="K303" s="353"/>
+      <c r="L303" s="353"/>
+      <c r="M303" s="353"/>
+      <c r="N303" s="353"/>
+      <c r="O303" s="353"/>
+      <c r="P303" s="353"/>
+      <c r="Q303" s="353"/>
+      <c r="R303" s="353"/>
+      <c r="S303" s="353"/>
+      <c r="T303" s="353"/>
+      <c r="U303" s="353"/>
+      <c r="V303" s="353"/>
+      <c r="W303" s="354"/>
       <c r="Y303" s="62"/>
       <c r="Z303" s="62"/>
       <c r="AA303" s="62"/>
       <c r="AB303" s="62"/>
       <c r="AC303" s="62"/>
       <c r="AD303" s="62"/>
       <c r="AE303" s="62"/>
       <c r="AF303" s="62"/>
       <c r="AG303" s="62"/>
       <c r="AH303" s="62"/>
       <c r="AI303" s="62"/>
       <c r="AJ303" s="62"/>
       <c r="AK303" s="62"/>
       <c r="AL303" s="62"/>
       <c r="AM303" s="62"/>
       <c r="AN303" s="62"/>
       <c r="AO303" s="62"/>
       <c r="AP303" s="62"/>
       <c r="AQ303" s="62"/>
       <c r="AR303" s="62"/>
     </row>
     <row r="304" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A304" s="351"/>
-[...21 lines deleted...]
-      <c r="W304" s="353"/>
+      <c r="A304" s="355"/>
+      <c r="B304" s="356"/>
+      <c r="C304" s="356"/>
+      <c r="D304" s="356"/>
+      <c r="E304" s="356"/>
+      <c r="F304" s="356"/>
+      <c r="G304" s="356"/>
+      <c r="H304" s="356"/>
+      <c r="I304" s="356"/>
+      <c r="J304" s="356"/>
+      <c r="K304" s="356"/>
+      <c r="L304" s="356"/>
+      <c r="M304" s="356"/>
+      <c r="N304" s="356"/>
+      <c r="O304" s="356"/>
+      <c r="P304" s="356"/>
+      <c r="Q304" s="356"/>
+      <c r="R304" s="356"/>
+      <c r="S304" s="356"/>
+      <c r="T304" s="356"/>
+      <c r="U304" s="356"/>
+      <c r="V304" s="356"/>
+      <c r="W304" s="357"/>
       <c r="Y304" s="67"/>
       <c r="Z304" s="67"/>
       <c r="AA304" s="67"/>
       <c r="AB304" s="67"/>
       <c r="AC304" s="67"/>
       <c r="AD304" s="67"/>
       <c r="AE304" s="67"/>
       <c r="AF304" s="67"/>
       <c r="AG304" s="67"/>
       <c r="AH304" s="67"/>
       <c r="AI304" s="67"/>
       <c r="AJ304" s="67"/>
       <c r="AK304" s="67"/>
       <c r="AL304" s="67"/>
       <c r="AM304" s="67"/>
       <c r="AN304" s="67"/>
       <c r="AO304" s="67"/>
       <c r="AP304" s="67"/>
       <c r="AQ304" s="67"/>
       <c r="AR304" s="67"/>
     </row>
     <row r="305" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A305" s="351"/>
-[...21 lines deleted...]
-      <c r="W305" s="353"/>
+      <c r="A305" s="355"/>
+      <c r="B305" s="356"/>
+      <c r="C305" s="356"/>
+      <c r="D305" s="356"/>
+      <c r="E305" s="356"/>
+      <c r="F305" s="356"/>
+      <c r="G305" s="356"/>
+      <c r="H305" s="356"/>
+      <c r="I305" s="356"/>
+      <c r="J305" s="356"/>
+      <c r="K305" s="356"/>
+      <c r="L305" s="356"/>
+      <c r="M305" s="356"/>
+      <c r="N305" s="356"/>
+      <c r="O305" s="356"/>
+      <c r="P305" s="356"/>
+      <c r="Q305" s="356"/>
+      <c r="R305" s="356"/>
+      <c r="S305" s="356"/>
+      <c r="T305" s="356"/>
+      <c r="U305" s="356"/>
+      <c r="V305" s="356"/>
+      <c r="W305" s="357"/>
       <c r="Y305" s="67"/>
       <c r="Z305" s="67"/>
       <c r="AA305" s="67"/>
       <c r="AB305" s="67"/>
       <c r="AC305" s="67"/>
       <c r="AD305" s="67"/>
       <c r="AE305" s="67"/>
       <c r="AF305" s="67"/>
       <c r="AG305" s="67"/>
       <c r="AH305" s="67"/>
       <c r="AI305" s="67"/>
       <c r="AJ305" s="67"/>
       <c r="AK305" s="67"/>
       <c r="AL305" s="67"/>
       <c r="AM305" s="67"/>
       <c r="AN305" s="67"/>
       <c r="AO305" s="67"/>
       <c r="AP305" s="67"/>
       <c r="AQ305" s="67"/>
       <c r="AR305" s="67"/>
     </row>
     <row r="306" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A306" s="351"/>
-[...21 lines deleted...]
-      <c r="W306" s="353"/>
+      <c r="A306" s="355"/>
+      <c r="B306" s="356"/>
+      <c r="C306" s="356"/>
+      <c r="D306" s="356"/>
+      <c r="E306" s="356"/>
+      <c r="F306" s="356"/>
+      <c r="G306" s="356"/>
+      <c r="H306" s="356"/>
+      <c r="I306" s="356"/>
+      <c r="J306" s="356"/>
+      <c r="K306" s="356"/>
+      <c r="L306" s="356"/>
+      <c r="M306" s="356"/>
+      <c r="N306" s="356"/>
+      <c r="O306" s="356"/>
+      <c r="P306" s="356"/>
+      <c r="Q306" s="356"/>
+      <c r="R306" s="356"/>
+      <c r="S306" s="356"/>
+      <c r="T306" s="356"/>
+      <c r="U306" s="356"/>
+      <c r="V306" s="356"/>
+      <c r="W306" s="357"/>
       <c r="Y306" s="67"/>
       <c r="Z306" s="67"/>
       <c r="AA306" s="67"/>
       <c r="AB306" s="67"/>
       <c r="AC306" s="67"/>
       <c r="AD306" s="67"/>
       <c r="AE306" s="67"/>
       <c r="AF306" s="67"/>
       <c r="AG306" s="67"/>
       <c r="AH306" s="67"/>
       <c r="AI306" s="67"/>
       <c r="AJ306" s="67"/>
       <c r="AK306" s="67"/>
       <c r="AL306" s="67"/>
       <c r="AM306" s="67"/>
       <c r="AN306" s="67"/>
       <c r="AO306" s="67"/>
       <c r="AP306" s="67"/>
       <c r="AQ306" s="67"/>
       <c r="AR306" s="67"/>
     </row>
     <row r="307" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A307" s="351"/>
-[...21 lines deleted...]
-      <c r="W307" s="353"/>
+      <c r="A307" s="355"/>
+      <c r="B307" s="356"/>
+      <c r="C307" s="356"/>
+      <c r="D307" s="356"/>
+      <c r="E307" s="356"/>
+      <c r="F307" s="356"/>
+      <c r="G307" s="356"/>
+      <c r="H307" s="356"/>
+      <c r="I307" s="356"/>
+      <c r="J307" s="356"/>
+      <c r="K307" s="356"/>
+      <c r="L307" s="356"/>
+      <c r="M307" s="356"/>
+      <c r="N307" s="356"/>
+      <c r="O307" s="356"/>
+      <c r="P307" s="356"/>
+      <c r="Q307" s="356"/>
+      <c r="R307" s="356"/>
+      <c r="S307" s="356"/>
+      <c r="T307" s="356"/>
+      <c r="U307" s="356"/>
+      <c r="V307" s="356"/>
+      <c r="W307" s="357"/>
       <c r="Y307" s="67"/>
       <c r="Z307" s="67"/>
       <c r="AA307" s="67"/>
       <c r="AB307" s="67"/>
       <c r="AC307" s="67"/>
       <c r="AD307" s="67"/>
       <c r="AE307" s="67"/>
       <c r="AF307" s="67"/>
       <c r="AG307" s="67"/>
       <c r="AH307" s="67"/>
       <c r="AI307" s="67"/>
       <c r="AJ307" s="67"/>
       <c r="AK307" s="67"/>
       <c r="AL307" s="67"/>
       <c r="AM307" s="67"/>
       <c r="AN307" s="67"/>
       <c r="AO307" s="67"/>
       <c r="AP307" s="67"/>
       <c r="AQ307" s="67"/>
       <c r="AR307" s="67"/>
     </row>
     <row r="308" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A308" s="351"/>
-[...21 lines deleted...]
-      <c r="W308" s="353"/>
+      <c r="A308" s="355"/>
+      <c r="B308" s="356"/>
+      <c r="C308" s="356"/>
+      <c r="D308" s="356"/>
+      <c r="E308" s="356"/>
+      <c r="F308" s="356"/>
+      <c r="G308" s="356"/>
+      <c r="H308" s="356"/>
+      <c r="I308" s="356"/>
+      <c r="J308" s="356"/>
+      <c r="K308" s="356"/>
+      <c r="L308" s="356"/>
+      <c r="M308" s="356"/>
+      <c r="N308" s="356"/>
+      <c r="O308" s="356"/>
+      <c r="P308" s="356"/>
+      <c r="Q308" s="356"/>
+      <c r="R308" s="356"/>
+      <c r="S308" s="356"/>
+      <c r="T308" s="356"/>
+      <c r="U308" s="356"/>
+      <c r="V308" s="356"/>
+      <c r="W308" s="357"/>
       <c r="Y308" s="67"/>
       <c r="Z308" s="67"/>
       <c r="AA308" s="67"/>
       <c r="AB308" s="67"/>
       <c r="AC308" s="67"/>
       <c r="AD308" s="67"/>
       <c r="AE308" s="67"/>
       <c r="AF308" s="67"/>
       <c r="AG308" s="67"/>
       <c r="AH308" s="67"/>
       <c r="AI308" s="67"/>
       <c r="AJ308" s="67"/>
       <c r="AK308" s="67"/>
       <c r="AL308" s="67"/>
       <c r="AM308" s="67"/>
       <c r="AN308" s="67"/>
       <c r="AO308" s="67"/>
       <c r="AP308" s="67"/>
       <c r="AQ308" s="67"/>
       <c r="AR308" s="67"/>
     </row>
     <row r="309" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A309" s="351"/>
-[...21 lines deleted...]
-      <c r="W309" s="353"/>
+      <c r="A309" s="355"/>
+      <c r="B309" s="356"/>
+      <c r="C309" s="356"/>
+      <c r="D309" s="356"/>
+      <c r="E309" s="356"/>
+      <c r="F309" s="356"/>
+      <c r="G309" s="356"/>
+      <c r="H309" s="356"/>
+      <c r="I309" s="356"/>
+      <c r="J309" s="356"/>
+      <c r="K309" s="356"/>
+      <c r="L309" s="356"/>
+      <c r="M309" s="356"/>
+      <c r="N309" s="356"/>
+      <c r="O309" s="356"/>
+      <c r="P309" s="356"/>
+      <c r="Q309" s="356"/>
+      <c r="R309" s="356"/>
+      <c r="S309" s="356"/>
+      <c r="T309" s="356"/>
+      <c r="U309" s="356"/>
+      <c r="V309" s="356"/>
+      <c r="W309" s="357"/>
       <c r="Y309" s="67"/>
       <c r="Z309" s="67"/>
       <c r="AA309" s="67"/>
       <c r="AB309" s="67"/>
       <c r="AC309" s="67"/>
       <c r="AD309" s="67"/>
       <c r="AE309" s="67"/>
       <c r="AF309" s="67"/>
       <c r="AG309" s="67"/>
       <c r="AH309" s="67"/>
       <c r="AI309" s="67"/>
       <c r="AJ309" s="67"/>
       <c r="AK309" s="67"/>
       <c r="AL309" s="67"/>
       <c r="AM309" s="67"/>
       <c r="AN309" s="67"/>
       <c r="AO309" s="67"/>
       <c r="AP309" s="67"/>
       <c r="AQ309" s="67"/>
       <c r="AR309" s="67"/>
     </row>
     <row r="310" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A310" s="351"/>
-[...21 lines deleted...]
-      <c r="W310" s="353"/>
+      <c r="A310" s="355"/>
+      <c r="B310" s="356"/>
+      <c r="C310" s="356"/>
+      <c r="D310" s="356"/>
+      <c r="E310" s="356"/>
+      <c r="F310" s="356"/>
+      <c r="G310" s="356"/>
+      <c r="H310" s="356"/>
+      <c r="I310" s="356"/>
+      <c r="J310" s="356"/>
+      <c r="K310" s="356"/>
+      <c r="L310" s="356"/>
+      <c r="M310" s="356"/>
+      <c r="N310" s="356"/>
+      <c r="O310" s="356"/>
+      <c r="P310" s="356"/>
+      <c r="Q310" s="356"/>
+      <c r="R310" s="356"/>
+      <c r="S310" s="356"/>
+      <c r="T310" s="356"/>
+      <c r="U310" s="356"/>
+      <c r="V310" s="356"/>
+      <c r="W310" s="357"/>
       <c r="Y310" s="67"/>
       <c r="Z310" s="67"/>
       <c r="AA310" s="67"/>
       <c r="AB310" s="67"/>
       <c r="AC310" s="67"/>
       <c r="AD310" s="67"/>
       <c r="AE310" s="67"/>
       <c r="AF310" s="67"/>
       <c r="AG310" s="67"/>
       <c r="AH310" s="67"/>
       <c r="AI310" s="67"/>
       <c r="AJ310" s="67"/>
       <c r="AK310" s="67"/>
       <c r="AL310" s="67"/>
       <c r="AM310" s="67"/>
       <c r="AN310" s="67"/>
       <c r="AO310" s="67"/>
       <c r="AP310" s="67"/>
       <c r="AQ310" s="67"/>
       <c r="AR310" s="67"/>
     </row>
     <row r="311" spans="1:44" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A311" s="351"/>
-[...21 lines deleted...]
-      <c r="W311" s="353"/>
+      <c r="A311" s="355"/>
+      <c r="B311" s="356"/>
+      <c r="C311" s="356"/>
+      <c r="D311" s="356"/>
+      <c r="E311" s="356"/>
+      <c r="F311" s="356"/>
+      <c r="G311" s="356"/>
+      <c r="H311" s="356"/>
+      <c r="I311" s="356"/>
+      <c r="J311" s="356"/>
+      <c r="K311" s="356"/>
+      <c r="L311" s="356"/>
+      <c r="M311" s="356"/>
+      <c r="N311" s="356"/>
+      <c r="O311" s="356"/>
+      <c r="P311" s="356"/>
+      <c r="Q311" s="356"/>
+      <c r="R311" s="356"/>
+      <c r="S311" s="356"/>
+      <c r="T311" s="356"/>
+      <c r="U311" s="356"/>
+      <c r="V311" s="356"/>
+      <c r="W311" s="357"/>
       <c r="Y311" s="67"/>
       <c r="Z311" s="67"/>
       <c r="AA311" s="67"/>
       <c r="AB311" s="67"/>
       <c r="AC311" s="67"/>
       <c r="AD311" s="67"/>
       <c r="AE311" s="67"/>
       <c r="AF311" s="67"/>
       <c r="AG311" s="67"/>
       <c r="AH311" s="67"/>
       <c r="AI311" s="67"/>
       <c r="AJ311" s="67"/>
       <c r="AK311" s="67"/>
       <c r="AL311" s="67"/>
       <c r="AM311" s="67"/>
       <c r="AN311" s="67"/>
       <c r="AO311" s="67"/>
       <c r="AP311" s="67"/>
       <c r="AQ311" s="67"/>
       <c r="AR311" s="67"/>
     </row>
     <row r="312" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A312" s="351"/>
-[...21 lines deleted...]
-      <c r="W312" s="353"/>
+      <c r="A312" s="355"/>
+      <c r="B312" s="356"/>
+      <c r="C312" s="356"/>
+      <c r="D312" s="356"/>
+      <c r="E312" s="356"/>
+      <c r="F312" s="356"/>
+      <c r="G312" s="356"/>
+      <c r="H312" s="356"/>
+      <c r="I312" s="356"/>
+      <c r="J312" s="356"/>
+      <c r="K312" s="356"/>
+      <c r="L312" s="356"/>
+      <c r="M312" s="356"/>
+      <c r="N312" s="356"/>
+      <c r="O312" s="356"/>
+      <c r="P312" s="356"/>
+      <c r="Q312" s="356"/>
+      <c r="R312" s="356"/>
+      <c r="S312" s="356"/>
+      <c r="T312" s="356"/>
+      <c r="U312" s="356"/>
+      <c r="V312" s="356"/>
+      <c r="W312" s="357"/>
       <c r="Y312" s="62"/>
       <c r="Z312" s="62"/>
       <c r="AA312" s="62"/>
       <c r="AB312" s="62"/>
       <c r="AC312" s="62"/>
       <c r="AD312" s="62"/>
       <c r="AE312" s="62"/>
       <c r="AF312" s="62"/>
       <c r="AG312" s="62"/>
       <c r="AH312" s="62"/>
       <c r="AI312" s="62"/>
       <c r="AJ312" s="62"/>
       <c r="AK312" s="62"/>
       <c r="AL312" s="62"/>
       <c r="AM312" s="62"/>
       <c r="AN312" s="62"/>
       <c r="AO312" s="62"/>
       <c r="AP312" s="62"/>
       <c r="AQ312" s="62"/>
       <c r="AR312" s="62"/>
     </row>
     <row r="313" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A313" s="354"/>
-[...21 lines deleted...]
-      <c r="W313" s="356"/>
+      <c r="A313" s="358"/>
+      <c r="B313" s="359"/>
+      <c r="C313" s="359"/>
+      <c r="D313" s="359"/>
+      <c r="E313" s="359"/>
+      <c r="F313" s="359"/>
+      <c r="G313" s="359"/>
+      <c r="H313" s="359"/>
+      <c r="I313" s="359"/>
+      <c r="J313" s="359"/>
+      <c r="K313" s="359"/>
+      <c r="L313" s="359"/>
+      <c r="M313" s="359"/>
+      <c r="N313" s="359"/>
+      <c r="O313" s="359"/>
+      <c r="P313" s="359"/>
+      <c r="Q313" s="359"/>
+      <c r="R313" s="359"/>
+      <c r="S313" s="359"/>
+      <c r="T313" s="359"/>
+      <c r="U313" s="359"/>
+      <c r="V313" s="359"/>
+      <c r="W313" s="360"/>
       <c r="Y313" s="62"/>
       <c r="Z313" s="62"/>
       <c r="AA313" s="62"/>
       <c r="AB313" s="62"/>
       <c r="AC313" s="62"/>
       <c r="AD313" s="62"/>
       <c r="AE313" s="62"/>
       <c r="AF313" s="62"/>
       <c r="AG313" s="62"/>
       <c r="AH313" s="62"/>
       <c r="AI313" s="62"/>
       <c r="AJ313" s="62"/>
       <c r="AK313" s="62"/>
       <c r="AL313" s="62"/>
       <c r="AM313" s="62"/>
       <c r="AN313" s="62"/>
       <c r="AO313" s="62"/>
       <c r="AP313" s="62"/>
       <c r="AQ313" s="62"/>
       <c r="AR313" s="62"/>
     </row>
     <row r="314" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A314" s="71"/>
       <c r="B314" s="74"/>
       <c r="C314" s="74"/>
@@ -23349,3786 +23379,3786 @@
       <c r="U314" s="74"/>
       <c r="V314" s="74"/>
       <c r="W314" s="62"/>
       <c r="Y314" s="62"/>
       <c r="Z314" s="62"/>
       <c r="AA314" s="62"/>
       <c r="AB314" s="62"/>
       <c r="AC314" s="62"/>
       <c r="AD314" s="62"/>
       <c r="AE314" s="62"/>
       <c r="AF314" s="62"/>
       <c r="AG314" s="62"/>
       <c r="AH314" s="62"/>
       <c r="AI314" s="62"/>
       <c r="AJ314" s="62"/>
       <c r="AK314" s="62"/>
       <c r="AL314" s="62"/>
       <c r="AM314" s="62"/>
       <c r="AN314" s="62"/>
       <c r="AO314" s="62"/>
       <c r="AP314" s="62"/>
       <c r="AQ314" s="62"/>
       <c r="AR314" s="62"/>
     </row>
     <row r="315" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A315" s="357" t="s">
+      <c r="A315" s="361" t="s">
         <v>52</v>
       </c>
-      <c r="B315" s="358"/>
-[...4 lines deleted...]
-      <c r="G315" s="361"/>
+      <c r="B315" s="362"/>
+      <c r="C315" s="363"/>
+      <c r="D315" s="363"/>
+      <c r="E315" s="364"/>
+      <c r="F315" s="364"/>
+      <c r="G315" s="365"/>
       <c r="H315" s="17"/>
       <c r="I315" s="17"/>
       <c r="J315" s="17"/>
       <c r="K315" s="17"/>
       <c r="L315" s="17"/>
       <c r="M315" s="17"/>
-      <c r="N315" s="362" t="s">
+      <c r="N315" s="366" t="s">
         <v>53</v>
       </c>
-      <c r="O315" s="363"/>
-[...7 lines deleted...]
-      <c r="W315" s="364"/>
+      <c r="O315" s="367"/>
+      <c r="P315" s="367"/>
+      <c r="Q315" s="367"/>
+      <c r="R315" s="367"/>
+      <c r="S315" s="367"/>
+      <c r="T315" s="367"/>
+      <c r="U315" s="367"/>
+      <c r="V315" s="367"/>
+      <c r="W315" s="368"/>
       <c r="Y315" s="62"/>
       <c r="Z315" s="62"/>
       <c r="AA315" s="62"/>
       <c r="AB315" s="62"/>
       <c r="AC315" s="62"/>
       <c r="AD315" s="62"/>
       <c r="AE315" s="62"/>
       <c r="AF315" s="62"/>
       <c r="AG315" s="62"/>
       <c r="AH315" s="62"/>
       <c r="AI315" s="62"/>
       <c r="AJ315" s="62"/>
       <c r="AK315" s="62"/>
       <c r="AL315" s="62"/>
       <c r="AM315" s="62"/>
       <c r="AN315" s="62"/>
       <c r="AO315" s="62"/>
       <c r="AP315" s="62"/>
       <c r="AQ315" s="62"/>
       <c r="AR315" s="62"/>
     </row>
     <row r="316" spans="1:44" ht="32.4" x14ac:dyDescent="0.2">
-      <c r="A316" s="220" t="s">
+      <c r="A316" s="214" t="s">
         <v>54</v>
       </c>
-      <c r="B316" s="221" t="s">
+      <c r="B316" s="215" t="s">
         <v>55</v>
       </c>
-      <c r="C316" s="365" t="s">
+      <c r="C316" s="369" t="s">
         <v>56</v>
       </c>
-      <c r="D316" s="366"/>
-      <c r="E316" s="221" t="s">
+      <c r="D316" s="370"/>
+      <c r="E316" s="215" t="s">
         <v>57</v>
       </c>
-      <c r="F316" s="222" t="s">
+      <c r="F316" s="216" t="s">
         <v>58</v>
       </c>
-      <c r="G316" s="223" t="s">
+      <c r="G316" s="217" t="s">
         <v>59</v>
       </c>
       <c r="H316" s="12"/>
       <c r="I316" s="12"/>
       <c r="J316" s="12"/>
       <c r="K316" s="12"/>
       <c r="L316" s="12"/>
       <c r="M316" s="12"/>
-      <c r="N316" s="351"/>
-[...8 lines deleted...]
-      <c r="W316" s="353"/>
+      <c r="N316" s="355"/>
+      <c r="O316" s="356"/>
+      <c r="P316" s="356"/>
+      <c r="Q316" s="356"/>
+      <c r="R316" s="356"/>
+      <c r="S316" s="356"/>
+      <c r="T316" s="356"/>
+      <c r="U316" s="356"/>
+      <c r="V316" s="356"/>
+      <c r="W316" s="357"/>
       <c r="Y316" s="62"/>
       <c r="Z316" s="62"/>
       <c r="AA316" s="62"/>
       <c r="AB316" s="62"/>
       <c r="AC316" s="62"/>
       <c r="AD316" s="62"/>
       <c r="AE316" s="62"/>
       <c r="AF316" s="62"/>
       <c r="AG316" s="62"/>
       <c r="AH316" s="62"/>
       <c r="AI316" s="62"/>
       <c r="AJ316" s="62"/>
       <c r="AK316" s="62"/>
       <c r="AL316" s="62"/>
       <c r="AM316" s="62"/>
       <c r="AN316" s="62"/>
       <c r="AO316" s="62"/>
       <c r="AP316" s="62"/>
       <c r="AQ316" s="62"/>
       <c r="AR316" s="62"/>
     </row>
     <row r="317" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="34"/>
       <c r="B317" s="43"/>
-      <c r="C317" s="367"/>
-      <c r="D317" s="367"/>
+      <c r="C317" s="371"/>
+      <c r="D317" s="371"/>
       <c r="E317" s="43"/>
       <c r="F317" s="47"/>
       <c r="G317" s="35"/>
       <c r="H317" s="12"/>
       <c r="I317" s="12"/>
       <c r="J317" s="12"/>
       <c r="K317" s="12"/>
       <c r="L317" s="12"/>
       <c r="M317" s="12"/>
-      <c r="N317" s="351"/>
-[...8 lines deleted...]
-      <c r="W317" s="353"/>
+      <c r="N317" s="355"/>
+      <c r="O317" s="356"/>
+      <c r="P317" s="356"/>
+      <c r="Q317" s="356"/>
+      <c r="R317" s="356"/>
+      <c r="S317" s="356"/>
+      <c r="T317" s="356"/>
+      <c r="U317" s="356"/>
+      <c r="V317" s="356"/>
+      <c r="W317" s="357"/>
       <c r="Y317" s="62"/>
       <c r="Z317" s="62"/>
       <c r="AA317" s="62"/>
       <c r="AB317" s="62"/>
       <c r="AC317" s="62"/>
       <c r="AD317" s="62"/>
       <c r="AE317" s="62"/>
       <c r="AF317" s="62"/>
       <c r="AG317" s="62"/>
       <c r="AH317" s="62"/>
       <c r="AI317" s="62"/>
       <c r="AJ317" s="62"/>
       <c r="AK317" s="62"/>
       <c r="AL317" s="62"/>
       <c r="AM317" s="62"/>
       <c r="AN317" s="62"/>
       <c r="AO317" s="62"/>
       <c r="AP317" s="62"/>
       <c r="AQ317" s="62"/>
       <c r="AR317" s="62"/>
     </row>
     <row r="318" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="34"/>
       <c r="B318" s="43"/>
-      <c r="C318" s="342"/>
-      <c r="D318" s="343"/>
+      <c r="C318" s="346"/>
+      <c r="D318" s="347"/>
       <c r="E318" s="43"/>
       <c r="F318" s="47"/>
       <c r="G318" s="35"/>
       <c r="H318" s="12"/>
       <c r="I318" s="12"/>
       <c r="J318" s="12"/>
       <c r="K318" s="12"/>
       <c r="L318" s="12"/>
       <c r="M318" s="12"/>
-      <c r="N318" s="351"/>
-[...8 lines deleted...]
-      <c r="W318" s="353"/>
+      <c r="N318" s="355"/>
+      <c r="O318" s="356"/>
+      <c r="P318" s="356"/>
+      <c r="Q318" s="356"/>
+      <c r="R318" s="356"/>
+      <c r="S318" s="356"/>
+      <c r="T318" s="356"/>
+      <c r="U318" s="356"/>
+      <c r="V318" s="356"/>
+      <c r="W318" s="357"/>
       <c r="Y318" s="62"/>
       <c r="Z318" s="62"/>
       <c r="AA318" s="62"/>
       <c r="AB318" s="62"/>
       <c r="AC318" s="62"/>
       <c r="AD318" s="62"/>
       <c r="AE318" s="62"/>
       <c r="AF318" s="62"/>
       <c r="AG318" s="62"/>
       <c r="AH318" s="62"/>
       <c r="AI318" s="62"/>
       <c r="AJ318" s="62"/>
       <c r="AK318" s="62"/>
       <c r="AL318" s="62"/>
       <c r="AM318" s="62"/>
       <c r="AN318" s="62"/>
       <c r="AO318" s="62"/>
       <c r="AP318" s="62"/>
       <c r="AQ318" s="62"/>
       <c r="AR318" s="62"/>
     </row>
     <row r="319" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="34"/>
       <c r="B319" s="43"/>
-      <c r="C319" s="342"/>
-      <c r="D319" s="343"/>
+      <c r="C319" s="346"/>
+      <c r="D319" s="347"/>
       <c r="E319" s="43"/>
       <c r="F319" s="47"/>
       <c r="G319" s="35"/>
       <c r="H319" s="12"/>
       <c r="I319" s="12"/>
       <c r="J319" s="12"/>
       <c r="K319" s="12"/>
       <c r="L319" s="12"/>
       <c r="M319" s="12"/>
-      <c r="N319" s="351"/>
-[...8 lines deleted...]
-      <c r="W319" s="353"/>
+      <c r="N319" s="355"/>
+      <c r="O319" s="356"/>
+      <c r="P319" s="356"/>
+      <c r="Q319" s="356"/>
+      <c r="R319" s="356"/>
+      <c r="S319" s="356"/>
+      <c r="T319" s="356"/>
+      <c r="U319" s="356"/>
+      <c r="V319" s="356"/>
+      <c r="W319" s="357"/>
       <c r="Y319" s="62"/>
       <c r="Z319" s="62"/>
       <c r="AA319" s="62"/>
       <c r="AB319" s="62"/>
       <c r="AC319" s="62"/>
       <c r="AD319" s="62"/>
       <c r="AE319" s="62"/>
       <c r="AF319" s="62"/>
       <c r="AG319" s="62"/>
       <c r="AH319" s="62"/>
       <c r="AI319" s="62"/>
       <c r="AJ319" s="62"/>
       <c r="AK319" s="62"/>
       <c r="AL319" s="62"/>
       <c r="AM319" s="62"/>
       <c r="AN319" s="62"/>
       <c r="AO319" s="62"/>
       <c r="AP319" s="62"/>
       <c r="AQ319" s="62"/>
       <c r="AR319" s="62"/>
     </row>
     <row r="320" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="34"/>
       <c r="B320" s="43"/>
-      <c r="C320" s="342"/>
-      <c r="D320" s="343"/>
+      <c r="C320" s="346"/>
+      <c r="D320" s="347"/>
       <c r="E320" s="43"/>
       <c r="F320" s="47"/>
       <c r="G320" s="35"/>
       <c r="H320" s="12"/>
       <c r="I320" s="12"/>
       <c r="J320" s="12"/>
       <c r="K320" s="12"/>
       <c r="L320" s="12"/>
       <c r="M320" s="12"/>
-      <c r="N320" s="351"/>
-[...8 lines deleted...]
-      <c r="W320" s="353"/>
+      <c r="N320" s="355"/>
+      <c r="O320" s="356"/>
+      <c r="P320" s="356"/>
+      <c r="Q320" s="356"/>
+      <c r="R320" s="356"/>
+      <c r="S320" s="356"/>
+      <c r="T320" s="356"/>
+      <c r="U320" s="356"/>
+      <c r="V320" s="356"/>
+      <c r="W320" s="357"/>
       <c r="Y320" s="62"/>
       <c r="Z320" s="62"/>
       <c r="AA320" s="62"/>
       <c r="AB320" s="62"/>
       <c r="AC320" s="62"/>
       <c r="AD320" s="62"/>
       <c r="AE320" s="62"/>
       <c r="AF320" s="62"/>
       <c r="AG320" s="62"/>
       <c r="AH320" s="62"/>
       <c r="AI320" s="62"/>
       <c r="AJ320" s="62"/>
       <c r="AK320" s="62"/>
       <c r="AL320" s="62"/>
       <c r="AM320" s="62"/>
       <c r="AN320" s="62"/>
       <c r="AO320" s="62"/>
       <c r="AP320" s="62"/>
       <c r="AQ320" s="62"/>
       <c r="AR320" s="62"/>
     </row>
     <row r="321" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="34"/>
       <c r="B321" s="43"/>
-      <c r="C321" s="342"/>
-      <c r="D321" s="343"/>
+      <c r="C321" s="346"/>
+      <c r="D321" s="347"/>
       <c r="E321" s="43"/>
       <c r="F321" s="47"/>
       <c r="G321" s="35"/>
       <c r="H321" s="12"/>
       <c r="I321" s="12"/>
       <c r="J321" s="12"/>
       <c r="K321" s="12"/>
       <c r="L321" s="12"/>
       <c r="M321" s="12"/>
-      <c r="N321" s="351"/>
-[...8 lines deleted...]
-      <c r="W321" s="353"/>
+      <c r="N321" s="355"/>
+      <c r="O321" s="356"/>
+      <c r="P321" s="356"/>
+      <c r="Q321" s="356"/>
+      <c r="R321" s="356"/>
+      <c r="S321" s="356"/>
+      <c r="T321" s="356"/>
+      <c r="U321" s="356"/>
+      <c r="V321" s="356"/>
+      <c r="W321" s="357"/>
       <c r="Y321" s="62"/>
       <c r="Z321" s="62"/>
       <c r="AA321" s="62"/>
       <c r="AB321" s="62"/>
       <c r="AC321" s="62"/>
       <c r="AD321" s="62"/>
       <c r="AE321" s="62"/>
       <c r="AF321" s="62"/>
       <c r="AG321" s="62"/>
       <c r="AH321" s="62"/>
       <c r="AI321" s="62"/>
       <c r="AJ321" s="62"/>
       <c r="AK321" s="62"/>
       <c r="AL321" s="62"/>
       <c r="AM321" s="62"/>
       <c r="AN321" s="62"/>
       <c r="AO321" s="62"/>
       <c r="AP321" s="62"/>
       <c r="AQ321" s="62"/>
       <c r="AR321" s="62"/>
     </row>
     <row r="322" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="34"/>
       <c r="B322" s="43"/>
-      <c r="C322" s="342"/>
-      <c r="D322" s="343"/>
+      <c r="C322" s="346"/>
+      <c r="D322" s="347"/>
       <c r="E322" s="43"/>
       <c r="F322" s="47"/>
       <c r="G322" s="35"/>
       <c r="H322" s="12"/>
       <c r="I322" s="12"/>
       <c r="J322" s="12"/>
       <c r="K322" s="12"/>
       <c r="L322" s="12"/>
       <c r="M322" s="12"/>
-      <c r="N322" s="351"/>
-[...8 lines deleted...]
-      <c r="W322" s="353"/>
+      <c r="N322" s="355"/>
+      <c r="O322" s="356"/>
+      <c r="P322" s="356"/>
+      <c r="Q322" s="356"/>
+      <c r="R322" s="356"/>
+      <c r="S322" s="356"/>
+      <c r="T322" s="356"/>
+      <c r="U322" s="356"/>
+      <c r="V322" s="356"/>
+      <c r="W322" s="357"/>
       <c r="Y322" s="62"/>
       <c r="Z322" s="62"/>
       <c r="AA322" s="62"/>
       <c r="AB322" s="62"/>
       <c r="AC322" s="62"/>
       <c r="AD322" s="62"/>
       <c r="AE322" s="62"/>
       <c r="AF322" s="62"/>
       <c r="AG322" s="62"/>
       <c r="AH322" s="62"/>
       <c r="AI322" s="62"/>
       <c r="AJ322" s="62"/>
       <c r="AK322" s="62"/>
       <c r="AL322" s="62"/>
       <c r="AM322" s="62"/>
       <c r="AN322" s="62"/>
       <c r="AO322" s="62"/>
       <c r="AP322" s="62"/>
       <c r="AQ322" s="62"/>
       <c r="AR322" s="62"/>
     </row>
     <row r="323" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="34"/>
       <c r="B323" s="43"/>
-      <c r="C323" s="342"/>
-      <c r="D323" s="343"/>
+      <c r="C323" s="346"/>
+      <c r="D323" s="347"/>
       <c r="E323" s="43"/>
       <c r="F323" s="47"/>
       <c r="G323" s="35"/>
       <c r="H323" s="12"/>
       <c r="I323" s="12"/>
       <c r="J323" s="12"/>
       <c r="K323" s="12"/>
       <c r="L323" s="12"/>
       <c r="M323" s="12"/>
-      <c r="N323" s="351"/>
-[...8 lines deleted...]
-      <c r="W323" s="353"/>
+      <c r="N323" s="355"/>
+      <c r="O323" s="356"/>
+      <c r="P323" s="356"/>
+      <c r="Q323" s="356"/>
+      <c r="R323" s="356"/>
+      <c r="S323" s="356"/>
+      <c r="T323" s="356"/>
+      <c r="U323" s="356"/>
+      <c r="V323" s="356"/>
+      <c r="W323" s="357"/>
       <c r="Y323" s="62"/>
       <c r="Z323" s="62"/>
       <c r="AA323" s="62"/>
       <c r="AB323" s="62"/>
       <c r="AC323" s="62"/>
       <c r="AD323" s="62"/>
       <c r="AE323" s="62"/>
       <c r="AF323" s="62"/>
       <c r="AG323" s="62"/>
       <c r="AH323" s="62"/>
       <c r="AI323" s="62"/>
       <c r="AJ323" s="62"/>
       <c r="AK323" s="62"/>
       <c r="AL323" s="62"/>
       <c r="AM323" s="62"/>
       <c r="AN323" s="62"/>
       <c r="AO323" s="62"/>
       <c r="AP323" s="62"/>
       <c r="AQ323" s="62"/>
       <c r="AR323" s="62"/>
     </row>
     <row r="324" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="34"/>
       <c r="B324" s="43"/>
-      <c r="C324" s="342"/>
-      <c r="D324" s="343"/>
+      <c r="C324" s="346"/>
+      <c r="D324" s="347"/>
       <c r="E324" s="43"/>
       <c r="F324" s="47"/>
       <c r="G324" s="35"/>
       <c r="H324" s="12"/>
       <c r="I324" s="12"/>
       <c r="J324" s="12"/>
       <c r="K324" s="12"/>
       <c r="L324" s="12"/>
       <c r="M324" s="12"/>
-      <c r="N324" s="351"/>
-[...8 lines deleted...]
-      <c r="W324" s="353"/>
+      <c r="N324" s="355"/>
+      <c r="O324" s="356"/>
+      <c r="P324" s="356"/>
+      <c r="Q324" s="356"/>
+      <c r="R324" s="356"/>
+      <c r="S324" s="356"/>
+      <c r="T324" s="356"/>
+      <c r="U324" s="356"/>
+      <c r="V324" s="356"/>
+      <c r="W324" s="357"/>
       <c r="Y324" s="62"/>
       <c r="Z324" s="62"/>
       <c r="AA324" s="62"/>
       <c r="AB324" s="62"/>
       <c r="AC324" s="62"/>
       <c r="AD324" s="62"/>
       <c r="AE324" s="62"/>
       <c r="AF324" s="62"/>
       <c r="AG324" s="62"/>
       <c r="AH324" s="62"/>
       <c r="AI324" s="62"/>
       <c r="AJ324" s="62"/>
       <c r="AK324" s="62"/>
       <c r="AL324" s="62"/>
       <c r="AM324" s="62"/>
       <c r="AN324" s="62"/>
       <c r="AO324" s="62"/>
       <c r="AP324" s="62"/>
       <c r="AQ324" s="62"/>
       <c r="AR324" s="62"/>
     </row>
     <row r="325" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="34"/>
       <c r="B325" s="43"/>
-      <c r="C325" s="342"/>
-      <c r="D325" s="343"/>
+      <c r="C325" s="346"/>
+      <c r="D325" s="347"/>
       <c r="E325" s="43"/>
       <c r="F325" s="47"/>
       <c r="G325" s="35"/>
       <c r="H325" s="12"/>
       <c r="I325" s="12"/>
       <c r="J325" s="12"/>
       <c r="K325" s="12"/>
       <c r="L325" s="12"/>
       <c r="M325" s="12"/>
-      <c r="N325" s="351"/>
-[...8 lines deleted...]
-      <c r="W325" s="353"/>
+      <c r="N325" s="355"/>
+      <c r="O325" s="356"/>
+      <c r="P325" s="356"/>
+      <c r="Q325" s="356"/>
+      <c r="R325" s="356"/>
+      <c r="S325" s="356"/>
+      <c r="T325" s="356"/>
+      <c r="U325" s="356"/>
+      <c r="V325" s="356"/>
+      <c r="W325" s="357"/>
       <c r="Y325" s="62"/>
       <c r="Z325" s="62"/>
       <c r="AA325" s="62"/>
       <c r="AB325" s="62"/>
       <c r="AC325" s="62"/>
       <c r="AD325" s="62"/>
       <c r="AE325" s="62"/>
       <c r="AF325" s="62"/>
       <c r="AG325" s="62"/>
       <c r="AH325" s="62"/>
       <c r="AI325" s="62"/>
       <c r="AJ325" s="62"/>
       <c r="AK325" s="62"/>
       <c r="AL325" s="62"/>
       <c r="AM325" s="62"/>
       <c r="AN325" s="62"/>
       <c r="AO325" s="62"/>
       <c r="AP325" s="62"/>
       <c r="AQ325" s="62"/>
       <c r="AR325" s="62"/>
     </row>
     <row r="326" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A326" s="34"/>
       <c r="B326" s="43"/>
-      <c r="C326" s="342"/>
-      <c r="D326" s="343"/>
+      <c r="C326" s="346"/>
+      <c r="D326" s="347"/>
       <c r="E326" s="43"/>
       <c r="F326" s="47"/>
       <c r="G326" s="35"/>
       <c r="H326" s="12"/>
       <c r="I326" s="12"/>
       <c r="J326" s="12"/>
       <c r="K326" s="12"/>
       <c r="L326" s="12"/>
       <c r="M326" s="12"/>
-      <c r="N326" s="351"/>
-[...8 lines deleted...]
-      <c r="W326" s="353"/>
+      <c r="N326" s="355"/>
+      <c r="O326" s="356"/>
+      <c r="P326" s="356"/>
+      <c r="Q326" s="356"/>
+      <c r="R326" s="356"/>
+      <c r="S326" s="356"/>
+      <c r="T326" s="356"/>
+      <c r="U326" s="356"/>
+      <c r="V326" s="356"/>
+      <c r="W326" s="357"/>
       <c r="Y326" s="62"/>
       <c r="Z326" s="62"/>
       <c r="AA326" s="62"/>
       <c r="AB326" s="62"/>
       <c r="AC326" s="62"/>
       <c r="AD326" s="62"/>
       <c r="AE326" s="62"/>
       <c r="AF326" s="62"/>
       <c r="AG326" s="62"/>
       <c r="AH326" s="62"/>
       <c r="AI326" s="62"/>
       <c r="AJ326" s="62"/>
       <c r="AK326" s="62"/>
       <c r="AL326" s="62"/>
       <c r="AM326" s="62"/>
       <c r="AN326" s="62"/>
       <c r="AO326" s="62"/>
       <c r="AP326" s="62"/>
       <c r="AQ326" s="62"/>
       <c r="AR326" s="62"/>
     </row>
     <row r="327" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A327" s="34"/>
       <c r="B327" s="43"/>
-      <c r="C327" s="342"/>
-      <c r="D327" s="343"/>
+      <c r="C327" s="346"/>
+      <c r="D327" s="347"/>
       <c r="E327" s="43"/>
       <c r="F327" s="47"/>
       <c r="G327" s="35"/>
       <c r="H327" s="12"/>
       <c r="I327" s="12"/>
       <c r="J327" s="12"/>
       <c r="K327" s="12"/>
       <c r="L327" s="12"/>
       <c r="M327" s="12"/>
-      <c r="N327" s="351"/>
-[...8 lines deleted...]
-      <c r="W327" s="353"/>
+      <c r="N327" s="355"/>
+      <c r="O327" s="356"/>
+      <c r="P327" s="356"/>
+      <c r="Q327" s="356"/>
+      <c r="R327" s="356"/>
+      <c r="S327" s="356"/>
+      <c r="T327" s="356"/>
+      <c r="U327" s="356"/>
+      <c r="V327" s="356"/>
+      <c r="W327" s="357"/>
       <c r="Y327" s="62"/>
       <c r="Z327" s="62"/>
       <c r="AA327" s="62"/>
       <c r="AB327" s="62"/>
       <c r="AC327" s="62"/>
       <c r="AD327" s="62"/>
       <c r="AE327" s="62"/>
       <c r="AF327" s="62"/>
       <c r="AG327" s="62"/>
       <c r="AH327" s="62"/>
       <c r="AI327" s="62"/>
       <c r="AJ327" s="62"/>
       <c r="AK327" s="62"/>
       <c r="AL327" s="62"/>
       <c r="AM327" s="62"/>
       <c r="AN327" s="62"/>
       <c r="AO327" s="62"/>
       <c r="AP327" s="62"/>
       <c r="AQ327" s="62"/>
       <c r="AR327" s="62"/>
     </row>
     <row r="328" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A328" s="34"/>
       <c r="B328" s="43"/>
-      <c r="C328" s="342"/>
-      <c r="D328" s="343"/>
+      <c r="C328" s="346"/>
+      <c r="D328" s="347"/>
       <c r="E328" s="43"/>
       <c r="F328" s="47"/>
       <c r="G328" s="35"/>
       <c r="H328" s="12"/>
       <c r="I328" s="12"/>
       <c r="J328" s="12"/>
       <c r="K328" s="12"/>
       <c r="L328" s="12"/>
       <c r="M328" s="12"/>
-      <c r="N328" s="351"/>
-[...8 lines deleted...]
-      <c r="W328" s="353"/>
+      <c r="N328" s="355"/>
+      <c r="O328" s="356"/>
+      <c r="P328" s="356"/>
+      <c r="Q328" s="356"/>
+      <c r="R328" s="356"/>
+      <c r="S328" s="356"/>
+      <c r="T328" s="356"/>
+      <c r="U328" s="356"/>
+      <c r="V328" s="356"/>
+      <c r="W328" s="357"/>
       <c r="Y328" s="62"/>
       <c r="Z328" s="62"/>
       <c r="AA328" s="62"/>
       <c r="AB328" s="62"/>
       <c r="AC328" s="62"/>
       <c r="AD328" s="62"/>
       <c r="AE328" s="62"/>
       <c r="AF328" s="62"/>
       <c r="AG328" s="62"/>
       <c r="AH328" s="62"/>
       <c r="AI328" s="62"/>
       <c r="AJ328" s="62"/>
       <c r="AK328" s="62"/>
       <c r="AL328" s="62"/>
       <c r="AM328" s="62"/>
       <c r="AN328" s="62"/>
       <c r="AO328" s="62"/>
       <c r="AP328" s="62"/>
       <c r="AQ328" s="62"/>
       <c r="AR328" s="62"/>
     </row>
     <row r="329" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A329" s="34"/>
       <c r="B329" s="43"/>
-      <c r="C329" s="342"/>
-      <c r="D329" s="343"/>
+      <c r="C329" s="346"/>
+      <c r="D329" s="347"/>
       <c r="E329" s="43"/>
       <c r="F329" s="47"/>
       <c r="G329" s="35"/>
       <c r="H329" s="12"/>
       <c r="I329" s="12"/>
       <c r="J329" s="12"/>
       <c r="K329" s="12"/>
       <c r="L329" s="12"/>
       <c r="M329" s="12"/>
-      <c r="N329" s="351"/>
-[...8 lines deleted...]
-      <c r="W329" s="353"/>
+      <c r="N329" s="355"/>
+      <c r="O329" s="356"/>
+      <c r="P329" s="356"/>
+      <c r="Q329" s="356"/>
+      <c r="R329" s="356"/>
+      <c r="S329" s="356"/>
+      <c r="T329" s="356"/>
+      <c r="U329" s="356"/>
+      <c r="V329" s="356"/>
+      <c r="W329" s="357"/>
       <c r="Y329" s="62"/>
       <c r="Z329" s="62"/>
       <c r="AA329" s="62"/>
       <c r="AB329" s="62"/>
       <c r="AC329" s="62"/>
       <c r="AD329" s="62"/>
       <c r="AE329" s="62"/>
       <c r="AF329" s="62"/>
       <c r="AG329" s="62"/>
       <c r="AH329" s="62"/>
       <c r="AI329" s="62"/>
       <c r="AJ329" s="62"/>
       <c r="AK329" s="62"/>
       <c r="AL329" s="62"/>
       <c r="AM329" s="62"/>
       <c r="AN329" s="62"/>
       <c r="AO329" s="62"/>
       <c r="AP329" s="62"/>
       <c r="AQ329" s="62"/>
       <c r="AR329" s="62"/>
     </row>
     <row r="330" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A330" s="34"/>
       <c r="B330" s="43"/>
-      <c r="C330" s="342"/>
-      <c r="D330" s="343"/>
+      <c r="C330" s="346"/>
+      <c r="D330" s="347"/>
       <c r="E330" s="43"/>
       <c r="F330" s="47"/>
       <c r="G330" s="35"/>
       <c r="H330" s="12"/>
       <c r="I330" s="12"/>
       <c r="J330" s="12"/>
       <c r="K330" s="12"/>
       <c r="L330" s="12"/>
       <c r="M330" s="12"/>
-      <c r="N330" s="351"/>
-[...8 lines deleted...]
-      <c r="W330" s="353"/>
+      <c r="N330" s="355"/>
+      <c r="O330" s="356"/>
+      <c r="P330" s="356"/>
+      <c r="Q330" s="356"/>
+      <c r="R330" s="356"/>
+      <c r="S330" s="356"/>
+      <c r="T330" s="356"/>
+      <c r="U330" s="356"/>
+      <c r="V330" s="356"/>
+      <c r="W330" s="357"/>
       <c r="Y330" s="62"/>
       <c r="Z330" s="62"/>
       <c r="AA330" s="62"/>
       <c r="AB330" s="62"/>
       <c r="AC330" s="62"/>
       <c r="AD330" s="62"/>
       <c r="AE330" s="62"/>
       <c r="AF330" s="62"/>
       <c r="AG330" s="62"/>
       <c r="AH330" s="62"/>
       <c r="AI330" s="62"/>
       <c r="AJ330" s="62"/>
       <c r="AK330" s="62"/>
       <c r="AL330" s="62"/>
       <c r="AM330" s="62"/>
       <c r="AN330" s="62"/>
       <c r="AO330" s="62"/>
       <c r="AP330" s="62"/>
       <c r="AQ330" s="62"/>
       <c r="AR330" s="62"/>
     </row>
     <row r="331" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A331" s="34"/>
       <c r="B331" s="43"/>
-      <c r="C331" s="342"/>
-      <c r="D331" s="343"/>
+      <c r="C331" s="346"/>
+      <c r="D331" s="347"/>
       <c r="E331" s="43"/>
       <c r="F331" s="47"/>
       <c r="G331" s="35"/>
       <c r="H331" s="12"/>
       <c r="I331" s="12"/>
       <c r="J331" s="12"/>
       <c r="K331" s="12"/>
       <c r="L331" s="12"/>
       <c r="M331" s="12"/>
-      <c r="N331" s="351"/>
-[...8 lines deleted...]
-      <c r="W331" s="353"/>
+      <c r="N331" s="355"/>
+      <c r="O331" s="356"/>
+      <c r="P331" s="356"/>
+      <c r="Q331" s="356"/>
+      <c r="R331" s="356"/>
+      <c r="S331" s="356"/>
+      <c r="T331" s="356"/>
+      <c r="U331" s="356"/>
+      <c r="V331" s="356"/>
+      <c r="W331" s="357"/>
       <c r="Y331" s="62"/>
       <c r="Z331" s="62"/>
       <c r="AA331" s="62"/>
       <c r="AB331" s="62"/>
       <c r="AC331" s="62"/>
       <c r="AD331" s="62"/>
       <c r="AE331" s="62"/>
       <c r="AF331" s="62"/>
       <c r="AG331" s="62"/>
       <c r="AH331" s="62"/>
       <c r="AI331" s="62"/>
       <c r="AJ331" s="62"/>
       <c r="AK331" s="62"/>
       <c r="AL331" s="62"/>
       <c r="AM331" s="62"/>
       <c r="AN331" s="62"/>
       <c r="AO331" s="62"/>
       <c r="AP331" s="62"/>
       <c r="AQ331" s="62"/>
       <c r="AR331" s="62"/>
     </row>
     <row r="332" spans="1:44" ht="11.4" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A332" s="34"/>
       <c r="B332" s="43"/>
-      <c r="C332" s="342"/>
-      <c r="D332" s="343"/>
+      <c r="C332" s="346"/>
+      <c r="D332" s="347"/>
       <c r="E332" s="43"/>
       <c r="F332" s="47"/>
       <c r="G332" s="35"/>
       <c r="H332" s="12"/>
       <c r="I332" s="12"/>
       <c r="J332" s="12"/>
       <c r="K332" s="12"/>
       <c r="L332" s="12"/>
       <c r="M332" s="12"/>
-      <c r="N332" s="351"/>
-[...8 lines deleted...]
-      <c r="W332" s="353"/>
+      <c r="N332" s="355"/>
+      <c r="O332" s="356"/>
+      <c r="P332" s="356"/>
+      <c r="Q332" s="356"/>
+      <c r="R332" s="356"/>
+      <c r="S332" s="356"/>
+      <c r="T332" s="356"/>
+      <c r="U332" s="356"/>
+      <c r="V332" s="356"/>
+      <c r="W332" s="357"/>
       <c r="Y332" s="62"/>
       <c r="Z332" s="62"/>
       <c r="AA332" s="62"/>
       <c r="AB332" s="62"/>
       <c r="AC332" s="62"/>
       <c r="AD332" s="62"/>
       <c r="AE332" s="62"/>
       <c r="AF332" s="62"/>
       <c r="AG332" s="62"/>
       <c r="AH332" s="62"/>
       <c r="AI332" s="62"/>
       <c r="AJ332" s="62"/>
       <c r="AK332" s="62"/>
       <c r="AL332" s="62"/>
       <c r="AM332" s="62"/>
       <c r="AN332" s="62"/>
       <c r="AO332" s="62"/>
       <c r="AP332" s="62"/>
       <c r="AQ332" s="62"/>
       <c r="AR332" s="62"/>
     </row>
     <row r="333" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A333" s="34"/>
       <c r="B333" s="43"/>
-      <c r="C333" s="342"/>
-      <c r="D333" s="343"/>
+      <c r="C333" s="346"/>
+      <c r="D333" s="347"/>
       <c r="E333" s="43"/>
       <c r="F333" s="47"/>
       <c r="G333" s="35"/>
       <c r="H333" s="12"/>
       <c r="I333" s="12"/>
       <c r="J333" s="12"/>
       <c r="K333" s="12"/>
       <c r="L333" s="12"/>
       <c r="M333" s="12"/>
-      <c r="N333" s="351"/>
-[...8 lines deleted...]
-      <c r="W333" s="353"/>
+      <c r="N333" s="355"/>
+      <c r="O333" s="356"/>
+      <c r="P333" s="356"/>
+      <c r="Q333" s="356"/>
+      <c r="R333" s="356"/>
+      <c r="S333" s="356"/>
+      <c r="T333" s="356"/>
+      <c r="U333" s="356"/>
+      <c r="V333" s="356"/>
+      <c r="W333" s="357"/>
       <c r="Y333" s="62"/>
       <c r="Z333" s="62"/>
       <c r="AA333" s="62"/>
       <c r="AB333" s="62"/>
       <c r="AC333" s="62"/>
       <c r="AD333" s="62"/>
       <c r="AE333" s="62"/>
       <c r="AF333" s="62"/>
       <c r="AG333" s="62"/>
       <c r="AH333" s="62"/>
       <c r="AI333" s="62"/>
       <c r="AJ333" s="62"/>
       <c r="AK333" s="62"/>
       <c r="AL333" s="62"/>
       <c r="AM333" s="62"/>
       <c r="AN333" s="62"/>
       <c r="AO333" s="62"/>
       <c r="AP333" s="62"/>
       <c r="AQ333" s="62"/>
       <c r="AR333" s="62"/>
     </row>
     <row r="334" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A334" s="34"/>
       <c r="B334" s="43"/>
-      <c r="C334" s="342"/>
-      <c r="D334" s="343"/>
+      <c r="C334" s="346"/>
+      <c r="D334" s="347"/>
       <c r="E334" s="43"/>
       <c r="F334" s="47"/>
       <c r="G334" s="35"/>
       <c r="H334" s="12"/>
       <c r="I334" s="12"/>
       <c r="J334" s="12"/>
       <c r="K334" s="12"/>
       <c r="L334" s="12"/>
       <c r="M334" s="12"/>
-      <c r="N334" s="351"/>
-[...8 lines deleted...]
-      <c r="W334" s="353"/>
+      <c r="N334" s="355"/>
+      <c r="O334" s="356"/>
+      <c r="P334" s="356"/>
+      <c r="Q334" s="356"/>
+      <c r="R334" s="356"/>
+      <c r="S334" s="356"/>
+      <c r="T334" s="356"/>
+      <c r="U334" s="356"/>
+      <c r="V334" s="356"/>
+      <c r="W334" s="357"/>
       <c r="Y334" s="62"/>
       <c r="Z334" s="62"/>
       <c r="AA334" s="62"/>
       <c r="AB334" s="62"/>
       <c r="AC334" s="62"/>
       <c r="AD334" s="62"/>
       <c r="AE334" s="62"/>
       <c r="AF334" s="62"/>
       <c r="AG334" s="62"/>
       <c r="AH334" s="62"/>
       <c r="AI334" s="62"/>
       <c r="AJ334" s="62"/>
       <c r="AK334" s="62"/>
       <c r="AL334" s="62"/>
       <c r="AM334" s="62"/>
       <c r="AN334" s="62"/>
       <c r="AO334" s="62"/>
       <c r="AP334" s="62"/>
       <c r="AQ334" s="62"/>
       <c r="AR334" s="62"/>
     </row>
     <row r="335" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A335" s="34"/>
       <c r="B335" s="43"/>
-      <c r="C335" s="342"/>
-      <c r="D335" s="343"/>
+      <c r="C335" s="346"/>
+      <c r="D335" s="347"/>
       <c r="E335" s="43"/>
       <c r="F335" s="47"/>
       <c r="G335" s="35"/>
       <c r="H335" s="12"/>
       <c r="I335" s="12"/>
       <c r="J335" s="12"/>
       <c r="K335" s="12"/>
       <c r="L335" s="12"/>
       <c r="M335" s="12"/>
-      <c r="N335" s="351"/>
-[...8 lines deleted...]
-      <c r="W335" s="353"/>
+      <c r="N335" s="355"/>
+      <c r="O335" s="356"/>
+      <c r="P335" s="356"/>
+      <c r="Q335" s="356"/>
+      <c r="R335" s="356"/>
+      <c r="S335" s="356"/>
+      <c r="T335" s="356"/>
+      <c r="U335" s="356"/>
+      <c r="V335" s="356"/>
+      <c r="W335" s="357"/>
       <c r="Y335" s="62"/>
       <c r="Z335" s="62"/>
       <c r="AA335" s="62"/>
       <c r="AB335" s="62"/>
       <c r="AC335" s="62"/>
       <c r="AD335" s="62"/>
       <c r="AE335" s="62"/>
       <c r="AF335" s="62"/>
       <c r="AG335" s="62"/>
       <c r="AH335" s="62"/>
       <c r="AI335" s="62"/>
       <c r="AJ335" s="62"/>
       <c r="AK335" s="62"/>
       <c r="AL335" s="62"/>
       <c r="AM335" s="62"/>
       <c r="AN335" s="62"/>
       <c r="AO335" s="62"/>
       <c r="AP335" s="62"/>
       <c r="AQ335" s="62"/>
       <c r="AR335" s="62"/>
     </row>
     <row r="336" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A336" s="34"/>
       <c r="B336" s="43"/>
-      <c r="C336" s="342"/>
-      <c r="D336" s="343"/>
+      <c r="C336" s="346"/>
+      <c r="D336" s="347"/>
       <c r="E336" s="43"/>
       <c r="F336" s="47"/>
       <c r="G336" s="35"/>
       <c r="H336" s="12"/>
       <c r="I336" s="12"/>
       <c r="J336" s="12"/>
       <c r="K336" s="12"/>
       <c r="L336" s="12"/>
       <c r="M336" s="12"/>
-      <c r="N336" s="351"/>
-[...8 lines deleted...]
-      <c r="W336" s="353"/>
+      <c r="N336" s="355"/>
+      <c r="O336" s="356"/>
+      <c r="P336" s="356"/>
+      <c r="Q336" s="356"/>
+      <c r="R336" s="356"/>
+      <c r="S336" s="356"/>
+      <c r="T336" s="356"/>
+      <c r="U336" s="356"/>
+      <c r="V336" s="356"/>
+      <c r="W336" s="357"/>
       <c r="Y336" s="62"/>
       <c r="Z336" s="62"/>
       <c r="AA336" s="62"/>
       <c r="AB336" s="62"/>
       <c r="AC336" s="62"/>
       <c r="AD336" s="62"/>
       <c r="AE336" s="62"/>
       <c r="AF336" s="62"/>
       <c r="AG336" s="62"/>
       <c r="AH336" s="62"/>
       <c r="AI336" s="62"/>
       <c r="AJ336" s="62"/>
       <c r="AK336" s="62"/>
       <c r="AL336" s="62"/>
       <c r="AM336" s="62"/>
       <c r="AN336" s="62"/>
       <c r="AO336" s="62"/>
       <c r="AP336" s="62"/>
       <c r="AQ336" s="62"/>
       <c r="AR336" s="62"/>
     </row>
     <row r="337" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A337" s="34"/>
       <c r="B337" s="43"/>
-      <c r="C337" s="342"/>
-      <c r="D337" s="343"/>
+      <c r="C337" s="346"/>
+      <c r="D337" s="347"/>
       <c r="E337" s="43"/>
       <c r="F337" s="47"/>
       <c r="G337" s="35"/>
       <c r="H337" s="12"/>
       <c r="I337" s="12"/>
       <c r="J337" s="12"/>
       <c r="K337" s="12"/>
       <c r="L337" s="12"/>
       <c r="M337" s="12"/>
-      <c r="N337" s="351"/>
-[...8 lines deleted...]
-      <c r="W337" s="353"/>
+      <c r="N337" s="355"/>
+      <c r="O337" s="356"/>
+      <c r="P337" s="356"/>
+      <c r="Q337" s="356"/>
+      <c r="R337" s="356"/>
+      <c r="S337" s="356"/>
+      <c r="T337" s="356"/>
+      <c r="U337" s="356"/>
+      <c r="V337" s="356"/>
+      <c r="W337" s="357"/>
       <c r="Y337" s="62"/>
       <c r="Z337" s="62"/>
       <c r="AA337" s="62"/>
       <c r="AB337" s="62"/>
       <c r="AC337" s="62"/>
       <c r="AD337" s="62"/>
       <c r="AE337" s="62"/>
       <c r="AF337" s="62"/>
       <c r="AG337" s="62"/>
       <c r="AH337" s="62"/>
       <c r="AI337" s="62"/>
       <c r="AJ337" s="62"/>
       <c r="AK337" s="62"/>
       <c r="AL337" s="62"/>
       <c r="AM337" s="62"/>
       <c r="AN337" s="62"/>
       <c r="AO337" s="62"/>
       <c r="AP337" s="62"/>
       <c r="AQ337" s="62"/>
       <c r="AR337" s="62"/>
     </row>
     <row r="338" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A338" s="34"/>
       <c r="B338" s="43"/>
-      <c r="C338" s="342"/>
-      <c r="D338" s="343"/>
+      <c r="C338" s="346"/>
+      <c r="D338" s="347"/>
       <c r="E338" s="43"/>
       <c r="F338" s="47"/>
       <c r="G338" s="35"/>
       <c r="H338" s="12"/>
       <c r="I338" s="12"/>
       <c r="J338" s="12"/>
       <c r="K338" s="12"/>
       <c r="L338" s="12"/>
       <c r="M338" s="12"/>
-      <c r="N338" s="351"/>
-[...8 lines deleted...]
-      <c r="W338" s="353"/>
+      <c r="N338" s="355"/>
+      <c r="O338" s="356"/>
+      <c r="P338" s="356"/>
+      <c r="Q338" s="356"/>
+      <c r="R338" s="356"/>
+      <c r="S338" s="356"/>
+      <c r="T338" s="356"/>
+      <c r="U338" s="356"/>
+      <c r="V338" s="356"/>
+      <c r="W338" s="357"/>
       <c r="Y338" s="62"/>
       <c r="Z338" s="62"/>
       <c r="AA338" s="62"/>
       <c r="AB338" s="62"/>
       <c r="AC338" s="62"/>
       <c r="AD338" s="62"/>
       <c r="AE338" s="62"/>
       <c r="AF338" s="62"/>
       <c r="AG338" s="62"/>
       <c r="AH338" s="62"/>
       <c r="AI338" s="62"/>
       <c r="AJ338" s="62"/>
       <c r="AK338" s="62"/>
       <c r="AL338" s="62"/>
       <c r="AM338" s="62"/>
       <c r="AN338" s="62"/>
       <c r="AO338" s="62"/>
       <c r="AP338" s="62"/>
       <c r="AQ338" s="62"/>
       <c r="AR338" s="62"/>
     </row>
     <row r="339" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A339" s="34"/>
       <c r="B339" s="43"/>
-      <c r="C339" s="342"/>
-      <c r="D339" s="343"/>
+      <c r="C339" s="346"/>
+      <c r="D339" s="347"/>
       <c r="E339" s="43"/>
       <c r="F339" s="47"/>
       <c r="G339" s="35"/>
       <c r="H339" s="12"/>
       <c r="I339" s="12"/>
       <c r="J339" s="12"/>
       <c r="K339" s="12"/>
       <c r="L339" s="12"/>
       <c r="M339" s="12"/>
-      <c r="N339" s="351"/>
-[...8 lines deleted...]
-      <c r="W339" s="353"/>
+      <c r="N339" s="355"/>
+      <c r="O339" s="356"/>
+      <c r="P339" s="356"/>
+      <c r="Q339" s="356"/>
+      <c r="R339" s="356"/>
+      <c r="S339" s="356"/>
+      <c r="T339" s="356"/>
+      <c r="U339" s="356"/>
+      <c r="V339" s="356"/>
+      <c r="W339" s="357"/>
       <c r="Y339" s="62"/>
       <c r="Z339" s="62"/>
       <c r="AA339" s="62"/>
       <c r="AB339" s="62"/>
       <c r="AC339" s="62"/>
       <c r="AD339" s="62"/>
       <c r="AE339" s="62"/>
       <c r="AF339" s="62"/>
       <c r="AG339" s="62"/>
       <c r="AH339" s="62"/>
       <c r="AI339" s="62"/>
       <c r="AJ339" s="62"/>
       <c r="AK339" s="62"/>
       <c r="AL339" s="62"/>
       <c r="AM339" s="62"/>
       <c r="AN339" s="62"/>
       <c r="AO339" s="62"/>
       <c r="AP339" s="62"/>
       <c r="AQ339" s="62"/>
       <c r="AR339" s="62"/>
     </row>
     <row r="340" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A340" s="34"/>
       <c r="B340" s="43"/>
-      <c r="C340" s="342"/>
-      <c r="D340" s="343"/>
+      <c r="C340" s="346"/>
+      <c r="D340" s="347"/>
       <c r="E340" s="43"/>
       <c r="F340" s="47"/>
       <c r="G340" s="35"/>
       <c r="H340" s="12"/>
       <c r="I340" s="12"/>
       <c r="J340" s="12"/>
       <c r="K340" s="12"/>
       <c r="L340" s="12"/>
       <c r="M340" s="12"/>
-      <c r="N340" s="351"/>
-[...8 lines deleted...]
-      <c r="W340" s="353"/>
+      <c r="N340" s="355"/>
+      <c r="O340" s="356"/>
+      <c r="P340" s="356"/>
+      <c r="Q340" s="356"/>
+      <c r="R340" s="356"/>
+      <c r="S340" s="356"/>
+      <c r="T340" s="356"/>
+      <c r="U340" s="356"/>
+      <c r="V340" s="356"/>
+      <c r="W340" s="357"/>
       <c r="Y340" s="62"/>
       <c r="Z340" s="62"/>
       <c r="AA340" s="62"/>
       <c r="AB340" s="62"/>
       <c r="AC340" s="62"/>
       <c r="AD340" s="62"/>
       <c r="AE340" s="62"/>
       <c r="AF340" s="62"/>
       <c r="AG340" s="62"/>
       <c r="AH340" s="62"/>
       <c r="AI340" s="62"/>
       <c r="AJ340" s="62"/>
       <c r="AK340" s="62"/>
       <c r="AL340" s="62"/>
       <c r="AM340" s="62"/>
       <c r="AN340" s="62"/>
       <c r="AO340" s="62"/>
       <c r="AP340" s="62"/>
       <c r="AQ340" s="62"/>
       <c r="AR340" s="62"/>
     </row>
     <row r="341" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A341" s="34"/>
       <c r="B341" s="43"/>
-      <c r="C341" s="342"/>
-      <c r="D341" s="343"/>
+      <c r="C341" s="346"/>
+      <c r="D341" s="347"/>
       <c r="E341" s="43"/>
       <c r="F341" s="47"/>
       <c r="G341" s="35"/>
       <c r="H341" s="12"/>
       <c r="I341" s="12"/>
       <c r="J341" s="12"/>
       <c r="K341" s="12"/>
       <c r="L341" s="12"/>
       <c r="M341" s="12"/>
-      <c r="N341" s="351"/>
-[...8 lines deleted...]
-      <c r="W341" s="353"/>
+      <c r="N341" s="355"/>
+      <c r="O341" s="356"/>
+      <c r="P341" s="356"/>
+      <c r="Q341" s="356"/>
+      <c r="R341" s="356"/>
+      <c r="S341" s="356"/>
+      <c r="T341" s="356"/>
+      <c r="U341" s="356"/>
+      <c r="V341" s="356"/>
+      <c r="W341" s="357"/>
       <c r="Y341" s="62"/>
       <c r="Z341" s="62"/>
       <c r="AA341" s="62"/>
       <c r="AB341" s="62"/>
       <c r="AC341" s="62"/>
       <c r="AD341" s="62"/>
       <c r="AE341" s="62"/>
       <c r="AF341" s="62"/>
       <c r="AG341" s="62"/>
       <c r="AH341" s="62"/>
       <c r="AI341" s="62"/>
       <c r="AJ341" s="62"/>
       <c r="AK341" s="62"/>
       <c r="AL341" s="62"/>
       <c r="AM341" s="62"/>
       <c r="AN341" s="62"/>
       <c r="AO341" s="62"/>
       <c r="AP341" s="62"/>
       <c r="AQ341" s="62"/>
       <c r="AR341" s="62"/>
     </row>
     <row r="342" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A342" s="34"/>
       <c r="B342" s="43"/>
-      <c r="C342" s="342"/>
-      <c r="D342" s="343"/>
+      <c r="C342" s="346"/>
+      <c r="D342" s="347"/>
       <c r="E342" s="43"/>
       <c r="F342" s="47"/>
       <c r="G342" s="35"/>
       <c r="H342" s="12"/>
       <c r="I342" s="12"/>
       <c r="J342" s="12"/>
       <c r="K342" s="12"/>
       <c r="L342" s="12"/>
       <c r="M342" s="12"/>
-      <c r="N342" s="351"/>
-[...8 lines deleted...]
-      <c r="W342" s="353"/>
+      <c r="N342" s="355"/>
+      <c r="O342" s="356"/>
+      <c r="P342" s="356"/>
+      <c r="Q342" s="356"/>
+      <c r="R342" s="356"/>
+      <c r="S342" s="356"/>
+      <c r="T342" s="356"/>
+      <c r="U342" s="356"/>
+      <c r="V342" s="356"/>
+      <c r="W342" s="357"/>
       <c r="Y342" s="62"/>
       <c r="Z342" s="62"/>
       <c r="AA342" s="62"/>
       <c r="AB342" s="62"/>
       <c r="AC342" s="62"/>
       <c r="AD342" s="62"/>
       <c r="AE342" s="62"/>
       <c r="AF342" s="62"/>
       <c r="AG342" s="62"/>
       <c r="AH342" s="62"/>
       <c r="AI342" s="62"/>
       <c r="AJ342" s="62"/>
       <c r="AK342" s="62"/>
       <c r="AL342" s="62"/>
       <c r="AM342" s="62"/>
       <c r="AN342" s="62"/>
       <c r="AO342" s="62"/>
       <c r="AP342" s="62"/>
       <c r="AQ342" s="62"/>
       <c r="AR342" s="62"/>
     </row>
     <row r="343" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A343" s="34"/>
       <c r="B343" s="43"/>
-      <c r="C343" s="342"/>
-      <c r="D343" s="343"/>
+      <c r="C343" s="346"/>
+      <c r="D343" s="347"/>
       <c r="E343" s="43"/>
       <c r="F343" s="47"/>
       <c r="G343" s="35"/>
       <c r="H343" s="12"/>
       <c r="I343" s="12"/>
       <c r="J343" s="12"/>
       <c r="K343" s="12"/>
       <c r="L343" s="12"/>
       <c r="M343" s="12"/>
-      <c r="N343" s="351"/>
-[...8 lines deleted...]
-      <c r="W343" s="353"/>
+      <c r="N343" s="355"/>
+      <c r="O343" s="356"/>
+      <c r="P343" s="356"/>
+      <c r="Q343" s="356"/>
+      <c r="R343" s="356"/>
+      <c r="S343" s="356"/>
+      <c r="T343" s="356"/>
+      <c r="U343" s="356"/>
+      <c r="V343" s="356"/>
+      <c r="W343" s="357"/>
       <c r="Y343" s="62"/>
       <c r="Z343" s="62"/>
       <c r="AA343" s="62"/>
       <c r="AB343" s="62"/>
       <c r="AC343" s="62"/>
       <c r="AD343" s="62"/>
       <c r="AE343" s="62"/>
       <c r="AF343" s="62"/>
       <c r="AG343" s="62"/>
       <c r="AH343" s="62"/>
       <c r="AI343" s="62"/>
       <c r="AJ343" s="62"/>
       <c r="AK343" s="62"/>
       <c r="AL343" s="62"/>
       <c r="AM343" s="62"/>
       <c r="AN343" s="62"/>
       <c r="AO343" s="62"/>
       <c r="AP343" s="62"/>
       <c r="AQ343" s="62"/>
       <c r="AR343" s="62"/>
     </row>
     <row r="344" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A344" s="34"/>
       <c r="B344" s="43"/>
-      <c r="C344" s="342"/>
-      <c r="D344" s="343"/>
+      <c r="C344" s="346"/>
+      <c r="D344" s="347"/>
       <c r="E344" s="43"/>
       <c r="F344" s="47"/>
       <c r="G344" s="35"/>
       <c r="H344" s="12"/>
       <c r="I344" s="12"/>
       <c r="J344" s="12"/>
       <c r="K344" s="12"/>
       <c r="L344" s="12"/>
       <c r="M344" s="12"/>
-      <c r="N344" s="351"/>
-[...8 lines deleted...]
-      <c r="W344" s="353"/>
+      <c r="N344" s="355"/>
+      <c r="O344" s="356"/>
+      <c r="P344" s="356"/>
+      <c r="Q344" s="356"/>
+      <c r="R344" s="356"/>
+      <c r="S344" s="356"/>
+      <c r="T344" s="356"/>
+      <c r="U344" s="356"/>
+      <c r="V344" s="356"/>
+      <c r="W344" s="357"/>
       <c r="Y344" s="62"/>
       <c r="Z344" s="62"/>
       <c r="AA344" s="62"/>
       <c r="AB344" s="62"/>
       <c r="AC344" s="62"/>
       <c r="AD344" s="62"/>
       <c r="AE344" s="62"/>
       <c r="AF344" s="62"/>
       <c r="AG344" s="62"/>
       <c r="AH344" s="62"/>
       <c r="AI344" s="62"/>
       <c r="AJ344" s="62"/>
       <c r="AK344" s="62"/>
       <c r="AL344" s="62"/>
       <c r="AM344" s="62"/>
       <c r="AN344" s="62"/>
       <c r="AO344" s="62"/>
       <c r="AP344" s="62"/>
       <c r="AQ344" s="62"/>
       <c r="AR344" s="62"/>
     </row>
     <row r="345" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A345" s="34"/>
       <c r="B345" s="43"/>
-      <c r="C345" s="342"/>
-      <c r="D345" s="343"/>
+      <c r="C345" s="346"/>
+      <c r="D345" s="347"/>
       <c r="E345" s="43"/>
       <c r="F345" s="47"/>
       <c r="G345" s="35"/>
       <c r="H345" s="12"/>
       <c r="I345" s="12"/>
       <c r="J345" s="12"/>
       <c r="K345" s="12"/>
       <c r="L345" s="12"/>
       <c r="M345" s="12"/>
-      <c r="N345" s="351"/>
-[...8 lines deleted...]
-      <c r="W345" s="353"/>
+      <c r="N345" s="355"/>
+      <c r="O345" s="356"/>
+      <c r="P345" s="356"/>
+      <c r="Q345" s="356"/>
+      <c r="R345" s="356"/>
+      <c r="S345" s="356"/>
+      <c r="T345" s="356"/>
+      <c r="U345" s="356"/>
+      <c r="V345" s="356"/>
+      <c r="W345" s="357"/>
       <c r="Y345" s="62"/>
       <c r="Z345" s="62"/>
       <c r="AA345" s="62"/>
       <c r="AB345" s="62"/>
       <c r="AC345" s="62"/>
       <c r="AD345" s="62"/>
       <c r="AE345" s="62"/>
       <c r="AF345" s="62"/>
       <c r="AG345" s="62"/>
       <c r="AH345" s="62"/>
       <c r="AI345" s="62"/>
       <c r="AJ345" s="62"/>
       <c r="AK345" s="62"/>
       <c r="AL345" s="62"/>
       <c r="AM345" s="62"/>
       <c r="AN345" s="62"/>
       <c r="AO345" s="62"/>
       <c r="AP345" s="62"/>
       <c r="AQ345" s="62"/>
       <c r="AR345" s="62"/>
     </row>
     <row r="346" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A346" s="34"/>
       <c r="B346" s="43"/>
-      <c r="C346" s="342"/>
-      <c r="D346" s="343"/>
+      <c r="C346" s="346"/>
+      <c r="D346" s="347"/>
       <c r="E346" s="43"/>
       <c r="F346" s="47"/>
       <c r="G346" s="35"/>
       <c r="H346" s="12"/>
       <c r="I346" s="12"/>
       <c r="J346" s="12"/>
       <c r="K346" s="12"/>
       <c r="L346" s="12"/>
       <c r="M346" s="12"/>
-      <c r="N346" s="351"/>
-[...8 lines deleted...]
-      <c r="W346" s="353"/>
+      <c r="N346" s="355"/>
+      <c r="O346" s="356"/>
+      <c r="P346" s="356"/>
+      <c r="Q346" s="356"/>
+      <c r="R346" s="356"/>
+      <c r="S346" s="356"/>
+      <c r="T346" s="356"/>
+      <c r="U346" s="356"/>
+      <c r="V346" s="356"/>
+      <c r="W346" s="357"/>
       <c r="Y346" s="62"/>
       <c r="Z346" s="62"/>
       <c r="AA346" s="62"/>
       <c r="AB346" s="62"/>
       <c r="AC346" s="62"/>
       <c r="AD346" s="62"/>
       <c r="AE346" s="62"/>
       <c r="AF346" s="62"/>
       <c r="AG346" s="62"/>
       <c r="AH346" s="62"/>
       <c r="AI346" s="62"/>
       <c r="AJ346" s="62"/>
       <c r="AK346" s="62"/>
       <c r="AL346" s="62"/>
       <c r="AM346" s="62"/>
       <c r="AN346" s="62"/>
       <c r="AO346" s="62"/>
       <c r="AP346" s="62"/>
       <c r="AQ346" s="62"/>
       <c r="AR346" s="62"/>
     </row>
     <row r="347" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A347" s="34"/>
       <c r="B347" s="43"/>
-      <c r="C347" s="342"/>
-      <c r="D347" s="343"/>
+      <c r="C347" s="346"/>
+      <c r="D347" s="347"/>
       <c r="E347" s="43"/>
       <c r="F347" s="47"/>
       <c r="G347" s="35"/>
       <c r="H347" s="12"/>
       <c r="I347" s="12"/>
       <c r="J347" s="12"/>
       <c r="K347" s="12"/>
       <c r="L347" s="12"/>
       <c r="M347" s="12"/>
-      <c r="N347" s="351"/>
-[...8 lines deleted...]
-      <c r="W347" s="353"/>
+      <c r="N347" s="355"/>
+      <c r="O347" s="356"/>
+      <c r="P347" s="356"/>
+      <c r="Q347" s="356"/>
+      <c r="R347" s="356"/>
+      <c r="S347" s="356"/>
+      <c r="T347" s="356"/>
+      <c r="U347" s="356"/>
+      <c r="V347" s="356"/>
+      <c r="W347" s="357"/>
       <c r="Y347" s="62"/>
       <c r="Z347" s="62"/>
       <c r="AA347" s="62"/>
       <c r="AB347" s="62"/>
       <c r="AC347" s="62"/>
       <c r="AD347" s="62"/>
       <c r="AE347" s="62"/>
       <c r="AF347" s="62"/>
       <c r="AG347" s="62"/>
       <c r="AH347" s="62"/>
       <c r="AI347" s="62"/>
       <c r="AJ347" s="62"/>
       <c r="AK347" s="62"/>
       <c r="AL347" s="62"/>
       <c r="AM347" s="62"/>
       <c r="AN347" s="62"/>
       <c r="AO347" s="62"/>
       <c r="AP347" s="62"/>
       <c r="AQ347" s="62"/>
       <c r="AR347" s="62"/>
     </row>
     <row r="348" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A348" s="34"/>
       <c r="B348" s="43"/>
-      <c r="C348" s="342"/>
-      <c r="D348" s="343"/>
+      <c r="C348" s="346"/>
+      <c r="D348" s="347"/>
       <c r="E348" s="43"/>
       <c r="F348" s="47"/>
       <c r="G348" s="35"/>
       <c r="H348" s="12"/>
       <c r="I348" s="12"/>
       <c r="J348" s="12"/>
       <c r="K348" s="12"/>
       <c r="L348" s="12"/>
       <c r="M348" s="12"/>
-      <c r="N348" s="351"/>
-[...8 lines deleted...]
-      <c r="W348" s="353"/>
+      <c r="N348" s="355"/>
+      <c r="O348" s="356"/>
+      <c r="P348" s="356"/>
+      <c r="Q348" s="356"/>
+      <c r="R348" s="356"/>
+      <c r="S348" s="356"/>
+      <c r="T348" s="356"/>
+      <c r="U348" s="356"/>
+      <c r="V348" s="356"/>
+      <c r="W348" s="357"/>
       <c r="Y348" s="62"/>
       <c r="Z348" s="62"/>
       <c r="AA348" s="62"/>
       <c r="AB348" s="62"/>
       <c r="AC348" s="62"/>
       <c r="AD348" s="62"/>
       <c r="AE348" s="62"/>
       <c r="AF348" s="62"/>
       <c r="AG348" s="62"/>
       <c r="AH348" s="62"/>
       <c r="AI348" s="62"/>
       <c r="AJ348" s="62"/>
       <c r="AK348" s="62"/>
       <c r="AL348" s="62"/>
       <c r="AM348" s="62"/>
       <c r="AN348" s="62"/>
       <c r="AO348" s="62"/>
       <c r="AP348" s="62"/>
       <c r="AQ348" s="62"/>
       <c r="AR348" s="62"/>
     </row>
     <row r="349" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A349" s="34"/>
       <c r="B349" s="43"/>
-      <c r="C349" s="342"/>
-      <c r="D349" s="343"/>
+      <c r="C349" s="346"/>
+      <c r="D349" s="347"/>
       <c r="E349" s="43"/>
       <c r="F349" s="47"/>
       <c r="G349" s="35"/>
       <c r="H349" s="12"/>
       <c r="I349" s="12"/>
       <c r="J349" s="12"/>
       <c r="K349" s="12"/>
       <c r="L349" s="12"/>
       <c r="M349" s="12"/>
-      <c r="N349" s="351"/>
-[...8 lines deleted...]
-      <c r="W349" s="353"/>
+      <c r="N349" s="355"/>
+      <c r="O349" s="356"/>
+      <c r="P349" s="356"/>
+      <c r="Q349" s="356"/>
+      <c r="R349" s="356"/>
+      <c r="S349" s="356"/>
+      <c r="T349" s="356"/>
+      <c r="U349" s="356"/>
+      <c r="V349" s="356"/>
+      <c r="W349" s="357"/>
       <c r="Y349" s="62"/>
       <c r="Z349" s="62"/>
       <c r="AA349" s="62"/>
       <c r="AB349" s="62"/>
       <c r="AC349" s="62"/>
       <c r="AD349" s="62"/>
       <c r="AE349" s="62"/>
       <c r="AF349" s="62"/>
       <c r="AG349" s="62"/>
       <c r="AH349" s="62"/>
       <c r="AI349" s="62"/>
       <c r="AJ349" s="62"/>
       <c r="AK349" s="62"/>
       <c r="AL349" s="62"/>
       <c r="AM349" s="62"/>
       <c r="AN349" s="62"/>
       <c r="AO349" s="62"/>
       <c r="AP349" s="62"/>
       <c r="AQ349" s="62"/>
       <c r="AR349" s="62"/>
     </row>
     <row r="350" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A350" s="34"/>
       <c r="B350" s="43"/>
-      <c r="C350" s="342"/>
-      <c r="D350" s="343"/>
+      <c r="C350" s="346"/>
+      <c r="D350" s="347"/>
       <c r="E350" s="43"/>
       <c r="F350" s="47"/>
       <c r="G350" s="35"/>
       <c r="H350" s="12"/>
       <c r="I350" s="12"/>
       <c r="J350" s="12"/>
       <c r="K350" s="12"/>
       <c r="L350" s="12"/>
       <c r="M350" s="12"/>
-      <c r="N350" s="351"/>
-[...8 lines deleted...]
-      <c r="W350" s="353"/>
+      <c r="N350" s="355"/>
+      <c r="O350" s="356"/>
+      <c r="P350" s="356"/>
+      <c r="Q350" s="356"/>
+      <c r="R350" s="356"/>
+      <c r="S350" s="356"/>
+      <c r="T350" s="356"/>
+      <c r="U350" s="356"/>
+      <c r="V350" s="356"/>
+      <c r="W350" s="357"/>
       <c r="Y350" s="62"/>
       <c r="Z350" s="62"/>
       <c r="AA350" s="62"/>
       <c r="AB350" s="62"/>
       <c r="AC350" s="62"/>
       <c r="AD350" s="62"/>
       <c r="AE350" s="62"/>
       <c r="AF350" s="62"/>
       <c r="AG350" s="62"/>
       <c r="AH350" s="62"/>
       <c r="AI350" s="62"/>
       <c r="AJ350" s="62"/>
       <c r="AK350" s="62"/>
       <c r="AL350" s="62"/>
       <c r="AM350" s="62"/>
       <c r="AN350" s="62"/>
       <c r="AO350" s="62"/>
       <c r="AP350" s="62"/>
       <c r="AQ350" s="62"/>
       <c r="AR350" s="62"/>
     </row>
     <row r="351" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A351" s="34"/>
       <c r="B351" s="43"/>
-      <c r="C351" s="342"/>
-      <c r="D351" s="343"/>
+      <c r="C351" s="346"/>
+      <c r="D351" s="347"/>
       <c r="E351" s="43"/>
       <c r="F351" s="47"/>
       <c r="G351" s="35"/>
       <c r="H351" s="12"/>
       <c r="I351" s="12"/>
       <c r="J351" s="12"/>
       <c r="K351" s="12"/>
       <c r="L351" s="12"/>
       <c r="M351" s="12"/>
-      <c r="N351" s="351"/>
-[...8 lines deleted...]
-      <c r="W351" s="353"/>
+      <c r="N351" s="355"/>
+      <c r="O351" s="356"/>
+      <c r="P351" s="356"/>
+      <c r="Q351" s="356"/>
+      <c r="R351" s="356"/>
+      <c r="S351" s="356"/>
+      <c r="T351" s="356"/>
+      <c r="U351" s="356"/>
+      <c r="V351" s="356"/>
+      <c r="W351" s="357"/>
       <c r="Y351" s="62"/>
       <c r="Z351" s="62"/>
       <c r="AA351" s="62"/>
       <c r="AB351" s="62"/>
       <c r="AC351" s="62"/>
       <c r="AD351" s="62"/>
       <c r="AE351" s="62"/>
       <c r="AF351" s="62"/>
       <c r="AG351" s="62"/>
       <c r="AH351" s="62"/>
       <c r="AI351" s="62"/>
       <c r="AJ351" s="62"/>
       <c r="AK351" s="62"/>
       <c r="AL351" s="62"/>
       <c r="AM351" s="62"/>
       <c r="AN351" s="62"/>
       <c r="AO351" s="62"/>
       <c r="AP351" s="62"/>
       <c r="AQ351" s="62"/>
       <c r="AR351" s="62"/>
     </row>
     <row r="352" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A352" s="34"/>
       <c r="B352" s="43"/>
-      <c r="C352" s="342"/>
-      <c r="D352" s="343"/>
+      <c r="C352" s="346"/>
+      <c r="D352" s="347"/>
       <c r="E352" s="43"/>
       <c r="F352" s="47"/>
       <c r="G352" s="35"/>
       <c r="H352" s="12"/>
       <c r="I352" s="12"/>
       <c r="J352" s="12"/>
       <c r="K352" s="12"/>
       <c r="L352" s="12"/>
       <c r="M352" s="12"/>
-      <c r="N352" s="351"/>
-[...8 lines deleted...]
-      <c r="W352" s="353"/>
+      <c r="N352" s="355"/>
+      <c r="O352" s="356"/>
+      <c r="P352" s="356"/>
+      <c r="Q352" s="356"/>
+      <c r="R352" s="356"/>
+      <c r="S352" s="356"/>
+      <c r="T352" s="356"/>
+      <c r="U352" s="356"/>
+      <c r="V352" s="356"/>
+      <c r="W352" s="357"/>
       <c r="Y352" s="62"/>
       <c r="Z352" s="62"/>
       <c r="AA352" s="62"/>
       <c r="AB352" s="62"/>
       <c r="AC352" s="62"/>
       <c r="AD352" s="62"/>
       <c r="AE352" s="62"/>
       <c r="AF352" s="62"/>
       <c r="AG352" s="62"/>
       <c r="AH352" s="62"/>
       <c r="AI352" s="62"/>
       <c r="AJ352" s="62"/>
       <c r="AK352" s="62"/>
       <c r="AL352" s="62"/>
       <c r="AM352" s="62"/>
       <c r="AN352" s="62"/>
       <c r="AO352" s="62"/>
       <c r="AP352" s="62"/>
       <c r="AQ352" s="62"/>
       <c r="AR352" s="62"/>
     </row>
     <row r="353" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A353" s="34"/>
       <c r="B353" s="43"/>
-      <c r="C353" s="342"/>
-      <c r="D353" s="343"/>
+      <c r="C353" s="346"/>
+      <c r="D353" s="347"/>
       <c r="E353" s="43"/>
       <c r="F353" s="47"/>
       <c r="G353" s="35"/>
       <c r="H353" s="12"/>
       <c r="I353" s="12"/>
       <c r="J353" s="12"/>
       <c r="K353" s="12"/>
       <c r="L353" s="12"/>
       <c r="M353" s="12"/>
-      <c r="N353" s="351"/>
-[...8 lines deleted...]
-      <c r="W353" s="353"/>
+      <c r="N353" s="355"/>
+      <c r="O353" s="356"/>
+      <c r="P353" s="356"/>
+      <c r="Q353" s="356"/>
+      <c r="R353" s="356"/>
+      <c r="S353" s="356"/>
+      <c r="T353" s="356"/>
+      <c r="U353" s="356"/>
+      <c r="V353" s="356"/>
+      <c r="W353" s="357"/>
       <c r="Y353" s="62"/>
       <c r="Z353" s="62"/>
       <c r="AA353" s="62"/>
       <c r="AB353" s="62"/>
       <c r="AC353" s="62"/>
       <c r="AD353" s="62"/>
       <c r="AE353" s="62"/>
       <c r="AF353" s="62"/>
       <c r="AG353" s="62"/>
       <c r="AH353" s="62"/>
       <c r="AI353" s="62"/>
       <c r="AJ353" s="62"/>
       <c r="AK353" s="62"/>
       <c r="AL353" s="62"/>
       <c r="AM353" s="62"/>
       <c r="AN353" s="62"/>
       <c r="AO353" s="62"/>
       <c r="AP353" s="62"/>
       <c r="AQ353" s="62"/>
       <c r="AR353" s="62"/>
     </row>
     <row r="354" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A354" s="34"/>
       <c r="B354" s="43"/>
-      <c r="C354" s="342"/>
-      <c r="D354" s="343"/>
+      <c r="C354" s="346"/>
+      <c r="D354" s="347"/>
       <c r="E354" s="43"/>
       <c r="F354" s="47"/>
       <c r="G354" s="35"/>
       <c r="H354" s="12"/>
       <c r="I354" s="12"/>
       <c r="J354" s="12"/>
       <c r="K354" s="12"/>
       <c r="L354" s="12"/>
       <c r="M354" s="12"/>
-      <c r="N354" s="351"/>
-[...8 lines deleted...]
-      <c r="W354" s="353"/>
+      <c r="N354" s="355"/>
+      <c r="O354" s="356"/>
+      <c r="P354" s="356"/>
+      <c r="Q354" s="356"/>
+      <c r="R354" s="356"/>
+      <c r="S354" s="356"/>
+      <c r="T354" s="356"/>
+      <c r="U354" s="356"/>
+      <c r="V354" s="356"/>
+      <c r="W354" s="357"/>
       <c r="Y354" s="62"/>
       <c r="Z354" s="62"/>
       <c r="AA354" s="62"/>
       <c r="AB354" s="62"/>
       <c r="AC354" s="62"/>
       <c r="AD354" s="62"/>
       <c r="AE354" s="62"/>
       <c r="AF354" s="62"/>
       <c r="AG354" s="62"/>
       <c r="AH354" s="62"/>
       <c r="AI354" s="62"/>
       <c r="AJ354" s="62"/>
       <c r="AK354" s="62"/>
       <c r="AL354" s="62"/>
       <c r="AM354" s="62"/>
       <c r="AN354" s="62"/>
       <c r="AO354" s="62"/>
       <c r="AP354" s="62"/>
       <c r="AQ354" s="62"/>
       <c r="AR354" s="62"/>
     </row>
     <row r="355" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A355" s="34"/>
       <c r="B355" s="43"/>
-      <c r="C355" s="342"/>
-      <c r="D355" s="343"/>
+      <c r="C355" s="346"/>
+      <c r="D355" s="347"/>
       <c r="E355" s="43"/>
       <c r="F355" s="47"/>
       <c r="G355" s="35"/>
       <c r="H355" s="12"/>
       <c r="I355" s="12"/>
       <c r="J355" s="12"/>
       <c r="K355" s="12"/>
       <c r="L355" s="12"/>
       <c r="M355" s="12"/>
-      <c r="N355" s="351"/>
-[...8 lines deleted...]
-      <c r="W355" s="353"/>
+      <c r="N355" s="355"/>
+      <c r="O355" s="356"/>
+      <c r="P355" s="356"/>
+      <c r="Q355" s="356"/>
+      <c r="R355" s="356"/>
+      <c r="S355" s="356"/>
+      <c r="T355" s="356"/>
+      <c r="U355" s="356"/>
+      <c r="V355" s="356"/>
+      <c r="W355" s="357"/>
       <c r="Y355" s="62"/>
       <c r="Z355" s="62"/>
       <c r="AA355" s="62"/>
       <c r="AB355" s="62"/>
       <c r="AC355" s="62"/>
       <c r="AD355" s="62"/>
       <c r="AE355" s="62"/>
       <c r="AF355" s="62"/>
       <c r="AG355" s="62"/>
       <c r="AH355" s="62"/>
       <c r="AI355" s="62"/>
       <c r="AJ355" s="62"/>
       <c r="AK355" s="62"/>
       <c r="AL355" s="62"/>
       <c r="AM355" s="62"/>
       <c r="AN355" s="62"/>
       <c r="AO355" s="62"/>
       <c r="AP355" s="62"/>
       <c r="AQ355" s="62"/>
       <c r="AR355" s="62"/>
     </row>
     <row r="356" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A356" s="34"/>
       <c r="B356" s="43"/>
-      <c r="C356" s="342"/>
-      <c r="D356" s="343"/>
+      <c r="C356" s="346"/>
+      <c r="D356" s="347"/>
       <c r="E356" s="43"/>
       <c r="F356" s="47"/>
       <c r="G356" s="35"/>
       <c r="H356" s="12"/>
       <c r="I356" s="12"/>
       <c r="J356" s="12"/>
       <c r="K356" s="12"/>
       <c r="L356" s="12"/>
       <c r="M356" s="12"/>
-      <c r="N356" s="351"/>
-[...8 lines deleted...]
-      <c r="W356" s="353"/>
+      <c r="N356" s="355"/>
+      <c r="O356" s="356"/>
+      <c r="P356" s="356"/>
+      <c r="Q356" s="356"/>
+      <c r="R356" s="356"/>
+      <c r="S356" s="356"/>
+      <c r="T356" s="356"/>
+      <c r="U356" s="356"/>
+      <c r="V356" s="356"/>
+      <c r="W356" s="357"/>
       <c r="Y356" s="62"/>
       <c r="Z356" s="62"/>
       <c r="AA356" s="62"/>
       <c r="AB356" s="62"/>
       <c r="AC356" s="62"/>
       <c r="AD356" s="62"/>
       <c r="AE356" s="62"/>
       <c r="AF356" s="62"/>
       <c r="AG356" s="62"/>
       <c r="AH356" s="62"/>
       <c r="AI356" s="62"/>
       <c r="AJ356" s="62"/>
       <c r="AK356" s="62"/>
       <c r="AL356" s="62"/>
       <c r="AM356" s="62"/>
       <c r="AN356" s="62"/>
       <c r="AO356" s="62"/>
       <c r="AP356" s="62"/>
       <c r="AQ356" s="62"/>
       <c r="AR356" s="62"/>
     </row>
     <row r="357" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A357" s="34"/>
       <c r="B357" s="43"/>
-      <c r="C357" s="342"/>
-      <c r="D357" s="343"/>
+      <c r="C357" s="346"/>
+      <c r="D357" s="347"/>
       <c r="E357" s="43"/>
       <c r="F357" s="47"/>
       <c r="G357" s="35"/>
       <c r="H357" s="12"/>
       <c r="I357" s="12"/>
       <c r="J357" s="12"/>
       <c r="K357" s="12"/>
       <c r="L357" s="12"/>
       <c r="M357" s="12"/>
-      <c r="N357" s="351"/>
-[...8 lines deleted...]
-      <c r="W357" s="353"/>
+      <c r="N357" s="355"/>
+      <c r="O357" s="356"/>
+      <c r="P357" s="356"/>
+      <c r="Q357" s="356"/>
+      <c r="R357" s="356"/>
+      <c r="S357" s="356"/>
+      <c r="T357" s="356"/>
+      <c r="U357" s="356"/>
+      <c r="V357" s="356"/>
+      <c r="W357" s="357"/>
       <c r="Y357" s="62"/>
       <c r="Z357" s="62"/>
       <c r="AA357" s="62"/>
       <c r="AB357" s="62"/>
       <c r="AC357" s="62"/>
       <c r="AD357" s="62"/>
       <c r="AE357" s="62"/>
       <c r="AF357" s="62"/>
       <c r="AG357" s="62"/>
       <c r="AH357" s="62"/>
       <c r="AI357" s="62"/>
       <c r="AJ357" s="62"/>
       <c r="AK357" s="62"/>
       <c r="AL357" s="62"/>
       <c r="AM357" s="62"/>
       <c r="AN357" s="62"/>
       <c r="AO357" s="62"/>
       <c r="AP357" s="62"/>
       <c r="AQ357" s="62"/>
       <c r="AR357" s="62"/>
     </row>
     <row r="358" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A358" s="34"/>
       <c r="B358" s="43"/>
-      <c r="C358" s="342"/>
-      <c r="D358" s="343"/>
+      <c r="C358" s="346"/>
+      <c r="D358" s="347"/>
       <c r="E358" s="43"/>
       <c r="F358" s="47"/>
       <c r="G358" s="35"/>
       <c r="H358" s="12"/>
       <c r="I358" s="12"/>
       <c r="J358" s="12"/>
       <c r="K358" s="12"/>
       <c r="L358" s="12"/>
       <c r="M358" s="12"/>
-      <c r="N358" s="351"/>
-[...8 lines deleted...]
-      <c r="W358" s="353"/>
+      <c r="N358" s="355"/>
+      <c r="O358" s="356"/>
+      <c r="P358" s="356"/>
+      <c r="Q358" s="356"/>
+      <c r="R358" s="356"/>
+      <c r="S358" s="356"/>
+      <c r="T358" s="356"/>
+      <c r="U358" s="356"/>
+      <c r="V358" s="356"/>
+      <c r="W358" s="357"/>
       <c r="Y358" s="62"/>
       <c r="Z358" s="62"/>
       <c r="AA358" s="62"/>
       <c r="AB358" s="62"/>
       <c r="AC358" s="62"/>
       <c r="AD358" s="62"/>
       <c r="AE358" s="62"/>
       <c r="AF358" s="62"/>
       <c r="AG358" s="62"/>
       <c r="AH358" s="62"/>
       <c r="AI358" s="62"/>
       <c r="AJ358" s="62"/>
       <c r="AK358" s="62"/>
       <c r="AL358" s="62"/>
       <c r="AM358" s="62"/>
       <c r="AN358" s="62"/>
       <c r="AO358" s="62"/>
       <c r="AP358" s="62"/>
       <c r="AQ358" s="62"/>
       <c r="AR358" s="62"/>
     </row>
     <row r="359" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A359" s="34"/>
       <c r="B359" s="43"/>
-      <c r="C359" s="342"/>
-      <c r="D359" s="343"/>
+      <c r="C359" s="346"/>
+      <c r="D359" s="347"/>
       <c r="E359" s="43"/>
       <c r="F359" s="47"/>
       <c r="G359" s="35"/>
       <c r="H359" s="12"/>
       <c r="I359" s="12"/>
       <c r="J359" s="12"/>
       <c r="K359" s="12"/>
       <c r="L359" s="12"/>
       <c r="M359" s="12"/>
-      <c r="N359" s="351"/>
-[...8 lines deleted...]
-      <c r="W359" s="353"/>
+      <c r="N359" s="355"/>
+      <c r="O359" s="356"/>
+      <c r="P359" s="356"/>
+      <c r="Q359" s="356"/>
+      <c r="R359" s="356"/>
+      <c r="S359" s="356"/>
+      <c r="T359" s="356"/>
+      <c r="U359" s="356"/>
+      <c r="V359" s="356"/>
+      <c r="W359" s="357"/>
       <c r="Y359" s="62"/>
       <c r="Z359" s="62"/>
       <c r="AA359" s="62"/>
       <c r="AB359" s="62"/>
       <c r="AC359" s="62"/>
       <c r="AD359" s="62"/>
       <c r="AE359" s="62"/>
       <c r="AF359" s="62"/>
       <c r="AG359" s="62"/>
       <c r="AH359" s="62"/>
       <c r="AI359" s="62"/>
       <c r="AJ359" s="62"/>
       <c r="AK359" s="62"/>
       <c r="AL359" s="62"/>
       <c r="AM359" s="62"/>
       <c r="AN359" s="62"/>
       <c r="AO359" s="62"/>
       <c r="AP359" s="62"/>
       <c r="AQ359" s="62"/>
       <c r="AR359" s="62"/>
     </row>
     <row r="360" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A360" s="34"/>
       <c r="B360" s="43"/>
-      <c r="C360" s="342"/>
-      <c r="D360" s="343"/>
+      <c r="C360" s="346"/>
+      <c r="D360" s="347"/>
       <c r="E360" s="43"/>
       <c r="F360" s="47"/>
       <c r="G360" s="35"/>
       <c r="H360" s="12"/>
       <c r="I360" s="12"/>
       <c r="J360" s="12"/>
       <c r="K360" s="12"/>
       <c r="L360" s="12"/>
       <c r="M360" s="12"/>
-      <c r="N360" s="351"/>
-[...8 lines deleted...]
-      <c r="W360" s="353"/>
+      <c r="N360" s="355"/>
+      <c r="O360" s="356"/>
+      <c r="P360" s="356"/>
+      <c r="Q360" s="356"/>
+      <c r="R360" s="356"/>
+      <c r="S360" s="356"/>
+      <c r="T360" s="356"/>
+      <c r="U360" s="356"/>
+      <c r="V360" s="356"/>
+      <c r="W360" s="357"/>
       <c r="Y360" s="62"/>
       <c r="Z360" s="62"/>
       <c r="AA360" s="62"/>
       <c r="AB360" s="62"/>
       <c r="AC360" s="62"/>
       <c r="AD360" s="62"/>
       <c r="AE360" s="62"/>
       <c r="AF360" s="62"/>
       <c r="AG360" s="62"/>
       <c r="AH360" s="62"/>
       <c r="AI360" s="62"/>
       <c r="AJ360" s="62"/>
       <c r="AK360" s="62"/>
       <c r="AL360" s="62"/>
       <c r="AM360" s="62"/>
       <c r="AN360" s="62"/>
       <c r="AO360" s="62"/>
       <c r="AP360" s="62"/>
       <c r="AQ360" s="62"/>
       <c r="AR360" s="62"/>
     </row>
     <row r="361" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A361" s="34"/>
       <c r="B361" s="43"/>
-      <c r="C361" s="342"/>
-      <c r="D361" s="343"/>
+      <c r="C361" s="346"/>
+      <c r="D361" s="347"/>
       <c r="E361" s="43"/>
       <c r="F361" s="47"/>
       <c r="G361" s="35"/>
       <c r="H361" s="12"/>
       <c r="I361" s="12"/>
       <c r="J361" s="12"/>
       <c r="K361" s="12"/>
       <c r="L361" s="12"/>
       <c r="M361" s="12"/>
-      <c r="N361" s="351"/>
-[...8 lines deleted...]
-      <c r="W361" s="353"/>
+      <c r="N361" s="355"/>
+      <c r="O361" s="356"/>
+      <c r="P361" s="356"/>
+      <c r="Q361" s="356"/>
+      <c r="R361" s="356"/>
+      <c r="S361" s="356"/>
+      <c r="T361" s="356"/>
+      <c r="U361" s="356"/>
+      <c r="V361" s="356"/>
+      <c r="W361" s="357"/>
       <c r="Y361" s="62"/>
       <c r="Z361" s="62"/>
       <c r="AA361" s="62"/>
       <c r="AB361" s="62"/>
       <c r="AC361" s="62"/>
       <c r="AD361" s="62"/>
       <c r="AE361" s="62"/>
       <c r="AF361" s="62"/>
       <c r="AG361" s="62"/>
       <c r="AH361" s="62"/>
       <c r="AI361" s="62"/>
       <c r="AJ361" s="62"/>
       <c r="AK361" s="62"/>
       <c r="AL361" s="62"/>
       <c r="AM361" s="62"/>
       <c r="AN361" s="62"/>
       <c r="AO361" s="62"/>
       <c r="AP361" s="62"/>
       <c r="AQ361" s="62"/>
       <c r="AR361" s="62"/>
     </row>
     <row r="362" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A362" s="34"/>
       <c r="B362" s="43"/>
-      <c r="C362" s="342"/>
-      <c r="D362" s="343"/>
+      <c r="C362" s="346"/>
+      <c r="D362" s="347"/>
       <c r="E362" s="43"/>
       <c r="F362" s="47"/>
       <c r="G362" s="35"/>
       <c r="H362" s="12"/>
       <c r="I362" s="12"/>
       <c r="J362" s="12"/>
       <c r="K362" s="12"/>
       <c r="L362" s="12"/>
       <c r="M362" s="12"/>
-      <c r="N362" s="351"/>
-[...8 lines deleted...]
-      <c r="W362" s="353"/>
+      <c r="N362" s="355"/>
+      <c r="O362" s="356"/>
+      <c r="P362" s="356"/>
+      <c r="Q362" s="356"/>
+      <c r="R362" s="356"/>
+      <c r="S362" s="356"/>
+      <c r="T362" s="356"/>
+      <c r="U362" s="356"/>
+      <c r="V362" s="356"/>
+      <c r="W362" s="357"/>
       <c r="Y362" s="62"/>
       <c r="Z362" s="62"/>
       <c r="AA362" s="62"/>
       <c r="AB362" s="62"/>
       <c r="AC362" s="62"/>
       <c r="AD362" s="62"/>
       <c r="AE362" s="62"/>
       <c r="AF362" s="62"/>
       <c r="AG362" s="62"/>
       <c r="AH362" s="62"/>
       <c r="AI362" s="62"/>
       <c r="AJ362" s="62"/>
       <c r="AK362" s="62"/>
       <c r="AL362" s="62"/>
       <c r="AM362" s="62"/>
       <c r="AN362" s="62"/>
       <c r="AO362" s="62"/>
       <c r="AP362" s="62"/>
       <c r="AQ362" s="62"/>
       <c r="AR362" s="62"/>
     </row>
     <row r="363" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A363" s="34"/>
       <c r="B363" s="43"/>
-      <c r="C363" s="342"/>
-      <c r="D363" s="343"/>
+      <c r="C363" s="346"/>
+      <c r="D363" s="347"/>
       <c r="E363" s="43"/>
       <c r="F363" s="47"/>
       <c r="G363" s="35"/>
       <c r="H363" s="12"/>
       <c r="I363" s="12"/>
       <c r="J363" s="12"/>
       <c r="K363" s="12"/>
       <c r="L363" s="12"/>
       <c r="M363" s="12"/>
-      <c r="N363" s="351"/>
-[...8 lines deleted...]
-      <c r="W363" s="353"/>
+      <c r="N363" s="355"/>
+      <c r="O363" s="356"/>
+      <c r="P363" s="356"/>
+      <c r="Q363" s="356"/>
+      <c r="R363" s="356"/>
+      <c r="S363" s="356"/>
+      <c r="T363" s="356"/>
+      <c r="U363" s="356"/>
+      <c r="V363" s="356"/>
+      <c r="W363" s="357"/>
       <c r="Y363" s="62"/>
       <c r="Z363" s="62"/>
       <c r="AA363" s="62"/>
       <c r="AB363" s="62"/>
       <c r="AC363" s="62"/>
       <c r="AD363" s="62"/>
       <c r="AE363" s="62"/>
       <c r="AF363" s="62"/>
       <c r="AG363" s="62"/>
       <c r="AH363" s="62"/>
       <c r="AI363" s="62"/>
       <c r="AJ363" s="62"/>
       <c r="AK363" s="62"/>
       <c r="AL363" s="62"/>
       <c r="AM363" s="62"/>
       <c r="AN363" s="62"/>
       <c r="AO363" s="62"/>
       <c r="AP363" s="62"/>
       <c r="AQ363" s="62"/>
       <c r="AR363" s="62"/>
     </row>
     <row r="364" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A364" s="34"/>
       <c r="B364" s="43"/>
-      <c r="C364" s="342"/>
-      <c r="D364" s="343"/>
+      <c r="C364" s="346"/>
+      <c r="D364" s="347"/>
       <c r="E364" s="43"/>
       <c r="F364" s="47"/>
       <c r="G364" s="35"/>
       <c r="H364" s="12"/>
       <c r="I364" s="12"/>
       <c r="J364" s="12"/>
       <c r="K364" s="12"/>
       <c r="L364" s="12"/>
       <c r="M364" s="12"/>
-      <c r="N364" s="351"/>
-[...8 lines deleted...]
-      <c r="W364" s="353"/>
+      <c r="N364" s="355"/>
+      <c r="O364" s="356"/>
+      <c r="P364" s="356"/>
+      <c r="Q364" s="356"/>
+      <c r="R364" s="356"/>
+      <c r="S364" s="356"/>
+      <c r="T364" s="356"/>
+      <c r="U364" s="356"/>
+      <c r="V364" s="356"/>
+      <c r="W364" s="357"/>
       <c r="Y364" s="62"/>
       <c r="Z364" s="62"/>
       <c r="AA364" s="62"/>
       <c r="AB364" s="62"/>
       <c r="AC364" s="62"/>
       <c r="AD364" s="62"/>
       <c r="AE364" s="62"/>
       <c r="AF364" s="62"/>
       <c r="AG364" s="62"/>
       <c r="AH364" s="62"/>
       <c r="AI364" s="62"/>
       <c r="AJ364" s="62"/>
       <c r="AK364" s="62"/>
       <c r="AL364" s="62"/>
       <c r="AM364" s="62"/>
       <c r="AN364" s="62"/>
       <c r="AO364" s="62"/>
       <c r="AP364" s="62"/>
       <c r="AQ364" s="62"/>
       <c r="AR364" s="62"/>
     </row>
     <row r="365" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A365" s="34"/>
       <c r="B365" s="43"/>
-      <c r="C365" s="342"/>
-      <c r="D365" s="343"/>
+      <c r="C365" s="346"/>
+      <c r="D365" s="347"/>
       <c r="E365" s="43"/>
       <c r="F365" s="47"/>
       <c r="G365" s="35"/>
       <c r="H365" s="12"/>
       <c r="I365" s="12"/>
       <c r="J365" s="12"/>
       <c r="K365" s="12"/>
       <c r="L365" s="12"/>
       <c r="M365" s="12"/>
-      <c r="N365" s="351"/>
-[...8 lines deleted...]
-      <c r="W365" s="353"/>
+      <c r="N365" s="355"/>
+      <c r="O365" s="356"/>
+      <c r="P365" s="356"/>
+      <c r="Q365" s="356"/>
+      <c r="R365" s="356"/>
+      <c r="S365" s="356"/>
+      <c r="T365" s="356"/>
+      <c r="U365" s="356"/>
+      <c r="V365" s="356"/>
+      <c r="W365" s="357"/>
       <c r="Y365" s="62"/>
       <c r="Z365" s="62"/>
       <c r="AA365" s="62"/>
       <c r="AB365" s="62"/>
       <c r="AC365" s="62"/>
       <c r="AD365" s="62"/>
       <c r="AE365" s="62"/>
       <c r="AF365" s="62"/>
       <c r="AG365" s="62"/>
       <c r="AH365" s="62"/>
       <c r="AI365" s="62"/>
       <c r="AJ365" s="62"/>
       <c r="AK365" s="62"/>
       <c r="AL365" s="62"/>
       <c r="AM365" s="62"/>
       <c r="AN365" s="62"/>
       <c r="AO365" s="62"/>
       <c r="AP365" s="62"/>
       <c r="AQ365" s="62"/>
       <c r="AR365" s="62"/>
     </row>
     <row r="366" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A366" s="34"/>
       <c r="B366" s="43"/>
-      <c r="C366" s="342"/>
-      <c r="D366" s="343"/>
+      <c r="C366" s="346"/>
+      <c r="D366" s="347"/>
       <c r="E366" s="43"/>
       <c r="F366" s="47"/>
       <c r="G366" s="35"/>
       <c r="H366" s="12"/>
       <c r="I366" s="12"/>
       <c r="J366" s="12"/>
       <c r="K366" s="12"/>
       <c r="L366" s="12"/>
       <c r="M366" s="12"/>
-      <c r="N366" s="351"/>
-[...8 lines deleted...]
-      <c r="W366" s="353"/>
+      <c r="N366" s="355"/>
+      <c r="O366" s="356"/>
+      <c r="P366" s="356"/>
+      <c r="Q366" s="356"/>
+      <c r="R366" s="356"/>
+      <c r="S366" s="356"/>
+      <c r="T366" s="356"/>
+      <c r="U366" s="356"/>
+      <c r="V366" s="356"/>
+      <c r="W366" s="357"/>
       <c r="Y366" s="62"/>
       <c r="Z366" s="62"/>
       <c r="AA366" s="62"/>
       <c r="AB366" s="62"/>
       <c r="AC366" s="62"/>
       <c r="AD366" s="62"/>
       <c r="AE366" s="62"/>
       <c r="AF366" s="62"/>
       <c r="AG366" s="62"/>
       <c r="AH366" s="62"/>
       <c r="AI366" s="62"/>
       <c r="AJ366" s="62"/>
       <c r="AK366" s="62"/>
       <c r="AL366" s="62"/>
       <c r="AM366" s="62"/>
       <c r="AN366" s="62"/>
       <c r="AO366" s="62"/>
       <c r="AP366" s="62"/>
       <c r="AQ366" s="62"/>
       <c r="AR366" s="62"/>
     </row>
     <row r="367" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A367" s="34"/>
       <c r="B367" s="43"/>
-      <c r="C367" s="342"/>
-      <c r="D367" s="343"/>
+      <c r="C367" s="346"/>
+      <c r="D367" s="347"/>
       <c r="E367" s="43"/>
       <c r="F367" s="47"/>
       <c r="G367" s="35"/>
       <c r="H367" s="12"/>
       <c r="I367" s="12"/>
       <c r="J367" s="12"/>
       <c r="K367" s="12"/>
       <c r="L367" s="12"/>
       <c r="M367" s="12"/>
-      <c r="N367" s="351"/>
-[...8 lines deleted...]
-      <c r="W367" s="353"/>
+      <c r="N367" s="355"/>
+      <c r="O367" s="356"/>
+      <c r="P367" s="356"/>
+      <c r="Q367" s="356"/>
+      <c r="R367" s="356"/>
+      <c r="S367" s="356"/>
+      <c r="T367" s="356"/>
+      <c r="U367" s="356"/>
+      <c r="V367" s="356"/>
+      <c r="W367" s="357"/>
       <c r="Y367" s="62"/>
       <c r="Z367" s="62"/>
       <c r="AA367" s="62"/>
       <c r="AB367" s="62"/>
       <c r="AC367" s="62"/>
       <c r="AD367" s="62"/>
       <c r="AE367" s="62"/>
       <c r="AF367" s="62"/>
       <c r="AG367" s="62"/>
       <c r="AH367" s="62"/>
       <c r="AI367" s="62"/>
       <c r="AJ367" s="62"/>
       <c r="AK367" s="62"/>
       <c r="AL367" s="62"/>
       <c r="AM367" s="62"/>
       <c r="AN367" s="62"/>
       <c r="AO367" s="62"/>
       <c r="AP367" s="62"/>
       <c r="AQ367" s="62"/>
       <c r="AR367" s="62"/>
     </row>
     <row r="368" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A368" s="34"/>
       <c r="B368" s="43"/>
-      <c r="C368" s="342"/>
-      <c r="D368" s="343"/>
+      <c r="C368" s="346"/>
+      <c r="D368" s="347"/>
       <c r="E368" s="43"/>
       <c r="F368" s="47"/>
       <c r="G368" s="35"/>
       <c r="H368" s="12"/>
       <c r="I368" s="12"/>
       <c r="J368" s="12"/>
       <c r="K368" s="12"/>
       <c r="L368" s="12"/>
       <c r="M368" s="12"/>
-      <c r="N368" s="351"/>
-[...8 lines deleted...]
-      <c r="W368" s="353"/>
+      <c r="N368" s="355"/>
+      <c r="O368" s="356"/>
+      <c r="P368" s="356"/>
+      <c r="Q368" s="356"/>
+      <c r="R368" s="356"/>
+      <c r="S368" s="356"/>
+      <c r="T368" s="356"/>
+      <c r="U368" s="356"/>
+      <c r="V368" s="356"/>
+      <c r="W368" s="357"/>
       <c r="Y368" s="62"/>
       <c r="Z368" s="62"/>
       <c r="AA368" s="62"/>
       <c r="AB368" s="62"/>
       <c r="AC368" s="62"/>
       <c r="AD368" s="62"/>
       <c r="AE368" s="62"/>
       <c r="AF368" s="62"/>
       <c r="AG368" s="62"/>
       <c r="AH368" s="62"/>
       <c r="AI368" s="62"/>
       <c r="AJ368" s="62"/>
       <c r="AK368" s="62"/>
       <c r="AL368" s="62"/>
       <c r="AM368" s="62"/>
       <c r="AN368" s="62"/>
       <c r="AO368" s="62"/>
       <c r="AP368" s="62"/>
       <c r="AQ368" s="62"/>
       <c r="AR368" s="62"/>
     </row>
     <row r="369" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A369" s="34"/>
       <c r="B369" s="43"/>
-      <c r="C369" s="342"/>
-      <c r="D369" s="343"/>
+      <c r="C369" s="346"/>
+      <c r="D369" s="347"/>
       <c r="E369" s="43"/>
       <c r="F369" s="47"/>
       <c r="G369" s="35"/>
       <c r="H369" s="12"/>
       <c r="I369" s="12"/>
       <c r="J369" s="12"/>
       <c r="K369" s="12"/>
       <c r="L369" s="12"/>
       <c r="M369" s="12"/>
-      <c r="N369" s="351"/>
-[...8 lines deleted...]
-      <c r="W369" s="353"/>
+      <c r="N369" s="355"/>
+      <c r="O369" s="356"/>
+      <c r="P369" s="356"/>
+      <c r="Q369" s="356"/>
+      <c r="R369" s="356"/>
+      <c r="S369" s="356"/>
+      <c r="T369" s="356"/>
+      <c r="U369" s="356"/>
+      <c r="V369" s="356"/>
+      <c r="W369" s="357"/>
       <c r="Y369" s="62"/>
       <c r="Z369" s="62"/>
       <c r="AA369" s="62"/>
       <c r="AB369" s="62"/>
       <c r="AC369" s="62"/>
       <c r="AD369" s="62"/>
       <c r="AE369" s="62"/>
       <c r="AF369" s="62"/>
       <c r="AG369" s="62"/>
       <c r="AH369" s="62"/>
       <c r="AI369" s="62"/>
       <c r="AJ369" s="62"/>
       <c r="AK369" s="62"/>
       <c r="AL369" s="62"/>
       <c r="AM369" s="62"/>
       <c r="AN369" s="62"/>
       <c r="AO369" s="62"/>
       <c r="AP369" s="62"/>
       <c r="AQ369" s="62"/>
       <c r="AR369" s="62"/>
     </row>
     <row r="370" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A370" s="34"/>
       <c r="B370" s="43"/>
-      <c r="C370" s="342"/>
-      <c r="D370" s="343"/>
+      <c r="C370" s="346"/>
+      <c r="D370" s="347"/>
       <c r="E370" s="43"/>
       <c r="F370" s="47"/>
       <c r="G370" s="35"/>
       <c r="H370" s="12"/>
       <c r="I370" s="12"/>
       <c r="J370" s="12"/>
       <c r="K370" s="12"/>
       <c r="L370" s="12"/>
       <c r="M370" s="12"/>
-      <c r="N370" s="351"/>
-[...8 lines deleted...]
-      <c r="W370" s="353"/>
+      <c r="N370" s="355"/>
+      <c r="O370" s="356"/>
+      <c r="P370" s="356"/>
+      <c r="Q370" s="356"/>
+      <c r="R370" s="356"/>
+      <c r="S370" s="356"/>
+      <c r="T370" s="356"/>
+      <c r="U370" s="356"/>
+      <c r="V370" s="356"/>
+      <c r="W370" s="357"/>
       <c r="Y370" s="62"/>
       <c r="Z370" s="62"/>
       <c r="AA370" s="62"/>
       <c r="AB370" s="62"/>
       <c r="AC370" s="62"/>
       <c r="AD370" s="62"/>
       <c r="AE370" s="62"/>
       <c r="AF370" s="62"/>
       <c r="AG370" s="62"/>
       <c r="AH370" s="62"/>
       <c r="AI370" s="62"/>
       <c r="AJ370" s="62"/>
       <c r="AK370" s="62"/>
       <c r="AL370" s="62"/>
       <c r="AM370" s="62"/>
       <c r="AN370" s="62"/>
       <c r="AO370" s="62"/>
       <c r="AP370" s="62"/>
       <c r="AQ370" s="62"/>
       <c r="AR370" s="62"/>
     </row>
     <row r="371" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A371" s="34"/>
       <c r="B371" s="43"/>
-      <c r="C371" s="342"/>
-      <c r="D371" s="343"/>
+      <c r="C371" s="346"/>
+      <c r="D371" s="347"/>
       <c r="E371" s="43"/>
       <c r="F371" s="47"/>
       <c r="G371" s="35"/>
       <c r="H371" s="12"/>
       <c r="I371" s="12"/>
       <c r="J371" s="12"/>
       <c r="K371" s="12"/>
       <c r="L371" s="12"/>
       <c r="M371" s="12"/>
-      <c r="N371" s="351"/>
-[...8 lines deleted...]
-      <c r="W371" s="353"/>
+      <c r="N371" s="355"/>
+      <c r="O371" s="356"/>
+      <c r="P371" s="356"/>
+      <c r="Q371" s="356"/>
+      <c r="R371" s="356"/>
+      <c r="S371" s="356"/>
+      <c r="T371" s="356"/>
+      <c r="U371" s="356"/>
+      <c r="V371" s="356"/>
+      <c r="W371" s="357"/>
       <c r="Y371" s="62"/>
       <c r="Z371" s="62"/>
       <c r="AA371" s="62"/>
       <c r="AB371" s="62"/>
       <c r="AC371" s="62"/>
       <c r="AD371" s="62"/>
       <c r="AE371" s="62"/>
       <c r="AF371" s="62"/>
       <c r="AG371" s="62"/>
       <c r="AH371" s="62"/>
       <c r="AI371" s="62"/>
       <c r="AJ371" s="62"/>
       <c r="AK371" s="62"/>
       <c r="AL371" s="62"/>
       <c r="AM371" s="62"/>
       <c r="AN371" s="62"/>
       <c r="AO371" s="62"/>
       <c r="AP371" s="62"/>
       <c r="AQ371" s="62"/>
       <c r="AR371" s="62"/>
     </row>
     <row r="372" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A372" s="34"/>
       <c r="B372" s="43"/>
-      <c r="C372" s="342"/>
-      <c r="D372" s="343"/>
+      <c r="C372" s="346"/>
+      <c r="D372" s="347"/>
       <c r="E372" s="43"/>
       <c r="F372" s="47"/>
       <c r="G372" s="35"/>
       <c r="H372" s="12"/>
       <c r="I372" s="12"/>
       <c r="J372" s="12"/>
       <c r="K372" s="12"/>
       <c r="L372" s="12"/>
       <c r="M372" s="12"/>
-      <c r="N372" s="351"/>
-[...8 lines deleted...]
-      <c r="W372" s="353"/>
+      <c r="N372" s="355"/>
+      <c r="O372" s="356"/>
+      <c r="P372" s="356"/>
+      <c r="Q372" s="356"/>
+      <c r="R372" s="356"/>
+      <c r="S372" s="356"/>
+      <c r="T372" s="356"/>
+      <c r="U372" s="356"/>
+      <c r="V372" s="356"/>
+      <c r="W372" s="357"/>
       <c r="Y372" s="62"/>
       <c r="Z372" s="62"/>
       <c r="AA372" s="62"/>
       <c r="AB372" s="62"/>
       <c r="AC372" s="62"/>
       <c r="AD372" s="62"/>
       <c r="AE372" s="62"/>
       <c r="AF372" s="62"/>
       <c r="AG372" s="62"/>
       <c r="AH372" s="62"/>
       <c r="AI372" s="62"/>
       <c r="AJ372" s="62"/>
       <c r="AK372" s="62"/>
       <c r="AL372" s="62"/>
       <c r="AM372" s="62"/>
       <c r="AN372" s="62"/>
       <c r="AO372" s="62"/>
       <c r="AP372" s="62"/>
       <c r="AQ372" s="62"/>
       <c r="AR372" s="62"/>
     </row>
     <row r="373" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A373" s="34"/>
       <c r="B373" s="43"/>
-      <c r="C373" s="342"/>
-      <c r="D373" s="343"/>
+      <c r="C373" s="346"/>
+      <c r="D373" s="347"/>
       <c r="E373" s="43"/>
       <c r="F373" s="47"/>
       <c r="G373" s="35"/>
       <c r="H373" s="12"/>
       <c r="I373" s="12"/>
       <c r="J373" s="12"/>
       <c r="K373" s="12"/>
       <c r="L373" s="12"/>
       <c r="M373" s="12"/>
-      <c r="N373" s="351"/>
-[...8 lines deleted...]
-      <c r="W373" s="353"/>
+      <c r="N373" s="355"/>
+      <c r="O373" s="356"/>
+      <c r="P373" s="356"/>
+      <c r="Q373" s="356"/>
+      <c r="R373" s="356"/>
+      <c r="S373" s="356"/>
+      <c r="T373" s="356"/>
+      <c r="U373" s="356"/>
+      <c r="V373" s="356"/>
+      <c r="W373" s="357"/>
       <c r="Y373" s="62"/>
       <c r="Z373" s="62"/>
       <c r="AA373" s="62"/>
       <c r="AB373" s="62"/>
       <c r="AC373" s="62"/>
       <c r="AD373" s="62"/>
       <c r="AE373" s="62"/>
       <c r="AF373" s="62"/>
       <c r="AG373" s="62"/>
       <c r="AH373" s="62"/>
       <c r="AI373" s="62"/>
       <c r="AJ373" s="62"/>
       <c r="AK373" s="62"/>
       <c r="AL373" s="62"/>
       <c r="AM373" s="62"/>
       <c r="AN373" s="62"/>
       <c r="AO373" s="62"/>
       <c r="AP373" s="62"/>
       <c r="AQ373" s="62"/>
       <c r="AR373" s="62"/>
     </row>
     <row r="374" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A374" s="34"/>
       <c r="B374" s="43"/>
-      <c r="C374" s="342"/>
-      <c r="D374" s="343"/>
+      <c r="C374" s="346"/>
+      <c r="D374" s="347"/>
       <c r="E374" s="43"/>
       <c r="F374" s="47"/>
       <c r="G374" s="35"/>
       <c r="H374" s="12"/>
       <c r="I374" s="12"/>
       <c r="J374" s="12"/>
       <c r="K374" s="12"/>
       <c r="L374" s="12"/>
       <c r="M374" s="12"/>
-      <c r="N374" s="351"/>
-[...8 lines deleted...]
-      <c r="W374" s="353"/>
+      <c r="N374" s="355"/>
+      <c r="O374" s="356"/>
+      <c r="P374" s="356"/>
+      <c r="Q374" s="356"/>
+      <c r="R374" s="356"/>
+      <c r="S374" s="356"/>
+      <c r="T374" s="356"/>
+      <c r="U374" s="356"/>
+      <c r="V374" s="356"/>
+      <c r="W374" s="357"/>
       <c r="Y374" s="62"/>
       <c r="Z374" s="62"/>
       <c r="AA374" s="62"/>
       <c r="AB374" s="62"/>
       <c r="AC374" s="62"/>
       <c r="AD374" s="62"/>
       <c r="AE374" s="62"/>
       <c r="AF374" s="62"/>
       <c r="AG374" s="62"/>
       <c r="AH374" s="62"/>
       <c r="AI374" s="62"/>
       <c r="AJ374" s="62"/>
       <c r="AK374" s="62"/>
       <c r="AL374" s="62"/>
       <c r="AM374" s="62"/>
       <c r="AN374" s="62"/>
       <c r="AO374" s="62"/>
       <c r="AP374" s="62"/>
       <c r="AQ374" s="62"/>
       <c r="AR374" s="62"/>
     </row>
     <row r="375" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A375" s="34"/>
       <c r="B375" s="43"/>
-      <c r="C375" s="342"/>
-      <c r="D375" s="343"/>
+      <c r="C375" s="346"/>
+      <c r="D375" s="347"/>
       <c r="E375" s="43"/>
       <c r="F375" s="47"/>
       <c r="G375" s="35"/>
       <c r="H375" s="12"/>
       <c r="I375" s="12"/>
       <c r="J375" s="12"/>
       <c r="K375" s="12"/>
       <c r="L375" s="12"/>
       <c r="M375" s="12"/>
-      <c r="N375" s="351"/>
-[...8 lines deleted...]
-      <c r="W375" s="353"/>
+      <c r="N375" s="355"/>
+      <c r="O375" s="356"/>
+      <c r="P375" s="356"/>
+      <c r="Q375" s="356"/>
+      <c r="R375" s="356"/>
+      <c r="S375" s="356"/>
+      <c r="T375" s="356"/>
+      <c r="U375" s="356"/>
+      <c r="V375" s="356"/>
+      <c r="W375" s="357"/>
       <c r="Y375" s="62"/>
       <c r="Z375" s="62"/>
       <c r="AA375" s="62"/>
       <c r="AB375" s="62"/>
       <c r="AC375" s="62"/>
       <c r="AD375" s="62"/>
       <c r="AE375" s="62"/>
       <c r="AF375" s="62"/>
       <c r="AG375" s="62"/>
       <c r="AH375" s="62"/>
       <c r="AI375" s="62"/>
       <c r="AJ375" s="62"/>
       <c r="AK375" s="62"/>
       <c r="AL375" s="62"/>
       <c r="AM375" s="62"/>
       <c r="AN375" s="62"/>
       <c r="AO375" s="62"/>
       <c r="AP375" s="62"/>
       <c r="AQ375" s="62"/>
       <c r="AR375" s="62"/>
     </row>
     <row r="376" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A376" s="34"/>
       <c r="B376" s="43"/>
-      <c r="C376" s="342"/>
-      <c r="D376" s="343"/>
+      <c r="C376" s="346"/>
+      <c r="D376" s="347"/>
       <c r="E376" s="43"/>
       <c r="F376" s="47"/>
       <c r="G376" s="35"/>
       <c r="H376" s="12"/>
       <c r="I376" s="12"/>
       <c r="J376" s="12"/>
       <c r="K376" s="12"/>
       <c r="L376" s="12"/>
       <c r="M376" s="12"/>
-      <c r="N376" s="351"/>
-[...8 lines deleted...]
-      <c r="W376" s="353"/>
+      <c r="N376" s="355"/>
+      <c r="O376" s="356"/>
+      <c r="P376" s="356"/>
+      <c r="Q376" s="356"/>
+      <c r="R376" s="356"/>
+      <c r="S376" s="356"/>
+      <c r="T376" s="356"/>
+      <c r="U376" s="356"/>
+      <c r="V376" s="356"/>
+      <c r="W376" s="357"/>
       <c r="Y376" s="62"/>
       <c r="Z376" s="62"/>
       <c r="AA376" s="62"/>
       <c r="AB376" s="62"/>
       <c r="AC376" s="62"/>
       <c r="AD376" s="62"/>
       <c r="AE376" s="62"/>
       <c r="AF376" s="62"/>
       <c r="AG376" s="62"/>
       <c r="AH376" s="62"/>
       <c r="AI376" s="62"/>
       <c r="AJ376" s="62"/>
       <c r="AK376" s="62"/>
       <c r="AL376" s="62"/>
       <c r="AM376" s="62"/>
       <c r="AN376" s="62"/>
       <c r="AO376" s="62"/>
       <c r="AP376" s="62"/>
       <c r="AQ376" s="62"/>
       <c r="AR376" s="62"/>
     </row>
     <row r="377" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A377" s="34"/>
       <c r="B377" s="43"/>
-      <c r="C377" s="342"/>
-      <c r="D377" s="343"/>
+      <c r="C377" s="346"/>
+      <c r="D377" s="347"/>
       <c r="E377" s="43"/>
       <c r="F377" s="47"/>
       <c r="G377" s="35"/>
       <c r="H377" s="12"/>
       <c r="I377" s="12"/>
       <c r="J377" s="12"/>
       <c r="K377" s="12"/>
       <c r="L377" s="12"/>
       <c r="M377" s="12"/>
-      <c r="N377" s="351"/>
-[...8 lines deleted...]
-      <c r="W377" s="353"/>
+      <c r="N377" s="355"/>
+      <c r="O377" s="356"/>
+      <c r="P377" s="356"/>
+      <c r="Q377" s="356"/>
+      <c r="R377" s="356"/>
+      <c r="S377" s="356"/>
+      <c r="T377" s="356"/>
+      <c r="U377" s="356"/>
+      <c r="V377" s="356"/>
+      <c r="W377" s="357"/>
       <c r="Y377" s="62"/>
       <c r="Z377" s="62"/>
       <c r="AA377" s="62"/>
       <c r="AB377" s="62"/>
       <c r="AC377" s="62"/>
       <c r="AD377" s="62"/>
       <c r="AE377" s="62"/>
       <c r="AF377" s="62"/>
       <c r="AG377" s="62"/>
       <c r="AH377" s="62"/>
       <c r="AI377" s="62"/>
       <c r="AJ377" s="62"/>
       <c r="AK377" s="62"/>
       <c r="AL377" s="62"/>
       <c r="AM377" s="62"/>
       <c r="AN377" s="62"/>
       <c r="AO377" s="62"/>
       <c r="AP377" s="62"/>
       <c r="AQ377" s="62"/>
       <c r="AR377" s="62"/>
     </row>
     <row r="378" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A378" s="34"/>
       <c r="B378" s="43"/>
-      <c r="C378" s="342"/>
-      <c r="D378" s="343"/>
+      <c r="C378" s="346"/>
+      <c r="D378" s="347"/>
       <c r="E378" s="43"/>
       <c r="F378" s="47"/>
       <c r="G378" s="35"/>
       <c r="H378" s="12"/>
       <c r="I378" s="12"/>
       <c r="J378" s="12"/>
       <c r="K378" s="12"/>
       <c r="L378" s="12"/>
       <c r="M378" s="12"/>
-      <c r="N378" s="351"/>
-[...8 lines deleted...]
-      <c r="W378" s="353"/>
+      <c r="N378" s="355"/>
+      <c r="O378" s="356"/>
+      <c r="P378" s="356"/>
+      <c r="Q378" s="356"/>
+      <c r="R378" s="356"/>
+      <c r="S378" s="356"/>
+      <c r="T378" s="356"/>
+      <c r="U378" s="356"/>
+      <c r="V378" s="356"/>
+      <c r="W378" s="357"/>
       <c r="Y378" s="62"/>
       <c r="Z378" s="62"/>
       <c r="AA378" s="62"/>
       <c r="AB378" s="62"/>
       <c r="AC378" s="62"/>
       <c r="AD378" s="62"/>
       <c r="AE378" s="62"/>
       <c r="AF378" s="62"/>
       <c r="AG378" s="62"/>
       <c r="AH378" s="62"/>
       <c r="AI378" s="62"/>
       <c r="AJ378" s="62"/>
       <c r="AK378" s="62"/>
       <c r="AL378" s="62"/>
       <c r="AM378" s="62"/>
       <c r="AN378" s="62"/>
       <c r="AO378" s="62"/>
       <c r="AP378" s="62"/>
       <c r="AQ378" s="62"/>
       <c r="AR378" s="62"/>
     </row>
     <row r="379" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A379" s="34"/>
       <c r="B379" s="43"/>
-      <c r="C379" s="342"/>
-      <c r="D379" s="343"/>
+      <c r="C379" s="346"/>
+      <c r="D379" s="347"/>
       <c r="E379" s="43"/>
       <c r="F379" s="47"/>
       <c r="G379" s="35"/>
       <c r="H379" s="12"/>
       <c r="I379" s="12"/>
       <c r="J379" s="12"/>
       <c r="K379" s="12"/>
       <c r="L379" s="12"/>
       <c r="M379" s="12"/>
-      <c r="N379" s="351"/>
-[...8 lines deleted...]
-      <c r="W379" s="353"/>
+      <c r="N379" s="355"/>
+      <c r="O379" s="356"/>
+      <c r="P379" s="356"/>
+      <c r="Q379" s="356"/>
+      <c r="R379" s="356"/>
+      <c r="S379" s="356"/>
+      <c r="T379" s="356"/>
+      <c r="U379" s="356"/>
+      <c r="V379" s="356"/>
+      <c r="W379" s="357"/>
       <c r="Y379" s="62"/>
       <c r="Z379" s="62"/>
       <c r="AA379" s="62"/>
       <c r="AB379" s="62"/>
       <c r="AC379" s="62"/>
       <c r="AD379" s="62"/>
       <c r="AE379" s="62"/>
       <c r="AF379" s="62"/>
       <c r="AG379" s="62"/>
       <c r="AH379" s="62"/>
       <c r="AI379" s="62"/>
       <c r="AJ379" s="62"/>
       <c r="AK379" s="62"/>
       <c r="AL379" s="62"/>
       <c r="AM379" s="62"/>
       <c r="AN379" s="62"/>
       <c r="AO379" s="62"/>
       <c r="AP379" s="62"/>
       <c r="AQ379" s="62"/>
       <c r="AR379" s="62"/>
     </row>
     <row r="380" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A380" s="34"/>
       <c r="B380" s="43"/>
-      <c r="C380" s="342"/>
-      <c r="D380" s="343"/>
+      <c r="C380" s="346"/>
+      <c r="D380" s="347"/>
       <c r="E380" s="43"/>
       <c r="F380" s="47"/>
       <c r="G380" s="35"/>
       <c r="H380" s="12"/>
       <c r="I380" s="12"/>
       <c r="J380" s="12"/>
       <c r="K380" s="12"/>
       <c r="L380" s="12"/>
       <c r="M380" s="12"/>
-      <c r="N380" s="351"/>
-[...8 lines deleted...]
-      <c r="W380" s="353"/>
+      <c r="N380" s="355"/>
+      <c r="O380" s="356"/>
+      <c r="P380" s="356"/>
+      <c r="Q380" s="356"/>
+      <c r="R380" s="356"/>
+      <c r="S380" s="356"/>
+      <c r="T380" s="356"/>
+      <c r="U380" s="356"/>
+      <c r="V380" s="356"/>
+      <c r="W380" s="357"/>
       <c r="Y380" s="62"/>
       <c r="Z380" s="62"/>
       <c r="AA380" s="62"/>
       <c r="AB380" s="62"/>
       <c r="AC380" s="62"/>
       <c r="AD380" s="62"/>
       <c r="AE380" s="62"/>
       <c r="AF380" s="62"/>
       <c r="AG380" s="62"/>
       <c r="AH380" s="62"/>
       <c r="AI380" s="62"/>
       <c r="AJ380" s="62"/>
       <c r="AK380" s="62"/>
       <c r="AL380" s="62"/>
       <c r="AM380" s="62"/>
       <c r="AN380" s="62"/>
       <c r="AO380" s="62"/>
       <c r="AP380" s="62"/>
       <c r="AQ380" s="62"/>
       <c r="AR380" s="62"/>
     </row>
     <row r="381" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A381" s="34"/>
       <c r="B381" s="43"/>
-      <c r="C381" s="342"/>
-      <c r="D381" s="343"/>
+      <c r="C381" s="346"/>
+      <c r="D381" s="347"/>
       <c r="E381" s="43"/>
       <c r="F381" s="47"/>
       <c r="G381" s="35"/>
       <c r="H381" s="12"/>
       <c r="I381" s="12"/>
       <c r="J381" s="12"/>
       <c r="K381" s="12"/>
       <c r="L381" s="12"/>
       <c r="M381" s="12"/>
-      <c r="N381" s="351"/>
-[...8 lines deleted...]
-      <c r="W381" s="353"/>
+      <c r="N381" s="355"/>
+      <c r="O381" s="356"/>
+      <c r="P381" s="356"/>
+      <c r="Q381" s="356"/>
+      <c r="R381" s="356"/>
+      <c r="S381" s="356"/>
+      <c r="T381" s="356"/>
+      <c r="U381" s="356"/>
+      <c r="V381" s="356"/>
+      <c r="W381" s="357"/>
       <c r="Y381" s="62"/>
       <c r="Z381" s="62"/>
       <c r="AA381" s="62"/>
       <c r="AB381" s="62"/>
       <c r="AC381" s="62"/>
       <c r="AD381" s="62"/>
       <c r="AE381" s="62"/>
       <c r="AF381" s="62"/>
       <c r="AG381" s="62"/>
       <c r="AH381" s="62"/>
       <c r="AI381" s="62"/>
       <c r="AJ381" s="62"/>
       <c r="AK381" s="62"/>
       <c r="AL381" s="62"/>
       <c r="AM381" s="62"/>
       <c r="AN381" s="62"/>
       <c r="AO381" s="62"/>
       <c r="AP381" s="62"/>
       <c r="AQ381" s="62"/>
       <c r="AR381" s="62"/>
     </row>
     <row r="382" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A382" s="34"/>
       <c r="B382" s="43"/>
-      <c r="C382" s="342"/>
-      <c r="D382" s="343"/>
+      <c r="C382" s="346"/>
+      <c r="D382" s="347"/>
       <c r="E382" s="43"/>
       <c r="F382" s="47"/>
       <c r="G382" s="35"/>
       <c r="H382" s="12"/>
       <c r="I382" s="12"/>
       <c r="J382" s="12"/>
       <c r="K382" s="12"/>
       <c r="L382" s="12"/>
       <c r="M382" s="12"/>
-      <c r="N382" s="351"/>
-[...8 lines deleted...]
-      <c r="W382" s="353"/>
+      <c r="N382" s="355"/>
+      <c r="O382" s="356"/>
+      <c r="P382" s="356"/>
+      <c r="Q382" s="356"/>
+      <c r="R382" s="356"/>
+      <c r="S382" s="356"/>
+      <c r="T382" s="356"/>
+      <c r="U382" s="356"/>
+      <c r="V382" s="356"/>
+      <c r="W382" s="357"/>
       <c r="Y382" s="62"/>
       <c r="Z382" s="62"/>
       <c r="AA382" s="62"/>
       <c r="AB382" s="62"/>
       <c r="AC382" s="62"/>
       <c r="AD382" s="62"/>
       <c r="AE382" s="62"/>
       <c r="AF382" s="62"/>
       <c r="AG382" s="62"/>
       <c r="AH382" s="62"/>
       <c r="AI382" s="62"/>
       <c r="AJ382" s="62"/>
       <c r="AK382" s="62"/>
       <c r="AL382" s="62"/>
       <c r="AM382" s="62"/>
       <c r="AN382" s="62"/>
       <c r="AO382" s="62"/>
       <c r="AP382" s="62"/>
       <c r="AQ382" s="62"/>
       <c r="AR382" s="62"/>
     </row>
     <row r="383" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A383" s="34"/>
       <c r="B383" s="43"/>
-      <c r="C383" s="367"/>
-      <c r="D383" s="367"/>
+      <c r="C383" s="371"/>
+      <c r="D383" s="371"/>
       <c r="E383" s="43"/>
       <c r="F383" s="43"/>
       <c r="G383" s="35"/>
       <c r="H383" s="2"/>
       <c r="I383" s="2"/>
       <c r="J383" s="2"/>
-      <c r="N383" s="351"/>
-[...8 lines deleted...]
-      <c r="W383" s="353"/>
+      <c r="N383" s="355"/>
+      <c r="O383" s="356"/>
+      <c r="P383" s="356"/>
+      <c r="Q383" s="356"/>
+      <c r="R383" s="356"/>
+      <c r="S383" s="356"/>
+      <c r="T383" s="356"/>
+      <c r="U383" s="356"/>
+      <c r="V383" s="356"/>
+      <c r="W383" s="357"/>
       <c r="Y383" s="62"/>
       <c r="Z383" s="62"/>
       <c r="AA383" s="62"/>
       <c r="AB383" s="62"/>
       <c r="AC383" s="62"/>
       <c r="AD383" s="62"/>
       <c r="AE383" s="62"/>
       <c r="AF383" s="62"/>
       <c r="AG383" s="62"/>
       <c r="AH383" s="62"/>
       <c r="AI383" s="62"/>
       <c r="AJ383" s="62"/>
       <c r="AK383" s="62"/>
       <c r="AL383" s="62"/>
       <c r="AM383" s="62"/>
       <c r="AN383" s="62"/>
       <c r="AO383" s="62"/>
       <c r="AP383" s="62"/>
       <c r="AQ383" s="62"/>
       <c r="AR383" s="62"/>
     </row>
     <row r="384" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A384" s="34"/>
       <c r="B384" s="43"/>
-      <c r="C384" s="367"/>
-      <c r="D384" s="367"/>
+      <c r="C384" s="371"/>
+      <c r="D384" s="371"/>
       <c r="E384" s="43"/>
       <c r="F384" s="43"/>
       <c r="G384" s="35"/>
       <c r="H384" s="2"/>
       <c r="I384" s="2"/>
       <c r="J384" s="2"/>
-      <c r="N384" s="351"/>
-[...8 lines deleted...]
-      <c r="W384" s="353"/>
+      <c r="N384" s="355"/>
+      <c r="O384" s="356"/>
+      <c r="P384" s="356"/>
+      <c r="Q384" s="356"/>
+      <c r="R384" s="356"/>
+      <c r="S384" s="356"/>
+      <c r="T384" s="356"/>
+      <c r="U384" s="356"/>
+      <c r="V384" s="356"/>
+      <c r="W384" s="357"/>
       <c r="Y384" s="62"/>
       <c r="Z384" s="62"/>
       <c r="AA384" s="62"/>
       <c r="AB384" s="62"/>
       <c r="AC384" s="62"/>
       <c r="AD384" s="62"/>
       <c r="AE384" s="62"/>
       <c r="AF384" s="62"/>
       <c r="AG384" s="62"/>
       <c r="AH384" s="62"/>
       <c r="AI384" s="62"/>
       <c r="AJ384" s="62"/>
       <c r="AK384" s="62"/>
       <c r="AL384" s="62"/>
       <c r="AM384" s="62"/>
       <c r="AN384" s="62"/>
       <c r="AO384" s="62"/>
       <c r="AP384" s="62"/>
       <c r="AQ384" s="62"/>
       <c r="AR384" s="62"/>
     </row>
     <row r="385" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A385" s="34"/>
       <c r="B385" s="43"/>
-      <c r="C385" s="367"/>
-      <c r="D385" s="367"/>
+      <c r="C385" s="371"/>
+      <c r="D385" s="371"/>
       <c r="E385" s="43"/>
       <c r="F385" s="43"/>
       <c r="G385" s="35"/>
       <c r="H385" s="2"/>
       <c r="I385" s="2"/>
       <c r="J385" s="2"/>
-      <c r="N385" s="351"/>
-[...8 lines deleted...]
-      <c r="W385" s="353"/>
+      <c r="N385" s="355"/>
+      <c r="O385" s="356"/>
+      <c r="P385" s="356"/>
+      <c r="Q385" s="356"/>
+      <c r="R385" s="356"/>
+      <c r="S385" s="356"/>
+      <c r="T385" s="356"/>
+      <c r="U385" s="356"/>
+      <c r="V385" s="356"/>
+      <c r="W385" s="357"/>
       <c r="Y385" s="62"/>
       <c r="Z385" s="62"/>
       <c r="AA385" s="62"/>
       <c r="AB385" s="62"/>
       <c r="AC385" s="62"/>
       <c r="AD385" s="62"/>
       <c r="AE385" s="62"/>
       <c r="AF385" s="62"/>
       <c r="AG385" s="62"/>
       <c r="AH385" s="62"/>
       <c r="AI385" s="62"/>
       <c r="AJ385" s="62"/>
       <c r="AK385" s="62"/>
       <c r="AL385" s="62"/>
       <c r="AM385" s="62"/>
       <c r="AN385" s="62"/>
       <c r="AO385" s="62"/>
       <c r="AP385" s="62"/>
       <c r="AQ385" s="62"/>
       <c r="AR385" s="62"/>
     </row>
     <row r="386" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A386" s="34"/>
       <c r="B386" s="43"/>
-      <c r="C386" s="367"/>
-      <c r="D386" s="367"/>
+      <c r="C386" s="371"/>
+      <c r="D386" s="371"/>
       <c r="E386" s="43"/>
       <c r="F386" s="43"/>
       <c r="G386" s="35"/>
       <c r="H386" s="2"/>
       <c r="I386" s="2"/>
       <c r="J386" s="2"/>
-      <c r="N386" s="351"/>
-[...8 lines deleted...]
-      <c r="W386" s="353"/>
+      <c r="N386" s="355"/>
+      <c r="O386" s="356"/>
+      <c r="P386" s="356"/>
+      <c r="Q386" s="356"/>
+      <c r="R386" s="356"/>
+      <c r="S386" s="356"/>
+      <c r="T386" s="356"/>
+      <c r="U386" s="356"/>
+      <c r="V386" s="356"/>
+      <c r="W386" s="357"/>
       <c r="Y386" s="62"/>
       <c r="Z386" s="62"/>
       <c r="AA386" s="62"/>
       <c r="AB386" s="62"/>
       <c r="AC386" s="62"/>
       <c r="AD386" s="62"/>
       <c r="AE386" s="62"/>
       <c r="AF386" s="62"/>
       <c r="AG386" s="62"/>
       <c r="AH386" s="62"/>
       <c r="AI386" s="62"/>
       <c r="AJ386" s="62"/>
       <c r="AK386" s="62"/>
       <c r="AL386" s="62"/>
       <c r="AM386" s="62"/>
       <c r="AN386" s="62"/>
       <c r="AO386" s="62"/>
       <c r="AP386" s="62"/>
       <c r="AQ386" s="62"/>
       <c r="AR386" s="62"/>
     </row>
     <row r="387" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A387" s="34"/>
       <c r="B387" s="43"/>
-      <c r="C387" s="367"/>
-      <c r="D387" s="367"/>
+      <c r="C387" s="371"/>
+      <c r="D387" s="371"/>
       <c r="E387" s="43"/>
       <c r="F387" s="43"/>
       <c r="G387" s="35"/>
       <c r="H387" s="2"/>
       <c r="I387" s="2"/>
       <c r="J387" s="2"/>
-      <c r="N387" s="351"/>
-[...8 lines deleted...]
-      <c r="W387" s="353"/>
+      <c r="N387" s="355"/>
+      <c r="O387" s="356"/>
+      <c r="P387" s="356"/>
+      <c r="Q387" s="356"/>
+      <c r="R387" s="356"/>
+      <c r="S387" s="356"/>
+      <c r="T387" s="356"/>
+      <c r="U387" s="356"/>
+      <c r="V387" s="356"/>
+      <c r="W387" s="357"/>
       <c r="Y387" s="62"/>
       <c r="Z387" s="62"/>
       <c r="AA387" s="62"/>
       <c r="AB387" s="62"/>
       <c r="AC387" s="62"/>
       <c r="AD387" s="62"/>
       <c r="AE387" s="62"/>
       <c r="AF387" s="62"/>
       <c r="AG387" s="62"/>
       <c r="AH387" s="62"/>
       <c r="AI387" s="62"/>
       <c r="AJ387" s="62"/>
       <c r="AK387" s="62"/>
       <c r="AL387" s="62"/>
       <c r="AM387" s="62"/>
       <c r="AN387" s="62"/>
       <c r="AO387" s="62"/>
       <c r="AP387" s="62"/>
       <c r="AQ387" s="62"/>
       <c r="AR387" s="62"/>
     </row>
     <row r="388" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A388" s="34"/>
       <c r="B388" s="43"/>
-      <c r="C388" s="367"/>
-      <c r="D388" s="367"/>
+      <c r="C388" s="371"/>
+      <c r="D388" s="371"/>
       <c r="E388" s="43"/>
       <c r="F388" s="43"/>
       <c r="G388" s="35"/>
       <c r="H388" s="2"/>
       <c r="I388" s="2"/>
       <c r="J388" s="2"/>
-      <c r="N388" s="351"/>
-[...8 lines deleted...]
-      <c r="W388" s="353"/>
+      <c r="N388" s="355"/>
+      <c r="O388" s="356"/>
+      <c r="P388" s="356"/>
+      <c r="Q388" s="356"/>
+      <c r="R388" s="356"/>
+      <c r="S388" s="356"/>
+      <c r="T388" s="356"/>
+      <c r="U388" s="356"/>
+      <c r="V388" s="356"/>
+      <c r="W388" s="357"/>
       <c r="Y388" s="62"/>
       <c r="Z388" s="62"/>
       <c r="AA388" s="62"/>
       <c r="AB388" s="62"/>
       <c r="AC388" s="62"/>
       <c r="AD388" s="62"/>
       <c r="AE388" s="62"/>
       <c r="AF388" s="62"/>
       <c r="AG388" s="62"/>
       <c r="AH388" s="62"/>
       <c r="AI388" s="62"/>
       <c r="AJ388" s="62"/>
       <c r="AK388" s="62"/>
       <c r="AL388" s="62"/>
       <c r="AM388" s="62"/>
       <c r="AN388" s="62"/>
       <c r="AO388" s="62"/>
       <c r="AP388" s="62"/>
       <c r="AQ388" s="62"/>
       <c r="AR388" s="62"/>
     </row>
     <row r="389" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A389" s="34"/>
       <c r="B389" s="43"/>
-      <c r="C389" s="367"/>
-      <c r="D389" s="367"/>
+      <c r="C389" s="371"/>
+      <c r="D389" s="371"/>
       <c r="E389" s="43"/>
       <c r="F389" s="43"/>
       <c r="G389" s="35"/>
       <c r="H389" s="2"/>
       <c r="I389" s="2"/>
       <c r="J389" s="2"/>
-      <c r="N389" s="351"/>
-[...8 lines deleted...]
-      <c r="W389" s="353"/>
+      <c r="N389" s="355"/>
+      <c r="O389" s="356"/>
+      <c r="P389" s="356"/>
+      <c r="Q389" s="356"/>
+      <c r="R389" s="356"/>
+      <c r="S389" s="356"/>
+      <c r="T389" s="356"/>
+      <c r="U389" s="356"/>
+      <c r="V389" s="356"/>
+      <c r="W389" s="357"/>
       <c r="Y389" s="62"/>
       <c r="Z389" s="62"/>
       <c r="AA389" s="62"/>
       <c r="AB389" s="62"/>
       <c r="AC389" s="62"/>
       <c r="AD389" s="62"/>
       <c r="AE389" s="62"/>
       <c r="AF389" s="62"/>
       <c r="AG389" s="62"/>
       <c r="AH389" s="62"/>
       <c r="AI389" s="62"/>
       <c r="AJ389" s="62"/>
       <c r="AK389" s="62"/>
       <c r="AL389" s="62"/>
       <c r="AM389" s="62"/>
       <c r="AN389" s="62"/>
       <c r="AO389" s="62"/>
       <c r="AP389" s="62"/>
       <c r="AQ389" s="62"/>
       <c r="AR389" s="62"/>
     </row>
     <row r="390" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A390" s="34"/>
       <c r="B390" s="43"/>
-      <c r="C390" s="367"/>
-      <c r="D390" s="367"/>
+      <c r="C390" s="371"/>
+      <c r="D390" s="371"/>
       <c r="E390" s="43"/>
       <c r="F390" s="43"/>
       <c r="G390" s="35"/>
       <c r="H390" s="2"/>
       <c r="I390" s="2"/>
       <c r="J390" s="2"/>
-      <c r="N390" s="351"/>
-[...8 lines deleted...]
-      <c r="W390" s="353"/>
+      <c r="N390" s="355"/>
+      <c r="O390" s="356"/>
+      <c r="P390" s="356"/>
+      <c r="Q390" s="356"/>
+      <c r="R390" s="356"/>
+      <c r="S390" s="356"/>
+      <c r="T390" s="356"/>
+      <c r="U390" s="356"/>
+      <c r="V390" s="356"/>
+      <c r="W390" s="357"/>
       <c r="Y390" s="62"/>
       <c r="Z390" s="62"/>
       <c r="AA390" s="62"/>
       <c r="AB390" s="62"/>
       <c r="AC390" s="62"/>
       <c r="AD390" s="62"/>
       <c r="AE390" s="62"/>
       <c r="AF390" s="62"/>
       <c r="AG390" s="62"/>
       <c r="AH390" s="62"/>
       <c r="AI390" s="62"/>
       <c r="AJ390" s="62"/>
       <c r="AK390" s="62"/>
       <c r="AL390" s="62"/>
       <c r="AM390" s="62"/>
       <c r="AN390" s="62"/>
       <c r="AO390" s="62"/>
       <c r="AP390" s="62"/>
       <c r="AQ390" s="62"/>
       <c r="AR390" s="62"/>
     </row>
     <row r="391" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A391" s="34"/>
       <c r="B391" s="43"/>
-      <c r="C391" s="367"/>
-      <c r="D391" s="367"/>
+      <c r="C391" s="371"/>
+      <c r="D391" s="371"/>
       <c r="E391" s="43"/>
       <c r="F391" s="43"/>
       <c r="G391" s="35"/>
       <c r="H391" s="2"/>
       <c r="I391" s="2"/>
       <c r="J391" s="2"/>
-      <c r="N391" s="351"/>
-[...8 lines deleted...]
-      <c r="W391" s="353"/>
+      <c r="N391" s="355"/>
+      <c r="O391" s="356"/>
+      <c r="P391" s="356"/>
+      <c r="Q391" s="356"/>
+      <c r="R391" s="356"/>
+      <c r="S391" s="356"/>
+      <c r="T391" s="356"/>
+      <c r="U391" s="356"/>
+      <c r="V391" s="356"/>
+      <c r="W391" s="357"/>
       <c r="Y391" s="62"/>
       <c r="Z391" s="62"/>
       <c r="AA391" s="62"/>
       <c r="AB391" s="62"/>
       <c r="AC391" s="62"/>
       <c r="AD391" s="62"/>
       <c r="AE391" s="62"/>
       <c r="AF391" s="62"/>
       <c r="AG391" s="62"/>
       <c r="AH391" s="62"/>
       <c r="AI391" s="62"/>
       <c r="AJ391" s="62"/>
       <c r="AK391" s="62"/>
       <c r="AL391" s="62"/>
       <c r="AM391" s="62"/>
       <c r="AN391" s="62"/>
       <c r="AO391" s="62"/>
       <c r="AP391" s="62"/>
       <c r="AQ391" s="62"/>
       <c r="AR391" s="62"/>
     </row>
     <row r="392" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A392" s="34"/>
       <c r="B392" s="43"/>
-      <c r="C392" s="342"/>
-      <c r="D392" s="343"/>
+      <c r="C392" s="346"/>
+      <c r="D392" s="347"/>
       <c r="E392" s="43"/>
       <c r="F392" s="43"/>
       <c r="G392" s="35"/>
       <c r="H392" s="2"/>
       <c r="I392" s="2"/>
       <c r="J392" s="2"/>
-      <c r="N392" s="351"/>
-[...8 lines deleted...]
-      <c r="W392" s="353"/>
+      <c r="N392" s="355"/>
+      <c r="O392" s="356"/>
+      <c r="P392" s="356"/>
+      <c r="Q392" s="356"/>
+      <c r="R392" s="356"/>
+      <c r="S392" s="356"/>
+      <c r="T392" s="356"/>
+      <c r="U392" s="356"/>
+      <c r="V392" s="356"/>
+      <c r="W392" s="357"/>
       <c r="Y392" s="62"/>
       <c r="Z392" s="62"/>
       <c r="AA392" s="62"/>
       <c r="AB392" s="62"/>
       <c r="AC392" s="62"/>
       <c r="AD392" s="62"/>
       <c r="AE392" s="62"/>
       <c r="AF392" s="62"/>
       <c r="AG392" s="62"/>
       <c r="AH392" s="62"/>
       <c r="AI392" s="62"/>
       <c r="AJ392" s="62"/>
       <c r="AK392" s="62"/>
       <c r="AL392" s="62"/>
       <c r="AM392" s="62"/>
       <c r="AN392" s="62"/>
       <c r="AO392" s="62"/>
       <c r="AP392" s="62"/>
       <c r="AQ392" s="62"/>
       <c r="AR392" s="62"/>
     </row>
     <row r="393" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A393" s="34"/>
       <c r="B393" s="43"/>
-      <c r="C393" s="367"/>
-      <c r="D393" s="368"/>
+      <c r="C393" s="371"/>
+      <c r="D393" s="372"/>
       <c r="E393" s="43"/>
       <c r="F393" s="43"/>
       <c r="G393" s="35"/>
       <c r="H393" s="2"/>
       <c r="I393" s="2"/>
       <c r="J393" s="2"/>
-      <c r="N393" s="351"/>
-[...8 lines deleted...]
-      <c r="W393" s="353"/>
+      <c r="N393" s="355"/>
+      <c r="O393" s="356"/>
+      <c r="P393" s="356"/>
+      <c r="Q393" s="356"/>
+      <c r="R393" s="356"/>
+      <c r="S393" s="356"/>
+      <c r="T393" s="356"/>
+      <c r="U393" s="356"/>
+      <c r="V393" s="356"/>
+      <c r="W393" s="357"/>
       <c r="Y393" s="62"/>
       <c r="Z393" s="62"/>
       <c r="AA393" s="62"/>
       <c r="AB393" s="62"/>
       <c r="AC393" s="62"/>
       <c r="AD393" s="62"/>
       <c r="AE393" s="62"/>
       <c r="AF393" s="62"/>
       <c r="AG393" s="62"/>
       <c r="AH393" s="62"/>
       <c r="AI393" s="62"/>
       <c r="AJ393" s="62"/>
       <c r="AK393" s="62"/>
       <c r="AL393" s="62"/>
       <c r="AM393" s="62"/>
       <c r="AN393" s="62"/>
       <c r="AO393" s="62"/>
       <c r="AP393" s="62"/>
       <c r="AQ393" s="62"/>
       <c r="AR393" s="62"/>
     </row>
     <row r="394" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A394" s="34"/>
       <c r="B394" s="43"/>
-      <c r="C394" s="367"/>
-      <c r="D394" s="367"/>
+      <c r="C394" s="371"/>
+      <c r="D394" s="371"/>
       <c r="E394" s="43"/>
       <c r="F394" s="43"/>
       <c r="G394" s="35"/>
       <c r="H394" s="2"/>
       <c r="I394" s="2"/>
       <c r="J394" s="2"/>
-      <c r="N394" s="351"/>
-[...8 lines deleted...]
-      <c r="W394" s="353"/>
+      <c r="N394" s="355"/>
+      <c r="O394" s="356"/>
+      <c r="P394" s="356"/>
+      <c r="Q394" s="356"/>
+      <c r="R394" s="356"/>
+      <c r="S394" s="356"/>
+      <c r="T394" s="356"/>
+      <c r="U394" s="356"/>
+      <c r="V394" s="356"/>
+      <c r="W394" s="357"/>
       <c r="Y394" s="62"/>
       <c r="Z394" s="62"/>
       <c r="AA394" s="62"/>
       <c r="AB394" s="62"/>
       <c r="AC394" s="62"/>
       <c r="AD394" s="62"/>
       <c r="AE394" s="62"/>
       <c r="AF394" s="62"/>
       <c r="AG394" s="62"/>
       <c r="AH394" s="62"/>
       <c r="AI394" s="62"/>
       <c r="AJ394" s="62"/>
       <c r="AK394" s="62"/>
       <c r="AL394" s="62"/>
       <c r="AM394" s="62"/>
       <c r="AN394" s="62"/>
       <c r="AO394" s="62"/>
       <c r="AP394" s="62"/>
       <c r="AQ394" s="62"/>
       <c r="AR394" s="62"/>
     </row>
     <row r="395" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A395" s="34"/>
       <c r="B395" s="43"/>
-      <c r="C395" s="367"/>
-      <c r="D395" s="367"/>
+      <c r="C395" s="371"/>
+      <c r="D395" s="371"/>
       <c r="E395" s="43"/>
       <c r="F395" s="43"/>
       <c r="G395" s="35"/>
       <c r="H395" s="2"/>
       <c r="I395" s="2"/>
       <c r="J395" s="2"/>
-      <c r="N395" s="351"/>
-[...8 lines deleted...]
-      <c r="W395" s="353"/>
+      <c r="N395" s="355"/>
+      <c r="O395" s="356"/>
+      <c r="P395" s="356"/>
+      <c r="Q395" s="356"/>
+      <c r="R395" s="356"/>
+      <c r="S395" s="356"/>
+      <c r="T395" s="356"/>
+      <c r="U395" s="356"/>
+      <c r="V395" s="356"/>
+      <c r="W395" s="357"/>
       <c r="Y395" s="62"/>
       <c r="Z395" s="62"/>
       <c r="AA395" s="62"/>
       <c r="AB395" s="62"/>
       <c r="AC395" s="62"/>
       <c r="AD395" s="62"/>
       <c r="AE395" s="62"/>
       <c r="AF395" s="62"/>
       <c r="AG395" s="62"/>
       <c r="AH395" s="62"/>
       <c r="AI395" s="62"/>
       <c r="AJ395" s="62"/>
       <c r="AK395" s="62"/>
       <c r="AL395" s="62"/>
       <c r="AM395" s="62"/>
       <c r="AN395" s="62"/>
       <c r="AO395" s="62"/>
       <c r="AP395" s="62"/>
       <c r="AQ395" s="62"/>
       <c r="AR395" s="62"/>
     </row>
     <row r="396" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
       <c r="A396" s="45"/>
       <c r="B396" s="46"/>
-      <c r="C396" s="369"/>
-      <c r="D396" s="369"/>
+      <c r="C396" s="373"/>
+      <c r="D396" s="373"/>
       <c r="E396" s="46"/>
       <c r="F396" s="46"/>
-      <c r="G396" s="180"/>
+      <c r="G396" s="174"/>
       <c r="H396" s="2"/>
       <c r="I396" s="2"/>
       <c r="J396" s="2"/>
-      <c r="N396" s="351"/>
-[...8 lines deleted...]
-      <c r="W396" s="353"/>
+      <c r="N396" s="355"/>
+      <c r="O396" s="356"/>
+      <c r="P396" s="356"/>
+      <c r="Q396" s="356"/>
+      <c r="R396" s="356"/>
+      <c r="S396" s="356"/>
+      <c r="T396" s="356"/>
+      <c r="U396" s="356"/>
+      <c r="V396" s="356"/>
+      <c r="W396" s="357"/>
       <c r="Y396" s="62"/>
       <c r="Z396" s="62"/>
       <c r="AA396" s="62"/>
       <c r="AB396" s="62"/>
       <c r="AC396" s="62"/>
       <c r="AD396" s="62"/>
       <c r="AE396" s="62"/>
       <c r="AF396" s="62"/>
       <c r="AG396" s="62"/>
       <c r="AH396" s="62"/>
       <c r="AI396" s="62"/>
       <c r="AJ396" s="62"/>
       <c r="AK396" s="62"/>
       <c r="AL396" s="62"/>
       <c r="AM396" s="62"/>
       <c r="AN396" s="62"/>
       <c r="AO396" s="62"/>
       <c r="AP396" s="62"/>
       <c r="AQ396" s="62"/>
       <c r="AR396" s="62"/>
     </row>
     <row r="397" spans="1:44" ht="11.4" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A397" s="224" t="s">
+      <c r="A397" s="218" t="s">
         <v>60</v>
       </c>
-      <c r="B397" s="225"/>
-[...4 lines deleted...]
-      <c r="G397" s="227">
+      <c r="B397" s="219"/>
+      <c r="C397" s="374"/>
+      <c r="D397" s="374"/>
+      <c r="E397" s="220"/>
+      <c r="F397" s="220"/>
+      <c r="G397" s="221">
         <f>SUM(G317:G396)</f>
         <v>0</v>
       </c>
       <c r="H397" s="2"/>
       <c r="I397" s="2"/>
       <c r="J397" s="2"/>
-      <c r="N397" s="354"/>
-[...8 lines deleted...]
-      <c r="W397" s="356"/>
+      <c r="N397" s="358"/>
+      <c r="O397" s="359"/>
+      <c r="P397" s="359"/>
+      <c r="Q397" s="359"/>
+      <c r="R397" s="359"/>
+      <c r="S397" s="359"/>
+      <c r="T397" s="359"/>
+      <c r="U397" s="359"/>
+      <c r="V397" s="359"/>
+      <c r="W397" s="360"/>
       <c r="Y397" s="62"/>
       <c r="Z397" s="62"/>
       <c r="AA397" s="62"/>
       <c r="AB397" s="62"/>
       <c r="AC397" s="62"/>
       <c r="AD397" s="62"/>
       <c r="AE397" s="62"/>
       <c r="AF397" s="62"/>
       <c r="AG397" s="62"/>
       <c r="AH397" s="62"/>
       <c r="AI397" s="62"/>
       <c r="AJ397" s="62"/>
       <c r="AK397" s="62"/>
       <c r="AL397" s="62"/>
       <c r="AM397" s="62"/>
       <c r="AN397" s="62"/>
       <c r="AO397" s="62"/>
       <c r="AP397" s="62"/>
       <c r="AQ397" s="62"/>
       <c r="AR397" s="62"/>
     </row>
     <row r="398" spans="1:44" ht="108.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A398" s="380" t="s">
-[...23 lines deleted...]
-      <c r="W398" s="381"/>
+      <c r="A398" s="384" t="s">
+        <v>106</v>
+      </c>
+      <c r="B398" s="385"/>
+      <c r="C398" s="385"/>
+      <c r="D398" s="385"/>
+      <c r="E398" s="385"/>
+      <c r="F398" s="385"/>
+      <c r="G398" s="385"/>
+      <c r="H398" s="385"/>
+      <c r="I398" s="385"/>
+      <c r="J398" s="385"/>
+      <c r="K398" s="385"/>
+      <c r="L398" s="385"/>
+      <c r="M398" s="385"/>
+      <c r="N398" s="385"/>
+      <c r="O398" s="385"/>
+      <c r="P398" s="385"/>
+      <c r="Q398" s="385"/>
+      <c r="R398" s="385"/>
+      <c r="S398" s="385"/>
+      <c r="T398" s="385"/>
+      <c r="U398" s="385"/>
+      <c r="V398" s="385"/>
+      <c r="W398" s="385"/>
       <c r="Y398" s="62"/>
       <c r="Z398" s="62"/>
       <c r="AA398" s="62"/>
       <c r="AB398" s="62"/>
       <c r="AC398" s="62"/>
       <c r="AD398" s="62"/>
       <c r="AE398" s="62"/>
       <c r="AF398" s="62"/>
       <c r="AG398" s="62"/>
       <c r="AH398" s="62"/>
       <c r="AI398" s="62"/>
       <c r="AJ398" s="62"/>
       <c r="AK398" s="62"/>
       <c r="AL398" s="62"/>
       <c r="AM398" s="62"/>
       <c r="AN398" s="62"/>
       <c r="AO398" s="62"/>
       <c r="AP398" s="62"/>
       <c r="AQ398" s="62"/>
       <c r="AR398" s="62"/>
     </row>
     <row r="399" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="G399" s="10"/>
       <c r="H399" s="10"/>
       <c r="I399" s="10"/>
@@ -27146,816 +27176,816 @@
       <c r="U399" s="10"/>
       <c r="V399" s="10"/>
       <c r="W399" s="10"/>
       <c r="Y399" s="62"/>
       <c r="Z399" s="62"/>
       <c r="AA399" s="62"/>
       <c r="AB399" s="62"/>
       <c r="AC399" s="62"/>
       <c r="AD399" s="62"/>
       <c r="AE399" s="62"/>
       <c r="AF399" s="62"/>
       <c r="AG399" s="62"/>
       <c r="AH399" s="62"/>
       <c r="AI399" s="62"/>
       <c r="AJ399" s="62"/>
       <c r="AK399" s="62"/>
       <c r="AL399" s="62"/>
       <c r="AM399" s="62"/>
       <c r="AN399" s="62"/>
       <c r="AO399" s="62"/>
       <c r="AP399" s="62"/>
       <c r="AQ399" s="62"/>
       <c r="AR399" s="62"/>
     </row>
     <row r="400" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A400" s="357" t="s">
+      <c r="A400" s="361" t="s">
         <v>61</v>
       </c>
-      <c r="B400" s="358"/>
-[...4 lines deleted...]
-      <c r="G400" s="361"/>
+      <c r="B400" s="362"/>
+      <c r="C400" s="363"/>
+      <c r="D400" s="363"/>
+      <c r="E400" s="364"/>
+      <c r="F400" s="364"/>
+      <c r="G400" s="365"/>
       <c r="H400" s="17"/>
       <c r="I400" s="17"/>
       <c r="J400" s="17"/>
       <c r="K400" s="17"/>
       <c r="L400" s="17"/>
       <c r="M400" s="17"/>
-      <c r="N400" s="362" t="s">
+      <c r="N400" s="366" t="s">
         <v>62</v>
       </c>
-      <c r="O400" s="363"/>
-[...7 lines deleted...]
-      <c r="W400" s="364"/>
+      <c r="O400" s="367"/>
+      <c r="P400" s="367"/>
+      <c r="Q400" s="367"/>
+      <c r="R400" s="367"/>
+      <c r="S400" s="367"/>
+      <c r="T400" s="367"/>
+      <c r="U400" s="367"/>
+      <c r="V400" s="367"/>
+      <c r="W400" s="368"/>
       <c r="Y400" s="62"/>
       <c r="Z400" s="62"/>
       <c r="AA400" s="62"/>
       <c r="AB400" s="62"/>
       <c r="AC400" s="62"/>
       <c r="AD400" s="62"/>
       <c r="AE400" s="62"/>
       <c r="AF400" s="62"/>
       <c r="AG400" s="62"/>
       <c r="AH400" s="62"/>
       <c r="AI400" s="62"/>
       <c r="AJ400" s="62"/>
       <c r="AK400" s="62"/>
       <c r="AL400" s="62"/>
       <c r="AM400" s="62"/>
       <c r="AN400" s="62"/>
       <c r="AO400" s="62"/>
       <c r="AP400" s="62"/>
       <c r="AQ400" s="62"/>
       <c r="AR400" s="62"/>
     </row>
     <row r="401" spans="1:44" ht="30.6" x14ac:dyDescent="0.2">
-      <c r="A401" s="384" t="s">
+      <c r="A401" s="388" t="s">
         <v>63</v>
       </c>
-      <c r="B401" s="385"/>
-      <c r="C401" s="229" t="s">
+      <c r="B401" s="389"/>
+      <c r="C401" s="223" t="s">
         <v>64</v>
       </c>
-      <c r="D401" s="228" t="s">
+      <c r="D401" s="222" t="s">
         <v>65</v>
       </c>
-      <c r="E401" s="228" t="s">
+      <c r="E401" s="222" t="s">
         <v>66</v>
       </c>
-      <c r="F401" s="229" t="s">
+      <c r="F401" s="223" t="s">
         <v>67</v>
       </c>
-      <c r="G401" s="230" t="s">
+      <c r="G401" s="224" t="s">
         <v>68</v>
       </c>
       <c r="H401" s="12"/>
       <c r="I401" s="12"/>
       <c r="J401" s="12"/>
       <c r="K401" s="12"/>
       <c r="L401" s="12"/>
       <c r="M401" s="12"/>
-      <c r="N401" s="351"/>
-[...8 lines deleted...]
-      <c r="W401" s="353"/>
+      <c r="N401" s="355"/>
+      <c r="O401" s="356"/>
+      <c r="P401" s="356"/>
+      <c r="Q401" s="356"/>
+      <c r="R401" s="356"/>
+      <c r="S401" s="356"/>
+      <c r="T401" s="356"/>
+      <c r="U401" s="356"/>
+      <c r="V401" s="356"/>
+      <c r="W401" s="357"/>
       <c r="Y401" s="62"/>
       <c r="Z401" s="62"/>
       <c r="AA401" s="62"/>
       <c r="AB401" s="62"/>
       <c r="AC401" s="62"/>
       <c r="AD401" s="62"/>
       <c r="AE401" s="62"/>
       <c r="AF401" s="62"/>
       <c r="AG401" s="62"/>
       <c r="AH401" s="62"/>
       <c r="AI401" s="62"/>
       <c r="AJ401" s="62"/>
       <c r="AK401" s="62"/>
       <c r="AL401" s="62"/>
       <c r="AM401" s="62"/>
       <c r="AN401" s="62"/>
       <c r="AO401" s="62"/>
       <c r="AP401" s="62"/>
       <c r="AQ401" s="62"/>
       <c r="AR401" s="62"/>
     </row>
     <row r="402" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A402" s="372"/>
-      <c r="B402" s="372"/>
+      <c r="A402" s="376"/>
+      <c r="B402" s="376"/>
       <c r="C402" s="36"/>
       <c r="D402" s="37"/>
       <c r="E402" s="38"/>
       <c r="F402" s="39"/>
-      <c r="G402" s="231">
+      <c r="G402" s="225">
         <f>IF(D402=0,0,(C402/D402)*E402*F402)</f>
         <v>0</v>
       </c>
       <c r="H402" s="12"/>
       <c r="I402" s="12"/>
       <c r="J402" s="12"/>
       <c r="K402" s="12"/>
       <c r="L402" s="12"/>
       <c r="M402" s="12"/>
-      <c r="N402" s="351"/>
-[...8 lines deleted...]
-      <c r="W402" s="353"/>
+      <c r="N402" s="355"/>
+      <c r="O402" s="356"/>
+      <c r="P402" s="356"/>
+      <c r="Q402" s="356"/>
+      <c r="R402" s="356"/>
+      <c r="S402" s="356"/>
+      <c r="T402" s="356"/>
+      <c r="U402" s="356"/>
+      <c r="V402" s="356"/>
+      <c r="W402" s="357"/>
       <c r="Y402" s="62"/>
       <c r="Z402" s="62"/>
       <c r="AA402" s="62"/>
       <c r="AB402" s="62"/>
       <c r="AC402" s="62"/>
       <c r="AD402" s="62"/>
       <c r="AE402" s="62"/>
       <c r="AF402" s="62"/>
       <c r="AG402" s="62"/>
       <c r="AH402" s="62"/>
       <c r="AI402" s="62"/>
       <c r="AJ402" s="62"/>
       <c r="AK402" s="62"/>
       <c r="AL402" s="62"/>
       <c r="AM402" s="62"/>
       <c r="AN402" s="62"/>
       <c r="AO402" s="62"/>
       <c r="AP402" s="62"/>
       <c r="AQ402" s="62"/>
       <c r="AR402" s="62"/>
     </row>
     <row r="403" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A403" s="372"/>
-      <c r="B403" s="372"/>
+      <c r="A403" s="376"/>
+      <c r="B403" s="376"/>
       <c r="C403" s="36"/>
       <c r="D403" s="37"/>
       <c r="E403" s="38"/>
       <c r="F403" s="39"/>
-      <c r="G403" s="231">
+      <c r="G403" s="225">
         <f t="shared" ref="G403:G414" si="15">IF(D403=0,0,(C403/D403)*E403*F403)</f>
         <v>0</v>
       </c>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
       <c r="J403" s="2"/>
-      <c r="N403" s="351"/>
-[...8 lines deleted...]
-      <c r="W403" s="353"/>
+      <c r="N403" s="355"/>
+      <c r="O403" s="356"/>
+      <c r="P403" s="356"/>
+      <c r="Q403" s="356"/>
+      <c r="R403" s="356"/>
+      <c r="S403" s="356"/>
+      <c r="T403" s="356"/>
+      <c r="U403" s="356"/>
+      <c r="V403" s="356"/>
+      <c r="W403" s="357"/>
       <c r="Y403" s="62"/>
       <c r="Z403" s="62"/>
       <c r="AA403" s="62"/>
       <c r="AB403" s="62"/>
       <c r="AC403" s="62"/>
       <c r="AD403" s="62"/>
       <c r="AE403" s="62"/>
       <c r="AF403" s="62"/>
       <c r="AG403" s="62"/>
       <c r="AH403" s="62"/>
       <c r="AI403" s="62"/>
       <c r="AJ403" s="62"/>
       <c r="AK403" s="62"/>
       <c r="AL403" s="62"/>
       <c r="AM403" s="62"/>
       <c r="AN403" s="62"/>
       <c r="AO403" s="62"/>
       <c r="AP403" s="62"/>
       <c r="AQ403" s="62"/>
       <c r="AR403" s="62"/>
     </row>
     <row r="404" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A404" s="372"/>
-      <c r="B404" s="372"/>
+      <c r="A404" s="376"/>
+      <c r="B404" s="376"/>
       <c r="C404" s="36"/>
       <c r="D404" s="37"/>
       <c r="E404" s="38"/>
       <c r="F404" s="39"/>
-      <c r="G404" s="231">
+      <c r="G404" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
       <c r="J404" s="2"/>
-      <c r="N404" s="351"/>
-[...8 lines deleted...]
-      <c r="W404" s="353"/>
+      <c r="N404" s="355"/>
+      <c r="O404" s="356"/>
+      <c r="P404" s="356"/>
+      <c r="Q404" s="356"/>
+      <c r="R404" s="356"/>
+      <c r="S404" s="356"/>
+      <c r="T404" s="356"/>
+      <c r="U404" s="356"/>
+      <c r="V404" s="356"/>
+      <c r="W404" s="357"/>
       <c r="Y404" s="62"/>
       <c r="Z404" s="62"/>
       <c r="AA404" s="62"/>
       <c r="AB404" s="62"/>
       <c r="AC404" s="62"/>
       <c r="AD404" s="62"/>
       <c r="AE404" s="62"/>
       <c r="AF404" s="62"/>
       <c r="AG404" s="62"/>
       <c r="AH404" s="62"/>
       <c r="AI404" s="62"/>
       <c r="AJ404" s="62"/>
       <c r="AK404" s="62"/>
       <c r="AL404" s="62"/>
       <c r="AM404" s="62"/>
       <c r="AN404" s="62"/>
       <c r="AO404" s="62"/>
       <c r="AP404" s="62"/>
       <c r="AQ404" s="62"/>
       <c r="AR404" s="62"/>
     </row>
     <row r="405" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A405" s="382"/>
-      <c r="B405" s="383"/>
+      <c r="A405" s="386"/>
+      <c r="B405" s="387"/>
       <c r="C405" s="36"/>
       <c r="D405" s="37"/>
       <c r="E405" s="41"/>
       <c r="F405" s="39"/>
-      <c r="G405" s="231">
+      <c r="G405" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H405" s="2"/>
       <c r="I405" s="2"/>
       <c r="J405" s="2"/>
-      <c r="N405" s="351"/>
-[...8 lines deleted...]
-      <c r="W405" s="353"/>
+      <c r="N405" s="355"/>
+      <c r="O405" s="356"/>
+      <c r="P405" s="356"/>
+      <c r="Q405" s="356"/>
+      <c r="R405" s="356"/>
+      <c r="S405" s="356"/>
+      <c r="T405" s="356"/>
+      <c r="U405" s="356"/>
+      <c r="V405" s="356"/>
+      <c r="W405" s="357"/>
       <c r="Y405" s="62"/>
       <c r="Z405" s="62"/>
       <c r="AA405" s="62"/>
       <c r="AB405" s="62"/>
       <c r="AC405" s="62"/>
       <c r="AD405" s="62"/>
       <c r="AE405" s="62"/>
       <c r="AF405" s="62"/>
       <c r="AG405" s="62"/>
       <c r="AH405" s="62"/>
       <c r="AI405" s="62"/>
       <c r="AJ405" s="62"/>
       <c r="AK405" s="62"/>
       <c r="AL405" s="62"/>
       <c r="AM405" s="62"/>
       <c r="AN405" s="62"/>
       <c r="AO405" s="62"/>
       <c r="AP405" s="62"/>
       <c r="AQ405" s="62"/>
       <c r="AR405" s="62"/>
     </row>
     <row r="406" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A406" s="382"/>
-      <c r="B406" s="383"/>
+      <c r="A406" s="386"/>
+      <c r="B406" s="387"/>
       <c r="C406" s="36"/>
       <c r="D406" s="37"/>
       <c r="E406" s="41"/>
       <c r="F406" s="39"/>
-      <c r="G406" s="231">
+      <c r="G406" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H406" s="2"/>
       <c r="I406" s="2"/>
       <c r="J406" s="2"/>
-      <c r="N406" s="351"/>
-[...8 lines deleted...]
-      <c r="W406" s="353"/>
+      <c r="N406" s="355"/>
+      <c r="O406" s="356"/>
+      <c r="P406" s="356"/>
+      <c r="Q406" s="356"/>
+      <c r="R406" s="356"/>
+      <c r="S406" s="356"/>
+      <c r="T406" s="356"/>
+      <c r="U406" s="356"/>
+      <c r="V406" s="356"/>
+      <c r="W406" s="357"/>
       <c r="Y406" s="62"/>
       <c r="Z406" s="62"/>
       <c r="AA406" s="62"/>
       <c r="AB406" s="62"/>
       <c r="AC406" s="62"/>
       <c r="AD406" s="62"/>
       <c r="AE406" s="62"/>
       <c r="AF406" s="62"/>
       <c r="AG406" s="62"/>
       <c r="AH406" s="62"/>
       <c r="AI406" s="62"/>
       <c r="AJ406" s="62"/>
       <c r="AK406" s="62"/>
       <c r="AL406" s="62"/>
       <c r="AM406" s="62"/>
       <c r="AN406" s="62"/>
       <c r="AO406" s="62"/>
       <c r="AP406" s="62"/>
       <c r="AQ406" s="62"/>
       <c r="AR406" s="62"/>
     </row>
     <row r="407" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A407" s="382"/>
-      <c r="B407" s="383"/>
+      <c r="A407" s="386"/>
+      <c r="B407" s="387"/>
       <c r="C407" s="36"/>
       <c r="D407" s="37"/>
       <c r="E407" s="41"/>
       <c r="F407" s="39"/>
-      <c r="G407" s="231">
+      <c r="G407" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H407" s="2"/>
       <c r="I407" s="2"/>
       <c r="J407" s="2"/>
-      <c r="N407" s="351"/>
-[...8 lines deleted...]
-      <c r="W407" s="353"/>
+      <c r="N407" s="355"/>
+      <c r="O407" s="356"/>
+      <c r="P407" s="356"/>
+      <c r="Q407" s="356"/>
+      <c r="R407" s="356"/>
+      <c r="S407" s="356"/>
+      <c r="T407" s="356"/>
+      <c r="U407" s="356"/>
+      <c r="V407" s="356"/>
+      <c r="W407" s="357"/>
       <c r="Y407" s="62"/>
       <c r="Z407" s="62"/>
       <c r="AA407" s="62"/>
       <c r="AB407" s="62"/>
       <c r="AC407" s="62"/>
       <c r="AD407" s="62"/>
       <c r="AE407" s="62"/>
       <c r="AF407" s="62"/>
       <c r="AG407" s="62"/>
       <c r="AH407" s="62"/>
       <c r="AI407" s="62"/>
       <c r="AJ407" s="62"/>
       <c r="AK407" s="62"/>
       <c r="AL407" s="62"/>
       <c r="AM407" s="62"/>
       <c r="AN407" s="62"/>
       <c r="AO407" s="62"/>
       <c r="AP407" s="62"/>
       <c r="AQ407" s="62"/>
       <c r="AR407" s="62"/>
     </row>
     <row r="408" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A408" s="382"/>
-      <c r="B408" s="383"/>
+      <c r="A408" s="386"/>
+      <c r="B408" s="387"/>
       <c r="C408" s="36"/>
       <c r="D408" s="37"/>
       <c r="E408" s="41"/>
       <c r="F408" s="39"/>
-      <c r="G408" s="231">
+      <c r="G408" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H408" s="2"/>
       <c r="I408" s="2"/>
       <c r="J408" s="2"/>
-      <c r="N408" s="351"/>
-[...8 lines deleted...]
-      <c r="W408" s="353"/>
+      <c r="N408" s="355"/>
+      <c r="O408" s="356"/>
+      <c r="P408" s="356"/>
+      <c r="Q408" s="356"/>
+      <c r="R408" s="356"/>
+      <c r="S408" s="356"/>
+      <c r="T408" s="356"/>
+      <c r="U408" s="356"/>
+      <c r="V408" s="356"/>
+      <c r="W408" s="357"/>
       <c r="Y408" s="62"/>
       <c r="Z408" s="62"/>
       <c r="AA408" s="62"/>
       <c r="AB408" s="62"/>
       <c r="AC408" s="62"/>
       <c r="AD408" s="62"/>
       <c r="AE408" s="62"/>
       <c r="AF408" s="62"/>
       <c r="AG408" s="62"/>
       <c r="AH408" s="62"/>
       <c r="AI408" s="62"/>
       <c r="AJ408" s="62"/>
       <c r="AK408" s="62"/>
       <c r="AL408" s="62"/>
       <c r="AM408" s="62"/>
       <c r="AN408" s="62"/>
       <c r="AO408" s="62"/>
       <c r="AP408" s="62"/>
       <c r="AQ408" s="62"/>
       <c r="AR408" s="62"/>
     </row>
     <row r="409" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A409" s="382"/>
-      <c r="B409" s="383"/>
+      <c r="A409" s="386"/>
+      <c r="B409" s="387"/>
       <c r="C409" s="36"/>
       <c r="D409" s="37"/>
       <c r="E409" s="41"/>
       <c r="F409" s="39"/>
-      <c r="G409" s="231">
+      <c r="G409" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H409" s="2"/>
       <c r="I409" s="2"/>
       <c r="J409" s="2"/>
-      <c r="N409" s="351"/>
-[...8 lines deleted...]
-      <c r="W409" s="353"/>
+      <c r="N409" s="355"/>
+      <c r="O409" s="356"/>
+      <c r="P409" s="356"/>
+      <c r="Q409" s="356"/>
+      <c r="R409" s="356"/>
+      <c r="S409" s="356"/>
+      <c r="T409" s="356"/>
+      <c r="U409" s="356"/>
+      <c r="V409" s="356"/>
+      <c r="W409" s="357"/>
       <c r="Y409" s="62"/>
       <c r="Z409" s="62"/>
       <c r="AA409" s="62"/>
       <c r="AB409" s="62"/>
       <c r="AC409" s="62"/>
       <c r="AD409" s="62"/>
       <c r="AE409" s="62"/>
       <c r="AF409" s="62"/>
       <c r="AG409" s="62"/>
       <c r="AH409" s="62"/>
       <c r="AI409" s="62"/>
       <c r="AJ409" s="62"/>
       <c r="AK409" s="62"/>
       <c r="AL409" s="62"/>
       <c r="AM409" s="62"/>
       <c r="AN409" s="62"/>
       <c r="AO409" s="62"/>
       <c r="AP409" s="62"/>
       <c r="AQ409" s="62"/>
       <c r="AR409" s="62"/>
     </row>
     <row r="410" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A410" s="372"/>
-      <c r="B410" s="373"/>
+      <c r="A410" s="376"/>
+      <c r="B410" s="377"/>
       <c r="C410" s="36"/>
       <c r="D410" s="40"/>
       <c r="E410" s="41"/>
       <c r="F410" s="39"/>
-      <c r="G410" s="231">
+      <c r="G410" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
       <c r="J410" s="2"/>
-      <c r="N410" s="351"/>
-[...8 lines deleted...]
-      <c r="W410" s="353"/>
+      <c r="N410" s="355"/>
+      <c r="O410" s="356"/>
+      <c r="P410" s="356"/>
+      <c r="Q410" s="356"/>
+      <c r="R410" s="356"/>
+      <c r="S410" s="356"/>
+      <c r="T410" s="356"/>
+      <c r="U410" s="356"/>
+      <c r="V410" s="356"/>
+      <c r="W410" s="357"/>
       <c r="Y410" s="62"/>
       <c r="Z410" s="62"/>
       <c r="AA410" s="62"/>
       <c r="AB410" s="62"/>
       <c r="AC410" s="62"/>
       <c r="AD410" s="62"/>
       <c r="AE410" s="62"/>
       <c r="AF410" s="62"/>
       <c r="AG410" s="62"/>
       <c r="AH410" s="62"/>
       <c r="AI410" s="62"/>
       <c r="AJ410" s="62"/>
       <c r="AK410" s="62"/>
       <c r="AL410" s="62"/>
       <c r="AM410" s="62"/>
       <c r="AN410" s="62"/>
       <c r="AO410" s="62"/>
       <c r="AP410" s="62"/>
       <c r="AQ410" s="62"/>
       <c r="AR410" s="62"/>
     </row>
     <row r="411" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A411" s="372"/>
-      <c r="B411" s="373"/>
+      <c r="A411" s="376"/>
+      <c r="B411" s="377"/>
       <c r="C411" s="36"/>
       <c r="D411" s="40"/>
       <c r="E411" s="41"/>
       <c r="F411" s="42"/>
-      <c r="G411" s="231">
+      <c r="G411" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H411" s="2"/>
       <c r="I411" s="2"/>
       <c r="J411" s="2"/>
-      <c r="N411" s="351"/>
-[...8 lines deleted...]
-      <c r="W411" s="353"/>
+      <c r="N411" s="355"/>
+      <c r="O411" s="356"/>
+      <c r="P411" s="356"/>
+      <c r="Q411" s="356"/>
+      <c r="R411" s="356"/>
+      <c r="S411" s="356"/>
+      <c r="T411" s="356"/>
+      <c r="U411" s="356"/>
+      <c r="V411" s="356"/>
+      <c r="W411" s="357"/>
       <c r="Y411" s="62"/>
       <c r="Z411" s="62"/>
       <c r="AA411" s="62"/>
       <c r="AB411" s="62"/>
       <c r="AC411" s="62"/>
       <c r="AD411" s="62"/>
       <c r="AE411" s="62"/>
       <c r="AF411" s="62"/>
       <c r="AG411" s="62"/>
       <c r="AH411" s="62"/>
       <c r="AI411" s="62"/>
       <c r="AJ411" s="62"/>
       <c r="AK411" s="62"/>
       <c r="AL411" s="62"/>
       <c r="AM411" s="62"/>
       <c r="AN411" s="62"/>
       <c r="AO411" s="62"/>
       <c r="AP411" s="62"/>
       <c r="AQ411" s="62"/>
       <c r="AR411" s="62"/>
     </row>
     <row r="412" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A412" s="372"/>
-      <c r="B412" s="373"/>
+      <c r="A412" s="376"/>
+      <c r="B412" s="377"/>
       <c r="C412" s="36"/>
       <c r="D412" s="40"/>
       <c r="E412" s="41"/>
       <c r="F412" s="42"/>
-      <c r="G412" s="231">
+      <c r="G412" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H412" s="2"/>
       <c r="I412" s="2"/>
       <c r="J412" s="2"/>
-      <c r="N412" s="351"/>
-[...8 lines deleted...]
-      <c r="W412" s="353"/>
+      <c r="N412" s="355"/>
+      <c r="O412" s="356"/>
+      <c r="P412" s="356"/>
+      <c r="Q412" s="356"/>
+      <c r="R412" s="356"/>
+      <c r="S412" s="356"/>
+      <c r="T412" s="356"/>
+      <c r="U412" s="356"/>
+      <c r="V412" s="356"/>
+      <c r="W412" s="357"/>
       <c r="Y412" s="62"/>
       <c r="Z412" s="62"/>
       <c r="AA412" s="62"/>
       <c r="AB412" s="62"/>
       <c r="AC412" s="62"/>
       <c r="AD412" s="62"/>
       <c r="AE412" s="62"/>
       <c r="AF412" s="62"/>
       <c r="AG412" s="62"/>
       <c r="AH412" s="62"/>
       <c r="AI412" s="62"/>
       <c r="AJ412" s="62"/>
       <c r="AK412" s="62"/>
       <c r="AL412" s="62"/>
       <c r="AM412" s="62"/>
       <c r="AN412" s="62"/>
       <c r="AO412" s="62"/>
       <c r="AP412" s="62"/>
       <c r="AQ412" s="62"/>
       <c r="AR412" s="62"/>
     </row>
     <row r="413" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A413" s="372"/>
-      <c r="B413" s="373"/>
+      <c r="A413" s="376"/>
+      <c r="B413" s="377"/>
       <c r="C413" s="36"/>
       <c r="D413" s="40"/>
       <c r="E413" s="41"/>
       <c r="F413" s="42"/>
-      <c r="G413" s="231">
+      <c r="G413" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H413" s="2"/>
       <c r="I413" s="2"/>
       <c r="J413" s="2"/>
-      <c r="N413" s="351"/>
-[...8 lines deleted...]
-      <c r="W413" s="353"/>
+      <c r="N413" s="355"/>
+      <c r="O413" s="356"/>
+      <c r="P413" s="356"/>
+      <c r="Q413" s="356"/>
+      <c r="R413" s="356"/>
+      <c r="S413" s="356"/>
+      <c r="T413" s="356"/>
+      <c r="U413" s="356"/>
+      <c r="V413" s="356"/>
+      <c r="W413" s="357"/>
       <c r="Y413" s="62"/>
       <c r="Z413" s="62"/>
       <c r="AA413" s="62"/>
       <c r="AB413" s="62"/>
       <c r="AC413" s="62"/>
       <c r="AD413" s="62"/>
       <c r="AE413" s="62"/>
       <c r="AF413" s="62"/>
       <c r="AG413" s="62"/>
       <c r="AH413" s="62"/>
       <c r="AI413" s="62"/>
       <c r="AJ413" s="62"/>
       <c r="AK413" s="62"/>
       <c r="AL413" s="62"/>
       <c r="AM413" s="62"/>
       <c r="AN413" s="62"/>
       <c r="AO413" s="62"/>
       <c r="AP413" s="62"/>
       <c r="AQ413" s="62"/>
       <c r="AR413" s="62"/>
     </row>
     <row r="414" spans="1:44" ht="11.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A414" s="372"/>
-      <c r="B414" s="374"/>
+      <c r="A414" s="376"/>
+      <c r="B414" s="378"/>
       <c r="C414" s="36"/>
       <c r="D414" s="40"/>
       <c r="E414" s="41"/>
       <c r="F414" s="42"/>
-      <c r="G414" s="231">
+      <c r="G414" s="225">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
       <c r="J414" s="2"/>
-      <c r="N414" s="351"/>
-[...8 lines deleted...]
-      <c r="W414" s="353"/>
+      <c r="N414" s="355"/>
+      <c r="O414" s="356"/>
+      <c r="P414" s="356"/>
+      <c r="Q414" s="356"/>
+      <c r="R414" s="356"/>
+      <c r="S414" s="356"/>
+      <c r="T414" s="356"/>
+      <c r="U414" s="356"/>
+      <c r="V414" s="356"/>
+      <c r="W414" s="357"/>
       <c r="Y414" s="62"/>
       <c r="Z414" s="62"/>
       <c r="AA414" s="62"/>
       <c r="AB414" s="62"/>
       <c r="AC414" s="62"/>
       <c r="AD414" s="62"/>
       <c r="AE414" s="62"/>
       <c r="AF414" s="62"/>
       <c r="AG414" s="62"/>
       <c r="AH414" s="62"/>
       <c r="AI414" s="62"/>
       <c r="AJ414" s="62"/>
       <c r="AK414" s="62"/>
       <c r="AL414" s="62"/>
       <c r="AM414" s="62"/>
       <c r="AN414" s="62"/>
       <c r="AO414" s="62"/>
       <c r="AP414" s="62"/>
       <c r="AQ414" s="62"/>
       <c r="AR414" s="62"/>
     </row>
     <row r="415" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A415" s="233" t="s">
+      <c r="A415" s="227" t="s">
         <v>69</v>
       </c>
-      <c r="B415" s="234"/>
-[...4 lines deleted...]
-      <c r="G415" s="232">
+      <c r="B415" s="228"/>
+      <c r="C415" s="379"/>
+      <c r="D415" s="379"/>
+      <c r="E415" s="229"/>
+      <c r="F415" s="229"/>
+      <c r="G415" s="226">
         <f>SUM(G402:G414)</f>
         <v>0</v>
       </c>
       <c r="H415" s="2"/>
       <c r="I415" s="2"/>
       <c r="J415" s="2"/>
-      <c r="N415" s="354"/>
-[...8 lines deleted...]
-      <c r="W415" s="356"/>
+      <c r="N415" s="358"/>
+      <c r="O415" s="359"/>
+      <c r="P415" s="359"/>
+      <c r="Q415" s="359"/>
+      <c r="R415" s="359"/>
+      <c r="S415" s="359"/>
+      <c r="T415" s="359"/>
+      <c r="U415" s="359"/>
+      <c r="V415" s="359"/>
+      <c r="W415" s="360"/>
       <c r="Y415" s="62"/>
       <c r="Z415" s="62"/>
       <c r="AA415" s="62"/>
       <c r="AB415" s="62"/>
       <c r="AC415" s="62"/>
       <c r="AD415" s="62"/>
       <c r="AE415" s="62"/>
       <c r="AF415" s="62"/>
       <c r="AG415" s="62"/>
       <c r="AH415" s="62"/>
       <c r="AI415" s="62"/>
       <c r="AJ415" s="62"/>
       <c r="AK415" s="62"/>
       <c r="AL415" s="62"/>
       <c r="AM415" s="62"/>
       <c r="AN415" s="62"/>
       <c r="AO415" s="62"/>
       <c r="AP415" s="62"/>
       <c r="AQ415" s="62"/>
       <c r="AR415" s="62"/>
     </row>
     <row r="416" spans="1:44" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A416" s="335" t="s">
-[...23 lines deleted...]
-      <c r="W416" s="335"/>
+      <c r="A416" s="339" t="s">
+        <v>107</v>
+      </c>
+      <c r="B416" s="339"/>
+      <c r="C416" s="339"/>
+      <c r="D416" s="339"/>
+      <c r="E416" s="339"/>
+      <c r="F416" s="339"/>
+      <c r="G416" s="339"/>
+      <c r="H416" s="339"/>
+      <c r="I416" s="339"/>
+      <c r="J416" s="339"/>
+      <c r="K416" s="339"/>
+      <c r="L416" s="339"/>
+      <c r="M416" s="339"/>
+      <c r="N416" s="339"/>
+      <c r="O416" s="339"/>
+      <c r="P416" s="339"/>
+      <c r="Q416" s="339"/>
+      <c r="R416" s="339"/>
+      <c r="S416" s="339"/>
+      <c r="T416" s="339"/>
+      <c r="U416" s="339"/>
+      <c r="V416" s="339"/>
+      <c r="W416" s="339"/>
       <c r="Y416" s="62"/>
       <c r="Z416" s="62"/>
       <c r="AA416" s="62"/>
       <c r="AB416" s="62"/>
       <c r="AC416" s="62"/>
       <c r="AD416" s="62"/>
       <c r="AE416" s="62"/>
       <c r="AF416" s="62"/>
       <c r="AG416" s="62"/>
       <c r="AH416" s="62"/>
       <c r="AI416" s="62"/>
       <c r="AJ416" s="62"/>
       <c r="AK416" s="62"/>
       <c r="AL416" s="62"/>
       <c r="AM416" s="62"/>
       <c r="AN416" s="62"/>
       <c r="AO416" s="62"/>
       <c r="AP416" s="62"/>
       <c r="AQ416" s="62"/>
       <c r="AR416" s="62"/>
     </row>
     <row r="417" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
       <c r="A417" s="72"/>
       <c r="B417" s="72"/>
       <c r="C417" s="72"/>
@@ -27978,851 +28008,851 @@
       <c r="T417" s="72"/>
       <c r="U417" s="72"/>
       <c r="V417" s="72"/>
       <c r="W417" s="72"/>
       <c r="Y417" s="62"/>
       <c r="Z417" s="62"/>
       <c r="AA417" s="62"/>
       <c r="AB417" s="62"/>
       <c r="AC417" s="62"/>
       <c r="AD417" s="62"/>
       <c r="AE417" s="62"/>
       <c r="AF417" s="62"/>
       <c r="AG417" s="62"/>
       <c r="AH417" s="62"/>
       <c r="AI417" s="62"/>
       <c r="AJ417" s="62"/>
       <c r="AK417" s="62"/>
       <c r="AL417" s="62"/>
       <c r="AM417" s="62"/>
       <c r="AN417" s="62"/>
       <c r="AO417" s="62"/>
       <c r="AP417" s="62"/>
       <c r="AQ417" s="62"/>
       <c r="AR417" s="62"/>
     </row>
-    <row r="418" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W418" s="174"/>
+    <row r="418" spans="1:44" ht="12" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="168"/>
+      <c r="B418" s="168"/>
+      <c r="C418" s="168"/>
+      <c r="D418" s="168"/>
+      <c r="E418" s="168"/>
+      <c r="F418" s="168"/>
+      <c r="G418" s="168"/>
+      <c r="H418" s="168"/>
+      <c r="I418" s="168"/>
+      <c r="J418" s="168"/>
+      <c r="K418" s="168"/>
+      <c r="L418" s="168"/>
+      <c r="M418" s="168"/>
+      <c r="N418" s="168"/>
+      <c r="O418" s="168"/>
+      <c r="P418" s="168"/>
+      <c r="Q418" s="168"/>
+      <c r="R418" s="168"/>
+      <c r="S418" s="168"/>
+      <c r="T418" s="168"/>
+      <c r="U418" s="168"/>
+      <c r="V418" s="168"/>
+      <c r="W418" s="168"/>
       <c r="Y418" s="62"/>
       <c r="Z418" s="62"/>
       <c r="AA418" s="62"/>
       <c r="AB418" s="62"/>
       <c r="AC418" s="62"/>
       <c r="AD418" s="62"/>
       <c r="AE418" s="62"/>
       <c r="AF418" s="62"/>
       <c r="AG418" s="62"/>
       <c r="AH418" s="62"/>
       <c r="AI418" s="62"/>
       <c r="AJ418" s="62"/>
       <c r="AK418" s="62"/>
       <c r="AL418" s="62"/>
       <c r="AM418" s="62"/>
       <c r="AN418" s="62"/>
       <c r="AO418" s="62"/>
       <c r="AP418" s="62"/>
       <c r="AQ418" s="62"/>
       <c r="AR418" s="62"/>
     </row>
-    <row r="419" spans="1:44" ht="14.4" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A419" s="376" t="s">
+    <row r="419" spans="1:44" ht="14.4" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="380" t="s">
         <v>70</v>
       </c>
-      <c r="B419" s="377"/>
-[...20 lines deleted...]
-      <c r="W419" s="378"/>
+      <c r="B419" s="381"/>
+      <c r="C419" s="381"/>
+      <c r="D419" s="381"/>
+      <c r="E419" s="381"/>
+      <c r="F419" s="381"/>
+      <c r="G419" s="381"/>
+      <c r="H419" s="381"/>
+      <c r="I419" s="381"/>
+      <c r="J419" s="381"/>
+      <c r="K419" s="381"/>
+      <c r="L419" s="381"/>
+      <c r="M419" s="381"/>
+      <c r="N419" s="381"/>
+      <c r="O419" s="381"/>
+      <c r="P419" s="381"/>
+      <c r="Q419" s="381"/>
+      <c r="R419" s="381"/>
+      <c r="S419" s="381"/>
+      <c r="T419" s="381"/>
+      <c r="U419" s="381"/>
+      <c r="V419" s="381"/>
+      <c r="W419" s="382"/>
       <c r="Y419" s="62"/>
       <c r="Z419" s="62"/>
       <c r="AA419" s="62"/>
       <c r="AB419" s="62"/>
       <c r="AC419" s="62"/>
       <c r="AD419" s="62"/>
       <c r="AE419" s="62"/>
       <c r="AF419" s="62"/>
       <c r="AG419" s="62"/>
       <c r="AH419" s="62"/>
       <c r="AI419" s="62"/>
       <c r="AJ419" s="62"/>
       <c r="AK419" s="62"/>
       <c r="AL419" s="62"/>
       <c r="AM419" s="62"/>
       <c r="AN419" s="62"/>
       <c r="AO419" s="62"/>
       <c r="AP419" s="62"/>
       <c r="AQ419" s="62"/>
       <c r="AR419" s="62"/>
     </row>
-    <row r="420" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:44" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A420" s="85"/>
-      <c r="B420" s="174"/>
-[...20 lines deleted...]
-      <c r="W420" s="174"/>
+      <c r="B420" s="168"/>
+      <c r="C420" s="168"/>
+      <c r="D420" s="168"/>
+      <c r="E420" s="168"/>
+      <c r="F420" s="168"/>
+      <c r="G420" s="168"/>
+      <c r="H420" s="168"/>
+      <c r="I420" s="168"/>
+      <c r="J420" s="168"/>
+      <c r="K420" s="168"/>
+      <c r="L420" s="168"/>
+      <c r="M420" s="168"/>
+      <c r="N420" s="168"/>
+      <c r="O420" s="168"/>
+      <c r="P420" s="168"/>
+      <c r="Q420" s="168"/>
+      <c r="R420" s="168"/>
+      <c r="S420" s="168"/>
+      <c r="T420" s="168"/>
+      <c r="U420" s="168"/>
+      <c r="V420" s="168"/>
+      <c r="W420" s="168"/>
       <c r="Y420" s="62"/>
       <c r="Z420" s="62"/>
       <c r="AA420" s="62"/>
       <c r="AB420" s="62"/>
       <c r="AC420" s="62"/>
       <c r="AD420" s="62"/>
       <c r="AE420" s="62"/>
       <c r="AF420" s="62"/>
       <c r="AG420" s="62"/>
       <c r="AH420" s="62"/>
       <c r="AI420" s="62"/>
       <c r="AJ420" s="62"/>
       <c r="AK420" s="62"/>
       <c r="AL420" s="62"/>
       <c r="AM420" s="62"/>
       <c r="AN420" s="62"/>
       <c r="AO420" s="62"/>
       <c r="AP420" s="62"/>
       <c r="AQ420" s="62"/>
       <c r="AR420" s="62"/>
     </row>
-    <row r="421" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A421" s="236" t="s">
+    <row r="421" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A421" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="B421" s="179">
-[...22 lines deleted...]
-      <c r="W421" s="174"/>
+      <c r="B421" s="173">
+        <v>0</v>
+      </c>
+      <c r="C421" s="168"/>
+      <c r="D421" s="168"/>
+      <c r="E421" s="168"/>
+      <c r="F421" s="168"/>
+      <c r="G421" s="168"/>
+      <c r="H421" s="168"/>
+      <c r="I421" s="168"/>
+      <c r="J421" s="168"/>
+      <c r="K421" s="168"/>
+      <c r="L421" s="168"/>
+      <c r="M421" s="168"/>
+      <c r="N421" s="168"/>
+      <c r="O421" s="168"/>
+      <c r="P421" s="168"/>
+      <c r="Q421" s="168"/>
+      <c r="R421" s="168"/>
+      <c r="S421" s="168"/>
+      <c r="T421" s="168"/>
+      <c r="U421" s="168"/>
+      <c r="V421" s="168"/>
+      <c r="W421" s="168"/>
       <c r="Y421" s="62"/>
       <c r="Z421" s="62"/>
       <c r="AA421" s="62"/>
       <c r="AB421" s="62"/>
       <c r="AC421" s="62"/>
       <c r="AD421" s="62"/>
       <c r="AE421" s="62"/>
       <c r="AF421" s="62"/>
       <c r="AG421" s="62"/>
       <c r="AH421" s="62"/>
       <c r="AI421" s="62"/>
       <c r="AJ421" s="62"/>
       <c r="AK421" s="62"/>
       <c r="AL421" s="62"/>
       <c r="AM421" s="62"/>
       <c r="AN421" s="62"/>
       <c r="AO421" s="62"/>
       <c r="AP421" s="62"/>
       <c r="AQ421" s="62"/>
       <c r="AR421" s="62"/>
     </row>
-    <row r="422" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A422" s="236" t="s">
+    <row r="422" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A422" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="B422" s="175">
+      <c r="B422" s="169">
         <f>V278</f>
         <v>0</v>
       </c>
-      <c r="C422" s="174"/>
-[...19 lines deleted...]
-      <c r="W422" s="174"/>
+      <c r="C422" s="168"/>
+      <c r="D422" s="168"/>
+      <c r="E422" s="168"/>
+      <c r="F422" s="168"/>
+      <c r="G422" s="168"/>
+      <c r="H422" s="168"/>
+      <c r="I422" s="168"/>
+      <c r="J422" s="168"/>
+      <c r="K422" s="168"/>
+      <c r="L422" s="168"/>
+      <c r="M422" s="168"/>
+      <c r="N422" s="168"/>
+      <c r="O422" s="168"/>
+      <c r="P422" s="168"/>
+      <c r="Q422" s="168"/>
+      <c r="R422" s="168"/>
+      <c r="S422" s="168"/>
+      <c r="T422" s="168"/>
+      <c r="U422" s="168"/>
+      <c r="V422" s="168"/>
+      <c r="W422" s="168"/>
       <c r="Y422" s="62"/>
       <c r="Z422" s="62"/>
       <c r="AA422" s="62"/>
       <c r="AB422" s="62"/>
       <c r="AC422" s="62"/>
       <c r="AD422" s="62"/>
       <c r="AE422" s="62"/>
       <c r="AF422" s="62"/>
       <c r="AG422" s="62"/>
       <c r="AH422" s="62"/>
       <c r="AI422" s="62"/>
       <c r="AJ422" s="62"/>
       <c r="AK422" s="62"/>
       <c r="AL422" s="62"/>
       <c r="AM422" s="62"/>
       <c r="AN422" s="62"/>
       <c r="AO422" s="62"/>
       <c r="AP422" s="62"/>
       <c r="AQ422" s="62"/>
       <c r="AR422" s="62"/>
     </row>
-    <row r="423" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:44" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A423" s="85"/>
-      <c r="B423" s="174"/>
-[...20 lines deleted...]
-      <c r="W423" s="174"/>
+      <c r="B423" s="168"/>
+      <c r="C423" s="168"/>
+      <c r="D423" s="168"/>
+      <c r="E423" s="168"/>
+      <c r="F423" s="168"/>
+      <c r="G423" s="168"/>
+      <c r="H423" s="168"/>
+      <c r="I423" s="168"/>
+      <c r="J423" s="168"/>
+      <c r="K423" s="168"/>
+      <c r="L423" s="168"/>
+      <c r="M423" s="168"/>
+      <c r="N423" s="168"/>
+      <c r="O423" s="168"/>
+      <c r="P423" s="168"/>
+      <c r="Q423" s="168"/>
+      <c r="R423" s="168"/>
+      <c r="S423" s="168"/>
+      <c r="T423" s="168"/>
+      <c r="U423" s="168"/>
+      <c r="V423" s="168"/>
+      <c r="W423" s="168"/>
       <c r="Y423" s="62"/>
       <c r="Z423" s="62"/>
       <c r="AA423" s="62"/>
       <c r="AB423" s="62"/>
       <c r="AC423" s="62"/>
       <c r="AD423" s="62"/>
       <c r="AE423" s="62"/>
       <c r="AF423" s="62"/>
       <c r="AG423" s="62"/>
       <c r="AH423" s="62"/>
       <c r="AI423" s="62"/>
       <c r="AJ423" s="62"/>
       <c r="AK423" s="62"/>
       <c r="AL423" s="62"/>
       <c r="AM423" s="62"/>
       <c r="AN423" s="62"/>
       <c r="AO423" s="62"/>
       <c r="AP423" s="62"/>
       <c r="AQ423" s="62"/>
       <c r="AR423" s="62"/>
     </row>
-    <row r="424" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A424" s="236" t="s">
+    <row r="424" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A424" s="230" t="s">
         <v>73</v>
       </c>
-      <c r="B424" s="176">
+      <c r="B424" s="170">
         <f>W278</f>
         <v>0</v>
       </c>
-      <c r="C424" s="174"/>
-[...19 lines deleted...]
-      <c r="W424" s="174"/>
+      <c r="C424" s="168"/>
+      <c r="D424" s="168"/>
+      <c r="E424" s="168"/>
+      <c r="F424" s="168"/>
+      <c r="G424" s="168"/>
+      <c r="H424" s="168"/>
+      <c r="I424" s="168"/>
+      <c r="J424" s="168"/>
+      <c r="K424" s="168"/>
+      <c r="L424" s="168"/>
+      <c r="M424" s="168"/>
+      <c r="N424" s="168"/>
+      <c r="O424" s="168"/>
+      <c r="P424" s="168"/>
+      <c r="Q424" s="168"/>
+      <c r="R424" s="168"/>
+      <c r="S424" s="168"/>
+      <c r="T424" s="168"/>
+      <c r="U424" s="168"/>
+      <c r="V424" s="168"/>
+      <c r="W424" s="168"/>
       <c r="Y424" s="62"/>
       <c r="Z424" s="62"/>
       <c r="AA424" s="62"/>
       <c r="AB424" s="62"/>
       <c r="AC424" s="62"/>
       <c r="AD424" s="62"/>
       <c r="AE424" s="62"/>
       <c r="AF424" s="62"/>
       <c r="AG424" s="62"/>
       <c r="AH424" s="62"/>
       <c r="AI424" s="62"/>
       <c r="AJ424" s="62"/>
       <c r="AK424" s="62"/>
       <c r="AL424" s="62"/>
       <c r="AM424" s="62"/>
       <c r="AN424" s="62"/>
       <c r="AO424" s="62"/>
       <c r="AP424" s="62"/>
       <c r="AQ424" s="62"/>
       <c r="AR424" s="62"/>
     </row>
-    <row r="425" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A425" s="236" t="s">
+    <row r="425" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A425" s="230" t="s">
         <v>74</v>
       </c>
-      <c r="B425" s="176">
+      <c r="B425" s="170">
         <f>F294</f>
         <v>0</v>
       </c>
-      <c r="C425" s="174"/>
-[...19 lines deleted...]
-      <c r="W425" s="174"/>
+      <c r="C425" s="168"/>
+      <c r="D425" s="168"/>
+      <c r="E425" s="168"/>
+      <c r="F425" s="168"/>
+      <c r="G425" s="168"/>
+      <c r="H425" s="168"/>
+      <c r="I425" s="168"/>
+      <c r="J425" s="168"/>
+      <c r="K425" s="168"/>
+      <c r="L425" s="168"/>
+      <c r="M425" s="168"/>
+      <c r="N425" s="168"/>
+      <c r="O425" s="168"/>
+      <c r="P425" s="168"/>
+      <c r="Q425" s="168"/>
+      <c r="R425" s="168"/>
+      <c r="S425" s="168"/>
+      <c r="T425" s="168"/>
+      <c r="U425" s="168"/>
+      <c r="V425" s="168"/>
+      <c r="W425" s="168"/>
       <c r="Y425" s="62"/>
       <c r="Z425" s="62"/>
       <c r="AA425" s="62"/>
       <c r="AB425" s="62"/>
       <c r="AC425" s="62"/>
       <c r="AD425" s="62"/>
       <c r="AE425" s="62"/>
       <c r="AF425" s="62"/>
       <c r="AG425" s="62"/>
       <c r="AH425" s="62"/>
       <c r="AI425" s="62"/>
       <c r="AJ425" s="62"/>
       <c r="AK425" s="62"/>
       <c r="AL425" s="62"/>
       <c r="AM425" s="62"/>
       <c r="AN425" s="62"/>
       <c r="AO425" s="62"/>
       <c r="AP425" s="62"/>
       <c r="AQ425" s="62"/>
       <c r="AR425" s="62"/>
     </row>
-    <row r="426" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A426" s="236" t="s">
+    <row r="426" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A426" s="230" t="s">
         <v>75</v>
       </c>
-      <c r="B426" s="176">
+      <c r="B426" s="170">
         <f>F299</f>
         <v>0</v>
       </c>
-      <c r="C426" s="174"/>
-[...19 lines deleted...]
-      <c r="W426" s="174"/>
+      <c r="C426" s="168"/>
+      <c r="D426" s="168"/>
+      <c r="E426" s="168"/>
+      <c r="F426" s="168"/>
+      <c r="G426" s="168"/>
+      <c r="H426" s="168"/>
+      <c r="I426" s="168"/>
+      <c r="J426" s="168"/>
+      <c r="K426" s="168"/>
+      <c r="L426" s="168"/>
+      <c r="M426" s="168"/>
+      <c r="N426" s="168"/>
+      <c r="O426" s="168"/>
+      <c r="P426" s="168"/>
+      <c r="Q426" s="168"/>
+      <c r="R426" s="168"/>
+      <c r="S426" s="168"/>
+      <c r="T426" s="168"/>
+      <c r="U426" s="168"/>
+      <c r="V426" s="168"/>
+      <c r="W426" s="168"/>
       <c r="Y426" s="62"/>
       <c r="Z426" s="62"/>
       <c r="AA426" s="62"/>
       <c r="AB426" s="62"/>
       <c r="AC426" s="62"/>
       <c r="AD426" s="62"/>
       <c r="AE426" s="62"/>
       <c r="AF426" s="62"/>
       <c r="AG426" s="62"/>
       <c r="AH426" s="62"/>
       <c r="AI426" s="62"/>
       <c r="AJ426" s="62"/>
       <c r="AK426" s="62"/>
       <c r="AL426" s="62"/>
       <c r="AM426" s="62"/>
       <c r="AN426" s="62"/>
       <c r="AO426" s="62"/>
       <c r="AP426" s="62"/>
       <c r="AQ426" s="62"/>
       <c r="AR426" s="62"/>
     </row>
-    <row r="427" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A427" s="236" t="s">
+    <row r="427" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A427" s="230" t="s">
         <v>76</v>
       </c>
-      <c r="B427" s="177">
+      <c r="B427" s="171">
         <f>G397</f>
         <v>0</v>
       </c>
-      <c r="C427" s="174"/>
-[...19 lines deleted...]
-      <c r="W427" s="174"/>
+      <c r="C427" s="168"/>
+      <c r="D427" s="168"/>
+      <c r="E427" s="168"/>
+      <c r="F427" s="168"/>
+      <c r="G427" s="168"/>
+      <c r="H427" s="168"/>
+      <c r="I427" s="168"/>
+      <c r="J427" s="168"/>
+      <c r="K427" s="168"/>
+      <c r="L427" s="168"/>
+      <c r="M427" s="168"/>
+      <c r="N427" s="168"/>
+      <c r="O427" s="168"/>
+      <c r="P427" s="168"/>
+      <c r="Q427" s="168"/>
+      <c r="R427" s="168"/>
+      <c r="S427" s="168"/>
+      <c r="T427" s="168"/>
+      <c r="U427" s="168"/>
+      <c r="V427" s="168"/>
+      <c r="W427" s="168"/>
       <c r="Y427" s="62"/>
       <c r="Z427" s="62"/>
       <c r="AA427" s="62"/>
       <c r="AB427" s="62"/>
       <c r="AC427" s="62"/>
       <c r="AD427" s="62"/>
       <c r="AE427" s="62"/>
       <c r="AF427" s="62"/>
       <c r="AG427" s="62"/>
       <c r="AH427" s="62"/>
       <c r="AI427" s="62"/>
       <c r="AJ427" s="62"/>
       <c r="AK427" s="62"/>
       <c r="AL427" s="62"/>
       <c r="AM427" s="62"/>
       <c r="AN427" s="62"/>
       <c r="AO427" s="62"/>
       <c r="AP427" s="62"/>
       <c r="AQ427" s="62"/>
       <c r="AR427" s="62"/>
     </row>
-    <row r="428" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A428" s="236" t="s">
+    <row r="428" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A428" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="B428" s="177">
+      <c r="B428" s="171">
         <f>G415</f>
         <v>0</v>
       </c>
-      <c r="C428" s="174"/>
-[...19 lines deleted...]
-      <c r="W428" s="174"/>
+      <c r="C428" s="168"/>
+      <c r="D428" s="168"/>
+      <c r="E428" s="168"/>
+      <c r="F428" s="168"/>
+      <c r="G428" s="168"/>
+      <c r="H428" s="168"/>
+      <c r="I428" s="168"/>
+      <c r="J428" s="168"/>
+      <c r="K428" s="168"/>
+      <c r="L428" s="168"/>
+      <c r="M428" s="168"/>
+      <c r="N428" s="168"/>
+      <c r="O428" s="168"/>
+      <c r="P428" s="168"/>
+      <c r="Q428" s="168"/>
+      <c r="R428" s="168"/>
+      <c r="S428" s="168"/>
+      <c r="T428" s="168"/>
+      <c r="U428" s="168"/>
+      <c r="V428" s="168"/>
+      <c r="W428" s="168"/>
       <c r="Y428" s="62"/>
       <c r="Z428" s="62"/>
       <c r="AA428" s="62"/>
       <c r="AB428" s="62"/>
       <c r="AC428" s="62"/>
       <c r="AD428" s="62"/>
       <c r="AE428" s="62"/>
       <c r="AF428" s="62"/>
       <c r="AG428" s="62"/>
       <c r="AH428" s="62"/>
       <c r="AI428" s="62"/>
       <c r="AJ428" s="62"/>
       <c r="AK428" s="62"/>
       <c r="AL428" s="62"/>
       <c r="AM428" s="62"/>
       <c r="AN428" s="62"/>
       <c r="AO428" s="62"/>
       <c r="AP428" s="62"/>
       <c r="AQ428" s="62"/>
       <c r="AR428" s="62"/>
     </row>
-    <row r="429" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A429" s="236" t="s">
+    <row r="429" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A429" s="230" t="s">
         <v>78</v>
       </c>
-      <c r="B429" s="176">
+      <c r="B429" s="170">
         <f>SUM(B424:B428)</f>
         <v>0</v>
       </c>
-      <c r="C429" s="174"/>
-[...19 lines deleted...]
-      <c r="W429" s="174"/>
+      <c r="C429" s="168"/>
+      <c r="D429" s="168"/>
+      <c r="E429" s="168"/>
+      <c r="F429" s="168"/>
+      <c r="G429" s="168"/>
+      <c r="H429" s="168"/>
+      <c r="I429" s="168"/>
+      <c r="J429" s="168"/>
+      <c r="K429" s="168"/>
+      <c r="L429" s="168"/>
+      <c r="M429" s="168"/>
+      <c r="N429" s="168"/>
+      <c r="O429" s="168"/>
+      <c r="P429" s="168"/>
+      <c r="Q429" s="168"/>
+      <c r="R429" s="168"/>
+      <c r="S429" s="168"/>
+      <c r="T429" s="168"/>
+      <c r="U429" s="168"/>
+      <c r="V429" s="168"/>
+      <c r="W429" s="168"/>
       <c r="Y429" s="62"/>
       <c r="Z429" s="62"/>
       <c r="AA429" s="62"/>
       <c r="AB429" s="62"/>
       <c r="AC429" s="62"/>
       <c r="AD429" s="62"/>
       <c r="AE429" s="62"/>
       <c r="AF429" s="62"/>
       <c r="AG429" s="62"/>
       <c r="AH429" s="62"/>
       <c r="AI429" s="62"/>
       <c r="AJ429" s="62"/>
       <c r="AK429" s="62"/>
       <c r="AL429" s="62"/>
       <c r="AM429" s="62"/>
       <c r="AN429" s="62"/>
       <c r="AO429" s="62"/>
       <c r="AP429" s="62"/>
       <c r="AQ429" s="62"/>
       <c r="AR429" s="62"/>
     </row>
-    <row r="430" spans="1:44" ht="12" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A430" s="183" t="s">
+    <row r="430" spans="1:44" ht="12" x14ac:dyDescent="0.2">
+      <c r="A430" s="177" t="s">
         <v>79</v>
       </c>
-      <c r="B430" s="176">
+      <c r="B430" s="170">
         <f>B429*B421</f>
         <v>0</v>
       </c>
-      <c r="C430" s="174"/>
-[...19 lines deleted...]
-      <c r="W430" s="174"/>
+      <c r="C430" s="168"/>
+      <c r="D430" s="168"/>
+      <c r="E430" s="168"/>
+      <c r="F430" s="168"/>
+      <c r="G430" s="168"/>
+      <c r="H430" s="168"/>
+      <c r="I430" s="168"/>
+      <c r="J430" s="168"/>
+      <c r="K430" s="168"/>
+      <c r="L430" s="168"/>
+      <c r="M430" s="168"/>
+      <c r="N430" s="168"/>
+      <c r="O430" s="168"/>
+      <c r="P430" s="168"/>
+      <c r="Q430" s="168"/>
+      <c r="R430" s="168"/>
+      <c r="S430" s="168"/>
+      <c r="T430" s="168"/>
+      <c r="U430" s="168"/>
+      <c r="V430" s="168"/>
+      <c r="W430" s="168"/>
       <c r="Y430" s="62"/>
       <c r="Z430" s="62"/>
       <c r="AA430" s="62"/>
       <c r="AB430" s="62"/>
       <c r="AC430" s="62"/>
       <c r="AD430" s="62"/>
       <c r="AE430" s="62"/>
       <c r="AF430" s="62"/>
       <c r="AG430" s="62"/>
       <c r="AH430" s="62"/>
       <c r="AI430" s="62"/>
       <c r="AJ430" s="62"/>
       <c r="AK430" s="62"/>
       <c r="AL430" s="62"/>
       <c r="AM430" s="62"/>
       <c r="AN430" s="62"/>
       <c r="AO430" s="62"/>
       <c r="AP430" s="62"/>
       <c r="AQ430" s="62"/>
       <c r="AR430" s="62"/>
     </row>
-    <row r="431" spans="1:44" hidden="1" x14ac:dyDescent="0.2">
+    <row r="431" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H431" s="2"/>
       <c r="I431" s="2"/>
       <c r="J431" s="2"/>
       <c r="S431" s="2"/>
       <c r="T431" s="2"/>
       <c r="U431" s="2"/>
       <c r="Y431" s="62"/>
       <c r="Z431" s="62"/>
       <c r="AA431" s="62"/>
       <c r="AB431" s="62"/>
       <c r="AC431" s="62"/>
       <c r="AD431" s="62"/>
       <c r="AE431" s="62"/>
       <c r="AF431" s="62"/>
       <c r="AG431" s="62"/>
       <c r="AH431" s="62"/>
       <c r="AI431" s="62"/>
       <c r="AJ431" s="62"/>
       <c r="AK431" s="62"/>
       <c r="AL431" s="62"/>
       <c r="AM431" s="62"/>
       <c r="AN431" s="62"/>
       <c r="AO431" s="62"/>
       <c r="AP431" s="62"/>
       <c r="AQ431" s="62"/>
       <c r="AR431" s="62"/>
     </row>
-    <row r="432" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A432" s="379" t="s">
+    <row r="432" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A432" s="383" t="s">
         <v>80</v>
       </c>
-      <c r="B432" s="379"/>
-[...20 lines deleted...]
-      <c r="W432" s="379"/>
+      <c r="B432" s="383"/>
+      <c r="C432" s="383"/>
+      <c r="D432" s="383"/>
+      <c r="E432" s="383"/>
+      <c r="F432" s="383"/>
+      <c r="G432" s="383"/>
+      <c r="H432" s="383"/>
+      <c r="I432" s="383"/>
+      <c r="J432" s="383"/>
+      <c r="K432" s="383"/>
+      <c r="L432" s="383"/>
+      <c r="M432" s="383"/>
+      <c r="N432" s="383"/>
+      <c r="O432" s="383"/>
+      <c r="P432" s="383"/>
+      <c r="Q432" s="383"/>
+      <c r="R432" s="383"/>
+      <c r="S432" s="383"/>
+      <c r="T432" s="383"/>
+      <c r="U432" s="383"/>
+      <c r="V432" s="383"/>
+      <c r="W432" s="383"/>
       <c r="X432" s="62"/>
       <c r="Y432" s="62"/>
       <c r="Z432" s="62"/>
       <c r="AA432" s="62"/>
       <c r="AB432" s="62"/>
       <c r="AC432" s="62"/>
       <c r="AD432" s="62"/>
       <c r="AE432" s="62"/>
       <c r="AF432" s="62"/>
       <c r="AG432" s="62"/>
       <c r="AH432" s="62"/>
       <c r="AI432" s="62"/>
       <c r="AJ432" s="62"/>
       <c r="AK432" s="62"/>
       <c r="AL432" s="62"/>
       <c r="AM432" s="62"/>
       <c r="AN432" s="62"/>
       <c r="AO432" s="62"/>
       <c r="AP432" s="62"/>
       <c r="AQ432" s="62"/>
       <c r="AR432" s="62"/>
     </row>
-    <row r="433" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W433" s="174"/>
+    <row r="433" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A433" s="168"/>
+      <c r="B433" s="168"/>
+      <c r="C433" s="168"/>
+      <c r="D433" s="168"/>
+      <c r="E433" s="168"/>
+      <c r="F433" s="168"/>
+      <c r="G433" s="168"/>
+      <c r="H433" s="168"/>
+      <c r="I433" s="168"/>
+      <c r="J433" s="168"/>
+      <c r="K433" s="168"/>
+      <c r="L433" s="168"/>
+      <c r="M433" s="168"/>
+      <c r="N433" s="168"/>
+      <c r="O433" s="168"/>
+      <c r="P433" s="168"/>
+      <c r="Q433" s="168"/>
+      <c r="R433" s="168"/>
+      <c r="S433" s="168"/>
+      <c r="T433" s="168"/>
+      <c r="U433" s="168"/>
+      <c r="V433" s="168"/>
+      <c r="W433" s="168"/>
       <c r="X433" s="62"/>
       <c r="Y433" s="62"/>
       <c r="Z433" s="62"/>
       <c r="AA433" s="62"/>
       <c r="AB433" s="62"/>
       <c r="AC433" s="62"/>
       <c r="AD433" s="62"/>
       <c r="AE433" s="62"/>
       <c r="AF433" s="62"/>
       <c r="AG433" s="62"/>
       <c r="AH433" s="62"/>
       <c r="AI433" s="62"/>
       <c r="AJ433" s="62"/>
       <c r="AK433" s="62"/>
       <c r="AL433" s="62"/>
       <c r="AM433" s="62"/>
       <c r="AN433" s="62"/>
       <c r="AO433" s="62"/>
       <c r="AP433" s="62"/>
       <c r="AQ433" s="62"/>
       <c r="AR433" s="62"/>
     </row>
-    <row r="434" spans="1:44" ht="11.4" hidden="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W434" s="174"/>
+    <row r="434" spans="1:44" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A434" s="168"/>
+      <c r="B434" s="168"/>
+      <c r="C434" s="168"/>
+      <c r="D434" s="168"/>
+      <c r="E434" s="168"/>
+      <c r="F434" s="168"/>
+      <c r="G434" s="168"/>
+      <c r="H434" s="168"/>
+      <c r="I434" s="168"/>
+      <c r="J434" s="168"/>
+      <c r="K434" s="168"/>
+      <c r="L434" s="168"/>
+      <c r="M434" s="168"/>
+      <c r="N434" s="168"/>
+      <c r="O434" s="168"/>
+      <c r="P434" s="168"/>
+      <c r="Q434" s="168"/>
+      <c r="R434" s="168"/>
+      <c r="S434" s="168"/>
+      <c r="T434" s="168"/>
+      <c r="U434" s="168"/>
+      <c r="V434" s="168"/>
+      <c r="W434" s="168"/>
       <c r="X434" s="62"/>
       <c r="Y434" s="62"/>
       <c r="Z434" s="62"/>
       <c r="AA434" s="62"/>
       <c r="AB434" s="62"/>
       <c r="AC434" s="62"/>
       <c r="AD434" s="62"/>
       <c r="AE434" s="62"/>
       <c r="AF434" s="62"/>
       <c r="AG434" s="62"/>
       <c r="AH434" s="62"/>
       <c r="AI434" s="62"/>
       <c r="AJ434" s="62"/>
       <c r="AK434" s="62"/>
       <c r="AL434" s="62"/>
       <c r="AM434" s="62"/>
       <c r="AN434" s="62"/>
       <c r="AO434" s="62"/>
       <c r="AP434" s="62"/>
       <c r="AQ434" s="62"/>
       <c r="AR434" s="62"/>
     </row>
     <row r="435" spans="1:44" ht="15" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A435" s="91" t="s">
+      <c r="A435" s="90" t="s">
         <v>81</v>
       </c>
       <c r="B435" s="62"/>
       <c r="C435" s="62"/>
       <c r="D435" s="62"/>
       <c r="E435" s="62"/>
       <c r="F435" s="62"/>
       <c r="G435" s="62"/>
       <c r="H435" s="62"/>
       <c r="I435" s="62"/>
       <c r="J435" s="62"/>
       <c r="K435" s="62"/>
       <c r="L435" s="62"/>
       <c r="M435" s="62"/>
       <c r="N435" s="62"/>
       <c r="O435" s="62"/>
       <c r="P435" s="62"/>
       <c r="Q435" s="62"/>
       <c r="R435" s="62"/>
       <c r="S435" s="62"/>
       <c r="T435" s="62"/>
       <c r="U435" s="62"/>
       <c r="V435" s="62"/>
       <c r="W435" s="62"/>
       <c r="X435" s="62"/>
@@ -28872,58 +28902,58 @@
       <c r="V436" s="62"/>
       <c r="W436" s="62"/>
       <c r="X436" s="62"/>
       <c r="Y436" s="62"/>
       <c r="Z436" s="62"/>
       <c r="AA436" s="62"/>
       <c r="AB436" s="62"/>
       <c r="AC436" s="62"/>
       <c r="AD436" s="62"/>
       <c r="AE436" s="62"/>
       <c r="AF436" s="62"/>
       <c r="AG436" s="62"/>
       <c r="AH436" s="62"/>
       <c r="AI436" s="62"/>
       <c r="AJ436" s="62"/>
       <c r="AK436" s="62"/>
       <c r="AL436" s="62"/>
       <c r="AM436" s="62"/>
       <c r="AN436" s="62"/>
       <c r="AO436" s="62"/>
       <c r="AP436" s="62"/>
       <c r="AQ436" s="62"/>
       <c r="AR436" s="62"/>
     </row>
     <row r="437" spans="1:44" ht="17.399999999999999" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A437" s="371" t="s">
+      <c r="A437" s="375" t="s">
         <v>82</v>
       </c>
-      <c r="B437" s="371"/>
-[...3 lines deleted...]
-      <c r="F437" s="371"/>
+      <c r="B437" s="375"/>
+      <c r="C437" s="375"/>
+      <c r="D437" s="375"/>
+      <c r="E437" s="375"/>
+      <c r="F437" s="375"/>
       <c r="G437"/>
       <c r="H437"/>
       <c r="I437"/>
       <c r="J437"/>
       <c r="K437"/>
       <c r="L437"/>
       <c r="M437"/>
       <c r="N437" s="62"/>
       <c r="O437" s="62"/>
       <c r="P437" s="62"/>
       <c r="Q437" s="62"/>
       <c r="R437" s="62"/>
       <c r="S437" s="62"/>
       <c r="T437" s="62"/>
       <c r="U437" s="62"/>
       <c r="V437" s="62"/>
       <c r="W437" s="62"/>
       <c r="X437" s="62"/>
       <c r="Y437" s="62"/>
       <c r="Z437" s="62"/>
       <c r="AA437" s="62"/>
       <c r="AB437" s="62"/>
       <c r="AC437" s="62"/>
       <c r="AD437" s="62"/>
       <c r="AE437" s="62"/>
@@ -28967,1260 +28997,1267 @@
       <c r="W438" s="62"/>
       <c r="X438" s="62"/>
       <c r="Y438" s="62"/>
       <c r="Z438" s="62"/>
       <c r="AA438" s="62"/>
       <c r="AB438" s="62"/>
       <c r="AC438" s="62"/>
       <c r="AD438" s="62"/>
       <c r="AE438" s="62"/>
       <c r="AF438" s="62"/>
       <c r="AG438" s="62"/>
       <c r="AH438" s="62"/>
       <c r="AI438" s="62"/>
       <c r="AJ438" s="62"/>
       <c r="AK438" s="62"/>
       <c r="AL438" s="62"/>
       <c r="AM438" s="62"/>
       <c r="AN438" s="62"/>
       <c r="AO438" s="62"/>
       <c r="AP438" s="62"/>
       <c r="AQ438" s="62"/>
       <c r="AR438" s="62"/>
     </row>
     <row r="439" spans="1:44" ht="31.8" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A439" s="77"/>
-      <c r="B439" s="110" t="s">
+      <c r="B439" s="104" t="s">
         <v>83</v>
       </c>
-      <c r="C439" s="111" t="s">
+      <c r="C439" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="D439" s="112" t="s">
+      <c r="D439" s="106" t="s">
         <v>85</v>
       </c>
-      <c r="E439" s="113" t="s">
+      <c r="E439" s="107" t="s">
         <v>86</v>
       </c>
-      <c r="F439" s="143" t="s">
+      <c r="F439" s="137" t="s">
         <v>87</v>
       </c>
       <c r="G439"/>
       <c r="H439"/>
       <c r="I439"/>
       <c r="J439"/>
       <c r="S439" s="2"/>
       <c r="T439" s="2"/>
       <c r="U439" s="2"/>
       <c r="X439" s="62"/>
       <c r="Y439" s="62"/>
       <c r="Z439" s="62"/>
       <c r="AA439" s="62"/>
       <c r="AB439" s="62"/>
       <c r="AC439" s="62"/>
       <c r="AD439" s="62"/>
       <c r="AE439" s="62"/>
       <c r="AF439" s="62"/>
       <c r="AG439" s="62"/>
       <c r="AH439" s="62"/>
       <c r="AI439" s="62"/>
       <c r="AJ439" s="62"/>
       <c r="AK439" s="62"/>
       <c r="AL439" s="62"/>
       <c r="AM439" s="62"/>
       <c r="AN439" s="62"/>
       <c r="AO439" s="62"/>
       <c r="AP439" s="62"/>
       <c r="AQ439" s="62"/>
       <c r="AR439" s="62"/>
     </row>
     <row r="440" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A440" s="105" t="s">
+      <c r="A440" s="100" t="s">
         <v>88</v>
       </c>
-      <c r="B440" s="106">
+      <c r="B440" s="101">
         <f>B442+B443+B444+B445+B446</f>
         <v>0</v>
       </c>
-      <c r="C440" s="107">
+      <c r="C440" s="102">
         <f>B440</f>
         <v>0</v>
       </c>
-      <c r="D440" s="108"/>
-      <c r="E440" s="109">
+      <c r="D440" s="103"/>
+      <c r="E440" s="232">
         <f>SUM(E442:E446)</f>
         <v>0</v>
       </c>
-      <c r="F440" s="144">
+      <c r="F440" s="138">
         <f>D440-E440</f>
         <v>0</v>
       </c>
       <c r="G440"/>
       <c r="H440"/>
       <c r="I440"/>
       <c r="J440"/>
       <c r="S440" s="2"/>
       <c r="T440" s="2"/>
       <c r="U440" s="2"/>
       <c r="X440" s="62"/>
       <c r="Y440" s="62"/>
       <c r="Z440" s="62"/>
       <c r="AA440" s="62"/>
       <c r="AB440" s="62"/>
       <c r="AC440" s="62"/>
       <c r="AD440" s="62"/>
       <c r="AE440" s="62"/>
       <c r="AF440" s="62"/>
       <c r="AG440" s="62"/>
       <c r="AH440" s="62"/>
       <c r="AI440" s="62"/>
       <c r="AJ440" s="62"/>
       <c r="AK440" s="62"/>
       <c r="AL440" s="62"/>
       <c r="AM440" s="62"/>
       <c r="AN440" s="62"/>
       <c r="AO440" s="62"/>
       <c r="AP440" s="62"/>
       <c r="AQ440" s="62"/>
       <c r="AR440" s="62"/>
     </row>
     <row r="441" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A441" s="78" t="s">
         <v>89</v>
       </c>
       <c r="B441" s="79">
         <v>0</v>
       </c>
       <c r="C441" s="80"/>
       <c r="D441" s="81"/>
       <c r="E441" s="81">
         <f>B422</f>
         <v>0</v>
       </c>
-      <c r="F441" s="145">
+      <c r="F441" s="139">
         <f>D441-E441</f>
         <v>0</v>
       </c>
       <c r="G441"/>
       <c r="H441"/>
       <c r="I441"/>
       <c r="J441"/>
       <c r="S441" s="2"/>
       <c r="T441" s="2"/>
       <c r="U441" s="2"/>
       <c r="X441" s="62"/>
       <c r="Y441" s="62"/>
       <c r="Z441" s="62"/>
       <c r="AA441" s="62"/>
       <c r="AB441" s="62"/>
       <c r="AC441" s="62"/>
       <c r="AD441" s="62"/>
       <c r="AE441" s="62"/>
       <c r="AF441" s="62"/>
       <c r="AG441" s="62"/>
       <c r="AH441" s="62"/>
       <c r="AI441" s="62"/>
       <c r="AJ441" s="62"/>
       <c r="AK441" s="62"/>
       <c r="AL441" s="62"/>
       <c r="AM441" s="62"/>
       <c r="AN441" s="62"/>
       <c r="AO441" s="62"/>
       <c r="AP441" s="62"/>
       <c r="AQ441" s="62"/>
       <c r="AR441" s="62"/>
     </row>
     <row r="442" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A442" s="78" t="s">
         <v>90</v>
       </c>
       <c r="B442" s="79">
         <v>0</v>
       </c>
       <c r="C442" s="80"/>
       <c r="D442" s="81"/>
       <c r="E442" s="81">
         <f>B424</f>
         <v>0</v>
       </c>
-      <c r="F442" s="145">
+      <c r="F442" s="139">
         <f t="shared" ref="F442:F446" si="16">D442-E442</f>
         <v>0</v>
       </c>
       <c r="G442"/>
       <c r="H442"/>
       <c r="I442"/>
       <c r="J442"/>
       <c r="S442" s="2"/>
       <c r="T442" s="2"/>
       <c r="U442" s="2"/>
       <c r="X442" s="62"/>
       <c r="Y442" s="62"/>
       <c r="Z442" s="62"/>
       <c r="AA442" s="62"/>
       <c r="AB442" s="62"/>
       <c r="AC442" s="62"/>
       <c r="AD442" s="62"/>
       <c r="AE442" s="62"/>
       <c r="AF442" s="62"/>
       <c r="AG442" s="62"/>
       <c r="AH442" s="62"/>
       <c r="AI442" s="62"/>
       <c r="AJ442" s="62"/>
       <c r="AK442" s="62"/>
       <c r="AL442" s="62"/>
       <c r="AM442" s="62"/>
       <c r="AN442" s="62"/>
       <c r="AO442" s="62"/>
       <c r="AP442" s="62"/>
       <c r="AQ442" s="62"/>
       <c r="AR442" s="62"/>
     </row>
     <row r="443" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A443" s="78" t="s">
         <v>91</v>
       </c>
       <c r="B443" s="82">
         <v>0</v>
       </c>
       <c r="C443" s="83"/>
       <c r="D443" s="84"/>
       <c r="E443" s="84">
         <f>B425</f>
         <v>0</v>
       </c>
-      <c r="F443" s="145">
+      <c r="F443" s="139">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G443"/>
       <c r="H443"/>
       <c r="I443"/>
       <c r="J443"/>
       <c r="S443" s="2"/>
       <c r="T443" s="2"/>
       <c r="U443" s="2"/>
       <c r="X443" s="62"/>
       <c r="Y443" s="62"/>
       <c r="Z443" s="62"/>
       <c r="AA443" s="62"/>
       <c r="AB443" s="62"/>
       <c r="AC443" s="62"/>
       <c r="AD443" s="62"/>
       <c r="AE443" s="62"/>
       <c r="AF443" s="62"/>
       <c r="AG443" s="62"/>
       <c r="AH443" s="62"/>
       <c r="AI443" s="62"/>
       <c r="AJ443" s="62"/>
       <c r="AK443" s="62"/>
       <c r="AL443" s="62"/>
       <c r="AM443" s="62"/>
       <c r="AN443" s="62"/>
       <c r="AO443" s="62"/>
       <c r="AP443" s="62"/>
       <c r="AQ443" s="62"/>
       <c r="AR443" s="62"/>
     </row>
     <row r="444" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A444" s="78" t="s">
         <v>92</v>
       </c>
       <c r="B444" s="82">
         <v>0</v>
       </c>
       <c r="C444" s="83"/>
       <c r="D444" s="84"/>
       <c r="E444" s="84">
         <f>B426</f>
         <v>0</v>
       </c>
-      <c r="F444" s="145">
+      <c r="F444" s="139">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G444"/>
       <c r="H444"/>
       <c r="I444"/>
       <c r="J444"/>
       <c r="S444" s="2"/>
       <c r="T444" s="2"/>
       <c r="U444" s="2"/>
       <c r="X444" s="62"/>
       <c r="Y444" s="62"/>
       <c r="Z444" s="62"/>
       <c r="AA444" s="62"/>
       <c r="AB444" s="62"/>
       <c r="AC444" s="62"/>
       <c r="AD444" s="62"/>
       <c r="AE444" s="62"/>
       <c r="AF444" s="62"/>
       <c r="AG444" s="62"/>
       <c r="AH444" s="62"/>
       <c r="AI444" s="62"/>
       <c r="AJ444" s="62"/>
       <c r="AK444" s="62"/>
       <c r="AL444" s="62"/>
       <c r="AM444" s="62"/>
       <c r="AN444" s="62"/>
       <c r="AO444" s="62"/>
       <c r="AP444" s="62"/>
       <c r="AQ444" s="62"/>
       <c r="AR444" s="62"/>
     </row>
     <row r="445" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A445" s="78" t="s">
         <v>93</v>
       </c>
       <c r="B445" s="82">
         <v>0</v>
       </c>
       <c r="C445" s="83"/>
       <c r="D445" s="84"/>
       <c r="E445" s="84">
         <f>B427</f>
         <v>0</v>
       </c>
-      <c r="F445" s="145">
+      <c r="F445" s="139">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G445"/>
       <c r="H445"/>
       <c r="I445"/>
       <c r="J445"/>
       <c r="S445" s="2"/>
       <c r="T445" s="2"/>
       <c r="U445" s="2"/>
       <c r="X445" s="62"/>
       <c r="Y445" s="62"/>
       <c r="Z445" s="62"/>
       <c r="AA445" s="62"/>
       <c r="AB445" s="62"/>
       <c r="AC445" s="62"/>
       <c r="AD445" s="62"/>
       <c r="AE445" s="62"/>
       <c r="AF445" s="62"/>
       <c r="AG445" s="62"/>
       <c r="AH445" s="62"/>
       <c r="AI445" s="62"/>
       <c r="AJ445" s="62"/>
       <c r="AK445" s="62"/>
       <c r="AL445" s="62"/>
       <c r="AM445" s="62"/>
       <c r="AN445" s="62"/>
       <c r="AO445" s="62"/>
       <c r="AP445" s="62"/>
       <c r="AQ445" s="62"/>
       <c r="AR445" s="62"/>
     </row>
     <row r="446" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A446" s="78" t="s">
         <v>94</v>
       </c>
       <c r="B446" s="82">
         <v>0</v>
       </c>
       <c r="C446" s="83"/>
       <c r="D446" s="84"/>
       <c r="E446" s="84">
         <f>B428</f>
         <v>0</v>
       </c>
-      <c r="F446" s="145">
+      <c r="F446" s="139">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G446"/>
       <c r="H446"/>
       <c r="I446"/>
       <c r="J446"/>
       <c r="S446" s="2"/>
       <c r="T446" s="2"/>
       <c r="U446" s="2"/>
       <c r="X446" s="62"/>
       <c r="Y446" s="62"/>
       <c r="Z446" s="62"/>
       <c r="AA446" s="62"/>
       <c r="AB446" s="62"/>
       <c r="AC446" s="62"/>
       <c r="AD446" s="62"/>
       <c r="AE446" s="62"/>
       <c r="AF446" s="62"/>
       <c r="AG446" s="62"/>
       <c r="AH446" s="62"/>
       <c r="AI446" s="62"/>
       <c r="AJ446" s="62"/>
       <c r="AK446" s="62"/>
       <c r="AL446" s="62"/>
       <c r="AM446" s="62"/>
       <c r="AN446" s="62"/>
       <c r="AO446" s="62"/>
       <c r="AP446" s="62"/>
       <c r="AQ446" s="62"/>
       <c r="AR446" s="62"/>
     </row>
     <row r="447" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A447" s="97" t="s">
+      <c r="A447" s="92" t="s">
         <v>95</v>
       </c>
-      <c r="B447" s="98">
-[...8 lines deleted...]
-      <c r="F447" s="146"/>
+      <c r="B447" s="93">
+        <v>0</v>
+      </c>
+      <c r="C447" s="94"/>
+      <c r="D447" s="95"/>
+      <c r="E447" s="95">
+        <f>B447</f>
+        <v>0</v>
+      </c>
+      <c r="F447" s="140"/>
       <c r="G447"/>
       <c r="H447"/>
       <c r="I447"/>
       <c r="J447"/>
       <c r="S447" s="2"/>
       <c r="T447" s="2"/>
       <c r="U447" s="2"/>
       <c r="X447" s="62"/>
       <c r="Y447" s="62"/>
       <c r="Z447" s="62"/>
       <c r="AA447" s="62"/>
       <c r="AB447" s="62"/>
       <c r="AC447" s="62"/>
       <c r="AD447" s="62"/>
       <c r="AE447" s="62"/>
       <c r="AF447" s="62"/>
       <c r="AG447" s="62"/>
       <c r="AH447" s="62"/>
       <c r="AI447" s="62"/>
       <c r="AJ447" s="62"/>
       <c r="AK447" s="62"/>
       <c r="AL447" s="62"/>
       <c r="AM447" s="62"/>
       <c r="AN447" s="62"/>
       <c r="AO447" s="62"/>
       <c r="AP447" s="62"/>
       <c r="AQ447" s="62"/>
       <c r="AR447" s="62"/>
     </row>
     <row r="448" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A448" s="101" t="s">
+      <c r="A448" s="96" t="s">
         <v>96</v>
       </c>
-      <c r="B448" s="102">
+      <c r="B448" s="97">
         <f>B440*B447</f>
         <v>0</v>
       </c>
-      <c r="C448" s="103"/>
-[...1 lines deleted...]
-      <c r="E448" s="103">
+      <c r="C448" s="98"/>
+      <c r="D448" s="99"/>
+      <c r="E448" s="231">
         <f>E440*E447</f>
         <v>0</v>
       </c>
-      <c r="F448" s="147">
+      <c r="F448" s="141">
         <f>D448-E448</f>
         <v>0</v>
       </c>
       <c r="G448"/>
       <c r="H448"/>
       <c r="I448"/>
       <c r="J448"/>
       <c r="S448" s="2"/>
       <c r="T448" s="2"/>
       <c r="U448" s="2"/>
       <c r="X448" s="62"/>
       <c r="Y448" s="62"/>
       <c r="Z448" s="62"/>
       <c r="AA448" s="62"/>
       <c r="AB448" s="62"/>
       <c r="AC448" s="62"/>
       <c r="AD448" s="62"/>
       <c r="AE448" s="62"/>
       <c r="AF448" s="62"/>
       <c r="AG448" s="62"/>
       <c r="AH448" s="62"/>
       <c r="AI448" s="62"/>
       <c r="AJ448" s="62"/>
       <c r="AK448" s="62"/>
       <c r="AL448" s="62"/>
       <c r="AM448" s="62"/>
       <c r="AN448" s="62"/>
       <c r="AO448" s="62"/>
       <c r="AP448" s="62"/>
       <c r="AQ448" s="62"/>
       <c r="AR448" s="62"/>
     </row>
-    <row r="449" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="449" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
       <c r="A449" s="85"/>
       <c r="B449" s="85"/>
       <c r="C449" s="85"/>
       <c r="D449" s="85"/>
       <c r="E449" s="85"/>
       <c r="F449" s="86"/>
       <c r="G449"/>
       <c r="H449"/>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449" s="62"/>
       <c r="O449" s="62"/>
       <c r="P449" s="62"/>
       <c r="Q449" s="62"/>
       <c r="R449" s="62"/>
       <c r="S449" s="62"/>
       <c r="T449" s="62"/>
       <c r="U449" s="62"/>
       <c r="V449" s="62"/>
       <c r="W449" s="62"/>
       <c r="X449" s="62"/>
       <c r="Y449" s="62"/>
       <c r="Z449" s="62"/>
       <c r="AA449" s="62"/>
       <c r="AB449" s="62"/>
       <c r="AC449" s="62"/>
       <c r="AD449" s="62"/>
       <c r="AE449" s="62"/>
       <c r="AF449" s="62"/>
       <c r="AG449" s="62"/>
       <c r="AH449" s="62"/>
       <c r="AI449" s="62"/>
       <c r="AJ449" s="62"/>
       <c r="AK449" s="62"/>
       <c r="AL449" s="62"/>
       <c r="AM449" s="62"/>
       <c r="AN449" s="62"/>
       <c r="AO449" s="62"/>
       <c r="AP449" s="62"/>
       <c r="AQ449" s="62"/>
       <c r="AR449" s="62"/>
     </row>
-    <row r="450" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      </c>
+    <row r="450" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A450"/>
+      <c r="B450"/>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
       <c r="I450"/>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450" s="62"/>
       <c r="O450" s="62"/>
       <c r="P450" s="62"/>
       <c r="Q450" s="62"/>
       <c r="R450" s="62"/>
       <c r="S450" s="62"/>
       <c r="T450" s="62"/>
       <c r="U450" s="62"/>
       <c r="V450" s="62"/>
       <c r="W450" s="62"/>
       <c r="X450" s="62"/>
       <c r="Y450" s="62"/>
       <c r="Z450" s="62"/>
       <c r="AA450" s="62"/>
       <c r="AB450" s="62"/>
       <c r="AC450" s="62"/>
       <c r="AD450" s="62"/>
       <c r="AE450" s="62"/>
       <c r="AF450" s="62"/>
       <c r="AG450" s="62"/>
       <c r="AH450" s="62"/>
       <c r="AI450" s="62"/>
       <c r="AJ450" s="62"/>
       <c r="AK450" s="62"/>
       <c r="AL450" s="62"/>
       <c r="AM450" s="62"/>
       <c r="AN450" s="62"/>
       <c r="AO450" s="62"/>
       <c r="AP450" s="62"/>
       <c r="AQ450" s="62"/>
       <c r="AR450" s="62"/>
     </row>
     <row r="451" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A451" s="88" t="s">
-[...3 lines deleted...]
-        <f>B447</f>
+      <c r="A451" s="233" t="s">
+        <v>112</v>
+      </c>
+      <c r="B451" s="234">
+        <f>B440</f>
         <v>0</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451"/>
       <c r="I451"/>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451" s="62"/>
       <c r="O451" s="62"/>
       <c r="P451" s="62"/>
       <c r="Q451" s="62"/>
       <c r="R451" s="62"/>
       <c r="S451" s="62"/>
       <c r="T451" s="62"/>
       <c r="U451" s="62"/>
       <c r="V451" s="62"/>
       <c r="W451" s="62"/>
       <c r="X451" s="62"/>
       <c r="Y451" s="62"/>
       <c r="Z451" s="62"/>
       <c r="AA451" s="62"/>
       <c r="AB451" s="62"/>
       <c r="AC451" s="62"/>
       <c r="AD451" s="62"/>
       <c r="AE451" s="62"/>
       <c r="AF451" s="62"/>
       <c r="AG451" s="62"/>
       <c r="AH451" s="62"/>
       <c r="AI451" s="62"/>
       <c r="AJ451" s="62"/>
       <c r="AK451" s="62"/>
       <c r="AL451" s="62"/>
       <c r="AM451" s="62"/>
       <c r="AN451" s="62"/>
       <c r="AO451" s="62"/>
       <c r="AP451" s="62"/>
       <c r="AQ451" s="62"/>
       <c r="AR451" s="62"/>
     </row>
     <row r="452" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A452" s="88" t="s">
-[...3 lines deleted...]
-        <f>B450*B451</f>
+      <c r="A452" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="B452" s="235">
+        <f>B447</f>
         <v>0</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452" s="62"/>
       <c r="O452" s="62"/>
       <c r="P452" s="62"/>
       <c r="Q452" s="62"/>
       <c r="R452" s="62"/>
       <c r="S452" s="62"/>
       <c r="T452" s="62"/>
       <c r="U452" s="62"/>
       <c r="V452" s="62"/>
       <c r="W452" s="62"/>
       <c r="X452" s="62"/>
       <c r="Y452" s="62"/>
       <c r="Z452" s="62"/>
       <c r="AA452" s="62"/>
       <c r="AB452" s="62"/>
       <c r="AC452" s="62"/>
       <c r="AD452" s="62"/>
       <c r="AE452" s="62"/>
       <c r="AF452" s="62"/>
       <c r="AG452" s="62"/>
       <c r="AH452" s="62"/>
       <c r="AI452" s="62"/>
       <c r="AJ452" s="62"/>
       <c r="AK452" s="62"/>
       <c r="AL452" s="62"/>
       <c r="AM452" s="62"/>
       <c r="AN452" s="62"/>
       <c r="AO452" s="62"/>
       <c r="AP452" s="62"/>
       <c r="AQ452" s="62"/>
       <c r="AR452" s="62"/>
     </row>
     <row r="453" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A453" s="88"/>
-      <c r="B453" s="89"/>
+      <c r="A453" s="87" t="s">
+        <v>96</v>
+      </c>
+      <c r="B453" s="88">
+        <f>B451*B452</f>
+        <v>0</v>
+      </c>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453" s="62"/>
       <c r="O453" s="62"/>
       <c r="P453" s="62"/>
       <c r="Q453" s="62"/>
       <c r="R453" s="62"/>
       <c r="S453" s="62"/>
       <c r="T453" s="62"/>
       <c r="U453" s="62"/>
       <c r="V453" s="62"/>
       <c r="W453" s="62"/>
       <c r="X453" s="62"/>
       <c r="Y453" s="62"/>
       <c r="Z453" s="62"/>
       <c r="AA453" s="62"/>
       <c r="AB453" s="62"/>
       <c r="AC453" s="62"/>
       <c r="AD453" s="62"/>
       <c r="AE453" s="62"/>
       <c r="AF453" s="62"/>
       <c r="AG453" s="62"/>
       <c r="AH453" s="62"/>
       <c r="AI453" s="62"/>
       <c r="AJ453" s="62"/>
       <c r="AK453" s="62"/>
       <c r="AL453" s="62"/>
       <c r="AM453" s="62"/>
       <c r="AN453" s="62"/>
       <c r="AO453" s="62"/>
       <c r="AP453" s="62"/>
       <c r="AQ453" s="62"/>
       <c r="AR453" s="62"/>
     </row>
     <row r="454" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A454" s="88" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="A454" s="87"/>
+      <c r="B454" s="88"/>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
       <c r="I454"/>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
       <c r="N454" s="62"/>
       <c r="O454" s="62"/>
       <c r="P454" s="62"/>
       <c r="Q454" s="62"/>
       <c r="R454" s="62"/>
       <c r="S454" s="62"/>
       <c r="T454" s="62"/>
       <c r="U454" s="62"/>
       <c r="V454" s="62"/>
       <c r="W454" s="62"/>
       <c r="X454" s="62"/>
       <c r="Y454" s="62"/>
       <c r="Z454" s="62"/>
       <c r="AA454" s="62"/>
       <c r="AB454" s="62"/>
       <c r="AC454" s="62"/>
       <c r="AD454" s="62"/>
       <c r="AE454" s="62"/>
       <c r="AF454" s="62"/>
       <c r="AG454" s="62"/>
       <c r="AH454" s="62"/>
       <c r="AI454" s="62"/>
       <c r="AJ454" s="62"/>
       <c r="AK454" s="62"/>
       <c r="AL454" s="62"/>
       <c r="AM454" s="62"/>
       <c r="AN454" s="62"/>
       <c r="AO454" s="62"/>
       <c r="AP454" s="62"/>
       <c r="AQ454" s="62"/>
       <c r="AR454" s="62"/>
     </row>
     <row r="455" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A455" s="92" t="s">
-[...2 lines deleted...]
-      <c r="B455" s="93">
+      <c r="A455" s="237" t="s">
+        <v>97</v>
+      </c>
+      <c r="B455" s="238">
+        <f>E440</f>
         <v>0</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
       <c r="I455"/>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455" s="62"/>
       <c r="O455" s="62"/>
       <c r="P455" s="62"/>
       <c r="Q455" s="62"/>
       <c r="R455" s="62"/>
       <c r="S455" s="62"/>
       <c r="T455" s="62"/>
       <c r="U455" s="62"/>
       <c r="V455" s="62"/>
       <c r="W455" s="62"/>
       <c r="X455" s="62"/>
       <c r="Y455" s="62"/>
       <c r="Z455" s="62"/>
       <c r="AA455" s="62"/>
       <c r="AB455" s="62"/>
       <c r="AC455" s="62"/>
       <c r="AD455" s="62"/>
       <c r="AE455" s="62"/>
       <c r="AF455" s="62"/>
       <c r="AG455" s="62"/>
       <c r="AH455" s="62"/>
       <c r="AI455" s="62"/>
       <c r="AJ455" s="62"/>
       <c r="AK455" s="62"/>
       <c r="AL455" s="62"/>
       <c r="AM455" s="62"/>
       <c r="AN455" s="62"/>
       <c r="AO455" s="62"/>
       <c r="AP455" s="62"/>
       <c r="AQ455" s="62"/>
       <c r="AR455" s="62"/>
     </row>
     <row r="456" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A456" s="88" t="s">
-[...3 lines deleted...]
-        <f>B454-B455</f>
+      <c r="A456" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="B456" s="236">
+        <f>B447</f>
         <v>0</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
       <c r="I456"/>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456" s="62"/>
       <c r="O456" s="62"/>
       <c r="P456" s="62"/>
       <c r="Q456" s="62"/>
       <c r="R456" s="62"/>
       <c r="S456" s="62"/>
       <c r="T456" s="62"/>
       <c r="U456" s="62"/>
       <c r="V456" s="62"/>
       <c r="W456" s="62"/>
       <c r="X456" s="62"/>
       <c r="Y456" s="62"/>
       <c r="Z456" s="62"/>
       <c r="AA456" s="62"/>
       <c r="AB456" s="62"/>
       <c r="AC456" s="62"/>
       <c r="AD456" s="62"/>
       <c r="AE456" s="62"/>
       <c r="AF456" s="62"/>
       <c r="AG456" s="62"/>
       <c r="AH456" s="62"/>
       <c r="AI456" s="62"/>
       <c r="AJ456" s="62"/>
       <c r="AK456" s="62"/>
       <c r="AL456" s="62"/>
       <c r="AM456" s="62"/>
       <c r="AN456" s="62"/>
       <c r="AO456" s="62"/>
       <c r="AP456" s="62"/>
       <c r="AQ456" s="62"/>
       <c r="AR456" s="62"/>
     </row>
     <row r="457" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A457" s="88"/>
-      <c r="B457" s="89"/>
+      <c r="A457" s="87" t="s">
+        <v>110</v>
+      </c>
+      <c r="B457" s="88">
+        <f>E448</f>
+        <v>0</v>
+      </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
       <c r="I457"/>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457" s="62"/>
       <c r="O457" s="62"/>
       <c r="P457" s="62"/>
       <c r="Q457" s="62"/>
       <c r="R457" s="62"/>
       <c r="S457" s="62"/>
       <c r="T457" s="62"/>
       <c r="U457" s="62"/>
       <c r="V457" s="62"/>
       <c r="W457" s="62"/>
       <c r="X457" s="62"/>
       <c r="Y457" s="62"/>
       <c r="Z457" s="62"/>
       <c r="AA457" s="62"/>
       <c r="AB457" s="62"/>
       <c r="AC457" s="62"/>
       <c r="AD457" s="62"/>
       <c r="AE457" s="62"/>
       <c r="AF457" s="62"/>
       <c r="AG457" s="62"/>
       <c r="AH457" s="62"/>
       <c r="AI457" s="62"/>
       <c r="AJ457" s="62"/>
       <c r="AK457" s="62"/>
       <c r="AL457" s="62"/>
       <c r="AM457" s="62"/>
       <c r="AN457" s="62"/>
       <c r="AO457" s="62"/>
       <c r="AP457" s="62"/>
       <c r="AQ457" s="62"/>
       <c r="AR457" s="62"/>
     </row>
-    <row r="458" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      </c>
+    <row r="458" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A458" s="87"/>
+      <c r="B458" s="88"/>
       <c r="C458"/>
       <c r="D458"/>
-      <c r="E458" s="94"/>
+      <c r="E458"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
       <c r="I458"/>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
       <c r="N458" s="62"/>
       <c r="O458" s="62"/>
       <c r="P458" s="62"/>
       <c r="Q458" s="62"/>
       <c r="R458" s="62"/>
       <c r="S458" s="62"/>
       <c r="T458" s="62"/>
       <c r="U458" s="62"/>
       <c r="V458" s="62"/>
       <c r="W458" s="62"/>
       <c r="X458" s="62"/>
       <c r="Y458" s="62"/>
       <c r="Z458" s="62"/>
       <c r="AA458" s="62"/>
       <c r="AB458" s="62"/>
       <c r="AC458" s="62"/>
       <c r="AD458" s="62"/>
       <c r="AE458" s="62"/>
       <c r="AF458" s="62"/>
       <c r="AG458" s="62"/>
       <c r="AH458" s="62"/>
       <c r="AI458" s="62"/>
       <c r="AJ458" s="62"/>
       <c r="AK458" s="62"/>
       <c r="AL458" s="62"/>
       <c r="AM458" s="62"/>
       <c r="AN458" s="62"/>
       <c r="AO458" s="62"/>
       <c r="AP458" s="62"/>
       <c r="AQ458" s="62"/>
       <c r="AR458" s="62"/>
     </row>
     <row r="459" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A459"/>
-      <c r="B459"/>
+      <c r="A459" s="87" t="s">
+        <v>111</v>
+      </c>
+      <c r="B459" s="88">
+        <v>0</v>
+      </c>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
       <c r="I459"/>
       <c r="J459"/>
       <c r="K459"/>
       <c r="L459"/>
       <c r="M459"/>
       <c r="N459" s="62"/>
       <c r="O459" s="62"/>
       <c r="P459" s="62"/>
       <c r="Q459" s="62"/>
       <c r="R459" s="62"/>
       <c r="S459" s="62"/>
       <c r="T459" s="62"/>
       <c r="U459" s="62"/>
       <c r="V459" s="62"/>
       <c r="W459" s="62"/>
       <c r="X459" s="62"/>
       <c r="Y459" s="62"/>
       <c r="Z459" s="62"/>
       <c r="AA459" s="62"/>
       <c r="AB459" s="62"/>
       <c r="AC459" s="62"/>
       <c r="AD459" s="62"/>
       <c r="AE459" s="62"/>
       <c r="AF459" s="62"/>
       <c r="AG459" s="62"/>
       <c r="AH459" s="62"/>
       <c r="AI459" s="62"/>
       <c r="AJ459" s="62"/>
       <c r="AK459" s="62"/>
       <c r="AL459" s="62"/>
       <c r="AM459" s="62"/>
       <c r="AN459" s="62"/>
       <c r="AO459" s="62"/>
       <c r="AP459" s="62"/>
       <c r="AQ459" s="62"/>
       <c r="AR459" s="62"/>
     </row>
     <row r="460" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
-      <c r="A460"/>
-      <c r="B460"/>
+      <c r="A460" s="87"/>
+      <c r="B460" s="88"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460" s="62"/>
       <c r="O460" s="62"/>
       <c r="P460" s="62"/>
       <c r="Q460" s="62"/>
       <c r="R460" s="62"/>
       <c r="S460" s="62"/>
       <c r="T460" s="62"/>
       <c r="U460" s="62"/>
       <c r="V460" s="62"/>
       <c r="W460" s="62"/>
       <c r="X460" s="62"/>
       <c r="Y460" s="62"/>
       <c r="Z460" s="62"/>
       <c r="AA460" s="62"/>
       <c r="AB460" s="62"/>
       <c r="AC460" s="62"/>
       <c r="AD460" s="62"/>
       <c r="AE460" s="62"/>
       <c r="AF460" s="62"/>
       <c r="AG460" s="62"/>
       <c r="AH460" s="62"/>
       <c r="AI460" s="62"/>
       <c r="AJ460" s="62"/>
       <c r="AK460" s="62"/>
       <c r="AL460" s="62"/>
       <c r="AM460" s="62"/>
       <c r="AN460" s="62"/>
       <c r="AO460" s="62"/>
       <c r="AP460" s="62"/>
       <c r="AQ460" s="62"/>
       <c r="AR460" s="62"/>
     </row>
-    <row r="461" spans="1:44" ht="13.8" hidden="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="M461" s="62"/>
+    <row r="461" spans="1:44" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A461" s="135" t="s">
+        <v>113</v>
+      </c>
+      <c r="B461" s="136">
+        <f>B457-B459</f>
+        <v>0</v>
+      </c>
+      <c r="C461"/>
+      <c r="D461"/>
+      <c r="E461"/>
+      <c r="F461"/>
+      <c r="G461"/>
+      <c r="H461"/>
+      <c r="I461"/>
+      <c r="J461"/>
+      <c r="K461"/>
+      <c r="L461"/>
+      <c r="M461"/>
       <c r="N461" s="62"/>
       <c r="O461" s="62"/>
       <c r="P461" s="62"/>
       <c r="Q461" s="62"/>
       <c r="R461" s="62"/>
       <c r="S461" s="62"/>
       <c r="T461" s="62"/>
       <c r="U461" s="62"/>
       <c r="V461" s="62"/>
       <c r="W461" s="62"/>
       <c r="X461" s="62"/>
       <c r="Y461" s="62"/>
       <c r="Z461" s="62"/>
       <c r="AA461" s="62"/>
       <c r="AB461" s="62"/>
       <c r="AC461" s="62"/>
       <c r="AD461" s="62"/>
       <c r="AE461" s="62"/>
       <c r="AF461" s="62"/>
       <c r="AG461" s="62"/>
       <c r="AH461" s="62"/>
       <c r="AI461" s="62"/>
       <c r="AJ461" s="62"/>
       <c r="AK461" s="62"/>
       <c r="AL461" s="62"/>
       <c r="AM461" s="62"/>
       <c r="AN461" s="62"/>
       <c r="AO461" s="62"/>
       <c r="AP461" s="62"/>
       <c r="AQ461" s="62"/>
       <c r="AR461" s="62"/>
     </row>
-    <row r="462" spans="1:44" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="M462" s="62"/>
+    <row r="462" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A462"/>
+      <c r="B462"/>
+      <c r="C462"/>
+      <c r="D462"/>
+      <c r="E462"/>
+      <c r="F462"/>
+      <c r="G462"/>
+      <c r="H462"/>
+      <c r="I462"/>
+      <c r="J462"/>
+      <c r="K462"/>
+      <c r="L462"/>
+      <c r="M462"/>
       <c r="N462" s="62"/>
       <c r="O462" s="62"/>
       <c r="P462" s="62"/>
       <c r="Q462" s="62"/>
       <c r="R462" s="62"/>
       <c r="S462" s="62"/>
       <c r="T462" s="62"/>
       <c r="U462" s="62"/>
       <c r="V462" s="62"/>
       <c r="W462" s="62"/>
       <c r="X462" s="62"/>
       <c r="Y462" s="62"/>
       <c r="Z462" s="62"/>
       <c r="AA462" s="62"/>
       <c r="AB462" s="62"/>
       <c r="AC462" s="62"/>
       <c r="AD462" s="62"/>
       <c r="AE462" s="62"/>
       <c r="AF462" s="62"/>
       <c r="AG462" s="62"/>
       <c r="AH462" s="62"/>
       <c r="AI462" s="62"/>
       <c r="AJ462" s="62"/>
       <c r="AK462" s="62"/>
       <c r="AL462" s="62"/>
       <c r="AM462" s="62"/>
       <c r="AN462" s="62"/>
       <c r="AO462" s="62"/>
       <c r="AP462" s="62"/>
       <c r="AQ462" s="62"/>
       <c r="AR462" s="62"/>
     </row>
-    <row r="463" spans="1:44" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="M463" s="62"/>
+    <row r="463" spans="1:44" ht="14.4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A463"/>
+      <c r="B463"/>
+      <c r="C463"/>
+      <c r="D463"/>
+      <c r="E463"/>
+      <c r="F463"/>
+      <c r="G463"/>
+      <c r="H463"/>
+      <c r="I463"/>
+      <c r="J463"/>
+      <c r="K463"/>
+      <c r="L463"/>
+      <c r="M463"/>
       <c r="N463" s="62"/>
       <c r="O463" s="62"/>
       <c r="P463" s="62"/>
       <c r="Q463" s="62"/>
       <c r="R463" s="62"/>
       <c r="S463" s="62"/>
       <c r="T463" s="62"/>
       <c r="U463" s="62"/>
       <c r="V463" s="62"/>
       <c r="W463" s="62"/>
       <c r="X463" s="62"/>
       <c r="Y463" s="62"/>
       <c r="Z463" s="62"/>
       <c r="AA463" s="62"/>
       <c r="AB463" s="62"/>
       <c r="AC463" s="62"/>
       <c r="AD463" s="62"/>
       <c r="AE463" s="62"/>
       <c r="AF463" s="62"/>
       <c r="AG463" s="62"/>
       <c r="AH463" s="62"/>
       <c r="AI463" s="62"/>
       <c r="AJ463" s="62"/>
       <c r="AK463" s="62"/>
       <c r="AL463" s="62"/>
       <c r="AM463" s="62"/>
       <c r="AN463" s="62"/>
       <c r="AO463" s="62"/>
       <c r="AP463" s="62"/>
       <c r="AQ463" s="62"/>
       <c r="AR463" s="62"/>
     </row>
-    <row r="464" spans="1:44" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="W464" s="62"/>
+    <row r="464" spans="1:44" ht="117.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="89" t="s">
+        <v>98</v>
+      </c>
+      <c r="B464" s="241" t="s">
+        <v>109</v>
+      </c>
+      <c r="C464" s="242"/>
+      <c r="D464" s="242"/>
+      <c r="E464" s="242"/>
+      <c r="F464" s="242"/>
+      <c r="G464" s="242"/>
+      <c r="H464" s="242"/>
+      <c r="I464" s="242"/>
+      <c r="J464" s="242"/>
+      <c r="K464" s="242"/>
+      <c r="L464" s="242"/>
+      <c r="M464" s="242"/>
+      <c r="N464" s="242"/>
+      <c r="O464" s="242"/>
+      <c r="P464" s="242"/>
+      <c r="Q464" s="242"/>
+      <c r="R464" s="242"/>
+      <c r="S464" s="242"/>
+      <c r="T464" s="242"/>
+      <c r="U464" s="242"/>
+      <c r="V464" s="242"/>
+      <c r="W464" s="242"/>
       <c r="X464" s="62"/>
       <c r="Y464" s="62"/>
       <c r="Z464" s="62"/>
       <c r="AA464" s="62"/>
       <c r="AB464" s="62"/>
       <c r="AC464" s="62"/>
       <c r="AD464" s="62"/>
       <c r="AE464" s="62"/>
       <c r="AF464" s="62"/>
       <c r="AG464" s="62"/>
       <c r="AH464" s="62"/>
       <c r="AI464" s="62"/>
       <c r="AJ464" s="62"/>
       <c r="AK464" s="62"/>
       <c r="AL464" s="62"/>
       <c r="AM464" s="62"/>
       <c r="AN464" s="62"/>
       <c r="AO464" s="62"/>
       <c r="AP464" s="62"/>
       <c r="AQ464" s="62"/>
       <c r="AR464" s="62"/>
     </row>
     <row r="465" spans="1:44" x14ac:dyDescent="0.2">
       <c r="A465" s="62"/>
       <c r="B465" s="62"/>
@@ -30245,51 +30282,51 @@
       <c r="U465" s="62"/>
       <c r="V465" s="62"/>
       <c r="W465" s="62"/>
       <c r="X465" s="62"/>
       <c r="Y465" s="62"/>
       <c r="Z465" s="62"/>
       <c r="AA465" s="62"/>
       <c r="AB465" s="62"/>
       <c r="AC465" s="62"/>
       <c r="AD465" s="62"/>
       <c r="AE465" s="62"/>
       <c r="AF465" s="62"/>
       <c r="AG465" s="62"/>
       <c r="AH465" s="62"/>
       <c r="AI465" s="62"/>
       <c r="AJ465" s="62"/>
       <c r="AK465" s="62"/>
       <c r="AL465" s="62"/>
       <c r="AM465" s="62"/>
       <c r="AN465" s="62"/>
       <c r="AO465" s="62"/>
       <c r="AP465" s="62"/>
       <c r="AQ465" s="62"/>
       <c r="AR465" s="62"/>
     </row>
-    <row r="466" spans="1:44" x14ac:dyDescent="0.2">
+    <row r="466" spans="1:44" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A466" s="62"/>
       <c r="B466" s="62"/>
       <c r="C466" s="62"/>
       <c r="D466" s="62"/>
       <c r="E466" s="62"/>
       <c r="F466" s="62"/>
       <c r="G466" s="62"/>
       <c r="H466" s="62"/>
       <c r="I466" s="62"/>
       <c r="J466" s="62"/>
       <c r="K466" s="62"/>
       <c r="L466" s="62"/>
       <c r="M466" s="62"/>
       <c r="N466" s="62"/>
       <c r="O466" s="62"/>
       <c r="P466" s="62"/>
       <c r="Q466" s="62"/>
       <c r="R466" s="62"/>
       <c r="S466" s="62"/>
       <c r="T466" s="62"/>
       <c r="U466" s="62"/>
       <c r="V466" s="62"/>
       <c r="W466" s="62"/>
       <c r="X466" s="62"/>
       <c r="Y466" s="62"/>
@@ -30384,512 +30421,490 @@
       <c r="V468" s="62"/>
       <c r="W468" s="62"/>
       <c r="X468" s="62"/>
       <c r="Y468" s="62"/>
       <c r="Z468" s="62"/>
       <c r="AA468" s="62"/>
       <c r="AB468" s="62"/>
       <c r="AC468" s="62"/>
       <c r="AD468" s="62"/>
       <c r="AE468" s="62"/>
       <c r="AF468" s="62"/>
       <c r="AG468" s="62"/>
       <c r="AH468" s="62"/>
       <c r="AI468" s="62"/>
       <c r="AJ468" s="62"/>
       <c r="AK468" s="62"/>
       <c r="AL468" s="62"/>
       <c r="AM468" s="62"/>
       <c r="AN468" s="62"/>
       <c r="AO468" s="62"/>
       <c r="AP468" s="62"/>
       <c r="AQ468" s="62"/>
       <c r="AR468" s="62"/>
     </row>
     <row r="469" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A469" s="62"/>
-      <c r="B469" s="62"/>
       <c r="C469" s="62"/>
       <c r="D469" s="62"/>
       <c r="E469" s="62"/>
       <c r="F469" s="62"/>
       <c r="G469" s="62"/>
       <c r="H469" s="62"/>
       <c r="I469" s="62"/>
       <c r="J469" s="62"/>
       <c r="K469" s="62"/>
       <c r="L469" s="62"/>
       <c r="M469" s="62"/>
       <c r="N469" s="62"/>
       <c r="O469" s="62"/>
       <c r="P469" s="62"/>
       <c r="Q469" s="62"/>
       <c r="R469" s="62"/>
       <c r="S469" s="62"/>
       <c r="T469" s="62"/>
       <c r="U469" s="62"/>
       <c r="V469" s="62"/>
       <c r="W469" s="62"/>
       <c r="X469" s="62"/>
       <c r="Y469" s="62"/>
       <c r="Z469" s="62"/>
       <c r="AA469" s="62"/>
       <c r="AB469" s="62"/>
       <c r="AC469" s="62"/>
       <c r="AD469" s="62"/>
       <c r="AE469" s="62"/>
       <c r="AF469" s="62"/>
       <c r="AG469" s="62"/>
       <c r="AH469" s="62"/>
       <c r="AI469" s="62"/>
       <c r="AJ469" s="62"/>
       <c r="AK469" s="62"/>
       <c r="AL469" s="62"/>
       <c r="AM469" s="62"/>
       <c r="AN469" s="62"/>
       <c r="AO469" s="62"/>
       <c r="AP469" s="62"/>
       <c r="AQ469" s="62"/>
       <c r="AR469" s="62"/>
     </row>
     <row r="470" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A470" s="62"/>
-      <c r="B470" s="62"/>
       <c r="C470" s="62"/>
       <c r="D470" s="62"/>
       <c r="E470" s="62"/>
       <c r="F470" s="62"/>
       <c r="G470" s="62"/>
       <c r="H470" s="62"/>
       <c r="I470" s="62"/>
       <c r="J470" s="62"/>
       <c r="K470" s="62"/>
       <c r="L470" s="62"/>
       <c r="M470" s="62"/>
       <c r="N470" s="62"/>
       <c r="O470" s="62"/>
       <c r="P470" s="62"/>
       <c r="Q470" s="62"/>
       <c r="R470" s="62"/>
       <c r="S470" s="62"/>
       <c r="T470" s="62"/>
       <c r="U470" s="62"/>
       <c r="V470" s="62"/>
       <c r="W470" s="62"/>
       <c r="X470" s="62"/>
       <c r="Y470" s="62"/>
       <c r="Z470" s="62"/>
       <c r="AA470" s="62"/>
       <c r="AB470" s="62"/>
       <c r="AC470" s="62"/>
       <c r="AD470" s="62"/>
       <c r="AE470" s="62"/>
       <c r="AF470" s="62"/>
       <c r="AG470" s="62"/>
       <c r="AH470" s="62"/>
       <c r="AI470" s="62"/>
       <c r="AJ470" s="62"/>
       <c r="AK470" s="62"/>
       <c r="AL470" s="62"/>
       <c r="AM470" s="62"/>
       <c r="AN470" s="62"/>
       <c r="AO470" s="62"/>
       <c r="AP470" s="62"/>
       <c r="AQ470" s="62"/>
       <c r="AR470" s="62"/>
     </row>
     <row r="471" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A471" s="62"/>
-      <c r="B471" s="62"/>
       <c r="C471" s="62"/>
       <c r="D471" s="62"/>
       <c r="E471" s="62"/>
       <c r="F471" s="62"/>
       <c r="G471" s="62"/>
       <c r="H471" s="62"/>
       <c r="I471" s="62"/>
       <c r="J471" s="62"/>
       <c r="K471" s="62"/>
       <c r="L471" s="62"/>
       <c r="M471" s="62"/>
       <c r="N471" s="62"/>
       <c r="O471" s="62"/>
       <c r="P471" s="62"/>
       <c r="Q471" s="62"/>
       <c r="R471" s="62"/>
       <c r="S471" s="62"/>
       <c r="T471" s="62"/>
       <c r="U471" s="62"/>
       <c r="V471" s="62"/>
       <c r="W471" s="62"/>
       <c r="X471" s="62"/>
       <c r="Y471" s="62"/>
       <c r="Z471" s="62"/>
       <c r="AA471" s="62"/>
       <c r="AB471" s="62"/>
       <c r="AC471" s="62"/>
       <c r="AD471" s="62"/>
       <c r="AE471" s="62"/>
       <c r="AF471" s="62"/>
       <c r="AG471" s="62"/>
       <c r="AH471" s="62"/>
       <c r="AI471" s="62"/>
       <c r="AJ471" s="62"/>
       <c r="AK471" s="62"/>
       <c r="AL471" s="62"/>
       <c r="AM471" s="62"/>
       <c r="AN471" s="62"/>
       <c r="AO471" s="62"/>
       <c r="AP471" s="62"/>
       <c r="AQ471" s="62"/>
       <c r="AR471" s="62"/>
     </row>
     <row r="472" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A472" s="62"/>
-      <c r="B472" s="62"/>
       <c r="C472" s="62"/>
       <c r="D472" s="62"/>
       <c r="E472" s="62"/>
       <c r="F472" s="62"/>
       <c r="G472" s="62"/>
       <c r="H472" s="62"/>
       <c r="I472" s="62"/>
       <c r="J472" s="62"/>
       <c r="K472" s="62"/>
       <c r="L472" s="62"/>
       <c r="M472" s="62"/>
       <c r="N472" s="62"/>
       <c r="O472" s="62"/>
       <c r="P472" s="62"/>
       <c r="Q472" s="62"/>
       <c r="R472" s="62"/>
       <c r="S472" s="62"/>
       <c r="T472" s="62"/>
       <c r="U472" s="62"/>
       <c r="V472" s="62"/>
       <c r="W472" s="62"/>
       <c r="X472" s="62"/>
       <c r="Y472" s="62"/>
       <c r="Z472" s="62"/>
       <c r="AA472" s="62"/>
       <c r="AB472" s="62"/>
       <c r="AC472" s="62"/>
       <c r="AD472" s="62"/>
       <c r="AE472" s="62"/>
       <c r="AF472" s="62"/>
       <c r="AG472" s="62"/>
       <c r="AH472" s="62"/>
       <c r="AI472" s="62"/>
       <c r="AJ472" s="62"/>
       <c r="AK472" s="62"/>
       <c r="AL472" s="62"/>
       <c r="AM472" s="62"/>
       <c r="AN472" s="62"/>
       <c r="AO472" s="62"/>
       <c r="AP472" s="62"/>
       <c r="AQ472" s="62"/>
       <c r="AR472" s="62"/>
     </row>
     <row r="473" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A473" s="62"/>
-      <c r="B473" s="62"/>
       <c r="C473" s="62"/>
       <c r="D473" s="62"/>
       <c r="E473" s="62"/>
       <c r="F473" s="62"/>
       <c r="G473" s="62"/>
       <c r="H473" s="62"/>
       <c r="I473" s="62"/>
       <c r="J473" s="62"/>
       <c r="K473" s="62"/>
       <c r="L473" s="62"/>
       <c r="M473" s="62"/>
       <c r="N473" s="62"/>
       <c r="O473" s="62"/>
       <c r="P473" s="62"/>
       <c r="Q473" s="62"/>
       <c r="R473" s="62"/>
       <c r="S473" s="62"/>
       <c r="T473" s="62"/>
       <c r="U473" s="62"/>
       <c r="V473" s="62"/>
       <c r="W473" s="62"/>
       <c r="X473" s="62"/>
       <c r="Y473" s="62"/>
       <c r="Z473" s="62"/>
       <c r="AA473" s="62"/>
       <c r="AB473" s="62"/>
       <c r="AC473" s="62"/>
       <c r="AD473" s="62"/>
       <c r="AE473" s="62"/>
       <c r="AF473" s="62"/>
       <c r="AG473" s="62"/>
       <c r="AH473" s="62"/>
       <c r="AI473" s="62"/>
       <c r="AJ473" s="62"/>
       <c r="AK473" s="62"/>
       <c r="AL473" s="62"/>
       <c r="AM473" s="62"/>
       <c r="AN473" s="62"/>
       <c r="AO473" s="62"/>
       <c r="AP473" s="62"/>
       <c r="AQ473" s="62"/>
       <c r="AR473" s="62"/>
     </row>
     <row r="474" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A474" s="62"/>
-      <c r="B474" s="62"/>
       <c r="C474" s="62"/>
       <c r="D474" s="62"/>
       <c r="E474" s="62"/>
       <c r="F474" s="62"/>
       <c r="G474" s="62"/>
       <c r="H474" s="62"/>
       <c r="I474" s="62"/>
       <c r="J474" s="62"/>
       <c r="K474" s="62"/>
       <c r="L474" s="62"/>
       <c r="M474" s="62"/>
       <c r="N474" s="62"/>
       <c r="O474" s="62"/>
       <c r="P474" s="62"/>
       <c r="Q474" s="62"/>
       <c r="R474" s="62"/>
       <c r="S474" s="62"/>
       <c r="T474" s="62"/>
       <c r="U474" s="62"/>
       <c r="V474" s="62"/>
       <c r="W474" s="62"/>
       <c r="X474" s="62"/>
       <c r="Y474" s="62"/>
       <c r="Z474" s="62"/>
       <c r="AA474" s="62"/>
       <c r="AB474" s="62"/>
       <c r="AC474" s="62"/>
       <c r="AD474" s="62"/>
       <c r="AE474" s="62"/>
       <c r="AF474" s="62"/>
       <c r="AG474" s="62"/>
       <c r="AH474" s="62"/>
       <c r="AI474" s="62"/>
       <c r="AJ474" s="62"/>
       <c r="AK474" s="62"/>
       <c r="AL474" s="62"/>
       <c r="AM474" s="62"/>
       <c r="AN474" s="62"/>
       <c r="AO474" s="62"/>
       <c r="AP474" s="62"/>
       <c r="AQ474" s="62"/>
       <c r="AR474" s="62"/>
     </row>
     <row r="475" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A475" s="62"/>
-      <c r="B475" s="62"/>
       <c r="C475" s="62"/>
       <c r="D475" s="62"/>
       <c r="E475" s="62"/>
       <c r="F475" s="62"/>
       <c r="G475" s="62"/>
       <c r="H475" s="62"/>
       <c r="I475" s="62"/>
       <c r="J475" s="62"/>
       <c r="K475" s="62"/>
       <c r="L475" s="62"/>
       <c r="M475" s="62"/>
       <c r="N475" s="62"/>
       <c r="O475" s="62"/>
       <c r="P475" s="62"/>
       <c r="Q475" s="62"/>
       <c r="R475" s="62"/>
       <c r="S475" s="62"/>
       <c r="T475" s="62"/>
       <c r="U475" s="62"/>
       <c r="V475" s="62"/>
       <c r="W475" s="62"/>
       <c r="X475" s="62"/>
       <c r="Y475" s="62"/>
       <c r="Z475" s="62"/>
       <c r="AA475" s="62"/>
       <c r="AB475" s="62"/>
       <c r="AC475" s="62"/>
       <c r="AD475" s="62"/>
       <c r="AE475" s="62"/>
       <c r="AF475" s="62"/>
       <c r="AG475" s="62"/>
       <c r="AH475" s="62"/>
       <c r="AI475" s="62"/>
       <c r="AJ475" s="62"/>
       <c r="AK475" s="62"/>
       <c r="AL475" s="62"/>
       <c r="AM475" s="62"/>
       <c r="AN475" s="62"/>
       <c r="AO475" s="62"/>
       <c r="AP475" s="62"/>
       <c r="AQ475" s="62"/>
       <c r="AR475" s="62"/>
     </row>
     <row r="476" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A476" s="62"/>
-      <c r="B476" s="62"/>
       <c r="C476" s="62"/>
       <c r="D476" s="62"/>
       <c r="E476" s="62"/>
       <c r="F476" s="62"/>
       <c r="G476" s="62"/>
       <c r="H476" s="62"/>
       <c r="I476" s="62"/>
       <c r="J476" s="62"/>
       <c r="K476" s="62"/>
       <c r="L476" s="62"/>
       <c r="M476" s="62"/>
       <c r="N476" s="62"/>
       <c r="O476" s="62"/>
       <c r="P476" s="62"/>
       <c r="Q476" s="62"/>
       <c r="R476" s="62"/>
       <c r="S476" s="62"/>
       <c r="T476" s="62"/>
       <c r="U476" s="62"/>
       <c r="V476" s="62"/>
       <c r="W476" s="62"/>
       <c r="X476" s="62"/>
       <c r="Y476" s="62"/>
       <c r="Z476" s="62"/>
       <c r="AA476" s="62"/>
       <c r="AB476" s="62"/>
       <c r="AC476" s="62"/>
       <c r="AD476" s="62"/>
       <c r="AE476" s="62"/>
       <c r="AF476" s="62"/>
       <c r="AG476" s="62"/>
       <c r="AH476" s="62"/>
       <c r="AI476" s="62"/>
       <c r="AJ476" s="62"/>
       <c r="AK476" s="62"/>
       <c r="AL476" s="62"/>
       <c r="AM476" s="62"/>
       <c r="AN476" s="62"/>
       <c r="AO476" s="62"/>
       <c r="AP476" s="62"/>
       <c r="AQ476" s="62"/>
       <c r="AR476" s="62"/>
     </row>
     <row r="477" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A477" s="62"/>
-      <c r="B477" s="62"/>
       <c r="C477" s="62"/>
       <c r="D477" s="62"/>
       <c r="E477" s="62"/>
       <c r="F477" s="62"/>
       <c r="G477" s="62"/>
       <c r="H477" s="62"/>
       <c r="I477" s="62"/>
       <c r="J477" s="62"/>
       <c r="K477" s="62"/>
       <c r="L477" s="62"/>
       <c r="M477" s="62"/>
       <c r="N477" s="62"/>
       <c r="O477" s="62"/>
       <c r="P477" s="62"/>
       <c r="Q477" s="62"/>
       <c r="R477" s="62"/>
       <c r="S477" s="62"/>
       <c r="T477" s="62"/>
       <c r="U477" s="62"/>
       <c r="V477" s="62"/>
       <c r="W477" s="62"/>
       <c r="X477" s="62"/>
       <c r="Y477" s="62"/>
       <c r="Z477" s="62"/>
       <c r="AA477" s="62"/>
       <c r="AB477" s="62"/>
       <c r="AC477" s="62"/>
       <c r="AD477" s="62"/>
       <c r="AE477" s="62"/>
       <c r="AF477" s="62"/>
       <c r="AG477" s="62"/>
       <c r="AH477" s="62"/>
       <c r="AI477" s="62"/>
       <c r="AJ477" s="62"/>
       <c r="AK477" s="62"/>
       <c r="AL477" s="62"/>
       <c r="AM477" s="62"/>
       <c r="AN477" s="62"/>
       <c r="AO477" s="62"/>
       <c r="AP477" s="62"/>
       <c r="AQ477" s="62"/>
       <c r="AR477" s="62"/>
     </row>
     <row r="478" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A478" s="62"/>
-      <c r="B478" s="62"/>
       <c r="C478" s="62"/>
       <c r="D478" s="62"/>
       <c r="E478" s="62"/>
       <c r="F478" s="62"/>
       <c r="G478" s="62"/>
       <c r="H478" s="62"/>
       <c r="I478" s="62"/>
       <c r="J478" s="62"/>
       <c r="K478" s="62"/>
       <c r="L478" s="62"/>
       <c r="M478" s="62"/>
       <c r="N478" s="62"/>
       <c r="O478" s="62"/>
       <c r="P478" s="62"/>
       <c r="Q478" s="62"/>
       <c r="R478" s="62"/>
       <c r="S478" s="62"/>
       <c r="T478" s="62"/>
       <c r="U478" s="62"/>
       <c r="V478" s="62"/>
       <c r="W478" s="62"/>
       <c r="X478" s="62"/>
       <c r="Y478" s="62"/>
       <c r="Z478" s="62"/>
       <c r="AA478" s="62"/>
       <c r="AB478" s="62"/>
       <c r="AC478" s="62"/>
       <c r="AD478" s="62"/>
       <c r="AE478" s="62"/>
       <c r="AF478" s="62"/>
       <c r="AG478" s="62"/>
       <c r="AH478" s="62"/>
       <c r="AI478" s="62"/>
       <c r="AJ478" s="62"/>
       <c r="AK478" s="62"/>
       <c r="AL478" s="62"/>
       <c r="AM478" s="62"/>
       <c r="AN478" s="62"/>
       <c r="AO478" s="62"/>
       <c r="AP478" s="62"/>
       <c r="AQ478" s="62"/>
       <c r="AR478" s="62"/>
     </row>
     <row r="479" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A479" s="62"/>
-      <c r="B479" s="62"/>
       <c r="C479" s="62"/>
       <c r="D479" s="62"/>
       <c r="E479" s="62"/>
       <c r="F479" s="62"/>
       <c r="G479" s="62"/>
       <c r="H479" s="62"/>
       <c r="I479" s="62"/>
       <c r="J479" s="62"/>
       <c r="K479" s="62"/>
       <c r="L479" s="62"/>
       <c r="M479" s="62"/>
       <c r="N479" s="62"/>
       <c r="O479" s="62"/>
       <c r="P479" s="62"/>
       <c r="Q479" s="62"/>
       <c r="R479" s="62"/>
       <c r="S479" s="62"/>
       <c r="T479" s="62"/>
       <c r="U479" s="62"/>
       <c r="V479" s="62"/>
       <c r="W479" s="62"/>
       <c r="X479" s="62"/>
       <c r="Y479" s="62"/>
       <c r="Z479" s="62"/>
       <c r="AA479" s="62"/>
@@ -31442,80 +31457,232 @@
       <c r="V491" s="62"/>
       <c r="W491" s="62"/>
       <c r="X491" s="62"/>
       <c r="Y491" s="62"/>
       <c r="Z491" s="62"/>
       <c r="AA491" s="62"/>
       <c r="AB491" s="62"/>
       <c r="AC491" s="62"/>
       <c r="AD491" s="62"/>
       <c r="AE491" s="62"/>
       <c r="AF491" s="62"/>
       <c r="AG491" s="62"/>
       <c r="AH491" s="62"/>
       <c r="AI491" s="62"/>
       <c r="AJ491" s="62"/>
       <c r="AK491" s="62"/>
       <c r="AL491" s="62"/>
       <c r="AM491" s="62"/>
       <c r="AN491" s="62"/>
       <c r="AO491" s="62"/>
       <c r="AP491" s="62"/>
       <c r="AQ491" s="62"/>
       <c r="AR491" s="62"/>
     </row>
     <row r="492" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H492" s="2"/>
-[...4 lines deleted...]
-      <c r="U492" s="2"/>
+      <c r="A492" s="62"/>
+      <c r="B492" s="62"/>
+      <c r="C492" s="62"/>
+      <c r="D492" s="62"/>
+      <c r="E492" s="62"/>
+      <c r="F492" s="62"/>
+      <c r="G492" s="62"/>
+      <c r="H492" s="62"/>
+      <c r="I492" s="62"/>
+      <c r="J492" s="62"/>
+      <c r="K492" s="62"/>
+      <c r="L492" s="62"/>
+      <c r="M492" s="62"/>
+      <c r="N492" s="62"/>
+      <c r="O492" s="62"/>
+      <c r="P492" s="62"/>
+      <c r="Q492" s="62"/>
+      <c r="R492" s="62"/>
+      <c r="S492" s="62"/>
+      <c r="T492" s="62"/>
+      <c r="U492" s="62"/>
+      <c r="V492" s="62"/>
+      <c r="W492" s="62"/>
+      <c r="X492" s="62"/>
+      <c r="Y492" s="62"/>
+      <c r="Z492" s="62"/>
+      <c r="AA492" s="62"/>
+      <c r="AB492" s="62"/>
+      <c r="AC492" s="62"/>
+      <c r="AD492" s="62"/>
+      <c r="AE492" s="62"/>
+      <c r="AF492" s="62"/>
+      <c r="AG492" s="62"/>
+      <c r="AH492" s="62"/>
+      <c r="AI492" s="62"/>
+      <c r="AJ492" s="62"/>
+      <c r="AK492" s="62"/>
+      <c r="AL492" s="62"/>
+      <c r="AM492" s="62"/>
+      <c r="AN492" s="62"/>
+      <c r="AO492" s="62"/>
+      <c r="AP492" s="62"/>
+      <c r="AQ492" s="62"/>
+      <c r="AR492" s="62"/>
     </row>
     <row r="493" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H493" s="2"/>
-[...4 lines deleted...]
-      <c r="U493" s="2"/>
+      <c r="A493" s="62"/>
+      <c r="B493" s="62"/>
+      <c r="C493" s="62"/>
+      <c r="D493" s="62"/>
+      <c r="E493" s="62"/>
+      <c r="F493" s="62"/>
+      <c r="G493" s="62"/>
+      <c r="H493" s="62"/>
+      <c r="I493" s="62"/>
+      <c r="J493" s="62"/>
+      <c r="K493" s="62"/>
+      <c r="L493" s="62"/>
+      <c r="M493" s="62"/>
+      <c r="N493" s="62"/>
+      <c r="O493" s="62"/>
+      <c r="P493" s="62"/>
+      <c r="Q493" s="62"/>
+      <c r="R493" s="62"/>
+      <c r="S493" s="62"/>
+      <c r="T493" s="62"/>
+      <c r="U493" s="62"/>
+      <c r="V493" s="62"/>
+      <c r="W493" s="62"/>
+      <c r="X493" s="62"/>
+      <c r="Y493" s="62"/>
+      <c r="Z493" s="62"/>
+      <c r="AA493" s="62"/>
+      <c r="AB493" s="62"/>
+      <c r="AC493" s="62"/>
+      <c r="AD493" s="62"/>
+      <c r="AE493" s="62"/>
+      <c r="AF493" s="62"/>
+      <c r="AG493" s="62"/>
+      <c r="AH493" s="62"/>
+      <c r="AI493" s="62"/>
+      <c r="AJ493" s="62"/>
+      <c r="AK493" s="62"/>
+      <c r="AL493" s="62"/>
+      <c r="AM493" s="62"/>
+      <c r="AN493" s="62"/>
+      <c r="AO493" s="62"/>
+      <c r="AP493" s="62"/>
+      <c r="AQ493" s="62"/>
+      <c r="AR493" s="62"/>
     </row>
     <row r="494" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H494" s="2"/>
-[...4 lines deleted...]
-      <c r="U494" s="2"/>
+      <c r="A494" s="62"/>
+      <c r="B494" s="62"/>
+      <c r="C494" s="62"/>
+      <c r="D494" s="62"/>
+      <c r="E494" s="62"/>
+      <c r="F494" s="62"/>
+      <c r="G494" s="62"/>
+      <c r="H494" s="62"/>
+      <c r="I494" s="62"/>
+      <c r="J494" s="62"/>
+      <c r="K494" s="62"/>
+      <c r="L494" s="62"/>
+      <c r="M494" s="62"/>
+      <c r="N494" s="62"/>
+      <c r="O494" s="62"/>
+      <c r="P494" s="62"/>
+      <c r="Q494" s="62"/>
+      <c r="R494" s="62"/>
+      <c r="S494" s="62"/>
+      <c r="T494" s="62"/>
+      <c r="U494" s="62"/>
+      <c r="V494" s="62"/>
+      <c r="W494" s="62"/>
+      <c r="X494" s="62"/>
+      <c r="Y494" s="62"/>
+      <c r="Z494" s="62"/>
+      <c r="AA494" s="62"/>
+      <c r="AB494" s="62"/>
+      <c r="AC494" s="62"/>
+      <c r="AD494" s="62"/>
+      <c r="AE494" s="62"/>
+      <c r="AF494" s="62"/>
+      <c r="AG494" s="62"/>
+      <c r="AH494" s="62"/>
+      <c r="AI494" s="62"/>
+      <c r="AJ494" s="62"/>
+      <c r="AK494" s="62"/>
+      <c r="AL494" s="62"/>
+      <c r="AM494" s="62"/>
+      <c r="AN494" s="62"/>
+      <c r="AO494" s="62"/>
+      <c r="AP494" s="62"/>
+      <c r="AQ494" s="62"/>
+      <c r="AR494" s="62"/>
     </row>
     <row r="495" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="H495" s="2"/>
-[...4 lines deleted...]
-      <c r="U495" s="2"/>
+      <c r="A495" s="62"/>
+      <c r="B495" s="62"/>
+      <c r="C495" s="62"/>
+      <c r="D495" s="62"/>
+      <c r="E495" s="62"/>
+      <c r="F495" s="62"/>
+      <c r="G495" s="62"/>
+      <c r="H495" s="62"/>
+      <c r="I495" s="62"/>
+      <c r="J495" s="62"/>
+      <c r="K495" s="62"/>
+      <c r="L495" s="62"/>
+      <c r="M495" s="62"/>
+      <c r="N495" s="62"/>
+      <c r="O495" s="62"/>
+      <c r="P495" s="62"/>
+      <c r="Q495" s="62"/>
+      <c r="R495" s="62"/>
+      <c r="S495" s="62"/>
+      <c r="T495" s="62"/>
+      <c r="U495" s="62"/>
+      <c r="V495" s="62"/>
+      <c r="W495" s="62"/>
+      <c r="X495" s="62"/>
+      <c r="Y495" s="62"/>
+      <c r="Z495" s="62"/>
+      <c r="AA495" s="62"/>
+      <c r="AB495" s="62"/>
+      <c r="AC495" s="62"/>
+      <c r="AD495" s="62"/>
+      <c r="AE495" s="62"/>
+      <c r="AF495" s="62"/>
+      <c r="AG495" s="62"/>
+      <c r="AH495" s="62"/>
+      <c r="AI495" s="62"/>
+      <c r="AJ495" s="62"/>
+      <c r="AK495" s="62"/>
+      <c r="AL495" s="62"/>
+      <c r="AM495" s="62"/>
+      <c r="AN495" s="62"/>
+      <c r="AO495" s="62"/>
+      <c r="AP495" s="62"/>
+      <c r="AQ495" s="62"/>
+      <c r="AR495" s="62"/>
     </row>
     <row r="496" spans="1:44" x14ac:dyDescent="0.2">
       <c r="H496" s="2"/>
       <c r="I496" s="2"/>
       <c r="J496" s="2"/>
       <c r="S496" s="2"/>
       <c r="T496" s="2"/>
       <c r="U496" s="2"/>
     </row>
     <row r="497" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="498" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="499" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="500" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="501" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="502" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="503" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="504" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="505" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="506" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="507" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="508" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="509" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="510" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="511" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="512" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
@@ -32100,65 +32267,69 @@
     <row r="1091" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1092" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1093" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1094" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1095" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1096" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1097" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1098" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1099" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1100" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1101" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1102" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1103" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1104" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1105" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1106" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1107" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1108" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1109" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1110" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1111" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1112" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1113" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1114" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="1115" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1116" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1117" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1118" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="1119" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="hTCUWUNCHbUTb+eQEYxg72GHXhUd5sGpya4Xvqm8bWf5Bs6qWlpdCgCb+pfyehRN7ZLJUIInph50bjwkVNITag==" saltValue="mF35EM9Ow7A1+4ba2LZAHw==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="9YGAEQt3RuylDKe/6sPRJkQlaJWg6HjhQWrjglgUafKSC0OfaijKERB5wMI+GzYkJUEhqepzLUIzMsjWTFtKww==" saltValue="MDmFC1YR0/0K/YJYRvAFiA==" spinCount="100000" sheet="1" formatRows="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="tnG9kBV98ZsglmLXeZb9r75oS/pt+h/a0VlxaBAUdWTgcYkqUv+ZR/BIaqD/9EEFTM6Wx3uskL8wShLLikrz9Q==" saltValue="o4m6VpQKfNPqA8Z1RPQmYw==" spinCount="100000" sqref="N401:W415" name="Bereik12"/>
     <protectedRange algorithmName="SHA-512" hashValue="Xqyx8Vb6EhgX7K7QB0ERzSkVp16ShaqssAh/oy43CYwt3bwpmmXvds7FEx/TiADh8FwL4Ye/1EWOWvQW8wRYpQ==" saltValue="f+61GbXIK4j8FWQgczh0jA==" spinCount="100000" sqref="A303:W314" name="Bereik8"/>
     <protectedRange algorithmName="SHA-512" hashValue="rLNJYO6AhsgaG++9+I+iPHVelJbZeHF2KhjfYwTeuqBEUJFTA0ECxunWEEITDw2CRJqh6j1aiVdXNUemGQB8+g==" saltValue="U+xtZuNDHI8fpE+bqwVh2g==" spinCount="100000" sqref="A22:U22 A23:D235 F23:H235 J23:U235 I23:I234 E23:E277" name="Bereik4"/>
     <protectedRange algorithmName="SHA-512" hashValue="kcSyvrX8S096eF+R519oG+IwmmqPTJwsBZHN3lpzHdKGhwaLOYJLXO1mmlg99wWOWYQLHgTfIHrfrracNi2IxA==" saltValue="nfYj0iTxJDUp5NEOcS6I5g==" spinCount="100000" sqref="E11:F13" name="Bereik2"/>
     <protectedRange algorithmName="SHA-512" hashValue="tGPDRSn6RdlypkSgUzrLKqGOjaUUUuTrkr7cHK2dPk0Ok1I0vzaYr5YCscSH8IJzakhxJ3QXaPqZSkSSgtsOCw==" saltValue="451UV9vIlhbHWNrWV7eFDg==" spinCount="100000" sqref="C4:W8" name="Bereik1"/>
     <protectedRange algorithmName="SHA-512" hashValue="kzENZiAFIuXx2OPiWLwlOQTYX6VWCudIP8JUtm9CNyse0X1tri9cuUSFExHiZBT94lIGEMKfft72fiWeXsvMlw==" saltValue="FW/LrjSUvsQaXTsQXsCICw==" spinCount="100000" sqref="F17:M17" name="Bereik3"/>
     <protectedRange sqref="F299" name="Bereik7"/>
     <protectedRange algorithmName="SHA-512" hashValue="r6sxz7ouL8TdnSi08fMLZIY4gmuUBJrQKrRlRVFfnVqapzFz1Wx0laK6yvA4kDVvNsXwjknUbIlsLePy6oPgZw==" saltValue="i7E0k5t3fGQZGQu9qUrhqQ==" spinCount="100000" sqref="A317:G396" name="Bereik9"/>
     <protectedRange algorithmName="SHA-512" hashValue="Yt7ODuNo3texVU6aqI61kCNF6s/E/XSqfLm0hkYadRS2HBrnHENPbzELPzIwFrmXVYgHCGn9E8zrkRqvVGl9mA==" saltValue="aBhPoX/xGbqcASvtP2bZhQ==" spinCount="100000" sqref="A402:F414" name="Bereik11"/>
-    <protectedRange sqref="A435:XFD463" name="Bereik10"/>
+    <protectedRange sqref="C463:XFD466 A463:B466 A435:B449 C435:XFD449 A450:XFD462" name="Bereik10"/>
   </protectedRanges>
-  <mergeCells count="400">
+  <mergeCells count="401">
     <mergeCell ref="A437:F437"/>
     <mergeCell ref="A413:B413"/>
     <mergeCell ref="A414:B414"/>
     <mergeCell ref="C415:D415"/>
     <mergeCell ref="A416:W416"/>
     <mergeCell ref="A419:W419"/>
     <mergeCell ref="A432:W432"/>
     <mergeCell ref="A398:W398"/>
     <mergeCell ref="A407:B407"/>
     <mergeCell ref="A408:B408"/>
     <mergeCell ref="A409:B409"/>
     <mergeCell ref="A410:B410"/>
     <mergeCell ref="A411:B411"/>
     <mergeCell ref="A412:B412"/>
     <mergeCell ref="A400:G400"/>
     <mergeCell ref="N400:W400"/>
     <mergeCell ref="A401:B401"/>
     <mergeCell ref="N401:W415"/>
     <mergeCell ref="A402:B402"/>
     <mergeCell ref="A403:B403"/>
     <mergeCell ref="A404:B404"/>
     <mergeCell ref="A405:B405"/>
     <mergeCell ref="A406:B406"/>
     <mergeCell ref="C392:D392"/>
     <mergeCell ref="C393:D393"/>
@@ -32466,1278 +32637,1259 @@
     <mergeCell ref="A74:D74"/>
     <mergeCell ref="A63:D63"/>
     <mergeCell ref="A64:D64"/>
     <mergeCell ref="A65:D65"/>
     <mergeCell ref="A66:D66"/>
     <mergeCell ref="A67:D67"/>
     <mergeCell ref="A68:D68"/>
     <mergeCell ref="A57:D57"/>
     <mergeCell ref="A58:D58"/>
     <mergeCell ref="A59:D59"/>
     <mergeCell ref="A60:D60"/>
     <mergeCell ref="A61:D61"/>
     <mergeCell ref="A62:D62"/>
     <mergeCell ref="A51:D51"/>
     <mergeCell ref="A52:D52"/>
     <mergeCell ref="A53:D53"/>
     <mergeCell ref="A54:D54"/>
     <mergeCell ref="A55:D55"/>
     <mergeCell ref="A56:D56"/>
     <mergeCell ref="A45:D45"/>
     <mergeCell ref="A46:D46"/>
     <mergeCell ref="A47:D47"/>
     <mergeCell ref="A48:D48"/>
     <mergeCell ref="A49:D49"/>
     <mergeCell ref="A50:D50"/>
-    <mergeCell ref="A40:D40"/>
     <mergeCell ref="A41:D41"/>
     <mergeCell ref="A42:D42"/>
     <mergeCell ref="A43:D43"/>
     <mergeCell ref="A44:D44"/>
     <mergeCell ref="A35:D35"/>
     <mergeCell ref="A36:D36"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A3:W3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C4:W4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:W5"/>
     <mergeCell ref="A15:W15"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A10:W10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:W13"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="E13:F13"/>
+    <mergeCell ref="B464:W464"/>
     <mergeCell ref="A34:D34"/>
     <mergeCell ref="A33:D33"/>
     <mergeCell ref="A32:D32"/>
     <mergeCell ref="A31:D31"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="C6:W6"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:W7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:W8"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="F20:M20"/>
     <mergeCell ref="N20:V20"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A23:D23"/>
     <mergeCell ref="A24:D24"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A26:D26"/>
+    <mergeCell ref="A40:D40"/>
   </mergeCells>
   <conditionalFormatting sqref="F299">
     <cfRule type="cellIs" dxfId="7" priority="2" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="6" priority="4">
       <formula>$F$299&gt;$E$299</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:M16">
     <cfRule type="expression" dxfId="5" priority="5">
       <formula>F$17&lt;&gt;1596</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F22:M234 F235:H236 J235:M236 F237:M277">
     <cfRule type="expression" dxfId="4" priority="6">
       <formula>OR(ISBLANK(F$17),$E22="o")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G415">
     <cfRule type="expression" dxfId="3" priority="3">
       <formula>"&lt;0,1*$M$183"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I235">
     <cfRule type="expression" dxfId="2" priority="8">
       <formula>OR(ISBLANK(I$17),$E236="o")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N22:U277">
     <cfRule type="expression" dxfId="1" priority="7" stopIfTrue="1">
       <formula>OR($E22="f",$E22="?")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V278">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$V$278&gt;$E$13</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="12">
-    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="F983256:R983306 F917720:R917770 F852184:R852234 F786648:R786698 F721112:R721162 F655576:R655626 F590040:R590090 F524504:R524554 F458968:R459018 F393432:R393482 F327896:R327946 F262360:R262410 F196824:R196874 F131288:R131338 F65752:R65802 IM22:IR267 WUY22:WVD267 WLC22:WLH267 WBG22:WBL267 VRK22:VRP267 VHO22:VHT267 UXS22:UXX267 UNW22:UOB267 UEA22:UEF267 TUE22:TUJ267 TKI22:TKN267 TAM22:TAR267 SQQ22:SQV267 SGU22:SGZ267 RWY22:RXD267 RNC22:RNH267 RDG22:RDL267 QTK22:QTP267 QJO22:QJT267 PZS22:PZX267 PPW22:PQB267 PGA22:PGF267 OWE22:OWJ267 OMI22:OMN267 OCM22:OCR267 NSQ22:NSV267 NIU22:NIZ267 MYY22:MZD267 MPC22:MPH267 MFG22:MFL267 LVK22:LVP267 LLO22:LLT267 LBS22:LBX267 KRW22:KSB267 KIA22:KIF267 JYE22:JYJ267 JOI22:JON267 JEM22:JER267 IUQ22:IUV267 IKU22:IKZ267 IAY22:IBD267 HRC22:HRH267 HHG22:HHL267 GXK22:GXP267 GNO22:GNT267 GDS22:GDX267 FTW22:FUB267 FKA22:FKF267 FAE22:FAJ267 EQI22:EQN267 EGM22:EGR267 DWQ22:DWV267 DMU22:DMZ267 DCY22:DDD267 CTC22:CTH267 CJG22:CJL267 BZK22:BZP267 BPO22:BPT267 BFS22:BFX267 AVW22:AWB267 AMA22:AMF267 ACE22:ACJ267 SI22:SN267" xr:uid="{308478A2-D2F0-4D1B-A5FE-3EEB104BC20F}">
+    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="F983260:R983310 F917724:R917774 F852188:R852238 F786652:R786702 F721116:R721166 F655580:R655630 F590044:R590094 F524508:R524558 F458972:R459022 F393436:R393486 F327900:R327950 F262364:R262414 F196828:R196878 F131292:R131342 F65756:R65806 IM22:IR267 WUY22:WVD267 WLC22:WLH267 WBG22:WBL267 VRK22:VRP267 VHO22:VHT267 UXS22:UXX267 UNW22:UOB267 UEA22:UEF267 TUE22:TUJ267 TKI22:TKN267 TAM22:TAR267 SQQ22:SQV267 SGU22:SGZ267 RWY22:RXD267 RNC22:RNH267 RDG22:RDL267 QTK22:QTP267 QJO22:QJT267 PZS22:PZX267 PPW22:PQB267 PGA22:PGF267 OWE22:OWJ267 OMI22:OMN267 OCM22:OCR267 NSQ22:NSV267 NIU22:NIZ267 MYY22:MZD267 MPC22:MPH267 MFG22:MFL267 LVK22:LVP267 LLO22:LLT267 LBS22:LBX267 KRW22:KSB267 KIA22:KIF267 JYE22:JYJ267 JOI22:JON267 JEM22:JER267 IUQ22:IUV267 IKU22:IKZ267 IAY22:IBD267 HRC22:HRH267 HHG22:HHL267 GXK22:GXP267 GNO22:GNT267 GDS22:GDX267 FTW22:FUB267 FKA22:FKF267 FAE22:FAJ267 EQI22:EQN267 EGM22:EGR267 DWQ22:DWV267 DMU22:DMZ267 DCY22:DDD267 CTC22:CTH267 CJG22:CJL267 BZK22:BZP267 BPO22:BPT267 BFS22:BFX267 AVW22:AWB267 AMA22:AMF267 ACE22:ACJ267 SI22:SN267" xr:uid="{308478A2-D2F0-4D1B-A5FE-3EEB104BC20F}">
       <formula1>IF($E22="o",F22="",IF($E22="",F22="",F22&gt;0))</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Grote kost" prompt="Gelieve hiernaast het toelichtingsveld te lezen alvorens deze rubriek in te vullen." sqref="G65875 IW65897 SS65897 ACO65897 AMK65897 AWG65897 BGC65897 BPY65897 BZU65897 CJQ65897 CTM65897 DDI65897 DNE65897 DXA65897 EGW65897 EQS65897 FAO65897 FKK65897 FUG65897 GEC65897 GNY65897 GXU65897 HHQ65897 HRM65897 IBI65897 ILE65897 IVA65897 JEW65897 JOS65897 JYO65897 KIK65897 KSG65897 LCC65897 LLY65897 LVU65897 MFQ65897 MPM65897 MZI65897 NJE65897 NTA65897 OCW65897 OMS65897 OWO65897 PGK65897 PQG65897 QAC65897 QJY65897 QTU65897 RDQ65897 RNM65897 RXI65897 SHE65897 SRA65897 TAW65897 TKS65897 TUO65897 UEK65897 UOG65897 UYC65897 VHY65897 VRU65897 WBQ65897 WLM65897 WVI65897 G131411 IW131433 SS131433 ACO131433 AMK131433 AWG131433 BGC131433 BPY131433 BZU131433 CJQ131433 CTM131433 DDI131433 DNE131433 DXA131433 EGW131433 EQS131433 FAO131433 FKK131433 FUG131433 GEC131433 GNY131433 GXU131433 HHQ131433 HRM131433 IBI131433 ILE131433 IVA131433 JEW131433 JOS131433 JYO131433 KIK131433 KSG131433 LCC131433 LLY131433 LVU131433 MFQ131433 MPM131433 MZI131433 NJE131433 NTA131433 OCW131433 OMS131433 OWO131433 PGK131433 PQG131433 QAC131433 QJY131433 QTU131433 RDQ131433 RNM131433 RXI131433 SHE131433 SRA131433 TAW131433 TKS131433 TUO131433 UEK131433 UOG131433 UYC131433 VHY131433 VRU131433 WBQ131433 WLM131433 WVI131433 G196947 IW196969 SS196969 ACO196969 AMK196969 AWG196969 BGC196969 BPY196969 BZU196969 CJQ196969 CTM196969 DDI196969 DNE196969 DXA196969 EGW196969 EQS196969 FAO196969 FKK196969 FUG196969 GEC196969 GNY196969 GXU196969 HHQ196969 HRM196969 IBI196969 ILE196969 IVA196969 JEW196969 JOS196969 JYO196969 KIK196969 KSG196969 LCC196969 LLY196969 LVU196969 MFQ196969 MPM196969 MZI196969 NJE196969 NTA196969 OCW196969 OMS196969 OWO196969 PGK196969 PQG196969 QAC196969 QJY196969 QTU196969 RDQ196969 RNM196969 RXI196969 SHE196969 SRA196969 TAW196969 TKS196969 TUO196969 UEK196969 UOG196969 UYC196969 VHY196969 VRU196969 WBQ196969 WLM196969 WVI196969 G262483 IW262505 SS262505 ACO262505 AMK262505 AWG262505 BGC262505 BPY262505 BZU262505 CJQ262505 CTM262505 DDI262505 DNE262505 DXA262505 EGW262505 EQS262505 FAO262505 FKK262505 FUG262505 GEC262505 GNY262505 GXU262505 HHQ262505 HRM262505 IBI262505 ILE262505 IVA262505 JEW262505 JOS262505 JYO262505 KIK262505 KSG262505 LCC262505 LLY262505 LVU262505 MFQ262505 MPM262505 MZI262505 NJE262505 NTA262505 OCW262505 OMS262505 OWO262505 PGK262505 PQG262505 QAC262505 QJY262505 QTU262505 RDQ262505 RNM262505 RXI262505 SHE262505 SRA262505 TAW262505 TKS262505 TUO262505 UEK262505 UOG262505 UYC262505 VHY262505 VRU262505 WBQ262505 WLM262505 WVI262505 G328019 IW328041 SS328041 ACO328041 AMK328041 AWG328041 BGC328041 BPY328041 BZU328041 CJQ328041 CTM328041 DDI328041 DNE328041 DXA328041 EGW328041 EQS328041 FAO328041 FKK328041 FUG328041 GEC328041 GNY328041 GXU328041 HHQ328041 HRM328041 IBI328041 ILE328041 IVA328041 JEW328041 JOS328041 JYO328041 KIK328041 KSG328041 LCC328041 LLY328041 LVU328041 MFQ328041 MPM328041 MZI328041 NJE328041 NTA328041 OCW328041 OMS328041 OWO328041 PGK328041 PQG328041 QAC328041 QJY328041 QTU328041 RDQ328041 RNM328041 RXI328041 SHE328041 SRA328041 TAW328041 TKS328041 TUO328041 UEK328041 UOG328041 UYC328041 VHY328041 VRU328041 WBQ328041 WLM328041 WVI328041 G393555 IW393577 SS393577 ACO393577 AMK393577 AWG393577 BGC393577 BPY393577 BZU393577 CJQ393577 CTM393577 DDI393577 DNE393577 DXA393577 EGW393577 EQS393577 FAO393577 FKK393577 FUG393577 GEC393577 GNY393577 GXU393577 HHQ393577 HRM393577 IBI393577 ILE393577 IVA393577 JEW393577 JOS393577 JYO393577 KIK393577 KSG393577 LCC393577 LLY393577 LVU393577 MFQ393577 MPM393577 MZI393577 NJE393577 NTA393577 OCW393577 OMS393577 OWO393577 PGK393577 PQG393577 QAC393577 QJY393577 QTU393577 RDQ393577 RNM393577 RXI393577 SHE393577 SRA393577 TAW393577 TKS393577 TUO393577 UEK393577 UOG393577 UYC393577 VHY393577 VRU393577 WBQ393577 WLM393577 WVI393577 G459091 IW459113 SS459113 ACO459113 AMK459113 AWG459113 BGC459113 BPY459113 BZU459113 CJQ459113 CTM459113 DDI459113 DNE459113 DXA459113 EGW459113 EQS459113 FAO459113 FKK459113 FUG459113 GEC459113 GNY459113 GXU459113 HHQ459113 HRM459113 IBI459113 ILE459113 IVA459113 JEW459113 JOS459113 JYO459113 KIK459113 KSG459113 LCC459113 LLY459113 LVU459113 MFQ459113 MPM459113 MZI459113 NJE459113 NTA459113 OCW459113 OMS459113 OWO459113 PGK459113 PQG459113 QAC459113 QJY459113 QTU459113 RDQ459113 RNM459113 RXI459113 SHE459113 SRA459113 TAW459113 TKS459113 TUO459113 UEK459113 UOG459113 UYC459113 VHY459113 VRU459113 WBQ459113 WLM459113 WVI459113 G524627 IW524649 SS524649 ACO524649 AMK524649 AWG524649 BGC524649 BPY524649 BZU524649 CJQ524649 CTM524649 DDI524649 DNE524649 DXA524649 EGW524649 EQS524649 FAO524649 FKK524649 FUG524649 GEC524649 GNY524649 GXU524649 HHQ524649 HRM524649 IBI524649 ILE524649 IVA524649 JEW524649 JOS524649 JYO524649 KIK524649 KSG524649 LCC524649 LLY524649 LVU524649 MFQ524649 MPM524649 MZI524649 NJE524649 NTA524649 OCW524649 OMS524649 OWO524649 PGK524649 PQG524649 QAC524649 QJY524649 QTU524649 RDQ524649 RNM524649 RXI524649 SHE524649 SRA524649 TAW524649 TKS524649 TUO524649 UEK524649 UOG524649 UYC524649 VHY524649 VRU524649 WBQ524649 WLM524649 WVI524649 G590163 IW590185 SS590185 ACO590185 AMK590185 AWG590185 BGC590185 BPY590185 BZU590185 CJQ590185 CTM590185 DDI590185 DNE590185 DXA590185 EGW590185 EQS590185 FAO590185 FKK590185 FUG590185 GEC590185 GNY590185 GXU590185 HHQ590185 HRM590185 IBI590185 ILE590185 IVA590185 JEW590185 JOS590185 JYO590185 KIK590185 KSG590185 LCC590185 LLY590185 LVU590185 MFQ590185 MPM590185 MZI590185 NJE590185 NTA590185 OCW590185 OMS590185 OWO590185 PGK590185 PQG590185 QAC590185 QJY590185 QTU590185 RDQ590185 RNM590185 RXI590185 SHE590185 SRA590185 TAW590185 TKS590185 TUO590185 UEK590185 UOG590185 UYC590185 VHY590185 VRU590185 WBQ590185 WLM590185 WVI590185 G655699 IW655721 SS655721 ACO655721 AMK655721 AWG655721 BGC655721 BPY655721 BZU655721 CJQ655721 CTM655721 DDI655721 DNE655721 DXA655721 EGW655721 EQS655721 FAO655721 FKK655721 FUG655721 GEC655721 GNY655721 GXU655721 HHQ655721 HRM655721 IBI655721 ILE655721 IVA655721 JEW655721 JOS655721 JYO655721 KIK655721 KSG655721 LCC655721 LLY655721 LVU655721 MFQ655721 MPM655721 MZI655721 NJE655721 NTA655721 OCW655721 OMS655721 OWO655721 PGK655721 PQG655721 QAC655721 QJY655721 QTU655721 RDQ655721 RNM655721 RXI655721 SHE655721 SRA655721 TAW655721 TKS655721 TUO655721 UEK655721 UOG655721 UYC655721 VHY655721 VRU655721 WBQ655721 WLM655721 WVI655721 G721235 IW721257 SS721257 ACO721257 AMK721257 AWG721257 BGC721257 BPY721257 BZU721257 CJQ721257 CTM721257 DDI721257 DNE721257 DXA721257 EGW721257 EQS721257 FAO721257 FKK721257 FUG721257 GEC721257 GNY721257 GXU721257 HHQ721257 HRM721257 IBI721257 ILE721257 IVA721257 JEW721257 JOS721257 JYO721257 KIK721257 KSG721257 LCC721257 LLY721257 LVU721257 MFQ721257 MPM721257 MZI721257 NJE721257 NTA721257 OCW721257 OMS721257 OWO721257 PGK721257 PQG721257 QAC721257 QJY721257 QTU721257 RDQ721257 RNM721257 RXI721257 SHE721257 SRA721257 TAW721257 TKS721257 TUO721257 UEK721257 UOG721257 UYC721257 VHY721257 VRU721257 WBQ721257 WLM721257 WVI721257 G786771 IW786793 SS786793 ACO786793 AMK786793 AWG786793 BGC786793 BPY786793 BZU786793 CJQ786793 CTM786793 DDI786793 DNE786793 DXA786793 EGW786793 EQS786793 FAO786793 FKK786793 FUG786793 GEC786793 GNY786793 GXU786793 HHQ786793 HRM786793 IBI786793 ILE786793 IVA786793 JEW786793 JOS786793 JYO786793 KIK786793 KSG786793 LCC786793 LLY786793 LVU786793 MFQ786793 MPM786793 MZI786793 NJE786793 NTA786793 OCW786793 OMS786793 OWO786793 PGK786793 PQG786793 QAC786793 QJY786793 QTU786793 RDQ786793 RNM786793 RXI786793 SHE786793 SRA786793 TAW786793 TKS786793 TUO786793 UEK786793 UOG786793 UYC786793 VHY786793 VRU786793 WBQ786793 WLM786793 WVI786793 G852307 IW852329 SS852329 ACO852329 AMK852329 AWG852329 BGC852329 BPY852329 BZU852329 CJQ852329 CTM852329 DDI852329 DNE852329 DXA852329 EGW852329 EQS852329 FAO852329 FKK852329 FUG852329 GEC852329 GNY852329 GXU852329 HHQ852329 HRM852329 IBI852329 ILE852329 IVA852329 JEW852329 JOS852329 JYO852329 KIK852329 KSG852329 LCC852329 LLY852329 LVU852329 MFQ852329 MPM852329 MZI852329 NJE852329 NTA852329 OCW852329 OMS852329 OWO852329 PGK852329 PQG852329 QAC852329 QJY852329 QTU852329 RDQ852329 RNM852329 RXI852329 SHE852329 SRA852329 TAW852329 TKS852329 TUO852329 UEK852329 UOG852329 UYC852329 VHY852329 VRU852329 WBQ852329 WLM852329 WVI852329 G917843 IW917865 SS917865 ACO917865 AMK917865 AWG917865 BGC917865 BPY917865 BZU917865 CJQ917865 CTM917865 DDI917865 DNE917865 DXA917865 EGW917865 EQS917865 FAO917865 FKK917865 FUG917865 GEC917865 GNY917865 GXU917865 HHQ917865 HRM917865 IBI917865 ILE917865 IVA917865 JEW917865 JOS917865 JYO917865 KIK917865 KSG917865 LCC917865 LLY917865 LVU917865 MFQ917865 MPM917865 MZI917865 NJE917865 NTA917865 OCW917865 OMS917865 OWO917865 PGK917865 PQG917865 QAC917865 QJY917865 QTU917865 RDQ917865 RNM917865 RXI917865 SHE917865 SRA917865 TAW917865 TKS917865 TUO917865 UEK917865 UOG917865 UYC917865 VHY917865 VRU917865 WBQ917865 WLM917865 WVI917865 G983379 IW983401 SS983401 ACO983401 AMK983401 AWG983401 BGC983401 BPY983401 BZU983401 CJQ983401 CTM983401 DDI983401 DNE983401 DXA983401 EGW983401 EQS983401 FAO983401 FKK983401 FUG983401 GEC983401 GNY983401 GXU983401 HHQ983401 HRM983401 IBI983401 ILE983401 IVA983401 JEW983401 JOS983401 JYO983401 KIK983401 KSG983401 LCC983401 LLY983401 LVU983401 MFQ983401 MPM983401 MZI983401 NJE983401 NTA983401 OCW983401 OMS983401 OWO983401 PGK983401 PQG983401 QAC983401 QJY983401 QTU983401 RDQ983401 RNM983401 RXI983401 SHE983401 SRA983401 TAW983401 TKS983401 TUO983401 UEK983401 UOG983401 UYC983401 VHY983401 VRU983401 WBQ983401 WLM983401 WVI983401" xr:uid="{F7F65F49-7C67-4076-BB2A-6D08B7D0DE1B}"/>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan 20.000 EUR in te vullen" sqref="WVG983350 E65824 IU65846 SQ65846 ACM65846 AMI65846 AWE65846 BGA65846 BPW65846 BZS65846 CJO65846 CTK65846 DDG65846 DNC65846 DWY65846 EGU65846 EQQ65846 FAM65846 FKI65846 FUE65846 GEA65846 GNW65846 GXS65846 HHO65846 HRK65846 IBG65846 ILC65846 IUY65846 JEU65846 JOQ65846 JYM65846 KII65846 KSE65846 LCA65846 LLW65846 LVS65846 MFO65846 MPK65846 MZG65846 NJC65846 NSY65846 OCU65846 OMQ65846 OWM65846 PGI65846 PQE65846 QAA65846 QJW65846 QTS65846 RDO65846 RNK65846 RXG65846 SHC65846 SQY65846 TAU65846 TKQ65846 TUM65846 UEI65846 UOE65846 UYA65846 VHW65846 VRS65846 WBO65846 WLK65846 WVG65846 E131360 IU131382 SQ131382 ACM131382 AMI131382 AWE131382 BGA131382 BPW131382 BZS131382 CJO131382 CTK131382 DDG131382 DNC131382 DWY131382 EGU131382 EQQ131382 FAM131382 FKI131382 FUE131382 GEA131382 GNW131382 GXS131382 HHO131382 HRK131382 IBG131382 ILC131382 IUY131382 JEU131382 JOQ131382 JYM131382 KII131382 KSE131382 LCA131382 LLW131382 LVS131382 MFO131382 MPK131382 MZG131382 NJC131382 NSY131382 OCU131382 OMQ131382 OWM131382 PGI131382 PQE131382 QAA131382 QJW131382 QTS131382 RDO131382 RNK131382 RXG131382 SHC131382 SQY131382 TAU131382 TKQ131382 TUM131382 UEI131382 UOE131382 UYA131382 VHW131382 VRS131382 WBO131382 WLK131382 WVG131382 E196896 IU196918 SQ196918 ACM196918 AMI196918 AWE196918 BGA196918 BPW196918 BZS196918 CJO196918 CTK196918 DDG196918 DNC196918 DWY196918 EGU196918 EQQ196918 FAM196918 FKI196918 FUE196918 GEA196918 GNW196918 GXS196918 HHO196918 HRK196918 IBG196918 ILC196918 IUY196918 JEU196918 JOQ196918 JYM196918 KII196918 KSE196918 LCA196918 LLW196918 LVS196918 MFO196918 MPK196918 MZG196918 NJC196918 NSY196918 OCU196918 OMQ196918 OWM196918 PGI196918 PQE196918 QAA196918 QJW196918 QTS196918 RDO196918 RNK196918 RXG196918 SHC196918 SQY196918 TAU196918 TKQ196918 TUM196918 UEI196918 UOE196918 UYA196918 VHW196918 VRS196918 WBO196918 WLK196918 WVG196918 E262432 IU262454 SQ262454 ACM262454 AMI262454 AWE262454 BGA262454 BPW262454 BZS262454 CJO262454 CTK262454 DDG262454 DNC262454 DWY262454 EGU262454 EQQ262454 FAM262454 FKI262454 FUE262454 GEA262454 GNW262454 GXS262454 HHO262454 HRK262454 IBG262454 ILC262454 IUY262454 JEU262454 JOQ262454 JYM262454 KII262454 KSE262454 LCA262454 LLW262454 LVS262454 MFO262454 MPK262454 MZG262454 NJC262454 NSY262454 OCU262454 OMQ262454 OWM262454 PGI262454 PQE262454 QAA262454 QJW262454 QTS262454 RDO262454 RNK262454 RXG262454 SHC262454 SQY262454 TAU262454 TKQ262454 TUM262454 UEI262454 UOE262454 UYA262454 VHW262454 VRS262454 WBO262454 WLK262454 WVG262454 E327968 IU327990 SQ327990 ACM327990 AMI327990 AWE327990 BGA327990 BPW327990 BZS327990 CJO327990 CTK327990 DDG327990 DNC327990 DWY327990 EGU327990 EQQ327990 FAM327990 FKI327990 FUE327990 GEA327990 GNW327990 GXS327990 HHO327990 HRK327990 IBG327990 ILC327990 IUY327990 JEU327990 JOQ327990 JYM327990 KII327990 KSE327990 LCA327990 LLW327990 LVS327990 MFO327990 MPK327990 MZG327990 NJC327990 NSY327990 OCU327990 OMQ327990 OWM327990 PGI327990 PQE327990 QAA327990 QJW327990 QTS327990 RDO327990 RNK327990 RXG327990 SHC327990 SQY327990 TAU327990 TKQ327990 TUM327990 UEI327990 UOE327990 UYA327990 VHW327990 VRS327990 WBO327990 WLK327990 WVG327990 E393504 IU393526 SQ393526 ACM393526 AMI393526 AWE393526 BGA393526 BPW393526 BZS393526 CJO393526 CTK393526 DDG393526 DNC393526 DWY393526 EGU393526 EQQ393526 FAM393526 FKI393526 FUE393526 GEA393526 GNW393526 GXS393526 HHO393526 HRK393526 IBG393526 ILC393526 IUY393526 JEU393526 JOQ393526 JYM393526 KII393526 KSE393526 LCA393526 LLW393526 LVS393526 MFO393526 MPK393526 MZG393526 NJC393526 NSY393526 OCU393526 OMQ393526 OWM393526 PGI393526 PQE393526 QAA393526 QJW393526 QTS393526 RDO393526 RNK393526 RXG393526 SHC393526 SQY393526 TAU393526 TKQ393526 TUM393526 UEI393526 UOE393526 UYA393526 VHW393526 VRS393526 WBO393526 WLK393526 WVG393526 E459040 IU459062 SQ459062 ACM459062 AMI459062 AWE459062 BGA459062 BPW459062 BZS459062 CJO459062 CTK459062 DDG459062 DNC459062 DWY459062 EGU459062 EQQ459062 FAM459062 FKI459062 FUE459062 GEA459062 GNW459062 GXS459062 HHO459062 HRK459062 IBG459062 ILC459062 IUY459062 JEU459062 JOQ459062 JYM459062 KII459062 KSE459062 LCA459062 LLW459062 LVS459062 MFO459062 MPK459062 MZG459062 NJC459062 NSY459062 OCU459062 OMQ459062 OWM459062 PGI459062 PQE459062 QAA459062 QJW459062 QTS459062 RDO459062 RNK459062 RXG459062 SHC459062 SQY459062 TAU459062 TKQ459062 TUM459062 UEI459062 UOE459062 UYA459062 VHW459062 VRS459062 WBO459062 WLK459062 WVG459062 E524576 IU524598 SQ524598 ACM524598 AMI524598 AWE524598 BGA524598 BPW524598 BZS524598 CJO524598 CTK524598 DDG524598 DNC524598 DWY524598 EGU524598 EQQ524598 FAM524598 FKI524598 FUE524598 GEA524598 GNW524598 GXS524598 HHO524598 HRK524598 IBG524598 ILC524598 IUY524598 JEU524598 JOQ524598 JYM524598 KII524598 KSE524598 LCA524598 LLW524598 LVS524598 MFO524598 MPK524598 MZG524598 NJC524598 NSY524598 OCU524598 OMQ524598 OWM524598 PGI524598 PQE524598 QAA524598 QJW524598 QTS524598 RDO524598 RNK524598 RXG524598 SHC524598 SQY524598 TAU524598 TKQ524598 TUM524598 UEI524598 UOE524598 UYA524598 VHW524598 VRS524598 WBO524598 WLK524598 WVG524598 E590112 IU590134 SQ590134 ACM590134 AMI590134 AWE590134 BGA590134 BPW590134 BZS590134 CJO590134 CTK590134 DDG590134 DNC590134 DWY590134 EGU590134 EQQ590134 FAM590134 FKI590134 FUE590134 GEA590134 GNW590134 GXS590134 HHO590134 HRK590134 IBG590134 ILC590134 IUY590134 JEU590134 JOQ590134 JYM590134 KII590134 KSE590134 LCA590134 LLW590134 LVS590134 MFO590134 MPK590134 MZG590134 NJC590134 NSY590134 OCU590134 OMQ590134 OWM590134 PGI590134 PQE590134 QAA590134 QJW590134 QTS590134 RDO590134 RNK590134 RXG590134 SHC590134 SQY590134 TAU590134 TKQ590134 TUM590134 UEI590134 UOE590134 UYA590134 VHW590134 VRS590134 WBO590134 WLK590134 WVG590134 E655648 IU655670 SQ655670 ACM655670 AMI655670 AWE655670 BGA655670 BPW655670 BZS655670 CJO655670 CTK655670 DDG655670 DNC655670 DWY655670 EGU655670 EQQ655670 FAM655670 FKI655670 FUE655670 GEA655670 GNW655670 GXS655670 HHO655670 HRK655670 IBG655670 ILC655670 IUY655670 JEU655670 JOQ655670 JYM655670 KII655670 KSE655670 LCA655670 LLW655670 LVS655670 MFO655670 MPK655670 MZG655670 NJC655670 NSY655670 OCU655670 OMQ655670 OWM655670 PGI655670 PQE655670 QAA655670 QJW655670 QTS655670 RDO655670 RNK655670 RXG655670 SHC655670 SQY655670 TAU655670 TKQ655670 TUM655670 UEI655670 UOE655670 UYA655670 VHW655670 VRS655670 WBO655670 WLK655670 WVG655670 E721184 IU721206 SQ721206 ACM721206 AMI721206 AWE721206 BGA721206 BPW721206 BZS721206 CJO721206 CTK721206 DDG721206 DNC721206 DWY721206 EGU721206 EQQ721206 FAM721206 FKI721206 FUE721206 GEA721206 GNW721206 GXS721206 HHO721206 HRK721206 IBG721206 ILC721206 IUY721206 JEU721206 JOQ721206 JYM721206 KII721206 KSE721206 LCA721206 LLW721206 LVS721206 MFO721206 MPK721206 MZG721206 NJC721206 NSY721206 OCU721206 OMQ721206 OWM721206 PGI721206 PQE721206 QAA721206 QJW721206 QTS721206 RDO721206 RNK721206 RXG721206 SHC721206 SQY721206 TAU721206 TKQ721206 TUM721206 UEI721206 UOE721206 UYA721206 VHW721206 VRS721206 WBO721206 WLK721206 WVG721206 E786720 IU786742 SQ786742 ACM786742 AMI786742 AWE786742 BGA786742 BPW786742 BZS786742 CJO786742 CTK786742 DDG786742 DNC786742 DWY786742 EGU786742 EQQ786742 FAM786742 FKI786742 FUE786742 GEA786742 GNW786742 GXS786742 HHO786742 HRK786742 IBG786742 ILC786742 IUY786742 JEU786742 JOQ786742 JYM786742 KII786742 KSE786742 LCA786742 LLW786742 LVS786742 MFO786742 MPK786742 MZG786742 NJC786742 NSY786742 OCU786742 OMQ786742 OWM786742 PGI786742 PQE786742 QAA786742 QJW786742 QTS786742 RDO786742 RNK786742 RXG786742 SHC786742 SQY786742 TAU786742 TKQ786742 TUM786742 UEI786742 UOE786742 UYA786742 VHW786742 VRS786742 WBO786742 WLK786742 WVG786742 E852256 IU852278 SQ852278 ACM852278 AMI852278 AWE852278 BGA852278 BPW852278 BZS852278 CJO852278 CTK852278 DDG852278 DNC852278 DWY852278 EGU852278 EQQ852278 FAM852278 FKI852278 FUE852278 GEA852278 GNW852278 GXS852278 HHO852278 HRK852278 IBG852278 ILC852278 IUY852278 JEU852278 JOQ852278 JYM852278 KII852278 KSE852278 LCA852278 LLW852278 LVS852278 MFO852278 MPK852278 MZG852278 NJC852278 NSY852278 OCU852278 OMQ852278 OWM852278 PGI852278 PQE852278 QAA852278 QJW852278 QTS852278 RDO852278 RNK852278 RXG852278 SHC852278 SQY852278 TAU852278 TKQ852278 TUM852278 UEI852278 UOE852278 UYA852278 VHW852278 VRS852278 WBO852278 WLK852278 WVG852278 E917792 IU917814 SQ917814 ACM917814 AMI917814 AWE917814 BGA917814 BPW917814 BZS917814 CJO917814 CTK917814 DDG917814 DNC917814 DWY917814 EGU917814 EQQ917814 FAM917814 FKI917814 FUE917814 GEA917814 GNW917814 GXS917814 HHO917814 HRK917814 IBG917814 ILC917814 IUY917814 JEU917814 JOQ917814 JYM917814 KII917814 KSE917814 LCA917814 LLW917814 LVS917814 MFO917814 MPK917814 MZG917814 NJC917814 NSY917814 OCU917814 OMQ917814 OWM917814 PGI917814 PQE917814 QAA917814 QJW917814 QTS917814 RDO917814 RNK917814 RXG917814 SHC917814 SQY917814 TAU917814 TKQ917814 TUM917814 UEI917814 UOE917814 UYA917814 VHW917814 VRS917814 WBO917814 WLK917814 WVG917814 E983328 IU983350 SQ983350 ACM983350 AMI983350 AWE983350 BGA983350 BPW983350 BZS983350 CJO983350 CTK983350 DDG983350 DNC983350 DWY983350 EGU983350 EQQ983350 FAM983350 FKI983350 FUE983350 GEA983350 GNW983350 GXS983350 HHO983350 HRK983350 IBG983350 ILC983350 IUY983350 JEU983350 JOQ983350 JYM983350 KII983350 KSE983350 LCA983350 LLW983350 LVS983350 MFO983350 MPK983350 MZG983350 NJC983350 NSY983350 OCU983350 OMQ983350 OWM983350 PGI983350 PQE983350 QAA983350 QJW983350 QTS983350 RDO983350 RNK983350 RXG983350 SHC983350 SQY983350 TAU983350 TKQ983350 TUM983350 UEI983350 UOE983350 UYA983350 VHW983350 VRS983350 WBO983350 WLK983350" xr:uid="{52399441-3A22-447B-99AC-FF04C88AC252}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Grote kost" prompt="Gelieve hiernaast het toelichtingsveld te lezen alvorens deze rubriek in te vullen." sqref="G65879 IW65901 SS65901 ACO65901 AMK65901 AWG65901 BGC65901 BPY65901 BZU65901 CJQ65901 CTM65901 DDI65901 DNE65901 DXA65901 EGW65901 EQS65901 FAO65901 FKK65901 FUG65901 GEC65901 GNY65901 GXU65901 HHQ65901 HRM65901 IBI65901 ILE65901 IVA65901 JEW65901 JOS65901 JYO65901 KIK65901 KSG65901 LCC65901 LLY65901 LVU65901 MFQ65901 MPM65901 MZI65901 NJE65901 NTA65901 OCW65901 OMS65901 OWO65901 PGK65901 PQG65901 QAC65901 QJY65901 QTU65901 RDQ65901 RNM65901 RXI65901 SHE65901 SRA65901 TAW65901 TKS65901 TUO65901 UEK65901 UOG65901 UYC65901 VHY65901 VRU65901 WBQ65901 WLM65901 WVI65901 G131415 IW131437 SS131437 ACO131437 AMK131437 AWG131437 BGC131437 BPY131437 BZU131437 CJQ131437 CTM131437 DDI131437 DNE131437 DXA131437 EGW131437 EQS131437 FAO131437 FKK131437 FUG131437 GEC131437 GNY131437 GXU131437 HHQ131437 HRM131437 IBI131437 ILE131437 IVA131437 JEW131437 JOS131437 JYO131437 KIK131437 KSG131437 LCC131437 LLY131437 LVU131437 MFQ131437 MPM131437 MZI131437 NJE131437 NTA131437 OCW131437 OMS131437 OWO131437 PGK131437 PQG131437 QAC131437 QJY131437 QTU131437 RDQ131437 RNM131437 RXI131437 SHE131437 SRA131437 TAW131437 TKS131437 TUO131437 UEK131437 UOG131437 UYC131437 VHY131437 VRU131437 WBQ131437 WLM131437 WVI131437 G196951 IW196973 SS196973 ACO196973 AMK196973 AWG196973 BGC196973 BPY196973 BZU196973 CJQ196973 CTM196973 DDI196973 DNE196973 DXA196973 EGW196973 EQS196973 FAO196973 FKK196973 FUG196973 GEC196973 GNY196973 GXU196973 HHQ196973 HRM196973 IBI196973 ILE196973 IVA196973 JEW196973 JOS196973 JYO196973 KIK196973 KSG196973 LCC196973 LLY196973 LVU196973 MFQ196973 MPM196973 MZI196973 NJE196973 NTA196973 OCW196973 OMS196973 OWO196973 PGK196973 PQG196973 QAC196973 QJY196973 QTU196973 RDQ196973 RNM196973 RXI196973 SHE196973 SRA196973 TAW196973 TKS196973 TUO196973 UEK196973 UOG196973 UYC196973 VHY196973 VRU196973 WBQ196973 WLM196973 WVI196973 G262487 IW262509 SS262509 ACO262509 AMK262509 AWG262509 BGC262509 BPY262509 BZU262509 CJQ262509 CTM262509 DDI262509 DNE262509 DXA262509 EGW262509 EQS262509 FAO262509 FKK262509 FUG262509 GEC262509 GNY262509 GXU262509 HHQ262509 HRM262509 IBI262509 ILE262509 IVA262509 JEW262509 JOS262509 JYO262509 KIK262509 KSG262509 LCC262509 LLY262509 LVU262509 MFQ262509 MPM262509 MZI262509 NJE262509 NTA262509 OCW262509 OMS262509 OWO262509 PGK262509 PQG262509 QAC262509 QJY262509 QTU262509 RDQ262509 RNM262509 RXI262509 SHE262509 SRA262509 TAW262509 TKS262509 TUO262509 UEK262509 UOG262509 UYC262509 VHY262509 VRU262509 WBQ262509 WLM262509 WVI262509 G328023 IW328045 SS328045 ACO328045 AMK328045 AWG328045 BGC328045 BPY328045 BZU328045 CJQ328045 CTM328045 DDI328045 DNE328045 DXA328045 EGW328045 EQS328045 FAO328045 FKK328045 FUG328045 GEC328045 GNY328045 GXU328045 HHQ328045 HRM328045 IBI328045 ILE328045 IVA328045 JEW328045 JOS328045 JYO328045 KIK328045 KSG328045 LCC328045 LLY328045 LVU328045 MFQ328045 MPM328045 MZI328045 NJE328045 NTA328045 OCW328045 OMS328045 OWO328045 PGK328045 PQG328045 QAC328045 QJY328045 QTU328045 RDQ328045 RNM328045 RXI328045 SHE328045 SRA328045 TAW328045 TKS328045 TUO328045 UEK328045 UOG328045 UYC328045 VHY328045 VRU328045 WBQ328045 WLM328045 WVI328045 G393559 IW393581 SS393581 ACO393581 AMK393581 AWG393581 BGC393581 BPY393581 BZU393581 CJQ393581 CTM393581 DDI393581 DNE393581 DXA393581 EGW393581 EQS393581 FAO393581 FKK393581 FUG393581 GEC393581 GNY393581 GXU393581 HHQ393581 HRM393581 IBI393581 ILE393581 IVA393581 JEW393581 JOS393581 JYO393581 KIK393581 KSG393581 LCC393581 LLY393581 LVU393581 MFQ393581 MPM393581 MZI393581 NJE393581 NTA393581 OCW393581 OMS393581 OWO393581 PGK393581 PQG393581 QAC393581 QJY393581 QTU393581 RDQ393581 RNM393581 RXI393581 SHE393581 SRA393581 TAW393581 TKS393581 TUO393581 UEK393581 UOG393581 UYC393581 VHY393581 VRU393581 WBQ393581 WLM393581 WVI393581 G459095 IW459117 SS459117 ACO459117 AMK459117 AWG459117 BGC459117 BPY459117 BZU459117 CJQ459117 CTM459117 DDI459117 DNE459117 DXA459117 EGW459117 EQS459117 FAO459117 FKK459117 FUG459117 GEC459117 GNY459117 GXU459117 HHQ459117 HRM459117 IBI459117 ILE459117 IVA459117 JEW459117 JOS459117 JYO459117 KIK459117 KSG459117 LCC459117 LLY459117 LVU459117 MFQ459117 MPM459117 MZI459117 NJE459117 NTA459117 OCW459117 OMS459117 OWO459117 PGK459117 PQG459117 QAC459117 QJY459117 QTU459117 RDQ459117 RNM459117 RXI459117 SHE459117 SRA459117 TAW459117 TKS459117 TUO459117 UEK459117 UOG459117 UYC459117 VHY459117 VRU459117 WBQ459117 WLM459117 WVI459117 G524631 IW524653 SS524653 ACO524653 AMK524653 AWG524653 BGC524653 BPY524653 BZU524653 CJQ524653 CTM524653 DDI524653 DNE524653 DXA524653 EGW524653 EQS524653 FAO524653 FKK524653 FUG524653 GEC524653 GNY524653 GXU524653 HHQ524653 HRM524653 IBI524653 ILE524653 IVA524653 JEW524653 JOS524653 JYO524653 KIK524653 KSG524653 LCC524653 LLY524653 LVU524653 MFQ524653 MPM524653 MZI524653 NJE524653 NTA524653 OCW524653 OMS524653 OWO524653 PGK524653 PQG524653 QAC524653 QJY524653 QTU524653 RDQ524653 RNM524653 RXI524653 SHE524653 SRA524653 TAW524653 TKS524653 TUO524653 UEK524653 UOG524653 UYC524653 VHY524653 VRU524653 WBQ524653 WLM524653 WVI524653 G590167 IW590189 SS590189 ACO590189 AMK590189 AWG590189 BGC590189 BPY590189 BZU590189 CJQ590189 CTM590189 DDI590189 DNE590189 DXA590189 EGW590189 EQS590189 FAO590189 FKK590189 FUG590189 GEC590189 GNY590189 GXU590189 HHQ590189 HRM590189 IBI590189 ILE590189 IVA590189 JEW590189 JOS590189 JYO590189 KIK590189 KSG590189 LCC590189 LLY590189 LVU590189 MFQ590189 MPM590189 MZI590189 NJE590189 NTA590189 OCW590189 OMS590189 OWO590189 PGK590189 PQG590189 QAC590189 QJY590189 QTU590189 RDQ590189 RNM590189 RXI590189 SHE590189 SRA590189 TAW590189 TKS590189 TUO590189 UEK590189 UOG590189 UYC590189 VHY590189 VRU590189 WBQ590189 WLM590189 WVI590189 G655703 IW655725 SS655725 ACO655725 AMK655725 AWG655725 BGC655725 BPY655725 BZU655725 CJQ655725 CTM655725 DDI655725 DNE655725 DXA655725 EGW655725 EQS655725 FAO655725 FKK655725 FUG655725 GEC655725 GNY655725 GXU655725 HHQ655725 HRM655725 IBI655725 ILE655725 IVA655725 JEW655725 JOS655725 JYO655725 KIK655725 KSG655725 LCC655725 LLY655725 LVU655725 MFQ655725 MPM655725 MZI655725 NJE655725 NTA655725 OCW655725 OMS655725 OWO655725 PGK655725 PQG655725 QAC655725 QJY655725 QTU655725 RDQ655725 RNM655725 RXI655725 SHE655725 SRA655725 TAW655725 TKS655725 TUO655725 UEK655725 UOG655725 UYC655725 VHY655725 VRU655725 WBQ655725 WLM655725 WVI655725 G721239 IW721261 SS721261 ACO721261 AMK721261 AWG721261 BGC721261 BPY721261 BZU721261 CJQ721261 CTM721261 DDI721261 DNE721261 DXA721261 EGW721261 EQS721261 FAO721261 FKK721261 FUG721261 GEC721261 GNY721261 GXU721261 HHQ721261 HRM721261 IBI721261 ILE721261 IVA721261 JEW721261 JOS721261 JYO721261 KIK721261 KSG721261 LCC721261 LLY721261 LVU721261 MFQ721261 MPM721261 MZI721261 NJE721261 NTA721261 OCW721261 OMS721261 OWO721261 PGK721261 PQG721261 QAC721261 QJY721261 QTU721261 RDQ721261 RNM721261 RXI721261 SHE721261 SRA721261 TAW721261 TKS721261 TUO721261 UEK721261 UOG721261 UYC721261 VHY721261 VRU721261 WBQ721261 WLM721261 WVI721261 G786775 IW786797 SS786797 ACO786797 AMK786797 AWG786797 BGC786797 BPY786797 BZU786797 CJQ786797 CTM786797 DDI786797 DNE786797 DXA786797 EGW786797 EQS786797 FAO786797 FKK786797 FUG786797 GEC786797 GNY786797 GXU786797 HHQ786797 HRM786797 IBI786797 ILE786797 IVA786797 JEW786797 JOS786797 JYO786797 KIK786797 KSG786797 LCC786797 LLY786797 LVU786797 MFQ786797 MPM786797 MZI786797 NJE786797 NTA786797 OCW786797 OMS786797 OWO786797 PGK786797 PQG786797 QAC786797 QJY786797 QTU786797 RDQ786797 RNM786797 RXI786797 SHE786797 SRA786797 TAW786797 TKS786797 TUO786797 UEK786797 UOG786797 UYC786797 VHY786797 VRU786797 WBQ786797 WLM786797 WVI786797 G852311 IW852333 SS852333 ACO852333 AMK852333 AWG852333 BGC852333 BPY852333 BZU852333 CJQ852333 CTM852333 DDI852333 DNE852333 DXA852333 EGW852333 EQS852333 FAO852333 FKK852333 FUG852333 GEC852333 GNY852333 GXU852333 HHQ852333 HRM852333 IBI852333 ILE852333 IVA852333 JEW852333 JOS852333 JYO852333 KIK852333 KSG852333 LCC852333 LLY852333 LVU852333 MFQ852333 MPM852333 MZI852333 NJE852333 NTA852333 OCW852333 OMS852333 OWO852333 PGK852333 PQG852333 QAC852333 QJY852333 QTU852333 RDQ852333 RNM852333 RXI852333 SHE852333 SRA852333 TAW852333 TKS852333 TUO852333 UEK852333 UOG852333 UYC852333 VHY852333 VRU852333 WBQ852333 WLM852333 WVI852333 G917847 IW917869 SS917869 ACO917869 AMK917869 AWG917869 BGC917869 BPY917869 BZU917869 CJQ917869 CTM917869 DDI917869 DNE917869 DXA917869 EGW917869 EQS917869 FAO917869 FKK917869 FUG917869 GEC917869 GNY917869 GXU917869 HHQ917869 HRM917869 IBI917869 ILE917869 IVA917869 JEW917869 JOS917869 JYO917869 KIK917869 KSG917869 LCC917869 LLY917869 LVU917869 MFQ917869 MPM917869 MZI917869 NJE917869 NTA917869 OCW917869 OMS917869 OWO917869 PGK917869 PQG917869 QAC917869 QJY917869 QTU917869 RDQ917869 RNM917869 RXI917869 SHE917869 SRA917869 TAW917869 TKS917869 TUO917869 UEK917869 UOG917869 UYC917869 VHY917869 VRU917869 WBQ917869 WLM917869 WVI917869 G983383 IW983405 SS983405 ACO983405 AMK983405 AWG983405 BGC983405 BPY983405 BZU983405 CJQ983405 CTM983405 DDI983405 DNE983405 DXA983405 EGW983405 EQS983405 FAO983405 FKK983405 FUG983405 GEC983405 GNY983405 GXU983405 HHQ983405 HRM983405 IBI983405 ILE983405 IVA983405 JEW983405 JOS983405 JYO983405 KIK983405 KSG983405 LCC983405 LLY983405 LVU983405 MFQ983405 MPM983405 MZI983405 NJE983405 NTA983405 OCW983405 OMS983405 OWO983405 PGK983405 PQG983405 QAC983405 QJY983405 QTU983405 RDQ983405 RNM983405 RXI983405 SHE983405 SRA983405 TAW983405 TKS983405 TUO983405 UEK983405 UOG983405 UYC983405 VHY983405 VRU983405 WBQ983405 WLM983405 WVI983405" xr:uid="{F7F65F49-7C67-4076-BB2A-6D08B7D0DE1B}"/>
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan 20.000 EUR in te vullen" sqref="WVG983354 E65828 IU65850 SQ65850 ACM65850 AMI65850 AWE65850 BGA65850 BPW65850 BZS65850 CJO65850 CTK65850 DDG65850 DNC65850 DWY65850 EGU65850 EQQ65850 FAM65850 FKI65850 FUE65850 GEA65850 GNW65850 GXS65850 HHO65850 HRK65850 IBG65850 ILC65850 IUY65850 JEU65850 JOQ65850 JYM65850 KII65850 KSE65850 LCA65850 LLW65850 LVS65850 MFO65850 MPK65850 MZG65850 NJC65850 NSY65850 OCU65850 OMQ65850 OWM65850 PGI65850 PQE65850 QAA65850 QJW65850 QTS65850 RDO65850 RNK65850 RXG65850 SHC65850 SQY65850 TAU65850 TKQ65850 TUM65850 UEI65850 UOE65850 UYA65850 VHW65850 VRS65850 WBO65850 WLK65850 WVG65850 E131364 IU131386 SQ131386 ACM131386 AMI131386 AWE131386 BGA131386 BPW131386 BZS131386 CJO131386 CTK131386 DDG131386 DNC131386 DWY131386 EGU131386 EQQ131386 FAM131386 FKI131386 FUE131386 GEA131386 GNW131386 GXS131386 HHO131386 HRK131386 IBG131386 ILC131386 IUY131386 JEU131386 JOQ131386 JYM131386 KII131386 KSE131386 LCA131386 LLW131386 LVS131386 MFO131386 MPK131386 MZG131386 NJC131386 NSY131386 OCU131386 OMQ131386 OWM131386 PGI131386 PQE131386 QAA131386 QJW131386 QTS131386 RDO131386 RNK131386 RXG131386 SHC131386 SQY131386 TAU131386 TKQ131386 TUM131386 UEI131386 UOE131386 UYA131386 VHW131386 VRS131386 WBO131386 WLK131386 WVG131386 E196900 IU196922 SQ196922 ACM196922 AMI196922 AWE196922 BGA196922 BPW196922 BZS196922 CJO196922 CTK196922 DDG196922 DNC196922 DWY196922 EGU196922 EQQ196922 FAM196922 FKI196922 FUE196922 GEA196922 GNW196922 GXS196922 HHO196922 HRK196922 IBG196922 ILC196922 IUY196922 JEU196922 JOQ196922 JYM196922 KII196922 KSE196922 LCA196922 LLW196922 LVS196922 MFO196922 MPK196922 MZG196922 NJC196922 NSY196922 OCU196922 OMQ196922 OWM196922 PGI196922 PQE196922 QAA196922 QJW196922 QTS196922 RDO196922 RNK196922 RXG196922 SHC196922 SQY196922 TAU196922 TKQ196922 TUM196922 UEI196922 UOE196922 UYA196922 VHW196922 VRS196922 WBO196922 WLK196922 WVG196922 E262436 IU262458 SQ262458 ACM262458 AMI262458 AWE262458 BGA262458 BPW262458 BZS262458 CJO262458 CTK262458 DDG262458 DNC262458 DWY262458 EGU262458 EQQ262458 FAM262458 FKI262458 FUE262458 GEA262458 GNW262458 GXS262458 HHO262458 HRK262458 IBG262458 ILC262458 IUY262458 JEU262458 JOQ262458 JYM262458 KII262458 KSE262458 LCA262458 LLW262458 LVS262458 MFO262458 MPK262458 MZG262458 NJC262458 NSY262458 OCU262458 OMQ262458 OWM262458 PGI262458 PQE262458 QAA262458 QJW262458 QTS262458 RDO262458 RNK262458 RXG262458 SHC262458 SQY262458 TAU262458 TKQ262458 TUM262458 UEI262458 UOE262458 UYA262458 VHW262458 VRS262458 WBO262458 WLK262458 WVG262458 E327972 IU327994 SQ327994 ACM327994 AMI327994 AWE327994 BGA327994 BPW327994 BZS327994 CJO327994 CTK327994 DDG327994 DNC327994 DWY327994 EGU327994 EQQ327994 FAM327994 FKI327994 FUE327994 GEA327994 GNW327994 GXS327994 HHO327994 HRK327994 IBG327994 ILC327994 IUY327994 JEU327994 JOQ327994 JYM327994 KII327994 KSE327994 LCA327994 LLW327994 LVS327994 MFO327994 MPK327994 MZG327994 NJC327994 NSY327994 OCU327994 OMQ327994 OWM327994 PGI327994 PQE327994 QAA327994 QJW327994 QTS327994 RDO327994 RNK327994 RXG327994 SHC327994 SQY327994 TAU327994 TKQ327994 TUM327994 UEI327994 UOE327994 UYA327994 VHW327994 VRS327994 WBO327994 WLK327994 WVG327994 E393508 IU393530 SQ393530 ACM393530 AMI393530 AWE393530 BGA393530 BPW393530 BZS393530 CJO393530 CTK393530 DDG393530 DNC393530 DWY393530 EGU393530 EQQ393530 FAM393530 FKI393530 FUE393530 GEA393530 GNW393530 GXS393530 HHO393530 HRK393530 IBG393530 ILC393530 IUY393530 JEU393530 JOQ393530 JYM393530 KII393530 KSE393530 LCA393530 LLW393530 LVS393530 MFO393530 MPK393530 MZG393530 NJC393530 NSY393530 OCU393530 OMQ393530 OWM393530 PGI393530 PQE393530 QAA393530 QJW393530 QTS393530 RDO393530 RNK393530 RXG393530 SHC393530 SQY393530 TAU393530 TKQ393530 TUM393530 UEI393530 UOE393530 UYA393530 VHW393530 VRS393530 WBO393530 WLK393530 WVG393530 E459044 IU459066 SQ459066 ACM459066 AMI459066 AWE459066 BGA459066 BPW459066 BZS459066 CJO459066 CTK459066 DDG459066 DNC459066 DWY459066 EGU459066 EQQ459066 FAM459066 FKI459066 FUE459066 GEA459066 GNW459066 GXS459066 HHO459066 HRK459066 IBG459066 ILC459066 IUY459066 JEU459066 JOQ459066 JYM459066 KII459066 KSE459066 LCA459066 LLW459066 LVS459066 MFO459066 MPK459066 MZG459066 NJC459066 NSY459066 OCU459066 OMQ459066 OWM459066 PGI459066 PQE459066 QAA459066 QJW459066 QTS459066 RDO459066 RNK459066 RXG459066 SHC459066 SQY459066 TAU459066 TKQ459066 TUM459066 UEI459066 UOE459066 UYA459066 VHW459066 VRS459066 WBO459066 WLK459066 WVG459066 E524580 IU524602 SQ524602 ACM524602 AMI524602 AWE524602 BGA524602 BPW524602 BZS524602 CJO524602 CTK524602 DDG524602 DNC524602 DWY524602 EGU524602 EQQ524602 FAM524602 FKI524602 FUE524602 GEA524602 GNW524602 GXS524602 HHO524602 HRK524602 IBG524602 ILC524602 IUY524602 JEU524602 JOQ524602 JYM524602 KII524602 KSE524602 LCA524602 LLW524602 LVS524602 MFO524602 MPK524602 MZG524602 NJC524602 NSY524602 OCU524602 OMQ524602 OWM524602 PGI524602 PQE524602 QAA524602 QJW524602 QTS524602 RDO524602 RNK524602 RXG524602 SHC524602 SQY524602 TAU524602 TKQ524602 TUM524602 UEI524602 UOE524602 UYA524602 VHW524602 VRS524602 WBO524602 WLK524602 WVG524602 E590116 IU590138 SQ590138 ACM590138 AMI590138 AWE590138 BGA590138 BPW590138 BZS590138 CJO590138 CTK590138 DDG590138 DNC590138 DWY590138 EGU590138 EQQ590138 FAM590138 FKI590138 FUE590138 GEA590138 GNW590138 GXS590138 HHO590138 HRK590138 IBG590138 ILC590138 IUY590138 JEU590138 JOQ590138 JYM590138 KII590138 KSE590138 LCA590138 LLW590138 LVS590138 MFO590138 MPK590138 MZG590138 NJC590138 NSY590138 OCU590138 OMQ590138 OWM590138 PGI590138 PQE590138 QAA590138 QJW590138 QTS590138 RDO590138 RNK590138 RXG590138 SHC590138 SQY590138 TAU590138 TKQ590138 TUM590138 UEI590138 UOE590138 UYA590138 VHW590138 VRS590138 WBO590138 WLK590138 WVG590138 E655652 IU655674 SQ655674 ACM655674 AMI655674 AWE655674 BGA655674 BPW655674 BZS655674 CJO655674 CTK655674 DDG655674 DNC655674 DWY655674 EGU655674 EQQ655674 FAM655674 FKI655674 FUE655674 GEA655674 GNW655674 GXS655674 HHO655674 HRK655674 IBG655674 ILC655674 IUY655674 JEU655674 JOQ655674 JYM655674 KII655674 KSE655674 LCA655674 LLW655674 LVS655674 MFO655674 MPK655674 MZG655674 NJC655674 NSY655674 OCU655674 OMQ655674 OWM655674 PGI655674 PQE655674 QAA655674 QJW655674 QTS655674 RDO655674 RNK655674 RXG655674 SHC655674 SQY655674 TAU655674 TKQ655674 TUM655674 UEI655674 UOE655674 UYA655674 VHW655674 VRS655674 WBO655674 WLK655674 WVG655674 E721188 IU721210 SQ721210 ACM721210 AMI721210 AWE721210 BGA721210 BPW721210 BZS721210 CJO721210 CTK721210 DDG721210 DNC721210 DWY721210 EGU721210 EQQ721210 FAM721210 FKI721210 FUE721210 GEA721210 GNW721210 GXS721210 HHO721210 HRK721210 IBG721210 ILC721210 IUY721210 JEU721210 JOQ721210 JYM721210 KII721210 KSE721210 LCA721210 LLW721210 LVS721210 MFO721210 MPK721210 MZG721210 NJC721210 NSY721210 OCU721210 OMQ721210 OWM721210 PGI721210 PQE721210 QAA721210 QJW721210 QTS721210 RDO721210 RNK721210 RXG721210 SHC721210 SQY721210 TAU721210 TKQ721210 TUM721210 UEI721210 UOE721210 UYA721210 VHW721210 VRS721210 WBO721210 WLK721210 WVG721210 E786724 IU786746 SQ786746 ACM786746 AMI786746 AWE786746 BGA786746 BPW786746 BZS786746 CJO786746 CTK786746 DDG786746 DNC786746 DWY786746 EGU786746 EQQ786746 FAM786746 FKI786746 FUE786746 GEA786746 GNW786746 GXS786746 HHO786746 HRK786746 IBG786746 ILC786746 IUY786746 JEU786746 JOQ786746 JYM786746 KII786746 KSE786746 LCA786746 LLW786746 LVS786746 MFO786746 MPK786746 MZG786746 NJC786746 NSY786746 OCU786746 OMQ786746 OWM786746 PGI786746 PQE786746 QAA786746 QJW786746 QTS786746 RDO786746 RNK786746 RXG786746 SHC786746 SQY786746 TAU786746 TKQ786746 TUM786746 UEI786746 UOE786746 UYA786746 VHW786746 VRS786746 WBO786746 WLK786746 WVG786746 E852260 IU852282 SQ852282 ACM852282 AMI852282 AWE852282 BGA852282 BPW852282 BZS852282 CJO852282 CTK852282 DDG852282 DNC852282 DWY852282 EGU852282 EQQ852282 FAM852282 FKI852282 FUE852282 GEA852282 GNW852282 GXS852282 HHO852282 HRK852282 IBG852282 ILC852282 IUY852282 JEU852282 JOQ852282 JYM852282 KII852282 KSE852282 LCA852282 LLW852282 LVS852282 MFO852282 MPK852282 MZG852282 NJC852282 NSY852282 OCU852282 OMQ852282 OWM852282 PGI852282 PQE852282 QAA852282 QJW852282 QTS852282 RDO852282 RNK852282 RXG852282 SHC852282 SQY852282 TAU852282 TKQ852282 TUM852282 UEI852282 UOE852282 UYA852282 VHW852282 VRS852282 WBO852282 WLK852282 WVG852282 E917796 IU917818 SQ917818 ACM917818 AMI917818 AWE917818 BGA917818 BPW917818 BZS917818 CJO917818 CTK917818 DDG917818 DNC917818 DWY917818 EGU917818 EQQ917818 FAM917818 FKI917818 FUE917818 GEA917818 GNW917818 GXS917818 HHO917818 HRK917818 IBG917818 ILC917818 IUY917818 JEU917818 JOQ917818 JYM917818 KII917818 KSE917818 LCA917818 LLW917818 LVS917818 MFO917818 MPK917818 MZG917818 NJC917818 NSY917818 OCU917818 OMQ917818 OWM917818 PGI917818 PQE917818 QAA917818 QJW917818 QTS917818 RDO917818 RNK917818 RXG917818 SHC917818 SQY917818 TAU917818 TKQ917818 TUM917818 UEI917818 UOE917818 UYA917818 VHW917818 VRS917818 WBO917818 WLK917818 WVG917818 E983332 IU983354 SQ983354 ACM983354 AMI983354 AWE983354 BGA983354 BPW983354 BZS983354 CJO983354 CTK983354 DDG983354 DNC983354 DWY983354 EGU983354 EQQ983354 FAM983354 FKI983354 FUE983354 GEA983354 GNW983354 GXS983354 HHO983354 HRK983354 IBG983354 ILC983354 IUY983354 JEU983354 JOQ983354 JYM983354 KII983354 KSE983354 LCA983354 LLW983354 LVS983354 MFO983354 MPK983354 MZG983354 NJC983354 NSY983354 OCU983354 OMQ983354 OWM983354 PGI983354 PQE983354 QAA983354 QJW983354 QTS983354 RDO983354 RNK983354 RXG983354 SHC983354 SQY983354 TAU983354 TKQ983354 TUM983354 UEI983354 UOE983354 UYA983354 VHW983354 VRS983354 WBO983354 WLK983354" xr:uid="{52399441-3A22-447B-99AC-FF04C88AC252}">
       <formula1>0</formula1>
       <formula2>20000</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="WVG983278:WVG983328 WLK983278:WLK983328 WBO983278:WBO983328 VRS983278:VRS983328 VHW983278:VHW983328 UYA983278:UYA983328 UOE983278:UOE983328 UEI983278:UEI983328 TUM983278:TUM983328 TKQ983278:TKQ983328 TAU983278:TAU983328 SQY983278:SQY983328 SHC983278:SHC983328 RXG983278:RXG983328 RNK983278:RNK983328 RDO983278:RDO983328 QTS983278:QTS983328 QJW983278:QJW983328 QAA983278:QAA983328 PQE983278:PQE983328 PGI983278:PGI983328 OWM983278:OWM983328 OMQ983278:OMQ983328 OCU983278:OCU983328 NSY983278:NSY983328 NJC983278:NJC983328 MZG983278:MZG983328 MPK983278:MPK983328 MFO983278:MFO983328 LVS983278:LVS983328 LLW983278:LLW983328 LCA983278:LCA983328 KSE983278:KSE983328 KII983278:KII983328 JYM983278:JYM983328 JOQ983278:JOQ983328 JEU983278:JEU983328 IUY983278:IUY983328 ILC983278:ILC983328 IBG983278:IBG983328 HRK983278:HRK983328 HHO983278:HHO983328 GXS983278:GXS983328 GNW983278:GNW983328 GEA983278:GEA983328 FUE983278:FUE983328 FKI983278:FKI983328 FAM983278:FAM983328 EQQ983278:EQQ983328 EGU983278:EGU983328 DWY983278:DWY983328 DNC983278:DNC983328 DDG983278:DDG983328 CTK983278:CTK983328 CJO983278:CJO983328 BZS983278:BZS983328 BPW983278:BPW983328 BGA983278:BGA983328 AWE983278:AWE983328 AMI983278:AMI983328 ACM983278:ACM983328 SQ983278:SQ983328 IU983278:IU983328 E983256:E983306 WVG917742:WVG917792 WLK917742:WLK917792 WBO917742:WBO917792 VRS917742:VRS917792 VHW917742:VHW917792 UYA917742:UYA917792 UOE917742:UOE917792 UEI917742:UEI917792 TUM917742:TUM917792 TKQ917742:TKQ917792 TAU917742:TAU917792 SQY917742:SQY917792 SHC917742:SHC917792 RXG917742:RXG917792 RNK917742:RNK917792 RDO917742:RDO917792 QTS917742:QTS917792 QJW917742:QJW917792 QAA917742:QAA917792 PQE917742:PQE917792 PGI917742:PGI917792 OWM917742:OWM917792 OMQ917742:OMQ917792 OCU917742:OCU917792 NSY917742:NSY917792 NJC917742:NJC917792 MZG917742:MZG917792 MPK917742:MPK917792 MFO917742:MFO917792 LVS917742:LVS917792 LLW917742:LLW917792 LCA917742:LCA917792 KSE917742:KSE917792 KII917742:KII917792 JYM917742:JYM917792 JOQ917742:JOQ917792 JEU917742:JEU917792 IUY917742:IUY917792 ILC917742:ILC917792 IBG917742:IBG917792 HRK917742:HRK917792 HHO917742:HHO917792 GXS917742:GXS917792 GNW917742:GNW917792 GEA917742:GEA917792 FUE917742:FUE917792 FKI917742:FKI917792 FAM917742:FAM917792 EQQ917742:EQQ917792 EGU917742:EGU917792 DWY917742:DWY917792 DNC917742:DNC917792 DDG917742:DDG917792 CTK917742:CTK917792 CJO917742:CJO917792 BZS917742:BZS917792 BPW917742:BPW917792 BGA917742:BGA917792 AWE917742:AWE917792 AMI917742:AMI917792 ACM917742:ACM917792 SQ917742:SQ917792 IU917742:IU917792 E917720:E917770 WVG852206:WVG852256 WLK852206:WLK852256 WBO852206:WBO852256 VRS852206:VRS852256 VHW852206:VHW852256 UYA852206:UYA852256 UOE852206:UOE852256 UEI852206:UEI852256 TUM852206:TUM852256 TKQ852206:TKQ852256 TAU852206:TAU852256 SQY852206:SQY852256 SHC852206:SHC852256 RXG852206:RXG852256 RNK852206:RNK852256 RDO852206:RDO852256 QTS852206:QTS852256 QJW852206:QJW852256 QAA852206:QAA852256 PQE852206:PQE852256 PGI852206:PGI852256 OWM852206:OWM852256 OMQ852206:OMQ852256 OCU852206:OCU852256 NSY852206:NSY852256 NJC852206:NJC852256 MZG852206:MZG852256 MPK852206:MPK852256 MFO852206:MFO852256 LVS852206:LVS852256 LLW852206:LLW852256 LCA852206:LCA852256 KSE852206:KSE852256 KII852206:KII852256 JYM852206:JYM852256 JOQ852206:JOQ852256 JEU852206:JEU852256 IUY852206:IUY852256 ILC852206:ILC852256 IBG852206:IBG852256 HRK852206:HRK852256 HHO852206:HHO852256 GXS852206:GXS852256 GNW852206:GNW852256 GEA852206:GEA852256 FUE852206:FUE852256 FKI852206:FKI852256 FAM852206:FAM852256 EQQ852206:EQQ852256 EGU852206:EGU852256 DWY852206:DWY852256 DNC852206:DNC852256 DDG852206:DDG852256 CTK852206:CTK852256 CJO852206:CJO852256 BZS852206:BZS852256 BPW852206:BPW852256 BGA852206:BGA852256 AWE852206:AWE852256 AMI852206:AMI852256 ACM852206:ACM852256 SQ852206:SQ852256 IU852206:IU852256 E852184:E852234 WVG786670:WVG786720 WLK786670:WLK786720 WBO786670:WBO786720 VRS786670:VRS786720 VHW786670:VHW786720 UYA786670:UYA786720 UOE786670:UOE786720 UEI786670:UEI786720 TUM786670:TUM786720 TKQ786670:TKQ786720 TAU786670:TAU786720 SQY786670:SQY786720 SHC786670:SHC786720 RXG786670:RXG786720 RNK786670:RNK786720 RDO786670:RDO786720 QTS786670:QTS786720 QJW786670:QJW786720 QAA786670:QAA786720 PQE786670:PQE786720 PGI786670:PGI786720 OWM786670:OWM786720 OMQ786670:OMQ786720 OCU786670:OCU786720 NSY786670:NSY786720 NJC786670:NJC786720 MZG786670:MZG786720 MPK786670:MPK786720 MFO786670:MFO786720 LVS786670:LVS786720 LLW786670:LLW786720 LCA786670:LCA786720 KSE786670:KSE786720 KII786670:KII786720 JYM786670:JYM786720 JOQ786670:JOQ786720 JEU786670:JEU786720 IUY786670:IUY786720 ILC786670:ILC786720 IBG786670:IBG786720 HRK786670:HRK786720 HHO786670:HHO786720 GXS786670:GXS786720 GNW786670:GNW786720 GEA786670:GEA786720 FUE786670:FUE786720 FKI786670:FKI786720 FAM786670:FAM786720 EQQ786670:EQQ786720 EGU786670:EGU786720 DWY786670:DWY786720 DNC786670:DNC786720 DDG786670:DDG786720 CTK786670:CTK786720 CJO786670:CJO786720 BZS786670:BZS786720 BPW786670:BPW786720 BGA786670:BGA786720 AWE786670:AWE786720 AMI786670:AMI786720 ACM786670:ACM786720 SQ786670:SQ786720 IU786670:IU786720 E786648:E786698 WVG721134:WVG721184 WLK721134:WLK721184 WBO721134:WBO721184 VRS721134:VRS721184 VHW721134:VHW721184 UYA721134:UYA721184 UOE721134:UOE721184 UEI721134:UEI721184 TUM721134:TUM721184 TKQ721134:TKQ721184 TAU721134:TAU721184 SQY721134:SQY721184 SHC721134:SHC721184 RXG721134:RXG721184 RNK721134:RNK721184 RDO721134:RDO721184 QTS721134:QTS721184 QJW721134:QJW721184 QAA721134:QAA721184 PQE721134:PQE721184 PGI721134:PGI721184 OWM721134:OWM721184 OMQ721134:OMQ721184 OCU721134:OCU721184 NSY721134:NSY721184 NJC721134:NJC721184 MZG721134:MZG721184 MPK721134:MPK721184 MFO721134:MFO721184 LVS721134:LVS721184 LLW721134:LLW721184 LCA721134:LCA721184 KSE721134:KSE721184 KII721134:KII721184 JYM721134:JYM721184 JOQ721134:JOQ721184 JEU721134:JEU721184 IUY721134:IUY721184 ILC721134:ILC721184 IBG721134:IBG721184 HRK721134:HRK721184 HHO721134:HHO721184 GXS721134:GXS721184 GNW721134:GNW721184 GEA721134:GEA721184 FUE721134:FUE721184 FKI721134:FKI721184 FAM721134:FAM721184 EQQ721134:EQQ721184 EGU721134:EGU721184 DWY721134:DWY721184 DNC721134:DNC721184 DDG721134:DDG721184 CTK721134:CTK721184 CJO721134:CJO721184 BZS721134:BZS721184 BPW721134:BPW721184 BGA721134:BGA721184 AWE721134:AWE721184 AMI721134:AMI721184 ACM721134:ACM721184 SQ721134:SQ721184 IU721134:IU721184 E721112:E721162 WVG655598:WVG655648 WLK655598:WLK655648 WBO655598:WBO655648 VRS655598:VRS655648 VHW655598:VHW655648 UYA655598:UYA655648 UOE655598:UOE655648 UEI655598:UEI655648 TUM655598:TUM655648 TKQ655598:TKQ655648 TAU655598:TAU655648 SQY655598:SQY655648 SHC655598:SHC655648 RXG655598:RXG655648 RNK655598:RNK655648 RDO655598:RDO655648 QTS655598:QTS655648 QJW655598:QJW655648 QAA655598:QAA655648 PQE655598:PQE655648 PGI655598:PGI655648 OWM655598:OWM655648 OMQ655598:OMQ655648 OCU655598:OCU655648 NSY655598:NSY655648 NJC655598:NJC655648 MZG655598:MZG655648 MPK655598:MPK655648 MFO655598:MFO655648 LVS655598:LVS655648 LLW655598:LLW655648 LCA655598:LCA655648 KSE655598:KSE655648 KII655598:KII655648 JYM655598:JYM655648 JOQ655598:JOQ655648 JEU655598:JEU655648 IUY655598:IUY655648 ILC655598:ILC655648 IBG655598:IBG655648 HRK655598:HRK655648 HHO655598:HHO655648 GXS655598:GXS655648 GNW655598:GNW655648 GEA655598:GEA655648 FUE655598:FUE655648 FKI655598:FKI655648 FAM655598:FAM655648 EQQ655598:EQQ655648 EGU655598:EGU655648 DWY655598:DWY655648 DNC655598:DNC655648 DDG655598:DDG655648 CTK655598:CTK655648 CJO655598:CJO655648 BZS655598:BZS655648 BPW655598:BPW655648 BGA655598:BGA655648 AWE655598:AWE655648 AMI655598:AMI655648 ACM655598:ACM655648 SQ655598:SQ655648 IU655598:IU655648 E655576:E655626 WVG590062:WVG590112 WLK590062:WLK590112 WBO590062:WBO590112 VRS590062:VRS590112 VHW590062:VHW590112 UYA590062:UYA590112 UOE590062:UOE590112 UEI590062:UEI590112 TUM590062:TUM590112 TKQ590062:TKQ590112 TAU590062:TAU590112 SQY590062:SQY590112 SHC590062:SHC590112 RXG590062:RXG590112 RNK590062:RNK590112 RDO590062:RDO590112 QTS590062:QTS590112 QJW590062:QJW590112 QAA590062:QAA590112 PQE590062:PQE590112 PGI590062:PGI590112 OWM590062:OWM590112 OMQ590062:OMQ590112 OCU590062:OCU590112 NSY590062:NSY590112 NJC590062:NJC590112 MZG590062:MZG590112 MPK590062:MPK590112 MFO590062:MFO590112 LVS590062:LVS590112 LLW590062:LLW590112 LCA590062:LCA590112 KSE590062:KSE590112 KII590062:KII590112 JYM590062:JYM590112 JOQ590062:JOQ590112 JEU590062:JEU590112 IUY590062:IUY590112 ILC590062:ILC590112 IBG590062:IBG590112 HRK590062:HRK590112 HHO590062:HHO590112 GXS590062:GXS590112 GNW590062:GNW590112 GEA590062:GEA590112 FUE590062:FUE590112 FKI590062:FKI590112 FAM590062:FAM590112 EQQ590062:EQQ590112 EGU590062:EGU590112 DWY590062:DWY590112 DNC590062:DNC590112 DDG590062:DDG590112 CTK590062:CTK590112 CJO590062:CJO590112 BZS590062:BZS590112 BPW590062:BPW590112 BGA590062:BGA590112 AWE590062:AWE590112 AMI590062:AMI590112 ACM590062:ACM590112 SQ590062:SQ590112 IU590062:IU590112 E590040:E590090 WVG524526:WVG524576 WLK524526:WLK524576 WBO524526:WBO524576 VRS524526:VRS524576 VHW524526:VHW524576 UYA524526:UYA524576 UOE524526:UOE524576 UEI524526:UEI524576 TUM524526:TUM524576 TKQ524526:TKQ524576 TAU524526:TAU524576 SQY524526:SQY524576 SHC524526:SHC524576 RXG524526:RXG524576 RNK524526:RNK524576 RDO524526:RDO524576 QTS524526:QTS524576 QJW524526:QJW524576 QAA524526:QAA524576 PQE524526:PQE524576 PGI524526:PGI524576 OWM524526:OWM524576 OMQ524526:OMQ524576 OCU524526:OCU524576 NSY524526:NSY524576 NJC524526:NJC524576 MZG524526:MZG524576 MPK524526:MPK524576 MFO524526:MFO524576 LVS524526:LVS524576 LLW524526:LLW524576 LCA524526:LCA524576 KSE524526:KSE524576 KII524526:KII524576 JYM524526:JYM524576 JOQ524526:JOQ524576 JEU524526:JEU524576 IUY524526:IUY524576 ILC524526:ILC524576 IBG524526:IBG524576 HRK524526:HRK524576 HHO524526:HHO524576 GXS524526:GXS524576 GNW524526:GNW524576 GEA524526:GEA524576 FUE524526:FUE524576 FKI524526:FKI524576 FAM524526:FAM524576 EQQ524526:EQQ524576 EGU524526:EGU524576 DWY524526:DWY524576 DNC524526:DNC524576 DDG524526:DDG524576 CTK524526:CTK524576 CJO524526:CJO524576 BZS524526:BZS524576 BPW524526:BPW524576 BGA524526:BGA524576 AWE524526:AWE524576 AMI524526:AMI524576 ACM524526:ACM524576 SQ524526:SQ524576 IU524526:IU524576 E524504:E524554 WVG458990:WVG459040 WLK458990:WLK459040 WBO458990:WBO459040 VRS458990:VRS459040 VHW458990:VHW459040 UYA458990:UYA459040 UOE458990:UOE459040 UEI458990:UEI459040 TUM458990:TUM459040 TKQ458990:TKQ459040 TAU458990:TAU459040 SQY458990:SQY459040 SHC458990:SHC459040 RXG458990:RXG459040 RNK458990:RNK459040 RDO458990:RDO459040 QTS458990:QTS459040 QJW458990:QJW459040 QAA458990:QAA459040 PQE458990:PQE459040 PGI458990:PGI459040 OWM458990:OWM459040 OMQ458990:OMQ459040 OCU458990:OCU459040 NSY458990:NSY459040 NJC458990:NJC459040 MZG458990:MZG459040 MPK458990:MPK459040 MFO458990:MFO459040 LVS458990:LVS459040 LLW458990:LLW459040 LCA458990:LCA459040 KSE458990:KSE459040 KII458990:KII459040 JYM458990:JYM459040 JOQ458990:JOQ459040 JEU458990:JEU459040 IUY458990:IUY459040 ILC458990:ILC459040 IBG458990:IBG459040 HRK458990:HRK459040 HHO458990:HHO459040 GXS458990:GXS459040 GNW458990:GNW459040 GEA458990:GEA459040 FUE458990:FUE459040 FKI458990:FKI459040 FAM458990:FAM459040 EQQ458990:EQQ459040 EGU458990:EGU459040 DWY458990:DWY459040 DNC458990:DNC459040 DDG458990:DDG459040 CTK458990:CTK459040 CJO458990:CJO459040 BZS458990:BZS459040 BPW458990:BPW459040 BGA458990:BGA459040 AWE458990:AWE459040 AMI458990:AMI459040 ACM458990:ACM459040 SQ458990:SQ459040 IU458990:IU459040 E458968:E459018 WVG393454:WVG393504 WLK393454:WLK393504 WBO393454:WBO393504 VRS393454:VRS393504 VHW393454:VHW393504 UYA393454:UYA393504 UOE393454:UOE393504 UEI393454:UEI393504 TUM393454:TUM393504 TKQ393454:TKQ393504 TAU393454:TAU393504 SQY393454:SQY393504 SHC393454:SHC393504 RXG393454:RXG393504 RNK393454:RNK393504 RDO393454:RDO393504 QTS393454:QTS393504 QJW393454:QJW393504 QAA393454:QAA393504 PQE393454:PQE393504 PGI393454:PGI393504 OWM393454:OWM393504 OMQ393454:OMQ393504 OCU393454:OCU393504 NSY393454:NSY393504 NJC393454:NJC393504 MZG393454:MZG393504 MPK393454:MPK393504 MFO393454:MFO393504 LVS393454:LVS393504 LLW393454:LLW393504 LCA393454:LCA393504 KSE393454:KSE393504 KII393454:KII393504 JYM393454:JYM393504 JOQ393454:JOQ393504 JEU393454:JEU393504 IUY393454:IUY393504 ILC393454:ILC393504 IBG393454:IBG393504 HRK393454:HRK393504 HHO393454:HHO393504 GXS393454:GXS393504 GNW393454:GNW393504 GEA393454:GEA393504 FUE393454:FUE393504 FKI393454:FKI393504 FAM393454:FAM393504 EQQ393454:EQQ393504 EGU393454:EGU393504 DWY393454:DWY393504 DNC393454:DNC393504 DDG393454:DDG393504 CTK393454:CTK393504 CJO393454:CJO393504 BZS393454:BZS393504 BPW393454:BPW393504 BGA393454:BGA393504 AWE393454:AWE393504 AMI393454:AMI393504 ACM393454:ACM393504 SQ393454:SQ393504 IU393454:IU393504 E393432:E393482 WVG327918:WVG327968 WLK327918:WLK327968 WBO327918:WBO327968 VRS327918:VRS327968 VHW327918:VHW327968 UYA327918:UYA327968 UOE327918:UOE327968 UEI327918:UEI327968 TUM327918:TUM327968 TKQ327918:TKQ327968 TAU327918:TAU327968 SQY327918:SQY327968 SHC327918:SHC327968 RXG327918:RXG327968 RNK327918:RNK327968 RDO327918:RDO327968 QTS327918:QTS327968 QJW327918:QJW327968 QAA327918:QAA327968 PQE327918:PQE327968 PGI327918:PGI327968 OWM327918:OWM327968 OMQ327918:OMQ327968 OCU327918:OCU327968 NSY327918:NSY327968 NJC327918:NJC327968 MZG327918:MZG327968 MPK327918:MPK327968 MFO327918:MFO327968 LVS327918:LVS327968 LLW327918:LLW327968 LCA327918:LCA327968 KSE327918:KSE327968 KII327918:KII327968 JYM327918:JYM327968 JOQ327918:JOQ327968 JEU327918:JEU327968 IUY327918:IUY327968 ILC327918:ILC327968 IBG327918:IBG327968 HRK327918:HRK327968 HHO327918:HHO327968 GXS327918:GXS327968 GNW327918:GNW327968 GEA327918:GEA327968 FUE327918:FUE327968 FKI327918:FKI327968 FAM327918:FAM327968 EQQ327918:EQQ327968 EGU327918:EGU327968 DWY327918:DWY327968 DNC327918:DNC327968 DDG327918:DDG327968 CTK327918:CTK327968 CJO327918:CJO327968 BZS327918:BZS327968 BPW327918:BPW327968 BGA327918:BGA327968 AWE327918:AWE327968 AMI327918:AMI327968 ACM327918:ACM327968 SQ327918:SQ327968 IU327918:IU327968 E327896:E327946 WVG262382:WVG262432 WLK262382:WLK262432 WBO262382:WBO262432 VRS262382:VRS262432 VHW262382:VHW262432 UYA262382:UYA262432 UOE262382:UOE262432 UEI262382:UEI262432 TUM262382:TUM262432 TKQ262382:TKQ262432 TAU262382:TAU262432 SQY262382:SQY262432 SHC262382:SHC262432 RXG262382:RXG262432 RNK262382:RNK262432 RDO262382:RDO262432 QTS262382:QTS262432 QJW262382:QJW262432 QAA262382:QAA262432 PQE262382:PQE262432 PGI262382:PGI262432 OWM262382:OWM262432 OMQ262382:OMQ262432 OCU262382:OCU262432 NSY262382:NSY262432 NJC262382:NJC262432 MZG262382:MZG262432 MPK262382:MPK262432 MFO262382:MFO262432 LVS262382:LVS262432 LLW262382:LLW262432 LCA262382:LCA262432 KSE262382:KSE262432 KII262382:KII262432 JYM262382:JYM262432 JOQ262382:JOQ262432 JEU262382:JEU262432 IUY262382:IUY262432 ILC262382:ILC262432 IBG262382:IBG262432 HRK262382:HRK262432 HHO262382:HHO262432 GXS262382:GXS262432 GNW262382:GNW262432 GEA262382:GEA262432 FUE262382:FUE262432 FKI262382:FKI262432 FAM262382:FAM262432 EQQ262382:EQQ262432 EGU262382:EGU262432 DWY262382:DWY262432 DNC262382:DNC262432 DDG262382:DDG262432 CTK262382:CTK262432 CJO262382:CJO262432 BZS262382:BZS262432 BPW262382:BPW262432 BGA262382:BGA262432 AWE262382:AWE262432 AMI262382:AMI262432 ACM262382:ACM262432 SQ262382:SQ262432 IU262382:IU262432 E262360:E262410 WVG196846:WVG196896 WLK196846:WLK196896 WBO196846:WBO196896 VRS196846:VRS196896 VHW196846:VHW196896 UYA196846:UYA196896 UOE196846:UOE196896 UEI196846:UEI196896 TUM196846:TUM196896 TKQ196846:TKQ196896 TAU196846:TAU196896 SQY196846:SQY196896 SHC196846:SHC196896 RXG196846:RXG196896 RNK196846:RNK196896 RDO196846:RDO196896 QTS196846:QTS196896 QJW196846:QJW196896 QAA196846:QAA196896 PQE196846:PQE196896 PGI196846:PGI196896 OWM196846:OWM196896 OMQ196846:OMQ196896 OCU196846:OCU196896 NSY196846:NSY196896 NJC196846:NJC196896 MZG196846:MZG196896 MPK196846:MPK196896 MFO196846:MFO196896 LVS196846:LVS196896 LLW196846:LLW196896 LCA196846:LCA196896 KSE196846:KSE196896 KII196846:KII196896 JYM196846:JYM196896 JOQ196846:JOQ196896 JEU196846:JEU196896 IUY196846:IUY196896 ILC196846:ILC196896 IBG196846:IBG196896 HRK196846:HRK196896 HHO196846:HHO196896 GXS196846:GXS196896 GNW196846:GNW196896 GEA196846:GEA196896 FUE196846:FUE196896 FKI196846:FKI196896 FAM196846:FAM196896 EQQ196846:EQQ196896 EGU196846:EGU196896 DWY196846:DWY196896 DNC196846:DNC196896 DDG196846:DDG196896 CTK196846:CTK196896 CJO196846:CJO196896 BZS196846:BZS196896 BPW196846:BPW196896 BGA196846:BGA196896 AWE196846:AWE196896 AMI196846:AMI196896 ACM196846:ACM196896 SQ196846:SQ196896 IU196846:IU196896 E196824:E196874 WVG131310:WVG131360 WLK131310:WLK131360 WBO131310:WBO131360 VRS131310:VRS131360 VHW131310:VHW131360 UYA131310:UYA131360 UOE131310:UOE131360 UEI131310:UEI131360 TUM131310:TUM131360 TKQ131310:TKQ131360 TAU131310:TAU131360 SQY131310:SQY131360 SHC131310:SHC131360 RXG131310:RXG131360 RNK131310:RNK131360 RDO131310:RDO131360 QTS131310:QTS131360 QJW131310:QJW131360 QAA131310:QAA131360 PQE131310:PQE131360 PGI131310:PGI131360 OWM131310:OWM131360 OMQ131310:OMQ131360 OCU131310:OCU131360 NSY131310:NSY131360 NJC131310:NJC131360 MZG131310:MZG131360 MPK131310:MPK131360 MFO131310:MFO131360 LVS131310:LVS131360 LLW131310:LLW131360 LCA131310:LCA131360 KSE131310:KSE131360 KII131310:KII131360 JYM131310:JYM131360 JOQ131310:JOQ131360 JEU131310:JEU131360 IUY131310:IUY131360 ILC131310:ILC131360 IBG131310:IBG131360 HRK131310:HRK131360 HHO131310:HHO131360 GXS131310:GXS131360 GNW131310:GNW131360 GEA131310:GEA131360 FUE131310:FUE131360 FKI131310:FKI131360 FAM131310:FAM131360 EQQ131310:EQQ131360 EGU131310:EGU131360 DWY131310:DWY131360 DNC131310:DNC131360 DDG131310:DDG131360 CTK131310:CTK131360 CJO131310:CJO131360 BZS131310:BZS131360 BPW131310:BPW131360 BGA131310:BGA131360 AWE131310:AWE131360 AMI131310:AMI131360 ACM131310:ACM131360 SQ131310:SQ131360 IU131310:IU131360 E131288:E131338 WVG65774:WVG65824 WLK65774:WLK65824 WBO65774:WBO65824 VRS65774:VRS65824 VHW65774:VHW65824 UYA65774:UYA65824 UOE65774:UOE65824 UEI65774:UEI65824 TUM65774:TUM65824 TKQ65774:TKQ65824 TAU65774:TAU65824 SQY65774:SQY65824 SHC65774:SHC65824 RXG65774:RXG65824 RNK65774:RNK65824 RDO65774:RDO65824 QTS65774:QTS65824 QJW65774:QJW65824 QAA65774:QAA65824 PQE65774:PQE65824 PGI65774:PGI65824 OWM65774:OWM65824 OMQ65774:OMQ65824 OCU65774:OCU65824 NSY65774:NSY65824 NJC65774:NJC65824 MZG65774:MZG65824 MPK65774:MPK65824 MFO65774:MFO65824 LVS65774:LVS65824 LLW65774:LLW65824 LCA65774:LCA65824 KSE65774:KSE65824 KII65774:KII65824 JYM65774:JYM65824 JOQ65774:JOQ65824 JEU65774:JEU65824 IUY65774:IUY65824 ILC65774:ILC65824 IBG65774:IBG65824 HRK65774:HRK65824 HHO65774:HHO65824 GXS65774:GXS65824 GNW65774:GNW65824 GEA65774:GEA65824 FUE65774:FUE65824 FKI65774:FKI65824 FAM65774:FAM65824 EQQ65774:EQQ65824 EGU65774:EGU65824 DWY65774:DWY65824 DNC65774:DNC65824 DDG65774:DDG65824 CTK65774:CTK65824 CJO65774:CJO65824 BZS65774:BZS65824 BPW65774:BPW65824 BGA65774:BGA65824 AWE65774:AWE65824 AMI65774:AMI65824 ACM65774:ACM65824 SQ65774:SQ65824 IU65774:IU65824 E65752:E65802 IL22:IL267 SH22:SH267 ACD22:ACD267 ALZ22:ALZ267 AVV22:AVV267 BFR22:BFR267 BPN22:BPN267 BZJ22:BZJ267 CJF22:CJF267 CTB22:CTB267 DCX22:DCX267 DMT22:DMT267 DWP22:DWP267 EGL22:EGL267 EQH22:EQH267 FAD22:FAD267 FJZ22:FJZ267 FTV22:FTV267 GDR22:GDR267 GNN22:GNN267 GXJ22:GXJ267 HHF22:HHF267 HRB22:HRB267 IAX22:IAX267 IKT22:IKT267 IUP22:IUP267 JEL22:JEL267 JOH22:JOH267 JYD22:JYD267 KHZ22:KHZ267 KRV22:KRV267 LBR22:LBR267 LLN22:LLN267 LVJ22:LVJ267 MFF22:MFF267 MPB22:MPB267 MYX22:MYX267 NIT22:NIT267 NSP22:NSP267 OCL22:OCL267 OMH22:OMH267 OWD22:OWD267 PFZ22:PFZ267 PPV22:PPV267 PZR22:PZR267 QJN22:QJN267 QTJ22:QTJ267 RDF22:RDF267 RNB22:RNB267 RWX22:RWX267 SGT22:SGT267 SQP22:SQP267 TAL22:TAL267 TKH22:TKH267 TUD22:TUD267 UDZ22:UDZ267 UNV22:UNV267 UXR22:UXR267 VHN22:VHN267 VRJ22:VRJ267 WBF22:WBF267 WLB22:WLB267 WUX22:WUX267" xr:uid="{5C815FD9-3817-401F-974F-88DCFA7A203E}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="WVG983282:WVG983332 WLK983282:WLK983332 WBO983282:WBO983332 VRS983282:VRS983332 VHW983282:VHW983332 UYA983282:UYA983332 UOE983282:UOE983332 UEI983282:UEI983332 TUM983282:TUM983332 TKQ983282:TKQ983332 TAU983282:TAU983332 SQY983282:SQY983332 SHC983282:SHC983332 RXG983282:RXG983332 RNK983282:RNK983332 RDO983282:RDO983332 QTS983282:QTS983332 QJW983282:QJW983332 QAA983282:QAA983332 PQE983282:PQE983332 PGI983282:PGI983332 OWM983282:OWM983332 OMQ983282:OMQ983332 OCU983282:OCU983332 NSY983282:NSY983332 NJC983282:NJC983332 MZG983282:MZG983332 MPK983282:MPK983332 MFO983282:MFO983332 LVS983282:LVS983332 LLW983282:LLW983332 LCA983282:LCA983332 KSE983282:KSE983332 KII983282:KII983332 JYM983282:JYM983332 JOQ983282:JOQ983332 JEU983282:JEU983332 IUY983282:IUY983332 ILC983282:ILC983332 IBG983282:IBG983332 HRK983282:HRK983332 HHO983282:HHO983332 GXS983282:GXS983332 GNW983282:GNW983332 GEA983282:GEA983332 FUE983282:FUE983332 FKI983282:FKI983332 FAM983282:FAM983332 EQQ983282:EQQ983332 EGU983282:EGU983332 DWY983282:DWY983332 DNC983282:DNC983332 DDG983282:DDG983332 CTK983282:CTK983332 CJO983282:CJO983332 BZS983282:BZS983332 BPW983282:BPW983332 BGA983282:BGA983332 AWE983282:AWE983332 AMI983282:AMI983332 ACM983282:ACM983332 SQ983282:SQ983332 IU983282:IU983332 E983260:E983310 WVG917746:WVG917796 WLK917746:WLK917796 WBO917746:WBO917796 VRS917746:VRS917796 VHW917746:VHW917796 UYA917746:UYA917796 UOE917746:UOE917796 UEI917746:UEI917796 TUM917746:TUM917796 TKQ917746:TKQ917796 TAU917746:TAU917796 SQY917746:SQY917796 SHC917746:SHC917796 RXG917746:RXG917796 RNK917746:RNK917796 RDO917746:RDO917796 QTS917746:QTS917796 QJW917746:QJW917796 QAA917746:QAA917796 PQE917746:PQE917796 PGI917746:PGI917796 OWM917746:OWM917796 OMQ917746:OMQ917796 OCU917746:OCU917796 NSY917746:NSY917796 NJC917746:NJC917796 MZG917746:MZG917796 MPK917746:MPK917796 MFO917746:MFO917796 LVS917746:LVS917796 LLW917746:LLW917796 LCA917746:LCA917796 KSE917746:KSE917796 KII917746:KII917796 JYM917746:JYM917796 JOQ917746:JOQ917796 JEU917746:JEU917796 IUY917746:IUY917796 ILC917746:ILC917796 IBG917746:IBG917796 HRK917746:HRK917796 HHO917746:HHO917796 GXS917746:GXS917796 GNW917746:GNW917796 GEA917746:GEA917796 FUE917746:FUE917796 FKI917746:FKI917796 FAM917746:FAM917796 EQQ917746:EQQ917796 EGU917746:EGU917796 DWY917746:DWY917796 DNC917746:DNC917796 DDG917746:DDG917796 CTK917746:CTK917796 CJO917746:CJO917796 BZS917746:BZS917796 BPW917746:BPW917796 BGA917746:BGA917796 AWE917746:AWE917796 AMI917746:AMI917796 ACM917746:ACM917796 SQ917746:SQ917796 IU917746:IU917796 E917724:E917774 WVG852210:WVG852260 WLK852210:WLK852260 WBO852210:WBO852260 VRS852210:VRS852260 VHW852210:VHW852260 UYA852210:UYA852260 UOE852210:UOE852260 UEI852210:UEI852260 TUM852210:TUM852260 TKQ852210:TKQ852260 TAU852210:TAU852260 SQY852210:SQY852260 SHC852210:SHC852260 RXG852210:RXG852260 RNK852210:RNK852260 RDO852210:RDO852260 QTS852210:QTS852260 QJW852210:QJW852260 QAA852210:QAA852260 PQE852210:PQE852260 PGI852210:PGI852260 OWM852210:OWM852260 OMQ852210:OMQ852260 OCU852210:OCU852260 NSY852210:NSY852260 NJC852210:NJC852260 MZG852210:MZG852260 MPK852210:MPK852260 MFO852210:MFO852260 LVS852210:LVS852260 LLW852210:LLW852260 LCA852210:LCA852260 KSE852210:KSE852260 KII852210:KII852260 JYM852210:JYM852260 JOQ852210:JOQ852260 JEU852210:JEU852260 IUY852210:IUY852260 ILC852210:ILC852260 IBG852210:IBG852260 HRK852210:HRK852260 HHO852210:HHO852260 GXS852210:GXS852260 GNW852210:GNW852260 GEA852210:GEA852260 FUE852210:FUE852260 FKI852210:FKI852260 FAM852210:FAM852260 EQQ852210:EQQ852260 EGU852210:EGU852260 DWY852210:DWY852260 DNC852210:DNC852260 DDG852210:DDG852260 CTK852210:CTK852260 CJO852210:CJO852260 BZS852210:BZS852260 BPW852210:BPW852260 BGA852210:BGA852260 AWE852210:AWE852260 AMI852210:AMI852260 ACM852210:ACM852260 SQ852210:SQ852260 IU852210:IU852260 E852188:E852238 WVG786674:WVG786724 WLK786674:WLK786724 WBO786674:WBO786724 VRS786674:VRS786724 VHW786674:VHW786724 UYA786674:UYA786724 UOE786674:UOE786724 UEI786674:UEI786724 TUM786674:TUM786724 TKQ786674:TKQ786724 TAU786674:TAU786724 SQY786674:SQY786724 SHC786674:SHC786724 RXG786674:RXG786724 RNK786674:RNK786724 RDO786674:RDO786724 QTS786674:QTS786724 QJW786674:QJW786724 QAA786674:QAA786724 PQE786674:PQE786724 PGI786674:PGI786724 OWM786674:OWM786724 OMQ786674:OMQ786724 OCU786674:OCU786724 NSY786674:NSY786724 NJC786674:NJC786724 MZG786674:MZG786724 MPK786674:MPK786724 MFO786674:MFO786724 LVS786674:LVS786724 LLW786674:LLW786724 LCA786674:LCA786724 KSE786674:KSE786724 KII786674:KII786724 JYM786674:JYM786724 JOQ786674:JOQ786724 JEU786674:JEU786724 IUY786674:IUY786724 ILC786674:ILC786724 IBG786674:IBG786724 HRK786674:HRK786724 HHO786674:HHO786724 GXS786674:GXS786724 GNW786674:GNW786724 GEA786674:GEA786724 FUE786674:FUE786724 FKI786674:FKI786724 FAM786674:FAM786724 EQQ786674:EQQ786724 EGU786674:EGU786724 DWY786674:DWY786724 DNC786674:DNC786724 DDG786674:DDG786724 CTK786674:CTK786724 CJO786674:CJO786724 BZS786674:BZS786724 BPW786674:BPW786724 BGA786674:BGA786724 AWE786674:AWE786724 AMI786674:AMI786724 ACM786674:ACM786724 SQ786674:SQ786724 IU786674:IU786724 E786652:E786702 WVG721138:WVG721188 WLK721138:WLK721188 WBO721138:WBO721188 VRS721138:VRS721188 VHW721138:VHW721188 UYA721138:UYA721188 UOE721138:UOE721188 UEI721138:UEI721188 TUM721138:TUM721188 TKQ721138:TKQ721188 TAU721138:TAU721188 SQY721138:SQY721188 SHC721138:SHC721188 RXG721138:RXG721188 RNK721138:RNK721188 RDO721138:RDO721188 QTS721138:QTS721188 QJW721138:QJW721188 QAA721138:QAA721188 PQE721138:PQE721188 PGI721138:PGI721188 OWM721138:OWM721188 OMQ721138:OMQ721188 OCU721138:OCU721188 NSY721138:NSY721188 NJC721138:NJC721188 MZG721138:MZG721188 MPK721138:MPK721188 MFO721138:MFO721188 LVS721138:LVS721188 LLW721138:LLW721188 LCA721138:LCA721188 KSE721138:KSE721188 KII721138:KII721188 JYM721138:JYM721188 JOQ721138:JOQ721188 JEU721138:JEU721188 IUY721138:IUY721188 ILC721138:ILC721188 IBG721138:IBG721188 HRK721138:HRK721188 HHO721138:HHO721188 GXS721138:GXS721188 GNW721138:GNW721188 GEA721138:GEA721188 FUE721138:FUE721188 FKI721138:FKI721188 FAM721138:FAM721188 EQQ721138:EQQ721188 EGU721138:EGU721188 DWY721138:DWY721188 DNC721138:DNC721188 DDG721138:DDG721188 CTK721138:CTK721188 CJO721138:CJO721188 BZS721138:BZS721188 BPW721138:BPW721188 BGA721138:BGA721188 AWE721138:AWE721188 AMI721138:AMI721188 ACM721138:ACM721188 SQ721138:SQ721188 IU721138:IU721188 E721116:E721166 WVG655602:WVG655652 WLK655602:WLK655652 WBO655602:WBO655652 VRS655602:VRS655652 VHW655602:VHW655652 UYA655602:UYA655652 UOE655602:UOE655652 UEI655602:UEI655652 TUM655602:TUM655652 TKQ655602:TKQ655652 TAU655602:TAU655652 SQY655602:SQY655652 SHC655602:SHC655652 RXG655602:RXG655652 RNK655602:RNK655652 RDO655602:RDO655652 QTS655602:QTS655652 QJW655602:QJW655652 QAA655602:QAA655652 PQE655602:PQE655652 PGI655602:PGI655652 OWM655602:OWM655652 OMQ655602:OMQ655652 OCU655602:OCU655652 NSY655602:NSY655652 NJC655602:NJC655652 MZG655602:MZG655652 MPK655602:MPK655652 MFO655602:MFO655652 LVS655602:LVS655652 LLW655602:LLW655652 LCA655602:LCA655652 KSE655602:KSE655652 KII655602:KII655652 JYM655602:JYM655652 JOQ655602:JOQ655652 JEU655602:JEU655652 IUY655602:IUY655652 ILC655602:ILC655652 IBG655602:IBG655652 HRK655602:HRK655652 HHO655602:HHO655652 GXS655602:GXS655652 GNW655602:GNW655652 GEA655602:GEA655652 FUE655602:FUE655652 FKI655602:FKI655652 FAM655602:FAM655652 EQQ655602:EQQ655652 EGU655602:EGU655652 DWY655602:DWY655652 DNC655602:DNC655652 DDG655602:DDG655652 CTK655602:CTK655652 CJO655602:CJO655652 BZS655602:BZS655652 BPW655602:BPW655652 BGA655602:BGA655652 AWE655602:AWE655652 AMI655602:AMI655652 ACM655602:ACM655652 SQ655602:SQ655652 IU655602:IU655652 E655580:E655630 WVG590066:WVG590116 WLK590066:WLK590116 WBO590066:WBO590116 VRS590066:VRS590116 VHW590066:VHW590116 UYA590066:UYA590116 UOE590066:UOE590116 UEI590066:UEI590116 TUM590066:TUM590116 TKQ590066:TKQ590116 TAU590066:TAU590116 SQY590066:SQY590116 SHC590066:SHC590116 RXG590066:RXG590116 RNK590066:RNK590116 RDO590066:RDO590116 QTS590066:QTS590116 QJW590066:QJW590116 QAA590066:QAA590116 PQE590066:PQE590116 PGI590066:PGI590116 OWM590066:OWM590116 OMQ590066:OMQ590116 OCU590066:OCU590116 NSY590066:NSY590116 NJC590066:NJC590116 MZG590066:MZG590116 MPK590066:MPK590116 MFO590066:MFO590116 LVS590066:LVS590116 LLW590066:LLW590116 LCA590066:LCA590116 KSE590066:KSE590116 KII590066:KII590116 JYM590066:JYM590116 JOQ590066:JOQ590116 JEU590066:JEU590116 IUY590066:IUY590116 ILC590066:ILC590116 IBG590066:IBG590116 HRK590066:HRK590116 HHO590066:HHO590116 GXS590066:GXS590116 GNW590066:GNW590116 GEA590066:GEA590116 FUE590066:FUE590116 FKI590066:FKI590116 FAM590066:FAM590116 EQQ590066:EQQ590116 EGU590066:EGU590116 DWY590066:DWY590116 DNC590066:DNC590116 DDG590066:DDG590116 CTK590066:CTK590116 CJO590066:CJO590116 BZS590066:BZS590116 BPW590066:BPW590116 BGA590066:BGA590116 AWE590066:AWE590116 AMI590066:AMI590116 ACM590066:ACM590116 SQ590066:SQ590116 IU590066:IU590116 E590044:E590094 WVG524530:WVG524580 WLK524530:WLK524580 WBO524530:WBO524580 VRS524530:VRS524580 VHW524530:VHW524580 UYA524530:UYA524580 UOE524530:UOE524580 UEI524530:UEI524580 TUM524530:TUM524580 TKQ524530:TKQ524580 TAU524530:TAU524580 SQY524530:SQY524580 SHC524530:SHC524580 RXG524530:RXG524580 RNK524530:RNK524580 RDO524530:RDO524580 QTS524530:QTS524580 QJW524530:QJW524580 QAA524530:QAA524580 PQE524530:PQE524580 PGI524530:PGI524580 OWM524530:OWM524580 OMQ524530:OMQ524580 OCU524530:OCU524580 NSY524530:NSY524580 NJC524530:NJC524580 MZG524530:MZG524580 MPK524530:MPK524580 MFO524530:MFO524580 LVS524530:LVS524580 LLW524530:LLW524580 LCA524530:LCA524580 KSE524530:KSE524580 KII524530:KII524580 JYM524530:JYM524580 JOQ524530:JOQ524580 JEU524530:JEU524580 IUY524530:IUY524580 ILC524530:ILC524580 IBG524530:IBG524580 HRK524530:HRK524580 HHO524530:HHO524580 GXS524530:GXS524580 GNW524530:GNW524580 GEA524530:GEA524580 FUE524530:FUE524580 FKI524530:FKI524580 FAM524530:FAM524580 EQQ524530:EQQ524580 EGU524530:EGU524580 DWY524530:DWY524580 DNC524530:DNC524580 DDG524530:DDG524580 CTK524530:CTK524580 CJO524530:CJO524580 BZS524530:BZS524580 BPW524530:BPW524580 BGA524530:BGA524580 AWE524530:AWE524580 AMI524530:AMI524580 ACM524530:ACM524580 SQ524530:SQ524580 IU524530:IU524580 E524508:E524558 WVG458994:WVG459044 WLK458994:WLK459044 WBO458994:WBO459044 VRS458994:VRS459044 VHW458994:VHW459044 UYA458994:UYA459044 UOE458994:UOE459044 UEI458994:UEI459044 TUM458994:TUM459044 TKQ458994:TKQ459044 TAU458994:TAU459044 SQY458994:SQY459044 SHC458994:SHC459044 RXG458994:RXG459044 RNK458994:RNK459044 RDO458994:RDO459044 QTS458994:QTS459044 QJW458994:QJW459044 QAA458994:QAA459044 PQE458994:PQE459044 PGI458994:PGI459044 OWM458994:OWM459044 OMQ458994:OMQ459044 OCU458994:OCU459044 NSY458994:NSY459044 NJC458994:NJC459044 MZG458994:MZG459044 MPK458994:MPK459044 MFO458994:MFO459044 LVS458994:LVS459044 LLW458994:LLW459044 LCA458994:LCA459044 KSE458994:KSE459044 KII458994:KII459044 JYM458994:JYM459044 JOQ458994:JOQ459044 JEU458994:JEU459044 IUY458994:IUY459044 ILC458994:ILC459044 IBG458994:IBG459044 HRK458994:HRK459044 HHO458994:HHO459044 GXS458994:GXS459044 GNW458994:GNW459044 GEA458994:GEA459044 FUE458994:FUE459044 FKI458994:FKI459044 FAM458994:FAM459044 EQQ458994:EQQ459044 EGU458994:EGU459044 DWY458994:DWY459044 DNC458994:DNC459044 DDG458994:DDG459044 CTK458994:CTK459044 CJO458994:CJO459044 BZS458994:BZS459044 BPW458994:BPW459044 BGA458994:BGA459044 AWE458994:AWE459044 AMI458994:AMI459044 ACM458994:ACM459044 SQ458994:SQ459044 IU458994:IU459044 E458972:E459022 WVG393458:WVG393508 WLK393458:WLK393508 WBO393458:WBO393508 VRS393458:VRS393508 VHW393458:VHW393508 UYA393458:UYA393508 UOE393458:UOE393508 UEI393458:UEI393508 TUM393458:TUM393508 TKQ393458:TKQ393508 TAU393458:TAU393508 SQY393458:SQY393508 SHC393458:SHC393508 RXG393458:RXG393508 RNK393458:RNK393508 RDO393458:RDO393508 QTS393458:QTS393508 QJW393458:QJW393508 QAA393458:QAA393508 PQE393458:PQE393508 PGI393458:PGI393508 OWM393458:OWM393508 OMQ393458:OMQ393508 OCU393458:OCU393508 NSY393458:NSY393508 NJC393458:NJC393508 MZG393458:MZG393508 MPK393458:MPK393508 MFO393458:MFO393508 LVS393458:LVS393508 LLW393458:LLW393508 LCA393458:LCA393508 KSE393458:KSE393508 KII393458:KII393508 JYM393458:JYM393508 JOQ393458:JOQ393508 JEU393458:JEU393508 IUY393458:IUY393508 ILC393458:ILC393508 IBG393458:IBG393508 HRK393458:HRK393508 HHO393458:HHO393508 GXS393458:GXS393508 GNW393458:GNW393508 GEA393458:GEA393508 FUE393458:FUE393508 FKI393458:FKI393508 FAM393458:FAM393508 EQQ393458:EQQ393508 EGU393458:EGU393508 DWY393458:DWY393508 DNC393458:DNC393508 DDG393458:DDG393508 CTK393458:CTK393508 CJO393458:CJO393508 BZS393458:BZS393508 BPW393458:BPW393508 BGA393458:BGA393508 AWE393458:AWE393508 AMI393458:AMI393508 ACM393458:ACM393508 SQ393458:SQ393508 IU393458:IU393508 E393436:E393486 WVG327922:WVG327972 WLK327922:WLK327972 WBO327922:WBO327972 VRS327922:VRS327972 VHW327922:VHW327972 UYA327922:UYA327972 UOE327922:UOE327972 UEI327922:UEI327972 TUM327922:TUM327972 TKQ327922:TKQ327972 TAU327922:TAU327972 SQY327922:SQY327972 SHC327922:SHC327972 RXG327922:RXG327972 RNK327922:RNK327972 RDO327922:RDO327972 QTS327922:QTS327972 QJW327922:QJW327972 QAA327922:QAA327972 PQE327922:PQE327972 PGI327922:PGI327972 OWM327922:OWM327972 OMQ327922:OMQ327972 OCU327922:OCU327972 NSY327922:NSY327972 NJC327922:NJC327972 MZG327922:MZG327972 MPK327922:MPK327972 MFO327922:MFO327972 LVS327922:LVS327972 LLW327922:LLW327972 LCA327922:LCA327972 KSE327922:KSE327972 KII327922:KII327972 JYM327922:JYM327972 JOQ327922:JOQ327972 JEU327922:JEU327972 IUY327922:IUY327972 ILC327922:ILC327972 IBG327922:IBG327972 HRK327922:HRK327972 HHO327922:HHO327972 GXS327922:GXS327972 GNW327922:GNW327972 GEA327922:GEA327972 FUE327922:FUE327972 FKI327922:FKI327972 FAM327922:FAM327972 EQQ327922:EQQ327972 EGU327922:EGU327972 DWY327922:DWY327972 DNC327922:DNC327972 DDG327922:DDG327972 CTK327922:CTK327972 CJO327922:CJO327972 BZS327922:BZS327972 BPW327922:BPW327972 BGA327922:BGA327972 AWE327922:AWE327972 AMI327922:AMI327972 ACM327922:ACM327972 SQ327922:SQ327972 IU327922:IU327972 E327900:E327950 WVG262386:WVG262436 WLK262386:WLK262436 WBO262386:WBO262436 VRS262386:VRS262436 VHW262386:VHW262436 UYA262386:UYA262436 UOE262386:UOE262436 UEI262386:UEI262436 TUM262386:TUM262436 TKQ262386:TKQ262436 TAU262386:TAU262436 SQY262386:SQY262436 SHC262386:SHC262436 RXG262386:RXG262436 RNK262386:RNK262436 RDO262386:RDO262436 QTS262386:QTS262436 QJW262386:QJW262436 QAA262386:QAA262436 PQE262386:PQE262436 PGI262386:PGI262436 OWM262386:OWM262436 OMQ262386:OMQ262436 OCU262386:OCU262436 NSY262386:NSY262436 NJC262386:NJC262436 MZG262386:MZG262436 MPK262386:MPK262436 MFO262386:MFO262436 LVS262386:LVS262436 LLW262386:LLW262436 LCA262386:LCA262436 KSE262386:KSE262436 KII262386:KII262436 JYM262386:JYM262436 JOQ262386:JOQ262436 JEU262386:JEU262436 IUY262386:IUY262436 ILC262386:ILC262436 IBG262386:IBG262436 HRK262386:HRK262436 HHO262386:HHO262436 GXS262386:GXS262436 GNW262386:GNW262436 GEA262386:GEA262436 FUE262386:FUE262436 FKI262386:FKI262436 FAM262386:FAM262436 EQQ262386:EQQ262436 EGU262386:EGU262436 DWY262386:DWY262436 DNC262386:DNC262436 DDG262386:DDG262436 CTK262386:CTK262436 CJO262386:CJO262436 BZS262386:BZS262436 BPW262386:BPW262436 BGA262386:BGA262436 AWE262386:AWE262436 AMI262386:AMI262436 ACM262386:ACM262436 SQ262386:SQ262436 IU262386:IU262436 E262364:E262414 WVG196850:WVG196900 WLK196850:WLK196900 WBO196850:WBO196900 VRS196850:VRS196900 VHW196850:VHW196900 UYA196850:UYA196900 UOE196850:UOE196900 UEI196850:UEI196900 TUM196850:TUM196900 TKQ196850:TKQ196900 TAU196850:TAU196900 SQY196850:SQY196900 SHC196850:SHC196900 RXG196850:RXG196900 RNK196850:RNK196900 RDO196850:RDO196900 QTS196850:QTS196900 QJW196850:QJW196900 QAA196850:QAA196900 PQE196850:PQE196900 PGI196850:PGI196900 OWM196850:OWM196900 OMQ196850:OMQ196900 OCU196850:OCU196900 NSY196850:NSY196900 NJC196850:NJC196900 MZG196850:MZG196900 MPK196850:MPK196900 MFO196850:MFO196900 LVS196850:LVS196900 LLW196850:LLW196900 LCA196850:LCA196900 KSE196850:KSE196900 KII196850:KII196900 JYM196850:JYM196900 JOQ196850:JOQ196900 JEU196850:JEU196900 IUY196850:IUY196900 ILC196850:ILC196900 IBG196850:IBG196900 HRK196850:HRK196900 HHO196850:HHO196900 GXS196850:GXS196900 GNW196850:GNW196900 GEA196850:GEA196900 FUE196850:FUE196900 FKI196850:FKI196900 FAM196850:FAM196900 EQQ196850:EQQ196900 EGU196850:EGU196900 DWY196850:DWY196900 DNC196850:DNC196900 DDG196850:DDG196900 CTK196850:CTK196900 CJO196850:CJO196900 BZS196850:BZS196900 BPW196850:BPW196900 BGA196850:BGA196900 AWE196850:AWE196900 AMI196850:AMI196900 ACM196850:ACM196900 SQ196850:SQ196900 IU196850:IU196900 E196828:E196878 WVG131314:WVG131364 WLK131314:WLK131364 WBO131314:WBO131364 VRS131314:VRS131364 VHW131314:VHW131364 UYA131314:UYA131364 UOE131314:UOE131364 UEI131314:UEI131364 TUM131314:TUM131364 TKQ131314:TKQ131364 TAU131314:TAU131364 SQY131314:SQY131364 SHC131314:SHC131364 RXG131314:RXG131364 RNK131314:RNK131364 RDO131314:RDO131364 QTS131314:QTS131364 QJW131314:QJW131364 QAA131314:QAA131364 PQE131314:PQE131364 PGI131314:PGI131364 OWM131314:OWM131364 OMQ131314:OMQ131364 OCU131314:OCU131364 NSY131314:NSY131364 NJC131314:NJC131364 MZG131314:MZG131364 MPK131314:MPK131364 MFO131314:MFO131364 LVS131314:LVS131364 LLW131314:LLW131364 LCA131314:LCA131364 KSE131314:KSE131364 KII131314:KII131364 JYM131314:JYM131364 JOQ131314:JOQ131364 JEU131314:JEU131364 IUY131314:IUY131364 ILC131314:ILC131364 IBG131314:IBG131364 HRK131314:HRK131364 HHO131314:HHO131364 GXS131314:GXS131364 GNW131314:GNW131364 GEA131314:GEA131364 FUE131314:FUE131364 FKI131314:FKI131364 FAM131314:FAM131364 EQQ131314:EQQ131364 EGU131314:EGU131364 DWY131314:DWY131364 DNC131314:DNC131364 DDG131314:DDG131364 CTK131314:CTK131364 CJO131314:CJO131364 BZS131314:BZS131364 BPW131314:BPW131364 BGA131314:BGA131364 AWE131314:AWE131364 AMI131314:AMI131364 ACM131314:ACM131364 SQ131314:SQ131364 IU131314:IU131364 E131292:E131342 WVG65778:WVG65828 WLK65778:WLK65828 WBO65778:WBO65828 VRS65778:VRS65828 VHW65778:VHW65828 UYA65778:UYA65828 UOE65778:UOE65828 UEI65778:UEI65828 TUM65778:TUM65828 TKQ65778:TKQ65828 TAU65778:TAU65828 SQY65778:SQY65828 SHC65778:SHC65828 RXG65778:RXG65828 RNK65778:RNK65828 RDO65778:RDO65828 QTS65778:QTS65828 QJW65778:QJW65828 QAA65778:QAA65828 PQE65778:PQE65828 PGI65778:PGI65828 OWM65778:OWM65828 OMQ65778:OMQ65828 OCU65778:OCU65828 NSY65778:NSY65828 NJC65778:NJC65828 MZG65778:MZG65828 MPK65778:MPK65828 MFO65778:MFO65828 LVS65778:LVS65828 LLW65778:LLW65828 LCA65778:LCA65828 KSE65778:KSE65828 KII65778:KII65828 JYM65778:JYM65828 JOQ65778:JOQ65828 JEU65778:JEU65828 IUY65778:IUY65828 ILC65778:ILC65828 IBG65778:IBG65828 HRK65778:HRK65828 HHO65778:HHO65828 GXS65778:GXS65828 GNW65778:GNW65828 GEA65778:GEA65828 FUE65778:FUE65828 FKI65778:FKI65828 FAM65778:FAM65828 EQQ65778:EQQ65828 EGU65778:EGU65828 DWY65778:DWY65828 DNC65778:DNC65828 DDG65778:DDG65828 CTK65778:CTK65828 CJO65778:CJO65828 BZS65778:BZS65828 BPW65778:BPW65828 BGA65778:BGA65828 AWE65778:AWE65828 AMI65778:AMI65828 ACM65778:ACM65828 SQ65778:SQ65828 IU65778:IU65828 E65756:E65806 IL22:IL267 SH22:SH267 ACD22:ACD267 ALZ22:ALZ267 AVV22:AVV267 BFR22:BFR267 BPN22:BPN267 BZJ22:BZJ267 CJF22:CJF267 CTB22:CTB267 DCX22:DCX267 DMT22:DMT267 DWP22:DWP267 EGL22:EGL267 EQH22:EQH267 FAD22:FAD267 FJZ22:FJZ267 FTV22:FTV267 GDR22:GDR267 GNN22:GNN267 GXJ22:GXJ267 HHF22:HHF267 HRB22:HRB267 IAX22:IAX267 IKT22:IKT267 IUP22:IUP267 JEL22:JEL267 JOH22:JOH267 JYD22:JYD267 KHZ22:KHZ267 KRV22:KRV267 LBR22:LBR267 LLN22:LLN267 LVJ22:LVJ267 MFF22:MFF267 MPB22:MPB267 MYX22:MYX267 NIT22:NIT267 NSP22:NSP267 OCL22:OCL267 OMH22:OMH267 OWD22:OWD267 PFZ22:PFZ267 PPV22:PPV267 PZR22:PZR267 QJN22:QJN267 QTJ22:QTJ267 RDF22:RDF267 RNB22:RNB267 RWX22:RWX267 SGT22:SGT267 SQP22:SQP267 TAL22:TAL267 TKH22:TKH267 TUD22:TUD267 UDZ22:UDZ267 UNV22:UNV267 UXR22:UXR267 VHN22:VHN267 VRJ22:VRJ267 WBF22:WBF267 WLB22:WLB267 WUX22:WUX267" xr:uid="{5C815FD9-3817-401F-974F-88DCFA7A203E}">
       <formula1>#REF!</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65774:TB65795 JB65774:JF65795 WVN983278:WVR983299 WLR983278:WLV983299 WBV983278:WBZ983299 VRZ983278:VSD983299 VID983278:VIH983299 UYH983278:UYL983299 UOL983278:UOP983299 UEP983278:UET983299 TUT983278:TUX983299 TKX983278:TLB983299 TBB983278:TBF983299 SRF983278:SRJ983299 SHJ983278:SHN983299 RXN983278:RXR983299 RNR983278:RNV983299 RDV983278:RDZ983299 QTZ983278:QUD983299 QKD983278:QKH983299 QAH983278:QAL983299 PQL983278:PQP983299 PGP983278:PGT983299 OWT983278:OWX983299 OMX983278:ONB983299 ODB983278:ODF983299 NTF983278:NTJ983299 NJJ983278:NJN983299 MZN983278:MZR983299 MPR983278:MPV983299 MFV983278:MFZ983299 LVZ983278:LWD983299 LMD983278:LMH983299 LCH983278:LCL983299 KSL983278:KSP983299 KIP983278:KIT983299 JYT983278:JYX983299 JOX983278:JPB983299 JFB983278:JFF983299 IVF983278:IVJ983299 ILJ983278:ILN983299 IBN983278:IBR983299 HRR983278:HRV983299 HHV983278:HHZ983299 GXZ983278:GYD983299 GOD983278:GOH983299 GEH983278:GEL983299 FUL983278:FUP983299 FKP983278:FKT983299 FAT983278:FAX983299 EQX983278:ERB983299 EHB983278:EHF983299 DXF983278:DXJ983299 DNJ983278:DNN983299 DDN983278:DDR983299 CTR983278:CTV983299 CJV983278:CJZ983299 BZZ983278:CAD983299 BQD983278:BQH983299 BGH983278:BGL983299 AWL983278:AWP983299 AMP983278:AMT983299 ACT983278:ACX983299 SX983278:TB983299 JB983278:JF983299 WVN917742:WVR917763 WLR917742:WLV917763 WBV917742:WBZ917763 VRZ917742:VSD917763 VID917742:VIH917763 UYH917742:UYL917763 UOL917742:UOP917763 UEP917742:UET917763 TUT917742:TUX917763 TKX917742:TLB917763 TBB917742:TBF917763 SRF917742:SRJ917763 SHJ917742:SHN917763 RXN917742:RXR917763 RNR917742:RNV917763 RDV917742:RDZ917763 QTZ917742:QUD917763 QKD917742:QKH917763 QAH917742:QAL917763 PQL917742:PQP917763 PGP917742:PGT917763 OWT917742:OWX917763 OMX917742:ONB917763 ODB917742:ODF917763 NTF917742:NTJ917763 NJJ917742:NJN917763 MZN917742:MZR917763 MPR917742:MPV917763 MFV917742:MFZ917763 LVZ917742:LWD917763 LMD917742:LMH917763 LCH917742:LCL917763 KSL917742:KSP917763 KIP917742:KIT917763 JYT917742:JYX917763 JOX917742:JPB917763 JFB917742:JFF917763 IVF917742:IVJ917763 ILJ917742:ILN917763 IBN917742:IBR917763 HRR917742:HRV917763 HHV917742:HHZ917763 GXZ917742:GYD917763 GOD917742:GOH917763 GEH917742:GEL917763 FUL917742:FUP917763 FKP917742:FKT917763 FAT917742:FAX917763 EQX917742:ERB917763 EHB917742:EHF917763 DXF917742:DXJ917763 DNJ917742:DNN917763 DDN917742:DDR917763 CTR917742:CTV917763 CJV917742:CJZ917763 BZZ917742:CAD917763 BQD917742:BQH917763 BGH917742:BGL917763 AWL917742:AWP917763 AMP917742:AMT917763 ACT917742:ACX917763 SX917742:TB917763 JB917742:JF917763 WVN852206:WVR852227 WLR852206:WLV852227 WBV852206:WBZ852227 VRZ852206:VSD852227 VID852206:VIH852227 UYH852206:UYL852227 UOL852206:UOP852227 UEP852206:UET852227 TUT852206:TUX852227 TKX852206:TLB852227 TBB852206:TBF852227 SRF852206:SRJ852227 SHJ852206:SHN852227 RXN852206:RXR852227 RNR852206:RNV852227 RDV852206:RDZ852227 QTZ852206:QUD852227 QKD852206:QKH852227 QAH852206:QAL852227 PQL852206:PQP852227 PGP852206:PGT852227 OWT852206:OWX852227 OMX852206:ONB852227 ODB852206:ODF852227 NTF852206:NTJ852227 NJJ852206:NJN852227 MZN852206:MZR852227 MPR852206:MPV852227 MFV852206:MFZ852227 LVZ852206:LWD852227 LMD852206:LMH852227 LCH852206:LCL852227 KSL852206:KSP852227 KIP852206:KIT852227 JYT852206:JYX852227 JOX852206:JPB852227 JFB852206:JFF852227 IVF852206:IVJ852227 ILJ852206:ILN852227 IBN852206:IBR852227 HRR852206:HRV852227 HHV852206:HHZ852227 GXZ852206:GYD852227 GOD852206:GOH852227 GEH852206:GEL852227 FUL852206:FUP852227 FKP852206:FKT852227 FAT852206:FAX852227 EQX852206:ERB852227 EHB852206:EHF852227 DXF852206:DXJ852227 DNJ852206:DNN852227 DDN852206:DDR852227 CTR852206:CTV852227 CJV852206:CJZ852227 BZZ852206:CAD852227 BQD852206:BQH852227 BGH852206:BGL852227 AWL852206:AWP852227 AMP852206:AMT852227 ACT852206:ACX852227 SX852206:TB852227 JB852206:JF852227 WVN786670:WVR786691 WLR786670:WLV786691 WBV786670:WBZ786691 VRZ786670:VSD786691 VID786670:VIH786691 UYH786670:UYL786691 UOL786670:UOP786691 UEP786670:UET786691 TUT786670:TUX786691 TKX786670:TLB786691 TBB786670:TBF786691 SRF786670:SRJ786691 SHJ786670:SHN786691 RXN786670:RXR786691 RNR786670:RNV786691 RDV786670:RDZ786691 QTZ786670:QUD786691 QKD786670:QKH786691 QAH786670:QAL786691 PQL786670:PQP786691 PGP786670:PGT786691 OWT786670:OWX786691 OMX786670:ONB786691 ODB786670:ODF786691 NTF786670:NTJ786691 NJJ786670:NJN786691 MZN786670:MZR786691 MPR786670:MPV786691 MFV786670:MFZ786691 LVZ786670:LWD786691 LMD786670:LMH786691 LCH786670:LCL786691 KSL786670:KSP786691 KIP786670:KIT786691 JYT786670:JYX786691 JOX786670:JPB786691 JFB786670:JFF786691 IVF786670:IVJ786691 ILJ786670:ILN786691 IBN786670:IBR786691 HRR786670:HRV786691 HHV786670:HHZ786691 GXZ786670:GYD786691 GOD786670:GOH786691 GEH786670:GEL786691 FUL786670:FUP786691 FKP786670:FKT786691 FAT786670:FAX786691 EQX786670:ERB786691 EHB786670:EHF786691 DXF786670:DXJ786691 DNJ786670:DNN786691 DDN786670:DDR786691 CTR786670:CTV786691 CJV786670:CJZ786691 BZZ786670:CAD786691 BQD786670:BQH786691 BGH786670:BGL786691 AWL786670:AWP786691 AMP786670:AMT786691 ACT786670:ACX786691 SX786670:TB786691 JB786670:JF786691 WVN721134:WVR721155 WLR721134:WLV721155 WBV721134:WBZ721155 VRZ721134:VSD721155 VID721134:VIH721155 UYH721134:UYL721155 UOL721134:UOP721155 UEP721134:UET721155 TUT721134:TUX721155 TKX721134:TLB721155 TBB721134:TBF721155 SRF721134:SRJ721155 SHJ721134:SHN721155 RXN721134:RXR721155 RNR721134:RNV721155 RDV721134:RDZ721155 QTZ721134:QUD721155 QKD721134:QKH721155 QAH721134:QAL721155 PQL721134:PQP721155 PGP721134:PGT721155 OWT721134:OWX721155 OMX721134:ONB721155 ODB721134:ODF721155 NTF721134:NTJ721155 NJJ721134:NJN721155 MZN721134:MZR721155 MPR721134:MPV721155 MFV721134:MFZ721155 LVZ721134:LWD721155 LMD721134:LMH721155 LCH721134:LCL721155 KSL721134:KSP721155 KIP721134:KIT721155 JYT721134:JYX721155 JOX721134:JPB721155 JFB721134:JFF721155 IVF721134:IVJ721155 ILJ721134:ILN721155 IBN721134:IBR721155 HRR721134:HRV721155 HHV721134:HHZ721155 GXZ721134:GYD721155 GOD721134:GOH721155 GEH721134:GEL721155 FUL721134:FUP721155 FKP721134:FKT721155 FAT721134:FAX721155 EQX721134:ERB721155 EHB721134:EHF721155 DXF721134:DXJ721155 DNJ721134:DNN721155 DDN721134:DDR721155 CTR721134:CTV721155 CJV721134:CJZ721155 BZZ721134:CAD721155 BQD721134:BQH721155 BGH721134:BGL721155 AWL721134:AWP721155 AMP721134:AMT721155 ACT721134:ACX721155 SX721134:TB721155 JB721134:JF721155 WVN655598:WVR655619 WLR655598:WLV655619 WBV655598:WBZ655619 VRZ655598:VSD655619 VID655598:VIH655619 UYH655598:UYL655619 UOL655598:UOP655619 UEP655598:UET655619 TUT655598:TUX655619 TKX655598:TLB655619 TBB655598:TBF655619 SRF655598:SRJ655619 SHJ655598:SHN655619 RXN655598:RXR655619 RNR655598:RNV655619 RDV655598:RDZ655619 QTZ655598:QUD655619 QKD655598:QKH655619 QAH655598:QAL655619 PQL655598:PQP655619 PGP655598:PGT655619 OWT655598:OWX655619 OMX655598:ONB655619 ODB655598:ODF655619 NTF655598:NTJ655619 NJJ655598:NJN655619 MZN655598:MZR655619 MPR655598:MPV655619 MFV655598:MFZ655619 LVZ655598:LWD655619 LMD655598:LMH655619 LCH655598:LCL655619 KSL655598:KSP655619 KIP655598:KIT655619 JYT655598:JYX655619 JOX655598:JPB655619 JFB655598:JFF655619 IVF655598:IVJ655619 ILJ655598:ILN655619 IBN655598:IBR655619 HRR655598:HRV655619 HHV655598:HHZ655619 GXZ655598:GYD655619 GOD655598:GOH655619 GEH655598:GEL655619 FUL655598:FUP655619 FKP655598:FKT655619 FAT655598:FAX655619 EQX655598:ERB655619 EHB655598:EHF655619 DXF655598:DXJ655619 DNJ655598:DNN655619 DDN655598:DDR655619 CTR655598:CTV655619 CJV655598:CJZ655619 BZZ655598:CAD655619 BQD655598:BQH655619 BGH655598:BGL655619 AWL655598:AWP655619 AMP655598:AMT655619 ACT655598:ACX655619 SX655598:TB655619 JB655598:JF655619 WVN590062:WVR590083 WLR590062:WLV590083 WBV590062:WBZ590083 VRZ590062:VSD590083 VID590062:VIH590083 UYH590062:UYL590083 UOL590062:UOP590083 UEP590062:UET590083 TUT590062:TUX590083 TKX590062:TLB590083 TBB590062:TBF590083 SRF590062:SRJ590083 SHJ590062:SHN590083 RXN590062:RXR590083 RNR590062:RNV590083 RDV590062:RDZ590083 QTZ590062:QUD590083 QKD590062:QKH590083 QAH590062:QAL590083 PQL590062:PQP590083 PGP590062:PGT590083 OWT590062:OWX590083 OMX590062:ONB590083 ODB590062:ODF590083 NTF590062:NTJ590083 NJJ590062:NJN590083 MZN590062:MZR590083 MPR590062:MPV590083 MFV590062:MFZ590083 LVZ590062:LWD590083 LMD590062:LMH590083 LCH590062:LCL590083 KSL590062:KSP590083 KIP590062:KIT590083 JYT590062:JYX590083 JOX590062:JPB590083 JFB590062:JFF590083 IVF590062:IVJ590083 ILJ590062:ILN590083 IBN590062:IBR590083 HRR590062:HRV590083 HHV590062:HHZ590083 GXZ590062:GYD590083 GOD590062:GOH590083 GEH590062:GEL590083 FUL590062:FUP590083 FKP590062:FKT590083 FAT590062:FAX590083 EQX590062:ERB590083 EHB590062:EHF590083 DXF590062:DXJ590083 DNJ590062:DNN590083 DDN590062:DDR590083 CTR590062:CTV590083 CJV590062:CJZ590083 BZZ590062:CAD590083 BQD590062:BQH590083 BGH590062:BGL590083 AWL590062:AWP590083 AMP590062:AMT590083 ACT590062:ACX590083 SX590062:TB590083 JB590062:JF590083 WVN524526:WVR524547 WLR524526:WLV524547 WBV524526:WBZ524547 VRZ524526:VSD524547 VID524526:VIH524547 UYH524526:UYL524547 UOL524526:UOP524547 UEP524526:UET524547 TUT524526:TUX524547 TKX524526:TLB524547 TBB524526:TBF524547 SRF524526:SRJ524547 SHJ524526:SHN524547 RXN524526:RXR524547 RNR524526:RNV524547 RDV524526:RDZ524547 QTZ524526:QUD524547 QKD524526:QKH524547 QAH524526:QAL524547 PQL524526:PQP524547 PGP524526:PGT524547 OWT524526:OWX524547 OMX524526:ONB524547 ODB524526:ODF524547 NTF524526:NTJ524547 NJJ524526:NJN524547 MZN524526:MZR524547 MPR524526:MPV524547 MFV524526:MFZ524547 LVZ524526:LWD524547 LMD524526:LMH524547 LCH524526:LCL524547 KSL524526:KSP524547 KIP524526:KIT524547 JYT524526:JYX524547 JOX524526:JPB524547 JFB524526:JFF524547 IVF524526:IVJ524547 ILJ524526:ILN524547 IBN524526:IBR524547 HRR524526:HRV524547 HHV524526:HHZ524547 GXZ524526:GYD524547 GOD524526:GOH524547 GEH524526:GEL524547 FUL524526:FUP524547 FKP524526:FKT524547 FAT524526:FAX524547 EQX524526:ERB524547 EHB524526:EHF524547 DXF524526:DXJ524547 DNJ524526:DNN524547 DDN524526:DDR524547 CTR524526:CTV524547 CJV524526:CJZ524547 BZZ524526:CAD524547 BQD524526:BQH524547 BGH524526:BGL524547 AWL524526:AWP524547 AMP524526:AMT524547 ACT524526:ACX524547 SX524526:TB524547 JB524526:JF524547 WVN458990:WVR459011 WLR458990:WLV459011 WBV458990:WBZ459011 VRZ458990:VSD459011 VID458990:VIH459011 UYH458990:UYL459011 UOL458990:UOP459011 UEP458990:UET459011 TUT458990:TUX459011 TKX458990:TLB459011 TBB458990:TBF459011 SRF458990:SRJ459011 SHJ458990:SHN459011 RXN458990:RXR459011 RNR458990:RNV459011 RDV458990:RDZ459011 QTZ458990:QUD459011 QKD458990:QKH459011 QAH458990:QAL459011 PQL458990:PQP459011 PGP458990:PGT459011 OWT458990:OWX459011 OMX458990:ONB459011 ODB458990:ODF459011 NTF458990:NTJ459011 NJJ458990:NJN459011 MZN458990:MZR459011 MPR458990:MPV459011 MFV458990:MFZ459011 LVZ458990:LWD459011 LMD458990:LMH459011 LCH458990:LCL459011 KSL458990:KSP459011 KIP458990:KIT459011 JYT458990:JYX459011 JOX458990:JPB459011 JFB458990:JFF459011 IVF458990:IVJ459011 ILJ458990:ILN459011 IBN458990:IBR459011 HRR458990:HRV459011 HHV458990:HHZ459011 GXZ458990:GYD459011 GOD458990:GOH459011 GEH458990:GEL459011 FUL458990:FUP459011 FKP458990:FKT459011 FAT458990:FAX459011 EQX458990:ERB459011 EHB458990:EHF459011 DXF458990:DXJ459011 DNJ458990:DNN459011 DDN458990:DDR459011 CTR458990:CTV459011 CJV458990:CJZ459011 BZZ458990:CAD459011 BQD458990:BQH459011 BGH458990:BGL459011 AWL458990:AWP459011 AMP458990:AMT459011 ACT458990:ACX459011 SX458990:TB459011 JB458990:JF459011 WVN393454:WVR393475 WLR393454:WLV393475 WBV393454:WBZ393475 VRZ393454:VSD393475 VID393454:VIH393475 UYH393454:UYL393475 UOL393454:UOP393475 UEP393454:UET393475 TUT393454:TUX393475 TKX393454:TLB393475 TBB393454:TBF393475 SRF393454:SRJ393475 SHJ393454:SHN393475 RXN393454:RXR393475 RNR393454:RNV393475 RDV393454:RDZ393475 QTZ393454:QUD393475 QKD393454:QKH393475 QAH393454:QAL393475 PQL393454:PQP393475 PGP393454:PGT393475 OWT393454:OWX393475 OMX393454:ONB393475 ODB393454:ODF393475 NTF393454:NTJ393475 NJJ393454:NJN393475 MZN393454:MZR393475 MPR393454:MPV393475 MFV393454:MFZ393475 LVZ393454:LWD393475 LMD393454:LMH393475 LCH393454:LCL393475 KSL393454:KSP393475 KIP393454:KIT393475 JYT393454:JYX393475 JOX393454:JPB393475 JFB393454:JFF393475 IVF393454:IVJ393475 ILJ393454:ILN393475 IBN393454:IBR393475 HRR393454:HRV393475 HHV393454:HHZ393475 GXZ393454:GYD393475 GOD393454:GOH393475 GEH393454:GEL393475 FUL393454:FUP393475 FKP393454:FKT393475 FAT393454:FAX393475 EQX393454:ERB393475 EHB393454:EHF393475 DXF393454:DXJ393475 DNJ393454:DNN393475 DDN393454:DDR393475 CTR393454:CTV393475 CJV393454:CJZ393475 BZZ393454:CAD393475 BQD393454:BQH393475 BGH393454:BGL393475 AWL393454:AWP393475 AMP393454:AMT393475 ACT393454:ACX393475 SX393454:TB393475 JB393454:JF393475 WVN327918:WVR327939 WLR327918:WLV327939 WBV327918:WBZ327939 VRZ327918:VSD327939 VID327918:VIH327939 UYH327918:UYL327939 UOL327918:UOP327939 UEP327918:UET327939 TUT327918:TUX327939 TKX327918:TLB327939 TBB327918:TBF327939 SRF327918:SRJ327939 SHJ327918:SHN327939 RXN327918:RXR327939 RNR327918:RNV327939 RDV327918:RDZ327939 QTZ327918:QUD327939 QKD327918:QKH327939 QAH327918:QAL327939 PQL327918:PQP327939 PGP327918:PGT327939 OWT327918:OWX327939 OMX327918:ONB327939 ODB327918:ODF327939 NTF327918:NTJ327939 NJJ327918:NJN327939 MZN327918:MZR327939 MPR327918:MPV327939 MFV327918:MFZ327939 LVZ327918:LWD327939 LMD327918:LMH327939 LCH327918:LCL327939 KSL327918:KSP327939 KIP327918:KIT327939 JYT327918:JYX327939 JOX327918:JPB327939 JFB327918:JFF327939 IVF327918:IVJ327939 ILJ327918:ILN327939 IBN327918:IBR327939 HRR327918:HRV327939 HHV327918:HHZ327939 GXZ327918:GYD327939 GOD327918:GOH327939 GEH327918:GEL327939 FUL327918:FUP327939 FKP327918:FKT327939 FAT327918:FAX327939 EQX327918:ERB327939 EHB327918:EHF327939 DXF327918:DXJ327939 DNJ327918:DNN327939 DDN327918:DDR327939 CTR327918:CTV327939 CJV327918:CJZ327939 BZZ327918:CAD327939 BQD327918:BQH327939 BGH327918:BGL327939 AWL327918:AWP327939 AMP327918:AMT327939 ACT327918:ACX327939 SX327918:TB327939 JB327918:JF327939 WVN262382:WVR262403 WLR262382:WLV262403 WBV262382:WBZ262403 VRZ262382:VSD262403 VID262382:VIH262403 UYH262382:UYL262403 UOL262382:UOP262403 UEP262382:UET262403 TUT262382:TUX262403 TKX262382:TLB262403 TBB262382:TBF262403 SRF262382:SRJ262403 SHJ262382:SHN262403 RXN262382:RXR262403 RNR262382:RNV262403 RDV262382:RDZ262403 QTZ262382:QUD262403 QKD262382:QKH262403 QAH262382:QAL262403 PQL262382:PQP262403 PGP262382:PGT262403 OWT262382:OWX262403 OMX262382:ONB262403 ODB262382:ODF262403 NTF262382:NTJ262403 NJJ262382:NJN262403 MZN262382:MZR262403 MPR262382:MPV262403 MFV262382:MFZ262403 LVZ262382:LWD262403 LMD262382:LMH262403 LCH262382:LCL262403 KSL262382:KSP262403 KIP262382:KIT262403 JYT262382:JYX262403 JOX262382:JPB262403 JFB262382:JFF262403 IVF262382:IVJ262403 ILJ262382:ILN262403 IBN262382:IBR262403 HRR262382:HRV262403 HHV262382:HHZ262403 GXZ262382:GYD262403 GOD262382:GOH262403 GEH262382:GEL262403 FUL262382:FUP262403 FKP262382:FKT262403 FAT262382:FAX262403 EQX262382:ERB262403 EHB262382:EHF262403 DXF262382:DXJ262403 DNJ262382:DNN262403 DDN262382:DDR262403 CTR262382:CTV262403 CJV262382:CJZ262403 BZZ262382:CAD262403 BQD262382:BQH262403 BGH262382:BGL262403 AWL262382:AWP262403 AMP262382:AMT262403 ACT262382:ACX262403 SX262382:TB262403 JB262382:JF262403 WVN196846:WVR196867 WLR196846:WLV196867 WBV196846:WBZ196867 VRZ196846:VSD196867 VID196846:VIH196867 UYH196846:UYL196867 UOL196846:UOP196867 UEP196846:UET196867 TUT196846:TUX196867 TKX196846:TLB196867 TBB196846:TBF196867 SRF196846:SRJ196867 SHJ196846:SHN196867 RXN196846:RXR196867 RNR196846:RNV196867 RDV196846:RDZ196867 QTZ196846:QUD196867 QKD196846:QKH196867 QAH196846:QAL196867 PQL196846:PQP196867 PGP196846:PGT196867 OWT196846:OWX196867 OMX196846:ONB196867 ODB196846:ODF196867 NTF196846:NTJ196867 NJJ196846:NJN196867 MZN196846:MZR196867 MPR196846:MPV196867 MFV196846:MFZ196867 LVZ196846:LWD196867 LMD196846:LMH196867 LCH196846:LCL196867 KSL196846:KSP196867 KIP196846:KIT196867 JYT196846:JYX196867 JOX196846:JPB196867 JFB196846:JFF196867 IVF196846:IVJ196867 ILJ196846:ILN196867 IBN196846:IBR196867 HRR196846:HRV196867 HHV196846:HHZ196867 GXZ196846:GYD196867 GOD196846:GOH196867 GEH196846:GEL196867 FUL196846:FUP196867 FKP196846:FKT196867 FAT196846:FAX196867 EQX196846:ERB196867 EHB196846:EHF196867 DXF196846:DXJ196867 DNJ196846:DNN196867 DDN196846:DDR196867 CTR196846:CTV196867 CJV196846:CJZ196867 BZZ196846:CAD196867 BQD196846:BQH196867 BGH196846:BGL196867 AWL196846:AWP196867 AMP196846:AMT196867 ACT196846:ACX196867 SX196846:TB196867 JB196846:JF196867 WVN131310:WVR131331 WLR131310:WLV131331 WBV131310:WBZ131331 VRZ131310:VSD131331 VID131310:VIH131331 UYH131310:UYL131331 UOL131310:UOP131331 UEP131310:UET131331 TUT131310:TUX131331 TKX131310:TLB131331 TBB131310:TBF131331 SRF131310:SRJ131331 SHJ131310:SHN131331 RXN131310:RXR131331 RNR131310:RNV131331 RDV131310:RDZ131331 QTZ131310:QUD131331 QKD131310:QKH131331 QAH131310:QAL131331 PQL131310:PQP131331 PGP131310:PGT131331 OWT131310:OWX131331 OMX131310:ONB131331 ODB131310:ODF131331 NTF131310:NTJ131331 NJJ131310:NJN131331 MZN131310:MZR131331 MPR131310:MPV131331 MFV131310:MFZ131331 LVZ131310:LWD131331 LMD131310:LMH131331 LCH131310:LCL131331 KSL131310:KSP131331 KIP131310:KIT131331 JYT131310:JYX131331 JOX131310:JPB131331 JFB131310:JFF131331 IVF131310:IVJ131331 ILJ131310:ILN131331 IBN131310:IBR131331 HRR131310:HRV131331 HHV131310:HHZ131331 GXZ131310:GYD131331 GOD131310:GOH131331 GEH131310:GEL131331 FUL131310:FUP131331 FKP131310:FKT131331 FAT131310:FAX131331 EQX131310:ERB131331 EHB131310:EHF131331 DXF131310:DXJ131331 DNJ131310:DNN131331 DDN131310:DDR131331 CTR131310:CTV131331 CJV131310:CJZ131331 BZZ131310:CAD131331 BQD131310:BQH131331 BGH131310:BGL131331 AWL131310:AWP131331 AMP131310:AMT131331 ACT131310:ACX131331 SX131310:TB131331 JB131310:JF131331 WVN65774:WVR65795 WLR65774:WLV65795 WBV65774:WBZ65795 VRZ65774:VSD65795 VID65774:VIH65795 UYH65774:UYL65795 UOL65774:UOP65795 UEP65774:UET65795 TUT65774:TUX65795 TKX65774:TLB65795 TBB65774:TBF65795 SRF65774:SRJ65795 SHJ65774:SHN65795 RXN65774:RXR65795 RNR65774:RNV65795 RDV65774:RDZ65795 QTZ65774:QUD65795 QKD65774:QKH65795 QAH65774:QAL65795 PQL65774:PQP65795 PGP65774:PGT65795 OWT65774:OWX65795 OMX65774:ONB65795 ODB65774:ODF65795 NTF65774:NTJ65795 NJJ65774:NJN65795 MZN65774:MZR65795 MPR65774:MPV65795 MFV65774:MFZ65795 LVZ65774:LWD65795 LMD65774:LMH65795 LCH65774:LCL65795 KSL65774:KSP65795 KIP65774:KIT65795 JYT65774:JYX65795 JOX65774:JPB65795 JFB65774:JFF65795 IVF65774:IVJ65795 ILJ65774:ILN65795 IBN65774:IBR65795 HRR65774:HRV65795 HHV65774:HHZ65795 GXZ65774:GYD65795 GOD65774:GOH65795 GEH65774:GEL65795 FUL65774:FUP65795 FKP65774:FKT65795 FAT65774:FAX65795 EQX65774:ERB65795 EHB65774:EHF65795 DXF65774:DXJ65795 DNJ65774:DNN65795 DDN65774:DDR65795 CTR65774:CTV65795 CJV65774:CJZ65795 BZZ65774:CAD65795 BQD65774:BQH65795 BGH65774:BGL65795 AWL65774:AWP65795 AMP65774:AMT65795 ACT65774:ACX65795" xr:uid="{88260F5D-68E9-47D0-8DC9-2E8E702B63C6}">
-      <formula1>IF(OR($E65752="f",$E65752="o"),JB65774="",JB65774="x")</formula1>
+    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65778:TB65799 JB65778:JF65799 WVN983282:WVR983303 WLR983282:WLV983303 WBV983282:WBZ983303 VRZ983282:VSD983303 VID983282:VIH983303 UYH983282:UYL983303 UOL983282:UOP983303 UEP983282:UET983303 TUT983282:TUX983303 TKX983282:TLB983303 TBB983282:TBF983303 SRF983282:SRJ983303 SHJ983282:SHN983303 RXN983282:RXR983303 RNR983282:RNV983303 RDV983282:RDZ983303 QTZ983282:QUD983303 QKD983282:QKH983303 QAH983282:QAL983303 PQL983282:PQP983303 PGP983282:PGT983303 OWT983282:OWX983303 OMX983282:ONB983303 ODB983282:ODF983303 NTF983282:NTJ983303 NJJ983282:NJN983303 MZN983282:MZR983303 MPR983282:MPV983303 MFV983282:MFZ983303 LVZ983282:LWD983303 LMD983282:LMH983303 LCH983282:LCL983303 KSL983282:KSP983303 KIP983282:KIT983303 JYT983282:JYX983303 JOX983282:JPB983303 JFB983282:JFF983303 IVF983282:IVJ983303 ILJ983282:ILN983303 IBN983282:IBR983303 HRR983282:HRV983303 HHV983282:HHZ983303 GXZ983282:GYD983303 GOD983282:GOH983303 GEH983282:GEL983303 FUL983282:FUP983303 FKP983282:FKT983303 FAT983282:FAX983303 EQX983282:ERB983303 EHB983282:EHF983303 DXF983282:DXJ983303 DNJ983282:DNN983303 DDN983282:DDR983303 CTR983282:CTV983303 CJV983282:CJZ983303 BZZ983282:CAD983303 BQD983282:BQH983303 BGH983282:BGL983303 AWL983282:AWP983303 AMP983282:AMT983303 ACT983282:ACX983303 SX983282:TB983303 JB983282:JF983303 WVN917746:WVR917767 WLR917746:WLV917767 WBV917746:WBZ917767 VRZ917746:VSD917767 VID917746:VIH917767 UYH917746:UYL917767 UOL917746:UOP917767 UEP917746:UET917767 TUT917746:TUX917767 TKX917746:TLB917767 TBB917746:TBF917767 SRF917746:SRJ917767 SHJ917746:SHN917767 RXN917746:RXR917767 RNR917746:RNV917767 RDV917746:RDZ917767 QTZ917746:QUD917767 QKD917746:QKH917767 QAH917746:QAL917767 PQL917746:PQP917767 PGP917746:PGT917767 OWT917746:OWX917767 OMX917746:ONB917767 ODB917746:ODF917767 NTF917746:NTJ917767 NJJ917746:NJN917767 MZN917746:MZR917767 MPR917746:MPV917767 MFV917746:MFZ917767 LVZ917746:LWD917767 LMD917746:LMH917767 LCH917746:LCL917767 KSL917746:KSP917767 KIP917746:KIT917767 JYT917746:JYX917767 JOX917746:JPB917767 JFB917746:JFF917767 IVF917746:IVJ917767 ILJ917746:ILN917767 IBN917746:IBR917767 HRR917746:HRV917767 HHV917746:HHZ917767 GXZ917746:GYD917767 GOD917746:GOH917767 GEH917746:GEL917767 FUL917746:FUP917767 FKP917746:FKT917767 FAT917746:FAX917767 EQX917746:ERB917767 EHB917746:EHF917767 DXF917746:DXJ917767 DNJ917746:DNN917767 DDN917746:DDR917767 CTR917746:CTV917767 CJV917746:CJZ917767 BZZ917746:CAD917767 BQD917746:BQH917767 BGH917746:BGL917767 AWL917746:AWP917767 AMP917746:AMT917767 ACT917746:ACX917767 SX917746:TB917767 JB917746:JF917767 WVN852210:WVR852231 WLR852210:WLV852231 WBV852210:WBZ852231 VRZ852210:VSD852231 VID852210:VIH852231 UYH852210:UYL852231 UOL852210:UOP852231 UEP852210:UET852231 TUT852210:TUX852231 TKX852210:TLB852231 TBB852210:TBF852231 SRF852210:SRJ852231 SHJ852210:SHN852231 RXN852210:RXR852231 RNR852210:RNV852231 RDV852210:RDZ852231 QTZ852210:QUD852231 QKD852210:QKH852231 QAH852210:QAL852231 PQL852210:PQP852231 PGP852210:PGT852231 OWT852210:OWX852231 OMX852210:ONB852231 ODB852210:ODF852231 NTF852210:NTJ852231 NJJ852210:NJN852231 MZN852210:MZR852231 MPR852210:MPV852231 MFV852210:MFZ852231 LVZ852210:LWD852231 LMD852210:LMH852231 LCH852210:LCL852231 KSL852210:KSP852231 KIP852210:KIT852231 JYT852210:JYX852231 JOX852210:JPB852231 JFB852210:JFF852231 IVF852210:IVJ852231 ILJ852210:ILN852231 IBN852210:IBR852231 HRR852210:HRV852231 HHV852210:HHZ852231 GXZ852210:GYD852231 GOD852210:GOH852231 GEH852210:GEL852231 FUL852210:FUP852231 FKP852210:FKT852231 FAT852210:FAX852231 EQX852210:ERB852231 EHB852210:EHF852231 DXF852210:DXJ852231 DNJ852210:DNN852231 DDN852210:DDR852231 CTR852210:CTV852231 CJV852210:CJZ852231 BZZ852210:CAD852231 BQD852210:BQH852231 BGH852210:BGL852231 AWL852210:AWP852231 AMP852210:AMT852231 ACT852210:ACX852231 SX852210:TB852231 JB852210:JF852231 WVN786674:WVR786695 WLR786674:WLV786695 WBV786674:WBZ786695 VRZ786674:VSD786695 VID786674:VIH786695 UYH786674:UYL786695 UOL786674:UOP786695 UEP786674:UET786695 TUT786674:TUX786695 TKX786674:TLB786695 TBB786674:TBF786695 SRF786674:SRJ786695 SHJ786674:SHN786695 RXN786674:RXR786695 RNR786674:RNV786695 RDV786674:RDZ786695 QTZ786674:QUD786695 QKD786674:QKH786695 QAH786674:QAL786695 PQL786674:PQP786695 PGP786674:PGT786695 OWT786674:OWX786695 OMX786674:ONB786695 ODB786674:ODF786695 NTF786674:NTJ786695 NJJ786674:NJN786695 MZN786674:MZR786695 MPR786674:MPV786695 MFV786674:MFZ786695 LVZ786674:LWD786695 LMD786674:LMH786695 LCH786674:LCL786695 KSL786674:KSP786695 KIP786674:KIT786695 JYT786674:JYX786695 JOX786674:JPB786695 JFB786674:JFF786695 IVF786674:IVJ786695 ILJ786674:ILN786695 IBN786674:IBR786695 HRR786674:HRV786695 HHV786674:HHZ786695 GXZ786674:GYD786695 GOD786674:GOH786695 GEH786674:GEL786695 FUL786674:FUP786695 FKP786674:FKT786695 FAT786674:FAX786695 EQX786674:ERB786695 EHB786674:EHF786695 DXF786674:DXJ786695 DNJ786674:DNN786695 DDN786674:DDR786695 CTR786674:CTV786695 CJV786674:CJZ786695 BZZ786674:CAD786695 BQD786674:BQH786695 BGH786674:BGL786695 AWL786674:AWP786695 AMP786674:AMT786695 ACT786674:ACX786695 SX786674:TB786695 JB786674:JF786695 WVN721138:WVR721159 WLR721138:WLV721159 WBV721138:WBZ721159 VRZ721138:VSD721159 VID721138:VIH721159 UYH721138:UYL721159 UOL721138:UOP721159 UEP721138:UET721159 TUT721138:TUX721159 TKX721138:TLB721159 TBB721138:TBF721159 SRF721138:SRJ721159 SHJ721138:SHN721159 RXN721138:RXR721159 RNR721138:RNV721159 RDV721138:RDZ721159 QTZ721138:QUD721159 QKD721138:QKH721159 QAH721138:QAL721159 PQL721138:PQP721159 PGP721138:PGT721159 OWT721138:OWX721159 OMX721138:ONB721159 ODB721138:ODF721159 NTF721138:NTJ721159 NJJ721138:NJN721159 MZN721138:MZR721159 MPR721138:MPV721159 MFV721138:MFZ721159 LVZ721138:LWD721159 LMD721138:LMH721159 LCH721138:LCL721159 KSL721138:KSP721159 KIP721138:KIT721159 JYT721138:JYX721159 JOX721138:JPB721159 JFB721138:JFF721159 IVF721138:IVJ721159 ILJ721138:ILN721159 IBN721138:IBR721159 HRR721138:HRV721159 HHV721138:HHZ721159 GXZ721138:GYD721159 GOD721138:GOH721159 GEH721138:GEL721159 FUL721138:FUP721159 FKP721138:FKT721159 FAT721138:FAX721159 EQX721138:ERB721159 EHB721138:EHF721159 DXF721138:DXJ721159 DNJ721138:DNN721159 DDN721138:DDR721159 CTR721138:CTV721159 CJV721138:CJZ721159 BZZ721138:CAD721159 BQD721138:BQH721159 BGH721138:BGL721159 AWL721138:AWP721159 AMP721138:AMT721159 ACT721138:ACX721159 SX721138:TB721159 JB721138:JF721159 WVN655602:WVR655623 WLR655602:WLV655623 WBV655602:WBZ655623 VRZ655602:VSD655623 VID655602:VIH655623 UYH655602:UYL655623 UOL655602:UOP655623 UEP655602:UET655623 TUT655602:TUX655623 TKX655602:TLB655623 TBB655602:TBF655623 SRF655602:SRJ655623 SHJ655602:SHN655623 RXN655602:RXR655623 RNR655602:RNV655623 RDV655602:RDZ655623 QTZ655602:QUD655623 QKD655602:QKH655623 QAH655602:QAL655623 PQL655602:PQP655623 PGP655602:PGT655623 OWT655602:OWX655623 OMX655602:ONB655623 ODB655602:ODF655623 NTF655602:NTJ655623 NJJ655602:NJN655623 MZN655602:MZR655623 MPR655602:MPV655623 MFV655602:MFZ655623 LVZ655602:LWD655623 LMD655602:LMH655623 LCH655602:LCL655623 KSL655602:KSP655623 KIP655602:KIT655623 JYT655602:JYX655623 JOX655602:JPB655623 JFB655602:JFF655623 IVF655602:IVJ655623 ILJ655602:ILN655623 IBN655602:IBR655623 HRR655602:HRV655623 HHV655602:HHZ655623 GXZ655602:GYD655623 GOD655602:GOH655623 GEH655602:GEL655623 FUL655602:FUP655623 FKP655602:FKT655623 FAT655602:FAX655623 EQX655602:ERB655623 EHB655602:EHF655623 DXF655602:DXJ655623 DNJ655602:DNN655623 DDN655602:DDR655623 CTR655602:CTV655623 CJV655602:CJZ655623 BZZ655602:CAD655623 BQD655602:BQH655623 BGH655602:BGL655623 AWL655602:AWP655623 AMP655602:AMT655623 ACT655602:ACX655623 SX655602:TB655623 JB655602:JF655623 WVN590066:WVR590087 WLR590066:WLV590087 WBV590066:WBZ590087 VRZ590066:VSD590087 VID590066:VIH590087 UYH590066:UYL590087 UOL590066:UOP590087 UEP590066:UET590087 TUT590066:TUX590087 TKX590066:TLB590087 TBB590066:TBF590087 SRF590066:SRJ590087 SHJ590066:SHN590087 RXN590066:RXR590087 RNR590066:RNV590087 RDV590066:RDZ590087 QTZ590066:QUD590087 QKD590066:QKH590087 QAH590066:QAL590087 PQL590066:PQP590087 PGP590066:PGT590087 OWT590066:OWX590087 OMX590066:ONB590087 ODB590066:ODF590087 NTF590066:NTJ590087 NJJ590066:NJN590087 MZN590066:MZR590087 MPR590066:MPV590087 MFV590066:MFZ590087 LVZ590066:LWD590087 LMD590066:LMH590087 LCH590066:LCL590087 KSL590066:KSP590087 KIP590066:KIT590087 JYT590066:JYX590087 JOX590066:JPB590087 JFB590066:JFF590087 IVF590066:IVJ590087 ILJ590066:ILN590087 IBN590066:IBR590087 HRR590066:HRV590087 HHV590066:HHZ590087 GXZ590066:GYD590087 GOD590066:GOH590087 GEH590066:GEL590087 FUL590066:FUP590087 FKP590066:FKT590087 FAT590066:FAX590087 EQX590066:ERB590087 EHB590066:EHF590087 DXF590066:DXJ590087 DNJ590066:DNN590087 DDN590066:DDR590087 CTR590066:CTV590087 CJV590066:CJZ590087 BZZ590066:CAD590087 BQD590066:BQH590087 BGH590066:BGL590087 AWL590066:AWP590087 AMP590066:AMT590087 ACT590066:ACX590087 SX590066:TB590087 JB590066:JF590087 WVN524530:WVR524551 WLR524530:WLV524551 WBV524530:WBZ524551 VRZ524530:VSD524551 VID524530:VIH524551 UYH524530:UYL524551 UOL524530:UOP524551 UEP524530:UET524551 TUT524530:TUX524551 TKX524530:TLB524551 TBB524530:TBF524551 SRF524530:SRJ524551 SHJ524530:SHN524551 RXN524530:RXR524551 RNR524530:RNV524551 RDV524530:RDZ524551 QTZ524530:QUD524551 QKD524530:QKH524551 QAH524530:QAL524551 PQL524530:PQP524551 PGP524530:PGT524551 OWT524530:OWX524551 OMX524530:ONB524551 ODB524530:ODF524551 NTF524530:NTJ524551 NJJ524530:NJN524551 MZN524530:MZR524551 MPR524530:MPV524551 MFV524530:MFZ524551 LVZ524530:LWD524551 LMD524530:LMH524551 LCH524530:LCL524551 KSL524530:KSP524551 KIP524530:KIT524551 JYT524530:JYX524551 JOX524530:JPB524551 JFB524530:JFF524551 IVF524530:IVJ524551 ILJ524530:ILN524551 IBN524530:IBR524551 HRR524530:HRV524551 HHV524530:HHZ524551 GXZ524530:GYD524551 GOD524530:GOH524551 GEH524530:GEL524551 FUL524530:FUP524551 FKP524530:FKT524551 FAT524530:FAX524551 EQX524530:ERB524551 EHB524530:EHF524551 DXF524530:DXJ524551 DNJ524530:DNN524551 DDN524530:DDR524551 CTR524530:CTV524551 CJV524530:CJZ524551 BZZ524530:CAD524551 BQD524530:BQH524551 BGH524530:BGL524551 AWL524530:AWP524551 AMP524530:AMT524551 ACT524530:ACX524551 SX524530:TB524551 JB524530:JF524551 WVN458994:WVR459015 WLR458994:WLV459015 WBV458994:WBZ459015 VRZ458994:VSD459015 VID458994:VIH459015 UYH458994:UYL459015 UOL458994:UOP459015 UEP458994:UET459015 TUT458994:TUX459015 TKX458994:TLB459015 TBB458994:TBF459015 SRF458994:SRJ459015 SHJ458994:SHN459015 RXN458994:RXR459015 RNR458994:RNV459015 RDV458994:RDZ459015 QTZ458994:QUD459015 QKD458994:QKH459015 QAH458994:QAL459015 PQL458994:PQP459015 PGP458994:PGT459015 OWT458994:OWX459015 OMX458994:ONB459015 ODB458994:ODF459015 NTF458994:NTJ459015 NJJ458994:NJN459015 MZN458994:MZR459015 MPR458994:MPV459015 MFV458994:MFZ459015 LVZ458994:LWD459015 LMD458994:LMH459015 LCH458994:LCL459015 KSL458994:KSP459015 KIP458994:KIT459015 JYT458994:JYX459015 JOX458994:JPB459015 JFB458994:JFF459015 IVF458994:IVJ459015 ILJ458994:ILN459015 IBN458994:IBR459015 HRR458994:HRV459015 HHV458994:HHZ459015 GXZ458994:GYD459015 GOD458994:GOH459015 GEH458994:GEL459015 FUL458994:FUP459015 FKP458994:FKT459015 FAT458994:FAX459015 EQX458994:ERB459015 EHB458994:EHF459015 DXF458994:DXJ459015 DNJ458994:DNN459015 DDN458994:DDR459015 CTR458994:CTV459015 CJV458994:CJZ459015 BZZ458994:CAD459015 BQD458994:BQH459015 BGH458994:BGL459015 AWL458994:AWP459015 AMP458994:AMT459015 ACT458994:ACX459015 SX458994:TB459015 JB458994:JF459015 WVN393458:WVR393479 WLR393458:WLV393479 WBV393458:WBZ393479 VRZ393458:VSD393479 VID393458:VIH393479 UYH393458:UYL393479 UOL393458:UOP393479 UEP393458:UET393479 TUT393458:TUX393479 TKX393458:TLB393479 TBB393458:TBF393479 SRF393458:SRJ393479 SHJ393458:SHN393479 RXN393458:RXR393479 RNR393458:RNV393479 RDV393458:RDZ393479 QTZ393458:QUD393479 QKD393458:QKH393479 QAH393458:QAL393479 PQL393458:PQP393479 PGP393458:PGT393479 OWT393458:OWX393479 OMX393458:ONB393479 ODB393458:ODF393479 NTF393458:NTJ393479 NJJ393458:NJN393479 MZN393458:MZR393479 MPR393458:MPV393479 MFV393458:MFZ393479 LVZ393458:LWD393479 LMD393458:LMH393479 LCH393458:LCL393479 KSL393458:KSP393479 KIP393458:KIT393479 JYT393458:JYX393479 JOX393458:JPB393479 JFB393458:JFF393479 IVF393458:IVJ393479 ILJ393458:ILN393479 IBN393458:IBR393479 HRR393458:HRV393479 HHV393458:HHZ393479 GXZ393458:GYD393479 GOD393458:GOH393479 GEH393458:GEL393479 FUL393458:FUP393479 FKP393458:FKT393479 FAT393458:FAX393479 EQX393458:ERB393479 EHB393458:EHF393479 DXF393458:DXJ393479 DNJ393458:DNN393479 DDN393458:DDR393479 CTR393458:CTV393479 CJV393458:CJZ393479 BZZ393458:CAD393479 BQD393458:BQH393479 BGH393458:BGL393479 AWL393458:AWP393479 AMP393458:AMT393479 ACT393458:ACX393479 SX393458:TB393479 JB393458:JF393479 WVN327922:WVR327943 WLR327922:WLV327943 WBV327922:WBZ327943 VRZ327922:VSD327943 VID327922:VIH327943 UYH327922:UYL327943 UOL327922:UOP327943 UEP327922:UET327943 TUT327922:TUX327943 TKX327922:TLB327943 TBB327922:TBF327943 SRF327922:SRJ327943 SHJ327922:SHN327943 RXN327922:RXR327943 RNR327922:RNV327943 RDV327922:RDZ327943 QTZ327922:QUD327943 QKD327922:QKH327943 QAH327922:QAL327943 PQL327922:PQP327943 PGP327922:PGT327943 OWT327922:OWX327943 OMX327922:ONB327943 ODB327922:ODF327943 NTF327922:NTJ327943 NJJ327922:NJN327943 MZN327922:MZR327943 MPR327922:MPV327943 MFV327922:MFZ327943 LVZ327922:LWD327943 LMD327922:LMH327943 LCH327922:LCL327943 KSL327922:KSP327943 KIP327922:KIT327943 JYT327922:JYX327943 JOX327922:JPB327943 JFB327922:JFF327943 IVF327922:IVJ327943 ILJ327922:ILN327943 IBN327922:IBR327943 HRR327922:HRV327943 HHV327922:HHZ327943 GXZ327922:GYD327943 GOD327922:GOH327943 GEH327922:GEL327943 FUL327922:FUP327943 FKP327922:FKT327943 FAT327922:FAX327943 EQX327922:ERB327943 EHB327922:EHF327943 DXF327922:DXJ327943 DNJ327922:DNN327943 DDN327922:DDR327943 CTR327922:CTV327943 CJV327922:CJZ327943 BZZ327922:CAD327943 BQD327922:BQH327943 BGH327922:BGL327943 AWL327922:AWP327943 AMP327922:AMT327943 ACT327922:ACX327943 SX327922:TB327943 JB327922:JF327943 WVN262386:WVR262407 WLR262386:WLV262407 WBV262386:WBZ262407 VRZ262386:VSD262407 VID262386:VIH262407 UYH262386:UYL262407 UOL262386:UOP262407 UEP262386:UET262407 TUT262386:TUX262407 TKX262386:TLB262407 TBB262386:TBF262407 SRF262386:SRJ262407 SHJ262386:SHN262407 RXN262386:RXR262407 RNR262386:RNV262407 RDV262386:RDZ262407 QTZ262386:QUD262407 QKD262386:QKH262407 QAH262386:QAL262407 PQL262386:PQP262407 PGP262386:PGT262407 OWT262386:OWX262407 OMX262386:ONB262407 ODB262386:ODF262407 NTF262386:NTJ262407 NJJ262386:NJN262407 MZN262386:MZR262407 MPR262386:MPV262407 MFV262386:MFZ262407 LVZ262386:LWD262407 LMD262386:LMH262407 LCH262386:LCL262407 KSL262386:KSP262407 KIP262386:KIT262407 JYT262386:JYX262407 JOX262386:JPB262407 JFB262386:JFF262407 IVF262386:IVJ262407 ILJ262386:ILN262407 IBN262386:IBR262407 HRR262386:HRV262407 HHV262386:HHZ262407 GXZ262386:GYD262407 GOD262386:GOH262407 GEH262386:GEL262407 FUL262386:FUP262407 FKP262386:FKT262407 FAT262386:FAX262407 EQX262386:ERB262407 EHB262386:EHF262407 DXF262386:DXJ262407 DNJ262386:DNN262407 DDN262386:DDR262407 CTR262386:CTV262407 CJV262386:CJZ262407 BZZ262386:CAD262407 BQD262386:BQH262407 BGH262386:BGL262407 AWL262386:AWP262407 AMP262386:AMT262407 ACT262386:ACX262407 SX262386:TB262407 JB262386:JF262407 WVN196850:WVR196871 WLR196850:WLV196871 WBV196850:WBZ196871 VRZ196850:VSD196871 VID196850:VIH196871 UYH196850:UYL196871 UOL196850:UOP196871 UEP196850:UET196871 TUT196850:TUX196871 TKX196850:TLB196871 TBB196850:TBF196871 SRF196850:SRJ196871 SHJ196850:SHN196871 RXN196850:RXR196871 RNR196850:RNV196871 RDV196850:RDZ196871 QTZ196850:QUD196871 QKD196850:QKH196871 QAH196850:QAL196871 PQL196850:PQP196871 PGP196850:PGT196871 OWT196850:OWX196871 OMX196850:ONB196871 ODB196850:ODF196871 NTF196850:NTJ196871 NJJ196850:NJN196871 MZN196850:MZR196871 MPR196850:MPV196871 MFV196850:MFZ196871 LVZ196850:LWD196871 LMD196850:LMH196871 LCH196850:LCL196871 KSL196850:KSP196871 KIP196850:KIT196871 JYT196850:JYX196871 JOX196850:JPB196871 JFB196850:JFF196871 IVF196850:IVJ196871 ILJ196850:ILN196871 IBN196850:IBR196871 HRR196850:HRV196871 HHV196850:HHZ196871 GXZ196850:GYD196871 GOD196850:GOH196871 GEH196850:GEL196871 FUL196850:FUP196871 FKP196850:FKT196871 FAT196850:FAX196871 EQX196850:ERB196871 EHB196850:EHF196871 DXF196850:DXJ196871 DNJ196850:DNN196871 DDN196850:DDR196871 CTR196850:CTV196871 CJV196850:CJZ196871 BZZ196850:CAD196871 BQD196850:BQH196871 BGH196850:BGL196871 AWL196850:AWP196871 AMP196850:AMT196871 ACT196850:ACX196871 SX196850:TB196871 JB196850:JF196871 WVN131314:WVR131335 WLR131314:WLV131335 WBV131314:WBZ131335 VRZ131314:VSD131335 VID131314:VIH131335 UYH131314:UYL131335 UOL131314:UOP131335 UEP131314:UET131335 TUT131314:TUX131335 TKX131314:TLB131335 TBB131314:TBF131335 SRF131314:SRJ131335 SHJ131314:SHN131335 RXN131314:RXR131335 RNR131314:RNV131335 RDV131314:RDZ131335 QTZ131314:QUD131335 QKD131314:QKH131335 QAH131314:QAL131335 PQL131314:PQP131335 PGP131314:PGT131335 OWT131314:OWX131335 OMX131314:ONB131335 ODB131314:ODF131335 NTF131314:NTJ131335 NJJ131314:NJN131335 MZN131314:MZR131335 MPR131314:MPV131335 MFV131314:MFZ131335 LVZ131314:LWD131335 LMD131314:LMH131335 LCH131314:LCL131335 KSL131314:KSP131335 KIP131314:KIT131335 JYT131314:JYX131335 JOX131314:JPB131335 JFB131314:JFF131335 IVF131314:IVJ131335 ILJ131314:ILN131335 IBN131314:IBR131335 HRR131314:HRV131335 HHV131314:HHZ131335 GXZ131314:GYD131335 GOD131314:GOH131335 GEH131314:GEL131335 FUL131314:FUP131335 FKP131314:FKT131335 FAT131314:FAX131335 EQX131314:ERB131335 EHB131314:EHF131335 DXF131314:DXJ131335 DNJ131314:DNN131335 DDN131314:DDR131335 CTR131314:CTV131335 CJV131314:CJZ131335 BZZ131314:CAD131335 BQD131314:BQH131335 BGH131314:BGL131335 AWL131314:AWP131335 AMP131314:AMT131335 ACT131314:ACX131335 SX131314:TB131335 JB131314:JF131335 WVN65778:WVR65799 WLR65778:WLV65799 WBV65778:WBZ65799 VRZ65778:VSD65799 VID65778:VIH65799 UYH65778:UYL65799 UOL65778:UOP65799 UEP65778:UET65799 TUT65778:TUX65799 TKX65778:TLB65799 TBB65778:TBF65799 SRF65778:SRJ65799 SHJ65778:SHN65799 RXN65778:RXR65799 RNR65778:RNV65799 RDV65778:RDZ65799 QTZ65778:QUD65799 QKD65778:QKH65799 QAH65778:QAL65799 PQL65778:PQP65799 PGP65778:PGT65799 OWT65778:OWX65799 OMX65778:ONB65799 ODB65778:ODF65799 NTF65778:NTJ65799 NJJ65778:NJN65799 MZN65778:MZR65799 MPR65778:MPV65799 MFV65778:MFZ65799 LVZ65778:LWD65799 LMD65778:LMH65799 LCH65778:LCL65799 KSL65778:KSP65799 KIP65778:KIT65799 JYT65778:JYX65799 JOX65778:JPB65799 JFB65778:JFF65799 IVF65778:IVJ65799 ILJ65778:ILN65799 IBN65778:IBR65799 HRR65778:HRV65799 HHV65778:HHZ65799 GXZ65778:GYD65799 GOD65778:GOH65799 GEH65778:GEL65799 FUL65778:FUP65799 FKP65778:FKT65799 FAT65778:FAX65799 EQX65778:ERB65799 EHB65778:EHF65799 DXF65778:DXJ65799 DNJ65778:DNN65799 DDN65778:DDR65799 CTR65778:CTV65799 CJV65778:CJZ65799 BZZ65778:CAD65799 BQD65778:BQH65799 BGH65778:BGL65799 AWL65778:AWP65799 AMP65778:AMT65799 ACT65778:ACX65799" xr:uid="{88260F5D-68E9-47D0-8DC9-2E8E702B63C6}">
+      <formula1>IF(OR($E65756="f",$E65756="o"),JB65778="",JB65778="x")</formula1>
     </dataValidation>
-    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="SR65774:SW65824 IV65774:JA65824 WVH983278:WVM983328 WLL983278:WLQ983328 WBP983278:WBU983328 VRT983278:VRY983328 VHX983278:VIC983328 UYB983278:UYG983328 UOF983278:UOK983328 UEJ983278:UEO983328 TUN983278:TUS983328 TKR983278:TKW983328 TAV983278:TBA983328 SQZ983278:SRE983328 SHD983278:SHI983328 RXH983278:RXM983328 RNL983278:RNQ983328 RDP983278:RDU983328 QTT983278:QTY983328 QJX983278:QKC983328 QAB983278:QAG983328 PQF983278:PQK983328 PGJ983278:PGO983328 OWN983278:OWS983328 OMR983278:OMW983328 OCV983278:ODA983328 NSZ983278:NTE983328 NJD983278:NJI983328 MZH983278:MZM983328 MPL983278:MPQ983328 MFP983278:MFU983328 LVT983278:LVY983328 LLX983278:LMC983328 LCB983278:LCG983328 KSF983278:KSK983328 KIJ983278:KIO983328 JYN983278:JYS983328 JOR983278:JOW983328 JEV983278:JFA983328 IUZ983278:IVE983328 ILD983278:ILI983328 IBH983278:IBM983328 HRL983278:HRQ983328 HHP983278:HHU983328 GXT983278:GXY983328 GNX983278:GOC983328 GEB983278:GEG983328 FUF983278:FUK983328 FKJ983278:FKO983328 FAN983278:FAS983328 EQR983278:EQW983328 EGV983278:EHA983328 DWZ983278:DXE983328 DND983278:DNI983328 DDH983278:DDM983328 CTL983278:CTQ983328 CJP983278:CJU983328 BZT983278:BZY983328 BPX983278:BQC983328 BGB983278:BGG983328 AWF983278:AWK983328 AMJ983278:AMO983328 ACN983278:ACS983328 SR983278:SW983328 IV983278:JA983328 WVH917742:WVM917792 WLL917742:WLQ917792 WBP917742:WBU917792 VRT917742:VRY917792 VHX917742:VIC917792 UYB917742:UYG917792 UOF917742:UOK917792 UEJ917742:UEO917792 TUN917742:TUS917792 TKR917742:TKW917792 TAV917742:TBA917792 SQZ917742:SRE917792 SHD917742:SHI917792 RXH917742:RXM917792 RNL917742:RNQ917792 RDP917742:RDU917792 QTT917742:QTY917792 QJX917742:QKC917792 QAB917742:QAG917792 PQF917742:PQK917792 PGJ917742:PGO917792 OWN917742:OWS917792 OMR917742:OMW917792 OCV917742:ODA917792 NSZ917742:NTE917792 NJD917742:NJI917792 MZH917742:MZM917792 MPL917742:MPQ917792 MFP917742:MFU917792 LVT917742:LVY917792 LLX917742:LMC917792 LCB917742:LCG917792 KSF917742:KSK917792 KIJ917742:KIO917792 JYN917742:JYS917792 JOR917742:JOW917792 JEV917742:JFA917792 IUZ917742:IVE917792 ILD917742:ILI917792 IBH917742:IBM917792 HRL917742:HRQ917792 HHP917742:HHU917792 GXT917742:GXY917792 GNX917742:GOC917792 GEB917742:GEG917792 FUF917742:FUK917792 FKJ917742:FKO917792 FAN917742:FAS917792 EQR917742:EQW917792 EGV917742:EHA917792 DWZ917742:DXE917792 DND917742:DNI917792 DDH917742:DDM917792 CTL917742:CTQ917792 CJP917742:CJU917792 BZT917742:BZY917792 BPX917742:BQC917792 BGB917742:BGG917792 AWF917742:AWK917792 AMJ917742:AMO917792 ACN917742:ACS917792 SR917742:SW917792 IV917742:JA917792 WVH852206:WVM852256 WLL852206:WLQ852256 WBP852206:WBU852256 VRT852206:VRY852256 VHX852206:VIC852256 UYB852206:UYG852256 UOF852206:UOK852256 UEJ852206:UEO852256 TUN852206:TUS852256 TKR852206:TKW852256 TAV852206:TBA852256 SQZ852206:SRE852256 SHD852206:SHI852256 RXH852206:RXM852256 RNL852206:RNQ852256 RDP852206:RDU852256 QTT852206:QTY852256 QJX852206:QKC852256 QAB852206:QAG852256 PQF852206:PQK852256 PGJ852206:PGO852256 OWN852206:OWS852256 OMR852206:OMW852256 OCV852206:ODA852256 NSZ852206:NTE852256 NJD852206:NJI852256 MZH852206:MZM852256 MPL852206:MPQ852256 MFP852206:MFU852256 LVT852206:LVY852256 LLX852206:LMC852256 LCB852206:LCG852256 KSF852206:KSK852256 KIJ852206:KIO852256 JYN852206:JYS852256 JOR852206:JOW852256 JEV852206:JFA852256 IUZ852206:IVE852256 ILD852206:ILI852256 IBH852206:IBM852256 HRL852206:HRQ852256 HHP852206:HHU852256 GXT852206:GXY852256 GNX852206:GOC852256 GEB852206:GEG852256 FUF852206:FUK852256 FKJ852206:FKO852256 FAN852206:FAS852256 EQR852206:EQW852256 EGV852206:EHA852256 DWZ852206:DXE852256 DND852206:DNI852256 DDH852206:DDM852256 CTL852206:CTQ852256 CJP852206:CJU852256 BZT852206:BZY852256 BPX852206:BQC852256 BGB852206:BGG852256 AWF852206:AWK852256 AMJ852206:AMO852256 ACN852206:ACS852256 SR852206:SW852256 IV852206:JA852256 WVH786670:WVM786720 WLL786670:WLQ786720 WBP786670:WBU786720 VRT786670:VRY786720 VHX786670:VIC786720 UYB786670:UYG786720 UOF786670:UOK786720 UEJ786670:UEO786720 TUN786670:TUS786720 TKR786670:TKW786720 TAV786670:TBA786720 SQZ786670:SRE786720 SHD786670:SHI786720 RXH786670:RXM786720 RNL786670:RNQ786720 RDP786670:RDU786720 QTT786670:QTY786720 QJX786670:QKC786720 QAB786670:QAG786720 PQF786670:PQK786720 PGJ786670:PGO786720 OWN786670:OWS786720 OMR786670:OMW786720 OCV786670:ODA786720 NSZ786670:NTE786720 NJD786670:NJI786720 MZH786670:MZM786720 MPL786670:MPQ786720 MFP786670:MFU786720 LVT786670:LVY786720 LLX786670:LMC786720 LCB786670:LCG786720 KSF786670:KSK786720 KIJ786670:KIO786720 JYN786670:JYS786720 JOR786670:JOW786720 JEV786670:JFA786720 IUZ786670:IVE786720 ILD786670:ILI786720 IBH786670:IBM786720 HRL786670:HRQ786720 HHP786670:HHU786720 GXT786670:GXY786720 GNX786670:GOC786720 GEB786670:GEG786720 FUF786670:FUK786720 FKJ786670:FKO786720 FAN786670:FAS786720 EQR786670:EQW786720 EGV786670:EHA786720 DWZ786670:DXE786720 DND786670:DNI786720 DDH786670:DDM786720 CTL786670:CTQ786720 CJP786670:CJU786720 BZT786670:BZY786720 BPX786670:BQC786720 BGB786670:BGG786720 AWF786670:AWK786720 AMJ786670:AMO786720 ACN786670:ACS786720 SR786670:SW786720 IV786670:JA786720 WVH721134:WVM721184 WLL721134:WLQ721184 WBP721134:WBU721184 VRT721134:VRY721184 VHX721134:VIC721184 UYB721134:UYG721184 UOF721134:UOK721184 UEJ721134:UEO721184 TUN721134:TUS721184 TKR721134:TKW721184 TAV721134:TBA721184 SQZ721134:SRE721184 SHD721134:SHI721184 RXH721134:RXM721184 RNL721134:RNQ721184 RDP721134:RDU721184 QTT721134:QTY721184 QJX721134:QKC721184 QAB721134:QAG721184 PQF721134:PQK721184 PGJ721134:PGO721184 OWN721134:OWS721184 OMR721134:OMW721184 OCV721134:ODA721184 NSZ721134:NTE721184 NJD721134:NJI721184 MZH721134:MZM721184 MPL721134:MPQ721184 MFP721134:MFU721184 LVT721134:LVY721184 LLX721134:LMC721184 LCB721134:LCG721184 KSF721134:KSK721184 KIJ721134:KIO721184 JYN721134:JYS721184 JOR721134:JOW721184 JEV721134:JFA721184 IUZ721134:IVE721184 ILD721134:ILI721184 IBH721134:IBM721184 HRL721134:HRQ721184 HHP721134:HHU721184 GXT721134:GXY721184 GNX721134:GOC721184 GEB721134:GEG721184 FUF721134:FUK721184 FKJ721134:FKO721184 FAN721134:FAS721184 EQR721134:EQW721184 EGV721134:EHA721184 DWZ721134:DXE721184 DND721134:DNI721184 DDH721134:DDM721184 CTL721134:CTQ721184 CJP721134:CJU721184 BZT721134:BZY721184 BPX721134:BQC721184 BGB721134:BGG721184 AWF721134:AWK721184 AMJ721134:AMO721184 ACN721134:ACS721184 SR721134:SW721184 IV721134:JA721184 WVH655598:WVM655648 WLL655598:WLQ655648 WBP655598:WBU655648 VRT655598:VRY655648 VHX655598:VIC655648 UYB655598:UYG655648 UOF655598:UOK655648 UEJ655598:UEO655648 TUN655598:TUS655648 TKR655598:TKW655648 TAV655598:TBA655648 SQZ655598:SRE655648 SHD655598:SHI655648 RXH655598:RXM655648 RNL655598:RNQ655648 RDP655598:RDU655648 QTT655598:QTY655648 QJX655598:QKC655648 QAB655598:QAG655648 PQF655598:PQK655648 PGJ655598:PGO655648 OWN655598:OWS655648 OMR655598:OMW655648 OCV655598:ODA655648 NSZ655598:NTE655648 NJD655598:NJI655648 MZH655598:MZM655648 MPL655598:MPQ655648 MFP655598:MFU655648 LVT655598:LVY655648 LLX655598:LMC655648 LCB655598:LCG655648 KSF655598:KSK655648 KIJ655598:KIO655648 JYN655598:JYS655648 JOR655598:JOW655648 JEV655598:JFA655648 IUZ655598:IVE655648 ILD655598:ILI655648 IBH655598:IBM655648 HRL655598:HRQ655648 HHP655598:HHU655648 GXT655598:GXY655648 GNX655598:GOC655648 GEB655598:GEG655648 FUF655598:FUK655648 FKJ655598:FKO655648 FAN655598:FAS655648 EQR655598:EQW655648 EGV655598:EHA655648 DWZ655598:DXE655648 DND655598:DNI655648 DDH655598:DDM655648 CTL655598:CTQ655648 CJP655598:CJU655648 BZT655598:BZY655648 BPX655598:BQC655648 BGB655598:BGG655648 AWF655598:AWK655648 AMJ655598:AMO655648 ACN655598:ACS655648 SR655598:SW655648 IV655598:JA655648 WVH590062:WVM590112 WLL590062:WLQ590112 WBP590062:WBU590112 VRT590062:VRY590112 VHX590062:VIC590112 UYB590062:UYG590112 UOF590062:UOK590112 UEJ590062:UEO590112 TUN590062:TUS590112 TKR590062:TKW590112 TAV590062:TBA590112 SQZ590062:SRE590112 SHD590062:SHI590112 RXH590062:RXM590112 RNL590062:RNQ590112 RDP590062:RDU590112 QTT590062:QTY590112 QJX590062:QKC590112 QAB590062:QAG590112 PQF590062:PQK590112 PGJ590062:PGO590112 OWN590062:OWS590112 OMR590062:OMW590112 OCV590062:ODA590112 NSZ590062:NTE590112 NJD590062:NJI590112 MZH590062:MZM590112 MPL590062:MPQ590112 MFP590062:MFU590112 LVT590062:LVY590112 LLX590062:LMC590112 LCB590062:LCG590112 KSF590062:KSK590112 KIJ590062:KIO590112 JYN590062:JYS590112 JOR590062:JOW590112 JEV590062:JFA590112 IUZ590062:IVE590112 ILD590062:ILI590112 IBH590062:IBM590112 HRL590062:HRQ590112 HHP590062:HHU590112 GXT590062:GXY590112 GNX590062:GOC590112 GEB590062:GEG590112 FUF590062:FUK590112 FKJ590062:FKO590112 FAN590062:FAS590112 EQR590062:EQW590112 EGV590062:EHA590112 DWZ590062:DXE590112 DND590062:DNI590112 DDH590062:DDM590112 CTL590062:CTQ590112 CJP590062:CJU590112 BZT590062:BZY590112 BPX590062:BQC590112 BGB590062:BGG590112 AWF590062:AWK590112 AMJ590062:AMO590112 ACN590062:ACS590112 SR590062:SW590112 IV590062:JA590112 WVH524526:WVM524576 WLL524526:WLQ524576 WBP524526:WBU524576 VRT524526:VRY524576 VHX524526:VIC524576 UYB524526:UYG524576 UOF524526:UOK524576 UEJ524526:UEO524576 TUN524526:TUS524576 TKR524526:TKW524576 TAV524526:TBA524576 SQZ524526:SRE524576 SHD524526:SHI524576 RXH524526:RXM524576 RNL524526:RNQ524576 RDP524526:RDU524576 QTT524526:QTY524576 QJX524526:QKC524576 QAB524526:QAG524576 PQF524526:PQK524576 PGJ524526:PGO524576 OWN524526:OWS524576 OMR524526:OMW524576 OCV524526:ODA524576 NSZ524526:NTE524576 NJD524526:NJI524576 MZH524526:MZM524576 MPL524526:MPQ524576 MFP524526:MFU524576 LVT524526:LVY524576 LLX524526:LMC524576 LCB524526:LCG524576 KSF524526:KSK524576 KIJ524526:KIO524576 JYN524526:JYS524576 JOR524526:JOW524576 JEV524526:JFA524576 IUZ524526:IVE524576 ILD524526:ILI524576 IBH524526:IBM524576 HRL524526:HRQ524576 HHP524526:HHU524576 GXT524526:GXY524576 GNX524526:GOC524576 GEB524526:GEG524576 FUF524526:FUK524576 FKJ524526:FKO524576 FAN524526:FAS524576 EQR524526:EQW524576 EGV524526:EHA524576 DWZ524526:DXE524576 DND524526:DNI524576 DDH524526:DDM524576 CTL524526:CTQ524576 CJP524526:CJU524576 BZT524526:BZY524576 BPX524526:BQC524576 BGB524526:BGG524576 AWF524526:AWK524576 AMJ524526:AMO524576 ACN524526:ACS524576 SR524526:SW524576 IV524526:JA524576 WVH458990:WVM459040 WLL458990:WLQ459040 WBP458990:WBU459040 VRT458990:VRY459040 VHX458990:VIC459040 UYB458990:UYG459040 UOF458990:UOK459040 UEJ458990:UEO459040 TUN458990:TUS459040 TKR458990:TKW459040 TAV458990:TBA459040 SQZ458990:SRE459040 SHD458990:SHI459040 RXH458990:RXM459040 RNL458990:RNQ459040 RDP458990:RDU459040 QTT458990:QTY459040 QJX458990:QKC459040 QAB458990:QAG459040 PQF458990:PQK459040 PGJ458990:PGO459040 OWN458990:OWS459040 OMR458990:OMW459040 OCV458990:ODA459040 NSZ458990:NTE459040 NJD458990:NJI459040 MZH458990:MZM459040 MPL458990:MPQ459040 MFP458990:MFU459040 LVT458990:LVY459040 LLX458990:LMC459040 LCB458990:LCG459040 KSF458990:KSK459040 KIJ458990:KIO459040 JYN458990:JYS459040 JOR458990:JOW459040 JEV458990:JFA459040 IUZ458990:IVE459040 ILD458990:ILI459040 IBH458990:IBM459040 HRL458990:HRQ459040 HHP458990:HHU459040 GXT458990:GXY459040 GNX458990:GOC459040 GEB458990:GEG459040 FUF458990:FUK459040 FKJ458990:FKO459040 FAN458990:FAS459040 EQR458990:EQW459040 EGV458990:EHA459040 DWZ458990:DXE459040 DND458990:DNI459040 DDH458990:DDM459040 CTL458990:CTQ459040 CJP458990:CJU459040 BZT458990:BZY459040 BPX458990:BQC459040 BGB458990:BGG459040 AWF458990:AWK459040 AMJ458990:AMO459040 ACN458990:ACS459040 SR458990:SW459040 IV458990:JA459040 WVH393454:WVM393504 WLL393454:WLQ393504 WBP393454:WBU393504 VRT393454:VRY393504 VHX393454:VIC393504 UYB393454:UYG393504 UOF393454:UOK393504 UEJ393454:UEO393504 TUN393454:TUS393504 TKR393454:TKW393504 TAV393454:TBA393504 SQZ393454:SRE393504 SHD393454:SHI393504 RXH393454:RXM393504 RNL393454:RNQ393504 RDP393454:RDU393504 QTT393454:QTY393504 QJX393454:QKC393504 QAB393454:QAG393504 PQF393454:PQK393504 PGJ393454:PGO393504 OWN393454:OWS393504 OMR393454:OMW393504 OCV393454:ODA393504 NSZ393454:NTE393504 NJD393454:NJI393504 MZH393454:MZM393504 MPL393454:MPQ393504 MFP393454:MFU393504 LVT393454:LVY393504 LLX393454:LMC393504 LCB393454:LCG393504 KSF393454:KSK393504 KIJ393454:KIO393504 JYN393454:JYS393504 JOR393454:JOW393504 JEV393454:JFA393504 IUZ393454:IVE393504 ILD393454:ILI393504 IBH393454:IBM393504 HRL393454:HRQ393504 HHP393454:HHU393504 GXT393454:GXY393504 GNX393454:GOC393504 GEB393454:GEG393504 FUF393454:FUK393504 FKJ393454:FKO393504 FAN393454:FAS393504 EQR393454:EQW393504 EGV393454:EHA393504 DWZ393454:DXE393504 DND393454:DNI393504 DDH393454:DDM393504 CTL393454:CTQ393504 CJP393454:CJU393504 BZT393454:BZY393504 BPX393454:BQC393504 BGB393454:BGG393504 AWF393454:AWK393504 AMJ393454:AMO393504 ACN393454:ACS393504 SR393454:SW393504 IV393454:JA393504 WVH327918:WVM327968 WLL327918:WLQ327968 WBP327918:WBU327968 VRT327918:VRY327968 VHX327918:VIC327968 UYB327918:UYG327968 UOF327918:UOK327968 UEJ327918:UEO327968 TUN327918:TUS327968 TKR327918:TKW327968 TAV327918:TBA327968 SQZ327918:SRE327968 SHD327918:SHI327968 RXH327918:RXM327968 RNL327918:RNQ327968 RDP327918:RDU327968 QTT327918:QTY327968 QJX327918:QKC327968 QAB327918:QAG327968 PQF327918:PQK327968 PGJ327918:PGO327968 OWN327918:OWS327968 OMR327918:OMW327968 OCV327918:ODA327968 NSZ327918:NTE327968 NJD327918:NJI327968 MZH327918:MZM327968 MPL327918:MPQ327968 MFP327918:MFU327968 LVT327918:LVY327968 LLX327918:LMC327968 LCB327918:LCG327968 KSF327918:KSK327968 KIJ327918:KIO327968 JYN327918:JYS327968 JOR327918:JOW327968 JEV327918:JFA327968 IUZ327918:IVE327968 ILD327918:ILI327968 IBH327918:IBM327968 HRL327918:HRQ327968 HHP327918:HHU327968 GXT327918:GXY327968 GNX327918:GOC327968 GEB327918:GEG327968 FUF327918:FUK327968 FKJ327918:FKO327968 FAN327918:FAS327968 EQR327918:EQW327968 EGV327918:EHA327968 DWZ327918:DXE327968 DND327918:DNI327968 DDH327918:DDM327968 CTL327918:CTQ327968 CJP327918:CJU327968 BZT327918:BZY327968 BPX327918:BQC327968 BGB327918:BGG327968 AWF327918:AWK327968 AMJ327918:AMO327968 ACN327918:ACS327968 SR327918:SW327968 IV327918:JA327968 WVH262382:WVM262432 WLL262382:WLQ262432 WBP262382:WBU262432 VRT262382:VRY262432 VHX262382:VIC262432 UYB262382:UYG262432 UOF262382:UOK262432 UEJ262382:UEO262432 TUN262382:TUS262432 TKR262382:TKW262432 TAV262382:TBA262432 SQZ262382:SRE262432 SHD262382:SHI262432 RXH262382:RXM262432 RNL262382:RNQ262432 RDP262382:RDU262432 QTT262382:QTY262432 QJX262382:QKC262432 QAB262382:QAG262432 PQF262382:PQK262432 PGJ262382:PGO262432 OWN262382:OWS262432 OMR262382:OMW262432 OCV262382:ODA262432 NSZ262382:NTE262432 NJD262382:NJI262432 MZH262382:MZM262432 MPL262382:MPQ262432 MFP262382:MFU262432 LVT262382:LVY262432 LLX262382:LMC262432 LCB262382:LCG262432 KSF262382:KSK262432 KIJ262382:KIO262432 JYN262382:JYS262432 JOR262382:JOW262432 JEV262382:JFA262432 IUZ262382:IVE262432 ILD262382:ILI262432 IBH262382:IBM262432 HRL262382:HRQ262432 HHP262382:HHU262432 GXT262382:GXY262432 GNX262382:GOC262432 GEB262382:GEG262432 FUF262382:FUK262432 FKJ262382:FKO262432 FAN262382:FAS262432 EQR262382:EQW262432 EGV262382:EHA262432 DWZ262382:DXE262432 DND262382:DNI262432 DDH262382:DDM262432 CTL262382:CTQ262432 CJP262382:CJU262432 BZT262382:BZY262432 BPX262382:BQC262432 BGB262382:BGG262432 AWF262382:AWK262432 AMJ262382:AMO262432 ACN262382:ACS262432 SR262382:SW262432 IV262382:JA262432 WVH196846:WVM196896 WLL196846:WLQ196896 WBP196846:WBU196896 VRT196846:VRY196896 VHX196846:VIC196896 UYB196846:UYG196896 UOF196846:UOK196896 UEJ196846:UEO196896 TUN196846:TUS196896 TKR196846:TKW196896 TAV196846:TBA196896 SQZ196846:SRE196896 SHD196846:SHI196896 RXH196846:RXM196896 RNL196846:RNQ196896 RDP196846:RDU196896 QTT196846:QTY196896 QJX196846:QKC196896 QAB196846:QAG196896 PQF196846:PQK196896 PGJ196846:PGO196896 OWN196846:OWS196896 OMR196846:OMW196896 OCV196846:ODA196896 NSZ196846:NTE196896 NJD196846:NJI196896 MZH196846:MZM196896 MPL196846:MPQ196896 MFP196846:MFU196896 LVT196846:LVY196896 LLX196846:LMC196896 LCB196846:LCG196896 KSF196846:KSK196896 KIJ196846:KIO196896 JYN196846:JYS196896 JOR196846:JOW196896 JEV196846:JFA196896 IUZ196846:IVE196896 ILD196846:ILI196896 IBH196846:IBM196896 HRL196846:HRQ196896 HHP196846:HHU196896 GXT196846:GXY196896 GNX196846:GOC196896 GEB196846:GEG196896 FUF196846:FUK196896 FKJ196846:FKO196896 FAN196846:FAS196896 EQR196846:EQW196896 EGV196846:EHA196896 DWZ196846:DXE196896 DND196846:DNI196896 DDH196846:DDM196896 CTL196846:CTQ196896 CJP196846:CJU196896 BZT196846:BZY196896 BPX196846:BQC196896 BGB196846:BGG196896 AWF196846:AWK196896 AMJ196846:AMO196896 ACN196846:ACS196896 SR196846:SW196896 IV196846:JA196896 WVH131310:WVM131360 WLL131310:WLQ131360 WBP131310:WBU131360 VRT131310:VRY131360 VHX131310:VIC131360 UYB131310:UYG131360 UOF131310:UOK131360 UEJ131310:UEO131360 TUN131310:TUS131360 TKR131310:TKW131360 TAV131310:TBA131360 SQZ131310:SRE131360 SHD131310:SHI131360 RXH131310:RXM131360 RNL131310:RNQ131360 RDP131310:RDU131360 QTT131310:QTY131360 QJX131310:QKC131360 QAB131310:QAG131360 PQF131310:PQK131360 PGJ131310:PGO131360 OWN131310:OWS131360 OMR131310:OMW131360 OCV131310:ODA131360 NSZ131310:NTE131360 NJD131310:NJI131360 MZH131310:MZM131360 MPL131310:MPQ131360 MFP131310:MFU131360 LVT131310:LVY131360 LLX131310:LMC131360 LCB131310:LCG131360 KSF131310:KSK131360 KIJ131310:KIO131360 JYN131310:JYS131360 JOR131310:JOW131360 JEV131310:JFA131360 IUZ131310:IVE131360 ILD131310:ILI131360 IBH131310:IBM131360 HRL131310:HRQ131360 HHP131310:HHU131360 GXT131310:GXY131360 GNX131310:GOC131360 GEB131310:GEG131360 FUF131310:FUK131360 FKJ131310:FKO131360 FAN131310:FAS131360 EQR131310:EQW131360 EGV131310:EHA131360 DWZ131310:DXE131360 DND131310:DNI131360 DDH131310:DDM131360 CTL131310:CTQ131360 CJP131310:CJU131360 BZT131310:BZY131360 BPX131310:BQC131360 BGB131310:BGG131360 AWF131310:AWK131360 AMJ131310:AMO131360 ACN131310:ACS131360 SR131310:SW131360 IV131310:JA131360 WVH65774:WVM65824 WLL65774:WLQ65824 WBP65774:WBU65824 VRT65774:VRY65824 VHX65774:VIC65824 UYB65774:UYG65824 UOF65774:UOK65824 UEJ65774:UEO65824 TUN65774:TUS65824 TKR65774:TKW65824 TAV65774:TBA65824 SQZ65774:SRE65824 SHD65774:SHI65824 RXH65774:RXM65824 RNL65774:RNQ65824 RDP65774:RDU65824 QTT65774:QTY65824 QJX65774:QKC65824 QAB65774:QAG65824 PQF65774:PQK65824 PGJ65774:PGO65824 OWN65774:OWS65824 OMR65774:OMW65824 OCV65774:ODA65824 NSZ65774:NTE65824 NJD65774:NJI65824 MZH65774:MZM65824 MPL65774:MPQ65824 MFP65774:MFU65824 LVT65774:LVY65824 LLX65774:LMC65824 LCB65774:LCG65824 KSF65774:KSK65824 KIJ65774:KIO65824 JYN65774:JYS65824 JOR65774:JOW65824 JEV65774:JFA65824 IUZ65774:IVE65824 ILD65774:ILI65824 IBH65774:IBM65824 HRL65774:HRQ65824 HHP65774:HHU65824 GXT65774:GXY65824 GNX65774:GOC65824 GEB65774:GEG65824 FUF65774:FUK65824 FKJ65774:FKO65824 FAN65774:FAS65824 EQR65774:EQW65824 EGV65774:EHA65824 DWZ65774:DXE65824 DND65774:DNI65824 DDH65774:DDM65824 CTL65774:CTQ65824 CJP65774:CJU65824 BZT65774:BZY65824 BPX65774:BQC65824 BGB65774:BGG65824 AWF65774:AWK65824 AMJ65774:AMO65824 ACN65774:ACS65824" xr:uid="{E1D22CDF-25AB-403B-9D4F-01F8232A9BE7}">
-      <formula1>IF($E65752="o",IV65774="",IF($E65752="",IV65774="",IV65774&gt;0))</formula1>
+    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" error="Gelieve eerst de code in te vullen.  Wanneer code o (onbezoldigd) ingevuld wordt mogen geen brutolonen opgegeven worden." sqref="SR65778:SW65828 IV65778:JA65828 WVH983282:WVM983332 WLL983282:WLQ983332 WBP983282:WBU983332 VRT983282:VRY983332 VHX983282:VIC983332 UYB983282:UYG983332 UOF983282:UOK983332 UEJ983282:UEO983332 TUN983282:TUS983332 TKR983282:TKW983332 TAV983282:TBA983332 SQZ983282:SRE983332 SHD983282:SHI983332 RXH983282:RXM983332 RNL983282:RNQ983332 RDP983282:RDU983332 QTT983282:QTY983332 QJX983282:QKC983332 QAB983282:QAG983332 PQF983282:PQK983332 PGJ983282:PGO983332 OWN983282:OWS983332 OMR983282:OMW983332 OCV983282:ODA983332 NSZ983282:NTE983332 NJD983282:NJI983332 MZH983282:MZM983332 MPL983282:MPQ983332 MFP983282:MFU983332 LVT983282:LVY983332 LLX983282:LMC983332 LCB983282:LCG983332 KSF983282:KSK983332 KIJ983282:KIO983332 JYN983282:JYS983332 JOR983282:JOW983332 JEV983282:JFA983332 IUZ983282:IVE983332 ILD983282:ILI983332 IBH983282:IBM983332 HRL983282:HRQ983332 HHP983282:HHU983332 GXT983282:GXY983332 GNX983282:GOC983332 GEB983282:GEG983332 FUF983282:FUK983332 FKJ983282:FKO983332 FAN983282:FAS983332 EQR983282:EQW983332 EGV983282:EHA983332 DWZ983282:DXE983332 DND983282:DNI983332 DDH983282:DDM983332 CTL983282:CTQ983332 CJP983282:CJU983332 BZT983282:BZY983332 BPX983282:BQC983332 BGB983282:BGG983332 AWF983282:AWK983332 AMJ983282:AMO983332 ACN983282:ACS983332 SR983282:SW983332 IV983282:JA983332 WVH917746:WVM917796 WLL917746:WLQ917796 WBP917746:WBU917796 VRT917746:VRY917796 VHX917746:VIC917796 UYB917746:UYG917796 UOF917746:UOK917796 UEJ917746:UEO917796 TUN917746:TUS917796 TKR917746:TKW917796 TAV917746:TBA917796 SQZ917746:SRE917796 SHD917746:SHI917796 RXH917746:RXM917796 RNL917746:RNQ917796 RDP917746:RDU917796 QTT917746:QTY917796 QJX917746:QKC917796 QAB917746:QAG917796 PQF917746:PQK917796 PGJ917746:PGO917796 OWN917746:OWS917796 OMR917746:OMW917796 OCV917746:ODA917796 NSZ917746:NTE917796 NJD917746:NJI917796 MZH917746:MZM917796 MPL917746:MPQ917796 MFP917746:MFU917796 LVT917746:LVY917796 LLX917746:LMC917796 LCB917746:LCG917796 KSF917746:KSK917796 KIJ917746:KIO917796 JYN917746:JYS917796 JOR917746:JOW917796 JEV917746:JFA917796 IUZ917746:IVE917796 ILD917746:ILI917796 IBH917746:IBM917796 HRL917746:HRQ917796 HHP917746:HHU917796 GXT917746:GXY917796 GNX917746:GOC917796 GEB917746:GEG917796 FUF917746:FUK917796 FKJ917746:FKO917796 FAN917746:FAS917796 EQR917746:EQW917796 EGV917746:EHA917796 DWZ917746:DXE917796 DND917746:DNI917796 DDH917746:DDM917796 CTL917746:CTQ917796 CJP917746:CJU917796 BZT917746:BZY917796 BPX917746:BQC917796 BGB917746:BGG917796 AWF917746:AWK917796 AMJ917746:AMO917796 ACN917746:ACS917796 SR917746:SW917796 IV917746:JA917796 WVH852210:WVM852260 WLL852210:WLQ852260 WBP852210:WBU852260 VRT852210:VRY852260 VHX852210:VIC852260 UYB852210:UYG852260 UOF852210:UOK852260 UEJ852210:UEO852260 TUN852210:TUS852260 TKR852210:TKW852260 TAV852210:TBA852260 SQZ852210:SRE852260 SHD852210:SHI852260 RXH852210:RXM852260 RNL852210:RNQ852260 RDP852210:RDU852260 QTT852210:QTY852260 QJX852210:QKC852260 QAB852210:QAG852260 PQF852210:PQK852260 PGJ852210:PGO852260 OWN852210:OWS852260 OMR852210:OMW852260 OCV852210:ODA852260 NSZ852210:NTE852260 NJD852210:NJI852260 MZH852210:MZM852260 MPL852210:MPQ852260 MFP852210:MFU852260 LVT852210:LVY852260 LLX852210:LMC852260 LCB852210:LCG852260 KSF852210:KSK852260 KIJ852210:KIO852260 JYN852210:JYS852260 JOR852210:JOW852260 JEV852210:JFA852260 IUZ852210:IVE852260 ILD852210:ILI852260 IBH852210:IBM852260 HRL852210:HRQ852260 HHP852210:HHU852260 GXT852210:GXY852260 GNX852210:GOC852260 GEB852210:GEG852260 FUF852210:FUK852260 FKJ852210:FKO852260 FAN852210:FAS852260 EQR852210:EQW852260 EGV852210:EHA852260 DWZ852210:DXE852260 DND852210:DNI852260 DDH852210:DDM852260 CTL852210:CTQ852260 CJP852210:CJU852260 BZT852210:BZY852260 BPX852210:BQC852260 BGB852210:BGG852260 AWF852210:AWK852260 AMJ852210:AMO852260 ACN852210:ACS852260 SR852210:SW852260 IV852210:JA852260 WVH786674:WVM786724 WLL786674:WLQ786724 WBP786674:WBU786724 VRT786674:VRY786724 VHX786674:VIC786724 UYB786674:UYG786724 UOF786674:UOK786724 UEJ786674:UEO786724 TUN786674:TUS786724 TKR786674:TKW786724 TAV786674:TBA786724 SQZ786674:SRE786724 SHD786674:SHI786724 RXH786674:RXM786724 RNL786674:RNQ786724 RDP786674:RDU786724 QTT786674:QTY786724 QJX786674:QKC786724 QAB786674:QAG786724 PQF786674:PQK786724 PGJ786674:PGO786724 OWN786674:OWS786724 OMR786674:OMW786724 OCV786674:ODA786724 NSZ786674:NTE786724 NJD786674:NJI786724 MZH786674:MZM786724 MPL786674:MPQ786724 MFP786674:MFU786724 LVT786674:LVY786724 LLX786674:LMC786724 LCB786674:LCG786724 KSF786674:KSK786724 KIJ786674:KIO786724 JYN786674:JYS786724 JOR786674:JOW786724 JEV786674:JFA786724 IUZ786674:IVE786724 ILD786674:ILI786724 IBH786674:IBM786724 HRL786674:HRQ786724 HHP786674:HHU786724 GXT786674:GXY786724 GNX786674:GOC786724 GEB786674:GEG786724 FUF786674:FUK786724 FKJ786674:FKO786724 FAN786674:FAS786724 EQR786674:EQW786724 EGV786674:EHA786724 DWZ786674:DXE786724 DND786674:DNI786724 DDH786674:DDM786724 CTL786674:CTQ786724 CJP786674:CJU786724 BZT786674:BZY786724 BPX786674:BQC786724 BGB786674:BGG786724 AWF786674:AWK786724 AMJ786674:AMO786724 ACN786674:ACS786724 SR786674:SW786724 IV786674:JA786724 WVH721138:WVM721188 WLL721138:WLQ721188 WBP721138:WBU721188 VRT721138:VRY721188 VHX721138:VIC721188 UYB721138:UYG721188 UOF721138:UOK721188 UEJ721138:UEO721188 TUN721138:TUS721188 TKR721138:TKW721188 TAV721138:TBA721188 SQZ721138:SRE721188 SHD721138:SHI721188 RXH721138:RXM721188 RNL721138:RNQ721188 RDP721138:RDU721188 QTT721138:QTY721188 QJX721138:QKC721188 QAB721138:QAG721188 PQF721138:PQK721188 PGJ721138:PGO721188 OWN721138:OWS721188 OMR721138:OMW721188 OCV721138:ODA721188 NSZ721138:NTE721188 NJD721138:NJI721188 MZH721138:MZM721188 MPL721138:MPQ721188 MFP721138:MFU721188 LVT721138:LVY721188 LLX721138:LMC721188 LCB721138:LCG721188 KSF721138:KSK721188 KIJ721138:KIO721188 JYN721138:JYS721188 JOR721138:JOW721188 JEV721138:JFA721188 IUZ721138:IVE721188 ILD721138:ILI721188 IBH721138:IBM721188 HRL721138:HRQ721188 HHP721138:HHU721188 GXT721138:GXY721188 GNX721138:GOC721188 GEB721138:GEG721188 FUF721138:FUK721188 FKJ721138:FKO721188 FAN721138:FAS721188 EQR721138:EQW721188 EGV721138:EHA721188 DWZ721138:DXE721188 DND721138:DNI721188 DDH721138:DDM721188 CTL721138:CTQ721188 CJP721138:CJU721188 BZT721138:BZY721188 BPX721138:BQC721188 BGB721138:BGG721188 AWF721138:AWK721188 AMJ721138:AMO721188 ACN721138:ACS721188 SR721138:SW721188 IV721138:JA721188 WVH655602:WVM655652 WLL655602:WLQ655652 WBP655602:WBU655652 VRT655602:VRY655652 VHX655602:VIC655652 UYB655602:UYG655652 UOF655602:UOK655652 UEJ655602:UEO655652 TUN655602:TUS655652 TKR655602:TKW655652 TAV655602:TBA655652 SQZ655602:SRE655652 SHD655602:SHI655652 RXH655602:RXM655652 RNL655602:RNQ655652 RDP655602:RDU655652 QTT655602:QTY655652 QJX655602:QKC655652 QAB655602:QAG655652 PQF655602:PQK655652 PGJ655602:PGO655652 OWN655602:OWS655652 OMR655602:OMW655652 OCV655602:ODA655652 NSZ655602:NTE655652 NJD655602:NJI655652 MZH655602:MZM655652 MPL655602:MPQ655652 MFP655602:MFU655652 LVT655602:LVY655652 LLX655602:LMC655652 LCB655602:LCG655652 KSF655602:KSK655652 KIJ655602:KIO655652 JYN655602:JYS655652 JOR655602:JOW655652 JEV655602:JFA655652 IUZ655602:IVE655652 ILD655602:ILI655652 IBH655602:IBM655652 HRL655602:HRQ655652 HHP655602:HHU655652 GXT655602:GXY655652 GNX655602:GOC655652 GEB655602:GEG655652 FUF655602:FUK655652 FKJ655602:FKO655652 FAN655602:FAS655652 EQR655602:EQW655652 EGV655602:EHA655652 DWZ655602:DXE655652 DND655602:DNI655652 DDH655602:DDM655652 CTL655602:CTQ655652 CJP655602:CJU655652 BZT655602:BZY655652 BPX655602:BQC655652 BGB655602:BGG655652 AWF655602:AWK655652 AMJ655602:AMO655652 ACN655602:ACS655652 SR655602:SW655652 IV655602:JA655652 WVH590066:WVM590116 WLL590066:WLQ590116 WBP590066:WBU590116 VRT590066:VRY590116 VHX590066:VIC590116 UYB590066:UYG590116 UOF590066:UOK590116 UEJ590066:UEO590116 TUN590066:TUS590116 TKR590066:TKW590116 TAV590066:TBA590116 SQZ590066:SRE590116 SHD590066:SHI590116 RXH590066:RXM590116 RNL590066:RNQ590116 RDP590066:RDU590116 QTT590066:QTY590116 QJX590066:QKC590116 QAB590066:QAG590116 PQF590066:PQK590116 PGJ590066:PGO590116 OWN590066:OWS590116 OMR590066:OMW590116 OCV590066:ODA590116 NSZ590066:NTE590116 NJD590066:NJI590116 MZH590066:MZM590116 MPL590066:MPQ590116 MFP590066:MFU590116 LVT590066:LVY590116 LLX590066:LMC590116 LCB590066:LCG590116 KSF590066:KSK590116 KIJ590066:KIO590116 JYN590066:JYS590116 JOR590066:JOW590116 JEV590066:JFA590116 IUZ590066:IVE590116 ILD590066:ILI590116 IBH590066:IBM590116 HRL590066:HRQ590116 HHP590066:HHU590116 GXT590066:GXY590116 GNX590066:GOC590116 GEB590066:GEG590116 FUF590066:FUK590116 FKJ590066:FKO590116 FAN590066:FAS590116 EQR590066:EQW590116 EGV590066:EHA590116 DWZ590066:DXE590116 DND590066:DNI590116 DDH590066:DDM590116 CTL590066:CTQ590116 CJP590066:CJU590116 BZT590066:BZY590116 BPX590066:BQC590116 BGB590066:BGG590116 AWF590066:AWK590116 AMJ590066:AMO590116 ACN590066:ACS590116 SR590066:SW590116 IV590066:JA590116 WVH524530:WVM524580 WLL524530:WLQ524580 WBP524530:WBU524580 VRT524530:VRY524580 VHX524530:VIC524580 UYB524530:UYG524580 UOF524530:UOK524580 UEJ524530:UEO524580 TUN524530:TUS524580 TKR524530:TKW524580 TAV524530:TBA524580 SQZ524530:SRE524580 SHD524530:SHI524580 RXH524530:RXM524580 RNL524530:RNQ524580 RDP524530:RDU524580 QTT524530:QTY524580 QJX524530:QKC524580 QAB524530:QAG524580 PQF524530:PQK524580 PGJ524530:PGO524580 OWN524530:OWS524580 OMR524530:OMW524580 OCV524530:ODA524580 NSZ524530:NTE524580 NJD524530:NJI524580 MZH524530:MZM524580 MPL524530:MPQ524580 MFP524530:MFU524580 LVT524530:LVY524580 LLX524530:LMC524580 LCB524530:LCG524580 KSF524530:KSK524580 KIJ524530:KIO524580 JYN524530:JYS524580 JOR524530:JOW524580 JEV524530:JFA524580 IUZ524530:IVE524580 ILD524530:ILI524580 IBH524530:IBM524580 HRL524530:HRQ524580 HHP524530:HHU524580 GXT524530:GXY524580 GNX524530:GOC524580 GEB524530:GEG524580 FUF524530:FUK524580 FKJ524530:FKO524580 FAN524530:FAS524580 EQR524530:EQW524580 EGV524530:EHA524580 DWZ524530:DXE524580 DND524530:DNI524580 DDH524530:DDM524580 CTL524530:CTQ524580 CJP524530:CJU524580 BZT524530:BZY524580 BPX524530:BQC524580 BGB524530:BGG524580 AWF524530:AWK524580 AMJ524530:AMO524580 ACN524530:ACS524580 SR524530:SW524580 IV524530:JA524580 WVH458994:WVM459044 WLL458994:WLQ459044 WBP458994:WBU459044 VRT458994:VRY459044 VHX458994:VIC459044 UYB458994:UYG459044 UOF458994:UOK459044 UEJ458994:UEO459044 TUN458994:TUS459044 TKR458994:TKW459044 TAV458994:TBA459044 SQZ458994:SRE459044 SHD458994:SHI459044 RXH458994:RXM459044 RNL458994:RNQ459044 RDP458994:RDU459044 QTT458994:QTY459044 QJX458994:QKC459044 QAB458994:QAG459044 PQF458994:PQK459044 PGJ458994:PGO459044 OWN458994:OWS459044 OMR458994:OMW459044 OCV458994:ODA459044 NSZ458994:NTE459044 NJD458994:NJI459044 MZH458994:MZM459044 MPL458994:MPQ459044 MFP458994:MFU459044 LVT458994:LVY459044 LLX458994:LMC459044 LCB458994:LCG459044 KSF458994:KSK459044 KIJ458994:KIO459044 JYN458994:JYS459044 JOR458994:JOW459044 JEV458994:JFA459044 IUZ458994:IVE459044 ILD458994:ILI459044 IBH458994:IBM459044 HRL458994:HRQ459044 HHP458994:HHU459044 GXT458994:GXY459044 GNX458994:GOC459044 GEB458994:GEG459044 FUF458994:FUK459044 FKJ458994:FKO459044 FAN458994:FAS459044 EQR458994:EQW459044 EGV458994:EHA459044 DWZ458994:DXE459044 DND458994:DNI459044 DDH458994:DDM459044 CTL458994:CTQ459044 CJP458994:CJU459044 BZT458994:BZY459044 BPX458994:BQC459044 BGB458994:BGG459044 AWF458994:AWK459044 AMJ458994:AMO459044 ACN458994:ACS459044 SR458994:SW459044 IV458994:JA459044 WVH393458:WVM393508 WLL393458:WLQ393508 WBP393458:WBU393508 VRT393458:VRY393508 VHX393458:VIC393508 UYB393458:UYG393508 UOF393458:UOK393508 UEJ393458:UEO393508 TUN393458:TUS393508 TKR393458:TKW393508 TAV393458:TBA393508 SQZ393458:SRE393508 SHD393458:SHI393508 RXH393458:RXM393508 RNL393458:RNQ393508 RDP393458:RDU393508 QTT393458:QTY393508 QJX393458:QKC393508 QAB393458:QAG393508 PQF393458:PQK393508 PGJ393458:PGO393508 OWN393458:OWS393508 OMR393458:OMW393508 OCV393458:ODA393508 NSZ393458:NTE393508 NJD393458:NJI393508 MZH393458:MZM393508 MPL393458:MPQ393508 MFP393458:MFU393508 LVT393458:LVY393508 LLX393458:LMC393508 LCB393458:LCG393508 KSF393458:KSK393508 KIJ393458:KIO393508 JYN393458:JYS393508 JOR393458:JOW393508 JEV393458:JFA393508 IUZ393458:IVE393508 ILD393458:ILI393508 IBH393458:IBM393508 HRL393458:HRQ393508 HHP393458:HHU393508 GXT393458:GXY393508 GNX393458:GOC393508 GEB393458:GEG393508 FUF393458:FUK393508 FKJ393458:FKO393508 FAN393458:FAS393508 EQR393458:EQW393508 EGV393458:EHA393508 DWZ393458:DXE393508 DND393458:DNI393508 DDH393458:DDM393508 CTL393458:CTQ393508 CJP393458:CJU393508 BZT393458:BZY393508 BPX393458:BQC393508 BGB393458:BGG393508 AWF393458:AWK393508 AMJ393458:AMO393508 ACN393458:ACS393508 SR393458:SW393508 IV393458:JA393508 WVH327922:WVM327972 WLL327922:WLQ327972 WBP327922:WBU327972 VRT327922:VRY327972 VHX327922:VIC327972 UYB327922:UYG327972 UOF327922:UOK327972 UEJ327922:UEO327972 TUN327922:TUS327972 TKR327922:TKW327972 TAV327922:TBA327972 SQZ327922:SRE327972 SHD327922:SHI327972 RXH327922:RXM327972 RNL327922:RNQ327972 RDP327922:RDU327972 QTT327922:QTY327972 QJX327922:QKC327972 QAB327922:QAG327972 PQF327922:PQK327972 PGJ327922:PGO327972 OWN327922:OWS327972 OMR327922:OMW327972 OCV327922:ODA327972 NSZ327922:NTE327972 NJD327922:NJI327972 MZH327922:MZM327972 MPL327922:MPQ327972 MFP327922:MFU327972 LVT327922:LVY327972 LLX327922:LMC327972 LCB327922:LCG327972 KSF327922:KSK327972 KIJ327922:KIO327972 JYN327922:JYS327972 JOR327922:JOW327972 JEV327922:JFA327972 IUZ327922:IVE327972 ILD327922:ILI327972 IBH327922:IBM327972 HRL327922:HRQ327972 HHP327922:HHU327972 GXT327922:GXY327972 GNX327922:GOC327972 GEB327922:GEG327972 FUF327922:FUK327972 FKJ327922:FKO327972 FAN327922:FAS327972 EQR327922:EQW327972 EGV327922:EHA327972 DWZ327922:DXE327972 DND327922:DNI327972 DDH327922:DDM327972 CTL327922:CTQ327972 CJP327922:CJU327972 BZT327922:BZY327972 BPX327922:BQC327972 BGB327922:BGG327972 AWF327922:AWK327972 AMJ327922:AMO327972 ACN327922:ACS327972 SR327922:SW327972 IV327922:JA327972 WVH262386:WVM262436 WLL262386:WLQ262436 WBP262386:WBU262436 VRT262386:VRY262436 VHX262386:VIC262436 UYB262386:UYG262436 UOF262386:UOK262436 UEJ262386:UEO262436 TUN262386:TUS262436 TKR262386:TKW262436 TAV262386:TBA262436 SQZ262386:SRE262436 SHD262386:SHI262436 RXH262386:RXM262436 RNL262386:RNQ262436 RDP262386:RDU262436 QTT262386:QTY262436 QJX262386:QKC262436 QAB262386:QAG262436 PQF262386:PQK262436 PGJ262386:PGO262436 OWN262386:OWS262436 OMR262386:OMW262436 OCV262386:ODA262436 NSZ262386:NTE262436 NJD262386:NJI262436 MZH262386:MZM262436 MPL262386:MPQ262436 MFP262386:MFU262436 LVT262386:LVY262436 LLX262386:LMC262436 LCB262386:LCG262436 KSF262386:KSK262436 KIJ262386:KIO262436 JYN262386:JYS262436 JOR262386:JOW262436 JEV262386:JFA262436 IUZ262386:IVE262436 ILD262386:ILI262436 IBH262386:IBM262436 HRL262386:HRQ262436 HHP262386:HHU262436 GXT262386:GXY262436 GNX262386:GOC262436 GEB262386:GEG262436 FUF262386:FUK262436 FKJ262386:FKO262436 FAN262386:FAS262436 EQR262386:EQW262436 EGV262386:EHA262436 DWZ262386:DXE262436 DND262386:DNI262436 DDH262386:DDM262436 CTL262386:CTQ262436 CJP262386:CJU262436 BZT262386:BZY262436 BPX262386:BQC262436 BGB262386:BGG262436 AWF262386:AWK262436 AMJ262386:AMO262436 ACN262386:ACS262436 SR262386:SW262436 IV262386:JA262436 WVH196850:WVM196900 WLL196850:WLQ196900 WBP196850:WBU196900 VRT196850:VRY196900 VHX196850:VIC196900 UYB196850:UYG196900 UOF196850:UOK196900 UEJ196850:UEO196900 TUN196850:TUS196900 TKR196850:TKW196900 TAV196850:TBA196900 SQZ196850:SRE196900 SHD196850:SHI196900 RXH196850:RXM196900 RNL196850:RNQ196900 RDP196850:RDU196900 QTT196850:QTY196900 QJX196850:QKC196900 QAB196850:QAG196900 PQF196850:PQK196900 PGJ196850:PGO196900 OWN196850:OWS196900 OMR196850:OMW196900 OCV196850:ODA196900 NSZ196850:NTE196900 NJD196850:NJI196900 MZH196850:MZM196900 MPL196850:MPQ196900 MFP196850:MFU196900 LVT196850:LVY196900 LLX196850:LMC196900 LCB196850:LCG196900 KSF196850:KSK196900 KIJ196850:KIO196900 JYN196850:JYS196900 JOR196850:JOW196900 JEV196850:JFA196900 IUZ196850:IVE196900 ILD196850:ILI196900 IBH196850:IBM196900 HRL196850:HRQ196900 HHP196850:HHU196900 GXT196850:GXY196900 GNX196850:GOC196900 GEB196850:GEG196900 FUF196850:FUK196900 FKJ196850:FKO196900 FAN196850:FAS196900 EQR196850:EQW196900 EGV196850:EHA196900 DWZ196850:DXE196900 DND196850:DNI196900 DDH196850:DDM196900 CTL196850:CTQ196900 CJP196850:CJU196900 BZT196850:BZY196900 BPX196850:BQC196900 BGB196850:BGG196900 AWF196850:AWK196900 AMJ196850:AMO196900 ACN196850:ACS196900 SR196850:SW196900 IV196850:JA196900 WVH131314:WVM131364 WLL131314:WLQ131364 WBP131314:WBU131364 VRT131314:VRY131364 VHX131314:VIC131364 UYB131314:UYG131364 UOF131314:UOK131364 UEJ131314:UEO131364 TUN131314:TUS131364 TKR131314:TKW131364 TAV131314:TBA131364 SQZ131314:SRE131364 SHD131314:SHI131364 RXH131314:RXM131364 RNL131314:RNQ131364 RDP131314:RDU131364 QTT131314:QTY131364 QJX131314:QKC131364 QAB131314:QAG131364 PQF131314:PQK131364 PGJ131314:PGO131364 OWN131314:OWS131364 OMR131314:OMW131364 OCV131314:ODA131364 NSZ131314:NTE131364 NJD131314:NJI131364 MZH131314:MZM131364 MPL131314:MPQ131364 MFP131314:MFU131364 LVT131314:LVY131364 LLX131314:LMC131364 LCB131314:LCG131364 KSF131314:KSK131364 KIJ131314:KIO131364 JYN131314:JYS131364 JOR131314:JOW131364 JEV131314:JFA131364 IUZ131314:IVE131364 ILD131314:ILI131364 IBH131314:IBM131364 HRL131314:HRQ131364 HHP131314:HHU131364 GXT131314:GXY131364 GNX131314:GOC131364 GEB131314:GEG131364 FUF131314:FUK131364 FKJ131314:FKO131364 FAN131314:FAS131364 EQR131314:EQW131364 EGV131314:EHA131364 DWZ131314:DXE131364 DND131314:DNI131364 DDH131314:DDM131364 CTL131314:CTQ131364 CJP131314:CJU131364 BZT131314:BZY131364 BPX131314:BQC131364 BGB131314:BGG131364 AWF131314:AWK131364 AMJ131314:AMO131364 ACN131314:ACS131364 SR131314:SW131364 IV131314:JA131364 WVH65778:WVM65828 WLL65778:WLQ65828 WBP65778:WBU65828 VRT65778:VRY65828 VHX65778:VIC65828 UYB65778:UYG65828 UOF65778:UOK65828 UEJ65778:UEO65828 TUN65778:TUS65828 TKR65778:TKW65828 TAV65778:TBA65828 SQZ65778:SRE65828 SHD65778:SHI65828 RXH65778:RXM65828 RNL65778:RNQ65828 RDP65778:RDU65828 QTT65778:QTY65828 QJX65778:QKC65828 QAB65778:QAG65828 PQF65778:PQK65828 PGJ65778:PGO65828 OWN65778:OWS65828 OMR65778:OMW65828 OCV65778:ODA65828 NSZ65778:NTE65828 NJD65778:NJI65828 MZH65778:MZM65828 MPL65778:MPQ65828 MFP65778:MFU65828 LVT65778:LVY65828 LLX65778:LMC65828 LCB65778:LCG65828 KSF65778:KSK65828 KIJ65778:KIO65828 JYN65778:JYS65828 JOR65778:JOW65828 JEV65778:JFA65828 IUZ65778:IVE65828 ILD65778:ILI65828 IBH65778:IBM65828 HRL65778:HRQ65828 HHP65778:HHU65828 GXT65778:GXY65828 GNX65778:GOC65828 GEB65778:GEG65828 FUF65778:FUK65828 FKJ65778:FKO65828 FAN65778:FAS65828 EQR65778:EQW65828 EGV65778:EHA65828 DWZ65778:DXE65828 DND65778:DNI65828 DDH65778:DDM65828 CTL65778:CTQ65828 CJP65778:CJU65828 BZT65778:BZY65828 BPX65778:BQC65828 BGB65778:BGG65828 AWF65778:AWK65828 AMJ65778:AMO65828 ACN65778:ACS65828" xr:uid="{E1D22CDF-25AB-403B-9D4F-01F8232A9BE7}">
+      <formula1>IF($E65756="o",IV65778="",IF($E65756="",IV65778="",IV65778&gt;0))</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65796:TB65824 JB65796:JF65824 WVN983300:WVR983328 WLR983300:WLV983328 WBV983300:WBZ983328 VRZ983300:VSD983328 VID983300:VIH983328 UYH983300:UYL983328 UOL983300:UOP983328 UEP983300:UET983328 TUT983300:TUX983328 TKX983300:TLB983328 TBB983300:TBF983328 SRF983300:SRJ983328 SHJ983300:SHN983328 RXN983300:RXR983328 RNR983300:RNV983328 RDV983300:RDZ983328 QTZ983300:QUD983328 QKD983300:QKH983328 QAH983300:QAL983328 PQL983300:PQP983328 PGP983300:PGT983328 OWT983300:OWX983328 OMX983300:ONB983328 ODB983300:ODF983328 NTF983300:NTJ983328 NJJ983300:NJN983328 MZN983300:MZR983328 MPR983300:MPV983328 MFV983300:MFZ983328 LVZ983300:LWD983328 LMD983300:LMH983328 LCH983300:LCL983328 KSL983300:KSP983328 KIP983300:KIT983328 JYT983300:JYX983328 JOX983300:JPB983328 JFB983300:JFF983328 IVF983300:IVJ983328 ILJ983300:ILN983328 IBN983300:IBR983328 HRR983300:HRV983328 HHV983300:HHZ983328 GXZ983300:GYD983328 GOD983300:GOH983328 GEH983300:GEL983328 FUL983300:FUP983328 FKP983300:FKT983328 FAT983300:FAX983328 EQX983300:ERB983328 EHB983300:EHF983328 DXF983300:DXJ983328 DNJ983300:DNN983328 DDN983300:DDR983328 CTR983300:CTV983328 CJV983300:CJZ983328 BZZ983300:CAD983328 BQD983300:BQH983328 BGH983300:BGL983328 AWL983300:AWP983328 AMP983300:AMT983328 ACT983300:ACX983328 SX983300:TB983328 JB983300:JF983328 WVN917764:WVR917792 WLR917764:WLV917792 WBV917764:WBZ917792 VRZ917764:VSD917792 VID917764:VIH917792 UYH917764:UYL917792 UOL917764:UOP917792 UEP917764:UET917792 TUT917764:TUX917792 TKX917764:TLB917792 TBB917764:TBF917792 SRF917764:SRJ917792 SHJ917764:SHN917792 RXN917764:RXR917792 RNR917764:RNV917792 RDV917764:RDZ917792 QTZ917764:QUD917792 QKD917764:QKH917792 QAH917764:QAL917792 PQL917764:PQP917792 PGP917764:PGT917792 OWT917764:OWX917792 OMX917764:ONB917792 ODB917764:ODF917792 NTF917764:NTJ917792 NJJ917764:NJN917792 MZN917764:MZR917792 MPR917764:MPV917792 MFV917764:MFZ917792 LVZ917764:LWD917792 LMD917764:LMH917792 LCH917764:LCL917792 KSL917764:KSP917792 KIP917764:KIT917792 JYT917764:JYX917792 JOX917764:JPB917792 JFB917764:JFF917792 IVF917764:IVJ917792 ILJ917764:ILN917792 IBN917764:IBR917792 HRR917764:HRV917792 HHV917764:HHZ917792 GXZ917764:GYD917792 GOD917764:GOH917792 GEH917764:GEL917792 FUL917764:FUP917792 FKP917764:FKT917792 FAT917764:FAX917792 EQX917764:ERB917792 EHB917764:EHF917792 DXF917764:DXJ917792 DNJ917764:DNN917792 DDN917764:DDR917792 CTR917764:CTV917792 CJV917764:CJZ917792 BZZ917764:CAD917792 BQD917764:BQH917792 BGH917764:BGL917792 AWL917764:AWP917792 AMP917764:AMT917792 ACT917764:ACX917792 SX917764:TB917792 JB917764:JF917792 WVN852228:WVR852256 WLR852228:WLV852256 WBV852228:WBZ852256 VRZ852228:VSD852256 VID852228:VIH852256 UYH852228:UYL852256 UOL852228:UOP852256 UEP852228:UET852256 TUT852228:TUX852256 TKX852228:TLB852256 TBB852228:TBF852256 SRF852228:SRJ852256 SHJ852228:SHN852256 RXN852228:RXR852256 RNR852228:RNV852256 RDV852228:RDZ852256 QTZ852228:QUD852256 QKD852228:QKH852256 QAH852228:QAL852256 PQL852228:PQP852256 PGP852228:PGT852256 OWT852228:OWX852256 OMX852228:ONB852256 ODB852228:ODF852256 NTF852228:NTJ852256 NJJ852228:NJN852256 MZN852228:MZR852256 MPR852228:MPV852256 MFV852228:MFZ852256 LVZ852228:LWD852256 LMD852228:LMH852256 LCH852228:LCL852256 KSL852228:KSP852256 KIP852228:KIT852256 JYT852228:JYX852256 JOX852228:JPB852256 JFB852228:JFF852256 IVF852228:IVJ852256 ILJ852228:ILN852256 IBN852228:IBR852256 HRR852228:HRV852256 HHV852228:HHZ852256 GXZ852228:GYD852256 GOD852228:GOH852256 GEH852228:GEL852256 FUL852228:FUP852256 FKP852228:FKT852256 FAT852228:FAX852256 EQX852228:ERB852256 EHB852228:EHF852256 DXF852228:DXJ852256 DNJ852228:DNN852256 DDN852228:DDR852256 CTR852228:CTV852256 CJV852228:CJZ852256 BZZ852228:CAD852256 BQD852228:BQH852256 BGH852228:BGL852256 AWL852228:AWP852256 AMP852228:AMT852256 ACT852228:ACX852256 SX852228:TB852256 JB852228:JF852256 WVN786692:WVR786720 WLR786692:WLV786720 WBV786692:WBZ786720 VRZ786692:VSD786720 VID786692:VIH786720 UYH786692:UYL786720 UOL786692:UOP786720 UEP786692:UET786720 TUT786692:TUX786720 TKX786692:TLB786720 TBB786692:TBF786720 SRF786692:SRJ786720 SHJ786692:SHN786720 RXN786692:RXR786720 RNR786692:RNV786720 RDV786692:RDZ786720 QTZ786692:QUD786720 QKD786692:QKH786720 QAH786692:QAL786720 PQL786692:PQP786720 PGP786692:PGT786720 OWT786692:OWX786720 OMX786692:ONB786720 ODB786692:ODF786720 NTF786692:NTJ786720 NJJ786692:NJN786720 MZN786692:MZR786720 MPR786692:MPV786720 MFV786692:MFZ786720 LVZ786692:LWD786720 LMD786692:LMH786720 LCH786692:LCL786720 KSL786692:KSP786720 KIP786692:KIT786720 JYT786692:JYX786720 JOX786692:JPB786720 JFB786692:JFF786720 IVF786692:IVJ786720 ILJ786692:ILN786720 IBN786692:IBR786720 HRR786692:HRV786720 HHV786692:HHZ786720 GXZ786692:GYD786720 GOD786692:GOH786720 GEH786692:GEL786720 FUL786692:FUP786720 FKP786692:FKT786720 FAT786692:FAX786720 EQX786692:ERB786720 EHB786692:EHF786720 DXF786692:DXJ786720 DNJ786692:DNN786720 DDN786692:DDR786720 CTR786692:CTV786720 CJV786692:CJZ786720 BZZ786692:CAD786720 BQD786692:BQH786720 BGH786692:BGL786720 AWL786692:AWP786720 AMP786692:AMT786720 ACT786692:ACX786720 SX786692:TB786720 JB786692:JF786720 WVN721156:WVR721184 WLR721156:WLV721184 WBV721156:WBZ721184 VRZ721156:VSD721184 VID721156:VIH721184 UYH721156:UYL721184 UOL721156:UOP721184 UEP721156:UET721184 TUT721156:TUX721184 TKX721156:TLB721184 TBB721156:TBF721184 SRF721156:SRJ721184 SHJ721156:SHN721184 RXN721156:RXR721184 RNR721156:RNV721184 RDV721156:RDZ721184 QTZ721156:QUD721184 QKD721156:QKH721184 QAH721156:QAL721184 PQL721156:PQP721184 PGP721156:PGT721184 OWT721156:OWX721184 OMX721156:ONB721184 ODB721156:ODF721184 NTF721156:NTJ721184 NJJ721156:NJN721184 MZN721156:MZR721184 MPR721156:MPV721184 MFV721156:MFZ721184 LVZ721156:LWD721184 LMD721156:LMH721184 LCH721156:LCL721184 KSL721156:KSP721184 KIP721156:KIT721184 JYT721156:JYX721184 JOX721156:JPB721184 JFB721156:JFF721184 IVF721156:IVJ721184 ILJ721156:ILN721184 IBN721156:IBR721184 HRR721156:HRV721184 HHV721156:HHZ721184 GXZ721156:GYD721184 GOD721156:GOH721184 GEH721156:GEL721184 FUL721156:FUP721184 FKP721156:FKT721184 FAT721156:FAX721184 EQX721156:ERB721184 EHB721156:EHF721184 DXF721156:DXJ721184 DNJ721156:DNN721184 DDN721156:DDR721184 CTR721156:CTV721184 CJV721156:CJZ721184 BZZ721156:CAD721184 BQD721156:BQH721184 BGH721156:BGL721184 AWL721156:AWP721184 AMP721156:AMT721184 ACT721156:ACX721184 SX721156:TB721184 JB721156:JF721184 WVN655620:WVR655648 WLR655620:WLV655648 WBV655620:WBZ655648 VRZ655620:VSD655648 VID655620:VIH655648 UYH655620:UYL655648 UOL655620:UOP655648 UEP655620:UET655648 TUT655620:TUX655648 TKX655620:TLB655648 TBB655620:TBF655648 SRF655620:SRJ655648 SHJ655620:SHN655648 RXN655620:RXR655648 RNR655620:RNV655648 RDV655620:RDZ655648 QTZ655620:QUD655648 QKD655620:QKH655648 QAH655620:QAL655648 PQL655620:PQP655648 PGP655620:PGT655648 OWT655620:OWX655648 OMX655620:ONB655648 ODB655620:ODF655648 NTF655620:NTJ655648 NJJ655620:NJN655648 MZN655620:MZR655648 MPR655620:MPV655648 MFV655620:MFZ655648 LVZ655620:LWD655648 LMD655620:LMH655648 LCH655620:LCL655648 KSL655620:KSP655648 KIP655620:KIT655648 JYT655620:JYX655648 JOX655620:JPB655648 JFB655620:JFF655648 IVF655620:IVJ655648 ILJ655620:ILN655648 IBN655620:IBR655648 HRR655620:HRV655648 HHV655620:HHZ655648 GXZ655620:GYD655648 GOD655620:GOH655648 GEH655620:GEL655648 FUL655620:FUP655648 FKP655620:FKT655648 FAT655620:FAX655648 EQX655620:ERB655648 EHB655620:EHF655648 DXF655620:DXJ655648 DNJ655620:DNN655648 DDN655620:DDR655648 CTR655620:CTV655648 CJV655620:CJZ655648 BZZ655620:CAD655648 BQD655620:BQH655648 BGH655620:BGL655648 AWL655620:AWP655648 AMP655620:AMT655648 ACT655620:ACX655648 SX655620:TB655648 JB655620:JF655648 WVN590084:WVR590112 WLR590084:WLV590112 WBV590084:WBZ590112 VRZ590084:VSD590112 VID590084:VIH590112 UYH590084:UYL590112 UOL590084:UOP590112 UEP590084:UET590112 TUT590084:TUX590112 TKX590084:TLB590112 TBB590084:TBF590112 SRF590084:SRJ590112 SHJ590084:SHN590112 RXN590084:RXR590112 RNR590084:RNV590112 RDV590084:RDZ590112 QTZ590084:QUD590112 QKD590084:QKH590112 QAH590084:QAL590112 PQL590084:PQP590112 PGP590084:PGT590112 OWT590084:OWX590112 OMX590084:ONB590112 ODB590084:ODF590112 NTF590084:NTJ590112 NJJ590084:NJN590112 MZN590084:MZR590112 MPR590084:MPV590112 MFV590084:MFZ590112 LVZ590084:LWD590112 LMD590084:LMH590112 LCH590084:LCL590112 KSL590084:KSP590112 KIP590084:KIT590112 JYT590084:JYX590112 JOX590084:JPB590112 JFB590084:JFF590112 IVF590084:IVJ590112 ILJ590084:ILN590112 IBN590084:IBR590112 HRR590084:HRV590112 HHV590084:HHZ590112 GXZ590084:GYD590112 GOD590084:GOH590112 GEH590084:GEL590112 FUL590084:FUP590112 FKP590084:FKT590112 FAT590084:FAX590112 EQX590084:ERB590112 EHB590084:EHF590112 DXF590084:DXJ590112 DNJ590084:DNN590112 DDN590084:DDR590112 CTR590084:CTV590112 CJV590084:CJZ590112 BZZ590084:CAD590112 BQD590084:BQH590112 BGH590084:BGL590112 AWL590084:AWP590112 AMP590084:AMT590112 ACT590084:ACX590112 SX590084:TB590112 JB590084:JF590112 WVN524548:WVR524576 WLR524548:WLV524576 WBV524548:WBZ524576 VRZ524548:VSD524576 VID524548:VIH524576 UYH524548:UYL524576 UOL524548:UOP524576 UEP524548:UET524576 TUT524548:TUX524576 TKX524548:TLB524576 TBB524548:TBF524576 SRF524548:SRJ524576 SHJ524548:SHN524576 RXN524548:RXR524576 RNR524548:RNV524576 RDV524548:RDZ524576 QTZ524548:QUD524576 QKD524548:QKH524576 QAH524548:QAL524576 PQL524548:PQP524576 PGP524548:PGT524576 OWT524548:OWX524576 OMX524548:ONB524576 ODB524548:ODF524576 NTF524548:NTJ524576 NJJ524548:NJN524576 MZN524548:MZR524576 MPR524548:MPV524576 MFV524548:MFZ524576 LVZ524548:LWD524576 LMD524548:LMH524576 LCH524548:LCL524576 KSL524548:KSP524576 KIP524548:KIT524576 JYT524548:JYX524576 JOX524548:JPB524576 JFB524548:JFF524576 IVF524548:IVJ524576 ILJ524548:ILN524576 IBN524548:IBR524576 HRR524548:HRV524576 HHV524548:HHZ524576 GXZ524548:GYD524576 GOD524548:GOH524576 GEH524548:GEL524576 FUL524548:FUP524576 FKP524548:FKT524576 FAT524548:FAX524576 EQX524548:ERB524576 EHB524548:EHF524576 DXF524548:DXJ524576 DNJ524548:DNN524576 DDN524548:DDR524576 CTR524548:CTV524576 CJV524548:CJZ524576 BZZ524548:CAD524576 BQD524548:BQH524576 BGH524548:BGL524576 AWL524548:AWP524576 AMP524548:AMT524576 ACT524548:ACX524576 SX524548:TB524576 JB524548:JF524576 WVN459012:WVR459040 WLR459012:WLV459040 WBV459012:WBZ459040 VRZ459012:VSD459040 VID459012:VIH459040 UYH459012:UYL459040 UOL459012:UOP459040 UEP459012:UET459040 TUT459012:TUX459040 TKX459012:TLB459040 TBB459012:TBF459040 SRF459012:SRJ459040 SHJ459012:SHN459040 RXN459012:RXR459040 RNR459012:RNV459040 RDV459012:RDZ459040 QTZ459012:QUD459040 QKD459012:QKH459040 QAH459012:QAL459040 PQL459012:PQP459040 PGP459012:PGT459040 OWT459012:OWX459040 OMX459012:ONB459040 ODB459012:ODF459040 NTF459012:NTJ459040 NJJ459012:NJN459040 MZN459012:MZR459040 MPR459012:MPV459040 MFV459012:MFZ459040 LVZ459012:LWD459040 LMD459012:LMH459040 LCH459012:LCL459040 KSL459012:KSP459040 KIP459012:KIT459040 JYT459012:JYX459040 JOX459012:JPB459040 JFB459012:JFF459040 IVF459012:IVJ459040 ILJ459012:ILN459040 IBN459012:IBR459040 HRR459012:HRV459040 HHV459012:HHZ459040 GXZ459012:GYD459040 GOD459012:GOH459040 GEH459012:GEL459040 FUL459012:FUP459040 FKP459012:FKT459040 FAT459012:FAX459040 EQX459012:ERB459040 EHB459012:EHF459040 DXF459012:DXJ459040 DNJ459012:DNN459040 DDN459012:DDR459040 CTR459012:CTV459040 CJV459012:CJZ459040 BZZ459012:CAD459040 BQD459012:BQH459040 BGH459012:BGL459040 AWL459012:AWP459040 AMP459012:AMT459040 ACT459012:ACX459040 SX459012:TB459040 JB459012:JF459040 WVN393476:WVR393504 WLR393476:WLV393504 WBV393476:WBZ393504 VRZ393476:VSD393504 VID393476:VIH393504 UYH393476:UYL393504 UOL393476:UOP393504 UEP393476:UET393504 TUT393476:TUX393504 TKX393476:TLB393504 TBB393476:TBF393504 SRF393476:SRJ393504 SHJ393476:SHN393504 RXN393476:RXR393504 RNR393476:RNV393504 RDV393476:RDZ393504 QTZ393476:QUD393504 QKD393476:QKH393504 QAH393476:QAL393504 PQL393476:PQP393504 PGP393476:PGT393504 OWT393476:OWX393504 OMX393476:ONB393504 ODB393476:ODF393504 NTF393476:NTJ393504 NJJ393476:NJN393504 MZN393476:MZR393504 MPR393476:MPV393504 MFV393476:MFZ393504 LVZ393476:LWD393504 LMD393476:LMH393504 LCH393476:LCL393504 KSL393476:KSP393504 KIP393476:KIT393504 JYT393476:JYX393504 JOX393476:JPB393504 JFB393476:JFF393504 IVF393476:IVJ393504 ILJ393476:ILN393504 IBN393476:IBR393504 HRR393476:HRV393504 HHV393476:HHZ393504 GXZ393476:GYD393504 GOD393476:GOH393504 GEH393476:GEL393504 FUL393476:FUP393504 FKP393476:FKT393504 FAT393476:FAX393504 EQX393476:ERB393504 EHB393476:EHF393504 DXF393476:DXJ393504 DNJ393476:DNN393504 DDN393476:DDR393504 CTR393476:CTV393504 CJV393476:CJZ393504 BZZ393476:CAD393504 BQD393476:BQH393504 BGH393476:BGL393504 AWL393476:AWP393504 AMP393476:AMT393504 ACT393476:ACX393504 SX393476:TB393504 JB393476:JF393504 WVN327940:WVR327968 WLR327940:WLV327968 WBV327940:WBZ327968 VRZ327940:VSD327968 VID327940:VIH327968 UYH327940:UYL327968 UOL327940:UOP327968 UEP327940:UET327968 TUT327940:TUX327968 TKX327940:TLB327968 TBB327940:TBF327968 SRF327940:SRJ327968 SHJ327940:SHN327968 RXN327940:RXR327968 RNR327940:RNV327968 RDV327940:RDZ327968 QTZ327940:QUD327968 QKD327940:QKH327968 QAH327940:QAL327968 PQL327940:PQP327968 PGP327940:PGT327968 OWT327940:OWX327968 OMX327940:ONB327968 ODB327940:ODF327968 NTF327940:NTJ327968 NJJ327940:NJN327968 MZN327940:MZR327968 MPR327940:MPV327968 MFV327940:MFZ327968 LVZ327940:LWD327968 LMD327940:LMH327968 LCH327940:LCL327968 KSL327940:KSP327968 KIP327940:KIT327968 JYT327940:JYX327968 JOX327940:JPB327968 JFB327940:JFF327968 IVF327940:IVJ327968 ILJ327940:ILN327968 IBN327940:IBR327968 HRR327940:HRV327968 HHV327940:HHZ327968 GXZ327940:GYD327968 GOD327940:GOH327968 GEH327940:GEL327968 FUL327940:FUP327968 FKP327940:FKT327968 FAT327940:FAX327968 EQX327940:ERB327968 EHB327940:EHF327968 DXF327940:DXJ327968 DNJ327940:DNN327968 DDN327940:DDR327968 CTR327940:CTV327968 CJV327940:CJZ327968 BZZ327940:CAD327968 BQD327940:BQH327968 BGH327940:BGL327968 AWL327940:AWP327968 AMP327940:AMT327968 ACT327940:ACX327968 SX327940:TB327968 JB327940:JF327968 WVN262404:WVR262432 WLR262404:WLV262432 WBV262404:WBZ262432 VRZ262404:VSD262432 VID262404:VIH262432 UYH262404:UYL262432 UOL262404:UOP262432 UEP262404:UET262432 TUT262404:TUX262432 TKX262404:TLB262432 TBB262404:TBF262432 SRF262404:SRJ262432 SHJ262404:SHN262432 RXN262404:RXR262432 RNR262404:RNV262432 RDV262404:RDZ262432 QTZ262404:QUD262432 QKD262404:QKH262432 QAH262404:QAL262432 PQL262404:PQP262432 PGP262404:PGT262432 OWT262404:OWX262432 OMX262404:ONB262432 ODB262404:ODF262432 NTF262404:NTJ262432 NJJ262404:NJN262432 MZN262404:MZR262432 MPR262404:MPV262432 MFV262404:MFZ262432 LVZ262404:LWD262432 LMD262404:LMH262432 LCH262404:LCL262432 KSL262404:KSP262432 KIP262404:KIT262432 JYT262404:JYX262432 JOX262404:JPB262432 JFB262404:JFF262432 IVF262404:IVJ262432 ILJ262404:ILN262432 IBN262404:IBR262432 HRR262404:HRV262432 HHV262404:HHZ262432 GXZ262404:GYD262432 GOD262404:GOH262432 GEH262404:GEL262432 FUL262404:FUP262432 FKP262404:FKT262432 FAT262404:FAX262432 EQX262404:ERB262432 EHB262404:EHF262432 DXF262404:DXJ262432 DNJ262404:DNN262432 DDN262404:DDR262432 CTR262404:CTV262432 CJV262404:CJZ262432 BZZ262404:CAD262432 BQD262404:BQH262432 BGH262404:BGL262432 AWL262404:AWP262432 AMP262404:AMT262432 ACT262404:ACX262432 SX262404:TB262432 JB262404:JF262432 WVN196868:WVR196896 WLR196868:WLV196896 WBV196868:WBZ196896 VRZ196868:VSD196896 VID196868:VIH196896 UYH196868:UYL196896 UOL196868:UOP196896 UEP196868:UET196896 TUT196868:TUX196896 TKX196868:TLB196896 TBB196868:TBF196896 SRF196868:SRJ196896 SHJ196868:SHN196896 RXN196868:RXR196896 RNR196868:RNV196896 RDV196868:RDZ196896 QTZ196868:QUD196896 QKD196868:QKH196896 QAH196868:QAL196896 PQL196868:PQP196896 PGP196868:PGT196896 OWT196868:OWX196896 OMX196868:ONB196896 ODB196868:ODF196896 NTF196868:NTJ196896 NJJ196868:NJN196896 MZN196868:MZR196896 MPR196868:MPV196896 MFV196868:MFZ196896 LVZ196868:LWD196896 LMD196868:LMH196896 LCH196868:LCL196896 KSL196868:KSP196896 KIP196868:KIT196896 JYT196868:JYX196896 JOX196868:JPB196896 JFB196868:JFF196896 IVF196868:IVJ196896 ILJ196868:ILN196896 IBN196868:IBR196896 HRR196868:HRV196896 HHV196868:HHZ196896 GXZ196868:GYD196896 GOD196868:GOH196896 GEH196868:GEL196896 FUL196868:FUP196896 FKP196868:FKT196896 FAT196868:FAX196896 EQX196868:ERB196896 EHB196868:EHF196896 DXF196868:DXJ196896 DNJ196868:DNN196896 DDN196868:DDR196896 CTR196868:CTV196896 CJV196868:CJZ196896 BZZ196868:CAD196896 BQD196868:BQH196896 BGH196868:BGL196896 AWL196868:AWP196896 AMP196868:AMT196896 ACT196868:ACX196896 SX196868:TB196896 JB196868:JF196896 WVN131332:WVR131360 WLR131332:WLV131360 WBV131332:WBZ131360 VRZ131332:VSD131360 VID131332:VIH131360 UYH131332:UYL131360 UOL131332:UOP131360 UEP131332:UET131360 TUT131332:TUX131360 TKX131332:TLB131360 TBB131332:TBF131360 SRF131332:SRJ131360 SHJ131332:SHN131360 RXN131332:RXR131360 RNR131332:RNV131360 RDV131332:RDZ131360 QTZ131332:QUD131360 QKD131332:QKH131360 QAH131332:QAL131360 PQL131332:PQP131360 PGP131332:PGT131360 OWT131332:OWX131360 OMX131332:ONB131360 ODB131332:ODF131360 NTF131332:NTJ131360 NJJ131332:NJN131360 MZN131332:MZR131360 MPR131332:MPV131360 MFV131332:MFZ131360 LVZ131332:LWD131360 LMD131332:LMH131360 LCH131332:LCL131360 KSL131332:KSP131360 KIP131332:KIT131360 JYT131332:JYX131360 JOX131332:JPB131360 JFB131332:JFF131360 IVF131332:IVJ131360 ILJ131332:ILN131360 IBN131332:IBR131360 HRR131332:HRV131360 HHV131332:HHZ131360 GXZ131332:GYD131360 GOD131332:GOH131360 GEH131332:GEL131360 FUL131332:FUP131360 FKP131332:FKT131360 FAT131332:FAX131360 EQX131332:ERB131360 EHB131332:EHF131360 DXF131332:DXJ131360 DNJ131332:DNN131360 DDN131332:DDR131360 CTR131332:CTV131360 CJV131332:CJZ131360 BZZ131332:CAD131360 BQD131332:BQH131360 BGH131332:BGL131360 AWL131332:AWP131360 AMP131332:AMT131360 ACT131332:ACX131360 SX131332:TB131360 JB131332:JF131360 WVN65796:WVR65824 WLR65796:WLV65824 WBV65796:WBZ65824 VRZ65796:VSD65824 VID65796:VIH65824 UYH65796:UYL65824 UOL65796:UOP65824 UEP65796:UET65824 TUT65796:TUX65824 TKX65796:TLB65824 TBB65796:TBF65824 SRF65796:SRJ65824 SHJ65796:SHN65824 RXN65796:RXR65824 RNR65796:RNV65824 RDV65796:RDZ65824 QTZ65796:QUD65824 QKD65796:QKH65824 QAH65796:QAL65824 PQL65796:PQP65824 PGP65796:PGT65824 OWT65796:OWX65824 OMX65796:ONB65824 ODB65796:ODF65824 NTF65796:NTJ65824 NJJ65796:NJN65824 MZN65796:MZR65824 MPR65796:MPV65824 MFV65796:MFZ65824 LVZ65796:LWD65824 LMD65796:LMH65824 LCH65796:LCL65824 KSL65796:KSP65824 KIP65796:KIT65824 JYT65796:JYX65824 JOX65796:JPB65824 JFB65796:JFF65824 IVF65796:IVJ65824 ILJ65796:ILN65824 IBN65796:IBR65824 HRR65796:HRV65824 HHV65796:HHZ65824 GXZ65796:GYD65824 GOD65796:GOH65824 GEH65796:GEL65824 FUL65796:FUP65824 FKP65796:FKT65824 FAT65796:FAX65824 EQX65796:ERB65824 EHB65796:EHF65824 DXF65796:DXJ65824 DNJ65796:DNN65824 DDN65796:DDR65824 CTR65796:CTV65824 CJV65796:CJZ65824 BZZ65796:CAD65824 BQD65796:BQH65824 BGH65796:BGL65824 AWL65796:AWP65824 AMP65796:AMT65824 ACT65796:ACX65824" xr:uid="{7D323467-8F67-4BAB-8589-3BA4566711DF}">
-      <formula1>IF(OR($E65774="z",$E65774="o"),JB65796="",JB65796="x")</formula1>
+    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="SX65800:TB65828 JB65800:JF65828 WVN983304:WVR983332 WLR983304:WLV983332 WBV983304:WBZ983332 VRZ983304:VSD983332 VID983304:VIH983332 UYH983304:UYL983332 UOL983304:UOP983332 UEP983304:UET983332 TUT983304:TUX983332 TKX983304:TLB983332 TBB983304:TBF983332 SRF983304:SRJ983332 SHJ983304:SHN983332 RXN983304:RXR983332 RNR983304:RNV983332 RDV983304:RDZ983332 QTZ983304:QUD983332 QKD983304:QKH983332 QAH983304:QAL983332 PQL983304:PQP983332 PGP983304:PGT983332 OWT983304:OWX983332 OMX983304:ONB983332 ODB983304:ODF983332 NTF983304:NTJ983332 NJJ983304:NJN983332 MZN983304:MZR983332 MPR983304:MPV983332 MFV983304:MFZ983332 LVZ983304:LWD983332 LMD983304:LMH983332 LCH983304:LCL983332 KSL983304:KSP983332 KIP983304:KIT983332 JYT983304:JYX983332 JOX983304:JPB983332 JFB983304:JFF983332 IVF983304:IVJ983332 ILJ983304:ILN983332 IBN983304:IBR983332 HRR983304:HRV983332 HHV983304:HHZ983332 GXZ983304:GYD983332 GOD983304:GOH983332 GEH983304:GEL983332 FUL983304:FUP983332 FKP983304:FKT983332 FAT983304:FAX983332 EQX983304:ERB983332 EHB983304:EHF983332 DXF983304:DXJ983332 DNJ983304:DNN983332 DDN983304:DDR983332 CTR983304:CTV983332 CJV983304:CJZ983332 BZZ983304:CAD983332 BQD983304:BQH983332 BGH983304:BGL983332 AWL983304:AWP983332 AMP983304:AMT983332 ACT983304:ACX983332 SX983304:TB983332 JB983304:JF983332 WVN917768:WVR917796 WLR917768:WLV917796 WBV917768:WBZ917796 VRZ917768:VSD917796 VID917768:VIH917796 UYH917768:UYL917796 UOL917768:UOP917796 UEP917768:UET917796 TUT917768:TUX917796 TKX917768:TLB917796 TBB917768:TBF917796 SRF917768:SRJ917796 SHJ917768:SHN917796 RXN917768:RXR917796 RNR917768:RNV917796 RDV917768:RDZ917796 QTZ917768:QUD917796 QKD917768:QKH917796 QAH917768:QAL917796 PQL917768:PQP917796 PGP917768:PGT917796 OWT917768:OWX917796 OMX917768:ONB917796 ODB917768:ODF917796 NTF917768:NTJ917796 NJJ917768:NJN917796 MZN917768:MZR917796 MPR917768:MPV917796 MFV917768:MFZ917796 LVZ917768:LWD917796 LMD917768:LMH917796 LCH917768:LCL917796 KSL917768:KSP917796 KIP917768:KIT917796 JYT917768:JYX917796 JOX917768:JPB917796 JFB917768:JFF917796 IVF917768:IVJ917796 ILJ917768:ILN917796 IBN917768:IBR917796 HRR917768:HRV917796 HHV917768:HHZ917796 GXZ917768:GYD917796 GOD917768:GOH917796 GEH917768:GEL917796 FUL917768:FUP917796 FKP917768:FKT917796 FAT917768:FAX917796 EQX917768:ERB917796 EHB917768:EHF917796 DXF917768:DXJ917796 DNJ917768:DNN917796 DDN917768:DDR917796 CTR917768:CTV917796 CJV917768:CJZ917796 BZZ917768:CAD917796 BQD917768:BQH917796 BGH917768:BGL917796 AWL917768:AWP917796 AMP917768:AMT917796 ACT917768:ACX917796 SX917768:TB917796 JB917768:JF917796 WVN852232:WVR852260 WLR852232:WLV852260 WBV852232:WBZ852260 VRZ852232:VSD852260 VID852232:VIH852260 UYH852232:UYL852260 UOL852232:UOP852260 UEP852232:UET852260 TUT852232:TUX852260 TKX852232:TLB852260 TBB852232:TBF852260 SRF852232:SRJ852260 SHJ852232:SHN852260 RXN852232:RXR852260 RNR852232:RNV852260 RDV852232:RDZ852260 QTZ852232:QUD852260 QKD852232:QKH852260 QAH852232:QAL852260 PQL852232:PQP852260 PGP852232:PGT852260 OWT852232:OWX852260 OMX852232:ONB852260 ODB852232:ODF852260 NTF852232:NTJ852260 NJJ852232:NJN852260 MZN852232:MZR852260 MPR852232:MPV852260 MFV852232:MFZ852260 LVZ852232:LWD852260 LMD852232:LMH852260 LCH852232:LCL852260 KSL852232:KSP852260 KIP852232:KIT852260 JYT852232:JYX852260 JOX852232:JPB852260 JFB852232:JFF852260 IVF852232:IVJ852260 ILJ852232:ILN852260 IBN852232:IBR852260 HRR852232:HRV852260 HHV852232:HHZ852260 GXZ852232:GYD852260 GOD852232:GOH852260 GEH852232:GEL852260 FUL852232:FUP852260 FKP852232:FKT852260 FAT852232:FAX852260 EQX852232:ERB852260 EHB852232:EHF852260 DXF852232:DXJ852260 DNJ852232:DNN852260 DDN852232:DDR852260 CTR852232:CTV852260 CJV852232:CJZ852260 BZZ852232:CAD852260 BQD852232:BQH852260 BGH852232:BGL852260 AWL852232:AWP852260 AMP852232:AMT852260 ACT852232:ACX852260 SX852232:TB852260 JB852232:JF852260 WVN786696:WVR786724 WLR786696:WLV786724 WBV786696:WBZ786724 VRZ786696:VSD786724 VID786696:VIH786724 UYH786696:UYL786724 UOL786696:UOP786724 UEP786696:UET786724 TUT786696:TUX786724 TKX786696:TLB786724 TBB786696:TBF786724 SRF786696:SRJ786724 SHJ786696:SHN786724 RXN786696:RXR786724 RNR786696:RNV786724 RDV786696:RDZ786724 QTZ786696:QUD786724 QKD786696:QKH786724 QAH786696:QAL786724 PQL786696:PQP786724 PGP786696:PGT786724 OWT786696:OWX786724 OMX786696:ONB786724 ODB786696:ODF786724 NTF786696:NTJ786724 NJJ786696:NJN786724 MZN786696:MZR786724 MPR786696:MPV786724 MFV786696:MFZ786724 LVZ786696:LWD786724 LMD786696:LMH786724 LCH786696:LCL786724 KSL786696:KSP786724 KIP786696:KIT786724 JYT786696:JYX786724 JOX786696:JPB786724 JFB786696:JFF786724 IVF786696:IVJ786724 ILJ786696:ILN786724 IBN786696:IBR786724 HRR786696:HRV786724 HHV786696:HHZ786724 GXZ786696:GYD786724 GOD786696:GOH786724 GEH786696:GEL786724 FUL786696:FUP786724 FKP786696:FKT786724 FAT786696:FAX786724 EQX786696:ERB786724 EHB786696:EHF786724 DXF786696:DXJ786724 DNJ786696:DNN786724 DDN786696:DDR786724 CTR786696:CTV786724 CJV786696:CJZ786724 BZZ786696:CAD786724 BQD786696:BQH786724 BGH786696:BGL786724 AWL786696:AWP786724 AMP786696:AMT786724 ACT786696:ACX786724 SX786696:TB786724 JB786696:JF786724 WVN721160:WVR721188 WLR721160:WLV721188 WBV721160:WBZ721188 VRZ721160:VSD721188 VID721160:VIH721188 UYH721160:UYL721188 UOL721160:UOP721188 UEP721160:UET721188 TUT721160:TUX721188 TKX721160:TLB721188 TBB721160:TBF721188 SRF721160:SRJ721188 SHJ721160:SHN721188 RXN721160:RXR721188 RNR721160:RNV721188 RDV721160:RDZ721188 QTZ721160:QUD721188 QKD721160:QKH721188 QAH721160:QAL721188 PQL721160:PQP721188 PGP721160:PGT721188 OWT721160:OWX721188 OMX721160:ONB721188 ODB721160:ODF721188 NTF721160:NTJ721188 NJJ721160:NJN721188 MZN721160:MZR721188 MPR721160:MPV721188 MFV721160:MFZ721188 LVZ721160:LWD721188 LMD721160:LMH721188 LCH721160:LCL721188 KSL721160:KSP721188 KIP721160:KIT721188 JYT721160:JYX721188 JOX721160:JPB721188 JFB721160:JFF721188 IVF721160:IVJ721188 ILJ721160:ILN721188 IBN721160:IBR721188 HRR721160:HRV721188 HHV721160:HHZ721188 GXZ721160:GYD721188 GOD721160:GOH721188 GEH721160:GEL721188 FUL721160:FUP721188 FKP721160:FKT721188 FAT721160:FAX721188 EQX721160:ERB721188 EHB721160:EHF721188 DXF721160:DXJ721188 DNJ721160:DNN721188 DDN721160:DDR721188 CTR721160:CTV721188 CJV721160:CJZ721188 BZZ721160:CAD721188 BQD721160:BQH721188 BGH721160:BGL721188 AWL721160:AWP721188 AMP721160:AMT721188 ACT721160:ACX721188 SX721160:TB721188 JB721160:JF721188 WVN655624:WVR655652 WLR655624:WLV655652 WBV655624:WBZ655652 VRZ655624:VSD655652 VID655624:VIH655652 UYH655624:UYL655652 UOL655624:UOP655652 UEP655624:UET655652 TUT655624:TUX655652 TKX655624:TLB655652 TBB655624:TBF655652 SRF655624:SRJ655652 SHJ655624:SHN655652 RXN655624:RXR655652 RNR655624:RNV655652 RDV655624:RDZ655652 QTZ655624:QUD655652 QKD655624:QKH655652 QAH655624:QAL655652 PQL655624:PQP655652 PGP655624:PGT655652 OWT655624:OWX655652 OMX655624:ONB655652 ODB655624:ODF655652 NTF655624:NTJ655652 NJJ655624:NJN655652 MZN655624:MZR655652 MPR655624:MPV655652 MFV655624:MFZ655652 LVZ655624:LWD655652 LMD655624:LMH655652 LCH655624:LCL655652 KSL655624:KSP655652 KIP655624:KIT655652 JYT655624:JYX655652 JOX655624:JPB655652 JFB655624:JFF655652 IVF655624:IVJ655652 ILJ655624:ILN655652 IBN655624:IBR655652 HRR655624:HRV655652 HHV655624:HHZ655652 GXZ655624:GYD655652 GOD655624:GOH655652 GEH655624:GEL655652 FUL655624:FUP655652 FKP655624:FKT655652 FAT655624:FAX655652 EQX655624:ERB655652 EHB655624:EHF655652 DXF655624:DXJ655652 DNJ655624:DNN655652 DDN655624:DDR655652 CTR655624:CTV655652 CJV655624:CJZ655652 BZZ655624:CAD655652 BQD655624:BQH655652 BGH655624:BGL655652 AWL655624:AWP655652 AMP655624:AMT655652 ACT655624:ACX655652 SX655624:TB655652 JB655624:JF655652 WVN590088:WVR590116 WLR590088:WLV590116 WBV590088:WBZ590116 VRZ590088:VSD590116 VID590088:VIH590116 UYH590088:UYL590116 UOL590088:UOP590116 UEP590088:UET590116 TUT590088:TUX590116 TKX590088:TLB590116 TBB590088:TBF590116 SRF590088:SRJ590116 SHJ590088:SHN590116 RXN590088:RXR590116 RNR590088:RNV590116 RDV590088:RDZ590116 QTZ590088:QUD590116 QKD590088:QKH590116 QAH590088:QAL590116 PQL590088:PQP590116 PGP590088:PGT590116 OWT590088:OWX590116 OMX590088:ONB590116 ODB590088:ODF590116 NTF590088:NTJ590116 NJJ590088:NJN590116 MZN590088:MZR590116 MPR590088:MPV590116 MFV590088:MFZ590116 LVZ590088:LWD590116 LMD590088:LMH590116 LCH590088:LCL590116 KSL590088:KSP590116 KIP590088:KIT590116 JYT590088:JYX590116 JOX590088:JPB590116 JFB590088:JFF590116 IVF590088:IVJ590116 ILJ590088:ILN590116 IBN590088:IBR590116 HRR590088:HRV590116 HHV590088:HHZ590116 GXZ590088:GYD590116 GOD590088:GOH590116 GEH590088:GEL590116 FUL590088:FUP590116 FKP590088:FKT590116 FAT590088:FAX590116 EQX590088:ERB590116 EHB590088:EHF590116 DXF590088:DXJ590116 DNJ590088:DNN590116 DDN590088:DDR590116 CTR590088:CTV590116 CJV590088:CJZ590116 BZZ590088:CAD590116 BQD590088:BQH590116 BGH590088:BGL590116 AWL590088:AWP590116 AMP590088:AMT590116 ACT590088:ACX590116 SX590088:TB590116 JB590088:JF590116 WVN524552:WVR524580 WLR524552:WLV524580 WBV524552:WBZ524580 VRZ524552:VSD524580 VID524552:VIH524580 UYH524552:UYL524580 UOL524552:UOP524580 UEP524552:UET524580 TUT524552:TUX524580 TKX524552:TLB524580 TBB524552:TBF524580 SRF524552:SRJ524580 SHJ524552:SHN524580 RXN524552:RXR524580 RNR524552:RNV524580 RDV524552:RDZ524580 QTZ524552:QUD524580 QKD524552:QKH524580 QAH524552:QAL524580 PQL524552:PQP524580 PGP524552:PGT524580 OWT524552:OWX524580 OMX524552:ONB524580 ODB524552:ODF524580 NTF524552:NTJ524580 NJJ524552:NJN524580 MZN524552:MZR524580 MPR524552:MPV524580 MFV524552:MFZ524580 LVZ524552:LWD524580 LMD524552:LMH524580 LCH524552:LCL524580 KSL524552:KSP524580 KIP524552:KIT524580 JYT524552:JYX524580 JOX524552:JPB524580 JFB524552:JFF524580 IVF524552:IVJ524580 ILJ524552:ILN524580 IBN524552:IBR524580 HRR524552:HRV524580 HHV524552:HHZ524580 GXZ524552:GYD524580 GOD524552:GOH524580 GEH524552:GEL524580 FUL524552:FUP524580 FKP524552:FKT524580 FAT524552:FAX524580 EQX524552:ERB524580 EHB524552:EHF524580 DXF524552:DXJ524580 DNJ524552:DNN524580 DDN524552:DDR524580 CTR524552:CTV524580 CJV524552:CJZ524580 BZZ524552:CAD524580 BQD524552:BQH524580 BGH524552:BGL524580 AWL524552:AWP524580 AMP524552:AMT524580 ACT524552:ACX524580 SX524552:TB524580 JB524552:JF524580 WVN459016:WVR459044 WLR459016:WLV459044 WBV459016:WBZ459044 VRZ459016:VSD459044 VID459016:VIH459044 UYH459016:UYL459044 UOL459016:UOP459044 UEP459016:UET459044 TUT459016:TUX459044 TKX459016:TLB459044 TBB459016:TBF459044 SRF459016:SRJ459044 SHJ459016:SHN459044 RXN459016:RXR459044 RNR459016:RNV459044 RDV459016:RDZ459044 QTZ459016:QUD459044 QKD459016:QKH459044 QAH459016:QAL459044 PQL459016:PQP459044 PGP459016:PGT459044 OWT459016:OWX459044 OMX459016:ONB459044 ODB459016:ODF459044 NTF459016:NTJ459044 NJJ459016:NJN459044 MZN459016:MZR459044 MPR459016:MPV459044 MFV459016:MFZ459044 LVZ459016:LWD459044 LMD459016:LMH459044 LCH459016:LCL459044 KSL459016:KSP459044 KIP459016:KIT459044 JYT459016:JYX459044 JOX459016:JPB459044 JFB459016:JFF459044 IVF459016:IVJ459044 ILJ459016:ILN459044 IBN459016:IBR459044 HRR459016:HRV459044 HHV459016:HHZ459044 GXZ459016:GYD459044 GOD459016:GOH459044 GEH459016:GEL459044 FUL459016:FUP459044 FKP459016:FKT459044 FAT459016:FAX459044 EQX459016:ERB459044 EHB459016:EHF459044 DXF459016:DXJ459044 DNJ459016:DNN459044 DDN459016:DDR459044 CTR459016:CTV459044 CJV459016:CJZ459044 BZZ459016:CAD459044 BQD459016:BQH459044 BGH459016:BGL459044 AWL459016:AWP459044 AMP459016:AMT459044 ACT459016:ACX459044 SX459016:TB459044 JB459016:JF459044 WVN393480:WVR393508 WLR393480:WLV393508 WBV393480:WBZ393508 VRZ393480:VSD393508 VID393480:VIH393508 UYH393480:UYL393508 UOL393480:UOP393508 UEP393480:UET393508 TUT393480:TUX393508 TKX393480:TLB393508 TBB393480:TBF393508 SRF393480:SRJ393508 SHJ393480:SHN393508 RXN393480:RXR393508 RNR393480:RNV393508 RDV393480:RDZ393508 QTZ393480:QUD393508 QKD393480:QKH393508 QAH393480:QAL393508 PQL393480:PQP393508 PGP393480:PGT393508 OWT393480:OWX393508 OMX393480:ONB393508 ODB393480:ODF393508 NTF393480:NTJ393508 NJJ393480:NJN393508 MZN393480:MZR393508 MPR393480:MPV393508 MFV393480:MFZ393508 LVZ393480:LWD393508 LMD393480:LMH393508 LCH393480:LCL393508 KSL393480:KSP393508 KIP393480:KIT393508 JYT393480:JYX393508 JOX393480:JPB393508 JFB393480:JFF393508 IVF393480:IVJ393508 ILJ393480:ILN393508 IBN393480:IBR393508 HRR393480:HRV393508 HHV393480:HHZ393508 GXZ393480:GYD393508 GOD393480:GOH393508 GEH393480:GEL393508 FUL393480:FUP393508 FKP393480:FKT393508 FAT393480:FAX393508 EQX393480:ERB393508 EHB393480:EHF393508 DXF393480:DXJ393508 DNJ393480:DNN393508 DDN393480:DDR393508 CTR393480:CTV393508 CJV393480:CJZ393508 BZZ393480:CAD393508 BQD393480:BQH393508 BGH393480:BGL393508 AWL393480:AWP393508 AMP393480:AMT393508 ACT393480:ACX393508 SX393480:TB393508 JB393480:JF393508 WVN327944:WVR327972 WLR327944:WLV327972 WBV327944:WBZ327972 VRZ327944:VSD327972 VID327944:VIH327972 UYH327944:UYL327972 UOL327944:UOP327972 UEP327944:UET327972 TUT327944:TUX327972 TKX327944:TLB327972 TBB327944:TBF327972 SRF327944:SRJ327972 SHJ327944:SHN327972 RXN327944:RXR327972 RNR327944:RNV327972 RDV327944:RDZ327972 QTZ327944:QUD327972 QKD327944:QKH327972 QAH327944:QAL327972 PQL327944:PQP327972 PGP327944:PGT327972 OWT327944:OWX327972 OMX327944:ONB327972 ODB327944:ODF327972 NTF327944:NTJ327972 NJJ327944:NJN327972 MZN327944:MZR327972 MPR327944:MPV327972 MFV327944:MFZ327972 LVZ327944:LWD327972 LMD327944:LMH327972 LCH327944:LCL327972 KSL327944:KSP327972 KIP327944:KIT327972 JYT327944:JYX327972 JOX327944:JPB327972 JFB327944:JFF327972 IVF327944:IVJ327972 ILJ327944:ILN327972 IBN327944:IBR327972 HRR327944:HRV327972 HHV327944:HHZ327972 GXZ327944:GYD327972 GOD327944:GOH327972 GEH327944:GEL327972 FUL327944:FUP327972 FKP327944:FKT327972 FAT327944:FAX327972 EQX327944:ERB327972 EHB327944:EHF327972 DXF327944:DXJ327972 DNJ327944:DNN327972 DDN327944:DDR327972 CTR327944:CTV327972 CJV327944:CJZ327972 BZZ327944:CAD327972 BQD327944:BQH327972 BGH327944:BGL327972 AWL327944:AWP327972 AMP327944:AMT327972 ACT327944:ACX327972 SX327944:TB327972 JB327944:JF327972 WVN262408:WVR262436 WLR262408:WLV262436 WBV262408:WBZ262436 VRZ262408:VSD262436 VID262408:VIH262436 UYH262408:UYL262436 UOL262408:UOP262436 UEP262408:UET262436 TUT262408:TUX262436 TKX262408:TLB262436 TBB262408:TBF262436 SRF262408:SRJ262436 SHJ262408:SHN262436 RXN262408:RXR262436 RNR262408:RNV262436 RDV262408:RDZ262436 QTZ262408:QUD262436 QKD262408:QKH262436 QAH262408:QAL262436 PQL262408:PQP262436 PGP262408:PGT262436 OWT262408:OWX262436 OMX262408:ONB262436 ODB262408:ODF262436 NTF262408:NTJ262436 NJJ262408:NJN262436 MZN262408:MZR262436 MPR262408:MPV262436 MFV262408:MFZ262436 LVZ262408:LWD262436 LMD262408:LMH262436 LCH262408:LCL262436 KSL262408:KSP262436 KIP262408:KIT262436 JYT262408:JYX262436 JOX262408:JPB262436 JFB262408:JFF262436 IVF262408:IVJ262436 ILJ262408:ILN262436 IBN262408:IBR262436 HRR262408:HRV262436 HHV262408:HHZ262436 GXZ262408:GYD262436 GOD262408:GOH262436 GEH262408:GEL262436 FUL262408:FUP262436 FKP262408:FKT262436 FAT262408:FAX262436 EQX262408:ERB262436 EHB262408:EHF262436 DXF262408:DXJ262436 DNJ262408:DNN262436 DDN262408:DDR262436 CTR262408:CTV262436 CJV262408:CJZ262436 BZZ262408:CAD262436 BQD262408:BQH262436 BGH262408:BGL262436 AWL262408:AWP262436 AMP262408:AMT262436 ACT262408:ACX262436 SX262408:TB262436 JB262408:JF262436 WVN196872:WVR196900 WLR196872:WLV196900 WBV196872:WBZ196900 VRZ196872:VSD196900 VID196872:VIH196900 UYH196872:UYL196900 UOL196872:UOP196900 UEP196872:UET196900 TUT196872:TUX196900 TKX196872:TLB196900 TBB196872:TBF196900 SRF196872:SRJ196900 SHJ196872:SHN196900 RXN196872:RXR196900 RNR196872:RNV196900 RDV196872:RDZ196900 QTZ196872:QUD196900 QKD196872:QKH196900 QAH196872:QAL196900 PQL196872:PQP196900 PGP196872:PGT196900 OWT196872:OWX196900 OMX196872:ONB196900 ODB196872:ODF196900 NTF196872:NTJ196900 NJJ196872:NJN196900 MZN196872:MZR196900 MPR196872:MPV196900 MFV196872:MFZ196900 LVZ196872:LWD196900 LMD196872:LMH196900 LCH196872:LCL196900 KSL196872:KSP196900 KIP196872:KIT196900 JYT196872:JYX196900 JOX196872:JPB196900 JFB196872:JFF196900 IVF196872:IVJ196900 ILJ196872:ILN196900 IBN196872:IBR196900 HRR196872:HRV196900 HHV196872:HHZ196900 GXZ196872:GYD196900 GOD196872:GOH196900 GEH196872:GEL196900 FUL196872:FUP196900 FKP196872:FKT196900 FAT196872:FAX196900 EQX196872:ERB196900 EHB196872:EHF196900 DXF196872:DXJ196900 DNJ196872:DNN196900 DDN196872:DDR196900 CTR196872:CTV196900 CJV196872:CJZ196900 BZZ196872:CAD196900 BQD196872:BQH196900 BGH196872:BGL196900 AWL196872:AWP196900 AMP196872:AMT196900 ACT196872:ACX196900 SX196872:TB196900 JB196872:JF196900 WVN131336:WVR131364 WLR131336:WLV131364 WBV131336:WBZ131364 VRZ131336:VSD131364 VID131336:VIH131364 UYH131336:UYL131364 UOL131336:UOP131364 UEP131336:UET131364 TUT131336:TUX131364 TKX131336:TLB131364 TBB131336:TBF131364 SRF131336:SRJ131364 SHJ131336:SHN131364 RXN131336:RXR131364 RNR131336:RNV131364 RDV131336:RDZ131364 QTZ131336:QUD131364 QKD131336:QKH131364 QAH131336:QAL131364 PQL131336:PQP131364 PGP131336:PGT131364 OWT131336:OWX131364 OMX131336:ONB131364 ODB131336:ODF131364 NTF131336:NTJ131364 NJJ131336:NJN131364 MZN131336:MZR131364 MPR131336:MPV131364 MFV131336:MFZ131364 LVZ131336:LWD131364 LMD131336:LMH131364 LCH131336:LCL131364 KSL131336:KSP131364 KIP131336:KIT131364 JYT131336:JYX131364 JOX131336:JPB131364 JFB131336:JFF131364 IVF131336:IVJ131364 ILJ131336:ILN131364 IBN131336:IBR131364 HRR131336:HRV131364 HHV131336:HHZ131364 GXZ131336:GYD131364 GOD131336:GOH131364 GEH131336:GEL131364 FUL131336:FUP131364 FKP131336:FKT131364 FAT131336:FAX131364 EQX131336:ERB131364 EHB131336:EHF131364 DXF131336:DXJ131364 DNJ131336:DNN131364 DDN131336:DDR131364 CTR131336:CTV131364 CJV131336:CJZ131364 BZZ131336:CAD131364 BQD131336:BQH131364 BGH131336:BGL131364 AWL131336:AWP131364 AMP131336:AMT131364 ACT131336:ACX131364 SX131336:TB131364 JB131336:JF131364 WVN65800:WVR65828 WLR65800:WLV65828 WBV65800:WBZ65828 VRZ65800:VSD65828 VID65800:VIH65828 UYH65800:UYL65828 UOL65800:UOP65828 UEP65800:UET65828 TUT65800:TUX65828 TKX65800:TLB65828 TBB65800:TBF65828 SRF65800:SRJ65828 SHJ65800:SHN65828 RXN65800:RXR65828 RNR65800:RNV65828 RDV65800:RDZ65828 QTZ65800:QUD65828 QKD65800:QKH65828 QAH65800:QAL65828 PQL65800:PQP65828 PGP65800:PGT65828 OWT65800:OWX65828 OMX65800:ONB65828 ODB65800:ODF65828 NTF65800:NTJ65828 NJJ65800:NJN65828 MZN65800:MZR65828 MPR65800:MPV65828 MFV65800:MFZ65828 LVZ65800:LWD65828 LMD65800:LMH65828 LCH65800:LCL65828 KSL65800:KSP65828 KIP65800:KIT65828 JYT65800:JYX65828 JOX65800:JPB65828 JFB65800:JFF65828 IVF65800:IVJ65828 ILJ65800:ILN65828 IBN65800:IBR65828 HRR65800:HRV65828 HHV65800:HHZ65828 GXZ65800:GYD65828 GOD65800:GOH65828 GEH65800:GEL65828 FUL65800:FUP65828 FKP65800:FKT65828 FAT65800:FAX65828 EQX65800:ERB65828 EHB65800:EHF65828 DXF65800:DXJ65828 DNJ65800:DNN65828 DDN65800:DDR65828 CTR65800:CTV65828 CJV65800:CJZ65828 BZZ65800:CAD65828 BQD65800:BQH65828 BGH65800:BGL65828 AWL65800:AWP65828 AMP65800:AMT65828 ACT65800:ACX65828" xr:uid="{7D323467-8F67-4BAB-8589-3BA4566711DF}">
+      <formula1>IF(OR($E65778="z",$E65778="o"),JB65800="",JB65800="x")</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="S65774:W65802 S131310:W131338 S196846:W196874 S262382:W262410 S327918:W327946 S393454:W393482 S458990:W459018 S524526:W524554 S590062:W590090 S655598:W655626 S721134:W721162 S786670:W786698 S852206:W852234 S917742:W917770 S983278:W983306" xr:uid="{0C349042-DE67-4DF0-BA2F-AC292383DBF4}">
-      <formula1>IF(OR($E65774="z",$E65774="o"),S65774="",S65774="x")</formula1>
+    <dataValidation type="custom" operator="equal" showErrorMessage="1" error="Bij personen die factureren of onbezoldigden mogen geen extralegale voordelen ingevuld worden.  Bij anderen mag x ingevuld worden indien van toepassing." promptTitle="gfd" prompt="sfdsqfdsqfsq" sqref="S65778:W65806 S131314:W131342 S196850:W196878 S262386:W262414 S327922:W327950 S393458:W393486 S458994:W459022 S524530:W524558 S590066:W590094 S655602:W655630 S721138:W721166 S786674:W786702 S852210:W852238 S917746:W917774 S983282:W983310" xr:uid="{0C349042-DE67-4DF0-BA2F-AC292383DBF4}">
+      <formula1>IF(OR($E65778="z",$E65778="o"),S65778="",S65778="x")</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Gelieve een bedrag lager dan of gelijk aan 25.000 EUR in te vullen" sqref="E294" xr:uid="{5DAE413F-150D-488E-A79B-0B8B8A626BF5}">
       <formula1>25000</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="F22:M234 F237:M277 F235:H236 J235:M236" xr:uid="{075D2705-FE18-4C14-863C-35DF1A593178}">
       <formula1>IF(OR(ISBLANK(F$11),$E22="o")=TRUE,F22="",F22&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Als u hier een bruto maandloon wenst in te geven dient het standaard aantal gepresteerde uren op jaarbasis voor dit jaar ingevuld worden, en dient de code &quot;w&quot; voor deze persoon of categorie geselecteerd te zijn." sqref="I235" xr:uid="{950B7B81-06E5-4DFD-BFFA-52A9EA05F5A9}">
       <formula1>IF(OR(ISBLANK(I$11),$E236="o")=TRUE,I235="",I235&gt;0)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Voor code &quot;w&quot;" prompt="Bezorg loonbrieven en/of individuele rekeningen" sqref="E22:E277" xr:uid="{A64F6589-2469-46A3-A464-B2DB26F1D12E}">
       <formula1>"w,o,b"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A70883F7-0606-476C-ADAA-262DD573E88D}">
   <sheetPr codeName="Blad4"/>
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView topLeftCell="A63" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.44140625" customWidth="1"/>
     <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A1" s="149" t="s">
+      <c r="A1" s="143" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="143" t="s">
+        <v>100</v>
+      </c>
+      <c r="C1" s="143" t="s">
+        <v>101</v>
+      </c>
+      <c r="D1" s="143" t="s">
+        <v>102</v>
+      </c>
+      <c r="E1" s="143" t="s">
+        <v>56</v>
+      </c>
+      <c r="F1" s="143" t="s">
+        <v>103</v>
+      </c>
+      <c r="G1" s="143" t="s">
         <v>104</v>
       </c>
-      <c r="B1" s="149" t="s">
+      <c r="H1" s="143" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
-      <c r="D2" s="148"/>
+      <c r="D2" s="142"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
-      <c r="H2" s="148"/>
+      <c r="H2" s="142"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
-      <c r="D3" s="148"/>
+      <c r="D3" s="142"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
-      <c r="H3" s="148"/>
+      <c r="H3" s="142"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
-      <c r="D4" s="148"/>
+      <c r="D4" s="142"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
-      <c r="H4" s="148"/>
+      <c r="H4" s="142"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
-      <c r="D5" s="148"/>
+      <c r="D5" s="142"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
-      <c r="H5" s="148"/>
+      <c r="H5" s="142"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
-      <c r="D6" s="148"/>
+      <c r="D6" s="142"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
-      <c r="H6" s="148"/>
+      <c r="H6" s="142"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
-      <c r="D7" s="148"/>
+      <c r="D7" s="142"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
-      <c r="H7" s="148"/>
+      <c r="H7" s="142"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
-      <c r="D8" s="148"/>
+      <c r="D8" s="142"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
-      <c r="H8" s="148"/>
+      <c r="H8" s="142"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
-      <c r="D9" s="148"/>
+      <c r="D9" s="142"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
-      <c r="H9" s="148"/>
+      <c r="H9" s="142"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
-      <c r="D10" s="148"/>
+      <c r="D10" s="142"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
-      <c r="H10" s="148"/>
+      <c r="H10" s="142"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
-      <c r="D11" s="148"/>
+      <c r="D11" s="142"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
-      <c r="H11" s="148"/>
+      <c r="H11" s="142"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
-      <c r="D12" s="148"/>
+      <c r="D12" s="142"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
-      <c r="H12" s="148"/>
+      <c r="H12" s="142"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
-      <c r="D13" s="148"/>
+      <c r="D13" s="142"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
-      <c r="H13" s="148"/>
+      <c r="H13" s="142"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
-      <c r="D14" s="148"/>
+      <c r="D14" s="142"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
-      <c r="H14" s="148"/>
+      <c r="H14" s="142"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
-      <c r="D15" s="148"/>
+      <c r="D15" s="142"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
-      <c r="H15" s="148"/>
+      <c r="H15" s="142"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
-      <c r="D16" s="148"/>
+      <c r="D16" s="142"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
-      <c r="H16" s="148"/>
+      <c r="H16" s="142"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
-      <c r="D17" s="148"/>
+      <c r="D17" s="142"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
-      <c r="H17" s="148"/>
+      <c r="H17" s="142"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
-      <c r="D18" s="148"/>
+      <c r="D18" s="142"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
-      <c r="H18" s="148"/>
+      <c r="H18" s="142"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
-      <c r="D19" s="148"/>
+      <c r="D19" s="142"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
-      <c r="H19" s="148"/>
+      <c r="H19" s="142"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
-      <c r="D20" s="148"/>
+      <c r="D20" s="142"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
-      <c r="H20" s="148"/>
+      <c r="H20" s="142"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
-      <c r="D21" s="148"/>
+      <c r="D21" s="142"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
-      <c r="H21" s="148"/>
+      <c r="H21" s="142"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
-      <c r="D22" s="148"/>
+      <c r="D22" s="142"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
-      <c r="H22" s="148"/>
+      <c r="H22" s="142"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
-      <c r="D23" s="148"/>
+      <c r="D23" s="142"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
-      <c r="H23" s="148"/>
+      <c r="H23" s="142"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
-      <c r="D24" s="148"/>
+      <c r="D24" s="142"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
-      <c r="H24" s="148"/>
+      <c r="H24" s="142"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
-      <c r="D25" s="148"/>
+      <c r="D25" s="142"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
-      <c r="H25" s="148"/>
+      <c r="H25" s="142"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
-      <c r="D26" s="148"/>
+      <c r="D26" s="142"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
-      <c r="H26" s="148"/>
+      <c r="H26" s="142"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
-      <c r="D27" s="148"/>
+      <c r="D27" s="142"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
-      <c r="H27" s="148"/>
+      <c r="H27" s="142"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
-      <c r="D28" s="148"/>
+      <c r="D28" s="142"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
-      <c r="H28" s="148"/>
+      <c r="H28" s="142"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
-      <c r="D29" s="148"/>
+      <c r="D29" s="142"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
-      <c r="H29" s="148"/>
+      <c r="H29" s="142"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
-      <c r="D30" s="148"/>
+      <c r="D30" s="142"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
-      <c r="H30" s="148"/>
+      <c r="H30" s="142"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
-      <c r="D31" s="148"/>
+      <c r="D31" s="142"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
-      <c r="H31" s="148"/>
+      <c r="H31" s="142"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
-      <c r="D32" s="148"/>
+      <c r="D32" s="142"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
-      <c r="H32" s="148"/>
+      <c r="H32" s="142"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
-      <c r="D33" s="148"/>
+      <c r="D33" s="142"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
-      <c r="H33" s="148"/>
+      <c r="H33" s="142"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
-      <c r="D34" s="148"/>
+      <c r="D34" s="142"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
-      <c r="H34" s="148"/>
+      <c r="H34" s="142"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
-      <c r="D35" s="148"/>
+      <c r="D35" s="142"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
-      <c r="H35" s="148"/>
+      <c r="H35" s="142"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
-      <c r="D36" s="148"/>
+      <c r="D36" s="142"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
-      <c r="H36" s="148"/>
+      <c r="H36" s="142"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
-      <c r="D37" s="148"/>
+      <c r="D37" s="142"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
-      <c r="H37" s="148"/>
+      <c r="H37" s="142"/>
     </row>
   </sheetData>
   <phoneticPr fontId="28" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ECC7AB9-A49E-4BDB-B1B3-05873D5DFFB9}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.44140625" customWidth="1"/>
     <col min="3" max="3" width="23.88671875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.88671875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="58.88671875" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17.5546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="32.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A1" s="149" t="s">
+      <c r="A1" s="143" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1" s="143" t="s">
+        <v>100</v>
+      </c>
+      <c r="C1" s="143" t="s">
+        <v>101</v>
+      </c>
+      <c r="D1" s="143" t="s">
+        <v>102</v>
+      </c>
+      <c r="E1" s="143" t="s">
+        <v>56</v>
+      </c>
+      <c r="F1" s="143" t="s">
+        <v>103</v>
+      </c>
+      <c r="G1" s="143" t="s">
         <v>104</v>
       </c>
-      <c r="B1" s="149" t="s">
+      <c r="H1" s="143" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="69"/>
-      <c r="D2" s="148"/>
+      <c r="D2" s="142"/>
       <c r="F2" s="70"/>
       <c r="G2" s="70"/>
-      <c r="H2" s="148"/>
+      <c r="H2" s="142"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="69"/>
-      <c r="D3" s="148"/>
+      <c r="D3" s="142"/>
       <c r="F3" s="70"/>
       <c r="G3" s="70"/>
-      <c r="H3" s="148"/>
+      <c r="H3" s="142"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="69"/>
-      <c r="D4" s="148"/>
+      <c r="D4" s="142"/>
       <c r="F4" s="70"/>
       <c r="G4" s="70"/>
-      <c r="H4" s="148"/>
+      <c r="H4" s="142"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="69"/>
-      <c r="D5" s="148"/>
+      <c r="D5" s="142"/>
       <c r="F5" s="70"/>
       <c r="G5" s="70"/>
-      <c r="H5" s="148"/>
+      <c r="H5" s="142"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="69"/>
-      <c r="D6" s="148"/>
+      <c r="D6" s="142"/>
       <c r="F6" s="70"/>
       <c r="G6" s="70"/>
-      <c r="H6" s="148"/>
+      <c r="H6" s="142"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="69"/>
-      <c r="D7" s="148"/>
+      <c r="D7" s="142"/>
       <c r="F7" s="70"/>
       <c r="G7" s="70"/>
-      <c r="H7" s="148"/>
+      <c r="H7" s="142"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="69"/>
-      <c r="D8" s="148"/>
+      <c r="D8" s="142"/>
       <c r="F8" s="70"/>
       <c r="G8" s="70"/>
-      <c r="H8" s="148"/>
+      <c r="H8" s="142"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="69"/>
-      <c r="D9" s="148"/>
+      <c r="D9" s="142"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70"/>
-      <c r="H9" s="148"/>
+      <c r="H9" s="142"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="69"/>
-      <c r="D10" s="148"/>
+      <c r="D10" s="142"/>
       <c r="F10" s="70"/>
       <c r="G10" s="70"/>
-      <c r="H10" s="148"/>
+      <c r="H10" s="142"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="69"/>
-      <c r="D11" s="148"/>
+      <c r="D11" s="142"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70"/>
-      <c r="H11" s="148"/>
+      <c r="H11" s="142"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="69"/>
-      <c r="D12" s="148"/>
+      <c r="D12" s="142"/>
       <c r="F12" s="70"/>
       <c r="G12" s="70"/>
-      <c r="H12" s="148"/>
+      <c r="H12" s="142"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="69"/>
-      <c r="D13" s="148"/>
+      <c r="D13" s="142"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70"/>
-      <c r="H13" s="148"/>
+      <c r="H13" s="142"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="69"/>
-      <c r="D14" s="148"/>
+      <c r="D14" s="142"/>
       <c r="F14" s="70"/>
       <c r="G14" s="70"/>
-      <c r="H14" s="148"/>
+      <c r="H14" s="142"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="69"/>
-      <c r="D15" s="148"/>
+      <c r="D15" s="142"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70"/>
-      <c r="H15" s="148"/>
+      <c r="H15" s="142"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="69"/>
-      <c r="D16" s="148"/>
+      <c r="D16" s="142"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
-      <c r="H16" s="148"/>
+      <c r="H16" s="142"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="69"/>
-      <c r="D17" s="148"/>
+      <c r="D17" s="142"/>
       <c r="F17" s="70"/>
       <c r="G17" s="70"/>
-      <c r="H17" s="148"/>
+      <c r="H17" s="142"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="69"/>
-      <c r="D18" s="148"/>
+      <c r="D18" s="142"/>
       <c r="F18" s="70"/>
       <c r="G18" s="70"/>
-      <c r="H18" s="148"/>
+      <c r="H18" s="142"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="69"/>
-      <c r="D19" s="148"/>
+      <c r="D19" s="142"/>
       <c r="F19" s="70"/>
       <c r="G19" s="70"/>
-      <c r="H19" s="148"/>
+      <c r="H19" s="142"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="69"/>
-      <c r="D20" s="148"/>
+      <c r="D20" s="142"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
-      <c r="H20" s="148"/>
+      <c r="H20" s="142"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="69"/>
-      <c r="D21" s="148"/>
+      <c r="D21" s="142"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
-      <c r="H21" s="148"/>
+      <c r="H21" s="142"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="69"/>
-      <c r="D22" s="148"/>
+      <c r="D22" s="142"/>
       <c r="F22" s="70"/>
       <c r="G22" s="70"/>
-      <c r="H22" s="148"/>
+      <c r="H22" s="142"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="69"/>
-      <c r="D23" s="148"/>
+      <c r="D23" s="142"/>
       <c r="F23" s="70"/>
       <c r="G23" s="70"/>
-      <c r="H23" s="148"/>
+      <c r="H23" s="142"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="69"/>
-      <c r="D24" s="148"/>
+      <c r="D24" s="142"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
-      <c r="H24" s="148"/>
+      <c r="H24" s="142"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="69"/>
-      <c r="D25" s="148"/>
+      <c r="D25" s="142"/>
       <c r="F25" s="70"/>
       <c r="G25" s="70"/>
-      <c r="H25" s="148"/>
+      <c r="H25" s="142"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="69"/>
-      <c r="D26" s="148"/>
+      <c r="D26" s="142"/>
       <c r="F26" s="70"/>
       <c r="G26" s="70"/>
-      <c r="H26" s="148"/>
+      <c r="H26" s="142"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="69"/>
-      <c r="D27" s="148"/>
+      <c r="D27" s="142"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
-      <c r="H27" s="148"/>
+      <c r="H27" s="142"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="69"/>
-      <c r="D28" s="148"/>
+      <c r="D28" s="142"/>
       <c r="F28" s="70"/>
       <c r="G28" s="70"/>
-      <c r="H28" s="148"/>
+      <c r="H28" s="142"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="69"/>
-      <c r="D29" s="148"/>
+      <c r="D29" s="142"/>
       <c r="F29" s="70"/>
       <c r="G29" s="70"/>
-      <c r="H29" s="148"/>
+      <c r="H29" s="142"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="69"/>
-      <c r="D30" s="148"/>
+      <c r="D30" s="142"/>
       <c r="F30" s="70"/>
       <c r="G30" s="70"/>
-      <c r="H30" s="148"/>
+      <c r="H30" s="142"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="69"/>
-      <c r="D31" s="148"/>
+      <c r="D31" s="142"/>
       <c r="F31" s="70"/>
       <c r="G31" s="70"/>
-      <c r="H31" s="148"/>
+      <c r="H31" s="142"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="69"/>
-      <c r="D32" s="148"/>
+      <c r="D32" s="142"/>
       <c r="F32" s="70"/>
       <c r="G32" s="70"/>
-      <c r="H32" s="148"/>
+      <c r="H32" s="142"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="69"/>
-      <c r="D33" s="148"/>
+      <c r="D33" s="142"/>
       <c r="F33" s="70"/>
       <c r="G33" s="70"/>
-      <c r="H33" s="148"/>
+      <c r="H33" s="142"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="69"/>
-      <c r="D34" s="148"/>
+      <c r="D34" s="142"/>
       <c r="F34" s="70"/>
       <c r="G34" s="70"/>
-      <c r="H34" s="148"/>
+      <c r="H34" s="142"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="69"/>
-      <c r="D35" s="148"/>
+      <c r="D35" s="142"/>
       <c r="F35" s="70"/>
       <c r="G35" s="70"/>
-      <c r="H35" s="148"/>
+      <c r="H35" s="142"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="69"/>
-      <c r="D36" s="148"/>
+      <c r="D36" s="142"/>
       <c r="F36" s="70"/>
       <c r="G36" s="70"/>
-      <c r="H36" s="148"/>
+      <c r="H36" s="142"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="69"/>
-      <c r="D37" s="148"/>
+      <c r="D37" s="142"/>
       <c r="F37" s="70"/>
       <c r="G37" s="70"/>
-      <c r="H37" s="148"/>
+      <c r="H37" s="142"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="69"/>
-      <c r="D38" s="148"/>
+      <c r="D38" s="142"/>
       <c r="F38" s="70"/>
       <c r="G38" s="70"/>
-      <c r="H38" s="148"/>
+      <c r="H38" s="142"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="69"/>
-      <c r="D39" s="148"/>
+      <c r="D39" s="142"/>
       <c r="F39" s="70"/>
       <c r="G39" s="70"/>
-      <c r="H39" s="148"/>
+      <c r="H39" s="142"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="69"/>
-      <c r="D40" s="148"/>
+      <c r="D40" s="142"/>
       <c r="F40" s="70"/>
       <c r="G40" s="70"/>
-      <c r="H40" s="148"/>
+      <c r="H40" s="142"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="69"/>
-      <c r="D41" s="148"/>
+      <c r="D41" s="142"/>
       <c r="F41" s="70"/>
       <c r="G41" s="70"/>
-      <c r="H41" s="148"/>
+      <c r="H41" s="142"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="69"/>
-      <c r="D42" s="148"/>
+      <c r="D42" s="142"/>
       <c r="F42" s="70"/>
       <c r="G42" s="70"/>
-      <c r="H42" s="148"/>
+      <c r="H42" s="142"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="69"/>
-      <c r="D43" s="148"/>
+      <c r="D43" s="142"/>
       <c r="F43" s="70"/>
       <c r="G43" s="70"/>
-      <c r="H43" s="148"/>
+      <c r="H43" s="142"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="69"/>
-      <c r="D44" s="148"/>
+      <c r="D44" s="142"/>
       <c r="F44" s="70"/>
       <c r="G44" s="70"/>
-      <c r="H44" s="148"/>
+      <c r="H44" s="142"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="69"/>
-      <c r="D45" s="148"/>
+      <c r="D45" s="142"/>
       <c r="F45" s="70"/>
       <c r="G45" s="70"/>
-      <c r="H45" s="148"/>
+      <c r="H45" s="142"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="69"/>
-      <c r="D46" s="148"/>
+      <c r="D46" s="142"/>
       <c r="F46" s="70"/>
       <c r="G46" s="70"/>
-      <c r="H46" s="148"/>
+      <c r="H46" s="142"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="69"/>
-      <c r="D47" s="148"/>
+      <c r="D47" s="142"/>
       <c r="F47" s="70"/>
       <c r="G47" s="70"/>
-      <c r="H47" s="148"/>
+      <c r="H47" s="142"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" s="69"/>
-      <c r="D48" s="148"/>
+      <c r="D48" s="142"/>
       <c r="F48" s="70"/>
       <c r="G48" s="70"/>
-      <c r="H48" s="148"/>
+      <c r="H48" s="142"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" s="69"/>
-      <c r="D49" s="148"/>
+      <c r="D49" s="142"/>
       <c r="F49" s="70"/>
       <c r="G49" s="70"/>
-      <c r="H49" s="148"/>
+      <c r="H49" s="142"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" s="69"/>
-      <c r="D50" s="148"/>
+      <c r="D50" s="142"/>
       <c r="F50" s="70"/>
       <c r="G50" s="70"/>
-      <c r="H50" s="148"/>
+      <c r="H50" s="142"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" s="69"/>
-      <c r="D51" s="148"/>
+      <c r="D51" s="142"/>
       <c r="F51" s="70"/>
       <c r="G51" s="70"/>
-      <c r="H51" s="148"/>
+      <c r="H51" s="142"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="69"/>
-      <c r="D52" s="148"/>
+      <c r="D52" s="142"/>
       <c r="F52" s="70"/>
       <c r="G52" s="70"/>
-      <c r="H52" s="148"/>
+      <c r="H52" s="142"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="69"/>
-      <c r="D53" s="148"/>
+      <c r="D53" s="142"/>
       <c r="F53" s="70"/>
       <c r="G53" s="70"/>
-      <c r="H53" s="148"/>
+      <c r="H53" s="142"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" s="69"/>
-      <c r="D54" s="148"/>
+      <c r="D54" s="142"/>
       <c r="F54" s="70"/>
       <c r="G54" s="70"/>
-      <c r="H54" s="148"/>
+      <c r="H54" s="142"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="69"/>
-      <c r="D55" s="148"/>
+      <c r="D55" s="142"/>
       <c r="F55" s="70"/>
       <c r="G55" s="70"/>
-      <c r="H55" s="148"/>
+      <c r="H55" s="142"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="69"/>
-      <c r="D56" s="148"/>
+      <c r="D56" s="142"/>
       <c r="F56" s="70"/>
       <c r="G56" s="70"/>
-      <c r="H56" s="148"/>
+      <c r="H56" s="142"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="69"/>
-      <c r="D57" s="148"/>
+      <c r="D57" s="142"/>
       <c r="F57" s="70"/>
       <c r="G57" s="70"/>
-      <c r="H57" s="148"/>
+      <c r="H57" s="142"/>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="69"/>
-      <c r="D58" s="148"/>
+      <c r="D58" s="142"/>
       <c r="F58" s="70"/>
       <c r="G58" s="70"/>
-      <c r="H58" s="148"/>
+      <c r="H58" s="142"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" s="69"/>
-      <c r="D59" s="148"/>
+      <c r="D59" s="142"/>
       <c r="F59" s="70"/>
       <c r="G59" s="70"/>
-      <c r="H59" s="148"/>
+      <c r="H59" s="142"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="69"/>
-      <c r="D60" s="148"/>
+      <c r="D60" s="142"/>
       <c r="F60" s="70"/>
       <c r="G60" s="70"/>
-      <c r="H60" s="148"/>
+      <c r="H60" s="142"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" s="69"/>
-      <c r="D61" s="148"/>
+      <c r="D61" s="142"/>
       <c r="F61" s="70"/>
       <c r="G61" s="70"/>
-      <c r="H61" s="148"/>
+      <c r="H61" s="142"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" s="69"/>
-      <c r="D62" s="148"/>
+      <c r="D62" s="142"/>
       <c r="F62" s="70"/>
       <c r="G62" s="70"/>
-      <c r="H62" s="148"/>
+      <c r="H62" s="142"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" s="69"/>
-      <c r="D63" s="148"/>
+      <c r="D63" s="142"/>
       <c r="F63" s="70"/>
       <c r="G63" s="70"/>
-      <c r="H63" s="148"/>
+      <c r="H63" s="142"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" s="69"/>
-      <c r="D64" s="148"/>
+      <c r="D64" s="142"/>
       <c r="F64" s="70"/>
       <c r="G64" s="70"/>
-      <c r="H64" s="148"/>
+      <c r="H64" s="142"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" s="69"/>
-      <c r="D65" s="148"/>
+      <c r="D65" s="142"/>
       <c r="F65" s="70"/>
       <c r="G65" s="70"/>
-      <c r="H65" s="148"/>
+      <c r="H65" s="142"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" s="69"/>
-      <c r="D66" s="148"/>
+      <c r="D66" s="142"/>
       <c r="F66" s="70"/>
       <c r="G66" s="70"/>
-      <c r="H66" s="148"/>
+      <c r="H66" s="142"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A67" s="69"/>
-      <c r="D67" s="148"/>
+      <c r="D67" s="142"/>
       <c r="F67" s="70"/>
       <c r="G67" s="70"/>
-      <c r="H67" s="148"/>
+      <c r="H67" s="142"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A68" s="69"/>
-      <c r="D68" s="148"/>
+      <c r="D68" s="142"/>
       <c r="F68" s="70"/>
       <c r="G68" s="70"/>
-      <c r="H68" s="148"/>
+      <c r="H68" s="142"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A69" s="69"/>
-      <c r="D69" s="148"/>
+      <c r="D69" s="142"/>
       <c r="F69" s="70"/>
       <c r="G69" s="70"/>
-      <c r="H69" s="148"/>
+      <c r="H69" s="142"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A70" s="69"/>
-      <c r="D70" s="148"/>
+      <c r="D70" s="142"/>
       <c r="F70" s="70"/>
       <c r="G70" s="70"/>
-      <c r="H70" s="148"/>
+      <c r="H70" s="142"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A71" s="69"/>
-      <c r="D71" s="148"/>
+      <c r="D71" s="142"/>
       <c r="F71" s="70"/>
       <c r="G71" s="70"/>
-      <c r="H71" s="148"/>
+      <c r="H71" s="142"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A72" s="69"/>
-      <c r="D72" s="148"/>
+      <c r="D72" s="142"/>
       <c r="F72" s="70"/>
       <c r="G72" s="70"/>
-      <c r="H72" s="148"/>
+      <c r="H72" s="142"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A73" s="69"/>
-      <c r="D73" s="148"/>
+      <c r="D73" s="142"/>
       <c r="F73" s="70"/>
       <c r="G73" s="70"/>
-      <c r="H73" s="148"/>
+      <c r="H73" s="142"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A74" s="69"/>
-      <c r="D74" s="148"/>
+      <c r="D74" s="142"/>
       <c r="F74" s="70"/>
       <c r="G74" s="70"/>
-      <c r="H74" s="148"/>
+      <c r="H74" s="142"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A75" s="69"/>
-      <c r="D75" s="148"/>
+      <c r="D75" s="142"/>
       <c r="F75" s="70"/>
       <c r="G75" s="70"/>
-      <c r="H75" s="148"/>
+      <c r="H75" s="142"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A76" s="69"/>
-      <c r="D76" s="148"/>
+      <c r="D76" s="142"/>
       <c r="F76" s="70"/>
       <c r="G76" s="70"/>
-      <c r="H76" s="148"/>
+      <c r="H76" s="142"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A77" s="69"/>
-      <c r="D77" s="148"/>
+      <c r="D77" s="142"/>
       <c r="F77" s="70"/>
       <c r="G77" s="70"/>
-      <c r="H77" s="148"/>
+      <c r="H77" s="142"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A78" s="69"/>
-      <c r="D78" s="148"/>
+      <c r="D78" s="142"/>
       <c r="F78" s="70"/>
       <c r="G78" s="70"/>
-      <c r="H78" s="148"/>
+      <c r="H78" s="142"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A79" s="69"/>
-      <c r="D79" s="148"/>
+      <c r="D79" s="142"/>
       <c r="F79" s="70"/>
       <c r="G79" s="70"/>
-      <c r="H79" s="148"/>
+      <c r="H79" s="142"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A80" s="69"/>
-      <c r="D80" s="148"/>
+      <c r="D80" s="142"/>
       <c r="F80" s="70"/>
       <c r="G80" s="70"/>
-      <c r="H80" s="148"/>
+      <c r="H80" s="142"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A81" s="69"/>
-      <c r="D81" s="148"/>
+      <c r="D81" s="142"/>
       <c r="F81" s="70"/>
       <c r="G81" s="70"/>
-      <c r="H81" s="148"/>
+      <c r="H81" s="142"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A82" s="69"/>
-      <c r="D82" s="148"/>
+      <c r="D82" s="142"/>
       <c r="F82" s="70"/>
       <c r="G82" s="70"/>
-      <c r="H82" s="148"/>
+      <c r="H82" s="142"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A83" s="69"/>
-      <c r="D83" s="148"/>
+      <c r="D83" s="142"/>
       <c r="F83" s="70"/>
       <c r="G83" s="70"/>
-      <c r="H83" s="148"/>
+      <c r="H83" s="142"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84" s="69"/>
-      <c r="D84" s="148"/>
+      <c r="D84" s="142"/>
       <c r="F84" s="70"/>
       <c r="G84" s="70"/>
-      <c r="H84" s="148"/>
+      <c r="H84" s="142"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85" s="69"/>
-      <c r="D85" s="148"/>
+      <c r="D85" s="142"/>
       <c r="F85" s="70"/>
       <c r="G85" s="70"/>
-      <c r="H85" s="148"/>
+      <c r="H85" s="142"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A86" s="69"/>
-      <c r="D86" s="148"/>
+      <c r="D86" s="142"/>
       <c r="F86" s="70"/>
       <c r="G86" s="70"/>
-      <c r="H86" s="148"/>
+      <c r="H86" s="142"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A87" s="69"/>
-      <c r="D87" s="148"/>
+      <c r="D87" s="142"/>
       <c r="F87" s="70"/>
       <c r="G87" s="70"/>
-      <c r="H87" s="148"/>
+      <c r="H87" s="142"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A88" s="69"/>
-      <c r="D88" s="148"/>
+      <c r="D88" s="142"/>
       <c r="F88" s="70"/>
       <c r="G88" s="70"/>
-      <c r="H88" s="148"/>
+      <c r="H88" s="142"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A89" s="69"/>
-      <c r="D89" s="148"/>
+      <c r="D89" s="142"/>
       <c r="F89" s="70"/>
       <c r="G89" s="70"/>
-      <c r="H89" s="148"/>
+      <c r="H89" s="142"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A90" s="69"/>
-      <c r="D90" s="148"/>
+      <c r="D90" s="142"/>
       <c r="F90" s="70"/>
       <c r="G90" s="70"/>
-      <c r="H90" s="148"/>
+      <c r="H90" s="142"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A91" s="69"/>
-      <c r="D91" s="148"/>
+      <c r="D91" s="142"/>
       <c r="F91" s="70"/>
       <c r="G91" s="70"/>
-      <c r="H91" s="148"/>
+      <c r="H91" s="142"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A92" s="69"/>
-      <c r="D92" s="148"/>
+      <c r="D92" s="142"/>
       <c r="F92" s="70"/>
       <c r="G92" s="70"/>
-      <c r="H92" s="148"/>
+      <c r="H92" s="142"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A93" s="69"/>
-      <c r="D93" s="148"/>
+      <c r="D93" s="142"/>
       <c r="F93" s="70"/>
       <c r="G93" s="70"/>
-      <c r="H93" s="148"/>
+      <c r="H93" s="142"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A94" s="69"/>
-      <c r="D94" s="148"/>
+      <c r="D94" s="142"/>
       <c r="F94" s="70"/>
       <c r="G94" s="70"/>
-      <c r="H94" s="148"/>
+      <c r="H94" s="142"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A95" s="69"/>
-      <c r="D95" s="148"/>
+      <c r="D95" s="142"/>
       <c r="F95" s="70"/>
       <c r="G95" s="70"/>
-      <c r="H95" s="148"/>
+      <c r="H95" s="142"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A96" s="69"/>
-      <c r="D96" s="148"/>
+      <c r="D96" s="142"/>
       <c r="F96" s="70"/>
       <c r="G96" s="70"/>
-      <c r="H96" s="148"/>
+      <c r="H96" s="142"/>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A97" s="69"/>
-      <c r="D97" s="148"/>
+      <c r="D97" s="142"/>
       <c r="F97" s="70"/>
       <c r="G97" s="70"/>
-      <c r="H97" s="148"/>
+      <c r="H97" s="142"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A98" s="69"/>
-      <c r="D98" s="148"/>
+      <c r="D98" s="142"/>
       <c r="F98" s="70"/>
       <c r="G98" s="70"/>
-      <c r="H98" s="148"/>
+      <c r="H98" s="142"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A99" s="69"/>
-      <c r="D99" s="148"/>
+      <c r="D99" s="142"/>
       <c r="F99" s="70"/>
       <c r="G99" s="70"/>
-      <c r="H99" s="148"/>
+      <c r="H99" s="142"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A100" s="69"/>
-      <c r="D100" s="148"/>
+      <c r="D100" s="142"/>
       <c r="F100" s="70"/>
       <c r="G100" s="70"/>
-      <c r="H100" s="148"/>
+      <c r="H100" s="142"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A101" s="69"/>
-      <c r="D101" s="148"/>
+      <c r="D101" s="142"/>
       <c r="F101" s="70"/>
       <c r="G101" s="70"/>
-      <c r="H101" s="148"/>
+      <c r="H101" s="142"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccada712-f319-4843-a022-0a2703358700" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50bfbbe6679f86dc634812e31a0d2f9e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7803F4D4853954FBF6CC9ACE0AF8474" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="8fba4e4d8f837bde9688ac9eeecf2abc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccada712-f319-4843-a022-0a2703358700" xmlns:ns3="fba396ad-41cc-462f-94b9-5e7f2db8793a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7c8a795ced7f088f66c2d042ef3f076e" ns2:_="" ns3:_="">
     <xsd:import namespace="ccada712-f319-4843-a022-0a2703358700"/>
     <xsd:import namespace="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -33886,92 +34038,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="fba396ad-41cc-462f-94b9-5e7f2db8793a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccada712-f319-4843-a022-0a2703358700">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBE255C3-7BF6-4A7E-AFF2-34BA3CE12398}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
+    <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E1C58B4-E633-4A2B-9FDC-C501AB212B26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="b646ba2c-5d6b-4dbe-848d-ffe408b4b53d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="9788433e-09c9-45d6-b37e-647a3dcd40bc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="fba396ad-41cc-462f-94b9-5e7f2db8793a"/>
     <ds:schemaRef ds:uri="ccada712-f319-4843-a022-0a2703358700"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B3DB67-D700-42CF-AAEA-CD69DC9403CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" enabled="0" method="" siteId="{0c0338a6-9561-4ee8-b8d6-4e89cbd520a0}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>